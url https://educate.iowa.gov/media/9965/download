--- v0 (2025-10-25)
+++ v1 (2026-03-27)
@@ -1,61 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ccrow\Desktop\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{222885FF-487A-44AD-8346-C13292FDBB37}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="57480" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
   <sheets>
-    <sheet state="visible" name="Award Amounts + SitesSponsors" sheetId="1" r:id="rId4"/>
+    <sheet name="Award Amounts + SitesSponsors" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames/>
-  <calcPr/>
+  <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="iBSrTen0KT8nwbr/dQUQciCNNiURavGwqtmkeC6AktE="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="A3" i="1" l="1"/>
+  <c r="A4" i="1" s="1"/>
+  <c r="A5" i="1" s="1"/>
+  <c r="A6" i="1" s="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>Awarded funds</t>
   </si>
   <si>
     <t>Adel DeSoto Minburn CSD*</t>
   </si>
   <si>
     <t>Bedford CSD*</t>
   </si>
   <si>
     <t>Bennett CSD*</t>
   </si>
   <si>
     <t>Bettendorf CSD</t>
   </si>
   <si>
     <t>Boone CSD</t>
   </si>
   <si>
     <t>CAL CSD*</t>
@@ -84,357 +117,385 @@
   <si>
     <t>Council Bluffs CSD</t>
   </si>
   <si>
     <t xml:space="preserve">Davenport CSD </t>
   </si>
   <si>
     <t>Des Moines Public Schools</t>
   </si>
   <si>
     <t>Estherville Lincoln Central CSD</t>
   </si>
   <si>
     <t>Hampton Dumont CSD</t>
   </si>
   <si>
     <t>Indianola CSD</t>
   </si>
   <si>
     <t>Iowa City CSD</t>
   </si>
   <si>
     <t>Maple Valley Anthon Oto CSD</t>
   </si>
   <si>
-    <t>Marion Independent CSD*</t>
-[...1 lines deleted...]
-  <si>
     <t>Northeast Iowa Food Bank</t>
   </si>
   <si>
     <t>Northwood Kensett CSD*</t>
   </si>
   <si>
     <t>Osage CSD*</t>
   </si>
   <si>
     <t>Oskaloosa CSD</t>
   </si>
   <si>
     <t>Ottumwa CSD</t>
   </si>
   <si>
     <t>Riceville CSD</t>
   </si>
   <si>
     <t>River Valley CSD</t>
   </si>
   <si>
     <t>Riverside CSD</t>
   </si>
   <si>
     <t xml:space="preserve">Shenandoah CSD </t>
   </si>
   <si>
     <t>South O'Brien CSD*</t>
   </si>
   <si>
     <t>Spencer CSD</t>
   </si>
   <si>
     <t>Saint Albert Catholic School/Council Bluffs Area Catholic Education System*</t>
   </si>
   <si>
     <t>Story Medical Center*</t>
   </si>
   <si>
     <t>Vinton Shellsburg CSD</t>
   </si>
   <si>
     <t>Waterloo CSD</t>
   </si>
   <si>
     <t>Waukee CSD</t>
   </si>
   <si>
     <t>*Indicates a new summer meal program sponsor</t>
+  </si>
+  <si>
+    <t>Marion Independent School District*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
-      <sz val="10.0"/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10.0"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <sz val="10.0"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
-    <font/>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="lightGray"/>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF3D85C6"/>
         <bgColor rgb="FF3D85C6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFE599"/>
         <bgColor rgb="FFFFE599"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCFE2F3"/>
         <bgColor rgb="FFCFE2F3"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
-    <border/>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
+      <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
+      <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="25">
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="1" fillId="2" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="2" fillId="2" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="2" fillId="2" fontId="2" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-[...2 lines deleted...]
-    <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="3" fillId="3" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="4" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="4" fillId="0" fontId="1" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="4" fillId="3" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="3" fillId="4" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="3" fillId="4" fontId="1" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="5" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="5" fillId="0" fontId="1" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="6" fillId="3" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="4" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="4" fontId="1" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="8" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="8" fillId="0" fontId="1" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="3" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="9" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...3 lines deleted...]
-    <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="1" numFmtId="164" xfId="0" applyAlignment="1" applyFont="1" applyNumberFormat="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf borderId="1" fillId="3" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
-[...3 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="FBBC04"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="34A853"/>
@@ -580,2287 +641,2314 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
-    <pageSetUpPr/>
   </sheetPr>
+  <dimension ref="A1:Z1000"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="B23" sqref="B23"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.0"/>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col customWidth="1" min="1" max="1" width="3.38"/>
-[...2 lines deleted...]
-    <col customWidth="1" min="4" max="6" width="12.63"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="58.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="6" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="15.0" customHeight="1">
+    <row r="1" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
       <c r="P1" s="4"/>
       <c r="Q1" s="4"/>
       <c r="R1" s="4"/>
       <c r="S1" s="4"/>
       <c r="T1" s="4"/>
       <c r="U1" s="4"/>
       <c r="V1" s="4"/>
       <c r="W1" s="4"/>
       <c r="X1" s="4"/>
       <c r="Y1" s="4"/>
       <c r="Z1" s="4"/>
     </row>
-    <row r="2" ht="15.0" customHeight="1">
+    <row r="2" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="5">
-        <v>1.0</v>
+        <v>1</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="7">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="3" ht="15.0" customHeight="1">
+    <row r="3" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="8">
-        <f t="shared" ref="A3:A6" si="1">SUM(A2+1)</f>
+        <f t="shared" ref="A3:A6" si="0">SUM(A2+1)</f>
         <v>2</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="4" ht="15.0" customHeight="1">
+    <row r="4" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="8">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="B4" s="11" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="5" ht="15.0" customHeight="1">
+    <row r="5" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="8">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="6" ht="15.0" customHeight="1">
+    <row r="6" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="7" ht="15.0" customHeight="1">
+    <row r="7" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8">
-        <v>6.0</v>
+        <v>6</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="8" ht="15.0" customHeight="1">
+    <row r="8" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="8">
-        <v>7.0</v>
+        <v>7</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="9" ht="15.0" customHeight="1">
+    <row r="9" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="13">
-        <v>8.0</v>
+        <v>8</v>
       </c>
       <c r="B9" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="15">
         <v>39918.03</v>
       </c>
     </row>
-    <row r="10" ht="15.0" customHeight="1">
+    <row r="10" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="8">
-        <v>9.0</v>
+        <v>9</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="11" ht="15.0" customHeight="1">
+    <row r="11" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="13">
-        <v>10.0</v>
+        <v>10</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="15">
         <v>51557.38</v>
       </c>
     </row>
-    <row r="12" ht="15.0" customHeight="1">
+    <row r="12" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="8">
-        <v>11.0</v>
+        <v>11</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="13" ht="15.0" customHeight="1">
+    <row r="13" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="8">
-        <v>12.0</v>
+        <v>12</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="14" ht="15.0" customHeight="1">
+    <row r="14" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="13">
-        <v>13.0</v>
+        <v>13</v>
       </c>
       <c r="B14" s="16" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="17">
         <v>39918.03</v>
       </c>
     </row>
-    <row r="15" ht="15.0" customHeight="1">
+    <row r="15" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13">
-        <v>14.0</v>
+        <v>14</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="15">
         <v>39918.03</v>
       </c>
     </row>
-    <row r="16" ht="15.0" customHeight="1">
+    <row r="16" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="13">
-        <v>15.0</v>
+        <v>15</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="17">
         <v>39918.03</v>
       </c>
     </row>
-    <row r="17" ht="15.0" customHeight="1">
+    <row r="17" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="13">
-        <v>16.0</v>
+        <v>16</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="15">
         <v>28278.69</v>
       </c>
     </row>
-    <row r="18" ht="15.0" customHeight="1">
+    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="13">
-        <v>17.0</v>
+        <v>17</v>
       </c>
       <c r="B18" s="16" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="17">
         <v>28278.69</v>
       </c>
     </row>
-    <row r="19" ht="15.0" customHeight="1">
+    <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="13">
-        <v>18.0</v>
+        <v>18</v>
       </c>
       <c r="B19" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="15">
         <v>39918.03</v>
       </c>
     </row>
-    <row r="20" ht="15.0" customHeight="1">
+    <row r="20" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="8">
-        <v>19.0</v>
+        <v>19</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="21" ht="15.0" customHeight="1">
+    <row r="21" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8">
-        <v>20.0</v>
+        <v>20</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="22" ht="15.0" customHeight="1">
+    <row r="22" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="8">
-        <v>21.0</v>
+        <v>21</v>
       </c>
       <c r="B22" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="23" ht="15.0" customHeight="1">
+    <row r="23" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="8">
-        <v>22.0</v>
+        <v>22</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="C23" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="24" ht="15.0" customHeight="1">
+    <row r="24" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="8">
-        <v>23.0</v>
+        <v>23</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C24" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="25" ht="15.0" customHeight="1">
+    <row r="25" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="8">
-        <v>24.0</v>
+        <v>24</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C25" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="26" ht="15.0" customHeight="1">
+    <row r="26" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="8">
-        <v>25.0</v>
+        <v>25</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C26" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="27" ht="15.0" customHeight="1">
+    <row r="27" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="13">
-        <v>26.0</v>
+        <v>26</v>
       </c>
       <c r="B27" s="14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C27" s="15">
         <v>28278.69</v>
       </c>
     </row>
-    <row r="28" ht="15.0" customHeight="1">
+    <row r="28" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="18">
-        <v>27.0</v>
+        <v>27</v>
       </c>
       <c r="B28" s="16" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C28" s="17">
         <v>39918.03</v>
       </c>
     </row>
-    <row r="29" ht="15.0" customHeight="1">
+    <row r="29" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="8">
-        <v>28.0</v>
+        <v>28</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C29" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="30" ht="15.0" customHeight="1">
+    <row r="30" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="8">
-        <v>29.0</v>
+        <v>29</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C30" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="31" ht="15.0" customHeight="1">
+    <row r="31" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="13">
-        <v>30.0</v>
+        <v>30</v>
       </c>
       <c r="B31" s="14" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C31" s="15">
         <v>28278.69</v>
       </c>
     </row>
-    <row r="32" ht="15.0" customHeight="1">
+    <row r="32" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="13">
-        <v>31.0</v>
+        <v>31</v>
       </c>
       <c r="B32" s="16" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C32" s="17">
         <v>28278.69</v>
       </c>
     </row>
-    <row r="33" ht="15.0" customHeight="1">
+    <row r="33" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="8">
-        <v>32.0</v>
+        <v>32</v>
       </c>
       <c r="B33" s="9" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C33" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="34" ht="15.0" customHeight="1">
+    <row r="34" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="8">
-        <v>33.0</v>
+        <v>33</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C34" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="35" ht="15.0" customHeight="1">
+    <row r="35" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="8">
-        <v>34.0</v>
+        <v>34</v>
       </c>
       <c r="B35" s="9" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C35" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="36" ht="15.0" customHeight="1">
+    <row r="36" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="13">
-        <v>35.0</v>
+        <v>35</v>
       </c>
       <c r="B36" s="16" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C36" s="17">
         <v>39918.03</v>
       </c>
     </row>
-    <row r="37" ht="15.0" customHeight="1">
+    <row r="37" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="8">
-        <v>36.0</v>
+        <v>36</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C37" s="10">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="38" ht="15.0" customHeight="1">
+    <row r="38" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="8">
-        <v>37.0</v>
+        <v>37</v>
       </c>
       <c r="B38" s="11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C38" s="12">
         <v>16639.34</v>
       </c>
     </row>
-    <row r="39" ht="15.0" customHeight="1">
+    <row r="39" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="13">
-        <v>38.0</v>
+        <v>38</v>
       </c>
       <c r="B39" s="14" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C39" s="15">
         <v>28278.69</v>
       </c>
     </row>
-    <row r="40" ht="13.5" customHeight="1">
-[...1765 lines deleted...]
-    <row r="1000" ht="13.5" customHeight="1"/>
+    <row r="40" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="B40" s="24"/>
+      <c r="C40" s="24"/>
+    </row>
+    <row r="41" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="19"/>
+      <c r="B41" s="20"/>
+      <c r="C41" s="21"/>
+    </row>
+    <row r="42" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="19"/>
+      <c r="B42" s="20"/>
+      <c r="C42" s="21"/>
+    </row>
+    <row r="43" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="19"/>
+      <c r="B43" s="20"/>
+      <c r="C43" s="21"/>
+    </row>
+    <row r="44" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="19"/>
+      <c r="B44" s="20"/>
+      <c r="C44" s="21"/>
+    </row>
+    <row r="45" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="19"/>
+      <c r="B45" s="20"/>
+      <c r="C45" s="21"/>
+    </row>
+    <row r="46" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="19"/>
+      <c r="B46" s="20"/>
+      <c r="C46" s="21"/>
+    </row>
+    <row r="47" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="19"/>
+      <c r="B47" s="20"/>
+      <c r="C47" s="21"/>
+    </row>
+    <row r="48" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="19"/>
+      <c r="B48" s="20"/>
+      <c r="C48" s="21"/>
+    </row>
+    <row r="49" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="19"/>
+      <c r="B49" s="20"/>
+      <c r="C49" s="21"/>
+    </row>
+    <row r="50" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="19"/>
+      <c r="B50" s="20"/>
+      <c r="C50" s="21"/>
+    </row>
+    <row r="51" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="19"/>
+      <c r="B51" s="20"/>
+      <c r="C51" s="21"/>
+    </row>
+    <row r="52" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="19"/>
+      <c r="B52" s="20"/>
+      <c r="C52" s="21"/>
+    </row>
+    <row r="53" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="19"/>
+      <c r="B53" s="20"/>
+      <c r="C53" s="21"/>
+    </row>
+    <row r="54" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="19"/>
+      <c r="B54" s="20"/>
+      <c r="C54" s="21"/>
+    </row>
+    <row r="55" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="19"/>
+      <c r="B55" s="20"/>
+      <c r="C55" s="21"/>
+    </row>
+    <row r="56" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="19"/>
+      <c r="B56" s="20"/>
+      <c r="C56" s="21"/>
+    </row>
+    <row r="57" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="19"/>
+      <c r="B57" s="20"/>
+      <c r="C57" s="21"/>
+    </row>
+    <row r="58" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="19"/>
+      <c r="B58" s="20"/>
+      <c r="C58" s="21"/>
+    </row>
+    <row r="59" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="19"/>
+      <c r="B59" s="20"/>
+      <c r="C59" s="21"/>
+    </row>
+    <row r="60" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="19"/>
+      <c r="B60" s="20"/>
+      <c r="C60" s="21"/>
+    </row>
+    <row r="61" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="19"/>
+      <c r="B61" s="20"/>
+      <c r="C61" s="21"/>
+    </row>
+    <row r="62" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="19"/>
+      <c r="B62" s="20"/>
+      <c r="C62" s="21"/>
+    </row>
+    <row r="63" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="19"/>
+      <c r="B63" s="20"/>
+      <c r="C63" s="21"/>
+    </row>
+    <row r="64" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="19"/>
+      <c r="B64" s="20"/>
+      <c r="C64" s="21"/>
+    </row>
+    <row r="65" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="19"/>
+      <c r="B65" s="20"/>
+      <c r="C65" s="21"/>
+    </row>
+    <row r="66" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="19"/>
+      <c r="B66" s="20"/>
+      <c r="C66" s="21"/>
+    </row>
+    <row r="67" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="19"/>
+      <c r="B67" s="20"/>
+      <c r="C67" s="21"/>
+    </row>
+    <row r="68" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="19"/>
+      <c r="B68" s="20"/>
+      <c r="C68" s="21"/>
+    </row>
+    <row r="69" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="19"/>
+      <c r="B69" s="20"/>
+      <c r="C69" s="21"/>
+    </row>
+    <row r="70" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="19"/>
+      <c r="B70" s="20"/>
+      <c r="C70" s="21"/>
+    </row>
+    <row r="71" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="19"/>
+      <c r="B71" s="20"/>
+      <c r="C71" s="21"/>
+    </row>
+    <row r="72" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="19"/>
+      <c r="B72" s="20"/>
+      <c r="C72" s="21"/>
+    </row>
+    <row r="73" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="19"/>
+      <c r="B73" s="20"/>
+      <c r="C73" s="21"/>
+    </row>
+    <row r="74" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="19"/>
+      <c r="B74" s="20"/>
+      <c r="C74" s="21"/>
+    </row>
+    <row r="75" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="19"/>
+      <c r="B75" s="20"/>
+      <c r="C75" s="21"/>
+    </row>
+    <row r="76" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="19"/>
+      <c r="B76" s="20"/>
+      <c r="C76" s="21"/>
+    </row>
+    <row r="77" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="19"/>
+      <c r="B77" s="20"/>
+      <c r="C77" s="21"/>
+    </row>
+    <row r="78" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="19"/>
+      <c r="B78" s="20"/>
+      <c r="C78" s="21"/>
+    </row>
+    <row r="79" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="19"/>
+      <c r="B79" s="20"/>
+      <c r="C79" s="21"/>
+    </row>
+    <row r="80" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="19"/>
+      <c r="B80" s="20"/>
+      <c r="C80" s="21"/>
+    </row>
+    <row r="81" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="19"/>
+      <c r="B81" s="20"/>
+      <c r="C81" s="21"/>
+    </row>
+    <row r="82" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="19"/>
+      <c r="B82" s="20"/>
+      <c r="C82" s="21"/>
+    </row>
+    <row r="83" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="19"/>
+      <c r="B83" s="20"/>
+      <c r="C83" s="21"/>
+    </row>
+    <row r="84" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="19"/>
+      <c r="B84" s="20"/>
+      <c r="C84" s="21"/>
+    </row>
+    <row r="85" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="19"/>
+      <c r="B85" s="20"/>
+      <c r="C85" s="21"/>
+    </row>
+    <row r="86" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="19"/>
+      <c r="B86" s="20"/>
+      <c r="C86" s="21"/>
+    </row>
+    <row r="87" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="19"/>
+      <c r="B87" s="20"/>
+      <c r="C87" s="21"/>
+    </row>
+    <row r="88" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="19"/>
+      <c r="B88" s="20"/>
+      <c r="C88" s="21"/>
+    </row>
+    <row r="89" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="19"/>
+      <c r="B89" s="20"/>
+      <c r="C89" s="21"/>
+    </row>
+    <row r="90" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="19"/>
+      <c r="B90" s="20"/>
+      <c r="C90" s="21"/>
+    </row>
+    <row r="91" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="19"/>
+      <c r="B91" s="20"/>
+      <c r="C91" s="21"/>
+    </row>
+    <row r="92" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="19"/>
+      <c r="B92" s="20"/>
+      <c r="C92" s="21"/>
+    </row>
+    <row r="93" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="19"/>
+      <c r="B93" s="20"/>
+      <c r="C93" s="21"/>
+    </row>
+    <row r="94" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="19"/>
+      <c r="B94" s="20"/>
+      <c r="C94" s="21"/>
+    </row>
+    <row r="95" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="19"/>
+      <c r="B95" s="20"/>
+      <c r="C95" s="21"/>
+    </row>
+    <row r="96" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="19"/>
+      <c r="B96" s="20"/>
+      <c r="C96" s="21"/>
+    </row>
+    <row r="97" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="19"/>
+      <c r="B97" s="20"/>
+      <c r="C97" s="21"/>
+    </row>
+    <row r="98" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="19"/>
+      <c r="B98" s="20"/>
+      <c r="C98" s="21"/>
+    </row>
+    <row r="99" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="19"/>
+      <c r="B99" s="20"/>
+      <c r="C99" s="21"/>
+    </row>
+    <row r="100" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="19"/>
+      <c r="B100" s="20"/>
+      <c r="C100" s="21"/>
+    </row>
+    <row r="101" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="19"/>
+      <c r="B101" s="20"/>
+      <c r="C101" s="21"/>
+    </row>
+    <row r="102" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="19"/>
+      <c r="B102" s="20"/>
+      <c r="C102" s="21"/>
+    </row>
+    <row r="103" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="19"/>
+      <c r="B103" s="20"/>
+      <c r="C103" s="21"/>
+    </row>
+    <row r="104" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="19"/>
+      <c r="B104" s="20"/>
+      <c r="C104" s="21"/>
+    </row>
+    <row r="105" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="19"/>
+      <c r="B105" s="20"/>
+      <c r="C105" s="21"/>
+    </row>
+    <row r="106" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="19"/>
+      <c r="B106" s="20"/>
+      <c r="C106" s="21"/>
+    </row>
+    <row r="107" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="19"/>
+      <c r="B107" s="20"/>
+      <c r="C107" s="21"/>
+    </row>
+    <row r="108" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="19"/>
+      <c r="B108" s="20"/>
+      <c r="C108" s="21"/>
+    </row>
+    <row r="109" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="19"/>
+      <c r="B109" s="20"/>
+      <c r="C109" s="21"/>
+    </row>
+    <row r="110" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="19"/>
+      <c r="B110" s="20"/>
+      <c r="C110" s="21"/>
+    </row>
+    <row r="111" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="19"/>
+      <c r="B111" s="20"/>
+      <c r="C111" s="21"/>
+    </row>
+    <row r="112" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="19"/>
+      <c r="B112" s="20"/>
+      <c r="C112" s="21"/>
+    </row>
+    <row r="113" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="19"/>
+      <c r="B113" s="20"/>
+      <c r="C113" s="21"/>
+    </row>
+    <row r="114" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="19"/>
+      <c r="B114" s="20"/>
+      <c r="C114" s="21"/>
+    </row>
+    <row r="115" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="19"/>
+      <c r="B115" s="20"/>
+      <c r="C115" s="21"/>
+    </row>
+    <row r="116" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="19"/>
+      <c r="B116" s="20"/>
+      <c r="C116" s="21"/>
+    </row>
+    <row r="117" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="19"/>
+      <c r="B117" s="20"/>
+      <c r="C117" s="21"/>
+    </row>
+    <row r="118" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="19"/>
+      <c r="B118" s="20"/>
+      <c r="C118" s="21"/>
+    </row>
+    <row r="119" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="19"/>
+      <c r="B119" s="20"/>
+      <c r="C119" s="21"/>
+    </row>
+    <row r="120" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="19"/>
+      <c r="B120" s="20"/>
+      <c r="C120" s="21"/>
+    </row>
+    <row r="121" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="19"/>
+      <c r="B121" s="20"/>
+      <c r="C121" s="21"/>
+    </row>
+    <row r="122" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="19"/>
+      <c r="B122" s="20"/>
+      <c r="C122" s="21"/>
+    </row>
+    <row r="123" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="19"/>
+      <c r="B123" s="20"/>
+      <c r="C123" s="21"/>
+    </row>
+    <row r="124" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="19"/>
+      <c r="B124" s="20"/>
+      <c r="C124" s="21"/>
+    </row>
+    <row r="125" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="19"/>
+      <c r="B125" s="20"/>
+      <c r="C125" s="21"/>
+    </row>
+    <row r="126" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="19"/>
+      <c r="B126" s="20"/>
+      <c r="C126" s="21"/>
+    </row>
+    <row r="127" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="19"/>
+      <c r="B127" s="20"/>
+      <c r="C127" s="21"/>
+    </row>
+    <row r="128" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="19"/>
+      <c r="B128" s="20"/>
+      <c r="C128" s="21"/>
+    </row>
+    <row r="129" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="19"/>
+      <c r="B129" s="20"/>
+      <c r="C129" s="21"/>
+    </row>
+    <row r="130" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="19"/>
+      <c r="B130" s="20"/>
+      <c r="C130" s="21"/>
+    </row>
+    <row r="131" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="19"/>
+      <c r="B131" s="20"/>
+      <c r="C131" s="21"/>
+    </row>
+    <row r="132" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="19"/>
+      <c r="B132" s="20"/>
+      <c r="C132" s="21"/>
+    </row>
+    <row r="133" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="19"/>
+      <c r="B133" s="20"/>
+      <c r="C133" s="21"/>
+    </row>
+    <row r="134" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="19"/>
+      <c r="B134" s="20"/>
+      <c r="C134" s="21"/>
+    </row>
+    <row r="135" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="19"/>
+      <c r="B135" s="20"/>
+      <c r="C135" s="21"/>
+    </row>
+    <row r="136" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="19"/>
+      <c r="B136" s="20"/>
+      <c r="C136" s="21"/>
+    </row>
+    <row r="137" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="19"/>
+      <c r="B137" s="20"/>
+      <c r="C137" s="21"/>
+    </row>
+    <row r="138" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="19"/>
+      <c r="B138" s="20"/>
+      <c r="C138" s="21"/>
+    </row>
+    <row r="139" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="19"/>
+      <c r="B139" s="20"/>
+      <c r="C139" s="21"/>
+    </row>
+    <row r="140" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="19"/>
+      <c r="B140" s="20"/>
+      <c r="C140" s="21"/>
+    </row>
+    <row r="141" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="19"/>
+      <c r="B141" s="20"/>
+      <c r="C141" s="21"/>
+    </row>
+    <row r="142" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="19"/>
+      <c r="B142" s="20"/>
+      <c r="C142" s="21"/>
+    </row>
+    <row r="143" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="19"/>
+      <c r="B143" s="20"/>
+      <c r="C143" s="21"/>
+    </row>
+    <row r="144" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="19"/>
+      <c r="B144" s="20"/>
+      <c r="C144" s="21"/>
+    </row>
+    <row r="145" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="19"/>
+      <c r="B145" s="20"/>
+      <c r="C145" s="21"/>
+    </row>
+    <row r="146" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="19"/>
+      <c r="B146" s="20"/>
+      <c r="C146" s="21"/>
+    </row>
+    <row r="147" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="19"/>
+      <c r="B147" s="20"/>
+      <c r="C147" s="21"/>
+    </row>
+    <row r="148" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="19"/>
+      <c r="B148" s="20"/>
+      <c r="C148" s="21"/>
+    </row>
+    <row r="149" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="19"/>
+      <c r="B149" s="20"/>
+      <c r="C149" s="21"/>
+    </row>
+    <row r="150" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="19"/>
+      <c r="B150" s="20"/>
+      <c r="C150" s="21"/>
+    </row>
+    <row r="151" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="19"/>
+      <c r="B151" s="20"/>
+      <c r="C151" s="21"/>
+    </row>
+    <row r="152" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="19"/>
+      <c r="B152" s="20"/>
+      <c r="C152" s="21"/>
+    </row>
+    <row r="153" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="19"/>
+      <c r="B153" s="20"/>
+      <c r="C153" s="21"/>
+    </row>
+    <row r="154" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="19"/>
+      <c r="B154" s="20"/>
+      <c r="C154" s="21"/>
+    </row>
+    <row r="155" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="19"/>
+      <c r="B155" s="20"/>
+      <c r="C155" s="21"/>
+    </row>
+    <row r="156" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="19"/>
+      <c r="B156" s="20"/>
+      <c r="C156" s="21"/>
+    </row>
+    <row r="157" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="19"/>
+      <c r="B157" s="20"/>
+      <c r="C157" s="21"/>
+    </row>
+    <row r="158" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="19"/>
+      <c r="B158" s="20"/>
+      <c r="C158" s="21"/>
+    </row>
+    <row r="159" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="19"/>
+      <c r="B159" s="20"/>
+      <c r="C159" s="21"/>
+    </row>
+    <row r="160" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="19"/>
+      <c r="B160" s="20"/>
+      <c r="C160" s="21"/>
+    </row>
+    <row r="161" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="19"/>
+      <c r="B161" s="20"/>
+      <c r="C161" s="21"/>
+    </row>
+    <row r="162" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="19"/>
+      <c r="B162" s="20"/>
+      <c r="C162" s="21"/>
+    </row>
+    <row r="163" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="19"/>
+      <c r="B163" s="20"/>
+      <c r="C163" s="21"/>
+    </row>
+    <row r="164" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="19"/>
+      <c r="B164" s="20"/>
+      <c r="C164" s="21"/>
+    </row>
+    <row r="165" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="19"/>
+      <c r="B165" s="20"/>
+      <c r="C165" s="21"/>
+    </row>
+    <row r="166" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="19"/>
+      <c r="B166" s="20"/>
+      <c r="C166" s="21"/>
+    </row>
+    <row r="167" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="19"/>
+      <c r="B167" s="20"/>
+      <c r="C167" s="21"/>
+    </row>
+    <row r="168" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="19"/>
+      <c r="B168" s="20"/>
+      <c r="C168" s="21"/>
+    </row>
+    <row r="169" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="19"/>
+      <c r="B169" s="20"/>
+      <c r="C169" s="21"/>
+    </row>
+    <row r="170" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="19"/>
+      <c r="B170" s="20"/>
+      <c r="C170" s="21"/>
+    </row>
+    <row r="171" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="19"/>
+      <c r="B171" s="20"/>
+      <c r="C171" s="21"/>
+    </row>
+    <row r="172" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="19"/>
+      <c r="B172" s="20"/>
+      <c r="C172" s="21"/>
+    </row>
+    <row r="173" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="19"/>
+      <c r="B173" s="20"/>
+      <c r="C173" s="21"/>
+    </row>
+    <row r="174" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="19"/>
+      <c r="B174" s="20"/>
+      <c r="C174" s="21"/>
+    </row>
+    <row r="175" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="19"/>
+      <c r="B175" s="20"/>
+      <c r="C175" s="21"/>
+    </row>
+    <row r="176" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="19"/>
+      <c r="B176" s="20"/>
+      <c r="C176" s="21"/>
+    </row>
+    <row r="177" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="19"/>
+      <c r="B177" s="20"/>
+      <c r="C177" s="21"/>
+    </row>
+    <row r="178" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="19"/>
+      <c r="B178" s="20"/>
+      <c r="C178" s="21"/>
+    </row>
+    <row r="179" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="19"/>
+      <c r="B179" s="20"/>
+      <c r="C179" s="21"/>
+    </row>
+    <row r="180" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="19"/>
+      <c r="B180" s="20"/>
+      <c r="C180" s="21"/>
+    </row>
+    <row r="181" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="19"/>
+      <c r="B181" s="20"/>
+      <c r="C181" s="21"/>
+    </row>
+    <row r="182" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="19"/>
+      <c r="B182" s="20"/>
+      <c r="C182" s="21"/>
+    </row>
+    <row r="183" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="19"/>
+      <c r="B183" s="20"/>
+      <c r="C183" s="21"/>
+    </row>
+    <row r="184" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="19"/>
+      <c r="B184" s="20"/>
+      <c r="C184" s="21"/>
+    </row>
+    <row r="185" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="19"/>
+      <c r="B185" s="20"/>
+      <c r="C185" s="21"/>
+    </row>
+    <row r="186" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="19"/>
+      <c r="B186" s="20"/>
+      <c r="C186" s="21"/>
+    </row>
+    <row r="187" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="19"/>
+      <c r="B187" s="20"/>
+      <c r="C187" s="21"/>
+    </row>
+    <row r="188" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="19"/>
+      <c r="B188" s="20"/>
+      <c r="C188" s="21"/>
+    </row>
+    <row r="189" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="22"/>
+      <c r="B189" s="20"/>
+      <c r="C189" s="21"/>
+    </row>
+    <row r="190" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="22"/>
+      <c r="B190" s="20"/>
+      <c r="C190" s="21"/>
+    </row>
+    <row r="191" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="22"/>
+      <c r="B191" s="20"/>
+      <c r="C191" s="21"/>
+    </row>
+    <row r="192" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="22"/>
+      <c r="B192" s="20"/>
+      <c r="C192" s="21"/>
+    </row>
+    <row r="193" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="22"/>
+      <c r="B193" s="20"/>
+      <c r="C193" s="21"/>
+    </row>
+    <row r="194" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="22"/>
+      <c r="B194" s="20"/>
+      <c r="C194" s="21"/>
+    </row>
+    <row r="195" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="22"/>
+      <c r="B195" s="20"/>
+      <c r="C195" s="21"/>
+    </row>
+    <row r="196" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="22"/>
+      <c r="B196" s="20"/>
+      <c r="C196" s="21"/>
+    </row>
+    <row r="197" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="22"/>
+      <c r="B197" s="20"/>
+      <c r="C197" s="21"/>
+    </row>
+    <row r="198" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="22"/>
+      <c r="B198" s="20"/>
+      <c r="C198" s="21"/>
+    </row>
+    <row r="199" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="22"/>
+      <c r="B199" s="20"/>
+      <c r="C199" s="21"/>
+    </row>
+    <row r="200" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="22"/>
+      <c r="B200" s="20"/>
+      <c r="C200" s="21"/>
+    </row>
+    <row r="201" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="22"/>
+      <c r="B201" s="20"/>
+      <c r="C201" s="21"/>
+    </row>
+    <row r="202" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="22"/>
+      <c r="B202" s="20"/>
+      <c r="C202" s="21"/>
+    </row>
+    <row r="203" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="22"/>
+      <c r="B203" s="20"/>
+      <c r="C203" s="21"/>
+    </row>
+    <row r="204" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="22"/>
+      <c r="B204" s="20"/>
+      <c r="C204" s="21"/>
+    </row>
+    <row r="205" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="22"/>
+      <c r="B205" s="20"/>
+      <c r="C205" s="21"/>
+    </row>
+    <row r="206" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="22"/>
+      <c r="B206" s="20"/>
+      <c r="C206" s="21"/>
+    </row>
+    <row r="207" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="22"/>
+      <c r="B207" s="20"/>
+      <c r="C207" s="21"/>
+    </row>
+    <row r="208" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="22"/>
+      <c r="B208" s="20"/>
+      <c r="C208" s="21"/>
+    </row>
+    <row r="209" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="22"/>
+      <c r="B209" s="20"/>
+      <c r="C209" s="21"/>
+    </row>
+    <row r="210" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="22"/>
+      <c r="B210" s="20"/>
+      <c r="C210" s="21"/>
+    </row>
+    <row r="211" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="22"/>
+      <c r="B211" s="20"/>
+      <c r="C211" s="21"/>
+    </row>
+    <row r="212" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="22"/>
+      <c r="B212" s="20"/>
+      <c r="C212" s="21"/>
+    </row>
+    <row r="213" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="22"/>
+      <c r="B213" s="20"/>
+      <c r="C213" s="21"/>
+    </row>
+    <row r="214" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="22"/>
+      <c r="B214" s="20"/>
+      <c r="C214" s="21"/>
+    </row>
+    <row r="215" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="22"/>
+      <c r="B215" s="20"/>
+      <c r="C215" s="21"/>
+    </row>
+    <row r="216" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="22"/>
+      <c r="B216" s="20"/>
+      <c r="C216" s="21"/>
+    </row>
+    <row r="217" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="22"/>
+      <c r="B217" s="20"/>
+      <c r="C217" s="21"/>
+    </row>
+    <row r="218" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="22"/>
+      <c r="B218" s="20"/>
+      <c r="C218" s="21"/>
+    </row>
+    <row r="219" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="22"/>
+      <c r="B219" s="20"/>
+      <c r="C219" s="21"/>
+    </row>
+    <row r="220" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="22"/>
+      <c r="B220" s="20"/>
+      <c r="C220" s="21"/>
+    </row>
+    <row r="221" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="22"/>
+      <c r="B221" s="20"/>
+      <c r="C221" s="21"/>
+    </row>
+    <row r="222" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="22"/>
+      <c r="B222" s="20"/>
+      <c r="C222" s="21"/>
+    </row>
+    <row r="223" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="22"/>
+      <c r="B223" s="20"/>
+      <c r="C223" s="21"/>
+    </row>
+    <row r="224" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="22"/>
+      <c r="B224" s="20"/>
+      <c r="C224" s="21"/>
+    </row>
+    <row r="225" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="22"/>
+      <c r="B225" s="20"/>
+      <c r="C225" s="21"/>
+    </row>
+    <row r="226" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="22"/>
+      <c r="B226" s="20"/>
+      <c r="C226" s="21"/>
+    </row>
+    <row r="227" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="22"/>
+      <c r="B227" s="20"/>
+      <c r="C227" s="21"/>
+    </row>
+    <row r="228" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="22"/>
+      <c r="B228" s="20"/>
+      <c r="C228" s="21"/>
+    </row>
+    <row r="229" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="22"/>
+      <c r="B229" s="20"/>
+      <c r="C229" s="21"/>
+    </row>
+    <row r="230" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="22"/>
+      <c r="B230" s="20"/>
+      <c r="C230" s="21"/>
+    </row>
+    <row r="231" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="22"/>
+      <c r="B231" s="20"/>
+      <c r="C231" s="21"/>
+    </row>
+    <row r="232" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="22"/>
+      <c r="B232" s="20"/>
+      <c r="C232" s="21"/>
+    </row>
+    <row r="233" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="22"/>
+      <c r="B233" s="20"/>
+      <c r="C233" s="21"/>
+    </row>
+    <row r="234" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="22"/>
+      <c r="B234" s="20"/>
+      <c r="C234" s="21"/>
+    </row>
+    <row r="235" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="22"/>
+      <c r="B235" s="20"/>
+      <c r="C235" s="21"/>
+    </row>
+    <row r="236" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="22"/>
+      <c r="B236" s="20"/>
+      <c r="C236" s="21"/>
+    </row>
+    <row r="237" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="22"/>
+      <c r="B237" s="20"/>
+      <c r="C237" s="21"/>
+    </row>
+    <row r="238" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="22"/>
+      <c r="B238" s="20"/>
+      <c r="C238" s="21"/>
+    </row>
+    <row r="239" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="22"/>
+      <c r="B239" s="20"/>
+      <c r="C239" s="21"/>
+    </row>
+    <row r="240" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="22"/>
+      <c r="B240" s="20"/>
+      <c r="C240" s="21"/>
+    </row>
+    <row r="241" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="501" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="502" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="503" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="504" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="505" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="506" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="507" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="508" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="509" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="510" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="511" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="512" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="513" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="514" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="515" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="516" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="517" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="518" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="519" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="520" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="521" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="522" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="523" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="524" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="525" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="526" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="527" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="528" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="529" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="530" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="531" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="532" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="533" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="534" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="535" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="536" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="537" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="538" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="539" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="540" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="541" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="542" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="543" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="544" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="545" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="546" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="547" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="548" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="549" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="550" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="551" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="552" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="553" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="554" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="555" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="556" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="557" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="558" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="559" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="560" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="561" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="562" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="563" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="564" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="565" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="566" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="567" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="568" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="569" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="570" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="571" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="572" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="573" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="574" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="575" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="576" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="577" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="578" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="579" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="580" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="581" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="582" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="583" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="584" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="585" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="586" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="587" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="588" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="589" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="590" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="591" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="592" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="593" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="594" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="595" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="596" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="597" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="598" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="599" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="600" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="601" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="602" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="603" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="604" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="605" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="606" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="607" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="608" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="609" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="610" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="611" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="612" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="613" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="614" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="615" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="616" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="617" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="618" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="619" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="620" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="621" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="622" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="623" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="624" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="625" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="626" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="627" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="628" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="629" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="630" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="631" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="632" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="633" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="634" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="635" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="636" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="637" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="638" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="639" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="640" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="641" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="642" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="643" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="644" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="645" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="646" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="647" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="648" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="649" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="650" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="651" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="652" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="653" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="654" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="655" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="656" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="657" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="658" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="659" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="660" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="661" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="662" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="663" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="664" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="665" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="666" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="667" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="668" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="669" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="670" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="671" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="672" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="673" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="674" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="675" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="676" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="677" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="678" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="679" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="680" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="681" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="682" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="683" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="684" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="685" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="686" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="687" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="688" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="689" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="690" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="691" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="692" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="693" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="694" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="695" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="696" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="697" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="698" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="699" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="700" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="701" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="702" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="703" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="704" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="705" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="706" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="707" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="708" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="709" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="710" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="711" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="712" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="713" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="714" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="715" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="716" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="717" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="718" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="719" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="720" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="721" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="722" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="723" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="724" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="725" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="726" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="727" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="728" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="729" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="730" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="731" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="732" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="733" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="734" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="735" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="736" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="737" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="738" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="739" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="740" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="741" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="742" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="743" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="744" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="745" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="746" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="747" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="748" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="749" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="750" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="751" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="752" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="753" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="754" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="755" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="756" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="757" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="758" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="759" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="760" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="761" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="762" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="763" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="764" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="765" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="766" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="767" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="768" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="769" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="770" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="771" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="772" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="773" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="774" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="775" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="776" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="777" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="778" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="779" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="780" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="781" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="782" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="783" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="784" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="785" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="786" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="787" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="788" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="789" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="790" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="791" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="792" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="793" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="794" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="795" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="796" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="797" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="798" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="799" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="800" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="801" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="802" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="803" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="804" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="805" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="806" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="807" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="808" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="809" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="810" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="811" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="812" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="813" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="814" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="815" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="816" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="817" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="818" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="819" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="820" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="821" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="822" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="823" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="824" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="825" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="826" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="827" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="828" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="829" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="830" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="831" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="832" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="833" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="834" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="835" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="836" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="837" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="838" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="839" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="840" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="841" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="842" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="843" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="844" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="845" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="846" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="847" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="848" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="849" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="850" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="851" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="852" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="853" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="854" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="855" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="856" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="857" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="858" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="859" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="860" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="861" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="862" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="863" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="864" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="865" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="866" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="867" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="868" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="869" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="870" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="871" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="872" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="873" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="874" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="875" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="876" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="877" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="878" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="879" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="880" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="881" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="882" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="883" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="884" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="885" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="886" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="887" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="888" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="889" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="890" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="891" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="892" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="893" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="894" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="895" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="896" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="897" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="898" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="899" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="900" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="901" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="902" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="903" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="904" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="905" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="906" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="907" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="908" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="909" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="910" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="911" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="912" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="913" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="914" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="915" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="916" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="917" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="918" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="919" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="920" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="921" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="922" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="923" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="924" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="925" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="926" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="927" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="928" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="929" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="930" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="931" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="932" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="933" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="934" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="935" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="936" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="937" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="938" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="939" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="940" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="941" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="942" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="943" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="944" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="945" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="946" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="947" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="948" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="949" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="950" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="951" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="952" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="953" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="954" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="955" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="956" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="957" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="958" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="959" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="960" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="961" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="962" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="963" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="964" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="965" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="966" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="967" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="968" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="969" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="970" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="971" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="972" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="973" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="974" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="975" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="976" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="977" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="978" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="979" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="980" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="981" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="982" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="983" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="984" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="985" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="986" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="987" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="988" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="989" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="990" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="991" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="992" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="993" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="994" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="995" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="996" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="997" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="998" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="999" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="1000" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A40:C40"/>
   </mergeCells>
-  <printOptions/>
-  <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="portrait"/>
-  <drawing r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Award Amounts + SitesSponsors</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Albers, Lisa [IDOE]</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Albers, Lisa [IDOE]</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>