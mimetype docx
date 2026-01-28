--- v0 (2025-11-07)
+++ v1 (2026-01-28)
@@ -13,65 +13,67 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00EA638D" w:rsidRDefault="009B2D3E" w:rsidP="008B1232">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="0050394A">
         <w:t>Bullying/</w:t>
       </w:r>
       <w:r w:rsidRPr="008B1232">
         <w:t>Harassment</w:t>
       </w:r>
       <w:r w:rsidRPr="0050394A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0050394A" w:rsidRPr="0050394A">
         <w:t>Complaint</w:t>
       </w:r>
       <w:r w:rsidR="008B1232">
         <w:t xml:space="preserve"> Form</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00F00A97" w:rsidRDefault="00F00A97" w:rsidP="00F00A97">
       <w:r>
         <w:t>To submit a bullying or harassment complaint, follow your schoo</w:t>
       </w:r>
       <w:r w:rsidR="001D3BD0">
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’s complaint process. You can find the steps in the student handbook, on the </w:t>
       </w:r>
       <w:r w:rsidR="001D3BD0">
         <w:t>school</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> website, in the school board policies, or at the school office. If your </w:t>
       </w:r>
       <w:r w:rsidR="001D3BD0">
         <w:t>school</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> does not have a complaint form, you may use this one. Submit the completed form to the </w:t>
       </w:r>
       <w:r w:rsidR="001D3BD0">
         <w:t>school</w:t>
@@ -389,159 +391,159 @@
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D4168D" w:rsidRDefault="00D4168D" w:rsidP="00D4168D">
       <w:r>
         <w:t>What method was reportedly used for the alleged bullying and/or harassment? (check all that apply)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD1529" w:rsidRDefault="00DD1529" w:rsidP="00DD1529">
       <w:pPr>
         <w:sectPr w:rsidR="00DD1529" w:rsidSect="00C20449">
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="187" w:footer="446" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D4168D" w:rsidRDefault="00996305" w:rsidP="00DD1529">
+    <w:p w:rsidR="00D4168D" w:rsidRDefault="00180F8E" w:rsidP="00DD1529">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1444185661"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DD1529">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD1529">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D4168D">
         <w:t>Physical</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D4168D" w:rsidRDefault="00996305" w:rsidP="00DD1529">
+    <w:p w:rsidR="00D4168D" w:rsidRDefault="00180F8E" w:rsidP="00DD1529">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1104073388"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DD1529">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD1529">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D4168D">
         <w:t>Written</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D4168D" w:rsidRDefault="00996305" w:rsidP="00DD1529">
+    <w:p w:rsidR="00D4168D" w:rsidRDefault="00180F8E" w:rsidP="00DD1529">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1741519804"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DD1529">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD1529">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D4168D">
         <w:t>Verbal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D4168D" w:rsidRDefault="00996305" w:rsidP="00DD1529">
+    <w:p w:rsidR="00D4168D" w:rsidRDefault="00180F8E" w:rsidP="00DD1529">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="807201798"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DD1529">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD1529">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D4168D">
         <w:t>Electronic (cyberbullying)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D4168D" w:rsidRDefault="00996305" w:rsidP="00DD1529">
+    <w:p w:rsidR="00D4168D" w:rsidRDefault="00180F8E" w:rsidP="00DD1529">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="177938186"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DD1529">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD1529">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D4168D">
         <w:t>Social/Relational (ostracizing, exclusion)</w:t>
       </w:r>
@@ -560,132 +562,132 @@
     <w:p w:rsidR="00606DF7" w:rsidRDefault="00606DF7">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD1529" w:rsidRDefault="00DD1529" w:rsidP="0050394A">
       <w:pPr>
         <w:sectPr w:rsidR="00DD1529" w:rsidSect="00DD1529">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="187" w:footer="446" w:gutter="0"/>
           <w:cols w:num="4" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F00A97" w:rsidRDefault="005A28F7" w:rsidP="0050394A">
       <w:r w:rsidRPr="005A28F7">
         <w:lastRenderedPageBreak/>
         <w:t>Has the alleged incident(s) impacted the alleged target in any of these ways? (check all that apply)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD1529" w:rsidRDefault="00996305" w:rsidP="00DD1529">
+    <w:p w:rsidR="00DD1529" w:rsidRDefault="00180F8E" w:rsidP="00DD1529">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-913154099"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00606DF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00606DF7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD1529">
         <w:t>Placed the student in reasonable fear of harm to their person or property</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD1529" w:rsidRDefault="00996305" w:rsidP="00DD1529">
+    <w:p w:rsidR="00DD1529" w:rsidRDefault="00180F8E" w:rsidP="00DD1529">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1739090658"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00606DF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00606DF7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD1529">
         <w:t>Has been substantially detrimental to the student’s physical or mental health</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD1529" w:rsidRDefault="00996305" w:rsidP="00DD1529">
+    <w:p w:rsidR="00DD1529" w:rsidRDefault="00180F8E" w:rsidP="00DD1529">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-302464704"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00606DF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00606DF7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD1529">
         <w:t>Has had the effect of substantially interfering with the student’s academic performance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00A97" w:rsidRDefault="00996305" w:rsidP="00DD1529">
+    <w:p w:rsidR="00F00A97" w:rsidRDefault="00180F8E" w:rsidP="00DD1529">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="458384519"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00606DF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00606DF7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD1529">
         <w:t>Has had the effect of substantially interfering with the student’s ability to participate in or benefit from the services, activities, or privileges provided</w:t>
       </w:r>
@@ -1067,110 +1069,108 @@
       <w:r w:rsidRPr="00606DF7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A1136" w:rsidRDefault="004A1136" w:rsidP="004A1136"/>
     <w:p w:rsidR="004A1136" w:rsidRDefault="004A1136" w:rsidP="004A1136">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Statement and Signature</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A1136" w:rsidRDefault="004A1136" w:rsidP="004A1136">
       <w:r>
         <w:t>I’m signing this document agreeing that all of the information I have provided on this form is true and accurate based on my current understanding, knowledge, and/or experience.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A1136" w:rsidRDefault="004A1136" w:rsidP="004A1136">
       <w:pPr>
         <w:spacing w:before="360" w:after="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk201840127"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk201840127"/>
       <w:r>
         <w:t>Signature: __________________________________________________ Date: ______________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A1136" w:rsidRDefault="004A1136" w:rsidP="004A1136">
       <w:r>
         <w:t>Printed Name: _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A1136" w:rsidRDefault="004A1136" w:rsidP="004A1136"/>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidR="004A1136" w:rsidRPr="001D3BD0" w:rsidRDefault="004A1136" w:rsidP="004A1136">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3BD0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Do not submit this form to the Iowa Department of Education.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050394A" w:rsidRPr="003F7F0C" w:rsidRDefault="0050394A" w:rsidP="001D3BD0">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="0050394A" w:rsidRPr="003F7F0C" w:rsidSect="00C20449">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="187" w:footer="446" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00996305" w:rsidRDefault="00996305" w:rsidP="00491299">
+    <w:p w:rsidR="00180F8E" w:rsidRDefault="00180F8E" w:rsidP="00491299">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00996305" w:rsidRDefault="00996305" w:rsidP="00491299">
+    <w:p w:rsidR="00180F8E" w:rsidRDefault="00180F8E" w:rsidP="00491299">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1245,61 +1245,61 @@
     <w:r w:rsidR="004D7B1B">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="004D7B1B">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004D7B1B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="004D7B1B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00996305" w:rsidRDefault="00996305" w:rsidP="00491299">
+    <w:p w:rsidR="00180F8E" w:rsidRDefault="00180F8E" w:rsidP="00491299">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00996305" w:rsidRDefault="00996305" w:rsidP="00491299">
+    <w:p w:rsidR="00180F8E" w:rsidRDefault="00180F8E" w:rsidP="00491299">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40F11321"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1946D3CC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="893" w:hanging="360"/>
       </w:pPr>
@@ -1738,124 +1738,126 @@
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D7B1B"/>
     <w:rsid w:val="00044C5D"/>
     <w:rsid w:val="00085606"/>
     <w:rsid w:val="00090F5E"/>
     <w:rsid w:val="000E094E"/>
     <w:rsid w:val="0011348C"/>
+    <w:rsid w:val="00180F8E"/>
     <w:rsid w:val="001D3BD0"/>
     <w:rsid w:val="002618D3"/>
     <w:rsid w:val="00282D00"/>
     <w:rsid w:val="002A249F"/>
     <w:rsid w:val="003213C6"/>
     <w:rsid w:val="00332443"/>
     <w:rsid w:val="003876E8"/>
     <w:rsid w:val="003A593C"/>
     <w:rsid w:val="003A7507"/>
     <w:rsid w:val="003F3A62"/>
     <w:rsid w:val="003F7F0C"/>
     <w:rsid w:val="00434015"/>
     <w:rsid w:val="00491299"/>
     <w:rsid w:val="004A1136"/>
     <w:rsid w:val="004A1166"/>
     <w:rsid w:val="004B752C"/>
     <w:rsid w:val="004C153E"/>
     <w:rsid w:val="004D7B1B"/>
     <w:rsid w:val="004E4667"/>
     <w:rsid w:val="00501077"/>
     <w:rsid w:val="0050394A"/>
     <w:rsid w:val="00504B25"/>
     <w:rsid w:val="0054445F"/>
     <w:rsid w:val="005756C6"/>
     <w:rsid w:val="00596873"/>
     <w:rsid w:val="005A28F7"/>
     <w:rsid w:val="005B1B86"/>
     <w:rsid w:val="005C7FFA"/>
     <w:rsid w:val="00606DF7"/>
     <w:rsid w:val="00686719"/>
     <w:rsid w:val="00696AF9"/>
     <w:rsid w:val="007500ED"/>
     <w:rsid w:val="0082057F"/>
     <w:rsid w:val="00824991"/>
     <w:rsid w:val="00825090"/>
     <w:rsid w:val="00847D7C"/>
     <w:rsid w:val="008A3B17"/>
     <w:rsid w:val="008A75FC"/>
     <w:rsid w:val="008B1232"/>
     <w:rsid w:val="008E7280"/>
     <w:rsid w:val="009053F0"/>
     <w:rsid w:val="00916CD9"/>
     <w:rsid w:val="00996305"/>
     <w:rsid w:val="009B2D3E"/>
+    <w:rsid w:val="009C0E34"/>
     <w:rsid w:val="00A46467"/>
     <w:rsid w:val="00A70D95"/>
     <w:rsid w:val="00AA5025"/>
     <w:rsid w:val="00B07A42"/>
     <w:rsid w:val="00B07D3D"/>
     <w:rsid w:val="00B44439"/>
     <w:rsid w:val="00B65C45"/>
     <w:rsid w:val="00B9751C"/>
     <w:rsid w:val="00BA2A0B"/>
     <w:rsid w:val="00BE1C04"/>
     <w:rsid w:val="00BF6281"/>
     <w:rsid w:val="00BF7315"/>
     <w:rsid w:val="00C20449"/>
     <w:rsid w:val="00CD0253"/>
     <w:rsid w:val="00CE4807"/>
     <w:rsid w:val="00CF35B8"/>
     <w:rsid w:val="00D04341"/>
     <w:rsid w:val="00D062E9"/>
     <w:rsid w:val="00D15896"/>
     <w:rsid w:val="00D4168D"/>
     <w:rsid w:val="00D5013E"/>
     <w:rsid w:val="00D87AFE"/>
     <w:rsid w:val="00DD1529"/>
     <w:rsid w:val="00E058E9"/>
     <w:rsid w:val="00E159F9"/>
@@ -1870,51 +1872,50 @@
     <w:rsid w:val="00FE2CA7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="58F892A7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B307E285-034C-44A4-AB14-3F0414E7AC4E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3141,50 +3142,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B27E70"/>
+    <w:rsid w:val="00460B20"/>
     <w:rsid w:val="00912E62"/>
     <w:rsid w:val="009D0280"/>
     <w:rsid w:val="00A6789C"/>
     <w:rsid w:val="00B27E70"/>
     <w:rsid w:val="00B92DF6"/>
     <w:rsid w:val="00D31578"/>
     <w:rsid w:val="00E4374E"/>
     <w:rsid w:val="00FB370F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -4068,81 +4070,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA801D83-4B8E-4DAE-A4DB-00A33470E0AA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46DB54D2-DF6F-45EC-AFC6-A37F9FC6A138}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>501</Words>
-  <Characters>2696</Characters>
+  <Words>477</Words>
+  <Characters>2720</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Iowa Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3174</CharactersWithSpaces>
+  <CharactersWithSpaces>3191</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Bullying/Harassment Complaint Form</dc:title>
   <dc:subject/>
   <dc:creator>Iowa Department of Education</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>