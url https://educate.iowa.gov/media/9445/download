--- v0 (2025-10-18)
+++ v1 (2026-03-04)
@@ -1,2283 +1,3935 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20406"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\My Drive\School Business and Finance\Accounting and Reporting\Certified Annual Reports (CAR)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\IDOE School Business Operations\CAR\FY 2026 CAR Files\CAR data for CAR webpage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D141570E-F53C-4B8C-BB18-C06C89104C95}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C3C3132-40FC-4CB4-BD4F-8BD7BE26A10D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="15795" windowHeight="7830" xr2:uid="{3FE637F3-A240-4690-9E23-DC3B9796A2B2}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="766" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="DE_DataActualUtility" sheetId="1" r:id="rId1"/>
+    <sheet name="DE_DataActualUtility" sheetId="21" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="C_I_Prorate">#REF!</definedName>
     <definedName name="County">#REF!</definedName>
     <definedName name="District">[1]Districts!$F$2:$F$335</definedName>
     <definedName name="DistrictName">[2]SNAME!$C$3:$C$335</definedName>
     <definedName name="Label">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles">#N/A</definedName>
     <definedName name="TaxCertDistrictName">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1969" uniqueCount="691">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2005" uniqueCount="781">
+  <si>
+    <t>NAME</t>
+  </si>
+  <si>
+    <t>0009</t>
+  </si>
+  <si>
+    <t>0018</t>
+  </si>
+  <si>
+    <t>0027</t>
+  </si>
+  <si>
+    <t>0063</t>
+  </si>
+  <si>
+    <t>0072</t>
+  </si>
+  <si>
+    <t>0081</t>
+  </si>
+  <si>
+    <t>0099</t>
+  </si>
+  <si>
+    <t>0108</t>
+  </si>
+  <si>
+    <t>0126</t>
+  </si>
+  <si>
+    <t>0135</t>
+  </si>
+  <si>
+    <t>0153</t>
+  </si>
+  <si>
+    <t>0171</t>
+  </si>
+  <si>
+    <t>0225</t>
+  </si>
+  <si>
+    <t>0234</t>
+  </si>
+  <si>
+    <t>0243</t>
+  </si>
+  <si>
+    <t>0261</t>
+  </si>
+  <si>
+    <t>0279</t>
+  </si>
+  <si>
+    <t>0333</t>
+  </si>
+  <si>
+    <t>0355</t>
+  </si>
+  <si>
+    <t>0387</t>
+  </si>
+  <si>
+    <t>0414</t>
+  </si>
+  <si>
+    <t>0441</t>
+  </si>
+  <si>
+    <t>0472</t>
+  </si>
+  <si>
+    <t>0513</t>
+  </si>
+  <si>
+    <t>0540</t>
+  </si>
+  <si>
+    <t>BCLUW</t>
+  </si>
+  <si>
+    <t>0549</t>
+  </si>
+  <si>
+    <t>0576</t>
+  </si>
+  <si>
+    <t>0585</t>
+  </si>
+  <si>
+    <t>0594</t>
+  </si>
+  <si>
+    <t>0603</t>
+  </si>
+  <si>
+    <t>0609</t>
+  </si>
+  <si>
+    <t>0621</t>
+  </si>
+  <si>
+    <t>0657</t>
+  </si>
+  <si>
+    <t>0720</t>
+  </si>
+  <si>
+    <t>0729</t>
+  </si>
+  <si>
+    <t>0747</t>
+  </si>
+  <si>
+    <t>0819</t>
+  </si>
+  <si>
+    <t>0846</t>
+  </si>
+  <si>
+    <t>0873</t>
+  </si>
+  <si>
+    <t>0882</t>
+  </si>
+  <si>
+    <t>0914</t>
+  </si>
+  <si>
+    <t>0916</t>
+  </si>
+  <si>
+    <t>CAL</t>
+  </si>
+  <si>
+    <t>0918</t>
+  </si>
+  <si>
+    <t>0936</t>
+  </si>
+  <si>
+    <t>0977</t>
+  </si>
+  <si>
+    <t>0981</t>
+  </si>
+  <si>
+    <t>0999</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>1350</t>
+  </si>
+  <si>
+    <t>1359</t>
+  </si>
+  <si>
+    <t>1368</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>1576</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>1619</t>
+  </si>
+  <si>
+    <t>1638</t>
+  </si>
+  <si>
+    <t>1675</t>
+  </si>
+  <si>
+    <t>1701</t>
+  </si>
+  <si>
+    <t>1719</t>
+  </si>
+  <si>
+    <t>1737</t>
+  </si>
+  <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>1791</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>1935</t>
+  </si>
+  <si>
+    <t>1944</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>1965</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>2088</t>
+  </si>
+  <si>
+    <t>2097</t>
+  </si>
+  <si>
+    <t>2113</t>
+  </si>
+  <si>
+    <t>2124</t>
+  </si>
+  <si>
+    <t>2151</t>
+  </si>
+  <si>
+    <t>2169</t>
+  </si>
+  <si>
+    <t>2295</t>
+  </si>
+  <si>
+    <t>2313</t>
+  </si>
+  <si>
+    <t>2322</t>
+  </si>
+  <si>
+    <t>2369</t>
+  </si>
+  <si>
+    <t>2376</t>
+  </si>
+  <si>
+    <t>2403</t>
+  </si>
+  <si>
+    <t>2457</t>
+  </si>
+  <si>
+    <t>2466</t>
+  </si>
+  <si>
+    <t>2493</t>
+  </si>
+  <si>
+    <t>2502</t>
+  </si>
+  <si>
+    <t>2511</t>
+  </si>
+  <si>
+    <t>2520</t>
+  </si>
+  <si>
+    <t>2556</t>
+  </si>
+  <si>
+    <t>2673</t>
+  </si>
+  <si>
+    <t>2682</t>
+  </si>
+  <si>
+    <t>GMG</t>
+  </si>
+  <si>
+    <t>2709</t>
+  </si>
+  <si>
+    <t>2718</t>
+  </si>
+  <si>
+    <t>2727</t>
+  </si>
+  <si>
+    <t>2754</t>
+  </si>
+  <si>
+    <t>2763</t>
+  </si>
+  <si>
+    <t>2766</t>
+  </si>
+  <si>
+    <t>HLV</t>
+  </si>
+  <si>
+    <t>2772</t>
+  </si>
+  <si>
+    <t>2781</t>
+  </si>
+  <si>
+    <t>2826</t>
+  </si>
+  <si>
+    <t>2846</t>
+  </si>
+  <si>
+    <t>2862</t>
+  </si>
+  <si>
+    <t>2977</t>
+  </si>
+  <si>
+    <t>2988</t>
+  </si>
+  <si>
+    <t>3029</t>
+  </si>
+  <si>
+    <t>3033</t>
+  </si>
+  <si>
+    <t>3042</t>
+  </si>
+  <si>
+    <t>3060</t>
+  </si>
+  <si>
+    <t>3105</t>
+  </si>
+  <si>
+    <t>3114</t>
+  </si>
+  <si>
+    <t>3119</t>
+  </si>
+  <si>
+    <t>3141</t>
+  </si>
+  <si>
+    <t>3150</t>
+  </si>
+  <si>
+    <t>3154</t>
+  </si>
+  <si>
+    <t>3168</t>
+  </si>
+  <si>
+    <t>3186</t>
+  </si>
+  <si>
+    <t>3195</t>
+  </si>
+  <si>
+    <t>3204</t>
+  </si>
+  <si>
+    <t>3231</t>
+  </si>
+  <si>
+    <t>3312</t>
+  </si>
+  <si>
+    <t>3330</t>
+  </si>
+  <si>
+    <t>3348</t>
+  </si>
+  <si>
+    <t>3375</t>
+  </si>
+  <si>
+    <t>3420</t>
+  </si>
+  <si>
+    <t>3465</t>
+  </si>
+  <si>
+    <t>3537</t>
+  </si>
+  <si>
+    <t>3555</t>
+  </si>
+  <si>
+    <t>3582</t>
+  </si>
+  <si>
+    <t>3600</t>
+  </si>
+  <si>
+    <t>3609</t>
+  </si>
+  <si>
+    <t>3645</t>
+  </si>
+  <si>
+    <t>3691</t>
+  </si>
+  <si>
+    <t>3715</t>
+  </si>
+  <si>
+    <t>3744</t>
+  </si>
+  <si>
+    <t>3798</t>
+  </si>
+  <si>
+    <t>3816</t>
+  </si>
+  <si>
+    <t>3841</t>
+  </si>
+  <si>
+    <t>3897</t>
+  </si>
+  <si>
+    <t>3906</t>
+  </si>
+  <si>
+    <t>3942</t>
+  </si>
+  <si>
+    <t>3978</t>
+  </si>
+  <si>
+    <t>4023</t>
+  </si>
+  <si>
+    <t>4033</t>
+  </si>
+  <si>
+    <t>4041</t>
+  </si>
+  <si>
+    <t>4043</t>
+  </si>
+  <si>
+    <t>4068</t>
+  </si>
+  <si>
+    <t>4086</t>
+  </si>
+  <si>
+    <t>4104</t>
+  </si>
+  <si>
+    <t>4122</t>
+  </si>
+  <si>
+    <t>4131</t>
+  </si>
+  <si>
+    <t>4149</t>
+  </si>
+  <si>
+    <t>4203</t>
+  </si>
+  <si>
+    <t>4212</t>
+  </si>
+  <si>
+    <t>4269</t>
+  </si>
+  <si>
+    <t>4271</t>
+  </si>
+  <si>
+    <t>4356</t>
+  </si>
+  <si>
+    <t>4419</t>
+  </si>
+  <si>
+    <t>4437</t>
+  </si>
+  <si>
+    <t>4446</t>
+  </si>
+  <si>
+    <t>4491</t>
+  </si>
+  <si>
+    <t>4505</t>
+  </si>
+  <si>
+    <t>4509</t>
+  </si>
+  <si>
+    <t>4518</t>
+  </si>
+  <si>
+    <t>4527</t>
+  </si>
+  <si>
+    <t>4536</t>
+  </si>
+  <si>
+    <t>4554</t>
+  </si>
+  <si>
+    <t>4572</t>
+  </si>
+  <si>
+    <t>4581</t>
+  </si>
+  <si>
+    <t>4599</t>
+  </si>
+  <si>
+    <t>4617</t>
+  </si>
+  <si>
+    <t>4644</t>
+  </si>
+  <si>
+    <t>4662</t>
+  </si>
+  <si>
+    <t>4689</t>
+  </si>
+  <si>
+    <t>4725</t>
+  </si>
+  <si>
+    <t>4772</t>
+  </si>
+  <si>
+    <t>4773</t>
+  </si>
+  <si>
+    <t>4774</t>
+  </si>
+  <si>
+    <t>4775</t>
+  </si>
+  <si>
+    <t>4776</t>
+  </si>
+  <si>
+    <t>4777</t>
+  </si>
+  <si>
+    <t>4778</t>
+  </si>
+  <si>
+    <t>4779</t>
+  </si>
+  <si>
+    <t>4784</t>
+  </si>
+  <si>
+    <t>4785</t>
+  </si>
+  <si>
+    <t>4788</t>
+  </si>
+  <si>
+    <t>4797</t>
+  </si>
+  <si>
+    <t>4824</t>
+  </si>
+  <si>
+    <t>4860</t>
+  </si>
+  <si>
+    <t>4869</t>
+  </si>
+  <si>
+    <t>4878</t>
+  </si>
+  <si>
+    <t>4890</t>
+  </si>
+  <si>
+    <t>4905</t>
+  </si>
+  <si>
+    <t>4978</t>
+  </si>
+  <si>
+    <t>4995</t>
+  </si>
+  <si>
+    <t>5013</t>
+  </si>
+  <si>
+    <t>5049</t>
+  </si>
+  <si>
+    <t>5121</t>
+  </si>
+  <si>
+    <t>5139</t>
+  </si>
+  <si>
+    <t>5157</t>
+  </si>
+  <si>
+    <t>5163</t>
+  </si>
+  <si>
+    <t>5166</t>
+  </si>
+  <si>
+    <t>5184</t>
+  </si>
+  <si>
+    <t>5250</t>
+  </si>
+  <si>
+    <t>5256</t>
+  </si>
+  <si>
+    <t>5283</t>
+  </si>
+  <si>
+    <t>5310</t>
+  </si>
+  <si>
+    <t>5319</t>
+  </si>
+  <si>
+    <t>PCM</t>
+  </si>
+  <si>
+    <t>5323</t>
+  </si>
+  <si>
+    <t>5463</t>
+  </si>
+  <si>
+    <t>5486</t>
+  </si>
+  <si>
+    <t>5508</t>
+  </si>
+  <si>
+    <t>5607</t>
+  </si>
+  <si>
+    <t>5643</t>
+  </si>
+  <si>
+    <t>5697</t>
+  </si>
+  <si>
+    <t>5724</t>
+  </si>
+  <si>
+    <t>5751</t>
+  </si>
+  <si>
+    <t>5805</t>
+  </si>
+  <si>
+    <t>5823</t>
+  </si>
+  <si>
+    <t>5832</t>
+  </si>
+  <si>
+    <t>5877</t>
+  </si>
+  <si>
+    <t>5895</t>
+  </si>
+  <si>
+    <t>5922</t>
+  </si>
+  <si>
+    <t>5949</t>
+  </si>
+  <si>
+    <t>5976</t>
+  </si>
+  <si>
+    <t>5994</t>
+  </si>
+  <si>
+    <t>6003</t>
+  </si>
+  <si>
+    <t>6012</t>
+  </si>
+  <si>
+    <t>6030</t>
+  </si>
+  <si>
+    <t>6039</t>
+  </si>
+  <si>
+    <t>6048</t>
+  </si>
+  <si>
+    <t>6091</t>
+  </si>
+  <si>
+    <t>6093</t>
+  </si>
+  <si>
+    <t>6094</t>
+  </si>
+  <si>
+    <t>6095</t>
+  </si>
+  <si>
+    <t>6096</t>
+  </si>
+  <si>
+    <t>6097</t>
+  </si>
+  <si>
+    <t>6098</t>
+  </si>
+  <si>
+    <t>6100</t>
+  </si>
+  <si>
+    <t>6101</t>
+  </si>
+  <si>
+    <t>6102</t>
+  </si>
+  <si>
+    <t>6120</t>
+  </si>
+  <si>
+    <t>6138</t>
+  </si>
+  <si>
+    <t>6165</t>
+  </si>
+  <si>
+    <t>6175</t>
+  </si>
+  <si>
+    <t>6219</t>
+  </si>
+  <si>
+    <t>6246</t>
+  </si>
+  <si>
+    <t>6264</t>
+  </si>
+  <si>
+    <t>6273</t>
+  </si>
+  <si>
+    <t>6408</t>
+  </si>
+  <si>
+    <t>6453</t>
+  </si>
+  <si>
+    <t>6460</t>
+  </si>
+  <si>
+    <t>6462</t>
+  </si>
+  <si>
+    <t>6471</t>
+  </si>
+  <si>
+    <t>6509</t>
+  </si>
+  <si>
+    <t>6512</t>
+  </si>
+  <si>
+    <t>6516</t>
+  </si>
+  <si>
+    <t>6534</t>
+  </si>
+  <si>
+    <t>6561</t>
+  </si>
+  <si>
+    <t>6579</t>
+  </si>
+  <si>
+    <t>6592</t>
+  </si>
+  <si>
+    <t>6615</t>
+  </si>
+  <si>
+    <t>6651</t>
+  </si>
+  <si>
+    <t>6660</t>
+  </si>
+  <si>
+    <t>6700</t>
+  </si>
+  <si>
+    <t>6741</t>
+  </si>
+  <si>
+    <t>6759</t>
+  </si>
+  <si>
+    <t>6762</t>
+  </si>
+  <si>
+    <t>6768</t>
+  </si>
+  <si>
+    <t>6795</t>
+  </si>
+  <si>
+    <t>6822</t>
+  </si>
+  <si>
+    <t>6840</t>
+  </si>
+  <si>
+    <t>6854</t>
+  </si>
+  <si>
+    <t>6867</t>
+  </si>
+  <si>
+    <t>6921</t>
+  </si>
+  <si>
+    <t>6930</t>
+  </si>
+  <si>
+    <t>6937</t>
+  </si>
+  <si>
+    <t>6943</t>
+  </si>
+  <si>
+    <t>6950</t>
+  </si>
+  <si>
+    <t>6957</t>
+  </si>
+  <si>
+    <t>6961</t>
+  </si>
+  <si>
+    <t>6969</t>
+  </si>
+  <si>
+    <t>6975</t>
+  </si>
+  <si>
+    <t>6983</t>
+  </si>
+  <si>
+    <t>6985</t>
+  </si>
+  <si>
+    <t>6987</t>
+  </si>
+  <si>
+    <t>6990</t>
+  </si>
+  <si>
+    <t>6992</t>
+  </si>
+  <si>
+    <t>7002</t>
+  </si>
+  <si>
+    <t>7029</t>
+  </si>
+  <si>
+    <t>7038</t>
+  </si>
+  <si>
+    <t>7047</t>
+  </si>
+  <si>
+    <t>7056</t>
+  </si>
+  <si>
+    <t>7092</t>
+  </si>
+  <si>
+    <t>7098</t>
+  </si>
+  <si>
+    <t>7110</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>AGWSR</t>
+  </si>
+  <si>
+    <t>AHSTW</t>
+  </si>
+  <si>
+    <t>CAM</t>
+  </si>
+  <si>
+    <t>Dist</t>
+  </si>
   <si>
     <t>FiscalYear</t>
   </si>
   <si>
     <t>AEA</t>
   </si>
   <si>
-    <t>Dist</t>
+    <t>DistrictNumber</t>
   </si>
   <si>
     <t>DistSub1</t>
   </si>
   <si>
     <t>DistSub2</t>
   </si>
   <si>
-    <t>DistrictNumber</t>
-[...2 lines deleted...]
-    <t>NAME</t>
+    <t>11</t>
+  </si>
+  <si>
+    <t>07</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>05</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>6417</t>
+  </si>
+  <si>
+    <t>01</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>1854</t>
+  </si>
+  <si>
+    <t>0216</t>
+  </si>
+  <si>
+    <t/>
   </si>
   <si>
     <t>Subtotal
 General</t>
   </si>
   <si>
     <t>Instructional
 Support</t>
   </si>
   <si>
     <t>Total
 General</t>
   </si>
   <si>
     <t>Management</t>
   </si>
   <si>
     <t>Amana
 Library</t>
   </si>
   <si>
     <t>Voted
 PPEL</t>
   </si>
   <si>
     <t>Regular
 PPEL</t>
   </si>
   <si>
     <t>Reorganization</t>
   </si>
   <si>
     <t>Playground</t>
   </si>
   <si>
     <t>Debt
 Service</t>
   </si>
   <si>
-    <t>Total</t>
-[...2018 lines deleted...]
-    <t>FY 2024 - Actual Utility Replacement Payment - Will differ from estimates on Tax Certifications</t>
+    <t>38</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>ADAIR-CASEY</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>ADEL-DESOTO-MINBURN</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>AKRON-WESTFIELD</t>
+  </si>
+  <si>
+    <t>ALBERT CITY-TRUESDALE</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>ALBIA</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>ALBURNETT</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>ALDEN</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>ALGONA (ALGONA)</t>
+  </si>
+  <si>
+    <t>ALGONA (LU VERNE)</t>
+  </si>
+  <si>
+    <t>ALGONA (TITONKA)</t>
+  </si>
+  <si>
+    <t>03</t>
+  </si>
+  <si>
+    <t>ALLAMAKEE</t>
+  </si>
+  <si>
+    <t>ALTA-AURELIA</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>AMES</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>ANAMOSA</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>ANDREW</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>ANKENY</t>
+  </si>
+  <si>
+    <t>APLINGTON-PARKERSBURG</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>AR-WE-VA</t>
+  </si>
+  <si>
+    <t>ATLANTIC</t>
+  </si>
+  <si>
+    <t>AUDUBON</t>
+  </si>
+  <si>
+    <t>BALLARD</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>BAXTER</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>BEDFORD</t>
+  </si>
+  <si>
+    <t>06</t>
+  </si>
+  <si>
+    <t>BELLE PLAINE</t>
+  </si>
+  <si>
+    <t>BELLEVUE</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>BELMOND-KLEMME</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>BENNETT</t>
+  </si>
+  <si>
+    <t>BENTON</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>BETTENDORF</t>
+  </si>
+  <si>
+    <t>BONDURANT-FARRAR</t>
+  </si>
+  <si>
+    <t>08</t>
+  </si>
+  <si>
+    <t>BOONE</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>BOYDEN-HULL</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>BOYER VALLEY</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>BROOKLYN-GUERNSEY-MALCOM</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>BURLINGTON</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>CALAMUS-WHEATLAND</t>
+  </si>
+  <si>
+    <t>CAMANCHE</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>CARDINAL</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>CARLISLE</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>CARROLL</t>
+  </si>
+  <si>
+    <t>CEDAR FALLS</t>
+  </si>
+  <si>
+    <t>CEDAR RAPIDS</t>
+  </si>
+  <si>
+    <t>CENTER POINT-URBANA</t>
+  </si>
+  <si>
+    <t>04</t>
+  </si>
+  <si>
+    <t>CENTERVILLE</t>
+  </si>
+  <si>
+    <t>CENTRAL CITY</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>CENTRAL CLAYTON</t>
+  </si>
+  <si>
+    <t>CENTRAL DE WITT</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>CENTRAL DECATUR</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>CENTRAL LEE</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>CENTRAL LYON</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>CENTRAL SPRINGS</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>CHARITON</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>CHARLES CITY</t>
+  </si>
+  <si>
+    <t>CHARTER OAK-UTE</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>CHEROKEE</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>CLARINDA</t>
+  </si>
+  <si>
+    <t>CLARION-GOLDFIELD-DOWS (CLR-GLDFLD)</t>
+  </si>
+  <si>
+    <t>CLARION-GOLDFIELD-DOWS (DOWS)</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>CLARKE</t>
+  </si>
+  <si>
+    <t>CLARKSVILLE</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>CLAY CENTRAL-EVERLY</t>
+  </si>
+  <si>
+    <t>CLAYTON RIDGE</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>CLEAR CREEK-AMANA (CLEAR CREEK)</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>CLEAR CREEK-AMANA (AMANA)</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>CLEAR LAKE</t>
+  </si>
+  <si>
+    <t>CLINTON</t>
+  </si>
+  <si>
+    <t>COLFAX-MINGO</t>
+  </si>
+  <si>
+    <t>COLLEGE COMMUNITY</t>
+  </si>
+  <si>
+    <t>COLLINS-MAXWELL</t>
+  </si>
+  <si>
+    <t>COLO-NESCO</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>COLUMBUS</t>
+  </si>
+  <si>
+    <t>COON RAPIDS-BAYARD</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>CORNING</t>
+  </si>
+  <si>
+    <t>COUNCIL BLUFFS</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>CRESTON</t>
+  </si>
+  <si>
+    <t>DALLAS CENTER-GRIMES</t>
+  </si>
+  <si>
+    <t>DANVILLE</t>
+  </si>
+  <si>
+    <t>DAVENPORT</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>DAVIS COUNTY</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>DECORAH</t>
+  </si>
+  <si>
+    <t>DELWOOD</t>
+  </si>
+  <si>
+    <t>DENISON</t>
+  </si>
+  <si>
+    <t>DENVER</t>
+  </si>
+  <si>
+    <t>DES MOINES</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>DIAGONAL</t>
+  </si>
+  <si>
+    <t>DIKE-NEW HARTFORD</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>DUBUQUE</t>
+  </si>
+  <si>
+    <t>DUNKERTON</t>
+  </si>
+  <si>
+    <t>DURANT</t>
+  </si>
+  <si>
+    <t>EAGLE GROVE</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>EARLHAM</t>
+  </si>
+  <si>
+    <t>EAST BUCHANAN</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>EAST MARSHALL</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>EAST MILLS</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>EAST SAC COUNTY</t>
+  </si>
+  <si>
+    <t>EAST UNION</t>
+  </si>
+  <si>
+    <t>EASTERN ALLAMAKEE</t>
+  </si>
+  <si>
+    <t>EASTON VALLEY</t>
+  </si>
+  <si>
+    <t>EDDYVILLE-BLAKESBURG-FREMONT</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>EDGEWOOD-COLESBURG</t>
+  </si>
+  <si>
+    <t>ELDORA-NEW PROVIDENCE</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>EMMETSBURG</t>
+  </si>
+  <si>
+    <t>ENGLISH VALLEYS</t>
+  </si>
+  <si>
+    <t>ESSEX</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>ESTHERVILLE-LINCOLN CENTRAL</t>
+  </si>
+  <si>
+    <t>EXIRA-ELK HORN-KIMBALLTON</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>FAIRFIELD</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>FOREST CITY</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>FORT DODGE</t>
+  </si>
+  <si>
+    <t>FORT MADISON</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>FREMONT-MILLS</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>GALVA-HOLSTEIN</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>GARNER-HAYFIELD-VENTURA</t>
+  </si>
+  <si>
+    <t>GEORGE-LITTLE ROCK</t>
+  </si>
+  <si>
+    <t>GILBERT</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>GILMORE CITY-BRADGATE</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>GLADBROOK-REINBECK</t>
+  </si>
+  <si>
+    <t>GLENWOOD</t>
+  </si>
+  <si>
+    <t>GLIDDEN-RALSTON</t>
+  </si>
+  <si>
+    <t>GRAETTINGER-TERRIL</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>GREENE COUNTY</t>
+  </si>
+  <si>
+    <t>GRINNELL-NEWBURG</t>
+  </si>
+  <si>
+    <t>GRISWOLD</t>
+  </si>
+  <si>
+    <t>GRUNDY CENTER</t>
+  </si>
+  <si>
+    <t>GUTHRIE CENTER</t>
+  </si>
+  <si>
+    <t>HAMBURG</t>
+  </si>
+  <si>
+    <t>HAMPTON-DUMONT</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>HARLAN</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>HARRIS-LAKE PARK</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>HARTLEY-MELVIN-SANBORN</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>HIGHLAND</t>
+  </si>
+  <si>
+    <t>HINTON</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>HOWARD-WINNESHIEK</t>
+  </si>
+  <si>
+    <t>HUBBARD-RADCLIFFE</t>
+  </si>
+  <si>
+    <t>HUDSON</t>
+  </si>
+  <si>
+    <t>HUMBOLDT</t>
+  </si>
+  <si>
+    <t>IKM-MANNING</t>
+  </si>
+  <si>
+    <t>INDEPENDENCE</t>
+  </si>
+  <si>
+    <t>INDIANOLA</t>
+  </si>
+  <si>
+    <t>INTERSTATE 35</t>
+  </si>
+  <si>
+    <t>IOWA CITY</t>
+  </si>
+  <si>
+    <t>IOWA FALLS</t>
+  </si>
+  <si>
+    <t>IOWA VALLEY</t>
+  </si>
+  <si>
+    <t>JANESVILLE</t>
+  </si>
+  <si>
+    <t>JESUP</t>
+  </si>
+  <si>
+    <t>JOHNSTON</t>
+  </si>
+  <si>
+    <t>KEOKUK</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>KEOTA</t>
+  </si>
+  <si>
+    <t>KINGSLEY-PIERSON</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>KNOXVILLE</t>
+  </si>
+  <si>
+    <t>LAKE MILLS</t>
+  </si>
+  <si>
+    <t>LAMONI</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>LAURENS-MARATHON</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>LAWTON-BRONSON</t>
+  </si>
+  <si>
+    <t>LE MARS</t>
+  </si>
+  <si>
+    <t>LENOX</t>
+  </si>
+  <si>
+    <t>LEWIS CENTRAL</t>
+  </si>
+  <si>
+    <t>LINN-MAR</t>
+  </si>
+  <si>
+    <t>LISBON</t>
+  </si>
+  <si>
+    <t>LOGAN-MAGNOLIA</t>
+  </si>
+  <si>
+    <t>LONE TREE</t>
+  </si>
+  <si>
+    <t>LOUISA-MUSCATINE</t>
+  </si>
+  <si>
+    <t>LYNNVILLE-SULLY</t>
+  </si>
+  <si>
+    <t>MFL MAR MAC</t>
+  </si>
+  <si>
+    <t>MADRID</t>
+  </si>
+  <si>
+    <t>MANSON-NORTHWEST WEBSTER</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>MAPLE VALLEY-ANTHON OTO</t>
+  </si>
+  <si>
+    <t>MAQUOKETA</t>
+  </si>
+  <si>
+    <t>MAQUOKETA VALLEY</t>
+  </si>
+  <si>
+    <t>MARCUS-MERIDEN CLEGHORN</t>
+  </si>
+  <si>
+    <t>MARION</t>
+  </si>
+  <si>
+    <t>MARSHALLTOWN</t>
+  </si>
+  <si>
+    <t>MARTENSDALE-ST MARYS</t>
+  </si>
+  <si>
+    <t>MASON CITY</t>
+  </si>
+  <si>
+    <t>MEDIAPOLIS</t>
+  </si>
+  <si>
+    <t>MELCHER-DALLAS</t>
+  </si>
+  <si>
+    <t>MID-PRAIRIE</t>
+  </si>
+  <si>
+    <t>MIDLAND</t>
+  </si>
+  <si>
+    <t>MISSOURI VALLEY</t>
+  </si>
+  <si>
+    <t>MOC-FLOYD VALLEY</t>
+  </si>
+  <si>
+    <t>MONTEZUMA</t>
+  </si>
+  <si>
+    <t>MONTICELLO</t>
+  </si>
+  <si>
+    <t>MORAVIA</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>MORMON TRAIL</t>
+  </si>
+  <si>
+    <t>MORNING SUN</t>
+  </si>
+  <si>
+    <t>MOULTON-UDELL</t>
+  </si>
+  <si>
+    <t>MOUNT AYR</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>MOUNT PLEASANT</t>
+  </si>
+  <si>
+    <t>MOUNT VERNON</t>
+  </si>
+  <si>
+    <t>MURRAY</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>MUSCATINE</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>NASHUA-PLAINFIELD</t>
+  </si>
+  <si>
+    <t>NEVADA</t>
+  </si>
+  <si>
+    <t>NEW HAMPTON</t>
+  </si>
+  <si>
+    <t>NEW LONDON</t>
+  </si>
+  <si>
+    <t>NEWELL-FONDA</t>
+  </si>
+  <si>
+    <t>NEWTON</t>
+  </si>
+  <si>
+    <t>NODAWAY VALLEY</t>
+  </si>
+  <si>
+    <t>NORTH BUTLER</t>
+  </si>
+  <si>
+    <t>NORTH CEDAR</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>NORTH FAYETTE VALLEY</t>
+  </si>
+  <si>
+    <t>NORTH IOWA</t>
+  </si>
+  <si>
+    <t>NORTH KOSSUTH</t>
+  </si>
+  <si>
+    <t>NORTH LINN</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>NORTH MAHASKA</t>
+  </si>
+  <si>
+    <t>NORTH POLK</t>
+  </si>
+  <si>
+    <t>NORTH SCOTT</t>
+  </si>
+  <si>
+    <t>NORTH TAMA</t>
+  </si>
+  <si>
+    <t>NORTH UNION</t>
+  </si>
+  <si>
+    <t>NORTHEAST</t>
+  </si>
+  <si>
+    <t>NORTHWOOD-KENSETT</t>
+  </si>
+  <si>
+    <t>NORWALK</t>
+  </si>
+  <si>
+    <t>ODEBOLT ARTHUR BATTLE CREEK IDA GROV</t>
+  </si>
+  <si>
+    <t>OELWEIN</t>
+  </si>
+  <si>
+    <t>OGDEN</t>
+  </si>
+  <si>
+    <t>OKOBOJI</t>
+  </si>
+  <si>
+    <t>OLIN</t>
+  </si>
+  <si>
+    <t>ORIENT-MACKSBURG</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>OSAGE</t>
+  </si>
+  <si>
+    <t>OSKALOOSA</t>
+  </si>
+  <si>
+    <t>OTTUMWA</t>
+  </si>
+  <si>
+    <t>PANORAMA</t>
+  </si>
+  <si>
+    <t>PATON-CHURDAN</t>
+  </si>
+  <si>
+    <t>PEKIN</t>
+  </si>
+  <si>
+    <t>PELLA</t>
+  </si>
+  <si>
+    <t>PERRY</t>
+  </si>
+  <si>
+    <t>PLEASANT VALLEY</t>
+  </si>
+  <si>
+    <t>PLEASANTVILLE</t>
+  </si>
+  <si>
+    <t>POCAHONTAS AREA</t>
+  </si>
+  <si>
+    <t>POSTVILLE</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>RED OAK</t>
+  </si>
+  <si>
+    <t>REMSEN-UNION</t>
+  </si>
+  <si>
+    <t>RICEVILLE</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY</t>
+  </si>
+  <si>
+    <t>RIVERSIDE</t>
+  </si>
+  <si>
+    <t>ROCK VALLEY</t>
+  </si>
+  <si>
+    <t>ROLAND-STORY</t>
+  </si>
+  <si>
+    <t>RUDD-ROCKFORD-MARBLE ROCK</t>
+  </si>
+  <si>
+    <t>RUTHVEN-AYRSHIRE</t>
+  </si>
+  <si>
+    <t>SAYDEL</t>
+  </si>
+  <si>
+    <t>SCHALLER-CRESTLAND</t>
+  </si>
+  <si>
+    <t>SCHLESWIG</t>
+  </si>
+  <si>
+    <t>SERGEANT BLUFF-LUTON</t>
+  </si>
+  <si>
+    <t>SEYMOUR</t>
+  </si>
+  <si>
+    <t>SHELDON</t>
+  </si>
+  <si>
+    <t>SHENANDOAH</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>SIBLEY-OCHEYEDAN</t>
+  </si>
+  <si>
+    <t>SIDNEY</t>
+  </si>
+  <si>
+    <t>SIGOURNEY</t>
+  </si>
+  <si>
+    <t>SIOUX CENTER</t>
+  </si>
+  <si>
+    <t>SIOUX CENTRAL</t>
+  </si>
+  <si>
+    <t>SIOUX CITY</t>
+  </si>
+  <si>
+    <t>SOLON</t>
+  </si>
+  <si>
+    <t>SOUTH CENTRAL CALHOUN</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>SOUTH HAMILTON</t>
+  </si>
+  <si>
+    <t>SOUTH O'BRIEN</t>
+  </si>
+  <si>
+    <t>SOUTH PAGE</t>
+  </si>
+  <si>
+    <t>SOUTH TAMA</t>
+  </si>
+  <si>
+    <t>SOUTH WINNESHIEK</t>
+  </si>
+  <si>
+    <t>SOUTHEAST POLK</t>
+  </si>
+  <si>
+    <t>SOUTHEAST VALLEY (SOUTHEAST WEBSTER-</t>
+  </si>
+  <si>
+    <t>SOUTHEAST VALLEY (PRAIRIE VALLEY)</t>
+  </si>
+  <si>
+    <t>SOUTHEAST WARREN</t>
+  </si>
+  <si>
+    <t>SPENCER</t>
+  </si>
+  <si>
+    <t>SPIRIT LAKE</t>
+  </si>
+  <si>
+    <t>SPRINGVILLE</t>
+  </si>
+  <si>
+    <t>ST ANSGAR</t>
+  </si>
+  <si>
+    <t>STANTON</t>
+  </si>
+  <si>
+    <t>STARMONT</t>
+  </si>
+  <si>
+    <t>STORM LAKE</t>
+  </si>
+  <si>
+    <t>STRATFORD</t>
+  </si>
+  <si>
+    <t>SUMNER-FREDERICKSBURG</t>
+  </si>
+  <si>
+    <t>TIPTON</t>
+  </si>
+  <si>
+    <t>TREYNOR</t>
+  </si>
+  <si>
+    <t>TRI-CENTER</t>
+  </si>
+  <si>
+    <t>TRI-COUNTY</t>
+  </si>
+  <si>
+    <t>TRIPOLI</t>
+  </si>
+  <si>
+    <t>TURKEY VALLEY</t>
+  </si>
+  <si>
+    <t>TWIN CEDARS</t>
+  </si>
+  <si>
+    <t>TWIN RIVERS</t>
+  </si>
+  <si>
+    <t>UNDERWOOD</t>
+  </si>
+  <si>
+    <t>UNION</t>
+  </si>
+  <si>
+    <t>UNITED</t>
+  </si>
+  <si>
+    <t>URBANDALE</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>VAN BUREN COUNTY</t>
+  </si>
+  <si>
+    <t>VAN METER</t>
+  </si>
+  <si>
+    <t>VILLISCA</t>
+  </si>
+  <si>
+    <t>VINTON-SHELLSBURG</t>
+  </si>
+  <si>
+    <t>WACO</t>
+  </si>
+  <si>
+    <t>WAPELLO</t>
+  </si>
+  <si>
+    <t>WAPSIE VALLEY</t>
+  </si>
+  <si>
+    <t>WASHINGTON</t>
+  </si>
+  <si>
+    <t>WATERLOO</t>
+  </si>
+  <si>
+    <t>WAUKEE</t>
+  </si>
+  <si>
+    <t>WAVERLY-SHELL ROCK</t>
+  </si>
+  <si>
+    <t>WAYNE</t>
+  </si>
+  <si>
+    <t>WEBSTER CITY (WEBSTER CITY)</t>
+  </si>
+  <si>
+    <t>WEBSTER CITY (NORTHEAST HAMILTON)</t>
+  </si>
+  <si>
+    <t>WEST BEND-MALLARD</t>
+  </si>
+  <si>
+    <t>WEST BRANCH</t>
+  </si>
+  <si>
+    <t>WEST BURLINGTON</t>
+  </si>
+  <si>
+    <t>WEST CENTRAL</t>
+  </si>
+  <si>
+    <t>WEST CENTRAL VALLEY</t>
+  </si>
+  <si>
+    <t>WEST DELAWARE CO</t>
+  </si>
+  <si>
+    <t>WEST DES MOINES</t>
+  </si>
+  <si>
+    <t>WEST FORK</t>
+  </si>
+  <si>
+    <t>WEST HANCOCK</t>
+  </si>
+  <si>
+    <t>WEST HARRISON</t>
+  </si>
+  <si>
+    <t>WEST LIBERTY</t>
+  </si>
+  <si>
+    <t>WEST LYON</t>
+  </si>
+  <si>
+    <t>WEST MARSHALL</t>
+  </si>
+  <si>
+    <t>WEST MONONA</t>
+  </si>
+  <si>
+    <t>WEST SIOUX</t>
+  </si>
+  <si>
+    <t>WESTERN DUBUQUE CO</t>
+  </si>
+  <si>
+    <t>WESTWOOD</t>
+  </si>
+  <si>
+    <t>WHITING</t>
+  </si>
+  <si>
+    <t>WILLIAMSBURG</t>
+  </si>
+  <si>
+    <t>WILTON</t>
+  </si>
+  <si>
+    <t>WINFIELD-MT UNION</t>
+  </si>
+  <si>
+    <t>WINTERSET</t>
+  </si>
+  <si>
+    <t>WOODBINE</t>
+  </si>
+  <si>
+    <t>WOODBURY CENTRAL</t>
+  </si>
+  <si>
+    <t>WOODWARD-GRANGER</t>
+  </si>
+  <si>
+    <t>FY 2026 - Actual Utility Replacement Payment - Will differ from estimates on Tax Certifications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
+  <numFmts count="2">
+    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="60" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="Cambria"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C6500"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Courier New"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF006100"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF9C6500"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9.5"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF9C0006"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF006100"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF9C6500"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="MS Sans Serif"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FFFF0000"/>
+      <name val="Courier New"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFC6EFCE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.39997558519241921"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="307">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="36" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="42" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="43" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="44" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="46" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="52" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="57" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="18" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="56" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="306" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="307">
+    <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Accent1 2" xfId="45" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - Accent1 2 2" xfId="149" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - Accent1 2 3" xfId="150" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - Accent1 2 4" xfId="151" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - Accent1 3" xfId="46" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="20% - Accent1 4" xfId="152" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="20% - Accent1 4 2" xfId="153" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="20% - Accent1 5" xfId="154" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Accent2 2" xfId="47" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="20% - Accent2 2 2" xfId="155" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="20% - Accent2 2 3" xfId="156" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="20% - Accent2 2 4" xfId="157" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="20% - Accent2 3" xfId="48" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="20% - Accent2 4" xfId="158" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="20% - Accent2 4 2" xfId="159" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="20% - Accent2 5" xfId="160" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Accent3 2" xfId="49" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="20% - Accent3 2 2" xfId="161" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="20% - Accent3 2 3" xfId="162" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="20% - Accent3 2 4" xfId="163" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="20% - Accent3 3" xfId="50" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="20% - Accent3 4" xfId="164" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="20% - Accent3 4 2" xfId="165" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="20% - Accent3 5" xfId="166" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Accent4 2" xfId="51" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="20% - Accent4 2 2" xfId="167" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="20% - Accent4 2 3" xfId="168" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="20% - Accent4 2 4" xfId="169" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="20% - Accent4 3" xfId="52" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="20% - Accent4 4" xfId="170" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="20% - Accent4 4 2" xfId="171" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="20% - Accent4 5" xfId="172" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Accent5 2" xfId="53" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="20% - Accent5 2 2" xfId="173" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="20% - Accent5 2 3" xfId="174" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="20% - Accent5 2 4" xfId="175" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="20% - Accent5 3" xfId="54" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="20% - Accent5 4" xfId="176" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="20% - Accent5 4 2" xfId="177" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="20% - Accent5 5" xfId="178" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="20% - Accent6 2" xfId="55" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
+    <cellStyle name="20% - Accent6 2 2" xfId="179" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
+    <cellStyle name="20% - Accent6 2 3" xfId="180" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="20% - Accent6 2 4" xfId="181" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="20% - Accent6 3" xfId="56" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="20% - Accent6 4" xfId="182" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="20% - Accent6 4 2" xfId="183" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="20% - Accent6 5" xfId="184" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Accent1 2" xfId="57" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="40% - Accent1 2 2" xfId="185" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
+    <cellStyle name="40% - Accent1 2 3" xfId="186" xr:uid="{00000000-0005-0000-0000-000039000000}"/>
+    <cellStyle name="40% - Accent1 2 4" xfId="187" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="40% - Accent1 3" xfId="58" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="40% - Accent1 4" xfId="188" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="40% - Accent1 4 2" xfId="189" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
+    <cellStyle name="40% - Accent1 5" xfId="190" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
+    <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Accent2 2" xfId="59" xr:uid="{00000000-0005-0000-0000-000040000000}"/>
+    <cellStyle name="40% - Accent2 2 2" xfId="191" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
+    <cellStyle name="40% - Accent2 2 3" xfId="192" xr:uid="{00000000-0005-0000-0000-000042000000}"/>
+    <cellStyle name="40% - Accent2 2 4" xfId="193" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
+    <cellStyle name="40% - Accent2 3" xfId="60" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="40% - Accent2 4" xfId="194" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="40% - Accent2 4 2" xfId="195" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
+    <cellStyle name="40% - Accent2 5" xfId="196" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
+    <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Accent3 2" xfId="61" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
+    <cellStyle name="40% - Accent3 2 2" xfId="197" xr:uid="{00000000-0005-0000-0000-00004A000000}"/>
+    <cellStyle name="40% - Accent3 2 3" xfId="198" xr:uid="{00000000-0005-0000-0000-00004B000000}"/>
+    <cellStyle name="40% - Accent3 2 4" xfId="199" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
+    <cellStyle name="40% - Accent3 3" xfId="62" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
+    <cellStyle name="40% - Accent3 4" xfId="200" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
+    <cellStyle name="40% - Accent3 4 2" xfId="201" xr:uid="{00000000-0005-0000-0000-00004F000000}"/>
+    <cellStyle name="40% - Accent3 5" xfId="202" xr:uid="{00000000-0005-0000-0000-000050000000}"/>
+    <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Accent4 2" xfId="63" xr:uid="{00000000-0005-0000-0000-000052000000}"/>
+    <cellStyle name="40% - Accent4 2 2" xfId="203" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
+    <cellStyle name="40% - Accent4 2 3" xfId="204" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
+    <cellStyle name="40% - Accent4 2 4" xfId="205" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
+    <cellStyle name="40% - Accent4 3" xfId="64" xr:uid="{00000000-0005-0000-0000-000056000000}"/>
+    <cellStyle name="40% - Accent4 4" xfId="206" xr:uid="{00000000-0005-0000-0000-000057000000}"/>
+    <cellStyle name="40% - Accent4 4 2" xfId="207" xr:uid="{00000000-0005-0000-0000-000058000000}"/>
+    <cellStyle name="40% - Accent4 5" xfId="208" xr:uid="{00000000-0005-0000-0000-000059000000}"/>
+    <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Accent5 2" xfId="65" xr:uid="{00000000-0005-0000-0000-00005B000000}"/>
+    <cellStyle name="40% - Accent5 2 2" xfId="209" xr:uid="{00000000-0005-0000-0000-00005C000000}"/>
+    <cellStyle name="40% - Accent5 2 3" xfId="210" xr:uid="{00000000-0005-0000-0000-00005D000000}"/>
+    <cellStyle name="40% - Accent5 2 4" xfId="211" xr:uid="{00000000-0005-0000-0000-00005E000000}"/>
+    <cellStyle name="40% - Accent5 3" xfId="66" xr:uid="{00000000-0005-0000-0000-00005F000000}"/>
+    <cellStyle name="40% - Accent5 4" xfId="212" xr:uid="{00000000-0005-0000-0000-000060000000}"/>
+    <cellStyle name="40% - Accent5 4 2" xfId="213" xr:uid="{00000000-0005-0000-0000-000061000000}"/>
+    <cellStyle name="40% - Accent5 5" xfId="214" xr:uid="{00000000-0005-0000-0000-000062000000}"/>
+    <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="40% - Accent6 2" xfId="67" xr:uid="{00000000-0005-0000-0000-000064000000}"/>
+    <cellStyle name="40% - Accent6 2 2" xfId="215" xr:uid="{00000000-0005-0000-0000-000065000000}"/>
+    <cellStyle name="40% - Accent6 2 3" xfId="216" xr:uid="{00000000-0005-0000-0000-000066000000}"/>
+    <cellStyle name="40% - Accent6 2 4" xfId="217" xr:uid="{00000000-0005-0000-0000-000067000000}"/>
+    <cellStyle name="40% - Accent6 3" xfId="68" xr:uid="{00000000-0005-0000-0000-000068000000}"/>
+    <cellStyle name="40% - Accent6 4" xfId="218" xr:uid="{00000000-0005-0000-0000-000069000000}"/>
+    <cellStyle name="40% - Accent6 4 2" xfId="219" xr:uid="{00000000-0005-0000-0000-00006A000000}"/>
+    <cellStyle name="40% - Accent6 5" xfId="220" xr:uid="{00000000-0005-0000-0000-00006B000000}"/>
+    <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Accent1 2" xfId="69" xr:uid="{00000000-0005-0000-0000-00006D000000}"/>
+    <cellStyle name="60% - Accent1 2 2" xfId="221" xr:uid="{00000000-0005-0000-0000-00006E000000}"/>
+    <cellStyle name="60% - Accent1 3" xfId="70" xr:uid="{00000000-0005-0000-0000-00006F000000}"/>
+    <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Accent2 2" xfId="71" xr:uid="{00000000-0005-0000-0000-000071000000}"/>
+    <cellStyle name="60% - Accent2 2 2" xfId="222" xr:uid="{00000000-0005-0000-0000-000072000000}"/>
+    <cellStyle name="60% - Accent2 3" xfId="72" xr:uid="{00000000-0005-0000-0000-000073000000}"/>
+    <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Accent3 2" xfId="73" xr:uid="{00000000-0005-0000-0000-000075000000}"/>
+    <cellStyle name="60% - Accent3 2 2" xfId="223" xr:uid="{00000000-0005-0000-0000-000076000000}"/>
+    <cellStyle name="60% - Accent3 3" xfId="74" xr:uid="{00000000-0005-0000-0000-000077000000}"/>
+    <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Accent4 2" xfId="75" xr:uid="{00000000-0005-0000-0000-000079000000}"/>
+    <cellStyle name="60% - Accent4 2 2" xfId="224" xr:uid="{00000000-0005-0000-0000-00007A000000}"/>
+    <cellStyle name="60% - Accent4 3" xfId="76" xr:uid="{00000000-0005-0000-0000-00007B000000}"/>
+    <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Accent5 2" xfId="77" xr:uid="{00000000-0005-0000-0000-00007D000000}"/>
+    <cellStyle name="60% - Accent5 2 2" xfId="225" xr:uid="{00000000-0005-0000-0000-00007E000000}"/>
+    <cellStyle name="60% - Accent5 3" xfId="78" xr:uid="{00000000-0005-0000-0000-00007F000000}"/>
+    <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="60% - Accent6 2" xfId="79" xr:uid="{00000000-0005-0000-0000-000081000000}"/>
+    <cellStyle name="60% - Accent6 2 2" xfId="226" xr:uid="{00000000-0005-0000-0000-000082000000}"/>
+    <cellStyle name="60% - Accent6 3" xfId="80" xr:uid="{00000000-0005-0000-0000-000083000000}"/>
+    <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Accent1 2" xfId="81" xr:uid="{00000000-0005-0000-0000-000085000000}"/>
+    <cellStyle name="Accent1 2 2" xfId="227" xr:uid="{00000000-0005-0000-0000-000086000000}"/>
+    <cellStyle name="Accent1 3" xfId="82" xr:uid="{00000000-0005-0000-0000-000087000000}"/>
+    <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Accent2 2" xfId="83" xr:uid="{00000000-0005-0000-0000-000089000000}"/>
+    <cellStyle name="Accent2 2 2" xfId="228" xr:uid="{00000000-0005-0000-0000-00008A000000}"/>
+    <cellStyle name="Accent2 3" xfId="84" xr:uid="{00000000-0005-0000-0000-00008B000000}"/>
+    <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Accent3 2" xfId="85" xr:uid="{00000000-0005-0000-0000-00008D000000}"/>
+    <cellStyle name="Accent3 2 2" xfId="229" xr:uid="{00000000-0005-0000-0000-00008E000000}"/>
+    <cellStyle name="Accent3 3" xfId="86" xr:uid="{00000000-0005-0000-0000-00008F000000}"/>
+    <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Accent4 2" xfId="87" xr:uid="{00000000-0005-0000-0000-000091000000}"/>
+    <cellStyle name="Accent4 2 2" xfId="230" xr:uid="{00000000-0005-0000-0000-000092000000}"/>
+    <cellStyle name="Accent4 3" xfId="88" xr:uid="{00000000-0005-0000-0000-000093000000}"/>
+    <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Accent5 2" xfId="89" xr:uid="{00000000-0005-0000-0000-000095000000}"/>
+    <cellStyle name="Accent5 2 2" xfId="231" xr:uid="{00000000-0005-0000-0000-000096000000}"/>
+    <cellStyle name="Accent5 3" xfId="90" xr:uid="{00000000-0005-0000-0000-000097000000}"/>
+    <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Accent6 2" xfId="91" xr:uid="{00000000-0005-0000-0000-000099000000}"/>
+    <cellStyle name="Accent6 2 2" xfId="232" xr:uid="{00000000-0005-0000-0000-00009A000000}"/>
+    <cellStyle name="Accent6 3" xfId="92" xr:uid="{00000000-0005-0000-0000-00009B000000}"/>
+    <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Bad 2" xfId="93" xr:uid="{00000000-0005-0000-0000-00009D000000}"/>
+    <cellStyle name="Bad 2 2" xfId="233" xr:uid="{00000000-0005-0000-0000-00009E000000}"/>
+    <cellStyle name="Bad 3" xfId="94" xr:uid="{00000000-0005-0000-0000-00009F000000}"/>
+    <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Calculation 2" xfId="95" xr:uid="{00000000-0005-0000-0000-0000A1000000}"/>
+    <cellStyle name="Calculation 2 2" xfId="234" xr:uid="{00000000-0005-0000-0000-0000A2000000}"/>
+    <cellStyle name="Calculation 3" xfId="96" xr:uid="{00000000-0005-0000-0000-0000A3000000}"/>
+    <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Check Cell 2" xfId="97" xr:uid="{00000000-0005-0000-0000-0000A5000000}"/>
+    <cellStyle name="Check Cell 2 2" xfId="235" xr:uid="{00000000-0005-0000-0000-0000A6000000}"/>
+    <cellStyle name="Check Cell 3" xfId="98" xr:uid="{00000000-0005-0000-0000-0000A7000000}"/>
+    <cellStyle name="Comma" xfId="306" builtinId="3"/>
+    <cellStyle name="Comma 2" xfId="99" xr:uid="{00000000-0005-0000-0000-0000A9000000}"/>
+    <cellStyle name="Comma 2 2" xfId="100" xr:uid="{00000000-0005-0000-0000-0000AA000000}"/>
+    <cellStyle name="Comma 2 2 2" xfId="236" xr:uid="{00000000-0005-0000-0000-0000AB000000}"/>
+    <cellStyle name="Comma 2 2 3" xfId="237" xr:uid="{00000000-0005-0000-0000-0000AC000000}"/>
+    <cellStyle name="Comma 2 3" xfId="238" xr:uid="{00000000-0005-0000-0000-0000AD000000}"/>
+    <cellStyle name="Comma 3" xfId="239" xr:uid="{00000000-0005-0000-0000-0000AE000000}"/>
+    <cellStyle name="Currency 2" xfId="240" xr:uid="{00000000-0005-0000-0000-0000AF000000}"/>
+    <cellStyle name="Currency 3" xfId="241" xr:uid="{00000000-0005-0000-0000-0000B0000000}"/>
+    <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Explanatory Text 2" xfId="101" xr:uid="{00000000-0005-0000-0000-0000B2000000}"/>
+    <cellStyle name="Explanatory Text 2 2" xfId="242" xr:uid="{00000000-0005-0000-0000-0000B3000000}"/>
+    <cellStyle name="Explanatory Text 3" xfId="102" xr:uid="{00000000-0005-0000-0000-0000B4000000}"/>
+    <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Good 2" xfId="103" xr:uid="{00000000-0005-0000-0000-0000B6000000}"/>
+    <cellStyle name="Good 2 2" xfId="243" xr:uid="{00000000-0005-0000-0000-0000B7000000}"/>
+    <cellStyle name="Good 3" xfId="104" xr:uid="{00000000-0005-0000-0000-0000B8000000}"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 1 2" xfId="105" xr:uid="{00000000-0005-0000-0000-0000BA000000}"/>
+    <cellStyle name="Heading 1 2 2" xfId="244" xr:uid="{00000000-0005-0000-0000-0000BB000000}"/>
+    <cellStyle name="Heading 1 3" xfId="106" xr:uid="{00000000-0005-0000-0000-0000BC000000}"/>
+    <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 2 2" xfId="107" xr:uid="{00000000-0005-0000-0000-0000BE000000}"/>
+    <cellStyle name="Heading 2 2 2" xfId="245" xr:uid="{00000000-0005-0000-0000-0000BF000000}"/>
+    <cellStyle name="Heading 2 3" xfId="108" xr:uid="{00000000-0005-0000-0000-0000C0000000}"/>
+    <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Heading 3 2" xfId="109" xr:uid="{00000000-0005-0000-0000-0000C2000000}"/>
+    <cellStyle name="Heading 3 2 2" xfId="246" xr:uid="{00000000-0005-0000-0000-0000C3000000}"/>
+    <cellStyle name="Heading 3 3" xfId="110" xr:uid="{00000000-0005-0000-0000-0000C4000000}"/>
+    <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Heading 4 2" xfId="111" xr:uid="{00000000-0005-0000-0000-0000C6000000}"/>
+    <cellStyle name="Heading 4 2 2" xfId="247" xr:uid="{00000000-0005-0000-0000-0000C7000000}"/>
+    <cellStyle name="Heading 4 3" xfId="112" xr:uid="{00000000-0005-0000-0000-0000C8000000}"/>
+    <cellStyle name="Hyperlink 2" xfId="248" xr:uid="{00000000-0005-0000-0000-0000C9000000}"/>
+    <cellStyle name="Hyperlink 3" xfId="249" xr:uid="{00000000-0005-0000-0000-0000CA000000}"/>
+    <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Input 2" xfId="113" xr:uid="{00000000-0005-0000-0000-0000CC000000}"/>
+    <cellStyle name="Input 2 2" xfId="250" xr:uid="{00000000-0005-0000-0000-0000CD000000}"/>
+    <cellStyle name="Input 3" xfId="114" xr:uid="{00000000-0005-0000-0000-0000CE000000}"/>
+    <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Linked Cell 2" xfId="115" xr:uid="{00000000-0005-0000-0000-0000D0000000}"/>
+    <cellStyle name="Linked Cell 2 2" xfId="251" xr:uid="{00000000-0005-0000-0000-0000D1000000}"/>
+    <cellStyle name="Linked Cell 3" xfId="116" xr:uid="{00000000-0005-0000-0000-0000D2000000}"/>
+    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
+    <cellStyle name="Neutral 2" xfId="117" xr:uid="{00000000-0005-0000-0000-0000D4000000}"/>
+    <cellStyle name="Neutral 2 2" xfId="252" xr:uid="{00000000-0005-0000-0000-0000D5000000}"/>
+    <cellStyle name="Neutral 3" xfId="118" xr:uid="{00000000-0005-0000-0000-0000D6000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 10" xfId="119" xr:uid="{00000000-0005-0000-0000-0000D8000000}"/>
+    <cellStyle name="Normal 11" xfId="148" xr:uid="{00000000-0005-0000-0000-0000D9000000}"/>
+    <cellStyle name="Normal 11 2" xfId="253" xr:uid="{00000000-0005-0000-0000-0000DA000000}"/>
+    <cellStyle name="Normal 11 3" xfId="254" xr:uid="{00000000-0005-0000-0000-0000DB000000}"/>
+    <cellStyle name="Normal 11 4" xfId="255" xr:uid="{00000000-0005-0000-0000-0000DC000000}"/>
+    <cellStyle name="Normal 12" xfId="256" xr:uid="{00000000-0005-0000-0000-0000DD000000}"/>
+    <cellStyle name="Normal 12 2" xfId="257" xr:uid="{00000000-0005-0000-0000-0000DE000000}"/>
+    <cellStyle name="Normal 13" xfId="258" xr:uid="{00000000-0005-0000-0000-0000DF000000}"/>
+    <cellStyle name="Normal 13 2" xfId="259" xr:uid="{00000000-0005-0000-0000-0000E0000000}"/>
+    <cellStyle name="Normal 14" xfId="260" xr:uid="{00000000-0005-0000-0000-0000E1000000}"/>
+    <cellStyle name="Normal 14 2" xfId="261" xr:uid="{00000000-0005-0000-0000-0000E2000000}"/>
+    <cellStyle name="Normal 15" xfId="262" xr:uid="{00000000-0005-0000-0000-0000E3000000}"/>
+    <cellStyle name="Normal 16" xfId="303" xr:uid="{00000000-0005-0000-0000-0000E4000000}"/>
+    <cellStyle name="Normal 17" xfId="304" xr:uid="{00000000-0005-0000-0000-0000E5000000}"/>
+    <cellStyle name="Normal 18" xfId="305" xr:uid="{00000000-0005-0000-0000-0000E6000000}"/>
+    <cellStyle name="Normal 2" xfId="43" xr:uid="{00000000-0005-0000-0000-0000E7000000}"/>
+    <cellStyle name="Normal 2 2" xfId="44" xr:uid="{00000000-0005-0000-0000-0000E8000000}"/>
+    <cellStyle name="Normal 2 2 2" xfId="263" xr:uid="{00000000-0005-0000-0000-0000E9000000}"/>
+    <cellStyle name="Normal 2 3" xfId="120" xr:uid="{00000000-0005-0000-0000-0000EA000000}"/>
+    <cellStyle name="Normal 2 3 2" xfId="264" xr:uid="{00000000-0005-0000-0000-0000EB000000}"/>
+    <cellStyle name="Normal 2 3 3" xfId="265" xr:uid="{00000000-0005-0000-0000-0000EC000000}"/>
+    <cellStyle name="Normal 2 3 4" xfId="266" xr:uid="{00000000-0005-0000-0000-0000ED000000}"/>
+    <cellStyle name="Normal 2 4" xfId="267" xr:uid="{00000000-0005-0000-0000-0000EE000000}"/>
+    <cellStyle name="Normal 2 5" xfId="268" xr:uid="{00000000-0005-0000-0000-0000EF000000}"/>
+    <cellStyle name="Normal 2 6" xfId="269" xr:uid="{00000000-0005-0000-0000-0000F0000000}"/>
+    <cellStyle name="Normal 3" xfId="42" xr:uid="{00000000-0005-0000-0000-0000F1000000}"/>
+    <cellStyle name="Normal 3 2" xfId="122" xr:uid="{00000000-0005-0000-0000-0000F2000000}"/>
+    <cellStyle name="Normal 3 2 2" xfId="270" xr:uid="{00000000-0005-0000-0000-0000F3000000}"/>
+    <cellStyle name="Normal 3 3" xfId="123" xr:uid="{00000000-0005-0000-0000-0000F4000000}"/>
+    <cellStyle name="Normal 3 3 2" xfId="271" xr:uid="{00000000-0005-0000-0000-0000F5000000}"/>
+    <cellStyle name="Normal 3 3 3" xfId="272" xr:uid="{00000000-0005-0000-0000-0000F6000000}"/>
+    <cellStyle name="Normal 3 4" xfId="124" xr:uid="{00000000-0005-0000-0000-0000F7000000}"/>
+    <cellStyle name="Normal 3 4 2" xfId="273" xr:uid="{00000000-0005-0000-0000-0000F8000000}"/>
+    <cellStyle name="Normal 3 4 3" xfId="274" xr:uid="{00000000-0005-0000-0000-0000F9000000}"/>
+    <cellStyle name="Normal 3 5" xfId="275" xr:uid="{00000000-0005-0000-0000-0000FA000000}"/>
+    <cellStyle name="Normal 3 6" xfId="276" xr:uid="{00000000-0005-0000-0000-0000FB000000}"/>
+    <cellStyle name="Normal 3 7" xfId="121" xr:uid="{00000000-0005-0000-0000-0000FC000000}"/>
+    <cellStyle name="Normal 4" xfId="125" xr:uid="{00000000-0005-0000-0000-0000FD000000}"/>
+    <cellStyle name="Normal 4 2" xfId="277" xr:uid="{00000000-0005-0000-0000-0000FE000000}"/>
+    <cellStyle name="Normal 4 3" xfId="278" xr:uid="{00000000-0005-0000-0000-0000FF000000}"/>
+    <cellStyle name="Normal 5" xfId="126" xr:uid="{00000000-0005-0000-0000-000000010000}"/>
+    <cellStyle name="Normal 5 2" xfId="127" xr:uid="{00000000-0005-0000-0000-000001010000}"/>
+    <cellStyle name="Normal 5 2 2" xfId="128" xr:uid="{00000000-0005-0000-0000-000002010000}"/>
+    <cellStyle name="Normal 5 2 3" xfId="129" xr:uid="{00000000-0005-0000-0000-000003010000}"/>
+    <cellStyle name="Normal 5 2 4" xfId="130" xr:uid="{00000000-0005-0000-0000-000004010000}"/>
+    <cellStyle name="Normal 5 2 5" xfId="279" xr:uid="{00000000-0005-0000-0000-000005010000}"/>
+    <cellStyle name="Normal 5 3" xfId="131" xr:uid="{00000000-0005-0000-0000-000006010000}"/>
+    <cellStyle name="Normal 5 4" xfId="132" xr:uid="{00000000-0005-0000-0000-000007010000}"/>
+    <cellStyle name="Normal 5 5" xfId="280" xr:uid="{00000000-0005-0000-0000-000008010000}"/>
+    <cellStyle name="Normal 6" xfId="133" xr:uid="{00000000-0005-0000-0000-000009010000}"/>
+    <cellStyle name="Normal 7" xfId="134" xr:uid="{00000000-0005-0000-0000-00000A010000}"/>
+    <cellStyle name="Normal 7 2" xfId="281" xr:uid="{00000000-0005-0000-0000-00000B010000}"/>
+    <cellStyle name="Normal 7 2 2" xfId="282" xr:uid="{00000000-0005-0000-0000-00000C010000}"/>
+    <cellStyle name="Normal 7 3" xfId="283" xr:uid="{00000000-0005-0000-0000-00000D010000}"/>
+    <cellStyle name="Normal 7 4" xfId="284" xr:uid="{00000000-0005-0000-0000-00000E010000}"/>
+    <cellStyle name="Normal 8" xfId="147" xr:uid="{00000000-0005-0000-0000-00000F010000}"/>
+    <cellStyle name="Normal 8 2" xfId="285" xr:uid="{00000000-0005-0000-0000-000010010000}"/>
+    <cellStyle name="Normal 8 3" xfId="286" xr:uid="{00000000-0005-0000-0000-000011010000}"/>
+    <cellStyle name="Normal 8 4" xfId="287" xr:uid="{00000000-0005-0000-0000-000012010000}"/>
+    <cellStyle name="Normal 9" xfId="135" xr:uid="{00000000-0005-0000-0000-000013010000}"/>
+    <cellStyle name="Normal 9 2" xfId="136" xr:uid="{00000000-0005-0000-0000-000014010000}"/>
+    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Note 2" xfId="137" xr:uid="{00000000-0005-0000-0000-000016010000}"/>
+    <cellStyle name="Note 2 2" xfId="288" xr:uid="{00000000-0005-0000-0000-000017010000}"/>
+    <cellStyle name="Note 2 3" xfId="289" xr:uid="{00000000-0005-0000-0000-000018010000}"/>
+    <cellStyle name="Note 2 4" xfId="290" xr:uid="{00000000-0005-0000-0000-000019010000}"/>
+    <cellStyle name="Note 3" xfId="138" xr:uid="{00000000-0005-0000-0000-00001A010000}"/>
+    <cellStyle name="Note 4" xfId="139" xr:uid="{00000000-0005-0000-0000-00001B010000}"/>
+    <cellStyle name="Note 4 2" xfId="291" xr:uid="{00000000-0005-0000-0000-00001C010000}"/>
+    <cellStyle name="Note 4 3" xfId="292" xr:uid="{00000000-0005-0000-0000-00001D010000}"/>
+    <cellStyle name="Note 5" xfId="293" xr:uid="{00000000-0005-0000-0000-00001E010000}"/>
+    <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Output 2" xfId="140" xr:uid="{00000000-0005-0000-0000-000020010000}"/>
+    <cellStyle name="Output 2 2" xfId="294" xr:uid="{00000000-0005-0000-0000-000021010000}"/>
+    <cellStyle name="Output 3" xfId="141" xr:uid="{00000000-0005-0000-0000-000022010000}"/>
+    <cellStyle name="Percent 2" xfId="142" xr:uid="{00000000-0005-0000-0000-000023010000}"/>
+    <cellStyle name="Percent 2 2" xfId="295" xr:uid="{00000000-0005-0000-0000-000024010000}"/>
+    <cellStyle name="Percent 3" xfId="296" xr:uid="{00000000-0005-0000-0000-000025010000}"/>
+    <cellStyle name="Percent 4" xfId="297" xr:uid="{00000000-0005-0000-0000-000026010000}"/>
+    <cellStyle name="Percent 5" xfId="298" xr:uid="{00000000-0005-0000-0000-000027010000}"/>
+    <cellStyle name="Percent 5 2" xfId="299" xr:uid="{00000000-0005-0000-0000-000028010000}"/>
+    <cellStyle name="Percent 6" xfId="300" xr:uid="{00000000-0005-0000-0000-000029010000}"/>
+    <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Total 2" xfId="143" xr:uid="{00000000-0005-0000-0000-00002C010000}"/>
+    <cellStyle name="Total 2 2" xfId="301" xr:uid="{00000000-0005-0000-0000-00002D010000}"/>
+    <cellStyle name="Total 3" xfId="144" xr:uid="{00000000-0005-0000-0000-00002E010000}"/>
+    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
+    <cellStyle name="Warning Text 2" xfId="145" xr:uid="{00000000-0005-0000-0000-000030010000}"/>
+    <cellStyle name="Warning Text 2 2" xfId="302" xr:uid="{00000000-0005-0000-0000-000031010000}"/>
+    <cellStyle name="Warning Text 3" xfId="146" xr:uid="{00000000-0005-0000-0000-000032010000}"/>
   </cellStyles>
-  <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <dxfs count="6">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFE2EFDA"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color rgb="FFFFFFFF"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF70AD47"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color rgb="FFA9D08E"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFA9D08E"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFA9D08E"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFA9D08E"/>
+        </bottom>
+        <horizontal style="thin">
+          <color rgb="FFA9D08E"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFF0F0F0"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color rgb="FFFFFFFF"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFABABAB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color rgb="FFC6C6C6"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC6C6C6"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC6C6C6"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC6C6C6"/>
+        </bottom>
+        <horizontal style="thin">
+          <color rgb="FFC6C6C6"/>
+        </horizontal>
+      </border>
+    </dxf>
+  </dxfs>
+  <tableStyles count="2" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
+    <tableStyle name="TableStyleQueryPreview" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
+      <tableStyleElement type="wholeTable" dxfId="5"/>
+      <tableStyleElement type="headerRow" dxfId="4"/>
+      <tableStyleElement type="firstRowStripe" dxfId="3"/>
+    </tableStyle>
+    <tableStyle name="TableStyleQueryResult" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
+      <tableStyleElement type="wholeTable" dxfId="2"/>
+      <tableStyleElement type="headerRow" dxfId="1"/>
+      <tableStyleElement type="firstRowStripe" dxfId="0"/>
+    </tableStyle>
+  </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\My%20Drive\REPORTS\FY2018\ProgramSummary.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\BUDGETFORMS\CurrentYear\SchoolBudgetStartup_a.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Report"/>
       <sheetName val="ProgramSummary"/>
       <sheetName val="Districts"/>
       <sheetName val="Notes"/>
       <sheetName val="SAS_Authorizations"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="3">
           <cell r="B3" t="str">
             <v xml:space="preserve"> COMBINED DISTRICT COST                 </v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2">
         <row r="2">
           <cell r="F2" t="str">
             <v>Adair-Casey</v>
           </cell>
         </row>
         <row r="3">
           <cell r="F3" t="str">
@@ -3931,51 +5583,51 @@
         </row>
         <row r="333">
           <cell r="F333" t="str">
             <v>Woodbury Central</v>
           </cell>
         </row>
         <row r="334">
           <cell r="F334" t="str">
             <v>Woodward-Granger</v>
           </cell>
         </row>
         <row r="335">
           <cell r="F335" t="str">
             <v>Statewide</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="InputsResults"/>
       <sheetName val="AidLevy"/>
       <sheetName val="Proposed"/>
       <sheetName val="Adopted"/>
       <sheetName val="TaxCert"/>
       <sheetName val="FY18WK1"/>
       <sheetName val="FY18WK2"/>
       <sheetName val="FY17Wk1"/>
       <sheetName val="FY17Wk2"/>
       <sheetName val="Form703"/>
       <sheetName val="Publication"/>
       <sheetName val="C I Est"/>
       <sheetName val="UAB Wksht"/>
       <sheetName val="FY16Wk1"/>
       <sheetName val="FY16Wk2"/>
       <sheetName val="Form703A"/>
       <sheetName val="703A(2)"/>
       <sheetName val="703A(3)"/>
       <sheetName val="Amend Publ"/>
       <sheetName val="Amend Adopt"/>
       <sheetName val="Constants"/>
       <sheetName val="AidLevyInputs"/>
       <sheetName val="3.7"/>
@@ -5721,18690 +7373,19015 @@
         </row>
         <row r="334">
           <cell r="C334" t="str">
             <v>WOODBURY CENTRAL</v>
           </cell>
         </row>
         <row r="335">
           <cell r="C335" t="str">
             <v>WOODWARD-GRANGER</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="26"/>
       <sheetData sheetId="27"/>
       <sheetData sheetId="28"/>
       <sheetData sheetId="29"/>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31"/>
       <sheetData sheetId="32" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DE81E6B-5AE4-478A-AE0C-A11361B8362E}">
-  <dimension ref="A1:R329"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B7D6FE8-8C96-4645-8C8F-05348D113FDB}">
+  <dimension ref="A1:U335"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="7" ySplit="2" topLeftCell="H262" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="7" ySplit="2" topLeftCell="H326" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="H1" sqref="H1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="J11" sqref="J11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="4.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="5" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="0" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.42578125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="10.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" customWidth="1"/>
     <col min="10" max="10" width="12.140625" customWidth="1"/>
     <col min="11" max="11" width="14.28515625" customWidth="1"/>
     <col min="15" max="15" width="14.42578125" customWidth="1"/>
     <col min="16" max="16" width="12.42578125" customWidth="1"/>
     <col min="17" max="17" width="10.28515625" customWidth="1"/>
     <col min="18" max="18" width="11.42578125" customWidth="1"/>
+    <col min="20" max="20" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="11.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="2" spans="1:21" ht="30" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>339</v>
+      </c>
+      <c r="B2" t="s">
+        <v>340</v>
+      </c>
+      <c r="C2" t="s">
+        <v>338</v>
+      </c>
+      <c r="D2" t="s">
+        <v>342</v>
+      </c>
+      <c r="E2" t="s">
+        <v>343</v>
+      </c>
+      <c r="F2" t="s">
+        <v>341</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="J2" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="K2" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="L2" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="M2" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="N2" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="O2" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="P2" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="Q2" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="R2" s="2" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A3" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" t="s">
+        <v>356</v>
+      </c>
+      <c r="E3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="H3" s="4">
+        <v>197076</v>
+      </c>
+      <c r="I3" s="4">
+        <v>19975</v>
+      </c>
+      <c r="J3" s="4">
+        <v>217051</v>
+      </c>
+      <c r="K3" s="4">
+        <v>20885</v>
+      </c>
+      <c r="L3" s="4">
+        <v>0</v>
+      </c>
+      <c r="M3" s="4">
+        <v>39</v>
+      </c>
+      <c r="N3" s="4">
+        <v>7167</v>
+      </c>
+      <c r="O3" s="4">
+        <v>0</v>
+      </c>
+      <c r="P3" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0</v>
+      </c>
+      <c r="R3" s="4">
+        <v>245142</v>
+      </c>
+      <c r="T3" s="6"/>
+    </row>
+    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A4" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>356</v>
+      </c>
+      <c r="E4" t="s">
+        <v>356</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="H4" s="4">
+        <v>159324</v>
+      </c>
+      <c r="I4" s="4">
+        <v>16731</v>
+      </c>
+      <c r="J4" s="4">
+        <v>176055</v>
+      </c>
+      <c r="K4" s="4">
+        <v>3576</v>
+      </c>
+      <c r="L4" s="4">
+        <v>0</v>
+      </c>
+      <c r="M4" s="4">
+        <v>21593</v>
+      </c>
+      <c r="N4" s="4">
+        <v>7126</v>
+      </c>
+      <c r="O4" s="4">
+        <v>0</v>
+      </c>
+      <c r="P4" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>47788</v>
+      </c>
+      <c r="R4" s="4">
+        <v>256138</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A5" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E5" t="s">
+        <v>356</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="H5" s="4">
+        <v>144825</v>
+      </c>
+      <c r="I5" s="4">
+        <v>5970</v>
+      </c>
+      <c r="J5" s="4">
+        <v>150795</v>
+      </c>
+      <c r="K5" s="4">
+        <v>20789</v>
+      </c>
+      <c r="L5" s="4">
+        <v>0</v>
+      </c>
+      <c r="M5" s="4">
+        <v>22316</v>
+      </c>
+      <c r="N5" s="4">
+        <v>6745</v>
+      </c>
+      <c r="O5" s="4">
+        <v>0</v>
+      </c>
+      <c r="P5" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>200645</v>
+      </c>
+      <c r="U5" s="6"/>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A6" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E6" t="s">
+        <v>356</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="H6" s="4">
+        <v>560610</v>
+      </c>
+      <c r="I6" s="4">
+        <v>76944</v>
+      </c>
+      <c r="J6" s="4">
+        <v>637554</v>
+      </c>
+      <c r="K6" s="4">
+        <v>21552</v>
+      </c>
+      <c r="L6" s="4">
+        <v>0</v>
+      </c>
+      <c r="M6" s="4">
+        <v>72671</v>
+      </c>
+      <c r="N6" s="4">
+        <v>17897</v>
+      </c>
+      <c r="O6" s="4">
+        <v>0</v>
+      </c>
+      <c r="P6" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>219639</v>
+      </c>
+      <c r="R6" s="4">
+        <v>969313</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A7" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D7" t="s">
+        <v>356</v>
+      </c>
+      <c r="E7" t="s">
+        <v>356</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="H7" s="4">
+        <v>15283</v>
+      </c>
+      <c r="I7" s="4">
+        <v>56</v>
+      </c>
+      <c r="J7" s="4">
+        <v>15339</v>
+      </c>
+      <c r="K7" s="4">
+        <v>2446</v>
+      </c>
+      <c r="L7" s="4">
+        <v>0</v>
+      </c>
+      <c r="M7" s="4">
+        <v>1346</v>
+      </c>
+      <c r="N7" s="4">
+        <v>444</v>
+      </c>
+      <c r="O7" s="4">
+        <v>0</v>
+      </c>
+      <c r="P7" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>3187</v>
+      </c>
+      <c r="R7" s="4">
+        <v>22762</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A8" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" t="s">
+        <v>356</v>
+      </c>
+      <c r="E8" t="s">
+        <v>356</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="H8" s="4">
+        <v>135974</v>
+      </c>
+      <c r="I8" s="4">
+        <v>14274</v>
+      </c>
+      <c r="J8" s="4">
+        <v>150248</v>
+      </c>
+      <c r="K8" s="4">
+        <v>31754</v>
+      </c>
+      <c r="L8" s="4">
+        <v>0</v>
+      </c>
+      <c r="M8" s="4">
+        <v>26419</v>
+      </c>
+      <c r="N8" s="4">
+        <v>6506</v>
+      </c>
+      <c r="O8" s="4">
+        <v>0</v>
+      </c>
+      <c r="P8" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>214927</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A9" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D9" t="s">
+        <v>356</v>
+      </c>
+      <c r="E9" t="s">
+        <v>356</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="H9" s="4">
+        <v>40521</v>
+      </c>
+      <c r="I9" s="4">
+        <v>6317</v>
+      </c>
+      <c r="J9" s="4">
+        <v>46838</v>
+      </c>
+      <c r="K9" s="4">
+        <v>7530</v>
+      </c>
+      <c r="L9" s="4">
+        <v>0</v>
+      </c>
+      <c r="M9" s="4">
+        <v>6206</v>
+      </c>
+      <c r="N9" s="4">
+        <v>1528</v>
+      </c>
+      <c r="O9" s="4">
+        <v>0</v>
+      </c>
+      <c r="P9" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>62102</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A10" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" t="s">
+        <v>356</v>
+      </c>
+      <c r="E10" t="s">
+        <v>356</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="H10" s="4">
+        <v>31075</v>
+      </c>
+      <c r="I10" s="4">
+        <v>4078</v>
+      </c>
+      <c r="J10" s="4">
+        <v>35153</v>
+      </c>
+      <c r="K10" s="4">
+        <v>4906</v>
+      </c>
+      <c r="L10" s="4">
+        <v>0</v>
+      </c>
+      <c r="M10" s="4">
+        <v>1601</v>
+      </c>
+      <c r="N10" s="4">
+        <v>1133</v>
+      </c>
+      <c r="O10" s="4">
+        <v>0</v>
+      </c>
+      <c r="P10" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>10904</v>
+      </c>
+      <c r="R10" s="4">
+        <v>53697</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A11" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" t="s">
+        <v>356</v>
+      </c>
+      <c r="E11" t="s">
+        <v>356</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="H11" s="4">
+        <v>17902</v>
+      </c>
+      <c r="I11" s="4">
+        <v>680</v>
+      </c>
+      <c r="J11" s="4">
+        <v>18582</v>
+      </c>
+      <c r="K11" s="4">
+        <v>1925</v>
+      </c>
+      <c r="L11" s="4">
+        <v>0</v>
+      </c>
+      <c r="M11" s="4">
+        <v>1216</v>
+      </c>
+      <c r="N11" s="4">
+        <v>278</v>
+      </c>
+      <c r="O11" s="4">
+        <v>0</v>
+      </c>
+      <c r="P11" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0</v>
+      </c>
+      <c r="R11" s="4">
+        <v>22001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A12" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" t="s">
+        <v>356</v>
+      </c>
+      <c r="E12" t="s">
+        <v>356</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="H12" s="4">
+        <v>275227</v>
+      </c>
+      <c r="I12" s="4">
+        <v>8050</v>
+      </c>
+      <c r="J12" s="4">
+        <v>283277</v>
+      </c>
+      <c r="K12" s="4">
+        <v>33465</v>
+      </c>
+      <c r="L12" s="4">
+        <v>0</v>
+      </c>
+      <c r="M12" s="4">
+        <v>23863</v>
+      </c>
+      <c r="N12" s="4">
+        <v>11754</v>
+      </c>
+      <c r="O12" s="4">
+        <v>0</v>
+      </c>
+      <c r="P12" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>0</v>
+      </c>
+      <c r="R12" s="4">
+        <v>352359</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A13" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D13" t="s">
+        <v>356</v>
+      </c>
+      <c r="E13" t="s">
+        <v>356</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="H13" s="4">
+        <v>126997</v>
+      </c>
+      <c r="I13" s="4">
+        <v>3799</v>
+      </c>
+      <c r="J13" s="4">
+        <v>130796</v>
+      </c>
+      <c r="K13" s="4">
+        <v>15791</v>
+      </c>
+      <c r="L13" s="4">
+        <v>0</v>
+      </c>
+      <c r="M13" s="4">
+        <v>11260</v>
+      </c>
+      <c r="N13" s="4">
+        <v>5546</v>
+      </c>
+      <c r="O13" s="4">
+        <v>0</v>
+      </c>
+      <c r="P13" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>163393</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A14" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="D14" t="s">
+        <v>356</v>
+      </c>
+      <c r="E14" t="s">
+        <v>356</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="H14" s="4">
+        <v>11437</v>
+      </c>
+      <c r="I14" s="4">
+        <v>335</v>
+      </c>
+      <c r="J14" s="4">
+        <v>11772</v>
+      </c>
+      <c r="K14" s="4">
+        <v>1391</v>
+      </c>
+      <c r="L14" s="4">
+        <v>0</v>
+      </c>
+      <c r="M14" s="4">
+        <v>992</v>
+      </c>
+      <c r="N14" s="4">
+        <v>488</v>
+      </c>
+      <c r="O14" s="4">
+        <v>0</v>
+      </c>
+      <c r="P14" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>1887</v>
+      </c>
+      <c r="R14" s="4">
+        <v>16530</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A15" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>356</v>
+      </c>
+      <c r="E15" t="s">
+        <v>356</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="H15" s="4">
+        <v>41889</v>
+      </c>
+      <c r="I15" s="4">
+        <v>0</v>
+      </c>
+      <c r="J15" s="4">
+        <v>41889</v>
+      </c>
+      <c r="K15" s="4">
+        <v>6626</v>
+      </c>
+      <c r="L15" s="4">
+        <v>0</v>
+      </c>
+      <c r="M15" s="4">
+        <v>423</v>
+      </c>
+      <c r="N15" s="4">
+        <v>1670</v>
+      </c>
+      <c r="O15" s="4">
+        <v>0</v>
+      </c>
+      <c r="P15" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>4003</v>
+      </c>
+      <c r="R15" s="4">
+        <v>54611</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A16" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>356</v>
+      </c>
+      <c r="E16" t="s">
+        <v>356</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="H16" s="4">
+        <v>47901</v>
+      </c>
+      <c r="I16" s="4">
+        <v>1699</v>
+      </c>
+      <c r="J16" s="4">
+        <v>49600</v>
+      </c>
+      <c r="K16" s="4">
+        <v>5159</v>
+      </c>
+      <c r="L16" s="4">
+        <v>0</v>
+      </c>
+      <c r="M16" s="4">
+        <v>3270</v>
+      </c>
+      <c r="N16" s="4">
+        <v>1818</v>
+      </c>
+      <c r="O16" s="4">
+        <v>0</v>
+      </c>
+      <c r="P16" s="4">
+        <v>744</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>0</v>
+      </c>
+      <c r="R16" s="4">
+        <v>60591</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A17" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>356</v>
+      </c>
+      <c r="E17" t="s">
+        <v>356</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="H17" s="4">
+        <v>75429</v>
+      </c>
+      <c r="I17" s="4">
+        <v>4520</v>
+      </c>
+      <c r="J17" s="4">
+        <v>79949</v>
+      </c>
+      <c r="K17" s="4">
+        <v>5729</v>
+      </c>
+      <c r="L17" s="4">
+        <v>0</v>
+      </c>
+      <c r="M17" s="4">
+        <v>13767</v>
+      </c>
+      <c r="N17" s="4">
+        <v>3390</v>
+      </c>
+      <c r="O17" s="4">
+        <v>0</v>
+      </c>
+      <c r="P17" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>41589</v>
+      </c>
+      <c r="R17" s="4">
+        <v>144424</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A18" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D18" t="s">
+        <v>356</v>
+      </c>
+      <c r="E18" t="s">
+        <v>356</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="H18" s="4">
+        <v>63596</v>
+      </c>
+      <c r="I18" s="4">
+        <v>922</v>
+      </c>
+      <c r="J18" s="4">
+        <v>64518</v>
+      </c>
+      <c r="K18" s="4">
+        <v>8377</v>
+      </c>
+      <c r="L18" s="4">
+        <v>0</v>
+      </c>
+      <c r="M18" s="4">
+        <v>3511</v>
+      </c>
+      <c r="N18" s="4">
+        <v>2380</v>
+      </c>
+      <c r="O18" s="4">
+        <v>0</v>
+      </c>
+      <c r="P18" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>29169</v>
+      </c>
+      <c r="R18" s="4">
+        <v>107955</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A19" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" t="s">
+        <v>356</v>
+      </c>
+      <c r="E19" t="s">
+        <v>356</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="H19" s="4">
+        <v>26526</v>
+      </c>
+      <c r="I19" s="4">
+        <v>1500</v>
+      </c>
+      <c r="J19" s="4">
+        <v>28026</v>
+      </c>
+      <c r="K19" s="4">
+        <v>0</v>
+      </c>
+      <c r="L19" s="4">
+        <v>0</v>
+      </c>
+      <c r="M19" s="4">
+        <v>3837</v>
+      </c>
+      <c r="N19" s="4">
+        <v>945</v>
+      </c>
+      <c r="O19" s="4">
+        <v>0</v>
+      </c>
+      <c r="P19" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="4">
+        <v>0</v>
+      </c>
+      <c r="R19" s="4">
+        <v>32808</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A20" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D20" t="s">
+        <v>356</v>
+      </c>
+      <c r="E20" t="s">
+        <v>356</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="H20" s="4">
+        <v>391555</v>
+      </c>
+      <c r="I20" s="4">
+        <v>48749</v>
+      </c>
+      <c r="J20" s="4">
+        <v>440304</v>
+      </c>
+      <c r="K20" s="4">
+        <v>23502</v>
+      </c>
+      <c r="L20" s="4">
+        <v>0</v>
+      </c>
+      <c r="M20" s="4">
+        <v>52330</v>
+      </c>
+      <c r="N20" s="4">
+        <v>12887</v>
+      </c>
+      <c r="O20" s="4">
+        <v>0</v>
+      </c>
+      <c r="P20" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="4">
+        <v>95828</v>
+      </c>
+      <c r="R20" s="4">
+        <v>624851</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A21" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>356</v>
+      </c>
+      <c r="E21" t="s">
+        <v>356</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="H21" s="4">
+        <v>227156</v>
+      </c>
+      <c r="I21" s="4">
+        <v>7728</v>
+      </c>
+      <c r="J21" s="4">
+        <v>234884</v>
+      </c>
+      <c r="K21" s="4">
+        <v>59300</v>
+      </c>
+      <c r="L21" s="4">
+        <v>0</v>
+      </c>
+      <c r="M21" s="4">
+        <v>15404</v>
+      </c>
+      <c r="N21" s="4">
+        <v>8918</v>
+      </c>
+      <c r="O21" s="4">
+        <v>0</v>
+      </c>
+      <c r="P21" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="4">
+        <v>0</v>
+      </c>
+      <c r="R21" s="4">
+        <v>318506</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A22" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D22" t="s">
+        <v>356</v>
+      </c>
+      <c r="E22" t="s">
+        <v>356</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="H22" s="4">
+        <v>19150</v>
+      </c>
+      <c r="I22" s="4">
+        <v>999</v>
+      </c>
+      <c r="J22" s="4">
+        <v>20149</v>
+      </c>
+      <c r="K22" s="4">
+        <v>1353</v>
+      </c>
+      <c r="L22" s="4">
+        <v>0</v>
+      </c>
+      <c r="M22" s="4">
+        <v>3743</v>
+      </c>
+      <c r="N22" s="4">
+        <v>921</v>
+      </c>
+      <c r="O22" s="4">
+        <v>0</v>
+      </c>
+      <c r="P22" s="4">
+        <v>377</v>
+      </c>
+      <c r="Q22" s="4">
+        <v>0</v>
+      </c>
+      <c r="R22" s="4">
+        <v>26543</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A23" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>356</v>
+      </c>
+      <c r="E23" t="s">
+        <v>356</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="H23" s="4">
+        <v>114357</v>
+      </c>
+      <c r="I23" s="4">
+        <v>11223</v>
+      </c>
+      <c r="J23" s="4">
+        <v>125580</v>
+      </c>
+      <c r="K23" s="4">
+        <v>13538</v>
+      </c>
+      <c r="L23" s="4">
+        <v>0</v>
+      </c>
+      <c r="M23" s="4">
+        <v>4753</v>
+      </c>
+      <c r="N23" s="4">
+        <v>4398</v>
+      </c>
+      <c r="O23" s="4">
+        <v>0</v>
+      </c>
+      <c r="P23" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="4">
+        <v>18660</v>
+      </c>
+      <c r="R23" s="4">
+        <v>166929</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A24" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D24" t="s">
+        <v>356</v>
+      </c>
+      <c r="E24" t="s">
+        <v>356</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="H24" s="4">
+        <v>70868</v>
+      </c>
+      <c r="I24" s="4">
+        <v>3176</v>
+      </c>
+      <c r="J24" s="4">
+        <v>74044</v>
+      </c>
+      <c r="K24" s="4">
+        <v>12569</v>
+      </c>
+      <c r="L24" s="4">
+        <v>0</v>
+      </c>
+      <c r="M24" s="4">
+        <v>6502</v>
+      </c>
+      <c r="N24" s="4">
+        <v>3202</v>
+      </c>
+      <c r="O24" s="4">
+        <v>0</v>
+      </c>
+      <c r="P24" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="4">
+        <v>13272</v>
+      </c>
+      <c r="R24" s="4">
+        <v>109589</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A25" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" t="s">
+        <v>356</v>
+      </c>
+      <c r="E25" t="s">
+        <v>356</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H25" s="4">
+        <v>74496</v>
+      </c>
+      <c r="I25" s="4">
+        <v>2997</v>
+      </c>
+      <c r="J25" s="4">
+        <v>77493</v>
+      </c>
+      <c r="K25" s="4">
+        <v>6169</v>
+      </c>
+      <c r="L25" s="4">
+        <v>0</v>
+      </c>
+      <c r="M25" s="4">
+        <v>11108</v>
+      </c>
+      <c r="N25" s="4">
+        <v>2735</v>
+      </c>
+      <c r="O25" s="4">
+        <v>0</v>
+      </c>
+      <c r="P25" s="4">
+        <v>1119</v>
+      </c>
+      <c r="Q25" s="4">
+        <v>0</v>
+      </c>
+      <c r="R25" s="4">
+        <v>98624</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A26" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D26" t="s">
+        <v>356</v>
+      </c>
+      <c r="E26" t="s">
+        <v>356</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="H26" s="4">
+        <v>78511</v>
+      </c>
+      <c r="I26" s="4">
+        <v>8349</v>
+      </c>
+      <c r="J26" s="4">
+        <v>86860</v>
+      </c>
+      <c r="K26" s="4">
+        <v>0</v>
+      </c>
+      <c r="L26" s="4">
+        <v>0</v>
+      </c>
+      <c r="M26" s="4">
+        <v>6128</v>
+      </c>
+      <c r="N26" s="4">
+        <v>2098</v>
+      </c>
+      <c r="O26" s="4">
+        <v>0</v>
+      </c>
+      <c r="P26" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="4">
+        <v>25748</v>
+      </c>
+      <c r="R26" s="4">
+        <v>120834</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A27" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D27" t="s">
+        <v>356</v>
+      </c>
+      <c r="E27" t="s">
+        <v>356</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="H27" s="4">
+        <v>16928</v>
+      </c>
+      <c r="I27" s="4">
+        <v>396</v>
+      </c>
+      <c r="J27" s="4">
+        <v>17324</v>
+      </c>
+      <c r="K27" s="4">
+        <v>6362</v>
+      </c>
+      <c r="L27" s="4">
+        <v>0</v>
+      </c>
+      <c r="M27" s="4">
+        <v>555</v>
+      </c>
+      <c r="N27" s="4">
+        <v>521</v>
+      </c>
+      <c r="O27" s="4">
+        <v>0</v>
+      </c>
+      <c r="P27" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="4">
+        <v>4511</v>
+      </c>
+      <c r="R27" s="4">
+        <v>29273</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A28" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D28" t="s">
+        <v>356</v>
+      </c>
+      <c r="E28" t="s">
+        <v>356</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="H28" s="4">
+        <v>38960</v>
+      </c>
+      <c r="I28" s="4">
+        <v>3105</v>
+      </c>
+      <c r="J28" s="4">
+        <v>42065</v>
+      </c>
+      <c r="K28" s="4">
+        <v>6795</v>
+      </c>
+      <c r="L28" s="4">
+        <v>0</v>
+      </c>
+      <c r="M28" s="4">
+        <v>4258</v>
+      </c>
+      <c r="N28" s="4">
+        <v>1653</v>
+      </c>
+      <c r="O28" s="4">
+        <v>0</v>
+      </c>
+      <c r="P28" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="4">
+        <v>0</v>
+      </c>
+      <c r="R28" s="4">
+        <v>54771</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A29" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" t="s">
+        <v>356</v>
+      </c>
+      <c r="E29" t="s">
+        <v>356</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="H29" s="4">
+        <v>34316</v>
+      </c>
+      <c r="I29" s="4">
+        <v>4849</v>
+      </c>
+      <c r="J29" s="4">
+        <v>39165</v>
+      </c>
+      <c r="K29" s="4">
+        <v>13671</v>
+      </c>
+      <c r="L29" s="4">
+        <v>0</v>
+      </c>
+      <c r="M29" s="4">
+        <v>4872</v>
+      </c>
+      <c r="N29" s="4">
+        <v>1346</v>
+      </c>
+      <c r="O29" s="4">
+        <v>0</v>
+      </c>
+      <c r="P29" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="4">
+        <v>5906</v>
+      </c>
+      <c r="R29" s="4">
+        <v>64960</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A30" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D30" t="s">
+        <v>356</v>
+      </c>
+      <c r="E30" t="s">
+        <v>356</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H30" s="4">
+        <v>12705</v>
+      </c>
+      <c r="I30" s="4">
+        <v>1776</v>
+      </c>
+      <c r="J30" s="4">
+        <v>14481</v>
+      </c>
+      <c r="K30" s="4">
+        <v>1653</v>
+      </c>
+      <c r="L30" s="4">
+        <v>0</v>
+      </c>
+      <c r="M30" s="4">
+        <v>202</v>
+      </c>
+      <c r="N30" s="4">
+        <v>529</v>
+      </c>
+      <c r="O30" s="4">
+        <v>0</v>
+      </c>
+      <c r="P30" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="4">
+        <v>4320</v>
+      </c>
+      <c r="R30" s="4">
+        <v>21185</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A31" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D31" t="s">
+        <v>356</v>
+      </c>
+      <c r="E31" t="s">
+        <v>356</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="H31" s="4">
+        <v>56735</v>
+      </c>
+      <c r="I31" s="4">
+        <v>3229</v>
+      </c>
+      <c r="J31" s="4">
+        <v>59964</v>
+      </c>
+      <c r="K31" s="4">
+        <v>7886</v>
+      </c>
+      <c r="L31" s="4">
+        <v>0</v>
+      </c>
+      <c r="M31" s="4">
+        <v>5863</v>
+      </c>
+      <c r="N31" s="4">
+        <v>1935</v>
+      </c>
+      <c r="O31" s="4">
+        <v>0</v>
+      </c>
+      <c r="P31" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="4">
+        <v>0</v>
+      </c>
+      <c r="R31" s="4">
+        <v>75648</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A32" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" t="s">
+        <v>356</v>
+      </c>
+      <c r="E32" t="s">
+        <v>356</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="H32" s="4">
+        <v>8845</v>
+      </c>
+      <c r="I32" s="4">
+        <v>931</v>
+      </c>
+      <c r="J32" s="4">
+        <v>9776</v>
+      </c>
+      <c r="K32" s="4">
+        <v>2327</v>
+      </c>
+      <c r="L32" s="4">
+        <v>0</v>
+      </c>
+      <c r="M32" s="4">
+        <v>1665</v>
+      </c>
+      <c r="N32" s="4">
+        <v>410</v>
+      </c>
+      <c r="O32" s="4">
+        <v>0</v>
+      </c>
+      <c r="P32" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="4">
+        <v>0</v>
+      </c>
+      <c r="R32" s="4">
+        <v>14178</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A33" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" t="s">
+        <v>356</v>
+      </c>
+      <c r="E33" t="s">
+        <v>356</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="H33" s="4">
+        <v>86551</v>
+      </c>
+      <c r="I33" s="4">
+        <v>6169</v>
+      </c>
+      <c r="J33" s="4">
+        <v>92720</v>
+      </c>
+      <c r="K33" s="4">
+        <v>13547</v>
+      </c>
+      <c r="L33" s="4">
+        <v>0</v>
+      </c>
+      <c r="M33" s="4">
+        <v>8842</v>
+      </c>
+      <c r="N33" s="4">
+        <v>3823</v>
+      </c>
+      <c r="O33" s="4">
+        <v>0</v>
+      </c>
+      <c r="P33" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="4">
+        <v>0</v>
+      </c>
+      <c r="R33" s="4">
+        <v>118932</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A34" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D34" t="s">
+        <v>356</v>
+      </c>
+      <c r="E34" t="s">
+        <v>356</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="H34" s="4">
+        <v>269526</v>
+      </c>
+      <c r="I34" s="4">
+        <v>39192</v>
+      </c>
+      <c r="J34" s="4">
+        <v>308718</v>
+      </c>
+      <c r="K34" s="4">
+        <v>25994</v>
+      </c>
+      <c r="L34" s="4">
+        <v>0</v>
+      </c>
+      <c r="M34" s="4">
+        <v>42026</v>
+      </c>
+      <c r="N34" s="4">
+        <v>10349</v>
+      </c>
+      <c r="O34" s="4">
+        <v>0</v>
+      </c>
+      <c r="P34" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="4">
+        <v>0</v>
+      </c>
+      <c r="R34" s="4">
+        <v>387087</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A35" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D35" t="s">
+        <v>356</v>
+      </c>
+      <c r="E35" t="s">
+        <v>356</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="H35" s="4">
+        <v>743840</v>
+      </c>
+      <c r="I35" s="4">
+        <v>91765</v>
+      </c>
+      <c r="J35" s="4">
+        <v>835605</v>
+      </c>
+      <c r="K35" s="4">
+        <v>59224</v>
+      </c>
+      <c r="L35" s="4">
+        <v>0</v>
+      </c>
+      <c r="M35" s="4">
+        <v>106213</v>
+      </c>
+      <c r="N35" s="4">
+        <v>26157</v>
+      </c>
+      <c r="O35" s="4">
+        <v>0</v>
+      </c>
+      <c r="P35" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="4">
+        <v>321016</v>
+      </c>
+      <c r="R35" s="4">
+        <v>1348215</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A36" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D36" t="s">
+        <v>356</v>
+      </c>
+      <c r="E36" t="s">
+        <v>356</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="H36" s="4">
+        <v>98785</v>
+      </c>
+      <c r="I36" s="4">
+        <v>14549</v>
+      </c>
+      <c r="J36" s="4">
+        <v>113334</v>
+      </c>
+      <c r="K36" s="4">
+        <v>11286</v>
+      </c>
+      <c r="L36" s="4">
+        <v>0</v>
+      </c>
+      <c r="M36" s="4">
+        <v>15364</v>
+      </c>
+      <c r="N36" s="4">
+        <v>3784</v>
+      </c>
+      <c r="O36" s="4">
+        <v>0</v>
+      </c>
+      <c r="P36" s="4">
+        <v>1548</v>
+      </c>
+      <c r="Q36" s="4">
+        <v>46428</v>
+      </c>
+      <c r="R36" s="4">
+        <v>191744</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A37" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D37" t="s">
+        <v>356</v>
+      </c>
+      <c r="E37" t="s">
+        <v>356</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="H37" s="4">
+        <v>26330</v>
+      </c>
+      <c r="I37" s="4">
+        <v>1637</v>
+      </c>
+      <c r="J37" s="4">
+        <v>27967</v>
+      </c>
+      <c r="K37" s="4">
+        <v>5001</v>
+      </c>
+      <c r="L37" s="4">
+        <v>0</v>
+      </c>
+      <c r="M37" s="4">
+        <v>4387</v>
+      </c>
+      <c r="N37" s="4">
+        <v>1080</v>
+      </c>
+      <c r="O37" s="4">
+        <v>0</v>
+      </c>
+      <c r="P37" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="4">
+        <v>7712</v>
+      </c>
+      <c r="R37" s="4">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A38" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D38" t="s">
+        <v>356</v>
+      </c>
+      <c r="E38" t="s">
+        <v>356</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="H38" s="4">
+        <v>17742</v>
+      </c>
+      <c r="I38" s="4">
+        <v>2020</v>
+      </c>
+      <c r="J38" s="4">
+        <v>19762</v>
+      </c>
+      <c r="K38" s="4">
+        <v>1923</v>
+      </c>
+      <c r="L38" s="4">
+        <v>0</v>
+      </c>
+      <c r="M38" s="4">
+        <v>3208</v>
+      </c>
+      <c r="N38" s="4">
+        <v>840</v>
+      </c>
+      <c r="O38" s="4">
+        <v>0</v>
+      </c>
+      <c r="P38" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="4">
+        <v>5097</v>
+      </c>
+      <c r="R38" s="4">
+        <v>30830</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A39" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D39" t="s">
+        <v>356</v>
+      </c>
+      <c r="E39" t="s">
+        <v>356</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="H39" s="4">
+        <v>23223</v>
+      </c>
+      <c r="I39" s="4">
+        <v>2599</v>
+      </c>
+      <c r="J39" s="4">
+        <v>25822</v>
+      </c>
+      <c r="K39" s="4">
+        <v>6819</v>
+      </c>
+      <c r="L39" s="4">
+        <v>0</v>
+      </c>
+      <c r="M39" s="4">
+        <v>3858</v>
+      </c>
+      <c r="N39" s="4">
+        <v>1038</v>
+      </c>
+      <c r="O39" s="4">
+        <v>0</v>
+      </c>
+      <c r="P39" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="4">
+        <v>10011</v>
+      </c>
+      <c r="R39" s="4">
+        <v>47548</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A40" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D40" t="s">
+        <v>356</v>
+      </c>
+      <c r="E40" t="s">
+        <v>356</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="H40" s="4">
+        <v>553847</v>
+      </c>
+      <c r="I40" s="4">
+        <v>71358</v>
+      </c>
+      <c r="J40" s="4">
+        <v>625205</v>
+      </c>
+      <c r="K40" s="4">
+        <v>39698</v>
+      </c>
+      <c r="L40" s="4">
+        <v>0</v>
+      </c>
+      <c r="M40" s="4">
+        <v>62305</v>
+      </c>
+      <c r="N40" s="4">
+        <v>15344</v>
+      </c>
+      <c r="O40" s="4">
+        <v>0</v>
+      </c>
+      <c r="P40" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="4">
+        <v>0</v>
+      </c>
+      <c r="R40" s="4">
+        <v>742552</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A41" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D41" t="s">
+        <v>356</v>
+      </c>
+      <c r="E41" t="s">
+        <v>356</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H41" s="4">
+        <v>29169</v>
+      </c>
+      <c r="I41" s="4">
+        <v>1818</v>
+      </c>
+      <c r="J41" s="4">
+        <v>30987</v>
+      </c>
+      <c r="K41" s="4">
+        <v>0</v>
+      </c>
+      <c r="L41" s="4">
+        <v>0</v>
+      </c>
+      <c r="M41" s="4">
+        <v>3191</v>
+      </c>
+      <c r="N41" s="4">
+        <v>1196</v>
+      </c>
+      <c r="O41" s="4">
+        <v>0</v>
+      </c>
+      <c r="P41" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="4">
+        <v>0</v>
+      </c>
+      <c r="R41" s="4">
+        <v>35374</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A42" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D42" t="s">
+        <v>356</v>
+      </c>
+      <c r="E42" t="s">
+        <v>356</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="H42" s="4">
+        <v>96910</v>
+      </c>
+      <c r="I42" s="4">
+        <v>1742</v>
+      </c>
+      <c r="J42" s="4">
+        <v>98652</v>
+      </c>
+      <c r="K42" s="4">
+        <v>11079</v>
+      </c>
+      <c r="L42" s="4">
+        <v>0</v>
+      </c>
+      <c r="M42" s="4">
+        <v>18926</v>
+      </c>
+      <c r="N42" s="4">
+        <v>4661</v>
+      </c>
+      <c r="O42" s="4">
+        <v>0</v>
+      </c>
+      <c r="P42" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="4">
+        <v>0</v>
+      </c>
+      <c r="R42" s="4">
+        <v>133318</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A43" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D43" t="s">
+        <v>356</v>
+      </c>
+      <c r="E43" t="s">
+        <v>356</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="H43" s="4">
+        <v>36690</v>
+      </c>
+      <c r="I43" s="4">
+        <v>1979</v>
+      </c>
+      <c r="J43" s="4">
+        <v>38669</v>
+      </c>
+      <c r="K43" s="4">
+        <v>8314</v>
+      </c>
+      <c r="L43" s="4">
+        <v>0</v>
+      </c>
+      <c r="M43" s="4">
+        <v>6334</v>
+      </c>
+      <c r="N43" s="4">
+        <v>1559</v>
+      </c>
+      <c r="O43" s="4">
+        <v>0</v>
+      </c>
+      <c r="P43" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="4">
+        <v>0</v>
+      </c>
+      <c r="R43" s="4">
+        <v>54876</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A44" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D44" t="s">
+        <v>356</v>
+      </c>
+      <c r="E44" t="s">
+        <v>356</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="H44" s="4">
+        <v>418561</v>
+      </c>
+      <c r="I44" s="4">
+        <v>42289</v>
+      </c>
+      <c r="J44" s="4">
+        <v>460850</v>
+      </c>
+      <c r="K44" s="4">
+        <v>56617</v>
+      </c>
+      <c r="L44" s="4">
+        <v>0</v>
+      </c>
+      <c r="M44" s="4">
+        <v>6778</v>
+      </c>
+      <c r="N44" s="4">
+        <v>11183</v>
+      </c>
+      <c r="O44" s="4">
+        <v>0</v>
+      </c>
+      <c r="P44" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="4">
+        <v>72335</v>
+      </c>
+      <c r="R44" s="4">
+        <v>607763</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A45" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D45" t="s">
+        <v>356</v>
+      </c>
+      <c r="E45" t="s">
+        <v>356</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="H45" s="4">
+        <v>35290</v>
+      </c>
+      <c r="I45" s="4">
+        <v>1273</v>
+      </c>
+      <c r="J45" s="4">
+        <v>36563</v>
+      </c>
+      <c r="K45" s="4">
+        <v>3292</v>
+      </c>
+      <c r="L45" s="4">
+        <v>0</v>
+      </c>
+      <c r="M45" s="4">
+        <v>4462</v>
+      </c>
+      <c r="N45" s="4">
+        <v>1099</v>
+      </c>
+      <c r="O45" s="4">
+        <v>0</v>
+      </c>
+      <c r="P45" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="4">
+        <v>5584</v>
+      </c>
+      <c r="R45" s="4">
+        <v>51000</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A46" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D46" t="s">
+        <v>356</v>
+      </c>
+      <c r="E46" t="s">
+        <v>356</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="H46" s="4">
+        <v>63249</v>
+      </c>
+      <c r="I46" s="4">
+        <v>10886</v>
+      </c>
+      <c r="J46" s="4">
+        <v>74135</v>
+      </c>
+      <c r="K46" s="4">
+        <v>6790</v>
+      </c>
+      <c r="L46" s="4">
+        <v>0</v>
+      </c>
+      <c r="M46" s="4">
+        <v>8880</v>
+      </c>
+      <c r="N46" s="4">
+        <v>2187</v>
+      </c>
+      <c r="O46" s="4">
+        <v>0</v>
+      </c>
+      <c r="P46" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q46" s="4">
+        <v>26825</v>
+      </c>
+      <c r="R46" s="4">
+        <v>118817</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A47" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D47" t="s">
+        <v>356</v>
+      </c>
+      <c r="E47" t="s">
+        <v>356</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="H47" s="4">
+        <v>129774</v>
+      </c>
+      <c r="I47" s="4">
+        <v>5143</v>
+      </c>
+      <c r="J47" s="4">
+        <v>134917</v>
+      </c>
+      <c r="K47" s="4">
+        <v>17610</v>
+      </c>
+      <c r="L47" s="4">
+        <v>0</v>
+      </c>
+      <c r="M47" s="4">
+        <v>11431</v>
+      </c>
+      <c r="N47" s="4">
+        <v>5630</v>
+      </c>
+      <c r="O47" s="4">
+        <v>0</v>
+      </c>
+      <c r="P47" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="4">
+        <v>0</v>
+      </c>
+      <c r="R47" s="4">
+        <v>169588</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A48" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D48" t="s">
+        <v>356</v>
+      </c>
+      <c r="E48" t="s">
+        <v>356</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="H48" s="4">
+        <v>60495</v>
+      </c>
+      <c r="I48" s="4">
+        <v>7397</v>
+      </c>
+      <c r="J48" s="4">
+        <v>67892</v>
+      </c>
+      <c r="K48" s="4">
+        <v>6086</v>
+      </c>
+      <c r="L48" s="4">
+        <v>0</v>
+      </c>
+      <c r="M48" s="4">
+        <v>9877</v>
+      </c>
+      <c r="N48" s="4">
+        <v>2433</v>
+      </c>
+      <c r="O48" s="4">
+        <v>0</v>
+      </c>
+      <c r="P48" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="4">
+        <v>20800</v>
+      </c>
+      <c r="R48" s="4">
+        <v>107088</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A49" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D49" t="s">
+        <v>356</v>
+      </c>
+      <c r="E49" t="s">
+        <v>356</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="H49" s="4">
+        <v>1705336</v>
+      </c>
+      <c r="I49" s="4">
+        <v>34722</v>
+      </c>
+      <c r="J49" s="4">
+        <v>1740058</v>
+      </c>
+      <c r="K49" s="4">
+        <v>353670</v>
+      </c>
+      <c r="L49" s="4">
+        <v>0</v>
+      </c>
+      <c r="M49" s="4">
+        <v>234233</v>
+      </c>
+      <c r="N49" s="4">
+        <v>57684</v>
+      </c>
+      <c r="O49" s="4">
+        <v>0</v>
+      </c>
+      <c r="P49" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="4">
+        <v>0</v>
+      </c>
+      <c r="R49" s="4">
+        <v>2385645</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A50" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D50" t="s">
+        <v>356</v>
+      </c>
+      <c r="E50" t="s">
+        <v>356</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="H50" s="4">
+        <v>27462</v>
+      </c>
+      <c r="I50" s="4">
+        <v>4034</v>
+      </c>
+      <c r="J50" s="4">
+        <v>31496</v>
+      </c>
+      <c r="K50" s="4">
+        <v>5832</v>
+      </c>
+      <c r="L50" s="4">
+        <v>0</v>
+      </c>
+      <c r="M50" s="4">
+        <v>4143</v>
+      </c>
+      <c r="N50" s="4">
+        <v>1020</v>
+      </c>
+      <c r="O50" s="4">
+        <v>0</v>
+      </c>
+      <c r="P50" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="4">
+        <v>12523</v>
+      </c>
+      <c r="R50" s="4">
+        <v>55014</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A51" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D51" t="s">
+        <v>356</v>
+      </c>
+      <c r="E51" t="s">
+        <v>356</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="H51" s="4">
+        <v>165777</v>
+      </c>
+      <c r="I51" s="4">
+        <v>20489</v>
+      </c>
+      <c r="J51" s="4">
+        <v>186266</v>
+      </c>
+      <c r="K51" s="4">
+        <v>15024</v>
+      </c>
+      <c r="L51" s="4">
+        <v>0</v>
+      </c>
+      <c r="M51" s="4">
+        <v>16289</v>
+      </c>
+      <c r="N51" s="4">
+        <v>5252</v>
+      </c>
+      <c r="O51" s="4">
+        <v>0</v>
+      </c>
+      <c r="P51" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q51" s="4">
+        <v>42894</v>
+      </c>
+      <c r="R51" s="4">
+        <v>265725</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A52" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D52" t="s">
+        <v>356</v>
+      </c>
+      <c r="E52" t="s">
+        <v>356</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="H52" s="4">
+        <v>17325</v>
+      </c>
+      <c r="I52" s="4">
+        <v>2629</v>
+      </c>
+      <c r="J52" s="4">
+        <v>19954</v>
+      </c>
+      <c r="K52" s="4">
+        <v>4521</v>
+      </c>
+      <c r="L52" s="4">
+        <v>0</v>
+      </c>
+      <c r="M52" s="4">
+        <v>2443</v>
+      </c>
+      <c r="N52" s="4">
+        <v>682</v>
+      </c>
+      <c r="O52" s="4">
+        <v>0</v>
+      </c>
+      <c r="P52" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="4">
+        <v>212</v>
+      </c>
+      <c r="R52" s="4">
+        <v>27812</v>
+      </c>
+    </row>
+    <row r="53" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A53" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D53" t="s">
+        <v>356</v>
+      </c>
+      <c r="E53" t="s">
+        <v>356</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="H53" s="4">
+        <v>27764</v>
+      </c>
+      <c r="I53" s="4">
+        <v>3466</v>
+      </c>
+      <c r="J53" s="4">
+        <v>31230</v>
+      </c>
+      <c r="K53" s="4">
+        <v>2216</v>
+      </c>
+      <c r="L53" s="4">
+        <v>0</v>
+      </c>
+      <c r="M53" s="4">
+        <v>2068</v>
+      </c>
+      <c r="N53" s="4">
+        <v>1018</v>
+      </c>
+      <c r="O53" s="4">
+        <v>0</v>
+      </c>
+      <c r="P53" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="4">
+        <v>5398</v>
+      </c>
+      <c r="R53" s="4">
+        <v>41930</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A54" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D54" t="s">
+        <v>356</v>
+      </c>
+      <c r="E54" t="s">
+        <v>356</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="H54" s="4">
+        <v>103719</v>
+      </c>
+      <c r="I54" s="4">
+        <v>1225</v>
+      </c>
+      <c r="J54" s="4">
+        <v>104944</v>
+      </c>
+      <c r="K54" s="4">
+        <v>13505</v>
+      </c>
+      <c r="L54" s="4">
+        <v>0</v>
+      </c>
+      <c r="M54" s="4">
+        <v>12373</v>
+      </c>
+      <c r="N54" s="4">
+        <v>3047</v>
+      </c>
+      <c r="O54" s="4">
+        <v>0</v>
+      </c>
+      <c r="P54" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="4">
+        <v>13143</v>
+      </c>
+      <c r="R54" s="4">
+        <v>147012</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A55" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D55" t="s">
+        <v>356</v>
+      </c>
+      <c r="E55" t="s">
+        <v>356</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="H55" s="4">
+        <v>41340</v>
+      </c>
+      <c r="I55" s="4">
+        <v>3065</v>
+      </c>
+      <c r="J55" s="4">
+        <v>44405</v>
+      </c>
+      <c r="K55" s="4">
+        <v>10370</v>
+      </c>
+      <c r="L55" s="4">
+        <v>0</v>
+      </c>
+      <c r="M55" s="4">
+        <v>0</v>
+      </c>
+      <c r="N55" s="4">
+        <v>1455</v>
+      </c>
+      <c r="O55" s="4">
+        <v>0</v>
+      </c>
+      <c r="P55" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="4">
+        <v>0</v>
+      </c>
+      <c r="R55" s="4">
+        <v>56230</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A56" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D56" t="s">
+        <v>356</v>
+      </c>
+      <c r="E56" t="s">
+        <v>356</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="H56" s="4">
+        <v>56818</v>
+      </c>
+      <c r="I56" s="4">
+        <v>4541</v>
+      </c>
+      <c r="J56" s="4">
+        <v>61359</v>
+      </c>
+      <c r="K56" s="4">
+        <v>6337</v>
+      </c>
+      <c r="L56" s="4">
+        <v>0</v>
+      </c>
+      <c r="M56" s="4">
+        <v>0</v>
+      </c>
+      <c r="N56" s="4">
+        <v>0</v>
+      </c>
+      <c r="O56" s="4">
+        <v>0</v>
+      </c>
+      <c r="P56" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="4">
+        <v>15332</v>
+      </c>
+      <c r="R56" s="4">
+        <v>83028</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A57" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D57" t="s">
+        <v>356</v>
+      </c>
+      <c r="E57" t="s">
+        <v>356</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="H57" s="4">
+        <v>9669</v>
+      </c>
+      <c r="I57" s="4">
+        <v>367</v>
+      </c>
+      <c r="J57" s="4">
+        <v>10036</v>
+      </c>
+      <c r="K57" s="4">
+        <v>1570</v>
+      </c>
+      <c r="L57" s="4">
+        <v>0</v>
+      </c>
+      <c r="M57" s="4">
+        <v>788</v>
+      </c>
+      <c r="N57" s="4">
+        <v>388</v>
+      </c>
+      <c r="O57" s="4">
+        <v>0</v>
+      </c>
+      <c r="P57" s="4">
+        <v>159</v>
+      </c>
+      <c r="Q57" s="4">
+        <v>0</v>
+      </c>
+      <c r="R57" s="4">
+        <v>12941</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A58" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="D58" t="s">
+        <v>356</v>
+      </c>
+      <c r="E58" t="s">
+        <v>356</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="H58" s="4">
+        <v>254813</v>
+      </c>
+      <c r="I58" s="4">
+        <v>8346</v>
+      </c>
+      <c r="J58" s="4">
+        <v>263159</v>
+      </c>
+      <c r="K58" s="4">
+        <v>45498</v>
+      </c>
+      <c r="L58" s="4">
+        <v>0</v>
+      </c>
+      <c r="M58" s="4">
+        <v>17812</v>
+      </c>
+      <c r="N58" s="4">
+        <v>11203</v>
+      </c>
+      <c r="O58" s="4">
+        <v>0</v>
+      </c>
+      <c r="P58" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="4">
+        <v>0</v>
+      </c>
+      <c r="R58" s="4">
+        <v>337672</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A59" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D59" t="s">
+        <v>356</v>
+      </c>
+      <c r="E59" t="s">
+        <v>356</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="H59" s="4">
+        <v>106756</v>
+      </c>
+      <c r="I59" s="4">
+        <v>11418</v>
+      </c>
+      <c r="J59" s="4">
+        <v>118174</v>
+      </c>
+      <c r="K59" s="4">
+        <v>10102</v>
+      </c>
+      <c r="L59" s="4">
+        <v>0</v>
+      </c>
+      <c r="M59" s="4">
+        <v>10365</v>
+      </c>
+      <c r="N59" s="4">
+        <v>3308</v>
+      </c>
+      <c r="O59" s="4">
+        <v>0</v>
+      </c>
+      <c r="P59" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="4">
+        <v>0</v>
+      </c>
+      <c r="R59" s="4">
+        <v>141949</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A60" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D60" t="s">
+        <v>356</v>
+      </c>
+      <c r="E60" t="s">
+        <v>356</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="H60" s="4">
+        <v>231954</v>
+      </c>
+      <c r="I60" s="4">
+        <v>7377</v>
+      </c>
+      <c r="J60" s="4">
+        <v>239331</v>
+      </c>
+      <c r="K60" s="4">
+        <v>46175</v>
+      </c>
+      <c r="L60" s="4">
+        <v>0</v>
+      </c>
+      <c r="M60" s="4">
+        <v>30505</v>
+      </c>
+      <c r="N60" s="4">
+        <v>8316</v>
+      </c>
+      <c r="O60" s="4">
+        <v>0</v>
+      </c>
+      <c r="P60" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="4">
+        <v>0</v>
+      </c>
+      <c r="R60" s="4">
+        <v>324327</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A61" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D61" t="s">
+        <v>356</v>
+      </c>
+      <c r="E61" t="s">
+        <v>356</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="H61" s="4">
+        <v>18160</v>
+      </c>
+      <c r="I61" s="4">
+        <v>2040</v>
+      </c>
+      <c r="J61" s="4">
+        <v>20200</v>
+      </c>
+      <c r="K61" s="4">
+        <v>2851</v>
+      </c>
+      <c r="L61" s="4">
+        <v>0</v>
+      </c>
+      <c r="M61" s="4">
+        <v>1567</v>
+      </c>
+      <c r="N61" s="4">
+        <v>858</v>
+      </c>
+      <c r="O61" s="4">
+        <v>0</v>
+      </c>
+      <c r="P61" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="4">
+        <v>0</v>
+      </c>
+      <c r="R61" s="4">
+        <v>25476</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A62" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D62" t="s">
+        <v>356</v>
+      </c>
+      <c r="E62" t="s">
+        <v>356</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="H62" s="4">
+        <v>42037</v>
+      </c>
+      <c r="I62" s="4">
+        <v>3571</v>
+      </c>
+      <c r="J62" s="4">
+        <v>45608</v>
+      </c>
+      <c r="K62" s="4">
+        <v>5384</v>
+      </c>
+      <c r="L62" s="4">
+        <v>0</v>
+      </c>
+      <c r="M62" s="4">
+        <v>4123</v>
+      </c>
+      <c r="N62" s="4">
+        <v>1601</v>
+      </c>
+      <c r="O62" s="4">
+        <v>0</v>
+      </c>
+      <c r="P62" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="4">
+        <v>4846</v>
+      </c>
+      <c r="R62" s="4">
+        <v>61562</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A63" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D63" t="s">
+        <v>356</v>
+      </c>
+      <c r="E63" t="s">
+        <v>356</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="H63" s="4">
+        <v>183004</v>
+      </c>
+      <c r="I63" s="4">
+        <v>6335</v>
+      </c>
+      <c r="J63" s="4">
+        <v>189339</v>
+      </c>
+      <c r="K63" s="4">
+        <v>36937</v>
+      </c>
+      <c r="L63" s="4">
+        <v>0</v>
+      </c>
+      <c r="M63" s="4">
+        <v>0</v>
+      </c>
+      <c r="N63" s="4">
+        <v>6039</v>
+      </c>
+      <c r="O63" s="4">
+        <v>0</v>
+      </c>
+      <c r="P63" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="4">
+        <v>0</v>
+      </c>
+      <c r="R63" s="4">
+        <v>232315</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A64" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D64" t="s">
+        <v>356</v>
+      </c>
+      <c r="E64" t="s">
+        <v>356</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="H64" s="4">
+        <v>96464</v>
+      </c>
+      <c r="I64" s="4">
+        <v>3992</v>
+      </c>
+      <c r="J64" s="4">
+        <v>100456</v>
+      </c>
+      <c r="K64" s="4">
+        <v>23086</v>
+      </c>
+      <c r="L64" s="4">
+        <v>0</v>
+      </c>
+      <c r="M64" s="4">
+        <v>15007</v>
+      </c>
+      <c r="N64" s="4">
+        <v>3696</v>
+      </c>
+      <c r="O64" s="4">
+        <v>0</v>
+      </c>
+      <c r="P64" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="4">
+        <v>6132</v>
+      </c>
+      <c r="R64" s="4">
+        <v>148377</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A65" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="D65" t="s">
+        <v>356</v>
+      </c>
+      <c r="E65" t="s">
+        <v>356</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="H65" s="4">
+        <v>13721</v>
+      </c>
+      <c r="I65" s="4">
+        <v>568</v>
+      </c>
+      <c r="J65" s="4">
+        <v>14289</v>
+      </c>
+      <c r="K65" s="4">
+        <v>3284</v>
+      </c>
+      <c r="L65" s="4">
+        <v>0</v>
+      </c>
+      <c r="M65" s="4">
+        <v>2134</v>
+      </c>
+      <c r="N65" s="4">
+        <v>526</v>
+      </c>
+      <c r="O65" s="4">
+        <v>0</v>
+      </c>
+      <c r="P65" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="4">
+        <v>0</v>
+      </c>
+      <c r="R65" s="4">
+        <v>20233</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A66" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D66" t="s">
+        <v>356</v>
+      </c>
+      <c r="E66" t="s">
+        <v>356</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="H66" s="4">
+        <v>83209</v>
+      </c>
+      <c r="I66" s="4">
+        <v>7389</v>
+      </c>
+      <c r="J66" s="4">
+        <v>90598</v>
+      </c>
+      <c r="K66" s="4">
+        <v>15428</v>
+      </c>
+      <c r="L66" s="4">
+        <v>0</v>
+      </c>
+      <c r="M66" s="4">
+        <v>5295</v>
+      </c>
+      <c r="N66" s="4">
+        <v>2589</v>
+      </c>
+      <c r="O66" s="4">
+        <v>0</v>
+      </c>
+      <c r="P66" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="4">
+        <v>16239</v>
+      </c>
+      <c r="R66" s="4">
+        <v>130149</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A67" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D67" t="s">
+        <v>356</v>
+      </c>
+      <c r="E67" t="s">
+        <v>356</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="H67" s="4">
+        <v>42536</v>
+      </c>
+      <c r="I67" s="4">
+        <v>3848</v>
+      </c>
+      <c r="J67" s="4">
+        <v>46384</v>
+      </c>
+      <c r="K67" s="4">
+        <v>5506</v>
+      </c>
+      <c r="L67" s="4">
+        <v>0</v>
+      </c>
+      <c r="M67" s="4">
+        <v>4414</v>
+      </c>
+      <c r="N67" s="4">
+        <v>1361</v>
+      </c>
+      <c r="O67" s="4">
+        <v>0</v>
+      </c>
+      <c r="P67" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q67" s="4">
+        <v>0</v>
+      </c>
+      <c r="R67" s="4">
+        <v>57665</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A68" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D68" t="s">
+        <v>356</v>
+      </c>
+      <c r="E68" t="s">
+        <v>356</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="H68" s="4">
+        <v>180054</v>
+      </c>
+      <c r="I68" s="4">
+        <v>12570</v>
+      </c>
+      <c r="J68" s="4">
+        <v>192624</v>
+      </c>
+      <c r="K68" s="4">
+        <v>25025</v>
+      </c>
+      <c r="L68" s="4">
+        <v>0</v>
+      </c>
+      <c r="M68" s="4">
+        <v>0</v>
+      </c>
+      <c r="N68" s="4">
+        <v>8959</v>
+      </c>
+      <c r="O68" s="4">
+        <v>0</v>
+      </c>
+      <c r="P68" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q68" s="4">
+        <v>0</v>
+      </c>
+      <c r="R68" s="4">
+        <v>226608</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A69" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D69" t="s">
+        <v>356</v>
+      </c>
+      <c r="E69" t="s">
+        <v>356</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="H69" s="4">
+        <v>35094</v>
+      </c>
+      <c r="I69" s="4">
+        <v>4609</v>
+      </c>
+      <c r="J69" s="4">
+        <v>39703</v>
+      </c>
+      <c r="K69" s="4">
+        <v>3850</v>
+      </c>
+      <c r="L69" s="4">
+        <v>0</v>
+      </c>
+      <c r="M69" s="4">
+        <v>5948</v>
+      </c>
+      <c r="N69" s="4">
+        <v>1465</v>
+      </c>
+      <c r="O69" s="4">
+        <v>0</v>
+      </c>
+      <c r="P69" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="4">
+        <v>0</v>
+      </c>
+      <c r="R69" s="4">
+        <v>50966</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A70" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D70" t="s">
+        <v>356</v>
+      </c>
+      <c r="E70" t="s">
+        <v>356</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="H70" s="4">
+        <v>191345</v>
+      </c>
+      <c r="I70" s="4">
+        <v>12131</v>
+      </c>
+      <c r="J70" s="4">
+        <v>203476</v>
+      </c>
+      <c r="K70" s="4">
+        <v>36220</v>
+      </c>
+      <c r="L70" s="4">
+        <v>0</v>
+      </c>
+      <c r="M70" s="4">
+        <v>7998</v>
+      </c>
+      <c r="N70" s="4">
+        <v>6499</v>
+      </c>
+      <c r="O70" s="4">
+        <v>0</v>
+      </c>
+      <c r="P70" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q70" s="4">
+        <v>79760</v>
+      </c>
+      <c r="R70" s="4">
+        <v>333953</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A71" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="D71" t="s">
+        <v>356</v>
+      </c>
+      <c r="E71" t="s">
+        <v>356</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="H71" s="4">
+        <v>23676</v>
+      </c>
+      <c r="I71" s="4">
+        <v>1501</v>
+      </c>
+      <c r="J71" s="4">
+        <v>25177</v>
+      </c>
+      <c r="K71" s="4">
+        <v>4482</v>
+      </c>
+      <c r="L71" s="4">
+        <v>487</v>
+      </c>
+      <c r="M71" s="4">
+        <v>989</v>
+      </c>
+      <c r="N71" s="4">
+        <v>804</v>
+      </c>
+      <c r="O71" s="4">
+        <v>0</v>
+      </c>
+      <c r="P71" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q71" s="4">
+        <v>9869</v>
+      </c>
+      <c r="R71" s="4">
+        <v>41808</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A72" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D72" t="s">
+        <v>356</v>
+      </c>
+      <c r="E72" t="s">
+        <v>356</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="H72" s="4">
+        <v>417615</v>
+      </c>
+      <c r="I72" s="4">
+        <v>6768</v>
+      </c>
+      <c r="J72" s="4">
+        <v>424383</v>
+      </c>
+      <c r="K72" s="4">
+        <v>66152</v>
+      </c>
+      <c r="L72" s="4">
+        <v>0</v>
+      </c>
+      <c r="M72" s="4">
+        <v>83466</v>
+      </c>
+      <c r="N72" s="4">
+        <v>20555</v>
+      </c>
+      <c r="O72" s="4">
+        <v>0</v>
+      </c>
+      <c r="P72" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q72" s="4">
+        <v>51161</v>
+      </c>
+      <c r="R72" s="4">
+        <v>645717</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A73" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D73" t="s">
+        <v>356</v>
+      </c>
+      <c r="E73" t="s">
+        <v>356</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="H73" s="4">
+        <v>791424</v>
+      </c>
+      <c r="I73" s="4">
+        <v>77143</v>
+      </c>
+      <c r="J73" s="4">
+        <v>868567</v>
+      </c>
+      <c r="K73" s="4">
+        <v>48199</v>
+      </c>
+      <c r="L73" s="4">
+        <v>0</v>
+      </c>
+      <c r="M73" s="4">
+        <v>60367</v>
+      </c>
+      <c r="N73" s="4">
+        <v>26562</v>
+      </c>
+      <c r="O73" s="4">
+        <v>0</v>
+      </c>
+      <c r="P73" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="4">
+        <v>217259</v>
+      </c>
+      <c r="R73" s="4">
+        <v>1220954</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A74" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D74" t="s">
+        <v>356</v>
+      </c>
+      <c r="E74" t="s">
+        <v>356</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="H74" s="4">
+        <v>63617</v>
+      </c>
+      <c r="I74" s="4">
+        <v>5401</v>
+      </c>
+      <c r="J74" s="4">
+        <v>69018</v>
+      </c>
+      <c r="K74" s="4">
+        <v>11302</v>
+      </c>
+      <c r="L74" s="4">
+        <v>0</v>
+      </c>
+      <c r="M74" s="4">
+        <v>5312</v>
+      </c>
+      <c r="N74" s="4">
+        <v>1936</v>
+      </c>
+      <c r="O74" s="4">
+        <v>0</v>
+      </c>
+      <c r="P74" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="4">
+        <v>15452</v>
+      </c>
+      <c r="R74" s="4">
+        <v>103020</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A75" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D75" t="s">
+        <v>356</v>
+      </c>
+      <c r="E75" t="s">
+        <v>356</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="H75" s="4">
+        <v>1600203</v>
+      </c>
+      <c r="I75" s="4">
+        <v>169071</v>
+      </c>
+      <c r="J75" s="4">
+        <v>1769274</v>
+      </c>
+      <c r="K75" s="4">
+        <v>58977</v>
+      </c>
+      <c r="L75" s="4">
+        <v>0</v>
+      </c>
+      <c r="M75" s="4">
+        <v>106328</v>
+      </c>
+      <c r="N75" s="4">
+        <v>52370</v>
+      </c>
+      <c r="O75" s="4">
+        <v>0</v>
+      </c>
+      <c r="P75" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q75" s="4">
+        <v>642452</v>
+      </c>
+      <c r="R75" s="4">
+        <v>2629401</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A76" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D76" t="s">
+        <v>356</v>
+      </c>
+      <c r="E76" t="s">
+        <v>356</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="H76" s="4">
+        <v>25987</v>
+      </c>
+      <c r="I76" s="4">
+        <v>1884</v>
+      </c>
+      <c r="J76" s="4">
+        <v>27871</v>
+      </c>
+      <c r="K76" s="4">
+        <v>4977</v>
+      </c>
+      <c r="L76" s="4">
+        <v>0</v>
+      </c>
+      <c r="M76" s="4">
+        <v>4070</v>
+      </c>
+      <c r="N76" s="4">
+        <v>1002</v>
+      </c>
+      <c r="O76" s="4">
+        <v>0</v>
+      </c>
+      <c r="P76" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q76" s="4">
+        <v>12283</v>
+      </c>
+      <c r="R76" s="4">
+        <v>50203</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A77" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D77" t="s">
+        <v>356</v>
+      </c>
+      <c r="E77" t="s">
+        <v>356</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="H77" s="4">
+        <v>35609</v>
+      </c>
+      <c r="I77" s="4">
+        <v>3024</v>
+      </c>
+      <c r="J77" s="4">
+        <v>38633</v>
+      </c>
+      <c r="K77" s="4">
+        <v>6012</v>
+      </c>
+      <c r="L77" s="4">
+        <v>0</v>
+      </c>
+      <c r="M77" s="4">
+        <v>5745</v>
+      </c>
+      <c r="N77" s="4">
+        <v>1415</v>
+      </c>
+      <c r="O77" s="4">
+        <v>0</v>
+      </c>
+      <c r="P77" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="4">
+        <v>9124</v>
+      </c>
+      <c r="R77" s="4">
+        <v>60929</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A78" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D78" t="s">
+        <v>356</v>
+      </c>
+      <c r="E78" t="s">
+        <v>356</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="H78" s="4">
+        <v>49145</v>
+      </c>
+      <c r="I78" s="4">
+        <v>2189</v>
+      </c>
+      <c r="J78" s="4">
+        <v>51334</v>
+      </c>
+      <c r="K78" s="4">
+        <v>4498</v>
+      </c>
+      <c r="L78" s="4">
+        <v>0</v>
+      </c>
+      <c r="M78" s="4">
+        <v>3964</v>
+      </c>
+      <c r="N78" s="4">
+        <v>1952</v>
+      </c>
+      <c r="O78" s="4">
+        <v>0</v>
+      </c>
+      <c r="P78" s="4">
+        <v>798</v>
+      </c>
+      <c r="Q78" s="4">
+        <v>0</v>
+      </c>
+      <c r="R78" s="4">
+        <v>62546</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A79" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D79" t="s">
+        <v>356</v>
+      </c>
+      <c r="E79" t="s">
+        <v>356</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="H79" s="4">
+        <v>29836</v>
+      </c>
+      <c r="I79" s="4">
+        <v>2293</v>
+      </c>
+      <c r="J79" s="4">
+        <v>32129</v>
+      </c>
+      <c r="K79" s="4">
+        <v>3443</v>
+      </c>
+      <c r="L79" s="4">
+        <v>0</v>
+      </c>
+      <c r="M79" s="4">
+        <v>5145</v>
+      </c>
+      <c r="N79" s="4">
+        <v>1266</v>
+      </c>
+      <c r="O79" s="4">
+        <v>0</v>
+      </c>
+      <c r="P79" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q79" s="4">
+        <v>0</v>
+      </c>
+      <c r="R79" s="4">
+        <v>41983</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A80" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D80" t="s">
+        <v>356</v>
+      </c>
+      <c r="E80" t="s">
+        <v>356</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="H80" s="4">
+        <v>69638</v>
+      </c>
+      <c r="I80" s="4">
+        <v>5899</v>
+      </c>
+      <c r="J80" s="4">
+        <v>75537</v>
+      </c>
+      <c r="K80" s="4">
+        <v>5425</v>
+      </c>
+      <c r="L80" s="4">
+        <v>0</v>
+      </c>
+      <c r="M80" s="4">
+        <v>6802</v>
+      </c>
+      <c r="N80" s="4">
+        <v>3350</v>
+      </c>
+      <c r="O80" s="4">
+        <v>0</v>
+      </c>
+      <c r="P80" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q80" s="4">
+        <v>41117</v>
+      </c>
+      <c r="R80" s="4">
+        <v>132231</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A81" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D81" t="s">
+        <v>356</v>
+      </c>
+      <c r="E81" t="s">
+        <v>356</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="H81" s="4">
+        <v>776327</v>
+      </c>
+      <c r="I81" s="4">
+        <v>107845</v>
+      </c>
+      <c r="J81" s="4">
+        <v>884172</v>
+      </c>
+      <c r="K81" s="4">
+        <v>75026</v>
+      </c>
+      <c r="L81" s="4">
+        <v>0</v>
+      </c>
+      <c r="M81" s="4">
+        <v>92552</v>
+      </c>
+      <c r="N81" s="4">
+        <v>22793</v>
+      </c>
+      <c r="O81" s="4">
+        <v>0</v>
+      </c>
+      <c r="P81" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q81" s="4">
+        <v>33857</v>
+      </c>
+      <c r="R81" s="4">
+        <v>1108400</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A82" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D82" t="s">
+        <v>356</v>
+      </c>
+      <c r="E82" t="s">
+        <v>356</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="H82" s="4">
+        <v>231612</v>
+      </c>
+      <c r="I82" s="4">
+        <v>14997</v>
+      </c>
+      <c r="J82" s="4">
+        <v>246609</v>
+      </c>
+      <c r="K82" s="4">
+        <v>42885</v>
+      </c>
+      <c r="L82" s="4">
+        <v>0</v>
+      </c>
+      <c r="M82" s="4">
+        <v>10737</v>
+      </c>
+      <c r="N82" s="4">
+        <v>8662</v>
+      </c>
+      <c r="O82" s="4">
+        <v>0</v>
+      </c>
+      <c r="P82" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q82" s="4">
+        <v>0</v>
+      </c>
+      <c r="R82" s="4">
+        <v>308893</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A83" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D83" t="s">
+        <v>356</v>
+      </c>
+      <c r="E83" t="s">
+        <v>356</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="H83" s="4">
+        <v>221739</v>
+      </c>
+      <c r="I83" s="4">
+        <v>27202</v>
+      </c>
+      <c r="J83" s="4">
+        <v>248941</v>
+      </c>
+      <c r="K83" s="4">
+        <v>65122</v>
+      </c>
+      <c r="L83" s="4">
+        <v>0</v>
+      </c>
+      <c r="M83" s="4">
+        <v>33857</v>
+      </c>
+      <c r="N83" s="4">
+        <v>8338</v>
+      </c>
+      <c r="O83" s="4">
+        <v>0</v>
+      </c>
+      <c r="P83" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q83" s="4">
+        <v>102327</v>
+      </c>
+      <c r="R83" s="4">
+        <v>458585</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A84" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D84" t="s">
+        <v>356</v>
+      </c>
+      <c r="E84" t="s">
+        <v>356</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="H84" s="4">
+        <v>20897</v>
+      </c>
+      <c r="I84" s="4">
+        <v>488</v>
+      </c>
+      <c r="J84" s="4">
+        <v>21385</v>
+      </c>
+      <c r="K84" s="4">
+        <v>1209</v>
+      </c>
+      <c r="L84" s="4">
+        <v>0</v>
+      </c>
+      <c r="M84" s="4">
+        <v>0</v>
+      </c>
+      <c r="N84" s="4">
+        <v>617</v>
+      </c>
+      <c r="O84" s="4">
+        <v>0</v>
+      </c>
+      <c r="P84" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q84" s="4">
+        <v>6449</v>
+      </c>
+      <c r="R84" s="4">
+        <v>29660</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A85" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D85" t="s">
+        <v>356</v>
+      </c>
+      <c r="E85" t="s">
+        <v>356</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="H85" s="4">
+        <v>1726062</v>
+      </c>
+      <c r="I85" s="4">
+        <v>276461</v>
+      </c>
+      <c r="J85" s="4">
+        <v>2002523</v>
+      </c>
+      <c r="K85" s="4">
+        <v>382628</v>
+      </c>
+      <c r="L85" s="4">
+        <v>0</v>
+      </c>
+      <c r="M85" s="4">
+        <v>263091</v>
+      </c>
+      <c r="N85" s="4">
+        <v>64791</v>
+      </c>
+      <c r="O85" s="4">
+        <v>0</v>
+      </c>
+      <c r="P85" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q85" s="4">
+        <v>0</v>
+      </c>
+      <c r="R85" s="4">
+        <v>2713033</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A86" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D86" t="s">
+        <v>356</v>
+      </c>
+      <c r="E86" t="s">
+        <v>356</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="H86" s="4">
+        <v>212526</v>
+      </c>
+      <c r="I86" s="4">
+        <v>4526</v>
+      </c>
+      <c r="J86" s="4">
+        <v>217052</v>
+      </c>
+      <c r="K86" s="4">
+        <v>20418</v>
+      </c>
+      <c r="L86" s="4">
+        <v>0</v>
+      </c>
+      <c r="M86" s="4">
+        <v>0</v>
+      </c>
+      <c r="N86" s="4">
+        <v>5838</v>
+      </c>
+      <c r="O86" s="4">
+        <v>0</v>
+      </c>
+      <c r="P86" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q86" s="4">
+        <v>14687</v>
+      </c>
+      <c r="R86" s="4">
+        <v>257995</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A87" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D87" t="s">
+        <v>356</v>
+      </c>
+      <c r="E87" t="s">
+        <v>356</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="H87" s="4">
+        <v>94706</v>
+      </c>
+      <c r="I87" s="4">
+        <v>173</v>
+      </c>
+      <c r="J87" s="4">
+        <v>94879</v>
+      </c>
+      <c r="K87" s="4">
+        <v>7539</v>
+      </c>
+      <c r="L87" s="4">
+        <v>0</v>
+      </c>
+      <c r="M87" s="4">
+        <v>14363</v>
+      </c>
+      <c r="N87" s="4">
+        <v>3537</v>
+      </c>
+      <c r="O87" s="4">
+        <v>0</v>
+      </c>
+      <c r="P87" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q87" s="4">
+        <v>20872</v>
+      </c>
+      <c r="R87" s="4">
+        <v>141190</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A88" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D88" t="s">
+        <v>356</v>
+      </c>
+      <c r="E88" t="s">
+        <v>356</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="H88" s="4">
+        <v>17960</v>
+      </c>
+      <c r="I88" s="4">
+        <v>676</v>
+      </c>
+      <c r="J88" s="4">
+        <v>18636</v>
+      </c>
+      <c r="K88" s="4">
+        <v>3125</v>
+      </c>
+      <c r="L88" s="4">
+        <v>0</v>
+      </c>
+      <c r="M88" s="4">
+        <v>1127</v>
+      </c>
+      <c r="N88" s="4">
+        <v>555</v>
+      </c>
+      <c r="O88" s="4">
+        <v>0</v>
+      </c>
+      <c r="P88" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q88" s="4">
+        <v>0</v>
+      </c>
+      <c r="R88" s="4">
+        <v>23443</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A89" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D89" t="s">
+        <v>356</v>
+      </c>
+      <c r="E89" t="s">
+        <v>356</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="H89" s="4">
+        <v>36872</v>
+      </c>
+      <c r="I89" s="4">
+        <v>3628</v>
+      </c>
+      <c r="J89" s="4">
+        <v>40500</v>
+      </c>
+      <c r="K89" s="4">
+        <v>6457</v>
+      </c>
+      <c r="L89" s="4">
+        <v>0</v>
+      </c>
+      <c r="M89" s="4">
+        <v>0</v>
+      </c>
+      <c r="N89" s="4">
+        <v>1415</v>
+      </c>
+      <c r="O89" s="4">
+        <v>0</v>
+      </c>
+      <c r="P89" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q89" s="4">
+        <v>2711</v>
+      </c>
+      <c r="R89" s="4">
+        <v>51083</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A90" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D90" t="s">
+        <v>356</v>
+      </c>
+      <c r="E90" t="s">
+        <v>356</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="H90" s="4">
+        <v>199390</v>
+      </c>
+      <c r="I90" s="4">
+        <v>14585</v>
+      </c>
+      <c r="J90" s="4">
+        <v>213975</v>
+      </c>
+      <c r="K90" s="4">
+        <v>33867</v>
+      </c>
+      <c r="L90" s="4">
+        <v>0</v>
+      </c>
+      <c r="M90" s="4">
+        <v>27472</v>
+      </c>
+      <c r="N90" s="4">
+        <v>6766</v>
+      </c>
+      <c r="O90" s="4">
+        <v>0</v>
+      </c>
+      <c r="P90" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q90" s="4">
+        <v>54163</v>
+      </c>
+      <c r="R90" s="4">
+        <v>336243</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A91" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D91" t="s">
+        <v>356</v>
+      </c>
+      <c r="E91" t="s">
+        <v>356</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="H91" s="4">
+        <v>1787452</v>
+      </c>
+      <c r="I91" s="4">
+        <v>279936</v>
+      </c>
+      <c r="J91" s="4">
+        <v>2067388</v>
+      </c>
+      <c r="K91" s="4">
+        <v>442032</v>
+      </c>
+      <c r="L91" s="4">
+        <v>0</v>
+      </c>
+      <c r="M91" s="4">
+        <v>262590</v>
+      </c>
+      <c r="N91" s="4">
+        <v>64668</v>
+      </c>
+      <c r="O91" s="4">
+        <v>0</v>
+      </c>
+      <c r="P91" s="4">
+        <v>26455</v>
+      </c>
+      <c r="Q91" s="4">
+        <v>0</v>
+      </c>
+      <c r="R91" s="4">
+        <v>2863133</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A92" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D92" t="s">
+        <v>356</v>
+      </c>
+      <c r="E92" t="s">
+        <v>356</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="H92" s="4">
+        <v>7726</v>
+      </c>
+      <c r="I92" s="4">
+        <v>485</v>
+      </c>
+      <c r="J92" s="4">
+        <v>8211</v>
+      </c>
+      <c r="K92" s="4">
+        <v>3626</v>
+      </c>
+      <c r="L92" s="4">
+        <v>0</v>
+      </c>
+      <c r="M92" s="4">
+        <v>1298</v>
+      </c>
+      <c r="N92" s="4">
+        <v>320</v>
+      </c>
+      <c r="O92" s="4">
+        <v>0</v>
+      </c>
+      <c r="P92" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q92" s="4">
+        <v>0</v>
+      </c>
+      <c r="R92" s="4">
+        <v>13455</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A93" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D93" t="s">
+        <v>356</v>
+      </c>
+      <c r="E93" t="s">
+        <v>356</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="H93" s="4">
+        <v>139420</v>
+      </c>
+      <c r="I93" s="4">
+        <v>839</v>
+      </c>
+      <c r="J93" s="4">
+        <v>140259</v>
+      </c>
+      <c r="K93" s="4">
+        <v>18134</v>
+      </c>
+      <c r="L93" s="4">
+        <v>0</v>
+      </c>
+      <c r="M93" s="4">
+        <v>6504</v>
+      </c>
+      <c r="N93" s="4">
+        <v>4293</v>
+      </c>
+      <c r="O93" s="4">
+        <v>0</v>
+      </c>
+      <c r="P93" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q93" s="4">
+        <v>23225</v>
+      </c>
+      <c r="R93" s="4">
+        <v>192415</v>
+      </c>
+    </row>
+    <row r="94" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A94" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D94" t="s">
+        <v>356</v>
+      </c>
+      <c r="E94" t="s">
+        <v>356</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="H94" s="4">
+        <v>851439</v>
+      </c>
+      <c r="I94" s="4">
+        <v>97285</v>
+      </c>
+      <c r="J94" s="4">
+        <v>948724</v>
+      </c>
+      <c r="K94" s="4">
+        <v>61273</v>
+      </c>
+      <c r="L94" s="4">
+        <v>0</v>
+      </c>
+      <c r="M94" s="4">
+        <v>56230</v>
+      </c>
+      <c r="N94" s="4">
+        <v>27695</v>
+      </c>
+      <c r="O94" s="4">
+        <v>0</v>
+      </c>
+      <c r="P94" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q94" s="4">
+        <v>0</v>
+      </c>
+      <c r="R94" s="4">
+        <v>1093922</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A95" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D95" t="s">
+        <v>356</v>
+      </c>
+      <c r="E95" t="s">
+        <v>356</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="H95" s="4">
+        <v>134449</v>
+      </c>
+      <c r="I95" s="4">
+        <v>17340</v>
+      </c>
+      <c r="J95" s="4">
+        <v>151789</v>
+      </c>
+      <c r="K95" s="4">
+        <v>23682</v>
+      </c>
+      <c r="L95" s="4">
+        <v>0</v>
+      </c>
+      <c r="M95" s="4">
+        <v>22757</v>
+      </c>
+      <c r="N95" s="4">
+        <v>5604</v>
+      </c>
+      <c r="O95" s="4">
+        <v>0</v>
+      </c>
+      <c r="P95" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q95" s="4">
+        <v>45662</v>
+      </c>
+      <c r="R95" s="4">
+        <v>249494</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A96" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D96" t="s">
+        <v>356</v>
+      </c>
+      <c r="E96" t="s">
+        <v>356</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="H96" s="4">
+        <v>50480</v>
+      </c>
+      <c r="I96" s="4">
+        <v>1181</v>
+      </c>
+      <c r="J96" s="4">
+        <v>51661</v>
+      </c>
+      <c r="K96" s="4">
+        <v>3847</v>
+      </c>
+      <c r="L96" s="4">
+        <v>0</v>
+      </c>
+      <c r="M96" s="4">
+        <v>129</v>
+      </c>
+      <c r="N96" s="4">
+        <v>1824</v>
+      </c>
+      <c r="O96" s="4">
+        <v>0</v>
+      </c>
+      <c r="P96" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q96" s="4">
+        <v>14067</v>
+      </c>
+      <c r="R96" s="4">
+        <v>71528</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A97" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D97" t="s">
+        <v>356</v>
+      </c>
+      <c r="E97" t="s">
+        <v>356</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="H97" s="4">
+        <v>61508</v>
+      </c>
+      <c r="I97" s="4">
+        <v>5372</v>
+      </c>
+      <c r="J97" s="4">
+        <v>66880</v>
+      </c>
+      <c r="K97" s="4">
+        <v>11486</v>
+      </c>
+      <c r="L97" s="4">
+        <v>0</v>
+      </c>
+      <c r="M97" s="4">
+        <v>9459</v>
+      </c>
+      <c r="N97" s="4">
+        <v>2330</v>
+      </c>
+      <c r="O97" s="4">
+        <v>0</v>
+      </c>
+      <c r="P97" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q97" s="4">
+        <v>0</v>
+      </c>
+      <c r="R97" s="4">
+        <v>90155</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A98" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D98" t="s">
+        <v>356</v>
+      </c>
+      <c r="E98" t="s">
+        <v>356</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H98" s="4">
+        <v>91125</v>
+      </c>
+      <c r="I98" s="4">
+        <v>14782</v>
+      </c>
+      <c r="J98" s="4">
+        <v>105907</v>
+      </c>
+      <c r="K98" s="4">
+        <v>19726</v>
+      </c>
+      <c r="L98" s="4">
+        <v>0</v>
+      </c>
+      <c r="M98" s="4">
+        <v>14938</v>
+      </c>
+      <c r="N98" s="4">
+        <v>3678</v>
+      </c>
+      <c r="O98" s="4">
+        <v>0</v>
+      </c>
+      <c r="P98" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q98" s="4">
+        <v>0</v>
+      </c>
+      <c r="R98" s="4">
+        <v>144249</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A99" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D99" t="s">
+        <v>356</v>
+      </c>
+      <c r="E99" t="s">
+        <v>356</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="H99" s="4">
+        <v>29300</v>
+      </c>
+      <c r="I99" s="4">
+        <v>348</v>
+      </c>
+      <c r="J99" s="4">
+        <v>29648</v>
+      </c>
+      <c r="K99" s="4">
+        <v>5021</v>
+      </c>
+      <c r="L99" s="4">
+        <v>0</v>
+      </c>
+      <c r="M99" s="4">
+        <v>4034</v>
+      </c>
+      <c r="N99" s="4">
+        <v>993</v>
+      </c>
+      <c r="O99" s="4">
+        <v>0</v>
+      </c>
+      <c r="P99" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q99" s="4">
+        <v>2239</v>
+      </c>
+      <c r="R99" s="4">
+        <v>41935</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A100" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="D100" t="s">
+        <v>356</v>
+      </c>
+      <c r="E100" t="s">
+        <v>356</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="H100" s="4">
+        <v>31995</v>
+      </c>
+      <c r="I100" s="4">
+        <v>1007</v>
+      </c>
+      <c r="J100" s="4">
+        <v>33002</v>
+      </c>
+      <c r="K100" s="4">
+        <v>5068</v>
+      </c>
+      <c r="L100" s="4">
+        <v>0</v>
+      </c>
+      <c r="M100" s="4">
+        <v>2929</v>
+      </c>
+      <c r="N100" s="4">
+        <v>1443</v>
+      </c>
+      <c r="O100" s="4">
+        <v>0</v>
+      </c>
+      <c r="P100" s="4">
+        <v>591</v>
+      </c>
+      <c r="Q100" s="4">
+        <v>0</v>
+      </c>
+      <c r="R100" s="4">
+        <v>43033</v>
+      </c>
+    </row>
+    <row r="101" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A101" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D101" t="s">
+        <v>356</v>
+      </c>
+      <c r="E101" t="s">
+        <v>356</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="H101" s="4">
+        <v>77345</v>
+      </c>
+      <c r="I101" s="4">
+        <v>3058</v>
+      </c>
+      <c r="J101" s="4">
+        <v>80403</v>
+      </c>
+      <c r="K101" s="4">
+        <v>7133</v>
+      </c>
+      <c r="L101" s="4">
+        <v>0</v>
+      </c>
+      <c r="M101" s="4">
+        <v>7820</v>
+      </c>
+      <c r="N101" s="4">
+        <v>3528</v>
+      </c>
+      <c r="O101" s="4">
+        <v>0</v>
+      </c>
+      <c r="P101" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q101" s="4">
+        <v>40111</v>
+      </c>
+      <c r="R101" s="4">
+        <v>138995</v>
+      </c>
+    </row>
+    <row r="102" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A102" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="D102" t="s">
+        <v>356</v>
+      </c>
+      <c r="E102" t="s">
+        <v>356</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="H102" s="4">
+        <v>38527</v>
+      </c>
+      <c r="I102" s="4">
+        <v>4401</v>
+      </c>
+      <c r="J102" s="4">
+        <v>42928</v>
+      </c>
+      <c r="K102" s="4">
+        <v>7621</v>
+      </c>
+      <c r="L102" s="4">
+        <v>0</v>
+      </c>
+      <c r="M102" s="4">
+        <v>4921</v>
+      </c>
+      <c r="N102" s="4">
+        <v>1624</v>
+      </c>
+      <c r="O102" s="4">
+        <v>0</v>
+      </c>
+      <c r="P102" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q102" s="4">
+        <v>0</v>
+      </c>
+      <c r="R102" s="4">
+        <v>57094</v>
+      </c>
+    </row>
+    <row r="103" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A103" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D103" t="s">
+        <v>356</v>
+      </c>
+      <c r="E103" t="s">
+        <v>356</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="H103" s="4">
+        <v>51754</v>
+      </c>
+      <c r="I103" s="4">
+        <v>4702</v>
+      </c>
+      <c r="J103" s="4">
+        <v>56456</v>
+      </c>
+      <c r="K103" s="4">
+        <v>21767</v>
+      </c>
+      <c r="L103" s="4">
+        <v>0</v>
+      </c>
+      <c r="M103" s="4">
+        <v>8055</v>
+      </c>
+      <c r="N103" s="4">
+        <v>1984</v>
+      </c>
+      <c r="O103" s="4">
+        <v>0</v>
+      </c>
+      <c r="P103" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q103" s="4">
+        <v>9744</v>
+      </c>
+      <c r="R103" s="4">
+        <v>98006</v>
+      </c>
+    </row>
+    <row r="104" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A104" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D104" t="s">
+        <v>356</v>
+      </c>
+      <c r="E104" t="s">
+        <v>356</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="H104" s="4">
+        <v>92165</v>
+      </c>
+      <c r="I104" s="4">
+        <v>5158</v>
+      </c>
+      <c r="J104" s="4">
+        <v>97323</v>
+      </c>
+      <c r="K104" s="4">
+        <v>8137</v>
+      </c>
+      <c r="L104" s="4">
+        <v>0</v>
+      </c>
+      <c r="M104" s="4">
+        <v>0</v>
+      </c>
+      <c r="N104" s="4">
+        <v>3288</v>
+      </c>
+      <c r="O104" s="4">
+        <v>0</v>
+      </c>
+      <c r="P104" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q104" s="4">
+        <v>0</v>
+      </c>
+      <c r="R104" s="4">
+        <v>108748</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A105" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D105" t="s">
+        <v>356</v>
+      </c>
+      <c r="E105" t="s">
+        <v>356</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="H105" s="4">
+        <v>30935</v>
+      </c>
+      <c r="I105" s="4">
+        <v>2731</v>
+      </c>
+      <c r="J105" s="4">
+        <v>33666</v>
+      </c>
+      <c r="K105" s="4">
+        <v>1151</v>
+      </c>
+      <c r="L105" s="4">
+        <v>0</v>
+      </c>
+      <c r="M105" s="4">
+        <v>4985</v>
+      </c>
+      <c r="N105" s="4">
+        <v>1227</v>
+      </c>
+      <c r="O105" s="4">
+        <v>0</v>
+      </c>
+      <c r="P105" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q105" s="4">
+        <v>10031</v>
+      </c>
+      <c r="R105" s="4">
+        <v>51060</v>
+      </c>
+    </row>
+    <row r="106" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A106" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D106" t="s">
+        <v>356</v>
+      </c>
+      <c r="E106" t="s">
+        <v>356</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="H106" s="4">
+        <v>489784</v>
+      </c>
+      <c r="I106" s="4">
+        <v>11209</v>
+      </c>
+      <c r="J106" s="4">
+        <v>500993</v>
+      </c>
+      <c r="K106" s="4">
+        <v>80787</v>
+      </c>
+      <c r="L106" s="4">
+        <v>0</v>
+      </c>
+      <c r="M106" s="4">
+        <v>91007</v>
+      </c>
+      <c r="N106" s="4">
+        <v>22412</v>
+      </c>
+      <c r="O106" s="4">
+        <v>0</v>
+      </c>
+      <c r="P106" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q106" s="4">
+        <v>0</v>
+      </c>
+      <c r="R106" s="4">
+        <v>695199</v>
+      </c>
+    </row>
+    <row r="107" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A107" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D107" t="s">
+        <v>356</v>
+      </c>
+      <c r="E107" t="s">
+        <v>356</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="H107" s="4">
+        <v>15467</v>
+      </c>
+      <c r="I107" s="4">
+        <v>1227</v>
+      </c>
+      <c r="J107" s="4">
+        <v>16694</v>
+      </c>
+      <c r="K107" s="4">
+        <v>1316</v>
+      </c>
+      <c r="L107" s="4">
+        <v>0</v>
+      </c>
+      <c r="M107" s="4">
+        <v>2326</v>
+      </c>
+      <c r="N107" s="4">
+        <v>631</v>
+      </c>
+      <c r="O107" s="4">
+        <v>0</v>
+      </c>
+      <c r="P107" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q107" s="4">
+        <v>7536</v>
+      </c>
+      <c r="R107" s="4">
+        <v>28503</v>
+      </c>
+    </row>
+    <row r="108" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A108" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D108" t="s">
+        <v>356</v>
+      </c>
+      <c r="E108" t="s">
+        <v>356</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="H108" s="4">
+        <v>47484</v>
+      </c>
+      <c r="I108" s="4">
+        <v>5949</v>
+      </c>
+      <c r="J108" s="4">
+        <v>53433</v>
+      </c>
+      <c r="K108" s="4">
+        <v>13985</v>
+      </c>
+      <c r="L108" s="4">
+        <v>0</v>
+      </c>
+      <c r="M108" s="4">
+        <v>7553</v>
+      </c>
+      <c r="N108" s="4">
+        <v>1860</v>
+      </c>
+      <c r="O108" s="4">
+        <v>0</v>
+      </c>
+      <c r="P108" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q108" s="4">
+        <v>0</v>
+      </c>
+      <c r="R108" s="4">
+        <v>76831</v>
+      </c>
+    </row>
+    <row r="109" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A109" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D109" t="s">
+        <v>356</v>
+      </c>
+      <c r="E109" t="s">
+        <v>356</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="H109" s="4">
+        <v>160503</v>
+      </c>
+      <c r="I109" s="4">
+        <v>1798</v>
+      </c>
+      <c r="J109" s="4">
+        <v>162301</v>
+      </c>
+      <c r="K109" s="4">
+        <v>23520</v>
+      </c>
+      <c r="L109" s="4">
+        <v>0</v>
+      </c>
+      <c r="M109" s="4">
+        <v>20088</v>
+      </c>
+      <c r="N109" s="4">
+        <v>6658</v>
+      </c>
+      <c r="O109" s="4">
+        <v>0</v>
+      </c>
+      <c r="P109" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q109" s="4">
+        <v>33732</v>
+      </c>
+      <c r="R109" s="4">
+        <v>246299</v>
+      </c>
+    </row>
+    <row r="110" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A110" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D110" t="s">
+        <v>356</v>
+      </c>
+      <c r="E110" t="s">
+        <v>356</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="H110" s="4">
+        <v>76634</v>
+      </c>
+      <c r="I110" s="4">
+        <v>7485</v>
+      </c>
+      <c r="J110" s="4">
+        <v>84119</v>
+      </c>
+      <c r="K110" s="4">
+        <v>16564</v>
+      </c>
+      <c r="L110" s="4">
+        <v>0</v>
+      </c>
+      <c r="M110" s="4">
+        <v>9615</v>
+      </c>
+      <c r="N110" s="4">
+        <v>3175</v>
+      </c>
+      <c r="O110" s="4">
+        <v>0</v>
+      </c>
+      <c r="P110" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q110" s="4">
+        <v>0</v>
+      </c>
+      <c r="R110" s="4">
+        <v>113473</v>
+      </c>
+    </row>
+    <row r="111" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A111" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D111" t="s">
+        <v>356</v>
+      </c>
+      <c r="E111" t="s">
+        <v>356</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="H111" s="4">
+        <v>19682</v>
+      </c>
+      <c r="I111" s="4">
+        <v>873</v>
+      </c>
+      <c r="J111" s="4">
+        <v>20555</v>
+      </c>
+      <c r="K111" s="4">
+        <v>1631</v>
+      </c>
+      <c r="L111" s="4">
+        <v>0</v>
+      </c>
+      <c r="M111" s="4">
+        <v>2632</v>
+      </c>
+      <c r="N111" s="4">
+        <v>649</v>
+      </c>
+      <c r="O111" s="4">
+        <v>0</v>
+      </c>
+      <c r="P111" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q111" s="4">
+        <v>0</v>
+      </c>
+      <c r="R111" s="4">
+        <v>25467</v>
+      </c>
+    </row>
+    <row r="112" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A112" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D112" t="s">
+        <v>356</v>
+      </c>
+      <c r="E112" t="s">
+        <v>356</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="H112" s="4">
+        <v>44755</v>
+      </c>
+      <c r="I112" s="4">
+        <v>915</v>
+      </c>
+      <c r="J112" s="4">
+        <v>45670</v>
+      </c>
+      <c r="K112" s="4">
+        <v>8901</v>
+      </c>
+      <c r="L112" s="4">
+        <v>0</v>
+      </c>
+      <c r="M112" s="4">
+        <v>5964</v>
+      </c>
+      <c r="N112" s="4">
+        <v>1468</v>
+      </c>
+      <c r="O112" s="4">
+        <v>0</v>
+      </c>
+      <c r="P112" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q112" s="4">
+        <v>6613</v>
+      </c>
+      <c r="R112" s="4">
+        <v>68616</v>
+      </c>
+    </row>
+    <row r="113" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A113" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D113" t="s">
+        <v>356</v>
+      </c>
+      <c r="E113" t="s">
+        <v>356</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="H113" s="4">
+        <v>86063</v>
+      </c>
+      <c r="I113" s="4">
+        <v>7708</v>
+      </c>
+      <c r="J113" s="4">
+        <v>93771</v>
+      </c>
+      <c r="K113" s="4">
+        <v>4262</v>
+      </c>
+      <c r="L113" s="4">
+        <v>0</v>
+      </c>
+      <c r="M113" s="4">
+        <v>11753</v>
+      </c>
+      <c r="N113" s="4">
+        <v>3878</v>
+      </c>
+      <c r="O113" s="4">
+        <v>0</v>
+      </c>
+      <c r="P113" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q113" s="4">
+        <v>17251</v>
+      </c>
+      <c r="R113" s="4">
+        <v>130915</v>
+      </c>
+    </row>
+    <row r="114" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A114" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="D114" t="s">
+        <v>356</v>
+      </c>
+      <c r="E114" t="s">
+        <v>356</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="H114" s="4">
+        <v>104408</v>
+      </c>
+      <c r="I114" s="4">
+        <v>9670</v>
+      </c>
+      <c r="J114" s="4">
+        <v>114078</v>
+      </c>
+      <c r="K114" s="4">
+        <v>8549</v>
+      </c>
+      <c r="L114" s="4">
+        <v>0</v>
+      </c>
+      <c r="M114" s="4">
+        <v>14852</v>
+      </c>
+      <c r="N114" s="4">
+        <v>3657</v>
+      </c>
+      <c r="O114" s="4">
+        <v>0</v>
+      </c>
+      <c r="P114" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q114" s="4">
+        <v>0</v>
+      </c>
+      <c r="R114" s="4">
+        <v>141136</v>
+      </c>
+    </row>
+    <row r="115" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A115" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D115" t="s">
+        <v>356</v>
+      </c>
+      <c r="E115" t="s">
+        <v>356</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="H115" s="4">
+        <v>28638</v>
+      </c>
+      <c r="I115" s="4">
+        <v>257</v>
+      </c>
+      <c r="J115" s="4">
+        <v>28895</v>
+      </c>
+      <c r="K115" s="4">
+        <v>3940</v>
+      </c>
+      <c r="L115" s="4">
+        <v>0</v>
+      </c>
+      <c r="M115" s="4">
+        <v>3338</v>
+      </c>
+      <c r="N115" s="4">
+        <v>1110</v>
+      </c>
+      <c r="O115" s="4">
+        <v>0</v>
+      </c>
+      <c r="P115" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q115" s="4">
+        <v>0</v>
+      </c>
+      <c r="R115" s="4">
+        <v>37283</v>
+      </c>
+    </row>
+    <row r="116" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A116" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D116" t="s">
+        <v>356</v>
+      </c>
+      <c r="E116" t="s">
+        <v>356</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="H116" s="4">
+        <v>719958</v>
+      </c>
+      <c r="I116" s="4">
+        <v>96891</v>
+      </c>
+      <c r="J116" s="4">
+        <v>816849</v>
+      </c>
+      <c r="K116" s="4">
+        <v>92890</v>
+      </c>
+      <c r="L116" s="4">
+        <v>0</v>
+      </c>
+      <c r="M116" s="4">
+        <v>90380</v>
+      </c>
+      <c r="N116" s="4">
+        <v>25733</v>
+      </c>
+      <c r="O116" s="4">
+        <v>0</v>
+      </c>
+      <c r="P116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q116" s="4">
+        <v>193509</v>
+      </c>
+      <c r="R116" s="4">
+        <v>1219361</v>
+      </c>
+    </row>
+    <row r="117" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A117" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D117" t="s">
+        <v>356</v>
+      </c>
+      <c r="E117" t="s">
+        <v>356</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="H117" s="4">
+        <v>867494</v>
+      </c>
+      <c r="I117" s="4">
+        <v>49962</v>
+      </c>
+      <c r="J117" s="4">
+        <v>917456</v>
+      </c>
+      <c r="K117" s="4">
+        <v>59540</v>
+      </c>
+      <c r="L117" s="4">
+        <v>0</v>
+      </c>
+      <c r="M117" s="4">
+        <v>127686</v>
+      </c>
+      <c r="N117" s="4">
+        <v>31445</v>
+      </c>
+      <c r="O117" s="4">
+        <v>0</v>
+      </c>
+      <c r="P117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q117" s="4">
+        <v>0</v>
+      </c>
+      <c r="R117" s="4">
+        <v>1136127</v>
+      </c>
+    </row>
+    <row r="118" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A118" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D118" t="s">
+        <v>356</v>
+      </c>
+      <c r="E118" t="s">
+        <v>356</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="H118" s="4">
+        <v>59923</v>
+      </c>
+      <c r="I118" s="4">
+        <v>2145</v>
+      </c>
+      <c r="J118" s="4">
+        <v>62068</v>
+      </c>
+      <c r="K118" s="4">
+        <v>9516</v>
+      </c>
+      <c r="L118" s="4">
+        <v>0</v>
+      </c>
+      <c r="M118" s="4">
+        <v>3377</v>
+      </c>
+      <c r="N118" s="4">
+        <v>2094</v>
+      </c>
+      <c r="O118" s="4">
+        <v>0</v>
+      </c>
+      <c r="P118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q118" s="4">
+        <v>9958</v>
+      </c>
+      <c r="R118" s="4">
+        <v>87013</v>
+      </c>
+    </row>
+    <row r="119" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A119" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D119" t="s">
+        <v>356</v>
+      </c>
+      <c r="E119" t="s">
+        <v>356</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="H119" s="4">
+        <v>171036</v>
+      </c>
+      <c r="I119" s="4">
+        <v>2029</v>
+      </c>
+      <c r="J119" s="4">
+        <v>173065</v>
+      </c>
+      <c r="K119" s="4">
+        <v>28006</v>
+      </c>
+      <c r="L119" s="4">
+        <v>0</v>
+      </c>
+      <c r="M119" s="4">
+        <v>26601</v>
+      </c>
+      <c r="N119" s="4">
+        <v>6551</v>
+      </c>
+      <c r="O119" s="4">
+        <v>0</v>
+      </c>
+      <c r="P119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q119" s="4">
+        <v>80400</v>
+      </c>
+      <c r="R119" s="4">
+        <v>314623</v>
+      </c>
+    </row>
+    <row r="120" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A120" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D120" t="s">
+        <v>356</v>
+      </c>
+      <c r="E120" t="s">
+        <v>356</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="H120" s="4">
+        <v>66269</v>
+      </c>
+      <c r="I120" s="4">
+        <v>3715</v>
+      </c>
+      <c r="J120" s="4">
+        <v>69984</v>
+      </c>
+      <c r="K120" s="4">
+        <v>7942</v>
+      </c>
+      <c r="L120" s="4">
+        <v>0</v>
+      </c>
+      <c r="M120" s="4">
+        <v>8271</v>
+      </c>
+      <c r="N120" s="4">
+        <v>3083</v>
+      </c>
+      <c r="O120" s="4">
+        <v>0</v>
+      </c>
+      <c r="P120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q120" s="4">
+        <v>24389</v>
+      </c>
+      <c r="R120" s="4">
+        <v>113669</v>
+      </c>
+    </row>
+    <row r="121" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A121" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="D121" t="s">
+        <v>356</v>
+      </c>
+      <c r="E121" t="s">
+        <v>356</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="H121" s="4">
+        <v>88510</v>
+      </c>
+      <c r="I121" s="4">
+        <v>741</v>
+      </c>
+      <c r="J121" s="4">
+        <v>89251</v>
+      </c>
+      <c r="K121" s="4">
+        <v>12395</v>
+      </c>
+      <c r="L121" s="4">
+        <v>0</v>
+      </c>
+      <c r="M121" s="4">
+        <v>1727</v>
+      </c>
+      <c r="N121" s="4">
+        <v>4084</v>
+      </c>
+      <c r="O121" s="4">
+        <v>0</v>
+      </c>
+      <c r="P121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q121" s="4">
+        <v>24904</v>
+      </c>
+      <c r="R121" s="4">
+        <v>132361</v>
+      </c>
+    </row>
+    <row r="122" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A122" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D122" t="s">
+        <v>356</v>
+      </c>
+      <c r="E122" t="s">
+        <v>356</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="H122" s="4">
+        <v>24543</v>
+      </c>
+      <c r="I122" s="4">
+        <v>902</v>
+      </c>
+      <c r="J122" s="4">
+        <v>25445</v>
+      </c>
+      <c r="K122" s="4">
+        <v>3896</v>
+      </c>
+      <c r="L122" s="4">
+        <v>0</v>
+      </c>
+      <c r="M122" s="4">
+        <v>2821</v>
+      </c>
+      <c r="N122" s="4">
+        <v>987</v>
+      </c>
+      <c r="O122" s="4">
+        <v>0</v>
+      </c>
+      <c r="P122" s="4">
+        <v>404</v>
+      </c>
+      <c r="Q122" s="4">
+        <v>0</v>
+      </c>
+      <c r="R122" s="4">
+        <v>33553</v>
+      </c>
+    </row>
+    <row r="123" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A123" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D123" t="s">
+        <v>356</v>
+      </c>
+      <c r="E123" t="s">
+        <v>356</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="H123" s="4">
+        <v>31908</v>
+      </c>
+      <c r="I123" s="4">
+        <v>3636</v>
+      </c>
+      <c r="J123" s="4">
+        <v>35544</v>
+      </c>
+      <c r="K123" s="4">
+        <v>0</v>
+      </c>
+      <c r="L123" s="4">
+        <v>0</v>
+      </c>
+      <c r="M123" s="4">
+        <v>3880</v>
+      </c>
+      <c r="N123" s="4">
+        <v>956</v>
+      </c>
+      <c r="O123" s="4">
+        <v>0</v>
+      </c>
+      <c r="P123" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q123" s="4">
+        <v>11728</v>
+      </c>
+      <c r="R123" s="4">
+        <v>52108</v>
+      </c>
+    </row>
+    <row r="124" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A124" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D124" t="s">
+        <v>356</v>
+      </c>
+      <c r="E124" t="s">
+        <v>356</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="H124" s="4">
+        <v>14681</v>
+      </c>
+      <c r="I124" s="4">
+        <v>686</v>
+      </c>
+      <c r="J124" s="4">
+        <v>15367</v>
+      </c>
+      <c r="K124" s="4">
+        <v>5463</v>
+      </c>
+      <c r="L124" s="4">
+        <v>0</v>
+      </c>
+      <c r="M124" s="4">
+        <v>2086</v>
+      </c>
+      <c r="N124" s="4">
+        <v>710</v>
+      </c>
+      <c r="O124" s="4">
+        <v>0</v>
+      </c>
+      <c r="P124" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q124" s="4">
+        <v>0</v>
+      </c>
+      <c r="R124" s="4">
+        <v>23626</v>
+      </c>
+    </row>
+    <row r="125" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A125" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D125" t="s">
+        <v>356</v>
+      </c>
+      <c r="E125" t="s">
+        <v>356</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="H125" s="4">
+        <v>62999</v>
+      </c>
+      <c r="I125" s="4">
+        <v>7540</v>
+      </c>
+      <c r="J125" s="4">
+        <v>70539</v>
+      </c>
+      <c r="K125" s="4">
+        <v>10596</v>
+      </c>
+      <c r="L125" s="4">
+        <v>0</v>
+      </c>
+      <c r="M125" s="4">
+        <v>10325</v>
+      </c>
+      <c r="N125" s="4">
+        <v>2781</v>
+      </c>
+      <c r="O125" s="4">
+        <v>0</v>
+      </c>
+      <c r="P125" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q125" s="4">
+        <v>0</v>
+      </c>
+      <c r="R125" s="4">
+        <v>94241</v>
+      </c>
+    </row>
+    <row r="126" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A126" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D126" t="s">
+        <v>356</v>
+      </c>
+      <c r="E126" t="s">
+        <v>356</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="H126" s="4">
+        <v>90785</v>
+      </c>
+      <c r="I126" s="4">
+        <v>2896</v>
+      </c>
+      <c r="J126" s="4">
+        <v>93681</v>
+      </c>
+      <c r="K126" s="4">
+        <v>13552</v>
+      </c>
+      <c r="L126" s="4">
+        <v>0</v>
+      </c>
+      <c r="M126" s="4">
+        <v>7558</v>
+      </c>
+      <c r="N126" s="4">
+        <v>2934</v>
+      </c>
+      <c r="O126" s="4">
+        <v>0</v>
+      </c>
+      <c r="P126" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q126" s="4">
+        <v>0</v>
+      </c>
+      <c r="R126" s="4">
+        <v>117725</v>
+      </c>
+    </row>
+    <row r="127" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A127" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D127" t="s">
+        <v>356</v>
+      </c>
+      <c r="E127" t="s">
+        <v>356</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="H127" s="4">
+        <v>29166</v>
+      </c>
+      <c r="I127" s="4">
+        <v>961</v>
+      </c>
+      <c r="J127" s="4">
+        <v>30127</v>
+      </c>
+      <c r="K127" s="4">
+        <v>2155</v>
+      </c>
+      <c r="L127" s="4">
+        <v>0</v>
+      </c>
+      <c r="M127" s="4">
+        <v>4644</v>
+      </c>
+      <c r="N127" s="4">
+        <v>1143</v>
+      </c>
+      <c r="O127" s="4">
+        <v>0</v>
+      </c>
+      <c r="P127" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q127" s="4">
+        <v>0</v>
+      </c>
+      <c r="R127" s="4">
+        <v>38069</v>
+      </c>
+    </row>
+    <row r="128" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A128" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D128" t="s">
+        <v>356</v>
+      </c>
+      <c r="E128" t="s">
+        <v>356</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="H128" s="4">
+        <v>150020</v>
+      </c>
+      <c r="I128" s="4">
+        <v>8982</v>
+      </c>
+      <c r="J128" s="4">
+        <v>159002</v>
+      </c>
+      <c r="K128" s="4">
+        <v>16259</v>
+      </c>
+      <c r="L128" s="4">
+        <v>0</v>
+      </c>
+      <c r="M128" s="4">
+        <v>15291</v>
+      </c>
+      <c r="N128" s="4">
+        <v>5427</v>
+      </c>
+      <c r="O128" s="4">
+        <v>0</v>
+      </c>
+      <c r="P128" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q128" s="4">
+        <v>31457</v>
+      </c>
+      <c r="R128" s="4">
+        <v>227436</v>
+      </c>
+    </row>
+    <row r="129" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A129" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D129" t="s">
+        <v>356</v>
+      </c>
+      <c r="E129" t="s">
+        <v>356</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="H129" s="4">
+        <v>204116</v>
+      </c>
+      <c r="I129" s="4">
+        <v>7984</v>
+      </c>
+      <c r="J129" s="4">
+        <v>212100</v>
+      </c>
+      <c r="K129" s="4">
+        <v>40186</v>
+      </c>
+      <c r="L129" s="4">
+        <v>0</v>
+      </c>
+      <c r="M129" s="4">
+        <v>24980</v>
+      </c>
+      <c r="N129" s="4">
+        <v>7627</v>
+      </c>
+      <c r="O129" s="4">
+        <v>0</v>
+      </c>
+      <c r="P129" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q129" s="4">
+        <v>41854</v>
+      </c>
+      <c r="R129" s="4">
+        <v>326747</v>
+      </c>
+    </row>
+    <row r="130" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A130" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D130" t="s">
+        <v>356</v>
+      </c>
+      <c r="E130" t="s">
+        <v>356</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="H130" s="4">
+        <v>111606</v>
+      </c>
+      <c r="I130" s="4">
+        <v>11081</v>
+      </c>
+      <c r="J130" s="4">
+        <v>122687</v>
+      </c>
+      <c r="K130" s="4">
+        <v>26818</v>
+      </c>
+      <c r="L130" s="4">
+        <v>0</v>
+      </c>
+      <c r="M130" s="4">
+        <v>6252</v>
+      </c>
+      <c r="N130" s="4">
+        <v>3905</v>
+      </c>
+      <c r="O130" s="4">
+        <v>0</v>
+      </c>
+      <c r="P130" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q130" s="4">
+        <v>0</v>
+      </c>
+      <c r="R130" s="4">
+        <v>159662</v>
+      </c>
+    </row>
+    <row r="131" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A131" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="D131" t="s">
+        <v>356</v>
+      </c>
+      <c r="E131" t="s">
+        <v>356</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="H131" s="4">
+        <v>63624</v>
+      </c>
+      <c r="I131" s="4">
+        <v>6444</v>
+      </c>
+      <c r="J131" s="4">
+        <v>70068</v>
+      </c>
+      <c r="K131" s="4">
+        <v>5450</v>
+      </c>
+      <c r="L131" s="4">
+        <v>0</v>
+      </c>
+      <c r="M131" s="4">
+        <v>0</v>
+      </c>
+      <c r="N131" s="4">
+        <v>2579</v>
+      </c>
+      <c r="O131" s="4">
+        <v>0</v>
+      </c>
+      <c r="P131" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q131" s="4">
+        <v>21097</v>
+      </c>
+      <c r="R131" s="4">
+        <v>99194</v>
+      </c>
+    </row>
+    <row r="132" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A132" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="D132" t="s">
+        <v>356</v>
+      </c>
+      <c r="E132" t="s">
+        <v>356</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="H132" s="4">
+        <v>23549</v>
+      </c>
+      <c r="I132" s="4">
+        <v>1390</v>
+      </c>
+      <c r="J132" s="4">
+        <v>24939</v>
+      </c>
+      <c r="K132" s="4">
+        <v>4698</v>
+      </c>
+      <c r="L132" s="4">
+        <v>0</v>
+      </c>
+      <c r="M132" s="4">
+        <v>3809</v>
+      </c>
+      <c r="N132" s="4">
+        <v>938</v>
+      </c>
+      <c r="O132" s="4">
+        <v>0</v>
+      </c>
+      <c r="P132" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q132" s="4">
+        <v>7670</v>
+      </c>
+      <c r="R132" s="4">
+        <v>42054</v>
+      </c>
+    </row>
+    <row r="133" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A133" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D133" t="s">
+        <v>356</v>
+      </c>
+      <c r="E133" t="s">
+        <v>356</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="H133" s="4">
+        <v>73535</v>
+      </c>
+      <c r="I133" s="4">
+        <v>20</v>
+      </c>
+      <c r="J133" s="4">
+        <v>73555</v>
+      </c>
+      <c r="K133" s="4">
+        <v>8384</v>
+      </c>
+      <c r="L133" s="4">
+        <v>0</v>
+      </c>
+      <c r="M133" s="4">
+        <v>10444</v>
+      </c>
+      <c r="N133" s="4">
+        <v>2572</v>
+      </c>
+      <c r="O133" s="4">
+        <v>0</v>
+      </c>
+      <c r="P133" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q133" s="4">
+        <v>0</v>
+      </c>
+      <c r="R133" s="4">
+        <v>94955</v>
+      </c>
+    </row>
+    <row r="134" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A134" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D134" t="s">
+        <v>356</v>
+      </c>
+      <c r="E134" t="s">
+        <v>356</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="H134" s="4">
+        <v>32157</v>
+      </c>
+      <c r="I134" s="4">
+        <v>1595</v>
+      </c>
+      <c r="J134" s="4">
+        <v>33752</v>
+      </c>
+      <c r="K134" s="4">
+        <v>6634</v>
+      </c>
+      <c r="L134" s="4">
+        <v>0</v>
+      </c>
+      <c r="M134" s="4">
+        <v>2854</v>
+      </c>
+      <c r="N134" s="4">
+        <v>1047</v>
+      </c>
+      <c r="O134" s="4">
+        <v>0</v>
+      </c>
+      <c r="P134" s="4">
+        <v>428</v>
+      </c>
+      <c r="Q134" s="4">
+        <v>4618</v>
+      </c>
+      <c r="R134" s="4">
+        <v>49333</v>
+      </c>
+    </row>
+    <row r="135" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A135" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D135" t="s">
+        <v>356</v>
+      </c>
+      <c r="E135" t="s">
+        <v>356</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="H135" s="4">
+        <v>17430</v>
+      </c>
+      <c r="I135" s="4">
+        <v>1568</v>
+      </c>
+      <c r="J135" s="4">
+        <v>18998</v>
+      </c>
+      <c r="K135" s="4">
+        <v>1197</v>
+      </c>
+      <c r="L135" s="4">
+        <v>0</v>
+      </c>
+      <c r="M135" s="4">
+        <v>2616</v>
+      </c>
+      <c r="N135" s="4">
+        <v>681</v>
+      </c>
+      <c r="O135" s="4">
+        <v>0</v>
+      </c>
+      <c r="P135" s="4">
+        <v>279</v>
+      </c>
+      <c r="Q135" s="4">
+        <v>2982</v>
+      </c>
+      <c r="R135" s="4">
+        <v>26753</v>
+      </c>
+    </row>
+    <row r="136" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A136" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D136" t="s">
+        <v>356</v>
+      </c>
+      <c r="E136" t="s">
+        <v>356</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="H136" s="4">
+        <v>103153</v>
+      </c>
+      <c r="I136" s="4">
+        <v>12971</v>
+      </c>
+      <c r="J136" s="4">
+        <v>116124</v>
+      </c>
+      <c r="K136" s="4">
+        <v>24202</v>
+      </c>
+      <c r="L136" s="4">
+        <v>0</v>
+      </c>
+      <c r="M136" s="4">
+        <v>8610</v>
+      </c>
+      <c r="N136" s="4">
+        <v>4209</v>
+      </c>
+      <c r="O136" s="4">
+        <v>0</v>
+      </c>
+      <c r="P136" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q136" s="4">
+        <v>0</v>
+      </c>
+      <c r="R136" s="4">
+        <v>153145</v>
+      </c>
+    </row>
+    <row r="137" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A137" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D137" t="s">
+        <v>356</v>
+      </c>
+      <c r="E137" t="s">
+        <v>356</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="H137" s="4">
+        <v>63728</v>
+      </c>
+      <c r="I137" s="4">
+        <v>1860</v>
+      </c>
+      <c r="J137" s="4">
+        <v>65588</v>
+      </c>
+      <c r="K137" s="4">
+        <v>8018</v>
+      </c>
+      <c r="L137" s="4">
+        <v>0</v>
+      </c>
+      <c r="M137" s="4">
+        <v>4663</v>
+      </c>
+      <c r="N137" s="4">
+        <v>2296</v>
+      </c>
+      <c r="O137" s="4">
+        <v>0</v>
+      </c>
+      <c r="P137" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q137" s="4">
+        <v>16270</v>
+      </c>
+      <c r="R137" s="4">
+        <v>96835</v>
+      </c>
+    </row>
+    <row r="138" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A138" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="D138" t="s">
+        <v>356</v>
+      </c>
+      <c r="E138" t="s">
+        <v>356</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="H138" s="4">
+        <v>11235</v>
+      </c>
+      <c r="I138" s="4">
+        <v>1122</v>
+      </c>
+      <c r="J138" s="4">
+        <v>12357</v>
+      </c>
+      <c r="K138" s="4">
+        <v>1321</v>
+      </c>
+      <c r="L138" s="4">
+        <v>0</v>
+      </c>
+      <c r="M138" s="4">
+        <v>0</v>
+      </c>
+      <c r="N138" s="4">
+        <v>550</v>
+      </c>
+      <c r="O138" s="4">
+        <v>0</v>
+      </c>
+      <c r="P138" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q138" s="4">
+        <v>6754</v>
+      </c>
+      <c r="R138" s="4">
+        <v>20982</v>
+      </c>
+    </row>
+    <row r="139" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A139" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D139" t="s">
+        <v>356</v>
+      </c>
+      <c r="E139" t="s">
+        <v>356</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="H139" s="4">
+        <v>150261</v>
+      </c>
+      <c r="I139" s="4">
+        <v>14732</v>
+      </c>
+      <c r="J139" s="4">
+        <v>164993</v>
+      </c>
+      <c r="K139" s="4">
+        <v>19054</v>
+      </c>
+      <c r="L139" s="4">
+        <v>0</v>
+      </c>
+      <c r="M139" s="4">
+        <v>28181</v>
+      </c>
+      <c r="N139" s="4">
+        <v>7333</v>
+      </c>
+      <c r="O139" s="4">
+        <v>0</v>
+      </c>
+      <c r="P139" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q139" s="4">
+        <v>48492</v>
+      </c>
+      <c r="R139" s="4">
+        <v>268053</v>
+      </c>
+    </row>
+    <row r="140" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A140" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D140" t="s">
+        <v>356</v>
+      </c>
+      <c r="E140" t="s">
+        <v>356</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="H140" s="4">
+        <v>74472</v>
+      </c>
+      <c r="I140" s="4">
+        <v>4279</v>
+      </c>
+      <c r="J140" s="4">
+        <v>78751</v>
+      </c>
+      <c r="K140" s="4">
+        <v>5237</v>
+      </c>
+      <c r="L140" s="4">
+        <v>0</v>
+      </c>
+      <c r="M140" s="4">
+        <v>9474</v>
+      </c>
+      <c r="N140" s="4">
+        <v>3126</v>
+      </c>
+      <c r="O140" s="4">
+        <v>0</v>
+      </c>
+      <c r="P140" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q140" s="4">
+        <v>25578</v>
+      </c>
+      <c r="R140" s="4">
+        <v>122166</v>
+      </c>
+    </row>
+    <row r="141" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A141" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C141" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D141" t="s">
+        <v>356</v>
+      </c>
+      <c r="E141" t="s">
+        <v>356</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="H141" s="4">
+        <v>53916</v>
+      </c>
+      <c r="I141" s="4">
+        <v>795</v>
+      </c>
+      <c r="J141" s="4">
+        <v>54711</v>
+      </c>
+      <c r="K141" s="4">
+        <v>11437</v>
+      </c>
+      <c r="L141" s="4">
+        <v>0</v>
+      </c>
+      <c r="M141" s="4">
+        <v>7096</v>
+      </c>
+      <c r="N141" s="4">
+        <v>1952</v>
+      </c>
+      <c r="O141" s="4">
+        <v>0</v>
+      </c>
+      <c r="P141" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q141" s="4">
+        <v>0</v>
+      </c>
+      <c r="R141" s="4">
+        <v>75196</v>
+      </c>
+    </row>
+    <row r="142" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A142" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D142" t="s">
+        <v>356</v>
+      </c>
+      <c r="E142" t="s">
+        <v>356</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="H142" s="4">
+        <v>43459</v>
+      </c>
+      <c r="I142" s="4">
+        <v>3647</v>
+      </c>
+      <c r="J142" s="4">
+        <v>47106</v>
+      </c>
+      <c r="K142" s="4">
+        <v>6164</v>
+      </c>
+      <c r="L142" s="4">
+        <v>0</v>
+      </c>
+      <c r="M142" s="4">
+        <v>4830</v>
+      </c>
+      <c r="N142" s="4">
+        <v>1615</v>
+      </c>
+      <c r="O142" s="4">
+        <v>0</v>
+      </c>
+      <c r="P142" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q142" s="4">
+        <v>0</v>
+      </c>
+      <c r="R142" s="4">
+        <v>59715</v>
+      </c>
+    </row>
+    <row r="143" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A143" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="D143" t="s">
+        <v>356</v>
+      </c>
+      <c r="E143" t="s">
+        <v>356</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="H143" s="4">
+        <v>29887</v>
+      </c>
+      <c r="I143" s="4">
+        <v>3062</v>
+      </c>
+      <c r="J143" s="4">
+        <v>32949</v>
+      </c>
+      <c r="K143" s="4">
+        <v>494</v>
+      </c>
+      <c r="L143" s="4">
+        <v>0</v>
+      </c>
+      <c r="M143" s="4">
+        <v>5031</v>
+      </c>
+      <c r="N143" s="4">
+        <v>1239</v>
+      </c>
+      <c r="O143" s="4">
+        <v>0</v>
+      </c>
+      <c r="P143" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q143" s="4">
+        <v>10112</v>
+      </c>
+      <c r="R143" s="4">
+        <v>49825</v>
+      </c>
+    </row>
+    <row r="144" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A144" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D144" t="s">
+        <v>356</v>
+      </c>
+      <c r="E144" t="s">
+        <v>356</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="H144" s="4">
+        <v>17269</v>
+      </c>
+      <c r="I144" s="4">
+        <v>123</v>
+      </c>
+      <c r="J144" s="4">
+        <v>17392</v>
+      </c>
+      <c r="K144" s="4">
+        <v>2440</v>
+      </c>
+      <c r="L144" s="4">
+        <v>0</v>
+      </c>
+      <c r="M144" s="4">
+        <v>2156</v>
+      </c>
+      <c r="N144" s="4">
+        <v>531</v>
+      </c>
+      <c r="O144" s="4">
+        <v>0</v>
+      </c>
+      <c r="P144" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q144" s="4">
+        <v>4345</v>
+      </c>
+      <c r="R144" s="4">
+        <v>26864</v>
+      </c>
+    </row>
+    <row r="145" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A145" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="D145" t="s">
+        <v>356</v>
+      </c>
+      <c r="E145" t="s">
+        <v>356</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="H145" s="4">
+        <v>184906</v>
+      </c>
+      <c r="I145" s="4">
+        <v>19092</v>
+      </c>
+      <c r="J145" s="4">
+        <v>203998</v>
+      </c>
+      <c r="K145" s="4">
+        <v>48627</v>
+      </c>
+      <c r="L145" s="4">
+        <v>0</v>
+      </c>
+      <c r="M145" s="4">
+        <v>15244</v>
+      </c>
+      <c r="N145" s="4">
+        <v>7509</v>
+      </c>
+      <c r="O145" s="4">
+        <v>0</v>
+      </c>
+      <c r="P145" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q145" s="4">
+        <v>0</v>
+      </c>
+      <c r="R145" s="4">
+        <v>275378</v>
+      </c>
+    </row>
+    <row r="146" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A146" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="D146" t="s">
+        <v>356</v>
+      </c>
+      <c r="E146" t="s">
+        <v>356</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="H146" s="4">
+        <v>36674</v>
+      </c>
+      <c r="I146" s="4">
+        <v>2494</v>
+      </c>
+      <c r="J146" s="4">
+        <v>39168</v>
+      </c>
+      <c r="K146" s="4">
+        <v>2221</v>
+      </c>
+      <c r="L146" s="4">
+        <v>0</v>
+      </c>
+      <c r="M146" s="4">
+        <v>5708</v>
+      </c>
+      <c r="N146" s="4">
+        <v>1497</v>
+      </c>
+      <c r="O146" s="4">
+        <v>0</v>
+      </c>
+      <c r="P146" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q146" s="4">
+        <v>0</v>
+      </c>
+      <c r="R146" s="4">
+        <v>48594</v>
+      </c>
+    </row>
+    <row r="147" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A147" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D147" t="s">
+        <v>356</v>
+      </c>
+      <c r="E147" t="s">
+        <v>356</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="H147" s="4">
+        <v>51177</v>
+      </c>
+      <c r="I147" s="4">
+        <v>2897</v>
+      </c>
+      <c r="J147" s="4">
+        <v>54074</v>
+      </c>
+      <c r="K147" s="4">
+        <v>9393</v>
+      </c>
+      <c r="L147" s="4">
+        <v>0</v>
+      </c>
+      <c r="M147" s="4">
+        <v>3998</v>
+      </c>
+      <c r="N147" s="4">
+        <v>1969</v>
+      </c>
+      <c r="O147" s="4">
+        <v>0</v>
+      </c>
+      <c r="P147" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q147" s="4">
+        <v>10064</v>
+      </c>
+      <c r="R147" s="4">
+        <v>79498</v>
+      </c>
+    </row>
+    <row r="148" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A148" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D148" t="s">
+        <v>356</v>
+      </c>
+      <c r="E148" t="s">
+        <v>356</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="H148" s="4">
+        <v>65952</v>
+      </c>
+      <c r="I148" s="4">
+        <v>2870</v>
+      </c>
+      <c r="J148" s="4">
+        <v>68822</v>
+      </c>
+      <c r="K148" s="4">
+        <v>19447</v>
+      </c>
+      <c r="L148" s="4">
+        <v>0</v>
+      </c>
+      <c r="M148" s="4">
+        <v>9994</v>
+      </c>
+      <c r="N148" s="4">
+        <v>2461</v>
+      </c>
+      <c r="O148" s="4">
+        <v>0</v>
+      </c>
+      <c r="P148" s="4">
+        <v>1007</v>
+      </c>
+      <c r="Q148" s="4">
+        <v>30205</v>
+      </c>
+      <c r="R148" s="4">
+        <v>131936</v>
+      </c>
+    </row>
+    <row r="149" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A149" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B149" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D149" t="s">
+        <v>356</v>
+      </c>
+      <c r="E149" t="s">
+        <v>356</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="H149" s="4">
+        <v>76602</v>
+      </c>
+      <c r="I149" s="4">
+        <v>10123</v>
+      </c>
+      <c r="J149" s="4">
+        <v>86725</v>
+      </c>
+      <c r="K149" s="4">
+        <v>25504</v>
+      </c>
+      <c r="L149" s="4">
+        <v>0</v>
+      </c>
+      <c r="M149" s="4">
+        <v>11252</v>
+      </c>
+      <c r="N149" s="4">
+        <v>2771</v>
+      </c>
+      <c r="O149" s="4">
+        <v>0</v>
+      </c>
+      <c r="P149" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q149" s="4">
+        <v>20745</v>
+      </c>
+      <c r="R149" s="4">
+        <v>146997</v>
+      </c>
+    </row>
+    <row r="150" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A150" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="D150" t="s">
+        <v>356</v>
+      </c>
+      <c r="E150" t="s">
+        <v>356</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="H150" s="4">
+        <v>976737</v>
+      </c>
+      <c r="I150" s="4">
+        <v>26417</v>
+      </c>
+      <c r="J150" s="4">
+        <v>1003154</v>
+      </c>
+      <c r="K150" s="4">
+        <v>96163</v>
+      </c>
+      <c r="L150" s="4">
+        <v>0</v>
+      </c>
+      <c r="M150" s="4">
+        <v>115773</v>
+      </c>
+      <c r="N150" s="4">
+        <v>28511</v>
+      </c>
+      <c r="O150" s="4">
+        <v>0</v>
+      </c>
+      <c r="P150" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q150" s="4">
+        <v>144024</v>
+      </c>
+      <c r="R150" s="4">
+        <v>1387625</v>
+      </c>
+    </row>
+    <row r="151" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A151" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D151" t="s">
+        <v>356</v>
+      </c>
+      <c r="E151" t="s">
+        <v>356</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="H151" s="4">
+        <v>167710</v>
+      </c>
+      <c r="I151" s="4">
+        <v>12552</v>
+      </c>
+      <c r="J151" s="4">
+        <v>180262</v>
+      </c>
+      <c r="K151" s="4">
+        <v>32518</v>
+      </c>
+      <c r="L151" s="4">
+        <v>0</v>
+      </c>
+      <c r="M151" s="4">
+        <v>12725</v>
+      </c>
+      <c r="N151" s="4">
+        <v>6268</v>
+      </c>
+      <c r="O151" s="4">
+        <v>0</v>
+      </c>
+      <c r="P151" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q151" s="4">
+        <v>0</v>
+      </c>
+      <c r="R151" s="4">
+        <v>231773</v>
+      </c>
+    </row>
+    <row r="152" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A152" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="D152" t="s">
+        <v>356</v>
+      </c>
+      <c r="E152" t="s">
+        <v>356</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="H152" s="4">
+        <v>42986</v>
+      </c>
+      <c r="I152" s="4">
+        <v>1593</v>
+      </c>
+      <c r="J152" s="4">
+        <v>44579</v>
+      </c>
+      <c r="K152" s="4">
+        <v>9502</v>
+      </c>
+      <c r="L152" s="4">
+        <v>0</v>
+      </c>
+      <c r="M152" s="4">
+        <v>1661</v>
+      </c>
+      <c r="N152" s="4">
+        <v>1596</v>
+      </c>
+      <c r="O152" s="4">
+        <v>0</v>
+      </c>
+      <c r="P152" s="4">
+        <v>653</v>
+      </c>
+      <c r="Q152" s="4">
+        <v>18522</v>
+      </c>
+      <c r="R152" s="4">
+        <v>76513</v>
+      </c>
+    </row>
+    <row r="153" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A153" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="D153" t="s">
+        <v>356</v>
+      </c>
+      <c r="E153" t="s">
+        <v>356</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="H153" s="4">
+        <v>77420</v>
+      </c>
+      <c r="I153" s="4">
+        <v>2413</v>
+      </c>
+      <c r="J153" s="4">
+        <v>79833</v>
+      </c>
+      <c r="K153" s="4">
+        <v>16447</v>
+      </c>
+      <c r="L153" s="4">
+        <v>0</v>
+      </c>
+      <c r="M153" s="4">
+        <v>0</v>
+      </c>
+      <c r="N153" s="4">
+        <v>3196</v>
+      </c>
+      <c r="O153" s="4">
+        <v>0</v>
+      </c>
+      <c r="P153" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q153" s="4">
+        <v>31726</v>
+      </c>
+      <c r="R153" s="4">
+        <v>131202</v>
+      </c>
+    </row>
+    <row r="154" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A154" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D154" t="s">
+        <v>356</v>
+      </c>
+      <c r="E154" t="s">
+        <v>356</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="H154" s="4">
+        <v>77175</v>
+      </c>
+      <c r="I154" s="4">
+        <v>13131</v>
+      </c>
+      <c r="J154" s="4">
+        <v>90306</v>
+      </c>
+      <c r="K154" s="4">
+        <v>22433</v>
+      </c>
+      <c r="L154" s="4">
+        <v>0</v>
+      </c>
+      <c r="M154" s="4">
+        <v>0</v>
+      </c>
+      <c r="N154" s="4">
+        <v>3124</v>
+      </c>
+      <c r="O154" s="4">
+        <v>0</v>
+      </c>
+      <c r="P154" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q154" s="4">
+        <v>24878</v>
+      </c>
+      <c r="R154" s="4">
+        <v>140741</v>
+      </c>
+    </row>
+    <row r="155" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A155" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="D155" t="s">
+        <v>356</v>
+      </c>
+      <c r="E155" t="s">
+        <v>356</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="H155" s="4">
+        <v>512110</v>
+      </c>
+      <c r="I155" s="4">
+        <v>53930</v>
+      </c>
+      <c r="J155" s="4">
+        <v>566040</v>
+      </c>
+      <c r="K155" s="4">
+        <v>63644</v>
+      </c>
+      <c r="L155" s="4">
+        <v>0</v>
+      </c>
+      <c r="M155" s="4">
+        <v>63695</v>
+      </c>
+      <c r="N155" s="4">
+        <v>15686</v>
+      </c>
+      <c r="O155" s="4">
+        <v>0</v>
+      </c>
+      <c r="P155" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q155" s="4">
+        <v>0</v>
+      </c>
+      <c r="R155" s="4">
+        <v>709065</v>
+      </c>
+    </row>
+    <row r="156" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A156" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D156" t="s">
+        <v>356</v>
+      </c>
+      <c r="E156" t="s">
+        <v>356</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="H156" s="4">
+        <v>509757</v>
+      </c>
+      <c r="I156" s="4">
+        <v>71716</v>
+      </c>
+      <c r="J156" s="4">
+        <v>581473</v>
+      </c>
+      <c r="K156" s="4">
+        <v>47855</v>
+      </c>
+      <c r="L156" s="4">
+        <v>0</v>
+      </c>
+      <c r="M156" s="4">
+        <v>60365</v>
+      </c>
+      <c r="N156" s="4">
+        <v>14866</v>
+      </c>
+      <c r="O156" s="4">
+        <v>0</v>
+      </c>
+      <c r="P156" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q156" s="4">
+        <v>0</v>
+      </c>
+      <c r="R156" s="4">
+        <v>704559</v>
+      </c>
+    </row>
+    <row r="157" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A157" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="D157" t="s">
+        <v>356</v>
+      </c>
+      <c r="E157" t="s">
+        <v>356</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="H157" s="4">
+        <v>37322</v>
+      </c>
+      <c r="I157" s="4">
+        <v>2918</v>
+      </c>
+      <c r="J157" s="4">
+        <v>40240</v>
+      </c>
+      <c r="K157" s="4">
+        <v>870</v>
+      </c>
+      <c r="L157" s="4">
+        <v>0</v>
+      </c>
+      <c r="M157" s="4">
+        <v>5379</v>
+      </c>
+      <c r="N157" s="4">
+        <v>1325</v>
+      </c>
+      <c r="O157" s="4">
+        <v>0</v>
+      </c>
+      <c r="P157" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q157" s="4">
+        <v>0</v>
+      </c>
+      <c r="R157" s="4">
+        <v>47814</v>
+      </c>
+    </row>
+    <row r="158" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A158" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="D158" t="s">
+        <v>356</v>
+      </c>
+      <c r="E158" t="s">
+        <v>356</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="H158" s="4">
+        <v>25030</v>
+      </c>
+      <c r="I158" s="4">
+        <v>2764</v>
+      </c>
+      <c r="J158" s="4">
+        <v>27794</v>
+      </c>
+      <c r="K158" s="4">
+        <v>2086</v>
+      </c>
+      <c r="L158" s="4">
+        <v>0</v>
+      </c>
+      <c r="M158" s="4">
+        <v>3298</v>
+      </c>
+      <c r="N158" s="4">
+        <v>883</v>
+      </c>
+      <c r="O158" s="4">
+        <v>0</v>
+      </c>
+      <c r="P158" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q158" s="4">
+        <v>0</v>
+      </c>
+      <c r="R158" s="4">
+        <v>34061</v>
+      </c>
+    </row>
+    <row r="159" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A159" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B159" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D159" t="s">
+        <v>356</v>
+      </c>
+      <c r="E159" t="s">
+        <v>356</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="H159" s="4">
+        <v>108269</v>
+      </c>
+      <c r="I159" s="4">
+        <v>130</v>
+      </c>
+      <c r="J159" s="4">
+        <v>108399</v>
+      </c>
+      <c r="K159" s="4">
+        <v>14737</v>
+      </c>
+      <c r="L159" s="4">
+        <v>0</v>
+      </c>
+      <c r="M159" s="4">
+        <v>13738</v>
+      </c>
+      <c r="N159" s="4">
+        <v>3383</v>
+      </c>
+      <c r="O159" s="4">
+        <v>0</v>
+      </c>
+      <c r="P159" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q159" s="4">
+        <v>33062</v>
+      </c>
+      <c r="R159" s="4">
+        <v>173319</v>
+      </c>
+    </row>
+    <row r="160" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A160" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="D160" t="s">
+        <v>356</v>
+      </c>
+      <c r="E160" t="s">
+        <v>356</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="H160" s="4">
+        <v>35478</v>
+      </c>
+      <c r="I160" s="4">
+        <v>1664</v>
+      </c>
+      <c r="J160" s="4">
+        <v>37142</v>
+      </c>
+      <c r="K160" s="4">
+        <v>7316</v>
+      </c>
+      <c r="L160" s="4">
+        <v>0</v>
+      </c>
+      <c r="M160" s="4">
+        <v>6434</v>
+      </c>
+      <c r="N160" s="4">
+        <v>1584</v>
+      </c>
+      <c r="O160" s="4">
+        <v>0</v>
+      </c>
+      <c r="P160" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q160" s="4">
+        <v>0</v>
+      </c>
+      <c r="R160" s="4">
+        <v>52476</v>
+      </c>
+    </row>
+    <row r="161" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A161" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="D161" t="s">
+        <v>356</v>
+      </c>
+      <c r="E161" t="s">
+        <v>356</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H161" s="4">
+        <v>6443</v>
+      </c>
+      <c r="I161" s="4">
+        <v>875</v>
+      </c>
+      <c r="J161" s="4">
+        <v>7318</v>
+      </c>
+      <c r="K161" s="4">
+        <v>2431</v>
+      </c>
+      <c r="L161" s="4">
+        <v>0</v>
+      </c>
+      <c r="M161" s="4">
+        <v>837</v>
+      </c>
+      <c r="N161" s="4">
+        <v>224</v>
+      </c>
+      <c r="O161" s="4">
+        <v>0</v>
+      </c>
+      <c r="P161" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q161" s="4">
+        <v>1580</v>
+      </c>
+      <c r="R161" s="4">
+        <v>12390</v>
+      </c>
+    </row>
+    <row r="162" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A162" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="D162" t="s">
+        <v>356</v>
+      </c>
+      <c r="E162" t="s">
+        <v>356</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="H162" s="4">
+        <v>12762</v>
+      </c>
+      <c r="I162" s="4">
+        <v>1222</v>
+      </c>
+      <c r="J162" s="4">
+        <v>13984</v>
+      </c>
+      <c r="K162" s="4">
+        <v>2295</v>
+      </c>
+      <c r="L162" s="4">
+        <v>0</v>
+      </c>
+      <c r="M162" s="4">
+        <v>1722</v>
+      </c>
+      <c r="N162" s="4">
+        <v>563</v>
+      </c>
+      <c r="O162" s="4">
+        <v>0</v>
+      </c>
+      <c r="P162" s="4">
+        <v>231</v>
+      </c>
+      <c r="Q162" s="4">
+        <v>0</v>
+      </c>
+      <c r="R162" s="4">
+        <v>18795</v>
+      </c>
+    </row>
+    <row r="163" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A163" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D163" t="s">
+        <v>356</v>
+      </c>
+      <c r="E163" t="s">
+        <v>356</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="H163" s="4">
+        <v>38062</v>
+      </c>
+      <c r="I163" s="4">
+        <v>5147</v>
+      </c>
+      <c r="J163" s="4">
+        <v>43209</v>
+      </c>
+      <c r="K163" s="4">
+        <v>6263</v>
+      </c>
+      <c r="L163" s="4">
+        <v>0</v>
+      </c>
+      <c r="M163" s="4">
+        <v>0</v>
+      </c>
+      <c r="N163" s="4">
+        <v>1554</v>
+      </c>
+      <c r="O163" s="4">
+        <v>0</v>
+      </c>
+      <c r="P163" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q163" s="4">
+        <v>0</v>
+      </c>
+      <c r="R163" s="4">
+        <v>51026</v>
+      </c>
+    </row>
+    <row r="164" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A164" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B164" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D164" t="s">
+        <v>356</v>
+      </c>
+      <c r="E164" t="s">
+        <v>356</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="H164" s="4">
+        <v>152607</v>
+      </c>
+      <c r="I164" s="4">
+        <v>21015</v>
+      </c>
+      <c r="J164" s="4">
+        <v>173622</v>
+      </c>
+      <c r="K164" s="4">
+        <v>6180</v>
+      </c>
+      <c r="L164" s="4">
+        <v>0</v>
+      </c>
+      <c r="M164" s="4">
+        <v>0</v>
+      </c>
+      <c r="N164" s="4">
+        <v>6504</v>
+      </c>
+      <c r="O164" s="4">
+        <v>0</v>
+      </c>
+      <c r="P164" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q164" s="4">
+        <v>47699</v>
+      </c>
+      <c r="R164" s="4">
+        <v>234005</v>
+      </c>
+    </row>
+    <row r="165" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A165" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B165" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="D165" t="s">
+        <v>356</v>
+      </c>
+      <c r="E165" t="s">
+        <v>356</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="H165" s="4">
+        <v>10568</v>
+      </c>
+      <c r="I165" s="4">
+        <v>1570</v>
+      </c>
+      <c r="J165" s="4">
+        <v>12138</v>
+      </c>
+      <c r="K165" s="4">
+        <v>1882</v>
+      </c>
+      <c r="L165" s="4">
+        <v>0</v>
+      </c>
+      <c r="M165" s="4">
+        <v>1606</v>
+      </c>
+      <c r="N165" s="4">
+        <v>428</v>
+      </c>
+      <c r="O165" s="4">
+        <v>0</v>
+      </c>
+      <c r="P165" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q165" s="4">
+        <v>4505</v>
+      </c>
+      <c r="R165" s="4">
+        <v>20559</v>
+      </c>
+    </row>
+    <row r="166" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A166" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B166" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="D166" t="s">
+        <v>356</v>
+      </c>
+      <c r="E166" t="s">
+        <v>356</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="H166" s="4">
+        <v>1236044</v>
+      </c>
+      <c r="I166" s="4">
+        <v>81034</v>
+      </c>
+      <c r="J166" s="4">
+        <v>1317078</v>
+      </c>
+      <c r="K166" s="4">
+        <v>0</v>
+      </c>
+      <c r="L166" s="4">
+        <v>0</v>
+      </c>
+      <c r="M166" s="4">
+        <v>171472</v>
+      </c>
+      <c r="N166" s="4">
+        <v>56586</v>
+      </c>
+      <c r="O166" s="4">
+        <v>0</v>
+      </c>
+      <c r="P166" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q166" s="4">
+        <v>385810</v>
+      </c>
+      <c r="R166" s="4">
+        <v>1930946</v>
+      </c>
+    </row>
+    <row r="167" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A167" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="D167" t="s">
+        <v>356</v>
+      </c>
+      <c r="E167" t="s">
+        <v>356</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="H167" s="4">
+        <v>121609</v>
+      </c>
+      <c r="I167" s="4">
+        <v>14487</v>
+      </c>
+      <c r="J167" s="4">
+        <v>136096</v>
+      </c>
+      <c r="K167" s="4">
+        <v>10012</v>
+      </c>
+      <c r="L167" s="4">
+        <v>0</v>
+      </c>
+      <c r="M167" s="4">
+        <v>13539</v>
+      </c>
+      <c r="N167" s="4">
+        <v>3334</v>
+      </c>
+      <c r="O167" s="4">
+        <v>0</v>
+      </c>
+      <c r="P167" s="4">
+        <v>1364</v>
+      </c>
+      <c r="Q167" s="4">
+        <v>17475</v>
+      </c>
+      <c r="R167" s="4">
+        <v>181820</v>
+      </c>
+    </row>
+    <row r="168" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A168" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B168" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="D168" t="s">
+        <v>356</v>
+      </c>
+      <c r="E168" t="s">
+        <v>356</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="H168" s="4">
+        <v>40129</v>
+      </c>
+      <c r="I168" s="4">
+        <v>4466</v>
+      </c>
+      <c r="J168" s="4">
+        <v>44595</v>
+      </c>
+      <c r="K168" s="4">
+        <v>3423</v>
+      </c>
+      <c r="L168" s="4">
+        <v>0</v>
+      </c>
+      <c r="M168" s="4">
+        <v>2578</v>
+      </c>
+      <c r="N168" s="4">
+        <v>1269</v>
+      </c>
+      <c r="O168" s="4">
+        <v>0</v>
+      </c>
+      <c r="P168" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q168" s="4">
+        <v>14185</v>
+      </c>
+      <c r="R168" s="4">
+        <v>66050</v>
+      </c>
+    </row>
+    <row r="169" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A169" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="D169" t="s">
+        <v>356</v>
+      </c>
+      <c r="E169" t="s">
+        <v>356</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="H169" s="4">
+        <v>26999</v>
+      </c>
+      <c r="I169" s="4">
+        <v>2011</v>
+      </c>
+      <c r="J169" s="4">
+        <v>29010</v>
+      </c>
+      <c r="K169" s="4">
+        <v>4549</v>
+      </c>
+      <c r="L169" s="4">
+        <v>0</v>
+      </c>
+      <c r="M169" s="4">
+        <v>0</v>
+      </c>
+      <c r="N169" s="4">
+        <v>1095</v>
+      </c>
+      <c r="O169" s="4">
+        <v>0</v>
+      </c>
+      <c r="P169" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q169" s="4">
+        <v>8279</v>
+      </c>
+      <c r="R169" s="4">
+        <v>42933</v>
+      </c>
+    </row>
+    <row r="170" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A170" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C170" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="D170" t="s">
+        <v>356</v>
+      </c>
+      <c r="E170" t="s">
+        <v>356</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="H170" s="4">
+        <v>13924</v>
+      </c>
+      <c r="I170" s="4">
+        <v>1727</v>
+      </c>
+      <c r="J170" s="4">
+        <v>15651</v>
+      </c>
+      <c r="K170" s="4">
+        <v>4272</v>
+      </c>
+      <c r="L170" s="4">
+        <v>0</v>
+      </c>
+      <c r="M170" s="4">
+        <v>1086</v>
+      </c>
+      <c r="N170" s="4">
+        <v>650</v>
+      </c>
+      <c r="O170" s="4">
+        <v>0</v>
+      </c>
+      <c r="P170" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q170" s="4">
+        <v>3483</v>
+      </c>
+      <c r="R170" s="4">
+        <v>25142</v>
+      </c>
+    </row>
+    <row r="171" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A171" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="D171" t="s">
+        <v>356</v>
+      </c>
+      <c r="E171" t="s">
+        <v>356</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="H171" s="4">
+        <v>393867</v>
+      </c>
+      <c r="I171" s="4">
+        <v>4089</v>
+      </c>
+      <c r="J171" s="4">
+        <v>397956</v>
+      </c>
+      <c r="K171" s="4">
+        <v>50256</v>
+      </c>
+      <c r="L171" s="4">
+        <v>0</v>
+      </c>
+      <c r="M171" s="4">
+        <v>38761</v>
+      </c>
+      <c r="N171" s="4">
+        <v>14614</v>
+      </c>
+      <c r="O171" s="4">
+        <v>0</v>
+      </c>
+      <c r="P171" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q171" s="4">
+        <v>0</v>
+      </c>
+      <c r="R171" s="4">
+        <v>501587</v>
+      </c>
+    </row>
+    <row r="172" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A172" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C172" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="D172" t="s">
+        <v>356</v>
+      </c>
+      <c r="E172" t="s">
+        <v>356</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="H172" s="4">
+        <v>37086</v>
+      </c>
+      <c r="I172" s="4">
+        <v>1614</v>
+      </c>
+      <c r="J172" s="4">
+        <v>38700</v>
+      </c>
+      <c r="K172" s="4">
+        <v>4870</v>
+      </c>
+      <c r="L172" s="4">
+        <v>0</v>
+      </c>
+      <c r="M172" s="4">
+        <v>1755</v>
+      </c>
+      <c r="N172" s="4">
+        <v>1653</v>
+      </c>
+      <c r="O172" s="4">
+        <v>0</v>
+      </c>
+      <c r="P172" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q172" s="4">
+        <v>13497</v>
+      </c>
+      <c r="R172" s="4">
+        <v>60475</v>
+      </c>
+    </row>
+    <row r="173" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A173" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="D173" t="s">
+        <v>356</v>
+      </c>
+      <c r="E173" t="s">
+        <v>356</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="H173" s="4">
+        <v>33238</v>
+      </c>
+      <c r="I173" s="4">
+        <v>2608</v>
+      </c>
+      <c r="J173" s="4">
+        <v>35846</v>
+      </c>
+      <c r="K173" s="4">
+        <v>7860</v>
+      </c>
+      <c r="L173" s="4">
+        <v>0</v>
+      </c>
+      <c r="M173" s="4">
+        <v>3392</v>
+      </c>
+      <c r="N173" s="4">
+        <v>1254</v>
+      </c>
+      <c r="O173" s="4">
+        <v>0</v>
+      </c>
+      <c r="P173" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q173" s="4">
+        <v>0</v>
+      </c>
+      <c r="R173" s="4">
+        <v>48352</v>
+      </c>
+    </row>
+    <row r="174" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A174" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="D174" t="s">
+        <v>356</v>
+      </c>
+      <c r="E174" t="s">
+        <v>356</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="H174" s="4">
+        <v>47712</v>
+      </c>
+      <c r="I174" s="4">
+        <v>87</v>
+      </c>
+      <c r="J174" s="4">
+        <v>47799</v>
+      </c>
+      <c r="K174" s="4">
+        <v>5759</v>
+      </c>
+      <c r="L174" s="4">
+        <v>0</v>
+      </c>
+      <c r="M174" s="4">
+        <v>3940</v>
+      </c>
+      <c r="N174" s="4">
+        <v>1300</v>
+      </c>
+      <c r="O174" s="4">
+        <v>0</v>
+      </c>
+      <c r="P174" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q174" s="4">
+        <v>7990</v>
+      </c>
+      <c r="R174" s="4">
+        <v>66788</v>
+      </c>
+    </row>
+    <row r="175" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A175" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D175" t="s">
+        <v>356</v>
+      </c>
+      <c r="E175" t="s">
+        <v>356</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="H175" s="4">
+        <v>160988</v>
+      </c>
+      <c r="I175" s="4">
+        <v>1935</v>
+      </c>
+      <c r="J175" s="4">
+        <v>162923</v>
+      </c>
+      <c r="K175" s="4">
+        <v>30635</v>
+      </c>
+      <c r="L175" s="4">
+        <v>0</v>
+      </c>
+      <c r="M175" s="4">
+        <v>29350</v>
+      </c>
+      <c r="N175" s="4">
+        <v>7228</v>
+      </c>
+      <c r="O175" s="4">
+        <v>0</v>
+      </c>
+      <c r="P175" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q175" s="4">
+        <v>0</v>
+      </c>
+      <c r="R175" s="4">
+        <v>230136</v>
+      </c>
+    </row>
+    <row r="176" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A176" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C176" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D176" t="s">
+        <v>356</v>
+      </c>
+      <c r="E176" t="s">
+        <v>356</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="H176" s="4">
+        <v>51640</v>
+      </c>
+      <c r="I176" s="4">
+        <v>2610</v>
+      </c>
+      <c r="J176" s="4">
+        <v>54250</v>
+      </c>
+      <c r="K176" s="4">
+        <v>4109</v>
+      </c>
+      <c r="L176" s="4">
+        <v>0</v>
+      </c>
+      <c r="M176" s="4">
+        <v>0</v>
+      </c>
+      <c r="N176" s="4">
+        <v>1995</v>
+      </c>
+      <c r="O176" s="4">
+        <v>0</v>
+      </c>
+      <c r="P176" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q176" s="4">
+        <v>0</v>
+      </c>
+      <c r="R176" s="4">
+        <v>60354</v>
+      </c>
+    </row>
+    <row r="177" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A177" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="D177" t="s">
+        <v>356</v>
+      </c>
+      <c r="E177" t="s">
+        <v>356</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="H177" s="4">
+        <v>83277</v>
+      </c>
+      <c r="I177" s="4">
+        <v>1278</v>
+      </c>
+      <c r="J177" s="4">
+        <v>84555</v>
+      </c>
+      <c r="K177" s="4">
+        <v>25788</v>
+      </c>
+      <c r="L177" s="4">
+        <v>0</v>
+      </c>
+      <c r="M177" s="4">
+        <v>9582</v>
+      </c>
+      <c r="N177" s="4">
+        <v>3162</v>
+      </c>
+      <c r="O177" s="4">
+        <v>0</v>
+      </c>
+      <c r="P177" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q177" s="4">
+        <v>0</v>
+      </c>
+      <c r="R177" s="4">
+        <v>123087</v>
+      </c>
+    </row>
+    <row r="178" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A178" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D178" t="s">
+        <v>356</v>
+      </c>
+      <c r="E178" t="s">
+        <v>356</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="H178" s="4">
+        <v>33272</v>
+      </c>
+      <c r="I178" s="4">
+        <v>4230</v>
+      </c>
+      <c r="J178" s="4">
+        <v>37502</v>
+      </c>
+      <c r="K178" s="4">
+        <v>3064</v>
+      </c>
+      <c r="L178" s="4">
+        <v>0</v>
+      </c>
+      <c r="M178" s="4">
+        <v>3125</v>
+      </c>
+      <c r="N178" s="4">
+        <v>1539</v>
+      </c>
+      <c r="O178" s="4">
+        <v>0</v>
+      </c>
+      <c r="P178" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q178" s="4">
+        <v>0</v>
+      </c>
+      <c r="R178" s="4">
+        <v>45230</v>
+      </c>
+    </row>
+    <row r="179" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A179" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B179" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="D179" t="s">
+        <v>356</v>
+      </c>
+      <c r="E179" t="s">
+        <v>356</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="H179" s="4">
+        <v>191691</v>
+      </c>
+      <c r="I179" s="4">
+        <v>5106</v>
+      </c>
+      <c r="J179" s="4">
+        <v>196797</v>
+      </c>
+      <c r="K179" s="4">
+        <v>23786</v>
+      </c>
+      <c r="L179" s="4">
+        <v>0</v>
+      </c>
+      <c r="M179" s="4">
+        <v>17326</v>
+      </c>
+      <c r="N179" s="4">
+        <v>8534</v>
+      </c>
+      <c r="O179" s="4">
+        <v>0</v>
+      </c>
+      <c r="P179" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q179" s="4">
+        <v>84865</v>
+      </c>
+      <c r="R179" s="4">
+        <v>331308</v>
+      </c>
+    </row>
+    <row r="180" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A180" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="D180" t="s">
+        <v>356</v>
+      </c>
+      <c r="E180" t="s">
+        <v>356</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="H180" s="4">
+        <v>80652</v>
+      </c>
+      <c r="I180" s="4">
+        <v>8279</v>
+      </c>
+      <c r="J180" s="4">
+        <v>88931</v>
+      </c>
+      <c r="K180" s="4">
+        <v>23163</v>
+      </c>
+      <c r="L180" s="4">
+        <v>0</v>
+      </c>
+      <c r="M180" s="4">
+        <v>7463</v>
+      </c>
+      <c r="N180" s="4">
+        <v>2901</v>
+      </c>
+      <c r="O180" s="4">
+        <v>0</v>
+      </c>
+      <c r="P180" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q180" s="4">
+        <v>35602</v>
+      </c>
+      <c r="R180" s="4">
+        <v>158060</v>
+      </c>
+    </row>
+    <row r="181" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A181" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="D181" t="s">
+        <v>356</v>
+      </c>
+      <c r="E181" t="s">
+        <v>356</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="H181" s="4">
+        <v>1109966</v>
+      </c>
+      <c r="I181" s="4">
+        <v>108411</v>
+      </c>
+      <c r="J181" s="4">
+        <v>1218377</v>
+      </c>
+      <c r="K181" s="4">
+        <v>139281</v>
+      </c>
+      <c r="L181" s="4">
+        <v>0</v>
+      </c>
+      <c r="M181" s="4">
+        <v>158830</v>
+      </c>
+      <c r="N181" s="4">
+        <v>39115</v>
+      </c>
+      <c r="O181" s="4">
+        <v>0</v>
+      </c>
+      <c r="P181" s="4">
+        <v>16001</v>
+      </c>
+      <c r="Q181" s="4">
+        <v>320032</v>
+      </c>
+      <c r="R181" s="4">
+        <v>1891636</v>
+      </c>
+    </row>
+    <row r="182" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A182" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B182" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="D182" t="s">
+        <v>356</v>
+      </c>
+      <c r="E182" t="s">
+        <v>356</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="H182" s="4">
+        <v>23249</v>
+      </c>
+      <c r="I182" s="4">
+        <v>2936</v>
+      </c>
+      <c r="J182" s="4">
+        <v>26185</v>
+      </c>
+      <c r="K182" s="4">
+        <v>1949</v>
+      </c>
+      <c r="L182" s="4">
+        <v>0</v>
+      </c>
+      <c r="M182" s="4">
+        <v>3717</v>
+      </c>
+      <c r="N182" s="4">
+        <v>916</v>
+      </c>
+      <c r="O182" s="4">
+        <v>0</v>
+      </c>
+      <c r="P182" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q182" s="4">
+        <v>11233</v>
+      </c>
+      <c r="R182" s="4">
+        <v>44000</v>
+      </c>
+    </row>
+    <row r="183" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A183" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="C183" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="D183" t="s">
+        <v>356</v>
+      </c>
+      <c r="E183" t="s">
+        <v>356</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="H183" s="4">
+        <v>330224</v>
+      </c>
+      <c r="I183" s="4">
+        <v>40582</v>
+      </c>
+      <c r="J183" s="4">
+        <v>370806</v>
+      </c>
+      <c r="K183" s="4">
+        <v>63638</v>
+      </c>
+      <c r="L183" s="4">
+        <v>0</v>
+      </c>
+      <c r="M183" s="4">
+        <v>24909</v>
+      </c>
+      <c r="N183" s="4">
+        <v>12269</v>
+      </c>
+      <c r="O183" s="4">
+        <v>0</v>
+      </c>
+      <c r="P183" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q183" s="4">
+        <v>0</v>
+      </c>
+      <c r="R183" s="4">
+        <v>471622</v>
+      </c>
+    </row>
+    <row r="184" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A184" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="D184" t="s">
+        <v>356</v>
+      </c>
+      <c r="E184" t="s">
+        <v>356</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="H184" s="4">
+        <v>43325</v>
+      </c>
+      <c r="I184" s="4">
+        <v>2496</v>
+      </c>
+      <c r="J184" s="4">
+        <v>45821</v>
+      </c>
+      <c r="K184" s="4">
+        <v>5396</v>
+      </c>
+      <c r="L184" s="4">
+        <v>0</v>
+      </c>
+      <c r="M184" s="4">
+        <v>603</v>
+      </c>
+      <c r="N184" s="4">
+        <v>1763</v>
+      </c>
+      <c r="O184" s="4">
+        <v>0</v>
+      </c>
+      <c r="P184" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q184" s="4">
+        <v>0</v>
+      </c>
+      <c r="R184" s="4">
+        <v>53583</v>
+      </c>
+    </row>
+    <row r="185" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A185" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C185" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="D185" t="s">
+        <v>356</v>
+      </c>
+      <c r="E185" t="s">
+        <v>356</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="H185" s="4">
+        <v>29263</v>
+      </c>
+      <c r="I185" s="4">
+        <v>2933</v>
+      </c>
+      <c r="J185" s="4">
+        <v>32196</v>
+      </c>
+      <c r="K185" s="4">
+        <v>9911</v>
+      </c>
+      <c r="L185" s="4">
+        <v>0</v>
+      </c>
+      <c r="M185" s="4">
+        <v>0</v>
+      </c>
+      <c r="N185" s="4">
+        <v>1061</v>
+      </c>
+      <c r="O185" s="4">
+        <v>0</v>
+      </c>
+      <c r="P185" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q185" s="4">
+        <v>12065</v>
+      </c>
+      <c r="R185" s="4">
+        <v>55233</v>
+      </c>
+    </row>
+    <row r="186" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A186" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B186" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="C186" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D186" t="s">
+        <v>356</v>
+      </c>
+      <c r="E186" t="s">
+        <v>356</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="H186" s="4">
+        <v>107588</v>
+      </c>
+      <c r="I186" s="4">
+        <v>8054</v>
+      </c>
+      <c r="J186" s="4">
+        <v>115642</v>
+      </c>
+      <c r="K186" s="4">
+        <v>11673</v>
+      </c>
+      <c r="L186" s="4">
+        <v>0</v>
+      </c>
+      <c r="M186" s="4">
+        <v>8589</v>
+      </c>
+      <c r="N186" s="4">
+        <v>4481</v>
+      </c>
+      <c r="O186" s="4">
+        <v>0</v>
+      </c>
+      <c r="P186" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q186" s="4">
+        <v>36662</v>
+      </c>
+      <c r="R186" s="4">
+        <v>177047</v>
+      </c>
+    </row>
+    <row r="187" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A187" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B187" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C187" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D187" t="s">
+        <v>356</v>
+      </c>
+      <c r="E187" t="s">
+        <v>356</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="H187" s="4">
+        <v>69213</v>
+      </c>
+      <c r="I187" s="4">
+        <v>1584</v>
+      </c>
+      <c r="J187" s="4">
+        <v>70797</v>
+      </c>
+      <c r="K187" s="4">
+        <v>4336</v>
+      </c>
+      <c r="L187" s="4">
+        <v>0</v>
+      </c>
+      <c r="M187" s="4">
+        <v>3862</v>
+      </c>
+      <c r="N187" s="4">
+        <v>2199</v>
+      </c>
+      <c r="O187" s="4">
+        <v>0</v>
+      </c>
+      <c r="P187" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q187" s="4">
+        <v>26976</v>
+      </c>
+      <c r="R187" s="4">
+        <v>108170</v>
+      </c>
+    </row>
+    <row r="188" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A188" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B188" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C188" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="D188" t="s">
+        <v>356</v>
+      </c>
+      <c r="E188" t="s">
+        <v>356</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="H188" s="4">
+        <v>62679</v>
+      </c>
+      <c r="I188" s="4">
+        <v>6046</v>
+      </c>
+      <c r="J188" s="4">
+        <v>68725</v>
+      </c>
+      <c r="K188" s="4">
+        <v>6630</v>
+      </c>
+      <c r="L188" s="4">
+        <v>0</v>
+      </c>
+      <c r="M188" s="4">
+        <v>9583</v>
+      </c>
+      <c r="N188" s="4">
+        <v>2360</v>
+      </c>
+      <c r="O188" s="4">
+        <v>0</v>
+      </c>
+      <c r="P188" s="4">
+        <v>965</v>
+      </c>
+      <c r="Q188" s="4">
+        <v>5901</v>
+      </c>
+      <c r="R188" s="4">
+        <v>94164</v>
+      </c>
+    </row>
+    <row r="189" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A189" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B189" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C189" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="D189" t="s">
+        <v>356</v>
+      </c>
+      <c r="E189" t="s">
+        <v>356</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="H189" s="4">
+        <v>63312</v>
+      </c>
+      <c r="I189" s="4">
+        <v>7654</v>
+      </c>
+      <c r="J189" s="4">
+        <v>70966</v>
+      </c>
+      <c r="K189" s="4">
+        <v>4495</v>
+      </c>
+      <c r="L189" s="4">
+        <v>0</v>
+      </c>
+      <c r="M189" s="4">
+        <v>0</v>
+      </c>
+      <c r="N189" s="4">
+        <v>2656</v>
+      </c>
+      <c r="O189" s="4">
+        <v>0</v>
+      </c>
+      <c r="P189" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q189" s="4">
+        <v>21691</v>
+      </c>
+      <c r="R189" s="4">
+        <v>99808</v>
+      </c>
+    </row>
+    <row r="190" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A190" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C190" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D190" t="s">
+        <v>356</v>
+      </c>
+      <c r="E190" t="s">
+        <v>356</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="H190" s="4">
+        <v>115470</v>
+      </c>
+      <c r="I190" s="4">
+        <v>9679</v>
+      </c>
+      <c r="J190" s="4">
+        <v>125149</v>
+      </c>
+      <c r="K190" s="4">
+        <v>24412</v>
+      </c>
+      <c r="L190" s="4">
+        <v>0</v>
+      </c>
+      <c r="M190" s="4">
+        <v>22825</v>
+      </c>
+      <c r="N190" s="4">
+        <v>5621</v>
+      </c>
+      <c r="O190" s="4">
+        <v>0</v>
+      </c>
+      <c r="P190" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q190" s="4">
+        <v>1135</v>
+      </c>
+      <c r="R190" s="4">
+        <v>179142</v>
+      </c>
+    </row>
+    <row r="191" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A191" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C191" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="D191" t="s">
+        <v>356</v>
+      </c>
+      <c r="E191" t="s">
+        <v>356</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="H191" s="4">
+        <v>71102</v>
+      </c>
+      <c r="I191" s="4">
+        <v>2293</v>
+      </c>
+      <c r="J191" s="4">
+        <v>73395</v>
+      </c>
+      <c r="K191" s="4">
+        <v>6349</v>
+      </c>
+      <c r="L191" s="4">
+        <v>0</v>
+      </c>
+      <c r="M191" s="4">
+        <v>3600</v>
+      </c>
+      <c r="N191" s="4">
+        <v>2296</v>
+      </c>
+      <c r="O191" s="4">
+        <v>0</v>
+      </c>
+      <c r="P191" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q191" s="4">
+        <v>24740</v>
+      </c>
+      <c r="R191" s="4">
+        <v>110380</v>
+      </c>
+    </row>
+    <row r="192" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A192" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="C192" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="D192" t="s">
+        <v>356</v>
+      </c>
+      <c r="E192" t="s">
+        <v>356</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="H192" s="4">
+        <v>12342</v>
+      </c>
+      <c r="I192" s="4">
+        <v>1183</v>
+      </c>
+      <c r="J192" s="4">
+        <v>13525</v>
+      </c>
+      <c r="K192" s="4">
+        <v>1712</v>
+      </c>
+      <c r="L192" s="4">
+        <v>0</v>
+      </c>
+      <c r="M192" s="4">
+        <v>0</v>
+      </c>
+      <c r="N192" s="4">
+        <v>481</v>
+      </c>
+      <c r="O192" s="4">
+        <v>0</v>
+      </c>
+      <c r="P192" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q192" s="4">
+        <v>1344</v>
+      </c>
+      <c r="R192" s="4">
+        <v>17062</v>
+      </c>
+    </row>
+    <row r="193" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A193" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C193" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="D193" t="s">
+        <v>356</v>
+      </c>
+      <c r="E193" t="s">
+        <v>356</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="H193" s="4">
+        <v>18109</v>
+      </c>
+      <c r="I193" s="4">
+        <v>568</v>
+      </c>
+      <c r="J193" s="4">
+        <v>18677</v>
+      </c>
+      <c r="K193" s="4">
+        <v>1732</v>
+      </c>
+      <c r="L193" s="4">
+        <v>0</v>
+      </c>
+      <c r="M193" s="4">
+        <v>2859</v>
+      </c>
+      <c r="N193" s="4">
+        <v>704</v>
+      </c>
+      <c r="O193" s="4">
+        <v>0</v>
+      </c>
+      <c r="P193" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q193" s="4">
+        <v>5875</v>
+      </c>
+      <c r="R193" s="4">
+        <v>29847</v>
+      </c>
+    </row>
+    <row r="194" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A194" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C194" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="D194" t="s">
+        <v>356</v>
+      </c>
+      <c r="E194" t="s">
+        <v>356</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="H194" s="4">
+        <v>12427</v>
+      </c>
+      <c r="I194" s="4">
+        <v>1838</v>
+      </c>
+      <c r="J194" s="4">
+        <v>14265</v>
+      </c>
+      <c r="K194" s="4">
+        <v>2039</v>
+      </c>
+      <c r="L194" s="4">
+        <v>0</v>
+      </c>
+      <c r="M194" s="4">
+        <v>0</v>
+      </c>
+      <c r="N194" s="4">
+        <v>477</v>
+      </c>
+      <c r="O194" s="4">
+        <v>0</v>
+      </c>
+      <c r="P194" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q194" s="4">
+        <v>0</v>
+      </c>
+      <c r="R194" s="4">
+        <v>16781</v>
+      </c>
+    </row>
+    <row r="195" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A195" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="C195" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="D195" t="s">
+        <v>356</v>
+      </c>
+      <c r="E195" t="s">
+        <v>356</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="H195" s="4">
+        <v>131944</v>
+      </c>
+      <c r="I195" s="4">
+        <v>3876</v>
+      </c>
+      <c r="J195" s="4">
+        <v>135820</v>
+      </c>
+      <c r="K195" s="4">
+        <v>11786</v>
+      </c>
+      <c r="L195" s="4">
+        <v>0</v>
+      </c>
+      <c r="M195" s="4">
+        <v>12493</v>
+      </c>
+      <c r="N195" s="4">
+        <v>4122</v>
+      </c>
+      <c r="O195" s="4">
+        <v>0</v>
+      </c>
+      <c r="P195" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q195" s="4">
+        <v>0</v>
+      </c>
+      <c r="R195" s="4">
+        <v>164221</v>
+      </c>
+    </row>
+    <row r="196" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A196" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="C196" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D196" t="s">
+        <v>356</v>
+      </c>
+      <c r="E196" t="s">
+        <v>356</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="H196" s="4">
+        <v>48000</v>
+      </c>
+      <c r="I196" s="4">
+        <v>3531</v>
+      </c>
+      <c r="J196" s="4">
+        <v>51531</v>
+      </c>
+      <c r="K196" s="4">
+        <v>7200</v>
+      </c>
+      <c r="L196" s="4">
+        <v>0</v>
+      </c>
+      <c r="M196" s="4">
+        <v>8219</v>
+      </c>
+      <c r="N196" s="4">
+        <v>2024</v>
+      </c>
+      <c r="O196" s="4">
+        <v>0</v>
+      </c>
+      <c r="P196" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q196" s="4">
+        <v>0</v>
+      </c>
+      <c r="R196" s="4">
+        <v>68974</v>
+      </c>
+    </row>
+    <row r="197" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A197" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="C197" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="D197" t="s">
+        <v>356</v>
+      </c>
+      <c r="E197" t="s">
+        <v>356</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="H197" s="4">
+        <v>50383</v>
+      </c>
+      <c r="I197" s="4">
+        <v>4583</v>
+      </c>
+      <c r="J197" s="4">
+        <v>54966</v>
+      </c>
+      <c r="K197" s="4">
+        <v>9302</v>
+      </c>
+      <c r="L197" s="4">
+        <v>0</v>
+      </c>
+      <c r="M197" s="4">
+        <v>8357</v>
+      </c>
+      <c r="N197" s="4">
+        <v>2058</v>
+      </c>
+      <c r="O197" s="4">
+        <v>0</v>
+      </c>
+      <c r="P197" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q197" s="4">
+        <v>0</v>
+      </c>
+      <c r="R197" s="4">
+        <v>74683</v>
+      </c>
+    </row>
+    <row r="198" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A198" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D198" t="s">
+        <v>356</v>
+      </c>
+      <c r="E198" t="s">
+        <v>356</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="H198" s="4">
+        <v>61598</v>
+      </c>
+      <c r="I198" s="4">
+        <v>1573</v>
+      </c>
+      <c r="J198" s="4">
+        <v>63171</v>
+      </c>
+      <c r="K198" s="4">
+        <v>9402</v>
+      </c>
+      <c r="L198" s="4">
+        <v>0</v>
+      </c>
+      <c r="M198" s="4">
+        <v>7717</v>
+      </c>
+      <c r="N198" s="4">
+        <v>1900</v>
+      </c>
+      <c r="O198" s="4">
+        <v>0</v>
+      </c>
+      <c r="P198" s="4">
+        <v>778</v>
+      </c>
+      <c r="Q198" s="4">
+        <v>16262</v>
+      </c>
+      <c r="R198" s="4">
+        <v>99230</v>
+      </c>
+    </row>
+    <row r="199" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A199" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C199" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="D199" t="s">
+        <v>356</v>
+      </c>
+      <c r="E199" t="s">
+        <v>356</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="H199" s="4">
+        <v>22110</v>
+      </c>
+      <c r="I199" s="4">
+        <v>3433</v>
+      </c>
+      <c r="J199" s="4">
+        <v>25543</v>
+      </c>
+      <c r="K199" s="4">
+        <v>1407</v>
+      </c>
+      <c r="L199" s="4">
+        <v>0</v>
+      </c>
+      <c r="M199" s="4">
+        <v>0</v>
+      </c>
+      <c r="N199" s="4">
+        <v>883</v>
+      </c>
+      <c r="O199" s="4">
+        <v>0</v>
+      </c>
+      <c r="P199" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q199" s="4">
+        <v>6859</v>
+      </c>
+      <c r="R199" s="4">
+        <v>34692</v>
+      </c>
+    </row>
+    <row r="200" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A200" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="C200" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="D200" t="s">
+        <v>356</v>
+      </c>
+      <c r="E200" t="s">
+        <v>356</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="H200" s="4">
+        <v>189738</v>
+      </c>
+      <c r="I200" s="4">
+        <v>21948</v>
+      </c>
+      <c r="J200" s="4">
+        <v>211686</v>
+      </c>
+      <c r="K200" s="4">
+        <v>31430</v>
+      </c>
+      <c r="L200" s="4">
+        <v>0</v>
+      </c>
+      <c r="M200" s="4">
+        <v>26619</v>
+      </c>
+      <c r="N200" s="4">
+        <v>6555</v>
+      </c>
+      <c r="O200" s="4">
+        <v>0</v>
+      </c>
+      <c r="P200" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q200" s="4">
+        <v>0</v>
+      </c>
+      <c r="R200" s="4">
+        <v>276290</v>
+      </c>
+    </row>
+    <row r="201" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A201" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="D201" t="s">
+        <v>356</v>
+      </c>
+      <c r="E201" t="s">
+        <v>356</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="H201" s="4">
+        <v>39420</v>
+      </c>
+      <c r="I201" s="4">
+        <v>2062</v>
+      </c>
+      <c r="J201" s="4">
+        <v>41482</v>
+      </c>
+      <c r="K201" s="4">
+        <v>7398</v>
+      </c>
+      <c r="L201" s="4">
+        <v>0</v>
+      </c>
+      <c r="M201" s="4">
+        <v>3356</v>
+      </c>
+      <c r="N201" s="4">
+        <v>1631</v>
+      </c>
+      <c r="O201" s="4">
+        <v>0</v>
+      </c>
+      <c r="P201" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q201" s="4">
+        <v>0</v>
+      </c>
+      <c r="R201" s="4">
+        <v>53867</v>
+      </c>
+    </row>
+    <row r="202" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A202" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C202" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="D202" t="s">
+        <v>356</v>
+      </c>
+      <c r="E202" t="s">
+        <v>356</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="H202" s="4">
+        <v>93793</v>
+      </c>
+      <c r="I202" s="4">
+        <v>4363</v>
+      </c>
+      <c r="J202" s="4">
+        <v>98156</v>
+      </c>
+      <c r="K202" s="4">
+        <v>10277</v>
+      </c>
+      <c r="L202" s="4">
+        <v>0</v>
+      </c>
+      <c r="M202" s="4">
+        <v>6513</v>
+      </c>
+      <c r="N202" s="4">
+        <v>3208</v>
+      </c>
+      <c r="O202" s="4">
+        <v>0</v>
+      </c>
+      <c r="P202" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q202" s="4">
+        <v>17438</v>
+      </c>
+      <c r="R202" s="4">
+        <v>135592</v>
+      </c>
+    </row>
+    <row r="203" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A203" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="C203" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="D203" t="s">
+        <v>356</v>
+      </c>
+      <c r="E203" t="s">
+        <v>356</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="H203" s="4">
+        <v>180276</v>
+      </c>
+      <c r="I203" s="4">
+        <v>1760</v>
+      </c>
+      <c r="J203" s="4">
+        <v>182036</v>
+      </c>
+      <c r="K203" s="4">
+        <v>30747</v>
+      </c>
+      <c r="L203" s="4">
+        <v>0</v>
+      </c>
+      <c r="M203" s="4">
+        <v>0</v>
+      </c>
+      <c r="N203" s="4">
+        <v>7022</v>
+      </c>
+      <c r="O203" s="4">
+        <v>0</v>
+      </c>
+      <c r="P203" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q203" s="4">
+        <v>34221</v>
+      </c>
+      <c r="R203" s="4">
+        <v>254026</v>
+      </c>
+    </row>
+    <row r="204" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A204" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="C204" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="D204" t="s">
+        <v>356</v>
+      </c>
+      <c r="E204" t="s">
+        <v>356</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="H204" s="4">
+        <v>9402</v>
+      </c>
+      <c r="I204" s="4">
+        <v>153</v>
+      </c>
+      <c r="J204" s="4">
+        <v>9555</v>
+      </c>
+      <c r="K204" s="4">
+        <v>2402</v>
+      </c>
+      <c r="L204" s="4">
+        <v>0</v>
+      </c>
+      <c r="M204" s="4">
+        <v>97</v>
+      </c>
+      <c r="N204" s="4">
+        <v>312</v>
+      </c>
+      <c r="O204" s="4">
+        <v>0</v>
+      </c>
+      <c r="P204" s="4">
+        <v>127</v>
+      </c>
+      <c r="Q204" s="4">
+        <v>2299</v>
+      </c>
+      <c r="R204" s="4">
+        <v>14792</v>
+      </c>
+    </row>
+    <row r="205" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A205" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="D205" t="s">
+        <v>356</v>
+      </c>
+      <c r="E205" t="s">
+        <v>356</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="H205" s="4">
+        <v>32627</v>
+      </c>
+      <c r="I205" s="4">
+        <v>55</v>
+      </c>
+      <c r="J205" s="4">
+        <v>32682</v>
+      </c>
+      <c r="K205" s="4">
+        <v>7686</v>
+      </c>
+      <c r="L205" s="4">
+        <v>0</v>
+      </c>
+      <c r="M205" s="4">
+        <v>5880</v>
+      </c>
+      <c r="N205" s="4">
+        <v>1448</v>
+      </c>
+      <c r="O205" s="4">
+        <v>0</v>
+      </c>
+      <c r="P205" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q205" s="4">
+        <v>10917</v>
+      </c>
+      <c r="R205" s="4">
+        <v>58613</v>
+      </c>
+    </row>
+    <row r="206" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A206" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C206" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="D206" t="s">
+        <v>356</v>
+      </c>
+      <c r="E206" t="s">
+        <v>356</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="H206" s="4">
+        <v>152004</v>
+      </c>
+      <c r="I206" s="4">
+        <v>5259</v>
+      </c>
+      <c r="J206" s="4">
+        <v>157263</v>
+      </c>
+      <c r="K206" s="4">
+        <v>32750</v>
+      </c>
+      <c r="L206" s="4">
+        <v>0</v>
+      </c>
+      <c r="M206" s="4">
+        <v>21578</v>
+      </c>
+      <c r="N206" s="4">
+        <v>5314</v>
+      </c>
+      <c r="O206" s="4">
+        <v>0</v>
+      </c>
+      <c r="P206" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q206" s="4">
+        <v>38866</v>
+      </c>
+      <c r="R206" s="4">
+        <v>255771</v>
+      </c>
+    </row>
+    <row r="207" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A207" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C207" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D207" t="s">
+        <v>356</v>
+      </c>
+      <c r="E207" t="s">
+        <v>356</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="H207" s="4">
+        <v>35844</v>
+      </c>
+      <c r="I207" s="4">
+        <v>1326</v>
+      </c>
+      <c r="J207" s="4">
+        <v>37170</v>
+      </c>
+      <c r="K207" s="4">
+        <v>7516</v>
+      </c>
+      <c r="L207" s="4">
+        <v>0</v>
+      </c>
+      <c r="M207" s="4">
+        <v>5733</v>
+      </c>
+      <c r="N207" s="4">
+        <v>1412</v>
+      </c>
+      <c r="O207" s="4">
+        <v>0</v>
+      </c>
+      <c r="P207" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q207" s="4">
+        <v>7230</v>
+      </c>
+      <c r="R207" s="4">
+        <v>59061</v>
+      </c>
+    </row>
+    <row r="208" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A208" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C208" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D208" t="s">
+        <v>356</v>
+      </c>
+      <c r="E208" t="s">
+        <v>356</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="H208" s="4">
+        <v>25360</v>
+      </c>
+      <c r="I208" s="4">
+        <v>3225</v>
+      </c>
+      <c r="J208" s="4">
+        <v>28585</v>
+      </c>
+      <c r="K208" s="4">
+        <v>3142</v>
+      </c>
+      <c r="L208" s="4">
+        <v>0</v>
+      </c>
+      <c r="M208" s="4">
+        <v>0</v>
+      </c>
+      <c r="N208" s="4">
+        <v>1109</v>
+      </c>
+      <c r="O208" s="4">
+        <v>0</v>
+      </c>
+      <c r="P208" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q208" s="4">
+        <v>0</v>
+      </c>
+      <c r="R208" s="4">
+        <v>32836</v>
+      </c>
+    </row>
+    <row r="209" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A209" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C209" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D209" t="s">
+        <v>356</v>
+      </c>
+      <c r="E209" t="s">
+        <v>356</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="H209" s="4">
+        <v>45045</v>
+      </c>
+      <c r="I209" s="4">
+        <v>1181</v>
+      </c>
+      <c r="J209" s="4">
+        <v>46226</v>
+      </c>
+      <c r="K209" s="4">
+        <v>6991</v>
+      </c>
+      <c r="L209" s="4">
+        <v>0</v>
+      </c>
+      <c r="M209" s="4">
+        <v>1401</v>
+      </c>
+      <c r="N209" s="4">
+        <v>1369</v>
+      </c>
+      <c r="O209" s="4">
+        <v>0</v>
+      </c>
+      <c r="P209" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q209" s="4">
+        <v>0</v>
+      </c>
+      <c r="R209" s="4">
+        <v>55987</v>
+      </c>
+    </row>
+    <row r="210" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A210" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="D210" t="s">
+        <v>356</v>
+      </c>
+      <c r="E210" t="s">
+        <v>356</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="H210" s="4">
+        <v>69582</v>
+      </c>
+      <c r="I210" s="4">
+        <v>795</v>
+      </c>
+      <c r="J210" s="4">
+        <v>70377</v>
+      </c>
+      <c r="K210" s="4">
+        <v>9065</v>
+      </c>
+      <c r="L210" s="4">
+        <v>0</v>
+      </c>
+      <c r="M210" s="4">
+        <v>7221</v>
+      </c>
+      <c r="N210" s="4">
+        <v>2383</v>
+      </c>
+      <c r="O210" s="4">
+        <v>0</v>
+      </c>
+      <c r="P210" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q210" s="4">
+        <v>0</v>
+      </c>
+      <c r="R210" s="4">
+        <v>89046</v>
+      </c>
+    </row>
+    <row r="211" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A211" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="C211" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D211" t="s">
+        <v>356</v>
+      </c>
+      <c r="E211" t="s">
+        <v>356</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="H211" s="4">
+        <v>50076</v>
+      </c>
+      <c r="I211" s="4">
+        <v>2849</v>
+      </c>
+      <c r="J211" s="4">
+        <v>52925</v>
+      </c>
+      <c r="K211" s="4">
+        <v>3674</v>
+      </c>
+      <c r="L211" s="4">
+        <v>0</v>
+      </c>
+      <c r="M211" s="4">
+        <v>4895</v>
+      </c>
+      <c r="N211" s="4">
+        <v>2116</v>
+      </c>
+      <c r="O211" s="4">
+        <v>0</v>
+      </c>
+      <c r="P211" s="4">
+        <v>865</v>
+      </c>
+      <c r="Q211" s="4">
+        <v>0</v>
+      </c>
+      <c r="R211" s="4">
+        <v>64475</v>
+      </c>
+    </row>
+    <row r="212" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A212" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C212" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="D212" t="s">
+        <v>356</v>
+      </c>
+      <c r="E212" t="s">
+        <v>356</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="H212" s="4">
+        <v>115487</v>
+      </c>
+      <c r="I212" s="4">
+        <v>7487</v>
+      </c>
+      <c r="J212" s="4">
+        <v>122974</v>
+      </c>
+      <c r="K212" s="4">
+        <v>15425</v>
+      </c>
+      <c r="L212" s="4">
+        <v>0</v>
+      </c>
+      <c r="M212" s="4">
+        <v>0</v>
+      </c>
+      <c r="N212" s="4">
+        <v>5721</v>
+      </c>
+      <c r="O212" s="4">
+        <v>0</v>
+      </c>
+      <c r="P212" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q212" s="4">
+        <v>0</v>
+      </c>
+      <c r="R212" s="4">
+        <v>144120</v>
+      </c>
+    </row>
+    <row r="213" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A213" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="D213" t="s">
+        <v>356</v>
+      </c>
+      <c r="E213" t="s">
+        <v>356</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="H213" s="4">
+        <v>53163</v>
+      </c>
+      <c r="I213" s="4">
+        <v>7353</v>
+      </c>
+      <c r="J213" s="4">
+        <v>60516</v>
+      </c>
+      <c r="K213" s="4">
+        <v>8208</v>
+      </c>
+      <c r="L213" s="4">
+        <v>0</v>
+      </c>
+      <c r="M213" s="4">
+        <v>9378</v>
+      </c>
+      <c r="N213" s="4">
+        <v>2309</v>
+      </c>
+      <c r="O213" s="4">
+        <v>0</v>
+      </c>
+      <c r="P213" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q213" s="4">
+        <v>17530</v>
+      </c>
+      <c r="R213" s="4">
+        <v>97941</v>
+      </c>
+    </row>
+    <row r="214" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A214" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D214" t="s">
+        <v>356</v>
+      </c>
+      <c r="E214" t="s">
+        <v>356</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="H214" s="4">
+        <v>125190</v>
+      </c>
+      <c r="I214" s="4">
+        <v>9702</v>
+      </c>
+      <c r="J214" s="4">
+        <v>134892</v>
+      </c>
+      <c r="K214" s="4">
+        <v>21462</v>
+      </c>
+      <c r="L214" s="4">
+        <v>0</v>
+      </c>
+      <c r="M214" s="4">
+        <v>0</v>
+      </c>
+      <c r="N214" s="4">
+        <v>5515</v>
+      </c>
+      <c r="O214" s="4">
+        <v>0</v>
+      </c>
+      <c r="P214" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q214" s="4">
+        <v>45087</v>
+      </c>
+      <c r="R214" s="4">
+        <v>206956</v>
+      </c>
+    </row>
+    <row r="215" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A215" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C215" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="D215" t="s">
+        <v>356</v>
+      </c>
+      <c r="E215" t="s">
+        <v>356</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="H215" s="4">
+        <v>120092</v>
+      </c>
+      <c r="I215" s="4">
+        <v>1363</v>
+      </c>
+      <c r="J215" s="4">
+        <v>121455</v>
+      </c>
+      <c r="K215" s="4">
+        <v>9982</v>
+      </c>
+      <c r="L215" s="4">
+        <v>0</v>
+      </c>
+      <c r="M215" s="4">
+        <v>13247</v>
+      </c>
+      <c r="N215" s="4">
+        <v>3262</v>
+      </c>
+      <c r="O215" s="4">
+        <v>0</v>
+      </c>
+      <c r="P215" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q215" s="4">
+        <v>37632</v>
+      </c>
+      <c r="R215" s="4">
+        <v>185578</v>
+      </c>
+    </row>
+    <row r="216" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A216" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D216" t="s">
+        <v>356</v>
+      </c>
+      <c r="E216" t="s">
+        <v>356</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="H216" s="4">
+        <v>333360</v>
+      </c>
+      <c r="I216" s="4">
+        <v>34413</v>
+      </c>
+      <c r="J216" s="4">
+        <v>367773</v>
+      </c>
+      <c r="K216" s="4">
+        <v>17485</v>
+      </c>
+      <c r="L216" s="4">
+        <v>0</v>
+      </c>
+      <c r="M216" s="4">
+        <v>40786</v>
+      </c>
+      <c r="N216" s="4">
+        <v>13876</v>
+      </c>
+      <c r="O216" s="4">
+        <v>0</v>
+      </c>
+      <c r="P216" s="4">
+        <v>5677</v>
+      </c>
+      <c r="Q216" s="4">
+        <v>48818</v>
+      </c>
+      <c r="R216" s="4">
+        <v>494415</v>
+      </c>
+    </row>
+    <row r="217" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A217" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B217" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="C217" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="D217" t="s">
+        <v>356</v>
+      </c>
+      <c r="E217" t="s">
+        <v>356</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="H217" s="4">
+        <v>30210</v>
+      </c>
+      <c r="I217" s="4">
+        <v>496</v>
+      </c>
+      <c r="J217" s="4">
+        <v>30706</v>
+      </c>
+      <c r="K217" s="4">
+        <v>1199</v>
+      </c>
+      <c r="L217" s="4">
+        <v>0</v>
+      </c>
+      <c r="M217" s="4">
+        <v>0</v>
+      </c>
+      <c r="N217" s="4">
+        <v>1046</v>
+      </c>
+      <c r="O217" s="4">
+        <v>0</v>
+      </c>
+      <c r="P217" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q217" s="4">
+        <v>12834</v>
+      </c>
+      <c r="R217" s="4">
+        <v>45785</v>
+      </c>
+    </row>
+    <row r="218" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A218" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="C218" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D218" t="s">
+        <v>356</v>
+      </c>
+      <c r="E218" t="s">
+        <v>356</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="H218" s="4">
+        <v>108010</v>
+      </c>
+      <c r="I218" s="4">
+        <v>7580</v>
+      </c>
+      <c r="J218" s="4">
+        <v>115590</v>
+      </c>
+      <c r="K218" s="4">
+        <v>15191</v>
+      </c>
+      <c r="L218" s="4">
+        <v>0</v>
+      </c>
+      <c r="M218" s="4">
+        <v>19081</v>
+      </c>
+      <c r="N218" s="4">
+        <v>5262</v>
+      </c>
+      <c r="O218" s="4">
+        <v>0</v>
+      </c>
+      <c r="P218" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q218" s="4">
+        <v>0</v>
+      </c>
+      <c r="R218" s="4">
+        <v>155124</v>
+      </c>
+    </row>
+    <row r="219" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A219" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B219" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C219" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="D219" t="s">
+        <v>356</v>
+      </c>
+      <c r="E219" t="s">
+        <v>356</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="H219" s="4">
+        <v>21270</v>
+      </c>
+      <c r="I219" s="4">
+        <v>51</v>
+      </c>
+      <c r="J219" s="4">
+        <v>21321</v>
+      </c>
+      <c r="K219" s="4">
+        <v>3474</v>
+      </c>
+      <c r="L219" s="4">
+        <v>0</v>
+      </c>
+      <c r="M219" s="4">
+        <v>1659</v>
+      </c>
+      <c r="N219" s="4">
+        <v>817</v>
+      </c>
+      <c r="O219" s="4">
+        <v>0</v>
+      </c>
+      <c r="P219" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q219" s="4">
+        <v>9401</v>
+      </c>
+      <c r="R219" s="4">
+        <v>36672</v>
+      </c>
+    </row>
+    <row r="220" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A220" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B220" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="C220" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="D220" t="s">
+        <v>356</v>
+      </c>
+      <c r="E220" t="s">
+        <v>356</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="H220" s="4">
+        <v>48266</v>
+      </c>
+      <c r="I220" s="4">
+        <v>4630</v>
+      </c>
+      <c r="J220" s="4">
+        <v>52896</v>
+      </c>
+      <c r="K220" s="4">
+        <v>7302</v>
+      </c>
+      <c r="L220" s="4">
+        <v>0</v>
+      </c>
+      <c r="M220" s="4">
+        <v>4025</v>
+      </c>
+      <c r="N220" s="4">
+        <v>1982</v>
+      </c>
+      <c r="O220" s="4">
+        <v>0</v>
+      </c>
+      <c r="P220" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q220" s="4">
+        <v>5803</v>
+      </c>
+      <c r="R220" s="4">
+        <v>72008</v>
+      </c>
+    </row>
+    <row r="221" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A221" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B221" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C221" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="D221" t="s">
+        <v>356</v>
+      </c>
+      <c r="E221" t="s">
+        <v>356</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="H221" s="4">
+        <v>193294</v>
+      </c>
+      <c r="I221" s="4">
+        <v>25994</v>
+      </c>
+      <c r="J221" s="4">
+        <v>219288</v>
+      </c>
+      <c r="K221" s="4">
+        <v>45315</v>
+      </c>
+      <c r="L221" s="4">
+        <v>0</v>
+      </c>
+      <c r="M221" s="4">
+        <v>29800</v>
+      </c>
+      <c r="N221" s="4">
+        <v>7338</v>
+      </c>
+      <c r="O221" s="4">
+        <v>0</v>
+      </c>
+      <c r="P221" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q221" s="4">
+        <v>90064</v>
+      </c>
+      <c r="R221" s="4">
+        <v>391805</v>
+      </c>
+    </row>
+    <row r="222" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A222" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C222" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="D222" t="s">
+        <v>356</v>
+      </c>
+      <c r="E222" t="s">
+        <v>356</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="H222" s="4">
+        <v>132813</v>
+      </c>
+      <c r="I222" s="4">
+        <v>10743</v>
+      </c>
+      <c r="J222" s="4">
+        <v>143556</v>
+      </c>
+      <c r="K222" s="4">
+        <v>20169</v>
+      </c>
+      <c r="L222" s="4">
+        <v>0</v>
+      </c>
+      <c r="M222" s="4">
+        <v>24533</v>
+      </c>
+      <c r="N222" s="4">
+        <v>6042</v>
+      </c>
+      <c r="O222" s="4">
+        <v>0</v>
+      </c>
+      <c r="P222" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q222" s="4">
+        <v>49314</v>
+      </c>
+      <c r="R222" s="4">
+        <v>243614</v>
+      </c>
+    </row>
+    <row r="223" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A223" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="C223" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="D223" t="s">
+        <v>356</v>
+      </c>
+      <c r="E223" t="s">
+        <v>356</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="H223" s="4">
+        <v>100847</v>
+      </c>
+      <c r="I223" s="4">
+        <v>7538</v>
+      </c>
+      <c r="J223" s="4">
+        <v>108385</v>
+      </c>
+      <c r="K223" s="4">
+        <v>21743</v>
+      </c>
+      <c r="L223" s="4">
+        <v>0</v>
+      </c>
+      <c r="M223" s="4">
+        <v>6532</v>
+      </c>
+      <c r="N223" s="4">
+        <v>3527</v>
+      </c>
+      <c r="O223" s="4">
+        <v>0</v>
+      </c>
+      <c r="P223" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q223" s="4">
+        <v>0</v>
+      </c>
+      <c r="R223" s="4">
+        <v>140187</v>
+      </c>
+    </row>
+    <row r="224" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A224" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C224" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="D224" t="s">
+        <v>356</v>
+      </c>
+      <c r="E224" t="s">
+        <v>356</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="H224" s="4">
+        <v>19676</v>
+      </c>
+      <c r="I224" s="4">
+        <v>1196</v>
+      </c>
+      <c r="J224" s="4">
+        <v>20872</v>
+      </c>
+      <c r="K224" s="4">
+        <v>1404</v>
+      </c>
+      <c r="L224" s="4">
+        <v>0</v>
+      </c>
+      <c r="M224" s="4">
+        <v>3349</v>
+      </c>
+      <c r="N224" s="4">
+        <v>825</v>
+      </c>
+      <c r="O224" s="4">
+        <v>0</v>
+      </c>
+      <c r="P224" s="4">
+        <v>338</v>
+      </c>
+      <c r="Q224" s="4">
+        <v>6748</v>
+      </c>
+      <c r="R224" s="4">
+        <v>33536</v>
+      </c>
+    </row>
+    <row r="225" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A225" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B225" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="C225" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="D225" t="s">
+        <v>356</v>
+      </c>
+      <c r="E225" t="s">
+        <v>356</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="H225" s="4">
+        <v>36910</v>
+      </c>
+      <c r="I225" s="4">
+        <v>2108</v>
+      </c>
+      <c r="J225" s="4">
+        <v>39018</v>
+      </c>
+      <c r="K225" s="4">
+        <v>2386</v>
+      </c>
+      <c r="L225" s="4">
+        <v>0</v>
+      </c>
+      <c r="M225" s="4">
+        <v>0</v>
+      </c>
+      <c r="N225" s="4">
+        <v>2197</v>
+      </c>
+      <c r="O225" s="4">
+        <v>0</v>
+      </c>
+      <c r="P225" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q225" s="4">
+        <v>17973</v>
+      </c>
+      <c r="R225" s="4">
+        <v>61574</v>
+      </c>
+    </row>
+    <row r="226" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A226" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C226" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="D226" t="s">
+        <v>356</v>
+      </c>
+      <c r="E226" t="s">
+        <v>356</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="H226" s="4">
+        <v>17167</v>
+      </c>
+      <c r="I226" s="4">
+        <v>2272</v>
+      </c>
+      <c r="J226" s="4">
+        <v>19439</v>
+      </c>
+      <c r="K226" s="4">
+        <v>1848</v>
+      </c>
+      <c r="L226" s="4">
+        <v>0</v>
+      </c>
+      <c r="M226" s="4">
+        <v>1639</v>
+      </c>
+      <c r="N226" s="4">
+        <v>807</v>
+      </c>
+      <c r="O226" s="4">
+        <v>0</v>
+      </c>
+      <c r="P226" s="4">
+        <v>330</v>
+      </c>
+      <c r="Q226" s="4">
+        <v>0</v>
+      </c>
+      <c r="R226" s="4">
+        <v>24063</v>
+      </c>
+    </row>
+    <row r="227" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A227" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C227" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="D227" t="s">
+        <v>356</v>
+      </c>
+      <c r="E227" t="s">
+        <v>356</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="H227" s="4">
+        <v>144873</v>
+      </c>
+      <c r="I227" s="4">
+        <v>5812</v>
+      </c>
+      <c r="J227" s="4">
+        <v>150685</v>
+      </c>
+      <c r="K227" s="4">
+        <v>20646</v>
+      </c>
+      <c r="L227" s="4">
+        <v>0</v>
+      </c>
+      <c r="M227" s="4">
+        <v>18261</v>
+      </c>
+      <c r="N227" s="4">
+        <v>0</v>
+      </c>
+      <c r="O227" s="4">
+        <v>0</v>
+      </c>
+      <c r="P227" s="4">
+        <v>2465</v>
+      </c>
+      <c r="Q227" s="4">
+        <v>0</v>
+      </c>
+      <c r="R227" s="4">
+        <v>192057</v>
+      </c>
+    </row>
+    <row r="228" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A228" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B228" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="C228" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D228" t="s">
+        <v>356</v>
+      </c>
+      <c r="E228" t="s">
+        <v>356</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="H228" s="4">
+        <v>19812</v>
+      </c>
+      <c r="I228" s="4">
+        <v>1426</v>
+      </c>
+      <c r="J228" s="4">
+        <v>21238</v>
+      </c>
+      <c r="K228" s="4">
+        <v>1312</v>
+      </c>
+      <c r="L228" s="4">
+        <v>0</v>
+      </c>
+      <c r="M228" s="4">
+        <v>1982</v>
+      </c>
+      <c r="N228" s="4">
+        <v>684</v>
+      </c>
+      <c r="O228" s="4">
+        <v>0</v>
+      </c>
+      <c r="P228" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q228" s="4">
+        <v>0</v>
+      </c>
+      <c r="R228" s="4">
+        <v>25216</v>
+      </c>
+    </row>
+    <row r="229" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A229" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B229" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="C229" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="D229" t="s">
+        <v>356</v>
+      </c>
+      <c r="E229" t="s">
+        <v>356</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="H229" s="4">
+        <v>349712</v>
+      </c>
+      <c r="I229" s="4">
+        <v>17513</v>
+      </c>
+      <c r="J229" s="4">
+        <v>367225</v>
+      </c>
+      <c r="K229" s="4">
+        <v>45830</v>
+      </c>
+      <c r="L229" s="4">
+        <v>0</v>
+      </c>
+      <c r="M229" s="4">
+        <v>21453</v>
+      </c>
+      <c r="N229" s="4">
+        <v>10567</v>
+      </c>
+      <c r="O229" s="4">
+        <v>0</v>
+      </c>
+      <c r="P229" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q229" s="4">
+        <v>0</v>
+      </c>
+      <c r="R229" s="4">
+        <v>445075</v>
+      </c>
+    </row>
+    <row r="230" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A230" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B230" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C230" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="D230" t="s">
+        <v>356</v>
+      </c>
+      <c r="E230" t="s">
+        <v>356</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="H230" s="4">
+        <v>330556</v>
+      </c>
+      <c r="I230" s="4">
+        <v>10267</v>
+      </c>
+      <c r="J230" s="4">
+        <v>340823</v>
+      </c>
+      <c r="K230" s="4">
+        <v>36010</v>
+      </c>
+      <c r="L230" s="4">
+        <v>0</v>
+      </c>
+      <c r="M230" s="4">
+        <v>39281</v>
+      </c>
+      <c r="N230" s="4">
+        <v>9674</v>
+      </c>
+      <c r="O230" s="4">
+        <v>0</v>
+      </c>
+      <c r="P230" s="4">
+        <v>3957</v>
+      </c>
+      <c r="Q230" s="4">
+        <v>0</v>
+      </c>
+      <c r="R230" s="4">
+        <v>429745</v>
+      </c>
+    </row>
+    <row r="231" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A231" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C231" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="D231" t="s">
+        <v>356</v>
+      </c>
+      <c r="E231" t="s">
+        <v>356</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="H231" s="4">
+        <v>98707</v>
+      </c>
+      <c r="I231" s="4">
+        <v>5399</v>
+      </c>
+      <c r="J231" s="4">
+        <v>104106</v>
+      </c>
+      <c r="K231" s="4">
+        <v>25807</v>
+      </c>
+      <c r="L231" s="4">
+        <v>0</v>
+      </c>
+      <c r="M231" s="4">
+        <v>15152</v>
+      </c>
+      <c r="N231" s="4">
+        <v>3731</v>
+      </c>
+      <c r="O231" s="4">
+        <v>0</v>
+      </c>
+      <c r="P231" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q231" s="4">
+        <v>15869</v>
+      </c>
+      <c r="R231" s="4">
+        <v>164665</v>
+      </c>
+    </row>
+    <row r="232" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A232" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B232" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C232" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="D232" t="s">
+        <v>356</v>
+      </c>
+      <c r="E232" t="s">
+        <v>356</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="H232" s="4">
+        <v>39309</v>
+      </c>
+      <c r="I232" s="4">
+        <v>1483</v>
+      </c>
+      <c r="J232" s="4">
+        <v>40792</v>
+      </c>
+      <c r="K232" s="4">
+        <v>6989</v>
+      </c>
+      <c r="L232" s="4">
+        <v>0</v>
+      </c>
+      <c r="M232" s="4">
+        <v>3368</v>
+      </c>
+      <c r="N232" s="4">
+        <v>1659</v>
+      </c>
+      <c r="O232" s="4">
+        <v>0</v>
+      </c>
+      <c r="P232" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q232" s="4">
+        <v>0</v>
+      </c>
+      <c r="R232" s="4">
+        <v>52808</v>
+      </c>
+    </row>
+    <row r="233" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A233" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B233" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="C233" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="D233" t="s">
+        <v>356</v>
+      </c>
+      <c r="E233" t="s">
+        <v>356</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="H233" s="4">
+        <v>11852</v>
+      </c>
+      <c r="I233" s="4">
+        <v>573</v>
+      </c>
+      <c r="J233" s="4">
+        <v>12425</v>
+      </c>
+      <c r="K233" s="4">
+        <v>640</v>
+      </c>
+      <c r="L233" s="4">
+        <v>0</v>
+      </c>
+      <c r="M233" s="4">
+        <v>1045</v>
+      </c>
+      <c r="N233" s="4">
+        <v>401</v>
+      </c>
+      <c r="O233" s="4">
+        <v>0</v>
+      </c>
+      <c r="P233" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q233" s="4">
+        <v>0</v>
+      </c>
+      <c r="R233" s="4">
+        <v>14511</v>
+      </c>
+    </row>
+    <row r="234" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A234" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B234" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="C234" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="D234" t="s">
+        <v>356</v>
+      </c>
+      <c r="E234" t="s">
+        <v>356</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="H234" s="4">
+        <v>48704</v>
+      </c>
+      <c r="I234" s="4">
+        <v>2087</v>
+      </c>
+      <c r="J234" s="4">
+        <v>50791</v>
+      </c>
+      <c r="K234" s="4">
+        <v>9339</v>
+      </c>
+      <c r="L234" s="4">
+        <v>0</v>
+      </c>
+      <c r="M234" s="4">
+        <v>837</v>
+      </c>
+      <c r="N234" s="4">
+        <v>1825</v>
+      </c>
+      <c r="O234" s="4">
+        <v>0</v>
+      </c>
+      <c r="P234" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q234" s="4">
+        <v>8692</v>
+      </c>
+      <c r="R234" s="4">
+        <v>71484</v>
+      </c>
+    </row>
+    <row r="235" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A235" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C235" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="D235" t="s">
+        <v>356</v>
+      </c>
+      <c r="E235" t="s">
+        <v>356</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="H235" s="4">
+        <v>88053</v>
+      </c>
+      <c r="I235" s="4">
+        <v>2269</v>
+      </c>
+      <c r="J235" s="4">
+        <v>90322</v>
+      </c>
+      <c r="K235" s="4">
+        <v>16523</v>
+      </c>
+      <c r="L235" s="4">
+        <v>0</v>
+      </c>
+      <c r="M235" s="4">
+        <v>6823</v>
+      </c>
+      <c r="N235" s="4">
+        <v>3360</v>
+      </c>
+      <c r="O235" s="4">
+        <v>0</v>
+      </c>
+      <c r="P235" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q235" s="4">
+        <v>35344</v>
+      </c>
+      <c r="R235" s="4">
+        <v>152372</v>
+      </c>
+    </row>
+    <row r="236" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A236" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B236" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C236" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="D236" t="s">
+        <v>356</v>
+      </c>
+      <c r="E236" t="s">
+        <v>356</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="H236" s="4">
+        <v>147199</v>
+      </c>
+      <c r="I236" s="4">
+        <v>18589</v>
+      </c>
+      <c r="J236" s="4">
+        <v>165788</v>
+      </c>
+      <c r="K236" s="4">
+        <v>11772</v>
+      </c>
+      <c r="L236" s="4">
+        <v>0</v>
+      </c>
+      <c r="M236" s="4">
+        <v>5456</v>
+      </c>
+      <c r="N236" s="4">
+        <v>3489</v>
+      </c>
+      <c r="O236" s="4">
+        <v>0</v>
+      </c>
+      <c r="P236" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q236" s="4">
+        <v>10025</v>
+      </c>
+      <c r="R236" s="4">
+        <v>196530</v>
+      </c>
+    </row>
+    <row r="237" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A237" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B237" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C237" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="D237" t="s">
+        <v>356</v>
+      </c>
+      <c r="E237" t="s">
+        <v>356</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="H237" s="4">
+        <v>446715</v>
+      </c>
+      <c r="I237" s="4">
+        <v>69756</v>
+      </c>
+      <c r="J237" s="4">
+        <v>516471</v>
+      </c>
+      <c r="K237" s="4">
+        <v>45980</v>
+      </c>
+      <c r="L237" s="4">
+        <v>0</v>
+      </c>
+      <c r="M237" s="4">
+        <v>71621</v>
+      </c>
+      <c r="N237" s="4">
+        <v>17638</v>
+      </c>
+      <c r="O237" s="4">
+        <v>0</v>
+      </c>
+      <c r="P237" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q237" s="4">
+        <v>0</v>
+      </c>
+      <c r="R237" s="4">
+        <v>651710</v>
+      </c>
+    </row>
+    <row r="238" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A238" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B238" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C238" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="D238" t="s">
+        <v>356</v>
+      </c>
+      <c r="E238" t="s">
+        <v>356</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="H238" s="4">
+        <v>37033</v>
+      </c>
+      <c r="I238" s="4">
+        <v>802</v>
+      </c>
+      <c r="J238" s="4">
+        <v>37835</v>
+      </c>
+      <c r="K238" s="4">
+        <v>9834</v>
+      </c>
+      <c r="L238" s="4">
+        <v>0</v>
+      </c>
+      <c r="M238" s="4">
+        <v>5802</v>
+      </c>
+      <c r="N238" s="4">
+        <v>1429</v>
+      </c>
+      <c r="O238" s="4">
+        <v>0</v>
+      </c>
+      <c r="P238" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q238" s="4">
+        <v>7881</v>
+      </c>
+      <c r="R238" s="4">
+        <v>62781</v>
+      </c>
+    </row>
+    <row r="239" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A239" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B239" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="C239" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="D239" t="s">
+        <v>356</v>
+      </c>
+      <c r="E239" t="s">
+        <v>356</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="H239" s="4">
+        <v>69485</v>
+      </c>
+      <c r="I239" s="4">
+        <v>1806</v>
+      </c>
+      <c r="J239" s="4">
+        <v>71291</v>
+      </c>
+      <c r="K239" s="4">
+        <v>13100</v>
+      </c>
+      <c r="L239" s="4">
+        <v>0</v>
+      </c>
+      <c r="M239" s="4">
+        <v>7121</v>
+      </c>
+      <c r="N239" s="4">
+        <v>3507</v>
+      </c>
+      <c r="O239" s="4">
+        <v>0</v>
+      </c>
+      <c r="P239" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q239" s="4">
+        <v>0</v>
+      </c>
+      <c r="R239" s="4">
+        <v>95019</v>
+      </c>
+    </row>
+    <row r="240" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A240" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B240" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C240" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="D240" t="s">
+        <v>356</v>
+      </c>
+      <c r="E240" t="s">
+        <v>356</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="H240" s="4">
+        <v>22702</v>
+      </c>
+      <c r="I240" s="4">
+        <v>510</v>
+      </c>
+      <c r="J240" s="4">
+        <v>23212</v>
+      </c>
+      <c r="K240" s="4">
+        <v>5003</v>
+      </c>
+      <c r="L240" s="4">
+        <v>0</v>
+      </c>
+      <c r="M240" s="4">
+        <v>2582</v>
+      </c>
+      <c r="N240" s="4">
+        <v>788</v>
+      </c>
+      <c r="O240" s="4">
+        <v>0</v>
+      </c>
+      <c r="P240" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q240" s="4">
+        <v>0</v>
+      </c>
+      <c r="R240" s="4">
+        <v>31585</v>
+      </c>
+    </row>
+    <row r="241" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A241" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B241" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="C241" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="D241" t="s">
+        <v>356</v>
+      </c>
+      <c r="E241" t="s">
+        <v>356</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="H241" s="4">
+        <v>98993</v>
+      </c>
+      <c r="I241" s="4">
+        <v>7982</v>
+      </c>
+      <c r="J241" s="4">
+        <v>106975</v>
+      </c>
+      <c r="K241" s="4">
+        <v>9303</v>
+      </c>
+      <c r="L241" s="4">
+        <v>0</v>
+      </c>
+      <c r="M241" s="4">
+        <v>12996</v>
+      </c>
+      <c r="N241" s="4">
+        <v>3524</v>
+      </c>
+      <c r="O241" s="4">
+        <v>0</v>
+      </c>
+      <c r="P241" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q241" s="4">
+        <v>31841</v>
+      </c>
+      <c r="R241" s="4">
+        <v>164639</v>
+      </c>
+    </row>
+    <row r="242" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A242" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B242" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C242" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D242" t="s">
+        <v>356</v>
+      </c>
+      <c r="E242" t="s">
+        <v>356</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="H242" s="4">
+        <v>45625</v>
+      </c>
+      <c r="I242" s="4">
+        <v>3501</v>
+      </c>
+      <c r="J242" s="4">
+        <v>49126</v>
+      </c>
+      <c r="K242" s="4">
+        <v>5602</v>
+      </c>
+      <c r="L242" s="4">
+        <v>0</v>
+      </c>
+      <c r="M242" s="4">
+        <v>0</v>
+      </c>
+      <c r="N242" s="4">
+        <v>2285</v>
+      </c>
+      <c r="O242" s="4">
+        <v>0</v>
+      </c>
+      <c r="P242" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q242" s="4">
+        <v>0</v>
+      </c>
+      <c r="R242" s="4">
+        <v>57013</v>
+      </c>
+    </row>
+    <row r="243" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A243" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B243" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="C243" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="D243" t="s">
+        <v>356</v>
+      </c>
+      <c r="E243" t="s">
+        <v>356</v>
+      </c>
+      <c r="F243" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="H243" s="4">
+        <v>14420</v>
+      </c>
+      <c r="I243" s="4">
+        <v>903</v>
+      </c>
+      <c r="J243" s="4">
+        <v>15323</v>
+      </c>
+      <c r="K243" s="4">
+        <v>620</v>
+      </c>
+      <c r="L243" s="4">
+        <v>0</v>
+      </c>
+      <c r="M243" s="4">
+        <v>1832</v>
+      </c>
+      <c r="N243" s="4">
+        <v>672</v>
+      </c>
+      <c r="O243" s="4">
+        <v>0</v>
+      </c>
+      <c r="P243" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q243" s="4">
+        <v>0</v>
+      </c>
+      <c r="R243" s="4">
+        <v>18447</v>
+      </c>
+    </row>
+    <row r="244" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A244" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B244" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C244" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D244" t="s">
+        <v>356</v>
+      </c>
+      <c r="E244" t="s">
+        <v>356</v>
+      </c>
+      <c r="F244" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="H244" s="4">
+        <v>83147</v>
+      </c>
+      <c r="I244" s="4">
+        <v>1302</v>
+      </c>
+      <c r="J244" s="4">
+        <v>84449</v>
+      </c>
+      <c r="K244" s="4">
+        <v>13308</v>
+      </c>
+      <c r="L244" s="4">
+        <v>0</v>
+      </c>
+      <c r="M244" s="4">
+        <v>11788</v>
+      </c>
+      <c r="N244" s="4">
+        <v>3075</v>
+      </c>
+      <c r="O244" s="4">
+        <v>0</v>
+      </c>
+      <c r="P244" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q244" s="4">
+        <v>0</v>
+      </c>
+      <c r="R244" s="4">
+        <v>112620</v>
+      </c>
+    </row>
+    <row r="245" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A245" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B245" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C245" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="D245" t="s">
+        <v>356</v>
+      </c>
+      <c r="E245" t="s">
+        <v>356</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="H245" s="4">
+        <v>127671</v>
+      </c>
+      <c r="I245" s="4">
+        <v>3816</v>
+      </c>
+      <c r="J245" s="4">
+        <v>131487</v>
+      </c>
+      <c r="K245" s="4">
+        <v>13013</v>
+      </c>
+      <c r="L245" s="4">
+        <v>0</v>
+      </c>
+      <c r="M245" s="4">
+        <v>0</v>
+      </c>
+      <c r="N245" s="4">
+        <v>4161</v>
+      </c>
+      <c r="O245" s="4">
+        <v>0</v>
+      </c>
+      <c r="P245" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q245" s="4">
+        <v>25142</v>
+      </c>
+      <c r="R245" s="4">
+        <v>173803</v>
+      </c>
+    </row>
+    <row r="246" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A246" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B246" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C246" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="D246" t="s">
+        <v>356</v>
+      </c>
+      <c r="E246" t="s">
+        <v>356</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="H246" s="4">
+        <v>52079</v>
+      </c>
+      <c r="I246" s="4">
+        <v>6833</v>
+      </c>
+      <c r="J246" s="4">
+        <v>58912</v>
+      </c>
+      <c r="K246" s="4">
+        <v>5329</v>
+      </c>
+      <c r="L246" s="4">
+        <v>0</v>
+      </c>
+      <c r="M246" s="4">
+        <v>6135</v>
+      </c>
+      <c r="N246" s="4">
+        <v>2025</v>
+      </c>
+      <c r="O246" s="4">
+        <v>0</v>
+      </c>
+      <c r="P246" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q246" s="4">
+        <v>24819</v>
+      </c>
+      <c r="R246" s="4">
+        <v>97220</v>
+      </c>
+    </row>
+    <row r="247" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A247" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B247" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C247" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="D247" t="s">
+        <v>356</v>
+      </c>
+      <c r="E247" t="s">
+        <v>356</v>
+      </c>
+      <c r="F247" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="G247" s="3" t="s">
         <v>690</v>
       </c>
-    </row>
-[...411 lines deleted...]
-      <c r="G9" s="4" t="s">
+      <c r="H247" s="4">
+        <v>40276</v>
+      </c>
+      <c r="I247" s="4">
+        <v>1070</v>
+      </c>
+      <c r="J247" s="4">
+        <v>41346</v>
+      </c>
+      <c r="K247" s="4">
+        <v>11897</v>
+      </c>
+      <c r="L247" s="4">
+        <v>0</v>
+      </c>
+      <c r="M247" s="4">
+        <v>4097</v>
+      </c>
+      <c r="N247" s="4">
+        <v>1622</v>
+      </c>
+      <c r="O247" s="4">
+        <v>0</v>
+      </c>
+      <c r="P247" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q247" s="4">
+        <v>11781</v>
+      </c>
+      <c r="R247" s="4">
+        <v>70743</v>
+      </c>
+    </row>
+    <row r="248" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A248" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B248" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="C248" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="D248" t="s">
+        <v>356</v>
+      </c>
+      <c r="E248" t="s">
+        <v>356</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="H248" s="4">
+        <v>28619</v>
+      </c>
+      <c r="I248" s="4">
+        <v>242</v>
+      </c>
+      <c r="J248" s="4">
+        <v>28861</v>
+      </c>
+      <c r="K248" s="4">
+        <v>6055</v>
+      </c>
+      <c r="L248" s="4">
+        <v>0</v>
+      </c>
+      <c r="M248" s="4">
+        <v>4122</v>
+      </c>
+      <c r="N248" s="4">
+        <v>1236</v>
+      </c>
+      <c r="O248" s="4">
+        <v>0</v>
+      </c>
+      <c r="P248" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q248" s="4">
+        <v>0</v>
+      </c>
+      <c r="R248" s="4">
+        <v>40274</v>
+      </c>
+    </row>
+    <row r="249" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A249" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B249" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C249" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="D249" t="s">
+        <v>356</v>
+      </c>
+      <c r="E249" t="s">
+        <v>356</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H249" s="4">
+        <v>31068</v>
+      </c>
+      <c r="I249" s="4">
+        <v>150</v>
+      </c>
+      <c r="J249" s="4">
+        <v>31218</v>
+      </c>
+      <c r="K249" s="4">
+        <v>9603</v>
+      </c>
+      <c r="L249" s="4">
+        <v>0</v>
+      </c>
+      <c r="M249" s="4">
+        <v>2831</v>
+      </c>
+      <c r="N249" s="4">
+        <v>1394</v>
+      </c>
+      <c r="O249" s="4">
+        <v>0</v>
+      </c>
+      <c r="P249" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q249" s="4">
+        <v>0</v>
+      </c>
+      <c r="R249" s="4">
+        <v>45046</v>
+      </c>
+    </row>
+    <row r="250" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A250" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B250" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C250" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="D250" t="s">
+        <v>356</v>
+      </c>
+      <c r="E250" t="s">
+        <v>356</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H250" s="4">
+        <v>145130</v>
+      </c>
+      <c r="I250" s="4">
+        <v>9632</v>
+      </c>
+      <c r="J250" s="4">
+        <v>154762</v>
+      </c>
+      <c r="K250" s="4">
+        <v>37296</v>
+      </c>
+      <c r="L250" s="4">
+        <v>0</v>
+      </c>
+      <c r="M250" s="4">
+        <v>29411</v>
+      </c>
+      <c r="N250" s="4">
+        <v>7243</v>
+      </c>
+      <c r="O250" s="4">
+        <v>0</v>
+      </c>
+      <c r="P250" s="4">
+        <v>2963</v>
+      </c>
+      <c r="Q250" s="4">
+        <v>47811</v>
+      </c>
+      <c r="R250" s="4">
+        <v>279486</v>
+      </c>
+    </row>
+    <row r="251" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A251" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C251" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="D251" t="s">
+        <v>356</v>
+      </c>
+      <c r="E251" t="s">
+        <v>356</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="H251" s="4">
+        <v>30458</v>
+      </c>
+      <c r="I251" s="4">
+        <v>3181</v>
+      </c>
+      <c r="J251" s="4">
+        <v>33639</v>
+      </c>
+      <c r="K251" s="4">
+        <v>4186</v>
+      </c>
+      <c r="L251" s="4">
+        <v>0</v>
+      </c>
+      <c r="M251" s="4">
+        <v>5193</v>
+      </c>
+      <c r="N251" s="4">
+        <v>1351</v>
+      </c>
+      <c r="O251" s="4">
+        <v>0</v>
+      </c>
+      <c r="P251" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q251" s="4">
+        <v>0</v>
+      </c>
+      <c r="R251" s="4">
+        <v>44369</v>
+      </c>
+    </row>
+    <row r="252" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A252" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B252" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C252" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="D252" t="s">
+        <v>356</v>
+      </c>
+      <c r="E252" t="s">
+        <v>356</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="H252" s="4">
+        <v>16272</v>
+      </c>
+      <c r="I252" s="4">
+        <v>1062</v>
+      </c>
+      <c r="J252" s="4">
+        <v>17334</v>
+      </c>
+      <c r="K252" s="4">
+        <v>669</v>
+      </c>
+      <c r="L252" s="4">
+        <v>0</v>
+      </c>
+      <c r="M252" s="4">
+        <v>1591</v>
+      </c>
+      <c r="N252" s="4">
+        <v>784</v>
+      </c>
+      <c r="O252" s="4">
+        <v>0</v>
+      </c>
+      <c r="P252" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q252" s="4">
+        <v>4108</v>
+      </c>
+      <c r="R252" s="4">
+        <v>24486</v>
+      </c>
+    </row>
+    <row r="253" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A253" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B253" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C253" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D253" t="s">
+        <v>356</v>
+      </c>
+      <c r="E253" t="s">
+        <v>356</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="H253" s="4">
+        <v>1341190</v>
+      </c>
+      <c r="I253" s="4">
+        <v>126354</v>
+      </c>
+      <c r="J253" s="4">
+        <v>1467544</v>
+      </c>
+      <c r="K253" s="4">
+        <v>240326</v>
+      </c>
+      <c r="L253" s="4">
+        <v>0</v>
+      </c>
+      <c r="M253" s="4">
+        <v>0</v>
+      </c>
+      <c r="N253" s="4">
+        <v>55253</v>
+      </c>
+      <c r="O253" s="4">
+        <v>0</v>
+      </c>
+      <c r="P253" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q253" s="4">
+        <v>0</v>
+      </c>
+      <c r="R253" s="4">
+        <v>1763123</v>
+      </c>
+    </row>
+    <row r="254" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A254" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B254" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C254" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="D254" t="s">
+        <v>356</v>
+      </c>
+      <c r="E254" t="s">
+        <v>356</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="H254" s="4">
+        <v>17812</v>
+      </c>
+      <c r="I254" s="4">
+        <v>343</v>
+      </c>
+      <c r="J254" s="4">
+        <v>18155</v>
+      </c>
+      <c r="K254" s="4">
+        <v>3218</v>
+      </c>
+      <c r="L254" s="4">
+        <v>0</v>
+      </c>
+      <c r="M254" s="4">
+        <v>0</v>
+      </c>
+      <c r="N254" s="4">
+        <v>784</v>
+      </c>
+      <c r="O254" s="4">
+        <v>0</v>
+      </c>
+      <c r="P254" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q254" s="4">
+        <v>2082</v>
+      </c>
+      <c r="R254" s="4">
+        <v>24239</v>
+      </c>
+    </row>
+    <row r="255" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A255" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B255" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="C255" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="D255" t="s">
+        <v>356</v>
+      </c>
+      <c r="E255" t="s">
+        <v>356</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="H255" s="4">
+        <v>123647</v>
+      </c>
+      <c r="I255" s="4">
+        <v>2720</v>
+      </c>
+      <c r="J255" s="4">
+        <v>126367</v>
+      </c>
+      <c r="K255" s="4">
+        <v>20008</v>
+      </c>
+      <c r="L255" s="4">
+        <v>0</v>
+      </c>
+      <c r="M255" s="4">
+        <v>19626</v>
+      </c>
+      <c r="N255" s="4">
+        <v>4833</v>
+      </c>
+      <c r="O255" s="4">
+        <v>0</v>
+      </c>
+      <c r="P255" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q255" s="4">
+        <v>36388</v>
+      </c>
+      <c r="R255" s="4">
+        <v>207222</v>
+      </c>
+    </row>
+    <row r="256" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A256" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C256" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="D256" t="s">
+        <v>356</v>
+      </c>
+      <c r="E256" t="s">
+        <v>356</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="H256" s="4">
+        <v>154143</v>
+      </c>
+      <c r="I256" s="4">
+        <v>5653</v>
+      </c>
+      <c r="J256" s="4">
+        <v>159796</v>
+      </c>
+      <c r="K256" s="4">
+        <v>10584</v>
+      </c>
+      <c r="L256" s="4">
+        <v>0</v>
+      </c>
+      <c r="M256" s="4">
+        <v>6019</v>
+      </c>
+      <c r="N256" s="4">
+        <v>4089</v>
+      </c>
+      <c r="O256" s="4">
+        <v>0</v>
+      </c>
+      <c r="P256" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q256" s="4">
+        <v>0</v>
+      </c>
+      <c r="R256" s="4">
+        <v>180488</v>
+      </c>
+    </row>
+    <row r="257" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A257" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="C257" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="D257" t="s">
+        <v>356</v>
+      </c>
+      <c r="E257" t="s">
+        <v>356</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="H257" s="4">
+        <v>25458</v>
+      </c>
+      <c r="I257" s="4">
+        <v>1179</v>
+      </c>
+      <c r="J257" s="4">
+        <v>26637</v>
+      </c>
+      <c r="K257" s="4">
+        <v>5901</v>
+      </c>
+      <c r="L257" s="4">
+        <v>0</v>
+      </c>
+      <c r="M257" s="4">
+        <v>1283</v>
+      </c>
+      <c r="N257" s="4">
+        <v>1072</v>
+      </c>
+      <c r="O257" s="4">
+        <v>0</v>
+      </c>
+      <c r="P257" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q257" s="4">
+        <v>0</v>
+      </c>
+      <c r="R257" s="4">
+        <v>34893</v>
+      </c>
+    </row>
+    <row r="258" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A258" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C258" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="D258" t="s">
+        <v>356</v>
+      </c>
+      <c r="E258" t="s">
+        <v>356</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="H258" s="4">
+        <v>39190</v>
+      </c>
+      <c r="I258" s="4">
+        <v>2030</v>
+      </c>
+      <c r="J258" s="4">
+        <v>41220</v>
+      </c>
+      <c r="K258" s="4">
+        <v>6162</v>
+      </c>
+      <c r="L258" s="4">
+        <v>0</v>
+      </c>
+      <c r="M258" s="4">
+        <v>2752</v>
+      </c>
+      <c r="N258" s="4">
+        <v>1525</v>
+      </c>
+      <c r="O258" s="4">
+        <v>0</v>
+      </c>
+      <c r="P258" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q258" s="4">
+        <v>12392</v>
+      </c>
+      <c r="R258" s="4">
+        <v>64051</v>
+      </c>
+    </row>
+    <row r="259" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A259" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="D259" t="s">
+        <v>356</v>
+      </c>
+      <c r="E259" t="s">
+        <v>356</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="H259" s="4">
+        <v>34038</v>
+      </c>
+      <c r="I259" s="4">
+        <v>3787</v>
+      </c>
+      <c r="J259" s="4">
+        <v>37825</v>
+      </c>
+      <c r="K259" s="4">
+        <v>2201</v>
+      </c>
+      <c r="L259" s="4">
+        <v>0</v>
+      </c>
+      <c r="M259" s="4">
+        <v>5529</v>
+      </c>
+      <c r="N259" s="4">
+        <v>1362</v>
+      </c>
+      <c r="O259" s="4">
+        <v>0</v>
+      </c>
+      <c r="P259" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q259" s="4">
+        <v>0</v>
+      </c>
+      <c r="R259" s="4">
+        <v>46917</v>
+      </c>
+    </row>
+    <row r="260" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A260" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C260" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="D260" t="s">
+        <v>356</v>
+      </c>
+      <c r="E260" t="s">
+        <v>356</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="H260" s="4">
+        <v>39392</v>
+      </c>
+      <c r="I260" s="4">
+        <v>4393</v>
+      </c>
+      <c r="J260" s="4">
+        <v>43785</v>
+      </c>
+      <c r="K260" s="4">
+        <v>7660</v>
+      </c>
+      <c r="L260" s="4">
+        <v>0</v>
+      </c>
+      <c r="M260" s="4">
+        <v>4637</v>
+      </c>
+      <c r="N260" s="4">
+        <v>1485</v>
+      </c>
+      <c r="O260" s="4">
+        <v>0</v>
+      </c>
+      <c r="P260" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q260" s="4">
+        <v>18215</v>
+      </c>
+      <c r="R260" s="4">
+        <v>75782</v>
+      </c>
+    </row>
+    <row r="261" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A261" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C261" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="D261" t="s">
+        <v>356</v>
+      </c>
+      <c r="E261" t="s">
+        <v>356</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="H261" s="4">
+        <v>28065</v>
+      </c>
+      <c r="I261" s="4">
+        <v>1413</v>
+      </c>
+      <c r="J261" s="4">
+        <v>29478</v>
+      </c>
+      <c r="K261" s="4">
+        <v>2928</v>
+      </c>
+      <c r="L261" s="4">
+        <v>0</v>
+      </c>
+      <c r="M261" s="4">
+        <v>5010</v>
+      </c>
+      <c r="N261" s="4">
+        <v>1234</v>
+      </c>
+      <c r="O261" s="4">
+        <v>0</v>
+      </c>
+      <c r="P261" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q261" s="4">
+        <v>5759</v>
+      </c>
+      <c r="R261" s="4">
+        <v>44409</v>
+      </c>
+    </row>
+    <row r="262" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A262" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B262" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C262" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="D262" t="s">
+        <v>356</v>
+      </c>
+      <c r="E262" t="s">
+        <v>356</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="H262" s="4">
+        <v>1042066</v>
+      </c>
+      <c r="I262" s="4">
+        <v>91731</v>
+      </c>
+      <c r="J262" s="4">
+        <v>1133797</v>
+      </c>
+      <c r="K262" s="4">
+        <v>213670</v>
+      </c>
+      <c r="L262" s="4">
+        <v>0</v>
+      </c>
+      <c r="M262" s="4">
+        <v>0</v>
+      </c>
+      <c r="N262" s="4">
+        <v>36893</v>
+      </c>
+      <c r="O262" s="4">
+        <v>0</v>
+      </c>
+      <c r="P262" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q262" s="4">
+        <v>0</v>
+      </c>
+      <c r="R262" s="4">
+        <v>1384360</v>
+      </c>
+    </row>
+    <row r="263" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A263" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B263" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C263" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="D263" t="s">
+        <v>356</v>
+      </c>
+      <c r="E263" t="s">
+        <v>356</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="H263" s="4">
+        <v>43175</v>
+      </c>
+      <c r="I263" s="4">
+        <v>5992</v>
+      </c>
+      <c r="J263" s="4">
+        <v>49167</v>
+      </c>
+      <c r="K263" s="4">
+        <v>10343</v>
+      </c>
+      <c r="L263" s="4">
+        <v>0</v>
+      </c>
+      <c r="M263" s="4">
+        <v>7605</v>
+      </c>
+      <c r="N263" s="4">
+        <v>1873</v>
+      </c>
+      <c r="O263" s="4">
+        <v>0</v>
+      </c>
+      <c r="P263" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q263" s="4">
+        <v>22972</v>
+      </c>
+      <c r="R263" s="4">
+        <v>91960</v>
+      </c>
+    </row>
+    <row r="264" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A264" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="C264" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="D264" t="s">
+        <v>356</v>
+      </c>
+      <c r="E264" t="s">
+        <v>356</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="H264" s="4">
+        <v>74010</v>
+      </c>
+      <c r="I264" s="4">
+        <v>8243</v>
+      </c>
+      <c r="J264" s="4">
+        <v>82253</v>
+      </c>
+      <c r="K264" s="4">
+        <v>12018</v>
+      </c>
+      <c r="L264" s="4">
+        <v>0</v>
+      </c>
+      <c r="M264" s="4">
+        <v>13128</v>
+      </c>
+      <c r="N264" s="4">
+        <v>3233</v>
+      </c>
+      <c r="O264" s="4">
+        <v>0</v>
+      </c>
+      <c r="P264" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q264" s="4">
+        <v>0</v>
+      </c>
+      <c r="R264" s="4">
+        <v>110632</v>
+      </c>
+    </row>
+    <row r="265" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A265" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B265" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="C265" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="D265" t="s">
+        <v>356</v>
+      </c>
+      <c r="E265" t="s">
+        <v>356</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="H265" s="4">
+        <v>96056</v>
+      </c>
+      <c r="I265" s="4">
+        <v>4328</v>
+      </c>
+      <c r="J265" s="4">
+        <v>100384</v>
+      </c>
+      <c r="K265" s="4">
+        <v>22334</v>
+      </c>
+      <c r="L265" s="4">
+        <v>0</v>
+      </c>
+      <c r="M265" s="4">
+        <v>12806</v>
+      </c>
+      <c r="N265" s="4">
+        <v>4226</v>
+      </c>
+      <c r="O265" s="4">
+        <v>0</v>
+      </c>
+      <c r="P265" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q265" s="4">
+        <v>34577</v>
+      </c>
+      <c r="R265" s="4">
+        <v>174327</v>
+      </c>
+    </row>
+    <row r="266" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A266" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="C266" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D266" t="s">
+        <v>356</v>
+      </c>
+      <c r="E266" t="s">
+        <v>356</v>
+      </c>
+      <c r="F266" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="H266" s="4">
+        <v>53690</v>
+      </c>
+      <c r="I266" s="4">
+        <v>1790</v>
+      </c>
+      <c r="J266" s="4">
+        <v>55480</v>
+      </c>
+      <c r="K266" s="4">
+        <v>4925</v>
+      </c>
+      <c r="L266" s="4">
+        <v>0</v>
+      </c>
+      <c r="M266" s="4">
+        <v>9753</v>
+      </c>
+      <c r="N266" s="4">
+        <v>2736</v>
+      </c>
+      <c r="O266" s="4">
+        <v>0</v>
+      </c>
+      <c r="P266" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q266" s="4">
+        <v>21719</v>
+      </c>
+      <c r="R266" s="4">
+        <v>94613</v>
+      </c>
+    </row>
+    <row r="267" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A267" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B267" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C267" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="D267" t="s">
+        <v>356</v>
+      </c>
+      <c r="E267" t="s">
+        <v>356</v>
+      </c>
+      <c r="F267" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="H267" s="4">
+        <v>58945</v>
+      </c>
+      <c r="I267" s="4">
+        <v>2175</v>
+      </c>
+      <c r="J267" s="4">
+        <v>61120</v>
+      </c>
+      <c r="K267" s="4">
+        <v>21390</v>
+      </c>
+      <c r="L267" s="4">
+        <v>0</v>
+      </c>
+      <c r="M267" s="4">
+        <v>0</v>
+      </c>
+      <c r="N267" s="4">
+        <v>2504</v>
+      </c>
+      <c r="O267" s="4">
+        <v>0</v>
+      </c>
+      <c r="P267" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q267" s="4">
+        <v>0</v>
+      </c>
+      <c r="R267" s="4">
+        <v>85014</v>
+      </c>
+    </row>
+    <row r="268" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A268" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="C268" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="D268" t="s">
+        <v>356</v>
+      </c>
+      <c r="E268" t="s">
+        <v>356</v>
+      </c>
+      <c r="F268" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="H268" s="4">
+        <v>88819</v>
+      </c>
+      <c r="I268" s="4">
+        <v>4645</v>
+      </c>
+      <c r="J268" s="4">
+        <v>93464</v>
+      </c>
+      <c r="K268" s="4">
+        <v>20852</v>
+      </c>
+      <c r="L268" s="4">
+        <v>0</v>
+      </c>
+      <c r="M268" s="4">
+        <v>0</v>
+      </c>
+      <c r="N268" s="4">
+        <v>3022</v>
+      </c>
+      <c r="O268" s="4">
+        <v>0</v>
+      </c>
+      <c r="P268" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q268" s="4">
+        <v>18643</v>
+      </c>
+      <c r="R268" s="4">
+        <v>135981</v>
+      </c>
+    </row>
+    <row r="269" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A269" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C269" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="D269" t="s">
+        <v>356</v>
+      </c>
+      <c r="E269" t="s">
+        <v>356</v>
+      </c>
+      <c r="F269" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="H269" s="4">
+        <v>28738</v>
+      </c>
+      <c r="I269" s="4">
+        <v>2186</v>
+      </c>
+      <c r="J269" s="4">
+        <v>30924</v>
+      </c>
+      <c r="K269" s="4">
+        <v>3988</v>
+      </c>
+      <c r="L269" s="4">
+        <v>0</v>
+      </c>
+      <c r="M269" s="4">
+        <v>812</v>
+      </c>
+      <c r="N269" s="4">
+        <v>982</v>
+      </c>
+      <c r="O269" s="4">
+        <v>0</v>
+      </c>
+      <c r="P269" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q269" s="4">
+        <v>0</v>
+      </c>
+      <c r="R269" s="4">
+        <v>36706</v>
+      </c>
+    </row>
+    <row r="270" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A270" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C270" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="D270" t="s">
+        <v>356</v>
+      </c>
+      <c r="E270" t="s">
+        <v>356</v>
+      </c>
+      <c r="F270" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="H270" s="4">
+        <v>1245462</v>
+      </c>
+      <c r="I270" s="4">
+        <v>49197</v>
+      </c>
+      <c r="J270" s="4">
+        <v>1294659</v>
+      </c>
+      <c r="K270" s="4">
+        <v>219140</v>
+      </c>
+      <c r="L270" s="4">
+        <v>0</v>
+      </c>
+      <c r="M270" s="4">
+        <v>174574</v>
+      </c>
+      <c r="N270" s="4">
+        <v>42992</v>
+      </c>
+      <c r="O270" s="4">
+        <v>0</v>
+      </c>
+      <c r="P270" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q270" s="4">
+        <v>277999</v>
+      </c>
+      <c r="R270" s="4">
+        <v>2009364</v>
+      </c>
+    </row>
+    <row r="271" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A271" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="C271" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="D271" t="s">
+        <v>356</v>
+      </c>
+      <c r="E271" t="s">
+        <v>356</v>
+      </c>
+      <c r="F271" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="H271" s="4">
+        <v>67937</v>
+      </c>
+      <c r="I271" s="4">
+        <v>3621</v>
+      </c>
+      <c r="J271" s="4">
+        <v>71558</v>
+      </c>
+      <c r="K271" s="4">
+        <v>11777</v>
+      </c>
+      <c r="L271" s="4">
+        <v>0</v>
+      </c>
+      <c r="M271" s="4">
+        <v>7224</v>
+      </c>
+      <c r="N271" s="4">
+        <v>3309</v>
+      </c>
+      <c r="O271" s="4">
+        <v>0</v>
+      </c>
+      <c r="P271" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q271" s="4">
+        <v>0</v>
+      </c>
+      <c r="R271" s="4">
+        <v>93868</v>
+      </c>
+    </row>
+    <row r="272" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A272" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B272" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="C272" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D272" t="s">
+        <v>356</v>
+      </c>
+      <c r="E272" t="s">
+        <v>356</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="H272" s="4">
+        <v>119995</v>
+      </c>
+      <c r="I272" s="4">
+        <v>6397</v>
+      </c>
+      <c r="J272" s="4">
+        <v>126392</v>
+      </c>
+      <c r="K272" s="4">
+        <v>20801</v>
+      </c>
+      <c r="L272" s="4">
+        <v>0</v>
+      </c>
+      <c r="M272" s="4">
+        <v>12759</v>
+      </c>
+      <c r="N272" s="4">
+        <v>5846</v>
+      </c>
+      <c r="O272" s="4">
+        <v>0</v>
+      </c>
+      <c r="P272" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q272" s="4">
+        <v>0</v>
+      </c>
+      <c r="R272" s="4">
+        <v>165798</v>
+      </c>
+    </row>
+    <row r="273" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A273" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C273" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="D273" t="s">
+        <v>356</v>
+      </c>
+      <c r="E273" t="s">
+        <v>356</v>
+      </c>
+      <c r="F273" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="H273" s="4">
+        <v>51233</v>
+      </c>
+      <c r="I273" s="4">
+        <v>2715</v>
+      </c>
+      <c r="J273" s="4">
+        <v>53948</v>
+      </c>
+      <c r="K273" s="4">
+        <v>8048</v>
+      </c>
+      <c r="L273" s="4">
+        <v>0</v>
+      </c>
+      <c r="M273" s="4">
+        <v>6111</v>
+      </c>
+      <c r="N273" s="4">
+        <v>1505</v>
+      </c>
+      <c r="O273" s="4">
+        <v>0</v>
+      </c>
+      <c r="P273" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q273" s="4">
+        <v>0</v>
+      </c>
+      <c r="R273" s="4">
+        <v>69612</v>
+      </c>
+    </row>
+    <row r="274" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A274" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="C274" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="D274" t="s">
+        <v>356</v>
+      </c>
+      <c r="E274" t="s">
+        <v>356</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="H274" s="4">
+        <v>185320</v>
+      </c>
+      <c r="I274" s="4">
+        <v>13315</v>
+      </c>
+      <c r="J274" s="4">
+        <v>198635</v>
+      </c>
+      <c r="K274" s="4">
+        <v>14364</v>
+      </c>
+      <c r="L274" s="4">
+        <v>0</v>
+      </c>
+      <c r="M274" s="4">
+        <v>12386</v>
+      </c>
+      <c r="N274" s="4">
+        <v>6101</v>
+      </c>
+      <c r="O274" s="4">
+        <v>0</v>
+      </c>
+      <c r="P274" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q274" s="4">
+        <v>0</v>
+      </c>
+      <c r="R274" s="4">
+        <v>231486</v>
+      </c>
+    </row>
+    <row r="275" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A275" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B275" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="C275" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="D275" t="s">
+        <v>356</v>
+      </c>
+      <c r="E275" t="s">
+        <v>356</v>
+      </c>
+      <c r="F275" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="H275" s="4">
+        <v>126671</v>
+      </c>
+      <c r="I275" s="4">
+        <v>8234</v>
+      </c>
+      <c r="J275" s="4">
+        <v>134905</v>
+      </c>
+      <c r="K275" s="4">
+        <v>18389</v>
+      </c>
+      <c r="L275" s="4">
+        <v>0</v>
+      </c>
+      <c r="M275" s="4">
+        <v>0</v>
+      </c>
+      <c r="N275" s="4">
+        <v>6609</v>
+      </c>
+      <c r="O275" s="4">
+        <v>0</v>
+      </c>
+      <c r="P275" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q275" s="4">
+        <v>0</v>
+      </c>
+      <c r="R275" s="4">
+        <v>159903</v>
+      </c>
+    </row>
+    <row r="276" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A276" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B276" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C276" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="D276" t="s">
+        <v>356</v>
+      </c>
+      <c r="E276" t="s">
+        <v>356</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="H276" s="4">
+        <v>23153</v>
+      </c>
+      <c r="I276" s="4">
+        <v>2492</v>
+      </c>
+      <c r="J276" s="4">
+        <v>25645</v>
+      </c>
+      <c r="K276" s="4">
+        <v>3704</v>
+      </c>
+      <c r="L276" s="4">
+        <v>0</v>
+      </c>
+      <c r="M276" s="4">
+        <v>3623</v>
+      </c>
+      <c r="N276" s="4">
+        <v>892</v>
+      </c>
+      <c r="O276" s="4">
+        <v>0</v>
+      </c>
+      <c r="P276" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q276" s="4">
+        <v>6379</v>
+      </c>
+      <c r="R276" s="4">
+        <v>40243</v>
+      </c>
+    </row>
+    <row r="277" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A277" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B277" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="C277" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="D277" t="s">
+        <v>356</v>
+      </c>
+      <c r="E277" t="s">
+        <v>356</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="H277" s="4">
+        <v>71971</v>
+      </c>
+      <c r="I277" s="4">
+        <v>1959</v>
+      </c>
+      <c r="J277" s="4">
+        <v>73930</v>
+      </c>
+      <c r="K277" s="4">
+        <v>7192</v>
+      </c>
+      <c r="L277" s="4">
+        <v>0</v>
+      </c>
+      <c r="M277" s="4">
+        <v>6704</v>
+      </c>
+      <c r="N277" s="4">
+        <v>3302</v>
+      </c>
+      <c r="O277" s="4">
+        <v>0</v>
+      </c>
+      <c r="P277" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q277" s="4">
+        <v>27017</v>
+      </c>
+      <c r="R277" s="4">
+        <v>118145</v>
+      </c>
+    </row>
+    <row r="278" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A278" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B278" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="C278" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="D278" t="s">
+        <v>356</v>
+      </c>
+      <c r="E278" t="s">
+        <v>356</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="H278" s="4">
+        <v>7621</v>
+      </c>
+      <c r="I278" s="4">
+        <v>1072</v>
+      </c>
+      <c r="J278" s="4">
+        <v>8693</v>
+      </c>
+      <c r="K278" s="4">
+        <v>1646</v>
+      </c>
+      <c r="L278" s="4">
+        <v>0</v>
+      </c>
+      <c r="M278" s="4">
+        <v>1188</v>
+      </c>
+      <c r="N278" s="4">
+        <v>320</v>
+      </c>
+      <c r="O278" s="4">
+        <v>0</v>
+      </c>
+      <c r="P278" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q278" s="4">
+        <v>0</v>
+      </c>
+      <c r="R278" s="4">
+        <v>11847</v>
+      </c>
+    </row>
+    <row r="279" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A279" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B279" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="C279" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="D279" t="s">
+        <v>356</v>
+      </c>
+      <c r="E279" t="s">
+        <v>356</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="H279" s="4">
+        <v>33315</v>
+      </c>
+      <c r="I279" s="4">
+        <v>4141</v>
+      </c>
+      <c r="J279" s="4">
+        <v>37456</v>
+      </c>
+      <c r="K279" s="4">
+        <v>2469</v>
+      </c>
+      <c r="L279" s="4">
+        <v>0</v>
+      </c>
+      <c r="M279" s="4">
+        <v>925</v>
+      </c>
+      <c r="N279" s="4">
+        <v>1294</v>
+      </c>
+      <c r="O279" s="4">
+        <v>0</v>
+      </c>
+      <c r="P279" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q279" s="4">
+        <v>0</v>
+      </c>
+      <c r="R279" s="4">
+        <v>42144</v>
+      </c>
+    </row>
+    <row r="280" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A280" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B280" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C280" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="D280" t="s">
+        <v>356</v>
+      </c>
+      <c r="E280" t="s">
+        <v>356</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="H280" s="4">
+        <v>144256</v>
+      </c>
+      <c r="I280" s="4">
+        <v>2787</v>
+      </c>
+      <c r="J280" s="4">
+        <v>147043</v>
+      </c>
+      <c r="K280" s="4">
+        <v>21207</v>
+      </c>
+      <c r="L280" s="4">
+        <v>0</v>
+      </c>
+      <c r="M280" s="4">
+        <v>16518</v>
+      </c>
+      <c r="N280" s="4">
+        <v>4068</v>
+      </c>
+      <c r="O280" s="4">
+        <v>0</v>
+      </c>
+      <c r="P280" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q280" s="4">
+        <v>32365</v>
+      </c>
+      <c r="R280" s="4">
+        <v>221201</v>
+      </c>
+    </row>
+    <row r="281" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A281" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B281" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="C281" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="D281" t="s">
+        <v>356</v>
+      </c>
+      <c r="E281" t="s">
+        <v>356</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="H281" s="4">
+        <v>5529</v>
+      </c>
+      <c r="I281" s="4">
+        <v>304</v>
+      </c>
+      <c r="J281" s="4">
+        <v>5833</v>
+      </c>
+      <c r="K281" s="4">
+        <v>135</v>
+      </c>
+      <c r="L281" s="4">
+        <v>0</v>
+      </c>
+      <c r="M281" s="4">
+        <v>385</v>
+      </c>
+      <c r="N281" s="4">
+        <v>190</v>
+      </c>
+      <c r="O281" s="4">
+        <v>0</v>
+      </c>
+      <c r="P281" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q281" s="4">
+        <v>0</v>
+      </c>
+      <c r="R281" s="4">
+        <v>6543</v>
+      </c>
+    </row>
+    <row r="282" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A282" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B282" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C282" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="D282" t="s">
+        <v>356</v>
+      </c>
+      <c r="E282" t="s">
+        <v>356</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="H282" s="4">
+        <v>48916</v>
+      </c>
+      <c r="I282" s="4">
+        <v>2144</v>
+      </c>
+      <c r="J282" s="4">
+        <v>51060</v>
+      </c>
+      <c r="K282" s="4">
+        <v>7454</v>
+      </c>
+      <c r="L282" s="4">
+        <v>0</v>
+      </c>
+      <c r="M282" s="4">
+        <v>5743</v>
+      </c>
+      <c r="N282" s="4">
+        <v>1892</v>
+      </c>
+      <c r="O282" s="4">
+        <v>0</v>
+      </c>
+      <c r="P282" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q282" s="4">
+        <v>2285</v>
+      </c>
+      <c r="R282" s="4">
+        <v>68434</v>
+      </c>
+    </row>
+    <row r="283" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A283" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B283" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C283" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="D283" t="s">
+        <v>356</v>
+      </c>
+      <c r="E283" t="s">
+        <v>356</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="H283" s="4">
+        <v>29445</v>
+      </c>
+      <c r="I283" s="4">
+        <v>328</v>
+      </c>
+      <c r="J283" s="4">
+        <v>29773</v>
+      </c>
+      <c r="K283" s="4">
+        <v>4466</v>
+      </c>
+      <c r="L283" s="4">
+        <v>0</v>
+      </c>
+      <c r="M283" s="4">
+        <v>520</v>
+      </c>
+      <c r="N283" s="4">
+        <v>1008</v>
+      </c>
+      <c r="O283" s="4">
+        <v>0</v>
+      </c>
+      <c r="P283" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q283" s="4">
+        <v>8244</v>
+      </c>
+      <c r="R283" s="4">
+        <v>44011</v>
+      </c>
+    </row>
+    <row r="284" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A284" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B284" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C284" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="D284" t="s">
+        <v>356</v>
+      </c>
+      <c r="E284" t="s">
+        <v>356</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="H284" s="4">
+        <v>59736</v>
+      </c>
+      <c r="I284" s="4">
+        <v>4682</v>
+      </c>
+      <c r="J284" s="4">
+        <v>64418</v>
+      </c>
+      <c r="K284" s="4">
+        <v>11878</v>
+      </c>
+      <c r="L284" s="4">
+        <v>0</v>
+      </c>
+      <c r="M284" s="4">
+        <v>0</v>
+      </c>
+      <c r="N284" s="4">
+        <v>2588</v>
+      </c>
+      <c r="O284" s="4">
+        <v>0</v>
+      </c>
+      <c r="P284" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q284" s="4">
+        <v>31660</v>
+      </c>
+      <c r="R284" s="4">
+        <v>110544</v>
+      </c>
+    </row>
+    <row r="285" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A285" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B285" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C285" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="D285" t="s">
+        <v>356</v>
+      </c>
+      <c r="E285" t="s">
+        <v>356</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="H285" s="4">
+        <v>33568</v>
+      </c>
+      <c r="I285" s="4">
+        <v>4487</v>
+      </c>
+      <c r="J285" s="4">
+        <v>38055</v>
+      </c>
+      <c r="K285" s="4">
+        <v>6315</v>
+      </c>
+      <c r="L285" s="4">
+        <v>0</v>
+      </c>
+      <c r="M285" s="4">
+        <v>5356</v>
+      </c>
+      <c r="N285" s="4">
+        <v>1319</v>
+      </c>
+      <c r="O285" s="4">
+        <v>0</v>
+      </c>
+      <c r="P285" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q285" s="4">
+        <v>0</v>
+      </c>
+      <c r="R285" s="4">
+        <v>51045</v>
+      </c>
+    </row>
+    <row r="286" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A286" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B286" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="C286" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="D286" t="s">
+        <v>356</v>
+      </c>
+      <c r="E286" t="s">
+        <v>356</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="H286" s="4">
+        <v>26119</v>
+      </c>
+      <c r="I286" s="4">
+        <v>3115</v>
+      </c>
+      <c r="J286" s="4">
+        <v>29234</v>
+      </c>
+      <c r="K286" s="4">
+        <v>3742</v>
+      </c>
+      <c r="L286" s="4">
+        <v>0</v>
+      </c>
+      <c r="M286" s="4">
+        <v>4011</v>
+      </c>
+      <c r="N286" s="4">
+        <v>1050</v>
+      </c>
+      <c r="O286" s="4">
+        <v>0</v>
+      </c>
+      <c r="P286" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q286" s="4">
+        <v>0</v>
+      </c>
+      <c r="R286" s="4">
+        <v>38037</v>
+      </c>
+    </row>
+    <row r="287" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A287" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B287" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C287" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="D287" t="s">
+        <v>356</v>
+      </c>
+      <c r="E287" t="s">
+        <v>356</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="H287" s="4">
+        <v>21386</v>
+      </c>
+      <c r="I287" s="4">
+        <v>611</v>
+      </c>
+      <c r="J287" s="4">
+        <v>21997</v>
+      </c>
+      <c r="K287" s="4">
+        <v>2400</v>
+      </c>
+      <c r="L287" s="4">
+        <v>0</v>
+      </c>
+      <c r="M287" s="4">
+        <v>2638</v>
+      </c>
+      <c r="N287" s="4">
+        <v>650</v>
+      </c>
+      <c r="O287" s="4">
+        <v>0</v>
+      </c>
+      <c r="P287" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q287" s="4">
+        <v>3134</v>
+      </c>
+      <c r="R287" s="4">
+        <v>30819</v>
+      </c>
+    </row>
+    <row r="288" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A288" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B288" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="C288" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="D288" t="s">
+        <v>356</v>
+      </c>
+      <c r="E288" t="s">
+        <v>356</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="H288" s="4">
+        <v>19890</v>
+      </c>
+      <c r="I288" s="4">
+        <v>2532</v>
+      </c>
+      <c r="J288" s="4">
+        <v>22422</v>
+      </c>
+      <c r="K288" s="4">
+        <v>1143</v>
+      </c>
+      <c r="L288" s="4">
+        <v>0</v>
+      </c>
+      <c r="M288" s="4">
+        <v>1815</v>
+      </c>
+      <c r="N288" s="4">
+        <v>893</v>
+      </c>
+      <c r="O288" s="4">
+        <v>0</v>
+      </c>
+      <c r="P288" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q288" s="4">
+        <v>0</v>
+      </c>
+      <c r="R288" s="4">
+        <v>26273</v>
+      </c>
+    </row>
+    <row r="289" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A289" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B289" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C289" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="D289" t="s">
+        <v>356</v>
+      </c>
+      <c r="E289" t="s">
+        <v>356</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="H289" s="4">
+        <v>46783</v>
+      </c>
+      <c r="I289" s="4">
+        <v>3696</v>
+      </c>
+      <c r="J289" s="4">
+        <v>50479</v>
+      </c>
+      <c r="K289" s="4">
+        <v>5948</v>
+      </c>
+      <c r="L289" s="4">
+        <v>0</v>
+      </c>
+      <c r="M289" s="4">
+        <v>0</v>
+      </c>
+      <c r="N289" s="4">
+        <v>1689</v>
+      </c>
+      <c r="O289" s="4">
+        <v>0</v>
+      </c>
+      <c r="P289" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q289" s="4">
+        <v>0</v>
+      </c>
+      <c r="R289" s="4">
+        <v>58116</v>
+      </c>
+    </row>
+    <row r="290" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A290" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B290" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="C290" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="D290" t="s">
+        <v>356</v>
+      </c>
+      <c r="E290" t="s">
+        <v>356</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="H290" s="4">
+        <v>59627</v>
+      </c>
+      <c r="I290" s="4">
+        <v>3545</v>
+      </c>
+      <c r="J290" s="4">
+        <v>63172</v>
+      </c>
+      <c r="K290" s="4">
+        <v>0</v>
+      </c>
+      <c r="L290" s="4">
+        <v>0</v>
+      </c>
+      <c r="M290" s="4">
+        <v>0</v>
+      </c>
+      <c r="N290" s="4">
+        <v>2415</v>
+      </c>
+      <c r="O290" s="4">
+        <v>0</v>
+      </c>
+      <c r="P290" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q290" s="4">
+        <v>0</v>
+      </c>
+      <c r="R290" s="4">
+        <v>65587</v>
+      </c>
+    </row>
+    <row r="291" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A291" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B291" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C291" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="D291" t="s">
+        <v>356</v>
+      </c>
+      <c r="E291" t="s">
+        <v>356</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="H291" s="4">
+        <v>86147</v>
+      </c>
+      <c r="I291" s="4">
+        <v>11217</v>
+      </c>
+      <c r="J291" s="4">
+        <v>97364</v>
+      </c>
+      <c r="K291" s="4">
+        <v>18456</v>
+      </c>
+      <c r="L291" s="4">
+        <v>0</v>
+      </c>
+      <c r="M291" s="4">
+        <v>0</v>
+      </c>
+      <c r="N291" s="4">
+        <v>3028</v>
+      </c>
+      <c r="O291" s="4">
+        <v>0</v>
+      </c>
+      <c r="P291" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q291" s="4">
+        <v>22936</v>
+      </c>
+      <c r="R291" s="4">
+        <v>141784</v>
+      </c>
+    </row>
+    <row r="292" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A292" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B292" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="C292" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D292" t="s">
+        <v>356</v>
+      </c>
+      <c r="E292" t="s">
+        <v>356</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="H292" s="4">
+        <v>70212</v>
+      </c>
+      <c r="I292" s="4">
+        <v>2857</v>
+      </c>
+      <c r="J292" s="4">
+        <v>73069</v>
+      </c>
+      <c r="K292" s="4">
+        <v>11755</v>
+      </c>
+      <c r="L292" s="4">
+        <v>0</v>
+      </c>
+      <c r="M292" s="4">
+        <v>9963</v>
+      </c>
+      <c r="N292" s="4">
+        <v>2735</v>
+      </c>
+      <c r="O292" s="4">
+        <v>0</v>
+      </c>
+      <c r="P292" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q292" s="4">
+        <v>0</v>
+      </c>
+      <c r="R292" s="4">
+        <v>97522</v>
+      </c>
+    </row>
+    <row r="293" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A293" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B293" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C293" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="D293" t="s">
+        <v>356</v>
+      </c>
+      <c r="E293" t="s">
+        <v>356</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="H293" s="4">
+        <v>53762</v>
+      </c>
+      <c r="I293" s="4">
+        <v>4386</v>
+      </c>
+      <c r="J293" s="4">
+        <v>58148</v>
+      </c>
+      <c r="K293" s="4">
+        <v>8369</v>
+      </c>
+      <c r="L293" s="4">
+        <v>0</v>
+      </c>
+      <c r="M293" s="4">
+        <v>11130</v>
+      </c>
+      <c r="N293" s="4">
+        <v>2741</v>
+      </c>
+      <c r="O293" s="4">
+        <v>0</v>
+      </c>
+      <c r="P293" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q293" s="4">
+        <v>0</v>
+      </c>
+      <c r="R293" s="4">
+        <v>80388</v>
+      </c>
+    </row>
+    <row r="294" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A294" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B294" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C294" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="D294" t="s">
+        <v>356</v>
+      </c>
+      <c r="E294" t="s">
+        <v>356</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="H294" s="4">
+        <v>1384422</v>
+      </c>
+      <c r="I294" s="4">
+        <v>142585</v>
+      </c>
+      <c r="J294" s="4">
+        <v>1527007</v>
+      </c>
+      <c r="K294" s="4">
+        <v>70194</v>
+      </c>
+      <c r="L294" s="4">
+        <v>0</v>
+      </c>
+      <c r="M294" s="4">
+        <v>165558</v>
+      </c>
+      <c r="N294" s="4">
+        <v>40772</v>
+      </c>
+      <c r="O294" s="4">
+        <v>0</v>
+      </c>
+      <c r="P294" s="4">
+        <v>16680</v>
+      </c>
+      <c r="Q294" s="4">
+        <v>395862</v>
+      </c>
+      <c r="R294" s="4">
+        <v>2216073</v>
+      </c>
+    </row>
+    <row r="295" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A295" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B295" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="C295" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="D295" t="s">
+        <v>356</v>
+      </c>
+      <c r="E295" t="s">
+        <v>356</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="H295" s="4">
+        <v>42772</v>
+      </c>
+      <c r="I295" s="4">
+        <v>1356</v>
+      </c>
+      <c r="J295" s="4">
+        <v>44128</v>
+      </c>
+      <c r="K295" s="4">
+        <v>3954</v>
+      </c>
+      <c r="L295" s="4">
+        <v>0</v>
+      </c>
+      <c r="M295" s="4">
+        <v>3800</v>
+      </c>
+      <c r="N295" s="4">
+        <v>1872</v>
+      </c>
+      <c r="O295" s="4">
+        <v>0</v>
+      </c>
+      <c r="P295" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q295" s="4">
+        <v>0</v>
+      </c>
+      <c r="R295" s="4">
+        <v>53754</v>
+      </c>
+    </row>
+    <row r="296" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A296" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B296" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C296" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="D296" t="s">
+        <v>356</v>
+      </c>
+      <c r="E296" t="s">
+        <v>356</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="H296" s="4">
+        <v>172958</v>
+      </c>
+      <c r="I296" s="4">
+        <v>2277</v>
+      </c>
+      <c r="J296" s="4">
+        <v>175235</v>
+      </c>
+      <c r="K296" s="4">
+        <v>40681</v>
+      </c>
+      <c r="L296" s="4">
+        <v>0</v>
+      </c>
+      <c r="M296" s="4">
+        <v>27951</v>
+      </c>
+      <c r="N296" s="4">
+        <v>6883</v>
+      </c>
+      <c r="O296" s="4">
+        <v>0</v>
+      </c>
+      <c r="P296" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q296" s="4">
+        <v>84478</v>
+      </c>
+      <c r="R296" s="4">
+        <v>335228</v>
+      </c>
+    </row>
+    <row r="297" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A297" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B297" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="C297" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="D297" t="s">
+        <v>356</v>
+      </c>
+      <c r="E297" t="s">
+        <v>356</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="H297" s="4">
+        <v>66253</v>
+      </c>
+      <c r="I297" s="4">
+        <v>8749</v>
+      </c>
+      <c r="J297" s="4">
+        <v>75002</v>
+      </c>
+      <c r="K297" s="4">
+        <v>14244</v>
+      </c>
+      <c r="L297" s="4">
+        <v>0</v>
+      </c>
+      <c r="M297" s="4">
+        <v>2639</v>
+      </c>
+      <c r="N297" s="4">
+        <v>2838</v>
+      </c>
+      <c r="O297" s="4">
+        <v>0</v>
+      </c>
+      <c r="P297" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q297" s="4">
+        <v>28478</v>
+      </c>
+      <c r="R297" s="4">
+        <v>123201</v>
+      </c>
+    </row>
+    <row r="298" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A298" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B298" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="C298" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="D298" t="s">
+        <v>356</v>
+      </c>
+      <c r="E298" t="s">
+        <v>356</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="H298" s="4">
+        <v>86618</v>
+      </c>
+      <c r="I298" s="4">
+        <v>9041</v>
+      </c>
+      <c r="J298" s="4">
+        <v>95659</v>
+      </c>
+      <c r="K298" s="4">
+        <v>14815</v>
+      </c>
+      <c r="L298" s="4">
+        <v>0</v>
+      </c>
+      <c r="M298" s="4">
+        <v>8528</v>
+      </c>
+      <c r="N298" s="4">
+        <v>2658</v>
+      </c>
+      <c r="O298" s="4">
+        <v>0</v>
+      </c>
+      <c r="P298" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q298" s="4">
+        <v>0</v>
+      </c>
+      <c r="R298" s="4">
+        <v>121660</v>
+      </c>
+    </row>
+    <row r="299" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A299" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B299" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="C299" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="D299" t="s">
+        <v>356</v>
+      </c>
+      <c r="E299" t="s">
+        <v>356</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="H299" s="4">
+        <v>34859</v>
+      </c>
+      <c r="I299" s="4">
+        <v>5390</v>
+      </c>
+      <c r="J299" s="4">
+        <v>40249</v>
+      </c>
+      <c r="K299" s="4">
+        <v>5872</v>
+      </c>
+      <c r="L299" s="4">
+        <v>0</v>
+      </c>
+      <c r="M299" s="4">
+        <v>5229</v>
+      </c>
+      <c r="N299" s="4">
+        <v>1287</v>
+      </c>
+      <c r="O299" s="4">
+        <v>0</v>
+      </c>
+      <c r="P299" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q299" s="4">
+        <v>0</v>
+      </c>
+      <c r="R299" s="4">
+        <v>52637</v>
+      </c>
+    </row>
+    <row r="300" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A300" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B300" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C300" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="D300" t="s">
+        <v>356</v>
+      </c>
+      <c r="E300" t="s">
+        <v>356</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="H300" s="4">
+        <v>123462</v>
+      </c>
+      <c r="I300" s="4">
+        <v>7848</v>
+      </c>
+      <c r="J300" s="4">
+        <v>131310</v>
+      </c>
+      <c r="K300" s="4">
+        <v>21586</v>
+      </c>
+      <c r="L300" s="4">
+        <v>0</v>
+      </c>
+      <c r="M300" s="4">
+        <v>806</v>
+      </c>
+      <c r="N300" s="4">
+        <v>4068</v>
+      </c>
+      <c r="O300" s="4">
+        <v>0</v>
+      </c>
+      <c r="P300" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q300" s="4">
+        <v>0</v>
+      </c>
+      <c r="R300" s="4">
+        <v>157770</v>
+      </c>
+    </row>
+    <row r="301" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A301" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B301" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C301" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="D301" t="s">
+        <v>356</v>
+      </c>
+      <c r="E301" t="s">
+        <v>356</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="H301" s="4">
+        <v>30145</v>
+      </c>
+      <c r="I301" s="4">
+        <v>291</v>
+      </c>
+      <c r="J301" s="4">
+        <v>30436</v>
+      </c>
+      <c r="K301" s="4">
+        <v>3021</v>
+      </c>
+      <c r="L301" s="4">
+        <v>0</v>
+      </c>
+      <c r="M301" s="4">
+        <v>177</v>
+      </c>
+      <c r="N301" s="4">
+        <v>903</v>
+      </c>
+      <c r="O301" s="4">
+        <v>0</v>
+      </c>
+      <c r="P301" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q301" s="4">
+        <v>3792</v>
+      </c>
+      <c r="R301" s="4">
+        <v>38329</v>
+      </c>
+    </row>
+    <row r="302" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A302" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B302" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="C302" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="D302" t="s">
+        <v>356</v>
+      </c>
+      <c r="E302" t="s">
+        <v>356</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="H302" s="4">
+        <v>85690</v>
+      </c>
+      <c r="I302" s="4">
+        <v>1774</v>
+      </c>
+      <c r="J302" s="4">
+        <v>87464</v>
+      </c>
+      <c r="K302" s="4">
+        <v>15646</v>
+      </c>
+      <c r="L302" s="4">
+        <v>0</v>
+      </c>
+      <c r="M302" s="4">
+        <v>8445</v>
+      </c>
+      <c r="N302" s="4">
+        <v>2787</v>
+      </c>
+      <c r="O302" s="4">
+        <v>0</v>
+      </c>
+      <c r="P302" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q302" s="4">
+        <v>22797</v>
+      </c>
+      <c r="R302" s="4">
+        <v>137139</v>
+      </c>
+    </row>
+    <row r="303" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A303" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B303" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C303" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="D303" t="s">
+        <v>356</v>
+      </c>
+      <c r="E303" t="s">
+        <v>356</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="H303" s="4">
+        <v>1137537</v>
+      </c>
+      <c r="I303" s="4">
+        <v>118548</v>
+      </c>
+      <c r="J303" s="4">
+        <v>1256085</v>
+      </c>
+      <c r="K303" s="4">
+        <v>96693</v>
+      </c>
+      <c r="L303" s="4">
+        <v>0</v>
+      </c>
+      <c r="M303" s="4">
+        <v>57559</v>
+      </c>
+      <c r="N303" s="4">
+        <v>28350</v>
+      </c>
+      <c r="O303" s="4">
+        <v>0</v>
+      </c>
+      <c r="P303" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q303" s="4">
+        <v>0</v>
+      </c>
+      <c r="R303" s="4">
+        <v>1438687</v>
+      </c>
+    </row>
+    <row r="304" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A304" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B304" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C304" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="D304" t="s">
+        <v>356</v>
+      </c>
+      <c r="E304" t="s">
+        <v>356</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="H304" s="4">
+        <v>481266</v>
+      </c>
+      <c r="I304" s="4">
+        <v>50723</v>
+      </c>
+      <c r="J304" s="4">
+        <v>531989</v>
+      </c>
+      <c r="K304" s="4">
+        <v>51962</v>
+      </c>
+      <c r="L304" s="4">
+        <v>0</v>
+      </c>
+      <c r="M304" s="4">
+        <v>64977</v>
+      </c>
+      <c r="N304" s="4">
+        <v>16001</v>
+      </c>
+      <c r="O304" s="4">
+        <v>0</v>
+      </c>
+      <c r="P304" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q304" s="4">
+        <v>196200</v>
+      </c>
+      <c r="R304" s="4">
+        <v>861129</v>
+      </c>
+    </row>
+    <row r="305" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A305" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B305" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C305" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="D305" t="s">
+        <v>356</v>
+      </c>
+      <c r="E305" t="s">
+        <v>356</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="H305" s="4">
+        <v>222034</v>
+      </c>
+      <c r="I305" s="4">
+        <v>2082</v>
+      </c>
+      <c r="J305" s="4">
+        <v>224116</v>
+      </c>
+      <c r="K305" s="4">
+        <v>17231</v>
+      </c>
+      <c r="L305" s="4">
+        <v>0</v>
+      </c>
+      <c r="M305" s="4">
+        <v>0</v>
+      </c>
+      <c r="N305" s="4">
+        <v>7726</v>
+      </c>
+      <c r="O305" s="4">
+        <v>0</v>
+      </c>
+      <c r="P305" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q305" s="4">
+        <v>63206</v>
+      </c>
+      <c r="R305" s="4">
+        <v>312279</v>
+      </c>
+    </row>
+    <row r="306" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A306" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C306" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="D306" t="s">
+        <v>356</v>
+      </c>
+      <c r="E306" t="s">
+        <v>356</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="H306" s="4">
+        <v>39893</v>
+      </c>
+      <c r="I306" s="4">
+        <v>4061</v>
+      </c>
+      <c r="J306" s="4">
+        <v>43954</v>
+      </c>
+      <c r="K306" s="4">
+        <v>7678</v>
+      </c>
+      <c r="L306" s="4">
+        <v>0</v>
+      </c>
+      <c r="M306" s="4">
+        <v>0</v>
+      </c>
+      <c r="N306" s="4">
+        <v>1650</v>
+      </c>
+      <c r="O306" s="4">
+        <v>0</v>
+      </c>
+      <c r="P306" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q306" s="4">
+        <v>0</v>
+      </c>
+      <c r="R306" s="4">
+        <v>53282</v>
+      </c>
+    </row>
+    <row r="307" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A307" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="C307" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D307" t="s">
+        <v>356</v>
+      </c>
+      <c r="E307" t="s">
+        <v>356</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="H307" s="4">
+        <v>37646</v>
+      </c>
+      <c r="I307" s="4">
+        <v>2302</v>
+      </c>
+      <c r="J307" s="4">
+        <v>39948</v>
+      </c>
+      <c r="K307" s="4">
+        <v>5451</v>
+      </c>
+      <c r="L307" s="4">
+        <v>0</v>
+      </c>
+      <c r="M307" s="4">
+        <v>3512</v>
+      </c>
+      <c r="N307" s="4">
+        <v>1505</v>
+      </c>
+      <c r="O307" s="4">
+        <v>0</v>
+      </c>
+      <c r="P307" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q307" s="4">
+        <v>7712</v>
+      </c>
+      <c r="R307" s="4">
+        <v>58128</v>
+      </c>
+    </row>
+    <row r="308" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A308" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B308" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="C308" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="D308" t="s">
+        <v>356</v>
+      </c>
+      <c r="E308" t="s">
+        <v>356</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="H308" s="4">
+        <v>22200</v>
+      </c>
+      <c r="I308" s="4">
+        <v>1357</v>
+      </c>
+      <c r="J308" s="4">
+        <v>23557</v>
+      </c>
+      <c r="K308" s="4">
+        <v>3215</v>
+      </c>
+      <c r="L308" s="4">
+        <v>0</v>
+      </c>
+      <c r="M308" s="4">
+        <v>2071</v>
+      </c>
+      <c r="N308" s="4">
+        <v>888</v>
+      </c>
+      <c r="O308" s="4">
+        <v>0</v>
+      </c>
+      <c r="P308" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q308" s="4">
+        <v>0</v>
+      </c>
+      <c r="R308" s="4">
+        <v>29731</v>
+      </c>
+    </row>
+    <row r="309" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A309" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B309" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C309" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="D309" t="s">
+        <v>356</v>
+      </c>
+      <c r="E309" t="s">
+        <v>356</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="H309" s="4">
+        <v>15092</v>
+      </c>
+      <c r="I309" s="4">
+        <v>1866</v>
+      </c>
+      <c r="J309" s="4">
+        <v>16958</v>
+      </c>
+      <c r="K309" s="4">
+        <v>1637</v>
+      </c>
+      <c r="L309" s="4">
+        <v>0</v>
+      </c>
+      <c r="M309" s="4">
+        <v>2933</v>
+      </c>
+      <c r="N309" s="4">
+        <v>722</v>
+      </c>
+      <c r="O309" s="4">
+        <v>0</v>
+      </c>
+      <c r="P309" s="4">
+        <v>295</v>
+      </c>
+      <c r="Q309" s="4">
+        <v>0</v>
+      </c>
+      <c r="R309" s="4">
+        <v>22545</v>
+      </c>
+    </row>
+    <row r="310" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A310" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B310" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C310" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="D310" t="s">
+        <v>356</v>
+      </c>
+      <c r="E310" t="s">
+        <v>356</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="H310" s="4">
+        <v>46238</v>
+      </c>
+      <c r="I310" s="4">
+        <v>4666</v>
+      </c>
+      <c r="J310" s="4">
+        <v>50904</v>
+      </c>
+      <c r="K310" s="4">
+        <v>6056</v>
+      </c>
+      <c r="L310" s="4">
+        <v>0</v>
+      </c>
+      <c r="M310" s="4">
+        <v>5594</v>
+      </c>
+      <c r="N310" s="4">
+        <v>1702</v>
+      </c>
+      <c r="O310" s="4">
+        <v>0</v>
+      </c>
+      <c r="P310" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q310" s="4">
+        <v>13139</v>
+      </c>
+      <c r="R310" s="4">
+        <v>77395</v>
+      </c>
+    </row>
+    <row r="311" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A311" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B311" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C311" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="D311" t="s">
+        <v>356</v>
+      </c>
+      <c r="E311" t="s">
+        <v>356</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="H311" s="4">
+        <v>41355</v>
+      </c>
+      <c r="I311" s="4">
+        <v>4838</v>
+      </c>
+      <c r="J311" s="4">
+        <v>46193</v>
+      </c>
+      <c r="K311" s="4">
+        <v>4739</v>
+      </c>
+      <c r="L311" s="4">
+        <v>0</v>
+      </c>
+      <c r="M311" s="4">
+        <v>5949</v>
+      </c>
+      <c r="N311" s="4">
+        <v>1465</v>
+      </c>
+      <c r="O311" s="4">
+        <v>0</v>
+      </c>
+      <c r="P311" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q311" s="4">
+        <v>0</v>
+      </c>
+      <c r="R311" s="4">
+        <v>58346</v>
+      </c>
+    </row>
+    <row r="312" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A312" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B312" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="C312" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="D312" t="s">
+        <v>356</v>
+      </c>
+      <c r="E312" t="s">
+        <v>356</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="H312" s="4">
+        <v>18420</v>
+      </c>
+      <c r="I312" s="4">
+        <v>2083</v>
+      </c>
+      <c r="J312" s="4">
+        <v>20503</v>
+      </c>
+      <c r="K312" s="4">
+        <v>2040</v>
+      </c>
+      <c r="L312" s="4">
+        <v>0</v>
+      </c>
+      <c r="M312" s="4">
+        <v>3154</v>
+      </c>
+      <c r="N312" s="4">
+        <v>826</v>
+      </c>
+      <c r="O312" s="4">
+        <v>0</v>
+      </c>
+      <c r="P312" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q312" s="4">
+        <v>8870</v>
+      </c>
+      <c r="R312" s="4">
+        <v>35393</v>
+      </c>
+    </row>
+    <row r="313" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A313" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B313" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C313" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="D313" t="s">
+        <v>356</v>
+      </c>
+      <c r="E313" t="s">
+        <v>356</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="H313" s="4">
+        <v>274615</v>
+      </c>
+      <c r="I313" s="4">
+        <v>16781</v>
+      </c>
+      <c r="J313" s="4">
+        <v>291396</v>
+      </c>
+      <c r="K313" s="4">
+        <v>72504</v>
+      </c>
+      <c r="L313" s="4">
+        <v>0</v>
+      </c>
+      <c r="M313" s="4">
+        <v>0</v>
+      </c>
+      <c r="N313" s="4">
+        <v>12362</v>
+      </c>
+      <c r="O313" s="4">
+        <v>0</v>
+      </c>
+      <c r="P313" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q313" s="4">
+        <v>0</v>
+      </c>
+      <c r="R313" s="4">
+        <v>376262</v>
+      </c>
+    </row>
+    <row r="314" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A314" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B314" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="C314" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="D314" t="s">
+        <v>356</v>
+      </c>
+      <c r="E314" t="s">
+        <v>356</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="H314" s="4">
+        <v>139214</v>
+      </c>
+      <c r="I314" s="4">
+        <v>3518</v>
+      </c>
+      <c r="J314" s="4">
+        <v>142732</v>
+      </c>
+      <c r="K314" s="4">
+        <v>16950</v>
+      </c>
+      <c r="L314" s="4">
+        <v>0</v>
+      </c>
+      <c r="M314" s="4">
+        <v>9994</v>
+      </c>
+      <c r="N314" s="4">
+        <v>4922</v>
+      </c>
+      <c r="O314" s="4">
+        <v>0</v>
+      </c>
+      <c r="P314" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q314" s="4">
+        <v>29403</v>
+      </c>
+      <c r="R314" s="4">
+        <v>204001</v>
+      </c>
+    </row>
+    <row r="315" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A315" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B315" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C315" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D315" t="s">
+        <v>356</v>
+      </c>
+      <c r="E315" t="s">
+        <v>356</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="H315" s="4">
+        <v>703378</v>
+      </c>
+      <c r="I315" s="4">
+        <v>74212</v>
+      </c>
+      <c r="J315" s="4">
+        <v>777590</v>
+      </c>
+      <c r="K315" s="4">
+        <v>72080</v>
+      </c>
+      <c r="L315" s="4">
+        <v>0</v>
+      </c>
+      <c r="M315" s="4">
+        <v>109342</v>
+      </c>
+      <c r="N315" s="4">
+        <v>26928</v>
+      </c>
+      <c r="O315" s="4">
+        <v>0</v>
+      </c>
+      <c r="P315" s="4">
+        <v>11016</v>
+      </c>
+      <c r="Q315" s="4">
+        <v>0</v>
+      </c>
+      <c r="R315" s="4">
+        <v>996956</v>
+      </c>
+    </row>
+    <row r="316" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A316" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B316" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C316" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="D316" t="s">
+        <v>356</v>
+      </c>
+      <c r="E316" t="s">
+        <v>356</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="H316" s="4">
+        <v>62445</v>
+      </c>
+      <c r="I316" s="4">
+        <v>7092</v>
+      </c>
+      <c r="J316" s="4">
+        <v>69537</v>
+      </c>
+      <c r="K316" s="4">
+        <v>6461</v>
+      </c>
+      <c r="L316" s="4">
+        <v>0</v>
+      </c>
+      <c r="M316" s="4">
+        <v>5364</v>
+      </c>
+      <c r="N316" s="4">
+        <v>2642</v>
+      </c>
+      <c r="O316" s="4">
+        <v>0</v>
+      </c>
+      <c r="P316" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q316" s="4">
+        <v>18415</v>
+      </c>
+      <c r="R316" s="4">
+        <v>102419</v>
+      </c>
+    </row>
+    <row r="317" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A317" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B317" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="C317" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="H9" s="5">
-[...639 lines deleted...]
-      <c r="P20" s="5">
+      <c r="D317" t="s">
+        <v>356</v>
+      </c>
+      <c r="E317" t="s">
+        <v>356</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="H317" s="4">
+        <v>35712</v>
+      </c>
+      <c r="I317" s="4">
+        <v>2789</v>
+      </c>
+      <c r="J317" s="4">
+        <v>38501</v>
+      </c>
+      <c r="K317" s="4">
+        <v>4520</v>
+      </c>
+      <c r="L317" s="4">
+        <v>0</v>
+      </c>
+      <c r="M317" s="4">
+        <v>1040</v>
+      </c>
+      <c r="N317" s="4">
+        <v>1571</v>
+      </c>
+      <c r="O317" s="4">
+        <v>0</v>
+      </c>
+      <c r="P317" s="4">
+        <v>642</v>
+      </c>
+      <c r="Q317" s="4">
+        <v>0</v>
+      </c>
+      <c r="R317" s="4">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="318" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A318" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B318" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C318" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="D318" t="s">
+        <v>356</v>
+      </c>
+      <c r="E318" t="s">
+        <v>356</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="H318" s="4">
+        <v>31263</v>
+      </c>
+      <c r="I318" s="4">
+        <v>2715</v>
+      </c>
+      <c r="J318" s="4">
+        <v>33978</v>
+      </c>
+      <c r="K318" s="4">
+        <v>2504</v>
+      </c>
+      <c r="L318" s="4">
+        <v>0</v>
+      </c>
+      <c r="M318" s="4">
+        <v>2175</v>
+      </c>
+      <c r="N318" s="4">
+        <v>1251</v>
+      </c>
+      <c r="O318" s="4">
+        <v>0</v>
+      </c>
+      <c r="P318" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q318" s="4">
+        <v>0</v>
+      </c>
+      <c r="R318" s="4">
+        <v>39908</v>
+      </c>
+    </row>
+    <row r="319" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A319" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B319" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="C319" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="Q20" s="5">
-[...199 lines deleted...]
-      <c r="I24" s="5">
+      <c r="D319" t="s">
+        <v>356</v>
+      </c>
+      <c r="E319" t="s">
+        <v>356</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="H319" s="4">
+        <v>44006</v>
+      </c>
+      <c r="I319" s="4">
+        <v>7048</v>
+      </c>
+      <c r="J319" s="4">
+        <v>51054</v>
+      </c>
+      <c r="K319" s="4">
+        <v>7134</v>
+      </c>
+      <c r="L319" s="4">
+        <v>0</v>
+      </c>
+      <c r="M319" s="4">
+        <v>5960</v>
+      </c>
+      <c r="N319" s="4">
+        <v>1659</v>
+      </c>
+      <c r="O319" s="4">
+        <v>0</v>
+      </c>
+      <c r="P319" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q319" s="4">
+        <v>0</v>
+      </c>
+      <c r="R319" s="4">
+        <v>65807</v>
+      </c>
+    </row>
+    <row r="320" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A320" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="C320" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="D320" t="s">
+        <v>356</v>
+      </c>
+      <c r="E320" t="s">
+        <v>356</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="H320" s="4">
+        <v>22931</v>
+      </c>
+      <c r="I320" s="4">
+        <v>1120</v>
+      </c>
+      <c r="J320" s="4">
+        <v>24051</v>
+      </c>
+      <c r="K320" s="4">
+        <v>2594</v>
+      </c>
+      <c r="L320" s="4">
+        <v>0</v>
+      </c>
+      <c r="M320" s="4">
+        <v>2063</v>
+      </c>
+      <c r="N320" s="4">
+        <v>1016</v>
+      </c>
+      <c r="O320" s="4">
+        <v>0</v>
+      </c>
+      <c r="P320" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q320" s="4">
+        <v>8294</v>
+      </c>
+      <c r="R320" s="4">
+        <v>38018</v>
+      </c>
+    </row>
+    <row r="321" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A321" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B321" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="C321" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="D321" t="s">
+        <v>356</v>
+      </c>
+      <c r="E321" t="s">
+        <v>356</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="H321" s="4">
+        <v>60557</v>
+      </c>
+      <c r="I321" s="4">
+        <v>2555</v>
+      </c>
+      <c r="J321" s="4">
+        <v>63112</v>
+      </c>
+      <c r="K321" s="4">
+        <v>7789</v>
+      </c>
+      <c r="L321" s="4">
+        <v>0</v>
+      </c>
+      <c r="M321" s="4">
+        <v>7701</v>
+      </c>
+      <c r="N321" s="4">
+        <v>2542</v>
+      </c>
+      <c r="O321" s="4">
+        <v>0</v>
+      </c>
+      <c r="P321" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q321" s="4">
+        <v>5504</v>
+      </c>
+      <c r="R321" s="4">
+        <v>86648</v>
+      </c>
+    </row>
+    <row r="322" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A322" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B322" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C322" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="D322" t="s">
+        <v>356</v>
+      </c>
+      <c r="E322" t="s">
+        <v>356</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="H322" s="4">
+        <v>18112</v>
+      </c>
+      <c r="I322" s="4">
+        <v>1962</v>
+      </c>
+      <c r="J322" s="4">
+        <v>20074</v>
+      </c>
+      <c r="K322" s="4">
+        <v>3041</v>
+      </c>
+      <c r="L322" s="4">
+        <v>0</v>
+      </c>
+      <c r="M322" s="4">
+        <v>2881</v>
+      </c>
+      <c r="N322" s="4">
+        <v>805</v>
+      </c>
+      <c r="O322" s="4">
+        <v>0</v>
+      </c>
+      <c r="P322" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q322" s="4">
+        <v>0</v>
+      </c>
+      <c r="R322" s="4">
+        <v>26801</v>
+      </c>
+    </row>
+    <row r="323" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A323" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B323" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C323" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="D323" t="s">
+        <v>356</v>
+      </c>
+      <c r="E323" t="s">
+        <v>356</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="H323" s="4">
+        <v>28554</v>
+      </c>
+      <c r="I323" s="4">
+        <v>2542</v>
+      </c>
+      <c r="J323" s="4">
+        <v>31096</v>
+      </c>
+      <c r="K323" s="4">
+        <v>10799</v>
+      </c>
+      <c r="L323" s="4">
+        <v>0</v>
+      </c>
+      <c r="M323" s="4">
+        <v>4155</v>
+      </c>
+      <c r="N323" s="4">
+        <v>1024</v>
+      </c>
+      <c r="O323" s="4">
+        <v>0</v>
+      </c>
+      <c r="P323" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q323" s="4">
+        <v>12093</v>
+      </c>
+      <c r="R323" s="4">
+        <v>59167</v>
+      </c>
+    </row>
+    <row r="324" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A324" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B324" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C324" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="D324" t="s">
+        <v>356</v>
+      </c>
+      <c r="E324" t="s">
+        <v>356</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="H324" s="4">
+        <v>152783</v>
+      </c>
+      <c r="I324" s="4">
+        <v>4781</v>
+      </c>
+      <c r="J324" s="4">
+        <v>157564</v>
+      </c>
+      <c r="K324" s="4">
+        <v>7639</v>
+      </c>
+      <c r="L324" s="4">
+        <v>0</v>
+      </c>
+      <c r="M324" s="4">
+        <v>19586</v>
+      </c>
+      <c r="N324" s="4">
+        <v>6463</v>
+      </c>
+      <c r="O324" s="4">
+        <v>0</v>
+      </c>
+      <c r="P324" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q324" s="4">
+        <v>22790</v>
+      </c>
+      <c r="R324" s="4">
+        <v>214042</v>
+      </c>
+    </row>
+    <row r="325" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A325" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B325" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C325" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="D325" t="s">
+        <v>356</v>
+      </c>
+      <c r="E325" t="s">
+        <v>356</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="H325" s="4">
+        <v>408620</v>
+      </c>
+      <c r="I325" s="4">
+        <v>34104</v>
+      </c>
+      <c r="J325" s="4">
+        <v>442724</v>
+      </c>
+      <c r="K325" s="4">
+        <v>102229</v>
+      </c>
+      <c r="L325" s="4">
+        <v>0</v>
+      </c>
+      <c r="M325" s="4">
+        <v>68403</v>
+      </c>
+      <c r="N325" s="4">
+        <v>18825</v>
+      </c>
+      <c r="O325" s="4">
+        <v>0</v>
+      </c>
+      <c r="P325" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q325" s="4">
+        <v>0</v>
+      </c>
+      <c r="R325" s="4">
+        <v>632181</v>
+      </c>
+    </row>
+    <row r="326" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A326" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B326" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C326" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="D326" t="s">
+        <v>356</v>
+      </c>
+      <c r="E326" t="s">
+        <v>356</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="H326" s="4">
+        <v>10541</v>
+      </c>
+      <c r="I326" s="4">
+        <v>469</v>
+      </c>
+      <c r="J326" s="4">
+        <v>11010</v>
+      </c>
+      <c r="K326" s="4">
+        <v>0</v>
+      </c>
+      <c r="L326" s="4">
+        <v>0</v>
+      </c>
+      <c r="M326" s="4">
+        <v>0</v>
+      </c>
+      <c r="N326" s="4">
+        <v>307</v>
+      </c>
+      <c r="O326" s="4">
+        <v>0</v>
+      </c>
+      <c r="P326" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q326" s="4">
+        <v>0</v>
+      </c>
+      <c r="R326" s="4">
+        <v>11317</v>
+      </c>
+    </row>
+    <row r="327" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A327" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B327" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C327" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="D327" t="s">
+        <v>356</v>
+      </c>
+      <c r="E327" t="s">
+        <v>356</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="H327" s="4">
+        <v>137489</v>
+      </c>
+      <c r="I327" s="4">
+        <v>1328</v>
+      </c>
+      <c r="J327" s="4">
+        <v>138817</v>
+      </c>
+      <c r="K327" s="4">
+        <v>21193</v>
+      </c>
+      <c r="L327" s="4">
+        <v>0</v>
+      </c>
+      <c r="M327" s="4">
+        <v>17230</v>
+      </c>
+      <c r="N327" s="4">
+        <v>4243</v>
+      </c>
+      <c r="O327" s="4">
+        <v>0</v>
+      </c>
+      <c r="P327" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q327" s="4">
+        <v>0</v>
+      </c>
+      <c r="R327" s="4">
+        <v>181483</v>
+      </c>
+    </row>
+    <row r="328" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A328" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B328" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="C328" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="D328" t="s">
+        <v>356</v>
+      </c>
+      <c r="E328" t="s">
+        <v>356</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="H328" s="4">
+        <v>29006</v>
+      </c>
+      <c r="I328" s="4">
+        <v>2050</v>
+      </c>
+      <c r="J328" s="4">
+        <v>31056</v>
+      </c>
+      <c r="K328" s="4">
+        <v>4226</v>
+      </c>
+      <c r="L328" s="4">
+        <v>0</v>
+      </c>
+      <c r="M328" s="4">
+        <v>0</v>
+      </c>
+      <c r="N328" s="4">
+        <v>1028</v>
+      </c>
+      <c r="O328" s="4">
+        <v>0</v>
+      </c>
+      <c r="P328" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q328" s="4">
+        <v>7699</v>
+      </c>
+      <c r="R328" s="4">
+        <v>44009</v>
+      </c>
+    </row>
+    <row r="329" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A329" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B329" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="C329" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="D329" t="s">
+        <v>356</v>
+      </c>
+      <c r="E329" t="s">
+        <v>356</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="H329" s="4">
+        <v>19749</v>
+      </c>
+      <c r="I329" s="4">
+        <v>263</v>
+      </c>
+      <c r="J329" s="4">
+        <v>20012</v>
+      </c>
+      <c r="K329" s="4">
+        <v>2224</v>
+      </c>
+      <c r="L329" s="4">
+        <v>0</v>
+      </c>
+      <c r="M329" s="4">
+        <v>2577</v>
+      </c>
+      <c r="N329" s="4">
+        <v>635</v>
+      </c>
+      <c r="O329" s="4">
+        <v>0</v>
+      </c>
+      <c r="P329" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q329" s="4">
+        <v>0</v>
+      </c>
+      <c r="R329" s="4">
+        <v>25448</v>
+      </c>
+    </row>
+    <row r="330" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A330" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="C330" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="D330" t="s">
+        <v>356</v>
+      </c>
+      <c r="E330" t="s">
+        <v>356</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="H330" s="4">
+        <v>238696</v>
+      </c>
+      <c r="I330" s="4">
+        <v>17600</v>
+      </c>
+      <c r="J330" s="4">
+        <v>256296</v>
+      </c>
+      <c r="K330" s="4">
+        <v>51271</v>
+      </c>
+      <c r="L330" s="4">
+        <v>0</v>
+      </c>
+      <c r="M330" s="4">
+        <v>38575</v>
+      </c>
+      <c r="N330" s="4">
+        <v>9500</v>
+      </c>
+      <c r="O330" s="4">
+        <v>0</v>
+      </c>
+      <c r="P330" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q330" s="4">
+        <v>94875</v>
+      </c>
+      <c r="R330" s="4">
+        <v>450517</v>
+      </c>
+    </row>
+    <row r="331" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A331" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B331" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C331" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="J24" s="5">
-[...1744 lines deleted...]
-      <c r="M55" s="5">
+      <c r="D331" t="s">
+        <v>356</v>
+      </c>
+      <c r="E331" t="s">
+        <v>356</v>
+      </c>
+      <c r="F331" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="H331" s="4">
+        <v>16014</v>
+      </c>
+      <c r="I331" s="4">
+        <v>678</v>
+      </c>
+      <c r="J331" s="4">
+        <v>16692</v>
+      </c>
+      <c r="K331" s="4">
+        <v>2085</v>
+      </c>
+      <c r="L331" s="4">
+        <v>0</v>
+      </c>
+      <c r="M331" s="4">
+        <v>2405</v>
+      </c>
+      <c r="N331" s="4">
+        <v>666</v>
+      </c>
+      <c r="O331" s="4">
+        <v>0</v>
+      </c>
+      <c r="P331" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q331" s="4">
+        <v>5450</v>
+      </c>
+      <c r="R331" s="4">
+        <v>27298</v>
+      </c>
+    </row>
+    <row r="332" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A332" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B332" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C332" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="D332" t="s">
+        <v>356</v>
+      </c>
+      <c r="E332" t="s">
+        <v>356</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="H332" s="4">
+        <v>27955</v>
+      </c>
+      <c r="I332" s="4">
+        <v>2683</v>
+      </c>
+      <c r="J332" s="4">
+        <v>30638</v>
+      </c>
+      <c r="K332" s="4">
+        <v>3864</v>
+      </c>
+      <c r="L332" s="4">
+        <v>0</v>
+      </c>
+      <c r="M332" s="4">
+        <v>3120</v>
+      </c>
+      <c r="N332" s="4">
+        <v>994</v>
+      </c>
+      <c r="O332" s="4">
+        <v>0</v>
+      </c>
+      <c r="P332" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q332" s="4">
+        <v>0</v>
+      </c>
+      <c r="R332" s="4">
+        <v>38616</v>
+      </c>
+    </row>
+    <row r="333" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A333" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B333" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C333" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="D333" t="s">
+        <v>356</v>
+      </c>
+      <c r="E333" t="s">
+        <v>356</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="G333" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="N55" s="5">
-[...8558 lines deleted...]
-      <c r="K208" s="5">
+      <c r="H333" s="4">
+        <v>73022</v>
+      </c>
+      <c r="I333" s="4">
+        <v>8301</v>
+      </c>
+      <c r="J333" s="4">
+        <v>81323</v>
+      </c>
+      <c r="K333" s="4">
         <v>11720</v>
       </c>
-      <c r="L208" s="5">
-[...1160 lines deleted...]
-      <c r="G229" s="4" t="s">
+      <c r="L333" s="4">
+        <v>0</v>
+      </c>
+      <c r="M333" s="4">
+        <v>9472</v>
+      </c>
+      <c r="N333" s="4">
+        <v>2333</v>
+      </c>
+      <c r="O333" s="4">
+        <v>0</v>
+      </c>
+      <c r="P333" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q333" s="4">
+        <v>28469</v>
+      </c>
+      <c r="R333" s="4">
+        <v>133317</v>
+      </c>
+    </row>
+    <row r="334" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="H334" s="5">
+        <v>49722662</v>
+      </c>
+      <c r="I334" s="5">
+        <v>4115573</v>
+      </c>
+      <c r="J334" s="5">
+        <v>53838235</v>
+      </c>
+      <c r="K334" s="5">
+        <v>6873738</v>
+      </c>
+      <c r="L334" s="5">
         <v>487</v>
       </c>
-      <c r="H229" s="5">
-[...5556 lines deleted...]
-    <row r="329" spans="1:18" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+      <c r="M334" s="5">
+        <v>5236628</v>
+      </c>
+      <c r="N334" s="5">
+        <v>1807438</v>
+      </c>
+      <c r="O334" s="5">
+        <v>0</v>
+      </c>
+      <c r="P334" s="5">
+        <v>99256</v>
+      </c>
+      <c r="Q334" s="5">
+        <v>6995560</v>
+      </c>
+      <c r="R334" s="5">
+        <v>74851342</v>
+      </c>
+    </row>
+    <row r="335" spans="1:18" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DE_DataActualUtility</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>State of Iowa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Parker, John [IDOM]</dc:creator>
+  <dc:creator>Department of Management</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>