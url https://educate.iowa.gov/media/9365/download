--- v0 (2025-10-18)
+++ v1 (2026-03-03)
@@ -1,131 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20406"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\My Drive\School Business and Finance\Accounting and Reporting\Certified Annual Reports (CAR)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\IDOE School Business Operations\CAR\FY 2026 CAR Files\CAR data for CAR webpage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B2F040E5-68AD-45DF-9786-470134CD4BD5}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3DF3BC7B-D46A-4061-AD59-F36363036F6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12015" xr2:uid="{E64DE448-67BE-4A7C-A6B6-0B7D077402C7}"/>
+    <workbookView xWindow="37320" yWindow="525" windowWidth="21195" windowHeight="14700" xr2:uid="{683997E7-AF24-4F3E-8FE4-A943408C5B2C}"/>
   </bookViews>
   <sheets>
     <sheet name="PreschoolFunding" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
+    <definedName name="AEA_Name">#REF!</definedName>
     <definedName name="C_I_Prorate">#REF!</definedName>
-    <definedName name="County">[1]County!$B$2:$B$100</definedName>
-[...3 lines deleted...]
-    <definedName name="Label">[1]!Data_AidAndLevy[Label]</definedName>
+    <definedName name="District">[1]Districts!$F$2:$F$335</definedName>
+    <definedName name="DistrictName">[2]SNAME!$C$3:$C$335</definedName>
+    <definedName name="Label" localSheetId="0">[3]!Data_AidAndLevy[Label]</definedName>
+    <definedName name="Label">[3]!Data_AidAndLevy[Label]</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">PreschoolFunding!$1:$3</definedName>
     <definedName name="_xlnm.Print_Titles">#N/A</definedName>
-    <definedName name="TaxCertDistrictName" localSheetId="0">[1]!TaxCert[NAME]</definedName>
-    <definedName name="TaxCertDistrictName">[1]!TaxCert[NAME]</definedName>
+    <definedName name="TaxCertDistrictName" localSheetId="0">[3]!TaxCert[NAME]</definedName>
+    <definedName name="TaxCertDistrictName">[3]!TaxCert[NAME]</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="660">
+  <si>
+    <t>L728</t>
+  </si>
+  <si>
+    <t>L735</t>
+  </si>
   <si>
     <t>Preschool Budget Enrollment</t>
   </si>
   <si>
     <t>Total
 Preschool
 Foundation 
 Aid</t>
   </si>
   <si>
     <t>Iowa Code 256C.5(4) Reduction for Administration $33.17 per Budget Enrollment</t>
   </si>
   <si>
     <t>Final
 Preschool
 State
 Aid</t>
   </si>
   <si>
-    <t>FY 2024 Preschool State Foundation Aid</t>
+    <t>FY 2026 Preschool State Foundation Aid</t>
   </si>
   <si>
     <t>Label</t>
-  </si>
-[...4 lines deleted...]
-    <t>L735</t>
   </si>
   <si>
     <t>0009</t>
   </si>
   <si>
     <t>AGWSR</t>
   </si>
   <si>
     <t>0441</t>
   </si>
   <si>
     <t>AHSTW</t>
   </si>
   <si>
     <t>0018</t>
   </si>
   <si>
     <t>Adair-Casey</t>
   </si>
   <si>
     <t>0027</t>
   </si>
   <si>
     <t>Adel-Desoto-Minburn</t>
   </si>
@@ -2126,693 +2125,117 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\My%20Drive\CERTIFIEDBUDGETS\FY2024\Aid&amp;Levy_TaxCert_ProgramSummary.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://iowamac-my.sharepoint.com/My%20Drive/REPORTS/FY2018/ProgramSummary.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\My%20Drive\REPORTS\FY2018\ProgramSummary.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\BUDGETFORMS\CurrentYear\SchoolBudgetStartup_a.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\BUDGETFORMS\CurrentYear\SchoolBudgetStartup_a.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\sluong\Downloads\All%20School%20District%20Data%20and%20Reports,%20FY%202026.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
-[...578 lines deleted...]
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Report"/>
       <sheetName val="ProgramSummary"/>
       <sheetName val="Districts"/>
       <sheetName val="Notes"/>
       <sheetName val="SAS_Authorizations"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="3">
           <cell r="B3" t="str">
             <v xml:space="preserve"> COMBINED DISTRICT COST                 </v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2">
         <row r="2">
           <cell r="F2" t="str">
             <v>Adair-Casey</v>
           </cell>
         </row>
         <row r="3">
           <cell r="F3" t="str">
@@ -4465,52 +3888,52 @@
           </cell>
         </row>
         <row r="333">
           <cell r="F333" t="str">
             <v>Woodbury Central</v>
           </cell>
         </row>
         <row r="334">
           <cell r="F334" t="str">
             <v>Woodward-Granger</v>
           </cell>
         </row>
         <row r="335">
           <cell r="F335" t="str">
             <v>Statewide</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
-<file path=xl/externalLinks/externalLink3.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="InputsResults"/>
       <sheetName val="AidLevy"/>
       <sheetName val="Proposed"/>
       <sheetName val="Adopted"/>
       <sheetName val="TaxCert"/>
       <sheetName val="FY18WK1"/>
       <sheetName val="FY18WK2"/>
       <sheetName val="FY17Wk1"/>
       <sheetName val="FY17Wk2"/>
       <sheetName val="Form703"/>
       <sheetName val="Publication"/>
       <sheetName val="C I Est"/>
       <sheetName val="UAB Wksht"/>
       <sheetName val="FY16Wk1"/>
       <sheetName val="FY16Wk2"/>
       <sheetName val="Form703A"/>
       <sheetName val="703A(2)"/>
       <sheetName val="703A(3)"/>
       <sheetName val="Amend Publ"/>
       <sheetName val="Amend Adopt"/>
       <sheetName val="Constants"/>
       <sheetName val="AidLevyInputs"/>
       <sheetName val="3.7"/>
@@ -6255,92 +5678,165 @@
           </cell>
         </row>
         <row r="334">
           <cell r="C334" t="str">
             <v>WOODBURY CENTRAL</v>
           </cell>
         </row>
         <row r="335">
           <cell r="C335" t="str">
             <v>WOODWARD-GRANGER</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="26"/>
       <sheetData sheetId="27"/>
       <sheetData sheetId="28"/>
       <sheetData sheetId="29"/>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31"/>
       <sheetData sheetId="32" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
+<file path=xl/externalLinks/externalLink3.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <sheetNames>
+      <sheetName val="Data_AidAndLevy"/>
+      <sheetName val="Aid&amp;Levy"/>
+      <sheetName val="AidLevyComparison"/>
+      <sheetName val="TaxCertData"/>
+      <sheetName val="TaxCertification"/>
+      <sheetName val="ProgramSummaryData"/>
+      <sheetName val="Special Education Breakdown"/>
+      <sheetName val="ProgramSummary"/>
+      <sheetName val="ESRI_MAPINFO_SHEET"/>
+      <sheetName val="OutstandingLeviesLimits"/>
+      <sheetName val="Valuation-Combined"/>
+      <sheetName val="Valuation-TaxRates"/>
+      <sheetName val="PPEL"/>
+      <sheetName val="ISL"/>
+      <sheetName val="DCPP"/>
+      <sheetName val="ESA Categoricals"/>
+      <sheetName val="TaxRates"/>
+      <sheetName val="TaxRates-AdditionalInformation"/>
+      <sheetName val="PTRP"/>
+      <sheetName val="PreschoolFunding"/>
+      <sheetName val="Authorizations"/>
+      <sheetName val="County"/>
+      <sheetName val="AdditionalLevyData"/>
+      <sheetName val="AdditionalLevy"/>
+      <sheetName val="All School District Data and Re"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="2">
+          <cell r="C2" t="str">
+            <v>0009</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1" refreshError="1"/>
+      <sheetData sheetId="2" refreshError="1"/>
+      <sheetData sheetId="3">
+        <row r="2">
+          <cell r="A2">
+            <v>2026</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="4" refreshError="1"/>
+      <sheetData sheetId="5" refreshError="1"/>
+      <sheetData sheetId="6" refreshError="1"/>
+      <sheetData sheetId="7" refreshError="1"/>
+      <sheetData sheetId="8" refreshError="1"/>
+      <sheetData sheetId="9" refreshError="1"/>
+      <sheetData sheetId="10" refreshError="1"/>
+      <sheetData sheetId="11" refreshError="1"/>
+      <sheetData sheetId="12" refreshError="1"/>
+      <sheetData sheetId="13" refreshError="1"/>
+      <sheetData sheetId="14" refreshError="1"/>
+      <sheetData sheetId="15" refreshError="1"/>
+      <sheetData sheetId="16" refreshError="1"/>
+      <sheetData sheetId="17" refreshError="1"/>
+      <sheetData sheetId="18" refreshError="1"/>
+      <sheetData sheetId="19"/>
+      <sheetData sheetId="20" refreshError="1"/>
+      <sheetData sheetId="21" refreshError="1"/>
+      <sheetData sheetId="22" refreshError="1"/>
+      <sheetData sheetId="23" refreshError="1"/>
+      <sheetData sheetId="24" refreshError="1"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -6402,51 +5898,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -6544,6664 +6040,6983 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24ABC9C6-2118-440F-B656-17A1F5892A91}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AFD8F94-8F4C-4D5C-9146-F0ADA8215B42}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F329"/>
+  <dimension ref="A1:H329"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="C306" activePane="bottomRight" state="frozen"/>
-[...2 lines deleted...]
-      <selection pane="bottomRight"/>
+      <selection activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="13.7109375" style="3" customWidth="1"/>
     <col min="5" max="5" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B1" s="1"/>
     </row>
-    <row r="2" spans="1:6" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
       <c r="A2" s="4"/>
       <c r="B2" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="6" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="105" x14ac:dyDescent="0.25">
+      <c r="C3" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="C2" s="5" t="s">
-[...20 lines deleted...]
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="13">
-        <v>23</v>
+        <v>17.5</v>
       </c>
       <c r="D4" s="14">
-        <v>175605</v>
+        <v>139790</v>
       </c>
       <c r="E4" s="15">
-        <v>763</v>
+        <v>580</v>
       </c>
       <c r="F4" s="14">
-        <v>174842</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H4" s="16"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="13">
-        <v>21</v>
+        <v>17.5</v>
       </c>
       <c r="D5" s="14">
-        <v>160335</v>
+        <v>139790</v>
       </c>
       <c r="E5" s="15">
-        <v>697</v>
+        <v>580</v>
       </c>
       <c r="F5" s="14">
-        <v>159638</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H5" s="16"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="13">
-        <v>9</v>
+        <v>8.5</v>
       </c>
       <c r="D6" s="14">
-        <v>68715</v>
+        <v>67898</v>
       </c>
       <c r="E6" s="15">
-        <v>299</v>
+        <v>282</v>
       </c>
       <c r="F6" s="14">
-        <v>68416</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+        <v>67616</v>
+      </c>
+      <c r="H6" s="16"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="13">
-        <v>17</v>
+        <v>27.5</v>
       </c>
       <c r="D7" s="14">
-        <v>129795</v>
+        <v>219670</v>
       </c>
       <c r="E7" s="15">
-        <v>564</v>
+        <v>912</v>
       </c>
       <c r="F7" s="14">
-        <v>129231</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+        <v>218758</v>
+      </c>
+      <c r="H7" s="16"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="13">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D8" s="14">
-        <v>91620</v>
+        <v>63904</v>
       </c>
       <c r="E8" s="15">
-        <v>398</v>
+        <v>265</v>
       </c>
       <c r="F8" s="14">
-        <v>91222</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+        <v>63639</v>
+      </c>
+      <c r="H8" s="16"/>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="13">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D9" s="14">
-        <v>45810</v>
+        <v>31952</v>
       </c>
       <c r="E9" s="15">
-        <v>199</v>
+        <v>133</v>
       </c>
       <c r="F9" s="14">
-        <v>45611</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+        <v>31819</v>
+      </c>
+      <c r="H9" s="16"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="13">
-        <v>25.5</v>
+        <v>29.5</v>
       </c>
       <c r="D10" s="14">
-        <v>194693</v>
+        <v>235646</v>
       </c>
       <c r="E10" s="15">
-        <v>846</v>
+        <v>979</v>
       </c>
       <c r="F10" s="14">
-        <v>193847</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+        <v>234667</v>
+      </c>
+      <c r="H10" s="16"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="13">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D11" s="14">
-        <v>122160</v>
+        <v>159760</v>
       </c>
       <c r="E11" s="15">
-        <v>531</v>
+        <v>663</v>
       </c>
       <c r="F11" s="14">
-        <v>121629</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+        <v>159097</v>
+      </c>
+      <c r="H11" s="16"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D12" s="14">
-        <v>30540</v>
+        <v>47928</v>
       </c>
       <c r="E12" s="15">
-        <v>133</v>
+        <v>199</v>
       </c>
       <c r="F12" s="14">
-        <v>30407</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+        <v>47729</v>
+      </c>
+      <c r="H12" s="16"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="13">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D13" s="14">
-        <v>419925</v>
+        <v>471292</v>
       </c>
       <c r="E13" s="15">
-        <v>1824</v>
+        <v>1957</v>
       </c>
       <c r="F13" s="14">
-        <v>418101</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+        <v>469335</v>
+      </c>
+      <c r="H13" s="16"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="12" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="13">
-        <v>41.5</v>
+        <v>37.5</v>
       </c>
       <c r="D14" s="14">
-        <v>316853</v>
+        <v>299550</v>
       </c>
       <c r="E14" s="15">
-        <v>1377</v>
+        <v>1244</v>
       </c>
       <c r="F14" s="14">
-        <v>315476</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+        <v>298306</v>
+      </c>
+      <c r="H14" s="16"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="13">
-        <v>19</v>
+        <v>18.5</v>
       </c>
       <c r="D15" s="14">
-        <v>145065</v>
+        <v>159517</v>
       </c>
       <c r="E15" s="15">
-        <v>630</v>
+        <v>614</v>
       </c>
       <c r="F15" s="14">
-        <v>144435</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+        <v>158903</v>
+      </c>
+      <c r="H15" s="16"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="13">
-        <v>108.5</v>
+        <v>119</v>
       </c>
       <c r="D16" s="14">
-        <v>828398</v>
+        <v>950572</v>
       </c>
       <c r="E16" s="15">
-        <v>3599</v>
+        <v>3947</v>
       </c>
       <c r="F16" s="14">
-        <v>824799</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+        <v>946625</v>
+      </c>
+      <c r="H16" s="16"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>34</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="13">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D17" s="14">
-        <v>274860</v>
+        <v>223664</v>
       </c>
       <c r="E17" s="15">
-        <v>1194</v>
+        <v>929</v>
       </c>
       <c r="F17" s="14">
-        <v>273666</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+        <v>222735</v>
+      </c>
+      <c r="H17" s="16"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="13">
-        <v>5.5</v>
+        <v>4</v>
       </c>
       <c r="D18" s="14">
-        <v>41993</v>
+        <v>31952</v>
       </c>
       <c r="E18" s="15">
-        <v>182</v>
+        <v>133</v>
       </c>
       <c r="F18" s="14">
-        <v>41811</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+        <v>31819</v>
+      </c>
+      <c r="H18" s="16"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="13">
-        <v>132.5</v>
+        <v>132</v>
       </c>
       <c r="D19" s="14">
-        <v>1011638</v>
+        <v>1054416</v>
       </c>
       <c r="E19" s="15">
-        <v>4395</v>
+        <v>4378</v>
       </c>
       <c r="F19" s="14">
-        <v>1007243</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+        <v>1050038</v>
+      </c>
+      <c r="H19" s="16"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="13">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D20" s="14">
-        <v>129795</v>
+        <v>191712</v>
       </c>
       <c r="E20" s="15">
-        <v>564</v>
+        <v>796</v>
       </c>
       <c r="F20" s="14">
-        <v>129231</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+        <v>190916</v>
+      </c>
+      <c r="H20" s="16"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="13">
         <v>8.5</v>
       </c>
       <c r="D21" s="14">
-        <v>64898</v>
+        <v>67898</v>
       </c>
       <c r="E21" s="15">
         <v>282</v>
       </c>
       <c r="F21" s="14">
-        <v>64616</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+        <v>67616</v>
+      </c>
+      <c r="H21" s="16"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
         <v>44</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="13">
-        <v>42</v>
+        <v>40.5</v>
       </c>
       <c r="D22" s="14">
-        <v>320670</v>
+        <v>315688</v>
       </c>
       <c r="E22" s="15">
-        <v>1393</v>
+        <v>1343</v>
       </c>
       <c r="F22" s="14">
-        <v>319277</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+        <v>314345</v>
+      </c>
+      <c r="H22" s="16"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="12" t="s">
         <v>46</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="13">
-        <v>19</v>
+        <v>18.5</v>
       </c>
       <c r="D23" s="14">
-        <v>145065</v>
+        <v>147778</v>
       </c>
       <c r="E23" s="15">
-        <v>630</v>
+        <v>614</v>
       </c>
       <c r="F23" s="14">
-        <v>144435</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+        <v>147164</v>
+      </c>
+      <c r="H23" s="16"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="12" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="13">
-        <v>13.5</v>
+        <v>10</v>
       </c>
       <c r="D24" s="14">
-        <v>103073</v>
+        <v>79880</v>
       </c>
       <c r="E24" s="15">
-        <v>448</v>
+        <v>332</v>
       </c>
       <c r="F24" s="14">
-        <v>102625</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+        <v>79548</v>
+      </c>
+      <c r="H24" s="16"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="12" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="13">
-        <v>59.5</v>
+        <v>62</v>
       </c>
       <c r="D25" s="14">
-        <v>454283</v>
+        <v>495256</v>
       </c>
       <c r="E25" s="15">
-        <v>1974</v>
+        <v>2057</v>
       </c>
       <c r="F25" s="14">
-        <v>452309</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+        <v>493199</v>
+      </c>
+      <c r="H25" s="16"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="12" t="s">
         <v>52</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="13">
-        <v>12</v>
+        <v>12.5</v>
       </c>
       <c r="D26" s="14">
-        <v>91620</v>
+        <v>99850</v>
       </c>
       <c r="E26" s="15">
-        <v>398</v>
+        <v>415</v>
       </c>
       <c r="F26" s="14">
-        <v>91222</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+        <v>99435</v>
+      </c>
+      <c r="H26" s="16"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="12" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="13">
-        <v>13.5</v>
+        <v>15</v>
       </c>
       <c r="D27" s="14">
-        <v>103073</v>
+        <v>119820</v>
       </c>
       <c r="E27" s="15">
-        <v>448</v>
+        <v>498</v>
       </c>
       <c r="F27" s="14">
-        <v>102625</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+        <v>119322</v>
+      </c>
+      <c r="H27" s="16"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="12" t="s">
         <v>56</v>
       </c>
       <c r="B28" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="13">
-        <v>13</v>
+        <v>7.5</v>
       </c>
       <c r="D28" s="14">
-        <v>99255</v>
+        <v>59910</v>
       </c>
       <c r="E28" s="15">
-        <v>431</v>
+        <v>249</v>
       </c>
       <c r="F28" s="14">
-        <v>98824</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+        <v>59661</v>
+      </c>
+      <c r="H28" s="16"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B29" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="13">
-        <v>30.5</v>
+        <v>25.5</v>
       </c>
       <c r="D29" s="14">
-        <v>232868</v>
+        <v>203694</v>
       </c>
       <c r="E29" s="15">
-        <v>1012</v>
+        <v>846</v>
       </c>
       <c r="F29" s="14">
-        <v>231856</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+        <v>202848</v>
+      </c>
+      <c r="H29" s="16"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="12" t="s">
         <v>60</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="13">
-        <v>15</v>
+        <v>19.5</v>
       </c>
       <c r="D30" s="14">
-        <v>114525</v>
+        <v>155766</v>
       </c>
       <c r="E30" s="15">
-        <v>498</v>
+        <v>647</v>
       </c>
       <c r="F30" s="14">
-        <v>114027</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+        <v>155119</v>
+      </c>
+      <c r="H30" s="16"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="12" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="13">
-        <v>2.5</v>
+        <v>4</v>
       </c>
       <c r="D31" s="14">
-        <v>19088</v>
+        <v>31952</v>
       </c>
       <c r="E31" s="15">
-        <v>83</v>
+        <v>133</v>
       </c>
       <c r="F31" s="14">
-        <v>19005</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+        <v>31819</v>
+      </c>
+      <c r="H31" s="16"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="12" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="13">
-        <v>51.5</v>
+        <v>44</v>
       </c>
       <c r="D32" s="14">
-        <v>393203</v>
+        <v>347559</v>
       </c>
       <c r="E32" s="15">
-        <v>1708</v>
+        <v>1459</v>
       </c>
       <c r="F32" s="14">
-        <v>391495</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+        <v>346100</v>
+      </c>
+      <c r="H32" s="16"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="12" t="s">
         <v>66</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="13">
-        <v>127.5</v>
+        <v>100.5</v>
       </c>
       <c r="D33" s="14">
-        <v>973463</v>
+        <v>802794</v>
       </c>
       <c r="E33" s="15">
-        <v>4229</v>
+        <v>3334</v>
       </c>
       <c r="F33" s="14">
-        <v>969234</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+        <v>799460</v>
+      </c>
+      <c r="H33" s="16"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="12" t="s">
         <v>68</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="13">
-        <v>54.5</v>
+        <v>43.5</v>
       </c>
       <c r="D34" s="14">
-        <v>416108</v>
+        <v>347478</v>
       </c>
       <c r="E34" s="15">
-        <v>1808</v>
+        <v>1443</v>
       </c>
       <c r="F34" s="14">
-        <v>414300</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+        <v>346035</v>
+      </c>
+      <c r="H34" s="16"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="12" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="13">
-        <v>56</v>
+        <v>47.5</v>
       </c>
       <c r="D35" s="14">
-        <v>427560</v>
+        <v>379430</v>
       </c>
       <c r="E35" s="15">
-        <v>1858</v>
+        <v>1576</v>
       </c>
       <c r="F35" s="14">
-        <v>425702</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+        <v>377854</v>
+      </c>
+      <c r="H35" s="16"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="12" t="s">
         <v>72</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="13">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D36" s="14">
-        <v>229050</v>
+        <v>183724</v>
       </c>
       <c r="E36" s="15">
-        <v>995</v>
+        <v>763</v>
       </c>
       <c r="F36" s="14">
-        <v>228055</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+        <v>182961</v>
+      </c>
+      <c r="H36" s="16"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="12" t="s">
         <v>74</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="13">
-        <v>14.5</v>
+        <v>9.5</v>
       </c>
       <c r="D37" s="14">
-        <v>110708</v>
+        <v>75886</v>
       </c>
       <c r="E37" s="15">
-        <v>481</v>
+        <v>315</v>
       </c>
       <c r="F37" s="14">
-        <v>110227</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+        <v>75571</v>
+      </c>
+      <c r="H37" s="16"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="12" t="s">
         <v>76</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="13">
-        <v>13.5</v>
+        <v>12.5</v>
       </c>
       <c r="D38" s="14">
-        <v>103073</v>
+        <v>99850</v>
       </c>
       <c r="E38" s="15">
-        <v>448</v>
+        <v>415</v>
       </c>
       <c r="F38" s="14">
-        <v>102625</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+        <v>99435</v>
+      </c>
+      <c r="H38" s="16"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="12" t="s">
         <v>78</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="13">
-        <v>77.5</v>
+        <v>74</v>
       </c>
       <c r="D39" s="14">
-        <v>591713</v>
+        <v>587199</v>
       </c>
       <c r="E39" s="15">
-        <v>2571</v>
+        <v>2455</v>
       </c>
       <c r="F39" s="14">
-        <v>589142</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+        <v>584744</v>
+      </c>
+      <c r="H39" s="16"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="12" t="s">
         <v>80</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="13">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D40" s="14">
-        <v>53445</v>
+        <v>79880</v>
       </c>
       <c r="E40" s="15">
-        <v>232</v>
+        <v>332</v>
       </c>
       <c r="F40" s="14">
-        <v>53213</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+        <v>79548</v>
+      </c>
+      <c r="H40" s="16"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="12" t="s">
         <v>82</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="13">
-        <v>12.5</v>
+        <v>8.5</v>
       </c>
       <c r="D41" s="14">
-        <v>95438</v>
+        <v>67898</v>
       </c>
       <c r="E41" s="15">
-        <v>415</v>
+        <v>282</v>
       </c>
       <c r="F41" s="14">
-        <v>95023</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+        <v>67616</v>
+      </c>
+      <c r="H41" s="16"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="12" t="s">
         <v>84</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="13">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="D42" s="14">
-        <v>45810</v>
+        <v>135796</v>
       </c>
       <c r="E42" s="15">
-        <v>199</v>
+        <v>564</v>
       </c>
       <c r="F42" s="14">
-        <v>45611</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+        <v>135232</v>
+      </c>
+      <c r="H42" s="16"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
         <v>86</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="13">
-        <v>27.5</v>
+        <v>16</v>
       </c>
       <c r="D43" s="14">
-        <v>209963</v>
+        <v>127808</v>
       </c>
       <c r="E43" s="15">
-        <v>912</v>
+        <v>531</v>
       </c>
       <c r="F43" s="14">
-        <v>209051</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+        <v>127277</v>
+      </c>
+      <c r="H43" s="16"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="12" t="s">
         <v>88</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="13">
-        <v>36</v>
+        <v>33.5</v>
       </c>
       <c r="D44" s="14">
-        <v>274860</v>
+        <v>267598</v>
       </c>
       <c r="E44" s="15">
-        <v>1194</v>
+        <v>1111</v>
       </c>
       <c r="F44" s="14">
-        <v>273666</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+        <v>266487</v>
+      </c>
+      <c r="H44" s="16"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="12" t="s">
         <v>90</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="13">
-        <v>57.5</v>
+        <v>47</v>
       </c>
       <c r="D45" s="14">
-        <v>439013</v>
+        <v>375436</v>
       </c>
       <c r="E45" s="15">
-        <v>1907</v>
+        <v>1559</v>
       </c>
       <c r="F45" s="14">
-        <v>437106</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+        <v>373877</v>
+      </c>
+      <c r="H45" s="16"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
         <v>92</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="13">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D46" s="14">
-        <v>626070</v>
+        <v>702944</v>
       </c>
       <c r="E46" s="15">
-        <v>2720</v>
+        <v>2919</v>
       </c>
       <c r="F46" s="14">
-        <v>623350</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+        <v>700025</v>
+      </c>
+      <c r="H46" s="16"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="12" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="13">
-        <v>84.5</v>
+        <v>91.5</v>
       </c>
       <c r="D47" s="14">
-        <v>645158</v>
+        <v>730902</v>
       </c>
       <c r="E47" s="15">
-        <v>2803</v>
+        <v>3035</v>
       </c>
       <c r="F47" s="14">
-        <v>642355</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+        <v>727867</v>
+      </c>
+      <c r="H47" s="16"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="12" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="13">
-        <v>350.5</v>
+        <v>326.5</v>
       </c>
       <c r="D48" s="14">
-        <v>2679775</v>
+        <v>2592430</v>
       </c>
       <c r="E48" s="15">
-        <v>11626</v>
+        <v>10830</v>
       </c>
       <c r="F48" s="14">
-        <v>2668149</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+        <v>2581600</v>
+      </c>
+      <c r="H48" s="16"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="12" t="s">
         <v>98</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="13">
-        <v>33.5</v>
+        <v>35</v>
       </c>
       <c r="D49" s="14">
-        <v>255773</v>
+        <v>283493</v>
       </c>
       <c r="E49" s="15">
-        <v>1111</v>
+        <v>1161</v>
       </c>
       <c r="F49" s="14">
-        <v>254662</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+        <v>282332</v>
+      </c>
+      <c r="H49" s="16"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="12" t="s">
         <v>100</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="13">
-        <v>32</v>
+        <v>31.5</v>
       </c>
       <c r="D50" s="14">
-        <v>244320</v>
+        <v>251622</v>
       </c>
       <c r="E50" s="15">
-        <v>1061</v>
+        <v>1045</v>
       </c>
       <c r="F50" s="14">
-        <v>243259</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+        <v>250577</v>
+      </c>
+      <c r="H50" s="16"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="12" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="12" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="13">
-        <v>8.5</v>
+        <v>9.5</v>
       </c>
       <c r="D51" s="14">
-        <v>64898</v>
+        <v>75886</v>
       </c>
       <c r="E51" s="15">
-        <v>282</v>
+        <v>315</v>
       </c>
       <c r="F51" s="14">
-        <v>64616</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+        <v>75571</v>
+      </c>
+      <c r="H51" s="16"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="12" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="12" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="13">
-        <v>16.5</v>
+        <v>14.5</v>
       </c>
       <c r="D52" s="14">
-        <v>125978</v>
+        <v>115826</v>
       </c>
       <c r="E52" s="15">
-        <v>547</v>
+        <v>481</v>
       </c>
       <c r="F52" s="14">
-        <v>125431</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+        <v>115345</v>
+      </c>
+      <c r="H52" s="16"/>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="12" t="s">
         <v>106</v>
       </c>
       <c r="B53" s="12" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="13">
-        <v>45.5</v>
+        <v>46</v>
       </c>
       <c r="D53" s="14">
-        <v>347393</v>
+        <v>367448</v>
       </c>
       <c r="E53" s="15">
-        <v>1509</v>
+        <v>1526</v>
       </c>
       <c r="F53" s="14">
-        <v>345884</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+        <v>365922</v>
+      </c>
+      <c r="H53" s="16"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="12" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="12" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="13">
-        <v>20.5</v>
+        <v>15.5</v>
       </c>
       <c r="D54" s="14">
-        <v>156518</v>
+        <v>123814</v>
       </c>
       <c r="E54" s="15">
-        <v>680</v>
+        <v>514</v>
       </c>
       <c r="F54" s="14">
-        <v>155838</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+        <v>123300</v>
+      </c>
+      <c r="H54" s="16"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" s="12" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="12" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="13">
-        <v>29.5</v>
+        <v>27.5</v>
       </c>
       <c r="D55" s="14">
-        <v>225233</v>
+        <v>219670</v>
       </c>
       <c r="E55" s="15">
-        <v>979</v>
+        <v>912</v>
       </c>
       <c r="F55" s="14">
-        <v>224254</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+        <v>218758</v>
+      </c>
+      <c r="H55" s="16"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="12" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="12" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="13">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D56" s="14">
-        <v>167970</v>
+        <v>183724</v>
       </c>
       <c r="E56" s="15">
-        <v>730</v>
+        <v>763</v>
       </c>
       <c r="F56" s="14">
-        <v>167240</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+        <v>182961</v>
+      </c>
+      <c r="H56" s="16"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="12" t="s">
         <v>114</v>
       </c>
       <c r="B57" s="12" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="13">
-        <v>23.5</v>
+        <v>17.5</v>
       </c>
       <c r="D57" s="14">
-        <v>179423</v>
+        <v>139790</v>
       </c>
       <c r="E57" s="15">
-        <v>779</v>
+        <v>580</v>
       </c>
       <c r="F57" s="14">
-        <v>178644</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H57" s="16"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B58" s="12" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="13">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D58" s="14">
-        <v>221415</v>
+        <v>151772</v>
       </c>
       <c r="E58" s="15">
-        <v>962</v>
+        <v>630</v>
       </c>
       <c r="F58" s="14">
-        <v>220453</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+        <v>151142</v>
+      </c>
+      <c r="H58" s="16"/>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="12" t="s">
         <v>118</v>
       </c>
       <c r="B59" s="12" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="13">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="D59" s="14">
-        <v>286202</v>
+        <v>239640</v>
       </c>
       <c r="E59" s="15">
-        <v>1227</v>
+        <v>995</v>
       </c>
       <c r="F59" s="14">
-        <v>284975</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+        <v>238645</v>
+      </c>
+      <c r="H59" s="16"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" s="12" t="s">
         <v>120</v>
       </c>
       <c r="B60" s="12" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="13">
-        <v>6.5</v>
+        <v>5.5</v>
       </c>
       <c r="D60" s="14">
-        <v>49628</v>
+        <v>43934</v>
       </c>
       <c r="E60" s="15">
-        <v>216</v>
+        <v>182</v>
       </c>
       <c r="F60" s="14">
-        <v>49412</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+        <v>43752</v>
+      </c>
+      <c r="H60" s="16"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="12" t="s">
         <v>122</v>
       </c>
       <c r="B61" s="12" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="13">
-        <v>19</v>
+        <v>15.5</v>
       </c>
       <c r="D61" s="14">
-        <v>145065</v>
+        <v>123814</v>
       </c>
       <c r="E61" s="15">
-        <v>630</v>
+        <v>514</v>
       </c>
       <c r="F61" s="14">
-        <v>144435</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+        <v>123300</v>
+      </c>
+      <c r="H61" s="16"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="12" t="s">
         <v>124</v>
       </c>
       <c r="B62" s="12" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="13">
-        <v>13.5</v>
+        <v>24</v>
       </c>
       <c r="D62" s="14">
-        <v>103073</v>
+        <v>191712</v>
       </c>
       <c r="E62" s="15">
-        <v>448</v>
+        <v>796</v>
       </c>
       <c r="F62" s="14">
-        <v>102625</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+        <v>190916</v>
+      </c>
+      <c r="H62" s="16"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" s="12" t="s">
         <v>126</v>
       </c>
       <c r="B63" s="12" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="13">
-        <v>33.5</v>
+        <v>28</v>
       </c>
       <c r="D63" s="14">
-        <v>255773</v>
+        <v>223664</v>
       </c>
       <c r="E63" s="15">
-        <v>1111</v>
+        <v>929</v>
       </c>
       <c r="F63" s="14">
-        <v>254662</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+        <v>222735</v>
+      </c>
+      <c r="H63" s="16"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" s="12" t="s">
         <v>128</v>
       </c>
       <c r="B64" s="12" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="13">
-        <v>29.5</v>
+        <v>21.5</v>
       </c>
       <c r="D64" s="14">
-        <v>225233</v>
+        <v>171742</v>
       </c>
       <c r="E64" s="15">
-        <v>979</v>
+        <v>713</v>
       </c>
       <c r="F64" s="14">
-        <v>224254</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+        <v>171029</v>
+      </c>
+      <c r="H64" s="16"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" s="12" t="s">
         <v>130</v>
       </c>
       <c r="B65" s="12" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="13">
-        <v>5.5</v>
+        <v>8</v>
       </c>
       <c r="D65" s="14">
-        <v>41993</v>
+        <v>63904</v>
       </c>
       <c r="E65" s="15">
-        <v>182</v>
+        <v>265</v>
       </c>
       <c r="F65" s="14">
-        <v>41811</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+        <v>63639</v>
+      </c>
+      <c r="H65" s="16"/>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" s="12" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="12" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="13">
-        <v>4</v>
+        <v>3.5</v>
       </c>
       <c r="D66" s="14">
-        <v>26833</v>
+        <v>27958</v>
       </c>
       <c r="E66" s="15">
-        <v>133</v>
+        <v>116</v>
       </c>
       <c r="F66" s="14">
-        <v>26700</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+        <v>27842</v>
+      </c>
+      <c r="H66" s="16"/>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" s="12" t="s">
         <v>134</v>
       </c>
       <c r="B67" s="12" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="13">
-        <v>12</v>
+        <v>17.5</v>
       </c>
       <c r="D67" s="14">
-        <v>91620</v>
+        <v>139790</v>
       </c>
       <c r="E67" s="15">
-        <v>398</v>
+        <v>580</v>
       </c>
       <c r="F67" s="14">
-        <v>91222</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H67" s="16"/>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" s="12" t="s">
         <v>136</v>
       </c>
       <c r="B68" s="12" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="13">
-        <v>76.5</v>
+        <v>65</v>
       </c>
       <c r="D68" s="14">
-        <v>584078</v>
+        <v>519220</v>
       </c>
       <c r="E68" s="15">
-        <v>2538</v>
+        <v>2156</v>
       </c>
       <c r="F68" s="14">
-        <v>581540</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+        <v>517064</v>
+      </c>
+      <c r="H68" s="16"/>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" s="12" t="s">
         <v>138</v>
       </c>
       <c r="B69" s="12" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="13">
-        <v>27</v>
+        <v>17.5</v>
       </c>
       <c r="D69" s="14">
-        <v>206145</v>
+        <v>139790</v>
       </c>
       <c r="E69" s="15">
-        <v>896</v>
+        <v>580</v>
       </c>
       <c r="F69" s="14">
-        <v>205249</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H69" s="16"/>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" s="12" t="s">
         <v>140</v>
       </c>
       <c r="B70" s="12" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="13">
-        <v>96.5</v>
+        <v>100.5</v>
       </c>
       <c r="D70" s="14">
-        <v>736778</v>
+        <v>794968</v>
       </c>
       <c r="E70" s="15">
-        <v>3201</v>
+        <v>3334</v>
       </c>
       <c r="F70" s="14">
-        <v>733577</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+        <v>791634</v>
+      </c>
+      <c r="H70" s="16"/>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" s="12" t="s">
         <v>142</v>
       </c>
       <c r="B71" s="12" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="13">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D71" s="14">
-        <v>145065</v>
+        <v>127808</v>
       </c>
       <c r="E71" s="15">
-        <v>630</v>
+        <v>531</v>
       </c>
       <c r="F71" s="14">
-        <v>144435</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+        <v>127277</v>
+      </c>
+      <c r="H71" s="16"/>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" s="12" t="s">
         <v>144</v>
       </c>
       <c r="B72" s="12" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="13">
-        <v>123</v>
+        <v>140.5</v>
       </c>
       <c r="D72" s="14">
-        <v>931692</v>
+        <v>1122314</v>
       </c>
       <c r="E72" s="15">
-        <v>4080</v>
+        <v>4660</v>
       </c>
       <c r="F72" s="14">
-        <v>927612</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+        <v>1117654</v>
+      </c>
+      <c r="H72" s="16"/>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" s="12" t="s">
         <v>146</v>
       </c>
       <c r="B73" s="12" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="13">
-        <v>7.5</v>
+        <v>12</v>
       </c>
       <c r="D73" s="14">
-        <v>57263</v>
+        <v>95856</v>
       </c>
       <c r="E73" s="15">
-        <v>249</v>
+        <v>398</v>
       </c>
       <c r="F73" s="14">
-        <v>57014</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+        <v>95458</v>
+      </c>
+      <c r="H73" s="16"/>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" s="12" t="s">
         <v>148</v>
       </c>
       <c r="B74" s="12" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="13">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D74" s="14">
-        <v>76350</v>
+        <v>111832</v>
       </c>
       <c r="E74" s="15">
-        <v>332</v>
+        <v>464</v>
       </c>
       <c r="F74" s="14">
-        <v>76018</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
+        <v>111368</v>
+      </c>
+      <c r="H74" s="16"/>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" s="12" t="s">
         <v>150</v>
       </c>
       <c r="B75" s="12" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="13">
-        <v>17.5</v>
+        <v>18.5</v>
       </c>
       <c r="D75" s="14">
-        <v>133613</v>
+        <v>143865</v>
       </c>
       <c r="E75" s="15">
-        <v>580</v>
+        <v>614</v>
       </c>
       <c r="F75" s="14">
-        <v>133033</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
+        <v>143251</v>
+      </c>
+      <c r="H75" s="16"/>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" s="12" t="s">
         <v>152</v>
       </c>
       <c r="B76" s="12" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="13">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D76" s="14">
-        <v>91620</v>
+        <v>103844</v>
       </c>
       <c r="E76" s="15">
-        <v>398</v>
+        <v>431</v>
       </c>
       <c r="F76" s="14">
-        <v>91222</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+        <v>103413</v>
+      </c>
+      <c r="H76" s="16"/>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" s="12" t="s">
         <v>154</v>
       </c>
       <c r="B77" s="12" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="13">
-        <v>10.5</v>
+        <v>13</v>
       </c>
       <c r="D77" s="14">
-        <v>80168</v>
+        <v>99931</v>
       </c>
       <c r="E77" s="15">
-        <v>348</v>
+        <v>431</v>
       </c>
       <c r="F77" s="14">
-        <v>79820</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
+        <v>99500</v>
+      </c>
+      <c r="H77" s="16"/>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" s="12" t="s">
         <v>156</v>
       </c>
       <c r="B78" s="12" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="13">
-        <v>205.5</v>
+        <v>193</v>
       </c>
       <c r="D78" s="14">
-        <v>1568993</v>
+        <v>1541684</v>
       </c>
       <c r="E78" s="15">
-        <v>6816</v>
+        <v>6402</v>
       </c>
       <c r="F78" s="14">
-        <v>1562177</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
+        <v>1535282</v>
+      </c>
+      <c r="H78" s="16"/>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" s="12" t="s">
         <v>158</v>
       </c>
       <c r="B79" s="12" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="13">
-        <v>43</v>
+        <v>44.5</v>
       </c>
       <c r="D79" s="14">
-        <v>328305</v>
+        <v>355466</v>
       </c>
       <c r="E79" s="15">
-        <v>1426</v>
+        <v>1476</v>
       </c>
       <c r="F79" s="14">
-        <v>326879</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+        <v>353990</v>
+      </c>
+      <c r="H79" s="16"/>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" s="12" t="s">
         <v>160</v>
       </c>
       <c r="B80" s="12" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="13">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="D80" s="14">
-        <v>671880</v>
+        <v>583124</v>
       </c>
       <c r="E80" s="15">
-        <v>2919</v>
+        <v>2421</v>
       </c>
       <c r="F80" s="14">
-        <v>668961</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+        <v>580703</v>
+      </c>
+      <c r="H80" s="16"/>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" s="12" t="s">
         <v>162</v>
       </c>
       <c r="B81" s="12" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="13">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D81" s="14">
-        <v>137430</v>
+        <v>123895</v>
       </c>
       <c r="E81" s="15">
-        <v>597</v>
+        <v>531</v>
       </c>
       <c r="F81" s="14">
-        <v>136833</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+        <v>123364</v>
+      </c>
+      <c r="H81" s="16"/>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" s="12" t="s">
         <v>164</v>
       </c>
       <c r="B82" s="12" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="13">
-        <v>337</v>
+        <v>350.5</v>
       </c>
       <c r="D82" s="14">
-        <v>2584115</v>
+        <v>2799794</v>
       </c>
       <c r="E82" s="15">
-        <v>11178</v>
+        <v>11626</v>
       </c>
       <c r="F82" s="14">
-        <v>2572937</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+        <v>2788168</v>
+      </c>
+      <c r="H82" s="16"/>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" s="12" t="s">
         <v>166</v>
       </c>
       <c r="B83" s="12" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="13">
-        <v>24.5</v>
+        <v>16</v>
       </c>
       <c r="D83" s="14">
-        <v>187058</v>
+        <v>127808</v>
       </c>
       <c r="E83" s="15">
-        <v>813</v>
+        <v>531</v>
       </c>
       <c r="F83" s="14">
-        <v>186245</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+        <v>127277</v>
+      </c>
+      <c r="H83" s="16"/>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" s="12" t="s">
         <v>168</v>
       </c>
       <c r="B84" s="12" t="s">
         <v>169</v>
       </c>
       <c r="C84" s="13">
-        <v>48.5</v>
+        <v>37.5</v>
       </c>
       <c r="D84" s="14">
-        <v>370298</v>
+        <v>299550</v>
       </c>
       <c r="E84" s="15">
-        <v>1609</v>
+        <v>1244</v>
       </c>
       <c r="F84" s="14">
-        <v>368689</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+        <v>298306</v>
+      </c>
+      <c r="H84" s="16"/>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" s="12" t="s">
         <v>170</v>
       </c>
       <c r="B85" s="12" t="s">
         <v>171</v>
       </c>
       <c r="C85" s="13">
-        <v>6.5</v>
+        <v>7</v>
       </c>
       <c r="D85" s="14">
-        <v>49628</v>
+        <v>55916</v>
       </c>
       <c r="E85" s="15">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="F85" s="14">
-        <v>49412</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
+        <v>55684</v>
+      </c>
+      <c r="H85" s="16"/>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" s="12" t="s">
         <v>172</v>
       </c>
       <c r="B86" s="12" t="s">
         <v>173</v>
       </c>
       <c r="C86" s="13">
-        <v>47.5</v>
+        <v>49.5</v>
       </c>
       <c r="D86" s="14">
-        <v>366370</v>
+        <v>395406</v>
       </c>
       <c r="E86" s="15">
-        <v>1576</v>
+        <v>1642</v>
       </c>
       <c r="F86" s="14">
-        <v>364794</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+        <v>393764</v>
+      </c>
+      <c r="H86" s="16"/>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" s="12" t="s">
         <v>174</v>
       </c>
       <c r="B87" s="12" t="s">
         <v>175</v>
       </c>
       <c r="C87" s="13">
-        <v>28</v>
+        <v>28.5</v>
       </c>
       <c r="D87" s="14">
-        <v>213780</v>
+        <v>219832</v>
       </c>
       <c r="E87" s="15">
-        <v>929</v>
+        <v>945</v>
       </c>
       <c r="F87" s="14">
-        <v>212851</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+        <v>218887</v>
+      </c>
+      <c r="H87" s="16"/>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" s="12" t="s">
         <v>176</v>
       </c>
       <c r="B88" s="12" t="s">
         <v>177</v>
       </c>
       <c r="C88" s="13">
-        <v>707</v>
+        <v>683.5</v>
       </c>
       <c r="D88" s="14">
-        <v>5397945</v>
+        <v>5459798</v>
       </c>
       <c r="E88" s="15">
-        <v>23451</v>
+        <v>22672</v>
       </c>
       <c r="F88" s="14">
-        <v>5374494</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+        <v>5437126</v>
+      </c>
+      <c r="H88" s="16"/>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" s="12" t="s">
         <v>178</v>
       </c>
       <c r="B89" s="12" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="13">
         <v>3.5</v>
       </c>
       <c r="D89" s="14">
-        <v>26723</v>
+        <v>27958</v>
       </c>
       <c r="E89" s="15">
         <v>116</v>
       </c>
       <c r="F89" s="14">
-        <v>26607</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
+        <v>27842</v>
+      </c>
+      <c r="H89" s="16"/>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" s="12" t="s">
         <v>180</v>
       </c>
       <c r="B90" s="12" t="s">
         <v>181</v>
       </c>
       <c r="C90" s="13">
-        <v>17.5</v>
+        <v>22.5</v>
       </c>
       <c r="D90" s="14">
-        <v>133613</v>
+        <v>179730</v>
       </c>
       <c r="E90" s="15">
-        <v>580</v>
+        <v>746</v>
       </c>
       <c r="F90" s="14">
-        <v>133033</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+        <v>178984</v>
+      </c>
+      <c r="H90" s="16"/>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" s="12" t="s">
         <v>182</v>
       </c>
       <c r="B91" s="12" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="13">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D91" s="14">
-        <v>2538748</v>
+        <v>2687881</v>
       </c>
       <c r="E91" s="15">
-        <v>11046</v>
+        <v>11145</v>
       </c>
       <c r="F91" s="14">
-        <v>2527702</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
+        <v>2676736</v>
+      </c>
+      <c r="H91" s="16"/>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" s="12" t="s">
         <v>184</v>
       </c>
       <c r="B92" s="12" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="13">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D92" s="14">
-        <v>68715</v>
+        <v>79880</v>
       </c>
       <c r="E92" s="15">
-        <v>299</v>
+        <v>332</v>
       </c>
       <c r="F92" s="14">
-        <v>68416</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
+        <v>79548</v>
+      </c>
+      <c r="H92" s="16"/>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" s="12" t="s">
         <v>186</v>
       </c>
       <c r="B93" s="12" t="s">
         <v>187</v>
       </c>
       <c r="C93" s="13">
-        <v>18</v>
+        <v>14.5</v>
       </c>
       <c r="D93" s="14">
-        <v>137430</v>
+        <v>115826</v>
       </c>
       <c r="E93" s="15">
-        <v>597</v>
+        <v>481</v>
       </c>
       <c r="F93" s="14">
-        <v>136833</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
+        <v>115345</v>
+      </c>
+      <c r="H93" s="16"/>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" s="12" t="s">
         <v>188</v>
       </c>
       <c r="B94" s="12" t="s">
         <v>189</v>
       </c>
       <c r="C94" s="13">
-        <v>25</v>
+        <v>23.5</v>
       </c>
       <c r="D94" s="14">
-        <v>190875</v>
+        <v>187718</v>
       </c>
       <c r="E94" s="15">
-        <v>829</v>
+        <v>779</v>
       </c>
       <c r="F94" s="14">
-        <v>190046</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
+        <v>186939</v>
+      </c>
+      <c r="H94" s="16"/>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" s="12" t="s">
         <v>190</v>
       </c>
       <c r="B95" s="12" t="s">
         <v>191</v>
       </c>
       <c r="C95" s="13">
-        <v>17.5</v>
+        <v>18.5</v>
       </c>
       <c r="D95" s="14">
-        <v>133613</v>
+        <v>147778</v>
       </c>
       <c r="E95" s="15">
-        <v>580</v>
+        <v>614</v>
       </c>
       <c r="F95" s="14">
-        <v>133033</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
+        <v>147164</v>
+      </c>
+      <c r="H95" s="16"/>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" s="12" t="s">
         <v>192</v>
       </c>
       <c r="B96" s="12" t="s">
         <v>193</v>
       </c>
       <c r="C96" s="13">
-        <v>16.5</v>
+        <v>14.5</v>
       </c>
       <c r="D96" s="14">
-        <v>125978</v>
+        <v>115826</v>
       </c>
       <c r="E96" s="15">
-        <v>547</v>
+        <v>481</v>
       </c>
       <c r="F96" s="14">
-        <v>125431</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
+        <v>115345</v>
+      </c>
+      <c r="H96" s="16"/>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A97" s="12" t="s">
         <v>194</v>
       </c>
       <c r="B97" s="12" t="s">
         <v>195</v>
       </c>
       <c r="C97" s="13">
-        <v>11.5</v>
+        <v>10.5</v>
       </c>
       <c r="D97" s="14">
-        <v>87803</v>
+        <v>83874</v>
       </c>
       <c r="E97" s="15">
-        <v>381</v>
+        <v>348</v>
       </c>
       <c r="F97" s="14">
-        <v>87422</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
+        <v>83526</v>
+      </c>
+      <c r="H97" s="16"/>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A98" s="12" t="s">
         <v>196</v>
       </c>
       <c r="B98" s="12" t="s">
         <v>197</v>
       </c>
       <c r="C98" s="13">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D98" s="14">
-        <v>99255</v>
+        <v>87868</v>
       </c>
       <c r="E98" s="15">
-        <v>431</v>
+        <v>365</v>
       </c>
       <c r="F98" s="14">
-        <v>98824</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
+        <v>87503</v>
+      </c>
+      <c r="H98" s="16"/>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A99" s="12" t="s">
         <v>198</v>
       </c>
       <c r="B99" s="12" t="s">
         <v>199</v>
       </c>
       <c r="C99" s="13">
-        <v>17.5</v>
+        <v>20</v>
       </c>
       <c r="D99" s="14">
-        <v>129906</v>
+        <v>159760</v>
       </c>
       <c r="E99" s="15">
-        <v>580</v>
+        <v>663</v>
       </c>
       <c r="F99" s="14">
-        <v>129326</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
+        <v>159097</v>
+      </c>
+      <c r="H99" s="16"/>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A100" s="12" t="s">
         <v>200</v>
       </c>
       <c r="B100" s="12" t="s">
         <v>201</v>
       </c>
       <c r="C100" s="13">
-        <v>16</v>
+        <v>11.5</v>
       </c>
       <c r="D100" s="14">
-        <v>122160</v>
+        <v>87949</v>
       </c>
       <c r="E100" s="15">
-        <v>531</v>
+        <v>381</v>
       </c>
       <c r="F100" s="14">
-        <v>121629</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
+        <v>87568</v>
+      </c>
+      <c r="H100" s="16"/>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A101" s="12" t="s">
         <v>202</v>
       </c>
       <c r="B101" s="12" t="s">
         <v>203</v>
       </c>
       <c r="C101" s="13">
-        <v>7.5</v>
+        <v>11.5</v>
       </c>
       <c r="D101" s="14">
-        <v>57263</v>
+        <v>91862</v>
       </c>
       <c r="E101" s="15">
-        <v>249</v>
+        <v>381</v>
       </c>
       <c r="F101" s="14">
-        <v>57014</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
+        <v>91481</v>
+      </c>
+      <c r="H101" s="16"/>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A102" s="12" t="s">
         <v>204</v>
       </c>
       <c r="B102" s="12" t="s">
         <v>205</v>
       </c>
       <c r="C102" s="13">
-        <v>19.5</v>
+        <v>14</v>
       </c>
       <c r="D102" s="14">
-        <v>148883</v>
+        <v>111832</v>
       </c>
       <c r="E102" s="15">
-        <v>647</v>
+        <v>464</v>
       </c>
       <c r="F102" s="14">
-        <v>148236</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
+        <v>111368</v>
+      </c>
+      <c r="H102" s="16"/>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A103" s="12" t="s">
         <v>206</v>
       </c>
       <c r="B103" s="12" t="s">
         <v>207</v>
       </c>
       <c r="C103" s="13">
-        <v>26.5</v>
+        <v>26</v>
       </c>
       <c r="D103" s="14">
-        <v>202328</v>
+        <v>207688</v>
       </c>
       <c r="E103" s="15">
-        <v>879</v>
+        <v>862</v>
       </c>
       <c r="F103" s="14">
-        <v>201449</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
+        <v>206826</v>
+      </c>
+      <c r="H103" s="16"/>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A104" s="12" t="s">
         <v>208</v>
       </c>
       <c r="B104" s="12" t="s">
         <v>209</v>
       </c>
       <c r="C104" s="13">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D104" s="14">
-        <v>137430</v>
+        <v>123895</v>
       </c>
       <c r="E104" s="15">
-        <v>597</v>
+        <v>531</v>
       </c>
       <c r="F104" s="14">
-        <v>136833</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
+        <v>123364</v>
+      </c>
+      <c r="H104" s="16"/>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A105" s="12" t="s">
         <v>210</v>
       </c>
       <c r="B105" s="12" t="s">
         <v>211</v>
       </c>
       <c r="C105" s="13">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D105" s="14">
-        <v>152700</v>
+        <v>87868</v>
       </c>
       <c r="E105" s="15">
-        <v>663</v>
+        <v>365</v>
       </c>
       <c r="F105" s="14">
-        <v>152037</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:6" x14ac:dyDescent="0.25">
+        <v>87503</v>
+      </c>
+      <c r="H105" s="16"/>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A106" s="12" t="s">
         <v>212</v>
       </c>
       <c r="B106" s="12" t="s">
         <v>213</v>
       </c>
       <c r="C106" s="13">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D106" s="14">
-        <v>206145</v>
+        <v>239640</v>
       </c>
       <c r="E106" s="15">
-        <v>896</v>
+        <v>995</v>
       </c>
       <c r="F106" s="14">
-        <v>205249</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:6" x14ac:dyDescent="0.25">
+        <v>238645</v>
+      </c>
+      <c r="H106" s="16"/>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A107" s="12" t="s">
         <v>214</v>
       </c>
       <c r="B107" s="12" t="s">
         <v>215</v>
       </c>
       <c r="C107" s="13">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D107" s="14">
-        <v>91620</v>
+        <v>79880</v>
       </c>
       <c r="E107" s="15">
-        <v>398</v>
+        <v>332</v>
       </c>
       <c r="F107" s="14">
-        <v>91222</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:6" x14ac:dyDescent="0.25">
+        <v>79548</v>
+      </c>
+      <c r="H107" s="16"/>
+    </row>
+    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A108" s="12" t="s">
         <v>216</v>
       </c>
       <c r="B108" s="12" t="s">
         <v>217</v>
       </c>
       <c r="C108" s="13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D108" s="14">
-        <v>30540</v>
+        <v>39940</v>
       </c>
       <c r="E108" s="15">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="F108" s="14">
-        <v>30407</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:6" x14ac:dyDescent="0.25">
+        <v>39774</v>
+      </c>
+      <c r="H108" s="16"/>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A109" s="12" t="s">
         <v>218</v>
       </c>
       <c r="B109" s="12" t="s">
         <v>219</v>
       </c>
       <c r="C109" s="13">
-        <v>31</v>
+        <v>33.5</v>
       </c>
       <c r="D109" s="14">
-        <v>236685</v>
+        <v>267598</v>
       </c>
       <c r="E109" s="15">
-        <v>1028</v>
+        <v>1111</v>
       </c>
       <c r="F109" s="14">
-        <v>235657</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:6" x14ac:dyDescent="0.25">
+        <v>266487</v>
+      </c>
+      <c r="H109" s="16"/>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" s="12" t="s">
         <v>220</v>
       </c>
       <c r="B110" s="12" t="s">
         <v>221</v>
       </c>
       <c r="C110" s="13">
-        <v>10</v>
+        <v>12.5</v>
       </c>
       <c r="D110" s="14">
-        <v>76350</v>
+        <v>99850</v>
       </c>
       <c r="E110" s="15">
-        <v>332</v>
+        <v>415</v>
       </c>
       <c r="F110" s="14">
-        <v>76018</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:6" x14ac:dyDescent="0.25">
+        <v>99435</v>
+      </c>
+      <c r="H110" s="16"/>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A111" s="12" t="s">
         <v>222</v>
       </c>
       <c r="B111" s="12" t="s">
         <v>223</v>
       </c>
       <c r="C111" s="13">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D111" s="14">
-        <v>190875</v>
+        <v>191712</v>
       </c>
       <c r="E111" s="15">
-        <v>829</v>
+        <v>796</v>
       </c>
       <c r="F111" s="14">
-        <v>190046</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:6" x14ac:dyDescent="0.25">
+        <v>190916</v>
+      </c>
+      <c r="H111" s="16"/>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A112" s="12" t="s">
         <v>224</v>
       </c>
       <c r="B112" s="12" t="s">
         <v>225</v>
       </c>
       <c r="C112" s="13">
-        <v>28</v>
+        <v>32.5</v>
       </c>
       <c r="D112" s="14">
-        <v>213780</v>
+        <v>259610</v>
       </c>
       <c r="E112" s="15">
-        <v>929</v>
+        <v>1078</v>
       </c>
       <c r="F112" s="14">
-        <v>212851</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:6" x14ac:dyDescent="0.25">
+        <v>258532</v>
+      </c>
+      <c r="H112" s="16"/>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A113" s="12" t="s">
         <v>226</v>
       </c>
       <c r="B113" s="12" t="s">
         <v>227</v>
       </c>
       <c r="C113" s="13">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="D113" s="14">
-        <v>836143</v>
+        <v>946821</v>
       </c>
       <c r="E113" s="15">
-        <v>3649</v>
+        <v>3980</v>
       </c>
       <c r="F113" s="14">
-        <v>832494</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:6" x14ac:dyDescent="0.25">
+        <v>942841</v>
+      </c>
+      <c r="H113" s="16"/>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A114" s="12" t="s">
         <v>228</v>
       </c>
       <c r="B114" s="12" t="s">
         <v>229</v>
       </c>
       <c r="C114" s="13">
-        <v>29</v>
+        <v>29.5</v>
       </c>
       <c r="D114" s="14">
-        <v>221415</v>
+        <v>235646</v>
       </c>
       <c r="E114" s="15">
-        <v>962</v>
+        <v>979</v>
       </c>
       <c r="F114" s="14">
-        <v>220453</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:6" x14ac:dyDescent="0.25">
+        <v>234667</v>
+      </c>
+      <c r="H114" s="16"/>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A115" s="12" t="s">
         <v>230</v>
       </c>
       <c r="B115" s="12" t="s">
         <v>231</v>
       </c>
       <c r="C115" s="13">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D115" s="14">
-        <v>91620</v>
+        <v>119820</v>
       </c>
       <c r="E115" s="15">
-        <v>398</v>
+        <v>498</v>
       </c>
       <c r="F115" s="14">
-        <v>91222</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:6" x14ac:dyDescent="0.25">
+        <v>119322</v>
+      </c>
+      <c r="H115" s="16"/>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A116" s="12" t="s">
         <v>232</v>
       </c>
       <c r="B116" s="12" t="s">
         <v>233</v>
       </c>
       <c r="C116" s="13">
-        <v>12.5</v>
+        <v>14.5</v>
       </c>
       <c r="D116" s="14">
-        <v>95438</v>
+        <v>115826</v>
       </c>
       <c r="E116" s="15">
-        <v>415</v>
+        <v>481</v>
       </c>
       <c r="F116" s="14">
-        <v>95023</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:6" x14ac:dyDescent="0.25">
+        <v>115345</v>
+      </c>
+      <c r="H116" s="16"/>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A117" s="12" t="s">
         <v>234</v>
       </c>
       <c r="B117" s="12" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="13">
-        <v>12.5</v>
+        <v>10</v>
       </c>
       <c r="D117" s="14">
-        <v>95438</v>
+        <v>79880</v>
       </c>
       <c r="E117" s="15">
-        <v>415</v>
+        <v>332</v>
       </c>
       <c r="F117" s="14">
-        <v>95023</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:6" x14ac:dyDescent="0.25">
+        <v>79548</v>
+      </c>
+      <c r="H117" s="16"/>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A118" s="12" t="s">
         <v>236</v>
       </c>
       <c r="B118" s="12" t="s">
         <v>237</v>
       </c>
       <c r="C118" s="13">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D118" s="14">
-        <v>282495</v>
+        <v>319520</v>
       </c>
       <c r="E118" s="15">
-        <v>1227</v>
+        <v>1327</v>
       </c>
       <c r="F118" s="14">
-        <v>281268</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:6" x14ac:dyDescent="0.25">
+        <v>318193</v>
+      </c>
+      <c r="H118" s="16"/>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A119" s="12" t="s">
         <v>238</v>
       </c>
       <c r="B119" s="12" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="13">
-        <v>11.5</v>
+        <v>14.5</v>
       </c>
       <c r="D119" s="14">
-        <v>87803</v>
+        <v>115826</v>
       </c>
       <c r="E119" s="15">
-        <v>381</v>
+        <v>481</v>
       </c>
       <c r="F119" s="14">
-        <v>87422</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:6" x14ac:dyDescent="0.25">
+        <v>115345</v>
+      </c>
+      <c r="H119" s="16"/>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A120" s="12" t="s">
         <v>240</v>
       </c>
       <c r="B120" s="12" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="13">
-        <v>37.5</v>
+        <v>34</v>
       </c>
       <c r="D120" s="14">
-        <v>286313</v>
+        <v>271592</v>
       </c>
       <c r="E120" s="15">
-        <v>1244</v>
+        <v>1128</v>
       </c>
       <c r="F120" s="14">
-        <v>285069</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:6" x14ac:dyDescent="0.25">
+        <v>270464</v>
+      </c>
+      <c r="H120" s="16"/>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A121" s="12" t="s">
         <v>242</v>
       </c>
       <c r="B121" s="12" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="13">
         <v>8</v>
       </c>
       <c r="D121" s="14">
-        <v>61080</v>
+        <v>59991</v>
       </c>
       <c r="E121" s="15">
         <v>265</v>
       </c>
       <c r="F121" s="14">
-        <v>60815</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:6" x14ac:dyDescent="0.25">
+        <v>59726</v>
+      </c>
+      <c r="H121" s="16"/>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A122" s="12" t="s">
         <v>244</v>
       </c>
       <c r="B122" s="12" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="13">
-        <v>14</v>
+        <v>18.5</v>
       </c>
       <c r="D122" s="14">
-        <v>106890</v>
+        <v>147778</v>
       </c>
       <c r="E122" s="15">
-        <v>464</v>
+        <v>614</v>
       </c>
       <c r="F122" s="14">
-        <v>106426</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:6" x14ac:dyDescent="0.25">
+        <v>147164</v>
+      </c>
+      <c r="H122" s="16"/>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A123" s="12" t="s">
         <v>246</v>
       </c>
       <c r="B123" s="12" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="13">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="D123" s="14">
-        <v>183240</v>
+        <v>295556</v>
       </c>
       <c r="E123" s="15">
-        <v>796</v>
+        <v>1227</v>
       </c>
       <c r="F123" s="14">
-        <v>182444</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:6" x14ac:dyDescent="0.25">
+        <v>294329</v>
+      </c>
+      <c r="H123" s="16"/>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A124" s="12" t="s">
         <v>248</v>
       </c>
       <c r="B124" s="12" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="13">
-        <v>17.5</v>
+        <v>12.5</v>
       </c>
       <c r="D124" s="14">
-        <v>133613</v>
+        <v>99850</v>
       </c>
       <c r="E124" s="15">
-        <v>580</v>
+        <v>415</v>
       </c>
       <c r="F124" s="14">
-        <v>133033</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:6" x14ac:dyDescent="0.25">
+        <v>99435</v>
+      </c>
+      <c r="H124" s="16"/>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A125" s="12" t="s">
         <v>250</v>
       </c>
       <c r="B125" s="12" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="13">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D125" s="14">
-        <v>99255</v>
+        <v>47928</v>
       </c>
       <c r="E125" s="15">
-        <v>431</v>
+        <v>199</v>
       </c>
       <c r="F125" s="14">
-        <v>98824</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:6" x14ac:dyDescent="0.25">
+        <v>47729</v>
+      </c>
+      <c r="H125" s="16"/>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A126" s="12" t="s">
         <v>252</v>
       </c>
       <c r="B126" s="12" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="13">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D126" s="14">
-        <v>297765</v>
+        <v>263604</v>
       </c>
       <c r="E126" s="15">
-        <v>1294</v>
+        <v>1095</v>
       </c>
       <c r="F126" s="14">
-        <v>296471</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:6" x14ac:dyDescent="0.25">
+        <v>262509</v>
+      </c>
+      <c r="H126" s="16"/>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A127" s="12" t="s">
         <v>254</v>
       </c>
       <c r="B127" s="12" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="13">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D127" s="14">
-        <v>274860</v>
+        <v>263604</v>
       </c>
       <c r="E127" s="15">
-        <v>1194</v>
+        <v>1095</v>
       </c>
       <c r="F127" s="14">
-        <v>273666</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:6" x14ac:dyDescent="0.25">
+        <v>262509</v>
+      </c>
+      <c r="H127" s="16"/>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A128" s="12" t="s">
         <v>256</v>
       </c>
       <c r="B128" s="12" t="s">
         <v>257</v>
       </c>
       <c r="C128" s="13">
-        <v>15</v>
+        <v>7.5</v>
       </c>
       <c r="D128" s="14">
-        <v>114525</v>
+        <v>59910</v>
       </c>
       <c r="E128" s="15">
-        <v>498</v>
+        <v>249</v>
       </c>
       <c r="F128" s="14">
-        <v>114027</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:6" x14ac:dyDescent="0.25">
+        <v>59661</v>
+      </c>
+      <c r="H128" s="16"/>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A129" s="12" t="s">
         <v>258</v>
       </c>
       <c r="B129" s="12" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="13">
-        <v>23.5</v>
+        <v>20.5</v>
       </c>
       <c r="D129" s="14">
-        <v>179423</v>
+        <v>163754</v>
       </c>
       <c r="E129" s="15">
-        <v>779</v>
+        <v>680</v>
       </c>
       <c r="F129" s="14">
-        <v>178644</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:6" x14ac:dyDescent="0.25">
+        <v>163074</v>
+      </c>
+      <c r="H129" s="16"/>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A130" s="12" t="s">
         <v>260</v>
       </c>
       <c r="B130" s="12" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="13">
-        <v>17</v>
+        <v>15.5</v>
       </c>
       <c r="D130" s="14">
-        <v>129795</v>
+        <v>123814</v>
       </c>
       <c r="E130" s="15">
-        <v>564</v>
+        <v>514</v>
       </c>
       <c r="F130" s="14">
-        <v>129231</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:6" x14ac:dyDescent="0.25">
+        <v>123300</v>
+      </c>
+      <c r="H130" s="16"/>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A131" s="12" t="s">
         <v>262</v>
       </c>
       <c r="B131" s="12" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="13">
-        <v>8.5</v>
+        <v>9</v>
       </c>
       <c r="D131" s="14">
-        <v>64898</v>
+        <v>71892</v>
       </c>
       <c r="E131" s="15">
-        <v>282</v>
+        <v>299</v>
       </c>
       <c r="F131" s="14">
-        <v>64616</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:6" x14ac:dyDescent="0.25">
+        <v>71593</v>
+      </c>
+      <c r="H131" s="16"/>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A132" s="12" t="s">
         <v>264</v>
       </c>
       <c r="B132" s="12" t="s">
         <v>265</v>
       </c>
       <c r="C132" s="13">
-        <v>5.5</v>
+        <v>5</v>
       </c>
       <c r="D132" s="14">
-        <v>41993</v>
+        <v>39940</v>
       </c>
       <c r="E132" s="15">
-        <v>182</v>
+        <v>166</v>
       </c>
       <c r="F132" s="14">
-        <v>41811</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:6" x14ac:dyDescent="0.25">
+        <v>39774</v>
+      </c>
+      <c r="H132" s="16"/>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A133" s="12" t="s">
         <v>266</v>
       </c>
       <c r="B133" s="12" t="s">
         <v>267</v>
       </c>
       <c r="C133" s="13">
-        <v>27</v>
+        <v>28.5</v>
       </c>
       <c r="D133" s="14">
-        <v>206145</v>
+        <v>227658</v>
       </c>
       <c r="E133" s="15">
-        <v>896</v>
+        <v>945</v>
       </c>
       <c r="F133" s="14">
-        <v>205249</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:6" x14ac:dyDescent="0.25">
+        <v>226713</v>
+      </c>
+      <c r="H133" s="16"/>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A134" s="12" t="s">
         <v>268</v>
       </c>
       <c r="B134" s="12" t="s">
         <v>269</v>
       </c>
       <c r="C134" s="13">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D134" s="14">
-        <v>313035</v>
+        <v>359460</v>
       </c>
       <c r="E134" s="15">
-        <v>1360</v>
+        <v>1493</v>
       </c>
       <c r="F134" s="14">
-        <v>311675</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:6" x14ac:dyDescent="0.25">
+        <v>357967</v>
+      </c>
+      <c r="H134" s="16"/>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A135" s="12" t="s">
         <v>270</v>
       </c>
       <c r="B135" s="12" t="s">
         <v>271</v>
       </c>
       <c r="C135" s="13">
-        <v>7.5</v>
+        <v>5.5</v>
       </c>
       <c r="D135" s="14">
-        <v>57263</v>
+        <v>43934</v>
       </c>
       <c r="E135" s="15">
-        <v>249</v>
+        <v>182</v>
       </c>
       <c r="F135" s="14">
-        <v>57014</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:6" x14ac:dyDescent="0.25">
+        <v>43752</v>
+      </c>
+      <c r="H135" s="16"/>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A136" s="12" t="s">
         <v>272</v>
       </c>
       <c r="B136" s="12" t="s">
         <v>273</v>
       </c>
       <c r="C136" s="13">
-        <v>18.5</v>
+        <v>10.5</v>
       </c>
       <c r="D136" s="14">
-        <v>141248</v>
+        <v>83874</v>
       </c>
       <c r="E136" s="15">
-        <v>614</v>
+        <v>348</v>
       </c>
       <c r="F136" s="14">
-        <v>140634</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:6" x14ac:dyDescent="0.25">
+        <v>83526</v>
+      </c>
+      <c r="H136" s="16"/>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A137" s="12" t="s">
         <v>274</v>
       </c>
       <c r="B137" s="12" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="13">
-        <v>17.5</v>
+        <v>15.5</v>
       </c>
       <c r="D137" s="14">
-        <v>129906</v>
+        <v>123814</v>
       </c>
       <c r="E137" s="15">
-        <v>580</v>
+        <v>514</v>
       </c>
       <c r="F137" s="14">
-        <v>129326</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:6" x14ac:dyDescent="0.25">
+        <v>123300</v>
+      </c>
+      <c r="H137" s="16"/>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A138" s="12" t="s">
         <v>276</v>
       </c>
       <c r="B138" s="12" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="13">
         <v>17.5</v>
       </c>
       <c r="D138" s="14">
-        <v>133613</v>
+        <v>139790</v>
       </c>
       <c r="E138" s="15">
         <v>580</v>
       </c>
       <c r="F138" s="14">
-        <v>133033</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H138" s="16"/>
+    </row>
+    <row r="139" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A139" s="12" t="s">
         <v>278</v>
       </c>
       <c r="B139" s="12" t="s">
         <v>279</v>
       </c>
       <c r="C139" s="13">
-        <v>31.5</v>
+        <v>29.5</v>
       </c>
       <c r="D139" s="14">
-        <v>240503</v>
+        <v>235646</v>
       </c>
       <c r="E139" s="15">
-        <v>1045</v>
+        <v>979</v>
       </c>
       <c r="F139" s="14">
-        <v>239458</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:6" x14ac:dyDescent="0.25">
+        <v>234667</v>
+      </c>
+      <c r="H139" s="16"/>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A140" s="12" t="s">
         <v>280</v>
       </c>
       <c r="B140" s="12" t="s">
         <v>281</v>
       </c>
       <c r="C140" s="13">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D140" s="14">
-        <v>99255</v>
+        <v>55916</v>
       </c>
       <c r="E140" s="15">
-        <v>431</v>
+        <v>232</v>
       </c>
       <c r="F140" s="14">
-        <v>98824</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:6" x14ac:dyDescent="0.25">
+        <v>55684</v>
+      </c>
+      <c r="H140" s="16"/>
+    </row>
+    <row r="141" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A141" s="12" t="s">
         <v>282</v>
       </c>
       <c r="B141" s="12" t="s">
         <v>283</v>
       </c>
       <c r="C141" s="13">
-        <v>20.5</v>
+        <v>26.5</v>
       </c>
       <c r="D141" s="14">
-        <v>156518</v>
+        <v>211682</v>
       </c>
       <c r="E141" s="15">
-        <v>680</v>
+        <v>879</v>
       </c>
       <c r="F141" s="14">
-        <v>155838</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:6" x14ac:dyDescent="0.25">
+        <v>210803</v>
+      </c>
+      <c r="H141" s="16"/>
+    </row>
+    <row r="142" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A142" s="12" t="s">
         <v>284</v>
       </c>
       <c r="B142" s="12" t="s">
         <v>285</v>
       </c>
       <c r="C142" s="13">
         <v>36</v>
       </c>
       <c r="D142" s="14">
-        <v>274860</v>
+        <v>287568</v>
       </c>
       <c r="E142" s="15">
         <v>1194</v>
       </c>
       <c r="F142" s="14">
-        <v>273666</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:6" x14ac:dyDescent="0.25">
+        <v>286374</v>
+      </c>
+      <c r="H142" s="16"/>
+    </row>
+    <row r="143" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A143" s="12" t="s">
         <v>286</v>
       </c>
       <c r="B143" s="12" t="s">
         <v>287</v>
       </c>
       <c r="C143" s="13">
-        <v>24</v>
+        <v>25.5</v>
       </c>
       <c r="D143" s="14">
-        <v>183240</v>
+        <v>203694</v>
       </c>
       <c r="E143" s="15">
-        <v>796</v>
+        <v>846</v>
       </c>
       <c r="F143" s="14">
-        <v>182444</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:6" x14ac:dyDescent="0.25">
+        <v>202848</v>
+      </c>
+      <c r="H143" s="16"/>
+    </row>
+    <row r="144" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A144" s="12" t="s">
         <v>288</v>
       </c>
       <c r="B144" s="12" t="s">
         <v>289</v>
       </c>
       <c r="C144" s="13">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D144" s="14">
-        <v>397020</v>
+        <v>359460</v>
       </c>
       <c r="E144" s="15">
-        <v>1725</v>
+        <v>1493</v>
       </c>
       <c r="F144" s="14">
-        <v>395295</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:6" x14ac:dyDescent="0.25">
+        <v>357967</v>
+      </c>
+      <c r="H144" s="16"/>
+    </row>
+    <row r="145" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A145" s="12" t="s">
         <v>290</v>
       </c>
       <c r="B145" s="12" t="s">
         <v>291</v>
       </c>
       <c r="C145" s="13">
-        <v>60.5</v>
+        <v>44.5</v>
       </c>
       <c r="D145" s="14">
-        <v>461918</v>
+        <v>351553</v>
       </c>
       <c r="E145" s="15">
-        <v>2007</v>
+        <v>1476</v>
       </c>
       <c r="F145" s="14">
-        <v>459911</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:6" x14ac:dyDescent="0.25">
+        <v>350077</v>
+      </c>
+      <c r="H145" s="16"/>
+    </row>
+    <row r="146" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A146" s="12" t="s">
         <v>292</v>
       </c>
       <c r="B146" s="12" t="s">
         <v>293</v>
       </c>
       <c r="C146" s="13">
-        <v>19.5</v>
+        <v>23.5</v>
       </c>
       <c r="D146" s="14">
-        <v>148883</v>
+        <v>187718</v>
       </c>
       <c r="E146" s="15">
-        <v>647</v>
+        <v>779</v>
       </c>
       <c r="F146" s="14">
-        <v>148236</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:6" x14ac:dyDescent="0.25">
+        <v>186939</v>
+      </c>
+      <c r="H146" s="16"/>
+    </row>
+    <row r="147" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A147" s="12" t="s">
         <v>294</v>
       </c>
       <c r="B147" s="12" t="s">
         <v>295</v>
       </c>
       <c r="C147" s="13">
-        <v>232</v>
+        <v>247</v>
       </c>
       <c r="D147" s="14">
-        <v>1756494</v>
+        <v>1976949</v>
       </c>
       <c r="E147" s="15">
-        <v>7695</v>
+        <v>8193</v>
       </c>
       <c r="F147" s="14">
-        <v>1748799</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:6" x14ac:dyDescent="0.25">
+        <v>1968756</v>
+      </c>
+      <c r="H147" s="16"/>
+    </row>
+    <row r="148" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A148" s="12" t="s">
         <v>296</v>
       </c>
       <c r="B148" s="12" t="s">
         <v>297</v>
       </c>
       <c r="C148" s="13">
-        <v>31</v>
+        <v>27.5</v>
       </c>
       <c r="D148" s="14">
-        <v>236685</v>
+        <v>219670</v>
       </c>
       <c r="E148" s="15">
-        <v>1028</v>
+        <v>912</v>
       </c>
       <c r="F148" s="14">
-        <v>235657</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:6" x14ac:dyDescent="0.25">
+        <v>218758</v>
+      </c>
+      <c r="H148" s="16"/>
+    </row>
+    <row r="149" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A149" s="12" t="s">
         <v>298</v>
       </c>
       <c r="B149" s="12" t="s">
         <v>299</v>
       </c>
       <c r="C149" s="13">
-        <v>15.5</v>
+        <v>12</v>
       </c>
       <c r="D149" s="14">
-        <v>118343</v>
+        <v>95856</v>
       </c>
       <c r="E149" s="15">
-        <v>514</v>
+        <v>398</v>
       </c>
       <c r="F149" s="14">
-        <v>117829</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:6" x14ac:dyDescent="0.25">
+        <v>95458</v>
+      </c>
+      <c r="H149" s="16"/>
+    </row>
+    <row r="150" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A150" s="12" t="s">
         <v>300</v>
       </c>
       <c r="B150" s="12" t="s">
         <v>301</v>
       </c>
       <c r="C150" s="13">
-        <v>19.5</v>
+        <v>21</v>
       </c>
       <c r="D150" s="14">
-        <v>148883</v>
+        <v>167748</v>
       </c>
       <c r="E150" s="15">
-        <v>647</v>
+        <v>697</v>
       </c>
       <c r="F150" s="14">
-        <v>148236</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:6" x14ac:dyDescent="0.25">
+        <v>167051</v>
+      </c>
+      <c r="H150" s="16"/>
+    </row>
+    <row r="151" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A151" s="12" t="s">
         <v>302</v>
       </c>
       <c r="B151" s="12" t="s">
         <v>303</v>
       </c>
       <c r="C151" s="13">
-        <v>30.5</v>
+        <v>29</v>
       </c>
       <c r="D151" s="14">
-        <v>232868</v>
+        <v>231652</v>
       </c>
       <c r="E151" s="15">
-        <v>1012</v>
+        <v>962</v>
       </c>
       <c r="F151" s="14">
-        <v>231856</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:6" x14ac:dyDescent="0.25">
+        <v>230690</v>
+      </c>
+      <c r="H151" s="16"/>
+    </row>
+    <row r="152" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A152" s="12" t="s">
         <v>304</v>
       </c>
       <c r="B152" s="12" t="s">
         <v>305</v>
       </c>
       <c r="C152" s="13">
-        <v>121.5</v>
+        <v>99</v>
       </c>
       <c r="D152" s="14">
-        <v>927653</v>
+        <v>790812</v>
       </c>
       <c r="E152" s="15">
-        <v>4030</v>
+        <v>3284</v>
       </c>
       <c r="F152" s="14">
-        <v>923623</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:6" x14ac:dyDescent="0.25">
+        <v>787528</v>
+      </c>
+      <c r="H152" s="16"/>
+    </row>
+    <row r="153" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A153" s="12" t="s">
         <v>306</v>
       </c>
       <c r="B153" s="12" t="s">
         <v>307</v>
       </c>
       <c r="C153" s="13">
-        <v>46.5</v>
+        <v>39.5</v>
       </c>
       <c r="D153" s="14">
-        <v>355028</v>
+        <v>315526</v>
       </c>
       <c r="E153" s="15">
-        <v>1542</v>
+        <v>1310</v>
       </c>
       <c r="F153" s="14">
-        <v>353486</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:6" x14ac:dyDescent="0.25">
+        <v>314216</v>
+      </c>
+      <c r="H153" s="16"/>
+    </row>
+    <row r="154" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A154" s="12" t="s">
         <v>308</v>
       </c>
       <c r="B154" s="12" t="s">
         <v>309</v>
       </c>
       <c r="C154" s="13">
-        <v>9.5</v>
+        <v>6.5</v>
       </c>
       <c r="D154" s="14">
-        <v>72533</v>
+        <v>51922</v>
       </c>
       <c r="E154" s="15">
-        <v>315</v>
+        <v>216</v>
       </c>
       <c r="F154" s="14">
-        <v>72218</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:6" x14ac:dyDescent="0.25">
+        <v>51706</v>
+      </c>
+      <c r="H154" s="16"/>
+    </row>
+    <row r="155" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A155" s="12" t="s">
         <v>310</v>
       </c>
       <c r="B155" s="12" t="s">
         <v>311</v>
       </c>
       <c r="C155" s="13">
         <v>0</v>
       </c>
       <c r="D155" s="14">
         <v>0</v>
       </c>
       <c r="E155" s="15">
         <v>0</v>
       </c>
       <c r="F155" s="14">
         <v>0</v>
       </c>
-    </row>
-    <row r="156" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="H155" s="16"/>
+    </row>
+    <row r="156" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A156" s="12" t="s">
         <v>312</v>
       </c>
       <c r="B156" s="12" t="s">
         <v>313</v>
       </c>
       <c r="C156" s="13">
-        <v>36.5</v>
+        <v>41</v>
       </c>
       <c r="D156" s="14">
-        <v>274971</v>
+        <v>327508</v>
       </c>
       <c r="E156" s="15">
-        <v>1211</v>
+        <v>1360</v>
       </c>
       <c r="F156" s="14">
-        <v>273760</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:6" x14ac:dyDescent="0.25">
+        <v>326148</v>
+      </c>
+      <c r="H156" s="16"/>
+    </row>
+    <row r="157" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A157" s="12" t="s">
         <v>314</v>
       </c>
       <c r="B157" s="12" t="s">
         <v>315</v>
       </c>
       <c r="C157" s="13">
         <v>14</v>
       </c>
       <c r="D157" s="14">
-        <v>106890</v>
+        <v>111832</v>
       </c>
       <c r="E157" s="15">
         <v>464</v>
       </c>
       <c r="F157" s="14">
-        <v>106426</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:6" x14ac:dyDescent="0.25">
+        <v>111368</v>
+      </c>
+      <c r="H157" s="16"/>
+    </row>
+    <row r="158" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A158" s="12" t="s">
         <v>316</v>
       </c>
       <c r="B158" s="12" t="s">
         <v>317</v>
       </c>
       <c r="C158" s="13">
-        <v>12</v>
+        <v>7.5</v>
       </c>
       <c r="D158" s="14">
-        <v>91620</v>
+        <v>59910</v>
       </c>
       <c r="E158" s="15">
-        <v>398</v>
+        <v>249</v>
       </c>
       <c r="F158" s="14">
-        <v>91222</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:6" x14ac:dyDescent="0.25">
+        <v>59661</v>
+      </c>
+      <c r="H158" s="16"/>
+    </row>
+    <row r="159" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A159" s="12" t="s">
         <v>318</v>
       </c>
       <c r="B159" s="12" t="s">
         <v>319</v>
       </c>
       <c r="C159" s="13">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D159" s="14">
-        <v>76350</v>
+        <v>63904</v>
       </c>
       <c r="E159" s="15">
-        <v>332</v>
+        <v>265</v>
       </c>
       <c r="F159" s="14">
-        <v>76018</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:6" x14ac:dyDescent="0.25">
+        <v>63639</v>
+      </c>
+      <c r="H159" s="16"/>
+    </row>
+    <row r="160" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A160" s="12" t="s">
         <v>320</v>
       </c>
       <c r="B160" s="12" t="s">
         <v>321</v>
       </c>
       <c r="C160" s="13">
-        <v>15.5</v>
+        <v>16</v>
       </c>
       <c r="D160" s="14">
-        <v>118343</v>
+        <v>127808</v>
       </c>
       <c r="E160" s="15">
-        <v>514</v>
+        <v>531</v>
       </c>
       <c r="F160" s="14">
-        <v>117829</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:6" x14ac:dyDescent="0.25">
+        <v>127277</v>
+      </c>
+      <c r="H160" s="16"/>
+    </row>
+    <row r="161" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A161" s="12" t="s">
         <v>322</v>
       </c>
       <c r="B161" s="12" t="s">
         <v>323</v>
       </c>
       <c r="C161" s="13">
-        <v>52.5</v>
+        <v>59</v>
       </c>
       <c r="D161" s="14">
-        <v>400838</v>
+        <v>471292</v>
       </c>
       <c r="E161" s="15">
-        <v>1741</v>
+        <v>1957</v>
       </c>
       <c r="F161" s="14">
-        <v>399097</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:6" x14ac:dyDescent="0.25">
+        <v>469335</v>
+      </c>
+      <c r="H161" s="16"/>
+    </row>
+    <row r="162" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A162" s="12" t="s">
         <v>324</v>
       </c>
       <c r="B162" s="12" t="s">
         <v>325</v>
       </c>
       <c r="C162" s="13">
-        <v>17</v>
+        <v>9.5</v>
       </c>
       <c r="D162" s="14">
-        <v>129795</v>
+        <v>75886</v>
       </c>
       <c r="E162" s="15">
-        <v>564</v>
+        <v>315</v>
       </c>
       <c r="F162" s="14">
-        <v>129231</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:6" x14ac:dyDescent="0.25">
+        <v>75571</v>
+      </c>
+      <c r="H162" s="16"/>
+    </row>
+    <row r="163" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A163" s="12" t="s">
         <v>326</v>
       </c>
       <c r="B163" s="12" t="s">
         <v>327</v>
       </c>
       <c r="C163" s="13">
-        <v>31.5</v>
+        <v>38.5</v>
       </c>
       <c r="D163" s="14">
-        <v>244210</v>
+        <v>307538</v>
       </c>
       <c r="E163" s="15">
-        <v>1045</v>
+        <v>1277</v>
       </c>
       <c r="F163" s="14">
-        <v>243165</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:6" x14ac:dyDescent="0.25">
+        <v>306261</v>
+      </c>
+      <c r="H163" s="16"/>
+    </row>
+    <row r="164" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A164" s="12" t="s">
         <v>328</v>
       </c>
       <c r="B164" s="12" t="s">
         <v>329</v>
       </c>
       <c r="C164" s="13">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="D164" s="14">
-        <v>980321</v>
+        <v>930683</v>
       </c>
       <c r="E164" s="15">
-        <v>4146</v>
+        <v>3881</v>
       </c>
       <c r="F164" s="14">
-        <v>976175</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:6" x14ac:dyDescent="0.25">
+        <v>926802</v>
+      </c>
+      <c r="H164" s="16"/>
+    </row>
+    <row r="165" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A165" s="12" t="s">
         <v>330</v>
       </c>
       <c r="B165" s="12" t="s">
         <v>331</v>
       </c>
       <c r="C165" s="13">
-        <v>24</v>
+        <v>30.5</v>
       </c>
       <c r="D165" s="14">
-        <v>183240</v>
+        <v>243634</v>
       </c>
       <c r="E165" s="15">
-        <v>796</v>
+        <v>1012</v>
       </c>
       <c r="F165" s="14">
-        <v>182444</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:6" x14ac:dyDescent="0.25">
+        <v>242622</v>
+      </c>
+      <c r="H165" s="16"/>
+    </row>
+    <row r="166" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A166" s="12" t="s">
         <v>332</v>
       </c>
       <c r="B166" s="12" t="s">
         <v>333</v>
       </c>
       <c r="C166" s="13">
-        <v>13</v>
+        <v>13.5</v>
       </c>
       <c r="D166" s="14">
-        <v>99255</v>
+        <v>107838</v>
       </c>
       <c r="E166" s="15">
-        <v>431</v>
+        <v>448</v>
       </c>
       <c r="F166" s="14">
-        <v>98824</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:6" x14ac:dyDescent="0.25">
+        <v>107390</v>
+      </c>
+      <c r="H166" s="16"/>
+    </row>
+    <row r="167" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A167" s="12" t="s">
         <v>334</v>
       </c>
       <c r="B167" s="12" t="s">
         <v>335</v>
       </c>
       <c r="C167" s="13">
-        <v>8.5</v>
+        <v>9.5</v>
       </c>
       <c r="D167" s="14">
-        <v>64898</v>
+        <v>75886</v>
       </c>
       <c r="E167" s="15">
-        <v>282</v>
+        <v>315</v>
       </c>
       <c r="F167" s="14">
-        <v>64616</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:6" x14ac:dyDescent="0.25">
+        <v>75571</v>
+      </c>
+      <c r="H167" s="16"/>
+    </row>
+    <row r="168" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A168" s="12" t="s">
         <v>336</v>
       </c>
       <c r="B168" s="12" t="s">
         <v>337</v>
       </c>
       <c r="C168" s="13">
-        <v>21</v>
+        <v>22.5</v>
       </c>
       <c r="D168" s="14">
-        <v>160335</v>
+        <v>179730</v>
       </c>
       <c r="E168" s="15">
-        <v>697</v>
+        <v>746</v>
       </c>
       <c r="F168" s="14">
-        <v>159638</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:6" x14ac:dyDescent="0.25">
+        <v>178984</v>
+      </c>
+      <c r="H168" s="16"/>
+    </row>
+    <row r="169" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A169" s="12" t="s">
         <v>338</v>
       </c>
       <c r="B169" s="12" t="s">
         <v>339</v>
       </c>
       <c r="C169" s="13">
-        <v>13</v>
+        <v>22.5</v>
       </c>
       <c r="D169" s="14">
-        <v>99255</v>
+        <v>179730</v>
       </c>
       <c r="E169" s="15">
-        <v>431</v>
+        <v>746</v>
       </c>
       <c r="F169" s="14">
-        <v>98824</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:6" x14ac:dyDescent="0.25">
+        <v>178984</v>
+      </c>
+      <c r="H169" s="16"/>
+    </row>
+    <row r="170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A170" s="12" t="s">
         <v>340</v>
       </c>
       <c r="B170" s="12" t="s">
         <v>341</v>
       </c>
       <c r="C170" s="13">
-        <v>27.5</v>
+        <v>26.5</v>
       </c>
       <c r="D170" s="14">
-        <v>209963</v>
+        <v>211682</v>
       </c>
       <c r="E170" s="15">
-        <v>912</v>
+        <v>879</v>
       </c>
       <c r="F170" s="14">
-        <v>209051</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:6" x14ac:dyDescent="0.25">
+        <v>210803</v>
+      </c>
+      <c r="H170" s="16"/>
+    </row>
+    <row r="171" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A171" s="12" t="s">
         <v>342</v>
       </c>
       <c r="B171" s="12" t="s">
         <v>343</v>
       </c>
       <c r="C171" s="13">
-        <v>14.5</v>
+        <v>15.5</v>
       </c>
       <c r="D171" s="14">
-        <v>110708</v>
+        <v>123814</v>
       </c>
       <c r="E171" s="15">
-        <v>481</v>
+        <v>514</v>
       </c>
       <c r="F171" s="14">
-        <v>110227</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:6" x14ac:dyDescent="0.25">
+        <v>123300</v>
+      </c>
+      <c r="H171" s="16"/>
+    </row>
+    <row r="172" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A172" s="12" t="s">
         <v>344</v>
       </c>
       <c r="B172" s="12" t="s">
         <v>345</v>
       </c>
       <c r="C172" s="13">
-        <v>17</v>
+        <v>17.5</v>
       </c>
       <c r="D172" s="14">
-        <v>129795</v>
+        <v>139790</v>
       </c>
       <c r="E172" s="15">
-        <v>564</v>
+        <v>580</v>
       </c>
       <c r="F172" s="14">
-        <v>129231</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H172" s="16"/>
+    </row>
+    <row r="173" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A173" s="12" t="s">
         <v>346</v>
       </c>
       <c r="B173" s="12" t="s">
         <v>347</v>
       </c>
       <c r="C173" s="13">
-        <v>17.5</v>
+        <v>18.5</v>
       </c>
       <c r="D173" s="14">
-        <v>133613</v>
+        <v>147778</v>
       </c>
       <c r="E173" s="15">
-        <v>580</v>
+        <v>614</v>
       </c>
       <c r="F173" s="14">
-        <v>133033</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:6" x14ac:dyDescent="0.25">
+        <v>147164</v>
+      </c>
+      <c r="H173" s="16"/>
+    </row>
+    <row r="174" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A174" s="12" t="s">
         <v>348</v>
       </c>
       <c r="B174" s="12" t="s">
         <v>349</v>
       </c>
       <c r="C174" s="13">
-        <v>34.5</v>
+        <v>27</v>
       </c>
       <c r="D174" s="14">
-        <v>263408</v>
+        <v>246980</v>
       </c>
       <c r="E174" s="15">
-        <v>1144</v>
+        <v>896</v>
       </c>
       <c r="F174" s="14">
-        <v>262264</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:6" x14ac:dyDescent="0.25">
+        <v>246084</v>
+      </c>
+      <c r="H174" s="16"/>
+    </row>
+    <row r="175" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A175" s="12" t="s">
         <v>350</v>
       </c>
       <c r="B175" s="12" t="s">
         <v>351</v>
       </c>
       <c r="C175" s="13">
-        <v>18.5</v>
+        <v>14</v>
       </c>
       <c r="D175" s="14">
-        <v>141248</v>
+        <v>111832</v>
       </c>
       <c r="E175" s="15">
-        <v>614</v>
+        <v>464</v>
       </c>
       <c r="F175" s="14">
-        <v>140634</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:6" x14ac:dyDescent="0.25">
+        <v>111368</v>
+      </c>
+      <c r="H175" s="16"/>
+    </row>
+    <row r="176" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A176" s="12" t="s">
         <v>352</v>
       </c>
       <c r="B176" s="12" t="s">
         <v>353</v>
       </c>
       <c r="C176" s="13">
-        <v>11.5</v>
+        <v>14</v>
       </c>
       <c r="D176" s="14">
-        <v>87803</v>
+        <v>111832</v>
       </c>
       <c r="E176" s="15">
-        <v>381</v>
+        <v>464</v>
       </c>
       <c r="F176" s="14">
-        <v>87422</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:6" x14ac:dyDescent="0.25">
+        <v>111368</v>
+      </c>
+      <c r="H176" s="16"/>
+    </row>
+    <row r="177" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A177" s="12" t="s">
         <v>354</v>
       </c>
       <c r="B177" s="12" t="s">
         <v>355</v>
       </c>
       <c r="C177" s="13">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D177" s="14">
-        <v>389385</v>
+        <v>431352</v>
       </c>
       <c r="E177" s="15">
-        <v>1692</v>
+        <v>1791</v>
       </c>
       <c r="F177" s="14">
-        <v>387693</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:6" x14ac:dyDescent="0.25">
+        <v>429561</v>
+      </c>
+      <c r="H177" s="16"/>
+    </row>
+    <row r="178" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A178" s="12" t="s">
         <v>356</v>
       </c>
       <c r="B178" s="12" t="s">
         <v>357</v>
       </c>
       <c r="C178" s="13">
-        <v>142</v>
+        <v>125.5</v>
       </c>
       <c r="D178" s="14">
-        <v>1084170</v>
+        <v>1002494</v>
       </c>
       <c r="E178" s="15">
-        <v>4710</v>
+        <v>4163</v>
       </c>
       <c r="F178" s="14">
-        <v>1079460</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:6" x14ac:dyDescent="0.25">
+        <v>998331</v>
+      </c>
+      <c r="H178" s="16"/>
+    </row>
+    <row r="179" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A179" s="12" t="s">
         <v>358</v>
       </c>
       <c r="B179" s="12" t="s">
         <v>359</v>
       </c>
       <c r="C179" s="13">
-        <v>9.5</v>
+        <v>12</v>
       </c>
       <c r="D179" s="14">
-        <v>72533</v>
+        <v>95856</v>
       </c>
       <c r="E179" s="15">
-        <v>315</v>
+        <v>398</v>
       </c>
       <c r="F179" s="14">
-        <v>72218</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:6" x14ac:dyDescent="0.25">
+        <v>95458</v>
+      </c>
+      <c r="H179" s="16"/>
+    </row>
+    <row r="180" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A180" s="12" t="s">
         <v>360</v>
       </c>
       <c r="B180" s="12" t="s">
         <v>361</v>
       </c>
       <c r="C180" s="13">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D180" s="14">
-        <v>687150</v>
+        <v>734896</v>
       </c>
       <c r="E180" s="15">
-        <v>2985</v>
+        <v>3052</v>
       </c>
       <c r="F180" s="14">
-        <v>684165</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:6" x14ac:dyDescent="0.25">
+        <v>731844</v>
+      </c>
+      <c r="H180" s="16"/>
+    </row>
+    <row r="181" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A181" s="12" t="s">
         <v>362</v>
       </c>
       <c r="B181" s="12" t="s">
         <v>363</v>
       </c>
       <c r="C181" s="13">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="D181" s="14">
-        <v>0</v>
+        <v>95856</v>
       </c>
       <c r="E181" s="15">
-        <v>0</v>
+        <v>398</v>
       </c>
       <c r="F181" s="14">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:6" x14ac:dyDescent="0.25">
+        <v>95458</v>
+      </c>
+      <c r="H181" s="16"/>
+    </row>
+    <row r="182" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A182" s="12" t="s">
         <v>364</v>
       </c>
       <c r="B182" s="12" t="s">
         <v>365</v>
       </c>
       <c r="C182" s="13">
-        <v>10.5</v>
+        <v>9</v>
       </c>
       <c r="D182" s="14">
-        <v>80168</v>
+        <v>71892</v>
       </c>
       <c r="E182" s="15">
-        <v>348</v>
+        <v>299</v>
       </c>
       <c r="F182" s="14">
-        <v>79820</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:6" x14ac:dyDescent="0.25">
+        <v>71593</v>
+      </c>
+      <c r="H182" s="16"/>
+    </row>
+    <row r="183" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A183" s="12" t="s">
         <v>366</v>
       </c>
       <c r="B183" s="12" t="s">
         <v>367</v>
       </c>
       <c r="C183" s="13">
-        <v>36.5</v>
+        <v>35</v>
       </c>
       <c r="D183" s="14">
-        <v>278678</v>
+        <v>279580</v>
       </c>
       <c r="E183" s="15">
-        <v>1211</v>
+        <v>1161</v>
       </c>
       <c r="F183" s="14">
-        <v>277467</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:6" x14ac:dyDescent="0.25">
+        <v>278419</v>
+      </c>
+      <c r="H183" s="16"/>
+    </row>
+    <row r="184" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A184" s="12" t="s">
         <v>368</v>
       </c>
       <c r="B184" s="12" t="s">
         <v>369</v>
       </c>
       <c r="C184" s="13">
-        <v>11</v>
+        <v>13.5</v>
       </c>
       <c r="D184" s="14">
-        <v>80278</v>
+        <v>107838</v>
       </c>
       <c r="E184" s="15">
-        <v>365</v>
+        <v>448</v>
       </c>
       <c r="F184" s="14">
-        <v>79913</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:6" x14ac:dyDescent="0.25">
+        <v>107390</v>
+      </c>
+      <c r="H184" s="16"/>
+    </row>
+    <row r="185" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A185" s="12" t="s">
         <v>370</v>
       </c>
       <c r="B185" s="12" t="s">
         <v>371</v>
       </c>
       <c r="C185" s="13">
-        <v>15</v>
+        <v>16.5</v>
       </c>
       <c r="D185" s="14">
-        <v>114525</v>
+        <v>131802</v>
       </c>
       <c r="E185" s="15">
-        <v>498</v>
+        <v>547</v>
       </c>
       <c r="F185" s="14">
-        <v>114027</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:6" x14ac:dyDescent="0.25">
+        <v>131255</v>
+      </c>
+      <c r="H185" s="16"/>
+    </row>
+    <row r="186" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A186" s="12" t="s">
         <v>372</v>
       </c>
       <c r="B186" s="12" t="s">
         <v>373</v>
       </c>
       <c r="C186" s="13">
-        <v>30.5</v>
+        <v>26.5</v>
       </c>
       <c r="D186" s="14">
-        <v>232868</v>
+        <v>207769</v>
       </c>
       <c r="E186" s="15">
-        <v>1012</v>
+        <v>879</v>
       </c>
       <c r="F186" s="14">
-        <v>231856</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:6" x14ac:dyDescent="0.25">
+        <v>206890</v>
+      </c>
+      <c r="H186" s="16"/>
+    </row>
+    <row r="187" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A187" s="12" t="s">
         <v>374</v>
       </c>
       <c r="B187" s="12" t="s">
         <v>375</v>
       </c>
       <c r="C187" s="13">
-        <v>16.5</v>
+        <v>13.5</v>
       </c>
       <c r="D187" s="14">
-        <v>125978</v>
+        <v>107838</v>
       </c>
       <c r="E187" s="15">
-        <v>547</v>
+        <v>448</v>
       </c>
       <c r="F187" s="14">
-        <v>125431</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:6" x14ac:dyDescent="0.25">
+        <v>107390</v>
+      </c>
+      <c r="H187" s="16"/>
+    </row>
+    <row r="188" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A188" s="12" t="s">
         <v>376</v>
       </c>
       <c r="B188" s="12" t="s">
         <v>377</v>
       </c>
       <c r="C188" s="13">
-        <v>29.5</v>
+        <v>28</v>
       </c>
       <c r="D188" s="14">
-        <v>225233</v>
+        <v>223664</v>
       </c>
       <c r="E188" s="15">
-        <v>979</v>
+        <v>929</v>
       </c>
       <c r="F188" s="14">
-        <v>224254</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:6" x14ac:dyDescent="0.25">
+        <v>222735</v>
+      </c>
+      <c r="H188" s="16"/>
+    </row>
+    <row r="189" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A189" s="12" t="s">
         <v>378</v>
       </c>
       <c r="B189" s="12" t="s">
         <v>379</v>
       </c>
       <c r="C189" s="13">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D189" s="14">
-        <v>68715</v>
+        <v>52003</v>
       </c>
       <c r="E189" s="15">
-        <v>299</v>
+        <v>232</v>
       </c>
       <c r="F189" s="14">
-        <v>68416</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:6" x14ac:dyDescent="0.25">
+        <v>51771</v>
+      </c>
+      <c r="H189" s="16"/>
+    </row>
+    <row r="190" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A190" s="12" t="s">
         <v>380</v>
       </c>
       <c r="B190" s="12" t="s">
         <v>381</v>
       </c>
       <c r="C190" s="13">
-        <v>8.5</v>
+        <v>9.5</v>
       </c>
       <c r="D190" s="14">
-        <v>61191</v>
+        <v>75886</v>
       </c>
       <c r="E190" s="15">
-        <v>282</v>
+        <v>315</v>
       </c>
       <c r="F190" s="14">
-        <v>60909</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:6" x14ac:dyDescent="0.25">
+        <v>75571</v>
+      </c>
+      <c r="H190" s="16"/>
+    </row>
+    <row r="191" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A191" s="12" t="s">
         <v>382</v>
       </c>
       <c r="B191" s="12" t="s">
         <v>383</v>
       </c>
       <c r="C191" s="13">
-        <v>7</v>
+        <v>5.5</v>
       </c>
       <c r="D191" s="14">
-        <v>53445</v>
+        <v>43934</v>
       </c>
       <c r="E191" s="15">
-        <v>232</v>
+        <v>182</v>
       </c>
       <c r="F191" s="14">
-        <v>53213</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:6" x14ac:dyDescent="0.25">
+        <v>43752</v>
+      </c>
+      <c r="H191" s="16"/>
+    </row>
+    <row r="192" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A192" s="12" t="s">
         <v>384</v>
       </c>
       <c r="B192" s="12" t="s">
         <v>385</v>
       </c>
       <c r="C192" s="13">
-        <v>2.5</v>
+        <v>4.5</v>
       </c>
       <c r="D192" s="14">
-        <v>19088</v>
+        <v>35946</v>
       </c>
       <c r="E192" s="15">
-        <v>83</v>
+        <v>149</v>
       </c>
       <c r="F192" s="14">
-        <v>19005</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:6" x14ac:dyDescent="0.25">
+        <v>35797</v>
+      </c>
+      <c r="H192" s="16"/>
+    </row>
+    <row r="193" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A193" s="12" t="s">
         <v>386</v>
       </c>
       <c r="B193" s="12" t="s">
         <v>387</v>
       </c>
       <c r="C193" s="13">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D193" s="14">
-        <v>129795</v>
+        <v>119820</v>
       </c>
       <c r="E193" s="15">
-        <v>564</v>
+        <v>498</v>
       </c>
       <c r="F193" s="14">
-        <v>129231</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:6" x14ac:dyDescent="0.25">
+        <v>119322</v>
+      </c>
+      <c r="H193" s="16"/>
+    </row>
+    <row r="194" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A194" s="12" t="s">
         <v>388</v>
       </c>
       <c r="B194" s="12" t="s">
         <v>389</v>
       </c>
       <c r="C194" s="13">
-        <v>36.5</v>
+        <v>37</v>
       </c>
       <c r="D194" s="14">
-        <v>278678</v>
+        <v>295556</v>
       </c>
       <c r="E194" s="15">
-        <v>1211</v>
+        <v>1227</v>
       </c>
       <c r="F194" s="14">
-        <v>277467</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:6" x14ac:dyDescent="0.25">
+        <v>294329</v>
+      </c>
+      <c r="H194" s="16"/>
+    </row>
+    <row r="195" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A195" s="12" t="s">
         <v>390</v>
       </c>
       <c r="B195" s="12" t="s">
         <v>391</v>
       </c>
       <c r="C195" s="13">
-        <v>22.5</v>
+        <v>27</v>
       </c>
       <c r="D195" s="14">
-        <v>171788</v>
+        <v>215676</v>
       </c>
       <c r="E195" s="15">
-        <v>746</v>
+        <v>896</v>
       </c>
       <c r="F195" s="14">
-        <v>171042</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:6" x14ac:dyDescent="0.25">
+        <v>214780</v>
+      </c>
+      <c r="H195" s="16"/>
+    </row>
+    <row r="196" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A196" s="12" t="s">
         <v>392</v>
       </c>
       <c r="B196" s="12" t="s">
         <v>393</v>
       </c>
       <c r="C196" s="13">
-        <v>11.5</v>
+        <v>7</v>
       </c>
       <c r="D196" s="14">
-        <v>87803</v>
+        <v>55916</v>
       </c>
       <c r="E196" s="15">
-        <v>381</v>
+        <v>232</v>
       </c>
       <c r="F196" s="14">
-        <v>87422</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:6" x14ac:dyDescent="0.25">
+        <v>55684</v>
+      </c>
+      <c r="H196" s="16"/>
+    </row>
+    <row r="197" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A197" s="12" t="s">
         <v>394</v>
       </c>
       <c r="B197" s="12" t="s">
         <v>395</v>
       </c>
       <c r="C197" s="13">
-        <v>118.5</v>
+        <v>109</v>
       </c>
       <c r="D197" s="14">
-        <v>901041</v>
+        <v>870692</v>
       </c>
       <c r="E197" s="15">
-        <v>3931</v>
+        <v>3616</v>
       </c>
       <c r="F197" s="14">
-        <v>897110</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:6" x14ac:dyDescent="0.25">
+        <v>867076</v>
+      </c>
+      <c r="H197" s="16"/>
+    </row>
+    <row r="198" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A198" s="12" t="s">
         <v>396</v>
       </c>
       <c r="B198" s="12" t="s">
         <v>397</v>
       </c>
       <c r="C198" s="13">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D198" s="14">
-        <v>145065</v>
+        <v>167748</v>
       </c>
       <c r="E198" s="15">
-        <v>630</v>
+        <v>697</v>
       </c>
       <c r="F198" s="14">
-        <v>144435</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:6" x14ac:dyDescent="0.25">
+        <v>167051</v>
+      </c>
+      <c r="H198" s="16"/>
+    </row>
+    <row r="199" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A199" s="12" t="s">
         <v>398</v>
       </c>
       <c r="B199" s="12" t="s">
         <v>399</v>
       </c>
       <c r="C199" s="13">
-        <v>37.5</v>
+        <v>42.5</v>
       </c>
       <c r="D199" s="14">
-        <v>286313</v>
+        <v>339490</v>
       </c>
       <c r="E199" s="15">
-        <v>1244</v>
+        <v>1410</v>
       </c>
       <c r="F199" s="14">
-        <v>285069</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:6" x14ac:dyDescent="0.25">
+        <v>338080</v>
+      </c>
+      <c r="H199" s="16"/>
+    </row>
+    <row r="200" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A200" s="12" t="s">
         <v>400</v>
       </c>
       <c r="B200" s="12" t="s">
         <v>401</v>
       </c>
       <c r="C200" s="13">
-        <v>31.5</v>
+        <v>39.5</v>
       </c>
       <c r="D200" s="14">
-        <v>240503</v>
+        <v>315526</v>
       </c>
       <c r="E200" s="15">
-        <v>1045</v>
+        <v>1310</v>
       </c>
       <c r="F200" s="14">
-        <v>239458</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:6" x14ac:dyDescent="0.25">
+        <v>314216</v>
+      </c>
+      <c r="H200" s="16"/>
+    </row>
+    <row r="201" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A201" s="12" t="s">
         <v>402</v>
       </c>
       <c r="B201" s="12" t="s">
         <v>403</v>
       </c>
       <c r="C201" s="13">
-        <v>11</v>
+        <v>8.5</v>
       </c>
       <c r="D201" s="14">
-        <v>83985</v>
+        <v>67898</v>
       </c>
       <c r="E201" s="15">
-        <v>365</v>
+        <v>282</v>
       </c>
       <c r="F201" s="14">
-        <v>83620</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:6" x14ac:dyDescent="0.25">
+        <v>67616</v>
+      </c>
+      <c r="H201" s="16"/>
+    </row>
+    <row r="202" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A202" s="12" t="s">
         <v>404</v>
       </c>
       <c r="B202" s="12" t="s">
         <v>405</v>
       </c>
       <c r="C202" s="13">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D202" s="14">
-        <v>114525</v>
+        <v>135796</v>
       </c>
       <c r="E202" s="15">
-        <v>498</v>
+        <v>564</v>
       </c>
       <c r="F202" s="14">
-        <v>114027</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:6" x14ac:dyDescent="0.25">
+        <v>135232</v>
+      </c>
+      <c r="H202" s="16"/>
+    </row>
+    <row r="203" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A203" s="12" t="s">
         <v>406</v>
       </c>
       <c r="B203" s="12" t="s">
         <v>407</v>
       </c>
       <c r="C203" s="13">
-        <v>53.5</v>
+        <v>37.5</v>
       </c>
       <c r="D203" s="14">
-        <v>408473</v>
+        <v>299550</v>
       </c>
       <c r="E203" s="15">
-        <v>1775</v>
+        <v>1244</v>
       </c>
       <c r="F203" s="14">
-        <v>406698</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:6" x14ac:dyDescent="0.25">
+        <v>298306</v>
+      </c>
+      <c r="H203" s="16"/>
+    </row>
+    <row r="204" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A204" s="12" t="s">
         <v>408</v>
       </c>
       <c r="B204" s="12" t="s">
         <v>409</v>
       </c>
       <c r="C204" s="13">
         <v>11</v>
       </c>
       <c r="D204" s="14">
-        <v>83985</v>
+        <v>177867</v>
       </c>
       <c r="E204" s="15">
         <v>365</v>
       </c>
       <c r="F204" s="14">
-        <v>83620</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:6" x14ac:dyDescent="0.25">
+        <v>177502</v>
+      </c>
+      <c r="H204" s="16"/>
+    </row>
+    <row r="205" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A205" s="12" t="s">
         <v>410</v>
       </c>
       <c r="B205" s="12" t="s">
         <v>411</v>
       </c>
       <c r="C205" s="13">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
       <c r="D205" s="14">
-        <v>110708</v>
+        <v>107838</v>
       </c>
       <c r="E205" s="15">
-        <v>481</v>
+        <v>448</v>
       </c>
       <c r="F205" s="14">
-        <v>110227</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:6" x14ac:dyDescent="0.25">
+        <v>107390</v>
+      </c>
+      <c r="H205" s="16"/>
+    </row>
+    <row r="206" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A206" s="12" t="s">
         <v>412</v>
       </c>
       <c r="B206" s="12" t="s">
         <v>413</v>
       </c>
       <c r="C206" s="13">
-        <v>18.5</v>
+        <v>13.5</v>
       </c>
       <c r="D206" s="14">
-        <v>141248</v>
+        <v>103925</v>
       </c>
       <c r="E206" s="15">
-        <v>614</v>
+        <v>448</v>
       </c>
       <c r="F206" s="14">
-        <v>140634</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:6" x14ac:dyDescent="0.25">
+        <v>103477</v>
+      </c>
+      <c r="H206" s="16"/>
+    </row>
+    <row r="207" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A207" s="12" t="s">
         <v>414</v>
       </c>
       <c r="B207" s="12" t="s">
         <v>415</v>
       </c>
       <c r="C207" s="13">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D207" s="14">
-        <v>236685</v>
+        <v>223664</v>
       </c>
       <c r="E207" s="15">
-        <v>1028</v>
+        <v>929</v>
       </c>
       <c r="F207" s="14">
-        <v>235657</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:6" x14ac:dyDescent="0.25">
+        <v>222735</v>
+      </c>
+      <c r="H207" s="16"/>
+    </row>
+    <row r="208" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A208" s="12" t="s">
         <v>416</v>
       </c>
       <c r="B208" s="12" t="s">
         <v>417</v>
       </c>
       <c r="C208" s="13">
-        <v>16</v>
+        <v>13.5</v>
       </c>
       <c r="D208" s="14">
-        <v>122160</v>
+        <v>107838</v>
       </c>
       <c r="E208" s="15">
-        <v>531</v>
+        <v>448</v>
       </c>
       <c r="F208" s="14">
-        <v>121629</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:6" x14ac:dyDescent="0.25">
+        <v>107390</v>
+      </c>
+      <c r="H208" s="16"/>
+    </row>
+    <row r="209" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A209" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B209" s="12" t="s">
         <v>419</v>
       </c>
       <c r="C209" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D209" s="14">
-        <v>91620</v>
+        <v>87868</v>
       </c>
       <c r="E209" s="15">
-        <v>398</v>
+        <v>365</v>
       </c>
       <c r="F209" s="14">
-        <v>91222</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:6" x14ac:dyDescent="0.25">
+        <v>87503</v>
+      </c>
+      <c r="H209" s="16"/>
+    </row>
+    <row r="210" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A210" s="12" t="s">
         <v>420</v>
       </c>
       <c r="B210" s="12" t="s">
         <v>421</v>
       </c>
       <c r="C210" s="13">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D210" s="14">
-        <v>76350</v>
+        <v>103844</v>
       </c>
       <c r="E210" s="15">
-        <v>332</v>
+        <v>431</v>
       </c>
       <c r="F210" s="14">
-        <v>76018</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:6" x14ac:dyDescent="0.25">
+        <v>103413</v>
+      </c>
+      <c r="H210" s="16"/>
+    </row>
+    <row r="211" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A211" s="12" t="s">
         <v>422</v>
       </c>
       <c r="B211" s="12" t="s">
         <v>423</v>
       </c>
       <c r="C211" s="13">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D211" s="14">
-        <v>99255</v>
+        <v>87868</v>
       </c>
       <c r="E211" s="15">
-        <v>431</v>
+        <v>365</v>
       </c>
       <c r="F211" s="14">
-        <v>98824</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:6" x14ac:dyDescent="0.25">
+        <v>87503</v>
+      </c>
+      <c r="H211" s="16"/>
+    </row>
+    <row r="212" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A212" s="12" t="s">
         <v>424</v>
       </c>
       <c r="B212" s="12" t="s">
         <v>425</v>
       </c>
       <c r="C212" s="13">
-        <v>52.5</v>
+        <v>54.5</v>
       </c>
       <c r="D212" s="14">
-        <v>400838</v>
+        <v>435346</v>
       </c>
       <c r="E212" s="15">
-        <v>1741</v>
+        <v>1808</v>
       </c>
       <c r="F212" s="14">
-        <v>399097</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:6" x14ac:dyDescent="0.25">
+        <v>433538</v>
+      </c>
+      <c r="H212" s="16"/>
+    </row>
+    <row r="213" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A213" s="12" t="s">
         <v>426</v>
       </c>
       <c r="B213" s="12" t="s">
         <v>427</v>
       </c>
       <c r="C213" s="13">
-        <v>72.5</v>
+        <v>67</v>
       </c>
       <c r="D213" s="14">
-        <v>553538</v>
+        <v>535196</v>
       </c>
       <c r="E213" s="15">
-        <v>2405</v>
+        <v>2222</v>
       </c>
       <c r="F213" s="14">
-        <v>551133</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:6" x14ac:dyDescent="0.25">
+        <v>532974</v>
+      </c>
+      <c r="H213" s="16"/>
+    </row>
+    <row r="214" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A214" s="12" t="s">
         <v>428</v>
       </c>
       <c r="B214" s="12" t="s">
         <v>429</v>
       </c>
       <c r="C214" s="13">
-        <v>17</v>
+        <v>12.5</v>
       </c>
       <c r="D214" s="14">
-        <v>129795</v>
+        <v>99850</v>
       </c>
       <c r="E214" s="15">
-        <v>564</v>
+        <v>415</v>
       </c>
       <c r="F214" s="14">
-        <v>129231</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:6" x14ac:dyDescent="0.25">
+        <v>99435</v>
+      </c>
+      <c r="H214" s="16"/>
+    </row>
+    <row r="215" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A215" s="12" t="s">
         <v>430</v>
       </c>
       <c r="B215" s="12" t="s">
         <v>431</v>
       </c>
       <c r="C215" s="13">
-        <v>9.5</v>
+        <v>7</v>
       </c>
       <c r="D215" s="14">
-        <v>72533</v>
+        <v>55916</v>
       </c>
       <c r="E215" s="15">
-        <v>315</v>
+        <v>232</v>
       </c>
       <c r="F215" s="14">
-        <v>72218</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:6" x14ac:dyDescent="0.25">
+        <v>55684</v>
+      </c>
+      <c r="H215" s="16"/>
+    </row>
+    <row r="216" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A216" s="12" t="s">
         <v>432</v>
       </c>
       <c r="B216" s="12" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="13">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D216" s="14">
-        <v>152700</v>
+        <v>135796</v>
       </c>
       <c r="E216" s="15">
-        <v>663</v>
+        <v>564</v>
       </c>
       <c r="F216" s="14">
-        <v>152037</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:6" x14ac:dyDescent="0.25">
+        <v>135232</v>
+      </c>
+      <c r="H216" s="16"/>
+    </row>
+    <row r="217" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A217" s="12" t="s">
         <v>434</v>
       </c>
       <c r="B217" s="12" t="s">
         <v>435</v>
       </c>
       <c r="C217" s="13">
-        <v>20.5</v>
+        <v>20</v>
       </c>
       <c r="D217" s="14">
-        <v>156518</v>
+        <v>159760</v>
       </c>
       <c r="E217" s="15">
-        <v>680</v>
+        <v>663</v>
       </c>
       <c r="F217" s="14">
-        <v>155838</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:6" x14ac:dyDescent="0.25">
+        <v>159097</v>
+      </c>
+      <c r="H217" s="16"/>
+    </row>
+    <row r="218" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A218" s="12" t="s">
         <v>436</v>
       </c>
       <c r="B218" s="12" t="s">
         <v>437</v>
       </c>
       <c r="C218" s="13">
-        <v>58</v>
+        <v>58.5</v>
       </c>
       <c r="D218" s="14">
-        <v>442830</v>
+        <v>467298</v>
       </c>
       <c r="E218" s="15">
-        <v>1924</v>
+        <v>1940</v>
       </c>
       <c r="F218" s="14">
-        <v>440906</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:6" x14ac:dyDescent="0.25">
+        <v>465358</v>
+      </c>
+      <c r="H218" s="16"/>
+    </row>
+    <row r="219" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A219" s="12" t="s">
         <v>438</v>
       </c>
       <c r="B219" s="12" t="s">
         <v>439</v>
       </c>
       <c r="C219" s="13">
-        <v>23.5</v>
+        <v>22</v>
       </c>
       <c r="D219" s="14">
-        <v>179423</v>
+        <v>175736</v>
       </c>
       <c r="E219" s="15">
-        <v>779</v>
+        <v>730</v>
       </c>
       <c r="F219" s="14">
-        <v>178644</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:6" x14ac:dyDescent="0.25">
+        <v>175006</v>
+      </c>
+      <c r="H219" s="16"/>
+    </row>
+    <row r="220" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A220" s="12" t="s">
         <v>440</v>
       </c>
       <c r="B220" s="12" t="s">
         <v>441</v>
       </c>
       <c r="C220" s="13">
-        <v>18.5</v>
+        <v>17.5</v>
       </c>
       <c r="D220" s="14">
-        <v>141248</v>
+        <v>139790</v>
       </c>
       <c r="E220" s="15">
-        <v>614</v>
+        <v>580</v>
       </c>
       <c r="F220" s="14">
-        <v>140634</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H220" s="16"/>
+    </row>
+    <row r="221" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A221" s="12" t="s">
         <v>442</v>
       </c>
       <c r="B221" s="12" t="s">
         <v>443</v>
       </c>
       <c r="C221" s="13">
-        <v>21.5</v>
+        <v>23</v>
       </c>
       <c r="D221" s="14">
-        <v>164153</v>
+        <v>183724</v>
       </c>
       <c r="E221" s="15">
-        <v>713</v>
+        <v>763</v>
       </c>
       <c r="F221" s="14">
-        <v>163440</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:6" x14ac:dyDescent="0.25">
+        <v>182961</v>
+      </c>
+      <c r="H221" s="16"/>
+    </row>
+    <row r="222" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A222" s="12" t="s">
         <v>444</v>
       </c>
       <c r="B222" s="12" t="s">
         <v>445</v>
       </c>
       <c r="C222" s="13">
-        <v>34</v>
+        <v>30.5</v>
       </c>
       <c r="D222" s="14">
-        <v>259590</v>
+        <v>243634</v>
       </c>
       <c r="E222" s="15">
-        <v>1128</v>
+        <v>1012</v>
       </c>
       <c r="F222" s="14">
-        <v>258462</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:6" x14ac:dyDescent="0.25">
+        <v>242622</v>
+      </c>
+      <c r="H222" s="16"/>
+    </row>
+    <row r="223" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A223" s="12" t="s">
         <v>446</v>
       </c>
       <c r="B223" s="12" t="s">
         <v>447</v>
       </c>
       <c r="C223" s="13">
-        <v>5</v>
+        <v>6.5</v>
       </c>
       <c r="D223" s="14">
-        <v>38175</v>
+        <v>51922</v>
       </c>
       <c r="E223" s="15">
-        <v>166</v>
+        <v>216</v>
       </c>
       <c r="F223" s="14">
-        <v>38009</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:6" x14ac:dyDescent="0.25">
+        <v>51706</v>
+      </c>
+      <c r="H223" s="16"/>
+    </row>
+    <row r="224" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A224" s="12" t="s">
         <v>448</v>
       </c>
       <c r="B224" s="12" t="s">
         <v>449</v>
       </c>
       <c r="C224" s="13">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D224" s="14">
-        <v>15270</v>
+        <v>39940</v>
       </c>
       <c r="E224" s="15">
-        <v>66</v>
+        <v>166</v>
       </c>
       <c r="F224" s="14">
-        <v>15204</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:6" x14ac:dyDescent="0.25">
+        <v>39774</v>
+      </c>
+      <c r="H224" s="16"/>
+    </row>
+    <row r="225" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A225" s="12" t="s">
         <v>450</v>
       </c>
       <c r="B225" s="12" t="s">
         <v>451</v>
       </c>
       <c r="C225" s="13">
-        <v>31.5</v>
+        <v>29</v>
       </c>
       <c r="D225" s="14">
-        <v>240503</v>
+        <v>231652</v>
       </c>
       <c r="E225" s="15">
-        <v>1045</v>
+        <v>962</v>
       </c>
       <c r="F225" s="14">
-        <v>239458</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:6" x14ac:dyDescent="0.25">
+        <v>230690</v>
+      </c>
+      <c r="H225" s="16"/>
+    </row>
+    <row r="226" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A226" s="12" t="s">
         <v>452</v>
       </c>
       <c r="B226" s="12" t="s">
         <v>453</v>
       </c>
       <c r="C226" s="13">
-        <v>59.5</v>
+        <v>64.5</v>
       </c>
       <c r="D226" s="14">
-        <v>454283</v>
+        <v>515226</v>
       </c>
       <c r="E226" s="15">
-        <v>1974</v>
+        <v>2139</v>
       </c>
       <c r="F226" s="14">
-        <v>452309</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:6" x14ac:dyDescent="0.25">
+        <v>513087</v>
+      </c>
+      <c r="H226" s="16"/>
+    </row>
+    <row r="227" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A227" s="12" t="s">
         <v>454</v>
       </c>
       <c r="B227" s="12" t="s">
         <v>455</v>
       </c>
       <c r="C227" s="13">
-        <v>123</v>
+        <v>126.5</v>
       </c>
       <c r="D227" s="14">
-        <v>939105</v>
+        <v>1010482</v>
       </c>
       <c r="E227" s="15">
-        <v>4080</v>
+        <v>4196</v>
       </c>
       <c r="F227" s="14">
-        <v>935025</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:6" x14ac:dyDescent="0.25">
+        <v>1006286</v>
+      </c>
+      <c r="H227" s="16"/>
+    </row>
+    <row r="228" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A228" s="12" t="s">
         <v>456</v>
       </c>
       <c r="B228" s="12" t="s">
         <v>457</v>
       </c>
       <c r="C228" s="13">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D228" s="14">
-        <v>213780</v>
+        <v>215676</v>
       </c>
       <c r="E228" s="15">
-        <v>929</v>
+        <v>896</v>
       </c>
       <c r="F228" s="14">
-        <v>212851</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:6" x14ac:dyDescent="0.25">
+        <v>214780</v>
+      </c>
+      <c r="H228" s="16"/>
+    </row>
+    <row r="229" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A229" s="12" t="s">
         <v>458</v>
       </c>
       <c r="B229" s="12" t="s">
         <v>459</v>
       </c>
       <c r="C229" s="13">
-        <v>17</v>
+        <v>13.5</v>
       </c>
       <c r="D229" s="14">
-        <v>129795</v>
+        <v>107838</v>
       </c>
       <c r="E229" s="15">
-        <v>564</v>
+        <v>448</v>
       </c>
       <c r="F229" s="14">
-        <v>129231</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:6" x14ac:dyDescent="0.25">
+        <v>107390</v>
+      </c>
+      <c r="H229" s="16"/>
+    </row>
+    <row r="230" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A230" s="12" t="s">
         <v>460</v>
       </c>
       <c r="B230" s="12" t="s">
         <v>461</v>
       </c>
       <c r="C230" s="13">
-        <v>5.5</v>
+        <v>4.5</v>
       </c>
       <c r="D230" s="14">
-        <v>41993</v>
+        <v>35946</v>
       </c>
       <c r="E230" s="15">
-        <v>182</v>
+        <v>149</v>
       </c>
       <c r="F230" s="14">
-        <v>41811</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:6" x14ac:dyDescent="0.25">
+        <v>35797</v>
+      </c>
+      <c r="H230" s="16"/>
+    </row>
+    <row r="231" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A231" s="12" t="s">
         <v>462</v>
       </c>
       <c r="B231" s="12" t="s">
         <v>463</v>
       </c>
       <c r="C231" s="13">
-        <v>19.5</v>
+        <v>17</v>
       </c>
       <c r="D231" s="14">
-        <v>148883</v>
+        <v>135796</v>
       </c>
       <c r="E231" s="15">
-        <v>647</v>
+        <v>564</v>
       </c>
       <c r="F231" s="14">
-        <v>148236</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:6" x14ac:dyDescent="0.25">
+        <v>135232</v>
+      </c>
+      <c r="H231" s="16"/>
+    </row>
+    <row r="232" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A232" s="12" t="s">
         <v>464</v>
       </c>
       <c r="B232" s="12" t="s">
         <v>465</v>
       </c>
       <c r="C232" s="13">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="D232" s="14">
-        <v>442830</v>
+        <v>519220</v>
       </c>
       <c r="E232" s="15">
-        <v>1924</v>
+        <v>2156</v>
       </c>
       <c r="F232" s="14">
-        <v>440906</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:6" x14ac:dyDescent="0.25">
+        <v>517064</v>
+      </c>
+      <c r="H232" s="16"/>
+    </row>
+    <row r="233" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A233" s="12" t="s">
         <v>466</v>
       </c>
       <c r="B233" s="12" t="s">
         <v>467</v>
       </c>
       <c r="C233" s="13">
-        <v>45.5</v>
+        <v>32.5</v>
       </c>
       <c r="D233" s="14">
-        <v>347393</v>
+        <v>259610</v>
       </c>
       <c r="E233" s="15">
-        <v>1509</v>
+        <v>1078</v>
       </c>
       <c r="F233" s="14">
-        <v>345884</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:6" x14ac:dyDescent="0.25">
+        <v>258532</v>
+      </c>
+      <c r="H233" s="16"/>
+    </row>
+    <row r="234" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A234" s="12" t="s">
         <v>468</v>
       </c>
       <c r="B234" s="12" t="s">
         <v>469</v>
       </c>
       <c r="C234" s="13">
-        <v>110.5</v>
+        <v>97.5</v>
       </c>
       <c r="D234" s="14">
-        <v>858494</v>
+        <v>778830</v>
       </c>
       <c r="E234" s="15">
-        <v>3665</v>
+        <v>3234</v>
       </c>
       <c r="F234" s="14">
-        <v>854829</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:6" x14ac:dyDescent="0.25">
+        <v>775596</v>
+      </c>
+      <c r="H234" s="16"/>
+    </row>
+    <row r="235" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A235" s="12" t="s">
         <v>470</v>
       </c>
       <c r="B235" s="12" t="s">
         <v>471</v>
       </c>
       <c r="C235" s="13">
-        <v>14.5</v>
+        <v>20.5</v>
       </c>
       <c r="D235" s="14">
-        <v>110708</v>
+        <v>163754</v>
       </c>
       <c r="E235" s="15">
-        <v>481</v>
+        <v>680</v>
       </c>
       <c r="F235" s="14">
-        <v>110227</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:6" x14ac:dyDescent="0.25">
+        <v>163074</v>
+      </c>
+      <c r="H235" s="16"/>
+    </row>
+    <row r="236" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A236" s="12" t="s">
         <v>472</v>
       </c>
       <c r="B236" s="12" t="s">
         <v>473</v>
       </c>
       <c r="C236" s="13">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D236" s="14">
-        <v>145065</v>
+        <v>119820</v>
       </c>
       <c r="E236" s="15">
-        <v>630</v>
+        <v>498</v>
       </c>
       <c r="F236" s="14">
-        <v>144435</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:6" x14ac:dyDescent="0.25">
+        <v>119322</v>
+      </c>
+      <c r="H236" s="16"/>
+    </row>
+    <row r="237" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A237" s="12" t="s">
         <v>474</v>
       </c>
       <c r="B237" s="12" t="s">
         <v>475</v>
       </c>
       <c r="C237" s="13">
         <v>13.5</v>
       </c>
       <c r="D237" s="14">
-        <v>103073</v>
+        <v>107838</v>
       </c>
       <c r="E237" s="15">
         <v>448</v>
       </c>
       <c r="F237" s="14">
-        <v>102625</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:6" x14ac:dyDescent="0.25">
+        <v>107390</v>
+      </c>
+      <c r="H237" s="16"/>
+    </row>
+    <row r="238" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A238" s="12" t="s">
         <v>476</v>
       </c>
       <c r="B238" s="12" t="s">
         <v>477</v>
       </c>
       <c r="C238" s="13">
-        <v>34.5</v>
+        <v>24.5</v>
       </c>
       <c r="D238" s="14">
-        <v>263408</v>
+        <v>195706</v>
       </c>
       <c r="E238" s="15">
-        <v>1144</v>
+        <v>813</v>
       </c>
       <c r="F238" s="14">
-        <v>262264</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:6" x14ac:dyDescent="0.25">
+        <v>194893</v>
+      </c>
+      <c r="H238" s="16"/>
+    </row>
+    <row r="239" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A239" s="12" t="s">
         <v>478</v>
       </c>
       <c r="B239" s="12" t="s">
         <v>479</v>
       </c>
       <c r="C239" s="13">
-        <v>7</v>
+        <v>6.5</v>
       </c>
       <c r="D239" s="14">
-        <v>53445</v>
+        <v>51922</v>
       </c>
       <c r="E239" s="15">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="F239" s="14">
-        <v>53213</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:6" x14ac:dyDescent="0.25">
+        <v>51706</v>
+      </c>
+      <c r="H239" s="16"/>
+    </row>
+    <row r="240" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A240" s="12" t="s">
         <v>480</v>
       </c>
       <c r="B240" s="12" t="s">
         <v>481</v>
       </c>
       <c r="C240" s="13">
-        <v>15</v>
+        <v>14.5</v>
       </c>
       <c r="D240" s="14">
-        <v>114525</v>
+        <v>115826</v>
       </c>
       <c r="E240" s="15">
-        <v>498</v>
+        <v>481</v>
       </c>
       <c r="F240" s="14">
-        <v>114027</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:6" x14ac:dyDescent="0.25">
+        <v>115345</v>
+      </c>
+      <c r="H240" s="16"/>
+    </row>
+    <row r="241" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A241" s="12" t="s">
         <v>482</v>
       </c>
       <c r="B241" s="12" t="s">
         <v>483</v>
       </c>
       <c r="C241" s="13">
         <v>10</v>
       </c>
       <c r="D241" s="14">
-        <v>76350</v>
+        <v>79880</v>
       </c>
       <c r="E241" s="15">
         <v>332</v>
       </c>
       <c r="F241" s="14">
-        <v>76018</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:6" x14ac:dyDescent="0.25">
+        <v>79548</v>
+      </c>
+      <c r="H241" s="16"/>
+    </row>
+    <row r="242" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A242" s="12" t="s">
         <v>484</v>
       </c>
       <c r="B242" s="12" t="s">
         <v>485</v>
       </c>
       <c r="C242" s="13">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D242" s="14">
-        <v>152700</v>
+        <v>103844</v>
       </c>
       <c r="E242" s="15">
-        <v>663</v>
+        <v>431</v>
       </c>
       <c r="F242" s="14">
-        <v>152037</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:6" x14ac:dyDescent="0.25">
+        <v>103413</v>
+      </c>
+      <c r="H242" s="16"/>
+    </row>
+    <row r="243" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A243" s="12" t="s">
         <v>486</v>
       </c>
       <c r="B243" s="12" t="s">
         <v>487</v>
       </c>
       <c r="C243" s="13">
-        <v>35</v>
+        <v>35.5</v>
       </c>
       <c r="D243" s="14">
-        <v>267225</v>
+        <v>283574</v>
       </c>
       <c r="E243" s="15">
-        <v>1161</v>
+        <v>1178</v>
       </c>
       <c r="F243" s="14">
-        <v>266064</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:6" x14ac:dyDescent="0.25">
+        <v>282396</v>
+      </c>
+      <c r="H243" s="16"/>
+    </row>
+    <row r="244" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A244" s="12" t="s">
         <v>488</v>
       </c>
       <c r="B244" s="12" t="s">
         <v>489</v>
       </c>
       <c r="C244" s="13">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D244" s="14">
-        <v>198510</v>
+        <v>215676</v>
       </c>
       <c r="E244" s="15">
-        <v>862</v>
+        <v>896</v>
       </c>
       <c r="F244" s="14">
-        <v>197648</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:6" x14ac:dyDescent="0.25">
+        <v>214780</v>
+      </c>
+      <c r="H244" s="16"/>
+    </row>
+    <row r="245" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A245" s="12" t="s">
         <v>490</v>
       </c>
       <c r="B245" s="12" t="s">
         <v>491</v>
       </c>
       <c r="C245" s="13">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D245" s="14">
-        <v>83985</v>
+        <v>79880</v>
       </c>
       <c r="E245" s="15">
-        <v>365</v>
+        <v>332</v>
       </c>
       <c r="F245" s="14">
-        <v>83620</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:6" x14ac:dyDescent="0.25">
+        <v>79548</v>
+      </c>
+      <c r="H245" s="16"/>
+    </row>
+    <row r="246" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A246" s="12" t="s">
         <v>492</v>
       </c>
       <c r="B246" s="12" t="s">
         <v>493</v>
       </c>
       <c r="C246" s="13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D246" s="14">
-        <v>38175</v>
+        <v>31952</v>
       </c>
       <c r="E246" s="15">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="F246" s="14">
-        <v>38009</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:6" x14ac:dyDescent="0.25">
+        <v>31819</v>
+      </c>
+      <c r="H246" s="16"/>
+    </row>
+    <row r="247" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A247" s="12" t="s">
         <v>494</v>
       </c>
       <c r="B247" s="12" t="s">
         <v>495</v>
       </c>
       <c r="C247" s="13">
-        <v>23.5</v>
+        <v>27</v>
       </c>
       <c r="D247" s="14">
-        <v>179423</v>
+        <v>215676</v>
       </c>
       <c r="E247" s="15">
-        <v>779</v>
+        <v>896</v>
       </c>
       <c r="F247" s="14">
-        <v>178644</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:6" x14ac:dyDescent="0.25">
+        <v>214780</v>
+      </c>
+      <c r="H247" s="16"/>
+    </row>
+    <row r="248" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A248" s="12" t="s">
         <v>496</v>
       </c>
       <c r="B248" s="12" t="s">
         <v>497</v>
       </c>
       <c r="C248" s="13">
-        <v>8.5</v>
+        <v>5.5</v>
       </c>
       <c r="D248" s="14">
-        <v>64898</v>
+        <v>43934</v>
       </c>
       <c r="E248" s="15">
-        <v>282</v>
+        <v>182</v>
       </c>
       <c r="F248" s="14">
-        <v>64616</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:6" x14ac:dyDescent="0.25">
+        <v>43752</v>
+      </c>
+      <c r="H248" s="16"/>
+    </row>
+    <row r="249" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A249" s="12" t="s">
         <v>498</v>
       </c>
       <c r="B249" s="12" t="s">
         <v>499</v>
       </c>
       <c r="C249" s="13">
-        <v>6.5</v>
+        <v>7</v>
       </c>
       <c r="D249" s="14">
-        <v>49628</v>
+        <v>55916</v>
       </c>
       <c r="E249" s="15">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="F249" s="14">
-        <v>49412</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:6" x14ac:dyDescent="0.25">
+        <v>55684</v>
+      </c>
+      <c r="H249" s="16"/>
+    </row>
+    <row r="250" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A250" s="12" t="s">
         <v>500</v>
       </c>
       <c r="B250" s="12" t="s">
         <v>501</v>
       </c>
       <c r="C250" s="13">
-        <v>32.5</v>
+        <v>37</v>
       </c>
       <c r="D250" s="14">
-        <v>248138</v>
+        <v>295556</v>
       </c>
       <c r="E250" s="15">
-        <v>1078</v>
+        <v>1227</v>
       </c>
       <c r="F250" s="14">
-        <v>247060</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:6" x14ac:dyDescent="0.25">
+        <v>294329</v>
+      </c>
+      <c r="H250" s="16"/>
+    </row>
+    <row r="251" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A251" s="12" t="s">
         <v>502</v>
       </c>
       <c r="B251" s="12" t="s">
         <v>503</v>
       </c>
       <c r="C251" s="13">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="D251" s="14">
-        <v>49628</v>
+        <v>39940</v>
       </c>
       <c r="E251" s="15">
-        <v>216</v>
+        <v>166</v>
       </c>
       <c r="F251" s="14">
-        <v>49412</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:6" x14ac:dyDescent="0.25">
+        <v>39774</v>
+      </c>
+      <c r="H251" s="16"/>
+    </row>
+    <row r="252" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A252" s="12" t="s">
         <v>504</v>
       </c>
       <c r="B252" s="12" t="s">
         <v>505</v>
       </c>
       <c r="C252" s="13">
-        <v>41.5</v>
+        <v>46.5</v>
       </c>
       <c r="D252" s="14">
-        <v>316853</v>
+        <v>371442</v>
       </c>
       <c r="E252" s="15">
-        <v>1377</v>
+        <v>1542</v>
       </c>
       <c r="F252" s="14">
-        <v>315476</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:6" x14ac:dyDescent="0.25">
+        <v>369900</v>
+      </c>
+      <c r="H252" s="16"/>
+    </row>
+    <row r="253" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A253" s="12" t="s">
         <v>506</v>
       </c>
       <c r="B253" s="12" t="s">
         <v>507</v>
       </c>
       <c r="C253" s="13">
-        <v>17.5</v>
+        <v>22</v>
       </c>
       <c r="D253" s="14">
-        <v>133613</v>
+        <v>167910</v>
       </c>
       <c r="E253" s="15">
-        <v>580</v>
+        <v>730</v>
       </c>
       <c r="F253" s="14">
-        <v>133033</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:6" x14ac:dyDescent="0.25">
+        <v>167180</v>
+      </c>
+      <c r="H253" s="16"/>
+    </row>
+    <row r="254" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A254" s="12" t="s">
         <v>508</v>
       </c>
       <c r="B254" s="12" t="s">
         <v>509</v>
       </c>
       <c r="C254" s="13">
-        <v>20.5</v>
+        <v>16.5</v>
       </c>
       <c r="D254" s="14">
-        <v>156518</v>
+        <v>131802</v>
       </c>
       <c r="E254" s="15">
-        <v>680</v>
+        <v>547</v>
       </c>
       <c r="F254" s="14">
-        <v>155838</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:6" x14ac:dyDescent="0.25">
+        <v>131255</v>
+      </c>
+      <c r="H254" s="16"/>
+    </row>
+    <row r="255" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A255" s="12" t="s">
         <v>510</v>
       </c>
       <c r="B255" s="12" t="s">
         <v>511</v>
       </c>
       <c r="C255" s="13">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D255" s="14">
-        <v>91620</v>
+        <v>71892</v>
       </c>
       <c r="E255" s="15">
-        <v>398</v>
+        <v>299</v>
       </c>
       <c r="F255" s="14">
-        <v>91222</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:6" x14ac:dyDescent="0.25">
+        <v>71593</v>
+      </c>
+      <c r="H255" s="16"/>
+    </row>
+    <row r="256" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A256" s="12" t="s">
         <v>512</v>
       </c>
       <c r="B256" s="12" t="s">
         <v>513</v>
       </c>
       <c r="C256" s="13">
-        <v>15.5</v>
+        <v>14.5</v>
       </c>
       <c r="D256" s="14">
-        <v>118343</v>
+        <v>115826</v>
       </c>
       <c r="E256" s="15">
-        <v>514</v>
+        <v>481</v>
       </c>
       <c r="F256" s="14">
-        <v>117829</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:6" x14ac:dyDescent="0.25">
+        <v>115345</v>
+      </c>
+      <c r="H256" s="16"/>
+    </row>
+    <row r="257" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A257" s="12" t="s">
         <v>514</v>
       </c>
       <c r="B257" s="12" t="s">
         <v>515</v>
       </c>
       <c r="C257" s="13">
-        <v>67.5</v>
+        <v>65.5</v>
       </c>
       <c r="D257" s="14">
-        <v>515363</v>
+        <v>519301</v>
       </c>
       <c r="E257" s="15">
-        <v>2239</v>
+        <v>2173</v>
       </c>
       <c r="F257" s="14">
-        <v>513124</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:6" x14ac:dyDescent="0.25">
+        <v>517128</v>
+      </c>
+      <c r="H257" s="16"/>
+    </row>
+    <row r="258" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A258" s="12" t="s">
         <v>516</v>
       </c>
       <c r="B258" s="12" t="s">
         <v>517</v>
       </c>
       <c r="C258" s="13">
-        <v>17</v>
+        <v>11.5</v>
       </c>
       <c r="D258" s="14">
-        <v>129795</v>
+        <v>91862</v>
       </c>
       <c r="E258" s="15">
-        <v>564</v>
+        <v>381</v>
       </c>
       <c r="F258" s="14">
-        <v>129231</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:6" x14ac:dyDescent="0.25">
+        <v>91481</v>
+      </c>
+      <c r="H258" s="16"/>
+    </row>
+    <row r="259" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A259" s="12" t="s">
         <v>518</v>
       </c>
       <c r="B259" s="12" t="s">
         <v>519</v>
       </c>
       <c r="C259" s="13">
-        <v>304</v>
+        <v>314.5</v>
       </c>
       <c r="D259" s="14">
-        <v>2321040</v>
+        <v>2512226</v>
       </c>
       <c r="E259" s="15">
-        <v>10084</v>
+        <v>10432</v>
       </c>
       <c r="F259" s="14">
-        <v>2310956</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:6" x14ac:dyDescent="0.25">
+        <v>2501794</v>
+      </c>
+      <c r="H259" s="16"/>
+    </row>
+    <row r="260" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A260" s="12" t="s">
         <v>520</v>
       </c>
       <c r="B260" s="12" t="s">
         <v>521</v>
       </c>
       <c r="C260" s="13">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D260" s="14">
-        <v>236685</v>
+        <v>271592</v>
       </c>
       <c r="E260" s="15">
-        <v>1028</v>
+        <v>1128</v>
       </c>
       <c r="F260" s="14">
-        <v>235657</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:6" x14ac:dyDescent="0.25">
+        <v>270464</v>
+      </c>
+      <c r="H260" s="16"/>
+    </row>
+    <row r="261" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A261" s="12" t="s">
         <v>522</v>
       </c>
       <c r="B261" s="12" t="s">
         <v>523</v>
       </c>
       <c r="C261" s="13">
-        <v>25.5</v>
+        <v>24.5</v>
       </c>
       <c r="D261" s="14">
-        <v>194693</v>
+        <v>195706</v>
       </c>
       <c r="E261" s="15">
-        <v>846</v>
+        <v>813</v>
       </c>
       <c r="F261" s="14">
-        <v>193847</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:6" x14ac:dyDescent="0.25">
+        <v>194893</v>
+      </c>
+      <c r="H261" s="16"/>
+    </row>
+    <row r="262" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A262" s="12" t="s">
         <v>524</v>
       </c>
       <c r="B262" s="12" t="s">
         <v>525</v>
       </c>
       <c r="C262" s="13">
-        <v>17.5</v>
+        <v>17</v>
       </c>
       <c r="D262" s="14">
-        <v>133613</v>
+        <v>135796</v>
       </c>
       <c r="E262" s="15">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="F262" s="14">
-        <v>133033</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:6" x14ac:dyDescent="0.25">
+        <v>135232</v>
+      </c>
+      <c r="H262" s="16"/>
+    </row>
+    <row r="263" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A263" s="12" t="s">
         <v>526</v>
       </c>
       <c r="B263" s="12" t="s">
         <v>527</v>
       </c>
       <c r="C263" s="13">
-        <v>19</v>
+        <v>11.5</v>
       </c>
       <c r="D263" s="14">
-        <v>145065</v>
+        <v>91862</v>
       </c>
       <c r="E263" s="15">
-        <v>630</v>
+        <v>381</v>
       </c>
       <c r="F263" s="14">
-        <v>144435</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:6" x14ac:dyDescent="0.25">
+        <v>91481</v>
+      </c>
+      <c r="H263" s="16"/>
+    </row>
+    <row r="264" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A264" s="12" t="s">
         <v>528</v>
       </c>
       <c r="B264" s="12" t="s">
         <v>529</v>
       </c>
       <c r="C264" s="13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D264" s="14">
-        <v>7635</v>
+        <v>15976</v>
       </c>
       <c r="E264" s="15">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="F264" s="14">
-        <v>7602</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:6" x14ac:dyDescent="0.25">
+        <v>15910</v>
+      </c>
+      <c r="H264" s="16"/>
+    </row>
+    <row r="265" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A265" s="12" t="s">
         <v>530</v>
       </c>
       <c r="B265" s="12" t="s">
         <v>531</v>
       </c>
       <c r="C265" s="13">
-        <v>34.5</v>
+        <v>30.5</v>
       </c>
       <c r="D265" s="14">
-        <v>263408</v>
+        <v>243634</v>
       </c>
       <c r="E265" s="15">
-        <v>1144</v>
+        <v>1012</v>
       </c>
       <c r="F265" s="14">
-        <v>262264</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:6" x14ac:dyDescent="0.25">
+        <v>242622</v>
+      </c>
+      <c r="H265" s="16"/>
+    </row>
+    <row r="266" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A266" s="12" t="s">
         <v>532</v>
       </c>
       <c r="B266" s="12" t="s">
         <v>533</v>
       </c>
       <c r="C266" s="13">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="D266" s="14">
-        <v>198510</v>
+        <v>151772</v>
       </c>
       <c r="E266" s="15">
-        <v>862</v>
+        <v>630</v>
       </c>
       <c r="F266" s="14">
-        <v>197648</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:6" x14ac:dyDescent="0.25">
+        <v>151142</v>
+      </c>
+      <c r="H266" s="16"/>
+    </row>
+    <row r="267" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A267" s="12" t="s">
         <v>534</v>
       </c>
       <c r="B267" s="12" t="s">
         <v>535</v>
       </c>
       <c r="C267" s="13">
-        <v>138.5</v>
+        <v>121.5</v>
       </c>
       <c r="D267" s="14">
-        <v>1057448</v>
+        <v>986194</v>
       </c>
       <c r="E267" s="15">
-        <v>4594</v>
+        <v>4030</v>
       </c>
       <c r="F267" s="14">
-        <v>1052854</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:6" x14ac:dyDescent="0.25">
+        <v>982164</v>
+      </c>
+      <c r="H267" s="16"/>
+    </row>
+    <row r="268" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A268" s="12" t="s">
         <v>536</v>
       </c>
       <c r="B268" s="12" t="s">
         <v>537</v>
       </c>
       <c r="C268" s="13">
-        <v>24</v>
+        <v>23.5</v>
       </c>
       <c r="D268" s="14">
-        <v>183240</v>
+        <v>187718</v>
       </c>
       <c r="E268" s="15">
-        <v>796</v>
+        <v>779</v>
       </c>
       <c r="F268" s="14">
-        <v>182444</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:6" x14ac:dyDescent="0.25">
+        <v>186939</v>
+      </c>
+      <c r="H268" s="16"/>
+    </row>
+    <row r="269" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A269" s="12" t="s">
         <v>538</v>
       </c>
       <c r="B269" s="12" t="s">
         <v>539</v>
       </c>
       <c r="C269" s="13">
-        <v>10.5</v>
+        <v>8.5</v>
       </c>
       <c r="D269" s="14">
-        <v>80168</v>
+        <v>67898</v>
       </c>
       <c r="E269" s="15">
-        <v>348</v>
+        <v>282</v>
       </c>
       <c r="F269" s="14">
-        <v>79820</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:6" x14ac:dyDescent="0.25">
+        <v>67616</v>
+      </c>
+      <c r="H269" s="16"/>
+    </row>
+    <row r="270" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A270" s="12" t="s">
         <v>540</v>
       </c>
       <c r="B270" s="12" t="s">
         <v>541</v>
       </c>
       <c r="C270" s="13">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D270" s="14">
-        <v>618435</v>
+        <v>559160</v>
       </c>
       <c r="E270" s="15">
-        <v>2687</v>
+        <v>2322</v>
       </c>
       <c r="F270" s="14">
-        <v>615748</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:6" x14ac:dyDescent="0.25">
+        <v>556838</v>
+      </c>
+      <c r="H270" s="16"/>
+    </row>
+    <row r="271" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A271" s="12" t="s">
         <v>542</v>
       </c>
       <c r="B271" s="12" t="s">
         <v>543</v>
       </c>
       <c r="C271" s="13">
-        <v>37.5</v>
+        <v>34</v>
       </c>
       <c r="D271" s="14">
-        <v>286313</v>
+        <v>271592</v>
       </c>
       <c r="E271" s="15">
-        <v>1244</v>
+        <v>1128</v>
       </c>
       <c r="F271" s="14">
-        <v>285069</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:6" x14ac:dyDescent="0.25">
+        <v>270464</v>
+      </c>
+      <c r="H271" s="16"/>
+    </row>
+    <row r="272" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A272" s="12" t="s">
         <v>544</v>
       </c>
       <c r="B272" s="12" t="s">
         <v>545</v>
       </c>
       <c r="C272" s="13">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D272" s="14">
-        <v>99255</v>
+        <v>119820</v>
       </c>
       <c r="E272" s="15">
-        <v>431</v>
+        <v>498</v>
       </c>
       <c r="F272" s="14">
-        <v>98824</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:6" x14ac:dyDescent="0.25">
+        <v>119322</v>
+      </c>
+      <c r="H272" s="16"/>
+    </row>
+    <row r="273" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A273" s="12" t="s">
         <v>546</v>
       </c>
       <c r="B273" s="12" t="s">
         <v>547</v>
       </c>
       <c r="C273" s="13">
-        <v>15.5</v>
+        <v>15</v>
       </c>
       <c r="D273" s="14">
-        <v>118343</v>
+        <v>119820</v>
       </c>
       <c r="E273" s="15">
-        <v>514</v>
+        <v>498</v>
       </c>
       <c r="F273" s="14">
-        <v>117829</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:6" x14ac:dyDescent="0.25">
+        <v>119322</v>
+      </c>
+      <c r="H273" s="16"/>
+    </row>
+    <row r="274" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A274" s="12" t="s">
         <v>548</v>
       </c>
       <c r="B274" s="12" t="s">
         <v>549</v>
       </c>
       <c r="C274" s="13">
         <v>11.5</v>
       </c>
       <c r="D274" s="14">
-        <v>87803</v>
+        <v>91862</v>
       </c>
       <c r="E274" s="15">
         <v>381</v>
       </c>
       <c r="F274" s="14">
-        <v>87422</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:6" x14ac:dyDescent="0.25">
+        <v>91481</v>
+      </c>
+      <c r="H274" s="16"/>
+    </row>
+    <row r="275" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A275" s="12" t="s">
         <v>550</v>
       </c>
       <c r="B275" s="12" t="s">
         <v>551</v>
       </c>
       <c r="C275" s="13">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D275" s="14">
-        <v>114525</v>
+        <v>103844</v>
       </c>
       <c r="E275" s="15">
-        <v>498</v>
+        <v>431</v>
       </c>
       <c r="F275" s="14">
-        <v>114027</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:6" x14ac:dyDescent="0.25">
+        <v>103413</v>
+      </c>
+      <c r="H275" s="16"/>
+    </row>
+    <row r="276" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A276" s="12" t="s">
         <v>552</v>
       </c>
       <c r="B276" s="12" t="s">
         <v>553</v>
       </c>
       <c r="C276" s="13">
-        <v>83.5</v>
+        <v>87</v>
       </c>
       <c r="D276" s="14">
-        <v>637523</v>
+        <v>694956</v>
       </c>
       <c r="E276" s="15">
-        <v>2770</v>
+        <v>2886</v>
       </c>
       <c r="F276" s="14">
-        <v>634753</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:6" x14ac:dyDescent="0.25">
+        <v>692070</v>
+      </c>
+      <c r="H276" s="16"/>
+    </row>
+    <row r="277" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A277" s="12" t="s">
         <v>554</v>
       </c>
       <c r="B277" s="12" t="s">
         <v>555</v>
       </c>
       <c r="C277" s="13">
-        <v>8.5</v>
+        <v>4</v>
       </c>
       <c r="D277" s="14">
-        <v>64898</v>
+        <v>31952</v>
       </c>
       <c r="E277" s="15">
-        <v>282</v>
+        <v>133</v>
       </c>
       <c r="F277" s="14">
-        <v>64616</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:6" x14ac:dyDescent="0.25">
+        <v>31819</v>
+      </c>
+      <c r="H277" s="16"/>
+    </row>
+    <row r="278" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A278" s="12" t="s">
         <v>556</v>
       </c>
       <c r="B278" s="12" t="s">
         <v>557</v>
       </c>
       <c r="C278" s="13">
-        <v>22.5</v>
+        <v>25.5</v>
       </c>
       <c r="D278" s="14">
-        <v>171788</v>
+        <v>203694</v>
       </c>
       <c r="E278" s="15">
-        <v>746</v>
+        <v>846</v>
       </c>
       <c r="F278" s="14">
-        <v>171042</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:6" x14ac:dyDescent="0.25">
+        <v>202848</v>
+      </c>
+      <c r="H278" s="16"/>
+    </row>
+    <row r="279" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A279" s="12" t="s">
         <v>558</v>
       </c>
       <c r="B279" s="12" t="s">
         <v>559</v>
       </c>
       <c r="C279" s="13">
         <v>16</v>
       </c>
       <c r="D279" s="14">
-        <v>122160</v>
+        <v>127808</v>
       </c>
       <c r="E279" s="15">
         <v>531</v>
       </c>
       <c r="F279" s="14">
-        <v>121629</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:6" x14ac:dyDescent="0.25">
+        <v>127277</v>
+      </c>
+      <c r="H279" s="16"/>
+    </row>
+    <row r="280" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A280" s="12" t="s">
         <v>560</v>
       </c>
       <c r="B280" s="12" t="s">
         <v>561</v>
       </c>
       <c r="C280" s="13">
-        <v>0</v>
+        <v>9.5</v>
       </c>
       <c r="D280" s="14">
-        <v>0</v>
+        <v>134581</v>
       </c>
       <c r="E280" s="15">
-        <v>0</v>
+        <v>315</v>
       </c>
       <c r="F280" s="14">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:6" x14ac:dyDescent="0.25">
+        <v>134266</v>
+      </c>
+      <c r="H280" s="16"/>
+    </row>
+    <row r="281" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A281" s="12" t="s">
         <v>562</v>
       </c>
       <c r="B281" s="12" t="s">
         <v>563</v>
       </c>
       <c r="C281" s="13">
-        <v>21</v>
+        <v>21.5</v>
       </c>
       <c r="D281" s="14">
-        <v>160335</v>
+        <v>171742</v>
       </c>
       <c r="E281" s="15">
-        <v>697</v>
+        <v>713</v>
       </c>
       <c r="F281" s="14">
-        <v>159638</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:6" x14ac:dyDescent="0.25">
+        <v>171029</v>
+      </c>
+      <c r="H281" s="16"/>
+    </row>
+    <row r="282" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A282" s="12" t="s">
         <v>564</v>
       </c>
       <c r="B282" s="12" t="s">
         <v>565</v>
       </c>
       <c r="C282" s="13">
-        <v>6.5</v>
+        <v>3.5</v>
       </c>
       <c r="D282" s="14">
-        <v>49628</v>
+        <v>27958</v>
       </c>
       <c r="E282" s="15">
-        <v>216</v>
+        <v>116</v>
       </c>
       <c r="F282" s="14">
-        <v>49412</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:6" x14ac:dyDescent="0.25">
+        <v>27842</v>
+      </c>
+      <c r="H282" s="16"/>
+    </row>
+    <row r="283" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A283" s="12" t="s">
         <v>566</v>
       </c>
       <c r="B283" s="12" t="s">
         <v>567</v>
       </c>
       <c r="C283" s="13">
-        <v>0</v>
+        <v>9.5</v>
       </c>
       <c r="D283" s="14">
-        <v>0</v>
+        <v>150233</v>
       </c>
       <c r="E283" s="15">
-        <v>0</v>
+        <v>315</v>
       </c>
       <c r="F283" s="14">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:6" x14ac:dyDescent="0.25">
+        <v>149918</v>
+      </c>
+      <c r="H283" s="16"/>
+    </row>
+    <row r="284" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A284" s="12" t="s">
         <v>568</v>
       </c>
       <c r="B284" s="12" t="s">
         <v>569</v>
       </c>
       <c r="C284" s="13">
-        <v>16.5</v>
+        <v>13</v>
       </c>
       <c r="D284" s="14">
-        <v>125978</v>
+        <v>103844</v>
       </c>
       <c r="E284" s="15">
-        <v>547</v>
+        <v>431</v>
       </c>
       <c r="F284" s="14">
-        <v>125431</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:6" x14ac:dyDescent="0.25">
+        <v>103413</v>
+      </c>
+      <c r="H284" s="16"/>
+    </row>
+    <row r="285" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A285" s="12" t="s">
         <v>570</v>
       </c>
       <c r="B285" s="12" t="s">
         <v>571</v>
       </c>
       <c r="C285" s="13">
         <v>7</v>
       </c>
       <c r="D285" s="14">
-        <v>53445</v>
+        <v>55916</v>
       </c>
       <c r="E285" s="15">
         <v>232</v>
       </c>
       <c r="F285" s="14">
-        <v>53213</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:6" x14ac:dyDescent="0.25">
+        <v>55684</v>
+      </c>
+      <c r="H285" s="16"/>
+    </row>
+    <row r="286" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A286" s="12" t="s">
         <v>572</v>
       </c>
       <c r="B286" s="12" t="s">
         <v>573</v>
       </c>
       <c r="C286" s="13">
-        <v>1</v>
+        <v>1.5</v>
       </c>
       <c r="D286" s="14">
-        <v>7635</v>
+        <v>11982</v>
       </c>
       <c r="E286" s="15">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="F286" s="14">
-        <v>7602</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:6" x14ac:dyDescent="0.25">
+        <v>11932</v>
+      </c>
+      <c r="H286" s="16"/>
+    </row>
+    <row r="287" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A287" s="12" t="s">
         <v>574</v>
       </c>
       <c r="B287" s="12" t="s">
         <v>575</v>
       </c>
       <c r="C287" s="13">
-        <v>17.5</v>
+        <v>25</v>
       </c>
       <c r="D287" s="14">
-        <v>133613</v>
+        <v>199700</v>
       </c>
       <c r="E287" s="15">
-        <v>580</v>
+        <v>829</v>
       </c>
       <c r="F287" s="14">
-        <v>133033</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:6" x14ac:dyDescent="0.25">
+        <v>198871</v>
+      </c>
+      <c r="H287" s="16"/>
+    </row>
+    <row r="288" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A288" s="12" t="s">
         <v>576</v>
       </c>
       <c r="B288" s="12" t="s">
         <v>577</v>
       </c>
       <c r="C288" s="13">
-        <v>22.5</v>
+        <v>24.5</v>
       </c>
       <c r="D288" s="14">
-        <v>171788</v>
+        <v>195706</v>
       </c>
       <c r="E288" s="15">
-        <v>746</v>
+        <v>813</v>
       </c>
       <c r="F288" s="14">
-        <v>171042</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:6" x14ac:dyDescent="0.25">
+        <v>194893</v>
+      </c>
+      <c r="H288" s="16"/>
+    </row>
+    <row r="289" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A289" s="12" t="s">
         <v>578</v>
       </c>
       <c r="B289" s="12" t="s">
         <v>579</v>
       </c>
       <c r="C289" s="13">
-        <v>26.5</v>
+        <v>19</v>
       </c>
       <c r="D289" s="14">
-        <v>202328</v>
+        <v>151772</v>
       </c>
       <c r="E289" s="15">
-        <v>879</v>
+        <v>630</v>
       </c>
       <c r="F289" s="14">
-        <v>201449</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:6" x14ac:dyDescent="0.25">
+        <v>151142</v>
+      </c>
+      <c r="H289" s="16"/>
+    </row>
+    <row r="290" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A290" s="12" t="s">
         <v>580</v>
       </c>
       <c r="B290" s="12" t="s">
         <v>581</v>
       </c>
       <c r="C290" s="13">
-        <v>98</v>
+        <v>90.5</v>
       </c>
       <c r="D290" s="14">
-        <v>751937</v>
+        <v>726827</v>
       </c>
       <c r="E290" s="15">
-        <v>3251</v>
+        <v>3002</v>
       </c>
       <c r="F290" s="14">
-        <v>748686</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:6" x14ac:dyDescent="0.25">
+        <v>723825</v>
+      </c>
+      <c r="H290" s="16"/>
+    </row>
+    <row r="291" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A291" s="12" t="s">
         <v>582</v>
       </c>
       <c r="B291" s="12" t="s">
         <v>583</v>
       </c>
       <c r="C291" s="13">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D291" s="14">
-        <v>213780</v>
+        <v>207688</v>
       </c>
       <c r="E291" s="15">
-        <v>929</v>
+        <v>862</v>
       </c>
       <c r="F291" s="14">
-        <v>212851</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:6" x14ac:dyDescent="0.25">
+        <v>206826</v>
+      </c>
+      <c r="H291" s="16"/>
+    </row>
+    <row r="292" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A292" s="12" t="s">
         <v>584</v>
       </c>
       <c r="B292" s="12" t="s">
         <v>585</v>
       </c>
       <c r="C292" s="13">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D292" s="14">
-        <v>190875</v>
+        <v>183724</v>
       </c>
       <c r="E292" s="15">
-        <v>829</v>
+        <v>763</v>
       </c>
       <c r="F292" s="14">
-        <v>190046</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:6" x14ac:dyDescent="0.25">
+        <v>182961</v>
+      </c>
+      <c r="H292" s="16"/>
+    </row>
+    <row r="293" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A293" s="12" t="s">
         <v>586</v>
       </c>
       <c r="B293" s="12" t="s">
         <v>587</v>
       </c>
       <c r="C293" s="13">
-        <v>8</v>
+        <v>7.5</v>
       </c>
       <c r="D293" s="14">
-        <v>61080</v>
+        <v>59910</v>
       </c>
       <c r="E293" s="15">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="F293" s="14">
-        <v>60815</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:6" x14ac:dyDescent="0.25">
+        <v>59661</v>
+      </c>
+      <c r="H293" s="16"/>
+    </row>
+    <row r="294" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A294" s="12" t="s">
         <v>588</v>
       </c>
       <c r="B294" s="12" t="s">
         <v>589</v>
       </c>
       <c r="C294" s="13">
-        <v>43</v>
+        <v>27.5</v>
       </c>
       <c r="D294" s="14">
-        <v>328305</v>
+        <v>215757</v>
       </c>
       <c r="E294" s="15">
-        <v>1426</v>
+        <v>912</v>
       </c>
       <c r="F294" s="14">
-        <v>326879</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:6" x14ac:dyDescent="0.25">
+        <v>214845</v>
+      </c>
+      <c r="H294" s="16"/>
+    </row>
+    <row r="295" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A295" s="12" t="s">
         <v>590</v>
       </c>
       <c r="B295" s="12" t="s">
         <v>591</v>
       </c>
       <c r="C295" s="13">
-        <v>15.5</v>
+        <v>17</v>
       </c>
       <c r="D295" s="14">
-        <v>118343</v>
+        <v>135796</v>
       </c>
       <c r="E295" s="15">
-        <v>514</v>
+        <v>564</v>
       </c>
       <c r="F295" s="14">
-        <v>117829</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:6" x14ac:dyDescent="0.25">
+        <v>135232</v>
+      </c>
+      <c r="H295" s="16"/>
+    </row>
+    <row r="296" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A296" s="12" t="s">
         <v>592</v>
       </c>
       <c r="B296" s="12" t="s">
         <v>593</v>
       </c>
       <c r="C296" s="13">
-        <v>13</v>
+        <v>13.5</v>
       </c>
       <c r="D296" s="14">
-        <v>99255</v>
+        <v>107838</v>
       </c>
       <c r="E296" s="15">
-        <v>431</v>
+        <v>448</v>
       </c>
       <c r="F296" s="14">
-        <v>98824</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:6" x14ac:dyDescent="0.25">
+        <v>107390</v>
+      </c>
+      <c r="H296" s="16"/>
+    </row>
+    <row r="297" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A297" s="12" t="s">
         <v>594</v>
       </c>
       <c r="B297" s="12" t="s">
         <v>595</v>
       </c>
       <c r="C297" s="13">
-        <v>23</v>
+        <v>22.5</v>
       </c>
       <c r="D297" s="14">
-        <v>175605</v>
+        <v>179730</v>
       </c>
       <c r="E297" s="15">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="F297" s="14">
-        <v>174842</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:6" x14ac:dyDescent="0.25">
+        <v>178984</v>
+      </c>
+      <c r="H297" s="16"/>
+    </row>
+    <row r="298" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A298" s="12" t="s">
         <v>596</v>
       </c>
       <c r="B298" s="12" t="s">
         <v>597</v>
       </c>
       <c r="C298" s="13">
-        <v>43.5</v>
+        <v>32</v>
       </c>
       <c r="D298" s="14">
-        <v>332123</v>
+        <v>255616</v>
       </c>
       <c r="E298" s="15">
-        <v>1443</v>
+        <v>1061</v>
       </c>
       <c r="F298" s="14">
-        <v>330680</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:6" x14ac:dyDescent="0.25">
+        <v>254555</v>
+      </c>
+      <c r="H298" s="16"/>
+    </row>
+    <row r="299" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A299" s="12" t="s">
         <v>598</v>
       </c>
       <c r="B299" s="12" t="s">
         <v>599</v>
       </c>
       <c r="C299" s="13">
-        <v>252</v>
+        <v>232</v>
       </c>
       <c r="D299" s="14">
-        <v>1924020</v>
+        <v>1853216</v>
       </c>
       <c r="E299" s="15">
-        <v>8359</v>
+        <v>7695</v>
       </c>
       <c r="F299" s="14">
-        <v>1915661</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:6" x14ac:dyDescent="0.25">
+        <v>1845521</v>
+      </c>
+      <c r="H299" s="16"/>
+    </row>
+    <row r="300" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A300" s="12" t="s">
         <v>600</v>
       </c>
       <c r="B300" s="12" t="s">
         <v>601</v>
       </c>
       <c r="C300" s="13">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="D300" s="14">
-        <v>839850</v>
+        <v>1070554</v>
       </c>
       <c r="E300" s="15">
-        <v>3649</v>
+        <v>4478</v>
       </c>
       <c r="F300" s="14">
-        <v>836201</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:6" x14ac:dyDescent="0.25">
+        <v>1066076</v>
+      </c>
+      <c r="H300" s="16"/>
+    </row>
+    <row r="301" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A301" s="12" t="s">
         <v>602</v>
       </c>
       <c r="B301" s="12" t="s">
         <v>603</v>
       </c>
       <c r="C301" s="13">
-        <v>50.5</v>
+        <v>44.5</v>
       </c>
       <c r="D301" s="14">
-        <v>381861</v>
+        <v>351553</v>
       </c>
       <c r="E301" s="15">
-        <v>1675</v>
+        <v>1476</v>
       </c>
       <c r="F301" s="14">
-        <v>380186</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:6" x14ac:dyDescent="0.25">
+        <v>350077</v>
+      </c>
+      <c r="H301" s="16"/>
+    </row>
+    <row r="302" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A302" s="12" t="s">
         <v>604</v>
       </c>
       <c r="B302" s="12" t="s">
         <v>605</v>
       </c>
       <c r="C302" s="13">
-        <v>11</v>
+        <v>12.5</v>
       </c>
       <c r="D302" s="14">
-        <v>83985</v>
+        <v>99850</v>
       </c>
       <c r="E302" s="15">
-        <v>365</v>
+        <v>415</v>
       </c>
       <c r="F302" s="14">
-        <v>83620</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:6" x14ac:dyDescent="0.25">
+        <v>99435</v>
+      </c>
+      <c r="H302" s="16"/>
+    </row>
+    <row r="303" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A303" s="12" t="s">
         <v>606</v>
       </c>
       <c r="B303" s="12" t="s">
         <v>607</v>
       </c>
       <c r="C303" s="13">
-        <v>54</v>
+        <v>60.5</v>
       </c>
       <c r="D303" s="14">
-        <v>412290</v>
+        <v>483274</v>
       </c>
       <c r="E303" s="15">
-        <v>1791</v>
+        <v>2007</v>
       </c>
       <c r="F303" s="14">
-        <v>410499</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:6" x14ac:dyDescent="0.25">
+        <v>481267</v>
+      </c>
+      <c r="H303" s="16"/>
+    </row>
+    <row r="304" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A304" s="12" t="s">
         <v>608</v>
       </c>
       <c r="B304" s="12" t="s">
         <v>609</v>
       </c>
       <c r="C304" s="13">
-        <v>8</v>
+        <v>11.5</v>
       </c>
       <c r="D304" s="14">
-        <v>61080</v>
+        <v>91862</v>
       </c>
       <c r="E304" s="15">
-        <v>265</v>
+        <v>381</v>
       </c>
       <c r="F304" s="14">
-        <v>60815</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:6" x14ac:dyDescent="0.25">
+        <v>91481</v>
+      </c>
+      <c r="H304" s="16"/>
+    </row>
+    <row r="305" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A305" s="12" t="s">
         <v>610</v>
       </c>
       <c r="B305" s="12" t="s">
         <v>611</v>
       </c>
       <c r="C305" s="13">
-        <v>26</v>
+        <v>24.5</v>
       </c>
       <c r="D305" s="14">
-        <v>198510</v>
+        <v>195706</v>
       </c>
       <c r="E305" s="15">
-        <v>862</v>
+        <v>813</v>
       </c>
       <c r="F305" s="14">
-        <v>197648</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:6" x14ac:dyDescent="0.25">
+        <v>194893</v>
+      </c>
+      <c r="H305" s="16"/>
+    </row>
+    <row r="306" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A306" s="12" t="s">
         <v>612</v>
       </c>
       <c r="B306" s="12" t="s">
         <v>613</v>
       </c>
       <c r="C306" s="13">
-        <v>14.5</v>
+        <v>17.5</v>
       </c>
       <c r="D306" s="14">
-        <v>110708</v>
+        <v>139790</v>
       </c>
       <c r="E306" s="15">
-        <v>481</v>
+        <v>580</v>
       </c>
       <c r="F306" s="14">
-        <v>110227</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H306" s="16"/>
+    </row>
+    <row r="307" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A307" s="12" t="s">
         <v>614</v>
       </c>
       <c r="B307" s="12" t="s">
         <v>615</v>
       </c>
       <c r="C307" s="13">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D307" s="14">
-        <v>80057</v>
+        <v>47928</v>
       </c>
       <c r="E307" s="15">
-        <v>332</v>
+        <v>199</v>
       </c>
       <c r="F307" s="14">
-        <v>79725</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:6" x14ac:dyDescent="0.25">
+        <v>47729</v>
+      </c>
+      <c r="H307" s="16"/>
+    </row>
+    <row r="308" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A308" s="12" t="s">
         <v>616</v>
       </c>
       <c r="B308" s="12" t="s">
         <v>617</v>
       </c>
       <c r="C308" s="13">
-        <v>24.5</v>
+        <v>17.5</v>
       </c>
       <c r="D308" s="14">
-        <v>187058</v>
+        <v>139790</v>
       </c>
       <c r="E308" s="15">
-        <v>813</v>
+        <v>580</v>
       </c>
       <c r="F308" s="14">
-        <v>186245</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:6" x14ac:dyDescent="0.25">
+        <v>139210</v>
+      </c>
+      <c r="H308" s="16"/>
+    </row>
+    <row r="309" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A309" s="12" t="s">
         <v>618</v>
       </c>
       <c r="B309" s="12" t="s">
         <v>619</v>
       </c>
       <c r="C309" s="13">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="D309" s="14">
-        <v>305400</v>
+        <v>231652</v>
       </c>
       <c r="E309" s="15">
-        <v>1327</v>
+        <v>962</v>
       </c>
       <c r="F309" s="14">
-        <v>304073</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:6" x14ac:dyDescent="0.25">
+        <v>230690</v>
+      </c>
+      <c r="H309" s="16"/>
+    </row>
+    <row r="310" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A310" s="12" t="s">
         <v>620</v>
       </c>
       <c r="B310" s="12" t="s">
         <v>621</v>
       </c>
       <c r="C310" s="13">
-        <v>178.5</v>
+        <v>163</v>
       </c>
       <c r="D310" s="14">
-        <v>1366555</v>
+        <v>1302044</v>
       </c>
       <c r="E310" s="15">
-        <v>5921</v>
+        <v>5407</v>
       </c>
       <c r="F310" s="14">
-        <v>1360634</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:6" x14ac:dyDescent="0.25">
+        <v>1296637</v>
+      </c>
+      <c r="H310" s="16"/>
+    </row>
+    <row r="311" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A311" s="12" t="s">
         <v>622</v>
       </c>
       <c r="B311" s="12" t="s">
         <v>623</v>
       </c>
       <c r="C311" s="13">
-        <v>20.5</v>
+        <v>16</v>
       </c>
       <c r="D311" s="14">
-        <v>152811</v>
+        <v>123895</v>
       </c>
       <c r="E311" s="15">
-        <v>680</v>
+        <v>531</v>
       </c>
       <c r="F311" s="14">
-        <v>152131</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:6" x14ac:dyDescent="0.25">
+        <v>123364</v>
+      </c>
+      <c r="H311" s="16"/>
+    </row>
+    <row r="312" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A312" s="12" t="s">
         <v>624</v>
       </c>
       <c r="B312" s="12" t="s">
         <v>625</v>
       </c>
       <c r="C312" s="13">
-        <v>20.5</v>
+        <v>23.5</v>
       </c>
       <c r="D312" s="14">
-        <v>156518</v>
+        <v>187718</v>
       </c>
       <c r="E312" s="15">
-        <v>680</v>
+        <v>779</v>
       </c>
       <c r="F312" s="14">
-        <v>155838</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:6" x14ac:dyDescent="0.25">
+        <v>186939</v>
+      </c>
+      <c r="H312" s="16"/>
+    </row>
+    <row r="313" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A313" s="12" t="s">
         <v>626</v>
       </c>
       <c r="B313" s="12" t="s">
         <v>627</v>
       </c>
       <c r="C313" s="13">
-        <v>6</v>
+        <v>6.5</v>
       </c>
       <c r="D313" s="14">
-        <v>45810</v>
+        <v>51922</v>
       </c>
       <c r="E313" s="15">
-        <v>199</v>
+        <v>216</v>
       </c>
       <c r="F313" s="14">
-        <v>45611</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:6" x14ac:dyDescent="0.25">
+        <v>51706</v>
+      </c>
+      <c r="H313" s="16"/>
+    </row>
+    <row r="314" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A314" s="12" t="s">
         <v>628</v>
       </c>
       <c r="B314" s="12" t="s">
         <v>629</v>
       </c>
       <c r="C314" s="13">
-        <v>31.5</v>
+        <v>36</v>
       </c>
       <c r="D314" s="14">
-        <v>240503</v>
+        <v>287568</v>
       </c>
       <c r="E314" s="15">
-        <v>1045</v>
+        <v>1194</v>
       </c>
       <c r="F314" s="14">
-        <v>239458</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:6" x14ac:dyDescent="0.25">
+        <v>286374</v>
+      </c>
+      <c r="H314" s="16"/>
+    </row>
+    <row r="315" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A315" s="12" t="s">
         <v>630</v>
       </c>
       <c r="B315" s="12" t="s">
         <v>631</v>
       </c>
       <c r="C315" s="13">
-        <v>39.5</v>
+        <v>28.5</v>
       </c>
       <c r="D315" s="14">
-        <v>301583</v>
+        <v>227658</v>
       </c>
       <c r="E315" s="15">
-        <v>1310</v>
+        <v>945</v>
       </c>
       <c r="F315" s="14">
-        <v>300273</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:6" x14ac:dyDescent="0.25">
+        <v>226713</v>
+      </c>
+      <c r="H315" s="16"/>
+    </row>
+    <row r="316" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A316" s="12" t="s">
         <v>632</v>
       </c>
       <c r="B316" s="12" t="s">
         <v>633</v>
       </c>
       <c r="C316" s="13">
-        <v>23.5</v>
+        <v>21.5</v>
       </c>
       <c r="D316" s="14">
-        <v>179423</v>
+        <v>171742</v>
       </c>
       <c r="E316" s="15">
-        <v>779</v>
+        <v>713</v>
       </c>
       <c r="F316" s="14">
-        <v>178644</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:6" x14ac:dyDescent="0.25">
+        <v>171029</v>
+      </c>
+      <c r="H316" s="16"/>
+    </row>
+    <row r="317" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A317" s="12" t="s">
         <v>634</v>
       </c>
       <c r="B317" s="12" t="s">
         <v>635</v>
       </c>
       <c r="C317" s="13">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D317" s="14">
-        <v>118453</v>
+        <v>175736</v>
       </c>
       <c r="E317" s="15">
-        <v>531</v>
+        <v>730</v>
       </c>
       <c r="F317" s="14">
-        <v>117922</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:6" x14ac:dyDescent="0.25">
+        <v>175006</v>
+      </c>
+      <c r="H317" s="16"/>
+    </row>
+    <row r="318" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A318" s="12" t="s">
         <v>636</v>
       </c>
       <c r="B318" s="12" t="s">
         <v>637</v>
       </c>
       <c r="C318" s="13">
-        <v>18.5</v>
+        <v>17.5</v>
       </c>
       <c r="D318" s="14">
-        <v>141248</v>
+        <v>143608</v>
       </c>
       <c r="E318" s="15">
-        <v>614</v>
+        <v>580</v>
       </c>
       <c r="F318" s="14">
-        <v>140634</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:6" x14ac:dyDescent="0.25">
+        <v>143028</v>
+      </c>
+      <c r="H318" s="16"/>
+    </row>
+    <row r="319" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A319" s="12" t="s">
         <v>638</v>
       </c>
       <c r="B319" s="12" t="s">
         <v>639</v>
       </c>
       <c r="C319" s="13">
-        <v>142.5</v>
+        <v>135.5</v>
       </c>
       <c r="D319" s="14">
-        <v>1087988</v>
+        <v>1082374</v>
       </c>
       <c r="E319" s="15">
-        <v>4727</v>
+        <v>4495</v>
       </c>
       <c r="F319" s="14">
-        <v>1083261</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:6" x14ac:dyDescent="0.25">
+        <v>1077879</v>
+      </c>
+      <c r="H319" s="16"/>
+    </row>
+    <row r="320" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A320" s="12" t="s">
         <v>640</v>
       </c>
       <c r="B320" s="12" t="s">
         <v>641</v>
       </c>
       <c r="C320" s="13">
-        <v>16.5</v>
+        <v>15.5</v>
       </c>
       <c r="D320" s="14">
-        <v>125978</v>
+        <v>123814</v>
       </c>
       <c r="E320" s="15">
-        <v>547</v>
+        <v>514</v>
       </c>
       <c r="F320" s="14">
-        <v>125431</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:6" x14ac:dyDescent="0.25">
+        <v>123300</v>
+      </c>
+      <c r="H320" s="16"/>
+    </row>
+    <row r="321" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A321" s="12" t="s">
         <v>642</v>
       </c>
       <c r="B321" s="12" t="s">
         <v>643</v>
       </c>
       <c r="C321" s="13">
-        <v>5.5</v>
+        <v>1.5</v>
       </c>
       <c r="D321" s="14">
-        <v>41993</v>
+        <v>11982</v>
       </c>
       <c r="E321" s="15">
-        <v>182</v>
+        <v>50</v>
       </c>
       <c r="F321" s="14">
-        <v>41811</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:6" x14ac:dyDescent="0.25">
+        <v>11932</v>
+      </c>
+      <c r="H321" s="16"/>
+    </row>
+    <row r="322" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A322" s="12" t="s">
         <v>644</v>
       </c>
       <c r="B322" s="12" t="s">
         <v>645</v>
       </c>
       <c r="C322" s="13">
-        <v>31.5</v>
+        <v>27.5</v>
       </c>
       <c r="D322" s="14">
-        <v>236796</v>
+        <v>219670</v>
       </c>
       <c r="E322" s="15">
-        <v>1045</v>
+        <v>912</v>
       </c>
       <c r="F322" s="14">
-        <v>235751</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:6" x14ac:dyDescent="0.25">
+        <v>218758</v>
+      </c>
+      <c r="H322" s="16"/>
+    </row>
+    <row r="323" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A323" s="12" t="s">
         <v>646</v>
       </c>
       <c r="B323" s="12" t="s">
         <v>647</v>
       </c>
       <c r="C323" s="13">
-        <v>28</v>
+        <v>19.5</v>
       </c>
       <c r="D323" s="14">
-        <v>213780</v>
+        <v>155766</v>
       </c>
       <c r="E323" s="15">
-        <v>929</v>
+        <v>647</v>
       </c>
       <c r="F323" s="14">
-        <v>212851</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:6" x14ac:dyDescent="0.25">
+        <v>155119</v>
+      </c>
+      <c r="H323" s="16"/>
+    </row>
+    <row r="324" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A324" s="12" t="s">
         <v>648</v>
       </c>
       <c r="B324" s="12" t="s">
         <v>649</v>
       </c>
       <c r="C324" s="13">
-        <v>9.5</v>
+        <v>7</v>
       </c>
       <c r="D324" s="14">
-        <v>72533</v>
+        <v>55916</v>
       </c>
       <c r="E324" s="15">
-        <v>315</v>
+        <v>232</v>
       </c>
       <c r="F324" s="14">
-        <v>72218</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:6" x14ac:dyDescent="0.25">
+        <v>55684</v>
+      </c>
+      <c r="H324" s="16"/>
+    </row>
+    <row r="325" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A325" s="12" t="s">
         <v>650</v>
       </c>
       <c r="B325" s="12" t="s">
         <v>651</v>
       </c>
       <c r="C325" s="13">
-        <v>33.5</v>
+        <v>35.5</v>
       </c>
       <c r="D325" s="14">
-        <v>255773</v>
+        <v>279661</v>
       </c>
       <c r="E325" s="15">
-        <v>1111</v>
+        <v>1178</v>
       </c>
       <c r="F325" s="14">
-        <v>254662</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:6" x14ac:dyDescent="0.25">
+        <v>278483</v>
+      </c>
+      <c r="H325" s="16"/>
+    </row>
+    <row r="326" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A326" s="12" t="s">
         <v>652</v>
       </c>
       <c r="B326" s="12" t="s">
         <v>653</v>
       </c>
       <c r="C326" s="13">
-        <v>20</v>
+        <v>16.5</v>
       </c>
       <c r="D326" s="14">
-        <v>152700</v>
+        <v>131802</v>
       </c>
       <c r="E326" s="15">
-        <v>663</v>
+        <v>547</v>
       </c>
       <c r="F326" s="14">
-        <v>152037</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:6" x14ac:dyDescent="0.25">
+        <v>131255</v>
+      </c>
+      <c r="H326" s="16"/>
+    </row>
+    <row r="327" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A327" s="12" t="s">
         <v>654</v>
       </c>
       <c r="B327" s="12" t="s">
         <v>655</v>
       </c>
       <c r="C327" s="13">
-        <v>13.5</v>
+        <v>14</v>
       </c>
       <c r="D327" s="14">
-        <v>103073</v>
+        <v>111832</v>
       </c>
       <c r="E327" s="15">
-        <v>448</v>
+        <v>464</v>
       </c>
       <c r="F327" s="14">
-        <v>102625</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:6" x14ac:dyDescent="0.25">
+        <v>111368</v>
+      </c>
+      <c r="H327" s="16"/>
+    </row>
+    <row r="328" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A328" s="12" t="s">
         <v>656</v>
       </c>
       <c r="B328" s="12" t="s">
         <v>657</v>
       </c>
       <c r="C328" s="13">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D328" s="14">
-        <v>244320</v>
+        <v>295556</v>
       </c>
       <c r="E328" s="15">
-        <v>1061</v>
+        <v>1227</v>
       </c>
       <c r="F328" s="14">
-        <v>243259</v>
-[...3 lines deleted...]
-      <c r="A329" s="16" t="s">
+        <v>294329</v>
+      </c>
+      <c r="H328" s="16"/>
+    </row>
+    <row r="329" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="17" t="s">
         <v>658</v>
       </c>
-      <c r="B329" s="16" t="s">
+      <c r="B329" s="17" t="s">
         <v>659</v>
       </c>
-      <c r="C329" s="17">
-[...14 lines deleted...]
-      </c>
+      <c r="C329" s="18">
+        <v>11410.5</v>
+      </c>
+      <c r="D329" s="19">
+        <v>91311325</v>
+      </c>
+      <c r="E329" s="20">
+        <v>378490</v>
+      </c>
+      <c r="F329" s="19">
+        <v>90932835</v>
+      </c>
+      <c r="H329" s="21"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>PreschoolFunding</vt:lpstr>
       <vt:lpstr>PreschoolFunding!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Parker, John [IDOM]</dc:creator>
+  <dc:creator>Luong, Song [IDOE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>