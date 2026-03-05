--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -1,80 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20406"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\My Drive\School Business and Finance\Accounting and Reporting\Certified Annual Reports (CAR)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\IDOE School Business Operations\CAR\FY 2026 CAR Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{AF05829E-24C2-44C5-B560-B8C1989AF1E1}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A7B3C000-FFC7-4223-8299-9F29012E84DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12015" xr2:uid="{7FFB0D18-F9DF-4C6E-8BFE-764A1BF8FAAA}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7FFB0D18-F9DF-4C6E-8BFE-764A1BF8FAAA}"/>
   </bookViews>
   <sheets>
-    <sheet name="2023-24 AEA Flowthrough" sheetId="1" r:id="rId1"/>
+    <sheet name="2025-26 AEA Flowthrough" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2023-24 AEA Flowthrough'!$A$3:$E$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025-26 AEA Flowthrough'!$A$3:$E$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="653" uniqueCount="653">
   <si>
     <t>0009</t>
   </si>
   <si>
     <t>AGWSR</t>
   </si>
   <si>
     <t>0441</t>
   </si>
   <si>
     <t>AHSTW</t>
   </si>
   <si>
     <t>0018</t>
   </si>
   <si>
     <t>Adair-Casey</t>
   </si>
   <si>
     <t>0027</t>
   </si>
   <si>
     <t>Adel-Desoto-Minburn</t>
@@ -1966,75 +1968,75 @@
   <si>
     <t>Winterset</t>
   </si>
   <si>
     <t>7092</t>
   </si>
   <si>
     <t>Woodbine</t>
   </si>
   <si>
     <t>7098</t>
   </si>
   <si>
     <t>Woodbury Central</t>
   </si>
   <si>
     <t>7110</t>
   </si>
   <si>
     <t>Woodward-Granger</t>
   </si>
   <si>
     <t>Report Totals</t>
   </si>
   <si>
-    <t>1968</t>
-[...13 lines deleted...]
-  <si>
     <t>DISTRICT AEA FLOWTHROUGH AMOUNTS</t>
   </si>
   <si>
-    <t>FOR FISCAL YEAR 2023-24</t>
-[...1 lines deleted...]
-  <si>
     <t>Southeast Valley</t>
   </si>
   <si>
-    <t>6035</t>
+    <t>6048</t>
+  </si>
+  <si>
+    <t>3582</t>
+  </si>
+  <si>
+    <t>1935</t>
+  </si>
+  <si>
+    <t>5319</t>
+  </si>
+  <si>
+    <t>5157</t>
+  </si>
+  <si>
+    <t>4824</t>
+  </si>
+  <si>
+    <t>FOR FISCAL YEAR 2025-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Courier New"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -2158,95 +2160,95 @@
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{4B426883-FA87-48F6-B87D-9A3BB82C26CF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2308,51 +2310,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2450,3709 +2452,3708 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BF776F1-F9FF-412A-A6D8-B77EBEDD032C}">
   <dimension ref="A1:C330"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E7" sqref="E7"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.42578125" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.140625" customWidth="1"/>
     <col min="5" max="5" width="35.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="7"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B2" s="9"/>
       <c r="C2" s="10"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="C3" s="1"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="1">
-        <v>343348</v>
+        <v>374424</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="1">
-        <v>144388</v>
+        <v>145742</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="1">
-        <v>1044539</v>
+        <v>1058650</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="1">
-        <v>280042</v>
+        <v>276416</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="1">
-        <v>99983</v>
+        <v>107498</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="1">
-        <v>524239</v>
+        <v>539837</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="1">
-        <v>241715</v>
+        <v>265743</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="1">
-        <v>130563</v>
+        <v>131437</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="1">
-        <v>743819</v>
+        <v>797355</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="1">
-        <v>550495</v>
+        <v>608534</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>401</v>
       </c>
       <c r="B14" t="s">
         <v>402</v>
       </c>
       <c r="C14" s="1">
-        <v>266842</v>
+        <v>278045</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B15" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="1">
-        <v>425960</v>
+        <v>435812</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B16" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="1">
-        <v>2126405</v>
+        <v>2251001</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B17" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="1">
-        <v>602151</v>
+        <v>615072</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="1">
-        <v>113808</v>
+        <v>120236</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B19" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="1">
-        <v>6464711</v>
+        <v>6309854</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="1">
-        <v>415169</v>
+        <v>419651</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>421</v>
       </c>
       <c r="B21" t="s">
         <v>422</v>
       </c>
       <c r="C21" s="1">
-        <v>202547</v>
+        <v>217065</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B22" t="s">
         <v>35</v>
       </c>
       <c r="C22" s="1">
-        <v>137270</v>
+        <v>158383</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B23" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="1">
-        <v>710421</v>
+        <v>757660</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B24" t="s">
         <v>39</v>
       </c>
       <c r="C24" s="1">
-        <v>236846</v>
+        <v>245465</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B25" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="1">
-        <v>381399</v>
+        <v>399468</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>43</v>
       </c>
       <c r="C26" s="1">
-        <v>858425</v>
+        <v>850557</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
         <v>45</v>
       </c>
       <c r="C27" s="1">
-        <v>170032</v>
+        <v>165703</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B28" t="s">
         <v>41</v>
       </c>
       <c r="C28" s="1">
-        <v>234473</v>
+        <v>240401</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B29" t="s">
         <v>47</v>
       </c>
       <c r="C29" s="1">
-        <v>235563</v>
+        <v>253476</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B30" t="s">
         <v>49</v>
       </c>
       <c r="C30" s="1">
-        <v>211243</v>
+        <v>233993</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B31" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="1">
-        <v>313120</v>
+        <v>320422</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>53</v>
       </c>
       <c r="C32" s="1">
-        <v>366787</v>
+        <v>375077</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="1">
-        <v>87274</v>
+        <v>91087</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B34" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="1">
-        <v>732225</v>
+        <v>741257</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B35" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="1">
-        <v>1997542</v>
+        <v>1992729</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>197</v>
       </c>
       <c r="B36" t="s">
         <v>198</v>
       </c>
       <c r="C36" s="1">
-        <v>394661</v>
+        <v>397276</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B37" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="1">
-        <v>1276703</v>
+        <v>1298271</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B38" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="1">
-        <v>1002405</v>
+        <v>1020026</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B39" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="1">
-        <v>332332</v>
+        <v>338757</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>609</v>
       </c>
       <c r="B40" t="s">
         <v>610</v>
       </c>
       <c r="C40" s="1">
-        <v>263788</v>
+        <v>297762</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="1">
-        <v>254867</v>
+        <v>272381</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>407</v>
       </c>
       <c r="B42" t="s">
         <v>408</v>
       </c>
       <c r="C42" s="1">
-        <v>235712</v>
+        <v>244439</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B43" t="s">
         <v>71</v>
       </c>
       <c r="C43" s="1">
-        <v>1944876</v>
+        <v>1979305</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B44" t="s">
         <v>75</v>
       </c>
       <c r="C44" s="1">
-        <v>220217</v>
+        <v>220348</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B45" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="1">
-        <v>142782</v>
+        <v>152389</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B46" t="s">
         <v>77</v>
       </c>
       <c r="C46" s="1">
-        <v>188322</v>
+        <v>193462</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B47" t="s">
         <v>79</v>
       </c>
       <c r="C47" s="1">
-        <v>411142</v>
+        <v>410978</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B48" t="s">
         <v>81</v>
       </c>
       <c r="C48" s="1">
-        <v>280721</v>
+        <v>281461</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B49" t="s">
         <v>83</v>
       </c>
       <c r="C49" s="1">
-        <v>980768</v>
+        <v>946907</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B50" t="s">
         <v>85</v>
       </c>
       <c r="C50" s="1">
-        <v>891752</v>
+        <v>915701</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B51" t="s">
         <v>87</v>
       </c>
       <c r="C51" s="1">
-        <v>2923145</v>
+        <v>2921061</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B52" t="s">
         <v>89</v>
       </c>
       <c r="C52" s="1">
-        <v>7988949</v>
+        <v>8485405</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B53" t="s">
         <v>91</v>
       </c>
       <c r="C53" s="1">
-        <v>605598</v>
+        <v>586892</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B54" t="s">
         <v>93</v>
       </c>
       <c r="C54" s="1">
-        <v>627817</v>
+        <v>654035</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B55" t="s">
         <v>103</v>
       </c>
       <c r="C55" s="1">
-        <v>375065</v>
+        <v>424022</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B56" t="s">
         <v>97</v>
       </c>
       <c r="C56" s="1">
-        <v>219527</v>
+        <v>242977</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B57" t="s">
         <v>99</v>
       </c>
       <c r="C57" s="1">
-        <v>712637</v>
+        <v>753814</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B58" t="s">
         <v>95</v>
       </c>
       <c r="C58" s="1">
-        <v>208722</v>
+        <v>210948</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B59" t="s">
         <v>101</v>
       </c>
       <c r="C59" s="1">
-        <v>314643</v>
+        <v>324977</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B60" t="s">
         <v>105</v>
       </c>
       <c r="C60" s="1">
-        <v>401550</v>
+        <v>401463</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B61" t="s">
         <v>109</v>
       </c>
       <c r="C61" s="1">
-        <v>600134</v>
+        <v>658733</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B62" t="s">
         <v>111</v>
       </c>
       <c r="C62" s="1">
-        <v>800382</v>
+        <v>815927</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B63" t="s">
         <v>113</v>
       </c>
       <c r="C63" s="1">
-        <v>142891</v>
+        <v>153888</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B64" t="s">
         <v>115</v>
       </c>
       <c r="C64" s="1">
-        <v>515165</v>
+        <v>535921</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B65" t="s">
         <v>117</v>
       </c>
       <c r="C65" s="1">
-        <v>486715</v>
+        <v>491370</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B66" t="s">
         <v>119</v>
       </c>
       <c r="C66" s="1">
-        <v>502648</v>
+        <v>502799</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B67" t="s">
         <v>121</v>
       </c>
       <c r="C67" s="1">
-        <v>704896</v>
+        <v>748519</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B68" t="s">
         <v>123</v>
       </c>
       <c r="C68" s="1">
-        <v>147920</v>
+        <v>151097</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B69" t="s">
         <v>125</v>
       </c>
       <c r="C69" s="1">
-        <v>149375</v>
+        <v>160760</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B70" t="s">
         <v>129</v>
       </c>
       <c r="C70" s="1">
-        <v>1531487</v>
+        <v>1571994</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B71" t="s">
         <v>131</v>
       </c>
       <c r="C71" s="1">
-        <v>588550</v>
+        <v>599661</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B72" t="s">
         <v>133</v>
       </c>
       <c r="C72" s="1">
-        <v>1832297</v>
+        <v>1931243</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B73" t="s">
         <v>135</v>
       </c>
       <c r="C73" s="1">
-        <v>329305</v>
+        <v>343327</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B74" t="s">
         <v>137</v>
       </c>
       <c r="C74" s="1">
-        <v>2633213</v>
+        <v>2557844</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B75" t="s">
         <v>139</v>
       </c>
       <c r="C75" s="1">
-        <v>217903</v>
+        <v>215651</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B76" t="s">
         <v>141</v>
       </c>
       <c r="C76" s="1">
-        <v>206587</v>
+        <v>221384</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B77" t="s">
         <v>143</v>
       </c>
       <c r="C77" s="1">
-        <v>361012</v>
+        <v>389718</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B78" t="s">
         <v>145</v>
       </c>
       <c r="C78" s="1">
-        <v>202086</v>
+        <v>219423</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B79" t="s">
         <v>147</v>
       </c>
       <c r="C79" s="1">
-        <v>181101</v>
+        <v>203550</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B80" t="s">
         <v>149</v>
       </c>
       <c r="C80" s="1">
-        <v>4680042</v>
+        <v>4704405</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B81" t="s">
         <v>151</v>
       </c>
       <c r="C81" s="1">
-        <v>691604</v>
+        <v>697995</v>
       </c>
     </row>
     <row r="82" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B82" t="s">
         <v>153</v>
       </c>
       <c r="C82" s="1">
-        <v>1757408</v>
+        <v>1682603</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B83" t="s">
         <v>155</v>
       </c>
       <c r="C83" s="1">
-        <v>222284</v>
+        <v>221573</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B84" t="s">
         <v>157</v>
       </c>
       <c r="C84" s="1">
-        <v>7173151</v>
+        <v>7350126</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B85" t="s">
         <v>159</v>
       </c>
       <c r="C85" s="1">
-        <v>546435</v>
+        <v>546260</v>
       </c>
     </row>
     <row r="86" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
         <v>160</v>
       </c>
       <c r="B86" t="s">
         <v>161</v>
       </c>
       <c r="C86" s="1">
-        <v>754266</v>
+        <v>792678</v>
       </c>
     </row>
     <row r="87" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B87" t="s">
         <v>163</v>
       </c>
       <c r="C87" s="1">
-        <v>92353</v>
+        <v>94055</v>
       </c>
     </row>
     <row r="88" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B88" t="s">
         <v>165</v>
       </c>
       <c r="C88" s="1">
-        <v>1061624</v>
+        <v>1044793</v>
       </c>
     </row>
     <row r="89" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B89" t="s">
         <v>167</v>
       </c>
       <c r="C89" s="1">
-        <v>435265</v>
+        <v>443175</v>
       </c>
     </row>
     <row r="90" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B90" t="s">
         <v>169</v>
       </c>
       <c r="C90" s="1">
-        <v>15358170</v>
+        <v>15904972</v>
       </c>
     </row>
     <row r="91" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
         <v>170</v>
       </c>
       <c r="B91" t="s">
         <v>171</v>
       </c>
       <c r="C91" s="1">
-        <v>53098</v>
+        <v>52016</v>
       </c>
     </row>
     <row r="92" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B92" t="s">
         <v>173</v>
       </c>
       <c r="C92" s="1">
-        <v>448938</v>
+        <v>445643</v>
       </c>
     </row>
     <row r="93" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B93" t="s">
         <v>175</v>
       </c>
       <c r="C93" s="1">
-        <v>5524824</v>
+        <v>5636160</v>
       </c>
     </row>
     <row r="94" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B94" t="s">
         <v>177</v>
       </c>
       <c r="C94" s="1">
-        <v>193721</v>
+        <v>197690</v>
       </c>
     </row>
     <row r="95" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B95" t="s">
         <v>67</v>
       </c>
       <c r="C95" s="1">
-        <v>176217</v>
+        <v>196310</v>
       </c>
     </row>
     <row r="96" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
         <v>178</v>
       </c>
       <c r="B96" t="s">
         <v>179</v>
       </c>
       <c r="C96" s="1">
-        <v>242896</v>
+        <v>244035</v>
       </c>
     </row>
     <row r="97" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>180</v>
+        <v>648</v>
       </c>
       <c r="B97" t="s">
-        <v>181</v>
+        <v>562</v>
       </c>
       <c r="C97" s="1">
-        <v>482462</v>
+        <v>504658</v>
       </c>
     </row>
     <row r="98" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B98" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C98" s="1">
-        <v>259469</v>
+        <v>507572</v>
       </c>
     </row>
     <row r="99" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B99" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C99" s="1">
-        <v>278919</v>
+        <v>272181</v>
       </c>
     </row>
     <row r="100" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="B100" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="C100" s="1">
-        <v>269447</v>
+        <v>278890</v>
       </c>
     </row>
     <row r="101" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>644</v>
+        <v>195</v>
       </c>
       <c r="B101" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="C101" s="1">
-        <v>266868</v>
+        <v>279277</v>
       </c>
     </row>
     <row r="102" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>191</v>
       </c>
       <c r="B102" t="s">
         <v>192</v>
       </c>
       <c r="C102" s="1">
-        <v>230938</v>
+        <v>232591</v>
       </c>
     </row>
     <row r="103" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
         <v>193</v>
       </c>
       <c r="B103" t="s">
         <v>194</v>
       </c>
       <c r="C103" s="1">
-        <v>159391</v>
+        <v>167339</v>
       </c>
     </row>
     <row r="104" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
         <v>472</v>
       </c>
       <c r="B104" t="s">
         <v>473</v>
       </c>
       <c r="C104" s="1">
-        <v>183455</v>
+        <v>196026</v>
       </c>
     </row>
     <row r="105" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
         <v>199</v>
       </c>
       <c r="B105" t="s">
         <v>200</v>
       </c>
       <c r="C105" s="1">
-        <v>185881</v>
+        <v>196224</v>
       </c>
     </row>
     <row r="106" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
         <v>201</v>
       </c>
       <c r="B106" t="s">
         <v>202</v>
       </c>
       <c r="C106" s="1">
-        <v>301177</v>
+        <v>301214</v>
       </c>
     </row>
     <row r="107" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B107" t="s">
         <v>204</v>
       </c>
       <c r="C107" s="1">
-        <v>343276</v>
+        <v>346947</v>
       </c>
     </row>
     <row r="108" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B108" t="s">
         <v>206</v>
       </c>
       <c r="C108" s="1">
-        <v>213425</v>
+        <v>223940</v>
       </c>
     </row>
     <row r="109" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B109" t="s">
         <v>208</v>
       </c>
       <c r="C109" s="1">
-        <v>90518</v>
+        <v>92156</v>
       </c>
     </row>
     <row r="110" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
         <v>209</v>
       </c>
       <c r="B110" t="s">
         <v>210</v>
       </c>
       <c r="C110" s="1">
-        <v>588910</v>
+        <v>598814</v>
       </c>
     </row>
     <row r="111" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
         <v>211</v>
       </c>
       <c r="B111" t="s">
         <v>212</v>
       </c>
       <c r="C111" s="1">
-        <v>189203</v>
+        <v>207195</v>
       </c>
     </row>
     <row r="112" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
         <v>213</v>
       </c>
       <c r="B112" t="s">
         <v>214</v>
       </c>
       <c r="C112" s="1">
-        <v>775297</v>
+        <v>793279</v>
       </c>
     </row>
     <row r="113" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B113" t="s">
         <v>216</v>
       </c>
       <c r="C113" s="1">
-        <v>524367</v>
+        <v>550754</v>
       </c>
     </row>
     <row r="114" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B114" t="s">
         <v>218</v>
       </c>
       <c r="C114" s="1">
-        <v>1861501</v>
+        <v>1921778</v>
       </c>
     </row>
     <row r="115" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
         <v>219</v>
       </c>
       <c r="B115" t="s">
         <v>220</v>
       </c>
       <c r="C115" s="1">
-        <v>1057180</v>
+        <v>1106438</v>
       </c>
     </row>
     <row r="116" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
         <v>221</v>
       </c>
       <c r="B116" t="s">
         <v>222</v>
       </c>
       <c r="C116" s="1">
-        <v>215194</v>
+        <v>226533</v>
       </c>
     </row>
     <row r="117" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>225</v>
       </c>
       <c r="B117" t="s">
         <v>226</v>
       </c>
       <c r="C117" s="1">
-        <v>218939</v>
+        <v>236450</v>
       </c>
     </row>
     <row r="118" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
         <v>227</v>
       </c>
       <c r="B118" t="s">
         <v>228</v>
       </c>
       <c r="C118" s="1">
-        <v>431803</v>
+        <v>442152</v>
       </c>
     </row>
     <row r="119" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
         <v>229</v>
       </c>
       <c r="B119" t="s">
         <v>230</v>
       </c>
       <c r="C119" s="1">
-        <v>222346</v>
+        <v>226717</v>
       </c>
     </row>
     <row r="120" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
         <v>231</v>
       </c>
       <c r="B120" t="s">
         <v>232</v>
       </c>
       <c r="C120" s="1">
-        <v>767752</v>
+        <v>754105</v>
       </c>
     </row>
     <row r="121" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
         <v>233</v>
       </c>
       <c r="B121" t="s">
         <v>234</v>
       </c>
       <c r="C121" s="1">
-        <v>91424</v>
+        <v>91824</v>
       </c>
     </row>
     <row r="122" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
         <v>235</v>
       </c>
       <c r="B122" t="s">
         <v>236</v>
       </c>
       <c r="C122" s="1">
-        <v>302976</v>
+        <v>322270</v>
       </c>
     </row>
     <row r="123" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B123" t="s">
         <v>238</v>
       </c>
       <c r="C123" s="1">
-        <v>938499</v>
+        <v>947743</v>
       </c>
     </row>
     <row r="124" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B124" t="s">
         <v>240</v>
       </c>
       <c r="C124" s="1">
-        <v>134906</v>
+        <v>153395</v>
       </c>
     </row>
     <row r="125" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
         <v>241</v>
       </c>
       <c r="B125" t="s">
         <v>242</v>
       </c>
       <c r="C125" s="1">
-        <v>180134</v>
+        <v>192643</v>
       </c>
     </row>
     <row r="126" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
         <v>399</v>
       </c>
       <c r="B126" t="s">
         <v>400</v>
       </c>
       <c r="C126" s="1">
-        <v>294231</v>
+        <v>331199</v>
       </c>
     </row>
     <row r="127" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B127" t="s">
         <v>224</v>
       </c>
       <c r="C127" s="1">
-        <v>129568</v>
+        <v>135620</v>
       </c>
     </row>
     <row r="128" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
         <v>245</v>
       </c>
       <c r="B128" t="s">
         <v>246</v>
       </c>
       <c r="C128" s="1">
-        <v>764428</v>
+        <v>797888</v>
       </c>
     </row>
     <row r="129" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
         <v>247</v>
       </c>
       <c r="B129" t="s">
         <v>248</v>
       </c>
       <c r="C129" s="1">
-        <v>220717</v>
+        <v>239977</v>
       </c>
     </row>
     <row r="130" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B130" t="s">
         <v>250</v>
       </c>
       <c r="C130" s="1">
-        <v>346878</v>
+        <v>351370</v>
       </c>
     </row>
     <row r="131" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
         <v>251</v>
       </c>
       <c r="B131" t="s">
         <v>252</v>
       </c>
       <c r="C131" s="1">
-        <v>187143</v>
+        <v>190245</v>
       </c>
     </row>
     <row r="132" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B132" t="s">
         <v>127</v>
       </c>
       <c r="C132" s="1">
-        <v>311854</v>
+        <v>334471</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
         <v>253</v>
       </c>
       <c r="B133" t="s">
         <v>254</v>
       </c>
       <c r="C133" s="1">
-        <v>149095</v>
+        <v>154924</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
         <v>255</v>
       </c>
       <c r="B134" t="s">
         <v>256</v>
       </c>
       <c r="C134" s="1">
-        <v>105549</v>
+        <v>108287</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
         <v>257</v>
       </c>
       <c r="B135" t="s">
         <v>258</v>
       </c>
       <c r="C135" s="1">
-        <v>560399</v>
+        <v>576270</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
         <v>259</v>
       </c>
       <c r="B136" t="s">
         <v>260</v>
       </c>
       <c r="C136" s="1">
-        <v>672008</v>
+        <v>691446</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
         <v>261</v>
       </c>
       <c r="B137" t="s">
         <v>262</v>
       </c>
       <c r="C137" s="1">
-        <v>143930</v>
+        <v>152535</v>
       </c>
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
         <v>263</v>
       </c>
       <c r="B138" t="s">
         <v>264</v>
       </c>
       <c r="C138" s="1">
-        <v>331550</v>
+        <v>356680</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
         <v>265</v>
       </c>
       <c r="B139" t="s">
         <v>266</v>
       </c>
       <c r="C139" s="1">
-        <v>276573</v>
+        <v>285737</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
         <v>267</v>
       </c>
       <c r="B140" t="s">
         <v>268</v>
       </c>
       <c r="C140" s="1">
-        <v>271440</v>
+        <v>289906</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
         <v>269</v>
       </c>
       <c r="B141" t="s">
         <v>270</v>
       </c>
       <c r="C141" s="1">
-        <v>581221</v>
+        <v>621047</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
         <v>271</v>
       </c>
       <c r="B142" t="s">
         <v>272</v>
       </c>
       <c r="C142" s="1">
-        <v>197508</v>
+        <v>208433</v>
       </c>
     </row>
     <row r="143" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
         <v>273</v>
       </c>
       <c r="B143" t="s">
         <v>274</v>
       </c>
       <c r="C143" s="1">
-        <v>358533</v>
+        <v>402468</v>
       </c>
     </row>
     <row r="144" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
         <v>275</v>
       </c>
       <c r="B144" t="s">
         <v>276</v>
       </c>
       <c r="C144" s="1">
-        <v>631606</v>
+        <v>639455</v>
       </c>
     </row>
     <row r="145" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
         <v>279</v>
       </c>
       <c r="B145" t="s">
         <v>280</v>
       </c>
       <c r="C145" s="1">
-        <v>705608</v>
+        <v>722629</v>
       </c>
     </row>
     <row r="146" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A146" s="2" t="s">
         <v>281</v>
       </c>
       <c r="B146" t="s">
         <v>282</v>
       </c>
       <c r="C146" s="1">
-        <v>1664541</v>
+        <v>1703862</v>
       </c>
     </row>
     <row r="147" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
         <v>283</v>
       </c>
       <c r="B147" t="s">
         <v>284</v>
       </c>
       <c r="C147" s="1">
-        <v>397729</v>
+        <v>396283</v>
       </c>
     </row>
     <row r="148" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A148" s="2" t="s">
         <v>285</v>
       </c>
       <c r="B148" t="s">
         <v>286</v>
       </c>
       <c r="C148" s="1">
-        <v>7299380</v>
+        <v>7397382</v>
       </c>
     </row>
     <row r="149" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
         <v>287</v>
       </c>
       <c r="B149" t="s">
         <v>288</v>
       </c>
       <c r="C149" s="1">
-        <v>500411</v>
+        <v>504093</v>
       </c>
     </row>
     <row r="150" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A150" s="2" t="s">
         <v>289</v>
       </c>
       <c r="B150" t="s">
         <v>290</v>
       </c>
       <c r="C150" s="1">
-        <v>232347</v>
+        <v>244835</v>
       </c>
     </row>
     <row r="151" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A151" s="2" t="s">
         <v>277</v>
       </c>
       <c r="B151" t="s">
         <v>278</v>
       </c>
       <c r="C151" s="1">
-        <v>311001</v>
+        <v>351182</v>
       </c>
     </row>
     <row r="152" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
         <v>291</v>
       </c>
       <c r="B152" t="s">
         <v>292</v>
       </c>
       <c r="C152" s="1">
-        <v>229694</v>
+        <v>227711</v>
       </c>
     </row>
     <row r="153" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B153" t="s">
         <v>244</v>
       </c>
       <c r="C153" s="1">
-        <v>572190</v>
+        <v>627568</v>
       </c>
     </row>
     <row r="154" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A154" s="2" t="s">
         <v>293</v>
       </c>
       <c r="B154" t="s">
         <v>294</v>
       </c>
       <c r="C154" s="1">
-        <v>468598</v>
+        <v>464066</v>
       </c>
     </row>
     <row r="155" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A155" s="2" t="s">
         <v>295</v>
       </c>
       <c r="B155" t="s">
         <v>296</v>
       </c>
       <c r="C155" s="1">
-        <v>3508434</v>
+        <v>3333893</v>
       </c>
     </row>
     <row r="156" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A156" s="2" t="s">
         <v>297</v>
       </c>
       <c r="B156" t="s">
         <v>298</v>
       </c>
       <c r="C156" s="1">
-        <v>918870</v>
+        <v>953193</v>
       </c>
     </row>
     <row r="157" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A157" s="2" t="s">
         <v>299</v>
       </c>
       <c r="B157" t="s">
         <v>300</v>
       </c>
       <c r="C157" s="1">
-        <v>172532</v>
+        <v>171434</v>
       </c>
     </row>
     <row r="158" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A158" s="2" t="s">
         <v>301</v>
       </c>
       <c r="B158" t="s">
         <v>302</v>
       </c>
       <c r="C158" s="1">
-        <v>239926</v>
+        <v>246127</v>
       </c>
     </row>
     <row r="159" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A159" s="2" t="s">
         <v>303</v>
       </c>
       <c r="B159" t="s">
         <v>304</v>
       </c>
       <c r="C159" s="1">
-        <v>822512</v>
+        <v>848398</v>
       </c>
     </row>
     <row r="160" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A160" s="2" t="s">
         <v>305</v>
       </c>
       <c r="B160" t="s">
         <v>306</v>
       </c>
       <c r="C160" s="1">
-        <v>277281</v>
+        <v>289568</v>
       </c>
     </row>
     <row r="161" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A161" s="2" t="s">
         <v>307</v>
       </c>
       <c r="B161" t="s">
         <v>308</v>
       </c>
       <c r="C161" s="1">
-        <v>168351</v>
+        <v>163286</v>
       </c>
     </row>
     <row r="162" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A162" s="2" t="s">
         <v>309</v>
       </c>
       <c r="B162" t="s">
         <v>310</v>
       </c>
       <c r="C162" s="1">
-        <v>148082</v>
+        <v>170461</v>
       </c>
     </row>
     <row r="163" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A163" s="2" t="s">
         <v>311</v>
       </c>
       <c r="B163" t="s">
         <v>312</v>
       </c>
       <c r="C163" s="1">
-        <v>300952</v>
+        <v>308587</v>
       </c>
     </row>
     <row r="164" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A164" s="2" t="s">
-        <v>313</v>
+        <v>647</v>
       </c>
       <c r="B164" t="s">
-        <v>314</v>
+        <v>186</v>
       </c>
       <c r="C164" s="1">
-        <v>1195193</v>
+        <v>276852</v>
       </c>
     </row>
     <row r="165" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B165" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C165" s="1">
-        <v>214753</v>
+        <v>1194583</v>
       </c>
     </row>
     <row r="166" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B166" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C166" s="1">
-        <v>1365127</v>
+        <v>225440</v>
       </c>
     </row>
     <row r="167" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A167" s="2" t="s">
-        <v>403</v>
+        <v>317</v>
       </c>
       <c r="B167" t="s">
-        <v>404</v>
+        <v>318</v>
       </c>
       <c r="C167" s="1">
-        <v>347378</v>
+        <v>1381692</v>
       </c>
     </row>
     <row r="168" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A168" s="2" t="s">
-        <v>319</v>
+        <v>403</v>
       </c>
       <c r="B168" t="s">
-        <v>320</v>
+        <v>404</v>
       </c>
       <c r="C168" s="1">
-        <v>3893683</v>
+        <v>359686</v>
       </c>
     </row>
     <row r="169" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A169" s="2" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B169" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C169" s="1">
-        <v>323545</v>
+        <v>3795489</v>
       </c>
     </row>
     <row r="170" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A170" s="2" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B170" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C170" s="1">
-        <v>286872</v>
+        <v>336882</v>
       </c>
     </row>
     <row r="171" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A171" s="2" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B171" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C171" s="1">
-        <v>158714</v>
+        <v>290242</v>
       </c>
     </row>
     <row r="172" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A172" s="2" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="B172" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C172" s="1">
-        <v>319814</v>
+        <v>162348</v>
       </c>
     </row>
     <row r="173" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A173" s="2" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B173" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C173" s="1">
-        <v>218338</v>
+        <v>335965</v>
       </c>
     </row>
     <row r="174" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B174" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C174" s="1">
-        <v>322746</v>
+        <v>217896</v>
       </c>
     </row>
     <row r="175" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A175" s="2" t="s">
-        <v>187</v>
+        <v>333</v>
       </c>
       <c r="B175" t="s">
-        <v>188</v>
+        <v>334</v>
       </c>
       <c r="C175" s="1">
-        <v>258805</v>
+        <v>310185</v>
       </c>
     </row>
     <row r="176" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
-        <v>335</v>
+        <v>187</v>
       </c>
       <c r="B176" t="s">
-        <v>336</v>
+        <v>188</v>
       </c>
       <c r="C176" s="1">
-        <v>322927</v>
+        <v>283329</v>
       </c>
     </row>
     <row r="177" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A177" s="2" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B177" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C177" s="1">
-        <v>288270</v>
+        <v>346936</v>
       </c>
     </row>
     <row r="178" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A178" s="2" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B178" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C178" s="1">
-        <v>627222</v>
+        <v>304018</v>
       </c>
     </row>
     <row r="179" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A179" s="2" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B179" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C179" s="1">
-        <v>321502</v>
+        <v>659679</v>
       </c>
     </row>
     <row r="180" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A180" s="2" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B180" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C180" s="1">
-        <v>220445</v>
+        <v>353942</v>
       </c>
     </row>
     <row r="181" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A181" s="2" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B181" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C181" s="1">
-        <v>903193</v>
+        <v>235625</v>
       </c>
     </row>
     <row r="182" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A182" s="2" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B182" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C182" s="1">
-        <v>2796048</v>
+        <v>889771</v>
       </c>
     </row>
     <row r="183" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A183" s="2" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="B183" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C183" s="1">
-        <v>236550</v>
+        <v>2860521</v>
       </c>
     </row>
     <row r="184" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A184" s="2" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B184" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C184" s="1">
-        <v>1787013</v>
+        <v>232613</v>
       </c>
     </row>
     <row r="185" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A185" s="2" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="B185" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
       <c r="C185" s="1">
-        <v>832819</v>
+        <v>1849937</v>
       </c>
     </row>
     <row r="186" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A186" s="2" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="B186" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="C186" s="1">
-        <v>415832</v>
+        <v>868611</v>
       </c>
     </row>
     <row r="187" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B187" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C187" s="1">
-        <v>140335</v>
+        <v>429866</v>
       </c>
     </row>
     <row r="188" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B188" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C188" s="1">
-        <v>233851</v>
+        <v>146637</v>
       </c>
     </row>
     <row r="189" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A189" s="2" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B189" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C189" s="1">
-        <v>599413</v>
+        <v>251468</v>
       </c>
     </row>
     <row r="190" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B190" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C190" s="1">
-        <v>368994</v>
+        <v>605573</v>
       </c>
     </row>
     <row r="191" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A191" s="2" t="s">
-        <v>331</v>
+        <v>361</v>
       </c>
       <c r="B191" t="s">
-        <v>332</v>
+        <v>362</v>
       </c>
       <c r="C191" s="1">
-        <v>390591</v>
+        <v>380688</v>
       </c>
     </row>
     <row r="192" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A192" s="2" t="s">
-        <v>365</v>
+        <v>331</v>
       </c>
       <c r="B192" t="s">
-        <v>366</v>
+        <v>332</v>
       </c>
       <c r="C192" s="1">
-        <v>237017</v>
+        <v>416617</v>
       </c>
     </row>
     <row r="193" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A193" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B193" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="C193" s="1">
-        <v>475295</v>
+        <v>237240</v>
       </c>
     </row>
     <row r="194" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A194" s="2" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="B194" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C194" s="1">
-        <v>169014</v>
+        <v>491358</v>
       </c>
     </row>
     <row r="195" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A195" s="2" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B195" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C195" s="1">
-        <v>111374</v>
+        <v>161912</v>
       </c>
     </row>
     <row r="196" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A196" s="2" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B196" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C196" s="1">
-        <v>89633</v>
+        <v>115884</v>
       </c>
     </row>
     <row r="197" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A197" s="2" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B197" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C197" s="1">
-        <v>88874</v>
+        <v>97097</v>
       </c>
     </row>
     <row r="198" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A198" s="2" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B198" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C198" s="1">
-        <v>286609</v>
+        <v>100219</v>
       </c>
     </row>
     <row r="199" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A199" s="2" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B199" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C199" s="1">
-        <v>865485</v>
+        <v>303841</v>
       </c>
     </row>
     <row r="200" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A200" s="2" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B200" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C200" s="1">
-        <v>532335</v>
+        <v>885102</v>
       </c>
     </row>
     <row r="201" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A201" s="2" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B201" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C201" s="1">
-        <v>107427</v>
+        <v>528187</v>
       </c>
     </row>
     <row r="202" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A202" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B202" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C202" s="1">
-        <v>2225191</v>
+        <v>112890</v>
       </c>
     </row>
     <row r="203" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A203" s="2" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B203" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C203" s="1">
-        <v>284028</v>
+        <v>2250309</v>
       </c>
     </row>
     <row r="204" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A204" s="2" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B204" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="C204" s="1">
-        <v>648341</v>
+        <v>301212</v>
       </c>
     </row>
     <row r="205" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A205" s="2" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="B205" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="C205" s="1">
-        <v>247284</v>
+        <v>682575</v>
       </c>
     </row>
     <row r="206" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A206" s="2" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B206" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C206" s="1">
-        <v>460527</v>
+        <v>242938</v>
       </c>
     </row>
     <row r="207" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A207" s="2" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B207" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="C207" s="1">
-        <v>262705</v>
+        <v>519983</v>
       </c>
     </row>
     <row r="208" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A208" s="2" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B208" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C208" s="1">
-        <v>1442022</v>
+        <v>273772</v>
       </c>
     </row>
     <row r="209" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A209" s="2" t="s">
-        <v>106</v>
+        <v>397</v>
       </c>
       <c r="B209" t="s">
-        <v>107</v>
+        <v>398</v>
       </c>
       <c r="C209" s="1">
-        <v>402411</v>
+        <v>1455940</v>
       </c>
     </row>
     <row r="210" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A210" s="2" t="s">
-        <v>423</v>
+        <v>106</v>
       </c>
       <c r="B210" t="s">
-        <v>424</v>
+        <v>107</v>
       </c>
       <c r="C210" s="1">
-        <v>246705</v>
+        <v>408220</v>
       </c>
     </row>
     <row r="211" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A211" s="2" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B211" t="s">
-        <v>406</v>
+        <v>424</v>
       </c>
       <c r="C211" s="1">
-        <v>564444</v>
+        <v>251003</v>
       </c>
     </row>
     <row r="212" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A212" s="2" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="B212" t="s">
-        <v>414</v>
+        <v>406</v>
       </c>
       <c r="C212" s="1">
-        <v>241796</v>
+        <v>604152</v>
       </c>
     </row>
     <row r="213" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A213" s="2" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B213" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C213" s="1">
-        <v>264804</v>
+        <v>243079</v>
       </c>
     </row>
     <row r="214" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A214" s="2" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B214" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C214" s="1">
-        <v>128423</v>
+        <v>277193</v>
       </c>
     </row>
     <row r="215" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="B215" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="C215" s="1">
-        <v>1026928</v>
+        <v>139273</v>
       </c>
     </row>
     <row r="216" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B216" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C216" s="1">
-        <v>1492585</v>
+        <v>1043968</v>
       </c>
     </row>
     <row r="217" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A217" s="2" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B217" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="C217" s="1">
-        <v>225397</v>
+        <v>1469635</v>
       </c>
     </row>
     <row r="218" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A218" s="2" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="B218" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="C218" s="1">
-        <v>258407</v>
+        <v>233517</v>
       </c>
     </row>
     <row r="219" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A219" s="2" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B219" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C219" s="1">
-        <v>1699926</v>
+        <v>261412</v>
       </c>
     </row>
     <row r="220" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A220" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B220" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="C220" s="1">
-        <v>446609</v>
+        <v>1686345</v>
       </c>
     </row>
     <row r="221" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A221" s="2" t="s">
-        <v>431</v>
+        <v>651</v>
       </c>
       <c r="B221" t="s">
-        <v>432</v>
+        <v>474</v>
       </c>
       <c r="C221" s="1">
-        <v>689933</v>
+        <v>375362</v>
       </c>
     </row>
     <row r="222" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A222" s="2" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B222" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C222" s="1">
-        <v>265085</v>
+        <v>476431</v>
       </c>
     </row>
     <row r="223" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A223" s="2" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B223" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="C223" s="1">
-        <v>540875</v>
+        <v>710376</v>
       </c>
     </row>
     <row r="224" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A224" s="2" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="B224" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C224" s="1">
-        <v>97441</v>
+        <v>271644</v>
       </c>
     </row>
     <row r="225" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A225" s="2" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="B225" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="C225" s="1">
-        <v>86260</v>
+        <v>530228</v>
       </c>
     </row>
     <row r="226" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B226" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="C226" s="1">
-        <v>430630</v>
+        <v>100719</v>
       </c>
     </row>
     <row r="227" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A227" s="2" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="B227" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="C227" s="1">
-        <v>1100547</v>
+        <v>89458</v>
       </c>
     </row>
     <row r="228" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A228" s="2" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="B228" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="C228" s="1">
-        <v>2496669</v>
+        <v>447336</v>
       </c>
     </row>
     <row r="229" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A229" s="2" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="B229" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="C229" s="1">
-        <v>310629</v>
+        <v>1117017</v>
       </c>
     </row>
     <row r="230" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A230" s="2" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="B230" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="C230" s="1">
-        <v>92315</v>
+        <v>2612099</v>
       </c>
     </row>
     <row r="231" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A231" s="2" t="s">
-        <v>645</v>
+        <v>448</v>
       </c>
       <c r="B231" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C231" s="1">
-        <v>486364</v>
+        <v>318761</v>
       </c>
     </row>
     <row r="232" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A232" s="2" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B232" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C232" s="1">
-        <v>261152</v>
+        <v>95229</v>
       </c>
     </row>
     <row r="233" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A233" s="2" t="s">
-        <v>454</v>
+        <v>650</v>
       </c>
       <c r="B233" t="s">
-        <v>455</v>
+        <v>514</v>
       </c>
       <c r="C233" s="1">
-        <v>1088180</v>
+        <v>319697</v>
       </c>
     </row>
     <row r="234" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A234" s="2" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="B234" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="C234" s="1">
-        <v>905089</v>
+        <v>270223</v>
       </c>
     </row>
     <row r="235" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A235" s="2" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="B235" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="C235" s="1">
-        <v>2773723</v>
+        <v>1124386</v>
       </c>
     </row>
     <row r="236" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A236" s="2" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="B236" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="C236" s="1">
-        <v>342782</v>
+        <v>931620</v>
       </c>
     </row>
     <row r="237" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A237" s="2" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="B237" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="C237" s="1">
-        <v>327695</v>
+        <v>2712942</v>
       </c>
     </row>
     <row r="238" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A238" s="2" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="B238" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="C238" s="1">
-        <v>357510</v>
+        <v>342147</v>
       </c>
     </row>
     <row r="239" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A239" s="2" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="B239" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="C239" s="1">
-        <v>494198</v>
+        <v>353464</v>
       </c>
     </row>
     <row r="240" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A240" s="2" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="B240" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C240" s="1">
-        <v>185031</v>
+        <v>391114</v>
       </c>
     </row>
     <row r="241" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A241" s="2" t="s">
-        <v>470</v>
+        <v>649</v>
       </c>
       <c r="B241" t="s">
-        <v>471</v>
+        <v>447</v>
       </c>
       <c r="C241" s="1">
-        <v>158852</v>
+        <v>478495</v>
       </c>
     </row>
     <row r="242" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A242" s="2" t="s">
-        <v>646</v>
+        <v>466</v>
       </c>
       <c r="B242" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="C242" s="1">
-        <v>351717</v>
+        <v>517814</v>
       </c>
     </row>
     <row r="243" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A243" s="2" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="B243" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="C243" s="1">
-        <v>486945</v>
+        <v>205071</v>
       </c>
     </row>
     <row r="244" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A244" s="2" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="B244" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="C244" s="1">
-        <v>459028</v>
+        <v>185438</v>
       </c>
     </row>
     <row r="245" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A245" s="2" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="B245" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="C245" s="1">
-        <v>207243</v>
+        <v>467551</v>
       </c>
     </row>
     <row r="246" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A246" s="2" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="B246" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="C246" s="1">
-        <v>105080</v>
+        <v>485085</v>
       </c>
     </row>
     <row r="247" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A247" s="2" t="s">
-        <v>532</v>
+        <v>479</v>
       </c>
       <c r="B247" t="s">
-        <v>533</v>
+        <v>480</v>
       </c>
       <c r="C247" s="1">
-        <v>271891</v>
+        <v>219718</v>
       </c>
     </row>
     <row r="248" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A248" s="2" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B248" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C248" s="1">
-        <v>488710</v>
+        <v>108878</v>
       </c>
     </row>
     <row r="249" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A249" s="2" t="s">
-        <v>485</v>
+        <v>532</v>
       </c>
       <c r="B249" t="s">
-        <v>486</v>
+        <v>533</v>
       </c>
       <c r="C249" s="1">
-        <v>176814</v>
+        <v>313801</v>
       </c>
     </row>
     <row r="250" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A250" s="2" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="B250" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C250" s="1">
-        <v>125755</v>
+        <v>509416</v>
       </c>
     </row>
     <row r="251" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A251" s="2" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="B251" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="C251" s="1">
-        <v>737987</v>
+        <v>188237</v>
       </c>
     </row>
     <row r="252" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A252" s="2" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="B252" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="C252" s="1">
-        <v>112437</v>
+        <v>131094</v>
       </c>
     </row>
     <row r="253" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A253" s="2" t="s">
-        <v>607</v>
+        <v>489</v>
       </c>
       <c r="B253" t="s">
-        <v>608</v>
+        <v>490</v>
       </c>
       <c r="C253" s="1">
-        <v>384818</v>
+        <v>741147</v>
       </c>
     </row>
     <row r="254" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A254" s="2" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="B254" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C254" s="1">
-        <v>576084</v>
+        <v>117754</v>
       </c>
     </row>
     <row r="255" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A255" s="2" t="s">
-        <v>495</v>
+        <v>607</v>
       </c>
       <c r="B255" t="s">
-        <v>496</v>
+        <v>608</v>
       </c>
       <c r="C255" s="1">
-        <v>503028</v>
+        <v>396658</v>
       </c>
     </row>
     <row r="256" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A256" s="2" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="B256" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="C256" s="1">
-        <v>327002</v>
+        <v>613993</v>
       </c>
     </row>
     <row r="257" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A257" s="2" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="B257" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="C257" s="1">
-        <v>186770</v>
+        <v>543104</v>
       </c>
     </row>
     <row r="258" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A258" s="2" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="B258" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="C258" s="1">
-        <v>254065</v>
+        <v>346270</v>
       </c>
     </row>
     <row r="259" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A259" s="2" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="B259" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="C259" s="1">
-        <v>870328</v>
+        <v>192174</v>
       </c>
     </row>
     <row r="260" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A260" s="2" t="s">
-        <v>652</v>
+        <v>501</v>
       </c>
       <c r="B260" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="C260" s="1">
-        <v>216371</v>
+        <v>275679</v>
       </c>
     </row>
     <row r="261" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A261" s="2" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B261" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="C261" s="1">
-        <v>7820131</v>
+        <v>898466</v>
       </c>
     </row>
     <row r="262" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A262" s="2" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="B262" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C262" s="1">
-        <v>453680</v>
+        <v>7865620</v>
       </c>
     </row>
     <row r="263" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A263" s="2" t="s">
-        <v>508</v>
+        <v>646</v>
       </c>
       <c r="B263" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C263" s="1">
-        <v>701333</v>
+        <v>225171</v>
       </c>
     </row>
     <row r="264" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A264" s="2" t="s">
-        <v>523</v>
+        <v>510</v>
       </c>
       <c r="B264" t="s">
-        <v>524</v>
+        <v>511</v>
       </c>
       <c r="C264" s="1">
-        <v>239540</v>
+        <v>470434</v>
       </c>
     </row>
     <row r="265" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A265" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="B265" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C265" s="1">
-        <v>302019</v>
+        <v>693398</v>
       </c>
     </row>
     <row r="266" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A266" s="2" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="B266" t="s">
-        <v>651</v>
+        <v>524</v>
       </c>
       <c r="C266" s="1">
-        <v>526674</v>
+        <v>241753</v>
       </c>
     </row>
     <row r="267" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A267" s="2" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="B267" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="C267" s="1">
-        <v>93753</v>
+        <v>312600</v>
       </c>
     </row>
     <row r="268" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A268" s="2" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="B268" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="C268" s="1">
-        <v>736920</v>
+        <v>571655</v>
       </c>
     </row>
     <row r="269" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A269" s="2" t="s">
-        <v>647</v>
+        <v>515</v>
       </c>
       <c r="B269" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C269" s="1">
-        <v>292178</v>
+        <v>101155</v>
       </c>
     </row>
     <row r="270" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A270" s="2" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B270" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C270" s="1">
-        <v>274671</v>
+        <v>732219</v>
       </c>
     </row>
     <row r="271" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A271" s="2" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="B271" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="C271" s="1">
-        <v>3681235</v>
+        <v>314022</v>
       </c>
     </row>
     <row r="272" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A272" s="2" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="B272" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="C272" s="1">
-        <v>1089087</v>
+        <v>3650032</v>
       </c>
     </row>
     <row r="273" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A273" s="2" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="B273" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="C273" s="1">
-        <v>576729</v>
+        <v>1093723</v>
       </c>
     </row>
     <row r="274" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A274" s="2" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="B274" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="C274" s="1">
-        <v>189586</v>
+        <v>589577</v>
       </c>
     </row>
     <row r="275" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A275" s="2" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="B275" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="C275" s="1">
-        <v>90159</v>
+        <v>198466</v>
       </c>
     </row>
     <row r="276" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A276" s="2" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="B276" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="C276" s="1">
-        <v>291096</v>
+        <v>100597</v>
       </c>
     </row>
     <row r="277" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A277" s="2" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="B277" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C277" s="1">
-        <v>1351736</v>
+        <v>303462</v>
       </c>
     </row>
     <row r="278" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A278" s="2" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="B278" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C278" s="1">
-        <v>74890</v>
+        <v>1421226</v>
       </c>
     </row>
     <row r="279" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A279" s="2" t="s">
-        <v>601</v>
+        <v>540</v>
       </c>
       <c r="B279" t="s">
-        <v>602</v>
+        <v>541</v>
       </c>
       <c r="C279" s="1">
-        <v>456094</v>
+        <v>80411</v>
       </c>
     </row>
     <row r="280" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A280" s="2" t="s">
-        <v>542</v>
+        <v>601</v>
       </c>
       <c r="B280" t="s">
-        <v>543</v>
+        <v>602</v>
       </c>
       <c r="C280" s="1">
-        <v>380765</v>
+        <v>472489</v>
       </c>
     </row>
     <row r="281" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A281" s="2" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="B281" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="C281" s="1">
-        <v>412145</v>
+        <v>406670</v>
       </c>
     </row>
     <row r="282" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A282" s="2" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B282" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C282" s="1">
-        <v>279992</v>
+        <v>402407</v>
       </c>
     </row>
     <row r="283" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A283" s="2" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="B283" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="C283" s="1">
-        <v>313968</v>
+        <v>285897</v>
       </c>
     </row>
     <row r="284" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A284" s="2" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="B284" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C284" s="1">
-        <v>122597</v>
+        <v>333111</v>
       </c>
     </row>
     <row r="285" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A285" s="2" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="B285" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="C285" s="1">
-        <v>193878</v>
+        <v>126447</v>
       </c>
     </row>
     <row r="286" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A286" s="2" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="B286" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="C286" s="1">
-        <v>177239</v>
+        <v>203471</v>
       </c>
     </row>
     <row r="287" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A287" s="2" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="B287" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="C287" s="1">
-        <v>156743</v>
+        <v>194622</v>
       </c>
     </row>
     <row r="288" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A288" s="2" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="B288" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C288" s="1">
-        <v>82151</v>
+        <v>160475</v>
       </c>
     </row>
     <row r="289" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A289" s="2" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="B289" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="C289" s="1">
-        <v>376121</v>
+        <v>88585</v>
       </c>
     </row>
     <row r="290" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A290" s="2" t="s">
-        <v>648</v>
+        <v>560</v>
       </c>
       <c r="B290" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="C290" s="1">
-        <v>502690</v>
+        <v>367960</v>
       </c>
     </row>
     <row r="291" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A291" s="2" t="s">
         <v>563</v>
       </c>
       <c r="B291" t="s">
         <v>564</v>
       </c>
       <c r="C291" s="1">
-        <v>177078</v>
+        <v>177176</v>
       </c>
     </row>
     <row r="292" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A292" s="2" t="s">
         <v>565</v>
       </c>
       <c r="B292" t="s">
         <v>566</v>
       </c>
       <c r="C292" s="1">
-        <v>1714409</v>
+        <v>1766344</v>
       </c>
     </row>
     <row r="293" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A293" s="2" t="s">
         <v>567</v>
       </c>
       <c r="B293" t="s">
         <v>568</v>
       </c>
       <c r="C293" s="1">
-        <v>456069</v>
+        <v>482120</v>
       </c>
     </row>
     <row r="294" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A294" s="2" t="s">
         <v>569</v>
       </c>
       <c r="B294" t="s">
         <v>570</v>
       </c>
       <c r="C294" s="1">
-        <v>429010</v>
+        <v>454900</v>
       </c>
     </row>
     <row r="295" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A295" s="2" t="s">
         <v>571</v>
       </c>
       <c r="B295" t="s">
         <v>572</v>
       </c>
       <c r="C295" s="1">
-        <v>144305</v>
+        <v>147619</v>
       </c>
     </row>
     <row r="296" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A296" s="2" t="s">
         <v>573</v>
       </c>
       <c r="B296" t="s">
         <v>574</v>
       </c>
       <c r="C296" s="1">
-        <v>779231</v>
+        <v>816953</v>
       </c>
     </row>
     <row r="297" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A297" s="2" t="s">
         <v>575</v>
       </c>
       <c r="B297" t="s">
         <v>576</v>
       </c>
       <c r="C297" s="1">
-        <v>236491</v>
+        <v>245922</v>
       </c>
     </row>
     <row r="298" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A298" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B298" t="s">
         <v>190</v>
       </c>
       <c r="C298" s="1">
-        <v>414842</v>
+        <v>433254</v>
       </c>
     </row>
     <row r="299" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A299" s="2" t="s">
         <v>577</v>
       </c>
       <c r="B299" t="s">
         <v>578</v>
       </c>
       <c r="C299" s="1">
-        <v>275810</v>
+        <v>286367</v>
       </c>
     </row>
     <row r="300" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A300" s="2" t="s">
         <v>579</v>
       </c>
       <c r="B300" t="s">
         <v>580</v>
       </c>
       <c r="C300" s="1">
-        <v>330464</v>
+        <v>326727</v>
       </c>
     </row>
     <row r="301" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A301" s="2" t="s">
         <v>581</v>
       </c>
       <c r="B301" t="s">
         <v>582</v>
       </c>
       <c r="C301" s="1">
-        <v>794920</v>
+        <v>829148</v>
       </c>
     </row>
     <row r="302" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A302" s="2" t="s">
         <v>583</v>
       </c>
       <c r="B302" t="s">
         <v>584</v>
       </c>
       <c r="C302" s="1">
-        <v>5826481</v>
+        <v>6114818</v>
       </c>
     </row>
     <row r="303" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A303" s="2" t="s">
         <v>585</v>
       </c>
       <c r="B303" t="s">
         <v>586</v>
       </c>
       <c r="C303" s="1">
-        <v>6915402</v>
+        <v>6974400</v>
       </c>
     </row>
     <row r="304" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A304" s="2" t="s">
         <v>587</v>
       </c>
       <c r="B304" t="s">
         <v>588</v>
       </c>
       <c r="C304" s="1">
-        <v>1140569</v>
+        <v>1142762</v>
       </c>
     </row>
     <row r="305" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A305" s="2" t="s">
         <v>589</v>
       </c>
       <c r="B305" t="s">
         <v>590</v>
       </c>
       <c r="C305" s="1">
-        <v>270700</v>
+        <v>286360</v>
       </c>
     </row>
     <row r="306" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A306" s="2" t="s">
         <v>591</v>
       </c>
       <c r="B306" t="s">
         <v>592</v>
       </c>
       <c r="C306" s="1">
-        <v>855835</v>
+        <v>905899</v>
       </c>
     </row>
     <row r="307" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A307" s="2" t="s">
         <v>593</v>
       </c>
       <c r="B307" t="s">
         <v>594</v>
       </c>
       <c r="C307" s="1">
-        <v>159108</v>
+        <v>173547</v>
       </c>
     </row>
     <row r="308" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A308" s="2" t="s">
         <v>595</v>
       </c>
       <c r="B308" t="s">
         <v>596</v>
       </c>
       <c r="C308" s="1">
-        <v>386565</v>
+        <v>400878</v>
       </c>
     </row>
     <row r="309" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A309" s="2" t="s">
         <v>597</v>
       </c>
       <c r="B309" t="s">
         <v>598</v>
       </c>
       <c r="C309" s="1">
-        <v>204978</v>
+        <v>205513</v>
       </c>
     </row>
     <row r="310" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A310" s="2" t="s">
         <v>599</v>
       </c>
       <c r="B310" t="s">
         <v>600</v>
       </c>
       <c r="C310" s="1">
-        <v>130432</v>
+        <v>143227</v>
       </c>
     </row>
     <row r="311" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A311" s="2" t="s">
         <v>603</v>
       </c>
       <c r="B311" t="s">
         <v>604</v>
       </c>
       <c r="C311" s="1">
-        <v>686337</v>
+        <v>722072</v>
       </c>
     </row>
     <row r="312" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A312" s="2" t="s">
         <v>605</v>
       </c>
       <c r="B312" t="s">
         <v>606</v>
       </c>
       <c r="C312" s="1">
-        <v>4260853</v>
+        <v>4351385</v>
       </c>
     </row>
     <row r="313" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A313" s="2" t="s">
         <v>623</v>
       </c>
       <c r="B313" t="s">
         <v>624</v>
       </c>
       <c r="C313" s="1">
-        <v>1765581</v>
+        <v>1806273</v>
       </c>
     </row>
     <row r="314" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A314" s="2" t="s">
         <v>611</v>
       </c>
       <c r="B314" t="s">
         <v>612</v>
       </c>
       <c r="C314" s="1">
-        <v>177190</v>
+        <v>185343</v>
       </c>
     </row>
     <row r="315" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A315" s="2" t="s">
         <v>613</v>
       </c>
       <c r="B315" t="s">
         <v>614</v>
       </c>
       <c r="C315" s="1">
-        <v>596885</v>
+        <v>617497</v>
       </c>
     </row>
     <row r="316" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A316" s="2" t="s">
         <v>615</v>
       </c>
       <c r="B316" t="s">
         <v>616</v>
       </c>
       <c r="C316" s="1">
-        <v>481392</v>
+        <v>498215</v>
       </c>
     </row>
     <row r="317" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A317" s="2" t="s">
         <v>617</v>
       </c>
       <c r="B317" t="s">
         <v>618</v>
       </c>
       <c r="C317" s="1">
-        <v>388792</v>
+        <v>385109</v>
       </c>
     </row>
     <row r="318" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A318" s="2" t="s">
         <v>619</v>
       </c>
       <c r="B318" t="s">
         <v>620</v>
       </c>
       <c r="C318" s="1">
-        <v>305990</v>
+        <v>306961</v>
       </c>
     </row>
     <row r="319" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A319" s="2" t="s">
         <v>621</v>
       </c>
       <c r="B319" t="s">
         <v>622</v>
       </c>
       <c r="C319" s="1">
-        <v>417852</v>
+        <v>410970</v>
       </c>
     </row>
     <row r="320" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A320" s="2" t="s">
         <v>625</v>
       </c>
       <c r="B320" t="s">
         <v>626</v>
       </c>
       <c r="C320" s="1">
-        <v>259258</v>
+        <v>274758</v>
       </c>
     </row>
     <row r="321" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A321" s="2" t="s">
         <v>627</v>
       </c>
       <c r="B321" t="s">
         <v>628</v>
       </c>
       <c r="C321" s="1">
-        <v>91137</v>
+        <v>95520</v>
       </c>
     </row>
     <row r="322" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A322" s="2" t="s">
         <v>629</v>
       </c>
       <c r="B322" t="s">
         <v>630</v>
       </c>
       <c r="C322" s="1">
-        <v>561959</v>
+        <v>560768</v>
       </c>
     </row>
     <row r="323" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A323" s="2" t="s">
         <v>631</v>
       </c>
       <c r="B323" t="s">
         <v>632</v>
       </c>
       <c r="C323" s="1">
-        <v>406117</v>
+        <v>410052</v>
       </c>
     </row>
     <row r="324" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A324" s="2" t="s">
         <v>633</v>
       </c>
       <c r="B324" t="s">
         <v>634</v>
       </c>
       <c r="C324" s="1">
-        <v>144548</v>
+        <v>154735</v>
       </c>
     </row>
     <row r="325" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A325" s="2" t="s">
         <v>635</v>
       </c>
       <c r="B325" t="s">
         <v>636</v>
       </c>
       <c r="C325" s="1">
-        <v>793898</v>
+        <v>811150</v>
       </c>
     </row>
     <row r="326" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A326" s="2" t="s">
         <v>637</v>
       </c>
       <c r="B326" t="s">
         <v>638</v>
       </c>
       <c r="C326" s="1">
-        <v>222685</v>
+        <v>257719</v>
       </c>
     </row>
     <row r="327" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A327" s="2" t="s">
         <v>639</v>
       </c>
       <c r="B327" t="s">
         <v>640</v>
       </c>
       <c r="C327" s="1">
-        <v>260095</v>
+        <v>273501</v>
       </c>
     </row>
     <row r="328" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A328" s="2" t="s">
         <v>641</v>
       </c>
       <c r="B328" t="s">
         <v>642</v>
       </c>
-      <c r="C328" s="3">
-        <v>523009</v>
+      <c r="C328" s="1">
+        <v>534606</v>
       </c>
     </row>
     <row r="329" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A329">
         <v>9999</v>
       </c>
       <c r="B329" t="s">
         <v>643</v>
       </c>
       <c r="C329" s="4">
-        <f>SUM(C4:C328)</f>
-        <v>244857014</v>
+        <v>250729692</v>
       </c>
     </row>
     <row r="330" spans="1:3" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A330" s="2"/>
       <c r="C330" s="3"/>
     </row>
   </sheetData>
-  <sortState ref="A4:C327">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:C327">
     <sortCondition ref="B4:B327"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2023-24 AEA Flowthrough</vt:lpstr>
+      <vt:lpstr>2025-26 AEA Flowthrough</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Brincks, Jina [IDOE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>