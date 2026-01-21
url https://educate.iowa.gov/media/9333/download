--- v0 (2025-10-11)
+++ v1 (2026-01-21)
@@ -1,6901 +1,983 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\aloder\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{73DFC011-6ABC-43DD-ACFB-69A9C23E720E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1D484BF6-2A2D-4046-B734-464F8DB326CA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="7890" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="All" sheetId="1" r:id="rId1"/>
-    <sheet name="Signed by Governor" sheetId="2" r:id="rId2"/>
+    <sheet name="All" sheetId="7" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1003" uniqueCount="594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="174">
+  <si>
+    <t>House Bill #</t>
+  </si>
+  <si>
+    <t>Senate Bill #</t>
+  </si>
   <si>
     <t>Bill Description</t>
   </si>
   <si>
-    <t>SF60</t>
-[...5 lines deleted...]
-    <t>Subcommittee - Passed</t>
+    <t>Primary Topic</t>
+  </si>
+  <si>
+    <t>House Status</t>
+  </si>
+  <si>
+    <t>Senate Status</t>
+  </si>
+  <si>
+    <t>HSB554</t>
+  </si>
+  <si>
+    <t>SSB3042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the Iowa statewide assessment of student progress and programs for gifted and talented children, and by requiring districts to develop and advanced mathematics pathway and implement procedures for subject acceleration and whole-grade acceleration. </t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction</t>
+  </si>
+  <si>
+    <t>Introduced</t>
+  </si>
+  <si>
+    <t>HSB572</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to career education, including by modifying provisions related to career academies, the collective statewide articulation agreement between community colleges and the state board of regents, the district-to-community college sharing or concurrent enrollment program, and individual career and academic plans. </t>
+  </si>
+  <si>
+    <t>Career Technical</t>
+  </si>
+  <si>
+    <t>HSB555</t>
+  </si>
+  <si>
+    <t>An Act relating to teacher education and licensing, including by modifying provisions related to practitioner preparation programs and licenses issued by the board of educational examiners.</t>
+  </si>
+  <si>
+    <t>Teacher Prep</t>
+  </si>
+  <si>
+    <t>SSB3028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to matters under the purview of the department of management, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>Appropriation</t>
+  </si>
+  <si>
+    <t>SSB3030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to contracts entered into by state agencies and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Administrative</t>
+  </si>
+  <si>
+    <t>SSB3032</t>
+  </si>
+  <si>
+    <t>An Act relating to paid parental leave for state employees.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to public notice requirements for meetings of a governmental body. </t>
+  </si>
+  <si>
+    <t>An Act relating to public records requests.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the filing of complaints with the Iowa public information board. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the penalty for public employees and public officials taking money from a public employer. </t>
+  </si>
+  <si>
+    <t>An Act relating to audits of governmental subdivisions by the state auditor concerning suspected embezzlement, theft, or other significant financial irregularities.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the auditor of state by providing for efficient use of public funds reporting. </t>
+  </si>
+  <si>
+    <t>SSB3027</t>
+  </si>
+  <si>
+    <t>An Act relating to the definition of qualified education expenses.</t>
+  </si>
+  <si>
+    <t>SF2003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting school districts, charter schools, and innovation zone schools from providing any program, curriculum, test, survey, questionnaire, promotion, or instruction relating to gender theory or sexual orientation instruction in grades seven through twelve. </t>
+  </si>
+  <si>
+    <t>SF2004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing the expenditure of funding from the secure an advanced vision for education fund for certain insurance costs. </t>
+  </si>
+  <si>
+    <t>K12 - Finance</t>
+  </si>
+  <si>
+    <t>HF2049</t>
+  </si>
+  <si>
+    <t>SF2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for supplementary weighting for school districts that share career and technical education instructors. </t>
+  </si>
+  <si>
+    <t>SF2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to physical activity requirements applicable to students enrolled in public schools and accredited nonpublic schools. </t>
+  </si>
+  <si>
+    <t>SF2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school districts that share the operational functions of a school resource officer, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>SF2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing requirements related to nonpublic schools that receive tuition payments from parents or guardians whose students are participating in the education savings account program. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative</t>
+  </si>
+  <si>
+    <t>SF2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the transportation to and from school of pupils participating in open enrollment. </t>
+  </si>
+  <si>
+    <t>Transportation, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>SF2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to special education, including by requiring accredited nonpublic schools to provide special education services to students enrolled in the school who require such services and modifying the responsibilities of area education agencies, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Special Education, Nonpublic</t>
+  </si>
+  <si>
+    <t>SSB3001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state and local government, taxes, fees, financial authority, and budgets, modifying divisions of revenue, modifying appropriations, and including effective date, applicability and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>SSB3004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for an online platform for professionals to provide career information to students. </t>
+  </si>
+  <si>
+    <t>SSB3007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing schools to offer an elective junior fire fighter program to students enrolled in grades eleven and twelve. </t>
+  </si>
+  <si>
+    <t>HF2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to health care coverage of public school district personnel under the state health insurance plan, providing fees, making appropriations, and including effective date provisions. </t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB48</t>
+      <t>HF2026</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">; (S) </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2006</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the display of flags on public schools and state-owned buildings. </t>
+  </si>
+  <si>
+    <t>HF2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to nominations for election to school district offices. </t>
+  </si>
+  <si>
+    <t>HF2012</t>
+  </si>
+  <si>
+    <t>An Act authorizing resident students who are admitted to and in attendance in a comprehensive transition and postsecondary program to participate in the Iowa tuition grants program.</t>
+  </si>
+  <si>
+    <t>College Aid</t>
+  </si>
+  <si>
+    <t>HF2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state child care assistance payments to child care providers for days a child receiving foster care is absent from scheduled child care. </t>
+  </si>
+  <si>
+    <t>HF2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for education related to the holocaust for students and teachers in school districts. </t>
+  </si>
+  <si>
+    <t>HF2004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to nonpublic school student participation in extracurricular interscholastic activities provided by public schools. </t>
+  </si>
+  <si>
+    <t>Nonpublic</t>
+  </si>
+  <si>
+    <t>HF2003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the department of education to develop and administer a pilot program that requires certain specified school districts to establish attendance centers for students requiring special education and students with behavioral issues. </t>
+  </si>
+  <si>
+    <t>Special Education</t>
+  </si>
+  <si>
+    <t>HF2002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the legislative council to enter into an agreement with a qualified person to conduct a review of Iowa's public education system, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>HSB512</t>
+  </si>
+  <si>
+    <t>SSB3023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to matters under the purview of the department of transportation, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Transportation</t>
+  </si>
+  <si>
+    <t>SF2037</t>
+  </si>
+  <si>
+    <t>An Act relating to the submission of proposed legislation by state departments and agencies.</t>
+  </si>
+  <si>
+    <t>SF2039</t>
+  </si>
+  <si>
+    <t>An Act providing for intervention by members of the general assembly in proceedings for judicial review of agency action under the Iowa administrative procedure Act.</t>
+  </si>
+  <si>
+    <t>SF2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for payroll deduction for membershiop dues to an employee organiztion under public employee collective bargaining, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>SF2043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school district general fund flexibility accounts by expanding eligible funding sources and modifying expenditure approval requirements. </t>
+  </si>
+  <si>
+    <t>SF2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the responsibilities of school districts and charter schools related to the discipline of students who cause violent or nonviolent disruptions. </t>
+  </si>
+  <si>
+    <t>SSB3015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the verification of the identity and employment eligibility of individuals by the board of educational examiners, school districts, accredited nonpublic schools, charter schools, and innovation zone schools, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Educational Examiners</t>
+  </si>
+  <si>
+    <t>SSB3026</t>
+  </si>
+  <si>
+    <t>An Act relating to dates for elections to issue bonds or other indebtedness.</t>
+  </si>
+  <si>
+    <t>HSB563</t>
+  </si>
+  <si>
+    <t>SSB3034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state and local government taxes, budgets, and authority, by modifying provisions relating to the assessment and taxation of property, funding from the secure an advanced vision for education fund, the election of certain county officers, urban renewal areas and urban revitalization areas, establishing a rent reimbursement program, establishing a program for certain first-time homebuyers, establishing a local government shared-services grant fund, making appropriations, and including effective date, applicability, and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, Community College</t>
+  </si>
+  <si>
+    <t>HF2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to open enrollment and interscholastic athletic eligibility requirements. </t>
+  </si>
+  <si>
+    <t>HF2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the discipline of students who disrupt the educational process, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>HF2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for supplementary weighting for school districts that share school and career specialists. </t>
+  </si>
+  <si>
+    <t>HF2052</t>
+  </si>
+  <si>
+    <t>An Act relating to community-based providers in the statewide voluntary preschool program for four-year-old children.</t>
+  </si>
+  <si>
+    <t>Early Childhood</t>
+  </si>
+  <si>
+    <t>HF2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to epinephrine delivery systems in schools, food establishments, carnivals, recreational camps, youth sports facilities, and sports arenas. </t>
+  </si>
+  <si>
+    <t>School Nutrition &amp; Health</t>
+  </si>
+  <si>
+    <t>HF2066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the terms of service of certain statewide boards. </t>
+  </si>
+  <si>
+    <t>HF2073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to ballot contents for certain elected offices. </t>
+  </si>
+  <si>
+    <t>HSB533</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing community colleges to offer a degree program that leads to a baccalaureate degree. </t>
+  </si>
+  <si>
+    <t>Community College</t>
+  </si>
+  <si>
+    <t>HSB537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting private institutions of higher education that participate in the Iowa tuition grant program from establishing diversity, equity, and inclusion offices. </t>
+  </si>
+  <si>
+    <t>HSB544</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act creating an endowment tax on the endowment value of certain Iowa colleges and universities, limited charges relating to certain endowment funds, making appropriations to workforce grant and incentive programs, and making appropriations to supplement tuition grants for high-wage and high-demand jobs. </t>
+  </si>
+  <si>
+    <t>Higher Education</t>
+  </si>
+  <si>
+    <t>HSB546</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to continuing education requirements for licensed professions. </t>
+  </si>
+  <si>
+    <t>HSB558</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing a seal of civics excellence program administered by the department of education to recognize student excellence in civics. </t>
+  </si>
+  <si>
+    <t>HSB557</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to English learner participation in open enrollment and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>HF2080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to bona fide retirement and subsequent employment as school district support staff under the Iowa public employees' retirement system. </t>
+  </si>
+  <si>
+    <t>HF2079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to forms of payment for entry into an extracurricular interscholastic athletic contest or competition. </t>
+  </si>
+  <si>
+    <t>HF2078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to resident dependents not enrolled in a public school or receiving an eductional savings account payment by creating an opportunity tax credit available against the individual income tax, creating a fund, making appropriations, and including effective date and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>HF2077</t>
+  </si>
+  <si>
+    <t>SSB3043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the board of educational examiners to establish additional endorsements related to fine arts, mathematics, and science. </t>
+  </si>
+  <si>
+    <t>SSB3041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring boards of directors of school districts, governing boards of charter schools, and authorities in charge of accredited nonpublic schools to adopt policies related to excusing student absences for 4-H club or FFA activities. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF1010</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HF772</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF1010</t>
+      <t>HSB48</t>
     </r>
   </si>
   <si>
-    <t>An Act providing for an annual authorization fee to be collected by the college student aid commission from certain postsecondary educational institutions not subject to registration with the commission.</t>
+    <t xml:space="preserve">An Act providing for an annual authorization fee to be collected by the college student aid commission from certain postsecondary educational institutions not subject to registration with the commission. </t>
   </si>
   <si>
     <t>1st Chamber - Floor Passage</t>
-  </si>
-[...1948 lines deleted...]
-    <t>An Act modifying provisions related to the determination of school enrollment, and including effective date and applicability provisions.</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SSB1036</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF205</t>
     </r>
   </si>
   <si>
-    <t>SF82</t>
-[...402 lines deleted...]
-    <t>An Act modifying provisions related to school concussion and brain injury policies.</t>
+    <t xml:space="preserve">An Act modifying the earliest possible start date of the school calendar for school districts and accredited nonpublic schools. </t>
+  </si>
+  <si>
+    <t>Committee - Passed</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF141</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF274</t>
     </r>
   </si>
   <si>
     <t>An Act relating to forms of payment for entry into an extracurricular interscholastic athletic contest or competition.</t>
   </si>
   <si>
+    <t xml:space="preserve">An Act relating to the conduct of elections. </t>
+  </si>
+  <si>
+    <t>SF2060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to eligibility standards for certain education programs and tax provisions based on religious or sectarian use or purpose, and including retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>SF2061</t>
+  </si>
+  <si>
+    <t>An Act establishing a nonpublic school safety infrastructure grant program and making appropriations.</t>
+  </si>
+  <si>
+    <t>Nonpublic, K12 - Finance</t>
+  </si>
+  <si>
+    <t>HF2106</t>
+  </si>
+  <si>
+    <t>SF2062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the protected speech and expression rights of students enrolled in school districts, charter schools, and innovation zone schools and the duties of the department of education, and providing civil penalties. </t>
+  </si>
+  <si>
+    <t>SF2066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to human growth and development course enrollment at school districts and to pupil attendance at educational conferences or seminars in which human growth and development information is provided. </t>
+  </si>
+  <si>
+    <t>HF2092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the statewide preschool program by modifying provisions relating to eligibility, funding, and compulsory attendance and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>SF172</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to child sexual abuse and child sexual assault awareness and prevention. </t>
+  </si>
+  <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF120</t>
-[...92 lines deleted...]
-      <t>HF448</t>
+      <t>SF510</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF845</t>
+      <t>SF138</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to elective social studies courses emphasizing religious scripture that school districts may offer and teach. </t>
+  </si>
+  <si>
+    <t>Senate Unfinished Business</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SF138</t>
-[...141 lines deleted...]
-      <t>HSB108</t>
+      <t>SF516</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF789</t>
-[...633 lines deleted...]
-      </rPr>
       <t>SF237</t>
     </r>
-    <r>
-[...3085 lines deleted...]
-    <t>Senate Status</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act directing the department of education to convene a working group to study the impact of technology on the cognitive function and academic performance of students. </t>
+  </si>
+  <si>
+    <t>TBA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...29 lines deleted...]
-      <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="10"/>
-[...3 lines deleted...]
-    <font>
+      <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF1155CC"/>
       <name val="Arial"/>
     </font>
-    <font>
-[...2 lines deleted...]
-    </font>
   </fonts>
-  <fills count="7">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD9D9D9"/>
-[...18 lines deleted...]
-        <bgColor rgb="FFFFFFFF"/>
+        <fgColor theme="2" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="52">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...104 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="20">
+  <dxfs count="43">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -6983,135 +1065,362 @@
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
+          <fgColor rgb="FFBDBDBD"/>
+          <bgColor rgb="FFBDBDBD"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFBDBDBD"/>
+          <bgColor rgb="FFBDBDBD"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFD9D9D9"/>
+          <bgColor rgb="FFD9D9D9"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
   </dxfs>
-  <tableStyles count="10">
-[...2 lines deleted...]
-      <tableStyleElement type="secondRowStripe" dxfId="18"/>
+  <tableStyles count="20">
+    <tableStyle name="All-style" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="42"/>
+      <tableStyleElement type="secondRowStripe" dxfId="41"/>
     </tableStyle>
-    <tableStyle name="Funneled 45-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
-[...1 lines deleted...]
-      <tableStyleElement type="secondRowStripe" dxfId="16"/>
+    <tableStyle name="All-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="40"/>
+      <tableStyleElement type="secondRowStripe" dxfId="39"/>
     </tableStyle>
-    <tableStyle name="Funneled 45-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF02000000}">
+    <tableStyle name="All-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF02000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="38"/>
+      <tableStyleElement type="secondRowStripe" dxfId="37"/>
+    </tableStyle>
+    <tableStyle name="All-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF03000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="36"/>
+      <tableStyleElement type="secondRowStripe" dxfId="35"/>
+    </tableStyle>
+    <tableStyle name="All-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF04000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="34"/>
+      <tableStyleElement type="secondRowStripe" dxfId="33"/>
+    </tableStyle>
+    <tableStyle name="Regents-style" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="32"/>
+      <tableStyleElement type="secondRowStripe" dxfId="31"/>
+    </tableStyle>
+    <tableStyle name="Regents-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF06000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="30"/>
+      <tableStyleElement type="secondRowStripe" dxfId="29"/>
+    </tableStyle>
+    <tableStyle name="Advanced-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF07000000}">
+      <tableStyleElement type="headerRow" dxfId="28"/>
+      <tableStyleElement type="firstRowStripe" dxfId="27"/>
+      <tableStyleElement type="secondRowStripe" dxfId="26"/>
+    </tableStyle>
+    <tableStyle name="Funneled 220-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF08000000}">
+      <tableStyleElement type="headerRow" dxfId="25"/>
+      <tableStyleElement type="firstRowStripe" dxfId="24"/>
+      <tableStyleElement type="secondRowStripe" dxfId="23"/>
+    </tableStyle>
+    <tableStyle name="Funneled 220-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF09000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="22"/>
+      <tableStyleElement type="secondRowStripe" dxfId="21"/>
+    </tableStyle>
+    <tableStyle name="Funneled 220-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0A000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="20"/>
+      <tableStyleElement type="secondRowStripe" dxfId="19"/>
+    </tableStyle>
+    <tableStyle name="Funneled 220-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0B000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="18"/>
+      <tableStyleElement type="secondRowStripe" dxfId="17"/>
+    </tableStyle>
+    <tableStyle name="Funneled 320-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF0C000000}">
+      <tableStyleElement type="headerRow" dxfId="16"/>
       <tableStyleElement type="firstRowStripe" dxfId="15"/>
       <tableStyleElement type="secondRowStripe" dxfId="14"/>
     </tableStyle>
-    <tableStyle name="Funneled 38-style" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF03000000}">
+    <tableStyle name="Funneled 320-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0D000000}">
       <tableStyleElement type="firstRowStripe" dxfId="13"/>
       <tableStyleElement type="secondRowStripe" dxfId="12"/>
     </tableStyle>
-    <tableStyle name="Funneled 38-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF04000000}">
+    <tableStyle name="Funneled 320-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0E000000}">
       <tableStyleElement type="firstRowStripe" dxfId="11"/>
       <tableStyleElement type="secondRowStripe" dxfId="10"/>
     </tableStyle>
-    <tableStyle name="Funneled 38-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
+    <tableStyle name="Funneled 320-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0F000000}">
       <tableStyleElement type="firstRowStripe" dxfId="9"/>
       <tableStyleElement type="secondRowStripe" dxfId="8"/>
     </tableStyle>
-    <tableStyle name="Funneled 38-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF06000000}">
+    <tableStyle name="Funneled 320-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF10000000}">
       <tableStyleElement type="firstRowStripe" dxfId="7"/>
       <tableStyleElement type="secondRowStripe" dxfId="6"/>
     </tableStyle>
-    <tableStyle name="Funneled 38-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF07000000}">
+    <tableStyle name="Funneled 320-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF11000000}">
       <tableStyleElement type="firstRowStripe" dxfId="5"/>
       <tableStyleElement type="secondRowStripe" dxfId="4"/>
     </tableStyle>
-    <tableStyle name="Funneled 38-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF08000000}">
+    <tableStyle name="Funneled 320-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF12000000}">
       <tableStyleElement type="firstRowStripe" dxfId="3"/>
       <tableStyleElement type="secondRowStripe" dxfId="2"/>
     </tableStyle>
-    <tableStyle name="Funneled 38-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF09000000}">
+    <tableStyle name="Funneled 320-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF13000000}">
       <tableStyleElement type="firstRowStripe" dxfId="1"/>
       <tableStyleElement type="secondRowStripe" dxfId="0"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
       <a:accent3>
@@ -7267,12942 +1576,1370 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF245&amp;ga=91" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20331&amp;ga=91" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF90" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF194&amp;ga=91" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF236&amp;ga=91" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB200" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB282" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%2016" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF80" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1065" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1068" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF276&amp;ga=91" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB219" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=hsb325" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF67" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB108" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB%201236&amp;ga=91" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB63" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF186" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB158" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF318" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF585&amp;ga=91" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB45&amp;ga=91" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF214&amp;ga=91" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB%2010" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF97&amp;ga=91" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF100" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1076" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF220&amp;ga=91" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB145&amp;ga=91" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF447" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB47&amp;ga=91" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB220" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF629&amp;ga=91" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%209" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB86" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF734" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB334&amp;ga=91" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB31" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF204" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF244&amp;ga=91" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB97" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF199" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF223&amp;ga=91" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF359&amp;ga=91" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF422" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF382" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF586&amp;ga=91" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1067" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF123" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB276" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB1216&amp;ga=91" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB%201013" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF204" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%2014" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF102" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF141" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF168" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB1099&amp;ga=91" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF234&amp;ga=91" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1135" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF344" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB227" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF587&amp;ga=91" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF500&amp;ga=91" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1238" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%201" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB32" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF96&amp;ga=91" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1030" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB84" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF145&amp;ga=91" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF199&amp;ga=91" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF252" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF336&amp;ga=91" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB191" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF504&amp;ga=91" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB242" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB277" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB105&amp;ga=91" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%208" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF61" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB60" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB71&amp;ga=91" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB1218&amp;ga=91" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB75&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB77&amp;ga=91" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF120" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF187" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=sf361" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF262" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF345" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF502&amp;ga=91" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF603&amp;ga=91" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2015" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB33" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF72" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF804&amp;ga=91" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB335" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF86" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF113" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF51" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF182" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF237&amp;ga=91" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF335&amp;ga=91" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1163" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF366" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF%20418&amp;ga=91" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB46&amp;ga=91" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB%205" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF68" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB278" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1222" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB62" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1085" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB%201090&amp;ga=91" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF122" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF150&amp;ga=91" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB142" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF263" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1087" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF335" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%204&amp;ga=91" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF501&amp;ga=91" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF453" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF737&amp;ga=91" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB%201241&amp;ga=91" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF88" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF114&amp;ga=91" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB108" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20147&amp;ga=91" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF289&amp;ga=91" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF334&amp;ga=91" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF309&amp;ga=91" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1066" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF476" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF410&amp;ga=91" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB281" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20328&amp;ga=91" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2033" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF69" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB61" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20131" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF133" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF215&amp;ga=91" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF91" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF263" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF331&amp;ga=91" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF332" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF535" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF613" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF810&amp;ga=91" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF617" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB1049&amp;ga=91" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2060" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1023" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF78" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF186" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB%2050" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1100" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF250&amp;ga=91" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF333&amp;ga=91" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF416&amp;ga=91" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF461" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF420" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF478" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1227" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB76&amp;ga=91" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2052" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF80" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF133" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF448" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1026" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1036" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20172" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF222" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF265" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%2060" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF321" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF536" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF621&amp;ga=91" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%203&amp;ga=91" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB30" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF121" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1211" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1214" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF64" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB56" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF221" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB137" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF275" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF332&amp;ga=91" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF407&amp;ga=91" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF460" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF552" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1086" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%2050" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF485" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB329" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB34" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF115&amp;ga=91" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF138" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF152&amp;ga=91" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF221" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB152" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1022" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF82" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB188" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF543" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB48&amp;ga=91" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB%206" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF665&amp;ga=91" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF812&amp;ga=91" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20330&amp;ga=91" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB%2022" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF136" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF149&amp;ga=91" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1092" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF273" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF76" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF322" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF280" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF371&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF%20103&amp;ga=91" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1164" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF553" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF730" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB337" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%2034" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF115" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF135" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF177" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF262" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2031" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1027" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF101" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB155" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB44&amp;ga=91" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF326" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB217" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF629&amp;ga=91" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB311&amp;ga=91" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1240" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%20119" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB107" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF217&amp;ga=91" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%2012" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1096" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF58" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB57" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF274" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB156" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB173&amp;ga=91" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1161" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF554" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB283" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1231" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=sf116" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB106" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB43&amp;ga=91" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2034" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1028" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF102&amp;ga=91" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF178" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB138" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB68&amp;ga=91" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF235&amp;ga=91" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF446" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB218" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF628" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF914&amp;ga=91" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2035" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB58" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1077" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB157" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1158" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF555" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF113&amp;ga=91" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB336" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1075" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%206" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF181" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF111" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF251" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF445" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF665&amp;ga=91" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%208" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF88" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20140" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF253" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB212" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF733" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2011" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1053" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB327" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB33" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1030" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB107" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB%201236&amp;ga=91" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB86" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB218" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1240" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%2012" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1068" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1028" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB137" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB44&amp;ga=91" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB105&amp;ga=91" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%2016" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1053" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF416&amp;ga=91" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB1216&amp;ga=91" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB334&amp;ga=91" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB48&amp;ga=91" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1067" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF61" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB106" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20147&amp;ga=91" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB281" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%203&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF102&amp;ga=91" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB155" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1087" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB43&amp;ga=91" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%204&amp;ga=91" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%2034" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF120" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1077" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF331&amp;ga=91" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF%20418&amp;ga=91" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20331&amp;ga=91" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%201" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB1099&amp;ga=91" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB%2022" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB57" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF149&amp;ga=91" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB191" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=ssb1231" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF136" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB%201241&amp;ga=91" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2060" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2092" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF516" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3042" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2049" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2037" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3015" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2055" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB557" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3043" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2062" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3028" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1036" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB%20512" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2043" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3027" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB546" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB572" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2008" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3041" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2034" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF141" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3030" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2044" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB537" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3023" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB558" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2106&amp;ga=91" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB555" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB544" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2079" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...3 lines deleted...]
-  <dimension ref="A1:E858"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{805D3B9B-4EDD-489B-B2D2-21E69818B680}">
+  <dimension ref="A1:F74"/>
   <sheetViews>
-    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D6" sqref="D6"/>
+      <selection activeCell="E1" sqref="E1"/>
+      <selection pane="bottomLeft" activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.85546875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="55" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="16" customWidth="1"/>
+    <col min="2" max="2" width="14.85546875" customWidth="1"/>
+    <col min="3" max="3" width="81.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="32.85546875" customWidth="1"/>
+    <col min="5" max="5" width="25.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="12.75" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C1" s="11" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="12" t="s">
-[...8 lines deleted...]
-      <c r="B2" s="14" t="s">
+      <c r="B1" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="13" t="s">
+      <c r="C1" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="15"/>
-      <c r="E2" s="15" t="s">
+      <c r="D1" s="16" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="16" t="s">
+      <c r="E1" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="17"/>
-      <c r="C3" s="17" t="s">
+      <c r="F1" s="15" t="s">
         <v>5</v>
       </c>
+    </row>
+    <row r="2" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A2" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A3" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="18"/>
+      <c r="C3" s="18" t="s">
+        <v>12</v>
+      </c>
       <c r="D3" s="18" t="s">
-        <v>6</v>
-[...15 lines deleted...]
-      <c r="A5" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="19"/>
+    </row>
+    <row r="4" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A4" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="3"/>
+    </row>
+    <row r="5" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="18"/>
+      <c r="B5" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="2"/>
+      <c r="B6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="18"/>
+      <c r="B7" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="21"/>
+      <c r="F7" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+    </row>
+    <row r="9" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C9" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" s="21"/>
+      <c r="F9" s="21"/>
+    </row>
+    <row r="10" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+    </row>
+    <row r="11" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A11" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C11" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" s="21"/>
+      <c r="F11" s="21"/>
+    </row>
+    <row r="12" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A12" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+    </row>
+    <row r="13" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C13" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="21"/>
+      <c r="F13" s="21"/>
+    </row>
+    <row r="14" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="2"/>
+      <c r="B14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="5"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A15" s="18"/>
+      <c r="B15" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="D15" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="17"/>
-[...12 lines deleted...]
-      <c r="B6" s="14" t="s">
+      <c r="E15" s="21"/>
+      <c r="F15" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A16" s="2"/>
+      <c r="B16" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A17" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A18" s="2"/>
+      <c r="B18" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A19" s="18"/>
+      <c r="B19" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" s="21"/>
+      <c r="F19" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="2"/>
+      <c r="B20" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="18"/>
+      <c r="B21" s="17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C21" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" s="21"/>
+      <c r="F21" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="2"/>
+      <c r="B22" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A23" s="18"/>
+      <c r="B23" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="D23" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E23" s="21"/>
+      <c r="F23" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="2"/>
+      <c r="B24" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C6" s="13" t="s">
-[...36 lines deleted...]
-      <c r="D8" s="15" t="s">
+      <c r="E24" s="6"/>
+      <c r="F24" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A25" s="18"/>
+      <c r="B25" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D25" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" s="21"/>
+      <c r="F25" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F26" s="6"/>
+    </row>
+    <row r="27" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="B27" s="18"/>
+      <c r="C27" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="D27" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="E8" s="15" t="s">
-[...63 lines deleted...]
-      <c r="E12" s="15" t="s">
+      <c r="E27" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F27" s="21"/>
+    </row>
+    <row r="28" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F28" s="6"/>
+    </row>
+    <row r="29" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="B29" s="18"/>
+      <c r="C29" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="D29" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" s="21"/>
+    </row>
+    <row r="30" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A30" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D30" s="5"/>
+      <c r="E30" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F30" s="6"/>
+    </row>
+    <row r="31" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B31" s="18"/>
+      <c r="C31" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E31" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F31" s="21"/>
+    </row>
+    <row r="32" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F32" s="6"/>
+    </row>
+    <row r="33" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A33" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B33" s="18"/>
+      <c r="C33" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D33" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="E33" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F33" s="21"/>
+    </row>
+    <row r="34" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A34" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F34" s="6"/>
+    </row>
+    <row r="35" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A35" s="17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B35" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C35" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="D35" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="E35" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F35" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="8"/>
+      <c r="B36" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A37" s="22"/>
+      <c r="B37" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="D37" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="E37" s="21"/>
+      <c r="F37" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A38" s="8"/>
+      <c r="B38" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E38" s="6"/>
+      <c r="F38" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A39" s="22"/>
+      <c r="B39" s="23" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="D39" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E39" s="21"/>
+      <c r="F39" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="8"/>
+      <c r="B40" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E40" s="6"/>
+      <c r="F40" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A41" s="22"/>
+      <c r="B41" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="C41" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="D41" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="E41" s="21"/>
+      <c r="F41" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="8"/>
+      <c r="B42" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="78" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B43" s="23" t="s">
+        <v>101</v>
+      </c>
+      <c r="C43" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D43" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="E43" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F43" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B44" s="8"/>
+      <c r="C44" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F44" s="6"/>
+    </row>
+    <row r="45" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A45" s="23" t="s">
+        <v>106</v>
+      </c>
+      <c r="B45" s="22"/>
+      <c r="C45" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="D45" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E45" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F45" s="21"/>
+    </row>
+    <row r="46" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A46" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="B46" s="8"/>
+      <c r="C46" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" s="6"/>
+    </row>
+    <row r="47" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A47" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B47" s="22"/>
+      <c r="C47" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D47" s="20" t="s">
+        <v>112</v>
+      </c>
+      <c r="E47" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" s="21"/>
+    </row>
+    <row r="48" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A48" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B48" s="8"/>
+      <c r="C48" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" s="6"/>
+    </row>
+    <row r="49" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="B49" s="22"/>
+      <c r="C49" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="D49" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="E49" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F49" s="21"/>
+    </row>
+    <row r="50" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B50" s="8"/>
+      <c r="C50" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" s="6"/>
+    </row>
+    <row r="51" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A51" s="24" t="s">
+        <v>120</v>
+      </c>
+      <c r="B51" s="18"/>
+      <c r="C51" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="D51" s="20" t="s">
+        <v>122</v>
+      </c>
+      <c r="E51" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F51" s="21"/>
+    </row>
+    <row r="52" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A52" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="B52" s="2"/>
+      <c r="C52" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" s="6"/>
+    </row>
+    <row r="53" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A53" s="23" t="s">
+        <v>125</v>
+      </c>
+      <c r="B53" s="22"/>
+      <c r="C53" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D53" s="20" t="s">
+        <v>127</v>
+      </c>
+      <c r="E53" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F53" s="21"/>
+    </row>
+    <row r="54" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="31" t="s">
+        <v>129</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F54" s="6"/>
+    </row>
+    <row r="55" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A55" s="23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B55" s="25"/>
+      <c r="C55" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D55" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F55" s="21"/>
+    </row>
+    <row r="56" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A56" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F56" s="6"/>
+    </row>
+    <row r="57" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A57" s="17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B57" s="18"/>
+      <c r="C57" s="18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D57" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E57" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F57" s="21"/>
+    </row>
+    <row r="58" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A58" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F58" s="6"/>
+    </row>
+    <row r="59" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A59" s="17" t="s">
+        <v>138</v>
+      </c>
+      <c r="B59" s="18"/>
+      <c r="C59" s="18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D59" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E59" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F59" s="21"/>
+    </row>
+    <row r="60" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A60" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B60" s="2"/>
+      <c r="C60" s="2" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="16" t="s">
+      <c r="D60" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="B13" s="16" t="s">
-[...56 lines deleted...]
-      <c r="A17" s="16" t="s">
+      <c r="E60" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F60" s="6"/>
+    </row>
+    <row r="61" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A61" s="27" t="s">
+        <v>141</v>
+      </c>
+      <c r="B61" s="18"/>
+      <c r="C61" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D61" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="E61" s="21"/>
+      <c r="F61" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A62" s="11" t="s">
+        <v>143</v>
+      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D62" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B17" s="17"/>
-[...124 lines deleted...]
-      <c r="B26" s="14" t="s">
+      <c r="E62" s="6"/>
+      <c r="F62" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A63" s="27" t="s">
+        <v>145</v>
+      </c>
+      <c r="B63" s="18"/>
+      <c r="C63" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D63" s="20" t="s">
         <v>68</v>
       </c>
-      <c r="C26" s="13" t="s">
-[...284 lines deleted...]
-      <c r="A47" s="16" t="s">
+      <c r="E63" s="21" t="s">
+        <v>147</v>
+      </c>
+      <c r="F63" s="21"/>
+    </row>
+    <row r="64" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A64" s="2"/>
+      <c r="B64" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E64" s="3"/>
+      <c r="F64" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A65" s="18"/>
+      <c r="B65" s="27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C65" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="D65" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="E65" s="19"/>
+      <c r="F65" s="19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D66" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="E66" s="13"/>
+      <c r="F66" s="13"/>
+    </row>
+    <row r="67" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A67" s="18"/>
+      <c r="B67" s="27" t="s">
+        <v>154</v>
+      </c>
+      <c r="C67" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="D67" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="E67" s="29"/>
+      <c r="F67" s="29" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A68" s="2"/>
+      <c r="B68" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="D68" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="E68" s="13"/>
+      <c r="F68" s="13" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A69" s="27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B69" s="27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C69" s="18" t="s">
+        <v>161</v>
+      </c>
+      <c r="D69" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="E69" s="29" t="s">
+        <v>10</v>
+      </c>
+      <c r="F69" s="29" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A70" s="2"/>
+      <c r="B70" s="11" t="s">
+        <v>162</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" s="6"/>
+      <c r="F70" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A71" s="27" t="s">
+        <v>164</v>
+      </c>
+      <c r="B71" s="18"/>
+      <c r="C71" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="D71" s="20" t="s">
         <v>112</v>
       </c>
-      <c r="B47" s="17"/>
-[...268 lines deleted...]
-      <c r="A67" s="16" t="s">
+      <c r="E71" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" s="21"/>
+    </row>
+    <row r="72" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="2"/>
+      <c r="B72" s="11" t="s">
+        <v>166</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D72" s="5"/>
+      <c r="E72" s="6"/>
+      <c r="F72" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="B67" s="16" t="s">
-[...93 lines deleted...]
-      <c r="A74" s="13"/>
+    </row>
+    <row r="73" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A73" s="18"/>
+      <c r="B73" s="30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C73" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="D73" s="20"/>
+      <c r="E73" s="21"/>
+      <c r="F73" s="21" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A74" s="2"/>
       <c r="B74" s="14" t="s">
-        <v>166</v>
-[...36 lines deleted...]
-      <c r="A77" s="16" t="s">
         <v>171</v>
       </c>
-      <c r="B77" s="17"/>
-      <c r="C77" s="17" t="s">
+      <c r="C74" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D77" s="18" t="s">
-[...6667 lines deleted...]
-      <c r="E858" s="4"/>
+      <c r="D74" s="5"/>
+      <c r="E74" s="6"/>
+      <c r="F74" s="6" t="s">
+        <v>150</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:E256" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D2:E260" xr:uid="{00000000-0002-0000-0000-000001000000}">
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D64:D65" xr:uid="{AAF71E83-508E-4CBC-B7D6-43EF25A3CEB0}">
+      <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:F74" xr:uid="{AA4B4573-2931-4A01-A28E-E72DF34D413B}">
       <formula1>"Introduced,Subcommittee - Passed,Committee - Passed,1st Chamber - Floor Passage,2nd Chamber - Passed Committee,2nd Chamber - Floor Passage,Both Chambers - Passage,2nd Chamber - Amended,Withdrawn,Signed by Governor,House Unfinished Business,Senate Unfinish"&amp;"ed Business"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D2:D63 D66:D74" xr:uid="{65F8E0AD-7347-46A9-948D-702CED688BC2}">
+      <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce,Transportation,Nonpublic"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="B2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...5094 lines deleted...]
-    <hyperlink ref="A3" r:id="rId45" display="HSB48, HF772, HF1010" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
+    <hyperlink ref="A2" r:id="rId1" xr:uid="{57BFD64F-06E6-4674-80AA-6D89B8E22B2E}"/>
+    <hyperlink ref="B2" r:id="rId2" xr:uid="{CA9F7A7D-C038-48C8-B347-B74B51DD4BE9}"/>
+    <hyperlink ref="A3" r:id="rId3" xr:uid="{B4F6567B-BC51-43B9-8D3B-2CFCF7839929}"/>
+    <hyperlink ref="A4" r:id="rId4" xr:uid="{1814FC47-0BB0-43AC-8594-FA89B3F2AA25}"/>
+    <hyperlink ref="B5" r:id="rId5" xr:uid="{DE9318F5-3331-41BD-A64C-95BA0D389978}"/>
+    <hyperlink ref="B6" r:id="rId6" xr:uid="{D151504E-C074-405D-8B72-BBAFD0F746C3}"/>
+    <hyperlink ref="B7" r:id="rId7" xr:uid="{63F701D1-B9DF-4BF4-BB2C-E3A1A1E90D9D}"/>
+    <hyperlink ref="B14" r:id="rId8" xr:uid="{1156EC48-B38B-43B2-A70C-274BD214865D}"/>
+    <hyperlink ref="B15" r:id="rId9" xr:uid="{AE518C6B-0402-42D0-952D-ABE317493F1B}"/>
+    <hyperlink ref="B16" r:id="rId10" xr:uid="{05BAF983-E110-401F-8B22-16EEDCEA8AFA}"/>
+    <hyperlink ref="A17" r:id="rId11" xr:uid="{97C9D3BB-D2A6-482B-90E5-E915BB527B6A}"/>
+    <hyperlink ref="B17" r:id="rId12" xr:uid="{E83F7169-0DF3-48C1-B1CE-B113E49275D3}"/>
+    <hyperlink ref="B18" r:id="rId13" xr:uid="{B35AD123-45D7-4488-99D7-4E94228E5B8C}"/>
+    <hyperlink ref="B19" r:id="rId14" xr:uid="{7EBF1E10-5797-487E-8700-6CB5F78E78E3}"/>
+    <hyperlink ref="B20" r:id="rId15" xr:uid="{AF9B274D-8BCB-4E4C-9C58-BD90EFA16AF4}"/>
+    <hyperlink ref="B21" r:id="rId16" xr:uid="{6E936422-2F0B-452B-BCB5-D11120447B11}"/>
+    <hyperlink ref="B22" r:id="rId17" xr:uid="{0CF947F5-1286-4194-8374-0078DBEC61B4}"/>
+    <hyperlink ref="B23" r:id="rId18" xr:uid="{35D2DBD6-A07B-46C0-A049-B25BD938FDEA}"/>
+    <hyperlink ref="B24" r:id="rId19" xr:uid="{EA191CAE-0B7E-4EFC-8F73-B6A6E94B15FE}"/>
+    <hyperlink ref="B25" r:id="rId20" xr:uid="{02918AFC-D7C3-4F50-A222-D30EE67372C2}"/>
+    <hyperlink ref="A26" r:id="rId21" xr:uid="{9C9B5E7A-698F-40FB-B0E2-5D760978FC71}"/>
+    <hyperlink ref="A27" r:id="rId22" xr:uid="{8FCD7970-0C05-451B-BA8C-769F74C6227E}"/>
+    <hyperlink ref="A28" r:id="rId23" xr:uid="{5FA51F33-193C-49AD-A6D9-BEED66EC1955}"/>
+    <hyperlink ref="A29" r:id="rId24" xr:uid="{92888679-6DE4-47A5-B8A4-754EEE1CEDDC}"/>
+    <hyperlink ref="A30" r:id="rId25" xr:uid="{7B04F7CE-57DD-4082-B66D-FF0FBA409420}"/>
+    <hyperlink ref="A31" r:id="rId26" xr:uid="{3FF27667-A12D-4EAB-94CE-431992488086}"/>
+    <hyperlink ref="A32" r:id="rId27" xr:uid="{C4522368-339C-45A4-ADC3-6CF3761AB211}"/>
+    <hyperlink ref="A33" r:id="rId28" xr:uid="{404D5E65-2621-4074-9A1A-84DBD322D353}"/>
+    <hyperlink ref="A34" r:id="rId29" xr:uid="{B5D34159-492E-4759-B897-21464768C256}"/>
+    <hyperlink ref="A35" r:id="rId30" xr:uid="{FAD4A662-E7F7-4B4F-9CB6-2595EEEE87A4}"/>
+    <hyperlink ref="B35" r:id="rId31" xr:uid="{DEB49BBA-FEA8-44EF-ADA1-084FB0211863}"/>
+    <hyperlink ref="B36" r:id="rId32" xr:uid="{F30B2AB1-1111-4251-B54C-40483C33A151}"/>
+    <hyperlink ref="B37" r:id="rId33" xr:uid="{C583B175-DD8B-414F-B1F7-05108AE934E2}"/>
+    <hyperlink ref="B38" r:id="rId34" xr:uid="{752ED18A-E353-420E-926A-5B8C0E38AD14}"/>
+    <hyperlink ref="B39" r:id="rId35" xr:uid="{63918536-41F4-461A-BFB2-D04FB3D3BAC4}"/>
+    <hyperlink ref="B40" r:id="rId36" xr:uid="{21F1E55D-D97D-45D6-B00F-33F0291C7075}"/>
+    <hyperlink ref="B41" r:id="rId37" xr:uid="{42640BF3-DC54-4467-A032-117F48592CC7}"/>
+    <hyperlink ref="B42" r:id="rId38" xr:uid="{93F4817D-5E00-4546-ABBE-3822AFED9F3A}"/>
+    <hyperlink ref="A43" r:id="rId39" xr:uid="{0ECF306C-6271-4AFC-AD4F-25542AB759F4}"/>
+    <hyperlink ref="B43" r:id="rId40" xr:uid="{5A6EBCDE-3143-47C4-89B0-B87B18C5681E}"/>
+    <hyperlink ref="A44" r:id="rId41" xr:uid="{9FBCE758-157C-4897-B685-0CA3A6199741}"/>
+    <hyperlink ref="A45" r:id="rId42" xr:uid="{DDF58D3C-C72A-4C4F-B943-FBDA5083C405}"/>
+    <hyperlink ref="A46" r:id="rId43" xr:uid="{66B51B26-0539-4431-A42A-F1F88355339D}"/>
+    <hyperlink ref="A47" r:id="rId44" xr:uid="{81DF3575-2134-48A3-B880-6802F2E2B5F1}"/>
+    <hyperlink ref="A48" r:id="rId45" xr:uid="{8FA48228-896B-47F7-9037-F8D3F3C5CD4D}"/>
+    <hyperlink ref="A49" r:id="rId46" xr:uid="{F6AB7038-A62C-478D-95D8-3857B491C705}"/>
+    <hyperlink ref="A50" r:id="rId47" xr:uid="{C0D33B56-DB44-4871-9990-67BADE23D200}"/>
+    <hyperlink ref="A51" r:id="rId48" xr:uid="{3A2F8CFE-3C1D-497B-A711-A81E91F36977}"/>
+    <hyperlink ref="A52" r:id="rId49" xr:uid="{16E38539-8CE1-4AD3-B7B9-5F60EB0F92AE}"/>
+    <hyperlink ref="A53" r:id="rId50" xr:uid="{CD6A2138-0D1F-4F54-9BE0-DE35143BB9D4}"/>
+    <hyperlink ref="A54" r:id="rId51" xr:uid="{7DEF93F0-B14D-4F86-99D0-78DFBB5BBC31}"/>
+    <hyperlink ref="A55" r:id="rId52" xr:uid="{78ADF5AB-B947-49B8-AA59-FCA39B5A472E}"/>
+    <hyperlink ref="A56" r:id="rId53" xr:uid="{2220C018-F30C-42DB-ADD4-16FB122CBC2D}"/>
+    <hyperlink ref="A57" r:id="rId54" xr:uid="{7820443F-B5CE-48F4-B95B-42C89E9BC337}"/>
+    <hyperlink ref="A58" r:id="rId55" xr:uid="{9F05CC62-2C2F-4CB3-A1EC-344D31C0E614}"/>
+    <hyperlink ref="A59" r:id="rId56" xr:uid="{49C489F6-C7DF-4805-BCF1-CF6A688BB3AC}"/>
+    <hyperlink ref="A60" r:id="rId57" xr:uid="{AFF92B36-6F18-4A42-81C1-C2F8A6321185}"/>
+    <hyperlink ref="A61" r:id="rId58" xr:uid="{8C5A15A0-E3FE-46A2-A9D9-3B9B14C8D0F8}"/>
+    <hyperlink ref="A62" r:id="rId59" xr:uid="{8BF7B0C0-BA03-4FA8-85D3-A8BF9267A597}"/>
+    <hyperlink ref="A63" r:id="rId60" xr:uid="{1084D07D-AB22-4FE6-9406-9DB5B7C35EF2}"/>
+    <hyperlink ref="B64" r:id="rId61" xr:uid="{CB413EC0-293A-4881-AA31-C5B76205DA85}"/>
+    <hyperlink ref="B65" r:id="rId62" xr:uid="{A39C2911-A46E-460F-9278-C51C5B160854}"/>
+    <hyperlink ref="B67" r:id="rId63" xr:uid="{ABF5E191-71A6-4D17-A147-6C27271F5459}"/>
+    <hyperlink ref="B68" r:id="rId64" xr:uid="{C57BDF8A-5712-4866-83AD-339319D6C27E}"/>
+    <hyperlink ref="A69" r:id="rId65" xr:uid="{1B21572D-2CE8-4478-82BB-50576CFA948D}"/>
+    <hyperlink ref="B69" r:id="rId66" xr:uid="{4A7DC203-2C46-40A5-B818-0CF2FDA05447}"/>
+    <hyperlink ref="B70" r:id="rId67" xr:uid="{D347D1D6-DEB4-4FFB-A516-EDB6239211AE}"/>
+    <hyperlink ref="A71" r:id="rId68" xr:uid="{FE7F0FEA-46B5-46DF-AF99-40AD77DCB183}"/>
+    <hyperlink ref="B72" r:id="rId69" xr:uid="{25BA0B3B-27A5-472C-BD7E-BBE65F9C6641}"/>
+    <hyperlink ref="B73" r:id="rId70" xr:uid="{A5B08C20-F4C0-47F4-A536-031CA7C1AD13}"/>
+    <hyperlink ref="B74" r:id="rId71" xr:uid="{EA4D1D42-9A81-4744-BA96-B7127130DDA1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>All</vt:lpstr>
-      <vt:lpstr>Signed by Governor</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Loder, Amanda [IDOE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>