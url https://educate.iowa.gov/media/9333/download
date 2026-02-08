--- v1 (2026-01-21)
+++ v2 (2026-02-08)
@@ -1,164 +1,425 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\aloder\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1D484BF6-2A2D-4046-B734-464F8DB326CA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9BBE9F68-633D-4443-BF68-051B8B79FC4E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="All" sheetId="7" r:id="rId1"/>
+    <sheet name="All" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">All!$A$1:$F$183</definedName>
+  </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="744" uniqueCount="421">
   <si>
     <t>House Bill #</t>
   </si>
   <si>
     <t>Senate Bill #</t>
   </si>
   <si>
     <t>Bill Description</t>
   </si>
   <si>
     <t>Primary Topic</t>
   </si>
   <si>
     <t>House Status</t>
   </si>
   <si>
     <t>Senate Status</t>
   </si>
   <si>
     <t>HSB554</t>
   </si>
   <si>
-    <t>SSB3042</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2220</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3042</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the Iowa statewide assessment of student progress and programs for gifted and talented children, and by requiring districts to develop and advanced mathematics pathway and implement procedures for subject acceleration and whole-grade acceleration. </t>
   </si>
   <si>
     <t>K12 - Standards/Instruction</t>
   </si>
   <si>
+    <t>Subcommittee - Passed</t>
+  </si>
+  <si>
+    <t>Committee - Passed</t>
+  </si>
+  <si>
+    <t>HSB572</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2223</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3049</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to career education, including by modifying provisions related to career academies, the collective statewide articulation agreement between community colleges and the state board of regents, the district-to-community college sharing or concurrent enrollment program, and individual career and academic plans. </t>
+  </si>
+  <si>
+    <t>Career Technical</t>
+  </si>
+  <si>
     <t>Introduced</t>
   </si>
   <si>
-    <t>HSB572</t>
-[...8 lines deleted...]
-    <t>HSB555</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2230</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB555</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2222</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3048</t>
+    </r>
   </si>
   <si>
     <t>An Act relating to teacher education and licensing, including by modifying provisions related to practitioner preparation programs and licenses issued by the board of educational examiners.</t>
   </si>
   <si>
     <t>Teacher Prep</t>
   </si>
   <si>
-    <t>SSB3028</t>
+    <t>HSB584</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2141</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3028</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to matters under the purview of the department of management, and including effective date and applicability provisions. </t>
   </si>
   <si>
     <t>Appropriation</t>
   </si>
   <si>
-    <t>SSB3030</t>
+    <t>HSB583</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2206</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3030</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to contracts entered into by state agencies and including applicability provisions. </t>
   </si>
   <si>
     <t>Administrative</t>
   </si>
   <si>
+    <t>HSB579</t>
+  </si>
+  <si>
     <t>SSB3032</t>
   </si>
   <si>
     <t>An Act relating to paid parental leave for state employees.</t>
   </si>
   <si>
+    <t>HSB578</t>
+  </si>
+  <si>
     <t xml:space="preserve">An Act relating to public notice requirements for meetings of a governmental body. </t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2330</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB582</t>
+    </r>
+  </si>
+  <si>
     <t>An Act relating to public records requests.</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2294</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB580</t>
+    </r>
+  </si>
+  <si>
     <t xml:space="preserve">An Act relating to the filing of complaints with the Iowa public information board. </t>
   </si>
   <si>
+    <t>TBA</t>
+  </si>
+  <si>
     <t xml:space="preserve">An Act relating to the penalty for public employees and public officials taking money from a public employer. </t>
   </si>
   <si>
     <t>An Act relating to audits of governmental subdivisions by the state auditor concerning suspected embezzlement, theft, or other significant financial irregularities.</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the auditor of state by providing for efficient use of public funds reporting. </t>
   </si>
   <si>
-    <t>SSB3027</t>
-[...2 lines deleted...]
-    <t>An Act relating to the definition of qualified education expenses.</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2338</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2121</t>
+    </r>
   </si>
   <si>
     <t>SF2003</t>
   </si>
   <si>
     <t xml:space="preserve">An Act prohibiting school districts, charter schools, and innovation zone schools from providing any program, curriculum, test, survey, questionnaire, promotion, or instruction relating to gender theory or sexual orientation instruction in grades seven through twelve. </t>
   </si>
   <si>
     <t>SF2004</t>
   </si>
   <si>
     <t xml:space="preserve">An Act authorizing the expenditure of funding from the secure an advanced vision for education fund for certain insurance costs. </t>
   </si>
   <si>
     <t>K12 - Finance</t>
   </si>
   <si>
     <t>HF2049</t>
   </si>
   <si>
     <t>SF2005</t>
   </si>
   <si>
     <t xml:space="preserve">An Act providing for supplementary weighting for school districts that share career and technical education instructors. </t>
   </si>
@@ -192,188 +453,357 @@
   <si>
     <t>Transportation, K12 - Administrative</t>
   </si>
   <si>
     <t>SF2018</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to special education, including by requiring accredited nonpublic schools to provide special education services to students enrolled in the school who require such services and modifying the responsibilities of area education agencies, and including effective date provisions. </t>
   </si>
   <si>
     <t>Special Education, Nonpublic</t>
   </si>
   <si>
     <t>SSB3001</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to state and local government, taxes, fees, financial authority, and budgets, modifying divisions of revenue, modifying appropriations, and including effective date, applicability and retroactive applicability provisions. </t>
   </si>
   <si>
     <t>SSB3004</t>
   </si>
   <si>
     <t xml:space="preserve">An Act providing for an online platform for professionals to provide career information to students. </t>
   </si>
   <si>
-    <t>SSB3007</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2086</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3007</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act authorizing schools to offer an elective junior fire fighter program to students enrolled in grades eleven and twelve. </t>
   </si>
   <si>
     <t>HF2029</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to health care coverage of public school district personnel under the state health insurance plan, providing fees, making appropriations, and including effective date provisions. </t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HF2026</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">; (S) </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HF2006</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the display of flags on public schools and state-owned buildings. </t>
   </si>
   <si>
     <t>HF2019</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to nominations for election to school district offices. </t>
   </si>
   <si>
-    <t>HF2012</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2250</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2012</t>
+    </r>
   </si>
   <si>
     <t>An Act authorizing resident students who are admitted to and in attendance in a comprehensive transition and postsecondary program to participate in the Iowa tuition grants program.</t>
   </si>
   <si>
     <t>College Aid</t>
   </si>
   <si>
-    <t>HF2008</t>
-[...4 lines deleted...]
-  <si>
     <t>HF2005</t>
   </si>
   <si>
     <t xml:space="preserve">An Act providing for education related to the holocaust for students and teachers in school districts. </t>
   </si>
   <si>
     <t>HF2004</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to nonpublic school student participation in extracurricular interscholastic activities provided by public schools. </t>
   </si>
   <si>
     <t>Nonpublic</t>
   </si>
   <si>
     <t>HF2003</t>
   </si>
   <si>
     <t xml:space="preserve">An Act requiring the department of education to develop and administer a pilot program that requires certain specified school districts to establish attendance centers for students requiring special education and students with behavioral issues. </t>
   </si>
   <si>
     <t>Special Education</t>
   </si>
   <si>
     <t>HF2002</t>
   </si>
   <si>
     <t xml:space="preserve">An Act requiring the legislative council to enter into an agreement with a qualified person to conduct a review of Iowa's public education system, and including effective date provisions. </t>
   </si>
   <si>
-    <t>HSB512</t>
-[...2 lines deleted...]
-    <t>SSB3023</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2268</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB512</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 2088</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3023</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to matters under the purview of the department of transportation, and including applicability provisions. </t>
   </si>
   <si>
     <t>Transportation</t>
   </si>
   <si>
-    <t>SF2037</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2207</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2037</t>
+    </r>
   </si>
   <si>
     <t>An Act relating to the submission of proposed legislation by state departments and agencies.</t>
   </si>
   <si>
     <t>SF2039</t>
   </si>
   <si>
     <t>An Act providing for intervention by members of the general assembly in proceedings for judicial review of agency action under the Iowa administrative procedure Act.</t>
   </si>
   <si>
     <t>SF2041</t>
   </si>
   <si>
     <t xml:space="preserve">An Act providing for payroll deduction for membershiop dues to an employee organiztion under public employee collective bargaining, and including applicability provisions. </t>
   </si>
   <si>
-    <t>SF2043</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 2144</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2043</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to school district general fund flexibility accounts by expanding eligible funding sources and modifying expenditure approval requirements. </t>
   </si>
   <si>
     <t>SF2044</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the responsibilities of school districts and charter schools related to the discipline of students who cause violent or nonviolent disruptions. </t>
   </si>
   <si>
-    <t>SSB3015</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2218</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3015</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the verification of the identity and employment eligibility of individuals by the board of educational examiners, school districts, accredited nonpublic schools, charter schools, and innovation zone schools, and including applicability provisions. </t>
   </si>
   <si>
     <t>Educational Examiners</t>
   </si>
   <si>
     <t>SSB3026</t>
   </si>
   <si>
     <t>An Act relating to dates for elections to issue bonds or other indebtedness.</t>
   </si>
   <si>
     <t>HSB563</t>
   </si>
   <si>
     <t>SSB3034</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to state and local government taxes, budgets, and authority, by modifying provisions relating to the assessment and taxation of property, funding from the secure an advanced vision for education fund, the election of certain county officers, urban renewal areas and urban revitalization areas, establishing a rent reimbursement program, establishing a program for certain first-time homebuyers, establishing a local government shared-services grant fund, making appropriations, and including effective date, applicability, and retroactive applicability provisions. </t>
   </si>
   <si>
     <t>K12 - Finance, Community College</t>
   </si>
@@ -383,141 +813,302 @@
   <si>
     <t xml:space="preserve">An Act relating to open enrollment and interscholastic athletic eligibility requirements. </t>
   </si>
   <si>
     <t>HF2050</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the discipline of students who disrupt the educational process, and including effective date provisions. </t>
   </si>
   <si>
     <t>HF2051</t>
   </si>
   <si>
     <t xml:space="preserve">An Act providing for supplementary weighting for school districts that share school and career specialists. </t>
   </si>
   <si>
     <t>HF2052</t>
   </si>
   <si>
     <t>An Act relating to community-based providers in the statewide voluntary preschool program for four-year-old children.</t>
   </si>
   <si>
     <t>Early Childhood</t>
   </si>
   <si>
-    <t>HF2055</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2203</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2055</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to epinephrine delivery systems in schools, food establishments, carnivals, recreational camps, youth sports facilities, and sports arenas. </t>
   </si>
   <si>
     <t>School Nutrition &amp; Health</t>
   </si>
   <si>
     <t>HF2066</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the terms of service of certain statewide boards. </t>
   </si>
   <si>
     <t>HF2073</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to ballot contents for certain elected offices. </t>
   </si>
   <si>
     <t>HSB533</t>
   </si>
   <si>
     <t xml:space="preserve">An Act authorizing community colleges to offer a degree program that leads to a baccalaureate degree. </t>
   </si>
   <si>
     <t>Community College</t>
   </si>
   <si>
     <t>HSB537</t>
   </si>
   <si>
     <t xml:space="preserve">An Act prohibiting private institutions of higher education that participate in the Iowa tuition grant program from establishing diversity, equity, and inclusion offices. </t>
   </si>
   <si>
     <t>HSB544</t>
   </si>
   <si>
     <t xml:space="preserve">An Act creating an endowment tax on the endowment value of certain Iowa colleges and universities, limited charges relating to certain endowment funds, making appropriations to workforce grant and incentive programs, and making appropriations to supplement tuition grants for high-wage and high-demand jobs. </t>
   </si>
   <si>
     <t>Higher Education</t>
   </si>
   <si>
-    <t>HSB546</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2246</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB546</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to continuing education requirements for licensed professions. </t>
   </si>
   <si>
-    <t>HSB558</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2231</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB558</t>
+    </r>
+  </si>
+  <si>
+    <t>SSB3073</t>
   </si>
   <si>
     <t xml:space="preserve">An Act establishing a seal of civics excellence program administered by the department of education to recognize student excellence in civics. </t>
   </si>
   <si>
     <t>HSB557</t>
   </si>
   <si>
     <t xml:space="preserve">An Act modifying provisions related to English learner participation in open enrollment and including applicability provisions. </t>
   </si>
   <si>
     <t>HF2080</t>
   </si>
   <si>
+    <t>SF2120</t>
+  </si>
+  <si>
     <t xml:space="preserve">An Act relating to bona fide retirement and subsequent employment as school district support staff under the Iowa public employees' retirement system. </t>
   </si>
   <si>
-    <t>HF2079</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2247</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2079</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to forms of payment for entry into an extracurricular interscholastic athletic contest or competition. </t>
   </si>
   <si>
     <t>HF2078</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to resident dependents not enrolled in a public school or receiving an eductional savings account payment by creating an opportunity tax credit available against the individual income tax, creating a fund, making appropriations, and including effective date and retroactive applicability provisions. </t>
   </si>
   <si>
     <t>HF2077</t>
   </si>
   <si>
-    <t>SSB3043</t>
+    <t>HSB677</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2221</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3043</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act requiring the board of educational examiners to establish additional endorsements related to fine arts, mathematics, and science. </t>
   </si>
   <si>
-    <t>SSB3041</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2219</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3041</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">An Act requiring boards of directors of school districts, governing boards of charter schools, and authorities in charge of accredited nonpublic schools to adopt policies related to excusing student absences for 4-H club or FFA activities. </t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HF1010</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
@@ -563,421 +1154,1518 @@
       </rPr>
       <t>SSB1036</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF205</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">An Act modifying the earliest possible start date of the school calendar for school districts and accredited nonpublic schools. </t>
   </si>
   <si>
-    <t>Committee - Passed</t>
-[...1 lines deleted...]
-  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF274</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF141</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to forms of payment for entry into an extracurricular interscholastic athletic contest or competition.</t>
+  </si>
+  <si>
+    <t>HSB627</t>
+  </si>
+  <si>
+    <t>SSB3078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the conduct of elections. </t>
+  </si>
+  <si>
+    <t>SF2060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to eligibility standards for certain education programs and tax provisions based on religious or sectarian use or purpose, and including retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>SF2061</t>
+  </si>
+  <si>
+    <t>An Act establishing a nonpublic school safety infrastructure grant program and making appropriations.</t>
+  </si>
+  <si>
+    <t>Nonpublic, K12 - Finance</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2336</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SF274</t>
+      <t>HF2106</t>
     </r>
   </si>
   <si>
-    <t>An Act relating to forms of payment for entry into an extracurricular interscholastic athletic contest or competition.</t>
-[...22 lines deleted...]
-  <si>
     <t>SF2062</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the protected speech and expression rights of students enrolled in school districts, charter schools, and innovation zone schools and the duties of the department of education, and providing civil penalties. </t>
   </si>
   <si>
     <t>SF2066</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to human growth and development course enrollment at school districts and to pupil attendance at educational conferences or seminars in which human growth and development information is provided. </t>
   </si>
   <si>
     <t>HF2092</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the statewide preschool program by modifying provisions relating to eligibility, funding, and compulsory attendance and including applicability provisions. </t>
   </si>
   <si>
     <t>SF172</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to child sexual abuse and child sexual assault awareness and prevention. </t>
+  </si>
+  <si>
+    <t>Administrative, K12 - Standards/Instruction</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF510</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF138</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to elective social studies courses emphasizing religious scripture that school districts may offer and teach. </t>
   </si>
   <si>
-    <t>Senate Unfinished Business</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF516</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF237</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">An Act directing the department of education to convene a working group to study the impact of technology on the cognitive function and academic performance of students. </t>
   </si>
   <si>
-    <t>TBA</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2224</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3050</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to the curriculum provided to students enrolled in grades nine through twelve by allowing instruction related to technology, engineering, or manufacturing to meet a portion of the unit requirements related to computer science. </t>
+  </si>
+  <si>
+    <t>HF2131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the timing for establishment of the state percent of growth and the categorical state percent of growth, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>HF2124</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the duties of the department of education related to electronic systems. </t>
+  </si>
+  <si>
+    <t>HF2123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state entities, including by modifying provisions related to prohibited diversity, equity, and inclusion offices and officers and to trainings and curricula regarding specific defined concepts provided by school districts. </t>
+  </si>
+  <si>
+    <t>HF2122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the discipline of students who exhibit disorderly conduct in the classroom and who are enrolled in school districts, charter schools, or innovation zone schools. </t>
+  </si>
+  <si>
+    <t>HF2116</t>
+  </si>
+  <si>
+    <t>SF2174</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to trainings and curricula regarding specific defined concepts provided by public institutions of higher education and school districts. </t>
+  </si>
+  <si>
+    <t>Higher Education, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>HSB596</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to local government taxes, budgets, and authority, by establishing property tax limitations and modifying provisions relating to the assessment and taxation of property, certain taxpayer notices, bond issuances, and councils of governments, and including applicability and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2244</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB594</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to social studies instruction, including instruction in United States government, provided to students enrolled in grades nine through twelve, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education reporting, including the sharing of unit-level wage data for secondary and postsecondary program evaluation, the establishment of the condition of education report, consolidating certain required reports, modifying responsibilities for the future ready Iowa last-dollar scholarship report, modifying Iowa workforce development data-sharing provisions, and creating a return on investment reporting system to be overseen by the Iowa student aid commission. </t>
+  </si>
+  <si>
+    <t>HSB675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education programs and systems, including career and technical education expenditures and definitions, statewide lower division general education framework and common course numbering systems, and the implementation of a statewide corequisite model in Iowa community colleges. </t>
+  </si>
+  <si>
+    <t>Community College, Higher Education</t>
+  </si>
+  <si>
+    <t>SJR2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A Joint Resolution proposing an amendment to the Constitution of the State of Iowa relating to the right of all youths of this state to a comprehensive public education. </t>
+  </si>
+  <si>
+    <t>Misc</t>
+  </si>
+  <si>
+    <t>SF2072</t>
+  </si>
+  <si>
+    <t>SF2076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to a waiver of tuition and mandatory fees at accredited private institutions and regents institutions for students during student teaching experiences in the state. </t>
+  </si>
+  <si>
+    <t>SF2080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to area education agency employee access to student records. </t>
+  </si>
+  <si>
+    <t>SF2083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the periods of time to bring certain civil actions by victims of sexual abuse and other sexual offenses that occurred when the victim was a minor, entitling certain cases to a preference in trial order, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>SF2084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the inclusion of the your life Iowa program on public school internet sites. </t>
+  </si>
+  <si>
+    <t>HF2143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing school districts to use revenues from the district management levy for targeted staff retention incentives and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>HSB599</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the director of the department of education to prepare, publish, and submit to the general assembly annual reports related to reading proficiency, mathematics proficiency, and area education agencies. </t>
+  </si>
+  <si>
+    <t>SF2090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school districts, including by modifying provisions related to executive officers of the boards of directors of school districts and authorizing residents and employees to request audits of school districts. </t>
+  </si>
+  <si>
+    <t>SF2092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the school health-related emergency response plan competitive grant program within the department of education, making appropriations, and including applicability provisions.  </t>
+  </si>
+  <si>
+    <t>HSB610</t>
+  </si>
+  <si>
+    <t>SF2094</t>
+  </si>
+  <si>
+    <t>An Act relating to computer science and artificial intelligence education, including high school curricula and graduation requirements, practitioner preparation programs, and college admissions, and including applicability provisions.</t>
+  </si>
+  <si>
+    <t>K12 - Accreditation, K12 - Standards/Instruction</t>
+  </si>
+  <si>
+    <t>HF2288</t>
+  </si>
+  <si>
+    <t>SF2095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to vaccination exemptions for certain students in clinical rotations and the qualification of postsecondary schools as eligible institutions for Iowa tuition grants. </t>
+  </si>
+  <si>
+    <t>HSB604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing community-based providers to directly participate in the statewide preschool program for four-year-old children. </t>
+  </si>
+  <si>
+    <t>HSB605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to requirements for immunization exemption notifications by public health agencies. </t>
+  </si>
+  <si>
+    <t>HSB606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring reports to the general assembly regarding establishment of certain postsecondary athletic programs and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Athletics, Community College</t>
+  </si>
+  <si>
+    <t>HSB608</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the inclusion of the internet address for the your life Iowa program or successor program on public school student identification cards and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>HSB609</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the duties of the workforce development board, state board of education, and department of education related to cyber and artificial intelligence. </t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction, Higher Education, Community College</t>
+  </si>
+  <si>
+    <t>HSB623</t>
+  </si>
+  <si>
+    <t>SSB3111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to early childhood and family services, including the creation of an early childhood and family services system, state child care assistance for the child care workforce, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>SF2102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to health care coverage of certain public school district personnel under the state health insurance plan, providing fees, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>HF2153</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring community colleges, school districts, and institutions under the control of the state board of regents to adopt policies related to the use of artificial intelligence by students and employees. </t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction, Community College, Higher Education</t>
+  </si>
+  <si>
+    <t>HF2152</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act repealing the school tuition organization tax credit available against the individual and corporate income taxes and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Nonpublic, Misc</t>
+  </si>
+  <si>
+    <t>HF2151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act making appropriations to the department of education for the therapeutic classroom incentive grant program. </t>
+  </si>
+  <si>
+    <t>HF2192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to bond election requirements and limitations applicable to school districts. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, K12 - Administrative</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 525</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB1158</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to student nutrition, including by modifying the curricula provided to students enrolled in kindergarten through grade twelve to include instruction related to nutrition, modifying provisions related to the agriculture, food, and natural resources component of the career and technical education instruction provided to students enrolled in grades nine through twelve, and modifying provisions related to school meal programs, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Senate Unfinished Business</t>
+  </si>
+  <si>
+    <t>HF2191</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to elections for school district and city officers and bonds, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, K12 - Finance</t>
+  </si>
+  <si>
+    <t>HF2187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the boards of directors of school districts to allow certain youth-oriented community organizations reasonable access to school property. </t>
+  </si>
+  <si>
+    <t>HF2186</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to application periods for the education savings account program. </t>
+  </si>
+  <si>
+    <t>SF2121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to social studies instruction provided to students enrolled in grades seven through twelve, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>SF2119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to obscenity exemptions for public libraries and educational institutions. </t>
+  </si>
+  <si>
+    <t>SF2118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to student participation in non-school-sponsored athletic contests or competitions. </t>
+  </si>
+  <si>
+    <t>Athletics</t>
+  </si>
+  <si>
+    <t>SF2116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to open enrollment, including by modifying provisions related to the open enrollment of pupils who are truant or chronically absent and children receiving educational instruction and course content delivered primarily over the internet, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>HF2172</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying testing requirements applicable to pupils who are participating in the education savings account program. </t>
+  </si>
+  <si>
+    <t>HF2171</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act striking elementary and secondary student immunization requirements. </t>
+  </si>
+  <si>
+    <t>HF2170</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to minimum roster sizes for interscholastic sports. </t>
+  </si>
+  <si>
+    <t>HSB622</t>
+  </si>
+  <si>
+    <t>SSB3082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to alignment of delivery of health and human services programs and services, aging and disability services, and volunteer services, and including applicability and effective date provisions. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2304</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB642</t>
+    </r>
+  </si>
+  <si>
+    <t>SSB3074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to indirect costs charged to state-funded grants, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>SF2133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to administrator licenses granted by the board of educational examiners and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>HSB646</t>
+  </si>
+  <si>
+    <t>SSB3095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring annual reports on antisemitism in community colleges, regents institutions, and public school districts. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2324</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB636</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting school districts, charter schools, and innovation zone schools from entering into certain specified contracts with public libraries and hosting mobile libraries. </t>
+  </si>
+  <si>
+    <t>HSB634</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the display of flags at half-staff on public buildings. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF703</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB152</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act concerning information regarding certain state and federal student loan programs. </t>
+  </si>
+  <si>
+    <t>2nd Chamber - Passed Committee</t>
+  </si>
+  <si>
+    <t>HF2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the eligibility of students enrolled in nonpublic schools to participate in show choir and marching band provided by public schools, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>SF2149</t>
+  </si>
+  <si>
+    <t>An Act relating to civil actions against school board members and superintendents for school policies that violate state law.</t>
+  </si>
+  <si>
+    <t>SF2152</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to the executive officers of the boards of directors of school districts. </t>
+  </si>
+  <si>
+    <t>SF2160</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the ability of persons to examine the public records of school districts. </t>
+  </si>
+  <si>
+    <t>HSB648</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the teach Iowa scholar program, including modifying eligibility provisions and establishing funding allocations. </t>
+  </si>
+  <si>
+    <t>SF2167</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to human trafficking prevention training for persons applying for certain commercial driver's licenses. </t>
+  </si>
+  <si>
+    <t>HF2236</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to the Iowa tuition grants program and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>HF2235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the board of educational examiners to establish authorizations for instruction related to fine arts. </t>
+  </si>
+  <si>
+    <t>HF2218</t>
+  </si>
+  <si>
+    <t>An Act relating to video recording systems in special education classrooms.</t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Special Education</t>
+  </si>
+  <si>
+    <t>HF2217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to radon testing in schools, including responsibilities of nonpublic schools, applicability to charter and innovation zone schools, establishing a school testing and mitigation of radon grant program within the department of education, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Administrative</t>
+  </si>
+  <si>
+    <t>HF332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to administrators employed by school districts, including requiring administrators to provide instruction to students and modifying the responsibilities of the board of educational examiners. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, K12 - Standards/Instruction, Educational Examiners</t>
+  </si>
+  <si>
+    <t>HF245</t>
+  </si>
+  <si>
+    <t>SF140</t>
+  </si>
+  <si>
+    <t>An Act relating to satellite absentee voting stations.</t>
+  </si>
+  <si>
+    <t>SF2170</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to provisions related to the district-to-community college sharing or concurrent enrollment program. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2201</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3100</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school funding by establishing the state percent of growth and the categorical state percent of growth for the budget year beginning July 1, 2026, modifying provisions relating to property tax replacement payments, the regular program state cost per pupil, funding for school district budget adjustments, and school district enrollment, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>SF2177</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to policies and protection measures a library provider or third party contracting with a library provider must take if the library provider or third party offers digital library services. </t>
+  </si>
+  <si>
+    <t>SF2176</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the district-to-community college sharing or concurrent enrollment program. </t>
+  </si>
+  <si>
+    <t>SF2175</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to charter schools, the Iowa public employees' retirement system, financing programs for charter schools and nonpublic schools administered by the Iowa finance authority, the statewide voluntary preschool program for four-year-old children, education savings accounts, the school start date, independent accrediting agencies, teacher training and licensure, and making appropriations, and including applicability and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>Charter School, Nonpublic, Administrative</t>
+  </si>
+  <si>
+    <t>HF2270</t>
+  </si>
+  <si>
+    <t>An Act relating to standards and performance measures for public libraries.</t>
+  </si>
+  <si>
+    <t>HF2265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to eligibility for payments under the education savings account program, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, Nonpublic</t>
+  </si>
+  <si>
+    <t>SF2181</t>
+  </si>
+  <si>
+    <t>Administrative, Special Education</t>
+  </si>
+  <si>
+    <t>SF2183</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for the Iowa individual income tax checkoff for public schools and the public school checkoff fund, making appropriations, and providing for implementation of the checkoff on return. </t>
+  </si>
+  <si>
+    <t>SSB3103</t>
+  </si>
+  <si>
+    <t>An Act relating to matters under the purview of the economic development authority, the utilities commission, and the department of education, including creation of the headquarters expansion and development for growth and employment program, and the business incentives for growth program training fund; repeal of the new jobs tax credit program; the major economic growth attraction program; load forecasting and analysis of electric transmission system expansion plans; creation of the electric transmission system expansion planning and analysis and load forecasting fund; the industrial new jobs training program; and including effective date provisions.</t>
+  </si>
+  <si>
+    <t>Workforce</t>
+  </si>
+  <si>
+    <t>SSB3108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the maximum driving distance of unsupervised persons issued a special minor's restricted driver's license who are enrolled at an accredited nonpublic school. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Nonpublic</t>
+  </si>
+  <si>
+    <t>SSB3109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring school districts, accredited nonpublic schools, charter schools, and innovation zone schools to provide success-sequence education in grades seven through twelve. </t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction, K12 - Accreditation</t>
+  </si>
+  <si>
+    <t>SSB3110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to statewide voluntary preschool program students whose household income is below a certain amount, minimum hours required to be offered, and funding calculations. </t>
+  </si>
+  <si>
+    <t>SF2212</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to interscholastic athletic scrimmages between schools and nonaccredited home school sports organizations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>SF2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the Iowa medical freedom Act, including limitations on requiring medical interventions by businesses, governmental entities, and educational institutions, modifying state authority during public health disasters, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>HF2286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the social studies curriculum, core curriculum, graduation requirements, area education agencies, and high school equivalency diplomas, and including transition provisions and effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>HF2285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring schools to establish and offer a junior fire fighter program to high school students. </t>
+  </si>
+  <si>
+    <t>HSB683</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the physical education and physical activity requirements applicable to certain specified students and by implementing a graduation requirement related to participation in a cocurricular or extracurricular activity. </t>
+  </si>
+  <si>
+    <t>HSB682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the revocation or denial of educator licenses and certificates for publicly celebrating assassinations or acts of politically motivated violence, and including effective date and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>HSB681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to student dress code policies of public schools, charter schools, and innovation school zones, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Charter School</t>
+  </si>
+  <si>
+    <t>HSB680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education funding by authorizing community-based providers to directly participate in the statewide preschool program for four-year-old children, modifying the school tuition organization tax credit program, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>HSB679</t>
+  </si>
+  <si>
+    <t>An Act relating to noncontact periods for students, coaches, directors, and teachers in extracurricular interscholastic athletic contests and competitions.</t>
+  </si>
+  <si>
+    <t>HSB678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the payment of claims associated with nonpublic school pupil transportation, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>SF2200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school email security by requiring school districts, charter schools, and area education agencies to implement certain email security standards. </t>
+  </si>
+  <si>
+    <t>HF2282</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the sale of certain specified buildings or structures by school districts, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, Administrative</t>
+  </si>
+  <si>
+    <t>HF2272</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to renewal requirements associated with licenses issued by the board of educational examiners to certain specified practitioners. </t>
+  </si>
+  <si>
+    <t>HF2271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to world language instruction. </t>
+  </si>
+  <si>
+    <t>HSB676</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to charter schools and innovation zone schools, including by modifying provisions related to charter school funding and operations, services provided to charter schools by area education agencies, charter school contracts, and charter school student participation in extracurricular activities provided by public schools, striking provisions allowing for the establishment of innovation zone schools, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Charter School</t>
+  </si>
+  <si>
+    <t>HSB674</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to apprenticeships and other career training and making appropriations. </t>
+  </si>
+  <si>
+    <t>Workforce, Career Technical, Community College</t>
+  </si>
+  <si>
+    <t>HSB668</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state policies, programs, and licenses with race, gender, or citizenship requirements. </t>
+  </si>
+  <si>
+    <t>HF96</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the advanced dyslexia specialist endorsement competitive scholar program within the college student aid commission and making appropriations. </t>
+  </si>
+  <si>
+    <t>Administrative, College Aid</t>
+  </si>
+  <si>
+    <t>SF2228</t>
+  </si>
+  <si>
+    <t>An Act relating to school district funding provisions, including reducing the foundation property tax and repealing the education savings account program, and including effective date and applicability provisions.</t>
+  </si>
+  <si>
+    <t>SF2229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education funding, including amounts for the statewide preschool program and eligibility for payments under the education savings account program, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Early Childhood, K12 - Finance</t>
+  </si>
+  <si>
+    <t>HF2342</t>
+  </si>
+  <si>
+    <t>An Act providing for the future repeal of tax credits.</t>
+  </si>
+  <si>
+    <t>HF2308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state participation in the federal tax credit program for individual contributors to scholarship granting organizations. </t>
+  </si>
+  <si>
+    <t>HF2307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing the board of educational examiners to issue provisional coaching authorizations. </t>
+  </si>
+  <si>
+    <t>HF2306</t>
+  </si>
+  <si>
+    <t>HSB61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting community colleges from establishing diversity, equity, and inclusion offices and engaging in certain other activities relating to diversity, equity, and inclusion. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the responsibilities of school district teachers and other educational staff related to students who have individualized education programs or plans under section 504 of the federal Rehabilitation Act. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF1155CC"/>
       <name val="Arial"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="2" tint="-0.249977111117893"/>
+        <fgColor rgb="FFD9D9D9"/>
+        <bgColor rgb="FFD9D9D9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF3F3F3"/>
+        <bgColor rgb="FFF3F3F3"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFEFEFEF"/>
+        <bgColor rgb="FFEFEFEF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor rgb="FFEFEFEF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="2" tint="-4.9989318521683403E-2"/>
+        <bgColor rgb="FFEFEFEF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="2" tint="-4.9989318521683403E-2"/>
+        <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="43">
+  <dxfs count="33">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -1198,229 +2886,133 @@
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
-    <dxf>
-[...78 lines deleted...]
-    </dxf>
   </dxfs>
-  <tableStyles count="20">
-[...20 lines deleted...]
-    <tableStyle name="Regents-style" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
+  <tableStyles count="15">
+    <tableStyle name="Regents-style" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
       <tableStyleElement type="firstRowStripe" dxfId="32"/>
       <tableStyleElement type="secondRowStripe" dxfId="31"/>
     </tableStyle>
-    <tableStyle name="Regents-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF06000000}">
+    <tableStyle name="Regents-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
       <tableStyleElement type="firstRowStripe" dxfId="30"/>
       <tableStyleElement type="secondRowStripe" dxfId="29"/>
     </tableStyle>
-    <tableStyle name="Advanced-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF07000000}">
+    <tableStyle name="Advanced-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF02000000}">
       <tableStyleElement type="headerRow" dxfId="28"/>
       <tableStyleElement type="firstRowStripe" dxfId="27"/>
       <tableStyleElement type="secondRowStripe" dxfId="26"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF08000000}">
+    <tableStyle name="Funneled 220-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF03000000}">
       <tableStyleElement type="headerRow" dxfId="25"/>
       <tableStyleElement type="firstRowStripe" dxfId="24"/>
       <tableStyleElement type="secondRowStripe" dxfId="23"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF09000000}">
+    <tableStyle name="Funneled 220-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF04000000}">
       <tableStyleElement type="firstRowStripe" dxfId="22"/>
       <tableStyleElement type="secondRowStripe" dxfId="21"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0A000000}">
+    <tableStyle name="Funneled 220-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
       <tableStyleElement type="firstRowStripe" dxfId="20"/>
       <tableStyleElement type="secondRowStripe" dxfId="19"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0B000000}">
+    <tableStyle name="Funneled 220-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF06000000}">
       <tableStyleElement type="firstRowStripe" dxfId="18"/>
       <tableStyleElement type="secondRowStripe" dxfId="17"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF0C000000}">
+    <tableStyle name="Funneled 320-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF07000000}">
       <tableStyleElement type="headerRow" dxfId="16"/>
       <tableStyleElement type="firstRowStripe" dxfId="15"/>
       <tableStyleElement type="secondRowStripe" dxfId="14"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0D000000}">
+    <tableStyle name="Funneled 320-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF08000000}">
       <tableStyleElement type="firstRowStripe" dxfId="13"/>
       <tableStyleElement type="secondRowStripe" dxfId="12"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0E000000}">
+    <tableStyle name="Funneled 320-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF09000000}">
       <tableStyleElement type="firstRowStripe" dxfId="11"/>
       <tableStyleElement type="secondRowStripe" dxfId="10"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0F000000}">
+    <tableStyle name="Funneled 320-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0A000000}">
       <tableStyleElement type="firstRowStripe" dxfId="9"/>
       <tableStyleElement type="secondRowStripe" dxfId="8"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF10000000}">
+    <tableStyle name="Funneled 320-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0B000000}">
       <tableStyleElement type="firstRowStripe" dxfId="7"/>
       <tableStyleElement type="secondRowStripe" dxfId="6"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF11000000}">
+    <tableStyle name="Funneled 320-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0C000000}">
       <tableStyleElement type="firstRowStripe" dxfId="5"/>
       <tableStyleElement type="secondRowStripe" dxfId="4"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF12000000}">
+    <tableStyle name="Funneled 320-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0D000000}">
       <tableStyleElement type="firstRowStripe" dxfId="3"/>
       <tableStyleElement type="secondRowStripe" dxfId="2"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF13000000}">
+    <tableStyle name="Funneled 320-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0E000000}">
       <tableStyleElement type="firstRowStripe" dxfId="1"/>
       <tableStyleElement type="secondRowStripe" dxfId="0"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<x18tc:personList xmlns:x18tc="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
       <a:accent3>
@@ -1576,1357 +3168,7945 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2060" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2092" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF516" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3042" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2049" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2037" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3015" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2055" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB557" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3043" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2062" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3028" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1036" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB%20512" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2043" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3027" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB546" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB572" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2008" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3041" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2034" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF141" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3030" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2044" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB537" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3023" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB558" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2106&amp;ga=91" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB555" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB544" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2079" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2152&amp;ga=91" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2144&amp;ga=91" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2120&amp;ga=91" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2224&amp;ga=91" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2324&amp;ga=91" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2270&amp;ga=91" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2285&amp;ga=91" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB61" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2095" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB579" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2250&amp;ga=91" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB%203078&amp;ga=91" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2172&amp;ga=91" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2230&amp;ga=91" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2072" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2265&amp;ga=91" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB676&amp;ga=91" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2044" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2247&amp;ga=91" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2151&amp;ga=91" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB634&amp;ga=91" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2131&amp;ga=91" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2217&amp;ga=91" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB683&amp;ga=91" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB604" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2171&amp;ga=91" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2060" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2076" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF703" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2181" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB674&amp;ga=91" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2222&amp;ga=91" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2192&amp;ga=91" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2124&amp;ga=91" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2170&amp;ga=91" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF332" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB682&amp;ga=91" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB578" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202207" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB605" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2080" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB610" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20525" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2119&amp;ga=91" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2167&amp;ga=91" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2212&amp;ga=91" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2308&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB584" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1036" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2183" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB668&amp;ga=91" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2220&amp;ga=91" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2123&amp;ga=91" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB606" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2102&amp;ga=91" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20622&amp;ga=91" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB646&amp;ga=91" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2176&amp;ga=91" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2282&amp;ga=91" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB557" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF%20245&amp;ga=91" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB681&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2049" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2330&amp;ga=91" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB537" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2336&amp;ga=91" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2143" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2094" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2118&amp;ga=91" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2236&amp;ga=91" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202141" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF274" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB675&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2083" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2191&amp;ga=91" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2149" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3103" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF96" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2307&amp;ga=91" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB572" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB677&amp;ga=91" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2153&amp;ga=91" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3095&amp;ga=91" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2175&amp;ga=91" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF516" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2122&amp;ga=91" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB608" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3082&amp;ga=91" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF140" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB680&amp;ga=91" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2272&amp;ga=91" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2306&amp;ga=91" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2294&amp;ga=91" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB544" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2288&amp;ga=91" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202206" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2203&amp;ga=91" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB627" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2062" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR2005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2084" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB599" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2187&amp;ga=91" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2152" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2235&amp;ga=91" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3108" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2286&amp;ga=91" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2228" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2223&amp;ga=91" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB583" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2271&amp;ga=91" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2221&amp;ga=91" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB609" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2304&amp;ga=91" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2170" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB679&amp;ga=91" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2338&amp;ga=91" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2268&amp;ga=91" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2246&amp;ga=91" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2090" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2186&amp;ga=91" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2160" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2174&amp;ga=91" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3109" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2229" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2034" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2219&amp;ga=91" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB623&amp;ga=91" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3074&amp;ga=91" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2092" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2201&amp;ga=91" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB678&amp;ga=91" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2088" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2092" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2121&amp;ga=91" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB596&amp;ga=91" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB648" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3110" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2342&amp;ga=91" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2086&amp;ga=91" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3111&amp;ga=91" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3073&amp;ga=91" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2133&amp;ga=91" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2177&amp;ga=91" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2200&amp;ga=91" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{805D3B9B-4EDD-489B-B2D2-21E69818B680}">
-  <dimension ref="A1:F74"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <outlinePr summaryBelow="0" summaryRight="0"/>
+  </sheetPr>
+  <dimension ref="A1:F968"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection activeCell="E1" sqref="E1"/>
-      <selection pane="bottomLeft" activeCell="C10" sqref="C10"/>
+      <selection pane="bottomLeft" activeCell="I5" sqref="I5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="16" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="24.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="18.7109375" customWidth="1"/>
+    <col min="2" max="2" width="18" customWidth="1"/>
+    <col min="3" max="3" width="53.42578125" customWidth="1"/>
+    <col min="4" max="4" width="25.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="30.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="16" t="s">
+      <c r="B1" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="16" t="s">
+      <c r="C1" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="16" t="s">
+      <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="15" t="s">
+      <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="15" t="s">
+      <c r="F1" s="5" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6" ht="51" x14ac:dyDescent="0.2">
-      <c r="A2" s="1" t="s">
+    <row r="2" spans="1:6" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A2" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="B2" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="E2" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="9" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A3" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="F3" s="12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="9" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A5" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" s="12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" s="9" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" s="15" t="s">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="17" t="s">
+      <c r="F7" s="15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A8" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="8"/>
+      <c r="C8" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="17"/>
+    </row>
+    <row r="9" spans="1:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" s="11"/>
+      <c r="C9" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E9" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="18"/>
-[...6 lines deleted...]
-      <c r="E3" s="19" t="s">
+      <c r="F9" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A10" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="8"/>
+      <c r="C10" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="17"/>
+    </row>
+    <row r="11" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A11" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" s="15"/>
+      <c r="F11" s="15"/>
+    </row>
+    <row r="12" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A12" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="17"/>
+      <c r="F12" s="17"/>
+    </row>
+    <row r="13" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E13" s="15"/>
+      <c r="F13" s="15"/>
+    </row>
+    <row r="14" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A14" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="19"/>
-[...6 lines deleted...]
-      <c r="C4" s="2" t="s">
+    </row>
+    <row r="15" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A15" s="11"/>
+      <c r="B15" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" s="15"/>
+      <c r="F15" s="15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D16" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" s="17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="11"/>
+      <c r="B17" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" s="15"/>
+      <c r="F17" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="8"/>
+      <c r="B18" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" s="17"/>
+      <c r="F18" s="17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A19" s="11"/>
+      <c r="B19" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C19" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" s="15"/>
+      <c r="F19" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A20" s="8"/>
+      <c r="B20" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" s="17"/>
+      <c r="F20" s="17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A21" s="11"/>
+      <c r="B21" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" s="15"/>
+      <c r="F21" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A22" s="8"/>
+      <c r="B22" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E22" s="17"/>
+      <c r="F22" s="17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A23" s="11"/>
+      <c r="B23" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D23" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="E23" s="15"/>
+      <c r="F23" s="15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="8"/>
+      <c r="B24" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" s="17"/>
+      <c r="F24" s="17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B25" s="11"/>
+      <c r="C25" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E25" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F25" s="15"/>
+    </row>
+    <row r="26" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A26" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F26" s="17"/>
+    </row>
+    <row r="27" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A27" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="11"/>
+      <c r="C27" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="3"/>
-[...13 lines deleted...]
-      <c r="F5" s="19" t="s">
+      <c r="F27" s="15"/>
+    </row>
+    <row r="28" spans="1:6" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B28" s="8"/>
+      <c r="C28" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E28" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="17"/>
+    </row>
+    <row r="29" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A29" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B29" s="11"/>
+      <c r="C29" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E29" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F29" s="15"/>
+    </row>
+    <row r="30" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A30" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B30" s="8"/>
+      <c r="C30" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="E30" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F30" s="17"/>
+    </row>
+    <row r="31" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B31" s="11"/>
+      <c r="C31" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E31" s="15" t="s">
         <v>10</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B6" s="1" t="s">
+      <c r="F31" s="15"/>
+    </row>
+    <row r="32" spans="1:6" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="B32" s="8"/>
+      <c r="C32" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E32" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F32" s="17"/>
+    </row>
+    <row r="33" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E33" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A34" s="18"/>
+      <c r="B34" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E34" s="17"/>
+      <c r="F34" s="17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A35" s="19"/>
+      <c r="B35" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E35" s="15"/>
+      <c r="F35" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A36" s="18"/>
+      <c r="B36" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="D36" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E36" s="17"/>
+      <c r="F36" s="17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A37" s="19"/>
+      <c r="B37" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C37" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E37" s="15"/>
+      <c r="F37" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A38" s="18"/>
+      <c r="B38" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="D38" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E38" s="17"/>
+      <c r="F38" s="17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A39" s="19"/>
+      <c r="B39" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="C39" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E39" s="15"/>
+      <c r="F39" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="18"/>
+      <c r="B40" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="D40" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E40" s="17"/>
+      <c r="F40" s="17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="127.5" x14ac:dyDescent="0.2">
+      <c r="A41" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B41" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C41" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E41" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F41" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A42" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B42" s="18"/>
+      <c r="C42" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="D42" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E42" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F42" s="17"/>
+    </row>
+    <row r="43" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A43" s="20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B43" s="19"/>
+      <c r="C43" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="D43" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E43" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F43" s="15"/>
+    </row>
+    <row r="44" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A44" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="B44" s="18"/>
+      <c r="C44" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="D44" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E44" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F44" s="17"/>
+    </row>
+    <row r="45" spans="1:6" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="20" t="s">
+        <v>118</v>
+      </c>
+      <c r="B45" s="19"/>
+      <c r="C45" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="D45" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F45" s="15"/>
+    </row>
+    <row r="46" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="B46" s="18"/>
+      <c r="C46" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="D46" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E46" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="17"/>
+    </row>
+    <row r="47" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A47" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B47" s="19"/>
+      <c r="C47" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="15"/>
+    </row>
+    <row r="48" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="B48" s="18"/>
+      <c r="C48" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="D48" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E48" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" s="17"/>
+    </row>
+    <row r="49" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A49" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="B49" s="11"/>
+      <c r="C49" s="21" t="s">
+        <v>129</v>
+      </c>
+      <c r="D49" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="E49" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F49" s="15"/>
+    </row>
+    <row r="50" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A50" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="B50" s="8"/>
+      <c r="C50" s="22" t="s">
+        <v>132</v>
+      </c>
+      <c r="D50" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E50" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F50" s="17"/>
+    </row>
+    <row r="51" spans="1:6" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B51" s="19"/>
+      <c r="C51" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="D51" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="E51" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F51" s="15"/>
+    </row>
+    <row r="52" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A52" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="B52" s="8"/>
+      <c r="C52" s="22" t="s">
+        <v>137</v>
+      </c>
+      <c r="D52" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E52" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="17"/>
+    </row>
+    <row r="53" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A53" s="20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B53" s="20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C53" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="D53" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A54" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B54" s="8"/>
+      <c r="C54" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E54" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="17"/>
+    </row>
+    <row r="55" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A55" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="C55" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="D55" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E55" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F55" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A56" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="B56" s="8"/>
+      <c r="C56" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="D56" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E56" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="17"/>
+    </row>
+    <row r="57" spans="1:6" ht="66" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="B57" s="11"/>
+      <c r="C57" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="D57" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E57" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F57" s="15"/>
+    </row>
+    <row r="58" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A58" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="B58" s="8"/>
+      <c r="C58" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D58" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E58" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F58" s="17"/>
+    </row>
+    <row r="59" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A59" s="23" t="s">
+        <v>151</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="C59" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="D59" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E59" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F59" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A60" s="24"/>
+      <c r="B60" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E60" s="17"/>
+      <c r="F60" s="17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A61" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="B61" s="11"/>
+      <c r="C61" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="D61" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F61" s="15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="8"/>
+      <c r="B62" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E62" s="9"/>
+      <c r="F62" s="9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A63" s="11"/>
+      <c r="B63" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="C63" s="11" t="s">
+        <v>162</v>
+      </c>
+      <c r="D63" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E63" s="12"/>
+      <c r="F63" s="12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="D64" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="E64" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="F64" s="26" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="11"/>
+      <c r="B65" s="10" t="s">
+        <v>166</v>
+      </c>
+      <c r="C65" s="11" t="s">
+        <v>167</v>
+      </c>
+      <c r="D65" s="27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E65" s="28"/>
+      <c r="F65" s="28" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A66" s="8"/>
+      <c r="B66" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="D66" s="25" t="s">
+        <v>170</v>
+      </c>
+      <c r="E66" s="26"/>
+      <c r="F66" s="26" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A67" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>172</v>
+      </c>
+      <c r="C67" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="D67" s="27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E67" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="28" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A68" s="8"/>
+      <c r="B68" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="D68" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E68" s="17"/>
+      <c r="F68" s="17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A69" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="B69" s="11"/>
+      <c r="C69" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="D69" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E69" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F69" s="15"/>
+    </row>
+    <row r="70" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A70" s="8"/>
+      <c r="B70" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D70" s="16" t="s">
+        <v>180</v>
+      </c>
+      <c r="E70" s="17"/>
+      <c r="F70" s="17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="11"/>
+      <c r="B71" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C71" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="D71" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" s="15"/>
+      <c r="F71" s="15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A72" s="8"/>
+      <c r="B72" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="D72" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E72" s="17"/>
+      <c r="F72" s="17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A73" s="11"/>
+      <c r="B73" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="C73" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="D73" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E73" s="15"/>
+      <c r="F73" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A74" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="B74" s="8"/>
+      <c r="C74" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="D74" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E74" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F74" s="17"/>
+    </row>
+    <row r="75" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A75" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="B75" s="11"/>
+      <c r="C75" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="D75" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F75" s="15"/>
+    </row>
+    <row r="76" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A76" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="D76" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E76" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F76" s="17"/>
+    </row>
+    <row r="77" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A77" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="B77" s="11"/>
+      <c r="C77" s="11" t="s">
+        <v>195</v>
+      </c>
+      <c r="D77" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F77" s="15"/>
+    </row>
+    <row r="78" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A78" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="D78" s="16" t="s">
+        <v>199</v>
+      </c>
+      <c r="E78" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F78" s="17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A79" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="B79" s="11"/>
+      <c r="C79" s="11" t="s">
+        <v>201</v>
+      </c>
+      <c r="D79" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E79" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F79" s="15"/>
+    </row>
+    <row r="80" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A80" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="B80" s="8"/>
+      <c r="C80" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="D80" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E80" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" s="17"/>
+    </row>
+    <row r="81" spans="1:6" ht="102" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B81" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C81" s="11" t="s">
+        <v>204</v>
+      </c>
+      <c r="D81" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E81" s="15"/>
+      <c r="F81" s="15"/>
+    </row>
+    <row r="82" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A82" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="B82" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="D82" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="E82" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F82" s="17"/>
+    </row>
+    <row r="83" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A83" s="11"/>
+      <c r="B83" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="C83" s="11" t="s">
+        <v>209</v>
+      </c>
+      <c r="D83" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="E83" s="15"/>
+      <c r="F83" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A84" s="8"/>
+      <c r="B84" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="D84" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E84" s="17"/>
+      <c r="F84" s="17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A85" s="11"/>
+      <c r="B85" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="C85" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="D85" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...6 lines deleted...]
-      <c r="F6" s="3" t="s">
+      <c r="E85" s="15"/>
+      <c r="F85" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A86" s="8"/>
+      <c r="B86" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="D86" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E86" s="17"/>
+      <c r="F86" s="17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A87" s="11"/>
+      <c r="B87" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="C87" s="11" t="s">
+        <v>217</v>
+      </c>
+      <c r="D87" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E87" s="15"/>
+      <c r="F87" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A88" s="8"/>
+      <c r="B88" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="D88" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E88" s="17"/>
+      <c r="F88" s="17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A89" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="B89" s="11"/>
+      <c r="C89" s="11" t="s">
+        <v>221</v>
+      </c>
+      <c r="D89" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E89" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F89" s="15"/>
+    </row>
+    <row r="90" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A90" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="B90" s="8"/>
+      <c r="C90" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="D90" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E90" s="17" t="s">
         <v>10</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C7" s="18" t="s">
+      <c r="F90" s="17"/>
+    </row>
+    <row r="91" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A91" s="11"/>
+      <c r="B91" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="C91" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="D91" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E91" s="15"/>
+      <c r="F91" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A92" s="8"/>
+      <c r="B92" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="D92" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E92" s="17"/>
+      <c r="F92" s="17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A93" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="B93" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="C93" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="D93" s="14" t="s">
+        <v>231</v>
+      </c>
+      <c r="E93" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F93" s="15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A94" s="56" t="s">
+        <v>232</v>
+      </c>
+      <c r="B94" s="56" t="s">
+        <v>233</v>
+      </c>
+      <c r="C94" s="57" t="s">
+        <v>234</v>
+      </c>
+      <c r="D94" s="52" t="s">
+        <v>78</v>
+      </c>
+      <c r="E94" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="F94" s="53" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A95" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="B95" s="11"/>
+      <c r="C95" s="11" t="s">
+        <v>236</v>
+      </c>
+      <c r="D95" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E95" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" s="15"/>
+    </row>
+    <row r="96" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A96" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="B96" s="8"/>
+      <c r="C96" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="D96" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E96" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="17"/>
+    </row>
+    <row r="97" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A97" s="10" t="s">
+        <v>239</v>
+      </c>
+      <c r="B97" s="11"/>
+      <c r="C97" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="D97" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="E97" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F97" s="15"/>
+    </row>
+    <row r="98" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A98" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="B98" s="8"/>
+      <c r="C98" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="D98" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E98" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F98" s="17"/>
+    </row>
+    <row r="99" spans="1:6" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="B99" s="11"/>
+      <c r="C99" s="11" t="s">
+        <v>245</v>
+      </c>
+      <c r="D99" s="14" t="s">
+        <v>246</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F99" s="15"/>
+    </row>
+    <row r="100" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="C100" s="8" t="s">
+        <v>249</v>
+      </c>
+      <c r="D100" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E100" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F100" s="17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A101" s="11"/>
+      <c r="B101" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="C101" s="11" t="s">
+        <v>251</v>
+      </c>
+      <c r="D101" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E101" s="15"/>
+      <c r="F101" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A102" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="B102" s="8"/>
+      <c r="C102" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="D102" s="16" t="s">
+        <v>254</v>
+      </c>
+      <c r="E102" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F102" s="17"/>
+    </row>
+    <row r="103" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A103" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="B103" s="11"/>
+      <c r="C103" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="D103" s="14" t="s">
+        <v>257</v>
+      </c>
+      <c r="E103" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F103" s="15"/>
+    </row>
+    <row r="104" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A104" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="B104" s="8"/>
+      <c r="C104" s="8" t="s">
+        <v>259</v>
+      </c>
+      <c r="D104" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E104" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F104" s="17"/>
+    </row>
+    <row r="105" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A105" s="10" t="s">
+        <v>260</v>
+      </c>
+      <c r="B105" s="11"/>
+      <c r="C105" s="11" t="s">
+        <v>261</v>
+      </c>
+      <c r="D105" s="14" t="s">
+        <v>262</v>
+      </c>
+      <c r="E105" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F105" s="15"/>
+    </row>
+    <row r="106" spans="1:6" ht="102" x14ac:dyDescent="0.2">
+      <c r="A106" s="30"/>
+      <c r="B106" s="29" t="s">
+        <v>263</v>
+      </c>
+      <c r="C106" s="30" t="s">
+        <v>264</v>
+      </c>
+      <c r="D106" s="31" t="s">
+        <v>123</v>
+      </c>
+      <c r="E106" s="32"/>
+      <c r="F106" s="32" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A107" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="B107" s="11"/>
+      <c r="C107" s="11" t="s">
+        <v>267</v>
+      </c>
+      <c r="D107" s="14" t="s">
+        <v>268</v>
+      </c>
+      <c r="E107" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F107" s="15"/>
+    </row>
+    <row r="108" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A108" s="29" t="s">
+        <v>269</v>
+      </c>
+      <c r="B108" s="30"/>
+      <c r="C108" s="30" t="s">
+        <v>270</v>
+      </c>
+      <c r="D108" s="31" t="s">
+        <v>57</v>
+      </c>
+      <c r="E108" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="F108" s="32"/>
+    </row>
+    <row r="109" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A109" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="B109" s="11"/>
+      <c r="C109" s="11" t="s">
+        <v>272</v>
+      </c>
+      <c r="D109" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E109" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F109" s="15"/>
+    </row>
+    <row r="110" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A110" s="30"/>
+      <c r="B110" s="29" t="s">
+        <v>273</v>
+      </c>
+      <c r="C110" s="30" t="s">
+        <v>274</v>
+      </c>
+      <c r="D110" s="31" t="s">
+        <v>9</v>
+      </c>
+      <c r="E110" s="32"/>
+      <c r="F110" s="32" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A111" s="11"/>
+      <c r="B111" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C111" s="11" t="s">
+        <v>276</v>
+      </c>
+      <c r="D111" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E111" s="15"/>
+      <c r="F111" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A112" s="30"/>
+      <c r="B112" s="29" t="s">
+        <v>277</v>
+      </c>
+      <c r="C112" s="30" t="s">
+        <v>278</v>
+      </c>
+      <c r="D112" s="31" t="s">
+        <v>279</v>
+      </c>
+      <c r="E112" s="32"/>
+      <c r="F112" s="32" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A113" s="11"/>
+      <c r="B113" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="C113" s="11" t="s">
+        <v>281</v>
+      </c>
+      <c r="D113" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E113" s="15"/>
+      <c r="F113" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="58" t="s">
+        <v>282</v>
+      </c>
+      <c r="B114" s="59"/>
+      <c r="C114" s="59" t="s">
+        <v>283</v>
+      </c>
+      <c r="D114" s="60" t="s">
+        <v>83</v>
+      </c>
+      <c r="E114" s="61" t="s">
+        <v>16</v>
+      </c>
+      <c r="F114" s="61"/>
+    </row>
+    <row r="115" spans="1:6" s="43" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A115" s="62" t="s">
+        <v>284</v>
+      </c>
+      <c r="B115" s="63"/>
+      <c r="C115" s="63" t="s">
+        <v>285</v>
+      </c>
+      <c r="D115" s="41" t="s">
+        <v>123</v>
+      </c>
+      <c r="E115" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="42"/>
+    </row>
+    <row r="116" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A116" s="58" t="s">
+        <v>286</v>
+      </c>
+      <c r="B116" s="59"/>
+      <c r="C116" s="59" t="s">
+        <v>287</v>
+      </c>
+      <c r="D116" s="60" t="s">
+        <v>279</v>
+      </c>
+      <c r="E116" s="61" t="s">
+        <v>16</v>
+      </c>
+      <c r="F116" s="61"/>
+    </row>
+    <row r="117" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A117" s="62" t="s">
+        <v>288</v>
+      </c>
+      <c r="B117" s="62" t="s">
+        <v>289</v>
+      </c>
+      <c r="C117" s="63" t="s">
+        <v>290</v>
+      </c>
+      <c r="D117" s="41" t="s">
+        <v>123</v>
+      </c>
+      <c r="E117" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="F117" s="42" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A118" s="54" t="s">
+        <v>291</v>
+      </c>
+      <c r="B118" s="54" t="s">
+        <v>292</v>
+      </c>
+      <c r="C118" s="55" t="s">
+        <v>293</v>
+      </c>
+      <c r="D118" s="47" t="s">
+        <v>78</v>
+      </c>
+      <c r="E118" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118" s="48" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="63"/>
+      <c r="B119" s="62" t="s">
+        <v>294</v>
+      </c>
+      <c r="C119" s="63" t="s">
+        <v>295</v>
+      </c>
+      <c r="D119" s="41" t="s">
+        <v>105</v>
+      </c>
+      <c r="E119" s="42"/>
+      <c r="F119" s="42" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A120" s="44" t="s">
+        <v>296</v>
+      </c>
+      <c r="B120" s="44" t="s">
+        <v>297</v>
+      </c>
+      <c r="C120" s="64" t="s">
+        <v>298</v>
+      </c>
+      <c r="D120" s="60" t="s">
+        <v>28</v>
+      </c>
+      <c r="E120" s="47" t="s">
+        <v>10</v>
+      </c>
+      <c r="F120" s="47" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A121" s="62" t="s">
+        <v>299</v>
+      </c>
+      <c r="B121" s="63"/>
+      <c r="C121" s="63" t="s">
+        <v>300</v>
+      </c>
+      <c r="D121" s="41" t="s">
+        <v>57</v>
+      </c>
+      <c r="E121" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" s="42"/>
+    </row>
+    <row r="122" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A122" s="58" t="s">
+        <v>301</v>
+      </c>
+      <c r="B122" s="59"/>
+      <c r="C122" s="59" t="s">
+        <v>302</v>
+      </c>
+      <c r="D122" s="60" t="s">
+        <v>28</v>
+      </c>
+      <c r="E122" s="61" t="s">
+        <v>16</v>
+      </c>
+      <c r="F122" s="61"/>
+    </row>
+    <row r="123" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A123" s="62" t="s">
+        <v>303</v>
+      </c>
+      <c r="B123" s="63"/>
+      <c r="C123" s="63" t="s">
+        <v>304</v>
+      </c>
+      <c r="D123" s="41" t="s">
+        <v>78</v>
+      </c>
+      <c r="E123" s="42" t="s">
+        <v>305</v>
+      </c>
+      <c r="F123" s="42"/>
+    </row>
+    <row r="124" spans="1:6" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="58" t="s">
+        <v>306</v>
+      </c>
+      <c r="B124" s="59"/>
+      <c r="C124" s="59" t="s">
+        <v>307</v>
+      </c>
+      <c r="D124" s="60" t="s">
+        <v>83</v>
+      </c>
+      <c r="E124" s="61" t="s">
+        <v>16</v>
+      </c>
+      <c r="F124" s="61"/>
+    </row>
+    <row r="125" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A125" s="63"/>
+      <c r="B125" s="62" t="s">
+        <v>308</v>
+      </c>
+      <c r="C125" s="63" t="s">
+        <v>309</v>
+      </c>
+      <c r="D125" s="41" t="s">
+        <v>57</v>
+      </c>
+      <c r="E125" s="42"/>
+      <c r="F125" s="42" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A126" s="55"/>
+      <c r="B126" s="54" t="s">
+        <v>310</v>
+      </c>
+      <c r="C126" s="55" t="s">
+        <v>311</v>
+      </c>
+      <c r="D126" s="47" t="s">
+        <v>57</v>
+      </c>
+      <c r="E126" s="48"/>
+      <c r="F126" s="48" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A127" s="11"/>
+      <c r="B127" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="C127" s="11" t="s">
+        <v>313</v>
+      </c>
+      <c r="D127" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E127" s="15"/>
+      <c r="F127" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A128" s="29" t="s">
+        <v>314</v>
+      </c>
+      <c r="B128" s="30"/>
+      <c r="C128" s="30" t="s">
+        <v>315</v>
+      </c>
+      <c r="D128" s="31" t="s">
+        <v>78</v>
+      </c>
+      <c r="E128" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="F128" s="32"/>
+    </row>
+    <row r="129" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A129" s="11"/>
+      <c r="B129" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="C129" s="11" t="s">
+        <v>317</v>
+      </c>
+      <c r="D129" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E129" s="15"/>
+      <c r="F129" s="15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A130" s="29" t="s">
+        <v>318</v>
+      </c>
+      <c r="B130" s="30"/>
+      <c r="C130" s="30" t="s">
+        <v>319</v>
+      </c>
+      <c r="D130" s="31" t="s">
+        <v>78</v>
+      </c>
+      <c r="E130" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="F130" s="32"/>
+    </row>
+    <row r="131" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A131" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="B131" s="11"/>
+      <c r="C131" s="11" t="s">
+        <v>321</v>
+      </c>
+      <c r="D131" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E131" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F131" s="15"/>
+    </row>
+    <row r="132" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A132" s="29" t="s">
+        <v>322</v>
+      </c>
+      <c r="B132" s="30"/>
+      <c r="C132" s="30" t="s">
+        <v>323</v>
+      </c>
+      <c r="D132" s="31" t="s">
+        <v>324</v>
+      </c>
+      <c r="E132" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="F132" s="32"/>
+    </row>
+    <row r="133" spans="1:6" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A133" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="B133" s="11"/>
+      <c r="C133" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="D133" s="14" t="s">
+        <v>327</v>
+      </c>
+      <c r="E133" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F133" s="15"/>
+    </row>
+    <row r="134" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A134" s="29" t="s">
+        <v>328</v>
+      </c>
+      <c r="B134" s="30"/>
+      <c r="C134" s="30" t="s">
+        <v>329</v>
+      </c>
+      <c r="D134" s="31" t="s">
+        <v>330</v>
+      </c>
+      <c r="E134" s="32" t="s">
+        <v>10</v>
+      </c>
+      <c r="F134" s="32"/>
+    </row>
+    <row r="135" spans="1:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="10" t="s">
+        <v>331</v>
+      </c>
+      <c r="B135" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="C135" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="D135" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E135" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F135" s="15" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A136" s="30"/>
+      <c r="B136" s="29" t="s">
+        <v>334</v>
+      </c>
+      <c r="C136" s="30" t="s">
+        <v>335</v>
+      </c>
+      <c r="D136" s="31" t="s">
+        <v>111</v>
+      </c>
+      <c r="E136" s="32"/>
+      <c r="F136" s="32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A137" s="34"/>
+      <c r="B137" s="33" t="s">
+        <v>336</v>
+      </c>
+      <c r="C137" s="34" t="s">
+        <v>337</v>
+      </c>
+      <c r="D137" s="35" t="s">
+        <v>47</v>
+      </c>
+      <c r="E137" s="36"/>
+      <c r="F137" s="36" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A138" s="30"/>
+      <c r="B138" s="29" t="s">
+        <v>338</v>
+      </c>
+      <c r="C138" s="30" t="s">
+        <v>339</v>
+      </c>
+      <c r="D138" s="31" t="s">
+        <v>57</v>
+      </c>
+      <c r="E138" s="32"/>
+      <c r="F138" s="32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A139" s="34"/>
+      <c r="B139" s="33" t="s">
+        <v>340</v>
+      </c>
+      <c r="C139" s="34" t="s">
+        <v>341</v>
+      </c>
+      <c r="D139" s="35" t="s">
+        <v>111</v>
+      </c>
+      <c r="E139" s="36"/>
+      <c r="F139" s="36" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" ht="114.75" x14ac:dyDescent="0.2">
+      <c r="A140" s="30"/>
+      <c r="B140" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="C140" s="30" t="s">
+        <v>343</v>
+      </c>
+      <c r="D140" s="31" t="s">
+        <v>344</v>
+      </c>
+      <c r="E140" s="32"/>
+      <c r="F140" s="32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A141" s="10" t="s">
+        <v>345</v>
+      </c>
+      <c r="B141" s="21"/>
+      <c r="C141" s="11" t="s">
+        <v>346</v>
+      </c>
+      <c r="D141" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E141" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F141" s="15"/>
+    </row>
+    <row r="142" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A142" s="29" t="s">
+        <v>347</v>
+      </c>
+      <c r="B142" s="38"/>
+      <c r="C142" s="30" t="s">
+        <v>348</v>
+      </c>
+      <c r="D142" s="31" t="s">
+        <v>349</v>
+      </c>
+      <c r="E142" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="F142" s="32"/>
+    </row>
+    <row r="143" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="37"/>
+      <c r="B143" s="33" t="s">
+        <v>350</v>
+      </c>
+      <c r="C143" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="D143" s="35" t="s">
+        <v>351</v>
+      </c>
+      <c r="E143" s="36"/>
+      <c r="F143" s="36" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A144" s="30"/>
+      <c r="B144" s="29" t="s">
+        <v>352</v>
+      </c>
+      <c r="C144" s="30" t="s">
+        <v>353</v>
+      </c>
+      <c r="D144" s="31" t="s">
+        <v>47</v>
+      </c>
+      <c r="E144" s="32"/>
+      <c r="F144" s="32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" ht="142.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="34"/>
+      <c r="B145" s="33" t="s">
+        <v>354</v>
+      </c>
+      <c r="C145" s="34" t="s">
+        <v>355</v>
+      </c>
+      <c r="D145" s="35" t="s">
+        <v>356</v>
+      </c>
+      <c r="E145" s="36"/>
+      <c r="F145" s="36" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="30"/>
+      <c r="B146" s="29" t="s">
+        <v>357</v>
+      </c>
+      <c r="C146" s="30" t="s">
+        <v>358</v>
+      </c>
+      <c r="D146" s="31" t="s">
+        <v>359</v>
+      </c>
+      <c r="E146" s="32"/>
+      <c r="F146" s="32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="34"/>
+      <c r="B147" s="33" t="s">
+        <v>360</v>
+      </c>
+      <c r="C147" s="34" t="s">
+        <v>361</v>
+      </c>
+      <c r="D147" s="35" t="s">
+        <v>362</v>
+      </c>
+      <c r="E147" s="36"/>
+      <c r="F147" s="36" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="30"/>
+      <c r="B148" s="29" t="s">
+        <v>363</v>
+      </c>
+      <c r="C148" s="30" t="s">
+        <v>364</v>
+      </c>
+      <c r="D148" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="E148" s="32"/>
+      <c r="F148" s="32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A149" s="34"/>
+      <c r="B149" s="33" t="s">
+        <v>365</v>
+      </c>
+      <c r="C149" s="34" t="s">
+        <v>366</v>
+      </c>
+      <c r="D149" s="35" t="s">
+        <v>279</v>
+      </c>
+      <c r="E149" s="36"/>
+      <c r="F149" s="36" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A150" s="30"/>
+      <c r="B150" s="29" t="s">
+        <v>367</v>
+      </c>
+      <c r="C150" s="30" t="s">
+        <v>368</v>
+      </c>
+      <c r="D150" s="31" t="s">
+        <v>123</v>
+      </c>
+      <c r="E150" s="32"/>
+      <c r="F150" s="32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="62" t="s">
+        <v>369</v>
+      </c>
+      <c r="B151" s="40"/>
+      <c r="C151" s="63" t="s">
+        <v>370</v>
+      </c>
+      <c r="D151" s="41" t="s">
+        <v>9</v>
+      </c>
+      <c r="E151" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="F151" s="42"/>
+    </row>
+    <row r="152" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A152" s="54" t="s">
+        <v>371</v>
+      </c>
+      <c r="B152" s="46"/>
+      <c r="C152" s="55" t="s">
+        <v>372</v>
+      </c>
+      <c r="D152" s="47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E152" s="48" t="s">
+        <v>16</v>
+      </c>
+      <c r="F152" s="48"/>
+    </row>
+    <row r="153" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A153" s="62" t="s">
+        <v>373</v>
+      </c>
+      <c r="B153" s="40"/>
+      <c r="C153" s="63" t="s">
+        <v>374</v>
+      </c>
+      <c r="D153" s="41" t="s">
+        <v>362</v>
+      </c>
+      <c r="E153" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="F153" s="42"/>
+    </row>
+    <row r="154" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A154" s="54" t="s">
+        <v>375</v>
+      </c>
+      <c r="B154" s="46"/>
+      <c r="C154" s="55" t="s">
+        <v>376</v>
+      </c>
+      <c r="D154" s="47" t="s">
+        <v>105</v>
+      </c>
+      <c r="E154" s="48" t="s">
+        <v>16</v>
+      </c>
+      <c r="F154" s="48"/>
+    </row>
+    <row r="155" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A155" s="62" t="s">
+        <v>377</v>
+      </c>
+      <c r="B155" s="40"/>
+      <c r="C155" s="63" t="s">
+        <v>378</v>
+      </c>
+      <c r="D155" s="41" t="s">
+        <v>379</v>
+      </c>
+      <c r="E155" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="F155" s="42"/>
+    </row>
+    <row r="156" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A156" s="54" t="s">
+        <v>380</v>
+      </c>
+      <c r="B156" s="46"/>
+      <c r="C156" s="55" t="s">
+        <v>381</v>
+      </c>
+      <c r="D156" s="47" t="s">
+        <v>120</v>
+      </c>
+      <c r="E156" s="48" t="s">
+        <v>16</v>
+      </c>
+      <c r="F156" s="48"/>
+    </row>
+    <row r="157" spans="1:6" s="43" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A157" s="62" t="s">
+        <v>382</v>
+      </c>
+      <c r="B157" s="40"/>
+      <c r="C157" s="63" t="s">
+        <v>383</v>
+      </c>
+      <c r="D157" s="41" t="s">
+        <v>279</v>
+      </c>
+      <c r="E157" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="F157" s="42"/>
+    </row>
+    <row r="158" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A158" s="54" t="s">
+        <v>384</v>
+      </c>
+      <c r="B158" s="46"/>
+      <c r="C158" s="55" t="s">
+        <v>385</v>
+      </c>
+      <c r="D158" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="D7" s="20" t="s">
-[...3 lines deleted...]
-      <c r="F7" s="21" t="s">
+      <c r="E158" s="48" t="s">
+        <v>16</v>
+      </c>
+      <c r="F158" s="48"/>
+    </row>
+    <row r="159" spans="1:6" s="43" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A159" s="63"/>
+      <c r="B159" s="62" t="s">
+        <v>386</v>
+      </c>
+      <c r="C159" s="63" t="s">
+        <v>387</v>
+      </c>
+      <c r="D159" s="41" t="s">
+        <v>57</v>
+      </c>
+      <c r="E159" s="42"/>
+      <c r="F159" s="42" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A160" s="54" t="s">
+        <v>388</v>
+      </c>
+      <c r="B160" s="55"/>
+      <c r="C160" s="55" t="s">
+        <v>389</v>
+      </c>
+      <c r="D160" s="47" t="s">
+        <v>390</v>
+      </c>
+      <c r="E160" s="48" t="s">
+        <v>16</v>
+      </c>
+      <c r="F160" s="48"/>
+    </row>
+    <row r="161" spans="1:6" s="43" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A161" s="62" t="s">
+        <v>391</v>
+      </c>
+      <c r="B161" s="63"/>
+      <c r="C161" s="63" t="s">
+        <v>392</v>
+      </c>
+      <c r="D161" s="41" t="s">
+        <v>105</v>
+      </c>
+      <c r="E161" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="F161" s="42"/>
+    </row>
+    <row r="162" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A162" s="54" t="s">
+        <v>393</v>
+      </c>
+      <c r="B162" s="55"/>
+      <c r="C162" s="55" t="s">
+        <v>394</v>
+      </c>
+      <c r="D162" s="47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162" s="48" t="s">
+        <v>16</v>
+      </c>
+      <c r="F162" s="48"/>
+    </row>
+    <row r="163" spans="1:6" s="43" customFormat="1" ht="102" x14ac:dyDescent="0.2">
+      <c r="A163" s="62" t="s">
+        <v>395</v>
+      </c>
+      <c r="B163" s="63"/>
+      <c r="C163" s="63" t="s">
+        <v>396</v>
+      </c>
+      <c r="D163" s="41" t="s">
+        <v>397</v>
+      </c>
+      <c r="E163" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="F163" s="42"/>
+    </row>
+    <row r="164" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="54" t="s">
+        <v>398</v>
+      </c>
+      <c r="B164" s="55"/>
+      <c r="C164" s="55" t="s">
+        <v>399</v>
+      </c>
+      <c r="D164" s="47" t="s">
+        <v>400</v>
+      </c>
+      <c r="E164" s="48" t="s">
+        <v>16</v>
+      </c>
+      <c r="F164" s="48"/>
+    </row>
+    <row r="165" spans="1:6" s="43" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A165" s="65" t="s">
+        <v>401</v>
+      </c>
+      <c r="B165" s="66"/>
+      <c r="C165" s="66" t="s">
+        <v>402</v>
+      </c>
+      <c r="D165" s="67" t="s">
+        <v>28</v>
+      </c>
+      <c r="E165" s="68" t="s">
         <v>10</v>
       </c>
-    </row>
-[...55 lines deleted...]
-      <c r="C11" s="18" t="s">
+      <c r="F165" s="68"/>
+    </row>
+    <row r="166" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A166" s="54" t="s">
+        <v>403</v>
+      </c>
+      <c r="B166" s="55"/>
+      <c r="C166" s="55" t="s">
+        <v>404</v>
+      </c>
+      <c r="D166" s="47" t="s">
+        <v>405</v>
+      </c>
+      <c r="E166" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F166" s="48"/>
+    </row>
+    <row r="167" spans="1:6" s="43" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A167" s="63"/>
+      <c r="B167" s="62" t="s">
+        <v>406</v>
+      </c>
+      <c r="C167" s="63" t="s">
+        <v>407</v>
+      </c>
+      <c r="D167" s="41" t="s">
+        <v>349</v>
+      </c>
+      <c r="E167" s="42"/>
+      <c r="F167" s="42" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A168" s="64"/>
+      <c r="B168" s="44" t="s">
+        <v>408</v>
+      </c>
+      <c r="C168" s="45" t="s">
+        <v>409</v>
+      </c>
+      <c r="D168" s="47" t="s">
+        <v>410</v>
+      </c>
+      <c r="E168" s="48"/>
+      <c r="F168" s="48" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" s="70" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="39" t="s">
+        <v>411</v>
+      </c>
+      <c r="B169" s="69"/>
+      <c r="C169" s="69" t="s">
+        <v>412</v>
+      </c>
+      <c r="D169" s="41" t="s">
         <v>28</v>
       </c>
-      <c r="D11" s="20" t="s">
-[...398 lines deleted...]
-      <c r="C36" s="2" t="s">
+      <c r="E169" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="F169" s="42"/>
+    </row>
+    <row r="170" spans="1:6" s="43" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A170" s="49" t="s">
+        <v>413</v>
+      </c>
+      <c r="B170" s="50"/>
+      <c r="C170" s="50" t="s">
+        <v>414</v>
+      </c>
+      <c r="D170" s="52" t="s">
+        <v>349</v>
+      </c>
+      <c r="E170" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="F170" s="53"/>
+    </row>
+    <row r="171" spans="1:6" s="43" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A171" s="71" t="s">
+        <v>415</v>
+      </c>
+      <c r="B171" s="72"/>
+      <c r="C171" s="72" t="s">
+        <v>416</v>
+      </c>
+      <c r="D171" s="67" t="s">
+        <v>105</v>
+      </c>
+      <c r="E171" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="F171" s="68"/>
+    </row>
+    <row r="172" spans="1:6" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="49" t="s">
+        <v>417</v>
+      </c>
+      <c r="B172" s="50"/>
+      <c r="C172" s="51" t="s">
+        <v>420</v>
+      </c>
+      <c r="D172" s="52" t="s">
         <v>86</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...300 lines deleted...]
-      <c r="A55" s="23" t="s">
+      <c r="E172" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="F172" s="53"/>
+    </row>
+    <row r="173" spans="1:6" s="43" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A173" s="71" t="s">
+        <v>418</v>
+      </c>
+      <c r="B173" s="72"/>
+      <c r="C173" s="72" t="s">
+        <v>419</v>
+      </c>
+      <c r="D173" s="67" t="s">
         <v>130</v>
       </c>
-      <c r="B55" s="25"/>
-[...311 lines deleted...]
-      </c>
+      <c r="E173" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F173" s="68"/>
+    </row>
+    <row r="174" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A174" s="2"/>
+      <c r="B174" s="3"/>
+      <c r="C174" s="3"/>
+      <c r="D174" s="4"/>
+      <c r="E174" s="1"/>
+      <c r="F174" s="1"/>
+    </row>
+    <row r="175" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A175" s="2"/>
+      <c r="B175" s="3"/>
+      <c r="C175" s="3"/>
+      <c r="D175" s="4"/>
+      <c r="E175" s="1"/>
+      <c r="F175" s="1"/>
+    </row>
+    <row r="176" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A176" s="2"/>
+      <c r="B176" s="3"/>
+      <c r="C176" s="3"/>
+      <c r="D176" s="4"/>
+      <c r="E176" s="1"/>
+      <c r="F176" s="1"/>
+    </row>
+    <row r="177" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A177" s="2"/>
+      <c r="B177" s="3"/>
+      <c r="C177" s="3"/>
+      <c r="D177" s="4"/>
+      <c r="E177" s="1"/>
+      <c r="F177" s="1"/>
+    </row>
+    <row r="178" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A178" s="2"/>
+      <c r="B178" s="3"/>
+      <c r="C178" s="3"/>
+      <c r="D178" s="4"/>
+      <c r="E178" s="1"/>
+      <c r="F178" s="1"/>
+    </row>
+    <row r="179" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A179" s="2"/>
+      <c r="B179" s="3"/>
+      <c r="C179" s="3"/>
+      <c r="D179" s="4"/>
+      <c r="E179" s="1"/>
+      <c r="F179" s="1"/>
+    </row>
+    <row r="180" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A180" s="2"/>
+      <c r="B180" s="3"/>
+      <c r="C180" s="3"/>
+      <c r="D180" s="4"/>
+      <c r="E180" s="1"/>
+      <c r="F180" s="1"/>
+    </row>
+    <row r="181" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A181" s="2"/>
+      <c r="B181" s="3"/>
+      <c r="C181" s="3"/>
+      <c r="D181" s="4"/>
+      <c r="E181" s="1"/>
+      <c r="F181" s="1"/>
+    </row>
+    <row r="182" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A182" s="2"/>
+      <c r="B182" s="3"/>
+      <c r="C182" s="3"/>
+      <c r="D182" s="4"/>
+      <c r="E182" s="1"/>
+      <c r="F182" s="1"/>
+    </row>
+    <row r="183" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A183" s="2"/>
+      <c r="B183" s="3"/>
+      <c r="C183" s="3"/>
+      <c r="D183" s="4"/>
+      <c r="E183" s="1"/>
+      <c r="F183" s="1"/>
+    </row>
+    <row r="184" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A184" s="2"/>
+      <c r="B184" s="3"/>
+      <c r="C184" s="3"/>
+      <c r="D184" s="3"/>
+    </row>
+    <row r="185" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A185" s="2"/>
+      <c r="B185" s="3"/>
+      <c r="C185" s="3"/>
+      <c r="D185" s="3"/>
+    </row>
+    <row r="186" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A186" s="2"/>
+      <c r="B186" s="3"/>
+      <c r="C186" s="3"/>
+      <c r="D186" s="3"/>
+    </row>
+    <row r="187" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A187" s="2"/>
+      <c r="B187" s="3"/>
+      <c r="C187" s="3"/>
+      <c r="D187" s="3"/>
+    </row>
+    <row r="188" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A188" s="2"/>
+      <c r="B188" s="3"/>
+      <c r="C188" s="3"/>
+      <c r="D188" s="3"/>
+    </row>
+    <row r="189" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A189" s="2"/>
+      <c r="B189" s="3"/>
+      <c r="C189" s="3"/>
+      <c r="D189" s="3"/>
+    </row>
+    <row r="190" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A190" s="2"/>
+      <c r="B190" s="3"/>
+      <c r="C190" s="3"/>
+      <c r="D190" s="3"/>
+    </row>
+    <row r="191" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A191" s="2"/>
+      <c r="B191" s="3"/>
+      <c r="C191" s="3"/>
+      <c r="D191" s="3"/>
+    </row>
+    <row r="192" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A192" s="2"/>
+      <c r="B192" s="3"/>
+      <c r="C192" s="3"/>
+      <c r="D192" s="3"/>
+    </row>
+    <row r="193" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A193" s="2"/>
+      <c r="B193" s="3"/>
+      <c r="C193" s="3"/>
+      <c r="D193" s="3"/>
+    </row>
+    <row r="194" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A194" s="2"/>
+      <c r="B194" s="3"/>
+      <c r="C194" s="3"/>
+      <c r="D194" s="3"/>
+    </row>
+    <row r="195" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A195" s="2"/>
+      <c r="B195" s="3"/>
+      <c r="C195" s="3"/>
+      <c r="D195" s="3"/>
+    </row>
+    <row r="196" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A196" s="2"/>
+      <c r="B196" s="3"/>
+      <c r="C196" s="3"/>
+      <c r="D196" s="3"/>
+    </row>
+    <row r="197" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A197" s="2"/>
+      <c r="B197" s="3"/>
+      <c r="C197" s="3"/>
+      <c r="D197" s="3"/>
+    </row>
+    <row r="198" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A198" s="2"/>
+      <c r="B198" s="3"/>
+      <c r="C198" s="3"/>
+      <c r="D198" s="3"/>
+    </row>
+    <row r="199" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A199" s="2"/>
+      <c r="B199" s="3"/>
+      <c r="C199" s="3"/>
+      <c r="D199" s="3"/>
+    </row>
+    <row r="200" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A200" s="2"/>
+      <c r="B200" s="3"/>
+      <c r="C200" s="3"/>
+      <c r="D200" s="3"/>
+    </row>
+    <row r="201" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A201" s="2"/>
+      <c r="B201" s="3"/>
+      <c r="C201" s="3"/>
+      <c r="D201" s="3"/>
+    </row>
+    <row r="202" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A202" s="2"/>
+      <c r="B202" s="3"/>
+      <c r="C202" s="3"/>
+      <c r="D202" s="3"/>
+    </row>
+    <row r="203" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A203" s="2"/>
+      <c r="B203" s="3"/>
+      <c r="C203" s="3"/>
+      <c r="D203" s="3"/>
+    </row>
+    <row r="204" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A204" s="2"/>
+      <c r="B204" s="3"/>
+      <c r="C204" s="3"/>
+      <c r="D204" s="3"/>
+    </row>
+    <row r="205" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A205" s="2"/>
+      <c r="B205" s="3"/>
+      <c r="C205" s="3"/>
+      <c r="D205" s="3"/>
+    </row>
+    <row r="206" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A206" s="2"/>
+      <c r="B206" s="3"/>
+      <c r="C206" s="3"/>
+      <c r="D206" s="3"/>
+    </row>
+    <row r="207" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A207" s="2"/>
+      <c r="B207" s="3"/>
+      <c r="C207" s="3"/>
+      <c r="D207" s="3"/>
+    </row>
+    <row r="208" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A208" s="2"/>
+      <c r="B208" s="3"/>
+      <c r="C208" s="3"/>
+      <c r="D208" s="3"/>
+    </row>
+    <row r="209" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A209" s="2"/>
+      <c r="B209" s="3"/>
+      <c r="C209" s="3"/>
+      <c r="D209" s="3"/>
+    </row>
+    <row r="210" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A210" s="2"/>
+      <c r="B210" s="3"/>
+      <c r="C210" s="3"/>
+      <c r="D210" s="3"/>
+    </row>
+    <row r="211" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A211" s="2"/>
+      <c r="B211" s="3"/>
+      <c r="C211" s="3"/>
+      <c r="D211" s="3"/>
+    </row>
+    <row r="212" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A212" s="2"/>
+      <c r="B212" s="3"/>
+      <c r="C212" s="3"/>
+      <c r="D212" s="3"/>
+    </row>
+    <row r="213" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A213" s="2"/>
+      <c r="B213" s="3"/>
+      <c r="C213" s="3"/>
+      <c r="D213" s="3"/>
+    </row>
+    <row r="214" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A214" s="2"/>
+      <c r="B214" s="3"/>
+      <c r="C214" s="3"/>
+      <c r="D214" s="3"/>
+    </row>
+    <row r="215" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A215" s="2"/>
+      <c r="B215" s="3"/>
+      <c r="C215" s="3"/>
+      <c r="D215" s="3"/>
+    </row>
+    <row r="216" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A216" s="2"/>
+      <c r="B216" s="3"/>
+      <c r="C216" s="3"/>
+      <c r="D216" s="3"/>
+    </row>
+    <row r="217" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A217" s="2"/>
+      <c r="B217" s="3"/>
+      <c r="C217" s="3"/>
+      <c r="D217" s="3"/>
+    </row>
+    <row r="218" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A218" s="2"/>
+      <c r="B218" s="3"/>
+      <c r="C218" s="3"/>
+      <c r="D218" s="3"/>
+    </row>
+    <row r="219" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A219" s="2"/>
+      <c r="B219" s="3"/>
+      <c r="C219" s="3"/>
+      <c r="D219" s="3"/>
+    </row>
+    <row r="220" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A220" s="2"/>
+      <c r="B220" s="3"/>
+      <c r="C220" s="3"/>
+      <c r="D220" s="3"/>
+    </row>
+    <row r="221" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A221" s="2"/>
+      <c r="B221" s="3"/>
+      <c r="C221" s="3"/>
+      <c r="D221" s="3"/>
+    </row>
+    <row r="222" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A222" s="2"/>
+      <c r="B222" s="3"/>
+      <c r="C222" s="3"/>
+      <c r="D222" s="3"/>
+    </row>
+    <row r="223" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A223" s="2"/>
+      <c r="B223" s="3"/>
+      <c r="C223" s="3"/>
+      <c r="D223" s="3"/>
+    </row>
+    <row r="224" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A224" s="2"/>
+      <c r="B224" s="3"/>
+      <c r="C224" s="3"/>
+      <c r="D224" s="3"/>
+    </row>
+    <row r="225" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A225" s="2"/>
+      <c r="B225" s="3"/>
+      <c r="C225" s="3"/>
+      <c r="D225" s="3"/>
+    </row>
+    <row r="226" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A226" s="2"/>
+      <c r="B226" s="3"/>
+      <c r="C226" s="3"/>
+      <c r="D226" s="3"/>
+    </row>
+    <row r="227" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A227" s="2"/>
+      <c r="B227" s="3"/>
+      <c r="C227" s="3"/>
+      <c r="D227" s="3"/>
+    </row>
+    <row r="228" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A228" s="2"/>
+      <c r="B228" s="3"/>
+      <c r="C228" s="3"/>
+      <c r="D228" s="3"/>
+    </row>
+    <row r="229" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A229" s="2"/>
+      <c r="B229" s="3"/>
+      <c r="C229" s="3"/>
+      <c r="D229" s="3"/>
+    </row>
+    <row r="230" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A230" s="2"/>
+      <c r="B230" s="3"/>
+      <c r="C230" s="3"/>
+      <c r="D230" s="3"/>
+    </row>
+    <row r="231" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A231" s="2"/>
+      <c r="B231" s="3"/>
+      <c r="C231" s="3"/>
+      <c r="D231" s="3"/>
+    </row>
+    <row r="232" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A232" s="2"/>
+      <c r="B232" s="3"/>
+      <c r="C232" s="3"/>
+      <c r="D232" s="3"/>
+    </row>
+    <row r="233" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A233" s="2"/>
+      <c r="B233" s="3"/>
+      <c r="C233" s="3"/>
+      <c r="D233" s="3"/>
+    </row>
+    <row r="234" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A234" s="2"/>
+      <c r="B234" s="3"/>
+      <c r="C234" s="3"/>
+      <c r="D234" s="3"/>
+    </row>
+    <row r="235" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A235" s="2"/>
+      <c r="B235" s="3"/>
+      <c r="C235" s="3"/>
+      <c r="D235" s="3"/>
+    </row>
+    <row r="236" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A236" s="2"/>
+      <c r="B236" s="3"/>
+      <c r="C236" s="3"/>
+      <c r="D236" s="3"/>
+    </row>
+    <row r="237" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A237" s="2"/>
+      <c r="B237" s="3"/>
+      <c r="C237" s="3"/>
+      <c r="D237" s="3"/>
+    </row>
+    <row r="238" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A238" s="2"/>
+      <c r="B238" s="3"/>
+      <c r="C238" s="3"/>
+      <c r="D238" s="3"/>
+    </row>
+    <row r="239" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A239" s="2"/>
+      <c r="B239" s="3"/>
+      <c r="C239" s="3"/>
+      <c r="D239" s="3"/>
+    </row>
+    <row r="240" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A240" s="2"/>
+      <c r="B240" s="3"/>
+      <c r="C240" s="3"/>
+      <c r="D240" s="3"/>
+    </row>
+    <row r="241" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A241" s="2"/>
+      <c r="B241" s="3"/>
+      <c r="C241" s="3"/>
+      <c r="D241" s="3"/>
+    </row>
+    <row r="242" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A242" s="2"/>
+      <c r="B242" s="3"/>
+      <c r="C242" s="3"/>
+      <c r="D242" s="3"/>
+    </row>
+    <row r="243" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A243" s="2"/>
+      <c r="B243" s="3"/>
+      <c r="C243" s="3"/>
+      <c r="D243" s="3"/>
+    </row>
+    <row r="244" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A244" s="2"/>
+      <c r="B244" s="3"/>
+      <c r="C244" s="3"/>
+      <c r="D244" s="3"/>
+    </row>
+    <row r="245" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A245" s="2"/>
+      <c r="B245" s="3"/>
+      <c r="C245" s="3"/>
+      <c r="D245" s="3"/>
+    </row>
+    <row r="246" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A246" s="2"/>
+      <c r="B246" s="3"/>
+      <c r="C246" s="3"/>
+      <c r="D246" s="3"/>
+    </row>
+    <row r="247" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A247" s="2"/>
+      <c r="B247" s="3"/>
+      <c r="C247" s="3"/>
+      <c r="D247" s="3"/>
+    </row>
+    <row r="248" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A248" s="2"/>
+      <c r="B248" s="3"/>
+      <c r="C248" s="3"/>
+      <c r="D248" s="3"/>
+    </row>
+    <row r="249" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A249" s="2"/>
+      <c r="B249" s="3"/>
+      <c r="C249" s="3"/>
+      <c r="D249" s="3"/>
+    </row>
+    <row r="250" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A250" s="2"/>
+      <c r="B250" s="3"/>
+      <c r="C250" s="3"/>
+      <c r="D250" s="3"/>
+    </row>
+    <row r="251" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A251" s="2"/>
+      <c r="B251" s="3"/>
+      <c r="C251" s="3"/>
+      <c r="D251" s="3"/>
+    </row>
+    <row r="252" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A252" s="2"/>
+      <c r="B252" s="3"/>
+      <c r="C252" s="3"/>
+      <c r="D252" s="3"/>
+    </row>
+    <row r="253" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A253" s="2"/>
+      <c r="B253" s="3"/>
+      <c r="C253" s="3"/>
+      <c r="D253" s="3"/>
+    </row>
+    <row r="254" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A254" s="2"/>
+      <c r="B254" s="3"/>
+      <c r="C254" s="3"/>
+      <c r="D254" s="3"/>
+    </row>
+    <row r="255" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A255" s="2"/>
+      <c r="B255" s="3"/>
+      <c r="C255" s="3"/>
+      <c r="D255" s="3"/>
+    </row>
+    <row r="256" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A256" s="2"/>
+      <c r="B256" s="3"/>
+      <c r="C256" s="3"/>
+      <c r="D256" s="3"/>
+    </row>
+    <row r="257" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A257" s="2"/>
+      <c r="B257" s="3"/>
+      <c r="C257" s="3"/>
+      <c r="D257" s="3"/>
+    </row>
+    <row r="258" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A258" s="2"/>
+      <c r="B258" s="3"/>
+      <c r="C258" s="3"/>
+      <c r="D258" s="3"/>
+    </row>
+    <row r="259" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A259" s="2"/>
+      <c r="B259" s="3"/>
+      <c r="C259" s="3"/>
+      <c r="D259" s="3"/>
+    </row>
+    <row r="260" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A260" s="2"/>
+      <c r="B260" s="3"/>
+      <c r="C260" s="3"/>
+      <c r="D260" s="3"/>
+    </row>
+    <row r="261" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A261" s="2"/>
+      <c r="B261" s="3"/>
+      <c r="C261" s="3"/>
+      <c r="D261" s="3"/>
+    </row>
+    <row r="262" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A262" s="2"/>
+      <c r="B262" s="3"/>
+      <c r="C262" s="3"/>
+      <c r="D262" s="3"/>
+    </row>
+    <row r="263" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A263" s="2"/>
+      <c r="B263" s="3"/>
+      <c r="C263" s="3"/>
+      <c r="D263" s="3"/>
+    </row>
+    <row r="264" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A264" s="2"/>
+      <c r="B264" s="3"/>
+      <c r="C264" s="3"/>
+      <c r="D264" s="3"/>
+    </row>
+    <row r="265" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A265" s="2"/>
+      <c r="B265" s="3"/>
+      <c r="C265" s="3"/>
+      <c r="D265" s="3"/>
+    </row>
+    <row r="266" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A266" s="2"/>
+      <c r="B266" s="3"/>
+      <c r="C266" s="3"/>
+      <c r="D266" s="3"/>
+    </row>
+    <row r="267" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A267" s="2"/>
+      <c r="B267" s="3"/>
+      <c r="C267" s="3"/>
+      <c r="D267" s="3"/>
+    </row>
+    <row r="268" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A268" s="2"/>
+      <c r="B268" s="3"/>
+      <c r="C268" s="3"/>
+      <c r="D268" s="3"/>
+    </row>
+    <row r="269" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A269" s="2"/>
+      <c r="B269" s="3"/>
+      <c r="C269" s="3"/>
+      <c r="D269" s="3"/>
+    </row>
+    <row r="270" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A270" s="2"/>
+      <c r="B270" s="3"/>
+      <c r="C270" s="3"/>
+      <c r="D270" s="3"/>
+    </row>
+    <row r="271" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A271" s="2"/>
+      <c r="B271" s="3"/>
+      <c r="C271" s="3"/>
+      <c r="D271" s="3"/>
+    </row>
+    <row r="272" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A272" s="2"/>
+      <c r="B272" s="3"/>
+      <c r="C272" s="3"/>
+      <c r="D272" s="3"/>
+    </row>
+    <row r="273" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A273" s="2"/>
+      <c r="B273" s="3"/>
+      <c r="C273" s="3"/>
+      <c r="D273" s="3"/>
+    </row>
+    <row r="274" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A274" s="2"/>
+      <c r="B274" s="3"/>
+      <c r="C274" s="3"/>
+      <c r="D274" s="3"/>
+    </row>
+    <row r="275" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A275" s="2"/>
+      <c r="B275" s="3"/>
+      <c r="C275" s="3"/>
+      <c r="D275" s="3"/>
+    </row>
+    <row r="276" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A276" s="2"/>
+      <c r="B276" s="3"/>
+      <c r="C276" s="3"/>
+      <c r="D276" s="3"/>
+    </row>
+    <row r="277" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A277" s="2"/>
+      <c r="B277" s="3"/>
+      <c r="C277" s="3"/>
+      <c r="D277" s="3"/>
+    </row>
+    <row r="278" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A278" s="2"/>
+      <c r="B278" s="3"/>
+      <c r="C278" s="3"/>
+      <c r="D278" s="3"/>
+    </row>
+    <row r="279" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A279" s="2"/>
+      <c r="B279" s="3"/>
+      <c r="C279" s="3"/>
+      <c r="D279" s="3"/>
+    </row>
+    <row r="280" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A280" s="2"/>
+      <c r="B280" s="3"/>
+      <c r="C280" s="3"/>
+      <c r="D280" s="3"/>
+    </row>
+    <row r="281" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A281" s="2"/>
+      <c r="B281" s="3"/>
+      <c r="C281" s="3"/>
+      <c r="D281" s="3"/>
+    </row>
+    <row r="282" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A282" s="2"/>
+      <c r="B282" s="3"/>
+      <c r="C282" s="3"/>
+      <c r="D282" s="3"/>
+    </row>
+    <row r="283" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A283" s="2"/>
+      <c r="B283" s="3"/>
+      <c r="C283" s="3"/>
+      <c r="D283" s="3"/>
+    </row>
+    <row r="284" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A284" s="2"/>
+      <c r="B284" s="3"/>
+      <c r="C284" s="3"/>
+      <c r="D284" s="3"/>
+    </row>
+    <row r="285" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A285" s="2"/>
+      <c r="B285" s="3"/>
+      <c r="C285" s="3"/>
+      <c r="D285" s="3"/>
+    </row>
+    <row r="286" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A286" s="2"/>
+      <c r="B286" s="3"/>
+      <c r="C286" s="3"/>
+      <c r="D286" s="3"/>
+    </row>
+    <row r="287" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A287" s="2"/>
+      <c r="B287" s="3"/>
+      <c r="C287" s="3"/>
+      <c r="D287" s="3"/>
+    </row>
+    <row r="288" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A288" s="2"/>
+      <c r="B288" s="3"/>
+      <c r="C288" s="3"/>
+      <c r="D288" s="3"/>
+    </row>
+    <row r="289" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A289" s="2"/>
+      <c r="B289" s="3"/>
+      <c r="C289" s="3"/>
+      <c r="D289" s="3"/>
+    </row>
+    <row r="290" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A290" s="2"/>
+      <c r="B290" s="3"/>
+      <c r="C290" s="3"/>
+      <c r="D290" s="3"/>
+    </row>
+    <row r="291" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A291" s="2"/>
+      <c r="B291" s="3"/>
+      <c r="C291" s="3"/>
+      <c r="D291" s="3"/>
+    </row>
+    <row r="292" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A292" s="2"/>
+      <c r="B292" s="3"/>
+      <c r="C292" s="3"/>
+      <c r="D292" s="3"/>
+    </row>
+    <row r="293" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A293" s="2"/>
+      <c r="B293" s="3"/>
+      <c r="C293" s="3"/>
+      <c r="D293" s="3"/>
+    </row>
+    <row r="294" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A294" s="2"/>
+      <c r="B294" s="3"/>
+      <c r="C294" s="3"/>
+      <c r="D294" s="3"/>
+    </row>
+    <row r="295" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A295" s="2"/>
+      <c r="B295" s="3"/>
+      <c r="C295" s="3"/>
+      <c r="D295" s="3"/>
+    </row>
+    <row r="296" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A296" s="2"/>
+      <c r="B296" s="3"/>
+      <c r="C296" s="3"/>
+      <c r="D296" s="3"/>
+    </row>
+    <row r="297" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A297" s="2"/>
+      <c r="B297" s="3"/>
+      <c r="C297" s="3"/>
+      <c r="D297" s="3"/>
+    </row>
+    <row r="298" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A298" s="2"/>
+      <c r="B298" s="3"/>
+      <c r="C298" s="3"/>
+      <c r="D298" s="3"/>
+    </row>
+    <row r="299" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A299" s="2"/>
+      <c r="B299" s="3"/>
+      <c r="C299" s="3"/>
+      <c r="D299" s="3"/>
+    </row>
+    <row r="300" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A300" s="2"/>
+      <c r="B300" s="3"/>
+      <c r="C300" s="3"/>
+      <c r="D300" s="3"/>
+    </row>
+    <row r="301" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A301" s="2"/>
+      <c r="B301" s="3"/>
+      <c r="C301" s="3"/>
+      <c r="D301" s="3"/>
+    </row>
+    <row r="302" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A302" s="2"/>
+      <c r="B302" s="3"/>
+      <c r="C302" s="3"/>
+      <c r="D302" s="3"/>
+    </row>
+    <row r="303" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A303" s="2"/>
+      <c r="B303" s="3"/>
+      <c r="C303" s="3"/>
+      <c r="D303" s="3"/>
+    </row>
+    <row r="304" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A304" s="2"/>
+      <c r="B304" s="3"/>
+      <c r="C304" s="3"/>
+      <c r="D304" s="3"/>
+    </row>
+    <row r="305" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A305" s="2"/>
+      <c r="B305" s="3"/>
+      <c r="C305" s="3"/>
+      <c r="D305" s="3"/>
+    </row>
+    <row r="306" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A306" s="2"/>
+      <c r="B306" s="3"/>
+      <c r="C306" s="3"/>
+      <c r="D306" s="3"/>
+    </row>
+    <row r="307" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A307" s="2"/>
+      <c r="B307" s="3"/>
+      <c r="C307" s="3"/>
+      <c r="D307" s="3"/>
+    </row>
+    <row r="308" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A308" s="2"/>
+      <c r="B308" s="3"/>
+      <c r="C308" s="3"/>
+      <c r="D308" s="3"/>
+    </row>
+    <row r="309" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A309" s="2"/>
+      <c r="B309" s="3"/>
+      <c r="C309" s="3"/>
+      <c r="D309" s="3"/>
+    </row>
+    <row r="310" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A310" s="2"/>
+      <c r="B310" s="3"/>
+      <c r="C310" s="3"/>
+      <c r="D310" s="3"/>
+    </row>
+    <row r="311" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A311" s="2"/>
+      <c r="B311" s="3"/>
+      <c r="C311" s="3"/>
+      <c r="D311" s="3"/>
+    </row>
+    <row r="312" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A312" s="2"/>
+      <c r="B312" s="3"/>
+      <c r="C312" s="3"/>
+      <c r="D312" s="3"/>
+    </row>
+    <row r="313" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A313" s="2"/>
+      <c r="B313" s="3"/>
+      <c r="C313" s="3"/>
+      <c r="D313" s="3"/>
+    </row>
+    <row r="314" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A314" s="2"/>
+      <c r="B314" s="3"/>
+      <c r="C314" s="3"/>
+      <c r="D314" s="3"/>
+    </row>
+    <row r="315" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A315" s="2"/>
+      <c r="B315" s="3"/>
+      <c r="C315" s="3"/>
+      <c r="D315" s="3"/>
+    </row>
+    <row r="316" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A316" s="2"/>
+      <c r="B316" s="3"/>
+      <c r="C316" s="3"/>
+      <c r="D316" s="3"/>
+    </row>
+    <row r="317" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A317" s="2"/>
+      <c r="B317" s="3"/>
+      <c r="C317" s="3"/>
+      <c r="D317" s="3"/>
+    </row>
+    <row r="318" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A318" s="2"/>
+      <c r="B318" s="3"/>
+      <c r="C318" s="3"/>
+      <c r="D318" s="3"/>
+    </row>
+    <row r="319" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A319" s="2"/>
+      <c r="B319" s="3"/>
+      <c r="C319" s="3"/>
+      <c r="D319" s="3"/>
+    </row>
+    <row r="320" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A320" s="2"/>
+      <c r="B320" s="3"/>
+      <c r="C320" s="3"/>
+      <c r="D320" s="3"/>
+    </row>
+    <row r="321" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A321" s="2"/>
+      <c r="B321" s="3"/>
+      <c r="C321" s="3"/>
+      <c r="D321" s="3"/>
+    </row>
+    <row r="322" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A322" s="2"/>
+      <c r="B322" s="3"/>
+      <c r="C322" s="3"/>
+      <c r="D322" s="3"/>
+    </row>
+    <row r="323" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A323" s="2"/>
+      <c r="B323" s="3"/>
+      <c r="C323" s="3"/>
+      <c r="D323" s="3"/>
+    </row>
+    <row r="324" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A324" s="2"/>
+      <c r="B324" s="3"/>
+      <c r="C324" s="3"/>
+      <c r="D324" s="3"/>
+    </row>
+    <row r="325" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A325" s="2"/>
+      <c r="B325" s="3"/>
+      <c r="C325" s="3"/>
+      <c r="D325" s="3"/>
+    </row>
+    <row r="326" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A326" s="2"/>
+      <c r="B326" s="3"/>
+      <c r="C326" s="3"/>
+      <c r="D326" s="3"/>
+    </row>
+    <row r="327" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A327" s="2"/>
+      <c r="B327" s="3"/>
+      <c r="C327" s="3"/>
+      <c r="D327" s="3"/>
+    </row>
+    <row r="328" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A328" s="2"/>
+      <c r="B328" s="3"/>
+      <c r="C328" s="3"/>
+      <c r="D328" s="3"/>
+    </row>
+    <row r="329" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A329" s="2"/>
+      <c r="B329" s="3"/>
+      <c r="C329" s="3"/>
+      <c r="D329" s="3"/>
+    </row>
+    <row r="330" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A330" s="2"/>
+      <c r="B330" s="3"/>
+      <c r="C330" s="3"/>
+      <c r="D330" s="3"/>
+    </row>
+    <row r="331" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A331" s="2"/>
+      <c r="B331" s="3"/>
+      <c r="C331" s="3"/>
+      <c r="D331" s="3"/>
+    </row>
+    <row r="332" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A332" s="2"/>
+      <c r="B332" s="3"/>
+      <c r="C332" s="3"/>
+      <c r="D332" s="3"/>
+    </row>
+    <row r="333" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A333" s="2"/>
+      <c r="B333" s="3"/>
+      <c r="C333" s="3"/>
+      <c r="D333" s="3"/>
+    </row>
+    <row r="334" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A334" s="2"/>
+      <c r="B334" s="3"/>
+      <c r="C334" s="3"/>
+      <c r="D334" s="3"/>
+    </row>
+    <row r="335" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A335" s="2"/>
+      <c r="B335" s="3"/>
+      <c r="C335" s="3"/>
+      <c r="D335" s="3"/>
+    </row>
+    <row r="336" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A336" s="2"/>
+      <c r="B336" s="3"/>
+      <c r="C336" s="3"/>
+      <c r="D336" s="3"/>
+    </row>
+    <row r="337" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A337" s="2"/>
+      <c r="B337" s="3"/>
+      <c r="C337" s="3"/>
+      <c r="D337" s="3"/>
+    </row>
+    <row r="338" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A338" s="2"/>
+      <c r="B338" s="3"/>
+      <c r="C338" s="3"/>
+      <c r="D338" s="3"/>
+    </row>
+    <row r="339" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A339" s="2"/>
+      <c r="B339" s="3"/>
+      <c r="C339" s="3"/>
+      <c r="D339" s="3"/>
+    </row>
+    <row r="340" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A340" s="2"/>
+      <c r="B340" s="3"/>
+      <c r="C340" s="3"/>
+      <c r="D340" s="3"/>
+    </row>
+    <row r="341" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A341" s="2"/>
+      <c r="B341" s="3"/>
+      <c r="C341" s="3"/>
+      <c r="D341" s="3"/>
+    </row>
+    <row r="342" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A342" s="2"/>
+      <c r="B342" s="3"/>
+      <c r="C342" s="3"/>
+      <c r="D342" s="3"/>
+    </row>
+    <row r="343" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A343" s="2"/>
+      <c r="B343" s="3"/>
+      <c r="C343" s="3"/>
+      <c r="D343" s="3"/>
+    </row>
+    <row r="344" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A344" s="2"/>
+      <c r="B344" s="3"/>
+      <c r="C344" s="3"/>
+      <c r="D344" s="3"/>
+    </row>
+    <row r="345" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A345" s="2"/>
+      <c r="B345" s="3"/>
+      <c r="C345" s="3"/>
+      <c r="D345" s="3"/>
+    </row>
+    <row r="346" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A346" s="2"/>
+      <c r="B346" s="3"/>
+      <c r="C346" s="3"/>
+      <c r="D346" s="3"/>
+    </row>
+    <row r="347" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A347" s="2"/>
+      <c r="B347" s="3"/>
+      <c r="C347" s="3"/>
+      <c r="D347" s="3"/>
+    </row>
+    <row r="348" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A348" s="2"/>
+      <c r="B348" s="3"/>
+      <c r="C348" s="3"/>
+      <c r="D348" s="3"/>
+    </row>
+    <row r="349" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A349" s="2"/>
+      <c r="B349" s="3"/>
+      <c r="C349" s="3"/>
+      <c r="D349" s="3"/>
+    </row>
+    <row r="350" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A350" s="2"/>
+      <c r="B350" s="3"/>
+      <c r="C350" s="3"/>
+      <c r="D350" s="3"/>
+    </row>
+    <row r="351" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A351" s="2"/>
+      <c r="B351" s="3"/>
+      <c r="C351" s="3"/>
+      <c r="D351" s="3"/>
+    </row>
+    <row r="352" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A352" s="2"/>
+      <c r="B352" s="3"/>
+      <c r="C352" s="3"/>
+      <c r="D352" s="3"/>
+    </row>
+    <row r="353" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A353" s="2"/>
+      <c r="B353" s="3"/>
+      <c r="C353" s="3"/>
+      <c r="D353" s="3"/>
+    </row>
+    <row r="354" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A354" s="2"/>
+      <c r="B354" s="3"/>
+      <c r="C354" s="3"/>
+      <c r="D354" s="3"/>
+    </row>
+    <row r="355" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A355" s="2"/>
+      <c r="B355" s="3"/>
+      <c r="C355" s="3"/>
+      <c r="D355" s="3"/>
+    </row>
+    <row r="356" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A356" s="2"/>
+      <c r="B356" s="3"/>
+      <c r="C356" s="3"/>
+      <c r="D356" s="3"/>
+    </row>
+    <row r="357" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A357" s="2"/>
+      <c r="B357" s="3"/>
+      <c r="C357" s="3"/>
+      <c r="D357" s="3"/>
+    </row>
+    <row r="358" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A358" s="2"/>
+      <c r="B358" s="3"/>
+      <c r="C358" s="3"/>
+      <c r="D358" s="3"/>
+    </row>
+    <row r="359" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A359" s="2"/>
+      <c r="B359" s="3"/>
+      <c r="C359" s="3"/>
+      <c r="D359" s="3"/>
+    </row>
+    <row r="360" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A360" s="2"/>
+      <c r="B360" s="3"/>
+      <c r="C360" s="3"/>
+      <c r="D360" s="3"/>
+    </row>
+    <row r="361" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A361" s="2"/>
+      <c r="B361" s="3"/>
+      <c r="C361" s="3"/>
+      <c r="D361" s="3"/>
+    </row>
+    <row r="362" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A362" s="2"/>
+      <c r="B362" s="3"/>
+      <c r="C362" s="3"/>
+      <c r="D362" s="3"/>
+    </row>
+    <row r="363" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A363" s="2"/>
+      <c r="B363" s="3"/>
+      <c r="C363" s="3"/>
+      <c r="D363" s="3"/>
+    </row>
+    <row r="364" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A364" s="2"/>
+      <c r="B364" s="3"/>
+      <c r="C364" s="3"/>
+      <c r="D364" s="3"/>
+    </row>
+    <row r="365" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A365" s="2"/>
+      <c r="B365" s="3"/>
+      <c r="C365" s="3"/>
+      <c r="D365" s="3"/>
+    </row>
+    <row r="366" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A366" s="2"/>
+      <c r="B366" s="3"/>
+      <c r="C366" s="3"/>
+      <c r="D366" s="3"/>
+    </row>
+    <row r="367" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A367" s="2"/>
+      <c r="B367" s="3"/>
+      <c r="C367" s="3"/>
+      <c r="D367" s="3"/>
+    </row>
+    <row r="368" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A368" s="2"/>
+      <c r="B368" s="3"/>
+      <c r="C368" s="3"/>
+      <c r="D368" s="3"/>
+    </row>
+    <row r="369" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A369" s="2"/>
+      <c r="B369" s="3"/>
+      <c r="C369" s="3"/>
+      <c r="D369" s="3"/>
+    </row>
+    <row r="370" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A370" s="2"/>
+      <c r="B370" s="3"/>
+      <c r="C370" s="3"/>
+      <c r="D370" s="3"/>
+    </row>
+    <row r="371" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A371" s="2"/>
+      <c r="B371" s="3"/>
+      <c r="C371" s="3"/>
+      <c r="D371" s="3"/>
+    </row>
+    <row r="372" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A372" s="2"/>
+      <c r="B372" s="3"/>
+      <c r="C372" s="3"/>
+      <c r="D372" s="3"/>
+    </row>
+    <row r="373" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A373" s="2"/>
+      <c r="B373" s="3"/>
+      <c r="C373" s="3"/>
+      <c r="D373" s="3"/>
+    </row>
+    <row r="374" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A374" s="2"/>
+      <c r="B374" s="3"/>
+      <c r="C374" s="3"/>
+      <c r="D374" s="3"/>
+    </row>
+    <row r="375" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A375" s="2"/>
+      <c r="B375" s="3"/>
+      <c r="C375" s="3"/>
+      <c r="D375" s="3"/>
+    </row>
+    <row r="376" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A376" s="2"/>
+      <c r="B376" s="3"/>
+      <c r="C376" s="3"/>
+      <c r="D376" s="3"/>
+    </row>
+    <row r="377" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A377" s="2"/>
+      <c r="B377" s="3"/>
+      <c r="C377" s="3"/>
+      <c r="D377" s="3"/>
+    </row>
+    <row r="378" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A378" s="2"/>
+      <c r="B378" s="3"/>
+      <c r="C378" s="3"/>
+      <c r="D378" s="3"/>
+    </row>
+    <row r="379" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A379" s="2"/>
+      <c r="B379" s="3"/>
+      <c r="C379" s="3"/>
+      <c r="D379" s="3"/>
+    </row>
+    <row r="380" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A380" s="2"/>
+      <c r="B380" s="3"/>
+      <c r="C380" s="3"/>
+      <c r="D380" s="3"/>
+    </row>
+    <row r="381" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A381" s="2"/>
+      <c r="B381" s="3"/>
+      <c r="C381" s="3"/>
+      <c r="D381" s="3"/>
+    </row>
+    <row r="382" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A382" s="2"/>
+      <c r="B382" s="3"/>
+      <c r="C382" s="3"/>
+      <c r="D382" s="3"/>
+    </row>
+    <row r="383" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A383" s="2"/>
+      <c r="B383" s="3"/>
+      <c r="C383" s="3"/>
+      <c r="D383" s="3"/>
+    </row>
+    <row r="384" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A384" s="2"/>
+      <c r="B384" s="3"/>
+      <c r="C384" s="3"/>
+      <c r="D384" s="3"/>
+    </row>
+    <row r="385" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A385" s="2"/>
+      <c r="B385" s="3"/>
+      <c r="C385" s="3"/>
+      <c r="D385" s="3"/>
+    </row>
+    <row r="386" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A386" s="2"/>
+      <c r="B386" s="3"/>
+      <c r="C386" s="3"/>
+      <c r="D386" s="3"/>
+    </row>
+    <row r="387" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A387" s="2"/>
+      <c r="B387" s="3"/>
+      <c r="C387" s="3"/>
+      <c r="D387" s="3"/>
+    </row>
+    <row r="388" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A388" s="2"/>
+      <c r="B388" s="3"/>
+      <c r="C388" s="3"/>
+      <c r="D388" s="3"/>
+    </row>
+    <row r="389" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A389" s="2"/>
+      <c r="B389" s="3"/>
+      <c r="C389" s="3"/>
+      <c r="D389" s="3"/>
+    </row>
+    <row r="390" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A390" s="2"/>
+      <c r="B390" s="3"/>
+      <c r="C390" s="3"/>
+      <c r="D390" s="3"/>
+    </row>
+    <row r="391" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A391" s="2"/>
+      <c r="B391" s="3"/>
+      <c r="C391" s="3"/>
+      <c r="D391" s="3"/>
+    </row>
+    <row r="392" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A392" s="2"/>
+      <c r="B392" s="3"/>
+      <c r="C392" s="3"/>
+      <c r="D392" s="3"/>
+    </row>
+    <row r="393" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A393" s="2"/>
+      <c r="B393" s="3"/>
+      <c r="C393" s="3"/>
+      <c r="D393" s="3"/>
+    </row>
+    <row r="394" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A394" s="2"/>
+      <c r="B394" s="3"/>
+      <c r="C394" s="3"/>
+      <c r="D394" s="3"/>
+    </row>
+    <row r="395" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A395" s="2"/>
+      <c r="B395" s="3"/>
+      <c r="C395" s="3"/>
+      <c r="D395" s="3"/>
+    </row>
+    <row r="396" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A396" s="2"/>
+      <c r="B396" s="3"/>
+      <c r="C396" s="3"/>
+      <c r="D396" s="3"/>
+    </row>
+    <row r="397" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A397" s="2"/>
+      <c r="B397" s="3"/>
+      <c r="C397" s="3"/>
+      <c r="D397" s="3"/>
+    </row>
+    <row r="398" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A398" s="2"/>
+      <c r="B398" s="3"/>
+      <c r="C398" s="3"/>
+      <c r="D398" s="3"/>
+    </row>
+    <row r="399" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A399" s="2"/>
+      <c r="B399" s="3"/>
+      <c r="C399" s="3"/>
+      <c r="D399" s="3"/>
+    </row>
+    <row r="400" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A400" s="2"/>
+      <c r="B400" s="3"/>
+      <c r="C400" s="3"/>
+      <c r="D400" s="3"/>
+    </row>
+    <row r="401" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A401" s="2"/>
+      <c r="B401" s="3"/>
+      <c r="C401" s="3"/>
+      <c r="D401" s="3"/>
+    </row>
+    <row r="402" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A402" s="2"/>
+      <c r="B402" s="3"/>
+      <c r="C402" s="3"/>
+      <c r="D402" s="3"/>
+    </row>
+    <row r="403" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A403" s="2"/>
+      <c r="B403" s="3"/>
+      <c r="C403" s="3"/>
+      <c r="D403" s="3"/>
+    </row>
+    <row r="404" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A404" s="2"/>
+      <c r="B404" s="3"/>
+      <c r="C404" s="3"/>
+      <c r="D404" s="3"/>
+    </row>
+    <row r="405" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A405" s="2"/>
+      <c r="B405" s="3"/>
+      <c r="C405" s="3"/>
+      <c r="D405" s="3"/>
+    </row>
+    <row r="406" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A406" s="2"/>
+      <c r="B406" s="3"/>
+      <c r="C406" s="3"/>
+      <c r="D406" s="3"/>
+    </row>
+    <row r="407" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A407" s="2"/>
+      <c r="B407" s="3"/>
+      <c r="C407" s="3"/>
+      <c r="D407" s="3"/>
+    </row>
+    <row r="408" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A408" s="2"/>
+      <c r="B408" s="3"/>
+      <c r="C408" s="3"/>
+      <c r="D408" s="3"/>
+    </row>
+    <row r="409" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A409" s="2"/>
+      <c r="B409" s="3"/>
+      <c r="C409" s="3"/>
+      <c r="D409" s="3"/>
+    </row>
+    <row r="410" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A410" s="2"/>
+      <c r="B410" s="3"/>
+      <c r="C410" s="3"/>
+      <c r="D410" s="3"/>
+    </row>
+    <row r="411" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A411" s="2"/>
+      <c r="B411" s="3"/>
+      <c r="C411" s="3"/>
+      <c r="D411" s="3"/>
+    </row>
+    <row r="412" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A412" s="2"/>
+      <c r="B412" s="3"/>
+      <c r="C412" s="3"/>
+      <c r="D412" s="3"/>
+    </row>
+    <row r="413" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A413" s="2"/>
+      <c r="B413" s="3"/>
+      <c r="C413" s="3"/>
+      <c r="D413" s="3"/>
+    </row>
+    <row r="414" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A414" s="2"/>
+      <c r="B414" s="3"/>
+      <c r="C414" s="3"/>
+      <c r="D414" s="3"/>
+    </row>
+    <row r="415" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A415" s="2"/>
+      <c r="B415" s="3"/>
+      <c r="C415" s="3"/>
+      <c r="D415" s="3"/>
+    </row>
+    <row r="416" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A416" s="2"/>
+      <c r="B416" s="3"/>
+      <c r="C416" s="3"/>
+      <c r="D416" s="3"/>
+    </row>
+    <row r="417" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A417" s="2"/>
+      <c r="B417" s="3"/>
+      <c r="C417" s="3"/>
+      <c r="D417" s="3"/>
+    </row>
+    <row r="418" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A418" s="2"/>
+      <c r="B418" s="3"/>
+      <c r="C418" s="3"/>
+      <c r="D418" s="3"/>
+    </row>
+    <row r="419" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A419" s="2"/>
+      <c r="B419" s="3"/>
+      <c r="C419" s="3"/>
+      <c r="D419" s="3"/>
+    </row>
+    <row r="420" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A420" s="2"/>
+      <c r="B420" s="3"/>
+      <c r="C420" s="3"/>
+      <c r="D420" s="3"/>
+    </row>
+    <row r="421" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A421" s="2"/>
+      <c r="B421" s="3"/>
+      <c r="C421" s="3"/>
+      <c r="D421" s="3"/>
+    </row>
+    <row r="422" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A422" s="2"/>
+      <c r="B422" s="3"/>
+      <c r="C422" s="3"/>
+      <c r="D422" s="3"/>
+    </row>
+    <row r="423" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A423" s="2"/>
+      <c r="B423" s="3"/>
+      <c r="C423" s="3"/>
+      <c r="D423" s="3"/>
+    </row>
+    <row r="424" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A424" s="2"/>
+      <c r="B424" s="3"/>
+      <c r="C424" s="3"/>
+      <c r="D424" s="3"/>
+    </row>
+    <row r="425" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A425" s="2"/>
+      <c r="B425" s="3"/>
+      <c r="C425" s="3"/>
+      <c r="D425" s="3"/>
+    </row>
+    <row r="426" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A426" s="2"/>
+      <c r="B426" s="3"/>
+      <c r="C426" s="3"/>
+      <c r="D426" s="3"/>
+    </row>
+    <row r="427" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A427" s="2"/>
+      <c r="B427" s="3"/>
+      <c r="C427" s="3"/>
+      <c r="D427" s="3"/>
+    </row>
+    <row r="428" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A428" s="2"/>
+      <c r="B428" s="3"/>
+      <c r="C428" s="3"/>
+      <c r="D428" s="3"/>
+    </row>
+    <row r="429" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A429" s="2"/>
+      <c r="B429" s="3"/>
+      <c r="C429" s="3"/>
+      <c r="D429" s="3"/>
+    </row>
+    <row r="430" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A430" s="2"/>
+      <c r="B430" s="3"/>
+      <c r="C430" s="3"/>
+      <c r="D430" s="3"/>
+    </row>
+    <row r="431" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A431" s="2"/>
+      <c r="B431" s="3"/>
+      <c r="C431" s="3"/>
+      <c r="D431" s="3"/>
+    </row>
+    <row r="432" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A432" s="2"/>
+      <c r="B432" s="3"/>
+      <c r="C432" s="3"/>
+      <c r="D432" s="3"/>
+    </row>
+    <row r="433" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A433" s="2"/>
+      <c r="B433" s="3"/>
+      <c r="C433" s="3"/>
+      <c r="D433" s="3"/>
+    </row>
+    <row r="434" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A434" s="2"/>
+      <c r="B434" s="3"/>
+      <c r="C434" s="3"/>
+      <c r="D434" s="3"/>
+    </row>
+    <row r="435" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A435" s="2"/>
+      <c r="B435" s="3"/>
+      <c r="C435" s="3"/>
+      <c r="D435" s="3"/>
+    </row>
+    <row r="436" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A436" s="2"/>
+      <c r="B436" s="3"/>
+      <c r="C436" s="3"/>
+      <c r="D436" s="3"/>
+    </row>
+    <row r="437" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A437" s="2"/>
+      <c r="B437" s="3"/>
+      <c r="C437" s="3"/>
+      <c r="D437" s="3"/>
+    </row>
+    <row r="438" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A438" s="2"/>
+      <c r="B438" s="3"/>
+      <c r="C438" s="3"/>
+      <c r="D438" s="3"/>
+    </row>
+    <row r="439" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A439" s="2"/>
+      <c r="B439" s="3"/>
+      <c r="C439" s="3"/>
+      <c r="D439" s="3"/>
+    </row>
+    <row r="440" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A440" s="2"/>
+      <c r="B440" s="3"/>
+      <c r="C440" s="3"/>
+      <c r="D440" s="3"/>
+    </row>
+    <row r="441" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A441" s="2"/>
+      <c r="B441" s="3"/>
+      <c r="C441" s="3"/>
+      <c r="D441" s="3"/>
+    </row>
+    <row r="442" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A442" s="2"/>
+      <c r="B442" s="3"/>
+      <c r="C442" s="3"/>
+      <c r="D442" s="3"/>
+    </row>
+    <row r="443" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A443" s="2"/>
+      <c r="B443" s="3"/>
+      <c r="C443" s="3"/>
+      <c r="D443" s="3"/>
+    </row>
+    <row r="444" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A444" s="2"/>
+      <c r="B444" s="3"/>
+      <c r="C444" s="3"/>
+      <c r="D444" s="3"/>
+    </row>
+    <row r="445" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A445" s="2"/>
+      <c r="B445" s="3"/>
+      <c r="C445" s="3"/>
+      <c r="D445" s="3"/>
+    </row>
+    <row r="446" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A446" s="2"/>
+      <c r="B446" s="3"/>
+      <c r="C446" s="3"/>
+      <c r="D446" s="3"/>
+    </row>
+    <row r="447" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A447" s="2"/>
+      <c r="B447" s="3"/>
+      <c r="C447" s="3"/>
+      <c r="D447" s="3"/>
+    </row>
+    <row r="448" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A448" s="2"/>
+      <c r="B448" s="3"/>
+      <c r="C448" s="3"/>
+      <c r="D448" s="3"/>
+    </row>
+    <row r="449" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A449" s="2"/>
+      <c r="B449" s="3"/>
+      <c r="C449" s="3"/>
+      <c r="D449" s="3"/>
+    </row>
+    <row r="450" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A450" s="2"/>
+      <c r="B450" s="3"/>
+      <c r="C450" s="3"/>
+      <c r="D450" s="3"/>
+    </row>
+    <row r="451" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A451" s="2"/>
+      <c r="B451" s="3"/>
+      <c r="C451" s="3"/>
+      <c r="D451" s="3"/>
+    </row>
+    <row r="452" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A452" s="2"/>
+      <c r="B452" s="3"/>
+      <c r="C452" s="3"/>
+      <c r="D452" s="3"/>
+    </row>
+    <row r="453" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A453" s="2"/>
+      <c r="B453" s="3"/>
+      <c r="C453" s="3"/>
+      <c r="D453" s="3"/>
+    </row>
+    <row r="454" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A454" s="2"/>
+      <c r="B454" s="3"/>
+      <c r="C454" s="3"/>
+      <c r="D454" s="3"/>
+    </row>
+    <row r="455" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A455" s="2"/>
+      <c r="B455" s="3"/>
+      <c r="C455" s="3"/>
+      <c r="D455" s="3"/>
+    </row>
+    <row r="456" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A456" s="2"/>
+      <c r="B456" s="3"/>
+      <c r="C456" s="3"/>
+      <c r="D456" s="3"/>
+    </row>
+    <row r="457" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A457" s="2"/>
+      <c r="B457" s="3"/>
+      <c r="C457" s="3"/>
+      <c r="D457" s="3"/>
+    </row>
+    <row r="458" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A458" s="2"/>
+      <c r="B458" s="3"/>
+      <c r="C458" s="3"/>
+      <c r="D458" s="3"/>
+    </row>
+    <row r="459" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A459" s="2"/>
+      <c r="B459" s="3"/>
+      <c r="C459" s="3"/>
+      <c r="D459" s="3"/>
+    </row>
+    <row r="460" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A460" s="2"/>
+      <c r="B460" s="3"/>
+      <c r="C460" s="3"/>
+      <c r="D460" s="3"/>
+    </row>
+    <row r="461" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A461" s="2"/>
+      <c r="B461" s="3"/>
+      <c r="C461" s="3"/>
+      <c r="D461" s="3"/>
+    </row>
+    <row r="462" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A462" s="2"/>
+      <c r="B462" s="3"/>
+      <c r="C462" s="3"/>
+      <c r="D462" s="3"/>
+    </row>
+    <row r="463" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A463" s="2"/>
+      <c r="B463" s="3"/>
+      <c r="C463" s="3"/>
+      <c r="D463" s="3"/>
+    </row>
+    <row r="464" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A464" s="2"/>
+      <c r="B464" s="3"/>
+      <c r="C464" s="3"/>
+      <c r="D464" s="3"/>
+    </row>
+    <row r="465" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A465" s="2"/>
+      <c r="B465" s="3"/>
+      <c r="C465" s="3"/>
+      <c r="D465" s="3"/>
+    </row>
+    <row r="466" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A466" s="2"/>
+      <c r="B466" s="3"/>
+      <c r="C466" s="3"/>
+      <c r="D466" s="3"/>
+    </row>
+    <row r="467" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A467" s="2"/>
+      <c r="B467" s="3"/>
+      <c r="C467" s="3"/>
+      <c r="D467" s="3"/>
+    </row>
+    <row r="468" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A468" s="2"/>
+      <c r="B468" s="3"/>
+      <c r="C468" s="3"/>
+      <c r="D468" s="3"/>
+    </row>
+    <row r="469" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A469" s="2"/>
+      <c r="B469" s="3"/>
+      <c r="C469" s="3"/>
+      <c r="D469" s="3"/>
+    </row>
+    <row r="470" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A470" s="2"/>
+      <c r="B470" s="3"/>
+      <c r="C470" s="3"/>
+      <c r="D470" s="3"/>
+    </row>
+    <row r="471" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A471" s="2"/>
+      <c r="B471" s="3"/>
+      <c r="C471" s="3"/>
+      <c r="D471" s="3"/>
+    </row>
+    <row r="472" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A472" s="2"/>
+      <c r="B472" s="3"/>
+      <c r="C472" s="3"/>
+      <c r="D472" s="3"/>
+    </row>
+    <row r="473" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A473" s="2"/>
+      <c r="B473" s="3"/>
+      <c r="C473" s="3"/>
+      <c r="D473" s="3"/>
+    </row>
+    <row r="474" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A474" s="2"/>
+      <c r="B474" s="3"/>
+      <c r="C474" s="3"/>
+      <c r="D474" s="3"/>
+    </row>
+    <row r="475" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A475" s="2"/>
+      <c r="B475" s="3"/>
+      <c r="C475" s="3"/>
+      <c r="D475" s="3"/>
+    </row>
+    <row r="476" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A476" s="2"/>
+      <c r="B476" s="3"/>
+      <c r="C476" s="3"/>
+      <c r="D476" s="3"/>
+    </row>
+    <row r="477" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A477" s="2"/>
+      <c r="B477" s="3"/>
+      <c r="C477" s="3"/>
+      <c r="D477" s="3"/>
+    </row>
+    <row r="478" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A478" s="2"/>
+      <c r="B478" s="3"/>
+      <c r="C478" s="3"/>
+      <c r="D478" s="3"/>
+    </row>
+    <row r="479" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A479" s="2"/>
+      <c r="B479" s="3"/>
+      <c r="C479" s="3"/>
+      <c r="D479" s="3"/>
+    </row>
+    <row r="480" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A480" s="2"/>
+      <c r="B480" s="3"/>
+      <c r="C480" s="3"/>
+      <c r="D480" s="3"/>
+    </row>
+    <row r="481" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A481" s="2"/>
+      <c r="B481" s="3"/>
+      <c r="C481" s="3"/>
+      <c r="D481" s="3"/>
+    </row>
+    <row r="482" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A482" s="2"/>
+      <c r="B482" s="3"/>
+      <c r="C482" s="3"/>
+      <c r="D482" s="3"/>
+    </row>
+    <row r="483" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A483" s="2"/>
+      <c r="B483" s="3"/>
+      <c r="C483" s="3"/>
+      <c r="D483" s="3"/>
+    </row>
+    <row r="484" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A484" s="2"/>
+      <c r="B484" s="3"/>
+      <c r="C484" s="3"/>
+      <c r="D484" s="3"/>
+    </row>
+    <row r="485" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A485" s="2"/>
+      <c r="B485" s="3"/>
+      <c r="C485" s="3"/>
+      <c r="D485" s="3"/>
+    </row>
+    <row r="486" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A486" s="2"/>
+      <c r="B486" s="3"/>
+      <c r="C486" s="3"/>
+      <c r="D486" s="3"/>
+    </row>
+    <row r="487" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A487" s="2"/>
+      <c r="B487" s="3"/>
+      <c r="C487" s="3"/>
+      <c r="D487" s="3"/>
+    </row>
+    <row r="488" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A488" s="2"/>
+      <c r="B488" s="3"/>
+      <c r="C488" s="3"/>
+      <c r="D488" s="3"/>
+    </row>
+    <row r="489" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A489" s="2"/>
+      <c r="B489" s="3"/>
+      <c r="C489" s="3"/>
+      <c r="D489" s="3"/>
+    </row>
+    <row r="490" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A490" s="2"/>
+      <c r="B490" s="3"/>
+      <c r="C490" s="3"/>
+      <c r="D490" s="3"/>
+    </row>
+    <row r="491" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A491" s="2"/>
+      <c r="B491" s="3"/>
+      <c r="C491" s="3"/>
+      <c r="D491" s="3"/>
+    </row>
+    <row r="492" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A492" s="2"/>
+      <c r="B492" s="3"/>
+      <c r="C492" s="3"/>
+      <c r="D492" s="3"/>
+    </row>
+    <row r="493" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A493" s="2"/>
+      <c r="B493" s="3"/>
+      <c r="C493" s="3"/>
+      <c r="D493" s="3"/>
+    </row>
+    <row r="494" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A494" s="2"/>
+      <c r="B494" s="3"/>
+      <c r="C494" s="3"/>
+      <c r="D494" s="3"/>
+    </row>
+    <row r="495" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A495" s="2"/>
+      <c r="B495" s="3"/>
+      <c r="C495" s="3"/>
+      <c r="D495" s="3"/>
+    </row>
+    <row r="496" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A496" s="2"/>
+      <c r="B496" s="3"/>
+      <c r="C496" s="3"/>
+      <c r="D496" s="3"/>
+    </row>
+    <row r="497" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A497" s="2"/>
+      <c r="B497" s="3"/>
+      <c r="C497" s="3"/>
+      <c r="D497" s="3"/>
+    </row>
+    <row r="498" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A498" s="2"/>
+      <c r="B498" s="3"/>
+      <c r="C498" s="3"/>
+      <c r="D498" s="3"/>
+    </row>
+    <row r="499" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A499" s="2"/>
+      <c r="B499" s="3"/>
+      <c r="C499" s="3"/>
+      <c r="D499" s="3"/>
+    </row>
+    <row r="500" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A500" s="2"/>
+      <c r="B500" s="3"/>
+      <c r="C500" s="3"/>
+      <c r="D500" s="3"/>
+    </row>
+    <row r="501" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A501" s="2"/>
+      <c r="B501" s="3"/>
+      <c r="C501" s="3"/>
+      <c r="D501" s="3"/>
+    </row>
+    <row r="502" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A502" s="2"/>
+      <c r="B502" s="3"/>
+      <c r="C502" s="3"/>
+      <c r="D502" s="3"/>
+    </row>
+    <row r="503" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A503" s="2"/>
+      <c r="B503" s="3"/>
+      <c r="C503" s="3"/>
+      <c r="D503" s="3"/>
+    </row>
+    <row r="504" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A504" s="2"/>
+      <c r="B504" s="3"/>
+      <c r="C504" s="3"/>
+      <c r="D504" s="3"/>
+    </row>
+    <row r="505" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A505" s="2"/>
+      <c r="B505" s="3"/>
+      <c r="C505" s="3"/>
+      <c r="D505" s="3"/>
+    </row>
+    <row r="506" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A506" s="2"/>
+      <c r="B506" s="3"/>
+      <c r="C506" s="3"/>
+      <c r="D506" s="3"/>
+    </row>
+    <row r="507" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A507" s="2"/>
+      <c r="B507" s="3"/>
+      <c r="C507" s="3"/>
+      <c r="D507" s="3"/>
+    </row>
+    <row r="508" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A508" s="2"/>
+      <c r="B508" s="3"/>
+      <c r="C508" s="3"/>
+      <c r="D508" s="3"/>
+    </row>
+    <row r="509" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A509" s="2"/>
+      <c r="B509" s="3"/>
+      <c r="C509" s="3"/>
+      <c r="D509" s="3"/>
+    </row>
+    <row r="510" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A510" s="2"/>
+      <c r="B510" s="3"/>
+      <c r="C510" s="3"/>
+      <c r="D510" s="3"/>
+    </row>
+    <row r="511" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A511" s="2"/>
+      <c r="B511" s="3"/>
+      <c r="C511" s="3"/>
+      <c r="D511" s="3"/>
+    </row>
+    <row r="512" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A512" s="2"/>
+      <c r="B512" s="3"/>
+      <c r="C512" s="3"/>
+      <c r="D512" s="3"/>
+    </row>
+    <row r="513" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A513" s="2"/>
+      <c r="B513" s="3"/>
+      <c r="C513" s="3"/>
+      <c r="D513" s="3"/>
+    </row>
+    <row r="514" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A514" s="2"/>
+      <c r="B514" s="3"/>
+      <c r="C514" s="3"/>
+      <c r="D514" s="3"/>
+    </row>
+    <row r="515" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A515" s="2"/>
+      <c r="B515" s="3"/>
+      <c r="C515" s="3"/>
+      <c r="D515" s="3"/>
+    </row>
+    <row r="516" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A516" s="2"/>
+      <c r="B516" s="3"/>
+      <c r="C516" s="3"/>
+      <c r="D516" s="3"/>
+    </row>
+    <row r="517" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A517" s="2"/>
+      <c r="B517" s="3"/>
+      <c r="C517" s="3"/>
+      <c r="D517" s="3"/>
+    </row>
+    <row r="518" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A518" s="2"/>
+      <c r="B518" s="3"/>
+      <c r="C518" s="3"/>
+      <c r="D518" s="3"/>
+    </row>
+    <row r="519" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A519" s="2"/>
+      <c r="B519" s="3"/>
+      <c r="C519" s="3"/>
+      <c r="D519" s="3"/>
+    </row>
+    <row r="520" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A520" s="2"/>
+      <c r="B520" s="3"/>
+      <c r="C520" s="3"/>
+      <c r="D520" s="3"/>
+    </row>
+    <row r="521" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A521" s="2"/>
+      <c r="B521" s="3"/>
+      <c r="C521" s="3"/>
+      <c r="D521" s="3"/>
+    </row>
+    <row r="522" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A522" s="2"/>
+      <c r="B522" s="3"/>
+      <c r="C522" s="3"/>
+      <c r="D522" s="3"/>
+    </row>
+    <row r="523" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A523" s="2"/>
+      <c r="B523" s="3"/>
+      <c r="C523" s="3"/>
+      <c r="D523" s="3"/>
+    </row>
+    <row r="524" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A524" s="2"/>
+      <c r="B524" s="3"/>
+      <c r="C524" s="3"/>
+      <c r="D524" s="3"/>
+    </row>
+    <row r="525" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A525" s="2"/>
+      <c r="B525" s="3"/>
+      <c r="C525" s="3"/>
+      <c r="D525" s="3"/>
+    </row>
+    <row r="526" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A526" s="2"/>
+      <c r="B526" s="3"/>
+      <c r="C526" s="3"/>
+      <c r="D526" s="3"/>
+    </row>
+    <row r="527" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A527" s="2"/>
+      <c r="B527" s="3"/>
+      <c r="C527" s="3"/>
+      <c r="D527" s="3"/>
+    </row>
+    <row r="528" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A528" s="2"/>
+      <c r="B528" s="3"/>
+      <c r="C528" s="3"/>
+      <c r="D528" s="3"/>
+    </row>
+    <row r="529" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A529" s="2"/>
+      <c r="B529" s="3"/>
+      <c r="C529" s="3"/>
+      <c r="D529" s="3"/>
+    </row>
+    <row r="530" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A530" s="2"/>
+      <c r="B530" s="3"/>
+      <c r="C530" s="3"/>
+      <c r="D530" s="3"/>
+    </row>
+    <row r="531" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A531" s="2"/>
+      <c r="B531" s="3"/>
+      <c r="C531" s="3"/>
+      <c r="D531" s="3"/>
+    </row>
+    <row r="532" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A532" s="2"/>
+      <c r="B532" s="3"/>
+      <c r="C532" s="3"/>
+      <c r="D532" s="3"/>
+    </row>
+    <row r="533" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A533" s="2"/>
+      <c r="B533" s="3"/>
+      <c r="C533" s="3"/>
+      <c r="D533" s="3"/>
+    </row>
+    <row r="534" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A534" s="2"/>
+      <c r="B534" s="3"/>
+      <c r="C534" s="3"/>
+      <c r="D534" s="3"/>
+    </row>
+    <row r="535" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A535" s="2"/>
+      <c r="B535" s="3"/>
+      <c r="C535" s="3"/>
+      <c r="D535" s="3"/>
+    </row>
+    <row r="536" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A536" s="2"/>
+      <c r="B536" s="3"/>
+      <c r="C536" s="3"/>
+      <c r="D536" s="3"/>
+    </row>
+    <row r="537" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A537" s="2"/>
+      <c r="B537" s="3"/>
+      <c r="C537" s="3"/>
+      <c r="D537" s="3"/>
+    </row>
+    <row r="538" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A538" s="2"/>
+      <c r="B538" s="3"/>
+      <c r="C538" s="3"/>
+      <c r="D538" s="3"/>
+    </row>
+    <row r="539" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A539" s="2"/>
+      <c r="B539" s="3"/>
+      <c r="C539" s="3"/>
+      <c r="D539" s="3"/>
+    </row>
+    <row r="540" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A540" s="2"/>
+      <c r="B540" s="3"/>
+      <c r="C540" s="3"/>
+      <c r="D540" s="3"/>
+    </row>
+    <row r="541" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A541" s="2"/>
+      <c r="B541" s="3"/>
+      <c r="C541" s="3"/>
+      <c r="D541" s="3"/>
+    </row>
+    <row r="542" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A542" s="2"/>
+      <c r="B542" s="3"/>
+      <c r="C542" s="3"/>
+      <c r="D542" s="3"/>
+    </row>
+    <row r="543" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A543" s="2"/>
+      <c r="B543" s="3"/>
+      <c r="C543" s="3"/>
+      <c r="D543" s="3"/>
+    </row>
+    <row r="544" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A544" s="2"/>
+      <c r="B544" s="3"/>
+      <c r="C544" s="3"/>
+      <c r="D544" s="3"/>
+    </row>
+    <row r="545" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A545" s="2"/>
+      <c r="B545" s="3"/>
+      <c r="C545" s="3"/>
+      <c r="D545" s="3"/>
+    </row>
+    <row r="546" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A546" s="2"/>
+      <c r="B546" s="3"/>
+      <c r="C546" s="3"/>
+      <c r="D546" s="3"/>
+    </row>
+    <row r="547" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A547" s="2"/>
+      <c r="B547" s="3"/>
+      <c r="C547" s="3"/>
+      <c r="D547" s="3"/>
+    </row>
+    <row r="548" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A548" s="2"/>
+      <c r="B548" s="3"/>
+      <c r="C548" s="3"/>
+      <c r="D548" s="3"/>
+    </row>
+    <row r="549" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A549" s="2"/>
+      <c r="B549" s="3"/>
+      <c r="C549" s="3"/>
+      <c r="D549" s="3"/>
+    </row>
+    <row r="550" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A550" s="2"/>
+      <c r="B550" s="3"/>
+      <c r="C550" s="3"/>
+      <c r="D550" s="3"/>
+    </row>
+    <row r="551" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A551" s="2"/>
+      <c r="B551" s="3"/>
+      <c r="C551" s="3"/>
+      <c r="D551" s="3"/>
+    </row>
+    <row r="552" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A552" s="2"/>
+      <c r="B552" s="3"/>
+      <c r="C552" s="3"/>
+      <c r="D552" s="3"/>
+    </row>
+    <row r="553" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A553" s="2"/>
+      <c r="B553" s="3"/>
+      <c r="C553" s="3"/>
+      <c r="D553" s="3"/>
+    </row>
+    <row r="554" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A554" s="2"/>
+      <c r="B554" s="3"/>
+      <c r="C554" s="3"/>
+      <c r="D554" s="3"/>
+    </row>
+    <row r="555" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A555" s="2"/>
+      <c r="B555" s="3"/>
+      <c r="C555" s="3"/>
+      <c r="D555" s="3"/>
+    </row>
+    <row r="556" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A556" s="2"/>
+      <c r="B556" s="3"/>
+      <c r="C556" s="3"/>
+      <c r="D556" s="3"/>
+    </row>
+    <row r="557" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A557" s="2"/>
+      <c r="B557" s="3"/>
+      <c r="C557" s="3"/>
+      <c r="D557" s="3"/>
+    </row>
+    <row r="558" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A558" s="2"/>
+      <c r="B558" s="3"/>
+      <c r="C558" s="3"/>
+      <c r="D558" s="3"/>
+    </row>
+    <row r="559" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A559" s="2"/>
+      <c r="B559" s="3"/>
+      <c r="C559" s="3"/>
+      <c r="D559" s="3"/>
+    </row>
+    <row r="560" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A560" s="2"/>
+      <c r="B560" s="3"/>
+      <c r="C560" s="3"/>
+      <c r="D560" s="3"/>
+    </row>
+    <row r="561" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A561" s="2"/>
+      <c r="B561" s="3"/>
+      <c r="C561" s="3"/>
+      <c r="D561" s="3"/>
+    </row>
+    <row r="562" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A562" s="2"/>
+      <c r="B562" s="3"/>
+      <c r="C562" s="3"/>
+      <c r="D562" s="3"/>
+    </row>
+    <row r="563" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A563" s="2"/>
+      <c r="B563" s="3"/>
+      <c r="C563" s="3"/>
+      <c r="D563" s="3"/>
+    </row>
+    <row r="564" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A564" s="2"/>
+      <c r="B564" s="3"/>
+      <c r="C564" s="3"/>
+      <c r="D564" s="3"/>
+    </row>
+    <row r="565" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A565" s="2"/>
+      <c r="B565" s="3"/>
+      <c r="C565" s="3"/>
+      <c r="D565" s="3"/>
+    </row>
+    <row r="566" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A566" s="2"/>
+      <c r="B566" s="3"/>
+      <c r="C566" s="3"/>
+      <c r="D566" s="3"/>
+    </row>
+    <row r="567" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A567" s="2"/>
+      <c r="B567" s="3"/>
+      <c r="C567" s="3"/>
+      <c r="D567" s="3"/>
+    </row>
+    <row r="568" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A568" s="2"/>
+      <c r="B568" s="3"/>
+      <c r="C568" s="3"/>
+      <c r="D568" s="3"/>
+    </row>
+    <row r="569" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A569" s="2"/>
+      <c r="B569" s="3"/>
+      <c r="C569" s="3"/>
+      <c r="D569" s="3"/>
+    </row>
+    <row r="570" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A570" s="2"/>
+      <c r="B570" s="3"/>
+      <c r="C570" s="3"/>
+      <c r="D570" s="3"/>
+    </row>
+    <row r="571" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A571" s="2"/>
+      <c r="B571" s="3"/>
+      <c r="C571" s="3"/>
+      <c r="D571" s="3"/>
+    </row>
+    <row r="572" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A572" s="2"/>
+      <c r="B572" s="3"/>
+      <c r="C572" s="3"/>
+      <c r="D572" s="3"/>
+    </row>
+    <row r="573" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A573" s="2"/>
+      <c r="B573" s="3"/>
+      <c r="C573" s="3"/>
+      <c r="D573" s="3"/>
+    </row>
+    <row r="574" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A574" s="2"/>
+      <c r="B574" s="3"/>
+      <c r="C574" s="3"/>
+      <c r="D574" s="3"/>
+    </row>
+    <row r="575" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A575" s="2"/>
+      <c r="B575" s="3"/>
+      <c r="C575" s="3"/>
+      <c r="D575" s="3"/>
+    </row>
+    <row r="576" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A576" s="2"/>
+      <c r="B576" s="3"/>
+      <c r="C576" s="3"/>
+      <c r="D576" s="3"/>
+    </row>
+    <row r="577" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A577" s="2"/>
+      <c r="B577" s="3"/>
+      <c r="C577" s="3"/>
+      <c r="D577" s="3"/>
+    </row>
+    <row r="578" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A578" s="2"/>
+      <c r="B578" s="3"/>
+      <c r="C578" s="3"/>
+      <c r="D578" s="3"/>
+    </row>
+    <row r="579" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A579" s="2"/>
+      <c r="B579" s="3"/>
+      <c r="C579" s="3"/>
+      <c r="D579" s="3"/>
+    </row>
+    <row r="580" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A580" s="2"/>
+      <c r="B580" s="3"/>
+      <c r="C580" s="3"/>
+      <c r="D580" s="3"/>
+    </row>
+    <row r="581" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A581" s="2"/>
+      <c r="B581" s="3"/>
+      <c r="C581" s="3"/>
+      <c r="D581" s="3"/>
+    </row>
+    <row r="582" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A582" s="2"/>
+      <c r="B582" s="3"/>
+      <c r="C582" s="3"/>
+      <c r="D582" s="3"/>
+    </row>
+    <row r="583" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A583" s="2"/>
+      <c r="B583" s="3"/>
+      <c r="C583" s="3"/>
+      <c r="D583" s="3"/>
+    </row>
+    <row r="584" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A584" s="2"/>
+      <c r="B584" s="3"/>
+      <c r="C584" s="3"/>
+      <c r="D584" s="3"/>
+    </row>
+    <row r="585" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A585" s="2"/>
+      <c r="B585" s="3"/>
+      <c r="C585" s="3"/>
+      <c r="D585" s="3"/>
+    </row>
+    <row r="586" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A586" s="2"/>
+      <c r="B586" s="3"/>
+      <c r="C586" s="3"/>
+      <c r="D586" s="3"/>
+    </row>
+    <row r="587" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A587" s="2"/>
+      <c r="B587" s="3"/>
+      <c r="C587" s="3"/>
+      <c r="D587" s="3"/>
+    </row>
+    <row r="588" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A588" s="2"/>
+      <c r="B588" s="3"/>
+      <c r="C588" s="3"/>
+      <c r="D588" s="3"/>
+    </row>
+    <row r="589" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A589" s="2"/>
+      <c r="B589" s="3"/>
+      <c r="C589" s="3"/>
+      <c r="D589" s="3"/>
+    </row>
+    <row r="590" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A590" s="2"/>
+      <c r="B590" s="3"/>
+      <c r="C590" s="3"/>
+      <c r="D590" s="3"/>
+    </row>
+    <row r="591" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A591" s="2"/>
+      <c r="B591" s="3"/>
+      <c r="C591" s="3"/>
+      <c r="D591" s="3"/>
+    </row>
+    <row r="592" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A592" s="2"/>
+      <c r="B592" s="3"/>
+      <c r="C592" s="3"/>
+      <c r="D592" s="3"/>
+    </row>
+    <row r="593" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A593" s="2"/>
+      <c r="B593" s="3"/>
+      <c r="C593" s="3"/>
+      <c r="D593" s="3"/>
+    </row>
+    <row r="594" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A594" s="2"/>
+      <c r="B594" s="3"/>
+      <c r="C594" s="3"/>
+      <c r="D594" s="3"/>
+    </row>
+    <row r="595" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A595" s="2"/>
+      <c r="B595" s="3"/>
+      <c r="C595" s="3"/>
+      <c r="D595" s="3"/>
+    </row>
+    <row r="596" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A596" s="2"/>
+      <c r="B596" s="3"/>
+      <c r="C596" s="3"/>
+      <c r="D596" s="3"/>
+    </row>
+    <row r="597" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A597" s="2"/>
+      <c r="B597" s="3"/>
+      <c r="C597" s="3"/>
+      <c r="D597" s="3"/>
+    </row>
+    <row r="598" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A598" s="2"/>
+      <c r="B598" s="3"/>
+      <c r="C598" s="3"/>
+      <c r="D598" s="3"/>
+    </row>
+    <row r="599" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A599" s="2"/>
+      <c r="B599" s="3"/>
+      <c r="C599" s="3"/>
+      <c r="D599" s="3"/>
+    </row>
+    <row r="600" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A600" s="2"/>
+      <c r="B600" s="3"/>
+      <c r="C600" s="3"/>
+      <c r="D600" s="3"/>
+    </row>
+    <row r="601" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A601" s="2"/>
+      <c r="B601" s="3"/>
+      <c r="C601" s="3"/>
+      <c r="D601" s="3"/>
+    </row>
+    <row r="602" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A602" s="2"/>
+      <c r="B602" s="3"/>
+      <c r="C602" s="3"/>
+      <c r="D602" s="3"/>
+    </row>
+    <row r="603" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A603" s="2"/>
+      <c r="B603" s="3"/>
+      <c r="C603" s="3"/>
+      <c r="D603" s="3"/>
+    </row>
+    <row r="604" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A604" s="2"/>
+      <c r="B604" s="3"/>
+      <c r="C604" s="3"/>
+      <c r="D604" s="3"/>
+    </row>
+    <row r="605" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A605" s="2"/>
+      <c r="B605" s="3"/>
+      <c r="C605" s="3"/>
+      <c r="D605" s="3"/>
+    </row>
+    <row r="606" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A606" s="2"/>
+      <c r="B606" s="3"/>
+      <c r="C606" s="3"/>
+      <c r="D606" s="3"/>
+    </row>
+    <row r="607" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A607" s="2"/>
+      <c r="B607" s="3"/>
+      <c r="C607" s="3"/>
+      <c r="D607" s="3"/>
+    </row>
+    <row r="608" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A608" s="2"/>
+      <c r="B608" s="3"/>
+      <c r="C608" s="3"/>
+      <c r="D608" s="3"/>
+    </row>
+    <row r="609" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A609" s="2"/>
+      <c r="B609" s="3"/>
+      <c r="C609" s="3"/>
+      <c r="D609" s="3"/>
+    </row>
+    <row r="610" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A610" s="2"/>
+      <c r="B610" s="3"/>
+      <c r="C610" s="3"/>
+      <c r="D610" s="3"/>
+    </row>
+    <row r="611" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A611" s="2"/>
+      <c r="B611" s="3"/>
+      <c r="C611" s="3"/>
+      <c r="D611" s="3"/>
+    </row>
+    <row r="612" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A612" s="2"/>
+      <c r="B612" s="3"/>
+      <c r="C612" s="3"/>
+      <c r="D612" s="3"/>
+    </row>
+    <row r="613" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A613" s="2"/>
+      <c r="B613" s="3"/>
+      <c r="C613" s="3"/>
+      <c r="D613" s="3"/>
+    </row>
+    <row r="614" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A614" s="2"/>
+      <c r="B614" s="3"/>
+      <c r="C614" s="3"/>
+      <c r="D614" s="3"/>
+    </row>
+    <row r="615" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A615" s="2"/>
+      <c r="B615" s="3"/>
+      <c r="C615" s="3"/>
+      <c r="D615" s="3"/>
+    </row>
+    <row r="616" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A616" s="2"/>
+      <c r="B616" s="3"/>
+      <c r="C616" s="3"/>
+      <c r="D616" s="3"/>
+    </row>
+    <row r="617" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A617" s="2"/>
+      <c r="B617" s="3"/>
+      <c r="C617" s="3"/>
+      <c r="D617" s="3"/>
+    </row>
+    <row r="618" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A618" s="2"/>
+      <c r="B618" s="3"/>
+      <c r="C618" s="3"/>
+      <c r="D618" s="3"/>
+    </row>
+    <row r="619" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A619" s="2"/>
+      <c r="B619" s="3"/>
+      <c r="C619" s="3"/>
+      <c r="D619" s="3"/>
+    </row>
+    <row r="620" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A620" s="2"/>
+      <c r="B620" s="3"/>
+      <c r="C620" s="3"/>
+      <c r="D620" s="3"/>
+    </row>
+    <row r="621" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A621" s="2"/>
+      <c r="B621" s="3"/>
+      <c r="C621" s="3"/>
+      <c r="D621" s="3"/>
+    </row>
+    <row r="622" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A622" s="2"/>
+      <c r="B622" s="3"/>
+      <c r="C622" s="3"/>
+      <c r="D622" s="3"/>
+    </row>
+    <row r="623" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A623" s="2"/>
+      <c r="B623" s="3"/>
+      <c r="C623" s="3"/>
+      <c r="D623" s="3"/>
+    </row>
+    <row r="624" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A624" s="2"/>
+      <c r="B624" s="3"/>
+      <c r="C624" s="3"/>
+      <c r="D624" s="3"/>
+    </row>
+    <row r="625" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A625" s="2"/>
+      <c r="B625" s="3"/>
+      <c r="C625" s="3"/>
+      <c r="D625" s="3"/>
+    </row>
+    <row r="626" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A626" s="2"/>
+      <c r="B626" s="3"/>
+      <c r="C626" s="3"/>
+      <c r="D626" s="3"/>
+    </row>
+    <row r="627" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A627" s="2"/>
+      <c r="B627" s="3"/>
+      <c r="C627" s="3"/>
+      <c r="D627" s="3"/>
+    </row>
+    <row r="628" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A628" s="2"/>
+      <c r="B628" s="3"/>
+      <c r="C628" s="3"/>
+      <c r="D628" s="3"/>
+    </row>
+    <row r="629" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A629" s="2"/>
+      <c r="B629" s="3"/>
+      <c r="C629" s="3"/>
+      <c r="D629" s="3"/>
+    </row>
+    <row r="630" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A630" s="2"/>
+      <c r="B630" s="3"/>
+      <c r="C630" s="3"/>
+      <c r="D630" s="3"/>
+    </row>
+    <row r="631" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A631" s="2"/>
+      <c r="B631" s="3"/>
+      <c r="C631" s="3"/>
+      <c r="D631" s="3"/>
+    </row>
+    <row r="632" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A632" s="2"/>
+      <c r="B632" s="3"/>
+      <c r="C632" s="3"/>
+      <c r="D632" s="3"/>
+    </row>
+    <row r="633" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A633" s="2"/>
+      <c r="B633" s="3"/>
+      <c r="C633" s="3"/>
+      <c r="D633" s="3"/>
+    </row>
+    <row r="634" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A634" s="2"/>
+      <c r="B634" s="3"/>
+      <c r="C634" s="3"/>
+      <c r="D634" s="3"/>
+    </row>
+    <row r="635" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A635" s="2"/>
+      <c r="B635" s="3"/>
+      <c r="C635" s="3"/>
+      <c r="D635" s="3"/>
+    </row>
+    <row r="636" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A636" s="2"/>
+      <c r="B636" s="3"/>
+      <c r="C636" s="3"/>
+      <c r="D636" s="3"/>
+    </row>
+    <row r="637" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A637" s="2"/>
+      <c r="B637" s="3"/>
+      <c r="C637" s="3"/>
+      <c r="D637" s="3"/>
+    </row>
+    <row r="638" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A638" s="2"/>
+      <c r="B638" s="3"/>
+      <c r="C638" s="3"/>
+      <c r="D638" s="3"/>
+    </row>
+    <row r="639" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A639" s="2"/>
+      <c r="B639" s="3"/>
+      <c r="C639" s="3"/>
+      <c r="D639" s="3"/>
+    </row>
+    <row r="640" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A640" s="2"/>
+      <c r="B640" s="3"/>
+      <c r="C640" s="3"/>
+      <c r="D640" s="3"/>
+    </row>
+    <row r="641" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A641" s="2"/>
+      <c r="B641" s="3"/>
+      <c r="C641" s="3"/>
+      <c r="D641" s="3"/>
+    </row>
+    <row r="642" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A642" s="2"/>
+      <c r="B642" s="3"/>
+      <c r="C642" s="3"/>
+      <c r="D642" s="3"/>
+    </row>
+    <row r="643" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A643" s="2"/>
+      <c r="B643" s="3"/>
+      <c r="C643" s="3"/>
+      <c r="D643" s="3"/>
+    </row>
+    <row r="644" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A644" s="2"/>
+      <c r="B644" s="3"/>
+      <c r="C644" s="3"/>
+      <c r="D644" s="3"/>
+    </row>
+    <row r="645" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A645" s="2"/>
+      <c r="B645" s="3"/>
+      <c r="C645" s="3"/>
+      <c r="D645" s="3"/>
+    </row>
+    <row r="646" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A646" s="2"/>
+      <c r="B646" s="3"/>
+      <c r="C646" s="3"/>
+      <c r="D646" s="3"/>
+    </row>
+    <row r="647" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A647" s="2"/>
+      <c r="B647" s="3"/>
+      <c r="C647" s="3"/>
+      <c r="D647" s="3"/>
+    </row>
+    <row r="648" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A648" s="2"/>
+      <c r="B648" s="3"/>
+      <c r="C648" s="3"/>
+      <c r="D648" s="3"/>
+    </row>
+    <row r="649" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A649" s="2"/>
+      <c r="B649" s="3"/>
+      <c r="C649" s="3"/>
+      <c r="D649" s="3"/>
+    </row>
+    <row r="650" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A650" s="2"/>
+      <c r="B650" s="3"/>
+      <c r="C650" s="3"/>
+      <c r="D650" s="3"/>
+    </row>
+    <row r="651" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A651" s="2"/>
+      <c r="B651" s="3"/>
+      <c r="C651" s="3"/>
+      <c r="D651" s="3"/>
+    </row>
+    <row r="652" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A652" s="2"/>
+      <c r="B652" s="3"/>
+      <c r="C652" s="3"/>
+      <c r="D652" s="3"/>
+    </row>
+    <row r="653" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A653" s="2"/>
+      <c r="B653" s="3"/>
+      <c r="C653" s="3"/>
+      <c r="D653" s="3"/>
+    </row>
+    <row r="654" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A654" s="2"/>
+      <c r="B654" s="3"/>
+      <c r="C654" s="3"/>
+      <c r="D654" s="3"/>
+    </row>
+    <row r="655" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A655" s="2"/>
+      <c r="B655" s="3"/>
+      <c r="C655" s="3"/>
+      <c r="D655" s="3"/>
+    </row>
+    <row r="656" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A656" s="2"/>
+      <c r="B656" s="3"/>
+      <c r="C656" s="3"/>
+      <c r="D656" s="3"/>
+    </row>
+    <row r="657" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A657" s="2"/>
+      <c r="B657" s="3"/>
+      <c r="C657" s="3"/>
+      <c r="D657" s="3"/>
+    </row>
+    <row r="658" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A658" s="2"/>
+      <c r="B658" s="3"/>
+      <c r="C658" s="3"/>
+      <c r="D658" s="3"/>
+    </row>
+    <row r="659" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A659" s="2"/>
+      <c r="B659" s="3"/>
+      <c r="C659" s="3"/>
+      <c r="D659" s="3"/>
+    </row>
+    <row r="660" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A660" s="2"/>
+      <c r="B660" s="3"/>
+      <c r="C660" s="3"/>
+      <c r="D660" s="3"/>
+    </row>
+    <row r="661" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A661" s="2"/>
+      <c r="B661" s="3"/>
+      <c r="C661" s="3"/>
+      <c r="D661" s="3"/>
+    </row>
+    <row r="662" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A662" s="2"/>
+      <c r="B662" s="3"/>
+      <c r="C662" s="3"/>
+      <c r="D662" s="3"/>
+    </row>
+    <row r="663" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A663" s="2"/>
+      <c r="B663" s="3"/>
+      <c r="C663" s="3"/>
+      <c r="D663" s="3"/>
+    </row>
+    <row r="664" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A664" s="2"/>
+      <c r="B664" s="3"/>
+      <c r="C664" s="3"/>
+      <c r="D664" s="3"/>
+    </row>
+    <row r="665" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A665" s="2"/>
+      <c r="B665" s="3"/>
+      <c r="C665" s="3"/>
+      <c r="D665" s="3"/>
+    </row>
+    <row r="666" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A666" s="2"/>
+      <c r="B666" s="3"/>
+      <c r="C666" s="3"/>
+      <c r="D666" s="3"/>
+    </row>
+    <row r="667" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A667" s="2"/>
+      <c r="B667" s="3"/>
+      <c r="C667" s="3"/>
+      <c r="D667" s="3"/>
+    </row>
+    <row r="668" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A668" s="2"/>
+      <c r="B668" s="3"/>
+      <c r="C668" s="3"/>
+      <c r="D668" s="3"/>
+    </row>
+    <row r="669" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A669" s="2"/>
+      <c r="B669" s="3"/>
+      <c r="C669" s="3"/>
+      <c r="D669" s="3"/>
+    </row>
+    <row r="670" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A670" s="2"/>
+      <c r="B670" s="3"/>
+      <c r="C670" s="3"/>
+      <c r="D670" s="3"/>
+    </row>
+    <row r="671" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A671" s="2"/>
+      <c r="B671" s="3"/>
+      <c r="C671" s="3"/>
+      <c r="D671" s="3"/>
+    </row>
+    <row r="672" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A672" s="2"/>
+      <c r="B672" s="3"/>
+      <c r="C672" s="3"/>
+      <c r="D672" s="3"/>
+    </row>
+    <row r="673" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A673" s="2"/>
+      <c r="B673" s="3"/>
+      <c r="C673" s="3"/>
+      <c r="D673" s="3"/>
+    </row>
+    <row r="674" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A674" s="2"/>
+      <c r="B674" s="3"/>
+      <c r="C674" s="3"/>
+      <c r="D674" s="3"/>
+    </row>
+    <row r="675" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A675" s="2"/>
+      <c r="B675" s="3"/>
+      <c r="C675" s="3"/>
+      <c r="D675" s="3"/>
+    </row>
+    <row r="676" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A676" s="2"/>
+      <c r="B676" s="3"/>
+      <c r="C676" s="3"/>
+      <c r="D676" s="3"/>
+    </row>
+    <row r="677" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A677" s="2"/>
+      <c r="B677" s="3"/>
+      <c r="C677" s="3"/>
+      <c r="D677" s="3"/>
+    </row>
+    <row r="678" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A678" s="2"/>
+      <c r="B678" s="3"/>
+      <c r="C678" s="3"/>
+      <c r="D678" s="3"/>
+    </row>
+    <row r="679" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A679" s="2"/>
+      <c r="B679" s="3"/>
+      <c r="C679" s="3"/>
+      <c r="D679" s="3"/>
+    </row>
+    <row r="680" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A680" s="2"/>
+      <c r="B680" s="3"/>
+      <c r="C680" s="3"/>
+      <c r="D680" s="3"/>
+    </row>
+    <row r="681" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A681" s="2"/>
+      <c r="B681" s="3"/>
+      <c r="C681" s="3"/>
+      <c r="D681" s="3"/>
+    </row>
+    <row r="682" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A682" s="2"/>
+      <c r="B682" s="3"/>
+      <c r="C682" s="3"/>
+      <c r="D682" s="3"/>
+    </row>
+    <row r="683" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A683" s="2"/>
+      <c r="B683" s="3"/>
+      <c r="C683" s="3"/>
+      <c r="D683" s="3"/>
+    </row>
+    <row r="684" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A684" s="2"/>
+      <c r="B684" s="3"/>
+      <c r="C684" s="3"/>
+      <c r="D684" s="3"/>
+    </row>
+    <row r="685" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A685" s="2"/>
+      <c r="B685" s="3"/>
+      <c r="C685" s="3"/>
+      <c r="D685" s="3"/>
+    </row>
+    <row r="686" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A686" s="2"/>
+      <c r="B686" s="3"/>
+      <c r="C686" s="3"/>
+      <c r="D686" s="3"/>
+    </row>
+    <row r="687" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A687" s="2"/>
+      <c r="B687" s="3"/>
+      <c r="C687" s="3"/>
+      <c r="D687" s="3"/>
+    </row>
+    <row r="688" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A688" s="2"/>
+      <c r="B688" s="3"/>
+      <c r="C688" s="3"/>
+      <c r="D688" s="3"/>
+    </row>
+    <row r="689" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A689" s="2"/>
+      <c r="B689" s="3"/>
+      <c r="C689" s="3"/>
+      <c r="D689" s="3"/>
+    </row>
+    <row r="690" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A690" s="2"/>
+      <c r="B690" s="3"/>
+      <c r="C690" s="3"/>
+      <c r="D690" s="3"/>
+    </row>
+    <row r="691" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A691" s="2"/>
+      <c r="B691" s="3"/>
+      <c r="C691" s="3"/>
+      <c r="D691" s="3"/>
+    </row>
+    <row r="692" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A692" s="2"/>
+      <c r="B692" s="3"/>
+      <c r="C692" s="3"/>
+      <c r="D692" s="3"/>
+    </row>
+    <row r="693" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A693" s="2"/>
+      <c r="B693" s="3"/>
+      <c r="C693" s="3"/>
+      <c r="D693" s="3"/>
+    </row>
+    <row r="694" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A694" s="2"/>
+      <c r="B694" s="3"/>
+      <c r="C694" s="3"/>
+      <c r="D694" s="3"/>
+    </row>
+    <row r="695" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A695" s="2"/>
+      <c r="B695" s="3"/>
+      <c r="C695" s="3"/>
+      <c r="D695" s="3"/>
+    </row>
+    <row r="696" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A696" s="2"/>
+      <c r="B696" s="3"/>
+      <c r="C696" s="3"/>
+      <c r="D696" s="3"/>
+    </row>
+    <row r="697" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A697" s="2"/>
+      <c r="B697" s="3"/>
+      <c r="C697" s="3"/>
+      <c r="D697" s="3"/>
+    </row>
+    <row r="698" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A698" s="2"/>
+      <c r="B698" s="3"/>
+      <c r="C698" s="3"/>
+      <c r="D698" s="3"/>
+    </row>
+    <row r="699" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A699" s="2"/>
+      <c r="B699" s="3"/>
+      <c r="C699" s="3"/>
+      <c r="D699" s="3"/>
+    </row>
+    <row r="700" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A700" s="2"/>
+      <c r="B700" s="3"/>
+      <c r="C700" s="3"/>
+      <c r="D700" s="3"/>
+    </row>
+    <row r="701" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A701" s="2"/>
+      <c r="B701" s="3"/>
+      <c r="C701" s="3"/>
+      <c r="D701" s="3"/>
+    </row>
+    <row r="702" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A702" s="2"/>
+      <c r="B702" s="3"/>
+      <c r="C702" s="3"/>
+      <c r="D702" s="3"/>
+    </row>
+    <row r="703" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A703" s="2"/>
+      <c r="B703" s="3"/>
+      <c r="C703" s="3"/>
+      <c r="D703" s="3"/>
+    </row>
+    <row r="704" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A704" s="2"/>
+      <c r="B704" s="3"/>
+      <c r="C704" s="3"/>
+      <c r="D704" s="3"/>
+    </row>
+    <row r="705" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A705" s="2"/>
+      <c r="B705" s="3"/>
+      <c r="C705" s="3"/>
+      <c r="D705" s="3"/>
+    </row>
+    <row r="706" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A706" s="2"/>
+      <c r="B706" s="3"/>
+      <c r="C706" s="3"/>
+      <c r="D706" s="3"/>
+    </row>
+    <row r="707" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A707" s="2"/>
+      <c r="B707" s="3"/>
+      <c r="C707" s="3"/>
+      <c r="D707" s="3"/>
+    </row>
+    <row r="708" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A708" s="2"/>
+      <c r="B708" s="3"/>
+      <c r="C708" s="3"/>
+      <c r="D708" s="3"/>
+    </row>
+    <row r="709" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A709" s="2"/>
+      <c r="B709" s="3"/>
+      <c r="C709" s="3"/>
+      <c r="D709" s="3"/>
+    </row>
+    <row r="710" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A710" s="2"/>
+      <c r="B710" s="3"/>
+      <c r="C710" s="3"/>
+      <c r="D710" s="3"/>
+    </row>
+    <row r="711" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A711" s="2"/>
+      <c r="B711" s="3"/>
+      <c r="C711" s="3"/>
+      <c r="D711" s="3"/>
+    </row>
+    <row r="712" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A712" s="2"/>
+      <c r="B712" s="3"/>
+      <c r="C712" s="3"/>
+      <c r="D712" s="3"/>
+    </row>
+    <row r="713" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A713" s="2"/>
+      <c r="B713" s="3"/>
+      <c r="C713" s="3"/>
+      <c r="D713" s="3"/>
+    </row>
+    <row r="714" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A714" s="2"/>
+      <c r="B714" s="3"/>
+      <c r="C714" s="3"/>
+      <c r="D714" s="3"/>
+    </row>
+    <row r="715" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A715" s="2"/>
+      <c r="B715" s="3"/>
+      <c r="C715" s="3"/>
+      <c r="D715" s="3"/>
+    </row>
+    <row r="716" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A716" s="2"/>
+      <c r="B716" s="3"/>
+      <c r="C716" s="3"/>
+      <c r="D716" s="3"/>
+    </row>
+    <row r="717" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A717" s="2"/>
+      <c r="B717" s="3"/>
+      <c r="C717" s="3"/>
+      <c r="D717" s="3"/>
+    </row>
+    <row r="718" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A718" s="2"/>
+      <c r="B718" s="3"/>
+      <c r="C718" s="3"/>
+      <c r="D718" s="3"/>
+    </row>
+    <row r="719" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A719" s="2"/>
+      <c r="B719" s="3"/>
+      <c r="C719" s="3"/>
+      <c r="D719" s="3"/>
+    </row>
+    <row r="720" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A720" s="2"/>
+      <c r="B720" s="3"/>
+      <c r="C720" s="3"/>
+      <c r="D720" s="3"/>
+    </row>
+    <row r="721" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A721" s="2"/>
+      <c r="B721" s="3"/>
+      <c r="C721" s="3"/>
+      <c r="D721" s="3"/>
+    </row>
+    <row r="722" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A722" s="2"/>
+      <c r="B722" s="3"/>
+      <c r="C722" s="3"/>
+      <c r="D722" s="3"/>
+    </row>
+    <row r="723" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A723" s="2"/>
+      <c r="B723" s="3"/>
+      <c r="C723" s="3"/>
+      <c r="D723" s="3"/>
+    </row>
+    <row r="724" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A724" s="2"/>
+      <c r="B724" s="3"/>
+      <c r="C724" s="3"/>
+      <c r="D724" s="3"/>
+    </row>
+    <row r="725" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A725" s="2"/>
+      <c r="B725" s="3"/>
+      <c r="C725" s="3"/>
+      <c r="D725" s="3"/>
+    </row>
+    <row r="726" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A726" s="2"/>
+      <c r="B726" s="3"/>
+      <c r="C726" s="3"/>
+      <c r="D726" s="3"/>
+    </row>
+    <row r="727" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A727" s="2"/>
+      <c r="B727" s="3"/>
+      <c r="C727" s="3"/>
+      <c r="D727" s="3"/>
+    </row>
+    <row r="728" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A728" s="2"/>
+      <c r="B728" s="3"/>
+      <c r="C728" s="3"/>
+      <c r="D728" s="3"/>
+    </row>
+    <row r="729" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A729" s="2"/>
+      <c r="B729" s="3"/>
+      <c r="C729" s="3"/>
+      <c r="D729" s="3"/>
+    </row>
+    <row r="730" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A730" s="2"/>
+      <c r="B730" s="3"/>
+      <c r="C730" s="3"/>
+      <c r="D730" s="3"/>
+    </row>
+    <row r="731" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A731" s="2"/>
+      <c r="B731" s="3"/>
+      <c r="C731" s="3"/>
+      <c r="D731" s="3"/>
+    </row>
+    <row r="732" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A732" s="2"/>
+      <c r="B732" s="3"/>
+      <c r="C732" s="3"/>
+      <c r="D732" s="3"/>
+    </row>
+    <row r="733" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A733" s="2"/>
+      <c r="B733" s="3"/>
+      <c r="C733" s="3"/>
+      <c r="D733" s="3"/>
+    </row>
+    <row r="734" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A734" s="2"/>
+      <c r="B734" s="3"/>
+      <c r="C734" s="3"/>
+      <c r="D734" s="3"/>
+    </row>
+    <row r="735" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A735" s="2"/>
+      <c r="B735" s="3"/>
+      <c r="C735" s="3"/>
+      <c r="D735" s="3"/>
+    </row>
+    <row r="736" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A736" s="2"/>
+      <c r="B736" s="3"/>
+      <c r="C736" s="3"/>
+      <c r="D736" s="3"/>
+    </row>
+    <row r="737" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A737" s="2"/>
+      <c r="B737" s="3"/>
+      <c r="C737" s="3"/>
+      <c r="D737" s="3"/>
+    </row>
+    <row r="738" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A738" s="2"/>
+      <c r="B738" s="3"/>
+      <c r="C738" s="3"/>
+      <c r="D738" s="3"/>
+    </row>
+    <row r="739" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A739" s="2"/>
+      <c r="B739" s="3"/>
+      <c r="C739" s="3"/>
+      <c r="D739" s="3"/>
+    </row>
+    <row r="740" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A740" s="2"/>
+      <c r="B740" s="3"/>
+      <c r="C740" s="3"/>
+      <c r="D740" s="3"/>
+    </row>
+    <row r="741" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A741" s="2"/>
+      <c r="B741" s="3"/>
+      <c r="C741" s="3"/>
+      <c r="D741" s="3"/>
+    </row>
+    <row r="742" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A742" s="2"/>
+      <c r="B742" s="3"/>
+      <c r="C742" s="3"/>
+      <c r="D742" s="3"/>
+    </row>
+    <row r="743" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A743" s="2"/>
+      <c r="B743" s="3"/>
+      <c r="C743" s="3"/>
+      <c r="D743" s="3"/>
+    </row>
+    <row r="744" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A744" s="2"/>
+      <c r="B744" s="3"/>
+      <c r="C744" s="3"/>
+      <c r="D744" s="3"/>
+    </row>
+    <row r="745" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A745" s="2"/>
+      <c r="B745" s="3"/>
+      <c r="C745" s="3"/>
+      <c r="D745" s="3"/>
+    </row>
+    <row r="746" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A746" s="2"/>
+      <c r="B746" s="3"/>
+      <c r="C746" s="3"/>
+      <c r="D746" s="3"/>
+    </row>
+    <row r="747" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A747" s="2"/>
+      <c r="B747" s="3"/>
+      <c r="C747" s="3"/>
+      <c r="D747" s="3"/>
+    </row>
+    <row r="748" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A748" s="2"/>
+      <c r="B748" s="3"/>
+      <c r="C748" s="3"/>
+      <c r="D748" s="3"/>
+    </row>
+    <row r="749" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A749" s="2"/>
+      <c r="B749" s="3"/>
+      <c r="C749" s="3"/>
+      <c r="D749" s="3"/>
+    </row>
+    <row r="750" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A750" s="2"/>
+      <c r="B750" s="3"/>
+      <c r="C750" s="3"/>
+      <c r="D750" s="3"/>
+    </row>
+    <row r="751" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A751" s="2"/>
+      <c r="B751" s="3"/>
+      <c r="C751" s="3"/>
+      <c r="D751" s="3"/>
+    </row>
+    <row r="752" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A752" s="2"/>
+      <c r="B752" s="3"/>
+      <c r="C752" s="3"/>
+      <c r="D752" s="3"/>
+    </row>
+    <row r="753" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A753" s="2"/>
+      <c r="B753" s="3"/>
+      <c r="C753" s="3"/>
+      <c r="D753" s="3"/>
+    </row>
+    <row r="754" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A754" s="2"/>
+      <c r="B754" s="3"/>
+      <c r="C754" s="3"/>
+      <c r="D754" s="3"/>
+    </row>
+    <row r="755" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A755" s="2"/>
+      <c r="B755" s="3"/>
+      <c r="C755" s="3"/>
+      <c r="D755" s="3"/>
+    </row>
+    <row r="756" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A756" s="2"/>
+      <c r="B756" s="3"/>
+      <c r="C756" s="3"/>
+      <c r="D756" s="3"/>
+    </row>
+    <row r="757" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A757" s="2"/>
+      <c r="B757" s="3"/>
+      <c r="C757" s="3"/>
+      <c r="D757" s="3"/>
+    </row>
+    <row r="758" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A758" s="2"/>
+      <c r="B758" s="3"/>
+      <c r="C758" s="3"/>
+      <c r="D758" s="3"/>
+    </row>
+    <row r="759" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A759" s="2"/>
+      <c r="B759" s="3"/>
+      <c r="C759" s="3"/>
+      <c r="D759" s="3"/>
+    </row>
+    <row r="760" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A760" s="2"/>
+      <c r="B760" s="3"/>
+      <c r="C760" s="3"/>
+      <c r="D760" s="3"/>
+    </row>
+    <row r="761" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A761" s="2"/>
+      <c r="B761" s="3"/>
+      <c r="C761" s="3"/>
+      <c r="D761" s="3"/>
+    </row>
+    <row r="762" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A762" s="2"/>
+      <c r="B762" s="3"/>
+      <c r="C762" s="3"/>
+      <c r="D762" s="3"/>
+    </row>
+    <row r="763" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A763" s="2"/>
+      <c r="B763" s="3"/>
+      <c r="C763" s="3"/>
+      <c r="D763" s="3"/>
+    </row>
+    <row r="764" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A764" s="2"/>
+      <c r="B764" s="3"/>
+      <c r="C764" s="3"/>
+      <c r="D764" s="3"/>
+    </row>
+    <row r="765" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A765" s="2"/>
+      <c r="B765" s="3"/>
+      <c r="C765" s="3"/>
+      <c r="D765" s="3"/>
+    </row>
+    <row r="766" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A766" s="2"/>
+      <c r="B766" s="3"/>
+      <c r="C766" s="3"/>
+      <c r="D766" s="3"/>
+    </row>
+    <row r="767" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A767" s="2"/>
+      <c r="B767" s="3"/>
+      <c r="C767" s="3"/>
+      <c r="D767" s="3"/>
+    </row>
+    <row r="768" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A768" s="2"/>
+      <c r="B768" s="3"/>
+      <c r="C768" s="3"/>
+      <c r="D768" s="3"/>
+    </row>
+    <row r="769" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A769" s="2"/>
+      <c r="B769" s="3"/>
+      <c r="C769" s="3"/>
+      <c r="D769" s="3"/>
+    </row>
+    <row r="770" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A770" s="2"/>
+      <c r="B770" s="3"/>
+      <c r="C770" s="3"/>
+      <c r="D770" s="3"/>
+    </row>
+    <row r="771" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A771" s="2"/>
+      <c r="B771" s="3"/>
+      <c r="C771" s="3"/>
+      <c r="D771" s="3"/>
+    </row>
+    <row r="772" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A772" s="2"/>
+      <c r="B772" s="3"/>
+      <c r="C772" s="3"/>
+      <c r="D772" s="3"/>
+    </row>
+    <row r="773" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A773" s="2"/>
+      <c r="B773" s="3"/>
+      <c r="C773" s="3"/>
+      <c r="D773" s="3"/>
+    </row>
+    <row r="774" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A774" s="2"/>
+      <c r="B774" s="3"/>
+      <c r="C774" s="3"/>
+      <c r="D774" s="3"/>
+    </row>
+    <row r="775" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A775" s="2"/>
+      <c r="B775" s="3"/>
+      <c r="C775" s="3"/>
+      <c r="D775" s="3"/>
+    </row>
+    <row r="776" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A776" s="2"/>
+      <c r="B776" s="3"/>
+      <c r="C776" s="3"/>
+      <c r="D776" s="3"/>
+    </row>
+    <row r="777" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A777" s="2"/>
+      <c r="B777" s="3"/>
+      <c r="C777" s="3"/>
+      <c r="D777" s="3"/>
+    </row>
+    <row r="778" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A778" s="2"/>
+      <c r="B778" s="3"/>
+      <c r="C778" s="3"/>
+      <c r="D778" s="3"/>
+    </row>
+    <row r="779" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A779" s="2"/>
+      <c r="B779" s="3"/>
+      <c r="C779" s="3"/>
+      <c r="D779" s="3"/>
+    </row>
+    <row r="780" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A780" s="2"/>
+      <c r="B780" s="3"/>
+      <c r="C780" s="3"/>
+      <c r="D780" s="3"/>
+    </row>
+    <row r="781" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A781" s="2"/>
+      <c r="B781" s="3"/>
+      <c r="C781" s="3"/>
+      <c r="D781" s="3"/>
+    </row>
+    <row r="782" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A782" s="2"/>
+      <c r="B782" s="3"/>
+      <c r="C782" s="3"/>
+      <c r="D782" s="3"/>
+    </row>
+    <row r="783" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A783" s="2"/>
+      <c r="B783" s="3"/>
+      <c r="C783" s="3"/>
+      <c r="D783" s="3"/>
+    </row>
+    <row r="784" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A784" s="2"/>
+      <c r="B784" s="3"/>
+      <c r="C784" s="3"/>
+      <c r="D784" s="3"/>
+    </row>
+    <row r="785" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A785" s="2"/>
+      <c r="B785" s="3"/>
+      <c r="C785" s="3"/>
+      <c r="D785" s="3"/>
+    </row>
+    <row r="786" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A786" s="2"/>
+      <c r="B786" s="3"/>
+      <c r="C786" s="3"/>
+      <c r="D786" s="3"/>
+    </row>
+    <row r="787" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A787" s="2"/>
+      <c r="B787" s="3"/>
+      <c r="C787" s="3"/>
+      <c r="D787" s="3"/>
+    </row>
+    <row r="788" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A788" s="2"/>
+      <c r="B788" s="3"/>
+      <c r="C788" s="3"/>
+      <c r="D788" s="3"/>
+    </row>
+    <row r="789" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A789" s="2"/>
+      <c r="B789" s="3"/>
+      <c r="C789" s="3"/>
+      <c r="D789" s="3"/>
+    </row>
+    <row r="790" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A790" s="2"/>
+      <c r="B790" s="3"/>
+      <c r="C790" s="3"/>
+      <c r="D790" s="3"/>
+    </row>
+    <row r="791" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A791" s="2"/>
+      <c r="B791" s="3"/>
+      <c r="C791" s="3"/>
+      <c r="D791" s="3"/>
+    </row>
+    <row r="792" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A792" s="2"/>
+      <c r="B792" s="3"/>
+      <c r="C792" s="3"/>
+      <c r="D792" s="3"/>
+    </row>
+    <row r="793" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A793" s="2"/>
+      <c r="B793" s="3"/>
+      <c r="C793" s="3"/>
+      <c r="D793" s="3"/>
+    </row>
+    <row r="794" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A794" s="2"/>
+      <c r="B794" s="3"/>
+      <c r="C794" s="3"/>
+      <c r="D794" s="3"/>
+    </row>
+    <row r="795" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A795" s="2"/>
+      <c r="B795" s="3"/>
+      <c r="C795" s="3"/>
+      <c r="D795" s="3"/>
+    </row>
+    <row r="796" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A796" s="2"/>
+      <c r="B796" s="3"/>
+      <c r="C796" s="3"/>
+      <c r="D796" s="3"/>
+    </row>
+    <row r="797" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A797" s="2"/>
+      <c r="B797" s="3"/>
+      <c r="C797" s="3"/>
+      <c r="D797" s="3"/>
+    </row>
+    <row r="798" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A798" s="2"/>
+      <c r="B798" s="3"/>
+      <c r="C798" s="3"/>
+      <c r="D798" s="3"/>
+    </row>
+    <row r="799" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A799" s="2"/>
+      <c r="B799" s="3"/>
+      <c r="C799" s="3"/>
+      <c r="D799" s="3"/>
+    </row>
+    <row r="800" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A800" s="2"/>
+      <c r="B800" s="3"/>
+      <c r="C800" s="3"/>
+      <c r="D800" s="3"/>
+    </row>
+    <row r="801" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A801" s="2"/>
+      <c r="B801" s="3"/>
+      <c r="C801" s="3"/>
+      <c r="D801" s="3"/>
+    </row>
+    <row r="802" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A802" s="2"/>
+      <c r="B802" s="3"/>
+      <c r="C802" s="3"/>
+      <c r="D802" s="3"/>
+    </row>
+    <row r="803" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A803" s="2"/>
+      <c r="B803" s="3"/>
+      <c r="C803" s="3"/>
+      <c r="D803" s="3"/>
+    </row>
+    <row r="804" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A804" s="2"/>
+      <c r="B804" s="3"/>
+      <c r="C804" s="3"/>
+      <c r="D804" s="3"/>
+    </row>
+    <row r="805" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A805" s="2"/>
+      <c r="B805" s="3"/>
+      <c r="C805" s="3"/>
+      <c r="D805" s="3"/>
+    </row>
+    <row r="806" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A806" s="2"/>
+      <c r="B806" s="3"/>
+      <c r="C806" s="3"/>
+      <c r="D806" s="3"/>
+    </row>
+    <row r="807" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A807" s="2"/>
+      <c r="B807" s="3"/>
+      <c r="C807" s="3"/>
+      <c r="D807" s="3"/>
+    </row>
+    <row r="808" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A808" s="2"/>
+      <c r="B808" s="3"/>
+      <c r="C808" s="3"/>
+      <c r="D808" s="3"/>
+    </row>
+    <row r="809" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A809" s="2"/>
+      <c r="B809" s="3"/>
+      <c r="C809" s="3"/>
+      <c r="D809" s="3"/>
+    </row>
+    <row r="810" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A810" s="2"/>
+      <c r="B810" s="3"/>
+      <c r="C810" s="3"/>
+      <c r="D810" s="3"/>
+    </row>
+    <row r="811" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A811" s="2"/>
+      <c r="B811" s="3"/>
+      <c r="C811" s="3"/>
+      <c r="D811" s="3"/>
+    </row>
+    <row r="812" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A812" s="2"/>
+      <c r="B812" s="3"/>
+      <c r="C812" s="3"/>
+      <c r="D812" s="3"/>
+    </row>
+    <row r="813" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A813" s="2"/>
+      <c r="B813" s="3"/>
+      <c r="C813" s="3"/>
+      <c r="D813" s="3"/>
+    </row>
+    <row r="814" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A814" s="2"/>
+      <c r="B814" s="3"/>
+      <c r="C814" s="3"/>
+      <c r="D814" s="3"/>
+    </row>
+    <row r="815" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A815" s="2"/>
+      <c r="B815" s="3"/>
+      <c r="C815" s="3"/>
+      <c r="D815" s="3"/>
+    </row>
+    <row r="816" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A816" s="2"/>
+      <c r="B816" s="3"/>
+      <c r="C816" s="3"/>
+      <c r="D816" s="3"/>
+    </row>
+    <row r="817" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A817" s="2"/>
+      <c r="B817" s="3"/>
+      <c r="C817" s="3"/>
+      <c r="D817" s="3"/>
+    </row>
+    <row r="818" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A818" s="2"/>
+      <c r="B818" s="3"/>
+      <c r="C818" s="3"/>
+      <c r="D818" s="3"/>
+    </row>
+    <row r="819" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A819" s="2"/>
+      <c r="B819" s="3"/>
+      <c r="C819" s="3"/>
+      <c r="D819" s="3"/>
+    </row>
+    <row r="820" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A820" s="2"/>
+      <c r="B820" s="3"/>
+      <c r="C820" s="3"/>
+      <c r="D820" s="3"/>
+    </row>
+    <row r="821" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A821" s="2"/>
+      <c r="B821" s="3"/>
+      <c r="C821" s="3"/>
+      <c r="D821" s="3"/>
+    </row>
+    <row r="822" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A822" s="2"/>
+      <c r="B822" s="3"/>
+      <c r="C822" s="3"/>
+      <c r="D822" s="3"/>
+    </row>
+    <row r="823" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A823" s="2"/>
+      <c r="B823" s="3"/>
+      <c r="C823" s="3"/>
+      <c r="D823" s="3"/>
+    </row>
+    <row r="824" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A824" s="2"/>
+      <c r="B824" s="3"/>
+      <c r="C824" s="3"/>
+      <c r="D824" s="3"/>
+    </row>
+    <row r="825" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A825" s="2"/>
+      <c r="B825" s="3"/>
+      <c r="C825" s="3"/>
+      <c r="D825" s="3"/>
+    </row>
+    <row r="826" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A826" s="2"/>
+      <c r="B826" s="3"/>
+      <c r="C826" s="3"/>
+      <c r="D826" s="3"/>
+    </row>
+    <row r="827" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A827" s="2"/>
+      <c r="B827" s="3"/>
+      <c r="C827" s="3"/>
+      <c r="D827" s="3"/>
+    </row>
+    <row r="828" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A828" s="2"/>
+      <c r="B828" s="3"/>
+      <c r="C828" s="3"/>
+      <c r="D828" s="3"/>
+    </row>
+    <row r="829" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A829" s="2"/>
+      <c r="B829" s="3"/>
+      <c r="C829" s="3"/>
+      <c r="D829" s="3"/>
+    </row>
+    <row r="830" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A830" s="2"/>
+      <c r="B830" s="3"/>
+      <c r="C830" s="3"/>
+      <c r="D830" s="3"/>
+    </row>
+    <row r="831" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A831" s="2"/>
+      <c r="B831" s="3"/>
+      <c r="C831" s="3"/>
+      <c r="D831" s="3"/>
+    </row>
+    <row r="832" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A832" s="2"/>
+      <c r="B832" s="3"/>
+      <c r="C832" s="3"/>
+      <c r="D832" s="3"/>
+    </row>
+    <row r="833" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A833" s="2"/>
+      <c r="B833" s="3"/>
+      <c r="C833" s="3"/>
+      <c r="D833" s="3"/>
+    </row>
+    <row r="834" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A834" s="2"/>
+      <c r="B834" s="3"/>
+      <c r="C834" s="3"/>
+      <c r="D834" s="3"/>
+    </row>
+    <row r="835" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A835" s="2"/>
+      <c r="B835" s="3"/>
+      <c r="C835" s="3"/>
+      <c r="D835" s="3"/>
+    </row>
+    <row r="836" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A836" s="2"/>
+      <c r="B836" s="3"/>
+      <c r="C836" s="3"/>
+      <c r="D836" s="3"/>
+    </row>
+    <row r="837" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A837" s="2"/>
+      <c r="B837" s="3"/>
+      <c r="C837" s="3"/>
+      <c r="D837" s="3"/>
+    </row>
+    <row r="838" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A838" s="2"/>
+      <c r="B838" s="3"/>
+      <c r="C838" s="3"/>
+      <c r="D838" s="3"/>
+    </row>
+    <row r="839" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A839" s="2"/>
+      <c r="B839" s="3"/>
+      <c r="C839" s="3"/>
+      <c r="D839" s="3"/>
+    </row>
+    <row r="840" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A840" s="2"/>
+      <c r="B840" s="3"/>
+      <c r="C840" s="3"/>
+      <c r="D840" s="3"/>
+    </row>
+    <row r="841" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A841" s="2"/>
+      <c r="B841" s="3"/>
+      <c r="C841" s="3"/>
+      <c r="D841" s="3"/>
+    </row>
+    <row r="842" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A842" s="2"/>
+      <c r="B842" s="3"/>
+      <c r="C842" s="3"/>
+      <c r="D842" s="3"/>
+    </row>
+    <row r="843" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A843" s="2"/>
+      <c r="B843" s="3"/>
+      <c r="C843" s="3"/>
+      <c r="D843" s="3"/>
+    </row>
+    <row r="844" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A844" s="2"/>
+      <c r="B844" s="3"/>
+      <c r="C844" s="3"/>
+      <c r="D844" s="3"/>
+    </row>
+    <row r="845" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A845" s="2"/>
+      <c r="B845" s="3"/>
+      <c r="C845" s="3"/>
+      <c r="D845" s="3"/>
+    </row>
+    <row r="846" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A846" s="2"/>
+      <c r="B846" s="3"/>
+      <c r="C846" s="3"/>
+      <c r="D846" s="3"/>
+    </row>
+    <row r="847" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A847" s="2"/>
+      <c r="B847" s="3"/>
+      <c r="C847" s="3"/>
+      <c r="D847" s="3"/>
+    </row>
+    <row r="848" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A848" s="2"/>
+      <c r="B848" s="3"/>
+      <c r="C848" s="3"/>
+      <c r="D848" s="3"/>
+    </row>
+    <row r="849" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A849" s="2"/>
+      <c r="B849" s="3"/>
+      <c r="C849" s="3"/>
+      <c r="D849" s="3"/>
+    </row>
+    <row r="850" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A850" s="2"/>
+      <c r="B850" s="3"/>
+      <c r="C850" s="3"/>
+      <c r="D850" s="3"/>
+    </row>
+    <row r="851" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A851" s="2"/>
+      <c r="B851" s="3"/>
+      <c r="C851" s="3"/>
+      <c r="D851" s="3"/>
+    </row>
+    <row r="852" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A852" s="2"/>
+      <c r="B852" s="3"/>
+      <c r="C852" s="3"/>
+      <c r="D852" s="3"/>
+    </row>
+    <row r="853" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A853" s="2"/>
+      <c r="B853" s="3"/>
+      <c r="C853" s="3"/>
+      <c r="D853" s="3"/>
+    </row>
+    <row r="854" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A854" s="2"/>
+      <c r="B854" s="3"/>
+      <c r="C854" s="3"/>
+      <c r="D854" s="3"/>
+    </row>
+    <row r="855" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A855" s="2"/>
+      <c r="B855" s="3"/>
+      <c r="C855" s="3"/>
+      <c r="D855" s="3"/>
+    </row>
+    <row r="856" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A856" s="2"/>
+      <c r="B856" s="3"/>
+      <c r="C856" s="3"/>
+      <c r="D856" s="3"/>
+    </row>
+    <row r="857" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A857" s="2"/>
+      <c r="B857" s="3"/>
+      <c r="C857" s="3"/>
+      <c r="D857" s="3"/>
+    </row>
+    <row r="858" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A858" s="2"/>
+      <c r="B858" s="3"/>
+      <c r="C858" s="3"/>
+      <c r="D858" s="3"/>
+    </row>
+    <row r="859" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A859" s="2"/>
+      <c r="B859" s="3"/>
+      <c r="C859" s="3"/>
+      <c r="D859" s="3"/>
+    </row>
+    <row r="860" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A860" s="2"/>
+      <c r="B860" s="3"/>
+      <c r="C860" s="3"/>
+      <c r="D860" s="3"/>
+    </row>
+    <row r="861" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A861" s="2"/>
+      <c r="B861" s="3"/>
+      <c r="C861" s="3"/>
+      <c r="D861" s="3"/>
+    </row>
+    <row r="862" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A862" s="2"/>
+      <c r="B862" s="3"/>
+      <c r="C862" s="3"/>
+      <c r="D862" s="3"/>
+    </row>
+    <row r="863" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A863" s="2"/>
+      <c r="B863" s="3"/>
+      <c r="C863" s="3"/>
+      <c r="D863" s="3"/>
+    </row>
+    <row r="864" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A864" s="2"/>
+      <c r="B864" s="3"/>
+      <c r="C864" s="3"/>
+      <c r="D864" s="3"/>
+    </row>
+    <row r="865" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A865" s="2"/>
+      <c r="B865" s="3"/>
+      <c r="C865" s="3"/>
+      <c r="D865" s="3"/>
+    </row>
+    <row r="866" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A866" s="2"/>
+      <c r="B866" s="3"/>
+      <c r="C866" s="3"/>
+      <c r="D866" s="3"/>
+    </row>
+    <row r="867" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A867" s="2"/>
+      <c r="B867" s="3"/>
+      <c r="C867" s="3"/>
+      <c r="D867" s="3"/>
+    </row>
+    <row r="868" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A868" s="2"/>
+      <c r="B868" s="3"/>
+      <c r="C868" s="3"/>
+      <c r="D868" s="3"/>
+    </row>
+    <row r="869" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A869" s="2"/>
+      <c r="B869" s="3"/>
+      <c r="C869" s="3"/>
+      <c r="D869" s="3"/>
+    </row>
+    <row r="870" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A870" s="2"/>
+      <c r="B870" s="3"/>
+      <c r="C870" s="3"/>
+      <c r="D870" s="3"/>
+    </row>
+    <row r="871" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A871" s="2"/>
+      <c r="B871" s="3"/>
+      <c r="C871" s="3"/>
+      <c r="D871" s="3"/>
+    </row>
+    <row r="872" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A872" s="2"/>
+      <c r="B872" s="3"/>
+      <c r="C872" s="3"/>
+      <c r="D872" s="3"/>
+    </row>
+    <row r="873" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A873" s="2"/>
+      <c r="B873" s="3"/>
+      <c r="C873" s="3"/>
+      <c r="D873" s="3"/>
+    </row>
+    <row r="874" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A874" s="2"/>
+      <c r="B874" s="3"/>
+      <c r="C874" s="3"/>
+      <c r="D874" s="3"/>
+    </row>
+    <row r="875" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A875" s="2"/>
+      <c r="B875" s="3"/>
+      <c r="C875" s="3"/>
+      <c r="D875" s="3"/>
+    </row>
+    <row r="876" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A876" s="2"/>
+      <c r="B876" s="3"/>
+      <c r="C876" s="3"/>
+      <c r="D876" s="3"/>
+    </row>
+    <row r="877" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A877" s="2"/>
+      <c r="B877" s="3"/>
+      <c r="C877" s="3"/>
+      <c r="D877" s="3"/>
+    </row>
+    <row r="878" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A878" s="2"/>
+      <c r="B878" s="3"/>
+      <c r="C878" s="3"/>
+      <c r="D878" s="3"/>
+    </row>
+    <row r="879" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A879" s="2"/>
+      <c r="B879" s="3"/>
+      <c r="C879" s="3"/>
+      <c r="D879" s="3"/>
+    </row>
+    <row r="880" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A880" s="2"/>
+      <c r="B880" s="3"/>
+      <c r="C880" s="3"/>
+      <c r="D880" s="3"/>
+    </row>
+    <row r="881" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A881" s="2"/>
+      <c r="B881" s="3"/>
+      <c r="C881" s="3"/>
+      <c r="D881" s="3"/>
+    </row>
+    <row r="882" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A882" s="2"/>
+      <c r="B882" s="3"/>
+      <c r="C882" s="3"/>
+      <c r="D882" s="3"/>
+    </row>
+    <row r="883" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A883" s="2"/>
+      <c r="B883" s="3"/>
+      <c r="C883" s="3"/>
+      <c r="D883" s="3"/>
+    </row>
+    <row r="884" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A884" s="2"/>
+      <c r="B884" s="3"/>
+      <c r="C884" s="3"/>
+      <c r="D884" s="3"/>
+    </row>
+    <row r="885" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A885" s="2"/>
+      <c r="B885" s="3"/>
+      <c r="C885" s="3"/>
+      <c r="D885" s="3"/>
+    </row>
+    <row r="886" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A886" s="2"/>
+      <c r="B886" s="3"/>
+      <c r="C886" s="3"/>
+      <c r="D886" s="3"/>
+    </row>
+    <row r="887" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A887" s="2"/>
+      <c r="B887" s="3"/>
+      <c r="C887" s="3"/>
+      <c r="D887" s="3"/>
+    </row>
+    <row r="888" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A888" s="2"/>
+      <c r="B888" s="3"/>
+      <c r="C888" s="3"/>
+      <c r="D888" s="3"/>
+    </row>
+    <row r="889" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A889" s="2"/>
+      <c r="B889" s="3"/>
+      <c r="C889" s="3"/>
+      <c r="D889" s="3"/>
+    </row>
+    <row r="890" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A890" s="2"/>
+      <c r="B890" s="3"/>
+      <c r="C890" s="3"/>
+      <c r="D890" s="3"/>
+    </row>
+    <row r="891" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A891" s="2"/>
+      <c r="B891" s="3"/>
+      <c r="C891" s="3"/>
+      <c r="D891" s="3"/>
+    </row>
+    <row r="892" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A892" s="2"/>
+      <c r="B892" s="3"/>
+      <c r="C892" s="3"/>
+      <c r="D892" s="3"/>
+    </row>
+    <row r="893" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A893" s="2"/>
+      <c r="B893" s="3"/>
+      <c r="C893" s="3"/>
+      <c r="D893" s="3"/>
+    </row>
+    <row r="894" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A894" s="2"/>
+      <c r="B894" s="3"/>
+      <c r="C894" s="3"/>
+      <c r="D894" s="3"/>
+    </row>
+    <row r="895" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A895" s="2"/>
+      <c r="B895" s="3"/>
+      <c r="C895" s="3"/>
+      <c r="D895" s="3"/>
+    </row>
+    <row r="896" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A896" s="2"/>
+      <c r="B896" s="3"/>
+      <c r="C896" s="3"/>
+      <c r="D896" s="3"/>
+    </row>
+    <row r="897" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A897" s="2"/>
+      <c r="B897" s="3"/>
+      <c r="C897" s="3"/>
+      <c r="D897" s="3"/>
+    </row>
+    <row r="898" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A898" s="2"/>
+      <c r="B898" s="3"/>
+      <c r="C898" s="3"/>
+      <c r="D898" s="3"/>
+    </row>
+    <row r="899" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A899" s="2"/>
+      <c r="B899" s="3"/>
+      <c r="C899" s="3"/>
+      <c r="D899" s="3"/>
+    </row>
+    <row r="900" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A900" s="2"/>
+      <c r="B900" s="3"/>
+      <c r="C900" s="3"/>
+      <c r="D900" s="3"/>
+    </row>
+    <row r="901" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A901" s="2"/>
+      <c r="B901" s="3"/>
+      <c r="C901" s="3"/>
+      <c r="D901" s="3"/>
+    </row>
+    <row r="902" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A902" s="2"/>
+      <c r="B902" s="3"/>
+      <c r="C902" s="3"/>
+      <c r="D902" s="3"/>
+    </row>
+    <row r="903" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A903" s="2"/>
+      <c r="B903" s="3"/>
+      <c r="C903" s="3"/>
+      <c r="D903" s="3"/>
+    </row>
+    <row r="904" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A904" s="2"/>
+      <c r="B904" s="3"/>
+      <c r="C904" s="3"/>
+      <c r="D904" s="3"/>
+    </row>
+    <row r="905" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A905" s="2"/>
+      <c r="B905" s="3"/>
+      <c r="C905" s="3"/>
+      <c r="D905" s="3"/>
+    </row>
+    <row r="906" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A906" s="2"/>
+      <c r="B906" s="3"/>
+      <c r="C906" s="3"/>
+      <c r="D906" s="3"/>
+    </row>
+    <row r="907" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A907" s="2"/>
+      <c r="B907" s="3"/>
+      <c r="C907" s="3"/>
+      <c r="D907" s="3"/>
+    </row>
+    <row r="908" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A908" s="2"/>
+      <c r="B908" s="3"/>
+      <c r="C908" s="3"/>
+      <c r="D908" s="3"/>
+    </row>
+    <row r="909" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A909" s="2"/>
+      <c r="B909" s="3"/>
+      <c r="C909" s="3"/>
+      <c r="D909" s="3"/>
+    </row>
+    <row r="910" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A910" s="2"/>
+      <c r="B910" s="3"/>
+      <c r="C910" s="3"/>
+      <c r="D910" s="3"/>
+    </row>
+    <row r="911" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A911" s="2"/>
+      <c r="B911" s="3"/>
+      <c r="C911" s="3"/>
+      <c r="D911" s="3"/>
+    </row>
+    <row r="912" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A912" s="2"/>
+      <c r="B912" s="3"/>
+      <c r="C912" s="3"/>
+      <c r="D912" s="3"/>
+    </row>
+    <row r="913" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A913" s="2"/>
+      <c r="B913" s="3"/>
+      <c r="C913" s="3"/>
+      <c r="D913" s="3"/>
+    </row>
+    <row r="914" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A914" s="2"/>
+      <c r="B914" s="3"/>
+      <c r="C914" s="3"/>
+      <c r="D914" s="3"/>
+    </row>
+    <row r="915" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A915" s="2"/>
+      <c r="B915" s="3"/>
+      <c r="C915" s="3"/>
+      <c r="D915" s="3"/>
+    </row>
+    <row r="916" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A916" s="2"/>
+      <c r="B916" s="3"/>
+      <c r="C916" s="3"/>
+      <c r="D916" s="3"/>
+    </row>
+    <row r="917" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A917" s="2"/>
+      <c r="B917" s="3"/>
+      <c r="C917" s="3"/>
+      <c r="D917" s="3"/>
+    </row>
+    <row r="918" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A918" s="2"/>
+      <c r="B918" s="3"/>
+      <c r="C918" s="3"/>
+      <c r="D918" s="3"/>
+    </row>
+    <row r="919" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A919" s="2"/>
+      <c r="B919" s="3"/>
+      <c r="C919" s="3"/>
+      <c r="D919" s="3"/>
+    </row>
+    <row r="920" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A920" s="2"/>
+      <c r="B920" s="3"/>
+      <c r="C920" s="3"/>
+      <c r="D920" s="3"/>
+    </row>
+    <row r="921" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A921" s="2"/>
+      <c r="B921" s="3"/>
+      <c r="C921" s="3"/>
+      <c r="D921" s="3"/>
+    </row>
+    <row r="922" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A922" s="2"/>
+      <c r="B922" s="3"/>
+      <c r="C922" s="3"/>
+      <c r="D922" s="3"/>
+    </row>
+    <row r="923" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A923" s="2"/>
+      <c r="B923" s="3"/>
+      <c r="C923" s="3"/>
+      <c r="D923" s="3"/>
+    </row>
+    <row r="924" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A924" s="2"/>
+      <c r="B924" s="3"/>
+      <c r="C924" s="3"/>
+      <c r="D924" s="3"/>
+    </row>
+    <row r="925" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A925" s="2"/>
+      <c r="B925" s="3"/>
+      <c r="C925" s="3"/>
+      <c r="D925" s="3"/>
+    </row>
+    <row r="926" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A926" s="2"/>
+      <c r="B926" s="3"/>
+      <c r="C926" s="3"/>
+      <c r="D926" s="3"/>
+    </row>
+    <row r="927" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A927" s="2"/>
+      <c r="B927" s="3"/>
+      <c r="C927" s="3"/>
+      <c r="D927" s="3"/>
+    </row>
+    <row r="928" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A928" s="2"/>
+      <c r="B928" s="3"/>
+      <c r="C928" s="3"/>
+      <c r="D928" s="3"/>
+    </row>
+    <row r="929" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A929" s="2"/>
+      <c r="B929" s="3"/>
+      <c r="C929" s="3"/>
+      <c r="D929" s="3"/>
+    </row>
+    <row r="930" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A930" s="2"/>
+      <c r="B930" s="3"/>
+      <c r="C930" s="3"/>
+      <c r="D930" s="3"/>
+    </row>
+    <row r="931" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A931" s="2"/>
+      <c r="B931" s="3"/>
+      <c r="C931" s="3"/>
+      <c r="D931" s="3"/>
+    </row>
+    <row r="932" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A932" s="2"/>
+      <c r="B932" s="3"/>
+      <c r="C932" s="3"/>
+      <c r="D932" s="3"/>
+    </row>
+    <row r="933" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A933" s="2"/>
+      <c r="B933" s="3"/>
+      <c r="C933" s="3"/>
+      <c r="D933" s="3"/>
+    </row>
+    <row r="934" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A934" s="2"/>
+      <c r="B934" s="3"/>
+      <c r="C934" s="3"/>
+      <c r="D934" s="3"/>
+    </row>
+    <row r="935" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A935" s="2"/>
+      <c r="B935" s="3"/>
+      <c r="C935" s="3"/>
+      <c r="D935" s="3"/>
+    </row>
+    <row r="936" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A936" s="2"/>
+      <c r="B936" s="3"/>
+      <c r="C936" s="3"/>
+      <c r="D936" s="3"/>
+    </row>
+    <row r="937" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A937" s="2"/>
+      <c r="B937" s="3"/>
+      <c r="C937" s="3"/>
+      <c r="D937" s="3"/>
+    </row>
+    <row r="938" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A938" s="2"/>
+      <c r="B938" s="3"/>
+      <c r="C938" s="3"/>
+      <c r="D938" s="3"/>
+    </row>
+    <row r="939" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A939" s="2"/>
+      <c r="B939" s="3"/>
+      <c r="C939" s="3"/>
+      <c r="D939" s="3"/>
+    </row>
+    <row r="940" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A940" s="2"/>
+      <c r="B940" s="3"/>
+      <c r="C940" s="3"/>
+      <c r="D940" s="3"/>
+    </row>
+    <row r="941" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A941" s="2"/>
+      <c r="B941" s="3"/>
+      <c r="C941" s="3"/>
+      <c r="D941" s="3"/>
+    </row>
+    <row r="942" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A942" s="2"/>
+      <c r="B942" s="3"/>
+      <c r="C942" s="3"/>
+      <c r="D942" s="3"/>
+    </row>
+    <row r="943" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A943" s="2"/>
+      <c r="B943" s="3"/>
+      <c r="C943" s="3"/>
+      <c r="D943" s="3"/>
+    </row>
+    <row r="944" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A944" s="2"/>
+      <c r="B944" s="3"/>
+      <c r="C944" s="3"/>
+      <c r="D944" s="3"/>
+    </row>
+    <row r="945" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A945" s="2"/>
+      <c r="B945" s="3"/>
+      <c r="C945" s="3"/>
+      <c r="D945" s="3"/>
+    </row>
+    <row r="946" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A946" s="2"/>
+      <c r="B946" s="3"/>
+      <c r="C946" s="3"/>
+      <c r="D946" s="3"/>
+    </row>
+    <row r="947" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A947" s="2"/>
+      <c r="B947" s="3"/>
+      <c r="C947" s="3"/>
+      <c r="D947" s="3"/>
+    </row>
+    <row r="948" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A948" s="2"/>
+      <c r="B948" s="3"/>
+      <c r="C948" s="3"/>
+      <c r="D948" s="3"/>
+    </row>
+    <row r="949" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A949" s="2"/>
+      <c r="B949" s="3"/>
+      <c r="C949" s="3"/>
+      <c r="D949" s="3"/>
+    </row>
+    <row r="950" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A950" s="2"/>
+      <c r="B950" s="3"/>
+      <c r="C950" s="3"/>
+      <c r="D950" s="3"/>
+    </row>
+    <row r="951" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A951" s="2"/>
+      <c r="B951" s="3"/>
+      <c r="C951" s="3"/>
+      <c r="D951" s="3"/>
+    </row>
+    <row r="952" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A952" s="2"/>
+      <c r="B952" s="3"/>
+      <c r="C952" s="3"/>
+      <c r="D952" s="3"/>
+    </row>
+    <row r="953" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A953" s="2"/>
+      <c r="B953" s="3"/>
+      <c r="C953" s="3"/>
+      <c r="D953" s="3"/>
+    </row>
+    <row r="954" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A954" s="2"/>
+      <c r="B954" s="3"/>
+      <c r="C954" s="3"/>
+      <c r="D954" s="3"/>
+    </row>
+    <row r="955" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A955" s="2"/>
+      <c r="B955" s="3"/>
+      <c r="C955" s="3"/>
+      <c r="D955" s="3"/>
+    </row>
+    <row r="956" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A956" s="2"/>
+      <c r="B956" s="3"/>
+      <c r="C956" s="3"/>
+      <c r="D956" s="3"/>
+    </row>
+    <row r="957" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A957" s="2"/>
+      <c r="B957" s="3"/>
+      <c r="C957" s="3"/>
+      <c r="D957" s="3"/>
+    </row>
+    <row r="958" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A958" s="2"/>
+      <c r="B958" s="3"/>
+      <c r="C958" s="3"/>
+      <c r="D958" s="3"/>
+    </row>
+    <row r="959" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A959" s="2"/>
+      <c r="B959" s="3"/>
+      <c r="C959" s="3"/>
+      <c r="D959" s="3"/>
+    </row>
+    <row r="960" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A960" s="2"/>
+      <c r="B960" s="3"/>
+      <c r="C960" s="3"/>
+      <c r="D960" s="3"/>
+    </row>
+    <row r="961" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A961" s="2"/>
+      <c r="B961" s="3"/>
+      <c r="C961" s="3"/>
+      <c r="D961" s="3"/>
+    </row>
+    <row r="962" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A962" s="2"/>
+      <c r="B962" s="3"/>
+      <c r="C962" s="3"/>
+      <c r="D962" s="3"/>
+    </row>
+    <row r="963" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A963" s="2"/>
+      <c r="B963" s="3"/>
+      <c r="C963" s="3"/>
+      <c r="D963" s="3"/>
+    </row>
+    <row r="964" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A964" s="2"/>
+      <c r="B964" s="3"/>
+      <c r="C964" s="3"/>
+      <c r="D964" s="3"/>
+    </row>
+    <row r="965" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A965" s="2"/>
+      <c r="B965" s="3"/>
+      <c r="C965" s="3"/>
+      <c r="D965" s="3"/>
+    </row>
+    <row r="966" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A966" s="2"/>
+      <c r="B966" s="3"/>
+      <c r="C966" s="3"/>
+      <c r="D966" s="3"/>
+    </row>
+    <row r="967" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A967" s="2"/>
+      <c r="B967" s="3"/>
+      <c r="C967" s="3"/>
+      <c r="D967" s="3"/>
+    </row>
+    <row r="968" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A968" s="2"/>
+      <c r="B968" s="3"/>
+      <c r="C968" s="3"/>
+      <c r="D968" s="3"/>
     </row>
   </sheetData>
+  <autoFilter ref="A1:F183" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <dataValidations count="3">
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D64:D65" xr:uid="{AAF71E83-508E-4CBC-B7D6-43EF25A3CEB0}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D2:D61 D64:D183" xr:uid="{00000000-0002-0000-0000-000000000000}">
+      <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce,Transportation,Nonpublic"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D62:D63" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:F74" xr:uid="{AA4B4573-2931-4A01-A28E-E72DF34D413B}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:F183" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"Introduced,Subcommittee - Passed,Committee - Passed,1st Chamber - Floor Passage,2nd Chamber - Passed Committee,2nd Chamber - Floor Passage,Both Chambers - Passage,2nd Chamber - Amended,Withdrawn,Signed by Governor,House Unfinished Business,Senate Unfinish"&amp;"ed Business"</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce,Transportation,Nonpublic"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" xr:uid="{57BFD64F-06E6-4674-80AA-6D89B8E22B2E}"/>
-[...69 lines deleted...]
-    <hyperlink ref="B74" r:id="rId71" xr:uid="{EA4D1D42-9A81-4744-BA96-B7127130DDA1}"/>
+    <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="B2" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="A3" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="B3" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="A4" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="B4" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="A5" r:id="rId7" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="B5" r:id="rId8" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="A6" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="B6" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="A7" r:id="rId11" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="B7" r:id="rId12" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="A8" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="A9" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="A10" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="A14" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="B14" r:id="rId17" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="B15" r:id="rId18" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="A16" r:id="rId19" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="B16" r:id="rId20" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="B17" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="B18" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="B19" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="B20" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="B21" r:id="rId25" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="B22" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="B23" r:id="rId27" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
+    <hyperlink ref="B24" r:id="rId28" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="A25" r:id="rId29" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="A26" r:id="rId30" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="A27" r:id="rId31" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="A28" r:id="rId32" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="A29" r:id="rId33" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="A30" r:id="rId34" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="A31" r:id="rId35" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="A32" r:id="rId36" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="A33" r:id="rId37" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="B33" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="B34" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="B35" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="B36" r:id="rId41" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="B37" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="B38" r:id="rId43" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="B39" r:id="rId44" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="B40" r:id="rId45" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="A41" r:id="rId46" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="B41" r:id="rId47" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="A42" r:id="rId48" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="A43" r:id="rId49" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="A44" r:id="rId50" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="A45" r:id="rId51" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="A46" r:id="rId52" xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
+    <hyperlink ref="A47" r:id="rId53" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="A48" r:id="rId54" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="A49" r:id="rId55" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="A50" r:id="rId56" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="A51" r:id="rId57" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="A52" r:id="rId58" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
+    <hyperlink ref="A53" r:id="rId59" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="B53" r:id="rId60" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="A54" r:id="rId61" xr:uid="{00000000-0004-0000-0000-000048000000}"/>
+    <hyperlink ref="A55" r:id="rId62" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="B55" r:id="rId63" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="A56" r:id="rId64" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="A57" r:id="rId65" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
+    <hyperlink ref="A58" r:id="rId66" xr:uid="{00000000-0004-0000-0000-00004D000000}"/>
+    <hyperlink ref="A59" r:id="rId67" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="B59" r:id="rId68" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="B60" r:id="rId69" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="A61" r:id="rId70" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="B62" r:id="rId71" xr:uid="{00000000-0004-0000-0000-000052000000}"/>
+    <hyperlink ref="B63" r:id="rId72" xr:uid="{00000000-0004-0000-0000-000053000000}"/>
+    <hyperlink ref="A64" r:id="rId73" xr:uid="{00000000-0004-0000-0000-000055000000}"/>
+    <hyperlink ref="B64" r:id="rId74" xr:uid="{00000000-0004-0000-0000-000056000000}"/>
+    <hyperlink ref="B65" r:id="rId75" xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="B66" r:id="rId76" xr:uid="{00000000-0004-0000-0000-000058000000}"/>
+    <hyperlink ref="A67" r:id="rId77" xr:uid="{00000000-0004-0000-0000-000059000000}"/>
+    <hyperlink ref="B67" r:id="rId78" xr:uid="{00000000-0004-0000-0000-00005A000000}"/>
+    <hyperlink ref="B68" r:id="rId79" xr:uid="{00000000-0004-0000-0000-00005B000000}"/>
+    <hyperlink ref="A69" r:id="rId80" xr:uid="{00000000-0004-0000-0000-00005C000000}"/>
+    <hyperlink ref="B70" r:id="rId81" xr:uid="{00000000-0004-0000-0000-00005D000000}"/>
+    <hyperlink ref="B71" r:id="rId82" xr:uid="{00000000-0004-0000-0000-00005E000000}"/>
+    <hyperlink ref="B72" r:id="rId83" xr:uid="{00000000-0004-0000-0000-00005F000000}"/>
+    <hyperlink ref="B73" r:id="rId84" xr:uid="{00000000-0004-0000-0000-000060000000}"/>
+    <hyperlink ref="A74" r:id="rId85" xr:uid="{00000000-0004-0000-0000-000061000000}"/>
+    <hyperlink ref="A75" r:id="rId86" xr:uid="{00000000-0004-0000-0000-000062000000}"/>
+    <hyperlink ref="A76" r:id="rId87" xr:uid="{00000000-0004-0000-0000-000063000000}"/>
+    <hyperlink ref="A77" r:id="rId88" xr:uid="{00000000-0004-0000-0000-000064000000}"/>
+    <hyperlink ref="A78" r:id="rId89" xr:uid="{00000000-0004-0000-0000-000065000000}"/>
+    <hyperlink ref="B78" r:id="rId90" xr:uid="{00000000-0004-0000-0000-000066000000}"/>
+    <hyperlink ref="A79" r:id="rId91" xr:uid="{00000000-0004-0000-0000-000067000000}"/>
+    <hyperlink ref="A80" r:id="rId92" xr:uid="{00000000-0004-0000-0000-000068000000}"/>
+    <hyperlink ref="A82" r:id="rId93" xr:uid="{00000000-0004-0000-0000-00006B000000}"/>
+    <hyperlink ref="B83" r:id="rId94" xr:uid="{00000000-0004-0000-0000-00006C000000}"/>
+    <hyperlink ref="B84" r:id="rId95" xr:uid="{00000000-0004-0000-0000-00006D000000}"/>
+    <hyperlink ref="B85" r:id="rId96" xr:uid="{00000000-0004-0000-0000-00006E000000}"/>
+    <hyperlink ref="B86" r:id="rId97" xr:uid="{00000000-0004-0000-0000-00006F000000}"/>
+    <hyperlink ref="B87" r:id="rId98" xr:uid="{00000000-0004-0000-0000-000070000000}"/>
+    <hyperlink ref="B88" r:id="rId99" xr:uid="{00000000-0004-0000-0000-000071000000}"/>
+    <hyperlink ref="A89" r:id="rId100" xr:uid="{00000000-0004-0000-0000-000072000000}"/>
+    <hyperlink ref="A90" r:id="rId101" xr:uid="{00000000-0004-0000-0000-000073000000}"/>
+    <hyperlink ref="B91" r:id="rId102" xr:uid="{00000000-0004-0000-0000-000074000000}"/>
+    <hyperlink ref="B92" r:id="rId103" xr:uid="{00000000-0004-0000-0000-000075000000}"/>
+    <hyperlink ref="A93" r:id="rId104" xr:uid="{00000000-0004-0000-0000-000076000000}"/>
+    <hyperlink ref="B93" r:id="rId105" xr:uid="{00000000-0004-0000-0000-000077000000}"/>
+    <hyperlink ref="A94" r:id="rId106" xr:uid="{00000000-0004-0000-0000-000078000000}"/>
+    <hyperlink ref="B94" r:id="rId107" xr:uid="{00000000-0004-0000-0000-000079000000}"/>
+    <hyperlink ref="A95" r:id="rId108" xr:uid="{00000000-0004-0000-0000-00007A000000}"/>
+    <hyperlink ref="A96" r:id="rId109" xr:uid="{00000000-0004-0000-0000-00007B000000}"/>
+    <hyperlink ref="A97" r:id="rId110" xr:uid="{00000000-0004-0000-0000-00007C000000}"/>
+    <hyperlink ref="A98" r:id="rId111" xr:uid="{00000000-0004-0000-0000-00007D000000}"/>
+    <hyperlink ref="A99" r:id="rId112" xr:uid="{00000000-0004-0000-0000-00007E000000}"/>
+    <hyperlink ref="A100" r:id="rId113" xr:uid="{00000000-0004-0000-0000-000080000000}"/>
+    <hyperlink ref="B100" r:id="rId114" xr:uid="{00000000-0004-0000-0000-000081000000}"/>
+    <hyperlink ref="B101" r:id="rId115" xr:uid="{00000000-0004-0000-0000-000082000000}"/>
+    <hyperlink ref="A102" r:id="rId116" xr:uid="{00000000-0004-0000-0000-000083000000}"/>
+    <hyperlink ref="A103" r:id="rId117" xr:uid="{00000000-0004-0000-0000-000084000000}"/>
+    <hyperlink ref="A104" r:id="rId118" xr:uid="{00000000-0004-0000-0000-000085000000}"/>
+    <hyperlink ref="A105" r:id="rId119" xr:uid="{00000000-0004-0000-0000-000086000000}"/>
+    <hyperlink ref="B106" r:id="rId120" xr:uid="{00000000-0004-0000-0000-000087000000}"/>
+    <hyperlink ref="A107" r:id="rId121" xr:uid="{00000000-0004-0000-0000-000088000000}"/>
+    <hyperlink ref="A108" r:id="rId122" xr:uid="{00000000-0004-0000-0000-000089000000}"/>
+    <hyperlink ref="A109" r:id="rId123" xr:uid="{00000000-0004-0000-0000-00008A000000}"/>
+    <hyperlink ref="B110" r:id="rId124" xr:uid="{00000000-0004-0000-0000-00008B000000}"/>
+    <hyperlink ref="B111" r:id="rId125" xr:uid="{00000000-0004-0000-0000-00008C000000}"/>
+    <hyperlink ref="B112" r:id="rId126" xr:uid="{00000000-0004-0000-0000-00008D000000}"/>
+    <hyperlink ref="B113" r:id="rId127" xr:uid="{00000000-0004-0000-0000-00008E000000}"/>
+    <hyperlink ref="A114" r:id="rId128" xr:uid="{00000000-0004-0000-0000-00008F000000}"/>
+    <hyperlink ref="A115" r:id="rId129" xr:uid="{00000000-0004-0000-0000-000090000000}"/>
+    <hyperlink ref="A116" r:id="rId130" xr:uid="{00000000-0004-0000-0000-000091000000}"/>
+    <hyperlink ref="A117" r:id="rId131" xr:uid="{00000000-0004-0000-0000-000092000000}"/>
+    <hyperlink ref="B117" r:id="rId132" xr:uid="{00000000-0004-0000-0000-000093000000}"/>
+    <hyperlink ref="A118" r:id="rId133" xr:uid="{00000000-0004-0000-0000-000094000000}"/>
+    <hyperlink ref="B118" r:id="rId134" xr:uid="{00000000-0004-0000-0000-000095000000}"/>
+    <hyperlink ref="B119" r:id="rId135" xr:uid="{00000000-0004-0000-0000-000096000000}"/>
+    <hyperlink ref="A120" r:id="rId136" xr:uid="{00000000-0004-0000-0000-000097000000}"/>
+    <hyperlink ref="B120" r:id="rId137" xr:uid="{00000000-0004-0000-0000-000098000000}"/>
+    <hyperlink ref="A121" r:id="rId138" xr:uid="{00000000-0004-0000-0000-000099000000}"/>
+    <hyperlink ref="A122" r:id="rId139" xr:uid="{00000000-0004-0000-0000-00009A000000}"/>
+    <hyperlink ref="A123" r:id="rId140" xr:uid="{00000000-0004-0000-0000-00009B000000}"/>
+    <hyperlink ref="A124" r:id="rId141" xr:uid="{00000000-0004-0000-0000-00009C000000}"/>
+    <hyperlink ref="B125" r:id="rId142" xr:uid="{00000000-0004-0000-0000-00009D000000}"/>
+    <hyperlink ref="B126" r:id="rId143" xr:uid="{00000000-0004-0000-0000-00009E000000}"/>
+    <hyperlink ref="B127" r:id="rId144" xr:uid="{00000000-0004-0000-0000-00009F000000}"/>
+    <hyperlink ref="A128" r:id="rId145" xr:uid="{00000000-0004-0000-0000-0000A0000000}"/>
+    <hyperlink ref="B129" r:id="rId146" xr:uid="{00000000-0004-0000-0000-0000A1000000}"/>
+    <hyperlink ref="A130" r:id="rId147" xr:uid="{00000000-0004-0000-0000-0000A2000000}"/>
+    <hyperlink ref="A131" r:id="rId148" xr:uid="{00000000-0004-0000-0000-0000A3000000}"/>
+    <hyperlink ref="A132" r:id="rId149" xr:uid="{00000000-0004-0000-0000-0000A4000000}"/>
+    <hyperlink ref="A133" r:id="rId150" xr:uid="{00000000-0004-0000-0000-0000A5000000}"/>
+    <hyperlink ref="A134" r:id="rId151" xr:uid="{00000000-0004-0000-0000-0000A6000000}"/>
+    <hyperlink ref="A135" r:id="rId152" xr:uid="{00000000-0004-0000-0000-0000A7000000}"/>
+    <hyperlink ref="B135" r:id="rId153" xr:uid="{00000000-0004-0000-0000-0000A8000000}"/>
+    <hyperlink ref="B136" r:id="rId154" xr:uid="{00000000-0004-0000-0000-0000A9000000}"/>
+    <hyperlink ref="B137" r:id="rId155" xr:uid="{00000000-0004-0000-0000-0000AA000000}"/>
+    <hyperlink ref="B138" r:id="rId156" xr:uid="{00000000-0004-0000-0000-0000AB000000}"/>
+    <hyperlink ref="B139" r:id="rId157" xr:uid="{00000000-0004-0000-0000-0000AC000000}"/>
+    <hyperlink ref="B140" r:id="rId158" xr:uid="{00000000-0004-0000-0000-0000AD000000}"/>
+    <hyperlink ref="A141" r:id="rId159" xr:uid="{00000000-0004-0000-0000-0000AE000000}"/>
+    <hyperlink ref="A142" r:id="rId160" xr:uid="{00000000-0004-0000-0000-0000AF000000}"/>
+    <hyperlink ref="B143" r:id="rId161" xr:uid="{00000000-0004-0000-0000-0000B0000000}"/>
+    <hyperlink ref="B144" r:id="rId162" xr:uid="{00000000-0004-0000-0000-0000B1000000}"/>
+    <hyperlink ref="B145" r:id="rId163" xr:uid="{00000000-0004-0000-0000-0000B2000000}"/>
+    <hyperlink ref="B146" r:id="rId164" xr:uid="{00000000-0004-0000-0000-0000B3000000}"/>
+    <hyperlink ref="B147" r:id="rId165" xr:uid="{00000000-0004-0000-0000-0000B4000000}"/>
+    <hyperlink ref="B148" r:id="rId166" xr:uid="{00000000-0004-0000-0000-0000B5000000}"/>
+    <hyperlink ref="B149" r:id="rId167" xr:uid="{00000000-0004-0000-0000-0000B6000000}"/>
+    <hyperlink ref="B150" r:id="rId168" xr:uid="{00000000-0004-0000-0000-0000B7000000}"/>
+    <hyperlink ref="A151" r:id="rId169" xr:uid="{00000000-0004-0000-0000-0000B8000000}"/>
+    <hyperlink ref="A152" r:id="rId170" xr:uid="{00000000-0004-0000-0000-0000B9000000}"/>
+    <hyperlink ref="A153" r:id="rId171" xr:uid="{00000000-0004-0000-0000-0000BA000000}"/>
+    <hyperlink ref="A154" r:id="rId172" xr:uid="{00000000-0004-0000-0000-0000BB000000}"/>
+    <hyperlink ref="A155" r:id="rId173" xr:uid="{00000000-0004-0000-0000-0000BC000000}"/>
+    <hyperlink ref="A156" r:id="rId174" xr:uid="{00000000-0004-0000-0000-0000BD000000}"/>
+    <hyperlink ref="A157" r:id="rId175" xr:uid="{00000000-0004-0000-0000-0000BE000000}"/>
+    <hyperlink ref="A158" r:id="rId176" xr:uid="{00000000-0004-0000-0000-0000BF000000}"/>
+    <hyperlink ref="B159" r:id="rId177" xr:uid="{00000000-0004-0000-0000-0000C0000000}"/>
+    <hyperlink ref="A160" r:id="rId178" xr:uid="{00000000-0004-0000-0000-0000C1000000}"/>
+    <hyperlink ref="A161" r:id="rId179" xr:uid="{00000000-0004-0000-0000-0000C2000000}"/>
+    <hyperlink ref="A162" r:id="rId180" xr:uid="{00000000-0004-0000-0000-0000C3000000}"/>
+    <hyperlink ref="A163" r:id="rId181" xr:uid="{00000000-0004-0000-0000-0000C4000000}"/>
+    <hyperlink ref="A164" r:id="rId182" xr:uid="{00000000-0004-0000-0000-0000C5000000}"/>
+    <hyperlink ref="A165" r:id="rId183" xr:uid="{00000000-0004-0000-0000-0000C6000000}"/>
+    <hyperlink ref="A166" r:id="rId184" xr:uid="{00000000-0004-0000-0000-0000C7000000}"/>
+    <hyperlink ref="B167" r:id="rId185" xr:uid="{00000000-0004-0000-0000-0000C8000000}"/>
+    <hyperlink ref="B168" r:id="rId186" xr:uid="{00000000-0004-0000-0000-0000C9000000}"/>
+    <hyperlink ref="A169" r:id="rId187" xr:uid="{00000000-0004-0000-0000-0000CA000000}"/>
+    <hyperlink ref="A170" r:id="rId188" xr:uid="{00000000-0004-0000-0000-0000CB000000}"/>
+    <hyperlink ref="A171" r:id="rId189" xr:uid="{00000000-0004-0000-0000-0000CC000000}"/>
+    <hyperlink ref="A172" r:id="rId190" xr:uid="{00000000-0004-0000-0000-0000CD000000}"/>
+    <hyperlink ref="A173" r:id="rId191" xr:uid="{00000000-0004-0000-0000-0000CE000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId192"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>All</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>