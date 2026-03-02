--- v2 (2026-02-08)
+++ v3 (2026-03-02)
@@ -1,2671 +1,9949 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\aloder\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\aloder\Desktop\Legis Docs\Website Legislative Trackers\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9BBE9F68-633D-4443-BF68-051B8B79FC4E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67E464E8-C80E-4914-A3B9-254F38571B7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="All" sheetId="1" r:id="rId1"/>
+    <sheet name="Advanced" sheetId="1" r:id="rId1"/>
+    <sheet name="Funneled 2-20" sheetId="10" r:id="rId2"/>
+    <sheet name="All" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">All!$A$1:$F$183</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Advanced!$A$1:$G$122</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">All!$A$1:$G$245</definedName>
   </definedNames>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="744" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2523" uniqueCount="937">
+  <si>
+    <t>LSA #</t>
+  </si>
   <si>
     <t>House Bill #</t>
   </si>
   <si>
     <t>Senate Bill #</t>
   </si>
   <si>
     <t>Bill Description</t>
   </si>
   <si>
     <t>Primary Topic</t>
   </si>
   <si>
     <t>House Status</t>
   </si>
   <si>
     <t>Senate Status</t>
   </si>
   <si>
+    <t>5496XD</t>
+  </si>
+  <si>
     <t>HSB554</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF2220</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SSB3042</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the Iowa statewide assessment of student progress and programs for gifted and talented children, and by requiring districts to develop and advanced mathematics pathway and implement procedures for subject acceleration and whole-grade acceleration. </t>
   </si>
   <si>
     <t>K12 - Standards/Instruction</t>
   </si>
   <si>
+    <t>Committee - Passed</t>
+  </si>
+  <si>
+    <t>5497XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2547</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB572</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2223</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3049</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to career education, including by modifying provisions related to career academies, the collective statewide articulation agreement between community colleges and the state board of regents, the district-to-community college sharing or concurrent enrollment program, and individual career and academic plans. </t>
+  </si>
+  <si>
+    <t>Career Technical</t>
+  </si>
+  <si>
+    <t>1st Chamber - Floor Passage</t>
+  </si>
+  <si>
+    <t>5498XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2230</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB555</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2222</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3048</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to teacher education and licensing, including by modifying provisions related to practitioner preparation programs and licenses issued by the board of educational examiners.</t>
+  </si>
+  <si>
+    <t>Teacher Prep</t>
+  </si>
+  <si>
+    <t>5269XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2499</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB584</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2141</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3028</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to matters under the purview of the department of management, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>Appropriation</t>
+  </si>
+  <si>
+    <t>5342DP</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2500</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB583</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2206</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3030</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to contracts entered into by state agencies and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Administrative</t>
+  </si>
+  <si>
+    <t>5502XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2502</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB579</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to paid parental leave for state employees.</t>
+  </si>
+  <si>
+    <t>5469DP</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2490</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB578</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to public notice requirements for meetings of a governmental body. </t>
+  </si>
+  <si>
+    <t>5467DP</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2330</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB582</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to public records requests.</t>
+  </si>
+  <si>
+    <t>5466DP</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2294</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB580</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the filing of complaints with the Iowa public information board. </t>
+  </si>
+  <si>
+    <t>5061XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2338</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2121</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting school districts, charter schools, and innovation zone schools from providing any program, curriculum, test, survey, questionnaire, promotion, or instruction relating to gender theory or sexual orientation instruction in grades seven through twelve. </t>
+  </si>
+  <si>
+    <t>5224XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2492</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2049</t>
+    </r>
+  </si>
+  <si>
+    <t>SF2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for supplementary weighting for school districts that share career and technical education instructors. </t>
+  </si>
+  <si>
+    <t>K12 - Finance</t>
+  </si>
+  <si>
+    <t>5560XS</t>
+  </si>
+  <si>
+    <t>SF2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to physical activity requirements applicable to students enrolled in public schools and accredited nonpublic schools. </t>
+  </si>
+  <si>
+    <t>5064XS</t>
+  </si>
+  <si>
+    <t>SF2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school districts that share the operational functions of a school resource officer, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5195XC</t>
+  </si>
+  <si>
+    <t>SSB3001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state and local government, taxes, fees, financial authority, and budgets, modifying divisions of revenue, modifying appropriations, and including effective date, applicability and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>Introduced</t>
+  </si>
+  <si>
+    <t>5683XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2086</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3007</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing schools to offer an elective junior fire fighter program to students enrolled in grades eleven and twelve. </t>
+  </si>
+  <si>
+    <t>5214YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2250</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2012</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act authorizing resident students who are admitted to and in attendance in a comprehensive transition and postsecondary program to participate in the Iowa tuition grants program.</t>
+  </si>
+  <si>
+    <t>College Aid</t>
+  </si>
+  <si>
+    <t>5412XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2268</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB512</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 2088</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3023</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to matters under the purview of the department of transportation, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Transportation</t>
+  </si>
+  <si>
+    <t>5021XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2207</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2037</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to the submission of proposed legislation by state departments and agencies.</t>
+  </si>
+  <si>
+    <t>5136XS</t>
+  </si>
+  <si>
+    <t>SF2039</t>
+  </si>
+  <si>
+    <t>An Act providing for intervention by members of the general assembly in proceedings for judicial review of agency action under the Iowa administrative procedure Act.</t>
+  </si>
+  <si>
+    <t>5900XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 2144</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2043</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school district general fund flexibility accounts by expanding eligible funding sources and modifying expenditure approval requirements. </t>
+  </si>
+  <si>
+    <t>5879XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2428</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2044</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the responsibilities of school districts and charter schools related to the discipline of students who cause violent or nonviolent disruptions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative</t>
+  </si>
+  <si>
+    <t>5046XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2218</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3015</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the verification of the identity and employment eligibility of individuals by the board of educational examiners, school districts, accredited nonpublic schools, charter schools, and innovation zone schools, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Educational Examiners</t>
+  </si>
+  <si>
+    <t>5407XL</t>
+  </si>
+  <si>
+    <t>HSB563</t>
+  </si>
+  <si>
+    <t>SSB3034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state and local government taxes, budgets, and authority, by modifying provisions relating to the assessment and taxation of property, funding from the secure an advanced vision for education fund, the election of certain county officers, urban renewal areas and urban revitalization areas, establishing a rent reimbursement program, establishing a program for certain first-time homebuyers, establishing a local government shared-services grant fund, making appropriations, and including effective date, applicability, and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, Community College</t>
+  </si>
+  <si>
     <t>Subcommittee - Passed</t>
   </si>
   <si>
-    <t>Committee - Passed</t>
-[...12 lines deleted...]
-      <t>SF2223</t>
+    <t>5942YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2591</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3049</t>
-[...19 lines deleted...]
-      <t>HF2230</t>
+      <t>HF2034</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to open enrollment and interscholastic athletic eligibility requirements. </t>
+  </si>
+  <si>
+    <t>5303YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2203</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB555</t>
-[...10 lines deleted...]
-      <t>SF2222</t>
+      <t>HF2055</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to epinephrine delivery systems in schools, food establishments, carnivals, recreational camps, youth sports facilities, and sports arenas. </t>
+  </si>
+  <si>
+    <t>School Nutrition &amp; Health</t>
+  </si>
+  <si>
+    <t>5077YH</t>
+  </si>
+  <si>
+    <t>HF2066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the terms of service of certain statewide boards. </t>
+  </si>
+  <si>
+    <t>5229YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2649</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3048</t>
-[...19 lines deleted...]
-      <t>SF2141</t>
+      <t>HSB533</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing community colleges to offer a degree program that leads to a baccalaureate degree. </t>
+  </si>
+  <si>
+    <t>Community College</t>
+  </si>
+  <si>
+    <t>5110YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2488</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3028</t>
-[...19 lines deleted...]
-      <t>SF2206</t>
+      <t>HSB537</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting private institutions of higher education that participate in the Iowa tuition grant program from establishing diversity, equity, and inclusion offices. </t>
+  </si>
+  <si>
+    <t>5103YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2240</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3030</t>
-[...9 lines deleted...]
-    <t>HSB579</t>
+      <t>HSB544</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act creating an endowment tax on the endowment value of certain Iowa colleges and universities, limited charges relating to certain endowment funds, making appropriations to workforce grant and incentive programs, and making appropriations to supplement tuition grants for high-wage and high-demand jobs. </t>
+  </si>
+  <si>
+    <t>Higher Education</t>
+  </si>
+  <si>
+    <t>5208YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2246</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB546</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to continuing education requirements for licensed professions. </t>
+  </si>
+  <si>
+    <t>5665YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2231</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB558</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2361</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3073</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing a seal of civics excellence program administered by the department of education to recognize student excellence in civics. </t>
+  </si>
+  <si>
+    <t>5484YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2363</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB557</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to English learner participation in open enrollment and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5059YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2247</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2079</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to forms of payment for entry into an extracurricular interscholastic athletic contest or competition. </t>
+  </si>
+  <si>
+    <t>5838XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2724</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB677</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2221</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3043</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the board of educational examiners to establish additional endorsements related to fine arts, mathematics, and science. </t>
+  </si>
+  <si>
+    <t>5971XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2219</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3041</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring boards of directors of school districts, governing boards of charter schools, and authorities in charge of accredited nonpublic schools to adopt policies related to excusing student absences for 4-H club or FFA activities. </t>
+  </si>
+  <si>
+    <t>1431HZ</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF1010</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF772</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB48</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for an annual authorization fee to be collected by the college student aid commission from certain postsecondary educational institutions not subject to registration with the commission. </t>
+  </si>
+  <si>
+    <t>2424XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF274</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF141</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to forms of payment for entry into an extracurricular interscholastic athletic contest or competition.</t>
+  </si>
+  <si>
+    <t>5495XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2501</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB627</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2287</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3078</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the conduct of elections. </t>
+  </si>
+  <si>
+    <t>5898XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2231</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2060</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to eligibility standards for certain education programs and tax provisions based on religious or sectarian use or purpose, and including retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>5287XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2336</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2106</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2300</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2062</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the protected speech and expression rights of students enrolled in school districts, charter schools, and innovation zone schools and the duties of the department of education, and providing civil penalties. </t>
+  </si>
+  <si>
+    <t>5487YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2493</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2092</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the statewide preschool program by modifying provisions relating to eligibility, funding, and compulsory attendance and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Early Childhood</t>
+  </si>
+  <si>
+    <t>2576SV</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2335</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF516</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF237</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act directing the department of education to convene a working group to study the impact of technology on the cognitive function and academic performance of students. </t>
+  </si>
+  <si>
+    <t>6051XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2224</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3050</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to the curriculum provided to students enrolled in grades nine through twelve by allowing instruction related to technology, engineering, or manufacturing to meet a portion of the unit requirements related to computer science. </t>
+  </si>
+  <si>
+    <t>5619YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2546</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2124</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the duties of the department of education related to electronic systems. </t>
+  </si>
+  <si>
+    <t>5471YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2538</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2122</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the discipline of students who exhibit disorderly conduct in the classroom and who are enrolled in school districts, charter schools, or innovation zone schools. </t>
+  </si>
+  <si>
+    <t>5429YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2405</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2174</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to trainings and curricula regarding specific defined concepts provided by public institutions of higher education and school districts. </t>
+  </si>
+  <si>
+    <t>Higher Education, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>6158YC</t>
+  </si>
+  <si>
+    <t>HSB596</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to local government taxes, budgets, and authority, by establishing property tax limitations and modifying provisions relating to the assessment and taxation of property, certain taxpayer notices, bond issuances, and councils of governments, and including applicability and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>5664YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2244</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB594</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to social studies instruction, including instruction in United States government, provided to students enrolled in grades nine through twelve, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5499XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2725</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB725</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2407</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3164</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education reporting, including the sharing of unit-level wage data for secondary and postsecondary program evaluation, the establishment of the condition of education report, consolidating certain required reports, modifying responsibilities for the future ready Iowa last-dollar scholarship report, modifying Iowa workforce development data-sharing provisions, and creating a return on investment reporting system to be overseen by the Iowa student aid commission. </t>
+  </si>
+  <si>
+    <t>5500XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2610</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB675</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2391</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3163</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education programs and systems, including career and technical education expenditures and definitions, statewide lower division general education framework and common course numbering systems, and the implementation of a statewide corequisite model in Iowa community colleges. </t>
+  </si>
+  <si>
+    <t>Community College, Higher Education</t>
+  </si>
+  <si>
+    <t>6031XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2319</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2084</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the inclusion of the your life Iowa program on public school internet sites. </t>
+  </si>
+  <si>
+    <t>5483YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2494</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB599</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the director of the department of education to prepare, publish, and submit to the general assembly annual reports related to reading proficiency, mathematics proficiency, and area education agencies. </t>
+  </si>
+  <si>
+    <t>5114XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2424</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2095</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to vaccination exemptions for certain students in clinical rotations and the qualification of postsecondary schools as eligible institutions for Iowa tuition grants. </t>
+  </si>
+  <si>
+    <t>6559XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2390</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2092</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the school health-related emergency response plan competitive grant program within the department of education, making appropriations, and including applicability provisions.  </t>
+  </si>
+  <si>
+    <t>5666XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2540</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB610</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to computer science and artificial intelligence education, including high school curricula and graduation requirements, practitioner preparation programs, and college admissions, and including applicability provisions.</t>
+  </si>
+  <si>
+    <t>K12 - Accreditation, K12 - Standards/Instruction</t>
+  </si>
+  <si>
+    <t>5279YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2358</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB604</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing community-based providers to directly participate in the statewide preschool program for four-year-old children. </t>
+  </si>
+  <si>
+    <t>5339Y</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2347</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB605</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to requirements for immunization exemption notifications by public health agencies. </t>
+  </si>
+  <si>
+    <t>5715YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2528</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB609</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the duties of the workforce development board, state board of education, and department of education related to cyber and artificial intelligence. </t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction, Higher Education, Community College</t>
+  </si>
+  <si>
+    <t>5557XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2712</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB623</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2462</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3111</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to early childhood and family services, including the creation of an early childhood and family services system, state child care assistance for the child care workforce, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5527YH</t>
+  </si>
+  <si>
+    <t>HF2192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to bond election requirements and limitations applicable to school districts. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>5610YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2623</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2191</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to elections for school district and city officers and bonds, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, K12 - Finance</t>
+  </si>
+  <si>
+    <t>6178XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2413</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2121</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to social studies instruction provided to students enrolled in grades seven through twelve, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5869XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2351</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2116</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to open enrollment, including by modifying provisions related to the open enrollment of pupils who are truant or chronically absent and children receiving educational instruction and course content delivered primarily over the internet, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5526YH</t>
+  </si>
+  <si>
+    <t>HF2171</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act striking elementary and secondary student immunization requirements. </t>
+  </si>
+  <si>
+    <t>5558XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2707</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB622</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2338</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3082</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to alignment of delivery of health and human services programs and services, aging and disability services, and volunteer services, and including applicability and effective date provisions. </t>
+  </si>
+  <si>
+    <t>5536XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2304</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB642</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2386</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3074</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to indirect costs charged to state-funded grants, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5719XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2544</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB646</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2336</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3095</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring annual reports on antisemitism in community colleges, regents institutions, and public school districts. </t>
+  </si>
+  <si>
+    <t>6136YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2324</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB636</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting school districts, charter schools, and innovation zone schools from entering into certain specified contracts with public libraries and hosting mobile libraries. </t>
+  </si>
+  <si>
+    <t>5147XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2517</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB634</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2430</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3134</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the display of flags at half-staff on public buildings. </t>
+  </si>
+  <si>
+    <t>2124YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF703</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB152</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act concerning information regarding certain state and federal student loan programs. </t>
+  </si>
+  <si>
+    <t>2nd Chamber - Passed Committee</t>
+  </si>
+  <si>
+    <t>6141YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2441</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB648</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the teach Iowa scholar program, including modifying eligibility provisions and establishing funding allocations. </t>
+  </si>
+  <si>
+    <t>6053XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2598</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB697</t>
+    </r>
+  </si>
+  <si>
+    <t>SF2167</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to human trafficking prevention training for persons applying for certain commercial driver's licenses. </t>
+  </si>
+  <si>
+    <t>6610YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2681</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2218</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to video recording systems in special education classrooms.</t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Special Education</t>
+  </si>
+  <si>
+    <t>2131YH</t>
+  </si>
+  <si>
+    <t>SF140</t>
+  </si>
+  <si>
+    <t>An Act relating to satellite absentee voting stations.</t>
+  </si>
+  <si>
+    <t>6565XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2320</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2170</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to provisions related to the district-to-community college sharing or concurrent enrollment program. </t>
+  </si>
+  <si>
+    <t>6843XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2201</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3100</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school funding by establishing the state percent of growth and the categorical state percent of growth for the budget year beginning July 1, 2026, modifying provisions relating to property tax replacement payments, the regular program state cost per pupil, funding for school district budget adjustments, and school district enrollment, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>Signed by Governor</t>
+  </si>
+  <si>
+    <t>6566XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2299</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2176</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the district-to-community college sharing or concurrent enrollment program. </t>
+  </si>
+  <si>
+    <t>5427XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2713</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB735</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2425</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2175</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to charter schools, the Iowa public employees' retirement system, financing programs for charter schools and nonpublic schools administered by the Iowa finance authority, the statewide voluntary preschool program for four-year-old children, education savings accounts, the school start date, independent accrediting agencies, teacher training and licensure, and making appropriations, and including applicability and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>Charter School, Nonpublic, Administrative</t>
+  </si>
+  <si>
+    <t>5556XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2404</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2181</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the department of education to develop and administer a pilot program that requires certain specified school districts to establish attendance centers for students requiring special education and students with behavioral issues. </t>
+  </si>
+  <si>
+    <t>Administrative, Special Education</t>
+  </si>
+  <si>
+    <t>6045XS</t>
+  </si>
+  <si>
+    <t>SF2183</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for the Iowa individual income tax checkoff for public schools and the public school checkoff fund, making appropriations, and providing for implementation of the checkoff on return. </t>
+  </si>
+  <si>
+    <t>5472XD</t>
+  </si>
+  <si>
+    <t>HSB755</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2301</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3103</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to matters under the purview of the economic development authority, the utilities commission, and the department of education, including creation of the headquarters expansion and development for growth and employment program, and the business incentives for growth program training fund; repeal of the new jobs tax credit program; the major economic growth attraction program; load forecasting and analysis of electric transmission system expansion plans; creation of the electric transmission system expansion planning and analysis and load forecasting fund; the industrial new jobs training program; and including effective date provisions.</t>
+  </si>
+  <si>
+    <t>Workforce</t>
+  </si>
+  <si>
+    <t>6677XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2358</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3108</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the maximum driving distance of unsupervised persons issued a special minor's restricted driver's license who are enrolled at an accredited nonpublic school. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Nonpublic</t>
+  </si>
+  <si>
+    <t>6036XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2392</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2212</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to interscholastic athletic scrimmages between schools and nonaccredited home school sports organizations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Athletics</t>
+  </si>
+  <si>
+    <t>5408YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2512</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB682</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the revocation or denial of educator licenses and certificates for publicly celebrating assassinations or acts of politically motivated violence, and including effective date and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>5539YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2486</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB681</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to student dress code policies of public schools, charter schools, and innovation school zones, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Charter School</t>
+  </si>
+  <si>
+    <t>6865YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2508</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB679</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to noncontact periods for students, coaches, directors, and teachers in extracurricular interscholastic athletic contests and competitions.</t>
+  </si>
+  <si>
+    <t>6581YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2440</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB678</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the payment of claims associated with nonpublic school pupil transportation, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5319XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2699</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB676</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2406</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3170</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to charter schools and innovation zone schools, including by modifying provisions related to charter school funding and operations, services provided to charter schools by area education agencies, charter school contracts, and charter school student participation in extracurricular activities provided by public schools, striking provisions allowing for the establishment of innovation zone schools, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Charter School</t>
+  </si>
+  <si>
+    <t>6184YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2711</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB668</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state policies, programs, and licenses with race, gender, or citizenship requirements. </t>
+  </si>
+  <si>
+    <t>6872YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2466</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB674</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to apprenticeships and other career training and making appropriations. </t>
+  </si>
+  <si>
+    <t>Workforce, Career Technical, Community College</t>
+  </si>
+  <si>
+    <t>1609HH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF272</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF96</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the advanced dyslexia specialist endorsement competitive scholar program within the college student aid commission and making appropriations. </t>
+  </si>
+  <si>
+    <t>Administrative, College Aid</t>
+  </si>
+  <si>
+    <t>6014YH</t>
+  </si>
+  <si>
+    <t>HF2342</t>
+  </si>
+  <si>
+    <t>An Act providing for the future repeal of tax credits.</t>
+  </si>
+  <si>
+    <t>6112YH</t>
+  </si>
+  <si>
+    <t>HF2308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state participation in the federal tax credit program for individual contributors to scholarship granting organizations. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, Nonpublic</t>
+  </si>
+  <si>
+    <t>6742YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2686</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2307</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing the board of educational examiners to issue provisional coaching authorizations. </t>
+  </si>
+  <si>
+    <t>1433YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF855</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB61</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting community colleges from establishing diversity, equity, and inclusion offices and engaging in certain other activities relating to diversity, equity, and inclusion. </t>
+  </si>
+  <si>
+    <t>5699XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SJR2012</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SJR2008</t>
+    </r>
+  </si>
+  <si>
+    <t>A Joint Resolution supporting devolution of power from the United States department of education to the states.</t>
+  </si>
+  <si>
+    <t>5336XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2676</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB694</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to health-related matters, including health-related professions, nutrition, medication, and taxes on certain products, and including effective date an applicability provisions. </t>
+  </si>
+  <si>
+    <t>5861XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2590</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB709</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2385</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3149</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the Iowa communications network, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>1983YH</t>
+  </si>
+  <si>
+    <t>HF621</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to firearms on school property, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>1664XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF176</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB1023</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to participation in cocurricular and extracurricular activities offered by school districts by pupils who open enroll for purposes of receiving educational instruction and course content primarily over the internet. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Athletics</t>
+  </si>
+  <si>
+    <t>6612XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2440</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3136</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the permissible uses of certain school district property tax revenue for urban renewal projects and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>611XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2436</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3138</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the division of revenue of school district foundation property taxes for urban renewal projects, authorizing voluntary payments by school districts, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>6046XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2403</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3146</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to incentives for whole grade sharing and school district reorganization or dissolution. </t>
+  </si>
+  <si>
+    <t>6892YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2510</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB714</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the social studies instruction provided to students enrolled in grades one through twelve and the educational programs provided by the institutions of higher education under the control of the state board of regents, and requiring education related to the holocaust for students and teachers in school districts. </t>
+  </si>
+  <si>
+    <t>6882YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2654</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB716</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for a waiver of resident tuition at community colleges for dependents of first responders. </t>
+  </si>
+  <si>
+    <t>6836YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2705</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB717</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to entities supported in whole or in part by taxation, including by modifying provisions related to the duties and responsibilities of the directors and officers of school boards, school improvement advisory committees, the sale of public bonds, statewide school infrastructure funding, open enrollment, and the membership and voting units of county and city conference boards, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5186YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2717</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2413</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2395</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2314</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to executive branch functions, including ratification of major administrative rules and certain other actions, other matters relating to the state rulemaking process, and terms of service of certain appointment members of certain boards, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>6582YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2684</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2393</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act permitting school districts to use certain categorical funds generated from pupils participating in the education savings account program for any school general fund purpose. </t>
+  </si>
+  <si>
+    <t>6688XS</t>
+  </si>
+  <si>
+    <t>SF2263</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the carrying, transportation, and possession of weapons, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Community College, Higher Education</t>
+  </si>
+  <si>
+    <t>1482HV</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF175</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB6</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to in-state residency for purposes of undergraduate tuition and mandatory fees at regents institutions and community colleges for certain military personnel and family members. </t>
+  </si>
+  <si>
+    <t>Higher Education, Community College</t>
+  </si>
+  <si>
+    <t>5875YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2638</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2388</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to public records, including employment separation information for certain government employees, contractors, or appointees. </t>
+  </si>
+  <si>
+    <t>6740YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2685</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2451</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to student instructional technology standards, including elementary school digital instruction limits, technology use policies, and governance of one-to-one digital device programs.</t>
+  </si>
+  <si>
+    <t>K12 - Administrative, K12 - Standards/Instruction</t>
+  </si>
+  <si>
+    <t>5669YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2670</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB746</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to education, including by modifying provisions related to summative testing in schools and the educational program provided to students enrolled in kindergarten through grade twelve.</t>
+  </si>
+  <si>
+    <t>K12 - Accreditation, K12 - Standards/Instruction, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>6908XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2412</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3169</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to qualifications for state employment and professional licensure.</t>
+  </si>
+  <si>
+    <t>5337XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2434</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3175</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to local government, including the approval of action by ordinance and posting of public notices.</t>
+  </si>
+  <si>
+    <t>6078YC</t>
+  </si>
+  <si>
+    <t>HSB747</t>
+  </si>
+  <si>
+    <t>An Act providing for a red tape reduction internet site.</t>
+  </si>
+  <si>
+    <t>1832YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2652</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF460</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to play-based learning in preschool, prekindergarten, and kindergarten</t>
+  </si>
+  <si>
+    <t>5716XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2608</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB663</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to qualifications for certain rights and privileges prescribed by the state, including state employment, professional licensure, voter registration, and bail, and making penalties applicable.</t>
+  </si>
+  <si>
+    <t>6564XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2367</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF3139</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to health-related matters, including health-related professions, certificates of need, and nutrition, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>1539YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF853</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF36</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to interpretation of law in administrative and judicial proceedings under the Iowa administrative procedure act. </t>
+  </si>
+  <si>
+    <t>6114XS</t>
+  </si>
+  <si>
+    <t>SF2460</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for the rural veterinarian loan repayment program, including by allowing a loan repayment recipient to exclude net income attributable to loan payments received under the program. </t>
   </si>
   <si>
     <t>SSB3032</t>
   </si>
   <si>
-    <t>An Act relating to paid parental leave for state employees.</t>
-[...15 lines deleted...]
-      <t>HF2330</t>
+    <t>5367XD</t>
+  </si>
+  <si>
+    <t>TBA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the penalty for public employees and public officials taking money from a public employer. </t>
+  </si>
+  <si>
+    <t>5376XD</t>
+  </si>
+  <si>
+    <t>An Act relating to audits of governmental subdivisions by the state auditor concerning suspected embezzlement, theft, or other significant financial irregularities.</t>
+  </si>
+  <si>
+    <t>5375XD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the auditor of state by providing for efficient use of public funds reporting. </t>
+  </si>
+  <si>
+    <t>SF2003</t>
+  </si>
+  <si>
+    <t>5456XS</t>
+  </si>
+  <si>
+    <t>SF2004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing the expenditure of funding from the secure an advanced vision for education fund for certain insurance costs. </t>
+  </si>
+  <si>
+    <t>5390XS</t>
+  </si>
+  <si>
+    <t>SF2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing requirements related to nonpublic schools that receive tuition payments from parents or guardians whose students are participating in the education savings account program. </t>
+  </si>
+  <si>
+    <t>5093XS</t>
+  </si>
+  <si>
+    <t>SF2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the transportation to and from school of pupils participating in open enrollment. </t>
+  </si>
+  <si>
+    <t>Transportation, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>5156XS</t>
+  </si>
+  <si>
+    <t>SF2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to special education, including by requiring accredited nonpublic schools to provide special education services to students enrolled in the school who require such services and modifying the responsibilities of area education agencies, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Special Education, Nonpublic</t>
+  </si>
+  <si>
+    <t>5290XC</t>
+  </si>
+  <si>
+    <t>SSB3004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for an online platform for professionals to provide career information to students. </t>
+  </si>
+  <si>
+    <t>5638YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2026</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
+      <t xml:space="preserve">; (S) </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2006</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the display of flags on public schools and state-owned buildings. </t>
+  </si>
+  <si>
+    <t>5616YH</t>
+  </si>
+  <si>
+    <t>HF2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to nominations for election to school district offices. </t>
+  </si>
+  <si>
+    <t>5656YH</t>
+  </si>
+  <si>
+    <t>HF2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for education related to the holocaust for students and teachers in school districts. </t>
+  </si>
+  <si>
+    <t>5058YH</t>
+  </si>
+  <si>
+    <t>HF2004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to nonpublic school student participation in extracurricular interscholastic activities provided by public schools. </t>
+  </si>
+  <si>
+    <t>Nonpublic</t>
+  </si>
+  <si>
+    <t>5170YH</t>
+  </si>
+  <si>
+    <t>HF2003</t>
+  </si>
+  <si>
+    <t>Special Education</t>
+  </si>
+  <si>
+    <t>5066YH</t>
+  </si>
+  <si>
+    <t>HF2002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the legislative council to enter into an agreement with a qualified person to conduct a review of Iowa's public education system, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5086YH</t>
+  </si>
+  <si>
+    <t>HF2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to health care coverage of public school district personnel under the state health insurance plan, providing fees, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5372XS</t>
+  </si>
+  <si>
+    <t>SF2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for payroll deduction for membershiop dues to an employee organiztion under public employee collective bargaining, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5880XC</t>
+  </si>
+  <si>
+    <t>SSB3026</t>
+  </si>
+  <si>
+    <t>An Act relating to dates for elections to issue bonds or other indebtedness.</t>
+  </si>
+  <si>
+    <t>5107YH</t>
+  </si>
+  <si>
+    <t>HF2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the discipline of students who disrupt the educational process, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5106YH</t>
+  </si>
+  <si>
+    <t>HF2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for supplementary weighting for school districts that share school and career specialists. </t>
+  </si>
+  <si>
+    <t>5280YH</t>
+  </si>
+  <si>
+    <t>HF2052</t>
+  </si>
+  <si>
+    <t>An Act relating to community-based providers in the statewide voluntary preschool program for four-year-old children.</t>
+  </si>
+  <si>
+    <t>5612YH</t>
+  </si>
+  <si>
+    <t>HF2073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to ballot contents for certain elected offices. </t>
+  </si>
+  <si>
+    <t>5611YH</t>
+  </si>
+  <si>
+    <t>HF2080</t>
+  </si>
+  <si>
+    <t>SF2120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to bona fide retirement and subsequent employment as school district support staff under the Iowa public employees' retirement system. </t>
+  </si>
+  <si>
+    <t>5532YH</t>
+  </si>
+  <si>
+    <t>HF2078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to resident dependents not enrolled in a public school or receiving an eductional savings account payment by creating an opportunity tax credit available against the individual income tax, creating a fund, making appropriations, and including effective date and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>5173YH</t>
+  </si>
+  <si>
+    <t>HF2077</t>
+  </si>
+  <si>
+    <t>2141XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF205</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB582</t>
-[...13 lines deleted...]
-      <t>HF2294</t>
+      <t>SSB1036</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the earliest possible start date of the school calendar for school districts and accredited nonpublic schools. </t>
+  </si>
+  <si>
+    <t>5277XS</t>
+  </si>
+  <si>
+    <t>SF2061</t>
+  </si>
+  <si>
+    <t>An Act establishing a nonpublic school safety infrastructure grant program and making appropriations.</t>
+  </si>
+  <si>
+    <t>Nonpublic, K12 - Finance</t>
+  </si>
+  <si>
+    <t>5968XS</t>
+  </si>
+  <si>
+    <t>SF2066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to human growth and development course enrollment at school districts and to pupil attendance at educational conferences or seminars in which human growth and development information is provided. </t>
+  </si>
+  <si>
+    <t>2018XS</t>
+  </si>
+  <si>
+    <t>SF172</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to child sexual abuse and child sexual assault awareness and prevention. </t>
+  </si>
+  <si>
+    <t>Administrative, K12 - Standards/Instruction</t>
+  </si>
+  <si>
+    <t>1827SV</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF510</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB580</t>
-[...957 lines deleted...]
-      </rPr>
       <t>SF138</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to elective social studies courses emphasizing religious scripture that school districts may offer and teach. </t>
   </si>
   <si>
-    <r>
-[...59 lines deleted...]
-    <t xml:space="preserve">An Act modifying provisions related to the curriculum provided to students enrolled in grades nine through twelve by allowing instruction related to technology, engineering, or manufacturing to meet a portion of the unit requirements related to computer science. </t>
+    <t>5572YH</t>
   </si>
   <si>
     <t>HF2131</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the timing for establishment of the state percent of growth and the categorical state percent of growth, and including effective date provisions. </t>
   </si>
   <si>
-    <t>HF2124</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">An Act modifying the duties of the department of education related to electronic systems. </t>
+    <t>5924YH</t>
   </si>
   <si>
     <t>HF2123</t>
   </si>
   <si>
     <t xml:space="preserve">
 </t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to state entities, including by modifying provisions related to prohibited diversity, equity, and inclusion offices and officers and to trainings and curricula regarding specific defined concepts provided by school districts. </t>
   </si>
   <si>
-    <t>HF2122</t>
-[...4 lines deleted...]
-  <si>
     <t>HF2116</t>
   </si>
   <si>
-    <t>SF2174</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">An Act relating to local government taxes, budgets, and authority, by establishing property tax limitations and modifying provisions relating to the assessment and taxation of property, certain taxpayer notices, bond issuances, and councils of governments, and including applicability and retroactive applicability provisions. </t>
+    <t>5843XS</t>
+  </si>
+  <si>
+    <t>SJR2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A Joint Resolution proposing an amendment to the Constitution of the State of Iowa relating to the right of all youths of this state to a comprehensive public education. </t>
+  </si>
+  <si>
+    <t>Misc</t>
+  </si>
+  <si>
+    <t>5278XS</t>
+  </si>
+  <si>
+    <t>SF2072</t>
+  </si>
+  <si>
+    <t>5464XS</t>
+  </si>
+  <si>
+    <t>SF2076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to a waiver of tuition and mandatory fees at accredited private institutions and regents institutions for students during student teaching experiences in the state. </t>
+  </si>
+  <si>
+    <t>5463XS</t>
+  </si>
+  <si>
+    <t>SF2080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to area education agency employee access to student records. </t>
+  </si>
+  <si>
+    <t>5965XS</t>
+  </si>
+  <si>
+    <t>SF2083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the periods of time to bring certain civil actions by victims of sexual abuse and other sexual offenses that occurred when the victim was a minor, entitling certain cases to a preference in trial order, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5949YH</t>
+  </si>
+  <si>
+    <t>HF2143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing school districts to use revenues from the district management levy for targeted staff retention incentives and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5294XS</t>
+  </si>
+  <si>
+    <t>SF2090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school districts, including by modifying provisions related to executive officers of the boards of directors of school districts and authorizing residents and employees to request audits of school districts. </t>
+  </si>
+  <si>
+    <t>SF2094</t>
+  </si>
+  <si>
+    <t>HF2288</t>
+  </si>
+  <si>
+    <t>6134YC</t>
+  </si>
+  <si>
+    <t>HSB606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring reports to the general assembly regarding establishment of certain postsecondary athletic programs and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Athletics, Community College</t>
+  </si>
+  <si>
+    <t>5977HC</t>
+  </si>
+  <si>
+    <t>HSB608</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the inclusion of the internet address for the your life Iowa program or successor program on public school student identification cards and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>6579XS</t>
+  </si>
+  <si>
+    <t>SF2102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to health care coverage of certain public school district personnel under the state health insurance plan, providing fees, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5311YH</t>
+  </si>
+  <si>
+    <t>HF2153</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring community colleges, school districts, and institutions under the control of the state board of regents to adopt policies related to the use of artificial intelligence by students and employees. </t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction, Community College, Higher Education</t>
+  </si>
+  <si>
+    <t>5697YH</t>
+  </si>
+  <si>
+    <t>HF2152</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act repealing the school tuition organization tax credit available against the individual and corporate income taxes and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Nonpublic, Misc</t>
+  </si>
+  <si>
+    <t>5661YH</t>
+  </si>
+  <si>
+    <t>HF2151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act making appropriations to the department of education for the therapeutic classroom incentive grant program. </t>
+  </si>
+  <si>
+    <t>2488XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 525</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB1158</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to student nutrition, including by modifying the curricula provided to students enrolled in kindergarten through grade twelve to include instruction related to nutrition, modifying provisions related to the agriculture, food, and natural resources component of the career and technical education instruction provided to students enrolled in grades nine through twelve, and modifying provisions related to school meal programs, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Senate Unfinished Business</t>
+  </si>
+  <si>
+    <t>5995XS</t>
+  </si>
+  <si>
+    <t>SF2118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to student participation in non-school-sponsored athletic contests or competitions. </t>
+  </si>
+  <si>
+    <t>6068HH</t>
+  </si>
+  <si>
+    <t>HF2187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the boards of directors of school districts to allow certain youth-oriented community organizations reasonable access to school property. </t>
+  </si>
+  <si>
+    <t>6731YH</t>
+  </si>
+  <si>
+    <t>HF2186</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to application periods for the education savings account program. </t>
+  </si>
+  <si>
+    <t>5577XS</t>
+  </si>
+  <si>
+    <t>SF2119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to obscenity exemptions for public libraries and educational institutions. </t>
+  </si>
+  <si>
+    <t>6113YH</t>
+  </si>
+  <si>
+    <t>HF2172</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying testing requirements applicable to pupils who are participating in the education savings account program. </t>
+  </si>
+  <si>
+    <t>5957YH</t>
+  </si>
+  <si>
+    <t>HF2170</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to minimum roster sizes for interscholastic sports. </t>
+  </si>
+  <si>
+    <t>5865XS</t>
+  </si>
+  <si>
+    <t>SF2133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to administrator licenses granted by the board of educational examiners and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>6738YH</t>
+  </si>
+  <si>
+    <t>HF2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the eligibility of students enrolled in nonpublic schools to participate in show choir and marching band provided by public schools, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5292XS</t>
+  </si>
+  <si>
+    <t>SF2149</t>
+  </si>
+  <si>
+    <t>An Act relating to civil actions against school board members and superintendents for school policies that violate state law.</t>
+  </si>
+  <si>
+    <t>5320XS</t>
+  </si>
+  <si>
+    <t>SF2152</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to the executive officers of the boards of directors of school districts. </t>
+  </si>
+  <si>
+    <t>5296XS</t>
+  </si>
+  <si>
+    <t>SF2160</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the ability of persons to examine the public records of school districts. </t>
+  </si>
+  <si>
+    <t>5475YH</t>
+  </si>
+  <si>
+    <t>HF2236</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to the Iowa tuition grants program and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5953YH</t>
+  </si>
+  <si>
+    <t>HF2235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the board of educational examiners to establish authorizations for instruction related to fine arts. </t>
+  </si>
+  <si>
+    <t>5091YH</t>
+  </si>
+  <si>
+    <t>HF2217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to radon testing in schools, including responsibilities of nonpublic schools, applicability to charter and innovation zone schools, establishing a school testing and mitigation of radon grant program within the department of education, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Administrative</t>
+  </si>
+  <si>
+    <t>1243YH</t>
+  </si>
+  <si>
+    <t>HF332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to administrators employed by school districts, including requiring administrators to provide instruction to students and modifying the responsibilities of the board of educational examiners. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, K12 - Standards/Instruction, Educational Examiners</t>
+  </si>
+  <si>
+    <t>HF245</t>
+  </si>
+  <si>
+    <t>5431XS</t>
+  </si>
+  <si>
+    <t>SF2177</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to policies and protection measures a library provider or third party contracting with a library provider must take if the library provider or third party offers digital library services. </t>
+  </si>
+  <si>
+    <t>6108YH</t>
+  </si>
+  <si>
+    <t>HF2270</t>
+  </si>
+  <si>
+    <t>An Act relating to standards and performance measures for public libraries.</t>
+  </si>
+  <si>
+    <t>5104YH</t>
+  </si>
+  <si>
+    <t>HF2265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to eligibility for payments under the education savings account program, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>6759XC</t>
+  </si>
+  <si>
+    <t>SSB3109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring school districts, accredited nonpublic schools, charter schools, and innovation zone schools to provide success-sequence education in grades seven through twelve. </t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction, K12 - Accreditation</t>
+  </si>
+  <si>
+    <t>6758XC</t>
+  </si>
+  <si>
+    <t>SSB3110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to statewide voluntary preschool program students whose household income is below a certain amount, minimum hours required to be offered, and funding calculations. </t>
+  </si>
+  <si>
+    <t>5281XS</t>
+  </si>
+  <si>
+    <t>SF2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the Iowa medical freedom Act, including limitations on requiring medical interventions by businesses, governmental entities, and educational institutions, modifying state authority during public health disasters, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>6153HH</t>
+  </si>
+  <si>
+    <t>HF2286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the social studies curriculum, core curriculum, graduation requirements, area education agencies, and high school equivalency diplomas, and including transition provisions and effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>6811HH</t>
+  </si>
+  <si>
+    <t>HF2285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring schools to establish and offer a junior fire fighter program to high school students. </t>
+  </si>
+  <si>
+    <t>6864YC</t>
+  </si>
+  <si>
+    <t>HSB683</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the physical education and physical activity requirements applicable to certain specified students and by implementing a graduation requirement related to participation in a cocurricular or extracurricular activity. </t>
+  </si>
+  <si>
+    <t>5489YC</t>
+  </si>
+  <si>
+    <t>HSB680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education funding by authorizing community-based providers to directly participate in the statewide preschool program for four-year-old children, modifying the school tuition organization tax credit program, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>6720XS</t>
+  </si>
+  <si>
+    <t>SF2200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school email security by requiring school districts, charter schools, and area education agencies to implement certain email security standards. </t>
+  </si>
+  <si>
+    <t>6107YH</t>
+  </si>
+  <si>
+    <t>HF2282</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the sale of certain specified buildings or structures by school districts, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, Administrative</t>
+  </si>
+  <si>
+    <t>5901YH</t>
+  </si>
+  <si>
+    <t>HF2272</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to renewal requirements associated with licenses issued by the board of educational examiners to certain specified practitioners. </t>
+  </si>
+  <si>
+    <t>6190YH</t>
+  </si>
+  <si>
+    <t>HF2271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to world language instruction. </t>
+  </si>
+  <si>
+    <t>5845XS</t>
+  </si>
+  <si>
+    <t>SF2228</t>
+  </si>
+  <si>
+    <t>An Act relating to school district funding provisions, including reducing the foundation property tax and repealing the education savings account program, and including effective date and applicability provisions.</t>
+  </si>
+  <si>
+    <t>6580XS</t>
+  </si>
+  <si>
+    <t>SF2229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education funding, including amounts for the statewide preschool program and eligibility for payments under the education savings account program, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Early Childhood, K12 - Finance</t>
+  </si>
+  <si>
+    <t>6621YH</t>
+  </si>
+  <si>
+    <t>HF2306</t>
+  </si>
+  <si>
+    <t>An Act modifying the responsibilities of school district teachers and other educational staff related to students who have individualized education programs or plans under section 504 of the federal Rehabilitation Act.</t>
+  </si>
+  <si>
+    <t>6004XS</t>
+  </si>
+  <si>
+    <t>SF2244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An act relating to the education savings account program, including the establishment and requirements of qualified nonpublic schools. </t>
+  </si>
+  <si>
+    <t>Nonpublic, Administrative</t>
+  </si>
+  <si>
+    <t>6073XS</t>
+  </si>
+  <si>
+    <t>SF2241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to charter school requirements, including reporting requirements, governance standards, financial accountability, and oversight by the state board of education. </t>
+  </si>
+  <si>
+    <t>Administrative, Charter School</t>
+  </si>
+  <si>
+    <t>6785YH</t>
+  </si>
+  <si>
+    <t>HF2382</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the school resource officer grant program within the department of education, and making appropriations. </t>
+  </si>
+  <si>
+    <t>Administrative, School Safety</t>
+  </si>
+  <si>
+    <t>6787YH</t>
+  </si>
+  <si>
+    <t>HF2381</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring school districts, accredited nonpublic schools, charter schools, and innovation zone schools to grant coaches leaves of absence to attend professional development activities. </t>
+  </si>
+  <si>
+    <t>Athletics, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>5164HH</t>
+  </si>
+  <si>
+    <t>HF2379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act allowing the carrying of weapons on the grounds of a school under certain circumstances. </t>
+  </si>
+  <si>
+    <t>5922YH</t>
+  </si>
+  <si>
+    <t>HF2368</t>
+  </si>
+  <si>
+    <t>An Act relating to the Iowa medical freedom Act, including limitations on requiring medical interventions by businesses, governmental entities, and educational institutions, modifying state authority during public health disasters, and including effective date provisions.</t>
+  </si>
+  <si>
+    <t>6189YH</t>
+  </si>
+  <si>
+    <t>HF2366</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to private instruction and dual enrollment, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>5330YH</t>
+  </si>
+  <si>
+    <t>HF2364</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the enactment of supplemental state aid and the suspension and forfeiture of legislative pay. </t>
+  </si>
+  <si>
+    <t>SSB3130</t>
+  </si>
+  <si>
+    <t>2318YH</t>
+  </si>
+  <si>
+    <t>HF263</t>
+  </si>
+  <si>
+    <t>K12 - Accreditation</t>
+  </si>
+  <si>
+    <t>6755XS</t>
+  </si>
+  <si>
+    <t>SF2253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing a graduation requirement for instruction related to food nutrition and preparation. </t>
+  </si>
+  <si>
+    <t>HF2413</t>
+  </si>
+  <si>
+    <t>6575YC</t>
+  </si>
+  <si>
+    <t>HSB718</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to practitioner preparation programs, including by modifying the preparation required to be included in practitioner preparation programs and the duties of the state board of education and the director of the department of education, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Administrative, Teacher Prep</t>
+  </si>
+  <si>
+    <t>6064YC</t>
+  </si>
+  <si>
+    <t>HSB719</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the school health-related emergency response plan competitive grant program within the department of education, making appropriations, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>School Nutrition &amp; Health, School Safety</t>
+  </si>
+  <si>
+    <t>6669YH</t>
+  </si>
+  <si>
+    <t>HF2404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the timing of school district bond elections. </t>
+  </si>
+  <si>
+    <t>5966YH</t>
+  </si>
+  <si>
+    <t>HF2401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to exceptions to member education course requirements for official meetings open to the public. </t>
+  </si>
+  <si>
+    <t>5128HH</t>
+  </si>
+  <si>
+    <t>HF2398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the authorized possession of firearms on school property, including for certain drivers of school vehicles, firearms locked in vehicles, and retired peace officers, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5266YH</t>
+  </si>
+  <si>
+    <t>HF2396</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to programs administered by the college student aid commission, including the skilled workforce shortage tuition grant program, Iowa workforce grant and incentive program, vocational-technical tuition grant program, the future ready Iowa skilled workforce last-dollar scholarship program, and the gap tuition assistance program, and making appropriations. </t>
+  </si>
+  <si>
+    <t>6110HH</t>
+  </si>
+  <si>
+    <t>HF2392</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act implementing requirements related to the health instruction and health education instruction provided to students enrolled in school districts, charter schools, and innovation zone schools in grades one through twelve. </t>
+  </si>
+  <si>
+    <t>6751YH</t>
+  </si>
+  <si>
+    <t>HF2435</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to when children may enroll in kindergarten; when students enrolled in kindergarten in school districts, charter schools, or innovation zone schools may be promoted to first grade; and the responsibilities of school districts, charter schools, and innovation zone schools related to the discipline of students who cause violent or nonviolent disruptions. </t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction, School Safety</t>
+  </si>
+  <si>
+    <t>6152HH</t>
+  </si>
+  <si>
+    <t>HF2420</t>
+  </si>
+  <si>
+    <t>An Act relating to education, including by establishing the office of the inspector general for school safety and modifying the duties of school districts, and making appropriations and providing penalties.</t>
+  </si>
+  <si>
+    <t>K12 - Administrative, School Safety</t>
+  </si>
+  <si>
+    <t>6146XS</t>
+  </si>
+  <si>
+    <t>SF2311</t>
+  </si>
+  <si>
+    <t>An Act providing for education on the holocaust for students and teachers in school districts.</t>
+  </si>
+  <si>
+    <t>5601XS</t>
+  </si>
+  <si>
+    <t>SF2321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act repealing the education savings account program. </t>
+  </si>
+  <si>
+    <t>6093XS</t>
+  </si>
+  <si>
+    <t>HF2612</t>
+  </si>
+  <si>
+    <t>SF2325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring boards of directors of school districts, the authorities in charge of accredited nonpublic schools, and the governing boards of charter schools to adopt policies related to excusing the absences of students enrolled in grades six through twelve for civic or political events. </t>
+  </si>
+  <si>
+    <t>5604XS</t>
+  </si>
+  <si>
+    <t>SF2328</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school lunch programs provided by school districts, charter schools, and innovation zone schools, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5602XS</t>
+  </si>
+  <si>
+    <t>SF2329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the duties and powers of area education agencies, the department of education, and area education agency funding, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>5603XS</t>
+  </si>
+  <si>
+    <t>SF2331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing a classroom supply stipend for certain public school teachers, and making appropriations. </t>
+  </si>
+  <si>
+    <t>5564XS</t>
+  </si>
+  <si>
+    <t>SF2345</t>
+  </si>
+  <si>
+    <t>An Act relating to notice of immunization exemptions and providing civil penalties.</t>
+  </si>
+  <si>
+    <t>6791YH</t>
+  </si>
+  <si>
+    <t>HF2449</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing school districts to enter into agreements with cities and counties for the purpose of jointly procuring a group health insurance plan, nonprofit group hospital service plan, nonprofit group medical service plan, or group life insurance plan. </t>
+  </si>
+  <si>
+    <t>5474YH</t>
+  </si>
+  <si>
+    <t>HF2450</t>
+  </si>
+  <si>
+    <t>6786YH</t>
+  </si>
+  <si>
+    <t>HF2452</t>
+  </si>
+  <si>
+    <t>An Act establishing the data security program within the department of education, and making appropriations.</t>
+  </si>
+  <si>
+    <t>6002YH</t>
+  </si>
+  <si>
+    <t>HF2453</t>
+  </si>
+  <si>
+    <t>An Act relating to school district general fund flexibility accounts by expanding eligible uses to include costs to expand preschool programs.</t>
+  </si>
+  <si>
+    <t>K12 - Finance, Early Childhood</t>
+  </si>
+  <si>
+    <t>6616YH</t>
+  </si>
+  <si>
+    <t>HF2454</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the employment of temporary licensed mental health counselors by school districts, accredited nonpublic schools, charter schools, and innovation zone schools. </t>
+  </si>
+  <si>
+    <t>6781YH</t>
+  </si>
+  <si>
+    <t>HF2457</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the credential-attainment program within the department of workforce development, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>6790YH</t>
+  </si>
+  <si>
+    <t>HF2458</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the teacher and para-educator grant program within the department of workforce development, and making appropriations. </t>
+  </si>
+  <si>
+    <t>6741YH</t>
+  </si>
+  <si>
+    <t>HF2470</t>
+  </si>
+  <si>
+    <t>An Act requiring the department of education to develop and administer a pilot program that authorizes school districts and charter schools to offer instruction in logic and critical thinking.</t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction, Administrative</t>
+  </si>
+  <si>
+    <t>5663YH</t>
+  </si>
+  <si>
+    <t>HF2613</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to reporting requirements for accredited nonpublic schools and the department of education concerning education savings account funds. </t>
+  </si>
+  <si>
+    <t>6634YH</t>
+  </si>
+  <si>
+    <t>HF2632</t>
+  </si>
+  <si>
+    <t>An Act relating to bond election requirements applicable to school districts.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2220</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3042</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2547</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB572</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2223</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3049</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2230</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB555</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2222</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3048</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2499</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB584</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2141</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3028</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2500</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB583</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2206</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3030</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2502</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB579</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2490</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB578</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2330</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB582</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2294</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB580</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2338</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2121</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2492</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2049</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2086</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3007</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2026</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">; (S) </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2006</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2250</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2012</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2268</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB512</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 2088</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3023</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2207</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2037</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 2144</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2043</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2428</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2044</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2218</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3015</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2591</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2034</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2203</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2055</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2649</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB533</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2488</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB537</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2240</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB544</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2246</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB546</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2231</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB558</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2361</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3073</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2363</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB557</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2247</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2079</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2724</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB677</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2221</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3043</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2219</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3041</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF1010</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF772</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB48</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB1036</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF205</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF274</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF141</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2501</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB627</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2287</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3078</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2231</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2060</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2336</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2106</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2300</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2062</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2493</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2092</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF510</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF138</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2335</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF516</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF237</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2224</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3050</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2546</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2124</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2538</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2122</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2405</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2174</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HF2244</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HSB594</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">An Act relating to social studies instruction, including instruction in United States government, provided to students enrolled in grades nine through twelve, and including applicability provisions. </t>
-[...176 lines deleted...]
-    <t>K12 - Finance, K12 - Administrative</t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2725</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB725</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2407</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3164</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2610</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB675</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2391</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3163</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2319</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2084</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2494</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB599</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2390</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2092</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2540</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB610</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2424</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2095</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2358</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB604</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2347</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB605</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2528</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB609</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2712</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB623</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2462</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3111</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF 525</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SSB1158</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">An Act relating to student nutrition, including by modifying the curricula provided to students enrolled in kindergarten through grade twelve to include instruction related to nutrition, modifying provisions related to the agriculture, food, and natural resources component of the career and technical education instruction provided to students enrolled in grades nine through twelve, and modifying provisions related to school meal programs, and including effective date provisions. </t>
-[...77 lines deleted...]
-    <t xml:space="preserve">An Act relating to alignment of delivery of health and human services programs and services, aging and disability services, and volunteer services, and including applicability and effective date provisions. </t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2623</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2191</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2413</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2121</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2351</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2116</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2707</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB622</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2338</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3082</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HF2304</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HSB642</t>
     </r>
   </si>
   <si>
-    <t>SSB3074</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">An Act requiring annual reports on antisemitism in community colleges, regents institutions, and public school districts. </t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2386</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3074</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2544</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB646</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2336</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3095</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HF2324</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HSB636</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">An Act prohibiting school districts, charter schools, and innovation zone schools from entering into certain specified contracts with public libraries and hosting mobile libraries. </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">An Act relating to the display of flags at half-staff on public buildings. </t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2517</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB634</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2430</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3134</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HF703</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HSB152</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">An Act concerning information regarding certain state and federal student loan programs. </t>
-[...92 lines deleted...]
-    <t xml:space="preserve">An Act relating to provisions related to the district-to-community college sharing or concurrent enrollment program. </t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2441</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB648</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2598</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB697</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2681</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2218</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2320</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2170</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF2201</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SSB3100</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">An Act relating to school funding by establishing the state percent of growth and the categorical state percent of growth for the budget year beginning July 1, 2026, modifying provisions relating to property tax replacement payments, the regular program state cost per pupil, funding for school district budget adjustments, and school district enrollment, and including effective date and applicability provisions. </t>
-[...194 lines deleted...]
-    <t xml:space="preserve">An Act relating to state policies, programs, and licenses with race, gender, or citizenship requirements. </t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2299</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2176</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2713</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB735</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2425</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2175</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2404</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2181</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2301</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3103</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2358</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3108</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2392</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2212</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2512</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB682</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2486</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB681</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2508</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB679</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2440</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB678</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2699</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB676</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2406</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3170</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2466</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB674</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2711</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB668</t>
+    </r>
   </si>
   <si>
     <t>HF96</t>
   </si>
   <si>
-    <t xml:space="preserve">An Act establishing the advanced dyslexia specialist endorsement competitive scholar program within the college student aid commission and making appropriations. </t>
-[...47 lines deleted...]
-    <t xml:space="preserve">An Act modifying the responsibilities of school district teachers and other educational staff related to students who have individualized education programs or plans under section 504 of the federal Rehabilitation Act. </t>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2686</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2307</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF855</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB61</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SJR2012</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SJR2008</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2676</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB694</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2590</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB709</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2385</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3149</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF176</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB1023</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2440</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3136</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2436</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3138</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2403</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3146</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2510</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB714</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2654</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB716</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2705</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB717</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2717</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2413</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2395</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2314</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2684</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2393</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF175</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB6</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2638</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2388</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2685</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2451</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2670</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB746</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2412</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3169</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2434</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3175</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2652</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF460</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2608</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB663</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2367</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF3139</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF853</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF36</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to play-based learning in preschool, prekindergarten, and kindergarten.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
       <sz val="10"/>
       <color theme="1"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FF000000"/>
+      <color rgb="FF333333"/>
+      <name val="Arial"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF1155CC"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD9D9D9"/>
-        <bgColor rgb="FFD9D9D9"/>
+        <fgColor rgb="FFBDBDBD"/>
+        <bgColor rgb="FFBDBDBD"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF3F3F3"/>
         <bgColor rgb="FFF3F3F3"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEFEFEF"/>
         <bgColor rgb="FFEFEFEF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-        <bgColor rgb="FFEFEFEF"/>
+        <fgColor rgb="FFCCCCCC"/>
+        <bgColor rgb="FFCCCCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFD9D9D9"/>
+        <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-4.9989318521683403E-2"/>
-        <bgColor rgb="FFEFEFEF"/>
+        <bgColor rgb="FFF3F3F3"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-4.9989318521683403E-2"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="98">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...29 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="27" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="33">
+  <dxfs count="40">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -2825,190 +10103,261 @@
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor rgb="FFBDBDBD"/>
-[...6 lines deleted...]
-        <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
-        </patternFill>
-[...6 lines deleted...]
-          <bgColor rgb="FFD9D9D9"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFBDBDBD"/>
+          <bgColor rgb="FFBDBDBD"/>
+        </patternFill>
+      </fill>
+    </dxf>
   </dxfs>
-  <tableStyles count="15">
-    <tableStyle name="Regents-style" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
+  <tableStyles count="19">
+    <tableStyle name="Funneled 220-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
+      <tableStyleElement type="headerRow" dxfId="39"/>
+      <tableStyleElement type="firstRowStripe" dxfId="38"/>
+      <tableStyleElement type="secondRowStripe" dxfId="37"/>
+    </tableStyle>
+    <tableStyle name="Funneled 220-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="36"/>
+      <tableStyleElement type="secondRowStripe" dxfId="35"/>
+    </tableStyle>
+    <tableStyle name="Funneled 220-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF02000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="34"/>
+      <tableStyleElement type="secondRowStripe" dxfId="33"/>
+    </tableStyle>
+    <tableStyle name="Funneled 220-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF03000000}">
       <tableStyleElement type="firstRowStripe" dxfId="32"/>
       <tableStyleElement type="secondRowStripe" dxfId="31"/>
     </tableStyle>
-    <tableStyle name="Regents-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
+    <tableStyle name="Funneled 220-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF04000000}">
       <tableStyleElement type="firstRowStripe" dxfId="30"/>
       <tableStyleElement type="secondRowStripe" dxfId="29"/>
     </tableStyle>
-    <tableStyle name="Advanced-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF02000000}">
-[...2 lines deleted...]
-      <tableStyleElement type="secondRowStripe" dxfId="26"/>
+    <tableStyle name="Funneled 220-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="28"/>
+      <tableStyleElement type="secondRowStripe" dxfId="27"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF03000000}">
-      <tableStyleElement type="headerRow" dxfId="25"/>
+    <tableStyle name="Funneled 220-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF06000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="26"/>
+      <tableStyleElement type="secondRowStripe" dxfId="25"/>
+    </tableStyle>
+    <tableStyle name="Funneled 220-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF07000000}">
       <tableStyleElement type="firstRowStripe" dxfId="24"/>
       <tableStyleElement type="secondRowStripe" dxfId="23"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF04000000}">
+    <tableStyle name="Funneled 220-style 9" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF08000000}">
       <tableStyleElement type="firstRowStripe" dxfId="22"/>
       <tableStyleElement type="secondRowStripe" dxfId="21"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
+    <tableStyle name="Regents All-style" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF09000000}">
       <tableStyleElement type="firstRowStripe" dxfId="20"/>
       <tableStyleElement type="secondRowStripe" dxfId="19"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF06000000}">
+    <tableStyle name="Regents All-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0A000000}">
       <tableStyleElement type="firstRowStripe" dxfId="18"/>
       <tableStyleElement type="secondRowStripe" dxfId="17"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF07000000}">
+    <tableStyle name="Funneled 320-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF0B000000}">
       <tableStyleElement type="headerRow" dxfId="16"/>
       <tableStyleElement type="firstRowStripe" dxfId="15"/>
       <tableStyleElement type="secondRowStripe" dxfId="14"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF08000000}">
+    <tableStyle name="Funneled 320-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0C000000}">
       <tableStyleElement type="firstRowStripe" dxfId="13"/>
       <tableStyleElement type="secondRowStripe" dxfId="12"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF09000000}">
+    <tableStyle name="Funneled 320-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0D000000}">
       <tableStyleElement type="firstRowStripe" dxfId="11"/>
       <tableStyleElement type="secondRowStripe" dxfId="10"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0A000000}">
+    <tableStyle name="Funneled 320-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0E000000}">
       <tableStyleElement type="firstRowStripe" dxfId="9"/>
       <tableStyleElement type="secondRowStripe" dxfId="8"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0B000000}">
+    <tableStyle name="Funneled 320-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0F000000}">
       <tableStyleElement type="firstRowStripe" dxfId="7"/>
       <tableStyleElement type="secondRowStripe" dxfId="6"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0C000000}">
+    <tableStyle name="Funneled 320-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF10000000}">
       <tableStyleElement type="firstRowStripe" dxfId="5"/>
       <tableStyleElement type="secondRowStripe" dxfId="4"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0D000000}">
+    <tableStyle name="Funneled 320-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF11000000}">
       <tableStyleElement type="firstRowStripe" dxfId="3"/>
       <tableStyleElement type="secondRowStripe" dxfId="2"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0E000000}">
+    <tableStyle name="Funneled 320-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF12000000}">
       <tableStyleElement type="firstRowStripe" dxfId="1"/>
       <tableStyleElement type="secondRowStripe" dxfId="0"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <x18tc:personList xmlns:x18tc="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
@@ -3168,7958 +10517,21340 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2152&amp;ga=91" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2144&amp;ga=91" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2120&amp;ga=91" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2224&amp;ga=91" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2324&amp;ga=91" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2270&amp;ga=91" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2285&amp;ga=91" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB61" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2095" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB579" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2250&amp;ga=91" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB%203078&amp;ga=91" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2172&amp;ga=91" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2230&amp;ga=91" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2072" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2265&amp;ga=91" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB676&amp;ga=91" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2044" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2247&amp;ga=91" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2151&amp;ga=91" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB634&amp;ga=91" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2131&amp;ga=91" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2217&amp;ga=91" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB683&amp;ga=91" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB604" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2171&amp;ga=91" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2060" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2076" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF703" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2181" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB674&amp;ga=91" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2222&amp;ga=91" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2192&amp;ga=91" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2124&amp;ga=91" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2170&amp;ga=91" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF332" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB682&amp;ga=91" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB578" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202207" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB605" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2080" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB610" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20525" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2119&amp;ga=91" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2167&amp;ga=91" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2212&amp;ga=91" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2308&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB584" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1036" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2183" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB668&amp;ga=91" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2220&amp;ga=91" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2123&amp;ga=91" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB606" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2102&amp;ga=91" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20622&amp;ga=91" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB646&amp;ga=91" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2176&amp;ga=91" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2282&amp;ga=91" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB557" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF%20245&amp;ga=91" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB681&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2049" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2330&amp;ga=91" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB537" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2336&amp;ga=91" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2143" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2094" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2118&amp;ga=91" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2236&amp;ga=91" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202141" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF274" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB675&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2083" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2191&amp;ga=91" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2149" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3103" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF96" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2307&amp;ga=91" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB572" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB677&amp;ga=91" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2153&amp;ga=91" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3095&amp;ga=91" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2175&amp;ga=91" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF516" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2122&amp;ga=91" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB608" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3082&amp;ga=91" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF140" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB680&amp;ga=91" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2272&amp;ga=91" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2306&amp;ga=91" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2294&amp;ga=91" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB544" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2288&amp;ga=91" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202206" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2203&amp;ga=91" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB627" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2062" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR2005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2084" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB599" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2187&amp;ga=91" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2152" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2235&amp;ga=91" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3108" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2286&amp;ga=91" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2228" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2223&amp;ga=91" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB583" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2271&amp;ga=91" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2221&amp;ga=91" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB609" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2304&amp;ga=91" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2170" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB679&amp;ga=91" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2338&amp;ga=91" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2268&amp;ga=91" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2246&amp;ga=91" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2090" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2186&amp;ga=91" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2160" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2174&amp;ga=91" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3109" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2229" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2034" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2219&amp;ga=91" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB623&amp;ga=91" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3074&amp;ga=91" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2092" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2201&amp;ga=91" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB678&amp;ga=91" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2088" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2092" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2121&amp;ga=91" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB596&amp;ga=91" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB648" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3110" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2342&amp;ga=91" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2086&amp;ga=91" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3111&amp;ga=91" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3073&amp;ga=91" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2133&amp;ga=91" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2177&amp;ga=91" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2200&amp;ga=91" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2358&amp;ga=91" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2330&amp;ga=91" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2203&amp;ga=91" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2493" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2528" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202440" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2460" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF140" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2268&amp;ga=91" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2221&amp;ga=91" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596183.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2342&amp;ga=91" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2638" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2547" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2304&amp;ga=91" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545352.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2335" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202392" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202436" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202390" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596385.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2685&amp;ga=91" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202652" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202141" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2502" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2088" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202287" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2441" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2320" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202406" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2308&amp;ga=91" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2219&amp;ga=91" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2610&amp;ga=91" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2351&amp;ga=91" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2386&amp;ga=91" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2403" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2395" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594603.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2223&amp;ga=91" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2294&amp;ga=91" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2361&amp;ga=91" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2183" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2512" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2224&amp;ga=91" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2540" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2712" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2686&amp;ga=91" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2385&amp;ga=91" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2670&amp;ga=91" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2608&amp;ga=91" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545363.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545354.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2201&amp;ga=91" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202207" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2363&amp;ga=91" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202391" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2544" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2598&amp;ga=91" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2486" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2711&amp;ga=91" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2510" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2684&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594666.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596182.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2171&amp;ga=91" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20554&amp;ga=91" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2338&amp;ga=91" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2488" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2546" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2462" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2299" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB755&amp;ga=91" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%20855" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF621" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2367&amp;ga=91" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2336&amp;ga=91" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202358" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2412" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2490" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2500" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2086&amp;ga=91" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF274" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2319" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2517" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2167&amp;ga=91" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2466" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2263" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2230&amp;ga=91" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2247&amp;ga=91" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2725" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2707" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2336" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2508" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202654" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2220&amp;ga=91" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2492" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB544" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2538" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2301" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF176" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF853&amp;ga=91" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545353.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2591&amp;ga=91" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2300" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2347&amp;ga=91" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2192&amp;ga=91" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202713" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR%202012" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202434" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202206" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2144&amp;ga=91" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596012.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2681&amp;ga=91" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%20272" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594602.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2250&amp;ga=91" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2724" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202407" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2494" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2338" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2324&amp;ga=91" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202430" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2440" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF175" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594649.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2222&amp;ga=91" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2246&amp;ga=91" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202405" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2623&amp;ga=91" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2425&amp;ga=91" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2676&amp;ga=91" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB747&amp;ga=91" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545361.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2428&amp;ga=91" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2501" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2424&amp;ga=91" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF703" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2717" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2413" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB596&amp;ga=91" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202404" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2590&amp;ga=91" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2449" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2080" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2288&amp;ga=91" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2149" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2217&amp;ga=91" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2271&amp;ga=91" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2241&amp;ga=91" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2325" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2435&amp;ga=91" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2123&amp;ga=91" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2151&amp;ga=91" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2119&amp;ga=91" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3109" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB683&amp;ga=91" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2404&amp;ga=91" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2458" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545306.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2382&amp;ga=91" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2364&amp;ga=91" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2083" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB606" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2152" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF332" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2328" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2450" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB680&amp;ga=91" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2228" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2172&amp;ga=91" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2401&amp;ga=91" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2420&amp;ga=91" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2470" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20525" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF%20245&amp;ga=91" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3110" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2381&amp;ga=91" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3130&amp;ga=91" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594603.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545305.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2120&amp;ga=91" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB608" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2329" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2452" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2143" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2170&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2160" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2200&amp;ga=91" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2229" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR2005" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2311" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2102&amp;ga=91" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2118&amp;ga=91" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF263" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2398&amp;ga=91" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2453" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2613&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545303.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2177&amp;ga=91" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2379&amp;ga=91" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2072" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2090" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2236&amp;ga=91" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2306&amp;ga=91" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2321" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2331" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2133&amp;ga=91" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2282&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2187&amp;ga=91" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2286&amp;ga=91" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB718" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2396&amp;ga=91" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2632" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2153&amp;ga=91" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2270&amp;ga=91" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2368&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2253" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2454" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545361.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2094" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2235&amp;ga=91" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2345" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2076" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2272&amp;ga=91" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2612&amp;ga=91" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2131&amp;ga=91" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2186&amp;ga=91" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2392&amp;ga=91" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20205" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2152&amp;ga=91" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2265&amp;ga=91" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2285&amp;ga=91" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2366&amp;ga=91" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2413&amp;ga=91" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB719" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2457" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2319" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545353.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202430" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2681&amp;ga=91" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3130&amp;ga=91" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2457" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB606" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2547" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2270&amp;ga=91" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2654" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2632" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2330&amp;ga=91" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2203&amp;ga=91" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2143" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20525" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596012.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2707" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2217&amp;ga=91" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2286&amp;ga=91" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2466" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2590&amp;ga=91" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2392&amp;ga=91" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2458" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202141" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202407" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB608" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF853&amp;ga=91" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2144&amp;ga=91" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2120&amp;ga=91" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2335" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2623&amp;ga=91" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2265&amp;ga=91" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2223&amp;ga=91" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF175" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545352.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2494" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2470" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2250&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2501" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2528" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2338" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF332" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2285&amp;ga=91" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2711&amp;ga=91" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2385&amp;ga=91" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2263" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545363.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596183.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2638" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2460" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2428&amp;ga=91" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2247&amp;ga=91" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2224&amp;ga=91" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2090" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2187&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594666.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2149" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202404" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2241&amp;ga=91" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB718" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2435&amp;ga=91" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2670&amp;ga=91" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2294&amp;ga=91" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202287" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2610&amp;ga=91" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596385.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2304&amp;ga=91" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF%20245&amp;ga=91" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB683&amp;ga=91" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF96" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF263" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB719" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2345" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2500" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2123&amp;ga=91" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2230&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2131&amp;ga=91" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202390" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2186&amp;ga=91" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2152" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2183" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2382&amp;ga=91" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF621" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2420&amp;ga=91" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545306.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2412" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202391" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2712" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2386&amp;ga=91" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF140" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2512" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2228" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2381&amp;ga=91" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2717" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202206" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2449" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2546" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2538" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2540" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2413" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2160" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB755&amp;ga=91" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2222&amp;ga=91" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2229" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545305.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF176" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2311" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202434" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2488" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR2005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2462" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2133&amp;ga=91" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2320" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2486" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2200&amp;ga=91" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545361.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2379&amp;ga=91" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2395" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2450" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2724" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2094" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2119&amp;ga=91" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2336&amp;ga=91" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2441" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2301" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2342&amp;ga=91" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2253" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2321" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB747&amp;ga=91" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545303.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2240" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2072" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2102&amp;ga=91" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2221&amp;ga=91" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2544" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2201&amp;ga=91" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB680&amp;ga=91" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2282&amp;ga=91" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2368&amp;ga=91" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2404&amp;ga=91" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2685&amp;ga=91" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2502" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202405" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2288&amp;ga=91" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2246&amp;ga=91" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2300" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2118&amp;ga=91" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2598&amp;ga=91" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2358&amp;ga=91" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594603.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2308&amp;ga=91" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202440" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2612&amp;ga=91" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2338&amp;ga=91" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2268&amp;ga=91" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2076" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2652" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2591&amp;ga=91" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2219&amp;ga=91" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2153&amp;ga=91" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2336" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2177&amp;ga=91" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2508" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2272&amp;ga=91" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2366&amp;ga=91" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2401&amp;ga=91" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2452" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2088" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB596&amp;ga=91" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2424&amp;ga=91" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2351&amp;ga=91" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2167&amp;ga=91" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3109" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2686&amp;ga=91" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202436" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2325" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2608&amp;ga=91" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2086&amp;ga=91" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2080" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2152&amp;ga=91" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2324&amp;ga=91" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2299" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2440" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2271&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545354.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2364&amp;ga=91" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2398&amp;ga=91" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2453" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202358" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2172&amp;ga=91" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2236&amp;ga=91" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202207" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2361&amp;ga=91" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2493" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3110" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2220&amp;ga=91" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2306&amp;ga=91" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2403" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2328" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2367&amp;ga=91" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2083" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2151&amp;ga=91" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2517" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2490" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1036" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202713" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202392" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2676&amp;ga=91" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2396&amp;ga=91" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2454" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596182.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2347&amp;ga=91" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594602.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2492" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2363&amp;ga=91" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2171&amp;ga=91" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2235&amp;ga=91" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594649.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2425&amp;ga=91" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF855" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2510" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2329" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2613&amp;ga=91" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF274" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2192&amp;ga=91" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202406" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2684&amp;ga=91" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2725" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2499" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2170&amp;ga=91" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF703" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR%202012" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2331" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:F968"/>
+  <dimension ref="A1:G817"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I5" sqref="I5"/>
+      <selection pane="bottomLeft" activeCell="F108" sqref="F108"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="25.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.140625" customWidth="1"/>
+    <col min="2" max="2" width="21.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="51.140625" customWidth="1"/>
+    <col min="5" max="5" width="31" customWidth="1"/>
+    <col min="6" max="7" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="6" t="s">
+      <c r="B1" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="6" t="s">
+      <c r="D1" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="5" t="s">
+      <c r="E1" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="5" t="s">
+      <c r="F1" s="12" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="7" t="s">
+      <c r="G1" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="7" t="s">
+    </row>
+    <row r="2" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A2" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="8" t="s">
+      <c r="B2" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="8" t="s">
+      <c r="C2" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="E2" s="9" t="s">
+      <c r="D2" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="F2" s="9" t="s">
+      <c r="E2" s="16" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="10" t="s">
+      <c r="F2" s="17"/>
+      <c r="G2" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="10" t="s">
+    </row>
+    <row r="3" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A3" s="18" t="s">
         <v>13</v>
       </c>
-      <c r="C3" s="11" t="s">
+      <c r="B3" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="D3" s="11" t="s">
+      <c r="C3" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="E3" s="12" t="s">
+      <c r="D3" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="F3" s="12" t="s">
+      <c r="E3" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A5" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" s="20"/>
+      <c r="D7" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="24"/>
+    </row>
+    <row r="8" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A8" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" s="16"/>
+      <c r="D8" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="26"/>
+    </row>
+    <row r="9" spans="1:7" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="20"/>
+      <c r="D9" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A10" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="26"/>
+    </row>
+    <row r="11" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A11" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" s="20"/>
+      <c r="D11" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="23" t="s">
         <v>11</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" s="7" t="s">
+      <c r="F11" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="24"/>
+    </row>
+    <row r="12" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A13" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="20"/>
+      <c r="C13" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A14" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="16"/>
+      <c r="C14" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="E14" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A15" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="B15" s="20"/>
+      <c r="C15" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="16"/>
+      <c r="C16" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" s="16" t="s">
+        <v>66</v>
+      </c>
+      <c r="E16" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="26"/>
+      <c r="G16" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="C4" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="9" t="s">
+    </row>
+    <row r="17" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A17" s="21" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" s="20"/>
+      <c r="D17" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="24"/>
+    </row>
+    <row r="18" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="E18" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="F18" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A19" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" s="27"/>
+      <c r="C19" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="E19" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A20" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" s="29"/>
+      <c r="C20" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="E20" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" s="26"/>
+      <c r="G20" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A21" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="B21" s="27"/>
+      <c r="C21" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="E21" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" s="29"/>
+      <c r="C22" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="26"/>
+      <c r="G22" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A23" s="21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" s="27"/>
+      <c r="C23" s="28" t="s">
+        <v>90</v>
+      </c>
+      <c r="D23" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="E23" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="138" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>94</v>
+      </c>
+      <c r="C24" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="E24" s="25" t="s">
+        <v>97</v>
+      </c>
+      <c r="F24" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G24" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A25" s="21" t="s">
+        <v>99</v>
+      </c>
+      <c r="B25" s="28" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" s="27"/>
+      <c r="D25" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="E25" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F25" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="24"/>
+    </row>
+    <row r="26" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A26" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>103</v>
+      </c>
+      <c r="C26" s="29"/>
+      <c r="D26" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E26" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" s="26"/>
+    </row>
+    <row r="27" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A27" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" s="28" t="s">
+        <v>107</v>
+      </c>
+      <c r="C27" s="27"/>
+      <c r="D27" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="E27" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" s="24"/>
+    </row>
+    <row r="28" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A28" s="30" t="s">
+        <v>109</v>
+      </c>
+      <c r="B28" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="29" t="s">
+        <v>111</v>
+      </c>
+      <c r="E28" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="26"/>
+    </row>
+    <row r="29" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A29" s="31" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="C29" s="20"/>
+      <c r="D29" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="E29" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F29" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="24"/>
+    </row>
+    <row r="30" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A30" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>117</v>
+      </c>
+      <c r="C30" s="29"/>
+      <c r="D30" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E30" s="25" t="s">
+        <v>119</v>
+      </c>
+      <c r="F30" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" s="26"/>
+    </row>
+    <row r="31" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A31" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="B31" s="19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C31" s="20"/>
+      <c r="D31" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="E31" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F31" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="24"/>
+    </row>
+    <row r="32" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A32" s="17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C32" s="22" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E32" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F32" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A33" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" s="19" t="s">
+        <v>128</v>
+      </c>
+      <c r="C33" s="20"/>
+      <c r="D33" s="20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E33" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="24"/>
+    </row>
+    <row r="34" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="C34" s="16"/>
+      <c r="D34" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="E34" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="26"/>
+    </row>
+    <row r="35" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A35" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B35" s="32" t="s">
+        <v>134</v>
+      </c>
+      <c r="C35" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" s="20" t="s">
+        <v>136</v>
+      </c>
+      <c r="E35" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F35" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B36" s="30"/>
+      <c r="C36" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D36" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="E36" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" s="26"/>
+      <c r="G36" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A37" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B37" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C37" s="20"/>
+      <c r="D37" s="20" t="s">
+        <v>142</v>
+      </c>
+      <c r="E37" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F37" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="24"/>
+    </row>
+    <row r="38" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="33" t="s">
+        <v>143</v>
+      </c>
+      <c r="B38" s="16"/>
+      <c r="C38" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D38" s="16" t="s">
+        <v>145</v>
+      </c>
+      <c r="E38" s="17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" s="17"/>
+      <c r="G38" s="17" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B39" s="19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C39" s="19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D39" s="20" t="s">
+        <v>149</v>
+      </c>
+      <c r="E39" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="35" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A40" s="17" t="s">
+        <v>150</v>
+      </c>
+      <c r="B40" s="16"/>
+      <c r="C40" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D40" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="E40" s="36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F40" s="37"/>
+      <c r="G40" s="37" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A41" s="21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B41" s="19" t="s">
+        <v>154</v>
+      </c>
+      <c r="C41" s="19" t="s">
+        <v>155</v>
+      </c>
+      <c r="D41" s="20" t="s">
+        <v>156</v>
+      </c>
+      <c r="E41" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F41" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="35" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="17" t="s">
+        <v>157</v>
+      </c>
+      <c r="B42" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="C42" s="16"/>
+      <c r="D42" s="16" t="s">
+        <v>159</v>
+      </c>
+      <c r="E42" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="F42" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="26"/>
+    </row>
+    <row r="43" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A43" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B43" s="20"/>
+      <c r="C43" s="19" t="s">
+        <v>162</v>
+      </c>
+      <c r="D43" s="20" t="s">
+        <v>163</v>
+      </c>
+      <c r="E43" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" s="24"/>
+      <c r="G43" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A44" s="17" t="s">
+        <v>164</v>
+      </c>
+      <c r="B44" s="16"/>
+      <c r="C44" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D44" s="16" t="s">
+        <v>166</v>
+      </c>
+      <c r="E44" s="25" t="s">
         <v>11</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F5" s="12" t="s">
+      <c r="F44" s="26"/>
+      <c r="G44" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A45" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="B45" s="19" t="s">
+        <v>168</v>
+      </c>
+      <c r="C45" s="20"/>
+      <c r="D45" s="20" t="s">
+        <v>169</v>
+      </c>
+      <c r="E45" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="24"/>
+    </row>
+    <row r="46" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="17" t="s">
+        <v>170</v>
+      </c>
+      <c r="B46" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="C46" s="16"/>
+      <c r="D46" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="E46" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F46" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="26"/>
+    </row>
+    <row r="47" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A47" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="B47" s="20"/>
+      <c r="C47" s="19" t="s">
+        <v>174</v>
+      </c>
+      <c r="D47" s="20" t="s">
+        <v>175</v>
+      </c>
+      <c r="E47" s="23" t="s">
+        <v>176</v>
+      </c>
+      <c r="F47" s="24"/>
+      <c r="G47" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A48" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="B48" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="C48" s="16"/>
+      <c r="D48" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="E48" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G48" s="26"/>
+    </row>
+    <row r="49" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A49" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="B49" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="C49" s="20"/>
+      <c r="D49" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="E49" s="23" t="s">
         <v>11</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D6" s="8" t="s">
+      <c r="F49" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="24"/>
+    </row>
+    <row r="50" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+      <c r="A50" s="14" t="s">
+        <v>183</v>
+      </c>
+      <c r="B50" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="C50" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D50" s="16" t="s">
+        <v>186</v>
+      </c>
+      <c r="E50" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F50" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="66" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="B51" s="19" t="s">
+        <v>188</v>
+      </c>
+      <c r="C51" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="D51" s="20" t="s">
+        <v>190</v>
+      </c>
+      <c r="E51" s="23" t="s">
+        <v>191</v>
+      </c>
+      <c r="F51" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A52" s="17" t="s">
+        <v>192</v>
+      </c>
+      <c r="B52" s="16"/>
+      <c r="C52" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D52" s="16" t="s">
+        <v>194</v>
+      </c>
+      <c r="E52" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F52" s="26"/>
+      <c r="G52" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A53" s="21" t="s">
+        <v>195</v>
+      </c>
+      <c r="B53" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="C53" s="20"/>
+      <c r="D53" s="20" t="s">
+        <v>197</v>
+      </c>
+      <c r="E53" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" s="24"/>
+    </row>
+    <row r="54" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="17" t="s">
+        <v>198</v>
+      </c>
+      <c r="B54" s="16"/>
+      <c r="C54" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>200</v>
+      </c>
+      <c r="E54" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="F54" s="26"/>
+      <c r="G54" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A55" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B55" s="20"/>
+      <c r="C55" s="19" t="s">
+        <v>202</v>
+      </c>
+      <c r="D55" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="E55" s="23" t="s">
+        <v>105</v>
+      </c>
+      <c r="F55" s="24"/>
+      <c r="G55" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="17" t="s">
+        <v>204</v>
+      </c>
+      <c r="B56" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="C56" s="16"/>
+      <c r="D56" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="E56" s="25" t="s">
+        <v>207</v>
+      </c>
+      <c r="F56" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="26"/>
+    </row>
+    <row r="57" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A57" s="21" t="s">
+        <v>208</v>
+      </c>
+      <c r="B57" s="19" t="s">
+        <v>209</v>
+      </c>
+      <c r="C57" s="20"/>
+      <c r="D57" s="20" t="s">
+        <v>210</v>
+      </c>
+      <c r="E57" s="23" t="s">
+        <v>160</v>
+      </c>
+      <c r="F57" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="24"/>
+    </row>
+    <row r="58" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A58" s="17" t="s">
+        <v>211</v>
+      </c>
+      <c r="B58" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="C58" s="16"/>
+      <c r="D58" s="16" t="s">
+        <v>213</v>
+      </c>
+      <c r="E58" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="F58" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" s="26"/>
+    </row>
+    <row r="59" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A59" s="21" t="s">
+        <v>214</v>
+      </c>
+      <c r="B59" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="C59" s="20"/>
+      <c r="D59" s="20" t="s">
+        <v>216</v>
+      </c>
+      <c r="E59" s="23" t="s">
+        <v>217</v>
+      </c>
+      <c r="F59" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="24"/>
+    </row>
+    <row r="60" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A60" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="B60" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="C60" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>221</v>
+      </c>
+      <c r="E60" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="F60" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A61" s="21" t="s">
+        <v>222</v>
+      </c>
+      <c r="B61" s="19" t="s">
+        <v>223</v>
+      </c>
+      <c r="C61" s="20"/>
+      <c r="D61" s="20" t="s">
+        <v>224</v>
+      </c>
+      <c r="E61" s="23" t="s">
+        <v>225</v>
+      </c>
+      <c r="F61" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G61" s="24"/>
+    </row>
+    <row r="62" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A62" s="17" t="s">
+        <v>226</v>
+      </c>
+      <c r="B62" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="C62" s="16"/>
+      <c r="D62" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="E62" s="25" t="s">
+        <v>229</v>
+      </c>
+      <c r="F62" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="26"/>
+    </row>
+    <row r="63" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A63" s="21" t="s">
+        <v>230</v>
+      </c>
+      <c r="B63" s="20"/>
+      <c r="C63" s="19" t="s">
+        <v>231</v>
+      </c>
+      <c r="D63" s="20" t="s">
+        <v>232</v>
+      </c>
+      <c r="E63" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="24"/>
+      <c r="G63" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="17" t="s">
+        <v>233</v>
+      </c>
+      <c r="B64" s="16"/>
+      <c r="C64" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D64" s="16" t="s">
+        <v>235</v>
+      </c>
+      <c r="E64" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F64" s="26"/>
+      <c r="G64" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A65" s="21" t="s">
+        <v>236</v>
+      </c>
+      <c r="B65" s="19" t="s">
+        <v>237</v>
+      </c>
+      <c r="C65" s="20"/>
+      <c r="D65" s="20" t="s">
+        <v>238</v>
+      </c>
+      <c r="E65" s="23" t="s">
+        <v>105</v>
+      </c>
+      <c r="F65" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" s="24"/>
+    </row>
+    <row r="66" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A66" s="17" t="s">
+        <v>239</v>
+      </c>
+      <c r="B66" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="C66" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D66" s="16" t="s">
+        <v>242</v>
+      </c>
+      <c r="E66" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="F66" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A67" s="21" t="s">
+        <v>243</v>
+      </c>
+      <c r="B67" s="19" t="s">
+        <v>244</v>
+      </c>
+      <c r="C67" s="19" t="s">
+        <v>245</v>
+      </c>
+      <c r="D67" s="20" t="s">
+        <v>246</v>
+      </c>
+      <c r="E67" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F67" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="29" t="s">
+        <v>247</v>
+      </c>
+      <c r="B68" s="22" t="s">
+        <v>248</v>
+      </c>
+      <c r="C68" s="22" t="s">
+        <v>249</v>
+      </c>
+      <c r="D68" s="29" t="s">
+        <v>250</v>
+      </c>
+      <c r="E68" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F68" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" s="25" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A69" s="21" t="s">
+        <v>251</v>
+      </c>
+      <c r="B69" s="19" t="s">
+        <v>252</v>
+      </c>
+      <c r="C69" s="20"/>
+      <c r="D69" s="20" t="s">
+        <v>253</v>
+      </c>
+      <c r="E69" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F69" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" s="24"/>
+    </row>
+    <row r="70" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A70" s="17" t="s">
+        <v>254</v>
+      </c>
+      <c r="B70" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="C70" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D70" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="E70" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F70" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A71" s="21" t="s">
+        <v>258</v>
+      </c>
+      <c r="B71" s="19" t="s">
+        <v>259</v>
+      </c>
+      <c r="C71" s="20"/>
+      <c r="D71" s="20" t="s">
+        <v>260</v>
+      </c>
+      <c r="E71" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F71" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="G71" s="24"/>
+    </row>
+    <row r="72" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A72" s="17" t="s">
+        <v>262</v>
+      </c>
+      <c r="B72" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="C72" s="16"/>
+      <c r="D72" s="16" t="s">
+        <v>264</v>
+      </c>
+      <c r="E72" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="F72" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" s="26"/>
+    </row>
+    <row r="73" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A73" s="21" t="s">
+        <v>265</v>
+      </c>
+      <c r="B73" s="19" t="s">
+        <v>266</v>
+      </c>
+      <c r="C73" s="19" t="s">
+        <v>267</v>
+      </c>
+      <c r="D73" s="20" t="s">
+        <v>268</v>
+      </c>
+      <c r="E73" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F73" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A74" s="17" t="s">
+        <v>269</v>
+      </c>
+      <c r="B74" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="C74" s="16"/>
+      <c r="D74" s="16" t="s">
+        <v>271</v>
+      </c>
+      <c r="E74" s="25" t="s">
+        <v>272</v>
+      </c>
+      <c r="F74" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" s="26"/>
+    </row>
+    <row r="75" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="21" t="s">
+        <v>273</v>
+      </c>
+      <c r="B75" s="20"/>
+      <c r="C75" s="19" t="s">
+        <v>274</v>
+      </c>
+      <c r="D75" s="20" t="s">
+        <v>275</v>
+      </c>
+      <c r="E75" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F75" s="24"/>
+      <c r="G75" s="24" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="17" t="s">
+        <v>276</v>
+      </c>
+      <c r="B76" s="16"/>
+      <c r="C76" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D76" s="16" t="s">
+        <v>278</v>
+      </c>
+      <c r="E76" s="25" t="s">
+        <v>97</v>
+      </c>
+      <c r="F76" s="26"/>
+      <c r="G76" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="21" t="s">
+        <v>279</v>
+      </c>
+      <c r="B77" s="20"/>
+      <c r="C77" s="19" t="s">
+        <v>280</v>
+      </c>
+      <c r="D77" s="20" t="s">
+        <v>281</v>
+      </c>
+      <c r="E77" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F77" s="24"/>
+      <c r="G77" s="24" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A78" s="17" t="s">
+        <v>283</v>
+      </c>
+      <c r="B78" s="16"/>
+      <c r="C78" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D78" s="16" t="s">
+        <v>285</v>
+      </c>
+      <c r="E78" s="25" t="s">
+        <v>97</v>
+      </c>
+      <c r="F78" s="26"/>
+      <c r="G78" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="21" t="s">
+        <v>286</v>
+      </c>
+      <c r="B79" s="19" t="s">
+        <v>287</v>
+      </c>
+      <c r="C79" s="19" t="s">
+        <v>288</v>
+      </c>
+      <c r="D79" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="E79" s="23" t="s">
+        <v>290</v>
+      </c>
+      <c r="F79" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A80" s="30" t="s">
+        <v>291</v>
+      </c>
+      <c r="B80" s="29"/>
+      <c r="C80" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D80" s="16" t="s">
+        <v>293</v>
+      </c>
+      <c r="E80" s="25" t="s">
+        <v>294</v>
+      </c>
+      <c r="F80" s="26"/>
+      <c r="G80" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A81" s="21" t="s">
+        <v>295</v>
+      </c>
+      <c r="B81" s="20"/>
+      <c r="C81" s="19" t="s">
+        <v>296</v>
+      </c>
+      <c r="D81" s="20" t="s">
+        <v>297</v>
+      </c>
+      <c r="E81" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F81" s="24"/>
+      <c r="G81" s="24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="150" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="17" t="s">
+        <v>298</v>
+      </c>
+      <c r="B82" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="C82" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D82" s="16" t="s">
+        <v>301</v>
+      </c>
+      <c r="E82" s="25" t="s">
+        <v>302</v>
+      </c>
+      <c r="F82" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G82" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A83" s="21" t="s">
+        <v>303</v>
+      </c>
+      <c r="B83" s="20"/>
+      <c r="C83" s="19" t="s">
+        <v>304</v>
+      </c>
+      <c r="D83" s="20" t="s">
+        <v>305</v>
+      </c>
+      <c r="E83" s="23" t="s">
+        <v>306</v>
+      </c>
+      <c r="F83" s="24"/>
+      <c r="G83" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A84" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="B84" s="16"/>
+      <c r="C84" s="15" t="s">
+        <v>308</v>
+      </c>
+      <c r="D84" s="16" t="s">
+        <v>309</v>
+      </c>
+      <c r="E84" s="25" t="s">
+        <v>310</v>
+      </c>
+      <c r="F84" s="26"/>
+      <c r="G84" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="21" t="s">
+        <v>311</v>
+      </c>
+      <c r="B85" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="C85" s="31"/>
+      <c r="D85" s="20" t="s">
+        <v>313</v>
+      </c>
+      <c r="E85" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F85" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" s="24"/>
+    </row>
+    <row r="86" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A86" s="17" t="s">
+        <v>314</v>
+      </c>
+      <c r="B86" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="C86" s="30"/>
+      <c r="D86" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="E86" s="25" t="s">
+        <v>317</v>
+      </c>
+      <c r="F86" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" s="26"/>
+    </row>
+    <row r="87" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A87" s="21" t="s">
+        <v>318</v>
+      </c>
+      <c r="B87" s="19" t="s">
+        <v>319</v>
+      </c>
+      <c r="C87" s="31"/>
+      <c r="D87" s="20" t="s">
+        <v>320</v>
+      </c>
+      <c r="E87" s="23" t="s">
+        <v>310</v>
+      </c>
+      <c r="F87" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" s="24"/>
+    </row>
+    <row r="88" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A88" s="17" t="s">
+        <v>321</v>
+      </c>
+      <c r="B88" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="C88" s="30"/>
+      <c r="D88" s="16" t="s">
+        <v>323</v>
+      </c>
+      <c r="E88" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="E6" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="9" t="s">
+      <c r="F88" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" s="26"/>
+    </row>
+    <row r="89" spans="1:7" ht="102" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="21" t="s">
+        <v>324</v>
+      </c>
+      <c r="B89" s="19" t="s">
+        <v>325</v>
+      </c>
+      <c r="C89" s="19" t="s">
+        <v>326</v>
+      </c>
+      <c r="D89" s="20" t="s">
+        <v>327</v>
+      </c>
+      <c r="E89" s="23" t="s">
+        <v>328</v>
+      </c>
+      <c r="F89" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A90" s="48" t="s">
+        <v>329</v>
+      </c>
+      <c r="B90" s="49" t="s">
+        <v>330</v>
+      </c>
+      <c r="C90" s="50"/>
+      <c r="D90" s="50" t="s">
+        <v>331</v>
+      </c>
+      <c r="E90" s="46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" s="47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" s="47"/>
+    </row>
+    <row r="91" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A91" s="21" t="s">
+        <v>332</v>
+      </c>
+      <c r="B91" s="19" t="s">
+        <v>333</v>
+      </c>
+      <c r="C91" s="20"/>
+      <c r="D91" s="20" t="s">
+        <v>334</v>
+      </c>
+      <c r="E91" s="23" t="s">
+        <v>335</v>
+      </c>
+      <c r="F91" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" s="24"/>
+    </row>
+    <row r="92" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="17" t="s">
+        <v>336</v>
+      </c>
+      <c r="B92" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="C92" s="16"/>
+      <c r="D92" s="16" t="s">
+        <v>338</v>
+      </c>
+      <c r="E92" s="25" t="s">
+        <v>339</v>
+      </c>
+      <c r="F92" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" s="26"/>
+    </row>
+    <row r="93" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="31" t="s">
+        <v>340</v>
+      </c>
+      <c r="B93" s="28" t="s">
+        <v>341</v>
+      </c>
+      <c r="C93" s="27"/>
+      <c r="D93" s="27" t="s">
+        <v>342</v>
+      </c>
+      <c r="E93" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F93" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G93" s="24"/>
+    </row>
+    <row r="94" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A94" s="30" t="s">
+        <v>343</v>
+      </c>
+      <c r="B94" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="C94" s="29"/>
+      <c r="D94" s="29" t="s">
+        <v>345</v>
+      </c>
+      <c r="E94" s="25" t="s">
+        <v>346</v>
+      </c>
+      <c r="F94" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G94" s="26"/>
+    </row>
+    <row r="95" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A95" s="31" t="s">
+        <v>347</v>
+      </c>
+      <c r="B95" s="28" t="s">
+        <v>348</v>
+      </c>
+      <c r="C95" s="27"/>
+      <c r="D95" s="27" t="s">
+        <v>349</v>
+      </c>
+      <c r="E95" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F95" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" s="24"/>
+    </row>
+    <row r="96" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="30" t="s">
+        <v>350</v>
+      </c>
+      <c r="B96" s="22" t="s">
+        <v>351</v>
+      </c>
+      <c r="C96" s="29"/>
+      <c r="D96" s="29" t="s">
+        <v>352</v>
+      </c>
+      <c r="E96" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="F96" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" s="26"/>
+    </row>
+    <row r="97" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A97" s="31" t="s">
+        <v>353</v>
+      </c>
+      <c r="B97" s="27"/>
+      <c r="C97" s="28" t="s">
+        <v>354</v>
+      </c>
+      <c r="D97" s="27" t="s">
+        <v>355</v>
+      </c>
+      <c r="E97" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F97" s="24"/>
+      <c r="G97" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A98" s="30" t="s">
+        <v>356</v>
+      </c>
+      <c r="B98" s="22" t="s">
+        <v>357</v>
+      </c>
+      <c r="C98" s="29"/>
+      <c r="D98" s="29" t="s">
+        <v>358</v>
+      </c>
+      <c r="E98" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="F98" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" s="26"/>
+    </row>
+    <row r="99" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A99" s="31" t="s">
+        <v>359</v>
+      </c>
+      <c r="B99" s="28" t="s">
+        <v>360</v>
+      </c>
+      <c r="C99" s="28" t="s">
+        <v>361</v>
+      </c>
+      <c r="D99" s="27" t="s">
+        <v>362</v>
+      </c>
+      <c r="E99" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F99" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A100" s="30" t="s">
+        <v>363</v>
+      </c>
+      <c r="B100" s="22" t="s">
+        <v>364</v>
+      </c>
+      <c r="C100" s="29"/>
+      <c r="D100" s="29" t="s">
+        <v>365</v>
+      </c>
+      <c r="E100" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F100" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" s="26"/>
+    </row>
+    <row r="101" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A101" s="31" t="s">
+        <v>366</v>
+      </c>
+      <c r="B101" s="27"/>
+      <c r="C101" s="28" t="s">
+        <v>367</v>
+      </c>
+      <c r="D101" s="27" t="s">
+        <v>368</v>
+      </c>
+      <c r="E101" s="23" t="s">
+        <v>369</v>
+      </c>
+      <c r="F101" s="24"/>
+      <c r="G101" s="24" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A102" s="30" t="s">
+        <v>370</v>
+      </c>
+      <c r="B102" s="29"/>
+      <c r="C102" s="22" t="s">
+        <v>371</v>
+      </c>
+      <c r="D102" s="29" t="s">
+        <v>372</v>
+      </c>
+      <c r="E102" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F102" s="26"/>
+      <c r="G102" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A103" s="31" t="s">
+        <v>373</v>
+      </c>
+      <c r="B103" s="27"/>
+      <c r="C103" s="28" t="s">
+        <v>374</v>
+      </c>
+      <c r="D103" s="27" t="s">
+        <v>375</v>
+      </c>
+      <c r="E103" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F103" s="24"/>
+      <c r="G103" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A104" s="30" t="s">
+        <v>376</v>
+      </c>
+      <c r="B104" s="29"/>
+      <c r="C104" s="22" t="s">
+        <v>377</v>
+      </c>
+      <c r="D104" s="29" t="s">
+        <v>378</v>
+      </c>
+      <c r="E104" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F104" s="26"/>
+      <c r="G104" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A105" s="31" t="s">
+        <v>379</v>
+      </c>
+      <c r="B105" s="28" t="s">
+        <v>380</v>
+      </c>
+      <c r="C105" s="27"/>
+      <c r="D105" s="27" t="s">
+        <v>381</v>
+      </c>
+      <c r="E105" s="23" t="s">
         <v>11</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="C8" s="8" t="s">
+      <c r="F105" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" s="24"/>
+    </row>
+    <row r="106" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A106" s="30" t="s">
+        <v>382</v>
+      </c>
+      <c r="B106" s="22" t="s">
+        <v>383</v>
+      </c>
+      <c r="C106" s="29"/>
+      <c r="D106" s="29" t="s">
+        <v>384</v>
+      </c>
+      <c r="E106" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="F106" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G106" s="26"/>
+    </row>
+    <row r="107" spans="1:7" ht="100.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="31" t="s">
+        <v>385</v>
+      </c>
+      <c r="B107" s="28" t="s">
+        <v>386</v>
+      </c>
+      <c r="C107" s="27"/>
+      <c r="D107" s="27" t="s">
+        <v>387</v>
+      </c>
+      <c r="E107" s="23" t="s">
+        <v>229</v>
+      </c>
+      <c r="F107" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" s="24"/>
+    </row>
+    <row r="108" spans="1:7" ht="76.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="29" t="s">
+        <v>388</v>
+      </c>
+      <c r="B108" s="22" t="s">
+        <v>389</v>
+      </c>
+      <c r="C108" s="22" t="s">
+        <v>390</v>
+      </c>
+      <c r="D108" s="29" t="s">
+        <v>391</v>
+      </c>
+      <c r="E108" s="25" t="s">
         <v>33</v>
       </c>
-      <c r="D8" s="16" t="s">
-[...163 lines deleted...]
-      <c r="B18" s="7" t="s">
+      <c r="F108" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" s="25" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="31" t="s">
+        <v>392</v>
+      </c>
+      <c r="B109" s="28" t="s">
+        <v>393</v>
+      </c>
+      <c r="C109" s="27"/>
+      <c r="D109" s="27" t="s">
+        <v>394</v>
+      </c>
+      <c r="E109" s="23" t="s">
         <v>53</v>
       </c>
-      <c r="C18" s="8" t="s">
-[...50 lines deleted...]
-      <c r="D21" s="14" t="s">
+      <c r="F109" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" s="24"/>
+    </row>
+    <row r="110" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="30" t="s">
+        <v>395</v>
+      </c>
+      <c r="B110" s="29"/>
+      <c r="C110" s="22" t="s">
+        <v>396</v>
+      </c>
+      <c r="D110" s="29" t="s">
+        <v>397</v>
+      </c>
+      <c r="E110" s="25" t="s">
+        <v>398</v>
+      </c>
+      <c r="F110" s="26"/>
+      <c r="G110" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A111" s="31" t="s">
+        <v>399</v>
+      </c>
+      <c r="B111" s="28" t="s">
+        <v>400</v>
+      </c>
+      <c r="C111" s="27"/>
+      <c r="D111" s="27" t="s">
+        <v>401</v>
+      </c>
+      <c r="E111" s="23" t="s">
+        <v>402</v>
+      </c>
+      <c r="F111" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="G111" s="24"/>
+    </row>
+    <row r="112" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A112" s="30" t="s">
+        <v>403</v>
+      </c>
+      <c r="B112" s="22" t="s">
+        <v>404</v>
+      </c>
+      <c r="C112" s="29"/>
+      <c r="D112" s="29" t="s">
+        <v>405</v>
+      </c>
+      <c r="E112" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F112" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" s="26"/>
+    </row>
+    <row r="113" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A113" s="31" t="s">
+        <v>406</v>
+      </c>
+      <c r="B113" s="28" t="s">
+        <v>407</v>
+      </c>
+      <c r="C113" s="27"/>
+      <c r="D113" s="27" t="s">
+        <v>408</v>
+      </c>
+      <c r="E113" s="23" t="s">
+        <v>409</v>
+      </c>
+      <c r="F113" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" s="24"/>
+    </row>
+    <row r="114" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A114" s="30" t="s">
+        <v>410</v>
+      </c>
+      <c r="B114" s="22" t="s">
+        <v>411</v>
+      </c>
+      <c r="C114" s="29"/>
+      <c r="D114" s="29" t="s">
+        <v>412</v>
+      </c>
+      <c r="E114" s="25" t="s">
+        <v>413</v>
+      </c>
+      <c r="F114" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" s="26"/>
+    </row>
+    <row r="115" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A115" s="31" t="s">
+        <v>414</v>
+      </c>
+      <c r="B115" s="27"/>
+      <c r="C115" s="28" t="s">
+        <v>415</v>
+      </c>
+      <c r="D115" s="27" t="s">
+        <v>416</v>
+      </c>
+      <c r="E115" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F115" s="24"/>
+      <c r="G115" s="24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A116" s="30" t="s">
+        <v>417</v>
+      </c>
+      <c r="B116" s="29"/>
+      <c r="C116" s="22" t="s">
+        <v>418</v>
+      </c>
+      <c r="D116" s="29" t="s">
+        <v>419</v>
+      </c>
+      <c r="E116" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F116" s="26"/>
+      <c r="G116" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="31" t="s">
+        <v>420</v>
+      </c>
+      <c r="B117" s="28" t="s">
+        <v>421</v>
+      </c>
+      <c r="C117" s="27"/>
+      <c r="D117" s="27" t="s">
+        <v>422</v>
+      </c>
+      <c r="E117" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F117" s="24" t="s">
         <v>63</v>
       </c>
-      <c r="E21" s="15"/>
-[...53 lines deleted...]
-      <c r="A25" s="10" t="s">
+      <c r="G117" s="24"/>
+    </row>
+    <row r="118" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="30" t="s">
+        <v>423</v>
+      </c>
+      <c r="B118" s="22" t="s">
+        <v>424</v>
+      </c>
+      <c r="C118" s="29"/>
+      <c r="D118" s="97" t="s">
+        <v>936</v>
+      </c>
+      <c r="E118" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="F118" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" s="26"/>
+    </row>
+    <row r="119" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A119" s="31" t="s">
+        <v>426</v>
+      </c>
+      <c r="B119" s="28" t="s">
+        <v>427</v>
+      </c>
+      <c r="C119" s="27"/>
+      <c r="D119" s="27" t="s">
+        <v>428</v>
+      </c>
+      <c r="E119" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F119" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" s="24"/>
+    </row>
+    <row r="120" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A120" s="30" t="s">
+        <v>429</v>
+      </c>
+      <c r="B120" s="29"/>
+      <c r="C120" s="22" t="s">
+        <v>430</v>
+      </c>
+      <c r="D120" s="29" t="s">
+        <v>431</v>
+      </c>
+      <c r="E120" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="F120" s="26"/>
+      <c r="G120" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A121" s="43" t="s">
+        <v>432</v>
+      </c>
+      <c r="B121" s="44" t="s">
+        <v>433</v>
+      </c>
+      <c r="C121" s="45"/>
+      <c r="D121" s="45" t="s">
+        <v>434</v>
+      </c>
+      <c r="E121" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F121" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" s="42"/>
+    </row>
+    <row r="122" spans="1:7" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="30" t="s">
+        <v>435</v>
+      </c>
+      <c r="B122" s="29"/>
+      <c r="C122" s="22" t="s">
+        <v>436</v>
+      </c>
+      <c r="D122" s="29" t="s">
+        <v>437</v>
+      </c>
+      <c r="E122" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B25" s="11"/>
-[...7234 lines deleted...]
-    </row>
+      <c r="F122" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G122" s="47"/>
+    </row>
+    <row r="123" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="7"/>
+      <c r="B123" s="8"/>
+      <c r="C123" s="8"/>
+      <c r="D123" s="8"/>
+      <c r="E123" s="8"/>
+      <c r="F123" s="7"/>
+      <c r="G123" s="7"/>
+    </row>
+    <row r="124" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="7"/>
+      <c r="B124" s="8"/>
+      <c r="C124" s="8"/>
+      <c r="D124" s="8"/>
+      <c r="E124" s="8"/>
+      <c r="F124" s="7"/>
+      <c r="G124" s="7"/>
+    </row>
+    <row r="125" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="7"/>
+      <c r="B125" s="8"/>
+      <c r="C125" s="8"/>
+      <c r="D125" s="8"/>
+      <c r="E125" s="8"/>
+      <c r="F125" s="7"/>
+      <c r="G125" s="7"/>
+    </row>
+    <row r="126" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="7"/>
+      <c r="B126" s="8"/>
+      <c r="C126" s="8"/>
+      <c r="D126" s="8"/>
+      <c r="E126" s="8"/>
+      <c r="F126" s="7"/>
+      <c r="G126" s="7"/>
+    </row>
+    <row r="127" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="7"/>
+      <c r="B127" s="8"/>
+      <c r="C127" s="8"/>
+      <c r="D127" s="8"/>
+      <c r="E127" s="8"/>
+      <c r="F127" s="7"/>
+      <c r="G127" s="7"/>
+    </row>
+    <row r="128" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="7"/>
+      <c r="B128" s="8"/>
+      <c r="C128" s="8"/>
+      <c r="D128" s="8"/>
+      <c r="E128" s="8"/>
+      <c r="F128" s="7"/>
+      <c r="G128" s="7"/>
+    </row>
+    <row r="129" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="7"/>
+      <c r="B129" s="8"/>
+      <c r="C129" s="8"/>
+      <c r="D129" s="8"/>
+      <c r="E129" s="8"/>
+      <c r="F129" s="7"/>
+      <c r="G129" s="7"/>
+    </row>
+    <row r="130" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="7"/>
+      <c r="B130" s="8"/>
+      <c r="C130" s="8"/>
+      <c r="D130" s="8"/>
+      <c r="E130" s="8"/>
+      <c r="F130" s="7"/>
+      <c r="G130" s="7"/>
+    </row>
+    <row r="131" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="7"/>
+      <c r="B131" s="8"/>
+      <c r="C131" s="8"/>
+      <c r="D131" s="8"/>
+      <c r="E131" s="8"/>
+      <c r="F131" s="7"/>
+      <c r="G131" s="7"/>
+    </row>
+    <row r="132" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="7"/>
+      <c r="B132" s="8"/>
+      <c r="C132" s="8"/>
+      <c r="D132" s="8"/>
+      <c r="E132" s="8"/>
+      <c r="F132" s="7"/>
+      <c r="G132" s="7"/>
+    </row>
+    <row r="133" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="7"/>
+      <c r="B133" s="8"/>
+      <c r="C133" s="8"/>
+      <c r="D133" s="8"/>
+      <c r="E133" s="8"/>
+      <c r="F133" s="7"/>
+      <c r="G133" s="7"/>
+    </row>
+    <row r="134" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="7"/>
+      <c r="B134" s="8"/>
+      <c r="C134" s="8"/>
+      <c r="D134" s="8"/>
+      <c r="E134" s="8"/>
+      <c r="F134" s="7"/>
+      <c r="G134" s="7"/>
+    </row>
+    <row r="135" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="7"/>
+      <c r="B135" s="8"/>
+      <c r="C135" s="8"/>
+      <c r="D135" s="8"/>
+      <c r="E135" s="8"/>
+      <c r="F135" s="7"/>
+      <c r="G135" s="7"/>
+    </row>
+    <row r="136" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="7"/>
+      <c r="B136" s="8"/>
+      <c r="C136" s="8"/>
+      <c r="D136" s="8"/>
+      <c r="E136" s="8"/>
+      <c r="F136" s="7"/>
+      <c r="G136" s="7"/>
+    </row>
+    <row r="137" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="7"/>
+      <c r="B137" s="8"/>
+      <c r="C137" s="8"/>
+      <c r="D137" s="8"/>
+      <c r="E137" s="8"/>
+      <c r="F137" s="7"/>
+      <c r="G137" s="7"/>
+    </row>
+    <row r="138" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="7"/>
+      <c r="B138" s="8"/>
+      <c r="C138" s="8"/>
+      <c r="D138" s="8"/>
+      <c r="E138" s="8"/>
+      <c r="F138" s="7"/>
+      <c r="G138" s="7"/>
+    </row>
+    <row r="139" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="7"/>
+      <c r="B139" s="8"/>
+      <c r="C139" s="8"/>
+      <c r="D139" s="8"/>
+      <c r="E139" s="8"/>
+      <c r="F139" s="7"/>
+      <c r="G139" s="7"/>
+    </row>
+    <row r="140" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="7"/>
+      <c r="B140" s="8"/>
+      <c r="C140" s="8"/>
+      <c r="D140" s="8"/>
+      <c r="E140" s="8"/>
+      <c r="F140" s="7"/>
+      <c r="G140" s="7"/>
+    </row>
+    <row r="141" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="7"/>
+      <c r="B141" s="8"/>
+      <c r="C141" s="8"/>
+      <c r="D141" s="8"/>
+      <c r="E141" s="8"/>
+      <c r="F141" s="7"/>
+      <c r="G141" s="7"/>
+    </row>
+    <row r="142" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="7"/>
+      <c r="B142" s="8"/>
+      <c r="C142" s="8"/>
+      <c r="D142" s="8"/>
+      <c r="E142" s="8"/>
+      <c r="F142" s="7"/>
+      <c r="G142" s="7"/>
+    </row>
+    <row r="143" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="7"/>
+      <c r="B143" s="8"/>
+      <c r="C143" s="8"/>
+      <c r="D143" s="8"/>
+      <c r="E143" s="8"/>
+      <c r="F143" s="7"/>
+      <c r="G143" s="7"/>
+    </row>
+    <row r="144" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="7"/>
+      <c r="B144" s="8"/>
+      <c r="C144" s="8"/>
+      <c r="D144" s="8"/>
+      <c r="E144" s="8"/>
+      <c r="F144" s="7"/>
+      <c r="G144" s="7"/>
+    </row>
+    <row r="145" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="7"/>
+      <c r="B145" s="8"/>
+      <c r="C145" s="8"/>
+      <c r="D145" s="8"/>
+      <c r="E145" s="8"/>
+      <c r="F145" s="7"/>
+      <c r="G145" s="7"/>
+    </row>
+    <row r="146" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="7"/>
+      <c r="B146" s="8"/>
+      <c r="C146" s="8"/>
+      <c r="D146" s="8"/>
+      <c r="E146" s="8"/>
+      <c r="F146" s="7"/>
+      <c r="G146" s="7"/>
+    </row>
+    <row r="147" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="7"/>
+      <c r="B147" s="8"/>
+      <c r="C147" s="8"/>
+      <c r="D147" s="8"/>
+      <c r="E147" s="8"/>
+      <c r="F147" s="7"/>
+      <c r="G147" s="7"/>
+    </row>
+    <row r="148" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="7"/>
+      <c r="B148" s="8"/>
+      <c r="C148" s="8"/>
+      <c r="D148" s="8"/>
+      <c r="E148" s="8"/>
+      <c r="F148" s="7"/>
+      <c r="G148" s="7"/>
+    </row>
+    <row r="149" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="7"/>
+      <c r="B149" s="8"/>
+      <c r="C149" s="8"/>
+      <c r="D149" s="8"/>
+      <c r="E149" s="8"/>
+      <c r="F149" s="7"/>
+      <c r="G149" s="7"/>
+    </row>
+    <row r="150" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="7"/>
+      <c r="B150" s="8"/>
+      <c r="C150" s="8"/>
+      <c r="D150" s="8"/>
+      <c r="E150" s="8"/>
+      <c r="F150" s="7"/>
+      <c r="G150" s="7"/>
+    </row>
+    <row r="151" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="7"/>
+      <c r="B151" s="8"/>
+      <c r="C151" s="8"/>
+      <c r="D151" s="8"/>
+      <c r="E151" s="8"/>
+      <c r="F151" s="7"/>
+      <c r="G151" s="7"/>
+    </row>
+    <row r="152" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="7"/>
+      <c r="B152" s="8"/>
+      <c r="C152" s="8"/>
+      <c r="D152" s="8"/>
+      <c r="E152" s="8"/>
+      <c r="F152" s="7"/>
+      <c r="G152" s="7"/>
+    </row>
+    <row r="153" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="7"/>
+      <c r="B153" s="8"/>
+      <c r="C153" s="8"/>
+      <c r="D153" s="8"/>
+      <c r="E153" s="8"/>
+      <c r="F153" s="7"/>
+      <c r="G153" s="7"/>
+    </row>
+    <row r="154" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="7"/>
+      <c r="B154" s="8"/>
+      <c r="C154" s="8"/>
+      <c r="D154" s="8"/>
+      <c r="E154" s="8"/>
+      <c r="F154" s="7"/>
+      <c r="G154" s="7"/>
+    </row>
+    <row r="155" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="7"/>
+      <c r="B155" s="8"/>
+      <c r="C155" s="8"/>
+      <c r="D155" s="8"/>
+      <c r="E155" s="8"/>
+      <c r="F155" s="7"/>
+      <c r="G155" s="7"/>
+    </row>
+    <row r="156" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="7"/>
+      <c r="B156" s="8"/>
+      <c r="C156" s="8"/>
+      <c r="D156" s="8"/>
+      <c r="E156" s="8"/>
+      <c r="F156" s="7"/>
+      <c r="G156" s="7"/>
+    </row>
+    <row r="157" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="7"/>
+      <c r="B157" s="8"/>
+      <c r="C157" s="8"/>
+      <c r="D157" s="8"/>
+      <c r="E157" s="8"/>
+      <c r="F157" s="7"/>
+      <c r="G157" s="7"/>
+    </row>
+    <row r="158" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="7"/>
+      <c r="B158" s="8"/>
+      <c r="C158" s="8"/>
+      <c r="D158" s="8"/>
+      <c r="E158" s="8"/>
+      <c r="F158" s="7"/>
+      <c r="G158" s="7"/>
+    </row>
+    <row r="159" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="7"/>
+      <c r="B159" s="8"/>
+      <c r="C159" s="8"/>
+      <c r="D159" s="8"/>
+      <c r="E159" s="8"/>
+      <c r="F159" s="7"/>
+      <c r="G159" s="7"/>
+    </row>
+    <row r="160" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="7"/>
+      <c r="B160" s="8"/>
+      <c r="C160" s="8"/>
+      <c r="D160" s="8"/>
+      <c r="E160" s="8"/>
+      <c r="F160" s="7"/>
+      <c r="G160" s="7"/>
+    </row>
+    <row r="161" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="7"/>
+      <c r="B161" s="8"/>
+      <c r="C161" s="8"/>
+      <c r="D161" s="8"/>
+      <c r="E161" s="8"/>
+      <c r="F161" s="7"/>
+      <c r="G161" s="7"/>
+    </row>
+    <row r="162" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="7"/>
+      <c r="B162" s="8"/>
+      <c r="C162" s="8"/>
+      <c r="D162" s="8"/>
+      <c r="E162" s="8"/>
+      <c r="F162" s="7"/>
+      <c r="G162" s="7"/>
+    </row>
+    <row r="163" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="7"/>
+      <c r="B163" s="8"/>
+      <c r="C163" s="8"/>
+      <c r="D163" s="8"/>
+      <c r="E163" s="8"/>
+      <c r="F163" s="7"/>
+      <c r="G163" s="7"/>
+    </row>
+    <row r="164" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="7"/>
+      <c r="B164" s="8"/>
+      <c r="C164" s="8"/>
+      <c r="D164" s="8"/>
+      <c r="E164" s="8"/>
+      <c r="F164" s="7"/>
+      <c r="G164" s="7"/>
+    </row>
+    <row r="165" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="7"/>
+      <c r="B165" s="8"/>
+      <c r="C165" s="8"/>
+      <c r="D165" s="8"/>
+      <c r="E165" s="8"/>
+      <c r="F165" s="7"/>
+      <c r="G165" s="7"/>
+    </row>
+    <row r="166" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="7"/>
+      <c r="B166" s="8"/>
+      <c r="C166" s="8"/>
+      <c r="D166" s="8"/>
+      <c r="E166" s="8"/>
+      <c r="F166" s="7"/>
+      <c r="G166" s="7"/>
+    </row>
+    <row r="167" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="7"/>
+      <c r="B167" s="8"/>
+      <c r="C167" s="8"/>
+      <c r="D167" s="8"/>
+      <c r="E167" s="8"/>
+      <c r="F167" s="7"/>
+      <c r="G167" s="7"/>
+    </row>
+    <row r="168" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="7"/>
+      <c r="B168" s="8"/>
+      <c r="C168" s="8"/>
+      <c r="D168" s="8"/>
+      <c r="E168" s="8"/>
+      <c r="F168" s="7"/>
+      <c r="G168" s="7"/>
+    </row>
+    <row r="169" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="7"/>
+      <c r="B169" s="8"/>
+      <c r="C169" s="8"/>
+      <c r="D169" s="8"/>
+      <c r="E169" s="8"/>
+      <c r="F169" s="7"/>
+      <c r="G169" s="7"/>
+    </row>
+    <row r="170" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="7"/>
+      <c r="B170" s="8"/>
+      <c r="C170" s="8"/>
+      <c r="D170" s="8"/>
+      <c r="E170" s="8"/>
+      <c r="F170" s="7"/>
+      <c r="G170" s="7"/>
+    </row>
+    <row r="171" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="7"/>
+      <c r="B171" s="8"/>
+      <c r="C171" s="8"/>
+      <c r="D171" s="8"/>
+      <c r="E171" s="8"/>
+      <c r="F171" s="7"/>
+      <c r="G171" s="7"/>
+    </row>
+    <row r="172" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="7"/>
+      <c r="B172" s="8"/>
+      <c r="C172" s="8"/>
+      <c r="D172" s="8"/>
+      <c r="E172" s="8"/>
+      <c r="F172" s="7"/>
+      <c r="G172" s="7"/>
+    </row>
+    <row r="173" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="7"/>
+      <c r="B173" s="8"/>
+      <c r="C173" s="8"/>
+      <c r="D173" s="8"/>
+      <c r="E173" s="8"/>
+      <c r="F173" s="7"/>
+      <c r="G173" s="7"/>
+    </row>
+    <row r="174" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="7"/>
+      <c r="B174" s="8"/>
+      <c r="C174" s="8"/>
+      <c r="D174" s="8"/>
+      <c r="E174" s="8"/>
+      <c r="F174" s="7"/>
+      <c r="G174" s="7"/>
+    </row>
+    <row r="175" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="7"/>
+      <c r="B175" s="8"/>
+      <c r="C175" s="8"/>
+      <c r="D175" s="8"/>
+      <c r="E175" s="8"/>
+      <c r="F175" s="7"/>
+      <c r="G175" s="7"/>
+    </row>
+    <row r="176" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="7"/>
+      <c r="B176" s="8"/>
+      <c r="C176" s="8"/>
+      <c r="D176" s="8"/>
+      <c r="E176" s="8"/>
+      <c r="F176" s="7"/>
+      <c r="G176" s="7"/>
+    </row>
+    <row r="177" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="7"/>
+      <c r="B177" s="8"/>
+      <c r="C177" s="8"/>
+      <c r="D177" s="8"/>
+      <c r="E177" s="8"/>
+      <c r="F177" s="7"/>
+      <c r="G177" s="7"/>
+    </row>
+    <row r="178" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="7"/>
+      <c r="B178" s="8"/>
+      <c r="C178" s="8"/>
+      <c r="D178" s="8"/>
+      <c r="E178" s="8"/>
+      <c r="F178" s="7"/>
+      <c r="G178" s="7"/>
+    </row>
+    <row r="179" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="7"/>
+      <c r="B179" s="8"/>
+      <c r="C179" s="8"/>
+      <c r="D179" s="8"/>
+      <c r="E179" s="8"/>
+      <c r="F179" s="7"/>
+      <c r="G179" s="7"/>
+    </row>
+    <row r="180" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="7"/>
+      <c r="B180" s="8"/>
+      <c r="C180" s="8"/>
+      <c r="D180" s="8"/>
+      <c r="E180" s="8"/>
+      <c r="F180" s="7"/>
+      <c r="G180" s="7"/>
+    </row>
+    <row r="181" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="7"/>
+      <c r="B181" s="8"/>
+      <c r="C181" s="8"/>
+      <c r="D181" s="8"/>
+      <c r="E181" s="8"/>
+      <c r="F181" s="7"/>
+      <c r="G181" s="7"/>
+    </row>
+    <row r="182" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="7"/>
+      <c r="B182" s="8"/>
+      <c r="C182" s="8"/>
+      <c r="D182" s="8"/>
+      <c r="E182" s="8"/>
+      <c r="F182" s="7"/>
+      <c r="G182" s="7"/>
+    </row>
+    <row r="183" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="7"/>
+      <c r="B183" s="8"/>
+      <c r="C183" s="8"/>
+      <c r="D183" s="8"/>
+      <c r="E183" s="8"/>
+      <c r="F183" s="7"/>
+      <c r="G183" s="7"/>
+    </row>
+    <row r="184" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="7"/>
+      <c r="B184" s="8"/>
+      <c r="C184" s="8"/>
+      <c r="D184" s="8"/>
+      <c r="E184" s="8"/>
+      <c r="F184" s="7"/>
+      <c r="G184" s="7"/>
+    </row>
+    <row r="185" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="7"/>
+      <c r="B185" s="8"/>
+      <c r="C185" s="8"/>
+      <c r="D185" s="8"/>
+      <c r="E185" s="8"/>
+      <c r="F185" s="7"/>
+      <c r="G185" s="7"/>
+    </row>
+    <row r="186" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="7"/>
+      <c r="B186" s="8"/>
+      <c r="C186" s="8"/>
+      <c r="D186" s="8"/>
+      <c r="E186" s="8"/>
+      <c r="F186" s="7"/>
+      <c r="G186" s="7"/>
+    </row>
+    <row r="187" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="7"/>
+      <c r="B187" s="8"/>
+      <c r="C187" s="8"/>
+      <c r="D187" s="8"/>
+      <c r="E187" s="8"/>
+      <c r="F187" s="7"/>
+      <c r="G187" s="7"/>
+    </row>
+    <row r="188" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="7"/>
+      <c r="B188" s="8"/>
+      <c r="C188" s="8"/>
+      <c r="D188" s="8"/>
+      <c r="E188" s="8"/>
+      <c r="F188" s="7"/>
+      <c r="G188" s="7"/>
+    </row>
+    <row r="189" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="7"/>
+      <c r="B189" s="8"/>
+      <c r="C189" s="8"/>
+      <c r="D189" s="8"/>
+      <c r="E189" s="8"/>
+      <c r="F189" s="7"/>
+      <c r="G189" s="7"/>
+    </row>
+    <row r="190" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="7"/>
+      <c r="B190" s="8"/>
+      <c r="C190" s="8"/>
+      <c r="D190" s="8"/>
+      <c r="E190" s="8"/>
+      <c r="F190" s="7"/>
+      <c r="G190" s="7"/>
+    </row>
+    <row r="191" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="7"/>
+      <c r="B191" s="8"/>
+      <c r="C191" s="8"/>
+      <c r="D191" s="8"/>
+      <c r="E191" s="8"/>
+      <c r="F191" s="7"/>
+      <c r="G191" s="7"/>
+    </row>
+    <row r="192" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="7"/>
+      <c r="B192" s="8"/>
+      <c r="C192" s="8"/>
+      <c r="D192" s="8"/>
+      <c r="E192" s="8"/>
+      <c r="F192" s="7"/>
+      <c r="G192" s="7"/>
+    </row>
+    <row r="193" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="7"/>
+      <c r="B193" s="8"/>
+      <c r="C193" s="8"/>
+      <c r="D193" s="8"/>
+      <c r="E193" s="8"/>
+      <c r="F193" s="7"/>
+      <c r="G193" s="7"/>
+    </row>
+    <row r="194" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="7"/>
+      <c r="B194" s="8"/>
+      <c r="C194" s="8"/>
+      <c r="D194" s="8"/>
+      <c r="E194" s="8"/>
+      <c r="F194" s="7"/>
+      <c r="G194" s="7"/>
+    </row>
+    <row r="195" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="7"/>
+      <c r="B195" s="8"/>
+      <c r="C195" s="8"/>
+      <c r="D195" s="8"/>
+      <c r="E195" s="8"/>
+      <c r="F195" s="7"/>
+      <c r="G195" s="7"/>
+    </row>
+    <row r="196" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="7"/>
+      <c r="B196" s="8"/>
+      <c r="C196" s="8"/>
+      <c r="D196" s="8"/>
+      <c r="E196" s="8"/>
+      <c r="F196" s="7"/>
+      <c r="G196" s="7"/>
+    </row>
+    <row r="197" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="7"/>
+      <c r="B197" s="8"/>
+      <c r="C197" s="8"/>
+      <c r="D197" s="8"/>
+      <c r="E197" s="8"/>
+      <c r="F197" s="7"/>
+      <c r="G197" s="7"/>
+    </row>
+    <row r="198" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="7"/>
+      <c r="B198" s="8"/>
+      <c r="C198" s="8"/>
+      <c r="D198" s="8"/>
+      <c r="E198" s="8"/>
+      <c r="F198" s="7"/>
+      <c r="G198" s="7"/>
+    </row>
+    <row r="199" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="7"/>
+      <c r="B199" s="8"/>
+      <c r="C199" s="8"/>
+      <c r="D199" s="8"/>
+      <c r="E199" s="8"/>
+      <c r="F199" s="7"/>
+      <c r="G199" s="7"/>
+    </row>
+    <row r="200" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="7"/>
+      <c r="B200" s="8"/>
+      <c r="C200" s="8"/>
+      <c r="D200" s="8"/>
+      <c r="E200" s="8"/>
+      <c r="F200" s="7"/>
+      <c r="G200" s="7"/>
+    </row>
+    <row r="201" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="7"/>
+      <c r="B201" s="8"/>
+      <c r="C201" s="8"/>
+      <c r="D201" s="8"/>
+      <c r="E201" s="8"/>
+      <c r="F201" s="7"/>
+      <c r="G201" s="7"/>
+    </row>
+    <row r="202" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="7"/>
+      <c r="B202" s="8"/>
+      <c r="C202" s="8"/>
+      <c r="D202" s="8"/>
+      <c r="E202" s="8"/>
+      <c r="F202" s="7"/>
+      <c r="G202" s="7"/>
+    </row>
+    <row r="203" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="7"/>
+      <c r="B203" s="8"/>
+      <c r="C203" s="8"/>
+      <c r="D203" s="8"/>
+      <c r="E203" s="8"/>
+      <c r="F203" s="7"/>
+      <c r="G203" s="7"/>
+    </row>
+    <row r="204" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="7"/>
+      <c r="B204" s="8"/>
+      <c r="C204" s="8"/>
+      <c r="D204" s="8"/>
+      <c r="E204" s="8"/>
+      <c r="F204" s="7"/>
+      <c r="G204" s="7"/>
+    </row>
+    <row r="205" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="7"/>
+      <c r="B205" s="8"/>
+      <c r="C205" s="8"/>
+      <c r="D205" s="8"/>
+      <c r="E205" s="8"/>
+      <c r="F205" s="7"/>
+      <c r="G205" s="7"/>
+    </row>
+    <row r="206" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="7"/>
+      <c r="B206" s="8"/>
+      <c r="C206" s="8"/>
+      <c r="D206" s="8"/>
+      <c r="E206" s="8"/>
+      <c r="F206" s="7"/>
+      <c r="G206" s="7"/>
+    </row>
+    <row r="207" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="7"/>
+      <c r="B207" s="8"/>
+      <c r="C207" s="8"/>
+      <c r="D207" s="8"/>
+      <c r="E207" s="8"/>
+      <c r="F207" s="7"/>
+      <c r="G207" s="7"/>
+    </row>
+    <row r="208" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="7"/>
+      <c r="B208" s="8"/>
+      <c r="C208" s="8"/>
+      <c r="D208" s="8"/>
+      <c r="E208" s="8"/>
+      <c r="F208" s="7"/>
+      <c r="G208" s="7"/>
+    </row>
+    <row r="209" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="7"/>
+      <c r="B209" s="8"/>
+      <c r="C209" s="8"/>
+      <c r="D209" s="8"/>
+      <c r="E209" s="8"/>
+      <c r="F209" s="7"/>
+      <c r="G209" s="7"/>
+    </row>
+    <row r="210" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="7"/>
+      <c r="B210" s="8"/>
+      <c r="C210" s="8"/>
+      <c r="D210" s="8"/>
+      <c r="E210" s="8"/>
+      <c r="F210" s="7"/>
+      <c r="G210" s="7"/>
+    </row>
+    <row r="211" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="7"/>
+      <c r="B211" s="8"/>
+      <c r="C211" s="8"/>
+      <c r="D211" s="8"/>
+      <c r="E211" s="8"/>
+      <c r="F211" s="7"/>
+      <c r="G211" s="7"/>
+    </row>
+    <row r="212" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="7"/>
+      <c r="B212" s="8"/>
+      <c r="C212" s="8"/>
+      <c r="D212" s="8"/>
+      <c r="E212" s="8"/>
+      <c r="F212" s="7"/>
+      <c r="G212" s="7"/>
+    </row>
+    <row r="213" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="7"/>
+      <c r="B213" s="8"/>
+      <c r="C213" s="8"/>
+      <c r="D213" s="8"/>
+      <c r="E213" s="8"/>
+      <c r="F213" s="7"/>
+      <c r="G213" s="7"/>
+    </row>
+    <row r="214" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="7"/>
+      <c r="B214" s="8"/>
+      <c r="C214" s="8"/>
+      <c r="D214" s="8"/>
+      <c r="E214" s="8"/>
+      <c r="F214" s="7"/>
+      <c r="G214" s="7"/>
+    </row>
+    <row r="215" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="7"/>
+      <c r="B215" s="8"/>
+      <c r="C215" s="8"/>
+      <c r="D215" s="8"/>
+      <c r="E215" s="8"/>
+      <c r="F215" s="7"/>
+      <c r="G215" s="7"/>
+    </row>
+    <row r="216" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="7"/>
+      <c r="B216" s="8"/>
+      <c r="C216" s="8"/>
+      <c r="D216" s="8"/>
+      <c r="E216" s="8"/>
+      <c r="F216" s="7"/>
+      <c r="G216" s="7"/>
+    </row>
+    <row r="217" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="7"/>
+      <c r="B217" s="8"/>
+      <c r="C217" s="8"/>
+      <c r="D217" s="8"/>
+      <c r="E217" s="8"/>
+      <c r="F217" s="7"/>
+      <c r="G217" s="7"/>
+    </row>
+    <row r="218" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="7"/>
+      <c r="B218" s="8"/>
+      <c r="C218" s="8"/>
+      <c r="D218" s="8"/>
+      <c r="E218" s="8"/>
+      <c r="F218" s="7"/>
+      <c r="G218" s="7"/>
+    </row>
+    <row r="219" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="7"/>
+      <c r="B219" s="8"/>
+      <c r="C219" s="8"/>
+      <c r="D219" s="8"/>
+      <c r="E219" s="8"/>
+      <c r="F219" s="7"/>
+      <c r="G219" s="7"/>
+    </row>
+    <row r="220" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="7"/>
+      <c r="B220" s="8"/>
+      <c r="C220" s="8"/>
+      <c r="D220" s="8"/>
+      <c r="E220" s="8"/>
+      <c r="F220" s="7"/>
+      <c r="G220" s="7"/>
+    </row>
+    <row r="221" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="7"/>
+      <c r="B221" s="8"/>
+      <c r="C221" s="8"/>
+      <c r="D221" s="8"/>
+      <c r="E221" s="8"/>
+      <c r="F221" s="7"/>
+      <c r="G221" s="7"/>
+    </row>
+    <row r="222" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="7"/>
+      <c r="B222" s="8"/>
+      <c r="C222" s="8"/>
+      <c r="D222" s="8"/>
+      <c r="E222" s="8"/>
+      <c r="F222" s="7"/>
+      <c r="G222" s="7"/>
+    </row>
+    <row r="223" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="7"/>
+      <c r="B223" s="8"/>
+      <c r="C223" s="8"/>
+      <c r="D223" s="8"/>
+      <c r="E223" s="8"/>
+      <c r="F223" s="7"/>
+      <c r="G223" s="7"/>
+    </row>
+    <row r="224" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="7"/>
+      <c r="B224" s="8"/>
+      <c r="C224" s="8"/>
+      <c r="D224" s="8"/>
+      <c r="E224" s="8"/>
+      <c r="F224" s="7"/>
+      <c r="G224" s="7"/>
+    </row>
+    <row r="225" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="7"/>
+      <c r="B225" s="8"/>
+      <c r="C225" s="8"/>
+      <c r="D225" s="8"/>
+      <c r="E225" s="8"/>
+      <c r="F225" s="7"/>
+      <c r="G225" s="7"/>
+    </row>
+    <row r="226" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="7"/>
+      <c r="B226" s="8"/>
+      <c r="C226" s="8"/>
+      <c r="D226" s="8"/>
+      <c r="E226" s="8"/>
+      <c r="F226" s="7"/>
+      <c r="G226" s="7"/>
+    </row>
+    <row r="227" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="7"/>
+      <c r="B227" s="8"/>
+      <c r="C227" s="8"/>
+      <c r="D227" s="8"/>
+      <c r="E227" s="8"/>
+      <c r="F227" s="7"/>
+      <c r="G227" s="7"/>
+    </row>
+    <row r="228" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="7"/>
+      <c r="B228" s="8"/>
+      <c r="C228" s="8"/>
+      <c r="D228" s="8"/>
+      <c r="E228" s="8"/>
+      <c r="F228" s="7"/>
+      <c r="G228" s="7"/>
+    </row>
+    <row r="229" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="7"/>
+      <c r="B229" s="8"/>
+      <c r="C229" s="8"/>
+      <c r="D229" s="8"/>
+      <c r="E229" s="8"/>
+      <c r="F229" s="7"/>
+      <c r="G229" s="7"/>
+    </row>
+    <row r="230" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="7"/>
+      <c r="B230" s="8"/>
+      <c r="C230" s="8"/>
+      <c r="D230" s="8"/>
+      <c r="E230" s="8"/>
+      <c r="F230" s="7"/>
+      <c r="G230" s="7"/>
+    </row>
+    <row r="231" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="7"/>
+      <c r="B231" s="8"/>
+      <c r="C231" s="8"/>
+      <c r="D231" s="8"/>
+      <c r="E231" s="8"/>
+      <c r="F231" s="7"/>
+      <c r="G231" s="7"/>
+    </row>
+    <row r="232" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="7"/>
+      <c r="B232" s="8"/>
+      <c r="C232" s="8"/>
+      <c r="D232" s="8"/>
+      <c r="E232" s="8"/>
+      <c r="F232" s="7"/>
+      <c r="G232" s="7"/>
+    </row>
+    <row r="233" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="7"/>
+      <c r="B233" s="8"/>
+      <c r="C233" s="8"/>
+      <c r="D233" s="8"/>
+      <c r="E233" s="8"/>
+      <c r="F233" s="7"/>
+      <c r="G233" s="7"/>
+    </row>
+    <row r="234" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="7"/>
+      <c r="B234" s="8"/>
+      <c r="C234" s="8"/>
+      <c r="D234" s="8"/>
+      <c r="E234" s="8"/>
+      <c r="F234" s="7"/>
+      <c r="G234" s="7"/>
+    </row>
+    <row r="235" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="7"/>
+      <c r="B235" s="8"/>
+      <c r="C235" s="8"/>
+      <c r="D235" s="8"/>
+      <c r="E235" s="8"/>
+      <c r="F235" s="7"/>
+      <c r="G235" s="7"/>
+    </row>
+    <row r="236" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="7"/>
+      <c r="B236" s="8"/>
+      <c r="C236" s="8"/>
+      <c r="D236" s="8"/>
+      <c r="E236" s="8"/>
+      <c r="F236" s="7"/>
+      <c r="G236" s="7"/>
+    </row>
+    <row r="237" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="7"/>
+      <c r="B237" s="8"/>
+      <c r="C237" s="8"/>
+      <c r="D237" s="8"/>
+      <c r="E237" s="8"/>
+      <c r="F237" s="7"/>
+      <c r="G237" s="7"/>
+    </row>
+    <row r="238" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="7"/>
+      <c r="B238" s="8"/>
+      <c r="C238" s="8"/>
+      <c r="D238" s="8"/>
+      <c r="E238" s="8"/>
+      <c r="F238" s="7"/>
+      <c r="G238" s="7"/>
+    </row>
+    <row r="239" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="7"/>
+      <c r="B239" s="8"/>
+      <c r="C239" s="8"/>
+      <c r="D239" s="8"/>
+      <c r="E239" s="8"/>
+      <c r="F239" s="7"/>
+      <c r="G239" s="7"/>
+    </row>
+    <row r="240" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="7"/>
+      <c r="B240" s="8"/>
+      <c r="C240" s="8"/>
+      <c r="D240" s="8"/>
+      <c r="E240" s="8"/>
+      <c r="F240" s="7"/>
+      <c r="G240" s="7"/>
+    </row>
+    <row r="241" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="7"/>
+      <c r="B241" s="8"/>
+      <c r="C241" s="8"/>
+      <c r="D241" s="8"/>
+      <c r="E241" s="8"/>
+      <c r="F241" s="7"/>
+      <c r="G241" s="7"/>
+    </row>
+    <row r="242" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="7"/>
+      <c r="B242" s="8"/>
+      <c r="C242" s="8"/>
+      <c r="D242" s="8"/>
+      <c r="E242" s="8"/>
+      <c r="F242" s="7"/>
+      <c r="G242" s="7"/>
+    </row>
+    <row r="243" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="7"/>
+      <c r="B243" s="8"/>
+      <c r="C243" s="8"/>
+      <c r="D243" s="8"/>
+      <c r="E243" s="8"/>
+      <c r="F243" s="7"/>
+      <c r="G243" s="7"/>
+    </row>
+    <row r="244" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="7"/>
+      <c r="B244" s="8"/>
+      <c r="C244" s="8"/>
+      <c r="D244" s="8"/>
+      <c r="E244" s="8"/>
+      <c r="F244" s="7"/>
+      <c r="G244" s="7"/>
+    </row>
+    <row r="245" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="7"/>
+      <c r="B245" s="8"/>
+      <c r="C245" s="8"/>
+      <c r="D245" s="8"/>
+      <c r="E245" s="8"/>
+      <c r="F245" s="7"/>
+      <c r="G245" s="7"/>
+    </row>
+    <row r="246" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A246" s="7"/>
+      <c r="B246" s="8"/>
+      <c r="C246" s="8"/>
+      <c r="D246" s="8"/>
+      <c r="E246" s="8"/>
+      <c r="F246" s="7"/>
+      <c r="G246" s="7"/>
+    </row>
+    <row r="247" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="7"/>
+      <c r="B247" s="8"/>
+      <c r="C247" s="8"/>
+      <c r="D247" s="8"/>
+      <c r="E247" s="8"/>
+      <c r="F247" s="7"/>
+      <c r="G247" s="7"/>
+    </row>
+    <row r="248" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="7"/>
+      <c r="B248" s="8"/>
+      <c r="C248" s="8"/>
+      <c r="D248" s="8"/>
+      <c r="E248" s="8"/>
+      <c r="F248" s="7"/>
+      <c r="G248" s="7"/>
+    </row>
+    <row r="249" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="7"/>
+      <c r="B249" s="8"/>
+      <c r="C249" s="8"/>
+      <c r="D249" s="8"/>
+      <c r="E249" s="8"/>
+      <c r="F249" s="7"/>
+      <c r="G249" s="7"/>
+    </row>
+    <row r="250" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A250" s="7"/>
+      <c r="B250" s="8"/>
+      <c r="C250" s="8"/>
+      <c r="D250" s="8"/>
+      <c r="E250" s="8"/>
+      <c r="F250" s="7"/>
+      <c r="G250" s="7"/>
+    </row>
+    <row r="251" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="7"/>
+      <c r="B251" s="8"/>
+      <c r="C251" s="8"/>
+      <c r="D251" s="8"/>
+      <c r="E251" s="8"/>
+      <c r="F251" s="7"/>
+      <c r="G251" s="7"/>
+    </row>
+    <row r="252" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A252" s="7"/>
+      <c r="B252" s="8"/>
+      <c r="C252" s="8"/>
+      <c r="D252" s="8"/>
+      <c r="E252" s="8"/>
+      <c r="F252" s="7"/>
+      <c r="G252" s="7"/>
+    </row>
+    <row r="253" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="7"/>
+      <c r="B253" s="8"/>
+      <c r="C253" s="8"/>
+      <c r="D253" s="8"/>
+      <c r="E253" s="8"/>
+      <c r="F253" s="7"/>
+      <c r="G253" s="7"/>
+    </row>
+    <row r="254" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A254" s="7"/>
+      <c r="B254" s="8"/>
+      <c r="C254" s="8"/>
+      <c r="D254" s="8"/>
+      <c r="E254" s="8"/>
+      <c r="F254" s="7"/>
+      <c r="G254" s="7"/>
+    </row>
+    <row r="255" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="7"/>
+      <c r="B255" s="8"/>
+      <c r="C255" s="8"/>
+      <c r="D255" s="8"/>
+      <c r="E255" s="8"/>
+      <c r="F255" s="7"/>
+      <c r="G255" s="7"/>
+    </row>
+    <row r="256" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="7"/>
+      <c r="B256" s="8"/>
+      <c r="C256" s="8"/>
+      <c r="D256" s="8"/>
+      <c r="E256" s="8"/>
+      <c r="F256" s="7"/>
+      <c r="G256" s="7"/>
+    </row>
+    <row r="257" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A257" s="7"/>
+      <c r="B257" s="8"/>
+      <c r="C257" s="8"/>
+      <c r="D257" s="8"/>
+      <c r="E257" s="8"/>
+      <c r="F257" s="7"/>
+      <c r="G257" s="7"/>
+    </row>
+    <row r="258" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="7"/>
+      <c r="B258" s="8"/>
+      <c r="C258" s="8"/>
+      <c r="D258" s="8"/>
+      <c r="E258" s="8"/>
+      <c r="F258" s="7"/>
+      <c r="G258" s="7"/>
+    </row>
+    <row r="259" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A259" s="7"/>
+      <c r="B259" s="8"/>
+      <c r="C259" s="8"/>
+      <c r="D259" s="8"/>
+      <c r="E259" s="8"/>
+      <c r="F259" s="7"/>
+      <c r="G259" s="7"/>
+    </row>
+    <row r="260" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="7"/>
+      <c r="B260" s="8"/>
+      <c r="C260" s="8"/>
+      <c r="D260" s="8"/>
+      <c r="E260" s="8"/>
+      <c r="F260" s="7"/>
+      <c r="G260" s="7"/>
+    </row>
+    <row r="261" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="7"/>
+      <c r="B261" s="8"/>
+      <c r="C261" s="8"/>
+      <c r="D261" s="8"/>
+      <c r="E261" s="8"/>
+      <c r="F261" s="7"/>
+      <c r="G261" s="7"/>
+    </row>
+    <row r="262" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="7"/>
+      <c r="B262" s="8"/>
+      <c r="C262" s="8"/>
+      <c r="D262" s="8"/>
+      <c r="E262" s="8"/>
+      <c r="F262" s="7"/>
+      <c r="G262" s="7"/>
+    </row>
+    <row r="263" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="7"/>
+      <c r="B263" s="8"/>
+      <c r="C263" s="8"/>
+      <c r="D263" s="8"/>
+      <c r="E263" s="8"/>
+      <c r="F263" s="7"/>
+      <c r="G263" s="7"/>
+    </row>
+    <row r="264" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="7"/>
+      <c r="B264" s="8"/>
+      <c r="C264" s="8"/>
+      <c r="D264" s="8"/>
+      <c r="E264" s="8"/>
+      <c r="F264" s="7"/>
+      <c r="G264" s="7"/>
+    </row>
+    <row r="265" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="7"/>
+      <c r="B265" s="8"/>
+      <c r="C265" s="8"/>
+      <c r="D265" s="8"/>
+      <c r="E265" s="8"/>
+      <c r="F265" s="7"/>
+      <c r="G265" s="7"/>
+    </row>
+    <row r="266" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="7"/>
+      <c r="B266" s="8"/>
+      <c r="C266" s="8"/>
+      <c r="D266" s="8"/>
+      <c r="E266" s="8"/>
+      <c r="F266" s="7"/>
+      <c r="G266" s="7"/>
+    </row>
+    <row r="267" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="7"/>
+      <c r="B267" s="8"/>
+      <c r="C267" s="8"/>
+      <c r="D267" s="8"/>
+      <c r="E267" s="8"/>
+      <c r="F267" s="7"/>
+      <c r="G267" s="7"/>
+    </row>
+    <row r="268" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="7"/>
+      <c r="B268" s="8"/>
+      <c r="C268" s="8"/>
+      <c r="D268" s="8"/>
+      <c r="E268" s="8"/>
+      <c r="F268" s="7"/>
+      <c r="G268" s="7"/>
+    </row>
+    <row r="269" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="7"/>
+      <c r="B269" s="8"/>
+      <c r="C269" s="8"/>
+      <c r="D269" s="8"/>
+      <c r="E269" s="8"/>
+      <c r="F269" s="7"/>
+      <c r="G269" s="7"/>
+    </row>
+    <row r="270" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="7"/>
+      <c r="B270" s="8"/>
+      <c r="C270" s="8"/>
+      <c r="D270" s="8"/>
+      <c r="E270" s="8"/>
+      <c r="F270" s="7"/>
+      <c r="G270" s="7"/>
+    </row>
+    <row r="271" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="7"/>
+      <c r="B271" s="8"/>
+      <c r="C271" s="8"/>
+      <c r="D271" s="8"/>
+      <c r="E271" s="8"/>
+      <c r="F271" s="7"/>
+      <c r="G271" s="7"/>
+    </row>
+    <row r="272" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="7"/>
+      <c r="B272" s="8"/>
+      <c r="C272" s="8"/>
+      <c r="D272" s="8"/>
+      <c r="E272" s="8"/>
+      <c r="F272" s="7"/>
+      <c r="G272" s="7"/>
+    </row>
+    <row r="273" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="7"/>
+      <c r="B273" s="8"/>
+      <c r="C273" s="8"/>
+      <c r="D273" s="8"/>
+      <c r="E273" s="8"/>
+      <c r="F273" s="7"/>
+      <c r="G273" s="7"/>
+    </row>
+    <row r="274" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="7"/>
+      <c r="B274" s="8"/>
+      <c r="C274" s="8"/>
+      <c r="D274" s="8"/>
+      <c r="E274" s="8"/>
+      <c r="F274" s="7"/>
+      <c r="G274" s="7"/>
+    </row>
+    <row r="275" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="7"/>
+      <c r="B275" s="8"/>
+      <c r="C275" s="8"/>
+      <c r="D275" s="8"/>
+      <c r="E275" s="8"/>
+      <c r="F275" s="7"/>
+      <c r="G275" s="7"/>
+    </row>
+    <row r="276" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="7"/>
+      <c r="B276" s="8"/>
+      <c r="C276" s="8"/>
+      <c r="D276" s="8"/>
+      <c r="E276" s="8"/>
+      <c r="F276" s="7"/>
+      <c r="G276" s="7"/>
+    </row>
+    <row r="277" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="7"/>
+      <c r="B277" s="8"/>
+      <c r="C277" s="8"/>
+      <c r="D277" s="8"/>
+      <c r="E277" s="8"/>
+      <c r="F277" s="7"/>
+      <c r="G277" s="7"/>
+    </row>
+    <row r="278" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="7"/>
+      <c r="B278" s="8"/>
+      <c r="C278" s="8"/>
+      <c r="D278" s="8"/>
+      <c r="E278" s="8"/>
+      <c r="F278" s="7"/>
+      <c r="G278" s="7"/>
+    </row>
+    <row r="279" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="7"/>
+      <c r="B279" s="8"/>
+      <c r="C279" s="8"/>
+      <c r="D279" s="8"/>
+      <c r="E279" s="8"/>
+      <c r="F279" s="7"/>
+      <c r="G279" s="7"/>
+    </row>
+    <row r="280" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="7"/>
+      <c r="B280" s="8"/>
+      <c r="C280" s="8"/>
+      <c r="D280" s="8"/>
+      <c r="E280" s="8"/>
+      <c r="F280" s="7"/>
+      <c r="G280" s="7"/>
+    </row>
+    <row r="281" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="7"/>
+      <c r="B281" s="8"/>
+      <c r="C281" s="8"/>
+      <c r="D281" s="8"/>
+      <c r="E281" s="8"/>
+      <c r="F281" s="7"/>
+      <c r="G281" s="7"/>
+    </row>
+    <row r="282" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="7"/>
+      <c r="B282" s="8"/>
+      <c r="C282" s="8"/>
+      <c r="D282" s="8"/>
+      <c r="E282" s="8"/>
+      <c r="F282" s="7"/>
+      <c r="G282" s="7"/>
+    </row>
+    <row r="283" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="7"/>
+      <c r="B283" s="8"/>
+      <c r="C283" s="8"/>
+      <c r="D283" s="8"/>
+      <c r="E283" s="8"/>
+      <c r="F283" s="7"/>
+      <c r="G283" s="7"/>
+    </row>
+    <row r="284" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="7"/>
+      <c r="B284" s="8"/>
+      <c r="C284" s="8"/>
+      <c r="D284" s="8"/>
+      <c r="E284" s="8"/>
+      <c r="F284" s="7"/>
+      <c r="G284" s="7"/>
+    </row>
+    <row r="285" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="7"/>
+      <c r="B285" s="8"/>
+      <c r="C285" s="8"/>
+      <c r="D285" s="8"/>
+      <c r="E285" s="8"/>
+      <c r="F285" s="7"/>
+      <c r="G285" s="7"/>
+    </row>
+    <row r="286" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="7"/>
+      <c r="B286" s="8"/>
+      <c r="C286" s="8"/>
+      <c r="D286" s="8"/>
+      <c r="E286" s="8"/>
+      <c r="F286" s="7"/>
+      <c r="G286" s="7"/>
+    </row>
+    <row r="287" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="7"/>
+      <c r="B287" s="8"/>
+      <c r="C287" s="8"/>
+      <c r="D287" s="8"/>
+      <c r="E287" s="8"/>
+      <c r="F287" s="7"/>
+      <c r="G287" s="7"/>
+    </row>
+    <row r="288" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="7"/>
+      <c r="B288" s="8"/>
+      <c r="C288" s="8"/>
+      <c r="D288" s="8"/>
+      <c r="E288" s="8"/>
+      <c r="F288" s="7"/>
+      <c r="G288" s="7"/>
+    </row>
+    <row r="289" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="7"/>
+      <c r="B289" s="8"/>
+      <c r="C289" s="8"/>
+      <c r="D289" s="8"/>
+      <c r="E289" s="8"/>
+      <c r="F289" s="7"/>
+      <c r="G289" s="7"/>
+    </row>
+    <row r="290" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="7"/>
+      <c r="B290" s="8"/>
+      <c r="C290" s="8"/>
+      <c r="D290" s="8"/>
+      <c r="E290" s="8"/>
+      <c r="F290" s="7"/>
+      <c r="G290" s="7"/>
+    </row>
+    <row r="291" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="7"/>
+      <c r="B291" s="8"/>
+      <c r="C291" s="8"/>
+      <c r="D291" s="8"/>
+      <c r="E291" s="8"/>
+      <c r="F291" s="7"/>
+      <c r="G291" s="7"/>
+    </row>
+    <row r="292" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A292" s="7"/>
+      <c r="B292" s="8"/>
+      <c r="C292" s="8"/>
+      <c r="D292" s="8"/>
+      <c r="E292" s="8"/>
+      <c r="F292" s="7"/>
+      <c r="G292" s="7"/>
+    </row>
+    <row r="293" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A293" s="7"/>
+      <c r="B293" s="8"/>
+      <c r="C293" s="8"/>
+      <c r="D293" s="8"/>
+      <c r="E293" s="8"/>
+      <c r="F293" s="7"/>
+      <c r="G293" s="7"/>
+    </row>
+    <row r="294" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A294" s="7"/>
+      <c r="B294" s="8"/>
+      <c r="C294" s="8"/>
+      <c r="D294" s="8"/>
+      <c r="E294" s="8"/>
+      <c r="F294" s="7"/>
+      <c r="G294" s="7"/>
+    </row>
+    <row r="295" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="7"/>
+      <c r="B295" s="8"/>
+      <c r="C295" s="8"/>
+      <c r="D295" s="8"/>
+      <c r="E295" s="8"/>
+      <c r="F295" s="7"/>
+      <c r="G295" s="7"/>
+    </row>
+    <row r="296" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="7"/>
+      <c r="B296" s="8"/>
+      <c r="C296" s="8"/>
+      <c r="D296" s="8"/>
+      <c r="E296" s="8"/>
+      <c r="F296" s="7"/>
+      <c r="G296" s="7"/>
+    </row>
+    <row r="297" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="7"/>
+      <c r="B297" s="8"/>
+      <c r="C297" s="8"/>
+      <c r="D297" s="8"/>
+      <c r="E297" s="8"/>
+      <c r="F297" s="7"/>
+      <c r="G297" s="7"/>
+    </row>
+    <row r="298" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A298" s="7"/>
+      <c r="B298" s="8"/>
+      <c r="C298" s="8"/>
+      <c r="D298" s="8"/>
+      <c r="E298" s="8"/>
+      <c r="F298" s="7"/>
+      <c r="G298" s="7"/>
+    </row>
+    <row r="299" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A299" s="7"/>
+      <c r="B299" s="8"/>
+      <c r="C299" s="8"/>
+      <c r="D299" s="8"/>
+      <c r="E299" s="8"/>
+      <c r="F299" s="7"/>
+      <c r="G299" s="7"/>
+    </row>
+    <row r="300" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A300" s="7"/>
+      <c r="B300" s="8"/>
+      <c r="C300" s="8"/>
+      <c r="D300" s="8"/>
+      <c r="E300" s="8"/>
+      <c r="F300" s="7"/>
+      <c r="G300" s="7"/>
+    </row>
+    <row r="301" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A301" s="7"/>
+      <c r="B301" s="8"/>
+      <c r="C301" s="8"/>
+      <c r="D301" s="8"/>
+      <c r="E301" s="8"/>
+      <c r="F301" s="7"/>
+      <c r="G301" s="7"/>
+    </row>
+    <row r="302" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A302" s="7"/>
+      <c r="B302" s="8"/>
+      <c r="C302" s="8"/>
+      <c r="D302" s="8"/>
+      <c r="E302" s="8"/>
+      <c r="F302" s="7"/>
+      <c r="G302" s="7"/>
+    </row>
+    <row r="303" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="7"/>
+      <c r="B303" s="8"/>
+      <c r="C303" s="8"/>
+      <c r="D303" s="8"/>
+      <c r="E303" s="8"/>
+      <c r="F303" s="7"/>
+      <c r="G303" s="7"/>
+    </row>
+    <row r="304" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A304" s="7"/>
+      <c r="B304" s="8"/>
+      <c r="C304" s="8"/>
+      <c r="D304" s="8"/>
+      <c r="E304" s="8"/>
+      <c r="F304" s="7"/>
+      <c r="G304" s="7"/>
+    </row>
+    <row r="305" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A305" s="7"/>
+      <c r="B305" s="8"/>
+      <c r="C305" s="8"/>
+      <c r="D305" s="8"/>
+      <c r="E305" s="8"/>
+      <c r="F305" s="7"/>
+      <c r="G305" s="7"/>
+    </row>
+    <row r="306" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="7"/>
+      <c r="B306" s="8"/>
+      <c r="C306" s="8"/>
+      <c r="D306" s="8"/>
+      <c r="E306" s="8"/>
+      <c r="F306" s="7"/>
+      <c r="G306" s="7"/>
+    </row>
+    <row r="307" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="7"/>
+      <c r="B307" s="8"/>
+      <c r="C307" s="8"/>
+      <c r="D307" s="8"/>
+      <c r="E307" s="8"/>
+      <c r="F307" s="7"/>
+      <c r="G307" s="7"/>
+    </row>
+    <row r="308" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="7"/>
+      <c r="B308" s="8"/>
+      <c r="C308" s="8"/>
+      <c r="D308" s="8"/>
+      <c r="E308" s="8"/>
+      <c r="F308" s="7"/>
+      <c r="G308" s="7"/>
+    </row>
+    <row r="309" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="7"/>
+      <c r="B309" s="8"/>
+      <c r="C309" s="8"/>
+      <c r="D309" s="8"/>
+      <c r="E309" s="8"/>
+      <c r="F309" s="7"/>
+      <c r="G309" s="7"/>
+    </row>
+    <row r="310" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="7"/>
+      <c r="B310" s="8"/>
+      <c r="C310" s="8"/>
+      <c r="D310" s="8"/>
+      <c r="E310" s="8"/>
+      <c r="F310" s="7"/>
+      <c r="G310" s="7"/>
+    </row>
+    <row r="311" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A311" s="7"/>
+      <c r="B311" s="8"/>
+      <c r="C311" s="8"/>
+      <c r="D311" s="8"/>
+      <c r="E311" s="8"/>
+      <c r="F311" s="7"/>
+      <c r="G311" s="7"/>
+    </row>
+    <row r="312" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A312" s="7"/>
+      <c r="B312" s="8"/>
+      <c r="C312" s="8"/>
+      <c r="D312" s="8"/>
+      <c r="E312" s="8"/>
+      <c r="F312" s="7"/>
+      <c r="G312" s="7"/>
+    </row>
+    <row r="313" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A313" s="7"/>
+      <c r="B313" s="8"/>
+      <c r="C313" s="8"/>
+      <c r="D313" s="8"/>
+      <c r="E313" s="8"/>
+      <c r="F313" s="7"/>
+      <c r="G313" s="7"/>
+    </row>
+    <row r="314" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A314" s="7"/>
+      <c r="B314" s="8"/>
+      <c r="C314" s="8"/>
+      <c r="D314" s="8"/>
+      <c r="E314" s="8"/>
+      <c r="F314" s="7"/>
+      <c r="G314" s="7"/>
+    </row>
+    <row r="315" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="7"/>
+      <c r="B315" s="8"/>
+      <c r="C315" s="8"/>
+      <c r="D315" s="8"/>
+      <c r="E315" s="8"/>
+      <c r="F315" s="7"/>
+      <c r="G315" s="7"/>
+    </row>
+    <row r="316" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="7"/>
+      <c r="B316" s="8"/>
+      <c r="C316" s="8"/>
+      <c r="D316" s="8"/>
+      <c r="E316" s="8"/>
+      <c r="F316" s="7"/>
+      <c r="G316" s="7"/>
+    </row>
+    <row r="317" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="7"/>
+      <c r="B317" s="8"/>
+      <c r="C317" s="8"/>
+      <c r="D317" s="8"/>
+      <c r="E317" s="8"/>
+      <c r="F317" s="7"/>
+      <c r="G317" s="7"/>
+    </row>
+    <row r="318" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A318" s="7"/>
+      <c r="B318" s="8"/>
+      <c r="C318" s="8"/>
+      <c r="D318" s="8"/>
+      <c r="E318" s="8"/>
+      <c r="F318" s="7"/>
+      <c r="G318" s="7"/>
+    </row>
+    <row r="319" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A319" s="7"/>
+      <c r="B319" s="8"/>
+      <c r="C319" s="8"/>
+      <c r="D319" s="8"/>
+      <c r="E319" s="8"/>
+      <c r="F319" s="7"/>
+      <c r="G319" s="7"/>
+    </row>
+    <row r="320" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A320" s="7"/>
+      <c r="B320" s="8"/>
+      <c r="C320" s="8"/>
+      <c r="D320" s="8"/>
+      <c r="E320" s="8"/>
+      <c r="F320" s="7"/>
+      <c r="G320" s="7"/>
+    </row>
+    <row r="321" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A321" s="7"/>
+      <c r="B321" s="8"/>
+      <c r="C321" s="8"/>
+      <c r="D321" s="8"/>
+      <c r="E321" s="8"/>
+      <c r="F321" s="7"/>
+      <c r="G321" s="7"/>
+    </row>
+    <row r="322" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A322" s="7"/>
+      <c r="B322" s="8"/>
+      <c r="C322" s="8"/>
+      <c r="D322" s="8"/>
+      <c r="E322" s="8"/>
+      <c r="F322" s="7"/>
+      <c r="G322" s="7"/>
+    </row>
+    <row r="323" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="7"/>
+      <c r="B323" s="8"/>
+      <c r="C323" s="8"/>
+      <c r="D323" s="8"/>
+      <c r="E323" s="8"/>
+      <c r="F323" s="7"/>
+      <c r="G323" s="7"/>
+    </row>
+    <row r="324" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="7"/>
+      <c r="B324" s="8"/>
+      <c r="C324" s="8"/>
+      <c r="D324" s="8"/>
+      <c r="E324" s="8"/>
+      <c r="F324" s="7"/>
+      <c r="G324" s="7"/>
+    </row>
+    <row r="325" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A325" s="7"/>
+      <c r="B325" s="8"/>
+      <c r="C325" s="8"/>
+      <c r="D325" s="8"/>
+      <c r="E325" s="8"/>
+      <c r="F325" s="7"/>
+      <c r="G325" s="7"/>
+    </row>
+    <row r="326" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="7"/>
+      <c r="B326" s="8"/>
+      <c r="C326" s="8"/>
+      <c r="D326" s="8"/>
+      <c r="E326" s="8"/>
+      <c r="F326" s="7"/>
+      <c r="G326" s="7"/>
+    </row>
+    <row r="327" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="7"/>
+      <c r="B327" s="8"/>
+      <c r="C327" s="8"/>
+      <c r="D327" s="8"/>
+      <c r="E327" s="8"/>
+      <c r="F327" s="7"/>
+      <c r="G327" s="7"/>
+    </row>
+    <row r="328" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A328" s="7"/>
+      <c r="B328" s="8"/>
+      <c r="C328" s="8"/>
+      <c r="D328" s="8"/>
+      <c r="E328" s="8"/>
+      <c r="F328" s="7"/>
+      <c r="G328" s="7"/>
+    </row>
+    <row r="329" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="7"/>
+      <c r="B329" s="8"/>
+      <c r="C329" s="8"/>
+      <c r="D329" s="8"/>
+      <c r="E329" s="8"/>
+      <c r="F329" s="7"/>
+      <c r="G329" s="7"/>
+    </row>
+    <row r="330" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A330" s="7"/>
+      <c r="B330" s="8"/>
+      <c r="C330" s="8"/>
+      <c r="D330" s="8"/>
+      <c r="E330" s="8"/>
+      <c r="F330" s="7"/>
+      <c r="G330" s="7"/>
+    </row>
+    <row r="331" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A331" s="7"/>
+      <c r="B331" s="8"/>
+      <c r="C331" s="8"/>
+      <c r="D331" s="8"/>
+      <c r="E331" s="8"/>
+      <c r="F331" s="7"/>
+      <c r="G331" s="7"/>
+    </row>
+    <row r="332" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A332" s="7"/>
+      <c r="B332" s="8"/>
+      <c r="C332" s="8"/>
+      <c r="D332" s="8"/>
+      <c r="E332" s="8"/>
+      <c r="F332" s="7"/>
+      <c r="G332" s="7"/>
+    </row>
+    <row r="333" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="7"/>
+      <c r="B333" s="8"/>
+      <c r="C333" s="8"/>
+      <c r="D333" s="8"/>
+      <c r="E333" s="8"/>
+      <c r="F333" s="7"/>
+      <c r="G333" s="7"/>
+    </row>
+    <row r="334" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="7"/>
+      <c r="B334" s="8"/>
+      <c r="C334" s="8"/>
+      <c r="D334" s="8"/>
+      <c r="E334" s="8"/>
+      <c r="F334" s="7"/>
+      <c r="G334" s="7"/>
+    </row>
+    <row r="335" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="7"/>
+      <c r="B335" s="8"/>
+      <c r="C335" s="8"/>
+      <c r="D335" s="8"/>
+      <c r="E335" s="8"/>
+      <c r="F335" s="7"/>
+      <c r="G335" s="7"/>
+    </row>
+    <row r="336" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="7"/>
+      <c r="B336" s="8"/>
+      <c r="C336" s="8"/>
+      <c r="D336" s="8"/>
+      <c r="E336" s="8"/>
+      <c r="F336" s="7"/>
+      <c r="G336" s="7"/>
+    </row>
+    <row r="337" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A337" s="7"/>
+      <c r="B337" s="8"/>
+      <c r="C337" s="8"/>
+      <c r="D337" s="8"/>
+      <c r="E337" s="8"/>
+      <c r="F337" s="7"/>
+      <c r="G337" s="7"/>
+    </row>
+    <row r="338" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A338" s="7"/>
+      <c r="B338" s="8"/>
+      <c r="C338" s="8"/>
+      <c r="D338" s="8"/>
+      <c r="E338" s="8"/>
+      <c r="F338" s="7"/>
+      <c r="G338" s="7"/>
+    </row>
+    <row r="339" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A339" s="7"/>
+      <c r="B339" s="8"/>
+      <c r="C339" s="8"/>
+      <c r="D339" s="8"/>
+      <c r="E339" s="8"/>
+      <c r="F339" s="7"/>
+      <c r="G339" s="7"/>
+    </row>
+    <row r="340" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A340" s="7"/>
+      <c r="B340" s="8"/>
+      <c r="C340" s="8"/>
+      <c r="D340" s="8"/>
+      <c r="E340" s="8"/>
+      <c r="F340" s="7"/>
+      <c r="G340" s="7"/>
+    </row>
+    <row r="341" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A341" s="7"/>
+      <c r="B341" s="8"/>
+      <c r="C341" s="8"/>
+      <c r="D341" s="8"/>
+      <c r="E341" s="8"/>
+      <c r="F341" s="7"/>
+      <c r="G341" s="7"/>
+    </row>
+    <row r="342" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A342" s="7"/>
+      <c r="B342" s="8"/>
+      <c r="C342" s="8"/>
+      <c r="D342" s="8"/>
+      <c r="E342" s="8"/>
+      <c r="F342" s="7"/>
+      <c r="G342" s="7"/>
+    </row>
+    <row r="343" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A343" s="7"/>
+      <c r="B343" s="8"/>
+      <c r="C343" s="8"/>
+      <c r="D343" s="8"/>
+      <c r="E343" s="8"/>
+      <c r="F343" s="7"/>
+      <c r="G343" s="7"/>
+    </row>
+    <row r="344" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A344" s="7"/>
+      <c r="B344" s="8"/>
+      <c r="C344" s="8"/>
+      <c r="D344" s="8"/>
+      <c r="E344" s="8"/>
+      <c r="F344" s="7"/>
+      <c r="G344" s="7"/>
+    </row>
+    <row r="345" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A345" s="7"/>
+      <c r="B345" s="8"/>
+      <c r="C345" s="8"/>
+      <c r="D345" s="8"/>
+      <c r="E345" s="8"/>
+      <c r="F345" s="7"/>
+      <c r="G345" s="7"/>
+    </row>
+    <row r="346" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A346" s="7"/>
+      <c r="B346" s="8"/>
+      <c r="C346" s="8"/>
+      <c r="D346" s="8"/>
+      <c r="E346" s="8"/>
+      <c r="F346" s="7"/>
+      <c r="G346" s="7"/>
+    </row>
+    <row r="347" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A347" s="7"/>
+      <c r="B347" s="8"/>
+      <c r="C347" s="8"/>
+      <c r="D347" s="8"/>
+      <c r="E347" s="8"/>
+      <c r="F347" s="7"/>
+      <c r="G347" s="7"/>
+    </row>
+    <row r="348" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A348" s="7"/>
+      <c r="B348" s="8"/>
+      <c r="C348" s="8"/>
+      <c r="D348" s="8"/>
+      <c r="E348" s="8"/>
+      <c r="F348" s="7"/>
+      <c r="G348" s="7"/>
+    </row>
+    <row r="349" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A349" s="7"/>
+      <c r="B349" s="8"/>
+      <c r="C349" s="8"/>
+      <c r="D349" s="8"/>
+      <c r="E349" s="8"/>
+      <c r="F349" s="7"/>
+      <c r="G349" s="7"/>
+    </row>
+    <row r="350" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A350" s="7"/>
+      <c r="B350" s="8"/>
+      <c r="C350" s="8"/>
+      <c r="D350" s="8"/>
+      <c r="E350" s="8"/>
+      <c r="F350" s="7"/>
+      <c r="G350" s="7"/>
+    </row>
+    <row r="351" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A351" s="7"/>
+      <c r="B351" s="8"/>
+      <c r="C351" s="8"/>
+      <c r="D351" s="8"/>
+      <c r="E351" s="8"/>
+      <c r="F351" s="7"/>
+      <c r="G351" s="7"/>
+    </row>
+    <row r="352" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="7"/>
+      <c r="B352" s="8"/>
+      <c r="C352" s="8"/>
+      <c r="D352" s="8"/>
+      <c r="E352" s="8"/>
+      <c r="F352" s="7"/>
+      <c r="G352" s="7"/>
+    </row>
+    <row r="353" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="7"/>
+      <c r="B353" s="8"/>
+      <c r="C353" s="8"/>
+      <c r="D353" s="8"/>
+      <c r="E353" s="8"/>
+      <c r="F353" s="7"/>
+      <c r="G353" s="7"/>
+    </row>
+    <row r="354" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A354" s="7"/>
+      <c r="B354" s="8"/>
+      <c r="C354" s="8"/>
+      <c r="D354" s="8"/>
+      <c r="E354" s="8"/>
+      <c r="F354" s="7"/>
+      <c r="G354" s="7"/>
+    </row>
+    <row r="355" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A355" s="7"/>
+      <c r="B355" s="8"/>
+      <c r="C355" s="8"/>
+      <c r="D355" s="8"/>
+      <c r="E355" s="8"/>
+      <c r="F355" s="7"/>
+      <c r="G355" s="7"/>
+    </row>
+    <row r="356" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A356" s="7"/>
+      <c r="B356" s="8"/>
+      <c r="C356" s="8"/>
+      <c r="D356" s="8"/>
+      <c r="E356" s="8"/>
+      <c r="F356" s="7"/>
+      <c r="G356" s="7"/>
+    </row>
+    <row r="357" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A357" s="7"/>
+      <c r="B357" s="8"/>
+      <c r="C357" s="8"/>
+      <c r="D357" s="8"/>
+      <c r="E357" s="8"/>
+      <c r="F357" s="7"/>
+      <c r="G357" s="7"/>
+    </row>
+    <row r="358" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="7"/>
+      <c r="B358" s="8"/>
+      <c r="C358" s="8"/>
+      <c r="D358" s="8"/>
+      <c r="E358" s="8"/>
+      <c r="F358" s="7"/>
+      <c r="G358" s="7"/>
+    </row>
+    <row r="359" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A359" s="7"/>
+      <c r="B359" s="8"/>
+      <c r="C359" s="8"/>
+      <c r="D359" s="8"/>
+      <c r="E359" s="8"/>
+      <c r="F359" s="7"/>
+      <c r="G359" s="7"/>
+    </row>
+    <row r="360" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A360" s="7"/>
+      <c r="B360" s="8"/>
+      <c r="C360" s="8"/>
+      <c r="D360" s="8"/>
+      <c r="E360" s="8"/>
+      <c r="F360" s="7"/>
+      <c r="G360" s="7"/>
+    </row>
+    <row r="361" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A361" s="7"/>
+      <c r="B361" s="8"/>
+      <c r="C361" s="8"/>
+      <c r="D361" s="8"/>
+      <c r="E361" s="8"/>
+      <c r="F361" s="7"/>
+      <c r="G361" s="7"/>
+    </row>
+    <row r="362" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="7"/>
+      <c r="B362" s="8"/>
+      <c r="C362" s="8"/>
+      <c r="D362" s="8"/>
+      <c r="E362" s="8"/>
+      <c r="F362" s="7"/>
+      <c r="G362" s="7"/>
+    </row>
+    <row r="363" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A363" s="7"/>
+      <c r="B363" s="8"/>
+      <c r="C363" s="8"/>
+      <c r="D363" s="8"/>
+      <c r="E363" s="8"/>
+      <c r="F363" s="7"/>
+      <c r="G363" s="7"/>
+    </row>
+    <row r="364" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A364" s="7"/>
+      <c r="B364" s="8"/>
+      <c r="C364" s="8"/>
+      <c r="D364" s="8"/>
+      <c r="E364" s="8"/>
+      <c r="F364" s="7"/>
+      <c r="G364" s="7"/>
+    </row>
+    <row r="365" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A365" s="7"/>
+      <c r="B365" s="8"/>
+      <c r="C365" s="8"/>
+      <c r="D365" s="8"/>
+      <c r="E365" s="8"/>
+      <c r="F365" s="7"/>
+      <c r="G365" s="7"/>
+    </row>
+    <row r="366" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A366" s="7"/>
+      <c r="B366" s="8"/>
+      <c r="C366" s="8"/>
+      <c r="D366" s="8"/>
+      <c r="E366" s="8"/>
+      <c r="F366" s="7"/>
+      <c r="G366" s="7"/>
+    </row>
+    <row r="367" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A367" s="7"/>
+      <c r="B367" s="8"/>
+      <c r="C367" s="8"/>
+      <c r="D367" s="8"/>
+      <c r="E367" s="8"/>
+      <c r="F367" s="7"/>
+      <c r="G367" s="7"/>
+    </row>
+    <row r="368" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A368" s="7"/>
+      <c r="B368" s="8"/>
+      <c r="C368" s="8"/>
+      <c r="D368" s="8"/>
+      <c r="E368" s="8"/>
+      <c r="F368" s="7"/>
+      <c r="G368" s="7"/>
+    </row>
+    <row r="369" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A369" s="7"/>
+      <c r="B369" s="8"/>
+      <c r="C369" s="8"/>
+      <c r="D369" s="8"/>
+      <c r="E369" s="8"/>
+      <c r="F369" s="7"/>
+      <c r="G369" s="7"/>
+    </row>
+    <row r="370" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A370" s="7"/>
+      <c r="B370" s="8"/>
+      <c r="C370" s="8"/>
+      <c r="D370" s="8"/>
+      <c r="E370" s="8"/>
+      <c r="F370" s="7"/>
+      <c r="G370" s="7"/>
+    </row>
+    <row r="371" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="7"/>
+      <c r="B371" s="8"/>
+      <c r="C371" s="8"/>
+      <c r="D371" s="8"/>
+      <c r="E371" s="8"/>
+      <c r="F371" s="7"/>
+      <c r="G371" s="7"/>
+    </row>
+    <row r="372" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A372" s="7"/>
+      <c r="B372" s="8"/>
+      <c r="C372" s="8"/>
+      <c r="D372" s="8"/>
+      <c r="E372" s="8"/>
+      <c r="F372" s="7"/>
+      <c r="G372" s="7"/>
+    </row>
+    <row r="373" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A373" s="7"/>
+      <c r="B373" s="8"/>
+      <c r="C373" s="8"/>
+      <c r="D373" s="8"/>
+      <c r="E373" s="8"/>
+      <c r="F373" s="7"/>
+      <c r="G373" s="7"/>
+    </row>
+    <row r="374" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A374" s="7"/>
+      <c r="B374" s="8"/>
+      <c r="C374" s="8"/>
+      <c r="D374" s="8"/>
+      <c r="E374" s="8"/>
+      <c r="F374" s="7"/>
+      <c r="G374" s="7"/>
+    </row>
+    <row r="375" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A375" s="7"/>
+      <c r="B375" s="8"/>
+      <c r="C375" s="8"/>
+      <c r="D375" s="8"/>
+      <c r="E375" s="8"/>
+      <c r="F375" s="7"/>
+      <c r="G375" s="7"/>
+    </row>
+    <row r="376" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A376" s="7"/>
+      <c r="B376" s="8"/>
+      <c r="C376" s="8"/>
+      <c r="D376" s="8"/>
+      <c r="E376" s="8"/>
+      <c r="F376" s="7"/>
+      <c r="G376" s="7"/>
+    </row>
+    <row r="377" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A377" s="7"/>
+      <c r="B377" s="8"/>
+      <c r="C377" s="8"/>
+      <c r="D377" s="8"/>
+      <c r="E377" s="8"/>
+      <c r="F377" s="7"/>
+      <c r="G377" s="7"/>
+    </row>
+    <row r="378" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A378" s="7"/>
+      <c r="B378" s="8"/>
+      <c r="C378" s="8"/>
+      <c r="D378" s="8"/>
+      <c r="E378" s="8"/>
+      <c r="F378" s="7"/>
+      <c r="G378" s="7"/>
+    </row>
+    <row r="379" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A379" s="7"/>
+      <c r="B379" s="8"/>
+      <c r="C379" s="8"/>
+      <c r="D379" s="8"/>
+      <c r="E379" s="8"/>
+      <c r="F379" s="7"/>
+      <c r="G379" s="7"/>
+    </row>
+    <row r="380" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A380" s="7"/>
+      <c r="B380" s="8"/>
+      <c r="C380" s="8"/>
+      <c r="D380" s="8"/>
+      <c r="E380" s="8"/>
+      <c r="F380" s="7"/>
+      <c r="G380" s="7"/>
+    </row>
+    <row r="381" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A381" s="7"/>
+      <c r="B381" s="8"/>
+      <c r="C381" s="8"/>
+      <c r="D381" s="8"/>
+      <c r="E381" s="8"/>
+      <c r="F381" s="7"/>
+      <c r="G381" s="7"/>
+    </row>
+    <row r="382" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A382" s="7"/>
+      <c r="B382" s="8"/>
+      <c r="C382" s="8"/>
+      <c r="D382" s="8"/>
+      <c r="E382" s="8"/>
+      <c r="F382" s="7"/>
+      <c r="G382" s="7"/>
+    </row>
+    <row r="383" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A383" s="7"/>
+      <c r="B383" s="8"/>
+      <c r="C383" s="8"/>
+      <c r="D383" s="8"/>
+      <c r="E383" s="8"/>
+      <c r="F383" s="7"/>
+      <c r="G383" s="7"/>
+    </row>
+    <row r="384" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A384" s="7"/>
+      <c r="B384" s="8"/>
+      <c r="C384" s="8"/>
+      <c r="D384" s="8"/>
+      <c r="E384" s="8"/>
+      <c r="F384" s="7"/>
+      <c r="G384" s="7"/>
+    </row>
+    <row r="385" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A385" s="7"/>
+      <c r="B385" s="8"/>
+      <c r="C385" s="8"/>
+      <c r="D385" s="8"/>
+      <c r="E385" s="8"/>
+      <c r="F385" s="7"/>
+      <c r="G385" s="7"/>
+    </row>
+    <row r="386" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="7"/>
+      <c r="B386" s="8"/>
+      <c r="C386" s="8"/>
+      <c r="D386" s="8"/>
+      <c r="E386" s="8"/>
+      <c r="F386" s="7"/>
+      <c r="G386" s="7"/>
+    </row>
+    <row r="387" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A387" s="7"/>
+      <c r="B387" s="8"/>
+      <c r="C387" s="8"/>
+      <c r="D387" s="8"/>
+      <c r="E387" s="8"/>
+      <c r="F387" s="7"/>
+      <c r="G387" s="7"/>
+    </row>
+    <row r="388" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A388" s="7"/>
+      <c r="B388" s="8"/>
+      <c r="C388" s="8"/>
+      <c r="D388" s="8"/>
+      <c r="E388" s="8"/>
+      <c r="F388" s="7"/>
+      <c r="G388" s="7"/>
+    </row>
+    <row r="389" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A389" s="7"/>
+      <c r="B389" s="8"/>
+      <c r="C389" s="8"/>
+      <c r="D389" s="8"/>
+      <c r="E389" s="8"/>
+      <c r="F389" s="7"/>
+      <c r="G389" s="7"/>
+    </row>
+    <row r="390" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A390" s="7"/>
+      <c r="B390" s="8"/>
+      <c r="C390" s="8"/>
+      <c r="D390" s="8"/>
+      <c r="E390" s="8"/>
+      <c r="F390" s="7"/>
+      <c r="G390" s="7"/>
+    </row>
+    <row r="391" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A391" s="7"/>
+      <c r="B391" s="8"/>
+      <c r="C391" s="8"/>
+      <c r="D391" s="8"/>
+      <c r="E391" s="8"/>
+      <c r="F391" s="7"/>
+      <c r="G391" s="7"/>
+    </row>
+    <row r="392" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A392" s="7"/>
+      <c r="B392" s="8"/>
+      <c r="C392" s="8"/>
+      <c r="D392" s="8"/>
+      <c r="E392" s="8"/>
+      <c r="F392" s="7"/>
+      <c r="G392" s="7"/>
+    </row>
+    <row r="393" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A393" s="7"/>
+      <c r="B393" s="8"/>
+      <c r="C393" s="8"/>
+      <c r="D393" s="8"/>
+      <c r="E393" s="8"/>
+      <c r="F393" s="7"/>
+      <c r="G393" s="7"/>
+    </row>
+    <row r="394" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="7"/>
+      <c r="B394" s="8"/>
+      <c r="C394" s="8"/>
+      <c r="D394" s="8"/>
+      <c r="E394" s="8"/>
+      <c r="F394" s="7"/>
+      <c r="G394" s="7"/>
+    </row>
+    <row r="395" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="7"/>
+      <c r="B395" s="8"/>
+      <c r="C395" s="8"/>
+      <c r="D395" s="8"/>
+      <c r="E395" s="8"/>
+      <c r="F395" s="7"/>
+      <c r="G395" s="7"/>
+    </row>
+    <row r="396" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="7"/>
+      <c r="B396" s="8"/>
+      <c r="C396" s="8"/>
+      <c r="D396" s="8"/>
+      <c r="E396" s="8"/>
+      <c r="F396" s="7"/>
+      <c r="G396" s="7"/>
+    </row>
+    <row r="397" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="7"/>
+      <c r="B397" s="8"/>
+      <c r="C397" s="8"/>
+      <c r="D397" s="8"/>
+      <c r="E397" s="8"/>
+      <c r="F397" s="7"/>
+      <c r="G397" s="7"/>
+    </row>
+    <row r="398" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="7"/>
+      <c r="B398" s="8"/>
+      <c r="C398" s="8"/>
+      <c r="D398" s="8"/>
+      <c r="E398" s="8"/>
+      <c r="F398" s="7"/>
+      <c r="G398" s="7"/>
+    </row>
+    <row r="399" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="7"/>
+      <c r="B399" s="8"/>
+      <c r="C399" s="8"/>
+      <c r="D399" s="8"/>
+      <c r="E399" s="8"/>
+      <c r="F399" s="7"/>
+      <c r="G399" s="7"/>
+    </row>
+    <row r="400" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="7"/>
+      <c r="B400" s="8"/>
+      <c r="C400" s="8"/>
+      <c r="D400" s="8"/>
+      <c r="E400" s="8"/>
+      <c r="F400" s="7"/>
+      <c r="G400" s="7"/>
+    </row>
+    <row r="401" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="7"/>
+      <c r="B401" s="8"/>
+      <c r="C401" s="8"/>
+      <c r="D401" s="8"/>
+      <c r="E401" s="8"/>
+      <c r="F401" s="7"/>
+      <c r="G401" s="7"/>
+    </row>
+    <row r="402" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="7"/>
+      <c r="B402" s="8"/>
+      <c r="C402" s="8"/>
+      <c r="D402" s="8"/>
+      <c r="E402" s="8"/>
+      <c r="F402" s="7"/>
+      <c r="G402" s="7"/>
+    </row>
+    <row r="403" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="7"/>
+      <c r="B403" s="8"/>
+      <c r="C403" s="8"/>
+      <c r="D403" s="8"/>
+      <c r="E403" s="8"/>
+      <c r="F403" s="7"/>
+      <c r="G403" s="7"/>
+    </row>
+    <row r="404" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A404" s="7"/>
+      <c r="B404" s="8"/>
+      <c r="C404" s="8"/>
+      <c r="D404" s="8"/>
+      <c r="E404" s="8"/>
+      <c r="F404" s="7"/>
+      <c r="G404" s="7"/>
+    </row>
+    <row r="405" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A405" s="7"/>
+      <c r="B405" s="8"/>
+      <c r="C405" s="8"/>
+      <c r="D405" s="8"/>
+      <c r="E405" s="8"/>
+      <c r="F405" s="7"/>
+      <c r="G405" s="7"/>
+    </row>
+    <row r="406" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A406" s="7"/>
+      <c r="B406" s="8"/>
+      <c r="C406" s="8"/>
+      <c r="D406" s="8"/>
+      <c r="E406" s="8"/>
+      <c r="F406" s="7"/>
+      <c r="G406" s="7"/>
+    </row>
+    <row r="407" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A407" s="7"/>
+      <c r="B407" s="8"/>
+      <c r="C407" s="8"/>
+      <c r="D407" s="8"/>
+      <c r="E407" s="8"/>
+      <c r="F407" s="7"/>
+      <c r="G407" s="7"/>
+    </row>
+    <row r="408" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A408" s="7"/>
+      <c r="B408" s="8"/>
+      <c r="C408" s="8"/>
+      <c r="D408" s="8"/>
+      <c r="E408" s="8"/>
+      <c r="F408" s="7"/>
+      <c r="G408" s="7"/>
+    </row>
+    <row r="409" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A409" s="7"/>
+      <c r="B409" s="8"/>
+      <c r="C409" s="8"/>
+      <c r="D409" s="8"/>
+      <c r="E409" s="8"/>
+      <c r="F409" s="7"/>
+      <c r="G409" s="7"/>
+    </row>
+    <row r="410" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="7"/>
+      <c r="B410" s="8"/>
+      <c r="C410" s="8"/>
+      <c r="D410" s="8"/>
+      <c r="E410" s="8"/>
+      <c r="F410" s="7"/>
+      <c r="G410" s="7"/>
+    </row>
+    <row r="411" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A411" s="7"/>
+      <c r="B411" s="8"/>
+      <c r="C411" s="8"/>
+      <c r="D411" s="8"/>
+      <c r="E411" s="8"/>
+      <c r="F411" s="7"/>
+      <c r="G411" s="7"/>
+    </row>
+    <row r="412" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A412" s="7"/>
+      <c r="B412" s="8"/>
+      <c r="C412" s="8"/>
+      <c r="D412" s="8"/>
+      <c r="E412" s="8"/>
+      <c r="F412" s="7"/>
+      <c r="G412" s="7"/>
+    </row>
+    <row r="413" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A413" s="7"/>
+      <c r="B413" s="8"/>
+      <c r="C413" s="8"/>
+      <c r="D413" s="8"/>
+      <c r="E413" s="8"/>
+      <c r="F413" s="7"/>
+      <c r="G413" s="7"/>
+    </row>
+    <row r="414" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A414" s="7"/>
+      <c r="B414" s="8"/>
+      <c r="C414" s="8"/>
+      <c r="D414" s="8"/>
+      <c r="E414" s="8"/>
+      <c r="F414" s="7"/>
+      <c r="G414" s="7"/>
+    </row>
+    <row r="415" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A415" s="7"/>
+      <c r="B415" s="8"/>
+      <c r="C415" s="8"/>
+      <c r="D415" s="8"/>
+      <c r="E415" s="8"/>
+      <c r="F415" s="7"/>
+      <c r="G415" s="7"/>
+    </row>
+    <row r="416" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A416" s="7"/>
+      <c r="B416" s="8"/>
+      <c r="C416" s="8"/>
+      <c r="D416" s="8"/>
+      <c r="E416" s="8"/>
+      <c r="F416" s="7"/>
+      <c r="G416" s="7"/>
+    </row>
+    <row r="417" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A417" s="7"/>
+      <c r="B417" s="8"/>
+      <c r="C417" s="8"/>
+      <c r="D417" s="8"/>
+      <c r="E417" s="8"/>
+      <c r="F417" s="7"/>
+      <c r="G417" s="7"/>
+    </row>
+    <row r="418" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A418" s="7"/>
+      <c r="B418" s="8"/>
+      <c r="C418" s="8"/>
+      <c r="D418" s="8"/>
+      <c r="E418" s="8"/>
+      <c r="F418" s="7"/>
+      <c r="G418" s="7"/>
+    </row>
+    <row r="419" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A419" s="7"/>
+      <c r="B419" s="8"/>
+      <c r="C419" s="8"/>
+      <c r="D419" s="8"/>
+      <c r="E419" s="8"/>
+      <c r="F419" s="7"/>
+      <c r="G419" s="7"/>
+    </row>
+    <row r="420" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A420" s="7"/>
+      <c r="B420" s="8"/>
+      <c r="C420" s="8"/>
+      <c r="D420" s="8"/>
+      <c r="E420" s="8"/>
+      <c r="F420" s="7"/>
+      <c r="G420" s="7"/>
+    </row>
+    <row r="421" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A421" s="7"/>
+      <c r="B421" s="8"/>
+      <c r="C421" s="8"/>
+      <c r="D421" s="8"/>
+      <c r="E421" s="8"/>
+      <c r="F421" s="7"/>
+      <c r="G421" s="7"/>
+    </row>
+    <row r="422" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A422" s="7"/>
+      <c r="B422" s="8"/>
+      <c r="C422" s="8"/>
+      <c r="D422" s="8"/>
+      <c r="E422" s="8"/>
+      <c r="F422" s="7"/>
+      <c r="G422" s="7"/>
+    </row>
+    <row r="423" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A423" s="7"/>
+      <c r="B423" s="8"/>
+      <c r="C423" s="8"/>
+      <c r="D423" s="8"/>
+      <c r="E423" s="8"/>
+      <c r="F423" s="7"/>
+      <c r="G423" s="7"/>
+    </row>
+    <row r="424" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A424" s="7"/>
+      <c r="B424" s="8"/>
+      <c r="C424" s="8"/>
+      <c r="D424" s="8"/>
+      <c r="E424" s="8"/>
+      <c r="F424" s="7"/>
+      <c r="G424" s="7"/>
+    </row>
+    <row r="425" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A425" s="7"/>
+      <c r="B425" s="8"/>
+      <c r="C425" s="8"/>
+      <c r="D425" s="8"/>
+      <c r="E425" s="8"/>
+      <c r="F425" s="7"/>
+      <c r="G425" s="7"/>
+    </row>
+    <row r="426" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A426" s="7"/>
+      <c r="B426" s="8"/>
+      <c r="C426" s="8"/>
+      <c r="D426" s="8"/>
+      <c r="E426" s="8"/>
+      <c r="F426" s="7"/>
+      <c r="G426" s="7"/>
+    </row>
+    <row r="427" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A427" s="7"/>
+      <c r="B427" s="8"/>
+      <c r="C427" s="8"/>
+      <c r="D427" s="8"/>
+      <c r="E427" s="8"/>
+      <c r="F427" s="7"/>
+      <c r="G427" s="7"/>
+    </row>
+    <row r="428" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A428" s="7"/>
+      <c r="B428" s="8"/>
+      <c r="C428" s="8"/>
+      <c r="D428" s="8"/>
+      <c r="E428" s="8"/>
+      <c r="F428" s="7"/>
+      <c r="G428" s="7"/>
+    </row>
+    <row r="429" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A429" s="7"/>
+      <c r="B429" s="8"/>
+      <c r="C429" s="8"/>
+      <c r="D429" s="8"/>
+      <c r="E429" s="8"/>
+      <c r="F429" s="7"/>
+      <c r="G429" s="7"/>
+    </row>
+    <row r="430" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A430" s="7"/>
+      <c r="B430" s="8"/>
+      <c r="C430" s="8"/>
+      <c r="D430" s="8"/>
+      <c r="E430" s="8"/>
+      <c r="F430" s="7"/>
+      <c r="G430" s="7"/>
+    </row>
+    <row r="431" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A431" s="7"/>
+      <c r="B431" s="8"/>
+      <c r="C431" s="8"/>
+      <c r="D431" s="8"/>
+      <c r="E431" s="8"/>
+      <c r="F431" s="7"/>
+      <c r="G431" s="7"/>
+    </row>
+    <row r="432" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A432" s="7"/>
+      <c r="B432" s="8"/>
+      <c r="C432" s="8"/>
+      <c r="D432" s="8"/>
+      <c r="E432" s="8"/>
+      <c r="F432" s="7"/>
+      <c r="G432" s="7"/>
+    </row>
+    <row r="433" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A433" s="7"/>
+      <c r="B433" s="8"/>
+      <c r="C433" s="8"/>
+      <c r="D433" s="8"/>
+      <c r="E433" s="8"/>
+      <c r="F433" s="7"/>
+      <c r="G433" s="7"/>
+    </row>
+    <row r="434" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A434" s="7"/>
+      <c r="B434" s="8"/>
+      <c r="C434" s="8"/>
+      <c r="D434" s="8"/>
+      <c r="E434" s="8"/>
+      <c r="F434" s="7"/>
+      <c r="G434" s="7"/>
+    </row>
+    <row r="435" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A435" s="7"/>
+      <c r="B435" s="8"/>
+      <c r="C435" s="8"/>
+      <c r="D435" s="8"/>
+      <c r="E435" s="8"/>
+      <c r="F435" s="7"/>
+      <c r="G435" s="7"/>
+    </row>
+    <row r="436" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A436" s="7"/>
+      <c r="B436" s="8"/>
+      <c r="C436" s="8"/>
+      <c r="D436" s="8"/>
+      <c r="E436" s="8"/>
+      <c r="F436" s="7"/>
+      <c r="G436" s="7"/>
+    </row>
+    <row r="437" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A437" s="7"/>
+      <c r="B437" s="8"/>
+      <c r="C437" s="8"/>
+      <c r="D437" s="8"/>
+      <c r="E437" s="8"/>
+      <c r="F437" s="7"/>
+      <c r="G437" s="7"/>
+    </row>
+    <row r="438" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A438" s="7"/>
+      <c r="B438" s="8"/>
+      <c r="C438" s="8"/>
+      <c r="D438" s="8"/>
+      <c r="E438" s="8"/>
+      <c r="F438" s="7"/>
+      <c r="G438" s="7"/>
+    </row>
+    <row r="439" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A439" s="7"/>
+      <c r="B439" s="8"/>
+      <c r="C439" s="8"/>
+      <c r="D439" s="8"/>
+      <c r="E439" s="8"/>
+      <c r="F439" s="7"/>
+      <c r="G439" s="7"/>
+    </row>
+    <row r="440" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A440" s="7"/>
+      <c r="B440" s="8"/>
+      <c r="C440" s="8"/>
+      <c r="D440" s="8"/>
+      <c r="E440" s="8"/>
+      <c r="F440" s="7"/>
+      <c r="G440" s="7"/>
+    </row>
+    <row r="441" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A441" s="7"/>
+      <c r="B441" s="8"/>
+      <c r="C441" s="8"/>
+      <c r="D441" s="8"/>
+      <c r="E441" s="8"/>
+      <c r="F441" s="7"/>
+      <c r="G441" s="7"/>
+    </row>
+    <row r="442" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A442" s="7"/>
+      <c r="B442" s="8"/>
+      <c r="C442" s="8"/>
+      <c r="D442" s="8"/>
+      <c r="E442" s="8"/>
+      <c r="F442" s="7"/>
+      <c r="G442" s="7"/>
+    </row>
+    <row r="443" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A443" s="7"/>
+      <c r="B443" s="8"/>
+      <c r="C443" s="8"/>
+      <c r="D443" s="8"/>
+      <c r="E443" s="8"/>
+      <c r="F443" s="7"/>
+      <c r="G443" s="7"/>
+    </row>
+    <row r="444" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A444" s="7"/>
+      <c r="B444" s="8"/>
+      <c r="C444" s="8"/>
+      <c r="D444" s="8"/>
+      <c r="E444" s="8"/>
+      <c r="F444" s="7"/>
+      <c r="G444" s="7"/>
+    </row>
+    <row r="445" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A445" s="7"/>
+      <c r="B445" s="8"/>
+      <c r="C445" s="8"/>
+      <c r="D445" s="8"/>
+      <c r="E445" s="8"/>
+      <c r="F445" s="7"/>
+      <c r="G445" s="7"/>
+    </row>
+    <row r="446" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A446" s="7"/>
+      <c r="B446" s="8"/>
+      <c r="C446" s="8"/>
+      <c r="D446" s="8"/>
+      <c r="E446" s="8"/>
+      <c r="F446" s="7"/>
+      <c r="G446" s="7"/>
+    </row>
+    <row r="447" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A447" s="7"/>
+      <c r="B447" s="8"/>
+      <c r="C447" s="8"/>
+      <c r="D447" s="8"/>
+      <c r="E447" s="8"/>
+      <c r="F447" s="7"/>
+      <c r="G447" s="7"/>
+    </row>
+    <row r="448" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A448" s="7"/>
+      <c r="B448" s="8"/>
+      <c r="C448" s="8"/>
+      <c r="D448" s="8"/>
+      <c r="E448" s="8"/>
+      <c r="F448" s="7"/>
+      <c r="G448" s="7"/>
+    </row>
+    <row r="449" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A449" s="7"/>
+      <c r="B449" s="8"/>
+      <c r="C449" s="8"/>
+      <c r="D449" s="8"/>
+      <c r="E449" s="8"/>
+      <c r="F449" s="7"/>
+      <c r="G449" s="7"/>
+    </row>
+    <row r="450" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A450" s="7"/>
+      <c r="B450" s="8"/>
+      <c r="C450" s="8"/>
+      <c r="D450" s="8"/>
+      <c r="E450" s="8"/>
+      <c r="F450" s="7"/>
+      <c r="G450" s="7"/>
+    </row>
+    <row r="451" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A451" s="7"/>
+      <c r="B451" s="8"/>
+      <c r="C451" s="8"/>
+      <c r="D451" s="8"/>
+      <c r="E451" s="8"/>
+      <c r="F451" s="7"/>
+      <c r="G451" s="7"/>
+    </row>
+    <row r="452" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A452" s="7"/>
+      <c r="B452" s="8"/>
+      <c r="C452" s="8"/>
+      <c r="D452" s="8"/>
+      <c r="E452" s="8"/>
+      <c r="F452" s="7"/>
+      <c r="G452" s="7"/>
+    </row>
+    <row r="453" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A453" s="7"/>
+      <c r="B453" s="8"/>
+      <c r="C453" s="8"/>
+      <c r="D453" s="8"/>
+      <c r="E453" s="8"/>
+      <c r="F453" s="7"/>
+      <c r="G453" s="7"/>
+    </row>
+    <row r="454" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A454" s="7"/>
+      <c r="B454" s="8"/>
+      <c r="C454" s="8"/>
+      <c r="D454" s="8"/>
+      <c r="E454" s="8"/>
+      <c r="F454" s="7"/>
+      <c r="G454" s="7"/>
+    </row>
+    <row r="455" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A455" s="7"/>
+      <c r="B455" s="8"/>
+      <c r="C455" s="8"/>
+      <c r="D455" s="8"/>
+      <c r="E455" s="8"/>
+      <c r="F455" s="7"/>
+      <c r="G455" s="7"/>
+    </row>
+    <row r="456" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A456" s="7"/>
+      <c r="B456" s="8"/>
+      <c r="C456" s="8"/>
+      <c r="D456" s="8"/>
+      <c r="E456" s="8"/>
+      <c r="F456" s="7"/>
+      <c r="G456" s="7"/>
+    </row>
+    <row r="457" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A457" s="7"/>
+      <c r="B457" s="8"/>
+      <c r="C457" s="8"/>
+      <c r="D457" s="8"/>
+      <c r="E457" s="8"/>
+      <c r="F457" s="7"/>
+      <c r="G457" s="7"/>
+    </row>
+    <row r="458" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A458" s="7"/>
+      <c r="B458" s="8"/>
+      <c r="C458" s="8"/>
+      <c r="D458" s="8"/>
+      <c r="E458" s="8"/>
+      <c r="F458" s="7"/>
+      <c r="G458" s="7"/>
+    </row>
+    <row r="459" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A459" s="7"/>
+      <c r="B459" s="8"/>
+      <c r="C459" s="8"/>
+      <c r="D459" s="8"/>
+      <c r="E459" s="8"/>
+      <c r="F459" s="7"/>
+      <c r="G459" s="7"/>
+    </row>
+    <row r="460" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A460" s="7"/>
+      <c r="B460" s="8"/>
+      <c r="C460" s="8"/>
+      <c r="D460" s="8"/>
+      <c r="E460" s="8"/>
+      <c r="F460" s="7"/>
+      <c r="G460" s="7"/>
+    </row>
+    <row r="461" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A461" s="7"/>
+      <c r="B461" s="8"/>
+      <c r="C461" s="8"/>
+      <c r="D461" s="8"/>
+      <c r="E461" s="8"/>
+      <c r="F461" s="7"/>
+      <c r="G461" s="7"/>
+    </row>
+    <row r="462" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A462" s="7"/>
+      <c r="B462" s="8"/>
+      <c r="C462" s="8"/>
+      <c r="D462" s="8"/>
+      <c r="E462" s="8"/>
+      <c r="F462" s="7"/>
+      <c r="G462" s="7"/>
+    </row>
+    <row r="463" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A463" s="7"/>
+      <c r="B463" s="8"/>
+      <c r="C463" s="8"/>
+      <c r="D463" s="8"/>
+      <c r="E463" s="8"/>
+      <c r="F463" s="7"/>
+      <c r="G463" s="7"/>
+    </row>
+    <row r="464" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A464" s="7"/>
+      <c r="B464" s="8"/>
+      <c r="C464" s="8"/>
+      <c r="D464" s="8"/>
+      <c r="E464" s="8"/>
+      <c r="F464" s="7"/>
+      <c r="G464" s="7"/>
+    </row>
+    <row r="465" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A465" s="7"/>
+      <c r="B465" s="8"/>
+      <c r="C465" s="8"/>
+      <c r="D465" s="8"/>
+      <c r="E465" s="8"/>
+      <c r="F465" s="7"/>
+      <c r="G465" s="7"/>
+    </row>
+    <row r="466" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A466" s="7"/>
+      <c r="B466" s="8"/>
+      <c r="C466" s="8"/>
+      <c r="D466" s="8"/>
+      <c r="E466" s="8"/>
+      <c r="F466" s="7"/>
+      <c r="G466" s="7"/>
+    </row>
+    <row r="467" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A467" s="7"/>
+      <c r="B467" s="8"/>
+      <c r="C467" s="8"/>
+      <c r="D467" s="8"/>
+      <c r="E467" s="8"/>
+      <c r="F467" s="7"/>
+      <c r="G467" s="7"/>
+    </row>
+    <row r="468" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A468" s="7"/>
+      <c r="B468" s="8"/>
+      <c r="C468" s="8"/>
+      <c r="D468" s="8"/>
+      <c r="E468" s="8"/>
+      <c r="F468" s="7"/>
+      <c r="G468" s="7"/>
+    </row>
+    <row r="469" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A469" s="7"/>
+      <c r="B469" s="8"/>
+      <c r="C469" s="8"/>
+      <c r="D469" s="8"/>
+      <c r="E469" s="8"/>
+      <c r="F469" s="7"/>
+      <c r="G469" s="7"/>
+    </row>
+    <row r="470" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A470" s="7"/>
+      <c r="B470" s="8"/>
+      <c r="C470" s="8"/>
+      <c r="D470" s="8"/>
+      <c r="E470" s="8"/>
+      <c r="F470" s="7"/>
+      <c r="G470" s="7"/>
+    </row>
+    <row r="471" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A471" s="7"/>
+      <c r="B471" s="8"/>
+      <c r="C471" s="8"/>
+      <c r="D471" s="8"/>
+      <c r="E471" s="8"/>
+      <c r="F471" s="7"/>
+      <c r="G471" s="7"/>
+    </row>
+    <row r="472" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A472" s="7"/>
+      <c r="B472" s="8"/>
+      <c r="C472" s="8"/>
+      <c r="D472" s="8"/>
+      <c r="E472" s="8"/>
+      <c r="F472" s="7"/>
+      <c r="G472" s="7"/>
+    </row>
+    <row r="473" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A473" s="7"/>
+      <c r="B473" s="8"/>
+      <c r="C473" s="8"/>
+      <c r="D473" s="8"/>
+      <c r="E473" s="8"/>
+      <c r="F473" s="7"/>
+      <c r="G473" s="7"/>
+    </row>
+    <row r="474" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A474" s="7"/>
+      <c r="B474" s="8"/>
+      <c r="C474" s="8"/>
+      <c r="D474" s="8"/>
+      <c r="E474" s="8"/>
+      <c r="F474" s="7"/>
+      <c r="G474" s="7"/>
+    </row>
+    <row r="475" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A475" s="7"/>
+      <c r="B475" s="8"/>
+      <c r="C475" s="8"/>
+      <c r="D475" s="8"/>
+      <c r="E475" s="8"/>
+      <c r="F475" s="7"/>
+      <c r="G475" s="7"/>
+    </row>
+    <row r="476" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A476" s="7"/>
+      <c r="B476" s="8"/>
+      <c r="C476" s="8"/>
+      <c r="D476" s="8"/>
+      <c r="E476" s="8"/>
+      <c r="F476" s="7"/>
+      <c r="G476" s="7"/>
+    </row>
+    <row r="477" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A477" s="7"/>
+      <c r="B477" s="8"/>
+      <c r="C477" s="8"/>
+      <c r="D477" s="8"/>
+      <c r="E477" s="8"/>
+      <c r="F477" s="7"/>
+      <c r="G477" s="7"/>
+    </row>
+    <row r="478" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A478" s="7"/>
+      <c r="B478" s="8"/>
+      <c r="C478" s="8"/>
+      <c r="D478" s="8"/>
+      <c r="E478" s="8"/>
+      <c r="F478" s="7"/>
+      <c r="G478" s="7"/>
+    </row>
+    <row r="479" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A479" s="7"/>
+      <c r="B479" s="8"/>
+      <c r="C479" s="8"/>
+      <c r="D479" s="8"/>
+      <c r="E479" s="8"/>
+      <c r="F479" s="7"/>
+      <c r="G479" s="7"/>
+    </row>
+    <row r="480" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A480" s="7"/>
+      <c r="B480" s="8"/>
+      <c r="C480" s="8"/>
+      <c r="D480" s="8"/>
+      <c r="E480" s="8"/>
+      <c r="F480" s="7"/>
+      <c r="G480" s="7"/>
+    </row>
+    <row r="481" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A481" s="7"/>
+      <c r="B481" s="8"/>
+      <c r="C481" s="8"/>
+      <c r="D481" s="8"/>
+      <c r="E481" s="8"/>
+      <c r="F481" s="7"/>
+      <c r="G481" s="7"/>
+    </row>
+    <row r="482" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A482" s="7"/>
+      <c r="B482" s="8"/>
+      <c r="C482" s="8"/>
+      <c r="D482" s="8"/>
+      <c r="E482" s="8"/>
+      <c r="F482" s="7"/>
+      <c r="G482" s="7"/>
+    </row>
+    <row r="483" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A483" s="7"/>
+      <c r="B483" s="8"/>
+      <c r="C483" s="8"/>
+      <c r="D483" s="8"/>
+      <c r="E483" s="8"/>
+      <c r="F483" s="7"/>
+      <c r="G483" s="7"/>
+    </row>
+    <row r="484" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A484" s="7"/>
+      <c r="B484" s="8"/>
+      <c r="C484" s="8"/>
+      <c r="D484" s="8"/>
+      <c r="E484" s="8"/>
+      <c r="F484" s="7"/>
+      <c r="G484" s="7"/>
+    </row>
+    <row r="485" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A485" s="7"/>
+      <c r="B485" s="8"/>
+      <c r="C485" s="8"/>
+      <c r="D485" s="8"/>
+      <c r="E485" s="8"/>
+      <c r="F485" s="7"/>
+      <c r="G485" s="7"/>
+    </row>
+    <row r="486" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A486" s="7"/>
+      <c r="B486" s="8"/>
+      <c r="C486" s="8"/>
+      <c r="D486" s="8"/>
+      <c r="E486" s="8"/>
+      <c r="F486" s="7"/>
+      <c r="G486" s="7"/>
+    </row>
+    <row r="487" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A487" s="7"/>
+      <c r="B487" s="8"/>
+      <c r="C487" s="8"/>
+      <c r="D487" s="8"/>
+      <c r="E487" s="8"/>
+      <c r="F487" s="7"/>
+      <c r="G487" s="7"/>
+    </row>
+    <row r="488" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A488" s="7"/>
+      <c r="B488" s="8"/>
+      <c r="C488" s="8"/>
+      <c r="D488" s="8"/>
+      <c r="E488" s="8"/>
+      <c r="F488" s="7"/>
+      <c r="G488" s="7"/>
+    </row>
+    <row r="489" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A489" s="7"/>
+      <c r="B489" s="8"/>
+      <c r="C489" s="8"/>
+      <c r="D489" s="8"/>
+      <c r="E489" s="8"/>
+      <c r="F489" s="7"/>
+      <c r="G489" s="7"/>
+    </row>
+    <row r="490" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A490" s="7"/>
+      <c r="B490" s="8"/>
+      <c r="C490" s="8"/>
+      <c r="D490" s="8"/>
+      <c r="E490" s="8"/>
+      <c r="F490" s="7"/>
+      <c r="G490" s="7"/>
+    </row>
+    <row r="491" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A491" s="7"/>
+      <c r="B491" s="8"/>
+      <c r="C491" s="8"/>
+      <c r="D491" s="8"/>
+      <c r="E491" s="8"/>
+      <c r="F491" s="7"/>
+      <c r="G491" s="7"/>
+    </row>
+    <row r="492" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A492" s="7"/>
+      <c r="B492" s="8"/>
+      <c r="C492" s="8"/>
+      <c r="D492" s="8"/>
+      <c r="E492" s="8"/>
+      <c r="F492" s="7"/>
+      <c r="G492" s="7"/>
+    </row>
+    <row r="493" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A493" s="7"/>
+      <c r="B493" s="8"/>
+      <c r="C493" s="8"/>
+      <c r="D493" s="8"/>
+      <c r="E493" s="8"/>
+      <c r="F493" s="7"/>
+      <c r="G493" s="7"/>
+    </row>
+    <row r="494" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A494" s="7"/>
+      <c r="B494" s="8"/>
+      <c r="C494" s="8"/>
+      <c r="D494" s="8"/>
+      <c r="E494" s="8"/>
+      <c r="F494" s="7"/>
+      <c r="G494" s="7"/>
+    </row>
+    <row r="495" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A495" s="7"/>
+      <c r="B495" s="8"/>
+      <c r="C495" s="8"/>
+      <c r="D495" s="8"/>
+      <c r="E495" s="8"/>
+      <c r="F495" s="7"/>
+      <c r="G495" s="7"/>
+    </row>
+    <row r="496" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A496" s="7"/>
+      <c r="B496" s="8"/>
+      <c r="C496" s="8"/>
+      <c r="D496" s="8"/>
+      <c r="E496" s="8"/>
+      <c r="F496" s="7"/>
+      <c r="G496" s="7"/>
+    </row>
+    <row r="497" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A497" s="7"/>
+      <c r="B497" s="8"/>
+      <c r="C497" s="8"/>
+      <c r="D497" s="8"/>
+      <c r="E497" s="8"/>
+      <c r="F497" s="7"/>
+      <c r="G497" s="7"/>
+    </row>
+    <row r="498" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A498" s="7"/>
+      <c r="B498" s="8"/>
+      <c r="C498" s="8"/>
+      <c r="D498" s="8"/>
+      <c r="E498" s="8"/>
+      <c r="F498" s="7"/>
+      <c r="G498" s="7"/>
+    </row>
+    <row r="499" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A499" s="7"/>
+      <c r="B499" s="8"/>
+      <c r="C499" s="8"/>
+      <c r="D499" s="8"/>
+      <c r="E499" s="8"/>
+      <c r="F499" s="7"/>
+      <c r="G499" s="7"/>
+    </row>
+    <row r="500" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A500" s="7"/>
+      <c r="B500" s="8"/>
+      <c r="C500" s="8"/>
+      <c r="D500" s="8"/>
+      <c r="E500" s="8"/>
+      <c r="F500" s="7"/>
+      <c r="G500" s="7"/>
+    </row>
+    <row r="501" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A501" s="7"/>
+      <c r="B501" s="8"/>
+      <c r="C501" s="8"/>
+      <c r="D501" s="8"/>
+      <c r="E501" s="8"/>
+      <c r="F501" s="7"/>
+      <c r="G501" s="7"/>
+    </row>
+    <row r="502" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A502" s="7"/>
+      <c r="B502" s="8"/>
+      <c r="C502" s="8"/>
+      <c r="D502" s="8"/>
+      <c r="E502" s="8"/>
+      <c r="F502" s="7"/>
+      <c r="G502" s="7"/>
+    </row>
+    <row r="503" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A503" s="7"/>
+      <c r="B503" s="8"/>
+      <c r="C503" s="8"/>
+      <c r="D503" s="8"/>
+      <c r="E503" s="8"/>
+      <c r="F503" s="7"/>
+      <c r="G503" s="7"/>
+    </row>
+    <row r="504" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A504" s="7"/>
+      <c r="B504" s="8"/>
+      <c r="C504" s="8"/>
+      <c r="D504" s="8"/>
+      <c r="E504" s="8"/>
+      <c r="F504" s="7"/>
+      <c r="G504" s="7"/>
+    </row>
+    <row r="505" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A505" s="7"/>
+      <c r="B505" s="8"/>
+      <c r="C505" s="8"/>
+      <c r="D505" s="8"/>
+      <c r="E505" s="8"/>
+      <c r="F505" s="7"/>
+      <c r="G505" s="7"/>
+    </row>
+    <row r="506" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A506" s="7"/>
+      <c r="B506" s="8"/>
+      <c r="C506" s="8"/>
+      <c r="D506" s="8"/>
+      <c r="E506" s="8"/>
+      <c r="F506" s="7"/>
+      <c r="G506" s="7"/>
+    </row>
+    <row r="507" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A507" s="7"/>
+      <c r="B507" s="8"/>
+      <c r="C507" s="8"/>
+      <c r="D507" s="8"/>
+      <c r="E507" s="8"/>
+      <c r="F507" s="7"/>
+      <c r="G507" s="7"/>
+    </row>
+    <row r="508" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A508" s="7"/>
+      <c r="B508" s="8"/>
+      <c r="C508" s="8"/>
+      <c r="D508" s="8"/>
+      <c r="E508" s="8"/>
+      <c r="F508" s="7"/>
+      <c r="G508" s="7"/>
+    </row>
+    <row r="509" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A509" s="7"/>
+      <c r="B509" s="8"/>
+      <c r="C509" s="8"/>
+      <c r="D509" s="8"/>
+      <c r="E509" s="8"/>
+      <c r="F509" s="7"/>
+      <c r="G509" s="7"/>
+    </row>
+    <row r="510" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A510" s="7"/>
+      <c r="B510" s="8"/>
+      <c r="C510" s="8"/>
+      <c r="D510" s="8"/>
+      <c r="E510" s="8"/>
+      <c r="F510" s="7"/>
+      <c r="G510" s="7"/>
+    </row>
+    <row r="511" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A511" s="7"/>
+      <c r="B511" s="8"/>
+      <c r="C511" s="8"/>
+      <c r="D511" s="8"/>
+      <c r="E511" s="8"/>
+      <c r="F511" s="7"/>
+      <c r="G511" s="7"/>
+    </row>
+    <row r="512" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A512" s="7"/>
+      <c r="B512" s="8"/>
+      <c r="C512" s="8"/>
+      <c r="D512" s="8"/>
+      <c r="E512" s="8"/>
+      <c r="F512" s="7"/>
+      <c r="G512" s="7"/>
+    </row>
+    <row r="513" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A513" s="7"/>
+      <c r="B513" s="8"/>
+      <c r="C513" s="8"/>
+      <c r="D513" s="8"/>
+      <c r="E513" s="8"/>
+      <c r="F513" s="7"/>
+      <c r="G513" s="7"/>
+    </row>
+    <row r="514" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A514" s="7"/>
+      <c r="B514" s="8"/>
+      <c r="C514" s="8"/>
+      <c r="D514" s="8"/>
+      <c r="E514" s="8"/>
+      <c r="F514" s="7"/>
+      <c r="G514" s="7"/>
+    </row>
+    <row r="515" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A515" s="7"/>
+      <c r="B515" s="8"/>
+      <c r="C515" s="8"/>
+      <c r="D515" s="8"/>
+      <c r="E515" s="8"/>
+      <c r="F515" s="7"/>
+      <c r="G515" s="7"/>
+    </row>
+    <row r="516" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A516" s="7"/>
+      <c r="B516" s="8"/>
+      <c r="C516" s="8"/>
+      <c r="D516" s="8"/>
+      <c r="E516" s="8"/>
+      <c r="F516" s="7"/>
+      <c r="G516" s="7"/>
+    </row>
+    <row r="517" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A517" s="7"/>
+      <c r="B517" s="8"/>
+      <c r="C517" s="8"/>
+      <c r="D517" s="8"/>
+      <c r="E517" s="8"/>
+      <c r="F517" s="7"/>
+      <c r="G517" s="7"/>
+    </row>
+    <row r="518" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A518" s="7"/>
+      <c r="B518" s="8"/>
+      <c r="C518" s="8"/>
+      <c r="D518" s="8"/>
+      <c r="E518" s="8"/>
+      <c r="F518" s="7"/>
+      <c r="G518" s="7"/>
+    </row>
+    <row r="519" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A519" s="7"/>
+      <c r="B519" s="8"/>
+      <c r="C519" s="8"/>
+      <c r="D519" s="8"/>
+      <c r="E519" s="8"/>
+      <c r="F519" s="7"/>
+      <c r="G519" s="7"/>
+    </row>
+    <row r="520" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A520" s="7"/>
+      <c r="B520" s="8"/>
+      <c r="C520" s="8"/>
+      <c r="D520" s="8"/>
+      <c r="E520" s="8"/>
+      <c r="F520" s="7"/>
+      <c r="G520" s="7"/>
+    </row>
+    <row r="521" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A521" s="7"/>
+      <c r="B521" s="8"/>
+      <c r="C521" s="8"/>
+      <c r="D521" s="8"/>
+      <c r="E521" s="8"/>
+      <c r="F521" s="7"/>
+      <c r="G521" s="7"/>
+    </row>
+    <row r="522" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A522" s="7"/>
+      <c r="B522" s="8"/>
+      <c r="C522" s="8"/>
+      <c r="D522" s="8"/>
+      <c r="E522" s="8"/>
+      <c r="F522" s="7"/>
+      <c r="G522" s="7"/>
+    </row>
+    <row r="523" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A523" s="7"/>
+      <c r="B523" s="8"/>
+      <c r="C523" s="8"/>
+      <c r="D523" s="8"/>
+      <c r="E523" s="8"/>
+      <c r="F523" s="7"/>
+      <c r="G523" s="7"/>
+    </row>
+    <row r="524" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A524" s="7"/>
+      <c r="B524" s="8"/>
+      <c r="C524" s="8"/>
+      <c r="D524" s="8"/>
+      <c r="E524" s="8"/>
+      <c r="F524" s="7"/>
+      <c r="G524" s="7"/>
+    </row>
+    <row r="525" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A525" s="7"/>
+      <c r="B525" s="8"/>
+      <c r="C525" s="8"/>
+      <c r="D525" s="8"/>
+      <c r="E525" s="8"/>
+      <c r="F525" s="7"/>
+      <c r="G525" s="7"/>
+    </row>
+    <row r="526" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A526" s="7"/>
+      <c r="B526" s="8"/>
+      <c r="C526" s="8"/>
+      <c r="D526" s="8"/>
+      <c r="E526" s="8"/>
+      <c r="F526" s="7"/>
+      <c r="G526" s="7"/>
+    </row>
+    <row r="527" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A527" s="7"/>
+      <c r="B527" s="8"/>
+      <c r="C527" s="8"/>
+      <c r="D527" s="8"/>
+      <c r="E527" s="8"/>
+      <c r="F527" s="7"/>
+      <c r="G527" s="7"/>
+    </row>
+    <row r="528" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A528" s="7"/>
+      <c r="B528" s="8"/>
+      <c r="C528" s="8"/>
+      <c r="D528" s="8"/>
+      <c r="E528" s="8"/>
+      <c r="F528" s="7"/>
+      <c r="G528" s="7"/>
+    </row>
+    <row r="529" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A529" s="7"/>
+      <c r="B529" s="8"/>
+      <c r="C529" s="8"/>
+      <c r="D529" s="8"/>
+      <c r="E529" s="8"/>
+      <c r="F529" s="7"/>
+      <c r="G529" s="7"/>
+    </row>
+    <row r="530" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A530" s="7"/>
+      <c r="B530" s="8"/>
+      <c r="C530" s="8"/>
+      <c r="D530" s="8"/>
+      <c r="E530" s="8"/>
+      <c r="F530" s="7"/>
+      <c r="G530" s="7"/>
+    </row>
+    <row r="531" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A531" s="7"/>
+      <c r="B531" s="8"/>
+      <c r="C531" s="8"/>
+      <c r="D531" s="8"/>
+      <c r="E531" s="8"/>
+      <c r="F531" s="7"/>
+      <c r="G531" s="7"/>
+    </row>
+    <row r="532" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A532" s="7"/>
+      <c r="B532" s="8"/>
+      <c r="C532" s="8"/>
+      <c r="D532" s="8"/>
+      <c r="E532" s="8"/>
+      <c r="F532" s="7"/>
+      <c r="G532" s="7"/>
+    </row>
+    <row r="533" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A533" s="7"/>
+      <c r="B533" s="8"/>
+      <c r="C533" s="8"/>
+      <c r="D533" s="8"/>
+      <c r="E533" s="8"/>
+      <c r="F533" s="7"/>
+      <c r="G533" s="7"/>
+    </row>
+    <row r="534" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A534" s="7"/>
+      <c r="B534" s="8"/>
+      <c r="C534" s="8"/>
+      <c r="D534" s="8"/>
+      <c r="E534" s="8"/>
+      <c r="F534" s="7"/>
+      <c r="G534" s="7"/>
+    </row>
+    <row r="535" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A535" s="7"/>
+      <c r="B535" s="8"/>
+      <c r="C535" s="8"/>
+      <c r="D535" s="8"/>
+      <c r="E535" s="8"/>
+      <c r="F535" s="7"/>
+      <c r="G535" s="7"/>
+    </row>
+    <row r="536" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A536" s="7"/>
+      <c r="B536" s="8"/>
+      <c r="C536" s="8"/>
+      <c r="D536" s="8"/>
+      <c r="E536" s="8"/>
+      <c r="F536" s="7"/>
+      <c r="G536" s="7"/>
+    </row>
+    <row r="537" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A537" s="7"/>
+      <c r="B537" s="8"/>
+      <c r="C537" s="8"/>
+      <c r="D537" s="8"/>
+      <c r="E537" s="8"/>
+      <c r="F537" s="7"/>
+      <c r="G537" s="7"/>
+    </row>
+    <row r="538" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A538" s="7"/>
+      <c r="B538" s="8"/>
+      <c r="C538" s="8"/>
+      <c r="D538" s="8"/>
+      <c r="E538" s="8"/>
+      <c r="F538" s="7"/>
+      <c r="G538" s="7"/>
+    </row>
+    <row r="539" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A539" s="7"/>
+      <c r="B539" s="8"/>
+      <c r="C539" s="8"/>
+      <c r="D539" s="8"/>
+      <c r="E539" s="8"/>
+      <c r="F539" s="7"/>
+      <c r="G539" s="7"/>
+    </row>
+    <row r="540" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A540" s="7"/>
+      <c r="B540" s="8"/>
+      <c r="C540" s="8"/>
+      <c r="D540" s="8"/>
+      <c r="E540" s="8"/>
+      <c r="F540" s="7"/>
+      <c r="G540" s="7"/>
+    </row>
+    <row r="541" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A541" s="7"/>
+      <c r="B541" s="8"/>
+      <c r="C541" s="8"/>
+      <c r="D541" s="8"/>
+      <c r="E541" s="8"/>
+      <c r="F541" s="7"/>
+      <c r="G541" s="7"/>
+    </row>
+    <row r="542" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A542" s="7"/>
+      <c r="B542" s="8"/>
+      <c r="C542" s="8"/>
+      <c r="D542" s="8"/>
+      <c r="E542" s="8"/>
+      <c r="F542" s="7"/>
+      <c r="G542" s="7"/>
+    </row>
+    <row r="543" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A543" s="7"/>
+      <c r="B543" s="8"/>
+      <c r="C543" s="8"/>
+      <c r="D543" s="8"/>
+      <c r="E543" s="8"/>
+      <c r="F543" s="7"/>
+      <c r="G543" s="7"/>
+    </row>
+    <row r="544" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A544" s="7"/>
+      <c r="B544" s="8"/>
+      <c r="C544" s="8"/>
+      <c r="D544" s="8"/>
+      <c r="E544" s="8"/>
+      <c r="F544" s="7"/>
+      <c r="G544" s="7"/>
+    </row>
+    <row r="545" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A545" s="7"/>
+      <c r="B545" s="8"/>
+      <c r="C545" s="8"/>
+      <c r="D545" s="8"/>
+      <c r="E545" s="8"/>
+      <c r="F545" s="7"/>
+      <c r="G545" s="7"/>
+    </row>
+    <row r="546" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A546" s="7"/>
+      <c r="B546" s="8"/>
+      <c r="C546" s="8"/>
+      <c r="D546" s="8"/>
+      <c r="E546" s="8"/>
+      <c r="F546" s="7"/>
+      <c r="G546" s="7"/>
+    </row>
+    <row r="547" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A547" s="7"/>
+      <c r="B547" s="8"/>
+      <c r="C547" s="8"/>
+      <c r="D547" s="8"/>
+      <c r="E547" s="8"/>
+      <c r="F547" s="7"/>
+      <c r="G547" s="7"/>
+    </row>
+    <row r="548" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A548" s="7"/>
+      <c r="B548" s="8"/>
+      <c r="C548" s="8"/>
+      <c r="D548" s="8"/>
+      <c r="E548" s="8"/>
+      <c r="F548" s="7"/>
+      <c r="G548" s="7"/>
+    </row>
+    <row r="549" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A549" s="7"/>
+      <c r="B549" s="8"/>
+      <c r="C549" s="8"/>
+      <c r="D549" s="8"/>
+      <c r="E549" s="8"/>
+      <c r="F549" s="7"/>
+      <c r="G549" s="7"/>
+    </row>
+    <row r="550" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A550" s="7"/>
+      <c r="B550" s="8"/>
+      <c r="C550" s="8"/>
+      <c r="D550" s="8"/>
+      <c r="E550" s="8"/>
+      <c r="F550" s="7"/>
+      <c r="G550" s="7"/>
+    </row>
+    <row r="551" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A551" s="7"/>
+      <c r="B551" s="8"/>
+      <c r="C551" s="8"/>
+      <c r="D551" s="8"/>
+      <c r="E551" s="8"/>
+      <c r="F551" s="7"/>
+      <c r="G551" s="7"/>
+    </row>
+    <row r="552" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A552" s="7"/>
+      <c r="B552" s="8"/>
+      <c r="C552" s="8"/>
+      <c r="D552" s="8"/>
+      <c r="E552" s="8"/>
+      <c r="F552" s="7"/>
+      <c r="G552" s="7"/>
+    </row>
+    <row r="553" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A553" s="7"/>
+      <c r="B553" s="8"/>
+      <c r="C553" s="8"/>
+      <c r="D553" s="8"/>
+      <c r="E553" s="8"/>
+      <c r="F553" s="7"/>
+      <c r="G553" s="7"/>
+    </row>
+    <row r="554" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A554" s="7"/>
+      <c r="B554" s="8"/>
+      <c r="C554" s="8"/>
+      <c r="D554" s="8"/>
+      <c r="E554" s="8"/>
+      <c r="F554" s="7"/>
+      <c r="G554" s="7"/>
+    </row>
+    <row r="555" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A555" s="7"/>
+      <c r="B555" s="8"/>
+      <c r="C555" s="8"/>
+      <c r="D555" s="8"/>
+      <c r="E555" s="8"/>
+      <c r="F555" s="7"/>
+      <c r="G555" s="7"/>
+    </row>
+    <row r="556" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A556" s="7"/>
+      <c r="B556" s="8"/>
+      <c r="C556" s="8"/>
+      <c r="D556" s="8"/>
+      <c r="E556" s="8"/>
+      <c r="F556" s="7"/>
+      <c r="G556" s="7"/>
+    </row>
+    <row r="557" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A557" s="7"/>
+      <c r="B557" s="8"/>
+      <c r="C557" s="8"/>
+      <c r="D557" s="8"/>
+      <c r="E557" s="8"/>
+      <c r="F557" s="7"/>
+      <c r="G557" s="7"/>
+    </row>
+    <row r="558" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A558" s="7"/>
+      <c r="B558" s="8"/>
+      <c r="C558" s="8"/>
+      <c r="D558" s="8"/>
+      <c r="E558" s="8"/>
+      <c r="F558" s="7"/>
+      <c r="G558" s="7"/>
+    </row>
+    <row r="559" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A559" s="7"/>
+      <c r="B559" s="8"/>
+      <c r="C559" s="8"/>
+      <c r="D559" s="8"/>
+      <c r="E559" s="8"/>
+      <c r="F559" s="7"/>
+      <c r="G559" s="7"/>
+    </row>
+    <row r="560" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A560" s="7"/>
+      <c r="B560" s="8"/>
+      <c r="C560" s="8"/>
+      <c r="D560" s="8"/>
+      <c r="E560" s="8"/>
+      <c r="F560" s="7"/>
+      <c r="G560" s="7"/>
+    </row>
+    <row r="561" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A561" s="7"/>
+      <c r="B561" s="8"/>
+      <c r="C561" s="8"/>
+      <c r="D561" s="8"/>
+      <c r="E561" s="8"/>
+      <c r="F561" s="7"/>
+      <c r="G561" s="7"/>
+    </row>
+    <row r="562" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A562" s="7"/>
+      <c r="B562" s="8"/>
+      <c r="C562" s="8"/>
+      <c r="D562" s="8"/>
+      <c r="E562" s="8"/>
+      <c r="F562" s="7"/>
+      <c r="G562" s="7"/>
+    </row>
+    <row r="563" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A563" s="7"/>
+      <c r="B563" s="8"/>
+      <c r="C563" s="8"/>
+      <c r="D563" s="8"/>
+      <c r="E563" s="8"/>
+      <c r="F563" s="7"/>
+      <c r="G563" s="7"/>
+    </row>
+    <row r="564" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A564" s="7"/>
+      <c r="B564" s="8"/>
+      <c r="C564" s="8"/>
+      <c r="D564" s="8"/>
+      <c r="E564" s="8"/>
+      <c r="F564" s="7"/>
+      <c r="G564" s="7"/>
+    </row>
+    <row r="565" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A565" s="7"/>
+      <c r="B565" s="8"/>
+      <c r="C565" s="8"/>
+      <c r="D565" s="8"/>
+      <c r="E565" s="8"/>
+      <c r="F565" s="7"/>
+      <c r="G565" s="7"/>
+    </row>
+    <row r="566" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A566" s="7"/>
+      <c r="B566" s="8"/>
+      <c r="C566" s="8"/>
+      <c r="D566" s="8"/>
+      <c r="E566" s="8"/>
+      <c r="F566" s="7"/>
+      <c r="G566" s="7"/>
+    </row>
+    <row r="567" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A567" s="7"/>
+      <c r="B567" s="8"/>
+      <c r="C567" s="8"/>
+      <c r="D567" s="8"/>
+      <c r="E567" s="8"/>
+      <c r="F567" s="7"/>
+      <c r="G567" s="7"/>
+    </row>
+    <row r="568" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A568" s="7"/>
+      <c r="B568" s="8"/>
+      <c r="C568" s="8"/>
+      <c r="D568" s="8"/>
+      <c r="E568" s="8"/>
+      <c r="F568" s="7"/>
+      <c r="G568" s="7"/>
+    </row>
+    <row r="569" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A569" s="7"/>
+      <c r="B569" s="8"/>
+      <c r="C569" s="8"/>
+      <c r="D569" s="8"/>
+      <c r="E569" s="8"/>
+      <c r="F569" s="7"/>
+      <c r="G569" s="7"/>
+    </row>
+    <row r="570" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A570" s="7"/>
+      <c r="B570" s="8"/>
+      <c r="C570" s="8"/>
+      <c r="D570" s="8"/>
+      <c r="E570" s="8"/>
+      <c r="F570" s="7"/>
+      <c r="G570" s="7"/>
+    </row>
+    <row r="571" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A571" s="7"/>
+      <c r="B571" s="8"/>
+      <c r="C571" s="8"/>
+      <c r="D571" s="8"/>
+      <c r="E571" s="8"/>
+      <c r="F571" s="7"/>
+      <c r="G571" s="7"/>
+    </row>
+    <row r="572" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A572" s="7"/>
+      <c r="B572" s="8"/>
+      <c r="C572" s="8"/>
+      <c r="D572" s="8"/>
+      <c r="E572" s="8"/>
+      <c r="F572" s="7"/>
+      <c r="G572" s="7"/>
+    </row>
+    <row r="573" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A573" s="7"/>
+      <c r="B573" s="8"/>
+      <c r="C573" s="8"/>
+      <c r="D573" s="8"/>
+      <c r="E573" s="8"/>
+      <c r="F573" s="7"/>
+      <c r="G573" s="7"/>
+    </row>
+    <row r="574" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A574" s="7"/>
+      <c r="B574" s="8"/>
+      <c r="C574" s="8"/>
+      <c r="D574" s="8"/>
+      <c r="E574" s="8"/>
+      <c r="F574" s="7"/>
+      <c r="G574" s="7"/>
+    </row>
+    <row r="575" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A575" s="7"/>
+      <c r="B575" s="8"/>
+      <c r="C575" s="8"/>
+      <c r="D575" s="8"/>
+      <c r="E575" s="8"/>
+      <c r="F575" s="7"/>
+      <c r="G575" s="7"/>
+    </row>
+    <row r="576" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A576" s="7"/>
+      <c r="B576" s="8"/>
+      <c r="C576" s="8"/>
+      <c r="D576" s="8"/>
+      <c r="E576" s="8"/>
+      <c r="F576" s="7"/>
+      <c r="G576" s="7"/>
+    </row>
+    <row r="577" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A577" s="7"/>
+      <c r="B577" s="8"/>
+      <c r="C577" s="8"/>
+      <c r="D577" s="8"/>
+      <c r="E577" s="8"/>
+      <c r="F577" s="7"/>
+      <c r="G577" s="7"/>
+    </row>
+    <row r="578" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A578" s="7"/>
+      <c r="B578" s="8"/>
+      <c r="C578" s="8"/>
+      <c r="D578" s="8"/>
+      <c r="E578" s="8"/>
+      <c r="F578" s="7"/>
+      <c r="G578" s="7"/>
+    </row>
+    <row r="579" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A579" s="7"/>
+      <c r="B579" s="8"/>
+      <c r="C579" s="8"/>
+      <c r="D579" s="8"/>
+      <c r="E579" s="8"/>
+      <c r="F579" s="7"/>
+      <c r="G579" s="7"/>
+    </row>
+    <row r="580" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A580" s="7"/>
+      <c r="B580" s="8"/>
+      <c r="C580" s="8"/>
+      <c r="D580" s="8"/>
+      <c r="E580" s="8"/>
+      <c r="F580" s="7"/>
+      <c r="G580" s="7"/>
+    </row>
+    <row r="581" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A581" s="7"/>
+      <c r="B581" s="8"/>
+      <c r="C581" s="8"/>
+      <c r="D581" s="8"/>
+      <c r="E581" s="8"/>
+      <c r="F581" s="7"/>
+      <c r="G581" s="7"/>
+    </row>
+    <row r="582" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A582" s="7"/>
+      <c r="B582" s="8"/>
+      <c r="C582" s="8"/>
+      <c r="D582" s="8"/>
+      <c r="E582" s="8"/>
+      <c r="F582" s="7"/>
+      <c r="G582" s="7"/>
+    </row>
+    <row r="583" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A583" s="7"/>
+      <c r="B583" s="8"/>
+      <c r="C583" s="8"/>
+      <c r="D583" s="8"/>
+      <c r="E583" s="8"/>
+      <c r="F583" s="7"/>
+      <c r="G583" s="7"/>
+    </row>
+    <row r="584" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A584" s="7"/>
+      <c r="B584" s="8"/>
+      <c r="C584" s="8"/>
+      <c r="D584" s="8"/>
+      <c r="E584" s="8"/>
+      <c r="F584" s="7"/>
+      <c r="G584" s="7"/>
+    </row>
+    <row r="585" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A585" s="7"/>
+      <c r="B585" s="8"/>
+      <c r="C585" s="8"/>
+      <c r="D585" s="8"/>
+      <c r="E585" s="8"/>
+      <c r="F585" s="7"/>
+      <c r="G585" s="7"/>
+    </row>
+    <row r="586" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A586" s="7"/>
+      <c r="B586" s="8"/>
+      <c r="C586" s="8"/>
+      <c r="D586" s="8"/>
+      <c r="E586" s="8"/>
+      <c r="F586" s="7"/>
+      <c r="G586" s="7"/>
+    </row>
+    <row r="587" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A587" s="7"/>
+      <c r="B587" s="8"/>
+      <c r="C587" s="8"/>
+      <c r="D587" s="8"/>
+      <c r="E587" s="8"/>
+      <c r="F587" s="7"/>
+      <c r="G587" s="7"/>
+    </row>
+    <row r="588" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A588" s="7"/>
+      <c r="B588" s="8"/>
+      <c r="C588" s="8"/>
+      <c r="D588" s="8"/>
+      <c r="E588" s="8"/>
+      <c r="F588" s="7"/>
+      <c r="G588" s="7"/>
+    </row>
+    <row r="589" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A589" s="7"/>
+      <c r="B589" s="8"/>
+      <c r="C589" s="8"/>
+      <c r="D589" s="8"/>
+      <c r="E589" s="8"/>
+      <c r="F589" s="7"/>
+      <c r="G589" s="7"/>
+    </row>
+    <row r="590" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A590" s="7"/>
+      <c r="B590" s="8"/>
+      <c r="C590" s="8"/>
+      <c r="D590" s="8"/>
+      <c r="E590" s="8"/>
+      <c r="F590" s="7"/>
+      <c r="G590" s="7"/>
+    </row>
+    <row r="591" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A591" s="7"/>
+      <c r="B591" s="8"/>
+      <c r="C591" s="8"/>
+      <c r="D591" s="8"/>
+      <c r="E591" s="8"/>
+      <c r="F591" s="7"/>
+      <c r="G591" s="7"/>
+    </row>
+    <row r="592" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A592" s="7"/>
+      <c r="B592" s="8"/>
+      <c r="C592" s="8"/>
+      <c r="D592" s="8"/>
+      <c r="E592" s="8"/>
+      <c r="F592" s="7"/>
+      <c r="G592" s="7"/>
+    </row>
+    <row r="593" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A593" s="7"/>
+      <c r="B593" s="8"/>
+      <c r="C593" s="8"/>
+      <c r="D593" s="8"/>
+      <c r="E593" s="8"/>
+      <c r="F593" s="7"/>
+      <c r="G593" s="7"/>
+    </row>
+    <row r="594" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A594" s="7"/>
+      <c r="B594" s="8"/>
+      <c r="C594" s="8"/>
+      <c r="D594" s="8"/>
+      <c r="E594" s="8"/>
+      <c r="F594" s="7"/>
+      <c r="G594" s="7"/>
+    </row>
+    <row r="595" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A595" s="7"/>
+      <c r="B595" s="8"/>
+      <c r="C595" s="8"/>
+      <c r="D595" s="8"/>
+      <c r="E595" s="8"/>
+      <c r="F595" s="7"/>
+      <c r="G595" s="7"/>
+    </row>
+    <row r="596" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A596" s="7"/>
+      <c r="B596" s="8"/>
+      <c r="C596" s="8"/>
+      <c r="D596" s="8"/>
+      <c r="E596" s="8"/>
+      <c r="F596" s="7"/>
+      <c r="G596" s="7"/>
+    </row>
+    <row r="597" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A597" s="7"/>
+      <c r="B597" s="8"/>
+      <c r="C597" s="8"/>
+      <c r="D597" s="8"/>
+      <c r="E597" s="8"/>
+      <c r="F597" s="7"/>
+      <c r="G597" s="7"/>
+    </row>
+    <row r="598" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A598" s="7"/>
+      <c r="B598" s="8"/>
+      <c r="C598" s="8"/>
+      <c r="D598" s="8"/>
+      <c r="E598" s="8"/>
+      <c r="F598" s="7"/>
+      <c r="G598" s="7"/>
+    </row>
+    <row r="599" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A599" s="7"/>
+      <c r="B599" s="8"/>
+      <c r="C599" s="8"/>
+      <c r="D599" s="8"/>
+      <c r="E599" s="8"/>
+      <c r="F599" s="7"/>
+      <c r="G599" s="7"/>
+    </row>
+    <row r="600" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A600" s="7"/>
+      <c r="B600" s="8"/>
+      <c r="C600" s="8"/>
+      <c r="D600" s="8"/>
+      <c r="E600" s="8"/>
+      <c r="F600" s="7"/>
+      <c r="G600" s="7"/>
+    </row>
+    <row r="601" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A601" s="7"/>
+      <c r="B601" s="8"/>
+      <c r="C601" s="8"/>
+      <c r="D601" s="8"/>
+      <c r="E601" s="8"/>
+      <c r="F601" s="7"/>
+      <c r="G601" s="7"/>
+    </row>
+    <row r="602" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A602" s="7"/>
+      <c r="B602" s="8"/>
+      <c r="C602" s="8"/>
+      <c r="D602" s="8"/>
+      <c r="E602" s="8"/>
+      <c r="F602" s="7"/>
+      <c r="G602" s="7"/>
+    </row>
+    <row r="603" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A603" s="7"/>
+      <c r="B603" s="8"/>
+      <c r="C603" s="8"/>
+      <c r="D603" s="8"/>
+      <c r="E603" s="8"/>
+      <c r="F603" s="7"/>
+      <c r="G603" s="7"/>
+    </row>
+    <row r="604" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A604" s="7"/>
+      <c r="B604" s="8"/>
+      <c r="C604" s="8"/>
+      <c r="D604" s="8"/>
+      <c r="E604" s="8"/>
+      <c r="F604" s="7"/>
+      <c r="G604" s="7"/>
+    </row>
+    <row r="605" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A605" s="7"/>
+      <c r="B605" s="8"/>
+      <c r="C605" s="8"/>
+      <c r="D605" s="8"/>
+      <c r="E605" s="8"/>
+      <c r="F605" s="7"/>
+      <c r="G605" s="7"/>
+    </row>
+    <row r="606" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A606" s="7"/>
+      <c r="B606" s="8"/>
+      <c r="C606" s="8"/>
+      <c r="D606" s="8"/>
+      <c r="E606" s="8"/>
+      <c r="F606" s="7"/>
+      <c r="G606" s="7"/>
+    </row>
+    <row r="607" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A607" s="7"/>
+      <c r="B607" s="8"/>
+      <c r="C607" s="8"/>
+      <c r="D607" s="8"/>
+      <c r="E607" s="8"/>
+      <c r="F607" s="7"/>
+      <c r="G607" s="7"/>
+    </row>
+    <row r="608" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A608" s="7"/>
+      <c r="B608" s="8"/>
+      <c r="C608" s="8"/>
+      <c r="D608" s="8"/>
+      <c r="E608" s="8"/>
+      <c r="F608" s="7"/>
+      <c r="G608" s="7"/>
+    </row>
+    <row r="609" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A609" s="7"/>
+      <c r="B609" s="8"/>
+      <c r="C609" s="8"/>
+      <c r="D609" s="8"/>
+      <c r="E609" s="8"/>
+      <c r="F609" s="7"/>
+      <c r="G609" s="7"/>
+    </row>
+    <row r="610" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A610" s="7"/>
+      <c r="B610" s="8"/>
+      <c r="C610" s="8"/>
+      <c r="D610" s="8"/>
+      <c r="E610" s="8"/>
+      <c r="F610" s="7"/>
+      <c r="G610" s="7"/>
+    </row>
+    <row r="611" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A611" s="7"/>
+      <c r="B611" s="8"/>
+      <c r="C611" s="8"/>
+      <c r="D611" s="8"/>
+      <c r="E611" s="8"/>
+      <c r="F611" s="7"/>
+      <c r="G611" s="7"/>
+    </row>
+    <row r="612" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A612" s="7"/>
+      <c r="B612" s="8"/>
+      <c r="C612" s="8"/>
+      <c r="D612" s="8"/>
+      <c r="E612" s="8"/>
+      <c r="F612" s="7"/>
+      <c r="G612" s="7"/>
+    </row>
+    <row r="613" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A613" s="7"/>
+      <c r="B613" s="8"/>
+      <c r="C613" s="8"/>
+      <c r="D613" s="8"/>
+      <c r="E613" s="8"/>
+      <c r="F613" s="7"/>
+      <c r="G613" s="7"/>
+    </row>
+    <row r="614" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A614" s="7"/>
+      <c r="B614" s="8"/>
+      <c r="C614" s="8"/>
+      <c r="D614" s="8"/>
+      <c r="E614" s="8"/>
+      <c r="F614" s="7"/>
+      <c r="G614" s="7"/>
+    </row>
+    <row r="615" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A615" s="7"/>
+      <c r="B615" s="8"/>
+      <c r="C615" s="8"/>
+      <c r="D615" s="8"/>
+      <c r="E615" s="8"/>
+      <c r="F615" s="7"/>
+      <c r="G615" s="7"/>
+    </row>
+    <row r="616" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A616" s="7"/>
+      <c r="B616" s="8"/>
+      <c r="C616" s="8"/>
+      <c r="D616" s="8"/>
+      <c r="E616" s="8"/>
+      <c r="F616" s="7"/>
+      <c r="G616" s="7"/>
+    </row>
+    <row r="617" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A617" s="7"/>
+      <c r="B617" s="8"/>
+      <c r="C617" s="8"/>
+      <c r="D617" s="8"/>
+      <c r="E617" s="8"/>
+      <c r="F617" s="7"/>
+      <c r="G617" s="7"/>
+    </row>
+    <row r="618" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A618" s="7"/>
+      <c r="B618" s="8"/>
+      <c r="C618" s="8"/>
+      <c r="D618" s="8"/>
+      <c r="E618" s="8"/>
+      <c r="F618" s="7"/>
+      <c r="G618" s="7"/>
+    </row>
+    <row r="619" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A619" s="7"/>
+      <c r="B619" s="8"/>
+      <c r="C619" s="8"/>
+      <c r="D619" s="8"/>
+      <c r="E619" s="8"/>
+      <c r="F619" s="7"/>
+      <c r="G619" s="7"/>
+    </row>
+    <row r="620" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A620" s="7"/>
+      <c r="B620" s="8"/>
+      <c r="C620" s="8"/>
+      <c r="D620" s="8"/>
+      <c r="E620" s="8"/>
+      <c r="F620" s="7"/>
+      <c r="G620" s="7"/>
+    </row>
+    <row r="621" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A621" s="7"/>
+      <c r="B621" s="8"/>
+      <c r="C621" s="8"/>
+      <c r="D621" s="8"/>
+      <c r="E621" s="8"/>
+      <c r="F621" s="7"/>
+      <c r="G621" s="7"/>
+    </row>
+    <row r="622" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A622" s="7"/>
+      <c r="B622" s="8"/>
+      <c r="C622" s="8"/>
+      <c r="D622" s="8"/>
+      <c r="E622" s="8"/>
+      <c r="F622" s="7"/>
+      <c r="G622" s="7"/>
+    </row>
+    <row r="623" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A623" s="7"/>
+      <c r="B623" s="8"/>
+      <c r="C623" s="8"/>
+      <c r="D623" s="8"/>
+      <c r="E623" s="8"/>
+      <c r="F623" s="7"/>
+      <c r="G623" s="7"/>
+    </row>
+    <row r="624" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A624" s="7"/>
+      <c r="B624" s="8"/>
+      <c r="C624" s="8"/>
+      <c r="D624" s="8"/>
+      <c r="E624" s="8"/>
+      <c r="F624" s="7"/>
+      <c r="G624" s="7"/>
+    </row>
+    <row r="625" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A625" s="7"/>
+      <c r="B625" s="8"/>
+      <c r="C625" s="8"/>
+      <c r="D625" s="8"/>
+      <c r="E625" s="8"/>
+      <c r="F625" s="7"/>
+      <c r="G625" s="7"/>
+    </row>
+    <row r="626" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A626" s="7"/>
+      <c r="B626" s="8"/>
+      <c r="C626" s="8"/>
+      <c r="D626" s="8"/>
+      <c r="E626" s="8"/>
+      <c r="F626" s="7"/>
+      <c r="G626" s="7"/>
+    </row>
+    <row r="627" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A627" s="7"/>
+      <c r="B627" s="8"/>
+      <c r="C627" s="8"/>
+      <c r="D627" s="8"/>
+      <c r="E627" s="8"/>
+      <c r="F627" s="7"/>
+      <c r="G627" s="7"/>
+    </row>
+    <row r="628" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A628" s="7"/>
+      <c r="B628" s="8"/>
+      <c r="C628" s="8"/>
+      <c r="D628" s="8"/>
+      <c r="E628" s="8"/>
+      <c r="F628" s="7"/>
+      <c r="G628" s="7"/>
+    </row>
+    <row r="629" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A629" s="7"/>
+      <c r="B629" s="8"/>
+      <c r="C629" s="8"/>
+      <c r="D629" s="8"/>
+      <c r="E629" s="8"/>
+      <c r="F629" s="7"/>
+      <c r="G629" s="7"/>
+    </row>
+    <row r="630" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A630" s="7"/>
+      <c r="B630" s="8"/>
+      <c r="C630" s="8"/>
+      <c r="D630" s="8"/>
+      <c r="E630" s="8"/>
+      <c r="F630" s="7"/>
+      <c r="G630" s="7"/>
+    </row>
+    <row r="631" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A631" s="7"/>
+      <c r="B631" s="8"/>
+      <c r="C631" s="8"/>
+      <c r="D631" s="8"/>
+      <c r="E631" s="8"/>
+      <c r="F631" s="7"/>
+      <c r="G631" s="7"/>
+    </row>
+    <row r="632" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A632" s="7"/>
+      <c r="B632" s="8"/>
+      <c r="C632" s="8"/>
+      <c r="D632" s="8"/>
+      <c r="E632" s="8"/>
+      <c r="F632" s="7"/>
+      <c r="G632" s="7"/>
+    </row>
+    <row r="633" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A633" s="7"/>
+      <c r="B633" s="8"/>
+      <c r="C633" s="8"/>
+      <c r="D633" s="8"/>
+      <c r="E633" s="8"/>
+      <c r="F633" s="7"/>
+      <c r="G633" s="7"/>
+    </row>
+    <row r="634" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A634" s="7"/>
+      <c r="B634" s="8"/>
+      <c r="C634" s="8"/>
+      <c r="D634" s="8"/>
+      <c r="E634" s="8"/>
+      <c r="F634" s="7"/>
+      <c r="G634" s="7"/>
+    </row>
+    <row r="635" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A635" s="7"/>
+      <c r="B635" s="8"/>
+      <c r="C635" s="8"/>
+      <c r="D635" s="8"/>
+      <c r="E635" s="8"/>
+      <c r="F635" s="7"/>
+      <c r="G635" s="7"/>
+    </row>
+    <row r="636" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A636" s="7"/>
+      <c r="B636" s="8"/>
+      <c r="C636" s="8"/>
+      <c r="D636" s="8"/>
+      <c r="E636" s="8"/>
+      <c r="F636" s="7"/>
+      <c r="G636" s="7"/>
+    </row>
+    <row r="637" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A637" s="7"/>
+      <c r="B637" s="8"/>
+      <c r="C637" s="8"/>
+      <c r="D637" s="8"/>
+      <c r="E637" s="8"/>
+      <c r="F637" s="7"/>
+      <c r="G637" s="7"/>
+    </row>
+    <row r="638" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A638" s="7"/>
+      <c r="B638" s="8"/>
+      <c r="C638" s="8"/>
+      <c r="D638" s="8"/>
+      <c r="E638" s="8"/>
+      <c r="F638" s="7"/>
+      <c r="G638" s="7"/>
+    </row>
+    <row r="639" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A639" s="7"/>
+      <c r="B639" s="8"/>
+      <c r="C639" s="8"/>
+      <c r="D639" s="8"/>
+      <c r="E639" s="8"/>
+      <c r="F639" s="7"/>
+      <c r="G639" s="7"/>
+    </row>
+    <row r="640" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A640" s="7"/>
+      <c r="B640" s="8"/>
+      <c r="C640" s="8"/>
+      <c r="D640" s="8"/>
+      <c r="E640" s="8"/>
+      <c r="F640" s="7"/>
+      <c r="G640" s="7"/>
+    </row>
+    <row r="641" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A641" s="7"/>
+      <c r="B641" s="8"/>
+      <c r="C641" s="8"/>
+      <c r="D641" s="8"/>
+      <c r="E641" s="8"/>
+      <c r="F641" s="7"/>
+      <c r="G641" s="7"/>
+    </row>
+    <row r="642" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A642" s="7"/>
+      <c r="B642" s="8"/>
+      <c r="C642" s="8"/>
+      <c r="D642" s="8"/>
+      <c r="E642" s="8"/>
+      <c r="F642" s="7"/>
+      <c r="G642" s="7"/>
+    </row>
+    <row r="643" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A643" s="7"/>
+      <c r="B643" s="8"/>
+      <c r="C643" s="8"/>
+      <c r="D643" s="8"/>
+      <c r="E643" s="8"/>
+      <c r="F643" s="7"/>
+      <c r="G643" s="7"/>
+    </row>
+    <row r="644" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A644" s="7"/>
+      <c r="B644" s="8"/>
+      <c r="C644" s="8"/>
+      <c r="D644" s="8"/>
+      <c r="E644" s="8"/>
+      <c r="F644" s="7"/>
+      <c r="G644" s="7"/>
+    </row>
+    <row r="645" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A645" s="7"/>
+      <c r="B645" s="8"/>
+      <c r="C645" s="8"/>
+      <c r="D645" s="8"/>
+      <c r="E645" s="8"/>
+      <c r="F645" s="7"/>
+      <c r="G645" s="7"/>
+    </row>
+    <row r="646" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A646" s="7"/>
+      <c r="B646" s="8"/>
+      <c r="C646" s="8"/>
+      <c r="D646" s="8"/>
+      <c r="E646" s="8"/>
+      <c r="F646" s="7"/>
+      <c r="G646" s="7"/>
+    </row>
+    <row r="647" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A647" s="7"/>
+      <c r="B647" s="8"/>
+      <c r="C647" s="8"/>
+      <c r="D647" s="8"/>
+      <c r="E647" s="8"/>
+      <c r="F647" s="7"/>
+      <c r="G647" s="7"/>
+    </row>
+    <row r="648" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A648" s="7"/>
+      <c r="B648" s="8"/>
+      <c r="C648" s="8"/>
+      <c r="D648" s="8"/>
+      <c r="E648" s="8"/>
+      <c r="F648" s="7"/>
+      <c r="G648" s="7"/>
+    </row>
+    <row r="649" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A649" s="7"/>
+      <c r="B649" s="8"/>
+      <c r="C649" s="8"/>
+      <c r="D649" s="8"/>
+      <c r="E649" s="8"/>
+      <c r="F649" s="7"/>
+      <c r="G649" s="7"/>
+    </row>
+    <row r="650" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A650" s="7"/>
+      <c r="B650" s="8"/>
+      <c r="C650" s="8"/>
+      <c r="D650" s="8"/>
+      <c r="E650" s="8"/>
+      <c r="F650" s="7"/>
+      <c r="G650" s="7"/>
+    </row>
+    <row r="651" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A651" s="7"/>
+      <c r="B651" s="8"/>
+      <c r="C651" s="8"/>
+      <c r="D651" s="8"/>
+      <c r="E651" s="8"/>
+      <c r="F651" s="7"/>
+      <c r="G651" s="7"/>
+    </row>
+    <row r="652" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A652" s="7"/>
+      <c r="B652" s="8"/>
+      <c r="C652" s="8"/>
+      <c r="D652" s="8"/>
+      <c r="E652" s="8"/>
+      <c r="F652" s="7"/>
+      <c r="G652" s="7"/>
+    </row>
+    <row r="653" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A653" s="7"/>
+      <c r="B653" s="8"/>
+      <c r="C653" s="8"/>
+      <c r="D653" s="8"/>
+      <c r="E653" s="8"/>
+      <c r="F653" s="7"/>
+      <c r="G653" s="7"/>
+    </row>
+    <row r="654" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A654" s="7"/>
+      <c r="B654" s="8"/>
+      <c r="C654" s="8"/>
+      <c r="D654" s="8"/>
+      <c r="E654" s="8"/>
+      <c r="F654" s="7"/>
+      <c r="G654" s="7"/>
+    </row>
+    <row r="655" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A655" s="7"/>
+      <c r="B655" s="8"/>
+      <c r="C655" s="8"/>
+      <c r="D655" s="8"/>
+      <c r="E655" s="8"/>
+      <c r="F655" s="7"/>
+      <c r="G655" s="7"/>
+    </row>
+    <row r="656" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A656" s="7"/>
+      <c r="B656" s="8"/>
+      <c r="C656" s="8"/>
+      <c r="D656" s="8"/>
+      <c r="E656" s="8"/>
+      <c r="F656" s="7"/>
+      <c r="G656" s="7"/>
+    </row>
+    <row r="657" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A657" s="7"/>
+      <c r="B657" s="8"/>
+      <c r="C657" s="8"/>
+      <c r="D657" s="8"/>
+      <c r="E657" s="8"/>
+      <c r="F657" s="7"/>
+      <c r="G657" s="7"/>
+    </row>
+    <row r="658" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A658" s="7"/>
+      <c r="B658" s="8"/>
+      <c r="C658" s="8"/>
+      <c r="D658" s="8"/>
+      <c r="E658" s="8"/>
+      <c r="F658" s="7"/>
+      <c r="G658" s="7"/>
+    </row>
+    <row r="659" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A659" s="7"/>
+      <c r="B659" s="8"/>
+      <c r="C659" s="8"/>
+      <c r="D659" s="8"/>
+      <c r="E659" s="8"/>
+      <c r="F659" s="7"/>
+      <c r="G659" s="7"/>
+    </row>
+    <row r="660" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A660" s="7"/>
+      <c r="B660" s="8"/>
+      <c r="C660" s="8"/>
+      <c r="D660" s="8"/>
+      <c r="E660" s="8"/>
+      <c r="F660" s="7"/>
+      <c r="G660" s="7"/>
+    </row>
+    <row r="661" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A661" s="7"/>
+      <c r="B661" s="8"/>
+      <c r="C661" s="8"/>
+      <c r="D661" s="8"/>
+      <c r="E661" s="8"/>
+      <c r="F661" s="7"/>
+      <c r="G661" s="7"/>
+    </row>
+    <row r="662" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A662" s="7"/>
+      <c r="B662" s="8"/>
+      <c r="C662" s="8"/>
+      <c r="D662" s="8"/>
+      <c r="E662" s="8"/>
+      <c r="F662" s="7"/>
+      <c r="G662" s="7"/>
+    </row>
+    <row r="663" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A663" s="7"/>
+      <c r="B663" s="8"/>
+      <c r="C663" s="8"/>
+      <c r="D663" s="8"/>
+      <c r="E663" s="8"/>
+      <c r="F663" s="7"/>
+      <c r="G663" s="7"/>
+    </row>
+    <row r="664" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A664" s="7"/>
+      <c r="B664" s="8"/>
+      <c r="C664" s="8"/>
+      <c r="D664" s="8"/>
+      <c r="E664" s="8"/>
+      <c r="F664" s="7"/>
+      <c r="G664" s="7"/>
+    </row>
+    <row r="665" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A665" s="7"/>
+      <c r="B665" s="8"/>
+      <c r="C665" s="8"/>
+      <c r="D665" s="8"/>
+      <c r="E665" s="8"/>
+      <c r="F665" s="7"/>
+      <c r="G665" s="7"/>
+    </row>
+    <row r="666" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A666" s="7"/>
+      <c r="B666" s="8"/>
+      <c r="C666" s="8"/>
+      <c r="D666" s="8"/>
+      <c r="E666" s="8"/>
+      <c r="F666" s="7"/>
+      <c r="G666" s="7"/>
+    </row>
+    <row r="667" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A667" s="7"/>
+      <c r="B667" s="8"/>
+      <c r="C667" s="8"/>
+      <c r="D667" s="8"/>
+      <c r="E667" s="8"/>
+      <c r="F667" s="7"/>
+      <c r="G667" s="7"/>
+    </row>
+    <row r="668" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A668" s="7"/>
+      <c r="B668" s="8"/>
+      <c r="C668" s="8"/>
+      <c r="D668" s="8"/>
+      <c r="E668" s="8"/>
+      <c r="F668" s="7"/>
+      <c r="G668" s="7"/>
+    </row>
+    <row r="669" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A669" s="7"/>
+      <c r="B669" s="8"/>
+      <c r="C669" s="8"/>
+      <c r="D669" s="8"/>
+      <c r="E669" s="8"/>
+      <c r="F669" s="7"/>
+      <c r="G669" s="7"/>
+    </row>
+    <row r="670" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A670" s="7"/>
+      <c r="B670" s="8"/>
+      <c r="C670" s="8"/>
+      <c r="D670" s="8"/>
+      <c r="E670" s="8"/>
+      <c r="F670" s="7"/>
+      <c r="G670" s="7"/>
+    </row>
+    <row r="671" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A671" s="7"/>
+      <c r="B671" s="8"/>
+      <c r="C671" s="8"/>
+      <c r="D671" s="8"/>
+      <c r="E671" s="8"/>
+      <c r="F671" s="7"/>
+      <c r="G671" s="7"/>
+    </row>
+    <row r="672" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A672" s="7"/>
+      <c r="B672" s="8"/>
+      <c r="C672" s="8"/>
+      <c r="D672" s="8"/>
+      <c r="E672" s="8"/>
+      <c r="F672" s="7"/>
+      <c r="G672" s="7"/>
+    </row>
+    <row r="673" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A673" s="7"/>
+      <c r="B673" s="8"/>
+      <c r="C673" s="8"/>
+      <c r="D673" s="8"/>
+      <c r="E673" s="8"/>
+      <c r="F673" s="7"/>
+      <c r="G673" s="7"/>
+    </row>
+    <row r="674" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A674" s="7"/>
+      <c r="B674" s="8"/>
+      <c r="C674" s="8"/>
+      <c r="D674" s="8"/>
+      <c r="E674" s="8"/>
+      <c r="F674" s="7"/>
+      <c r="G674" s="7"/>
+    </row>
+    <row r="675" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A675" s="7"/>
+      <c r="B675" s="8"/>
+      <c r="C675" s="8"/>
+      <c r="D675" s="8"/>
+      <c r="E675" s="8"/>
+      <c r="F675" s="7"/>
+      <c r="G675" s="7"/>
+    </row>
+    <row r="676" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A676" s="7"/>
+      <c r="B676" s="8"/>
+      <c r="C676" s="8"/>
+      <c r="D676" s="8"/>
+      <c r="E676" s="8"/>
+      <c r="F676" s="7"/>
+      <c r="G676" s="7"/>
+    </row>
+    <row r="677" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A677" s="7"/>
+      <c r="B677" s="8"/>
+      <c r="C677" s="8"/>
+      <c r="D677" s="8"/>
+      <c r="E677" s="8"/>
+      <c r="F677" s="7"/>
+      <c r="G677" s="7"/>
+    </row>
+    <row r="678" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A678" s="7"/>
+      <c r="B678" s="8"/>
+      <c r="C678" s="8"/>
+      <c r="D678" s="8"/>
+      <c r="E678" s="8"/>
+      <c r="F678" s="7"/>
+      <c r="G678" s="7"/>
+    </row>
+    <row r="679" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A679" s="7"/>
+      <c r="B679" s="8"/>
+      <c r="C679" s="8"/>
+      <c r="D679" s="8"/>
+      <c r="E679" s="8"/>
+      <c r="F679" s="7"/>
+      <c r="G679" s="7"/>
+    </row>
+    <row r="680" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A680" s="7"/>
+      <c r="B680" s="8"/>
+      <c r="C680" s="8"/>
+      <c r="D680" s="8"/>
+      <c r="E680" s="8"/>
+      <c r="F680" s="7"/>
+      <c r="G680" s="7"/>
+    </row>
+    <row r="681" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A681" s="7"/>
+      <c r="B681" s="8"/>
+      <c r="C681" s="8"/>
+      <c r="D681" s="8"/>
+      <c r="E681" s="8"/>
+      <c r="F681" s="7"/>
+      <c r="G681" s="7"/>
+    </row>
+    <row r="682" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A682" s="7"/>
+      <c r="B682" s="8"/>
+      <c r="C682" s="8"/>
+      <c r="D682" s="8"/>
+      <c r="E682" s="8"/>
+      <c r="F682" s="7"/>
+      <c r="G682" s="7"/>
+    </row>
+    <row r="683" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A683" s="7"/>
+      <c r="B683" s="8"/>
+      <c r="C683" s="8"/>
+      <c r="D683" s="8"/>
+      <c r="E683" s="8"/>
+      <c r="F683" s="7"/>
+      <c r="G683" s="7"/>
+    </row>
+    <row r="684" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A684" s="7"/>
+      <c r="B684" s="8"/>
+      <c r="C684" s="8"/>
+      <c r="D684" s="8"/>
+      <c r="E684" s="8"/>
+      <c r="F684" s="7"/>
+      <c r="G684" s="7"/>
+    </row>
+    <row r="685" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A685" s="7"/>
+      <c r="B685" s="8"/>
+      <c r="C685" s="8"/>
+      <c r="D685" s="8"/>
+      <c r="E685" s="8"/>
+      <c r="F685" s="7"/>
+      <c r="G685" s="7"/>
+    </row>
+    <row r="686" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A686" s="7"/>
+      <c r="B686" s="8"/>
+      <c r="C686" s="8"/>
+      <c r="D686" s="8"/>
+      <c r="E686" s="8"/>
+      <c r="F686" s="7"/>
+      <c r="G686" s="7"/>
+    </row>
+    <row r="687" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A687" s="7"/>
+      <c r="B687" s="8"/>
+      <c r="C687" s="8"/>
+      <c r="D687" s="8"/>
+      <c r="E687" s="8"/>
+      <c r="F687" s="7"/>
+      <c r="G687" s="7"/>
+    </row>
+    <row r="688" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A688" s="7"/>
+      <c r="B688" s="8"/>
+      <c r="C688" s="8"/>
+      <c r="D688" s="8"/>
+      <c r="E688" s="8"/>
+      <c r="F688" s="7"/>
+      <c r="G688" s="7"/>
+    </row>
+    <row r="689" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A689" s="7"/>
+      <c r="B689" s="8"/>
+      <c r="C689" s="8"/>
+      <c r="D689" s="8"/>
+      <c r="E689" s="8"/>
+      <c r="F689" s="7"/>
+      <c r="G689" s="7"/>
+    </row>
+    <row r="690" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A690" s="7"/>
+      <c r="B690" s="8"/>
+      <c r="C690" s="8"/>
+      <c r="D690" s="8"/>
+      <c r="E690" s="8"/>
+      <c r="F690" s="7"/>
+      <c r="G690" s="7"/>
+    </row>
+    <row r="691" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A691" s="7"/>
+      <c r="B691" s="8"/>
+      <c r="C691" s="8"/>
+      <c r="D691" s="8"/>
+      <c r="E691" s="8"/>
+      <c r="F691" s="7"/>
+      <c r="G691" s="7"/>
+    </row>
+    <row r="692" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A692" s="7"/>
+      <c r="B692" s="8"/>
+      <c r="C692" s="8"/>
+      <c r="D692" s="8"/>
+      <c r="E692" s="8"/>
+      <c r="F692" s="7"/>
+      <c r="G692" s="7"/>
+    </row>
+    <row r="693" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A693" s="7"/>
+      <c r="B693" s="8"/>
+      <c r="C693" s="8"/>
+      <c r="D693" s="8"/>
+      <c r="E693" s="8"/>
+      <c r="F693" s="7"/>
+      <c r="G693" s="7"/>
+    </row>
+    <row r="694" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A694" s="7"/>
+      <c r="B694" s="8"/>
+      <c r="C694" s="8"/>
+      <c r="D694" s="8"/>
+      <c r="E694" s="8"/>
+      <c r="F694" s="7"/>
+      <c r="G694" s="7"/>
+    </row>
+    <row r="695" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A695" s="7"/>
+      <c r="B695" s="8"/>
+      <c r="C695" s="8"/>
+      <c r="D695" s="8"/>
+      <c r="E695" s="8"/>
+      <c r="F695" s="7"/>
+      <c r="G695" s="7"/>
+    </row>
+    <row r="696" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A696" s="7"/>
+      <c r="B696" s="8"/>
+      <c r="C696" s="8"/>
+      <c r="D696" s="8"/>
+      <c r="E696" s="8"/>
+      <c r="F696" s="7"/>
+      <c r="G696" s="7"/>
+    </row>
+    <row r="697" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A697" s="7"/>
+      <c r="B697" s="8"/>
+      <c r="C697" s="8"/>
+      <c r="D697" s="8"/>
+      <c r="E697" s="8"/>
+      <c r="F697" s="7"/>
+      <c r="G697" s="7"/>
+    </row>
+    <row r="698" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A698" s="7"/>
+      <c r="B698" s="8"/>
+      <c r="C698" s="8"/>
+      <c r="D698" s="8"/>
+      <c r="E698" s="8"/>
+      <c r="F698" s="7"/>
+      <c r="G698" s="7"/>
+    </row>
+    <row r="699" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A699" s="7"/>
+      <c r="B699" s="8"/>
+      <c r="C699" s="8"/>
+      <c r="D699" s="8"/>
+      <c r="E699" s="8"/>
+      <c r="F699" s="7"/>
+      <c r="G699" s="7"/>
+    </row>
+    <row r="700" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A700" s="7"/>
+      <c r="B700" s="8"/>
+      <c r="C700" s="8"/>
+      <c r="D700" s="8"/>
+      <c r="E700" s="8"/>
+      <c r="F700" s="7"/>
+      <c r="G700" s="7"/>
+    </row>
+    <row r="701" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A701" s="7"/>
+      <c r="B701" s="8"/>
+      <c r="C701" s="8"/>
+      <c r="D701" s="8"/>
+      <c r="E701" s="8"/>
+      <c r="F701" s="7"/>
+      <c r="G701" s="7"/>
+    </row>
+    <row r="702" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A702" s="7"/>
+      <c r="B702" s="8"/>
+      <c r="C702" s="8"/>
+      <c r="D702" s="8"/>
+      <c r="E702" s="8"/>
+      <c r="F702" s="7"/>
+      <c r="G702" s="7"/>
+    </row>
+    <row r="703" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A703" s="7"/>
+      <c r="B703" s="8"/>
+      <c r="C703" s="8"/>
+      <c r="D703" s="8"/>
+      <c r="E703" s="8"/>
+      <c r="F703" s="7"/>
+      <c r="G703" s="7"/>
+    </row>
+    <row r="704" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A704" s="7"/>
+      <c r="B704" s="8"/>
+      <c r="C704" s="8"/>
+      <c r="D704" s="8"/>
+      <c r="E704" s="8"/>
+      <c r="F704" s="7"/>
+      <c r="G704" s="7"/>
+    </row>
+    <row r="705" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A705" s="7"/>
+      <c r="B705" s="8"/>
+      <c r="C705" s="8"/>
+      <c r="D705" s="8"/>
+      <c r="E705" s="8"/>
+      <c r="F705" s="7"/>
+      <c r="G705" s="7"/>
+    </row>
+    <row r="706" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A706" s="7"/>
+      <c r="B706" s="8"/>
+      <c r="C706" s="8"/>
+      <c r="D706" s="8"/>
+      <c r="E706" s="8"/>
+      <c r="F706" s="7"/>
+      <c r="G706" s="7"/>
+    </row>
+    <row r="707" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A707" s="7"/>
+      <c r="B707" s="8"/>
+      <c r="C707" s="8"/>
+      <c r="D707" s="8"/>
+      <c r="E707" s="8"/>
+      <c r="F707" s="7"/>
+      <c r="G707" s="7"/>
+    </row>
+    <row r="708" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A708" s="7"/>
+      <c r="B708" s="8"/>
+      <c r="C708" s="8"/>
+      <c r="D708" s="8"/>
+      <c r="E708" s="8"/>
+      <c r="F708" s="7"/>
+      <c r="G708" s="7"/>
+    </row>
+    <row r="709" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A709" s="7"/>
+      <c r="B709" s="8"/>
+      <c r="C709" s="8"/>
+      <c r="D709" s="8"/>
+      <c r="E709" s="8"/>
+      <c r="F709" s="7"/>
+      <c r="G709" s="7"/>
+    </row>
+    <row r="710" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A710" s="7"/>
+      <c r="B710" s="8"/>
+      <c r="C710" s="8"/>
+      <c r="D710" s="8"/>
+      <c r="E710" s="8"/>
+      <c r="F710" s="7"/>
+      <c r="G710" s="7"/>
+    </row>
+    <row r="711" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A711" s="7"/>
+      <c r="B711" s="8"/>
+      <c r="C711" s="8"/>
+      <c r="D711" s="8"/>
+      <c r="E711" s="8"/>
+      <c r="F711" s="7"/>
+      <c r="G711" s="7"/>
+    </row>
+    <row r="712" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A712" s="7"/>
+      <c r="B712" s="8"/>
+      <c r="C712" s="8"/>
+      <c r="D712" s="8"/>
+      <c r="E712" s="8"/>
+      <c r="F712" s="7"/>
+      <c r="G712" s="7"/>
+    </row>
+    <row r="713" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A713" s="7"/>
+      <c r="B713" s="8"/>
+      <c r="C713" s="8"/>
+      <c r="D713" s="8"/>
+      <c r="E713" s="8"/>
+      <c r="F713" s="7"/>
+      <c r="G713" s="7"/>
+    </row>
+    <row r="714" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A714" s="7"/>
+      <c r="B714" s="8"/>
+      <c r="C714" s="8"/>
+      <c r="D714" s="8"/>
+      <c r="E714" s="8"/>
+      <c r="F714" s="7"/>
+      <c r="G714" s="7"/>
+    </row>
+    <row r="715" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A715" s="7"/>
+      <c r="B715" s="8"/>
+      <c r="C715" s="8"/>
+      <c r="D715" s="8"/>
+      <c r="E715" s="8"/>
+      <c r="F715" s="7"/>
+      <c r="G715" s="7"/>
+    </row>
+    <row r="716" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A716" s="7"/>
+      <c r="B716" s="8"/>
+      <c r="C716" s="8"/>
+      <c r="D716" s="8"/>
+      <c r="E716" s="8"/>
+      <c r="F716" s="7"/>
+      <c r="G716" s="7"/>
+    </row>
+    <row r="717" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A717" s="7"/>
+      <c r="B717" s="8"/>
+      <c r="C717" s="8"/>
+      <c r="D717" s="8"/>
+      <c r="E717" s="8"/>
+      <c r="F717" s="7"/>
+      <c r="G717" s="7"/>
+    </row>
+    <row r="718" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A718" s="7"/>
+      <c r="B718" s="8"/>
+      <c r="C718" s="8"/>
+      <c r="D718" s="8"/>
+      <c r="E718" s="8"/>
+      <c r="F718" s="7"/>
+      <c r="G718" s="7"/>
+    </row>
+    <row r="719" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A719" s="7"/>
+      <c r="B719" s="8"/>
+      <c r="C719" s="8"/>
+      <c r="D719" s="8"/>
+      <c r="E719" s="8"/>
+      <c r="F719" s="7"/>
+      <c r="G719" s="7"/>
+    </row>
+    <row r="720" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A720" s="7"/>
+      <c r="B720" s="8"/>
+      <c r="C720" s="8"/>
+      <c r="D720" s="8"/>
+      <c r="E720" s="8"/>
+      <c r="F720" s="7"/>
+      <c r="G720" s="7"/>
+    </row>
+    <row r="721" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A721" s="7"/>
+      <c r="B721" s="8"/>
+      <c r="C721" s="8"/>
+      <c r="D721" s="8"/>
+      <c r="E721" s="8"/>
+      <c r="F721" s="7"/>
+      <c r="G721" s="7"/>
+    </row>
+    <row r="722" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A722" s="7"/>
+      <c r="B722" s="8"/>
+      <c r="C722" s="8"/>
+      <c r="D722" s="8"/>
+      <c r="E722" s="8"/>
+      <c r="F722" s="7"/>
+      <c r="G722" s="7"/>
+    </row>
+    <row r="723" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A723" s="7"/>
+      <c r="B723" s="8"/>
+      <c r="C723" s="8"/>
+      <c r="D723" s="8"/>
+      <c r="E723" s="8"/>
+      <c r="F723" s="7"/>
+      <c r="G723" s="7"/>
+    </row>
+    <row r="724" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A724" s="7"/>
+      <c r="B724" s="8"/>
+      <c r="C724" s="8"/>
+      <c r="D724" s="8"/>
+      <c r="E724" s="8"/>
+      <c r="F724" s="7"/>
+      <c r="G724" s="7"/>
+    </row>
+    <row r="725" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A725" s="7"/>
+      <c r="B725" s="8"/>
+      <c r="C725" s="8"/>
+      <c r="D725" s="8"/>
+      <c r="E725" s="8"/>
+      <c r="F725" s="7"/>
+      <c r="G725" s="7"/>
+    </row>
+    <row r="726" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A726" s="7"/>
+      <c r="B726" s="8"/>
+      <c r="C726" s="8"/>
+      <c r="D726" s="8"/>
+      <c r="E726" s="8"/>
+      <c r="F726" s="7"/>
+      <c r="G726" s="7"/>
+    </row>
+    <row r="727" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A727" s="7"/>
+      <c r="B727" s="8"/>
+      <c r="C727" s="8"/>
+      <c r="D727" s="8"/>
+      <c r="E727" s="8"/>
+      <c r="F727" s="7"/>
+      <c r="G727" s="7"/>
+    </row>
+    <row r="728" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A728" s="7"/>
+      <c r="B728" s="8"/>
+      <c r="C728" s="8"/>
+      <c r="D728" s="8"/>
+      <c r="E728" s="8"/>
+      <c r="F728" s="7"/>
+      <c r="G728" s="7"/>
+    </row>
+    <row r="729" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A729" s="7"/>
+      <c r="B729" s="8"/>
+      <c r="C729" s="8"/>
+      <c r="D729" s="8"/>
+      <c r="E729" s="8"/>
+      <c r="F729" s="7"/>
+      <c r="G729" s="7"/>
+    </row>
+    <row r="730" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A730" s="7"/>
+      <c r="B730" s="8"/>
+      <c r="C730" s="8"/>
+      <c r="D730" s="8"/>
+      <c r="E730" s="8"/>
+      <c r="F730" s="7"/>
+      <c r="G730" s="7"/>
+    </row>
+    <row r="731" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A731" s="7"/>
+      <c r="B731" s="8"/>
+      <c r="C731" s="8"/>
+      <c r="D731" s="8"/>
+      <c r="E731" s="8"/>
+      <c r="F731" s="7"/>
+      <c r="G731" s="7"/>
+    </row>
+    <row r="732" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A732" s="7"/>
+      <c r="B732" s="8"/>
+      <c r="C732" s="8"/>
+      <c r="D732" s="8"/>
+      <c r="E732" s="8"/>
+      <c r="F732" s="7"/>
+      <c r="G732" s="7"/>
+    </row>
+    <row r="733" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A733" s="7"/>
+      <c r="B733" s="8"/>
+      <c r="C733" s="8"/>
+      <c r="D733" s="8"/>
+      <c r="E733" s="8"/>
+      <c r="F733" s="7"/>
+      <c r="G733" s="7"/>
+    </row>
+    <row r="734" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A734" s="7"/>
+      <c r="B734" s="8"/>
+      <c r="C734" s="8"/>
+      <c r="D734" s="8"/>
+      <c r="E734" s="8"/>
+      <c r="F734" s="7"/>
+      <c r="G734" s="7"/>
+    </row>
+    <row r="735" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A735" s="7"/>
+      <c r="B735" s="8"/>
+      <c r="C735" s="8"/>
+      <c r="D735" s="8"/>
+      <c r="E735" s="8"/>
+      <c r="F735" s="7"/>
+      <c r="G735" s="7"/>
+    </row>
+    <row r="736" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A736" s="7"/>
+      <c r="B736" s="8"/>
+      <c r="C736" s="8"/>
+      <c r="D736" s="8"/>
+      <c r="E736" s="8"/>
+      <c r="F736" s="7"/>
+      <c r="G736" s="7"/>
+    </row>
+    <row r="737" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A737" s="7"/>
+      <c r="B737" s="8"/>
+      <c r="C737" s="8"/>
+      <c r="D737" s="8"/>
+      <c r="E737" s="8"/>
+      <c r="F737" s="7"/>
+      <c r="G737" s="7"/>
+    </row>
+    <row r="738" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A738" s="7"/>
+      <c r="B738" s="8"/>
+      <c r="C738" s="8"/>
+      <c r="D738" s="8"/>
+      <c r="E738" s="8"/>
+      <c r="F738" s="7"/>
+      <c r="G738" s="7"/>
+    </row>
+    <row r="739" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A739" s="7"/>
+      <c r="B739" s="8"/>
+      <c r="C739" s="8"/>
+      <c r="D739" s="8"/>
+      <c r="E739" s="8"/>
+      <c r="F739" s="7"/>
+      <c r="G739" s="7"/>
+    </row>
+    <row r="740" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A740" s="7"/>
+      <c r="B740" s="8"/>
+      <c r="C740" s="8"/>
+      <c r="D740" s="8"/>
+      <c r="E740" s="8"/>
+      <c r="F740" s="7"/>
+      <c r="G740" s="7"/>
+    </row>
+    <row r="741" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A741" s="7"/>
+      <c r="B741" s="8"/>
+      <c r="C741" s="8"/>
+      <c r="D741" s="8"/>
+      <c r="E741" s="8"/>
+      <c r="F741" s="7"/>
+      <c r="G741" s="7"/>
+    </row>
+    <row r="742" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A742" s="7"/>
+      <c r="B742" s="8"/>
+      <c r="C742" s="8"/>
+      <c r="D742" s="8"/>
+      <c r="E742" s="8"/>
+      <c r="F742" s="7"/>
+      <c r="G742" s="7"/>
+    </row>
+    <row r="743" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A743" s="7"/>
+      <c r="B743" s="8"/>
+      <c r="C743" s="8"/>
+      <c r="D743" s="8"/>
+      <c r="E743" s="8"/>
+      <c r="F743" s="7"/>
+      <c r="G743" s="7"/>
+    </row>
+    <row r="744" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A744" s="7"/>
+      <c r="B744" s="8"/>
+      <c r="C744" s="8"/>
+      <c r="D744" s="8"/>
+      <c r="E744" s="8"/>
+      <c r="F744" s="7"/>
+      <c r="G744" s="7"/>
+    </row>
+    <row r="745" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A745" s="7"/>
+      <c r="B745" s="8"/>
+      <c r="C745" s="8"/>
+      <c r="D745" s="8"/>
+      <c r="E745" s="8"/>
+      <c r="F745" s="7"/>
+      <c r="G745" s="7"/>
+    </row>
+    <row r="746" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A746" s="7"/>
+      <c r="B746" s="8"/>
+      <c r="C746" s="8"/>
+      <c r="D746" s="8"/>
+      <c r="E746" s="8"/>
+      <c r="F746" s="7"/>
+      <c r="G746" s="7"/>
+    </row>
+    <row r="747" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A747" s="7"/>
+      <c r="B747" s="8"/>
+      <c r="C747" s="8"/>
+      <c r="D747" s="8"/>
+      <c r="E747" s="8"/>
+      <c r="F747" s="7"/>
+      <c r="G747" s="7"/>
+    </row>
+    <row r="748" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A748" s="7"/>
+      <c r="B748" s="8"/>
+      <c r="C748" s="8"/>
+      <c r="D748" s="8"/>
+      <c r="E748" s="8"/>
+      <c r="F748" s="7"/>
+      <c r="G748" s="7"/>
+    </row>
+    <row r="749" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A749" s="7"/>
+      <c r="B749" s="8"/>
+      <c r="C749" s="8"/>
+      <c r="D749" s="8"/>
+      <c r="E749" s="8"/>
+      <c r="F749" s="7"/>
+      <c r="G749" s="7"/>
+    </row>
+    <row r="750" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A750" s="7"/>
+      <c r="B750" s="8"/>
+      <c r="C750" s="8"/>
+      <c r="D750" s="8"/>
+      <c r="E750" s="8"/>
+      <c r="F750" s="7"/>
+      <c r="G750" s="7"/>
+    </row>
+    <row r="751" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A751" s="7"/>
+      <c r="B751" s="8"/>
+      <c r="C751" s="8"/>
+      <c r="D751" s="8"/>
+      <c r="E751" s="8"/>
+      <c r="F751" s="7"/>
+      <c r="G751" s="7"/>
+    </row>
+    <row r="752" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A752" s="7"/>
+      <c r="B752" s="8"/>
+      <c r="C752" s="8"/>
+      <c r="D752" s="8"/>
+      <c r="E752" s="8"/>
+      <c r="F752" s="7"/>
+      <c r="G752" s="7"/>
+    </row>
+    <row r="753" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A753" s="7"/>
+      <c r="B753" s="8"/>
+      <c r="C753" s="8"/>
+      <c r="D753" s="8"/>
+      <c r="E753" s="8"/>
+      <c r="F753" s="7"/>
+      <c r="G753" s="7"/>
+    </row>
+    <row r="754" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A754" s="7"/>
+      <c r="B754" s="8"/>
+      <c r="C754" s="8"/>
+      <c r="D754" s="8"/>
+      <c r="E754" s="8"/>
+      <c r="F754" s="7"/>
+      <c r="G754" s="7"/>
+    </row>
+    <row r="755" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A755" s="7"/>
+      <c r="B755" s="8"/>
+      <c r="C755" s="8"/>
+      <c r="D755" s="8"/>
+      <c r="E755" s="8"/>
+      <c r="F755" s="7"/>
+      <c r="G755" s="7"/>
+    </row>
+    <row r="756" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A756" s="7"/>
+      <c r="B756" s="8"/>
+      <c r="C756" s="8"/>
+      <c r="D756" s="8"/>
+      <c r="E756" s="8"/>
+      <c r="F756" s="7"/>
+      <c r="G756" s="7"/>
+    </row>
+    <row r="757" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A757" s="7"/>
+      <c r="B757" s="8"/>
+      <c r="C757" s="8"/>
+      <c r="D757" s="8"/>
+      <c r="E757" s="8"/>
+      <c r="F757" s="7"/>
+      <c r="G757" s="7"/>
+    </row>
+    <row r="758" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A758" s="7"/>
+      <c r="B758" s="8"/>
+      <c r="C758" s="8"/>
+      <c r="D758" s="8"/>
+      <c r="E758" s="8"/>
+      <c r="F758" s="7"/>
+      <c r="G758" s="7"/>
+    </row>
+    <row r="759" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A759" s="7"/>
+      <c r="B759" s="8"/>
+      <c r="C759" s="8"/>
+      <c r="D759" s="8"/>
+      <c r="E759" s="8"/>
+      <c r="F759" s="7"/>
+      <c r="G759" s="7"/>
+    </row>
+    <row r="760" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A760" s="7"/>
+      <c r="B760" s="8"/>
+      <c r="C760" s="8"/>
+      <c r="D760" s="8"/>
+      <c r="E760" s="8"/>
+      <c r="F760" s="7"/>
+      <c r="G760" s="7"/>
+    </row>
+    <row r="761" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A761" s="7"/>
+      <c r="B761" s="8"/>
+      <c r="C761" s="8"/>
+      <c r="D761" s="8"/>
+      <c r="E761" s="8"/>
+      <c r="F761" s="7"/>
+      <c r="G761" s="7"/>
+    </row>
+    <row r="762" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A762" s="7"/>
+      <c r="B762" s="8"/>
+      <c r="C762" s="8"/>
+      <c r="D762" s="8"/>
+      <c r="E762" s="8"/>
+      <c r="F762" s="7"/>
+      <c r="G762" s="7"/>
+    </row>
+    <row r="763" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A763" s="7"/>
+      <c r="B763" s="8"/>
+      <c r="C763" s="8"/>
+      <c r="D763" s="8"/>
+      <c r="E763" s="8"/>
+      <c r="F763" s="7"/>
+      <c r="G763" s="7"/>
+    </row>
+    <row r="764" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A764" s="7"/>
+      <c r="B764" s="8"/>
+      <c r="C764" s="8"/>
+      <c r="D764" s="8"/>
+      <c r="E764" s="8"/>
+      <c r="F764" s="7"/>
+      <c r="G764" s="7"/>
+    </row>
+    <row r="765" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A765" s="7"/>
+      <c r="B765" s="8"/>
+      <c r="C765" s="8"/>
+      <c r="D765" s="8"/>
+      <c r="E765" s="8"/>
+      <c r="F765" s="7"/>
+      <c r="G765" s="7"/>
+    </row>
+    <row r="766" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A766" s="7"/>
+      <c r="B766" s="8"/>
+      <c r="C766" s="8"/>
+      <c r="D766" s="8"/>
+      <c r="E766" s="8"/>
+      <c r="F766" s="7"/>
+      <c r="G766" s="7"/>
+    </row>
+    <row r="767" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A767" s="7"/>
+      <c r="B767" s="8"/>
+      <c r="C767" s="8"/>
+      <c r="D767" s="8"/>
+      <c r="E767" s="8"/>
+      <c r="F767" s="7"/>
+      <c r="G767" s="7"/>
+    </row>
+    <row r="768" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A768" s="7"/>
+      <c r="B768" s="8"/>
+      <c r="C768" s="8"/>
+      <c r="D768" s="8"/>
+      <c r="E768" s="8"/>
+      <c r="F768" s="7"/>
+      <c r="G768" s="7"/>
+    </row>
+    <row r="769" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A769" s="7"/>
+      <c r="B769" s="8"/>
+      <c r="C769" s="8"/>
+      <c r="D769" s="8"/>
+      <c r="E769" s="8"/>
+      <c r="F769" s="7"/>
+      <c r="G769" s="7"/>
+    </row>
+    <row r="770" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A770" s="7"/>
+      <c r="B770" s="8"/>
+      <c r="C770" s="8"/>
+      <c r="D770" s="8"/>
+      <c r="E770" s="8"/>
+      <c r="F770" s="7"/>
+      <c r="G770" s="7"/>
+    </row>
+    <row r="771" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A771" s="7"/>
+      <c r="B771" s="8"/>
+      <c r="C771" s="8"/>
+      <c r="D771" s="8"/>
+      <c r="E771" s="8"/>
+      <c r="F771" s="7"/>
+      <c r="G771" s="7"/>
+    </row>
+    <row r="772" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A772" s="7"/>
+      <c r="B772" s="8"/>
+      <c r="C772" s="8"/>
+      <c r="D772" s="8"/>
+      <c r="E772" s="8"/>
+      <c r="F772" s="7"/>
+      <c r="G772" s="7"/>
+    </row>
+    <row r="773" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A773" s="7"/>
+      <c r="B773" s="8"/>
+      <c r="C773" s="8"/>
+      <c r="D773" s="8"/>
+      <c r="E773" s="8"/>
+      <c r="F773" s="7"/>
+      <c r="G773" s="7"/>
+    </row>
+    <row r="774" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A774" s="7"/>
+      <c r="B774" s="8"/>
+      <c r="C774" s="8"/>
+      <c r="D774" s="8"/>
+      <c r="E774" s="8"/>
+      <c r="F774" s="7"/>
+      <c r="G774" s="7"/>
+    </row>
+    <row r="775" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A775" s="7"/>
+      <c r="B775" s="8"/>
+      <c r="C775" s="8"/>
+      <c r="D775" s="8"/>
+      <c r="E775" s="8"/>
+      <c r="F775" s="7"/>
+      <c r="G775" s="7"/>
+    </row>
+    <row r="776" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A776" s="7"/>
+      <c r="B776" s="8"/>
+      <c r="C776" s="8"/>
+      <c r="D776" s="8"/>
+      <c r="E776" s="8"/>
+      <c r="F776" s="7"/>
+      <c r="G776" s="7"/>
+    </row>
+    <row r="777" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A777" s="7"/>
+      <c r="B777" s="8"/>
+      <c r="C777" s="8"/>
+      <c r="D777" s="8"/>
+      <c r="E777" s="8"/>
+      <c r="F777" s="7"/>
+      <c r="G777" s="7"/>
+    </row>
+    <row r="778" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A778" s="7"/>
+      <c r="B778" s="8"/>
+      <c r="C778" s="8"/>
+      <c r="D778" s="8"/>
+      <c r="E778" s="8"/>
+      <c r="F778" s="7"/>
+      <c r="G778" s="7"/>
+    </row>
+    <row r="779" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A779" s="7"/>
+      <c r="B779" s="8"/>
+      <c r="C779" s="8"/>
+      <c r="D779" s="8"/>
+      <c r="E779" s="8"/>
+      <c r="F779" s="7"/>
+      <c r="G779" s="7"/>
+    </row>
+    <row r="780" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A780" s="7"/>
+      <c r="B780" s="8"/>
+      <c r="C780" s="8"/>
+      <c r="D780" s="8"/>
+      <c r="E780" s="8"/>
+      <c r="F780" s="7"/>
+      <c r="G780" s="7"/>
+    </row>
+    <row r="781" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A781" s="7"/>
+      <c r="B781" s="8"/>
+      <c r="C781" s="8"/>
+      <c r="D781" s="8"/>
+      <c r="E781" s="8"/>
+      <c r="F781" s="7"/>
+      <c r="G781" s="7"/>
+    </row>
+    <row r="782" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A782" s="7"/>
+      <c r="B782" s="8"/>
+      <c r="C782" s="8"/>
+      <c r="D782" s="8"/>
+      <c r="E782" s="8"/>
+      <c r="F782" s="7"/>
+      <c r="G782" s="7"/>
+    </row>
+    <row r="783" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A783" s="7"/>
+      <c r="B783" s="8"/>
+      <c r="C783" s="8"/>
+      <c r="D783" s="8"/>
+      <c r="E783" s="8"/>
+      <c r="F783" s="7"/>
+      <c r="G783" s="7"/>
+    </row>
+    <row r="784" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A784" s="7"/>
+      <c r="B784" s="8"/>
+      <c r="C784" s="8"/>
+      <c r="D784" s="8"/>
+      <c r="E784" s="8"/>
+      <c r="F784" s="7"/>
+      <c r="G784" s="7"/>
+    </row>
+    <row r="785" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A785" s="7"/>
+      <c r="B785" s="8"/>
+      <c r="C785" s="8"/>
+      <c r="D785" s="8"/>
+      <c r="E785" s="8"/>
+      <c r="F785" s="7"/>
+      <c r="G785" s="7"/>
+    </row>
+    <row r="786" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A786" s="7"/>
+      <c r="B786" s="8"/>
+      <c r="C786" s="8"/>
+      <c r="D786" s="8"/>
+      <c r="E786" s="8"/>
+      <c r="F786" s="7"/>
+      <c r="G786" s="7"/>
+    </row>
+    <row r="787" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A787" s="7"/>
+      <c r="B787" s="8"/>
+      <c r="C787" s="8"/>
+      <c r="D787" s="8"/>
+      <c r="E787" s="8"/>
+      <c r="F787" s="7"/>
+      <c r="G787" s="7"/>
+    </row>
+    <row r="788" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A788" s="7"/>
+      <c r="B788" s="8"/>
+      <c r="C788" s="8"/>
+      <c r="D788" s="8"/>
+      <c r="E788" s="8"/>
+      <c r="F788" s="7"/>
+      <c r="G788" s="7"/>
+    </row>
+    <row r="789" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A789" s="7"/>
+      <c r="B789" s="8"/>
+      <c r="C789" s="8"/>
+      <c r="D789" s="8"/>
+      <c r="E789" s="8"/>
+      <c r="F789" s="7"/>
+      <c r="G789" s="7"/>
+    </row>
+    <row r="790" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A790" s="7"/>
+      <c r="B790" s="8"/>
+      <c r="C790" s="8"/>
+      <c r="D790" s="8"/>
+      <c r="E790" s="8"/>
+      <c r="F790" s="7"/>
+      <c r="G790" s="7"/>
+    </row>
+    <row r="791" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A791" s="7"/>
+      <c r="B791" s="8"/>
+      <c r="C791" s="8"/>
+      <c r="D791" s="8"/>
+      <c r="E791" s="8"/>
+      <c r="F791" s="7"/>
+      <c r="G791" s="7"/>
+    </row>
+    <row r="792" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A792" s="7"/>
+      <c r="B792" s="8"/>
+      <c r="C792" s="8"/>
+      <c r="D792" s="8"/>
+      <c r="E792" s="8"/>
+      <c r="F792" s="7"/>
+      <c r="G792" s="7"/>
+    </row>
+    <row r="793" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A793" s="7"/>
+      <c r="B793" s="8"/>
+      <c r="C793" s="8"/>
+      <c r="D793" s="8"/>
+      <c r="E793" s="8"/>
+      <c r="F793" s="7"/>
+      <c r="G793" s="7"/>
+    </row>
+    <row r="794" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A794" s="7"/>
+      <c r="B794" s="8"/>
+      <c r="C794" s="8"/>
+      <c r="D794" s="8"/>
+      <c r="E794" s="8"/>
+      <c r="F794" s="7"/>
+      <c r="G794" s="7"/>
+    </row>
+    <row r="795" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A795" s="7"/>
+      <c r="B795" s="8"/>
+      <c r="C795" s="8"/>
+      <c r="D795" s="8"/>
+      <c r="E795" s="8"/>
+      <c r="F795" s="7"/>
+      <c r="G795" s="7"/>
+    </row>
+    <row r="796" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A796" s="7"/>
+      <c r="B796" s="8"/>
+      <c r="C796" s="8"/>
+      <c r="D796" s="8"/>
+      <c r="E796" s="8"/>
+      <c r="F796" s="7"/>
+      <c r="G796" s="7"/>
+    </row>
+    <row r="797" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A797" s="7"/>
+      <c r="B797" s="8"/>
+      <c r="C797" s="8"/>
+      <c r="D797" s="8"/>
+      <c r="E797" s="8"/>
+      <c r="F797" s="7"/>
+      <c r="G797" s="7"/>
+    </row>
+    <row r="798" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A798" s="7"/>
+      <c r="B798" s="8"/>
+      <c r="C798" s="8"/>
+      <c r="D798" s="8"/>
+      <c r="E798" s="8"/>
+      <c r="F798" s="7"/>
+      <c r="G798" s="7"/>
+    </row>
+    <row r="799" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A799" s="7"/>
+      <c r="B799" s="8"/>
+      <c r="C799" s="8"/>
+      <c r="D799" s="8"/>
+      <c r="E799" s="8"/>
+      <c r="F799" s="7"/>
+      <c r="G799" s="7"/>
+    </row>
+    <row r="800" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A800" s="7"/>
+      <c r="B800" s="8"/>
+      <c r="C800" s="8"/>
+      <c r="D800" s="8"/>
+      <c r="E800" s="8"/>
+      <c r="F800" s="7"/>
+      <c r="G800" s="7"/>
+    </row>
+    <row r="801" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A801" s="7"/>
+      <c r="B801" s="8"/>
+      <c r="C801" s="8"/>
+      <c r="D801" s="8"/>
+      <c r="E801" s="8"/>
+      <c r="F801" s="7"/>
+      <c r="G801" s="7"/>
+    </row>
+    <row r="802" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A802" s="7"/>
+      <c r="B802" s="8"/>
+      <c r="C802" s="8"/>
+      <c r="D802" s="8"/>
+      <c r="E802" s="8"/>
+      <c r="F802" s="7"/>
+      <c r="G802" s="7"/>
+    </row>
+    <row r="803" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A803" s="7"/>
+      <c r="B803" s="8"/>
+      <c r="C803" s="8"/>
+      <c r="D803" s="8"/>
+      <c r="E803" s="8"/>
+      <c r="F803" s="7"/>
+      <c r="G803" s="7"/>
+    </row>
+    <row r="804" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A804" s="7"/>
+      <c r="B804" s="8"/>
+      <c r="C804" s="8"/>
+      <c r="D804" s="8"/>
+      <c r="E804" s="8"/>
+      <c r="F804" s="7"/>
+      <c r="G804" s="7"/>
+    </row>
+    <row r="805" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A805" s="7"/>
+      <c r="B805" s="8"/>
+      <c r="C805" s="8"/>
+      <c r="D805" s="8"/>
+      <c r="E805" s="8"/>
+      <c r="F805" s="7"/>
+      <c r="G805" s="7"/>
+    </row>
+    <row r="806" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A806" s="7"/>
+      <c r="B806" s="8"/>
+      <c r="C806" s="8"/>
+      <c r="D806" s="8"/>
+      <c r="E806" s="8"/>
+      <c r="F806" s="7"/>
+      <c r="G806" s="7"/>
+    </row>
+    <row r="807" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A807" s="7"/>
+      <c r="B807" s="8"/>
+      <c r="C807" s="8"/>
+      <c r="D807" s="8"/>
+      <c r="E807" s="8"/>
+      <c r="F807" s="7"/>
+      <c r="G807" s="7"/>
+    </row>
+    <row r="808" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A808" s="7"/>
+      <c r="B808" s="8"/>
+      <c r="C808" s="8"/>
+      <c r="D808" s="8"/>
+      <c r="E808" s="8"/>
+      <c r="F808" s="7"/>
+      <c r="G808" s="7"/>
+    </row>
+    <row r="809" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A809" s="7"/>
+      <c r="B809" s="8"/>
+      <c r="C809" s="8"/>
+      <c r="D809" s="8"/>
+      <c r="E809" s="8"/>
+      <c r="F809" s="7"/>
+      <c r="G809" s="7"/>
+    </row>
+    <row r="810" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A810" s="7"/>
+      <c r="B810" s="8"/>
+      <c r="C810" s="8"/>
+      <c r="D810" s="8"/>
+      <c r="E810" s="8"/>
+      <c r="F810" s="7"/>
+      <c r="G810" s="7"/>
+    </row>
+    <row r="811" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A811" s="7"/>
+      <c r="B811" s="8"/>
+      <c r="C811" s="8"/>
+      <c r="D811" s="8"/>
+      <c r="E811" s="8"/>
+      <c r="F811" s="7"/>
+      <c r="G811" s="7"/>
+    </row>
+    <row r="812" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A812" s="7"/>
+      <c r="B812" s="8"/>
+      <c r="C812" s="8"/>
+      <c r="D812" s="8"/>
+      <c r="E812" s="8"/>
+      <c r="F812" s="7"/>
+      <c r="G812" s="7"/>
+    </row>
+    <row r="813" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A813" s="7"/>
+      <c r="B813" s="8"/>
+      <c r="C813" s="8"/>
+      <c r="D813" s="8"/>
+      <c r="E813" s="8"/>
+      <c r="F813" s="7"/>
+      <c r="G813" s="7"/>
+    </row>
+    <row r="814" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A814" s="7"/>
+      <c r="B814" s="8"/>
+      <c r="C814" s="8"/>
+      <c r="D814" s="8"/>
+      <c r="E814" s="8"/>
+      <c r="F814" s="7"/>
+      <c r="G814" s="7"/>
+    </row>
+    <row r="815" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A815" s="7"/>
+      <c r="B815" s="8"/>
+      <c r="C815" s="8"/>
+      <c r="D815" s="8"/>
+      <c r="E815" s="8"/>
+      <c r="F815" s="7"/>
+      <c r="G815" s="7"/>
+    </row>
+    <row r="816" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A816" s="7"/>
+      <c r="B816" s="8"/>
+      <c r="C816" s="8"/>
+      <c r="D816" s="8"/>
+      <c r="E816" s="8"/>
+      <c r="F816" s="7"/>
+      <c r="G816" s="7"/>
+    </row>
+    <row r="817" s="9" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <autoFilter ref="A1:F183" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:G122" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <dataValidations count="3">
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D2:D61 D64:D183" xr:uid="{00000000-0002-0000-0000-000000000000}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E37 E39:E122" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce,Transportation,Nonpublic"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D62:D63" xr:uid="{00000000-0002-0000-0000-000002000000}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F2:G122" xr:uid="{00000000-0002-0000-0000-000001000000}">
+      <formula1>"Introduced,Subcommittee - Passed,Committee - Passed,1st Chamber - Floor Passage,2nd Chamber - Passed Committee,2nd Chamber - Floor Passage,Both Chambers - Passage,2nd Chamber - Amended,Withdrawn,Signed by Governor,House Unfinished Business,Senate Unfinish"&amp;"ed Business"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E38" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce"</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>"Introduced,Subcommittee - Passed,Committee - Passed,1st Chamber - Floor Passage,2nd Chamber - Passed Committee,2nd Chamber - Floor Passage,Both Chambers - Passage,2nd Chamber - Amended,Withdrawn,Signed by Governor,House Unfinished Business,Senate Unfinish"&amp;"ed Business"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
-[...189 lines deleted...]
-    <hyperlink ref="A173" r:id="rId191" xr:uid="{00000000-0004-0000-0000-0000CE000000}"/>
+    <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="B2" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="C2" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="A3" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="B3" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="C3" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="A4" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="B4" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="C4" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="A5" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="B5" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="C5" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="A6" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="B6" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="C6" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="A7" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="B7" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="A8" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="B8" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="A9" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="B9" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="A10" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="B10" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="B11" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="B12" r:id="rId25" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="C12" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="C13" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="C14" r:id="rId28" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="C15" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="C16" r:id="rId30" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="B17" r:id="rId31" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="B18" r:id="rId32" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="C18" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="C19" r:id="rId34" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="C20" r:id="rId35" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="C21" r:id="rId36" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="C22" r:id="rId37" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="C23" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="B24" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
+    <hyperlink ref="C24" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="B25" r:id="rId41" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="B26" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="B27" r:id="rId43" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="B28" r:id="rId44" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="B29" r:id="rId45" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="B30" r:id="rId46" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="B31" r:id="rId47" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="B32" r:id="rId48" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="C32" r:id="rId49" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="B33" r:id="rId50" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="B34" r:id="rId51" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="B35" r:id="rId52" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="C35" r:id="rId53" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="C36" r:id="rId54" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="B37" r:id="rId55" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="C38" r:id="rId56" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="A39" r:id="rId57" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="B39" r:id="rId58" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="C39" r:id="rId59" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="C40" r:id="rId60" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="B41" r:id="rId61" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="C41" r:id="rId62" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="B42" r:id="rId63" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="C43" r:id="rId64" xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
+    <hyperlink ref="C44" r:id="rId65" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="B45" r:id="rId66" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="B46" r:id="rId67" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="C47" r:id="rId68" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="B48" r:id="rId69" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="B49" r:id="rId70" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
+    <hyperlink ref="A50" r:id="rId71" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="B50" r:id="rId72" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="C50" r:id="rId73" xr:uid="{00000000-0004-0000-0000-000048000000}"/>
+    <hyperlink ref="A51" r:id="rId74" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="B51" r:id="rId75" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="C51" r:id="rId76" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="C52" r:id="rId77" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
+    <hyperlink ref="B53" r:id="rId78" xr:uid="{00000000-0004-0000-0000-00004D000000}"/>
+    <hyperlink ref="C54" r:id="rId79" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="C55" r:id="rId80" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="B56" r:id="rId81" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="B57" r:id="rId82" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="B58" r:id="rId83" xr:uid="{00000000-0004-0000-0000-000052000000}"/>
+    <hyperlink ref="B59" r:id="rId84" xr:uid="{00000000-0004-0000-0000-000053000000}"/>
+    <hyperlink ref="A60" r:id="rId85" xr:uid="{00000000-0004-0000-0000-000054000000}"/>
+    <hyperlink ref="B60" r:id="rId86" xr:uid="{00000000-0004-0000-0000-000055000000}"/>
+    <hyperlink ref="C60" r:id="rId87" xr:uid="{00000000-0004-0000-0000-000056000000}"/>
+    <hyperlink ref="B61" r:id="rId88" xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="B62" r:id="rId89" xr:uid="{00000000-0004-0000-0000-000058000000}"/>
+    <hyperlink ref="C63" r:id="rId90" xr:uid="{00000000-0004-0000-0000-000059000000}"/>
+    <hyperlink ref="C64" r:id="rId91" xr:uid="{00000000-0004-0000-0000-00005A000000}"/>
+    <hyperlink ref="B65" r:id="rId92" xr:uid="{00000000-0004-0000-0000-00005B000000}"/>
+    <hyperlink ref="B66" r:id="rId93" xr:uid="{00000000-0004-0000-0000-00005C000000}"/>
+    <hyperlink ref="C66" r:id="rId94" xr:uid="{00000000-0004-0000-0000-00005D000000}"/>
+    <hyperlink ref="B67" r:id="rId95" xr:uid="{00000000-0004-0000-0000-00005E000000}"/>
+    <hyperlink ref="C67" r:id="rId96" xr:uid="{00000000-0004-0000-0000-00005F000000}"/>
+    <hyperlink ref="B68" r:id="rId97" xr:uid="{00000000-0004-0000-0000-000060000000}"/>
+    <hyperlink ref="C68" r:id="rId98" xr:uid="{00000000-0004-0000-0000-000061000000}"/>
+    <hyperlink ref="B69" r:id="rId99" xr:uid="{00000000-0004-0000-0000-000062000000}"/>
+    <hyperlink ref="B70" r:id="rId100" xr:uid="{00000000-0004-0000-0000-000063000000}"/>
+    <hyperlink ref="C70" r:id="rId101" xr:uid="{00000000-0004-0000-0000-000064000000}"/>
+    <hyperlink ref="B71" r:id="rId102" xr:uid="{00000000-0004-0000-0000-000065000000}"/>
+    <hyperlink ref="B72" r:id="rId103" xr:uid="{00000000-0004-0000-0000-000066000000}"/>
+    <hyperlink ref="B73" r:id="rId104" xr:uid="{00000000-0004-0000-0000-000067000000}"/>
+    <hyperlink ref="C73" r:id="rId105" xr:uid="{00000000-0004-0000-0000-000068000000}"/>
+    <hyperlink ref="B74" r:id="rId106" xr:uid="{00000000-0004-0000-0000-000069000000}"/>
+    <hyperlink ref="C75" r:id="rId107" xr:uid="{00000000-0004-0000-0000-00006A000000}"/>
+    <hyperlink ref="C76" r:id="rId108" xr:uid="{00000000-0004-0000-0000-00006B000000}"/>
+    <hyperlink ref="C77" r:id="rId109" xr:uid="{00000000-0004-0000-0000-00006C000000}"/>
+    <hyperlink ref="C78" r:id="rId110" xr:uid="{00000000-0004-0000-0000-00006D000000}"/>
+    <hyperlink ref="B79" r:id="rId111" xr:uid="{00000000-0004-0000-0000-00006E000000}"/>
+    <hyperlink ref="C79" r:id="rId112" xr:uid="{00000000-0004-0000-0000-00006F000000}"/>
+    <hyperlink ref="C80" r:id="rId113" xr:uid="{00000000-0004-0000-0000-000070000000}"/>
+    <hyperlink ref="C81" r:id="rId114" xr:uid="{00000000-0004-0000-0000-000071000000}"/>
+    <hyperlink ref="B82" r:id="rId115" xr:uid="{00000000-0004-0000-0000-000072000000}"/>
+    <hyperlink ref="C82" r:id="rId116" xr:uid="{00000000-0004-0000-0000-000073000000}"/>
+    <hyperlink ref="C83" r:id="rId117" xr:uid="{00000000-0004-0000-0000-000074000000}"/>
+    <hyperlink ref="C84" r:id="rId118" xr:uid="{00000000-0004-0000-0000-000075000000}"/>
+    <hyperlink ref="B85" r:id="rId119" xr:uid="{00000000-0004-0000-0000-000076000000}"/>
+    <hyperlink ref="B86" r:id="rId120" xr:uid="{00000000-0004-0000-0000-000077000000}"/>
+    <hyperlink ref="B87" r:id="rId121" xr:uid="{00000000-0004-0000-0000-000078000000}"/>
+    <hyperlink ref="B88" r:id="rId122" xr:uid="{00000000-0004-0000-0000-000079000000}"/>
+    <hyperlink ref="B89" r:id="rId123" xr:uid="{00000000-0004-0000-0000-00007A000000}"/>
+    <hyperlink ref="C89" r:id="rId124" xr:uid="{00000000-0004-0000-0000-00007B000000}"/>
+    <hyperlink ref="B90" r:id="rId125" xr:uid="{00000000-0004-0000-0000-00007C000000}"/>
+    <hyperlink ref="B91" r:id="rId126" xr:uid="{00000000-0004-0000-0000-00007D000000}"/>
+    <hyperlink ref="B92" r:id="rId127" xr:uid="{00000000-0004-0000-0000-00007E000000}"/>
+    <hyperlink ref="B93" r:id="rId128" xr:uid="{00000000-0004-0000-0000-00007F000000}"/>
+    <hyperlink ref="B94" r:id="rId129" xr:uid="{00000000-0004-0000-0000-000080000000}"/>
+    <hyperlink ref="B95" r:id="rId130" xr:uid="{00000000-0004-0000-0000-000081000000}"/>
+    <hyperlink ref="B96" r:id="rId131" xr:uid="{00000000-0004-0000-0000-000082000000}"/>
+    <hyperlink ref="C97" r:id="rId132" xr:uid="{00000000-0004-0000-0000-000083000000}"/>
+    <hyperlink ref="B98" r:id="rId133" xr:uid="{00000000-0004-0000-0000-000084000000}"/>
+    <hyperlink ref="B99" r:id="rId134" xr:uid="{00000000-0004-0000-0000-000085000000}"/>
+    <hyperlink ref="C99" r:id="rId135" xr:uid="{00000000-0004-0000-0000-000086000000}"/>
+    <hyperlink ref="B100" r:id="rId136" xr:uid="{00000000-0004-0000-0000-000087000000}"/>
+    <hyperlink ref="C101" r:id="rId137" xr:uid="{00000000-0004-0000-0000-000088000000}"/>
+    <hyperlink ref="C102" r:id="rId138" xr:uid="{00000000-0004-0000-0000-000089000000}"/>
+    <hyperlink ref="C103" r:id="rId139" xr:uid="{00000000-0004-0000-0000-00008A000000}"/>
+    <hyperlink ref="C104" r:id="rId140" xr:uid="{00000000-0004-0000-0000-00008B000000}"/>
+    <hyperlink ref="B105" r:id="rId141" xr:uid="{00000000-0004-0000-0000-00008C000000}"/>
+    <hyperlink ref="B106" r:id="rId142" xr:uid="{00000000-0004-0000-0000-00008D000000}"/>
+    <hyperlink ref="B107" r:id="rId143" xr:uid="{00000000-0004-0000-0000-00008E000000}"/>
+    <hyperlink ref="B108" r:id="rId144" xr:uid="{00000000-0004-0000-0000-00008F000000}"/>
+    <hyperlink ref="C108" r:id="rId145" xr:uid="{00000000-0004-0000-0000-000090000000}"/>
+    <hyperlink ref="B109" r:id="rId146" xr:uid="{00000000-0004-0000-0000-000091000000}"/>
+    <hyperlink ref="C110" r:id="rId147" xr:uid="{00000000-0004-0000-0000-000092000000}"/>
+    <hyperlink ref="B111" r:id="rId148" xr:uid="{00000000-0004-0000-0000-000093000000}"/>
+    <hyperlink ref="B112" r:id="rId149" xr:uid="{00000000-0004-0000-0000-000094000000}"/>
+    <hyperlink ref="B113" r:id="rId150" xr:uid="{00000000-0004-0000-0000-000095000000}"/>
+    <hyperlink ref="B114" r:id="rId151" xr:uid="{00000000-0004-0000-0000-000096000000}"/>
+    <hyperlink ref="C115" r:id="rId152" xr:uid="{00000000-0004-0000-0000-000097000000}"/>
+    <hyperlink ref="C116" r:id="rId153" xr:uid="{00000000-0004-0000-0000-000098000000}"/>
+    <hyperlink ref="B117" r:id="rId154" xr:uid="{00000000-0004-0000-0000-000099000000}"/>
+    <hyperlink ref="B118" r:id="rId155" xr:uid="{00000000-0004-0000-0000-00009A000000}"/>
+    <hyperlink ref="B119" r:id="rId156" xr:uid="{00000000-0004-0000-0000-00009B000000}"/>
+    <hyperlink ref="C120" r:id="rId157" xr:uid="{00000000-0004-0000-0000-00009C000000}"/>
+    <hyperlink ref="B121" r:id="rId158" xr:uid="{00000000-0004-0000-0000-00009D000000}"/>
+    <hyperlink ref="C122" r:id="rId159" xr:uid="{00000000-0004-0000-0000-00009E000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId192"/>
+  <pageSetup orientation="portrait" r:id="rId160"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E375ACAE-8BC3-44E2-A8DC-50045B460D97}">
+  <dimension ref="A1:J123"/>
+  <sheetViews>
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A98" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F68" sqref="F68"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="7.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="23" customWidth="1"/>
+    <col min="3" max="3" width="22" customWidth="1"/>
+    <col min="4" max="4" width="53.42578125" customWidth="1"/>
+    <col min="5" max="5" width="24.28515625" customWidth="1"/>
+    <col min="6" max="6" width="21.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="24.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A1" s="53" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="54" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="54" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="53" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="53" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="53" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="51"/>
+      <c r="I1" s="51"/>
+      <c r="J1" s="51"/>
+    </row>
+    <row r="2" spans="1:10" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A2" s="55" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" s="56" t="s">
+        <v>8</v>
+      </c>
+      <c r="C2" s="57"/>
+      <c r="D2" s="57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" s="57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" s="52" t="s">
+        <v>98</v>
+      </c>
+      <c r="G2" s="52"/>
+      <c r="H2" s="51"/>
+      <c r="I2" s="51"/>
+      <c r="J2" s="51"/>
+    </row>
+    <row r="3" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="71" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" s="72"/>
+      <c r="C3" s="73" t="s">
+        <v>438</v>
+      </c>
+      <c r="D3" s="72" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" s="74" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" s="75"/>
+      <c r="G3" s="75" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A4" s="58" t="s">
+        <v>439</v>
+      </c>
+      <c r="B4" s="57" t="s">
+        <v>440</v>
+      </c>
+      <c r="C4" s="57" t="s">
+        <v>440</v>
+      </c>
+      <c r="D4" s="57" t="s">
+        <v>441</v>
+      </c>
+      <c r="E4" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+    </row>
+    <row r="5" spans="1:10" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A5" s="60" t="s">
+        <v>442</v>
+      </c>
+      <c r="B5" s="40" t="s">
+        <v>440</v>
+      </c>
+      <c r="C5" s="40" t="s">
+        <v>440</v>
+      </c>
+      <c r="D5" s="40" t="s">
+        <v>443</v>
+      </c>
+      <c r="E5" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" s="42"/>
+      <c r="G5" s="42"/>
+    </row>
+    <row r="6" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="58" t="s">
+        <v>444</v>
+      </c>
+      <c r="B6" s="57" t="s">
+        <v>440</v>
+      </c>
+      <c r="C6" s="57" t="s">
+        <v>440</v>
+      </c>
+      <c r="D6" s="57" t="s">
+        <v>445</v>
+      </c>
+      <c r="E6" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="59"/>
+      <c r="G6" s="59"/>
+    </row>
+    <row r="7" spans="1:10" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A7" s="76" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" s="72"/>
+      <c r="C7" s="73" t="s">
+        <v>446</v>
+      </c>
+      <c r="D7" s="72" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="75"/>
+      <c r="G7" s="75" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="52" t="s">
+        <v>447</v>
+      </c>
+      <c r="B8" s="57"/>
+      <c r="C8" s="56" t="s">
+        <v>448</v>
+      </c>
+      <c r="D8" s="57" t="s">
+        <v>449</v>
+      </c>
+      <c r="E8" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" s="59"/>
+      <c r="G8" s="59" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="51" x14ac:dyDescent="0.2">
+      <c r="A9" s="38" t="s">
+        <v>450</v>
+      </c>
+      <c r="B9" s="40"/>
+      <c r="C9" s="39" t="s">
+        <v>451</v>
+      </c>
+      <c r="D9" s="40" t="s">
+        <v>452</v>
+      </c>
+      <c r="E9" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F9" s="42"/>
+      <c r="G9" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A10" s="52" t="s">
+        <v>453</v>
+      </c>
+      <c r="B10" s="57"/>
+      <c r="C10" s="56" t="s">
+        <v>454</v>
+      </c>
+      <c r="D10" s="57" t="s">
+        <v>455</v>
+      </c>
+      <c r="E10" s="61" t="s">
+        <v>456</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="59" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A11" s="38" t="s">
+        <v>457</v>
+      </c>
+      <c r="B11" s="40"/>
+      <c r="C11" s="39" t="s">
+        <v>458</v>
+      </c>
+      <c r="D11" s="40" t="s">
+        <v>459</v>
+      </c>
+      <c r="E11" s="41" t="s">
+        <v>460</v>
+      </c>
+      <c r="F11" s="42"/>
+      <c r="G11" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A12" s="52" t="s">
+        <v>461</v>
+      </c>
+      <c r="B12" s="57"/>
+      <c r="C12" s="56" t="s">
+        <v>462</v>
+      </c>
+      <c r="D12" s="57" t="s">
+        <v>463</v>
+      </c>
+      <c r="E12" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="59"/>
+      <c r="G12" s="59" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="38" t="s">
+        <v>464</v>
+      </c>
+      <c r="B13" s="39" t="s">
+        <v>465</v>
+      </c>
+      <c r="C13" s="40"/>
+      <c r="D13" s="40" t="s">
+        <v>466</v>
+      </c>
+      <c r="E13" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" s="42"/>
+    </row>
+    <row r="14" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A14" s="52" t="s">
+        <v>467</v>
+      </c>
+      <c r="B14" s="56" t="s">
+        <v>468</v>
+      </c>
+      <c r="C14" s="57"/>
+      <c r="D14" s="57" t="s">
+        <v>469</v>
+      </c>
+      <c r="E14" s="61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" s="59" t="s">
+        <v>98</v>
+      </c>
+      <c r="G14" s="59"/>
+    </row>
+    <row r="15" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A15" s="38" t="s">
+        <v>470</v>
+      </c>
+      <c r="B15" s="39" t="s">
+        <v>471</v>
+      </c>
+      <c r="C15" s="40"/>
+      <c r="D15" s="40" t="s">
+        <v>472</v>
+      </c>
+      <c r="E15" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" s="42"/>
+    </row>
+    <row r="16" spans="1:10" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A16" s="52" t="s">
+        <v>473</v>
+      </c>
+      <c r="B16" s="56" t="s">
+        <v>474</v>
+      </c>
+      <c r="C16" s="57"/>
+      <c r="D16" s="57" t="s">
+        <v>475</v>
+      </c>
+      <c r="E16" s="61" t="s">
+        <v>476</v>
+      </c>
+      <c r="F16" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" s="59"/>
+    </row>
+    <row r="17" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="38" t="s">
+        <v>477</v>
+      </c>
+      <c r="B17" s="39" t="s">
+        <v>478</v>
+      </c>
+      <c r="C17" s="40"/>
+      <c r="D17" s="40" t="s">
+        <v>293</v>
+      </c>
+      <c r="E17" s="41" t="s">
+        <v>479</v>
+      </c>
+      <c r="F17" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G17" s="42"/>
+    </row>
+    <row r="18" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="52" t="s">
+        <v>480</v>
+      </c>
+      <c r="B18" s="56" t="s">
+        <v>481</v>
+      </c>
+      <c r="C18" s="57"/>
+      <c r="D18" s="57" t="s">
+        <v>482</v>
+      </c>
+      <c r="E18" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G18" s="59"/>
+    </row>
+    <row r="19" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="38" t="s">
+        <v>483</v>
+      </c>
+      <c r="B19" s="39" t="s">
+        <v>484</v>
+      </c>
+      <c r="C19" s="40"/>
+      <c r="D19" s="40" t="s">
+        <v>485</v>
+      </c>
+      <c r="E19" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G19" s="42"/>
+    </row>
+    <row r="20" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A20" s="52" t="s">
+        <v>486</v>
+      </c>
+      <c r="B20" s="62"/>
+      <c r="C20" s="63" t="s">
+        <v>487</v>
+      </c>
+      <c r="D20" s="57" t="s">
+        <v>488</v>
+      </c>
+      <c r="E20" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" s="59"/>
+      <c r="G20" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A21" s="38" t="s">
+        <v>489</v>
+      </c>
+      <c r="B21" s="45"/>
+      <c r="C21" s="44" t="s">
+        <v>490</v>
+      </c>
+      <c r="D21" s="40" t="s">
+        <v>491</v>
+      </c>
+      <c r="E21" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" s="42"/>
+      <c r="G21" s="42" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A22" s="52" t="s">
+        <v>492</v>
+      </c>
+      <c r="B22" s="63" t="s">
+        <v>493</v>
+      </c>
+      <c r="C22" s="62"/>
+      <c r="D22" s="57" t="s">
+        <v>494</v>
+      </c>
+      <c r="E22" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G22" s="59"/>
+    </row>
+    <row r="23" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A23" s="38" t="s">
+        <v>495</v>
+      </c>
+      <c r="B23" s="44" t="s">
+        <v>496</v>
+      </c>
+      <c r="C23" s="45"/>
+      <c r="D23" s="40" t="s">
+        <v>497</v>
+      </c>
+      <c r="E23" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" s="42"/>
+    </row>
+    <row r="24" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="52" t="s">
+        <v>498</v>
+      </c>
+      <c r="B24" s="63" t="s">
+        <v>499</v>
+      </c>
+      <c r="C24" s="62"/>
+      <c r="D24" s="57" t="s">
+        <v>500</v>
+      </c>
+      <c r="E24" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="F24" s="59" t="s">
+        <v>98</v>
+      </c>
+      <c r="G24" s="59"/>
+    </row>
+    <row r="25" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="38" t="s">
+        <v>501</v>
+      </c>
+      <c r="B25" s="44" t="s">
+        <v>502</v>
+      </c>
+      <c r="C25" s="45"/>
+      <c r="D25" s="40" t="s">
+        <v>503</v>
+      </c>
+      <c r="E25" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" s="42"/>
+    </row>
+    <row r="26" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A26" s="52" t="s">
+        <v>504</v>
+      </c>
+      <c r="B26" s="56" t="s">
+        <v>505</v>
+      </c>
+      <c r="C26" s="56" t="s">
+        <v>506</v>
+      </c>
+      <c r="D26" s="57" t="s">
+        <v>507</v>
+      </c>
+      <c r="E26" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" s="59" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="66" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="38" t="s">
+        <v>508</v>
+      </c>
+      <c r="B27" s="39" t="s">
+        <v>509</v>
+      </c>
+      <c r="C27" s="40"/>
+      <c r="D27" s="40" t="s">
+        <v>510</v>
+      </c>
+      <c r="E27" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G27" s="42"/>
+    </row>
+    <row r="28" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="52" t="s">
+        <v>511</v>
+      </c>
+      <c r="B28" s="56" t="s">
+        <v>512</v>
+      </c>
+      <c r="C28" s="57"/>
+      <c r="D28" s="57" t="s">
+        <v>449</v>
+      </c>
+      <c r="E28" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G28" s="59"/>
+    </row>
+    <row r="29" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="64" t="s">
+        <v>513</v>
+      </c>
+      <c r="B29" s="40"/>
+      <c r="C29" s="39" t="s">
+        <v>514</v>
+      </c>
+      <c r="D29" s="40" t="s">
+        <v>515</v>
+      </c>
+      <c r="E29" s="38" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" s="38"/>
+      <c r="G29" s="38" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A30" s="52" t="s">
+        <v>516</v>
+      </c>
+      <c r="B30" s="57"/>
+      <c r="C30" s="65" t="s">
+        <v>517</v>
+      </c>
+      <c r="D30" s="57" t="s">
+        <v>518</v>
+      </c>
+      <c r="E30" s="66" t="s">
+        <v>519</v>
+      </c>
+      <c r="F30" s="67"/>
+      <c r="G30" s="67" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A31" s="21" t="s">
+        <v>520</v>
+      </c>
+      <c r="B31" s="20"/>
+      <c r="C31" s="19" t="s">
+        <v>521</v>
+      </c>
+      <c r="D31" s="20" t="s">
+        <v>522</v>
+      </c>
+      <c r="E31" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A32" s="52" t="s">
+        <v>523</v>
+      </c>
+      <c r="B32" s="57"/>
+      <c r="C32" s="65" t="s">
+        <v>524</v>
+      </c>
+      <c r="D32" s="57" t="s">
+        <v>525</v>
+      </c>
+      <c r="E32" s="61" t="s">
+        <v>526</v>
+      </c>
+      <c r="F32" s="59"/>
+      <c r="G32" s="59" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="21" t="s">
+        <v>527</v>
+      </c>
+      <c r="B33" s="20"/>
+      <c r="C33" s="68" t="s">
+        <v>528</v>
+      </c>
+      <c r="D33" s="20" t="s">
+        <v>529</v>
+      </c>
+      <c r="E33" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="24"/>
+      <c r="G33" s="24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A34" s="52" t="s">
+        <v>530</v>
+      </c>
+      <c r="B34" s="56" t="s">
+        <v>531</v>
+      </c>
+      <c r="C34" s="57"/>
+      <c r="D34" s="57" t="s">
+        <v>532</v>
+      </c>
+      <c r="E34" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G34" s="59"/>
+    </row>
+    <row r="35" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A35" s="21" t="s">
+        <v>533</v>
+      </c>
+      <c r="B35" s="68" t="s">
+        <v>534</v>
+      </c>
+      <c r="C35" s="20" t="s">
+        <v>535</v>
+      </c>
+      <c r="D35" s="20" t="s">
+        <v>536</v>
+      </c>
+      <c r="E35" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F35" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G35" s="24"/>
+    </row>
+    <row r="36" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A36" s="48" t="s">
+        <v>173</v>
+      </c>
+      <c r="B36" s="77" t="s">
+        <v>537</v>
+      </c>
+      <c r="C36" s="50"/>
+      <c r="D36" s="50" t="s">
+        <v>175</v>
+      </c>
+      <c r="E36" s="46" t="s">
+        <v>176</v>
+      </c>
+      <c r="F36" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G36" s="47"/>
+    </row>
+    <row r="37" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A37" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="B37" s="20"/>
+      <c r="C37" s="68" t="s">
+        <v>539</v>
+      </c>
+      <c r="D37" s="20" t="s">
+        <v>540</v>
+      </c>
+      <c r="E37" s="23" t="s">
+        <v>541</v>
+      </c>
+      <c r="F37" s="24"/>
+      <c r="G37" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A38" s="52" t="s">
+        <v>542</v>
+      </c>
+      <c r="B38" s="57"/>
+      <c r="C38" s="56" t="s">
+        <v>543</v>
+      </c>
+      <c r="D38" s="57" t="s">
+        <v>536</v>
+      </c>
+      <c r="E38" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" s="59"/>
+      <c r="G38" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A39" s="21" t="s">
+        <v>544</v>
+      </c>
+      <c r="B39" s="20"/>
+      <c r="C39" s="68" t="s">
+        <v>545</v>
+      </c>
+      <c r="D39" s="20" t="s">
+        <v>546</v>
+      </c>
+      <c r="E39" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="F39" s="24"/>
+      <c r="G39" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="52" t="s">
+        <v>547</v>
+      </c>
+      <c r="B40" s="57"/>
+      <c r="C40" s="56" t="s">
+        <v>548</v>
+      </c>
+      <c r="D40" s="57" t="s">
+        <v>549</v>
+      </c>
+      <c r="E40" s="61" t="s">
+        <v>479</v>
+      </c>
+      <c r="F40" s="59"/>
+      <c r="G40" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="21" t="s">
+        <v>550</v>
+      </c>
+      <c r="B41" s="20"/>
+      <c r="C41" s="68" t="s">
+        <v>551</v>
+      </c>
+      <c r="D41" s="20" t="s">
+        <v>552</v>
+      </c>
+      <c r="E41" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F41" s="24"/>
+      <c r="G41" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A42" s="52" t="s">
+        <v>553</v>
+      </c>
+      <c r="B42" s="56" t="s">
+        <v>554</v>
+      </c>
+      <c r="C42" s="57"/>
+      <c r="D42" s="57" t="s">
+        <v>555</v>
+      </c>
+      <c r="E42" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="F42" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G42" s="59"/>
+    </row>
+    <row r="43" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A43" s="21" t="s">
+        <v>556</v>
+      </c>
+      <c r="B43" s="20"/>
+      <c r="C43" s="68" t="s">
+        <v>557</v>
+      </c>
+      <c r="D43" s="20" t="s">
+        <v>558</v>
+      </c>
+      <c r="E43" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F43" s="24"/>
+      <c r="G43" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A44" s="17" t="s">
+        <v>204</v>
+      </c>
+      <c r="B44" s="16"/>
+      <c r="C44" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="D44" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="E44" s="25" t="s">
+        <v>207</v>
+      </c>
+      <c r="F44" s="26"/>
+      <c r="G44" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A45" s="38" t="s">
+        <v>198</v>
+      </c>
+      <c r="B45" s="39" t="s">
+        <v>560</v>
+      </c>
+      <c r="C45" s="40"/>
+      <c r="D45" s="40" t="s">
+        <v>200</v>
+      </c>
+      <c r="E45" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G45" s="42"/>
+    </row>
+    <row r="46" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="52" t="s">
+        <v>561</v>
+      </c>
+      <c r="B46" s="56" t="s">
+        <v>562</v>
+      </c>
+      <c r="C46" s="57"/>
+      <c r="D46" s="57" t="s">
+        <v>563</v>
+      </c>
+      <c r="E46" s="61" t="s">
+        <v>564</v>
+      </c>
+      <c r="F46" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G46" s="59"/>
+    </row>
+    <row r="47" spans="1:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="38" t="s">
+        <v>565</v>
+      </c>
+      <c r="B47" s="69" t="s">
+        <v>566</v>
+      </c>
+      <c r="C47" s="40"/>
+      <c r="D47" s="40" t="s">
+        <v>567</v>
+      </c>
+      <c r="E47" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F47" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G47" s="42"/>
+    </row>
+    <row r="48" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A48" s="52" t="s">
+        <v>568</v>
+      </c>
+      <c r="B48" s="57"/>
+      <c r="C48" s="56" t="s">
+        <v>569</v>
+      </c>
+      <c r="D48" s="57" t="s">
+        <v>570</v>
+      </c>
+      <c r="E48" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F48" s="59"/>
+      <c r="G48" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A49" s="38" t="s">
+        <v>571</v>
+      </c>
+      <c r="B49" s="69" t="s">
+        <v>572</v>
+      </c>
+      <c r="C49" s="40"/>
+      <c r="D49" s="40" t="s">
+        <v>573</v>
+      </c>
+      <c r="E49" s="41" t="s">
+        <v>574</v>
+      </c>
+      <c r="F49" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G49" s="42"/>
+    </row>
+    <row r="50" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A50" s="52" t="s">
+        <v>575</v>
+      </c>
+      <c r="B50" s="56" t="s">
+        <v>576</v>
+      </c>
+      <c r="C50" s="57"/>
+      <c r="D50" s="57" t="s">
+        <v>577</v>
+      </c>
+      <c r="E50" s="61" t="s">
+        <v>578</v>
+      </c>
+      <c r="F50" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G50" s="59"/>
+    </row>
+    <row r="51" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A51" s="38" t="s">
+        <v>579</v>
+      </c>
+      <c r="B51" s="69" t="s">
+        <v>580</v>
+      </c>
+      <c r="C51" s="40"/>
+      <c r="D51" s="40" t="s">
+        <v>581</v>
+      </c>
+      <c r="E51" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G51" s="42"/>
+    </row>
+    <row r="52" spans="1:7" ht="105.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="52" t="s">
+        <v>582</v>
+      </c>
+      <c r="B52" s="57"/>
+      <c r="C52" s="65" t="s">
+        <v>583</v>
+      </c>
+      <c r="D52" s="57" t="s">
+        <v>584</v>
+      </c>
+      <c r="E52" s="61" t="s">
+        <v>105</v>
+      </c>
+      <c r="F52" s="59"/>
+      <c r="G52" s="59" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A53" s="38" t="s">
+        <v>586</v>
+      </c>
+      <c r="B53" s="40"/>
+      <c r="C53" s="39" t="s">
+        <v>587</v>
+      </c>
+      <c r="D53" s="40" t="s">
+        <v>588</v>
+      </c>
+      <c r="E53" s="41" t="s">
+        <v>310</v>
+      </c>
+      <c r="F53" s="42"/>
+      <c r="G53" s="42" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A54" s="52" t="s">
+        <v>589</v>
+      </c>
+      <c r="B54" s="65" t="s">
+        <v>590</v>
+      </c>
+      <c r="C54" s="57"/>
+      <c r="D54" s="57" t="s">
+        <v>591</v>
+      </c>
+      <c r="E54" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F54" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G54" s="59"/>
+    </row>
+    <row r="55" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A55" s="38" t="s">
+        <v>592</v>
+      </c>
+      <c r="B55" s="39" t="s">
+        <v>593</v>
+      </c>
+      <c r="C55" s="40"/>
+      <c r="D55" s="40" t="s">
+        <v>594</v>
+      </c>
+      <c r="E55" s="41" t="s">
+        <v>476</v>
+      </c>
+      <c r="F55" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G55" s="42"/>
+    </row>
+    <row r="56" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A56" s="17" t="s">
+        <v>595</v>
+      </c>
+      <c r="B56" s="16"/>
+      <c r="C56" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="D56" s="16" t="s">
+        <v>597</v>
+      </c>
+      <c r="E56" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" s="26"/>
+      <c r="G56" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="38" t="s">
+        <v>598</v>
+      </c>
+      <c r="B57" s="39" t="s">
+        <v>599</v>
+      </c>
+      <c r="C57" s="40"/>
+      <c r="D57" s="40" t="s">
+        <v>600</v>
+      </c>
+      <c r="E57" s="41" t="s">
+        <v>476</v>
+      </c>
+      <c r="F57" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G57" s="42"/>
+    </row>
+    <row r="58" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A58" s="52" t="s">
+        <v>601</v>
+      </c>
+      <c r="B58" s="65" t="s">
+        <v>602</v>
+      </c>
+      <c r="C58" s="57"/>
+      <c r="D58" s="57" t="s">
+        <v>603</v>
+      </c>
+      <c r="E58" s="61" t="s">
+        <v>310</v>
+      </c>
+      <c r="F58" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G58" s="59"/>
+    </row>
+    <row r="59" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="38" t="s">
+        <v>604</v>
+      </c>
+      <c r="B59" s="40"/>
+      <c r="C59" s="39" t="s">
+        <v>605</v>
+      </c>
+      <c r="D59" s="40" t="s">
+        <v>606</v>
+      </c>
+      <c r="E59" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="F59" s="42"/>
+      <c r="G59" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="52" t="s">
+        <v>607</v>
+      </c>
+      <c r="B60" s="65" t="s">
+        <v>608</v>
+      </c>
+      <c r="C60" s="57"/>
+      <c r="D60" s="57" t="s">
+        <v>609</v>
+      </c>
+      <c r="E60" s="61" t="s">
+        <v>476</v>
+      </c>
+      <c r="F60" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G60" s="59"/>
+    </row>
+    <row r="61" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A61" s="38" t="s">
+        <v>610</v>
+      </c>
+      <c r="B61" s="40"/>
+      <c r="C61" s="39" t="s">
+        <v>611</v>
+      </c>
+      <c r="D61" s="40" t="s">
+        <v>612</v>
+      </c>
+      <c r="E61" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F61" s="42"/>
+      <c r="G61" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A62" s="52" t="s">
+        <v>613</v>
+      </c>
+      <c r="B62" s="57"/>
+      <c r="C62" s="65" t="s">
+        <v>614</v>
+      </c>
+      <c r="D62" s="57" t="s">
+        <v>615</v>
+      </c>
+      <c r="E62" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F62" s="59"/>
+      <c r="G62" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A63" s="38" t="s">
+        <v>616</v>
+      </c>
+      <c r="B63" s="40"/>
+      <c r="C63" s="39" t="s">
+        <v>617</v>
+      </c>
+      <c r="D63" s="40" t="s">
+        <v>618</v>
+      </c>
+      <c r="E63" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F63" s="42"/>
+      <c r="G63" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A64" s="52" t="s">
+        <v>619</v>
+      </c>
+      <c r="B64" s="65" t="s">
+        <v>620</v>
+      </c>
+      <c r="C64" s="57"/>
+      <c r="D64" s="57" t="s">
+        <v>621</v>
+      </c>
+      <c r="E64" s="61" t="s">
+        <v>70</v>
+      </c>
+      <c r="F64" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G64" s="59"/>
+    </row>
+    <row r="65" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A65" s="38" t="s">
+        <v>622</v>
+      </c>
+      <c r="B65" s="39" t="s">
+        <v>623</v>
+      </c>
+      <c r="C65" s="40"/>
+      <c r="D65" s="40" t="s">
+        <v>624</v>
+      </c>
+      <c r="E65" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="F65" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G65" s="42"/>
+    </row>
+    <row r="66" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A66" s="52" t="s">
+        <v>625</v>
+      </c>
+      <c r="B66" s="65" t="s">
+        <v>626</v>
+      </c>
+      <c r="C66" s="57"/>
+      <c r="D66" s="57" t="s">
+        <v>627</v>
+      </c>
+      <c r="E66" s="61" t="s">
+        <v>628</v>
+      </c>
+      <c r="F66" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G66" s="59"/>
+    </row>
+    <row r="67" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A67" s="38" t="s">
+        <v>629</v>
+      </c>
+      <c r="B67" s="39" t="s">
+        <v>630</v>
+      </c>
+      <c r="C67" s="40"/>
+      <c r="D67" s="40" t="s">
+        <v>631</v>
+      </c>
+      <c r="E67" s="41" t="s">
+        <v>632</v>
+      </c>
+      <c r="F67" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G67" s="42"/>
+    </row>
+    <row r="68" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="52" t="s">
+        <v>273</v>
+      </c>
+      <c r="B68" s="65" t="s">
+        <v>633</v>
+      </c>
+      <c r="C68" s="57"/>
+      <c r="D68" s="57" t="s">
+        <v>275</v>
+      </c>
+      <c r="E68" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="F68" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G68" s="59"/>
+    </row>
+    <row r="69" spans="1:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="38" t="s">
+        <v>634</v>
+      </c>
+      <c r="B69" s="40"/>
+      <c r="C69" s="39" t="s">
+        <v>635</v>
+      </c>
+      <c r="D69" s="40" t="s">
+        <v>636</v>
+      </c>
+      <c r="E69" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F69" s="42"/>
+      <c r="G69" s="42" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A70" s="52" t="s">
+        <v>637</v>
+      </c>
+      <c r="B70" s="65" t="s">
+        <v>638</v>
+      </c>
+      <c r="C70" s="62"/>
+      <c r="D70" s="57" t="s">
+        <v>639</v>
+      </c>
+      <c r="E70" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F70" s="59" t="s">
+        <v>98</v>
+      </c>
+      <c r="G70" s="59"/>
+    </row>
+    <row r="71" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A71" s="38" t="s">
+        <v>640</v>
+      </c>
+      <c r="B71" s="39" t="s">
+        <v>641</v>
+      </c>
+      <c r="C71" s="45"/>
+      <c r="D71" s="40" t="s">
+        <v>642</v>
+      </c>
+      <c r="E71" s="41" t="s">
+        <v>346</v>
+      </c>
+      <c r="F71" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G71" s="42"/>
+    </row>
+    <row r="72" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="52" t="s">
+        <v>643</v>
+      </c>
+      <c r="B72" s="57"/>
+      <c r="C72" s="65" t="s">
+        <v>644</v>
+      </c>
+      <c r="D72" s="57" t="s">
+        <v>645</v>
+      </c>
+      <c r="E72" s="61" t="s">
+        <v>646</v>
+      </c>
+      <c r="F72" s="59"/>
+      <c r="G72" s="59" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="38" t="s">
+        <v>647</v>
+      </c>
+      <c r="B73" s="40"/>
+      <c r="C73" s="39" t="s">
+        <v>648</v>
+      </c>
+      <c r="D73" s="40" t="s">
+        <v>649</v>
+      </c>
+      <c r="E73" s="41" t="s">
+        <v>160</v>
+      </c>
+      <c r="F73" s="42"/>
+      <c r="G73" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A74" s="52" t="s">
+        <v>650</v>
+      </c>
+      <c r="B74" s="57"/>
+      <c r="C74" s="65" t="s">
+        <v>651</v>
+      </c>
+      <c r="D74" s="57" t="s">
+        <v>652</v>
+      </c>
+      <c r="E74" s="61" t="s">
+        <v>105</v>
+      </c>
+      <c r="F74" s="59"/>
+      <c r="G74" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="38" t="s">
+        <v>653</v>
+      </c>
+      <c r="B75" s="39" t="s">
+        <v>654</v>
+      </c>
+      <c r="C75" s="43"/>
+      <c r="D75" s="40" t="s">
+        <v>655</v>
+      </c>
+      <c r="E75" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G75" s="42"/>
+    </row>
+    <row r="76" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A76" s="17" t="s">
+        <v>656</v>
+      </c>
+      <c r="B76" s="15" t="s">
+        <v>657</v>
+      </c>
+      <c r="C76" s="30"/>
+      <c r="D76" s="16" t="s">
+        <v>658</v>
+      </c>
+      <c r="E76" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G76" s="26"/>
+    </row>
+    <row r="77" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A77" s="38" t="s">
+        <v>659</v>
+      </c>
+      <c r="B77" s="39" t="s">
+        <v>660</v>
+      </c>
+      <c r="C77" s="43"/>
+      <c r="D77" s="40" t="s">
+        <v>661</v>
+      </c>
+      <c r="E77" s="41" t="s">
+        <v>646</v>
+      </c>
+      <c r="F77" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G77" s="42"/>
+    </row>
+    <row r="78" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A78" s="52" t="s">
+        <v>662</v>
+      </c>
+      <c r="B78" s="65" t="s">
+        <v>663</v>
+      </c>
+      <c r="C78" s="70"/>
+      <c r="D78" s="57" t="s">
+        <v>664</v>
+      </c>
+      <c r="E78" s="61" t="s">
+        <v>160</v>
+      </c>
+      <c r="F78" s="59" t="s">
+        <v>98</v>
+      </c>
+      <c r="G78" s="59"/>
+    </row>
+    <row r="79" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A79" s="38" t="s">
+        <v>665</v>
+      </c>
+      <c r="B79" s="40"/>
+      <c r="C79" s="39" t="s">
+        <v>666</v>
+      </c>
+      <c r="D79" s="40" t="s">
+        <v>667</v>
+      </c>
+      <c r="E79" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F79" s="42"/>
+      <c r="G79" s="42" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A80" s="52" t="s">
+        <v>668</v>
+      </c>
+      <c r="B80" s="65" t="s">
+        <v>669</v>
+      </c>
+      <c r="C80" s="57"/>
+      <c r="D80" s="57" t="s">
+        <v>670</v>
+      </c>
+      <c r="E80" s="61" t="s">
+        <v>671</v>
+      </c>
+      <c r="F80" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G80" s="59"/>
+    </row>
+    <row r="81" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A81" s="38" t="s">
+        <v>672</v>
+      </c>
+      <c r="B81" s="39" t="s">
+        <v>673</v>
+      </c>
+      <c r="C81" s="40"/>
+      <c r="D81" s="40" t="s">
+        <v>674</v>
+      </c>
+      <c r="E81" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="F81" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G81" s="42"/>
+    </row>
+    <row r="82" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A82" s="52" t="s">
+        <v>675</v>
+      </c>
+      <c r="B82" s="65" t="s">
+        <v>676</v>
+      </c>
+      <c r="C82" s="57"/>
+      <c r="D82" s="57" t="s">
+        <v>677</v>
+      </c>
+      <c r="E82" s="61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G82" s="59"/>
+    </row>
+    <row r="83" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A83" s="76" t="s">
+        <v>678</v>
+      </c>
+      <c r="B83" s="72"/>
+      <c r="C83" s="78" t="s">
+        <v>679</v>
+      </c>
+      <c r="D83" s="72" t="s">
+        <v>680</v>
+      </c>
+      <c r="E83" s="79" t="s">
+        <v>346</v>
+      </c>
+      <c r="F83" s="75"/>
+      <c r="G83" s="75" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A84" s="80" t="s">
+        <v>681</v>
+      </c>
+      <c r="B84" s="81"/>
+      <c r="C84" s="82" t="s">
+        <v>682</v>
+      </c>
+      <c r="D84" s="81" t="s">
+        <v>683</v>
+      </c>
+      <c r="E84" s="46" t="s">
+        <v>684</v>
+      </c>
+      <c r="F84" s="47"/>
+      <c r="G84" s="47" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A85" s="83" t="s">
+        <v>685</v>
+      </c>
+      <c r="B85" s="84" t="s">
+        <v>686</v>
+      </c>
+      <c r="C85" s="85"/>
+      <c r="D85" s="85" t="s">
+        <v>687</v>
+      </c>
+      <c r="E85" s="86" t="s">
+        <v>479</v>
+      </c>
+      <c r="F85" s="87" t="s">
+        <v>98</v>
+      </c>
+      <c r="G85" s="87"/>
+    </row>
+    <row r="86" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A86" s="80" t="s">
+        <v>688</v>
+      </c>
+      <c r="B86" s="81"/>
+      <c r="C86" s="82" t="s">
+        <v>689</v>
+      </c>
+      <c r="D86" s="81" t="s">
+        <v>690</v>
+      </c>
+      <c r="E86" s="46" t="s">
+        <v>691</v>
+      </c>
+      <c r="F86" s="47"/>
+      <c r="G86" s="47"/>
+    </row>
+    <row r="87" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A87" s="88" t="s">
+        <v>692</v>
+      </c>
+      <c r="B87" s="89"/>
+      <c r="C87" s="90" t="s">
+        <v>693</v>
+      </c>
+      <c r="D87" s="89" t="s">
+        <v>694</v>
+      </c>
+      <c r="E87" s="79" t="s">
+        <v>695</v>
+      </c>
+      <c r="F87" s="75"/>
+      <c r="G87" s="75" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="80" t="s">
+        <v>696</v>
+      </c>
+      <c r="B88" s="82" t="s">
+        <v>697</v>
+      </c>
+      <c r="C88" s="81"/>
+      <c r="D88" s="81" t="s">
+        <v>698</v>
+      </c>
+      <c r="E88" s="46" t="s">
+        <v>699</v>
+      </c>
+      <c r="F88" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G88" s="47"/>
+    </row>
+    <row r="89" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="88" t="s">
+        <v>700</v>
+      </c>
+      <c r="B89" s="90" t="s">
+        <v>701</v>
+      </c>
+      <c r="C89" s="89"/>
+      <c r="D89" s="89" t="s">
+        <v>702</v>
+      </c>
+      <c r="E89" s="79" t="s">
+        <v>703</v>
+      </c>
+      <c r="F89" s="75"/>
+      <c r="G89" s="75"/>
+    </row>
+    <row r="90" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A90" s="80" t="s">
+        <v>704</v>
+      </c>
+      <c r="B90" s="82" t="s">
+        <v>705</v>
+      </c>
+      <c r="C90" s="81"/>
+      <c r="D90" s="81" t="s">
+        <v>706</v>
+      </c>
+      <c r="E90" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F90" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G90" s="47"/>
+    </row>
+    <row r="91" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A91" s="88" t="s">
+        <v>707</v>
+      </c>
+      <c r="B91" s="90" t="s">
+        <v>708</v>
+      </c>
+      <c r="C91" s="89"/>
+      <c r="D91" s="89" t="s">
+        <v>709</v>
+      </c>
+      <c r="E91" s="79" t="s">
+        <v>105</v>
+      </c>
+      <c r="F91" s="75" t="s">
+        <v>98</v>
+      </c>
+      <c r="G91" s="75"/>
+    </row>
+    <row r="92" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A92" s="80" t="s">
+        <v>710</v>
+      </c>
+      <c r="B92" s="82" t="s">
+        <v>711</v>
+      </c>
+      <c r="C92" s="81"/>
+      <c r="D92" s="81" t="s">
+        <v>712</v>
+      </c>
+      <c r="E92" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F92" s="47" t="s">
+        <v>98</v>
+      </c>
+      <c r="G92" s="47"/>
+    </row>
+    <row r="93" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A93" s="88" t="s">
+        <v>713</v>
+      </c>
+      <c r="B93" s="90" t="s">
+        <v>714</v>
+      </c>
+      <c r="C93" s="89"/>
+      <c r="D93" s="89" t="s">
+        <v>715</v>
+      </c>
+      <c r="E93" s="79" t="s">
+        <v>53</v>
+      </c>
+      <c r="F93" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G93" s="75"/>
+    </row>
+    <row r="94" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="80" t="s">
+        <v>356</v>
+      </c>
+      <c r="B94" s="81"/>
+      <c r="C94" s="82" t="s">
+        <v>716</v>
+      </c>
+      <c r="D94" s="81" t="s">
+        <v>358</v>
+      </c>
+      <c r="E94" s="46" t="s">
+        <v>105</v>
+      </c>
+      <c r="F94" s="47"/>
+      <c r="G94" s="47" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A95" s="88" t="s">
+        <v>717</v>
+      </c>
+      <c r="B95" s="90" t="s">
+        <v>718</v>
+      </c>
+      <c r="C95" s="89"/>
+      <c r="D95" s="89" t="s">
+        <v>56</v>
+      </c>
+      <c r="E95" s="79" t="s">
+        <v>719</v>
+      </c>
+      <c r="F95" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G95" s="75"/>
+    </row>
+    <row r="96" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A96" s="80" t="s">
+        <v>720</v>
+      </c>
+      <c r="B96" s="81"/>
+      <c r="C96" s="82" t="s">
+        <v>721</v>
+      </c>
+      <c r="D96" s="81" t="s">
+        <v>722</v>
+      </c>
+      <c r="E96" s="46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="47"/>
+      <c r="G96" s="47" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="89" t="s">
+        <v>388</v>
+      </c>
+      <c r="B97" s="90" t="s">
+        <v>723</v>
+      </c>
+      <c r="C97" s="89"/>
+      <c r="D97" s="89" t="s">
+        <v>391</v>
+      </c>
+      <c r="E97" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="F97" s="79" t="s">
+        <v>98</v>
+      </c>
+      <c r="G97" s="79"/>
+    </row>
+    <row r="98" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A98" s="80" t="s">
+        <v>724</v>
+      </c>
+      <c r="B98" s="82" t="s">
+        <v>725</v>
+      </c>
+      <c r="C98" s="81"/>
+      <c r="D98" s="81" t="s">
+        <v>726</v>
+      </c>
+      <c r="E98" s="46" t="s">
+        <v>727</v>
+      </c>
+      <c r="F98" s="47" t="s">
+        <v>98</v>
+      </c>
+      <c r="G98" s="47"/>
+    </row>
+    <row r="99" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A99" s="88" t="s">
+        <v>728</v>
+      </c>
+      <c r="B99" s="90" t="s">
+        <v>729</v>
+      </c>
+      <c r="C99" s="89"/>
+      <c r="D99" s="89" t="s">
+        <v>730</v>
+      </c>
+      <c r="E99" s="79" t="s">
+        <v>731</v>
+      </c>
+      <c r="F99" s="75" t="s">
+        <v>98</v>
+      </c>
+      <c r="G99" s="75"/>
+    </row>
+    <row r="100" spans="1:7" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="80" t="s">
+        <v>732</v>
+      </c>
+      <c r="B100" s="82" t="s">
+        <v>733</v>
+      </c>
+      <c r="C100" s="81"/>
+      <c r="D100" s="81" t="s">
+        <v>734</v>
+      </c>
+      <c r="E100" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F100" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G100" s="47"/>
+    </row>
+    <row r="101" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A101" s="88" t="s">
+        <v>735</v>
+      </c>
+      <c r="B101" s="90" t="s">
+        <v>736</v>
+      </c>
+      <c r="C101" s="89"/>
+      <c r="D101" s="89" t="s">
+        <v>737</v>
+      </c>
+      <c r="E101" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="F101" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G101" s="75"/>
+    </row>
+    <row r="102" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A102" s="80" t="s">
+        <v>738</v>
+      </c>
+      <c r="B102" s="82" t="s">
+        <v>739</v>
+      </c>
+      <c r="C102" s="81"/>
+      <c r="D102" s="81" t="s">
+        <v>740</v>
+      </c>
+      <c r="E102" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F102" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G102" s="47"/>
+    </row>
+    <row r="103" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A103" s="88" t="s">
+        <v>741</v>
+      </c>
+      <c r="B103" s="90" t="s">
+        <v>742</v>
+      </c>
+      <c r="C103" s="89"/>
+      <c r="D103" s="89" t="s">
+        <v>743</v>
+      </c>
+      <c r="E103" s="79" t="s">
+        <v>70</v>
+      </c>
+      <c r="F103" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G103" s="75"/>
+    </row>
+    <row r="104" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A104" s="80" t="s">
+        <v>744</v>
+      </c>
+      <c r="B104" s="82" t="s">
+        <v>745</v>
+      </c>
+      <c r="C104" s="81"/>
+      <c r="D104" s="81" t="s">
+        <v>746</v>
+      </c>
+      <c r="E104" s="46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F104" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G104" s="47"/>
+    </row>
+    <row r="105" spans="1:7" ht="90.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="88" t="s">
+        <v>747</v>
+      </c>
+      <c r="B105" s="90" t="s">
+        <v>748</v>
+      </c>
+      <c r="C105" s="89"/>
+      <c r="D105" s="89" t="s">
+        <v>749</v>
+      </c>
+      <c r="E105" s="79" t="s">
+        <v>750</v>
+      </c>
+      <c r="F105" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G105" s="75"/>
+    </row>
+    <row r="106" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A106" s="80" t="s">
+        <v>751</v>
+      </c>
+      <c r="B106" s="82" t="s">
+        <v>752</v>
+      </c>
+      <c r="C106" s="81"/>
+      <c r="D106" s="81" t="s">
+        <v>753</v>
+      </c>
+      <c r="E106" s="46" t="s">
+        <v>754</v>
+      </c>
+      <c r="F106" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G106" s="47"/>
+    </row>
+    <row r="107" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A107" s="88" t="s">
+        <v>755</v>
+      </c>
+      <c r="B107" s="89"/>
+      <c r="C107" s="90" t="s">
+        <v>756</v>
+      </c>
+      <c r="D107" s="89" t="s">
+        <v>757</v>
+      </c>
+      <c r="E107" s="79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="75"/>
+      <c r="G107" s="75" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="80" t="s">
+        <v>758</v>
+      </c>
+      <c r="B108" s="81"/>
+      <c r="C108" s="82" t="s">
+        <v>759</v>
+      </c>
+      <c r="D108" s="81" t="s">
+        <v>760</v>
+      </c>
+      <c r="E108" s="46" t="s">
+        <v>346</v>
+      </c>
+      <c r="F108" s="47"/>
+      <c r="G108" s="47" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A109" s="88" t="s">
+        <v>761</v>
+      </c>
+      <c r="B109" s="90" t="s">
+        <v>762</v>
+      </c>
+      <c r="C109" s="90" t="s">
+        <v>763</v>
+      </c>
+      <c r="D109" s="89" t="s">
+        <v>764</v>
+      </c>
+      <c r="E109" s="79" t="s">
+        <v>88</v>
+      </c>
+      <c r="F109" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G109" s="75" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A110" s="80" t="s">
+        <v>765</v>
+      </c>
+      <c r="B110" s="81"/>
+      <c r="C110" s="82" t="s">
+        <v>766</v>
+      </c>
+      <c r="D110" s="81" t="s">
+        <v>767</v>
+      </c>
+      <c r="E110" s="46" t="s">
+        <v>105</v>
+      </c>
+      <c r="F110" s="47"/>
+      <c r="G110" s="47" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="88" t="s">
+        <v>768</v>
+      </c>
+      <c r="B111" s="89"/>
+      <c r="C111" s="90" t="s">
+        <v>769</v>
+      </c>
+      <c r="D111" s="89" t="s">
+        <v>770</v>
+      </c>
+      <c r="E111" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="F111" s="75"/>
+      <c r="G111" s="75" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A112" s="80" t="s">
+        <v>771</v>
+      </c>
+      <c r="B112" s="81"/>
+      <c r="C112" s="82" t="s">
+        <v>772</v>
+      </c>
+      <c r="D112" s="81" t="s">
+        <v>773</v>
+      </c>
+      <c r="E112" s="46" t="s">
+        <v>53</v>
+      </c>
+      <c r="F112" s="47"/>
+      <c r="G112" s="47" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A113" s="88" t="s">
+        <v>774</v>
+      </c>
+      <c r="B113" s="89"/>
+      <c r="C113" s="90" t="s">
+        <v>775</v>
+      </c>
+      <c r="D113" s="89" t="s">
+        <v>776</v>
+      </c>
+      <c r="E113" s="79" t="s">
+        <v>105</v>
+      </c>
+      <c r="F113" s="75"/>
+      <c r="G113" s="75" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="80" t="s">
+        <v>777</v>
+      </c>
+      <c r="B114" s="82" t="s">
+        <v>778</v>
+      </c>
+      <c r="C114" s="81"/>
+      <c r="D114" s="81" t="s">
+        <v>779</v>
+      </c>
+      <c r="E114" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F114" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G114" s="47"/>
+    </row>
+    <row r="115" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A115" s="88" t="s">
+        <v>780</v>
+      </c>
+      <c r="B115" s="90" t="s">
+        <v>781</v>
+      </c>
+      <c r="C115" s="89"/>
+      <c r="D115" s="89" t="s">
+        <v>159</v>
+      </c>
+      <c r="E115" s="79" t="s">
+        <v>160</v>
+      </c>
+      <c r="F115" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G115" s="75"/>
+    </row>
+    <row r="116" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A116" s="80" t="s">
+        <v>782</v>
+      </c>
+      <c r="B116" s="82" t="s">
+        <v>783</v>
+      </c>
+      <c r="C116" s="81"/>
+      <c r="D116" s="81" t="s">
+        <v>784</v>
+      </c>
+      <c r="E116" s="46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F116" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G116" s="47"/>
+    </row>
+    <row r="117" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A117" s="88" t="s">
+        <v>785</v>
+      </c>
+      <c r="B117" s="90" t="s">
+        <v>786</v>
+      </c>
+      <c r="C117" s="89"/>
+      <c r="D117" s="89" t="s">
+        <v>787</v>
+      </c>
+      <c r="E117" s="79" t="s">
+        <v>788</v>
+      </c>
+      <c r="F117" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G117" s="75"/>
+    </row>
+    <row r="118" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="80" t="s">
+        <v>789</v>
+      </c>
+      <c r="B118" s="82" t="s">
+        <v>790</v>
+      </c>
+      <c r="C118" s="81"/>
+      <c r="D118" s="81" t="s">
+        <v>791</v>
+      </c>
+      <c r="E118" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F118" s="47"/>
+      <c r="G118" s="47"/>
+    </row>
+    <row r="119" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A119" s="88" t="s">
+        <v>792</v>
+      </c>
+      <c r="B119" s="90" t="s">
+        <v>793</v>
+      </c>
+      <c r="C119" s="89"/>
+      <c r="D119" s="89" t="s">
+        <v>794</v>
+      </c>
+      <c r="E119" s="79" t="s">
+        <v>17</v>
+      </c>
+      <c r="F119" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G119" s="75"/>
+    </row>
+    <row r="120" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A120" s="80" t="s">
+        <v>795</v>
+      </c>
+      <c r="B120" s="82" t="s">
+        <v>796</v>
+      </c>
+      <c r="C120" s="81"/>
+      <c r="D120" s="81" t="s">
+        <v>797</v>
+      </c>
+      <c r="E120" s="46" t="s">
+        <v>23</v>
+      </c>
+      <c r="F120" s="47"/>
+      <c r="G120" s="47"/>
+    </row>
+    <row r="121" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="88" t="s">
+        <v>798</v>
+      </c>
+      <c r="B121" s="90" t="s">
+        <v>799</v>
+      </c>
+      <c r="C121" s="89"/>
+      <c r="D121" s="89" t="s">
+        <v>800</v>
+      </c>
+      <c r="E121" s="79" t="s">
+        <v>801</v>
+      </c>
+      <c r="F121" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G121" s="75"/>
+    </row>
+    <row r="122" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A122" s="80" t="s">
+        <v>802</v>
+      </c>
+      <c r="B122" s="82" t="s">
+        <v>803</v>
+      </c>
+      <c r="C122" s="81"/>
+      <c r="D122" s="81" t="s">
+        <v>804</v>
+      </c>
+      <c r="E122" s="46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F122" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G122" s="47"/>
+    </row>
+    <row r="123" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A123" s="88" t="s">
+        <v>805</v>
+      </c>
+      <c r="B123" s="90" t="s">
+        <v>806</v>
+      </c>
+      <c r="C123" s="89"/>
+      <c r="D123" s="89" t="s">
+        <v>807</v>
+      </c>
+      <c r="E123" s="79" t="s">
+        <v>53</v>
+      </c>
+      <c r="F123" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G123" s="75"/>
+    </row>
+  </sheetData>
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E29" xr:uid="{E0BA2842-3291-41B1-BC07-456E0D1305CB}">
+      <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F2:G123" xr:uid="{39BBEC97-196A-4519-A37B-EB94E6AC6762}">
+      <formula1>"Introduced,Subcommittee - Passed,Committee - Passed,1st Chamber - Floor Passage,2nd Chamber - Passed Committee,2nd Chamber - Floor Passage,Both Chambers - Passage,2nd Chamber - Amended,Withdrawn,Signed by Governor,House Unfinished Business,Senate Unfinish"&amp;"ed Business"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E28 E30:E123" xr:uid="{B76CE447-F0C3-450E-BE26-3A695C42140A}">
+      <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce,Transportation,Nonpublic"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="A2" r:id="rId1" xr:uid="{B77DA86E-24E9-448C-BD91-A1900FB4D2A7}"/>
+    <hyperlink ref="B2" r:id="rId2" xr:uid="{08F8A7A8-4216-4773-81A8-D192B5C7B99B}"/>
+    <hyperlink ref="A3" r:id="rId3" xr:uid="{1BBF3B01-F951-4585-A2BA-86BB16C94E58}"/>
+    <hyperlink ref="C3" r:id="rId4" xr:uid="{6E7AC43B-895C-4CAD-A206-A99FDF38FFE8}"/>
+    <hyperlink ref="A4" r:id="rId5" xr:uid="{7F44F8FC-3620-4AD9-85B3-7E95B7DC8B23}"/>
+    <hyperlink ref="A5" r:id="rId6" xr:uid="{199427B9-DB10-48CA-A6C4-5538EDBC90C4}"/>
+    <hyperlink ref="A6" r:id="rId7" xr:uid="{B72E3605-C4EB-4DB5-8DCD-DD19A32EEAEA}"/>
+    <hyperlink ref="C7" r:id="rId8" xr:uid="{BE9664A0-1459-43AE-A640-8B05FE8D6211}"/>
+    <hyperlink ref="C8" r:id="rId9" xr:uid="{6AB3DC8B-F49A-4356-B8C6-83683383057F}"/>
+    <hyperlink ref="C9" r:id="rId10" xr:uid="{0811F13D-F7E8-4EFE-B244-EB07D48E3CD4}"/>
+    <hyperlink ref="C10" r:id="rId11" xr:uid="{636BDD1F-85EF-4884-BF61-99BD472150E6}"/>
+    <hyperlink ref="C11" r:id="rId12" xr:uid="{38682927-7C42-49DB-BD99-A2978D64808D}"/>
+    <hyperlink ref="C12" r:id="rId13" xr:uid="{B86E5EDA-3AE9-498F-B423-B729AFDA0184}"/>
+    <hyperlink ref="B13" r:id="rId14" xr:uid="{5EC13DC4-4C5C-4E1C-8D36-4548CF312BEC}"/>
+    <hyperlink ref="B14" r:id="rId15" xr:uid="{422C6AA7-BB91-47A7-AD20-324930284A9E}"/>
+    <hyperlink ref="B15" r:id="rId16" xr:uid="{96E96A49-DDE3-4950-8936-A47DE5D989ED}"/>
+    <hyperlink ref="B16" r:id="rId17" xr:uid="{E91E4681-C24C-4F99-80D7-EA511C77A889}"/>
+    <hyperlink ref="B17" r:id="rId18" xr:uid="{E0735794-A315-4681-BC6A-BFD46D59F8FC}"/>
+    <hyperlink ref="B18" r:id="rId19" xr:uid="{982A2122-4DB2-415A-8FB4-D3B5FD852C8D}"/>
+    <hyperlink ref="B19" r:id="rId20" xr:uid="{948ADE08-0F63-4659-B33E-F846B6BDC76E}"/>
+    <hyperlink ref="C20" r:id="rId21" xr:uid="{93642823-FE7F-4E4A-A1E2-F5E3A32CA46D}"/>
+    <hyperlink ref="C21" r:id="rId22" xr:uid="{DC719768-4794-4B90-A64D-051D68F16B57}"/>
+    <hyperlink ref="B22" r:id="rId23" xr:uid="{EE8545E3-5B46-459B-BB77-67DFFF083EDA}"/>
+    <hyperlink ref="B23" r:id="rId24" xr:uid="{CC6A7325-2800-4EE8-B65A-1A019C0E7878}"/>
+    <hyperlink ref="B24" r:id="rId25" xr:uid="{50CE7333-9B2E-4A94-B845-17783E12055E}"/>
+    <hyperlink ref="B25" r:id="rId26" xr:uid="{E3844FA5-F4C4-4DFE-A0CB-49773C464101}"/>
+    <hyperlink ref="B26" r:id="rId27" xr:uid="{C909BFEE-0107-4740-9E01-7A8D22B963B8}"/>
+    <hyperlink ref="C26" r:id="rId28" xr:uid="{4C9C4147-8778-4270-8F3C-633A68B97C14}"/>
+    <hyperlink ref="B27" r:id="rId29" xr:uid="{C739CF9C-DFEE-4550-A64B-2F3A104A517E}"/>
+    <hyperlink ref="B28" r:id="rId30" xr:uid="{67FC5B64-F353-4870-A020-5430FB185C5C}"/>
+    <hyperlink ref="C29" r:id="rId31" xr:uid="{04C7C743-26C9-4587-A2BE-DF989108738C}"/>
+    <hyperlink ref="C30" r:id="rId32" xr:uid="{7F92D0DA-F421-439A-99EA-375452099083}"/>
+    <hyperlink ref="C31" r:id="rId33" xr:uid="{FF8F162E-BA6A-4B94-A5F9-555503BD1134}"/>
+    <hyperlink ref="C32" r:id="rId34" xr:uid="{3611602F-4B26-4D7C-B475-5155C0A49493}"/>
+    <hyperlink ref="C33" r:id="rId35" xr:uid="{10483B64-E5B9-44B8-A594-7575D132C2EB}"/>
+    <hyperlink ref="B34" r:id="rId36" xr:uid="{E4C2630B-04AE-451A-8B71-8ADE719922EE}"/>
+    <hyperlink ref="B35" r:id="rId37" xr:uid="{2A6D5412-0C22-41F7-936C-D24B310AA704}"/>
+    <hyperlink ref="B36" r:id="rId38" xr:uid="{1743B3AA-703B-4749-81D4-D8DEE7AECEB7}"/>
+    <hyperlink ref="C37" r:id="rId39" xr:uid="{74769FA3-CE62-4D0C-B781-8337CC507109}"/>
+    <hyperlink ref="C38" r:id="rId40" xr:uid="{2907BF53-C335-4959-AF04-0D9ECBBBC083}"/>
+    <hyperlink ref="C39" r:id="rId41" xr:uid="{863D8AFE-10F5-49C5-984F-70BD38641D32}"/>
+    <hyperlink ref="C40" r:id="rId42" xr:uid="{6EBEDA64-65B7-4BDC-9609-6A72D90C7A2A}"/>
+    <hyperlink ref="C41" r:id="rId43" xr:uid="{D3043774-6112-4B8F-9063-34F7EF77F126}"/>
+    <hyperlink ref="B42" r:id="rId44" xr:uid="{FA66F168-421C-4BD0-89C6-B102675A59E3}"/>
+    <hyperlink ref="C43" r:id="rId45" xr:uid="{FD4B2487-7495-4075-8F7F-789979FA140A}"/>
+    <hyperlink ref="C44" r:id="rId46" xr:uid="{62D6C5DB-FA6F-4196-9357-F0A1AC73BC8F}"/>
+    <hyperlink ref="B45" r:id="rId47" xr:uid="{EEC0D0BE-C1BD-4E0B-A1B3-12A770936209}"/>
+    <hyperlink ref="B46" r:id="rId48" xr:uid="{42AE1FA9-0A62-4F90-960E-E963E0F1C639}"/>
+    <hyperlink ref="B47" r:id="rId49" xr:uid="{5826C2DD-F6A4-483C-A308-4277D0F866D5}"/>
+    <hyperlink ref="C48" r:id="rId50" xr:uid="{48840F3A-D1FF-4323-801B-EDA07FBB41B3}"/>
+    <hyperlink ref="B49" r:id="rId51" xr:uid="{69C70411-FD5A-4428-AA21-0CE91EF7A6BB}"/>
+    <hyperlink ref="B50" r:id="rId52" xr:uid="{25798538-DDF5-4CD1-88C3-C6BF5668801B}"/>
+    <hyperlink ref="B51" r:id="rId53" xr:uid="{BF392672-66A9-46BC-8682-A89B641020D7}"/>
+    <hyperlink ref="C52" r:id="rId54" xr:uid="{5EDB9EE6-43E9-427A-B179-1911C4F931AD}"/>
+    <hyperlink ref="C53" r:id="rId55" xr:uid="{85DD7349-80A6-486B-9C2E-CEC24534766B}"/>
+    <hyperlink ref="B54" r:id="rId56" xr:uid="{89E98ECD-DF0A-40B6-8690-624D603D1440}"/>
+    <hyperlink ref="B55" r:id="rId57" xr:uid="{CB880497-D35B-42EA-B75D-625844E3B29E}"/>
+    <hyperlink ref="C56" r:id="rId58" xr:uid="{64012726-9052-43E5-9582-D83E43C234BA}"/>
+    <hyperlink ref="B57" r:id="rId59" xr:uid="{D6E19F97-9C4C-4E21-BE25-A26366E11787}"/>
+    <hyperlink ref="B58" r:id="rId60" xr:uid="{D1501C38-F510-4661-899C-A1DA5E9E0CFC}"/>
+    <hyperlink ref="C59" r:id="rId61" xr:uid="{94511251-7663-44E7-96B9-7C1175195411}"/>
+    <hyperlink ref="B60" r:id="rId62" xr:uid="{53189E83-9B58-4A29-AEE7-11E3059E43EE}"/>
+    <hyperlink ref="C61" r:id="rId63" xr:uid="{8656685F-07F7-4AB4-8EEF-191E848458B0}"/>
+    <hyperlink ref="C62" r:id="rId64" xr:uid="{EE17444C-BF84-4DAA-BD2E-E86DBC495E23}"/>
+    <hyperlink ref="C63" r:id="rId65" xr:uid="{CAE024F1-1C02-42B7-9F9E-71C4CC29F910}"/>
+    <hyperlink ref="B64" r:id="rId66" xr:uid="{5F1F2B2A-5B8E-4ADF-A63D-434C11A2BBDF}"/>
+    <hyperlink ref="B65" r:id="rId67" xr:uid="{E3CB47F5-C952-459B-BD72-97118AFCFDFF}"/>
+    <hyperlink ref="B66" r:id="rId68" xr:uid="{63804472-A528-407E-AC40-1FF9D9C6A4A9}"/>
+    <hyperlink ref="B67" r:id="rId69" xr:uid="{0C25C67F-4E0F-4344-986B-D04B7BB1F7C2}"/>
+    <hyperlink ref="B68" r:id="rId70" xr:uid="{AF80FFB9-9F73-4A32-932B-09936C5026B6}"/>
+    <hyperlink ref="C69" r:id="rId71" xr:uid="{E4F1BDED-2758-4EB8-83DB-D9826E9BFB3D}"/>
+    <hyperlink ref="B70" r:id="rId72" xr:uid="{EEE76F73-8852-4BC0-9809-69B50C31B60B}"/>
+    <hyperlink ref="B71" r:id="rId73" xr:uid="{F2CB8431-2972-4357-A9E6-C20755698E63}"/>
+    <hyperlink ref="C72" r:id="rId74" xr:uid="{CA9327A2-59F0-4B93-AD08-C7CFA6EFFE04}"/>
+    <hyperlink ref="C73" r:id="rId75" xr:uid="{8A41EFF6-0634-4E32-9D46-03B2A9FE55C8}"/>
+    <hyperlink ref="C74" r:id="rId76" xr:uid="{9E9DED6F-03FC-430B-B91A-1DFCBC6BFD33}"/>
+    <hyperlink ref="B75" r:id="rId77" xr:uid="{1CDF91B0-7253-4269-862B-FA1CD3931D75}"/>
+    <hyperlink ref="B76" r:id="rId78" xr:uid="{03AD94A1-67D3-4FB8-9B22-54412C157A0B}"/>
+    <hyperlink ref="B77" r:id="rId79" xr:uid="{ABCB2CC6-FA09-4814-9C61-D9364C68D4C2}"/>
+    <hyperlink ref="B78" r:id="rId80" xr:uid="{E6CCCBFE-3053-447C-B17E-C046BA872122}"/>
+    <hyperlink ref="C79" r:id="rId81" xr:uid="{870DB3B8-E653-4203-B5A4-62BA19C7107B}"/>
+    <hyperlink ref="B80" r:id="rId82" xr:uid="{70BFBA3F-4D0A-4222-8F03-F4EDA32DCB51}"/>
+    <hyperlink ref="B81" r:id="rId83" xr:uid="{F8683868-1F94-4FF6-8CA6-E8EB1F7FFF53}"/>
+    <hyperlink ref="B82" r:id="rId84" xr:uid="{46A79526-8109-48A8-8428-96D03AD55526}"/>
+    <hyperlink ref="C83" r:id="rId85" xr:uid="{F286B792-0E4E-48CE-9BF6-7BF9CC5600F7}"/>
+    <hyperlink ref="C84" r:id="rId86" xr:uid="{4F4F7182-2CAC-4092-88FE-9841A7410C03}"/>
+    <hyperlink ref="B85" r:id="rId87" xr:uid="{F8E7C20E-6FC6-48AC-A908-619B407D6D70}"/>
+    <hyperlink ref="C86" r:id="rId88" xr:uid="{65D2B40D-350B-4C20-98C6-697EBCBF6206}"/>
+    <hyperlink ref="C87" r:id="rId89" xr:uid="{B1A1E6E2-E8CA-46D5-BCFF-883F1B24A3E6}"/>
+    <hyperlink ref="B88" r:id="rId90" xr:uid="{5E7519C3-3246-41D7-B0C0-FFB617B4267B}"/>
+    <hyperlink ref="B89" r:id="rId91" xr:uid="{B74EE611-8541-42C2-B7E4-CAADAE3F9809}"/>
+    <hyperlink ref="B90" r:id="rId92" xr:uid="{9C9E7DC4-426E-4413-ACBD-B3084E069012}"/>
+    <hyperlink ref="B91" r:id="rId93" xr:uid="{9DCF9D15-2F91-4F70-B78B-236F63834BF1}"/>
+    <hyperlink ref="B92" r:id="rId94" xr:uid="{3334345D-853B-49F1-8C38-20EAC355A278}"/>
+    <hyperlink ref="B93" r:id="rId95" xr:uid="{7421D24E-8E28-4E03-B82F-3BF1BE72D1C2}"/>
+    <hyperlink ref="C94" r:id="rId96" xr:uid="{64E6CF98-00A7-4F73-9CB5-59AB5CCED866}"/>
+    <hyperlink ref="B95" r:id="rId97" xr:uid="{E0245AD6-6D3F-4E89-9B0E-D70DB430AA9C}"/>
+    <hyperlink ref="C96" r:id="rId98" xr:uid="{A583ECE9-80B6-4E9B-886B-42DF3587E18E}"/>
+    <hyperlink ref="B97" r:id="rId99" xr:uid="{4830FE63-E11F-4102-90B0-0CABDF6D093D}"/>
+    <hyperlink ref="B98" r:id="rId100" xr:uid="{10410ED4-68DF-4179-BD6E-14A1BE53102A}"/>
+    <hyperlink ref="B99" r:id="rId101" xr:uid="{3B513183-937D-4469-AB3C-934DFDAAD6E0}"/>
+    <hyperlink ref="B100" r:id="rId102" xr:uid="{1CEEE7C4-1756-40EE-804C-A4CDB243BA0C}"/>
+    <hyperlink ref="B101" r:id="rId103" xr:uid="{FEDB3652-9B67-49BD-96A0-49FA557F27DB}"/>
+    <hyperlink ref="B102" r:id="rId104" xr:uid="{A41E0E1C-72ED-4722-A240-85B86EFF7378}"/>
+    <hyperlink ref="B103" r:id="rId105" xr:uid="{6EB63B24-C41A-4EB4-8417-F5A0FF083FAF}"/>
+    <hyperlink ref="B104" r:id="rId106" xr:uid="{A6A23C67-3503-40C6-979E-EFD3CB32EB9C}"/>
+    <hyperlink ref="B105" r:id="rId107" xr:uid="{89E2A71D-A0A5-4C98-9668-49B98DF1B33B}"/>
+    <hyperlink ref="B106" r:id="rId108" xr:uid="{96E0985D-5C53-4D75-8617-8A4F4F94C21D}"/>
+    <hyperlink ref="C107" r:id="rId109" xr:uid="{7EFA00B6-3F2B-4BE7-9FE1-FF99FA5AA159}"/>
+    <hyperlink ref="C108" r:id="rId110" xr:uid="{A4DE0DF6-E10E-4196-9BED-7AAD2A1C0457}"/>
+    <hyperlink ref="B109" r:id="rId111" xr:uid="{43AB9A48-728A-49FF-A7B7-CC9604035D95}"/>
+    <hyperlink ref="C109" r:id="rId112" xr:uid="{ED4D343D-61C7-4F07-83C7-D1080B0764B5}"/>
+    <hyperlink ref="C110" r:id="rId113" xr:uid="{5B0144D9-4049-4C1F-BCA0-FC58D18C7D03}"/>
+    <hyperlink ref="C111" r:id="rId114" xr:uid="{7B3C9853-DFF4-4DC9-B8F8-395133377B22}"/>
+    <hyperlink ref="C112" r:id="rId115" xr:uid="{8748D407-B14E-46E4-AC91-5ACE268697DC}"/>
+    <hyperlink ref="C113" r:id="rId116" xr:uid="{870D9CDD-CEB9-4B90-ADEA-31520131D219}"/>
+    <hyperlink ref="B114" r:id="rId117" xr:uid="{1052D5F4-E416-4BD9-8C76-5A1F26333E3C}"/>
+    <hyperlink ref="B115" r:id="rId118" xr:uid="{042F81BA-F9C3-40CD-A7FE-01067633E400}"/>
+    <hyperlink ref="B116" r:id="rId119" xr:uid="{EA598B96-D118-4568-9295-9394461A85A6}"/>
+    <hyperlink ref="B117" r:id="rId120" xr:uid="{ACD1AEB9-D2E1-4836-B432-C9CC40501D4E}"/>
+    <hyperlink ref="B118" r:id="rId121" xr:uid="{FDDAD32D-A58D-4E91-92E6-DD591C8438F5}"/>
+    <hyperlink ref="B119" r:id="rId122" xr:uid="{7064CA20-301D-4058-9608-510E0187AC89}"/>
+    <hyperlink ref="B120" r:id="rId123" xr:uid="{C2B3978E-2E8A-4B5F-8014-5A2A4C0943E1}"/>
+    <hyperlink ref="B121" r:id="rId124" xr:uid="{470123B0-3123-4A14-89B7-88E442884EA6}"/>
+    <hyperlink ref="B122" r:id="rId125" xr:uid="{E516EACF-0E84-428C-8E25-C607FDFA5BB0}"/>
+    <hyperlink ref="B123" r:id="rId126" xr:uid="{D0FB1F6A-7587-4E55-BD8E-406BEF7F86EE}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <sheetPr>
+    <outlinePr summaryBelow="0" summaryRight="0"/>
+  </sheetPr>
+  <dimension ref="A1:G941"/>
+  <sheetViews>
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A224" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I229" sqref="I229"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="2" max="2" width="17.42578125" customWidth="1"/>
+    <col min="3" max="3" width="19.5703125" customWidth="1"/>
+    <col min="4" max="4" width="53.42578125" style="96" customWidth="1"/>
+    <col min="5" max="5" width="28.28515625" customWidth="1"/>
+    <col min="6" max="7" width="30.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A1" s="92" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="93" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="93" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="93" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="93" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="92" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="92" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A2" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="C2" s="19" t="s">
+        <v>808</v>
+      </c>
+      <c r="D2" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" s="21" t="s">
+        <v>98</v>
+      </c>
+      <c r="G2" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A3" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="15" t="s">
+        <v>809</v>
+      </c>
+      <c r="C3" s="15" t="s">
+        <v>810</v>
+      </c>
+      <c r="D3" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="28" t="s">
+        <v>811</v>
+      </c>
+      <c r="C4" s="19" t="s">
+        <v>812</v>
+      </c>
+      <c r="D4" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>813</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>814</v>
+      </c>
+      <c r="D5" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="19" t="s">
+        <v>815</v>
+      </c>
+      <c r="C6" s="19" t="s">
+        <v>816</v>
+      </c>
+      <c r="D6" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="15" t="s">
+        <v>817</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A8" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="19" t="s">
+        <v>818</v>
+      </c>
+      <c r="C8" s="20"/>
+      <c r="D8" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="24"/>
+    </row>
+    <row r="9" spans="1:7" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="15" t="s">
+        <v>819</v>
+      </c>
+      <c r="C9" s="16"/>
+      <c r="D9" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A10" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="19" t="s">
+        <v>820</v>
+      </c>
+      <c r="C10" s="20"/>
+      <c r="D10" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="24"/>
+    </row>
+    <row r="11" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A11" s="14" t="s">
+        <v>439</v>
+      </c>
+      <c r="B11" s="16" t="s">
+        <v>440</v>
+      </c>
+      <c r="C11" s="16" t="s">
+        <v>440</v>
+      </c>
+      <c r="D11" s="16" t="s">
+        <v>441</v>
+      </c>
+      <c r="E11" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" s="26"/>
+      <c r="G11" s="26"/>
+    </row>
+    <row r="12" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A12" s="18" t="s">
+        <v>442</v>
+      </c>
+      <c r="B12" s="20" t="s">
+        <v>440</v>
+      </c>
+      <c r="C12" s="20" t="s">
+        <v>440</v>
+      </c>
+      <c r="D12" s="20" t="s">
+        <v>443</v>
+      </c>
+      <c r="E12" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+    </row>
+    <row r="13" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="14" t="s">
+        <v>444</v>
+      </c>
+      <c r="B13" s="16" t="s">
+        <v>440</v>
+      </c>
+      <c r="C13" s="16" t="s">
+        <v>440</v>
+      </c>
+      <c r="D13" s="16" t="s">
+        <v>445</v>
+      </c>
+      <c r="E13" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" s="26"/>
+      <c r="G13" s="26"/>
+    </row>
+    <row r="14" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A14" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="19" t="s">
+        <v>821</v>
+      </c>
+      <c r="C14" s="19" t="s">
+        <v>446</v>
+      </c>
+      <c r="D14" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="17" t="s">
+        <v>447</v>
+      </c>
+      <c r="B15" s="16"/>
+      <c r="C15" s="15" t="s">
+        <v>448</v>
+      </c>
+      <c r="D15" s="16" t="s">
+        <v>449</v>
+      </c>
+      <c r="E15" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" s="26"/>
+      <c r="G15" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="19" t="s">
+        <v>822</v>
+      </c>
+      <c r="C16" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="B17" s="16"/>
+      <c r="C17" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D17" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="E17" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="26"/>
+      <c r="G17" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B18" s="20"/>
+      <c r="C18" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A19" s="17" t="s">
+        <v>450</v>
+      </c>
+      <c r="B19" s="16"/>
+      <c r="C19" s="15" t="s">
+        <v>451</v>
+      </c>
+      <c r="D19" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="E19" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" s="26"/>
+      <c r="G19" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A20" s="21" t="s">
+        <v>453</v>
+      </c>
+      <c r="B20" s="20"/>
+      <c r="C20" s="19" t="s">
+        <v>454</v>
+      </c>
+      <c r="D20" s="20" t="s">
+        <v>455</v>
+      </c>
+      <c r="E20" s="23" t="s">
+        <v>456</v>
+      </c>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A21" s="17" t="s">
+        <v>457</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="D21" s="16" t="s">
+        <v>459</v>
+      </c>
+      <c r="E21" s="25" t="s">
+        <v>460</v>
+      </c>
+      <c r="F21" s="26"/>
+      <c r="G21" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A22" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="20"/>
+      <c r="C22" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="E22" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A23" s="17" t="s">
+        <v>461</v>
+      </c>
+      <c r="B23" s="16"/>
+      <c r="C23" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="D23" s="16" t="s">
+        <v>463</v>
+      </c>
+      <c r="E23" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="26"/>
+      <c r="G23" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" s="20"/>
+      <c r="C24" s="19" t="s">
+        <v>823</v>
+      </c>
+      <c r="D24" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E24" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="17" t="s">
+        <v>483</v>
+      </c>
+      <c r="B25" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16" t="s">
+        <v>485</v>
+      </c>
+      <c r="E25" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="26"/>
+    </row>
+    <row r="26" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A26" s="21" t="s">
+        <v>464</v>
+      </c>
+      <c r="B26" s="19" t="s">
+        <v>824</v>
+      </c>
+      <c r="C26" s="20"/>
+      <c r="D26" s="20" t="s">
+        <v>466</v>
+      </c>
+      <c r="E26" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" s="24"/>
+    </row>
+    <row r="27" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A27" s="17" t="s">
+        <v>467</v>
+      </c>
+      <c r="B27" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16" t="s">
+        <v>469</v>
+      </c>
+      <c r="E27" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G27" s="26"/>
+    </row>
+    <row r="28" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="21" t="s">
+        <v>67</v>
+      </c>
+      <c r="B28" s="19" t="s">
+        <v>825</v>
+      </c>
+      <c r="C28" s="20"/>
+      <c r="D28" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="E28" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F28" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="24"/>
+    </row>
+    <row r="29" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A29" s="17" t="s">
+        <v>470</v>
+      </c>
+      <c r="B29" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16" t="s">
+        <v>472</v>
+      </c>
+      <c r="E29" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G29" s="26"/>
+    </row>
+    <row r="30" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A30" s="21" t="s">
+        <v>473</v>
+      </c>
+      <c r="B30" s="19" t="s">
+        <v>474</v>
+      </c>
+      <c r="C30" s="20"/>
+      <c r="D30" s="20" t="s">
+        <v>475</v>
+      </c>
+      <c r="E30" s="23" t="s">
+        <v>476</v>
+      </c>
+      <c r="F30" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G30" s="24"/>
+    </row>
+    <row r="31" spans="1:7" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="17" t="s">
+        <v>477</v>
+      </c>
+      <c r="B31" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16" t="s">
+        <v>293</v>
+      </c>
+      <c r="E31" s="25" t="s">
+        <v>479</v>
+      </c>
+      <c r="F31" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G31" s="26"/>
+    </row>
+    <row r="32" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="21" t="s">
+        <v>480</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>481</v>
+      </c>
+      <c r="C32" s="20"/>
+      <c r="D32" s="20" t="s">
+        <v>482</v>
+      </c>
+      <c r="E32" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F32" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G32" s="24"/>
+    </row>
+    <row r="33" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" s="15" t="s">
+        <v>826</v>
+      </c>
+      <c r="C33" s="15" t="s">
+        <v>827</v>
+      </c>
+      <c r="D33" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="E33" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="F33" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A34" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="B34" s="27"/>
+      <c r="C34" s="28" t="s">
+        <v>828</v>
+      </c>
+      <c r="D34" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="E34" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" s="24"/>
+      <c r="G34" s="24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A35" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B35" s="29"/>
+      <c r="C35" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="D35" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="E35" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" s="26"/>
+      <c r="G35" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A36" s="21" t="s">
+        <v>486</v>
+      </c>
+      <c r="B36" s="27"/>
+      <c r="C36" s="28" t="s">
+        <v>487</v>
+      </c>
+      <c r="D36" s="20" t="s">
+        <v>488</v>
+      </c>
+      <c r="E36" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" s="24"/>
+      <c r="G36" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A37" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="B37" s="29"/>
+      <c r="C37" s="22" t="s">
+        <v>829</v>
+      </c>
+      <c r="D37" s="16" t="s">
+        <v>84</v>
+      </c>
+      <c r="E37" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" s="26"/>
+      <c r="G37" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A38" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="B38" s="27"/>
+      <c r="C38" s="28" t="s">
+        <v>830</v>
+      </c>
+      <c r="D38" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="E38" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" s="24"/>
+      <c r="G38" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A39" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B39" s="29"/>
+      <c r="C39" s="22" t="s">
+        <v>831</v>
+      </c>
+      <c r="D39" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="E39" s="25" t="s">
+        <v>92</v>
+      </c>
+      <c r="F39" s="26"/>
+      <c r="G39" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="21" t="s">
+        <v>489</v>
+      </c>
+      <c r="B40" s="27"/>
+      <c r="C40" s="28" t="s">
+        <v>490</v>
+      </c>
+      <c r="D40" s="20" t="s">
+        <v>491</v>
+      </c>
+      <c r="E40" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" s="24"/>
+      <c r="G40" s="24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="119.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="B41" s="22" t="s">
+        <v>94</v>
+      </c>
+      <c r="C41" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="D41" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="E41" s="25" t="s">
+        <v>97</v>
+      </c>
+      <c r="F41" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G41" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A42" s="21" t="s">
+        <v>99</v>
+      </c>
+      <c r="B42" s="28" t="s">
+        <v>832</v>
+      </c>
+      <c r="C42" s="27"/>
+      <c r="D42" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="E42" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F42" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="24"/>
+    </row>
+    <row r="43" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A43" s="17" t="s">
+        <v>492</v>
+      </c>
+      <c r="B43" s="22" t="s">
+        <v>493</v>
+      </c>
+      <c r="C43" s="29"/>
+      <c r="D43" s="16" t="s">
+        <v>494</v>
+      </c>
+      <c r="E43" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F43" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G43" s="26"/>
+    </row>
+    <row r="44" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A44" s="21" t="s">
+        <v>495</v>
+      </c>
+      <c r="B44" s="28" t="s">
+        <v>496</v>
+      </c>
+      <c r="C44" s="27"/>
+      <c r="D44" s="20" t="s">
+        <v>497</v>
+      </c>
+      <c r="E44" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F44" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G44" s="24"/>
+    </row>
+    <row r="45" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="17" t="s">
+        <v>498</v>
+      </c>
+      <c r="B45" s="22" t="s">
+        <v>499</v>
+      </c>
+      <c r="C45" s="29"/>
+      <c r="D45" s="16" t="s">
+        <v>500</v>
+      </c>
+      <c r="E45" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="F45" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G45" s="26"/>
+    </row>
+    <row r="46" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>833</v>
+      </c>
+      <c r="C46" s="27"/>
+      <c r="D46" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="E46" s="23" t="s">
+        <v>105</v>
+      </c>
+      <c r="F46" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="24"/>
+    </row>
+    <row r="47" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A47" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B47" s="22" t="s">
+        <v>107</v>
+      </c>
+      <c r="C47" s="29"/>
+      <c r="D47" s="16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E47" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="26"/>
+    </row>
+    <row r="48" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="21" t="s">
+        <v>501</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>502</v>
+      </c>
+      <c r="C48" s="27"/>
+      <c r="D48" s="20" t="s">
+        <v>503</v>
+      </c>
+      <c r="E48" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G48" s="24"/>
+    </row>
+    <row r="49" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A49" s="30" t="s">
+        <v>109</v>
+      </c>
+      <c r="B49" s="15" t="s">
+        <v>834</v>
+      </c>
+      <c r="C49" s="16"/>
+      <c r="D49" s="29" t="s">
+        <v>111</v>
+      </c>
+      <c r="E49" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="F49" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="26"/>
+    </row>
+    <row r="50" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A50" s="31" t="s">
+        <v>113</v>
+      </c>
+      <c r="B50" s="19" t="s">
+        <v>835</v>
+      </c>
+      <c r="C50" s="20"/>
+      <c r="D50" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="E50" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F50" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="24"/>
+    </row>
+    <row r="51" spans="1:7" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B51" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="C51" s="29"/>
+      <c r="D51" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E51" s="25" t="s">
+        <v>119</v>
+      </c>
+      <c r="F51" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" s="26"/>
+    </row>
+    <row r="52" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A52" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="B52" s="19" t="s">
+        <v>837</v>
+      </c>
+      <c r="C52" s="20"/>
+      <c r="D52" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="E52" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F52" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G52" s="24"/>
+    </row>
+    <row r="53" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A53" s="17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B53" s="22" t="s">
+        <v>838</v>
+      </c>
+      <c r="C53" s="22" t="s">
+        <v>839</v>
+      </c>
+      <c r="D53" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E53" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B54" s="19" t="s">
+        <v>840</v>
+      </c>
+      <c r="C54" s="20"/>
+      <c r="D54" s="20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E54" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F54" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" s="24"/>
+    </row>
+    <row r="55" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A55" s="17" t="s">
+        <v>504</v>
+      </c>
+      <c r="B55" s="15" t="s">
+        <v>505</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D55" s="16" t="s">
+        <v>507</v>
+      </c>
+      <c r="E55" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F55" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G55" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A56" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B56" s="19" t="s">
+        <v>841</v>
+      </c>
+      <c r="C56" s="20"/>
+      <c r="D56" s="20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E56" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F56" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="24"/>
+    </row>
+    <row r="57" spans="1:7" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="17" t="s">
+        <v>508</v>
+      </c>
+      <c r="B57" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="C57" s="16"/>
+      <c r="D57" s="16" t="s">
+        <v>510</v>
+      </c>
+      <c r="E57" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F57" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G57" s="26"/>
+    </row>
+    <row r="58" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="21" t="s">
+        <v>511</v>
+      </c>
+      <c r="B58" s="19" t="s">
+        <v>512</v>
+      </c>
+      <c r="C58" s="20"/>
+      <c r="D58" s="20" t="s">
+        <v>449</v>
+      </c>
+      <c r="E58" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F58" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G58" s="24"/>
+    </row>
+    <row r="59" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A59" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B59" s="94" t="s">
+        <v>842</v>
+      </c>
+      <c r="C59" s="15" t="s">
+        <v>843</v>
+      </c>
+      <c r="D59" s="16" t="s">
+        <v>136</v>
+      </c>
+      <c r="E59" s="25" t="s">
+        <v>92</v>
+      </c>
+      <c r="F59" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A60" s="21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B60" s="43"/>
+      <c r="C60" s="19" t="s">
+        <v>844</v>
+      </c>
+      <c r="D60" s="20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E60" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F60" s="24"/>
+      <c r="G60" s="24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A61" s="17" t="s">
+        <v>140</v>
+      </c>
+      <c r="B61" s="15" t="s">
+        <v>845</v>
+      </c>
+      <c r="C61" s="16"/>
+      <c r="D61" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="E61" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="F61" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G61" s="26"/>
+    </row>
+    <row r="62" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="95" t="s">
+        <v>513</v>
+      </c>
+      <c r="B62" s="20"/>
+      <c r="C62" s="19" t="s">
+        <v>846</v>
+      </c>
+      <c r="D62" s="20" t="s">
+        <v>515</v>
+      </c>
+      <c r="E62" s="21" t="s">
+        <v>88</v>
+      </c>
+      <c r="F62" s="21"/>
+      <c r="G62" s="21" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A63" s="33" t="s">
+        <v>143</v>
+      </c>
+      <c r="B63" s="16"/>
+      <c r="C63" s="15" t="s">
+        <v>847</v>
+      </c>
+      <c r="D63" s="16" t="s">
+        <v>145</v>
+      </c>
+      <c r="E63" s="17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F63" s="17"/>
+      <c r="G63" s="17" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B64" s="19" t="s">
+        <v>848</v>
+      </c>
+      <c r="C64" s="19" t="s">
+        <v>849</v>
+      </c>
+      <c r="D64" s="20" t="s">
+        <v>149</v>
+      </c>
+      <c r="E64" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="G64" s="35" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="17" t="s">
+        <v>150</v>
+      </c>
+      <c r="B65" s="16"/>
+      <c r="C65" s="15" t="s">
+        <v>850</v>
+      </c>
+      <c r="D65" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="E65" s="36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F65" s="37"/>
+      <c r="G65" s="37" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A66" s="21" t="s">
+        <v>516</v>
+      </c>
+      <c r="B66" s="20"/>
+      <c r="C66" s="19" t="s">
+        <v>517</v>
+      </c>
+      <c r="D66" s="20" t="s">
+        <v>518</v>
+      </c>
+      <c r="E66" s="34" t="s">
+        <v>519</v>
+      </c>
+      <c r="F66" s="35"/>
+      <c r="G66" s="35" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A67" s="17" t="s">
+        <v>153</v>
+      </c>
+      <c r="B67" s="15" t="s">
+        <v>851</v>
+      </c>
+      <c r="C67" s="15" t="s">
+        <v>852</v>
+      </c>
+      <c r="D67" s="16" t="s">
+        <v>156</v>
+      </c>
+      <c r="E67" s="36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F67" s="37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" s="37" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A68" s="21" t="s">
+        <v>520</v>
+      </c>
+      <c r="B68" s="20"/>
+      <c r="C68" s="19" t="s">
+        <v>521</v>
+      </c>
+      <c r="D68" s="20" t="s">
+        <v>522</v>
+      </c>
+      <c r="E68" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="24"/>
+      <c r="G68" s="24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A69" s="17" t="s">
+        <v>157</v>
+      </c>
+      <c r="B69" s="15" t="s">
+        <v>853</v>
+      </c>
+      <c r="C69" s="16"/>
+      <c r="D69" s="16" t="s">
+        <v>159</v>
+      </c>
+      <c r="E69" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="F69" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G69" s="26"/>
+    </row>
+    <row r="70" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A70" s="21" t="s">
+        <v>523</v>
+      </c>
+      <c r="B70" s="20"/>
+      <c r="C70" s="19" t="s">
+        <v>524</v>
+      </c>
+      <c r="D70" s="20" t="s">
+        <v>525</v>
+      </c>
+      <c r="E70" s="23" t="s">
+        <v>526</v>
+      </c>
+      <c r="F70" s="24"/>
+      <c r="G70" s="24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="17" t="s">
+        <v>527</v>
+      </c>
+      <c r="B71" s="16"/>
+      <c r="C71" s="15" t="s">
+        <v>854</v>
+      </c>
+      <c r="D71" s="16" t="s">
+        <v>529</v>
+      </c>
+      <c r="E71" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="26"/>
+      <c r="G71" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A72" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B72" s="20"/>
+      <c r="C72" s="19" t="s">
+        <v>855</v>
+      </c>
+      <c r="D72" s="20" t="s">
+        <v>163</v>
+      </c>
+      <c r="E72" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F72" s="24"/>
+      <c r="G72" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A73" s="17" t="s">
+        <v>164</v>
+      </c>
+      <c r="B73" s="16"/>
+      <c r="C73" s="15" t="s">
+        <v>856</v>
+      </c>
+      <c r="D73" s="16" t="s">
+        <v>166</v>
+      </c>
+      <c r="E73" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="26"/>
+      <c r="G73" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A74" s="21" t="s">
+        <v>530</v>
+      </c>
+      <c r="B74" s="19" t="s">
+        <v>531</v>
+      </c>
+      <c r="C74" s="20"/>
+      <c r="D74" s="20" t="s">
+        <v>532</v>
+      </c>
+      <c r="E74" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F74" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G74" s="24"/>
+    </row>
+    <row r="75" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A75" s="17" t="s">
+        <v>167</v>
+      </c>
+      <c r="B75" s="15" t="s">
+        <v>857</v>
+      </c>
+      <c r="C75" s="16"/>
+      <c r="D75" s="16" t="s">
+        <v>169</v>
+      </c>
+      <c r="E75" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F75" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" s="26"/>
+    </row>
+    <row r="76" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A76" s="21" t="s">
+        <v>533</v>
+      </c>
+      <c r="B76" s="19" t="s">
+        <v>534</v>
+      </c>
+      <c r="C76" s="20" t="s">
+        <v>535</v>
+      </c>
+      <c r="D76" s="20" t="s">
+        <v>536</v>
+      </c>
+      <c r="E76" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F76" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G76" s="24"/>
+    </row>
+    <row r="77" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A77" s="17" t="s">
+        <v>170</v>
+      </c>
+      <c r="B77" s="15" t="s">
+        <v>858</v>
+      </c>
+      <c r="C77" s="16"/>
+      <c r="D77" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="E77" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F77" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" s="26"/>
+    </row>
+    <row r="78" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A78" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="B78" s="19" t="s">
+        <v>537</v>
+      </c>
+      <c r="C78" s="19" t="s">
+        <v>859</v>
+      </c>
+      <c r="D78" s="20" t="s">
+        <v>175</v>
+      </c>
+      <c r="E78" s="23" t="s">
+        <v>176</v>
+      </c>
+      <c r="F78" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G78" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="B79" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="C79" s="16"/>
+      <c r="D79" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="E79" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F79" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G79" s="26"/>
+    </row>
+    <row r="80" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="B80" s="19" t="s">
+        <v>860</v>
+      </c>
+      <c r="C80" s="20"/>
+      <c r="D80" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="E80" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" s="24"/>
+    </row>
+    <row r="81" spans="1:7" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="14" t="s">
+        <v>183</v>
+      </c>
+      <c r="B81" s="15" t="s">
+        <v>861</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>862</v>
+      </c>
+      <c r="D81" s="16" t="s">
+        <v>186</v>
+      </c>
+      <c r="E81" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F81" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" s="26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A82" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="B82" s="19" t="s">
+        <v>863</v>
+      </c>
+      <c r="C82" s="19" t="s">
+        <v>864</v>
+      </c>
+      <c r="D82" s="20" t="s">
+        <v>190</v>
+      </c>
+      <c r="E82" s="23" t="s">
+        <v>191</v>
+      </c>
+      <c r="F82" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A83" s="17" t="s">
+        <v>538</v>
+      </c>
+      <c r="B83" s="16"/>
+      <c r="C83" s="15" t="s">
+        <v>539</v>
+      </c>
+      <c r="D83" s="16" t="s">
+        <v>540</v>
+      </c>
+      <c r="E83" s="25" t="s">
+        <v>541</v>
+      </c>
+      <c r="F83" s="26"/>
+      <c r="G83" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A84" s="21" t="s">
+        <v>542</v>
+      </c>
+      <c r="B84" s="20"/>
+      <c r="C84" s="19" t="s">
+        <v>543</v>
+      </c>
+      <c r="D84" s="20" t="s">
+        <v>536</v>
+      </c>
+      <c r="E84" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F84" s="24"/>
+      <c r="G84" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A85" s="17" t="s">
+        <v>544</v>
+      </c>
+      <c r="B85" s="16"/>
+      <c r="C85" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="D85" s="16" t="s">
+        <v>546</v>
+      </c>
+      <c r="E85" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="F85" s="26"/>
+      <c r="G85" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A86" s="21" t="s">
+        <v>547</v>
+      </c>
+      <c r="B86" s="20"/>
+      <c r="C86" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="D86" s="20" t="s">
+        <v>549</v>
+      </c>
+      <c r="E86" s="23" t="s">
+        <v>479</v>
+      </c>
+      <c r="F86" s="24"/>
+      <c r="G86" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="17" t="s">
+        <v>550</v>
+      </c>
+      <c r="B87" s="16"/>
+      <c r="C87" s="15" t="s">
+        <v>551</v>
+      </c>
+      <c r="D87" s="16" t="s">
+        <v>552</v>
+      </c>
+      <c r="E87" s="25" t="s">
+        <v>92</v>
+      </c>
+      <c r="F87" s="26"/>
+      <c r="G87" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A88" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="B88" s="20"/>
+      <c r="C88" s="19" t="s">
+        <v>865</v>
+      </c>
+      <c r="D88" s="20" t="s">
+        <v>194</v>
+      </c>
+      <c r="E88" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F88" s="24"/>
+      <c r="G88" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A89" s="17" t="s">
+        <v>553</v>
+      </c>
+      <c r="B89" s="15" t="s">
+        <v>554</v>
+      </c>
+      <c r="C89" s="16"/>
+      <c r="D89" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="E89" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F89" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G89" s="26"/>
+    </row>
+    <row r="90" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A90" s="21" t="s">
+        <v>195</v>
+      </c>
+      <c r="B90" s="19" t="s">
+        <v>866</v>
+      </c>
+      <c r="C90" s="20"/>
+      <c r="D90" s="20" t="s">
+        <v>197</v>
+      </c>
+      <c r="E90" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" s="24"/>
+    </row>
+    <row r="91" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A91" s="17" t="s">
+        <v>556</v>
+      </c>
+      <c r="B91" s="16"/>
+      <c r="C91" s="15" t="s">
+        <v>557</v>
+      </c>
+      <c r="D91" s="16" t="s">
+        <v>558</v>
+      </c>
+      <c r="E91" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F91" s="26"/>
+      <c r="G91" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A92" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B92" s="20"/>
+      <c r="C92" s="19" t="s">
+        <v>867</v>
+      </c>
+      <c r="D92" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="E92" s="23" t="s">
+        <v>105</v>
+      </c>
+      <c r="F92" s="24"/>
+      <c r="G92" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A93" s="17" t="s">
+        <v>204</v>
+      </c>
+      <c r="B93" s="15" t="s">
+        <v>868</v>
+      </c>
+      <c r="C93" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="D93" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="E93" s="25" t="s">
+        <v>207</v>
+      </c>
+      <c r="F93" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A94" s="38" t="s">
+        <v>198</v>
+      </c>
+      <c r="B94" s="39" t="s">
+        <v>560</v>
+      </c>
+      <c r="C94" s="39" t="s">
+        <v>869</v>
+      </c>
+      <c r="D94" s="40" t="s">
+        <v>200</v>
+      </c>
+      <c r="E94" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="F94" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G94" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A95" s="17" t="s">
+        <v>208</v>
+      </c>
+      <c r="B95" s="15" t="s">
+        <v>870</v>
+      </c>
+      <c r="C95" s="16"/>
+      <c r="D95" s="16" t="s">
+        <v>210</v>
+      </c>
+      <c r="E95" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="F95" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" s="26"/>
+    </row>
+    <row r="96" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A96" s="21" t="s">
+        <v>211</v>
+      </c>
+      <c r="B96" s="19" t="s">
+        <v>871</v>
+      </c>
+      <c r="C96" s="20"/>
+      <c r="D96" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="E96" s="23" t="s">
+        <v>105</v>
+      </c>
+      <c r="F96" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" s="24"/>
+    </row>
+    <row r="97" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A97" s="17" t="s">
+        <v>561</v>
+      </c>
+      <c r="B97" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="C97" s="16"/>
+      <c r="D97" s="16" t="s">
+        <v>563</v>
+      </c>
+      <c r="E97" s="25" t="s">
+        <v>564</v>
+      </c>
+      <c r="F97" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G97" s="26"/>
+    </row>
+    <row r="98" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="21" t="s">
+        <v>565</v>
+      </c>
+      <c r="B98" s="19" t="s">
+        <v>566</v>
+      </c>
+      <c r="C98" s="20"/>
+      <c r="D98" s="20" t="s">
+        <v>567</v>
+      </c>
+      <c r="E98" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F98" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G98" s="24"/>
+    </row>
+    <row r="99" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A99" s="17" t="s">
+        <v>214</v>
+      </c>
+      <c r="B99" s="15" t="s">
+        <v>872</v>
+      </c>
+      <c r="C99" s="16"/>
+      <c r="D99" s="16" t="s">
+        <v>216</v>
+      </c>
+      <c r="E99" s="25" t="s">
+        <v>217</v>
+      </c>
+      <c r="F99" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" s="26"/>
+    </row>
+    <row r="100" spans="1:7" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="B100" s="19" t="s">
+        <v>873</v>
+      </c>
+      <c r="C100" s="19" t="s">
+        <v>874</v>
+      </c>
+      <c r="D100" s="20" t="s">
+        <v>221</v>
+      </c>
+      <c r="E100" s="23" t="s">
+        <v>160</v>
+      </c>
+      <c r="F100" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A101" s="17" t="s">
+        <v>568</v>
+      </c>
+      <c r="B101" s="16"/>
+      <c r="C101" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D101" s="16" t="s">
+        <v>570</v>
+      </c>
+      <c r="E101" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F101" s="26"/>
+      <c r="G101" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A102" s="21" t="s">
+        <v>571</v>
+      </c>
+      <c r="B102" s="19" t="s">
+        <v>572</v>
+      </c>
+      <c r="C102" s="20"/>
+      <c r="D102" s="20" t="s">
+        <v>573</v>
+      </c>
+      <c r="E102" s="23" t="s">
+        <v>574</v>
+      </c>
+      <c r="F102" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G102" s="24"/>
+    </row>
+    <row r="103" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A103" s="17" t="s">
+        <v>575</v>
+      </c>
+      <c r="B103" s="15" t="s">
+        <v>576</v>
+      </c>
+      <c r="C103" s="16"/>
+      <c r="D103" s="16" t="s">
+        <v>577</v>
+      </c>
+      <c r="E103" s="25" t="s">
+        <v>578</v>
+      </c>
+      <c r="F103" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G103" s="26"/>
+    </row>
+    <row r="104" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A104" s="21" t="s">
+        <v>579</v>
+      </c>
+      <c r="B104" s="19" t="s">
+        <v>580</v>
+      </c>
+      <c r="C104" s="20"/>
+      <c r="D104" s="20" t="s">
+        <v>581</v>
+      </c>
+      <c r="E104" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F104" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G104" s="24"/>
+    </row>
+    <row r="105" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A105" s="17" t="s">
+        <v>222</v>
+      </c>
+      <c r="B105" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="C105" s="16"/>
+      <c r="D105" s="16" t="s">
+        <v>224</v>
+      </c>
+      <c r="E105" s="25" t="s">
+        <v>225</v>
+      </c>
+      <c r="F105" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G105" s="26"/>
+    </row>
+    <row r="106" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="38" t="s">
+        <v>582</v>
+      </c>
+      <c r="B106" s="40"/>
+      <c r="C106" s="39" t="s">
+        <v>875</v>
+      </c>
+      <c r="D106" s="40" t="s">
+        <v>584</v>
+      </c>
+      <c r="E106" s="41" t="s">
+        <v>105</v>
+      </c>
+      <c r="F106" s="42"/>
+      <c r="G106" s="42" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A107" s="17" t="s">
+        <v>226</v>
+      </c>
+      <c r="B107" s="15" t="s">
+        <v>876</v>
+      </c>
+      <c r="C107" s="16"/>
+      <c r="D107" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="E107" s="25" t="s">
+        <v>229</v>
+      </c>
+      <c r="F107" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" s="26"/>
+    </row>
+    <row r="108" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A108" s="38" t="s">
+        <v>589</v>
+      </c>
+      <c r="B108" s="39" t="s">
+        <v>590</v>
+      </c>
+      <c r="C108" s="40"/>
+      <c r="D108" s="40" t="s">
+        <v>591</v>
+      </c>
+      <c r="E108" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F108" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G108" s="42"/>
+    </row>
+    <row r="109" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A109" s="17" t="s">
+        <v>592</v>
+      </c>
+      <c r="B109" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="C109" s="16"/>
+      <c r="D109" s="16" t="s">
+        <v>594</v>
+      </c>
+      <c r="E109" s="25" t="s">
+        <v>476</v>
+      </c>
+      <c r="F109" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G109" s="26"/>
+    </row>
+    <row r="110" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A110" s="38" t="s">
+        <v>230</v>
+      </c>
+      <c r="B110" s="40"/>
+      <c r="C110" s="39" t="s">
+        <v>877</v>
+      </c>
+      <c r="D110" s="40" t="s">
+        <v>232</v>
+      </c>
+      <c r="E110" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F110" s="42"/>
+      <c r="G110" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A111" s="17" t="s">
+        <v>595</v>
+      </c>
+      <c r="B111" s="16"/>
+      <c r="C111" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="D111" s="16" t="s">
+        <v>597</v>
+      </c>
+      <c r="E111" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F111" s="26"/>
+      <c r="G111" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A112" s="38" t="s">
+        <v>586</v>
+      </c>
+      <c r="B112" s="40"/>
+      <c r="C112" s="39" t="s">
+        <v>587</v>
+      </c>
+      <c r="D112" s="40" t="s">
+        <v>588</v>
+      </c>
+      <c r="E112" s="41" t="s">
+        <v>310</v>
+      </c>
+      <c r="F112" s="42"/>
+      <c r="G112" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A113" s="17" t="s">
+        <v>233</v>
+      </c>
+      <c r="B113" s="16"/>
+      <c r="C113" s="15" t="s">
+        <v>878</v>
+      </c>
+      <c r="D113" s="16" t="s">
+        <v>235</v>
+      </c>
+      <c r="E113" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F113" s="26"/>
+      <c r="G113" s="26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="38" t="s">
+        <v>598</v>
+      </c>
+      <c r="B114" s="39" t="s">
+        <v>599</v>
+      </c>
+      <c r="C114" s="40"/>
+      <c r="D114" s="40" t="s">
+        <v>600</v>
+      </c>
+      <c r="E114" s="41" t="s">
+        <v>476</v>
+      </c>
+      <c r="F114" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G114" s="42"/>
+    </row>
+    <row r="115" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A115" s="52" t="s">
+        <v>236</v>
+      </c>
+      <c r="B115" s="65" t="s">
+        <v>237</v>
+      </c>
+      <c r="C115" s="57"/>
+      <c r="D115" s="57" t="s">
+        <v>238</v>
+      </c>
+      <c r="E115" s="61" t="s">
+        <v>105</v>
+      </c>
+      <c r="F115" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G115" s="59"/>
+    </row>
+    <row r="116" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A116" s="38" t="s">
+        <v>601</v>
+      </c>
+      <c r="B116" s="39" t="s">
+        <v>602</v>
+      </c>
+      <c r="C116" s="40"/>
+      <c r="D116" s="40" t="s">
+        <v>603</v>
+      </c>
+      <c r="E116" s="41" t="s">
+        <v>310</v>
+      </c>
+      <c r="F116" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G116" s="42"/>
+    </row>
+    <row r="117" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A117" s="52" t="s">
+        <v>239</v>
+      </c>
+      <c r="B117" s="65" t="s">
+        <v>879</v>
+      </c>
+      <c r="C117" s="65" t="s">
+        <v>880</v>
+      </c>
+      <c r="D117" s="57" t="s">
+        <v>242</v>
+      </c>
+      <c r="E117" s="61" t="s">
+        <v>105</v>
+      </c>
+      <c r="F117" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G117" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A118" s="38" t="s">
+        <v>243</v>
+      </c>
+      <c r="B118" s="39" t="s">
+        <v>881</v>
+      </c>
+      <c r="C118" s="39" t="s">
+        <v>882</v>
+      </c>
+      <c r="D118" s="40" t="s">
+        <v>246</v>
+      </c>
+      <c r="E118" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="F118" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="52" t="s">
+        <v>604</v>
+      </c>
+      <c r="B119" s="57"/>
+      <c r="C119" s="65" t="s">
+        <v>605</v>
+      </c>
+      <c r="D119" s="57" t="s">
+        <v>606</v>
+      </c>
+      <c r="E119" s="61" t="s">
+        <v>92</v>
+      </c>
+      <c r="F119" s="59"/>
+      <c r="G119" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A120" s="45" t="s">
+        <v>247</v>
+      </c>
+      <c r="B120" s="44" t="s">
+        <v>883</v>
+      </c>
+      <c r="C120" s="44" t="s">
+        <v>884</v>
+      </c>
+      <c r="D120" s="45" t="s">
+        <v>250</v>
+      </c>
+      <c r="E120" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F120" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" s="41" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A121" s="52" t="s">
+        <v>251</v>
+      </c>
+      <c r="B121" s="65" t="s">
+        <v>885</v>
+      </c>
+      <c r="C121" s="57"/>
+      <c r="D121" s="57" t="s">
+        <v>253</v>
+      </c>
+      <c r="E121" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F121" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" s="59"/>
+    </row>
+    <row r="122" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A122" s="38" t="s">
+        <v>254</v>
+      </c>
+      <c r="B122" s="39" t="s">
+        <v>886</v>
+      </c>
+      <c r="C122" s="78" t="s">
+        <v>887</v>
+      </c>
+      <c r="D122" s="72" t="s">
+        <v>257</v>
+      </c>
+      <c r="E122" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F122" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G122" s="42" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A123" s="52" t="s">
+        <v>258</v>
+      </c>
+      <c r="B123" s="65" t="s">
+        <v>888</v>
+      </c>
+      <c r="C123" s="57"/>
+      <c r="D123" s="57" t="s">
+        <v>260</v>
+      </c>
+      <c r="E123" s="61" t="s">
+        <v>70</v>
+      </c>
+      <c r="F123" s="59" t="s">
+        <v>261</v>
+      </c>
+      <c r="G123" s="59"/>
+    </row>
+    <row r="124" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="38" t="s">
+        <v>607</v>
+      </c>
+      <c r="B124" s="39" t="s">
+        <v>608</v>
+      </c>
+      <c r="C124" s="40"/>
+      <c r="D124" s="40" t="s">
+        <v>609</v>
+      </c>
+      <c r="E124" s="41" t="s">
+        <v>476</v>
+      </c>
+      <c r="F124" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G124" s="42"/>
+    </row>
+    <row r="125" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A125" s="52" t="s">
+        <v>610</v>
+      </c>
+      <c r="B125" s="57"/>
+      <c r="C125" s="65" t="s">
+        <v>611</v>
+      </c>
+      <c r="D125" s="57" t="s">
+        <v>612</v>
+      </c>
+      <c r="E125" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F125" s="59"/>
+      <c r="G125" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A126" s="38" t="s">
+        <v>613</v>
+      </c>
+      <c r="B126" s="40"/>
+      <c r="C126" s="39" t="s">
+        <v>614</v>
+      </c>
+      <c r="D126" s="40" t="s">
+        <v>615</v>
+      </c>
+      <c r="E126" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F126" s="42"/>
+      <c r="G126" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A127" s="52" t="s">
+        <v>616</v>
+      </c>
+      <c r="B127" s="57"/>
+      <c r="C127" s="65" t="s">
+        <v>617</v>
+      </c>
+      <c r="D127" s="57" t="s">
+        <v>618</v>
+      </c>
+      <c r="E127" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F127" s="59"/>
+      <c r="G127" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A128" s="38" t="s">
+        <v>262</v>
+      </c>
+      <c r="B128" s="39" t="s">
+        <v>889</v>
+      </c>
+      <c r="C128" s="40"/>
+      <c r="D128" s="40" t="s">
+        <v>264</v>
+      </c>
+      <c r="E128" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="F128" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G128" s="42"/>
+    </row>
+    <row r="129" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A129" s="52" t="s">
+        <v>265</v>
+      </c>
+      <c r="B129" s="65" t="s">
+        <v>890</v>
+      </c>
+      <c r="C129" s="65" t="s">
+        <v>267</v>
+      </c>
+      <c r="D129" s="57" t="s">
+        <v>268</v>
+      </c>
+      <c r="E129" s="61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F129" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G129" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A130" s="38" t="s">
+        <v>619</v>
+      </c>
+      <c r="B130" s="39" t="s">
+        <v>620</v>
+      </c>
+      <c r="C130" s="40"/>
+      <c r="D130" s="40" t="s">
+        <v>621</v>
+      </c>
+      <c r="E130" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="F130" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G130" s="42"/>
+    </row>
+    <row r="131" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A131" s="52" t="s">
+        <v>622</v>
+      </c>
+      <c r="B131" s="65" t="s">
+        <v>623</v>
+      </c>
+      <c r="C131" s="57"/>
+      <c r="D131" s="57" t="s">
+        <v>624</v>
+      </c>
+      <c r="E131" s="61" t="s">
+        <v>92</v>
+      </c>
+      <c r="F131" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G131" s="59"/>
+    </row>
+    <row r="132" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A132" s="38" t="s">
+        <v>269</v>
+      </c>
+      <c r="B132" s="39" t="s">
+        <v>891</v>
+      </c>
+      <c r="C132" s="40"/>
+      <c r="D132" s="40" t="s">
+        <v>271</v>
+      </c>
+      <c r="E132" s="41" t="s">
+        <v>272</v>
+      </c>
+      <c r="F132" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G132" s="42"/>
+    </row>
+    <row r="133" spans="1:7" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="52" t="s">
+        <v>625</v>
+      </c>
+      <c r="B133" s="65" t="s">
+        <v>626</v>
+      </c>
+      <c r="C133" s="57"/>
+      <c r="D133" s="57" t="s">
+        <v>627</v>
+      </c>
+      <c r="E133" s="61" t="s">
+        <v>628</v>
+      </c>
+      <c r="F133" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G133" s="59"/>
+    </row>
+    <row r="134" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A134" s="38" t="s">
+        <v>629</v>
+      </c>
+      <c r="B134" s="39" t="s">
+        <v>630</v>
+      </c>
+      <c r="C134" s="40"/>
+      <c r="D134" s="40" t="s">
+        <v>631</v>
+      </c>
+      <c r="E134" s="41" t="s">
+        <v>632</v>
+      </c>
+      <c r="F134" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G134" s="42"/>
+    </row>
+    <row r="135" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="52" t="s">
+        <v>273</v>
+      </c>
+      <c r="B135" s="65" t="s">
+        <v>633</v>
+      </c>
+      <c r="C135" s="65" t="s">
+        <v>274</v>
+      </c>
+      <c r="D135" s="57" t="s">
+        <v>275</v>
+      </c>
+      <c r="E135" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="F135" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G135" s="59" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A136" s="38" t="s">
+        <v>276</v>
+      </c>
+      <c r="B136" s="40"/>
+      <c r="C136" s="39" t="s">
+        <v>892</v>
+      </c>
+      <c r="D136" s="40" t="s">
+        <v>278</v>
+      </c>
+      <c r="E136" s="41" t="s">
+        <v>97</v>
+      </c>
+      <c r="F136" s="42"/>
+      <c r="G136" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="91.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="52" t="s">
+        <v>279</v>
+      </c>
+      <c r="B137" s="57"/>
+      <c r="C137" s="65" t="s">
+        <v>893</v>
+      </c>
+      <c r="D137" s="57" t="s">
+        <v>281</v>
+      </c>
+      <c r="E137" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="F137" s="59"/>
+      <c r="G137" s="59" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="38" t="s">
+        <v>634</v>
+      </c>
+      <c r="B138" s="40"/>
+      <c r="C138" s="39" t="s">
+        <v>635</v>
+      </c>
+      <c r="D138" s="40" t="s">
+        <v>636</v>
+      </c>
+      <c r="E138" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F138" s="42"/>
+      <c r="G138" s="42" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A139" s="52" t="s">
+        <v>283</v>
+      </c>
+      <c r="B139" s="57"/>
+      <c r="C139" s="65" t="s">
+        <v>894</v>
+      </c>
+      <c r="D139" s="57" t="s">
+        <v>285</v>
+      </c>
+      <c r="E139" s="61" t="s">
+        <v>97</v>
+      </c>
+      <c r="F139" s="59"/>
+      <c r="G139" s="59" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="118.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="38" t="s">
+        <v>286</v>
+      </c>
+      <c r="B140" s="39" t="s">
+        <v>895</v>
+      </c>
+      <c r="C140" s="39" t="s">
+        <v>896</v>
+      </c>
+      <c r="D140" s="40" t="s">
+        <v>289</v>
+      </c>
+      <c r="E140" s="41" t="s">
+        <v>290</v>
+      </c>
+      <c r="F140" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G140" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A141" s="52" t="s">
+        <v>637</v>
+      </c>
+      <c r="B141" s="65" t="s">
+        <v>638</v>
+      </c>
+      <c r="C141" s="62"/>
+      <c r="D141" s="57" t="s">
+        <v>639</v>
+      </c>
+      <c r="E141" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F141" s="59" t="s">
+        <v>98</v>
+      </c>
+      <c r="G141" s="59"/>
+    </row>
+    <row r="142" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A142" s="38" t="s">
+        <v>640</v>
+      </c>
+      <c r="B142" s="39" t="s">
+        <v>641</v>
+      </c>
+      <c r="C142" s="45"/>
+      <c r="D142" s="40" t="s">
+        <v>642</v>
+      </c>
+      <c r="E142" s="41" t="s">
+        <v>346</v>
+      </c>
+      <c r="F142" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G142" s="42"/>
+    </row>
+    <row r="143" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="70" t="s">
+        <v>291</v>
+      </c>
+      <c r="B143" s="62"/>
+      <c r="C143" s="65" t="s">
+        <v>897</v>
+      </c>
+      <c r="D143" s="57" t="s">
+        <v>293</v>
+      </c>
+      <c r="E143" s="61" t="s">
+        <v>294</v>
+      </c>
+      <c r="F143" s="59"/>
+      <c r="G143" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A144" s="38" t="s">
+        <v>295</v>
+      </c>
+      <c r="B144" s="40"/>
+      <c r="C144" s="39" t="s">
+        <v>296</v>
+      </c>
+      <c r="D144" s="40" t="s">
+        <v>297</v>
+      </c>
+      <c r="E144" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F144" s="42"/>
+      <c r="G144" s="42" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="143.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="52" t="s">
+        <v>298</v>
+      </c>
+      <c r="B145" s="65" t="s">
+        <v>299</v>
+      </c>
+      <c r="C145" s="65" t="s">
+        <v>898</v>
+      </c>
+      <c r="D145" s="57" t="s">
+        <v>301</v>
+      </c>
+      <c r="E145" s="61" t="s">
+        <v>302</v>
+      </c>
+      <c r="F145" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G145" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="38" t="s">
+        <v>303</v>
+      </c>
+      <c r="B146" s="40"/>
+      <c r="C146" s="39" t="s">
+        <v>899</v>
+      </c>
+      <c r="D146" s="40" t="s">
+        <v>305</v>
+      </c>
+      <c r="E146" s="41" t="s">
+        <v>306</v>
+      </c>
+      <c r="F146" s="42"/>
+      <c r="G146" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="52" t="s">
+        <v>643</v>
+      </c>
+      <c r="B147" s="57"/>
+      <c r="C147" s="65" t="s">
+        <v>644</v>
+      </c>
+      <c r="D147" s="57" t="s">
+        <v>645</v>
+      </c>
+      <c r="E147" s="61" t="s">
+        <v>646</v>
+      </c>
+      <c r="F147" s="59"/>
+      <c r="G147" s="59" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="38" t="s">
+        <v>647</v>
+      </c>
+      <c r="B148" s="40"/>
+      <c r="C148" s="39" t="s">
+        <v>648</v>
+      </c>
+      <c r="D148" s="40" t="s">
+        <v>649</v>
+      </c>
+      <c r="E148" s="41" t="s">
+        <v>160</v>
+      </c>
+      <c r="F148" s="42"/>
+      <c r="G148" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A149" s="52" t="s">
+        <v>307</v>
+      </c>
+      <c r="B149" s="57"/>
+      <c r="C149" s="65" t="s">
+        <v>900</v>
+      </c>
+      <c r="D149" s="57" t="s">
+        <v>309</v>
+      </c>
+      <c r="E149" s="61" t="s">
+        <v>310</v>
+      </c>
+      <c r="F149" s="59"/>
+      <c r="G149" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A150" s="38" t="s">
+        <v>650</v>
+      </c>
+      <c r="B150" s="40"/>
+      <c r="C150" s="39" t="s">
+        <v>651</v>
+      </c>
+      <c r="D150" s="40" t="s">
+        <v>652</v>
+      </c>
+      <c r="E150" s="41" t="s">
+        <v>105</v>
+      </c>
+      <c r="F150" s="42"/>
+      <c r="G150" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="52" t="s">
+        <v>653</v>
+      </c>
+      <c r="B151" s="65" t="s">
+        <v>654</v>
+      </c>
+      <c r="C151" s="70"/>
+      <c r="D151" s="57" t="s">
+        <v>655</v>
+      </c>
+      <c r="E151" s="61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F151" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G151" s="59"/>
+    </row>
+    <row r="152" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A152" s="38" t="s">
+        <v>656</v>
+      </c>
+      <c r="B152" s="39" t="s">
+        <v>657</v>
+      </c>
+      <c r="C152" s="43"/>
+      <c r="D152" s="40" t="s">
+        <v>658</v>
+      </c>
+      <c r="E152" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F152" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G152" s="42"/>
+    </row>
+    <row r="153" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A153" s="52" t="s">
+        <v>659</v>
+      </c>
+      <c r="B153" s="65" t="s">
+        <v>660</v>
+      </c>
+      <c r="C153" s="70"/>
+      <c r="D153" s="57" t="s">
+        <v>661</v>
+      </c>
+      <c r="E153" s="61" t="s">
+        <v>646</v>
+      </c>
+      <c r="F153" s="59" t="s">
+        <v>98</v>
+      </c>
+      <c r="G153" s="59"/>
+    </row>
+    <row r="154" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A154" s="38" t="s">
+        <v>311</v>
+      </c>
+      <c r="B154" s="39" t="s">
+        <v>901</v>
+      </c>
+      <c r="C154" s="43"/>
+      <c r="D154" s="40" t="s">
+        <v>313</v>
+      </c>
+      <c r="E154" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="F154" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G154" s="42"/>
+    </row>
+    <row r="155" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A155" s="52" t="s">
+        <v>314</v>
+      </c>
+      <c r="B155" s="65" t="s">
+        <v>902</v>
+      </c>
+      <c r="C155" s="70"/>
+      <c r="D155" s="57" t="s">
+        <v>316</v>
+      </c>
+      <c r="E155" s="61" t="s">
+        <v>317</v>
+      </c>
+      <c r="F155" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G155" s="59"/>
+    </row>
+    <row r="156" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A156" s="38" t="s">
+        <v>662</v>
+      </c>
+      <c r="B156" s="39" t="s">
+        <v>663</v>
+      </c>
+      <c r="C156" s="43"/>
+      <c r="D156" s="40" t="s">
+        <v>664</v>
+      </c>
+      <c r="E156" s="41" t="s">
+        <v>160</v>
+      </c>
+      <c r="F156" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G156" s="42"/>
+    </row>
+    <row r="157" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A157" s="52" t="s">
+        <v>318</v>
+      </c>
+      <c r="B157" s="65" t="s">
+        <v>903</v>
+      </c>
+      <c r="C157" s="70"/>
+      <c r="D157" s="57" t="s">
+        <v>320</v>
+      </c>
+      <c r="E157" s="61" t="s">
+        <v>310</v>
+      </c>
+      <c r="F157" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G157" s="59"/>
+    </row>
+    <row r="158" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A158" s="38" t="s">
+        <v>321</v>
+      </c>
+      <c r="B158" s="39" t="s">
+        <v>904</v>
+      </c>
+      <c r="C158" s="43"/>
+      <c r="D158" s="40" t="s">
+        <v>323</v>
+      </c>
+      <c r="E158" s="41" t="s">
+        <v>28</v>
+      </c>
+      <c r="F158" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G158" s="42"/>
+    </row>
+    <row r="159" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A159" s="52" t="s">
+        <v>665</v>
+      </c>
+      <c r="B159" s="57"/>
+      <c r="C159" s="65" t="s">
+        <v>666</v>
+      </c>
+      <c r="D159" s="57" t="s">
+        <v>667</v>
+      </c>
+      <c r="E159" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F159" s="59"/>
+      <c r="G159" s="59" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A160" s="38" t="s">
+        <v>668</v>
+      </c>
+      <c r="B160" s="39" t="s">
+        <v>669</v>
+      </c>
+      <c r="C160" s="40"/>
+      <c r="D160" s="40" t="s">
+        <v>670</v>
+      </c>
+      <c r="E160" s="41" t="s">
+        <v>671</v>
+      </c>
+      <c r="F160" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G160" s="42"/>
+    </row>
+    <row r="161" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A161" s="52" t="s">
+        <v>672</v>
+      </c>
+      <c r="B161" s="65" t="s">
+        <v>673</v>
+      </c>
+      <c r="C161" s="57"/>
+      <c r="D161" s="57" t="s">
+        <v>674</v>
+      </c>
+      <c r="E161" s="61" t="s">
+        <v>92</v>
+      </c>
+      <c r="F161" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G161" s="59"/>
+    </row>
+    <row r="162" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A162" s="38" t="s">
+        <v>675</v>
+      </c>
+      <c r="B162" s="39" t="s">
+        <v>676</v>
+      </c>
+      <c r="C162" s="40"/>
+      <c r="D162" s="40" t="s">
+        <v>677</v>
+      </c>
+      <c r="E162" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F162" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G162" s="42"/>
+    </row>
+    <row r="163" spans="1:7" ht="92.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="52" t="s">
+        <v>324</v>
+      </c>
+      <c r="B163" s="65" t="s">
+        <v>905</v>
+      </c>
+      <c r="C163" s="65" t="s">
+        <v>906</v>
+      </c>
+      <c r="D163" s="57" t="s">
+        <v>327</v>
+      </c>
+      <c r="E163" s="61" t="s">
+        <v>328</v>
+      </c>
+      <c r="F163" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G163" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A164" s="38" t="s">
+        <v>332</v>
+      </c>
+      <c r="B164" s="39" t="s">
+        <v>907</v>
+      </c>
+      <c r="C164" s="40"/>
+      <c r="D164" s="40" t="s">
+        <v>334</v>
+      </c>
+      <c r="E164" s="41" t="s">
+        <v>335</v>
+      </c>
+      <c r="F164" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G164" s="42"/>
+    </row>
+    <row r="165" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A165" s="52" t="s">
+        <v>329</v>
+      </c>
+      <c r="B165" s="65" t="s">
+        <v>908</v>
+      </c>
+      <c r="C165" s="57"/>
+      <c r="D165" s="57" t="s">
+        <v>331</v>
+      </c>
+      <c r="E165" s="61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F165" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G165" s="59"/>
+    </row>
+    <row r="166" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A166" s="38" t="s">
+        <v>336</v>
+      </c>
+      <c r="B166" s="39" t="s">
+        <v>909</v>
+      </c>
+      <c r="C166" s="40"/>
+      <c r="D166" s="40" t="s">
+        <v>338</v>
+      </c>
+      <c r="E166" s="41" t="s">
+        <v>339</v>
+      </c>
+      <c r="F166" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G166" s="42"/>
+    </row>
+    <row r="167" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A167" s="52" t="s">
+        <v>678</v>
+      </c>
+      <c r="B167" s="57"/>
+      <c r="C167" s="65" t="s">
+        <v>679</v>
+      </c>
+      <c r="D167" s="57" t="s">
+        <v>680</v>
+      </c>
+      <c r="E167" s="61" t="s">
+        <v>346</v>
+      </c>
+      <c r="F167" s="59"/>
+      <c r="G167" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A168" s="43" t="s">
+        <v>681</v>
+      </c>
+      <c r="B168" s="45"/>
+      <c r="C168" s="44" t="s">
+        <v>682</v>
+      </c>
+      <c r="D168" s="45" t="s">
+        <v>683</v>
+      </c>
+      <c r="E168" s="41" t="s">
+        <v>684</v>
+      </c>
+      <c r="F168" s="42"/>
+      <c r="G168" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="70" t="s">
+        <v>340</v>
+      </c>
+      <c r="B169" s="63" t="s">
+        <v>341</v>
+      </c>
+      <c r="C169" s="62"/>
+      <c r="D169" s="62" t="s">
+        <v>342</v>
+      </c>
+      <c r="E169" s="61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F169" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G169" s="59"/>
+    </row>
+    <row r="170" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A170" s="43" t="s">
+        <v>343</v>
+      </c>
+      <c r="B170" s="44" t="s">
+        <v>344</v>
+      </c>
+      <c r="C170" s="45"/>
+      <c r="D170" s="45" t="s">
+        <v>345</v>
+      </c>
+      <c r="E170" s="41" t="s">
+        <v>346</v>
+      </c>
+      <c r="F170" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G170" s="42"/>
+    </row>
+    <row r="171" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A171" s="70" t="s">
+        <v>347</v>
+      </c>
+      <c r="B171" s="63" t="s">
+        <v>910</v>
+      </c>
+      <c r="C171" s="62"/>
+      <c r="D171" s="62" t="s">
+        <v>349</v>
+      </c>
+      <c r="E171" s="61" t="s">
+        <v>92</v>
+      </c>
+      <c r="F171" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G171" s="59"/>
+    </row>
+    <row r="172" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A172" s="43" t="s">
+        <v>685</v>
+      </c>
+      <c r="B172" s="44" t="s">
+        <v>686</v>
+      </c>
+      <c r="C172" s="45"/>
+      <c r="D172" s="45" t="s">
+        <v>687</v>
+      </c>
+      <c r="E172" s="41" t="s">
+        <v>479</v>
+      </c>
+      <c r="F172" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G172" s="42"/>
+    </row>
+    <row r="173" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A173" s="70" t="s">
+        <v>350</v>
+      </c>
+      <c r="B173" s="63" t="s">
+        <v>911</v>
+      </c>
+      <c r="C173" s="62"/>
+      <c r="D173" s="62" t="s">
+        <v>352</v>
+      </c>
+      <c r="E173" s="61" t="s">
+        <v>112</v>
+      </c>
+      <c r="F173" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G173" s="59"/>
+    </row>
+    <row r="174" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A174" s="43" t="s">
+        <v>353</v>
+      </c>
+      <c r="B174" s="45"/>
+      <c r="C174" s="44" t="s">
+        <v>912</v>
+      </c>
+      <c r="D174" s="45" t="s">
+        <v>355</v>
+      </c>
+      <c r="E174" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F174" s="42"/>
+      <c r="G174" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A175" s="70" t="s">
+        <v>688</v>
+      </c>
+      <c r="B175" s="62"/>
+      <c r="C175" s="63" t="s">
+        <v>689</v>
+      </c>
+      <c r="D175" s="62" t="s">
+        <v>690</v>
+      </c>
+      <c r="E175" s="61" t="s">
+        <v>691</v>
+      </c>
+      <c r="F175" s="59"/>
+      <c r="G175" s="59"/>
+    </row>
+    <row r="176" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A176" s="43" t="s">
+        <v>692</v>
+      </c>
+      <c r="B176" s="45"/>
+      <c r="C176" s="44" t="s">
+        <v>693</v>
+      </c>
+      <c r="D176" s="45" t="s">
+        <v>694</v>
+      </c>
+      <c r="E176" s="41" t="s">
+        <v>695</v>
+      </c>
+      <c r="F176" s="42"/>
+      <c r="G176" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="70" t="s">
+        <v>696</v>
+      </c>
+      <c r="B177" s="63" t="s">
+        <v>697</v>
+      </c>
+      <c r="C177" s="62"/>
+      <c r="D177" s="62" t="s">
+        <v>698</v>
+      </c>
+      <c r="E177" s="61" t="s">
+        <v>699</v>
+      </c>
+      <c r="F177" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G177" s="59"/>
+    </row>
+    <row r="178" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="43" t="s">
+        <v>700</v>
+      </c>
+      <c r="B178" s="44" t="s">
+        <v>701</v>
+      </c>
+      <c r="C178" s="45"/>
+      <c r="D178" s="45" t="s">
+        <v>702</v>
+      </c>
+      <c r="E178" s="41" t="s">
+        <v>703</v>
+      </c>
+      <c r="F178" s="42"/>
+      <c r="G178" s="42"/>
+    </row>
+    <row r="179" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A179" s="70" t="s">
+        <v>704</v>
+      </c>
+      <c r="B179" s="63" t="s">
+        <v>705</v>
+      </c>
+      <c r="C179" s="62"/>
+      <c r="D179" s="62" t="s">
+        <v>706</v>
+      </c>
+      <c r="E179" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F179" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G179" s="59"/>
+    </row>
+    <row r="180" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A180" s="43" t="s">
+        <v>707</v>
+      </c>
+      <c r="B180" s="44" t="s">
+        <v>708</v>
+      </c>
+      <c r="C180" s="45"/>
+      <c r="D180" s="45" t="s">
+        <v>709</v>
+      </c>
+      <c r="E180" s="41" t="s">
+        <v>105</v>
+      </c>
+      <c r="F180" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G180" s="42"/>
+    </row>
+    <row r="181" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A181" s="70" t="s">
+        <v>710</v>
+      </c>
+      <c r="B181" s="63" t="s">
+        <v>711</v>
+      </c>
+      <c r="C181" s="62"/>
+      <c r="D181" s="62" t="s">
+        <v>712</v>
+      </c>
+      <c r="E181" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F181" s="59" t="s">
+        <v>98</v>
+      </c>
+      <c r="G181" s="59"/>
+    </row>
+    <row r="182" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A182" s="43" t="s">
+        <v>713</v>
+      </c>
+      <c r="B182" s="44" t="s">
+        <v>714</v>
+      </c>
+      <c r="C182" s="45"/>
+      <c r="D182" s="45" t="s">
+        <v>715</v>
+      </c>
+      <c r="E182" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F182" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G182" s="42"/>
+    </row>
+    <row r="183" spans="1:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="70" t="s">
+        <v>356</v>
+      </c>
+      <c r="B183" s="63" t="s">
+        <v>913</v>
+      </c>
+      <c r="C183" s="63" t="s">
+        <v>716</v>
+      </c>
+      <c r="D183" s="62" t="s">
+        <v>358</v>
+      </c>
+      <c r="E183" s="61" t="s">
+        <v>105</v>
+      </c>
+      <c r="F183" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G183" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A184" s="43" t="s">
+        <v>359</v>
+      </c>
+      <c r="B184" s="44" t="s">
+        <v>914</v>
+      </c>
+      <c r="C184" s="44" t="s">
+        <v>915</v>
+      </c>
+      <c r="D184" s="45" t="s">
+        <v>362</v>
+      </c>
+      <c r="E184" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F184" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A185" s="70" t="s">
+        <v>717</v>
+      </c>
+      <c r="B185" s="63" t="s">
+        <v>718</v>
+      </c>
+      <c r="C185" s="62"/>
+      <c r="D185" s="62" t="s">
+        <v>56</v>
+      </c>
+      <c r="E185" s="61" t="s">
+        <v>719</v>
+      </c>
+      <c r="F185" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G185" s="59"/>
+    </row>
+    <row r="186" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A186" s="43" t="s">
+        <v>363</v>
+      </c>
+      <c r="B186" s="44" t="s">
+        <v>364</v>
+      </c>
+      <c r="C186" s="45"/>
+      <c r="D186" s="45" t="s">
+        <v>365</v>
+      </c>
+      <c r="E186" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F186" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G186" s="42"/>
+    </row>
+    <row r="187" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A187" s="70" t="s">
+        <v>366</v>
+      </c>
+      <c r="B187" s="62"/>
+      <c r="C187" s="63" t="s">
+        <v>916</v>
+      </c>
+      <c r="D187" s="62" t="s">
+        <v>368</v>
+      </c>
+      <c r="E187" s="61" t="s">
+        <v>369</v>
+      </c>
+      <c r="F187" s="59"/>
+      <c r="G187" s="59" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A188" s="43" t="s">
+        <v>720</v>
+      </c>
+      <c r="B188" s="45"/>
+      <c r="C188" s="44" t="s">
+        <v>721</v>
+      </c>
+      <c r="D188" s="45" t="s">
+        <v>722</v>
+      </c>
+      <c r="E188" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F188" s="42"/>
+      <c r="G188" s="42" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A189" s="70" t="s">
+        <v>370</v>
+      </c>
+      <c r="B189" s="62"/>
+      <c r="C189" s="63" t="s">
+        <v>917</v>
+      </c>
+      <c r="D189" s="62" t="s">
+        <v>372</v>
+      </c>
+      <c r="E189" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="F189" s="59"/>
+      <c r="G189" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A190" s="43" t="s">
+        <v>373</v>
+      </c>
+      <c r="B190" s="45"/>
+      <c r="C190" s="44" t="s">
+        <v>918</v>
+      </c>
+      <c r="D190" s="45" t="s">
+        <v>375</v>
+      </c>
+      <c r="E190" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F190" s="42"/>
+      <c r="G190" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A191" s="70" t="s">
+        <v>376</v>
+      </c>
+      <c r="B191" s="62"/>
+      <c r="C191" s="63" t="s">
+        <v>919</v>
+      </c>
+      <c r="D191" s="62" t="s">
+        <v>378</v>
+      </c>
+      <c r="E191" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="F191" s="59"/>
+      <c r="G191" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A192" s="43" t="s">
+        <v>379</v>
+      </c>
+      <c r="B192" s="44" t="s">
+        <v>920</v>
+      </c>
+      <c r="C192" s="45"/>
+      <c r="D192" s="45" t="s">
+        <v>381</v>
+      </c>
+      <c r="E192" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F192" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G192" s="42"/>
+    </row>
+    <row r="193" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A193" s="70" t="s">
+        <v>382</v>
+      </c>
+      <c r="B193" s="63" t="s">
+        <v>921</v>
+      </c>
+      <c r="C193" s="62"/>
+      <c r="D193" s="62" t="s">
+        <v>384</v>
+      </c>
+      <c r="E193" s="61" t="s">
+        <v>112</v>
+      </c>
+      <c r="F193" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G193" s="59"/>
+    </row>
+    <row r="194" spans="1:7" ht="93" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="43" t="s">
+        <v>385</v>
+      </c>
+      <c r="B194" s="44" t="s">
+        <v>922</v>
+      </c>
+      <c r="C194" s="45"/>
+      <c r="D194" s="45" t="s">
+        <v>387</v>
+      </c>
+      <c r="E194" s="41" t="s">
+        <v>229</v>
+      </c>
+      <c r="F194" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" s="42"/>
+    </row>
+    <row r="195" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A195" s="70" t="s">
+        <v>724</v>
+      </c>
+      <c r="B195" s="63" t="s">
+        <v>725</v>
+      </c>
+      <c r="C195" s="62"/>
+      <c r="D195" s="62" t="s">
+        <v>726</v>
+      </c>
+      <c r="E195" s="61" t="s">
+        <v>727</v>
+      </c>
+      <c r="F195" s="59" t="s">
+        <v>98</v>
+      </c>
+      <c r="G195" s="59"/>
+    </row>
+    <row r="196" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A196" s="43" t="s">
+        <v>728</v>
+      </c>
+      <c r="B196" s="44" t="s">
+        <v>729</v>
+      </c>
+      <c r="C196" s="45"/>
+      <c r="D196" s="45" t="s">
+        <v>730</v>
+      </c>
+      <c r="E196" s="41" t="s">
+        <v>731</v>
+      </c>
+      <c r="F196" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G196" s="42"/>
+    </row>
+    <row r="197" spans="1:7" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="62" t="s">
+        <v>388</v>
+      </c>
+      <c r="B197" s="63" t="s">
+        <v>923</v>
+      </c>
+      <c r="C197" s="63" t="s">
+        <v>924</v>
+      </c>
+      <c r="D197" s="62" t="s">
+        <v>391</v>
+      </c>
+      <c r="E197" s="61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F197" s="61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G197" s="61" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="43" t="s">
+        <v>732</v>
+      </c>
+      <c r="B198" s="44" t="s">
+        <v>733</v>
+      </c>
+      <c r="C198" s="45"/>
+      <c r="D198" s="45" t="s">
+        <v>734</v>
+      </c>
+      <c r="E198" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F198" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G198" s="42"/>
+    </row>
+    <row r="199" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A199" s="70" t="s">
+        <v>735</v>
+      </c>
+      <c r="B199" s="63" t="s">
+        <v>736</v>
+      </c>
+      <c r="C199" s="62"/>
+      <c r="D199" s="62" t="s">
+        <v>737</v>
+      </c>
+      <c r="E199" s="61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F199" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G199" s="59"/>
+    </row>
+    <row r="200" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A200" s="43" t="s">
+        <v>738</v>
+      </c>
+      <c r="B200" s="44" t="s">
+        <v>739</v>
+      </c>
+      <c r="C200" s="45"/>
+      <c r="D200" s="45" t="s">
+        <v>740</v>
+      </c>
+      <c r="E200" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F200" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G200" s="42"/>
+    </row>
+    <row r="201" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A201" s="70" t="s">
+        <v>741</v>
+      </c>
+      <c r="B201" s="63" t="s">
+        <v>742</v>
+      </c>
+      <c r="C201" s="62"/>
+      <c r="D201" s="62" t="s">
+        <v>743</v>
+      </c>
+      <c r="E201" s="61" t="s">
+        <v>70</v>
+      </c>
+      <c r="F201" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G201" s="59"/>
+    </row>
+    <row r="202" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A202" s="43" t="s">
+        <v>392</v>
+      </c>
+      <c r="B202" s="44" t="s">
+        <v>925</v>
+      </c>
+      <c r="C202" s="45"/>
+      <c r="D202" s="45" t="s">
+        <v>394</v>
+      </c>
+      <c r="E202" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F202" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" s="42"/>
+    </row>
+    <row r="203" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A203" s="70" t="s">
+        <v>744</v>
+      </c>
+      <c r="B203" s="63" t="s">
+        <v>745</v>
+      </c>
+      <c r="C203" s="62"/>
+      <c r="D203" s="62" t="s">
+        <v>746</v>
+      </c>
+      <c r="E203" s="61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F203" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G203" s="59"/>
+    </row>
+    <row r="204" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="43" t="s">
+        <v>395</v>
+      </c>
+      <c r="B204" s="45"/>
+      <c r="C204" s="44" t="s">
+        <v>396</v>
+      </c>
+      <c r="D204" s="45" t="s">
+        <v>397</v>
+      </c>
+      <c r="E204" s="41" t="s">
+        <v>398</v>
+      </c>
+      <c r="F204" s="42"/>
+      <c r="G204" s="42" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" ht="90.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="70" t="s">
+        <v>747</v>
+      </c>
+      <c r="B205" s="63" t="s">
+        <v>748</v>
+      </c>
+      <c r="C205" s="62"/>
+      <c r="D205" s="62" t="s">
+        <v>749</v>
+      </c>
+      <c r="E205" s="61" t="s">
+        <v>750</v>
+      </c>
+      <c r="F205" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G205" s="59"/>
+    </row>
+    <row r="206" spans="1:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="43" t="s">
+        <v>751</v>
+      </c>
+      <c r="B206" s="44" t="s">
+        <v>752</v>
+      </c>
+      <c r="C206" s="45"/>
+      <c r="D206" s="45" t="s">
+        <v>753</v>
+      </c>
+      <c r="E206" s="41" t="s">
+        <v>754</v>
+      </c>
+      <c r="F206" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G206" s="42"/>
+    </row>
+    <row r="207" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A207" s="70" t="s">
+        <v>755</v>
+      </c>
+      <c r="B207" s="62"/>
+      <c r="C207" s="63" t="s">
+        <v>756</v>
+      </c>
+      <c r="D207" s="62" t="s">
+        <v>757</v>
+      </c>
+      <c r="E207" s="61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F207" s="59"/>
+      <c r="G207" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="43" t="s">
+        <v>758</v>
+      </c>
+      <c r="B208" s="45"/>
+      <c r="C208" s="44" t="s">
+        <v>759</v>
+      </c>
+      <c r="D208" s="45" t="s">
+        <v>760</v>
+      </c>
+      <c r="E208" s="41" t="s">
+        <v>346</v>
+      </c>
+      <c r="F208" s="42"/>
+      <c r="G208" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A209" s="70" t="s">
+        <v>761</v>
+      </c>
+      <c r="B209" s="63" t="s">
+        <v>762</v>
+      </c>
+      <c r="C209" s="63" t="s">
+        <v>763</v>
+      </c>
+      <c r="D209" s="62" t="s">
+        <v>764</v>
+      </c>
+      <c r="E209" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F209" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G209" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A210" s="43" t="s">
+        <v>765</v>
+      </c>
+      <c r="B210" s="45"/>
+      <c r="C210" s="44" t="s">
+        <v>766</v>
+      </c>
+      <c r="D210" s="45" t="s">
+        <v>767</v>
+      </c>
+      <c r="E210" s="41" t="s">
+        <v>105</v>
+      </c>
+      <c r="F210" s="42"/>
+      <c r="G210" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="70" t="s">
+        <v>768</v>
+      </c>
+      <c r="B211" s="62"/>
+      <c r="C211" s="63" t="s">
+        <v>769</v>
+      </c>
+      <c r="D211" s="62" t="s">
+        <v>770</v>
+      </c>
+      <c r="E211" s="61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F211" s="59"/>
+      <c r="G211" s="59" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A212" s="43" t="s">
+        <v>771</v>
+      </c>
+      <c r="B212" s="45"/>
+      <c r="C212" s="44" t="s">
+        <v>772</v>
+      </c>
+      <c r="D212" s="45" t="s">
+        <v>773</v>
+      </c>
+      <c r="E212" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F212" s="42"/>
+      <c r="G212" s="42" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A213" s="70" t="s">
+        <v>399</v>
+      </c>
+      <c r="B213" s="63" t="s">
+        <v>926</v>
+      </c>
+      <c r="C213" s="62"/>
+      <c r="D213" s="62" t="s">
+        <v>401</v>
+      </c>
+      <c r="E213" s="61" t="s">
+        <v>402</v>
+      </c>
+      <c r="F213" s="59" t="s">
+        <v>261</v>
+      </c>
+      <c r="G213" s="59"/>
+    </row>
+    <row r="214" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A214" s="43" t="s">
+        <v>403</v>
+      </c>
+      <c r="B214" s="44" t="s">
+        <v>927</v>
+      </c>
+      <c r="C214" s="45"/>
+      <c r="D214" s="45" t="s">
+        <v>405</v>
+      </c>
+      <c r="E214" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F214" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G214" s="42"/>
+    </row>
+    <row r="215" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A215" s="70" t="s">
+        <v>774</v>
+      </c>
+      <c r="B215" s="62"/>
+      <c r="C215" s="63" t="s">
+        <v>775</v>
+      </c>
+      <c r="D215" s="62" t="s">
+        <v>776</v>
+      </c>
+      <c r="E215" s="61" t="s">
+        <v>105</v>
+      </c>
+      <c r="F215" s="59"/>
+      <c r="G215" s="59" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="43" t="s">
+        <v>777</v>
+      </c>
+      <c r="B216" s="44" t="s">
+        <v>778</v>
+      </c>
+      <c r="C216" s="45"/>
+      <c r="D216" s="45" t="s">
+        <v>779</v>
+      </c>
+      <c r="E216" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F216" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G216" s="42"/>
+    </row>
+    <row r="217" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A217" s="70" t="s">
+        <v>780</v>
+      </c>
+      <c r="B217" s="63" t="s">
+        <v>781</v>
+      </c>
+      <c r="C217" s="62"/>
+      <c r="D217" s="62" t="s">
+        <v>159</v>
+      </c>
+      <c r="E217" s="61" t="s">
+        <v>160</v>
+      </c>
+      <c r="F217" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G217" s="59"/>
+    </row>
+    <row r="218" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A218" s="43" t="s">
+        <v>406</v>
+      </c>
+      <c r="B218" s="44" t="s">
+        <v>928</v>
+      </c>
+      <c r="C218" s="45"/>
+      <c r="D218" s="45" t="s">
+        <v>408</v>
+      </c>
+      <c r="E218" s="41" t="s">
+        <v>409</v>
+      </c>
+      <c r="F218" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G218" s="42"/>
+    </row>
+    <row r="219" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A219" s="70" t="s">
+        <v>782</v>
+      </c>
+      <c r="B219" s="63" t="s">
+        <v>783</v>
+      </c>
+      <c r="C219" s="62"/>
+      <c r="D219" s="62" t="s">
+        <v>784</v>
+      </c>
+      <c r="E219" s="61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F219" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G219" s="59"/>
+    </row>
+    <row r="220" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A220" s="43" t="s">
+        <v>785</v>
+      </c>
+      <c r="B220" s="44" t="s">
+        <v>786</v>
+      </c>
+      <c r="C220" s="45"/>
+      <c r="D220" s="45" t="s">
+        <v>787</v>
+      </c>
+      <c r="E220" s="41" t="s">
+        <v>788</v>
+      </c>
+      <c r="F220" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G220" s="42"/>
+    </row>
+    <row r="221" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="70" t="s">
+        <v>789</v>
+      </c>
+      <c r="B221" s="63" t="s">
+        <v>790</v>
+      </c>
+      <c r="C221" s="62"/>
+      <c r="D221" s="62" t="s">
+        <v>791</v>
+      </c>
+      <c r="E221" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F221" s="59"/>
+      <c r="G221" s="59"/>
+    </row>
+    <row r="222" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A222" s="43" t="s">
+        <v>792</v>
+      </c>
+      <c r="B222" s="44" t="s">
+        <v>793</v>
+      </c>
+      <c r="C222" s="45"/>
+      <c r="D222" s="45" t="s">
+        <v>794</v>
+      </c>
+      <c r="E222" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="F222" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G222" s="42"/>
+    </row>
+    <row r="223" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A223" s="70" t="s">
+        <v>795</v>
+      </c>
+      <c r="B223" s="63" t="s">
+        <v>796</v>
+      </c>
+      <c r="C223" s="62"/>
+      <c r="D223" s="62" t="s">
+        <v>797</v>
+      </c>
+      <c r="E223" s="61" t="s">
+        <v>23</v>
+      </c>
+      <c r="F223" s="59"/>
+      <c r="G223" s="59"/>
+    </row>
+    <row r="224" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="43" t="s">
+        <v>798</v>
+      </c>
+      <c r="B224" s="44" t="s">
+        <v>799</v>
+      </c>
+      <c r="C224" s="45"/>
+      <c r="D224" s="45" t="s">
+        <v>800</v>
+      </c>
+      <c r="E224" s="41" t="s">
+        <v>801</v>
+      </c>
+      <c r="F224" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G224" s="42"/>
+    </row>
+    <row r="225" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A225" s="70" t="s">
+        <v>410</v>
+      </c>
+      <c r="B225" s="63" t="s">
+        <v>929</v>
+      </c>
+      <c r="C225" s="62"/>
+      <c r="D225" s="62" t="s">
+        <v>412</v>
+      </c>
+      <c r="E225" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="F225" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G225" s="59"/>
+    </row>
+    <row r="226" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A226" s="43" t="s">
+        <v>414</v>
+      </c>
+      <c r="B226" s="45"/>
+      <c r="C226" s="44" t="s">
+        <v>930</v>
+      </c>
+      <c r="D226" s="45" t="s">
+        <v>416</v>
+      </c>
+      <c r="E226" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F226" s="42"/>
+      <c r="G226" s="42" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A227" s="70" t="s">
+        <v>417</v>
+      </c>
+      <c r="B227" s="62"/>
+      <c r="C227" s="63" t="s">
+        <v>931</v>
+      </c>
+      <c r="D227" s="62" t="s">
+        <v>419</v>
+      </c>
+      <c r="E227" s="61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F227" s="59"/>
+      <c r="G227" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="43" t="s">
+        <v>420</v>
+      </c>
+      <c r="B228" s="44" t="s">
+        <v>421</v>
+      </c>
+      <c r="C228" s="45"/>
+      <c r="D228" s="45" t="s">
+        <v>422</v>
+      </c>
+      <c r="E228" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F228" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G228" s="42"/>
+    </row>
+    <row r="229" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A229" s="70" t="s">
+        <v>423</v>
+      </c>
+      <c r="B229" s="63" t="s">
+        <v>932</v>
+      </c>
+      <c r="C229" s="62"/>
+      <c r="D229" s="62" t="s">
+        <v>425</v>
+      </c>
+      <c r="E229" s="61" t="s">
+        <v>160</v>
+      </c>
+      <c r="F229" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G229" s="59"/>
+    </row>
+    <row r="230" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A230" s="43" t="s">
+        <v>426</v>
+      </c>
+      <c r="B230" s="44" t="s">
+        <v>933</v>
+      </c>
+      <c r="C230" s="45"/>
+      <c r="D230" s="45" t="s">
+        <v>428</v>
+      </c>
+      <c r="E230" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F230" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G230" s="42"/>
+    </row>
+    <row r="231" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A231" s="70" t="s">
+        <v>429</v>
+      </c>
+      <c r="B231" s="62"/>
+      <c r="C231" s="63" t="s">
+        <v>934</v>
+      </c>
+      <c r="D231" s="62" t="s">
+        <v>431</v>
+      </c>
+      <c r="E231" s="61" t="s">
+        <v>105</v>
+      </c>
+      <c r="F231" s="59"/>
+      <c r="G231" s="59" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A232" s="43" t="s">
+        <v>802</v>
+      </c>
+      <c r="B232" s="44" t="s">
+        <v>803</v>
+      </c>
+      <c r="C232" s="45"/>
+      <c r="D232" s="45" t="s">
+        <v>804</v>
+      </c>
+      <c r="E232" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F232" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G232" s="42"/>
+    </row>
+    <row r="233" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A233" s="70" t="s">
+        <v>805</v>
+      </c>
+      <c r="B233" s="63" t="s">
+        <v>806</v>
+      </c>
+      <c r="C233" s="62"/>
+      <c r="D233" s="62" t="s">
+        <v>807</v>
+      </c>
+      <c r="E233" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="F233" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G233" s="59"/>
+    </row>
+    <row r="234" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="43" t="s">
+        <v>432</v>
+      </c>
+      <c r="B234" s="44" t="s">
+        <v>935</v>
+      </c>
+      <c r="C234" s="45"/>
+      <c r="D234" s="45" t="s">
+        <v>434</v>
+      </c>
+      <c r="E234" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F234" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G234" s="42"/>
+    </row>
+    <row r="235" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A235" s="30" t="s">
+        <v>435</v>
+      </c>
+      <c r="B235" s="29"/>
+      <c r="C235" s="22" t="s">
+        <v>436</v>
+      </c>
+      <c r="D235" s="29" t="s">
+        <v>437</v>
+      </c>
+      <c r="E235" s="46" t="s">
+        <v>70</v>
+      </c>
+      <c r="F235" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="G235" s="47"/>
+    </row>
+    <row r="236" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="7"/>
+      <c r="B236" s="91"/>
+      <c r="C236" s="8"/>
+      <c r="D236" s="8"/>
+      <c r="E236" s="10"/>
+      <c r="F236" s="11"/>
+      <c r="G236" s="11"/>
+    </row>
+    <row r="237" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="7"/>
+      <c r="B237" s="8"/>
+      <c r="C237" s="8"/>
+      <c r="D237" s="8"/>
+      <c r="E237" s="10"/>
+      <c r="F237" s="11"/>
+      <c r="G237" s="11"/>
+    </row>
+    <row r="238" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="7"/>
+      <c r="B238" s="8"/>
+      <c r="C238" s="8"/>
+      <c r="D238" s="8"/>
+      <c r="E238" s="10"/>
+      <c r="F238" s="11"/>
+      <c r="G238" s="11"/>
+    </row>
+    <row r="239" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="7"/>
+      <c r="B239" s="8"/>
+      <c r="C239" s="8"/>
+      <c r="D239" s="8"/>
+      <c r="E239" s="10"/>
+      <c r="F239" s="11"/>
+      <c r="G239" s="11"/>
+    </row>
+    <row r="240" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="7"/>
+      <c r="B240" s="8"/>
+      <c r="C240" s="8"/>
+      <c r="D240" s="8"/>
+      <c r="E240" s="10"/>
+      <c r="F240" s="11"/>
+      <c r="G240" s="11"/>
+    </row>
+    <row r="241" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="7"/>
+      <c r="B241" s="8"/>
+      <c r="C241" s="8"/>
+      <c r="D241" s="8"/>
+      <c r="E241" s="10"/>
+      <c r="F241" s="11"/>
+      <c r="G241" s="11"/>
+    </row>
+    <row r="242" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="7"/>
+      <c r="B242" s="8"/>
+      <c r="C242" s="8"/>
+      <c r="D242" s="8"/>
+      <c r="E242" s="10"/>
+      <c r="F242" s="11"/>
+      <c r="G242" s="11"/>
+    </row>
+    <row r="243" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="7"/>
+      <c r="B243" s="8"/>
+      <c r="C243" s="8"/>
+      <c r="D243" s="8"/>
+      <c r="E243" s="10"/>
+      <c r="F243" s="11"/>
+      <c r="G243" s="11"/>
+    </row>
+    <row r="244" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="7"/>
+      <c r="B244" s="8"/>
+      <c r="C244" s="8"/>
+      <c r="D244" s="8"/>
+      <c r="E244" s="10"/>
+      <c r="F244" s="11"/>
+      <c r="G244" s="11"/>
+    </row>
+    <row r="245" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A245" s="1"/>
+      <c r="B245" s="2"/>
+      <c r="C245" s="2"/>
+      <c r="D245" s="5"/>
+      <c r="E245" s="3"/>
+      <c r="F245" s="4"/>
+      <c r="G245" s="4"/>
+    </row>
+    <row r="246" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A246" s="1"/>
+      <c r="B246" s="2"/>
+      <c r="C246" s="2"/>
+      <c r="D246" s="5"/>
+      <c r="E246" s="6"/>
+    </row>
+    <row r="247" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A247" s="1"/>
+      <c r="B247" s="2"/>
+      <c r="C247" s="2"/>
+      <c r="D247" s="5"/>
+      <c r="E247" s="6"/>
+    </row>
+    <row r="248" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A248" s="1"/>
+      <c r="B248" s="2"/>
+      <c r="C248" s="2"/>
+      <c r="D248" s="5"/>
+      <c r="E248" s="6"/>
+    </row>
+    <row r="249" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A249" s="1"/>
+      <c r="B249" s="2"/>
+      <c r="C249" s="2"/>
+      <c r="D249" s="5"/>
+      <c r="E249" s="6"/>
+    </row>
+    <row r="250" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A250" s="1"/>
+      <c r="B250" s="2"/>
+      <c r="C250" s="2"/>
+      <c r="D250" s="5"/>
+      <c r="E250" s="6"/>
+    </row>
+    <row r="251" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A251" s="1"/>
+      <c r="B251" s="2"/>
+      <c r="C251" s="2"/>
+      <c r="D251" s="5"/>
+      <c r="E251" s="6"/>
+    </row>
+    <row r="252" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A252" s="1"/>
+      <c r="B252" s="2"/>
+      <c r="C252" s="2"/>
+      <c r="D252" s="5"/>
+      <c r="E252" s="6"/>
+    </row>
+    <row r="253" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A253" s="1"/>
+      <c r="B253" s="2"/>
+      <c r="C253" s="2"/>
+      <c r="D253" s="5"/>
+      <c r="E253" s="6"/>
+    </row>
+    <row r="254" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A254" s="1"/>
+      <c r="B254" s="2"/>
+      <c r="C254" s="2"/>
+      <c r="D254" s="5"/>
+      <c r="E254" s="6"/>
+    </row>
+    <row r="255" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A255" s="1"/>
+      <c r="B255" s="2"/>
+      <c r="C255" s="2"/>
+      <c r="D255" s="5"/>
+      <c r="E255" s="6"/>
+    </row>
+    <row r="256" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A256" s="1"/>
+      <c r="B256" s="2"/>
+      <c r="C256" s="2"/>
+      <c r="D256" s="5"/>
+      <c r="E256" s="6"/>
+    </row>
+    <row r="257" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A257" s="1"/>
+      <c r="B257" s="2"/>
+      <c r="C257" s="2"/>
+      <c r="D257" s="5"/>
+      <c r="E257" s="6"/>
+    </row>
+    <row r="258" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A258" s="1"/>
+      <c r="B258" s="2"/>
+      <c r="C258" s="2"/>
+      <c r="D258" s="5"/>
+      <c r="E258" s="6"/>
+    </row>
+    <row r="259" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A259" s="1"/>
+      <c r="B259" s="2"/>
+      <c r="C259" s="2"/>
+      <c r="D259" s="5"/>
+      <c r="E259" s="6"/>
+    </row>
+    <row r="260" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A260" s="1"/>
+      <c r="B260" s="2"/>
+      <c r="C260" s="2"/>
+      <c r="D260" s="5"/>
+      <c r="E260" s="6"/>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A261" s="1"/>
+      <c r="B261" s="2"/>
+      <c r="C261" s="2"/>
+      <c r="D261" s="5"/>
+      <c r="E261" s="6"/>
+    </row>
+    <row r="262" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A262" s="1"/>
+      <c r="B262" s="2"/>
+      <c r="C262" s="2"/>
+      <c r="D262" s="5"/>
+      <c r="E262" s="6"/>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A263" s="1"/>
+      <c r="B263" s="2"/>
+      <c r="C263" s="2"/>
+      <c r="D263" s="5"/>
+      <c r="E263" s="6"/>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A264" s="1"/>
+      <c r="B264" s="2"/>
+      <c r="C264" s="2"/>
+      <c r="D264" s="5"/>
+      <c r="E264" s="6"/>
+    </row>
+    <row r="265" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A265" s="1"/>
+      <c r="B265" s="2"/>
+      <c r="C265" s="2"/>
+      <c r="D265" s="5"/>
+      <c r="E265" s="6"/>
+    </row>
+    <row r="266" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A266" s="1"/>
+      <c r="B266" s="2"/>
+      <c r="C266" s="2"/>
+      <c r="D266" s="5"/>
+      <c r="E266" s="6"/>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A267" s="1"/>
+      <c r="B267" s="2"/>
+      <c r="C267" s="2"/>
+      <c r="D267" s="5"/>
+      <c r="E267" s="6"/>
+    </row>
+    <row r="268" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A268" s="1"/>
+      <c r="B268" s="2"/>
+      <c r="C268" s="2"/>
+      <c r="D268" s="5"/>
+      <c r="E268" s="6"/>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A269" s="1"/>
+      <c r="B269" s="2"/>
+      <c r="C269" s="2"/>
+      <c r="D269" s="5"/>
+      <c r="E269" s="6"/>
+    </row>
+    <row r="270" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A270" s="1"/>
+      <c r="B270" s="2"/>
+      <c r="C270" s="2"/>
+      <c r="D270" s="5"/>
+      <c r="E270" s="6"/>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A271" s="1"/>
+      <c r="B271" s="2"/>
+      <c r="C271" s="2"/>
+      <c r="D271" s="5"/>
+      <c r="E271" s="6"/>
+    </row>
+    <row r="272" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A272" s="1"/>
+      <c r="B272" s="2"/>
+      <c r="C272" s="2"/>
+      <c r="D272" s="5"/>
+      <c r="E272" s="6"/>
+    </row>
+    <row r="273" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A273" s="1"/>
+      <c r="B273" s="2"/>
+      <c r="C273" s="2"/>
+      <c r="D273" s="5"/>
+      <c r="E273" s="6"/>
+    </row>
+    <row r="274" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A274" s="1"/>
+      <c r="B274" s="2"/>
+      <c r="C274" s="2"/>
+      <c r="D274" s="5"/>
+      <c r="E274" s="6"/>
+    </row>
+    <row r="275" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A275" s="1"/>
+      <c r="B275" s="2"/>
+      <c r="C275" s="2"/>
+      <c r="D275" s="5"/>
+      <c r="E275" s="6"/>
+    </row>
+    <row r="276" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A276" s="1"/>
+      <c r="B276" s="2"/>
+      <c r="C276" s="2"/>
+      <c r="D276" s="5"/>
+      <c r="E276" s="6"/>
+    </row>
+    <row r="277" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A277" s="1"/>
+      <c r="B277" s="2"/>
+      <c r="C277" s="2"/>
+      <c r="D277" s="5"/>
+      <c r="E277" s="6"/>
+    </row>
+    <row r="278" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A278" s="1"/>
+      <c r="B278" s="2"/>
+      <c r="C278" s="2"/>
+      <c r="D278" s="5"/>
+      <c r="E278" s="6"/>
+    </row>
+    <row r="279" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A279" s="1"/>
+      <c r="B279" s="2"/>
+      <c r="C279" s="2"/>
+      <c r="D279" s="5"/>
+      <c r="E279" s="6"/>
+    </row>
+    <row r="280" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A280" s="1"/>
+      <c r="B280" s="2"/>
+      <c r="C280" s="2"/>
+      <c r="D280" s="5"/>
+      <c r="E280" s="6"/>
+    </row>
+    <row r="281" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A281" s="1"/>
+      <c r="B281" s="2"/>
+      <c r="C281" s="2"/>
+      <c r="D281" s="5"/>
+      <c r="E281" s="6"/>
+    </row>
+    <row r="282" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A282" s="1"/>
+      <c r="B282" s="2"/>
+      <c r="C282" s="2"/>
+      <c r="D282" s="5"/>
+      <c r="E282" s="6"/>
+    </row>
+    <row r="283" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A283" s="1"/>
+      <c r="B283" s="2"/>
+      <c r="C283" s="2"/>
+      <c r="D283" s="5"/>
+      <c r="E283" s="6"/>
+    </row>
+    <row r="284" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A284" s="1"/>
+      <c r="B284" s="2"/>
+      <c r="C284" s="2"/>
+      <c r="D284" s="5"/>
+      <c r="E284" s="6"/>
+    </row>
+    <row r="285" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A285" s="1"/>
+      <c r="B285" s="2"/>
+      <c r="C285" s="2"/>
+      <c r="D285" s="5"/>
+      <c r="E285" s="6"/>
+    </row>
+    <row r="286" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A286" s="1"/>
+      <c r="B286" s="2"/>
+      <c r="C286" s="2"/>
+      <c r="D286" s="5"/>
+      <c r="E286" s="6"/>
+    </row>
+    <row r="287" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A287" s="1"/>
+      <c r="B287" s="2"/>
+      <c r="C287" s="2"/>
+      <c r="D287" s="5"/>
+      <c r="E287" s="6"/>
+    </row>
+    <row r="288" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A288" s="1"/>
+      <c r="B288" s="2"/>
+      <c r="C288" s="2"/>
+      <c r="D288" s="5"/>
+      <c r="E288" s="6"/>
+    </row>
+    <row r="289" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A289" s="1"/>
+      <c r="B289" s="2"/>
+      <c r="C289" s="2"/>
+      <c r="D289" s="5"/>
+      <c r="E289" s="6"/>
+    </row>
+    <row r="290" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A290" s="1"/>
+      <c r="B290" s="2"/>
+      <c r="C290" s="2"/>
+      <c r="D290" s="5"/>
+      <c r="E290" s="6"/>
+    </row>
+    <row r="291" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A291" s="1"/>
+      <c r="B291" s="2"/>
+      <c r="C291" s="2"/>
+      <c r="D291" s="5"/>
+      <c r="E291" s="6"/>
+    </row>
+    <row r="292" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A292" s="1"/>
+      <c r="B292" s="2"/>
+      <c r="C292" s="2"/>
+      <c r="D292" s="5"/>
+      <c r="E292" s="6"/>
+    </row>
+    <row r="293" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A293" s="1"/>
+      <c r="B293" s="2"/>
+      <c r="C293" s="2"/>
+      <c r="D293" s="5"/>
+      <c r="E293" s="6"/>
+    </row>
+    <row r="294" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A294" s="1"/>
+      <c r="B294" s="2"/>
+      <c r="C294" s="2"/>
+      <c r="D294" s="5"/>
+      <c r="E294" s="6"/>
+    </row>
+    <row r="295" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A295" s="1"/>
+      <c r="B295" s="2"/>
+      <c r="C295" s="2"/>
+      <c r="D295" s="5"/>
+      <c r="E295" s="6"/>
+    </row>
+    <row r="296" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A296" s="1"/>
+      <c r="B296" s="2"/>
+      <c r="C296" s="2"/>
+      <c r="D296" s="5"/>
+      <c r="E296" s="6"/>
+    </row>
+    <row r="297" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A297" s="1"/>
+      <c r="B297" s="2"/>
+      <c r="C297" s="2"/>
+      <c r="D297" s="5"/>
+      <c r="E297" s="6"/>
+    </row>
+    <row r="298" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A298" s="1"/>
+      <c r="B298" s="2"/>
+      <c r="C298" s="2"/>
+      <c r="D298" s="5"/>
+      <c r="E298" s="6"/>
+    </row>
+    <row r="299" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A299" s="1"/>
+      <c r="B299" s="2"/>
+      <c r="C299" s="2"/>
+      <c r="D299" s="5"/>
+      <c r="E299" s="6"/>
+    </row>
+    <row r="300" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A300" s="1"/>
+      <c r="B300" s="2"/>
+      <c r="C300" s="2"/>
+      <c r="D300" s="5"/>
+      <c r="E300" s="6"/>
+    </row>
+    <row r="301" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A301" s="1"/>
+      <c r="B301" s="2"/>
+      <c r="C301" s="2"/>
+      <c r="D301" s="5"/>
+      <c r="E301" s="6"/>
+    </row>
+    <row r="302" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A302" s="1"/>
+      <c r="B302" s="2"/>
+      <c r="C302" s="2"/>
+      <c r="D302" s="5"/>
+      <c r="E302" s="6"/>
+    </row>
+    <row r="303" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A303" s="1"/>
+      <c r="B303" s="2"/>
+      <c r="C303" s="2"/>
+      <c r="D303" s="5"/>
+      <c r="E303" s="6"/>
+    </row>
+    <row r="304" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A304" s="1"/>
+      <c r="B304" s="2"/>
+      <c r="C304" s="2"/>
+      <c r="D304" s="5"/>
+      <c r="E304" s="6"/>
+    </row>
+    <row r="305" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A305" s="1"/>
+      <c r="B305" s="2"/>
+      <c r="C305" s="2"/>
+      <c r="D305" s="5"/>
+      <c r="E305" s="6"/>
+    </row>
+    <row r="306" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A306" s="1"/>
+      <c r="B306" s="2"/>
+      <c r="C306" s="2"/>
+      <c r="D306" s="5"/>
+      <c r="E306" s="6"/>
+    </row>
+    <row r="307" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A307" s="1"/>
+      <c r="B307" s="2"/>
+      <c r="C307" s="2"/>
+      <c r="D307" s="5"/>
+      <c r="E307" s="6"/>
+    </row>
+    <row r="308" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A308" s="1"/>
+      <c r="B308" s="2"/>
+      <c r="C308" s="2"/>
+      <c r="D308" s="5"/>
+      <c r="E308" s="6"/>
+    </row>
+    <row r="309" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A309" s="1"/>
+      <c r="B309" s="2"/>
+      <c r="C309" s="2"/>
+      <c r="D309" s="5"/>
+      <c r="E309" s="6"/>
+    </row>
+    <row r="310" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A310" s="1"/>
+      <c r="B310" s="2"/>
+      <c r="C310" s="2"/>
+      <c r="D310" s="5"/>
+      <c r="E310" s="6"/>
+    </row>
+    <row r="311" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A311" s="1"/>
+      <c r="B311" s="2"/>
+      <c r="C311" s="2"/>
+      <c r="D311" s="5"/>
+      <c r="E311" s="6"/>
+    </row>
+    <row r="312" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A312" s="1"/>
+      <c r="B312" s="2"/>
+      <c r="C312" s="2"/>
+      <c r="D312" s="5"/>
+      <c r="E312" s="6"/>
+    </row>
+    <row r="313" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A313" s="1"/>
+      <c r="B313" s="2"/>
+      <c r="C313" s="2"/>
+      <c r="D313" s="5"/>
+      <c r="E313" s="6"/>
+    </row>
+    <row r="314" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A314" s="1"/>
+      <c r="B314" s="2"/>
+      <c r="C314" s="2"/>
+      <c r="D314" s="5"/>
+      <c r="E314" s="6"/>
+    </row>
+    <row r="315" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A315" s="1"/>
+      <c r="B315" s="2"/>
+      <c r="C315" s="2"/>
+      <c r="D315" s="5"/>
+      <c r="E315" s="6"/>
+    </row>
+    <row r="316" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A316" s="1"/>
+      <c r="B316" s="2"/>
+      <c r="C316" s="2"/>
+      <c r="D316" s="5"/>
+      <c r="E316" s="6"/>
+    </row>
+    <row r="317" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A317" s="1"/>
+      <c r="B317" s="2"/>
+      <c r="C317" s="2"/>
+      <c r="D317" s="5"/>
+      <c r="E317" s="6"/>
+    </row>
+    <row r="318" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A318" s="1"/>
+      <c r="B318" s="2"/>
+      <c r="C318" s="2"/>
+      <c r="D318" s="5"/>
+      <c r="E318" s="6"/>
+    </row>
+    <row r="319" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A319" s="1"/>
+      <c r="B319" s="2"/>
+      <c r="C319" s="2"/>
+      <c r="D319" s="5"/>
+      <c r="E319" s="6"/>
+    </row>
+    <row r="320" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A320" s="1"/>
+      <c r="B320" s="2"/>
+      <c r="C320" s="2"/>
+      <c r="D320" s="5"/>
+      <c r="E320" s="6"/>
+    </row>
+    <row r="321" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A321" s="1"/>
+      <c r="B321" s="2"/>
+      <c r="C321" s="2"/>
+      <c r="D321" s="5"/>
+      <c r="E321" s="6"/>
+    </row>
+    <row r="322" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A322" s="1"/>
+      <c r="B322" s="2"/>
+      <c r="C322" s="2"/>
+      <c r="D322" s="5"/>
+      <c r="E322" s="6"/>
+    </row>
+    <row r="323" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A323" s="1"/>
+      <c r="B323" s="2"/>
+      <c r="C323" s="2"/>
+      <c r="D323" s="5"/>
+      <c r="E323" s="6"/>
+    </row>
+    <row r="324" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A324" s="1"/>
+      <c r="B324" s="2"/>
+      <c r="C324" s="2"/>
+      <c r="D324" s="5"/>
+      <c r="E324" s="6"/>
+    </row>
+    <row r="325" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A325" s="1"/>
+      <c r="B325" s="2"/>
+      <c r="C325" s="2"/>
+      <c r="D325" s="5"/>
+      <c r="E325" s="6"/>
+    </row>
+    <row r="326" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A326" s="1"/>
+      <c r="B326" s="2"/>
+      <c r="C326" s="2"/>
+      <c r="D326" s="5"/>
+      <c r="E326" s="6"/>
+    </row>
+    <row r="327" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A327" s="1"/>
+      <c r="B327" s="2"/>
+      <c r="C327" s="2"/>
+      <c r="D327" s="5"/>
+      <c r="E327" s="6"/>
+    </row>
+    <row r="328" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A328" s="1"/>
+      <c r="B328" s="2"/>
+      <c r="C328" s="2"/>
+      <c r="D328" s="5"/>
+      <c r="E328" s="6"/>
+    </row>
+    <row r="329" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A329" s="1"/>
+      <c r="B329" s="2"/>
+      <c r="C329" s="2"/>
+      <c r="D329" s="5"/>
+      <c r="E329" s="6"/>
+    </row>
+    <row r="330" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A330" s="1"/>
+      <c r="B330" s="2"/>
+      <c r="C330" s="2"/>
+      <c r="D330" s="5"/>
+      <c r="E330" s="6"/>
+    </row>
+    <row r="331" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A331" s="1"/>
+      <c r="B331" s="2"/>
+      <c r="C331" s="2"/>
+      <c r="D331" s="5"/>
+      <c r="E331" s="6"/>
+    </row>
+    <row r="332" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A332" s="1"/>
+      <c r="B332" s="2"/>
+      <c r="C332" s="2"/>
+      <c r="D332" s="5"/>
+      <c r="E332" s="6"/>
+    </row>
+    <row r="333" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A333" s="1"/>
+      <c r="B333" s="2"/>
+      <c r="C333" s="2"/>
+      <c r="D333" s="5"/>
+      <c r="E333" s="6"/>
+    </row>
+    <row r="334" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A334" s="1"/>
+      <c r="B334" s="2"/>
+      <c r="C334" s="2"/>
+      <c r="D334" s="5"/>
+      <c r="E334" s="6"/>
+    </row>
+    <row r="335" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A335" s="1"/>
+      <c r="B335" s="2"/>
+      <c r="C335" s="2"/>
+      <c r="D335" s="5"/>
+      <c r="E335" s="6"/>
+    </row>
+    <row r="336" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A336" s="1"/>
+      <c r="B336" s="2"/>
+      <c r="C336" s="2"/>
+      <c r="D336" s="5"/>
+      <c r="E336" s="6"/>
+    </row>
+    <row r="337" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A337" s="1"/>
+      <c r="B337" s="2"/>
+      <c r="C337" s="2"/>
+      <c r="D337" s="5"/>
+      <c r="E337" s="6"/>
+    </row>
+    <row r="338" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A338" s="1"/>
+      <c r="B338" s="2"/>
+      <c r="C338" s="2"/>
+      <c r="D338" s="5"/>
+      <c r="E338" s="6"/>
+    </row>
+    <row r="339" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A339" s="1"/>
+      <c r="B339" s="2"/>
+      <c r="C339" s="2"/>
+      <c r="D339" s="5"/>
+      <c r="E339" s="6"/>
+    </row>
+    <row r="340" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A340" s="1"/>
+      <c r="B340" s="2"/>
+      <c r="C340" s="2"/>
+      <c r="D340" s="5"/>
+      <c r="E340" s="6"/>
+    </row>
+    <row r="341" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A341" s="1"/>
+      <c r="B341" s="2"/>
+      <c r="C341" s="2"/>
+      <c r="D341" s="5"/>
+      <c r="E341" s="6"/>
+    </row>
+    <row r="342" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A342" s="1"/>
+      <c r="B342" s="2"/>
+      <c r="C342" s="2"/>
+      <c r="D342" s="5"/>
+      <c r="E342" s="6"/>
+    </row>
+    <row r="343" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A343" s="1"/>
+      <c r="B343" s="2"/>
+      <c r="C343" s="2"/>
+      <c r="D343" s="5"/>
+      <c r="E343" s="6"/>
+    </row>
+    <row r="344" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A344" s="1"/>
+      <c r="B344" s="2"/>
+      <c r="C344" s="2"/>
+      <c r="D344" s="5"/>
+      <c r="E344" s="6"/>
+    </row>
+    <row r="345" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A345" s="1"/>
+      <c r="B345" s="2"/>
+      <c r="C345" s="2"/>
+      <c r="D345" s="5"/>
+      <c r="E345" s="6"/>
+    </row>
+    <row r="346" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A346" s="1"/>
+      <c r="B346" s="2"/>
+      <c r="C346" s="2"/>
+      <c r="D346" s="5"/>
+      <c r="E346" s="6"/>
+    </row>
+    <row r="347" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A347" s="1"/>
+      <c r="B347" s="2"/>
+      <c r="C347" s="2"/>
+      <c r="D347" s="5"/>
+      <c r="E347" s="6"/>
+    </row>
+    <row r="348" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A348" s="1"/>
+      <c r="B348" s="2"/>
+      <c r="C348" s="2"/>
+      <c r="D348" s="5"/>
+      <c r="E348" s="6"/>
+    </row>
+    <row r="349" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A349" s="1"/>
+      <c r="B349" s="2"/>
+      <c r="C349" s="2"/>
+      <c r="D349" s="5"/>
+      <c r="E349" s="6"/>
+    </row>
+    <row r="350" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A350" s="1"/>
+      <c r="B350" s="2"/>
+      <c r="C350" s="2"/>
+      <c r="D350" s="5"/>
+      <c r="E350" s="6"/>
+    </row>
+    <row r="351" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A351" s="1"/>
+      <c r="B351" s="2"/>
+      <c r="C351" s="2"/>
+      <c r="D351" s="5"/>
+      <c r="E351" s="6"/>
+    </row>
+    <row r="352" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A352" s="1"/>
+      <c r="B352" s="2"/>
+      <c r="C352" s="2"/>
+      <c r="D352" s="5"/>
+      <c r="E352" s="6"/>
+    </row>
+    <row r="353" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A353" s="1"/>
+      <c r="B353" s="2"/>
+      <c r="C353" s="2"/>
+      <c r="D353" s="5"/>
+      <c r="E353" s="6"/>
+    </row>
+    <row r="354" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A354" s="1"/>
+      <c r="B354" s="2"/>
+      <c r="C354" s="2"/>
+      <c r="D354" s="5"/>
+      <c r="E354" s="6"/>
+    </row>
+    <row r="355" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A355" s="1"/>
+      <c r="B355" s="2"/>
+      <c r="C355" s="2"/>
+      <c r="D355" s="5"/>
+      <c r="E355" s="6"/>
+    </row>
+    <row r="356" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A356" s="1"/>
+      <c r="B356" s="2"/>
+      <c r="C356" s="2"/>
+      <c r="D356" s="5"/>
+      <c r="E356" s="6"/>
+    </row>
+    <row r="357" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A357" s="1"/>
+      <c r="B357" s="2"/>
+      <c r="C357" s="2"/>
+      <c r="D357" s="5"/>
+      <c r="E357" s="6"/>
+    </row>
+    <row r="358" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A358" s="1"/>
+      <c r="B358" s="2"/>
+      <c r="C358" s="2"/>
+      <c r="D358" s="5"/>
+      <c r="E358" s="6"/>
+    </row>
+    <row r="359" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A359" s="1"/>
+      <c r="B359" s="2"/>
+      <c r="C359" s="2"/>
+      <c r="D359" s="5"/>
+      <c r="E359" s="6"/>
+    </row>
+    <row r="360" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A360" s="1"/>
+      <c r="B360" s="2"/>
+      <c r="C360" s="2"/>
+      <c r="D360" s="5"/>
+      <c r="E360" s="6"/>
+    </row>
+    <row r="361" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A361" s="1"/>
+      <c r="B361" s="2"/>
+      <c r="C361" s="2"/>
+      <c r="D361" s="5"/>
+      <c r="E361" s="6"/>
+    </row>
+    <row r="362" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A362" s="1"/>
+      <c r="B362" s="2"/>
+      <c r="C362" s="2"/>
+      <c r="D362" s="5"/>
+      <c r="E362" s="6"/>
+    </row>
+    <row r="363" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A363" s="1"/>
+      <c r="B363" s="2"/>
+      <c r="C363" s="2"/>
+      <c r="D363" s="5"/>
+      <c r="E363" s="6"/>
+    </row>
+    <row r="364" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A364" s="1"/>
+      <c r="B364" s="2"/>
+      <c r="C364" s="2"/>
+      <c r="D364" s="5"/>
+      <c r="E364" s="6"/>
+    </row>
+    <row r="365" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A365" s="1"/>
+      <c r="B365" s="2"/>
+      <c r="C365" s="2"/>
+      <c r="D365" s="5"/>
+      <c r="E365" s="6"/>
+    </row>
+    <row r="366" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A366" s="1"/>
+      <c r="B366" s="2"/>
+      <c r="C366" s="2"/>
+      <c r="D366" s="5"/>
+      <c r="E366" s="6"/>
+    </row>
+    <row r="367" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A367" s="1"/>
+      <c r="B367" s="2"/>
+      <c r="C367" s="2"/>
+      <c r="D367" s="5"/>
+      <c r="E367" s="6"/>
+    </row>
+    <row r="368" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A368" s="1"/>
+      <c r="B368" s="2"/>
+      <c r="C368" s="2"/>
+      <c r="D368" s="5"/>
+      <c r="E368" s="6"/>
+    </row>
+    <row r="369" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A369" s="1"/>
+      <c r="B369" s="2"/>
+      <c r="C369" s="2"/>
+      <c r="D369" s="5"/>
+      <c r="E369" s="6"/>
+    </row>
+    <row r="370" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A370" s="1"/>
+      <c r="B370" s="2"/>
+      <c r="C370" s="2"/>
+      <c r="D370" s="5"/>
+      <c r="E370" s="6"/>
+    </row>
+    <row r="371" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A371" s="1"/>
+      <c r="B371" s="2"/>
+      <c r="C371" s="2"/>
+      <c r="D371" s="5"/>
+      <c r="E371" s="6"/>
+    </row>
+    <row r="372" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A372" s="1"/>
+      <c r="B372" s="2"/>
+      <c r="C372" s="2"/>
+      <c r="D372" s="5"/>
+      <c r="E372" s="6"/>
+    </row>
+    <row r="373" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A373" s="1"/>
+      <c r="B373" s="2"/>
+      <c r="C373" s="2"/>
+      <c r="D373" s="5"/>
+      <c r="E373" s="6"/>
+    </row>
+    <row r="374" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A374" s="1"/>
+      <c r="B374" s="2"/>
+      <c r="C374" s="2"/>
+      <c r="D374" s="5"/>
+      <c r="E374" s="6"/>
+    </row>
+    <row r="375" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A375" s="1"/>
+      <c r="B375" s="2"/>
+      <c r="C375" s="2"/>
+      <c r="D375" s="5"/>
+      <c r="E375" s="6"/>
+    </row>
+    <row r="376" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A376" s="1"/>
+      <c r="B376" s="2"/>
+      <c r="C376" s="2"/>
+      <c r="D376" s="5"/>
+      <c r="E376" s="6"/>
+    </row>
+    <row r="377" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A377" s="1"/>
+      <c r="B377" s="2"/>
+      <c r="C377" s="2"/>
+      <c r="D377" s="5"/>
+      <c r="E377" s="6"/>
+    </row>
+    <row r="378" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A378" s="1"/>
+      <c r="B378" s="2"/>
+      <c r="C378" s="2"/>
+      <c r="D378" s="5"/>
+      <c r="E378" s="6"/>
+    </row>
+    <row r="379" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A379" s="1"/>
+      <c r="B379" s="2"/>
+      <c r="C379" s="2"/>
+      <c r="D379" s="5"/>
+      <c r="E379" s="6"/>
+    </row>
+    <row r="380" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A380" s="1"/>
+      <c r="B380" s="2"/>
+      <c r="C380" s="2"/>
+      <c r="D380" s="5"/>
+      <c r="E380" s="6"/>
+    </row>
+    <row r="381" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A381" s="1"/>
+      <c r="B381" s="2"/>
+      <c r="C381" s="2"/>
+      <c r="D381" s="5"/>
+      <c r="E381" s="6"/>
+    </row>
+    <row r="382" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A382" s="1"/>
+      <c r="B382" s="2"/>
+      <c r="C382" s="2"/>
+      <c r="D382" s="5"/>
+      <c r="E382" s="6"/>
+    </row>
+    <row r="383" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A383" s="1"/>
+      <c r="B383" s="2"/>
+      <c r="C383" s="2"/>
+      <c r="D383" s="5"/>
+      <c r="E383" s="6"/>
+    </row>
+    <row r="384" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A384" s="1"/>
+      <c r="B384" s="2"/>
+      <c r="C384" s="2"/>
+      <c r="D384" s="5"/>
+      <c r="E384" s="6"/>
+    </row>
+    <row r="385" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A385" s="1"/>
+      <c r="B385" s="2"/>
+      <c r="C385" s="2"/>
+      <c r="D385" s="5"/>
+      <c r="E385" s="6"/>
+    </row>
+    <row r="386" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A386" s="1"/>
+      <c r="B386" s="2"/>
+      <c r="C386" s="2"/>
+      <c r="D386" s="5"/>
+      <c r="E386" s="6"/>
+    </row>
+    <row r="387" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A387" s="1"/>
+      <c r="B387" s="2"/>
+      <c r="C387" s="2"/>
+      <c r="D387" s="5"/>
+      <c r="E387" s="6"/>
+    </row>
+    <row r="388" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A388" s="1"/>
+      <c r="B388" s="2"/>
+      <c r="C388" s="2"/>
+      <c r="D388" s="5"/>
+      <c r="E388" s="6"/>
+    </row>
+    <row r="389" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A389" s="1"/>
+      <c r="B389" s="2"/>
+      <c r="C389" s="2"/>
+      <c r="D389" s="5"/>
+      <c r="E389" s="6"/>
+    </row>
+    <row r="390" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A390" s="1"/>
+      <c r="B390" s="2"/>
+      <c r="C390" s="2"/>
+      <c r="D390" s="5"/>
+      <c r="E390" s="6"/>
+    </row>
+    <row r="391" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A391" s="1"/>
+      <c r="B391" s="2"/>
+      <c r="C391" s="2"/>
+      <c r="D391" s="5"/>
+      <c r="E391" s="6"/>
+    </row>
+    <row r="392" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A392" s="1"/>
+      <c r="B392" s="2"/>
+      <c r="C392" s="2"/>
+      <c r="D392" s="5"/>
+      <c r="E392" s="6"/>
+    </row>
+    <row r="393" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A393" s="1"/>
+      <c r="B393" s="2"/>
+      <c r="C393" s="2"/>
+      <c r="D393" s="5"/>
+      <c r="E393" s="6"/>
+    </row>
+    <row r="394" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A394" s="1"/>
+      <c r="B394" s="2"/>
+      <c r="C394" s="2"/>
+      <c r="D394" s="5"/>
+      <c r="E394" s="6"/>
+    </row>
+    <row r="395" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A395" s="1"/>
+      <c r="B395" s="2"/>
+      <c r="C395" s="2"/>
+      <c r="D395" s="5"/>
+      <c r="E395" s="6"/>
+    </row>
+    <row r="396" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A396" s="1"/>
+      <c r="B396" s="2"/>
+      <c r="C396" s="2"/>
+      <c r="D396" s="5"/>
+      <c r="E396" s="6"/>
+    </row>
+    <row r="397" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A397" s="1"/>
+      <c r="B397" s="2"/>
+      <c r="C397" s="2"/>
+      <c r="D397" s="5"/>
+      <c r="E397" s="6"/>
+    </row>
+    <row r="398" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A398" s="1"/>
+      <c r="B398" s="2"/>
+      <c r="C398" s="2"/>
+      <c r="D398" s="5"/>
+      <c r="E398" s="6"/>
+    </row>
+    <row r="399" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A399" s="1"/>
+      <c r="B399" s="2"/>
+      <c r="C399" s="2"/>
+      <c r="D399" s="5"/>
+      <c r="E399" s="6"/>
+    </row>
+    <row r="400" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A400" s="1"/>
+      <c r="B400" s="2"/>
+      <c r="C400" s="2"/>
+      <c r="D400" s="5"/>
+      <c r="E400" s="6"/>
+    </row>
+    <row r="401" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A401" s="1"/>
+      <c r="B401" s="2"/>
+      <c r="C401" s="2"/>
+      <c r="D401" s="5"/>
+      <c r="E401" s="6"/>
+    </row>
+    <row r="402" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A402" s="1"/>
+      <c r="B402" s="2"/>
+      <c r="C402" s="2"/>
+      <c r="D402" s="5"/>
+      <c r="E402" s="6"/>
+    </row>
+    <row r="403" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A403" s="1"/>
+      <c r="B403" s="2"/>
+      <c r="C403" s="2"/>
+      <c r="D403" s="5"/>
+      <c r="E403" s="6"/>
+    </row>
+    <row r="404" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A404" s="1"/>
+      <c r="B404" s="2"/>
+      <c r="C404" s="2"/>
+      <c r="D404" s="5"/>
+      <c r="E404" s="6"/>
+    </row>
+    <row r="405" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A405" s="1"/>
+      <c r="B405" s="2"/>
+      <c r="C405" s="2"/>
+      <c r="D405" s="5"/>
+      <c r="E405" s="6"/>
+    </row>
+    <row r="406" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A406" s="1"/>
+      <c r="B406" s="2"/>
+      <c r="C406" s="2"/>
+      <c r="D406" s="5"/>
+      <c r="E406" s="6"/>
+    </row>
+    <row r="407" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A407" s="1"/>
+      <c r="B407" s="2"/>
+      <c r="C407" s="2"/>
+      <c r="D407" s="5"/>
+      <c r="E407" s="6"/>
+    </row>
+    <row r="408" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A408" s="1"/>
+      <c r="B408" s="2"/>
+      <c r="C408" s="2"/>
+      <c r="D408" s="5"/>
+      <c r="E408" s="6"/>
+    </row>
+    <row r="409" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A409" s="1"/>
+      <c r="B409" s="2"/>
+      <c r="C409" s="2"/>
+      <c r="D409" s="5"/>
+      <c r="E409" s="6"/>
+    </row>
+    <row r="410" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A410" s="1"/>
+      <c r="B410" s="2"/>
+      <c r="C410" s="2"/>
+      <c r="D410" s="5"/>
+      <c r="E410" s="6"/>
+    </row>
+    <row r="411" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A411" s="1"/>
+      <c r="B411" s="2"/>
+      <c r="C411" s="2"/>
+      <c r="D411" s="5"/>
+      <c r="E411" s="6"/>
+    </row>
+    <row r="412" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A412" s="1"/>
+      <c r="B412" s="2"/>
+      <c r="C412" s="2"/>
+      <c r="D412" s="5"/>
+      <c r="E412" s="6"/>
+    </row>
+    <row r="413" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A413" s="1"/>
+      <c r="B413" s="2"/>
+      <c r="C413" s="2"/>
+      <c r="D413" s="5"/>
+      <c r="E413" s="6"/>
+    </row>
+    <row r="414" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A414" s="1"/>
+      <c r="B414" s="2"/>
+      <c r="C414" s="2"/>
+      <c r="D414" s="5"/>
+      <c r="E414" s="6"/>
+    </row>
+    <row r="415" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A415" s="1"/>
+      <c r="B415" s="2"/>
+      <c r="C415" s="2"/>
+      <c r="D415" s="5"/>
+      <c r="E415" s="6"/>
+    </row>
+    <row r="416" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A416" s="1"/>
+      <c r="B416" s="2"/>
+      <c r="C416" s="2"/>
+      <c r="D416" s="5"/>
+      <c r="E416" s="6"/>
+    </row>
+    <row r="417" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A417" s="1"/>
+      <c r="B417" s="2"/>
+      <c r="C417" s="2"/>
+      <c r="D417" s="5"/>
+      <c r="E417" s="6"/>
+    </row>
+    <row r="418" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A418" s="1"/>
+      <c r="B418" s="2"/>
+      <c r="C418" s="2"/>
+      <c r="D418" s="5"/>
+      <c r="E418" s="6"/>
+    </row>
+    <row r="419" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A419" s="1"/>
+      <c r="B419" s="2"/>
+      <c r="C419" s="2"/>
+      <c r="D419" s="5"/>
+      <c r="E419" s="6"/>
+    </row>
+    <row r="420" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A420" s="1"/>
+      <c r="B420" s="2"/>
+      <c r="C420" s="2"/>
+      <c r="D420" s="5"/>
+      <c r="E420" s="6"/>
+    </row>
+    <row r="421" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A421" s="1"/>
+      <c r="B421" s="2"/>
+      <c r="C421" s="2"/>
+      <c r="D421" s="5"/>
+      <c r="E421" s="6"/>
+    </row>
+    <row r="422" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A422" s="1"/>
+      <c r="B422" s="2"/>
+      <c r="C422" s="2"/>
+      <c r="D422" s="5"/>
+      <c r="E422" s="6"/>
+    </row>
+    <row r="423" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A423" s="1"/>
+      <c r="B423" s="2"/>
+      <c r="C423" s="2"/>
+      <c r="D423" s="5"/>
+      <c r="E423" s="6"/>
+    </row>
+    <row r="424" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A424" s="1"/>
+      <c r="B424" s="2"/>
+      <c r="C424" s="2"/>
+      <c r="D424" s="5"/>
+      <c r="E424" s="6"/>
+    </row>
+    <row r="425" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A425" s="1"/>
+      <c r="B425" s="2"/>
+      <c r="C425" s="2"/>
+      <c r="D425" s="5"/>
+      <c r="E425" s="6"/>
+    </row>
+    <row r="426" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A426" s="1"/>
+      <c r="B426" s="2"/>
+      <c r="C426" s="2"/>
+      <c r="D426" s="5"/>
+      <c r="E426" s="6"/>
+    </row>
+    <row r="427" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A427" s="1"/>
+      <c r="B427" s="2"/>
+      <c r="C427" s="2"/>
+      <c r="D427" s="5"/>
+      <c r="E427" s="6"/>
+    </row>
+    <row r="428" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A428" s="1"/>
+      <c r="B428" s="2"/>
+      <c r="C428" s="2"/>
+      <c r="D428" s="5"/>
+      <c r="E428" s="6"/>
+    </row>
+    <row r="429" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A429" s="1"/>
+      <c r="B429" s="2"/>
+      <c r="C429" s="2"/>
+      <c r="D429" s="5"/>
+      <c r="E429" s="6"/>
+    </row>
+    <row r="430" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A430" s="1"/>
+      <c r="B430" s="2"/>
+      <c r="C430" s="2"/>
+      <c r="D430" s="5"/>
+      <c r="E430" s="6"/>
+    </row>
+    <row r="431" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A431" s="1"/>
+      <c r="B431" s="2"/>
+      <c r="C431" s="2"/>
+      <c r="D431" s="5"/>
+      <c r="E431" s="6"/>
+    </row>
+    <row r="432" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A432" s="1"/>
+      <c r="B432" s="2"/>
+      <c r="C432" s="2"/>
+      <c r="D432" s="5"/>
+      <c r="E432" s="6"/>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A433" s="1"/>
+      <c r="B433" s="2"/>
+      <c r="C433" s="2"/>
+      <c r="D433" s="5"/>
+      <c r="E433" s="6"/>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A434" s="1"/>
+      <c r="B434" s="2"/>
+      <c r="C434" s="2"/>
+      <c r="D434" s="5"/>
+      <c r="E434" s="6"/>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A435" s="1"/>
+      <c r="B435" s="2"/>
+      <c r="C435" s="2"/>
+      <c r="D435" s="5"/>
+      <c r="E435" s="6"/>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A436" s="1"/>
+      <c r="B436" s="2"/>
+      <c r="C436" s="2"/>
+      <c r="D436" s="5"/>
+      <c r="E436" s="6"/>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A437" s="1"/>
+      <c r="B437" s="2"/>
+      <c r="C437" s="2"/>
+      <c r="D437" s="5"/>
+      <c r="E437" s="6"/>
+    </row>
+    <row r="438" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A438" s="1"/>
+      <c r="B438" s="2"/>
+      <c r="C438" s="2"/>
+      <c r="D438" s="5"/>
+      <c r="E438" s="6"/>
+    </row>
+    <row r="439" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A439" s="1"/>
+      <c r="B439" s="2"/>
+      <c r="C439" s="2"/>
+      <c r="D439" s="5"/>
+      <c r="E439" s="6"/>
+    </row>
+    <row r="440" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A440" s="1"/>
+      <c r="B440" s="2"/>
+      <c r="C440" s="2"/>
+      <c r="D440" s="5"/>
+      <c r="E440" s="6"/>
+    </row>
+    <row r="441" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A441" s="1"/>
+      <c r="B441" s="2"/>
+      <c r="C441" s="2"/>
+      <c r="D441" s="5"/>
+      <c r="E441" s="6"/>
+    </row>
+    <row r="442" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A442" s="1"/>
+      <c r="B442" s="2"/>
+      <c r="C442" s="2"/>
+      <c r="D442" s="5"/>
+      <c r="E442" s="6"/>
+    </row>
+    <row r="443" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A443" s="1"/>
+      <c r="B443" s="2"/>
+      <c r="C443" s="2"/>
+      <c r="D443" s="5"/>
+      <c r="E443" s="6"/>
+    </row>
+    <row r="444" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A444" s="1"/>
+      <c r="B444" s="2"/>
+      <c r="C444" s="2"/>
+      <c r="D444" s="5"/>
+      <c r="E444" s="6"/>
+    </row>
+    <row r="445" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A445" s="1"/>
+      <c r="B445" s="2"/>
+      <c r="C445" s="2"/>
+      <c r="D445" s="5"/>
+      <c r="E445" s="6"/>
+    </row>
+    <row r="446" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A446" s="1"/>
+      <c r="B446" s="2"/>
+      <c r="C446" s="2"/>
+      <c r="D446" s="5"/>
+      <c r="E446" s="6"/>
+    </row>
+    <row r="447" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A447" s="1"/>
+      <c r="B447" s="2"/>
+      <c r="C447" s="2"/>
+      <c r="D447" s="5"/>
+      <c r="E447" s="6"/>
+    </row>
+    <row r="448" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A448" s="1"/>
+      <c r="B448" s="2"/>
+      <c r="C448" s="2"/>
+      <c r="D448" s="5"/>
+      <c r="E448" s="6"/>
+    </row>
+    <row r="449" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A449" s="1"/>
+      <c r="B449" s="2"/>
+      <c r="C449" s="2"/>
+      <c r="D449" s="5"/>
+      <c r="E449" s="6"/>
+    </row>
+    <row r="450" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A450" s="1"/>
+      <c r="B450" s="2"/>
+      <c r="C450" s="2"/>
+      <c r="D450" s="5"/>
+      <c r="E450" s="6"/>
+    </row>
+    <row r="451" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A451" s="1"/>
+      <c r="B451" s="2"/>
+      <c r="C451" s="2"/>
+      <c r="D451" s="5"/>
+      <c r="E451" s="6"/>
+    </row>
+    <row r="452" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A452" s="1"/>
+      <c r="B452" s="2"/>
+      <c r="C452" s="2"/>
+      <c r="D452" s="5"/>
+      <c r="E452" s="6"/>
+    </row>
+    <row r="453" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A453" s="1"/>
+      <c r="B453" s="2"/>
+      <c r="C453" s="2"/>
+      <c r="D453" s="5"/>
+      <c r="E453" s="6"/>
+    </row>
+    <row r="454" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A454" s="1"/>
+      <c r="B454" s="2"/>
+      <c r="C454" s="2"/>
+      <c r="D454" s="5"/>
+      <c r="E454" s="6"/>
+    </row>
+    <row r="455" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A455" s="1"/>
+      <c r="B455" s="2"/>
+      <c r="C455" s="2"/>
+      <c r="D455" s="5"/>
+      <c r="E455" s="6"/>
+    </row>
+    <row r="456" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A456" s="1"/>
+      <c r="B456" s="2"/>
+      <c r="C456" s="2"/>
+      <c r="D456" s="5"/>
+      <c r="E456" s="6"/>
+    </row>
+    <row r="457" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A457" s="1"/>
+      <c r="B457" s="2"/>
+      <c r="C457" s="2"/>
+      <c r="D457" s="5"/>
+      <c r="E457" s="6"/>
+    </row>
+    <row r="458" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A458" s="1"/>
+      <c r="B458" s="2"/>
+      <c r="C458" s="2"/>
+      <c r="D458" s="5"/>
+      <c r="E458" s="6"/>
+    </row>
+    <row r="459" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A459" s="1"/>
+      <c r="B459" s="2"/>
+      <c r="C459" s="2"/>
+      <c r="D459" s="5"/>
+      <c r="E459" s="6"/>
+    </row>
+    <row r="460" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A460" s="1"/>
+      <c r="B460" s="2"/>
+      <c r="C460" s="2"/>
+      <c r="D460" s="5"/>
+      <c r="E460" s="6"/>
+    </row>
+    <row r="461" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A461" s="1"/>
+      <c r="B461" s="2"/>
+      <c r="C461" s="2"/>
+      <c r="D461" s="5"/>
+      <c r="E461" s="6"/>
+    </row>
+    <row r="462" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A462" s="1"/>
+      <c r="B462" s="2"/>
+      <c r="C462" s="2"/>
+      <c r="D462" s="5"/>
+      <c r="E462" s="6"/>
+    </row>
+    <row r="463" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A463" s="1"/>
+      <c r="B463" s="2"/>
+      <c r="C463" s="2"/>
+      <c r="D463" s="5"/>
+      <c r="E463" s="6"/>
+    </row>
+    <row r="464" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A464" s="1"/>
+      <c r="B464" s="2"/>
+      <c r="C464" s="2"/>
+      <c r="D464" s="5"/>
+      <c r="E464" s="6"/>
+    </row>
+    <row r="465" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A465" s="1"/>
+      <c r="B465" s="2"/>
+      <c r="C465" s="2"/>
+      <c r="D465" s="5"/>
+      <c r="E465" s="6"/>
+    </row>
+    <row r="466" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A466" s="1"/>
+      <c r="B466" s="2"/>
+      <c r="C466" s="2"/>
+      <c r="D466" s="5"/>
+      <c r="E466" s="6"/>
+    </row>
+    <row r="467" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A467" s="1"/>
+      <c r="B467" s="2"/>
+      <c r="C467" s="2"/>
+      <c r="D467" s="5"/>
+      <c r="E467" s="6"/>
+    </row>
+    <row r="468" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A468" s="1"/>
+      <c r="B468" s="2"/>
+      <c r="C468" s="2"/>
+      <c r="D468" s="5"/>
+      <c r="E468" s="6"/>
+    </row>
+    <row r="469" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A469" s="1"/>
+      <c r="B469" s="2"/>
+      <c r="C469" s="2"/>
+      <c r="D469" s="5"/>
+      <c r="E469" s="6"/>
+    </row>
+    <row r="470" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A470" s="1"/>
+      <c r="B470" s="2"/>
+      <c r="C470" s="2"/>
+      <c r="D470" s="5"/>
+      <c r="E470" s="6"/>
+    </row>
+    <row r="471" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A471" s="1"/>
+      <c r="B471" s="2"/>
+      <c r="C471" s="2"/>
+      <c r="D471" s="5"/>
+      <c r="E471" s="6"/>
+    </row>
+    <row r="472" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A472" s="1"/>
+      <c r="B472" s="2"/>
+      <c r="C472" s="2"/>
+      <c r="D472" s="5"/>
+      <c r="E472" s="6"/>
+    </row>
+    <row r="473" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A473" s="1"/>
+      <c r="B473" s="2"/>
+      <c r="C473" s="2"/>
+      <c r="D473" s="5"/>
+      <c r="E473" s="6"/>
+    </row>
+    <row r="474" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A474" s="1"/>
+      <c r="B474" s="2"/>
+      <c r="C474" s="2"/>
+      <c r="D474" s="5"/>
+      <c r="E474" s="6"/>
+    </row>
+    <row r="475" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A475" s="1"/>
+      <c r="B475" s="2"/>
+      <c r="C475" s="2"/>
+      <c r="D475" s="5"/>
+      <c r="E475" s="6"/>
+    </row>
+    <row r="476" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A476" s="1"/>
+      <c r="B476" s="2"/>
+      <c r="C476" s="2"/>
+      <c r="D476" s="5"/>
+      <c r="E476" s="6"/>
+    </row>
+    <row r="477" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A477" s="1"/>
+      <c r="B477" s="2"/>
+      <c r="C477" s="2"/>
+      <c r="D477" s="5"/>
+      <c r="E477" s="6"/>
+    </row>
+    <row r="478" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A478" s="1"/>
+      <c r="B478" s="2"/>
+      <c r="C478" s="2"/>
+      <c r="D478" s="5"/>
+      <c r="E478" s="6"/>
+    </row>
+    <row r="479" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A479" s="1"/>
+      <c r="B479" s="2"/>
+      <c r="C479" s="2"/>
+      <c r="D479" s="5"/>
+      <c r="E479" s="6"/>
+    </row>
+    <row r="480" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A480" s="1"/>
+      <c r="B480" s="2"/>
+      <c r="C480" s="2"/>
+      <c r="D480" s="5"/>
+      <c r="E480" s="6"/>
+    </row>
+    <row r="481" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A481" s="1"/>
+      <c r="B481" s="2"/>
+      <c r="C481" s="2"/>
+      <c r="D481" s="5"/>
+      <c r="E481" s="6"/>
+    </row>
+    <row r="482" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A482" s="1"/>
+      <c r="B482" s="2"/>
+      <c r="C482" s="2"/>
+      <c r="D482" s="5"/>
+      <c r="E482" s="6"/>
+    </row>
+    <row r="483" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A483" s="1"/>
+      <c r="B483" s="2"/>
+      <c r="C483" s="2"/>
+      <c r="D483" s="5"/>
+      <c r="E483" s="6"/>
+    </row>
+    <row r="484" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A484" s="1"/>
+      <c r="B484" s="2"/>
+      <c r="C484" s="2"/>
+      <c r="D484" s="5"/>
+      <c r="E484" s="6"/>
+    </row>
+    <row r="485" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A485" s="1"/>
+      <c r="B485" s="2"/>
+      <c r="C485" s="2"/>
+      <c r="D485" s="5"/>
+      <c r="E485" s="6"/>
+    </row>
+    <row r="486" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A486" s="1"/>
+      <c r="B486" s="2"/>
+      <c r="C486" s="2"/>
+      <c r="D486" s="5"/>
+      <c r="E486" s="6"/>
+    </row>
+    <row r="487" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A487" s="1"/>
+      <c r="B487" s="2"/>
+      <c r="C487" s="2"/>
+      <c r="D487" s="5"/>
+      <c r="E487" s="6"/>
+    </row>
+    <row r="488" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A488" s="1"/>
+      <c r="B488" s="2"/>
+      <c r="C488" s="2"/>
+      <c r="D488" s="5"/>
+      <c r="E488" s="6"/>
+    </row>
+    <row r="489" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A489" s="1"/>
+      <c r="B489" s="2"/>
+      <c r="C489" s="2"/>
+      <c r="D489" s="5"/>
+      <c r="E489" s="6"/>
+    </row>
+    <row r="490" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A490" s="1"/>
+      <c r="B490" s="2"/>
+      <c r="C490" s="2"/>
+      <c r="D490" s="5"/>
+      <c r="E490" s="6"/>
+    </row>
+    <row r="491" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A491" s="1"/>
+      <c r="B491" s="2"/>
+      <c r="C491" s="2"/>
+      <c r="D491" s="5"/>
+      <c r="E491" s="6"/>
+    </row>
+    <row r="492" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A492" s="1"/>
+      <c r="B492" s="2"/>
+      <c r="C492" s="2"/>
+      <c r="D492" s="5"/>
+      <c r="E492" s="6"/>
+    </row>
+    <row r="493" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A493" s="1"/>
+      <c r="B493" s="2"/>
+      <c r="C493" s="2"/>
+      <c r="D493" s="5"/>
+      <c r="E493" s="6"/>
+    </row>
+    <row r="494" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A494" s="1"/>
+      <c r="B494" s="2"/>
+      <c r="C494" s="2"/>
+      <c r="D494" s="5"/>
+      <c r="E494" s="6"/>
+    </row>
+    <row r="495" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A495" s="1"/>
+      <c r="B495" s="2"/>
+      <c r="C495" s="2"/>
+      <c r="D495" s="5"/>
+      <c r="E495" s="6"/>
+    </row>
+    <row r="496" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A496" s="1"/>
+      <c r="B496" s="2"/>
+      <c r="C496" s="2"/>
+      <c r="D496" s="5"/>
+      <c r="E496" s="6"/>
+    </row>
+    <row r="497" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A497" s="1"/>
+      <c r="B497" s="2"/>
+      <c r="C497" s="2"/>
+      <c r="D497" s="5"/>
+      <c r="E497" s="6"/>
+    </row>
+    <row r="498" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A498" s="1"/>
+      <c r="B498" s="2"/>
+      <c r="C498" s="2"/>
+      <c r="D498" s="5"/>
+      <c r="E498" s="6"/>
+    </row>
+    <row r="499" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A499" s="1"/>
+      <c r="B499" s="2"/>
+      <c r="C499" s="2"/>
+      <c r="D499" s="5"/>
+      <c r="E499" s="6"/>
+    </row>
+    <row r="500" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A500" s="1"/>
+      <c r="B500" s="2"/>
+      <c r="C500" s="2"/>
+      <c r="D500" s="5"/>
+      <c r="E500" s="6"/>
+    </row>
+    <row r="501" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A501" s="1"/>
+      <c r="B501" s="2"/>
+      <c r="C501" s="2"/>
+      <c r="D501" s="5"/>
+      <c r="E501" s="6"/>
+    </row>
+    <row r="502" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A502" s="1"/>
+      <c r="B502" s="2"/>
+      <c r="C502" s="2"/>
+      <c r="D502" s="5"/>
+      <c r="E502" s="6"/>
+    </row>
+    <row r="503" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A503" s="1"/>
+      <c r="B503" s="2"/>
+      <c r="C503" s="2"/>
+      <c r="D503" s="5"/>
+      <c r="E503" s="6"/>
+    </row>
+    <row r="504" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A504" s="1"/>
+      <c r="B504" s="2"/>
+      <c r="C504" s="2"/>
+      <c r="D504" s="5"/>
+      <c r="E504" s="6"/>
+    </row>
+    <row r="505" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A505" s="1"/>
+      <c r="B505" s="2"/>
+      <c r="C505" s="2"/>
+      <c r="D505" s="5"/>
+      <c r="E505" s="6"/>
+    </row>
+    <row r="506" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A506" s="1"/>
+      <c r="B506" s="2"/>
+      <c r="C506" s="2"/>
+      <c r="D506" s="5"/>
+      <c r="E506" s="6"/>
+    </row>
+    <row r="507" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A507" s="1"/>
+      <c r="B507" s="2"/>
+      <c r="C507" s="2"/>
+      <c r="D507" s="5"/>
+      <c r="E507" s="6"/>
+    </row>
+    <row r="508" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A508" s="1"/>
+      <c r="B508" s="2"/>
+      <c r="C508" s="2"/>
+      <c r="D508" s="5"/>
+      <c r="E508" s="6"/>
+    </row>
+    <row r="509" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A509" s="1"/>
+      <c r="B509" s="2"/>
+      <c r="C509" s="2"/>
+      <c r="D509" s="5"/>
+      <c r="E509" s="6"/>
+    </row>
+    <row r="510" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A510" s="1"/>
+      <c r="B510" s="2"/>
+      <c r="C510" s="2"/>
+      <c r="D510" s="5"/>
+      <c r="E510" s="6"/>
+    </row>
+    <row r="511" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A511" s="1"/>
+      <c r="B511" s="2"/>
+      <c r="C511" s="2"/>
+      <c r="D511" s="5"/>
+      <c r="E511" s="6"/>
+    </row>
+    <row r="512" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A512" s="1"/>
+      <c r="B512" s="2"/>
+      <c r="C512" s="2"/>
+      <c r="D512" s="5"/>
+      <c r="E512" s="6"/>
+    </row>
+    <row r="513" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A513" s="1"/>
+      <c r="B513" s="2"/>
+      <c r="C513" s="2"/>
+      <c r="D513" s="5"/>
+      <c r="E513" s="6"/>
+    </row>
+    <row r="514" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A514" s="1"/>
+      <c r="B514" s="2"/>
+      <c r="C514" s="2"/>
+      <c r="D514" s="5"/>
+      <c r="E514" s="6"/>
+    </row>
+    <row r="515" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A515" s="1"/>
+      <c r="B515" s="2"/>
+      <c r="C515" s="2"/>
+      <c r="D515" s="5"/>
+      <c r="E515" s="6"/>
+    </row>
+    <row r="516" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A516" s="1"/>
+      <c r="B516" s="2"/>
+      <c r="C516" s="2"/>
+      <c r="D516" s="5"/>
+      <c r="E516" s="6"/>
+    </row>
+    <row r="517" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A517" s="1"/>
+      <c r="B517" s="2"/>
+      <c r="C517" s="2"/>
+      <c r="D517" s="5"/>
+      <c r="E517" s="6"/>
+    </row>
+    <row r="518" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A518" s="1"/>
+      <c r="B518" s="2"/>
+      <c r="C518" s="2"/>
+      <c r="D518" s="5"/>
+      <c r="E518" s="6"/>
+    </row>
+    <row r="519" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A519" s="1"/>
+      <c r="B519" s="2"/>
+      <c r="C519" s="2"/>
+      <c r="D519" s="5"/>
+      <c r="E519" s="6"/>
+    </row>
+    <row r="520" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A520" s="1"/>
+      <c r="B520" s="2"/>
+      <c r="C520" s="2"/>
+      <c r="D520" s="5"/>
+      <c r="E520" s="6"/>
+    </row>
+    <row r="521" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A521" s="1"/>
+      <c r="B521" s="2"/>
+      <c r="C521" s="2"/>
+      <c r="D521" s="5"/>
+      <c r="E521" s="6"/>
+    </row>
+    <row r="522" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A522" s="1"/>
+      <c r="B522" s="2"/>
+      <c r="C522" s="2"/>
+      <c r="D522" s="5"/>
+      <c r="E522" s="6"/>
+    </row>
+    <row r="523" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A523" s="1"/>
+      <c r="B523" s="2"/>
+      <c r="C523" s="2"/>
+      <c r="D523" s="5"/>
+      <c r="E523" s="6"/>
+    </row>
+    <row r="524" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A524" s="1"/>
+      <c r="B524" s="2"/>
+      <c r="C524" s="2"/>
+      <c r="D524" s="5"/>
+      <c r="E524" s="6"/>
+    </row>
+    <row r="525" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A525" s="1"/>
+      <c r="B525" s="2"/>
+      <c r="C525" s="2"/>
+      <c r="D525" s="5"/>
+      <c r="E525" s="6"/>
+    </row>
+    <row r="526" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A526" s="1"/>
+      <c r="B526" s="2"/>
+      <c r="C526" s="2"/>
+      <c r="D526" s="5"/>
+      <c r="E526" s="6"/>
+    </row>
+    <row r="527" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A527" s="1"/>
+      <c r="B527" s="2"/>
+      <c r="C527" s="2"/>
+      <c r="D527" s="5"/>
+      <c r="E527" s="6"/>
+    </row>
+    <row r="528" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A528" s="1"/>
+      <c r="B528" s="2"/>
+      <c r="C528" s="2"/>
+      <c r="D528" s="5"/>
+      <c r="E528" s="6"/>
+    </row>
+    <row r="529" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A529" s="1"/>
+      <c r="B529" s="2"/>
+      <c r="C529" s="2"/>
+      <c r="D529" s="5"/>
+      <c r="E529" s="6"/>
+    </row>
+    <row r="530" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A530" s="1"/>
+      <c r="B530" s="2"/>
+      <c r="C530" s="2"/>
+      <c r="D530" s="5"/>
+      <c r="E530" s="6"/>
+    </row>
+    <row r="531" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A531" s="1"/>
+      <c r="B531" s="2"/>
+      <c r="C531" s="2"/>
+      <c r="D531" s="5"/>
+      <c r="E531" s="6"/>
+    </row>
+    <row r="532" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A532" s="1"/>
+      <c r="B532" s="2"/>
+      <c r="C532" s="2"/>
+      <c r="D532" s="5"/>
+      <c r="E532" s="6"/>
+    </row>
+    <row r="533" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A533" s="1"/>
+      <c r="B533" s="2"/>
+      <c r="C533" s="2"/>
+      <c r="D533" s="5"/>
+      <c r="E533" s="6"/>
+    </row>
+    <row r="534" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A534" s="1"/>
+      <c r="B534" s="2"/>
+      <c r="C534" s="2"/>
+      <c r="D534" s="5"/>
+      <c r="E534" s="6"/>
+    </row>
+    <row r="535" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A535" s="1"/>
+      <c r="B535" s="2"/>
+      <c r="C535" s="2"/>
+      <c r="D535" s="5"/>
+      <c r="E535" s="6"/>
+    </row>
+    <row r="536" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A536" s="1"/>
+      <c r="B536" s="2"/>
+      <c r="C536" s="2"/>
+      <c r="D536" s="5"/>
+      <c r="E536" s="6"/>
+    </row>
+    <row r="537" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A537" s="1"/>
+      <c r="B537" s="2"/>
+      <c r="C537" s="2"/>
+      <c r="D537" s="5"/>
+      <c r="E537" s="6"/>
+    </row>
+    <row r="538" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A538" s="1"/>
+      <c r="B538" s="2"/>
+      <c r="C538" s="2"/>
+      <c r="D538" s="5"/>
+      <c r="E538" s="6"/>
+    </row>
+    <row r="539" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A539" s="1"/>
+      <c r="B539" s="2"/>
+      <c r="C539" s="2"/>
+      <c r="D539" s="5"/>
+      <c r="E539" s="6"/>
+    </row>
+    <row r="540" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A540" s="1"/>
+      <c r="B540" s="2"/>
+      <c r="C540" s="2"/>
+      <c r="D540" s="5"/>
+      <c r="E540" s="6"/>
+    </row>
+    <row r="541" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A541" s="1"/>
+      <c r="B541" s="2"/>
+      <c r="C541" s="2"/>
+      <c r="D541" s="5"/>
+      <c r="E541" s="6"/>
+    </row>
+    <row r="542" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A542" s="1"/>
+      <c r="B542" s="2"/>
+      <c r="C542" s="2"/>
+      <c r="D542" s="5"/>
+      <c r="E542" s="6"/>
+    </row>
+    <row r="543" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A543" s="1"/>
+      <c r="B543" s="2"/>
+      <c r="C543" s="2"/>
+      <c r="D543" s="5"/>
+      <c r="E543" s="6"/>
+    </row>
+    <row r="544" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A544" s="1"/>
+      <c r="B544" s="2"/>
+      <c r="C544" s="2"/>
+      <c r="D544" s="5"/>
+      <c r="E544" s="6"/>
+    </row>
+    <row r="545" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A545" s="1"/>
+      <c r="B545" s="2"/>
+      <c r="C545" s="2"/>
+      <c r="D545" s="5"/>
+      <c r="E545" s="6"/>
+    </row>
+    <row r="546" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A546" s="1"/>
+      <c r="B546" s="2"/>
+      <c r="C546" s="2"/>
+      <c r="D546" s="5"/>
+      <c r="E546" s="6"/>
+    </row>
+    <row r="547" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A547" s="1"/>
+      <c r="B547" s="2"/>
+      <c r="C547" s="2"/>
+      <c r="D547" s="5"/>
+      <c r="E547" s="6"/>
+    </row>
+    <row r="548" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A548" s="1"/>
+      <c r="B548" s="2"/>
+      <c r="C548" s="2"/>
+      <c r="D548" s="5"/>
+      <c r="E548" s="6"/>
+    </row>
+    <row r="549" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A549" s="1"/>
+      <c r="B549" s="2"/>
+      <c r="C549" s="2"/>
+      <c r="D549" s="5"/>
+      <c r="E549" s="6"/>
+    </row>
+    <row r="550" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A550" s="1"/>
+      <c r="B550" s="2"/>
+      <c r="C550" s="2"/>
+      <c r="D550" s="5"/>
+      <c r="E550" s="6"/>
+    </row>
+    <row r="551" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A551" s="1"/>
+      <c r="B551" s="2"/>
+      <c r="C551" s="2"/>
+      <c r="D551" s="5"/>
+      <c r="E551" s="6"/>
+    </row>
+    <row r="552" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A552" s="1"/>
+      <c r="B552" s="2"/>
+      <c r="C552" s="2"/>
+      <c r="D552" s="5"/>
+      <c r="E552" s="6"/>
+    </row>
+    <row r="553" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A553" s="1"/>
+      <c r="B553" s="2"/>
+      <c r="C553" s="2"/>
+      <c r="D553" s="5"/>
+      <c r="E553" s="6"/>
+    </row>
+    <row r="554" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A554" s="1"/>
+      <c r="B554" s="2"/>
+      <c r="C554" s="2"/>
+      <c r="D554" s="5"/>
+      <c r="E554" s="6"/>
+    </row>
+    <row r="555" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A555" s="1"/>
+      <c r="B555" s="2"/>
+      <c r="C555" s="2"/>
+      <c r="D555" s="5"/>
+      <c r="E555" s="6"/>
+    </row>
+    <row r="556" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A556" s="1"/>
+      <c r="B556" s="2"/>
+      <c r="C556" s="2"/>
+      <c r="D556" s="5"/>
+      <c r="E556" s="6"/>
+    </row>
+    <row r="557" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A557" s="1"/>
+      <c r="B557" s="2"/>
+      <c r="C557" s="2"/>
+      <c r="D557" s="5"/>
+      <c r="E557" s="6"/>
+    </row>
+    <row r="558" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A558" s="1"/>
+      <c r="B558" s="2"/>
+      <c r="C558" s="2"/>
+      <c r="D558" s="5"/>
+      <c r="E558" s="6"/>
+    </row>
+    <row r="559" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A559" s="1"/>
+      <c r="B559" s="2"/>
+      <c r="C559" s="2"/>
+      <c r="D559" s="5"/>
+      <c r="E559" s="6"/>
+    </row>
+    <row r="560" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A560" s="1"/>
+      <c r="B560" s="2"/>
+      <c r="C560" s="2"/>
+      <c r="D560" s="5"/>
+      <c r="E560" s="6"/>
+    </row>
+    <row r="561" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A561" s="1"/>
+      <c r="B561" s="2"/>
+      <c r="C561" s="2"/>
+      <c r="D561" s="5"/>
+      <c r="E561" s="6"/>
+    </row>
+    <row r="562" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A562" s="1"/>
+      <c r="B562" s="2"/>
+      <c r="C562" s="2"/>
+      <c r="D562" s="5"/>
+      <c r="E562" s="6"/>
+    </row>
+    <row r="563" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A563" s="1"/>
+      <c r="B563" s="2"/>
+      <c r="C563" s="2"/>
+      <c r="D563" s="5"/>
+      <c r="E563" s="6"/>
+    </row>
+    <row r="564" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A564" s="1"/>
+      <c r="B564" s="2"/>
+      <c r="C564" s="2"/>
+      <c r="D564" s="5"/>
+      <c r="E564" s="6"/>
+    </row>
+    <row r="565" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A565" s="1"/>
+      <c r="B565" s="2"/>
+      <c r="C565" s="2"/>
+      <c r="D565" s="5"/>
+      <c r="E565" s="6"/>
+    </row>
+    <row r="566" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A566" s="1"/>
+      <c r="B566" s="2"/>
+      <c r="C566" s="2"/>
+      <c r="D566" s="5"/>
+      <c r="E566" s="6"/>
+    </row>
+    <row r="567" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A567" s="1"/>
+      <c r="B567" s="2"/>
+      <c r="C567" s="2"/>
+      <c r="D567" s="5"/>
+      <c r="E567" s="6"/>
+    </row>
+    <row r="568" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A568" s="1"/>
+      <c r="B568" s="2"/>
+      <c r="C568" s="2"/>
+      <c r="D568" s="5"/>
+      <c r="E568" s="6"/>
+    </row>
+    <row r="569" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A569" s="1"/>
+      <c r="B569" s="2"/>
+      <c r="C569" s="2"/>
+      <c r="D569" s="5"/>
+      <c r="E569" s="6"/>
+    </row>
+    <row r="570" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A570" s="1"/>
+      <c r="B570" s="2"/>
+      <c r="C570" s="2"/>
+      <c r="D570" s="5"/>
+      <c r="E570" s="6"/>
+    </row>
+    <row r="571" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A571" s="1"/>
+      <c r="B571" s="2"/>
+      <c r="C571" s="2"/>
+      <c r="D571" s="5"/>
+      <c r="E571" s="6"/>
+    </row>
+    <row r="572" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A572" s="1"/>
+      <c r="B572" s="2"/>
+      <c r="C572" s="2"/>
+      <c r="D572" s="5"/>
+      <c r="E572" s="6"/>
+    </row>
+    <row r="573" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A573" s="1"/>
+      <c r="B573" s="2"/>
+      <c r="C573" s="2"/>
+      <c r="D573" s="5"/>
+      <c r="E573" s="6"/>
+    </row>
+    <row r="574" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A574" s="1"/>
+      <c r="B574" s="2"/>
+      <c r="C574" s="2"/>
+      <c r="D574" s="5"/>
+      <c r="E574" s="6"/>
+    </row>
+    <row r="575" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A575" s="1"/>
+      <c r="B575" s="2"/>
+      <c r="C575" s="2"/>
+      <c r="D575" s="5"/>
+      <c r="E575" s="6"/>
+    </row>
+    <row r="576" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A576" s="1"/>
+      <c r="B576" s="2"/>
+      <c r="C576" s="2"/>
+      <c r="D576" s="5"/>
+      <c r="E576" s="6"/>
+    </row>
+    <row r="577" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A577" s="1"/>
+      <c r="B577" s="2"/>
+      <c r="C577" s="2"/>
+      <c r="D577" s="5"/>
+      <c r="E577" s="6"/>
+    </row>
+    <row r="578" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A578" s="1"/>
+      <c r="B578" s="2"/>
+      <c r="C578" s="2"/>
+      <c r="D578" s="5"/>
+      <c r="E578" s="6"/>
+    </row>
+    <row r="579" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A579" s="1"/>
+      <c r="B579" s="2"/>
+      <c r="C579" s="2"/>
+      <c r="D579" s="5"/>
+      <c r="E579" s="6"/>
+    </row>
+    <row r="580" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A580" s="1"/>
+      <c r="B580" s="2"/>
+      <c r="C580" s="2"/>
+      <c r="D580" s="5"/>
+      <c r="E580" s="6"/>
+    </row>
+    <row r="581" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A581" s="1"/>
+      <c r="B581" s="2"/>
+      <c r="C581" s="2"/>
+      <c r="D581" s="5"/>
+      <c r="E581" s="6"/>
+    </row>
+    <row r="582" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A582" s="1"/>
+      <c r="B582" s="2"/>
+      <c r="C582" s="2"/>
+      <c r="D582" s="5"/>
+      <c r="E582" s="6"/>
+    </row>
+    <row r="583" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A583" s="1"/>
+      <c r="B583" s="2"/>
+      <c r="C583" s="2"/>
+      <c r="D583" s="5"/>
+      <c r="E583" s="6"/>
+    </row>
+    <row r="584" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A584" s="1"/>
+      <c r="B584" s="2"/>
+      <c r="C584" s="2"/>
+      <c r="D584" s="5"/>
+      <c r="E584" s="6"/>
+    </row>
+    <row r="585" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A585" s="1"/>
+      <c r="B585" s="2"/>
+      <c r="C585" s="2"/>
+      <c r="D585" s="5"/>
+      <c r="E585" s="6"/>
+    </row>
+    <row r="586" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A586" s="1"/>
+      <c r="B586" s="2"/>
+      <c r="C586" s="2"/>
+      <c r="D586" s="5"/>
+      <c r="E586" s="6"/>
+    </row>
+    <row r="587" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A587" s="1"/>
+      <c r="B587" s="2"/>
+      <c r="C587" s="2"/>
+      <c r="D587" s="5"/>
+      <c r="E587" s="6"/>
+    </row>
+    <row r="588" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A588" s="1"/>
+      <c r="B588" s="2"/>
+      <c r="C588" s="2"/>
+      <c r="D588" s="5"/>
+      <c r="E588" s="6"/>
+    </row>
+    <row r="589" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A589" s="1"/>
+      <c r="B589" s="2"/>
+      <c r="C589" s="2"/>
+      <c r="D589" s="5"/>
+      <c r="E589" s="6"/>
+    </row>
+    <row r="590" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A590" s="1"/>
+      <c r="B590" s="2"/>
+      <c r="C590" s="2"/>
+      <c r="D590" s="5"/>
+      <c r="E590" s="6"/>
+    </row>
+    <row r="591" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A591" s="1"/>
+      <c r="B591" s="2"/>
+      <c r="C591" s="2"/>
+      <c r="D591" s="5"/>
+      <c r="E591" s="6"/>
+    </row>
+    <row r="592" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A592" s="1"/>
+      <c r="B592" s="2"/>
+      <c r="C592" s="2"/>
+      <c r="D592" s="5"/>
+      <c r="E592" s="6"/>
+    </row>
+    <row r="593" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A593" s="1"/>
+      <c r="B593" s="2"/>
+      <c r="C593" s="2"/>
+      <c r="D593" s="5"/>
+      <c r="E593" s="6"/>
+    </row>
+    <row r="594" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A594" s="1"/>
+      <c r="B594" s="2"/>
+      <c r="C594" s="2"/>
+      <c r="D594" s="5"/>
+      <c r="E594" s="6"/>
+    </row>
+    <row r="595" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A595" s="1"/>
+      <c r="B595" s="2"/>
+      <c r="C595" s="2"/>
+      <c r="D595" s="5"/>
+      <c r="E595" s="6"/>
+    </row>
+    <row r="596" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A596" s="1"/>
+      <c r="B596" s="2"/>
+      <c r="C596" s="2"/>
+      <c r="D596" s="5"/>
+      <c r="E596" s="6"/>
+    </row>
+    <row r="597" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A597" s="1"/>
+      <c r="B597" s="2"/>
+      <c r="C597" s="2"/>
+      <c r="D597" s="5"/>
+      <c r="E597" s="6"/>
+    </row>
+    <row r="598" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A598" s="1"/>
+      <c r="B598" s="2"/>
+      <c r="C598" s="2"/>
+      <c r="D598" s="5"/>
+      <c r="E598" s="6"/>
+    </row>
+    <row r="599" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A599" s="1"/>
+      <c r="B599" s="2"/>
+      <c r="C599" s="2"/>
+      <c r="D599" s="5"/>
+      <c r="E599" s="6"/>
+    </row>
+    <row r="600" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A600" s="1"/>
+      <c r="B600" s="2"/>
+      <c r="C600" s="2"/>
+      <c r="D600" s="5"/>
+      <c r="E600" s="6"/>
+    </row>
+    <row r="601" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A601" s="1"/>
+      <c r="B601" s="2"/>
+      <c r="C601" s="2"/>
+      <c r="D601" s="5"/>
+      <c r="E601" s="6"/>
+    </row>
+    <row r="602" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A602" s="1"/>
+      <c r="B602" s="2"/>
+      <c r="C602" s="2"/>
+      <c r="D602" s="5"/>
+      <c r="E602" s="6"/>
+    </row>
+    <row r="603" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A603" s="1"/>
+      <c r="B603" s="2"/>
+      <c r="C603" s="2"/>
+      <c r="D603" s="5"/>
+      <c r="E603" s="6"/>
+    </row>
+    <row r="604" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A604" s="1"/>
+      <c r="B604" s="2"/>
+      <c r="C604" s="2"/>
+      <c r="D604" s="5"/>
+      <c r="E604" s="6"/>
+    </row>
+    <row r="605" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A605" s="1"/>
+      <c r="B605" s="2"/>
+      <c r="C605" s="2"/>
+      <c r="D605" s="5"/>
+      <c r="E605" s="6"/>
+    </row>
+    <row r="606" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A606" s="1"/>
+      <c r="B606" s="2"/>
+      <c r="C606" s="2"/>
+      <c r="D606" s="5"/>
+      <c r="E606" s="6"/>
+    </row>
+    <row r="607" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A607" s="1"/>
+      <c r="B607" s="2"/>
+      <c r="C607" s="2"/>
+      <c r="D607" s="5"/>
+      <c r="E607" s="6"/>
+    </row>
+    <row r="608" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A608" s="1"/>
+      <c r="B608" s="2"/>
+      <c r="C608" s="2"/>
+      <c r="D608" s="5"/>
+      <c r="E608" s="6"/>
+    </row>
+    <row r="609" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A609" s="1"/>
+      <c r="B609" s="2"/>
+      <c r="C609" s="2"/>
+      <c r="D609" s="5"/>
+      <c r="E609" s="6"/>
+    </row>
+    <row r="610" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A610" s="1"/>
+      <c r="B610" s="2"/>
+      <c r="C610" s="2"/>
+      <c r="D610" s="5"/>
+      <c r="E610" s="6"/>
+    </row>
+    <row r="611" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A611" s="1"/>
+      <c r="B611" s="2"/>
+      <c r="C611" s="2"/>
+      <c r="D611" s="5"/>
+      <c r="E611" s="6"/>
+    </row>
+    <row r="612" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A612" s="1"/>
+      <c r="B612" s="2"/>
+      <c r="C612" s="2"/>
+      <c r="D612" s="5"/>
+      <c r="E612" s="6"/>
+    </row>
+    <row r="613" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A613" s="1"/>
+      <c r="B613" s="2"/>
+      <c r="C613" s="2"/>
+      <c r="D613" s="5"/>
+      <c r="E613" s="6"/>
+    </row>
+    <row r="614" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A614" s="1"/>
+      <c r="B614" s="2"/>
+      <c r="C614" s="2"/>
+      <c r="D614" s="5"/>
+      <c r="E614" s="6"/>
+    </row>
+    <row r="615" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A615" s="1"/>
+      <c r="B615" s="2"/>
+      <c r="C615" s="2"/>
+      <c r="D615" s="5"/>
+      <c r="E615" s="6"/>
+    </row>
+    <row r="616" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A616" s="1"/>
+      <c r="B616" s="2"/>
+      <c r="C616" s="2"/>
+      <c r="D616" s="5"/>
+      <c r="E616" s="6"/>
+    </row>
+    <row r="617" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A617" s="1"/>
+      <c r="B617" s="2"/>
+      <c r="C617" s="2"/>
+      <c r="D617" s="5"/>
+      <c r="E617" s="6"/>
+    </row>
+    <row r="618" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A618" s="1"/>
+      <c r="B618" s="2"/>
+      <c r="C618" s="2"/>
+      <c r="D618" s="5"/>
+      <c r="E618" s="6"/>
+    </row>
+    <row r="619" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A619" s="1"/>
+      <c r="B619" s="2"/>
+      <c r="C619" s="2"/>
+      <c r="D619" s="5"/>
+      <c r="E619" s="6"/>
+    </row>
+    <row r="620" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A620" s="1"/>
+      <c r="B620" s="2"/>
+      <c r="C620" s="2"/>
+      <c r="D620" s="5"/>
+      <c r="E620" s="6"/>
+    </row>
+    <row r="621" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A621" s="1"/>
+      <c r="B621" s="2"/>
+      <c r="C621" s="2"/>
+      <c r="D621" s="5"/>
+      <c r="E621" s="6"/>
+    </row>
+    <row r="622" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A622" s="1"/>
+      <c r="B622" s="2"/>
+      <c r="C622" s="2"/>
+      <c r="D622" s="5"/>
+      <c r="E622" s="6"/>
+    </row>
+    <row r="623" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A623" s="1"/>
+      <c r="B623" s="2"/>
+      <c r="C623" s="2"/>
+      <c r="D623" s="5"/>
+      <c r="E623" s="6"/>
+    </row>
+    <row r="624" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A624" s="1"/>
+      <c r="B624" s="2"/>
+      <c r="C624" s="2"/>
+      <c r="D624" s="5"/>
+      <c r="E624" s="6"/>
+    </row>
+    <row r="625" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A625" s="1"/>
+      <c r="B625" s="2"/>
+      <c r="C625" s="2"/>
+      <c r="D625" s="5"/>
+      <c r="E625" s="6"/>
+    </row>
+    <row r="626" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A626" s="1"/>
+      <c r="B626" s="2"/>
+      <c r="C626" s="2"/>
+      <c r="D626" s="5"/>
+      <c r="E626" s="6"/>
+    </row>
+    <row r="627" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A627" s="1"/>
+      <c r="B627" s="2"/>
+      <c r="C627" s="2"/>
+      <c r="D627" s="5"/>
+      <c r="E627" s="6"/>
+    </row>
+    <row r="628" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A628" s="1"/>
+      <c r="B628" s="2"/>
+      <c r="C628" s="2"/>
+      <c r="D628" s="5"/>
+      <c r="E628" s="6"/>
+    </row>
+    <row r="629" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A629" s="1"/>
+      <c r="B629" s="2"/>
+      <c r="C629" s="2"/>
+      <c r="D629" s="5"/>
+      <c r="E629" s="6"/>
+    </row>
+    <row r="630" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A630" s="1"/>
+      <c r="B630" s="2"/>
+      <c r="C630" s="2"/>
+      <c r="D630" s="5"/>
+      <c r="E630" s="6"/>
+    </row>
+    <row r="631" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A631" s="1"/>
+      <c r="B631" s="2"/>
+      <c r="C631" s="2"/>
+      <c r="D631" s="5"/>
+      <c r="E631" s="6"/>
+    </row>
+    <row r="632" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A632" s="1"/>
+      <c r="B632" s="2"/>
+      <c r="C632" s="2"/>
+      <c r="D632" s="5"/>
+      <c r="E632" s="6"/>
+    </row>
+    <row r="633" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A633" s="1"/>
+      <c r="B633" s="2"/>
+      <c r="C633" s="2"/>
+      <c r="D633" s="5"/>
+      <c r="E633" s="6"/>
+    </row>
+    <row r="634" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A634" s="1"/>
+      <c r="B634" s="2"/>
+      <c r="C634" s="2"/>
+      <c r="D634" s="5"/>
+      <c r="E634" s="6"/>
+    </row>
+    <row r="635" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A635" s="1"/>
+      <c r="B635" s="2"/>
+      <c r="C635" s="2"/>
+      <c r="D635" s="5"/>
+      <c r="E635" s="6"/>
+    </row>
+    <row r="636" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A636" s="1"/>
+      <c r="B636" s="2"/>
+      <c r="C636" s="2"/>
+      <c r="D636" s="5"/>
+      <c r="E636" s="6"/>
+    </row>
+    <row r="637" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A637" s="1"/>
+      <c r="B637" s="2"/>
+      <c r="C637" s="2"/>
+      <c r="D637" s="5"/>
+      <c r="E637" s="6"/>
+    </row>
+    <row r="638" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A638" s="1"/>
+      <c r="B638" s="2"/>
+      <c r="C638" s="2"/>
+      <c r="D638" s="5"/>
+      <c r="E638" s="6"/>
+    </row>
+    <row r="639" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A639" s="1"/>
+      <c r="B639" s="2"/>
+      <c r="C639" s="2"/>
+      <c r="D639" s="5"/>
+      <c r="E639" s="6"/>
+    </row>
+    <row r="640" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A640" s="1"/>
+      <c r="B640" s="2"/>
+      <c r="C640" s="2"/>
+      <c r="D640" s="5"/>
+      <c r="E640" s="6"/>
+    </row>
+    <row r="641" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A641" s="1"/>
+      <c r="B641" s="2"/>
+      <c r="C641" s="2"/>
+      <c r="D641" s="5"/>
+      <c r="E641" s="6"/>
+    </row>
+    <row r="642" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A642" s="1"/>
+      <c r="B642" s="2"/>
+      <c r="C642" s="2"/>
+      <c r="D642" s="5"/>
+      <c r="E642" s="6"/>
+    </row>
+    <row r="643" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A643" s="1"/>
+      <c r="B643" s="2"/>
+      <c r="C643" s="2"/>
+      <c r="D643" s="5"/>
+      <c r="E643" s="6"/>
+    </row>
+    <row r="644" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A644" s="1"/>
+      <c r="B644" s="2"/>
+      <c r="C644" s="2"/>
+      <c r="D644" s="5"/>
+      <c r="E644" s="6"/>
+    </row>
+    <row r="645" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A645" s="1"/>
+      <c r="B645" s="2"/>
+      <c r="C645" s="2"/>
+      <c r="D645" s="5"/>
+      <c r="E645" s="6"/>
+    </row>
+    <row r="646" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A646" s="1"/>
+      <c r="B646" s="2"/>
+      <c r="C646" s="2"/>
+      <c r="D646" s="5"/>
+      <c r="E646" s="6"/>
+    </row>
+    <row r="647" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A647" s="1"/>
+      <c r="B647" s="2"/>
+      <c r="C647" s="2"/>
+      <c r="D647" s="5"/>
+      <c r="E647" s="6"/>
+    </row>
+    <row r="648" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A648" s="1"/>
+      <c r="B648" s="2"/>
+      <c r="C648" s="2"/>
+      <c r="D648" s="5"/>
+      <c r="E648" s="6"/>
+    </row>
+    <row r="649" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A649" s="1"/>
+      <c r="B649" s="2"/>
+      <c r="C649" s="2"/>
+      <c r="D649" s="5"/>
+      <c r="E649" s="6"/>
+    </row>
+    <row r="650" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A650" s="1"/>
+      <c r="B650" s="2"/>
+      <c r="C650" s="2"/>
+      <c r="D650" s="5"/>
+      <c r="E650" s="6"/>
+    </row>
+    <row r="651" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A651" s="1"/>
+      <c r="B651" s="2"/>
+      <c r="C651" s="2"/>
+      <c r="D651" s="5"/>
+      <c r="E651" s="6"/>
+    </row>
+    <row r="652" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A652" s="1"/>
+      <c r="B652" s="2"/>
+      <c r="C652" s="2"/>
+      <c r="D652" s="5"/>
+      <c r="E652" s="6"/>
+    </row>
+    <row r="653" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A653" s="1"/>
+      <c r="B653" s="2"/>
+      <c r="C653" s="2"/>
+      <c r="D653" s="5"/>
+      <c r="E653" s="6"/>
+    </row>
+    <row r="654" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A654" s="1"/>
+      <c r="B654" s="2"/>
+      <c r="C654" s="2"/>
+      <c r="D654" s="5"/>
+      <c r="E654" s="6"/>
+    </row>
+    <row r="655" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A655" s="1"/>
+      <c r="B655" s="2"/>
+      <c r="C655" s="2"/>
+      <c r="D655" s="5"/>
+      <c r="E655" s="6"/>
+    </row>
+    <row r="656" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A656" s="1"/>
+      <c r="B656" s="2"/>
+      <c r="C656" s="2"/>
+      <c r="D656" s="5"/>
+      <c r="E656" s="6"/>
+    </row>
+    <row r="657" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A657" s="1"/>
+      <c r="B657" s="2"/>
+      <c r="C657" s="2"/>
+      <c r="D657" s="5"/>
+      <c r="E657" s="6"/>
+    </row>
+    <row r="658" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A658" s="1"/>
+      <c r="B658" s="2"/>
+      <c r="C658" s="2"/>
+      <c r="D658" s="5"/>
+      <c r="E658" s="6"/>
+    </row>
+    <row r="659" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A659" s="1"/>
+      <c r="B659" s="2"/>
+      <c r="C659" s="2"/>
+      <c r="D659" s="5"/>
+      <c r="E659" s="6"/>
+    </row>
+    <row r="660" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A660" s="1"/>
+      <c r="B660" s="2"/>
+      <c r="C660" s="2"/>
+      <c r="D660" s="5"/>
+      <c r="E660" s="6"/>
+    </row>
+    <row r="661" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A661" s="1"/>
+      <c r="B661" s="2"/>
+      <c r="C661" s="2"/>
+      <c r="D661" s="5"/>
+      <c r="E661" s="6"/>
+    </row>
+    <row r="662" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A662" s="1"/>
+      <c r="B662" s="2"/>
+      <c r="C662" s="2"/>
+      <c r="D662" s="5"/>
+      <c r="E662" s="6"/>
+    </row>
+    <row r="663" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A663" s="1"/>
+      <c r="B663" s="2"/>
+      <c r="C663" s="2"/>
+      <c r="D663" s="5"/>
+      <c r="E663" s="6"/>
+    </row>
+    <row r="664" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A664" s="1"/>
+      <c r="B664" s="2"/>
+      <c r="C664" s="2"/>
+      <c r="D664" s="5"/>
+      <c r="E664" s="6"/>
+    </row>
+    <row r="665" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A665" s="1"/>
+      <c r="B665" s="2"/>
+      <c r="C665" s="2"/>
+      <c r="D665" s="5"/>
+      <c r="E665" s="6"/>
+    </row>
+    <row r="666" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A666" s="1"/>
+      <c r="B666" s="2"/>
+      <c r="C666" s="2"/>
+      <c r="D666" s="5"/>
+      <c r="E666" s="6"/>
+    </row>
+    <row r="667" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A667" s="1"/>
+      <c r="B667" s="2"/>
+      <c r="C667" s="2"/>
+      <c r="D667" s="5"/>
+      <c r="E667" s="6"/>
+    </row>
+    <row r="668" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A668" s="1"/>
+      <c r="B668" s="2"/>
+      <c r="C668" s="2"/>
+      <c r="D668" s="5"/>
+      <c r="E668" s="6"/>
+    </row>
+    <row r="669" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A669" s="1"/>
+      <c r="B669" s="2"/>
+      <c r="C669" s="2"/>
+      <c r="D669" s="5"/>
+      <c r="E669" s="6"/>
+    </row>
+    <row r="670" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A670" s="1"/>
+      <c r="B670" s="2"/>
+      <c r="C670" s="2"/>
+      <c r="D670" s="5"/>
+      <c r="E670" s="6"/>
+    </row>
+    <row r="671" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A671" s="1"/>
+      <c r="B671" s="2"/>
+      <c r="C671" s="2"/>
+      <c r="D671" s="5"/>
+      <c r="E671" s="6"/>
+    </row>
+    <row r="672" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A672" s="1"/>
+      <c r="B672" s="2"/>
+      <c r="C672" s="2"/>
+      <c r="D672" s="5"/>
+      <c r="E672" s="6"/>
+    </row>
+    <row r="673" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A673" s="1"/>
+      <c r="B673" s="2"/>
+      <c r="C673" s="2"/>
+      <c r="D673" s="5"/>
+      <c r="E673" s="6"/>
+    </row>
+    <row r="674" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A674" s="1"/>
+      <c r="B674" s="2"/>
+      <c r="C674" s="2"/>
+      <c r="D674" s="5"/>
+      <c r="E674" s="6"/>
+    </row>
+    <row r="675" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A675" s="1"/>
+      <c r="B675" s="2"/>
+      <c r="C675" s="2"/>
+      <c r="D675" s="5"/>
+      <c r="E675" s="6"/>
+    </row>
+    <row r="676" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A676" s="1"/>
+      <c r="B676" s="2"/>
+      <c r="C676" s="2"/>
+      <c r="D676" s="5"/>
+      <c r="E676" s="6"/>
+    </row>
+    <row r="677" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A677" s="1"/>
+      <c r="B677" s="2"/>
+      <c r="C677" s="2"/>
+      <c r="D677" s="5"/>
+      <c r="E677" s="6"/>
+    </row>
+    <row r="678" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A678" s="1"/>
+      <c r="B678" s="2"/>
+      <c r="C678" s="2"/>
+      <c r="D678" s="5"/>
+      <c r="E678" s="6"/>
+    </row>
+    <row r="679" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A679" s="1"/>
+      <c r="B679" s="2"/>
+      <c r="C679" s="2"/>
+      <c r="D679" s="5"/>
+      <c r="E679" s="6"/>
+    </row>
+    <row r="680" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A680" s="1"/>
+      <c r="B680" s="2"/>
+      <c r="C680" s="2"/>
+      <c r="D680" s="5"/>
+      <c r="E680" s="6"/>
+    </row>
+    <row r="681" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A681" s="1"/>
+      <c r="B681" s="2"/>
+      <c r="C681" s="2"/>
+      <c r="D681" s="5"/>
+      <c r="E681" s="6"/>
+    </row>
+    <row r="682" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A682" s="1"/>
+      <c r="B682" s="2"/>
+      <c r="C682" s="2"/>
+      <c r="D682" s="5"/>
+      <c r="E682" s="6"/>
+    </row>
+    <row r="683" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A683" s="1"/>
+      <c r="B683" s="2"/>
+      <c r="C683" s="2"/>
+      <c r="D683" s="5"/>
+      <c r="E683" s="6"/>
+    </row>
+    <row r="684" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A684" s="1"/>
+      <c r="B684" s="2"/>
+      <c r="C684" s="2"/>
+      <c r="D684" s="5"/>
+      <c r="E684" s="6"/>
+    </row>
+    <row r="685" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A685" s="1"/>
+      <c r="B685" s="2"/>
+      <c r="C685" s="2"/>
+      <c r="D685" s="5"/>
+      <c r="E685" s="6"/>
+    </row>
+    <row r="686" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A686" s="1"/>
+      <c r="B686" s="2"/>
+      <c r="C686" s="2"/>
+      <c r="D686" s="5"/>
+      <c r="E686" s="6"/>
+    </row>
+    <row r="687" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A687" s="1"/>
+      <c r="B687" s="2"/>
+      <c r="C687" s="2"/>
+      <c r="D687" s="5"/>
+      <c r="E687" s="6"/>
+    </row>
+    <row r="688" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A688" s="1"/>
+      <c r="B688" s="2"/>
+      <c r="C688" s="2"/>
+      <c r="D688" s="5"/>
+      <c r="E688" s="6"/>
+    </row>
+    <row r="689" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A689" s="1"/>
+      <c r="B689" s="2"/>
+      <c r="C689" s="2"/>
+      <c r="D689" s="5"/>
+      <c r="E689" s="6"/>
+    </row>
+    <row r="690" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A690" s="1"/>
+      <c r="B690" s="2"/>
+      <c r="C690" s="2"/>
+      <c r="D690" s="5"/>
+      <c r="E690" s="6"/>
+    </row>
+    <row r="691" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A691" s="1"/>
+      <c r="B691" s="2"/>
+      <c r="C691" s="2"/>
+      <c r="D691" s="5"/>
+      <c r="E691" s="6"/>
+    </row>
+    <row r="692" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A692" s="1"/>
+      <c r="B692" s="2"/>
+      <c r="C692" s="2"/>
+      <c r="D692" s="5"/>
+      <c r="E692" s="6"/>
+    </row>
+    <row r="693" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A693" s="1"/>
+      <c r="B693" s="2"/>
+      <c r="C693" s="2"/>
+      <c r="D693" s="5"/>
+      <c r="E693" s="6"/>
+    </row>
+    <row r="694" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A694" s="1"/>
+      <c r="B694" s="2"/>
+      <c r="C694" s="2"/>
+      <c r="D694" s="5"/>
+      <c r="E694" s="6"/>
+    </row>
+    <row r="695" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A695" s="1"/>
+      <c r="B695" s="2"/>
+      <c r="C695" s="2"/>
+      <c r="D695" s="5"/>
+      <c r="E695" s="6"/>
+    </row>
+    <row r="696" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A696" s="1"/>
+      <c r="B696" s="2"/>
+      <c r="C696" s="2"/>
+      <c r="D696" s="5"/>
+      <c r="E696" s="6"/>
+    </row>
+    <row r="697" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A697" s="1"/>
+      <c r="B697" s="2"/>
+      <c r="C697" s="2"/>
+      <c r="D697" s="5"/>
+      <c r="E697" s="6"/>
+    </row>
+    <row r="698" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A698" s="1"/>
+      <c r="B698" s="2"/>
+      <c r="C698" s="2"/>
+      <c r="D698" s="5"/>
+      <c r="E698" s="6"/>
+    </row>
+    <row r="699" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A699" s="1"/>
+      <c r="B699" s="2"/>
+      <c r="C699" s="2"/>
+      <c r="D699" s="5"/>
+      <c r="E699" s="6"/>
+    </row>
+    <row r="700" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A700" s="1"/>
+      <c r="B700" s="2"/>
+      <c r="C700" s="2"/>
+      <c r="D700" s="5"/>
+      <c r="E700" s="6"/>
+    </row>
+    <row r="701" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A701" s="1"/>
+      <c r="B701" s="2"/>
+      <c r="C701" s="2"/>
+      <c r="D701" s="5"/>
+      <c r="E701" s="6"/>
+    </row>
+    <row r="702" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A702" s="1"/>
+      <c r="B702" s="2"/>
+      <c r="C702" s="2"/>
+      <c r="D702" s="5"/>
+      <c r="E702" s="6"/>
+    </row>
+    <row r="703" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A703" s="1"/>
+      <c r="B703" s="2"/>
+      <c r="C703" s="2"/>
+      <c r="D703" s="5"/>
+      <c r="E703" s="6"/>
+    </row>
+    <row r="704" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A704" s="1"/>
+      <c r="B704" s="2"/>
+      <c r="C704" s="2"/>
+      <c r="D704" s="5"/>
+      <c r="E704" s="6"/>
+    </row>
+    <row r="705" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A705" s="1"/>
+      <c r="B705" s="2"/>
+      <c r="C705" s="2"/>
+      <c r="D705" s="5"/>
+      <c r="E705" s="6"/>
+    </row>
+    <row r="706" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A706" s="1"/>
+      <c r="B706" s="2"/>
+      <c r="C706" s="2"/>
+      <c r="D706" s="5"/>
+      <c r="E706" s="6"/>
+    </row>
+    <row r="707" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A707" s="1"/>
+      <c r="B707" s="2"/>
+      <c r="C707" s="2"/>
+      <c r="D707" s="5"/>
+      <c r="E707" s="6"/>
+    </row>
+    <row r="708" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A708" s="1"/>
+      <c r="B708" s="2"/>
+      <c r="C708" s="2"/>
+      <c r="D708" s="5"/>
+      <c r="E708" s="6"/>
+    </row>
+    <row r="709" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A709" s="1"/>
+      <c r="B709" s="2"/>
+      <c r="C709" s="2"/>
+      <c r="D709" s="5"/>
+      <c r="E709" s="6"/>
+    </row>
+    <row r="710" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A710" s="1"/>
+      <c r="B710" s="2"/>
+      <c r="C710" s="2"/>
+      <c r="D710" s="5"/>
+      <c r="E710" s="6"/>
+    </row>
+    <row r="711" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A711" s="1"/>
+      <c r="B711" s="2"/>
+      <c r="C711" s="2"/>
+      <c r="D711" s="5"/>
+      <c r="E711" s="6"/>
+    </row>
+    <row r="712" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A712" s="1"/>
+      <c r="B712" s="2"/>
+      <c r="C712" s="2"/>
+      <c r="D712" s="5"/>
+      <c r="E712" s="6"/>
+    </row>
+    <row r="713" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A713" s="1"/>
+      <c r="B713" s="2"/>
+      <c r="C713" s="2"/>
+      <c r="D713" s="5"/>
+      <c r="E713" s="6"/>
+    </row>
+    <row r="714" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A714" s="1"/>
+      <c r="B714" s="2"/>
+      <c r="C714" s="2"/>
+      <c r="D714" s="5"/>
+      <c r="E714" s="6"/>
+    </row>
+    <row r="715" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A715" s="1"/>
+      <c r="B715" s="2"/>
+      <c r="C715" s="2"/>
+      <c r="D715" s="5"/>
+      <c r="E715" s="6"/>
+    </row>
+    <row r="716" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A716" s="1"/>
+      <c r="B716" s="2"/>
+      <c r="C716" s="2"/>
+      <c r="D716" s="5"/>
+      <c r="E716" s="6"/>
+    </row>
+    <row r="717" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A717" s="1"/>
+      <c r="B717" s="2"/>
+      <c r="C717" s="2"/>
+      <c r="D717" s="5"/>
+      <c r="E717" s="6"/>
+    </row>
+    <row r="718" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A718" s="1"/>
+      <c r="B718" s="2"/>
+      <c r="C718" s="2"/>
+      <c r="D718" s="5"/>
+      <c r="E718" s="6"/>
+    </row>
+    <row r="719" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A719" s="1"/>
+      <c r="B719" s="2"/>
+      <c r="C719" s="2"/>
+      <c r="D719" s="5"/>
+      <c r="E719" s="6"/>
+    </row>
+    <row r="720" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A720" s="1"/>
+      <c r="B720" s="2"/>
+      <c r="C720" s="2"/>
+      <c r="D720" s="5"/>
+      <c r="E720" s="6"/>
+    </row>
+    <row r="721" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A721" s="1"/>
+      <c r="B721" s="2"/>
+      <c r="C721" s="2"/>
+      <c r="D721" s="5"/>
+      <c r="E721" s="6"/>
+    </row>
+    <row r="722" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A722" s="1"/>
+      <c r="B722" s="2"/>
+      <c r="C722" s="2"/>
+      <c r="D722" s="5"/>
+      <c r="E722" s="6"/>
+    </row>
+    <row r="723" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A723" s="1"/>
+      <c r="B723" s="2"/>
+      <c r="C723" s="2"/>
+      <c r="D723" s="5"/>
+      <c r="E723" s="6"/>
+    </row>
+    <row r="724" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A724" s="1"/>
+      <c r="B724" s="2"/>
+      <c r="C724" s="2"/>
+      <c r="D724" s="5"/>
+      <c r="E724" s="6"/>
+    </row>
+    <row r="725" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A725" s="1"/>
+      <c r="B725" s="2"/>
+      <c r="C725" s="2"/>
+      <c r="D725" s="5"/>
+      <c r="E725" s="6"/>
+    </row>
+    <row r="726" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A726" s="1"/>
+      <c r="B726" s="2"/>
+      <c r="C726" s="2"/>
+      <c r="D726" s="5"/>
+      <c r="E726" s="6"/>
+    </row>
+    <row r="727" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A727" s="1"/>
+      <c r="B727" s="2"/>
+      <c r="C727" s="2"/>
+      <c r="D727" s="5"/>
+      <c r="E727" s="6"/>
+    </row>
+    <row r="728" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A728" s="1"/>
+      <c r="B728" s="2"/>
+      <c r="C728" s="2"/>
+      <c r="D728" s="5"/>
+      <c r="E728" s="6"/>
+    </row>
+    <row r="729" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A729" s="1"/>
+      <c r="B729" s="2"/>
+      <c r="C729" s="2"/>
+      <c r="D729" s="5"/>
+      <c r="E729" s="6"/>
+    </row>
+    <row r="730" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A730" s="1"/>
+      <c r="B730" s="2"/>
+      <c r="C730" s="2"/>
+      <c r="D730" s="5"/>
+      <c r="E730" s="6"/>
+    </row>
+    <row r="731" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A731" s="1"/>
+      <c r="B731" s="2"/>
+      <c r="C731" s="2"/>
+      <c r="D731" s="5"/>
+      <c r="E731" s="6"/>
+    </row>
+    <row r="732" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A732" s="1"/>
+      <c r="B732" s="2"/>
+      <c r="C732" s="2"/>
+      <c r="D732" s="5"/>
+      <c r="E732" s="6"/>
+    </row>
+    <row r="733" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A733" s="1"/>
+      <c r="B733" s="2"/>
+      <c r="C733" s="2"/>
+      <c r="D733" s="5"/>
+      <c r="E733" s="6"/>
+    </row>
+    <row r="734" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A734" s="1"/>
+      <c r="B734" s="2"/>
+      <c r="C734" s="2"/>
+      <c r="D734" s="5"/>
+      <c r="E734" s="6"/>
+    </row>
+    <row r="735" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A735" s="1"/>
+      <c r="B735" s="2"/>
+      <c r="C735" s="2"/>
+      <c r="D735" s="5"/>
+      <c r="E735" s="6"/>
+    </row>
+    <row r="736" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A736" s="1"/>
+      <c r="B736" s="2"/>
+      <c r="C736" s="2"/>
+      <c r="D736" s="5"/>
+      <c r="E736" s="6"/>
+    </row>
+    <row r="737" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A737" s="1"/>
+      <c r="B737" s="2"/>
+      <c r="C737" s="2"/>
+      <c r="D737" s="5"/>
+      <c r="E737" s="6"/>
+    </row>
+    <row r="738" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A738" s="1"/>
+      <c r="B738" s="2"/>
+      <c r="C738" s="2"/>
+      <c r="D738" s="5"/>
+      <c r="E738" s="6"/>
+    </row>
+    <row r="739" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A739" s="1"/>
+      <c r="B739" s="2"/>
+      <c r="C739" s="2"/>
+      <c r="D739" s="5"/>
+      <c r="E739" s="6"/>
+    </row>
+    <row r="740" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A740" s="1"/>
+      <c r="B740" s="2"/>
+      <c r="C740" s="2"/>
+      <c r="D740" s="5"/>
+      <c r="E740" s="6"/>
+    </row>
+    <row r="741" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A741" s="1"/>
+      <c r="B741" s="2"/>
+      <c r="C741" s="2"/>
+      <c r="D741" s="5"/>
+      <c r="E741" s="6"/>
+    </row>
+    <row r="742" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A742" s="1"/>
+      <c r="B742" s="2"/>
+      <c r="C742" s="2"/>
+      <c r="D742" s="5"/>
+      <c r="E742" s="6"/>
+    </row>
+    <row r="743" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A743" s="1"/>
+      <c r="B743" s="2"/>
+      <c r="C743" s="2"/>
+      <c r="D743" s="5"/>
+      <c r="E743" s="6"/>
+    </row>
+    <row r="744" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A744" s="1"/>
+      <c r="B744" s="2"/>
+      <c r="C744" s="2"/>
+      <c r="D744" s="5"/>
+      <c r="E744" s="6"/>
+    </row>
+    <row r="745" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A745" s="1"/>
+      <c r="B745" s="2"/>
+      <c r="C745" s="2"/>
+      <c r="D745" s="5"/>
+      <c r="E745" s="6"/>
+    </row>
+    <row r="746" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A746" s="1"/>
+      <c r="B746" s="2"/>
+      <c r="C746" s="2"/>
+      <c r="D746" s="5"/>
+      <c r="E746" s="6"/>
+    </row>
+    <row r="747" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A747" s="1"/>
+      <c r="B747" s="2"/>
+      <c r="C747" s="2"/>
+      <c r="D747" s="5"/>
+      <c r="E747" s="6"/>
+    </row>
+    <row r="748" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A748" s="1"/>
+      <c r="B748" s="2"/>
+      <c r="C748" s="2"/>
+      <c r="D748" s="5"/>
+      <c r="E748" s="6"/>
+    </row>
+    <row r="749" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A749" s="1"/>
+      <c r="B749" s="2"/>
+      <c r="C749" s="2"/>
+      <c r="D749" s="5"/>
+      <c r="E749" s="6"/>
+    </row>
+    <row r="750" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A750" s="1"/>
+      <c r="B750" s="2"/>
+      <c r="C750" s="2"/>
+      <c r="D750" s="5"/>
+      <c r="E750" s="6"/>
+    </row>
+    <row r="751" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A751" s="1"/>
+      <c r="B751" s="2"/>
+      <c r="C751" s="2"/>
+      <c r="D751" s="5"/>
+      <c r="E751" s="6"/>
+    </row>
+    <row r="752" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A752" s="1"/>
+      <c r="B752" s="2"/>
+      <c r="C752" s="2"/>
+      <c r="D752" s="5"/>
+      <c r="E752" s="6"/>
+    </row>
+    <row r="753" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A753" s="1"/>
+      <c r="B753" s="2"/>
+      <c r="C753" s="2"/>
+      <c r="D753" s="5"/>
+      <c r="E753" s="6"/>
+    </row>
+    <row r="754" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A754" s="1"/>
+      <c r="B754" s="2"/>
+      <c r="C754" s="2"/>
+      <c r="D754" s="5"/>
+      <c r="E754" s="6"/>
+    </row>
+    <row r="755" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A755" s="1"/>
+      <c r="B755" s="2"/>
+      <c r="C755" s="2"/>
+      <c r="D755" s="5"/>
+      <c r="E755" s="6"/>
+    </row>
+    <row r="756" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A756" s="1"/>
+      <c r="B756" s="2"/>
+      <c r="C756" s="2"/>
+      <c r="D756" s="5"/>
+      <c r="E756" s="6"/>
+    </row>
+    <row r="757" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A757" s="1"/>
+      <c r="B757" s="2"/>
+      <c r="C757" s="2"/>
+      <c r="D757" s="5"/>
+      <c r="E757" s="6"/>
+    </row>
+    <row r="758" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A758" s="1"/>
+      <c r="B758" s="2"/>
+      <c r="C758" s="2"/>
+      <c r="D758" s="5"/>
+      <c r="E758" s="6"/>
+    </row>
+    <row r="759" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A759" s="1"/>
+      <c r="B759" s="2"/>
+      <c r="C759" s="2"/>
+      <c r="D759" s="5"/>
+      <c r="E759" s="6"/>
+    </row>
+    <row r="760" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A760" s="1"/>
+      <c r="B760" s="2"/>
+      <c r="C760" s="2"/>
+      <c r="D760" s="5"/>
+      <c r="E760" s="6"/>
+    </row>
+    <row r="761" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A761" s="1"/>
+      <c r="B761" s="2"/>
+      <c r="C761" s="2"/>
+      <c r="D761" s="5"/>
+      <c r="E761" s="6"/>
+    </row>
+    <row r="762" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A762" s="1"/>
+      <c r="B762" s="2"/>
+      <c r="C762" s="2"/>
+      <c r="D762" s="5"/>
+      <c r="E762" s="6"/>
+    </row>
+    <row r="763" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A763" s="1"/>
+      <c r="B763" s="2"/>
+      <c r="C763" s="2"/>
+      <c r="D763" s="5"/>
+      <c r="E763" s="6"/>
+    </row>
+    <row r="764" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A764" s="1"/>
+      <c r="B764" s="2"/>
+      <c r="C764" s="2"/>
+      <c r="D764" s="5"/>
+      <c r="E764" s="6"/>
+    </row>
+    <row r="765" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A765" s="1"/>
+      <c r="B765" s="2"/>
+      <c r="C765" s="2"/>
+      <c r="D765" s="5"/>
+      <c r="E765" s="6"/>
+    </row>
+    <row r="766" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A766" s="1"/>
+      <c r="B766" s="2"/>
+      <c r="C766" s="2"/>
+      <c r="D766" s="5"/>
+      <c r="E766" s="6"/>
+    </row>
+    <row r="767" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A767" s="1"/>
+      <c r="B767" s="2"/>
+      <c r="C767" s="2"/>
+      <c r="D767" s="5"/>
+      <c r="E767" s="6"/>
+    </row>
+    <row r="768" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A768" s="1"/>
+      <c r="B768" s="2"/>
+      <c r="C768" s="2"/>
+      <c r="D768" s="5"/>
+      <c r="E768" s="6"/>
+    </row>
+    <row r="769" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A769" s="1"/>
+      <c r="B769" s="2"/>
+      <c r="C769" s="2"/>
+      <c r="D769" s="5"/>
+      <c r="E769" s="6"/>
+    </row>
+    <row r="770" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A770" s="1"/>
+      <c r="B770" s="2"/>
+      <c r="C770" s="2"/>
+      <c r="D770" s="5"/>
+      <c r="E770" s="6"/>
+    </row>
+    <row r="771" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A771" s="1"/>
+      <c r="B771" s="2"/>
+      <c r="C771" s="2"/>
+      <c r="D771" s="5"/>
+      <c r="E771" s="6"/>
+    </row>
+    <row r="772" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A772" s="1"/>
+      <c r="B772" s="2"/>
+      <c r="C772" s="2"/>
+      <c r="D772" s="5"/>
+      <c r="E772" s="6"/>
+    </row>
+    <row r="773" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A773" s="1"/>
+      <c r="B773" s="2"/>
+      <c r="C773" s="2"/>
+      <c r="D773" s="5"/>
+      <c r="E773" s="6"/>
+    </row>
+    <row r="774" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A774" s="1"/>
+      <c r="B774" s="2"/>
+      <c r="C774" s="2"/>
+      <c r="D774" s="5"/>
+      <c r="E774" s="6"/>
+    </row>
+    <row r="775" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A775" s="1"/>
+      <c r="B775" s="2"/>
+      <c r="C775" s="2"/>
+      <c r="D775" s="5"/>
+      <c r="E775" s="6"/>
+    </row>
+    <row r="776" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A776" s="1"/>
+      <c r="B776" s="2"/>
+      <c r="C776" s="2"/>
+      <c r="D776" s="5"/>
+      <c r="E776" s="6"/>
+    </row>
+    <row r="777" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A777" s="1"/>
+      <c r="B777" s="2"/>
+      <c r="C777" s="2"/>
+      <c r="D777" s="5"/>
+      <c r="E777" s="6"/>
+    </row>
+    <row r="778" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A778" s="1"/>
+      <c r="B778" s="2"/>
+      <c r="C778" s="2"/>
+      <c r="D778" s="5"/>
+      <c r="E778" s="6"/>
+    </row>
+    <row r="779" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A779" s="1"/>
+      <c r="B779" s="2"/>
+      <c r="C779" s="2"/>
+      <c r="D779" s="5"/>
+      <c r="E779" s="6"/>
+    </row>
+    <row r="780" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A780" s="1"/>
+      <c r="B780" s="2"/>
+      <c r="C780" s="2"/>
+      <c r="D780" s="5"/>
+      <c r="E780" s="6"/>
+    </row>
+    <row r="781" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A781" s="1"/>
+      <c r="B781" s="2"/>
+      <c r="C781" s="2"/>
+      <c r="D781" s="5"/>
+      <c r="E781" s="6"/>
+    </row>
+    <row r="782" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A782" s="1"/>
+      <c r="B782" s="2"/>
+      <c r="C782" s="2"/>
+      <c r="D782" s="5"/>
+      <c r="E782" s="6"/>
+    </row>
+    <row r="783" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A783" s="1"/>
+      <c r="B783" s="2"/>
+      <c r="C783" s="2"/>
+      <c r="D783" s="5"/>
+      <c r="E783" s="6"/>
+    </row>
+    <row r="784" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A784" s="1"/>
+      <c r="B784" s="2"/>
+      <c r="C784" s="2"/>
+      <c r="D784" s="5"/>
+      <c r="E784" s="6"/>
+    </row>
+    <row r="785" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A785" s="1"/>
+      <c r="B785" s="2"/>
+      <c r="C785" s="2"/>
+      <c r="D785" s="5"/>
+      <c r="E785" s="6"/>
+    </row>
+    <row r="786" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A786" s="1"/>
+      <c r="B786" s="2"/>
+      <c r="C786" s="2"/>
+      <c r="D786" s="5"/>
+      <c r="E786" s="6"/>
+    </row>
+    <row r="787" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A787" s="1"/>
+      <c r="B787" s="2"/>
+      <c r="C787" s="2"/>
+      <c r="D787" s="5"/>
+      <c r="E787" s="6"/>
+    </row>
+    <row r="788" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A788" s="1"/>
+      <c r="B788" s="2"/>
+      <c r="C788" s="2"/>
+      <c r="D788" s="5"/>
+      <c r="E788" s="6"/>
+    </row>
+    <row r="789" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A789" s="1"/>
+      <c r="B789" s="2"/>
+      <c r="C789" s="2"/>
+      <c r="D789" s="5"/>
+      <c r="E789" s="6"/>
+    </row>
+    <row r="790" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A790" s="1"/>
+      <c r="B790" s="2"/>
+      <c r="C790" s="2"/>
+      <c r="D790" s="5"/>
+      <c r="E790" s="6"/>
+    </row>
+    <row r="791" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A791" s="1"/>
+      <c r="B791" s="2"/>
+      <c r="C791" s="2"/>
+      <c r="D791" s="5"/>
+      <c r="E791" s="6"/>
+    </row>
+    <row r="792" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A792" s="1"/>
+      <c r="B792" s="2"/>
+      <c r="C792" s="2"/>
+      <c r="D792" s="5"/>
+      <c r="E792" s="6"/>
+    </row>
+    <row r="793" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A793" s="1"/>
+      <c r="B793" s="2"/>
+      <c r="C793" s="2"/>
+      <c r="D793" s="5"/>
+      <c r="E793" s="6"/>
+    </row>
+    <row r="794" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A794" s="1"/>
+      <c r="B794" s="2"/>
+      <c r="C794" s="2"/>
+      <c r="D794" s="5"/>
+      <c r="E794" s="6"/>
+    </row>
+    <row r="795" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A795" s="1"/>
+      <c r="B795" s="2"/>
+      <c r="C795" s="2"/>
+      <c r="D795" s="5"/>
+      <c r="E795" s="6"/>
+    </row>
+    <row r="796" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A796" s="1"/>
+      <c r="B796" s="2"/>
+      <c r="C796" s="2"/>
+      <c r="D796" s="5"/>
+      <c r="E796" s="6"/>
+    </row>
+    <row r="797" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A797" s="1"/>
+      <c r="B797" s="2"/>
+      <c r="C797" s="2"/>
+      <c r="D797" s="5"/>
+      <c r="E797" s="6"/>
+    </row>
+    <row r="798" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A798" s="1"/>
+      <c r="B798" s="2"/>
+      <c r="C798" s="2"/>
+      <c r="D798" s="5"/>
+      <c r="E798" s="6"/>
+    </row>
+    <row r="799" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A799" s="1"/>
+      <c r="B799" s="2"/>
+      <c r="C799" s="2"/>
+      <c r="D799" s="5"/>
+      <c r="E799" s="6"/>
+    </row>
+    <row r="800" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A800" s="1"/>
+      <c r="B800" s="2"/>
+      <c r="C800" s="2"/>
+      <c r="D800" s="5"/>
+      <c r="E800" s="6"/>
+    </row>
+    <row r="801" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A801" s="1"/>
+      <c r="B801" s="2"/>
+      <c r="C801" s="2"/>
+      <c r="D801" s="5"/>
+      <c r="E801" s="6"/>
+    </row>
+    <row r="802" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A802" s="1"/>
+      <c r="B802" s="2"/>
+      <c r="C802" s="2"/>
+      <c r="D802" s="5"/>
+      <c r="E802" s="6"/>
+    </row>
+    <row r="803" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A803" s="1"/>
+      <c r="B803" s="2"/>
+      <c r="C803" s="2"/>
+      <c r="D803" s="5"/>
+      <c r="E803" s="6"/>
+    </row>
+    <row r="804" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A804" s="1"/>
+      <c r="B804" s="2"/>
+      <c r="C804" s="2"/>
+      <c r="D804" s="5"/>
+      <c r="E804" s="6"/>
+    </row>
+    <row r="805" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A805" s="1"/>
+      <c r="B805" s="2"/>
+      <c r="C805" s="2"/>
+      <c r="D805" s="5"/>
+      <c r="E805" s="6"/>
+    </row>
+    <row r="806" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A806" s="1"/>
+      <c r="B806" s="2"/>
+      <c r="C806" s="2"/>
+      <c r="D806" s="5"/>
+      <c r="E806" s="6"/>
+    </row>
+    <row r="807" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A807" s="1"/>
+      <c r="B807" s="2"/>
+      <c r="C807" s="2"/>
+      <c r="D807" s="5"/>
+      <c r="E807" s="6"/>
+    </row>
+    <row r="808" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A808" s="1"/>
+      <c r="B808" s="2"/>
+      <c r="C808" s="2"/>
+      <c r="D808" s="5"/>
+      <c r="E808" s="6"/>
+    </row>
+    <row r="809" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A809" s="1"/>
+      <c r="B809" s="2"/>
+      <c r="C809" s="2"/>
+      <c r="D809" s="5"/>
+      <c r="E809" s="6"/>
+    </row>
+    <row r="810" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A810" s="1"/>
+      <c r="B810" s="2"/>
+      <c r="C810" s="2"/>
+      <c r="D810" s="5"/>
+      <c r="E810" s="6"/>
+    </row>
+    <row r="811" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A811" s="1"/>
+      <c r="B811" s="2"/>
+      <c r="C811" s="2"/>
+      <c r="D811" s="5"/>
+      <c r="E811" s="6"/>
+    </row>
+    <row r="812" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A812" s="1"/>
+      <c r="B812" s="2"/>
+      <c r="C812" s="2"/>
+      <c r="D812" s="5"/>
+      <c r="E812" s="6"/>
+    </row>
+    <row r="813" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A813" s="1"/>
+      <c r="B813" s="2"/>
+      <c r="C813" s="2"/>
+      <c r="D813" s="5"/>
+      <c r="E813" s="6"/>
+    </row>
+    <row r="814" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A814" s="1"/>
+      <c r="B814" s="2"/>
+      <c r="C814" s="2"/>
+      <c r="D814" s="5"/>
+      <c r="E814" s="6"/>
+    </row>
+    <row r="815" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A815" s="1"/>
+      <c r="B815" s="2"/>
+      <c r="C815" s="2"/>
+      <c r="D815" s="5"/>
+      <c r="E815" s="6"/>
+    </row>
+    <row r="816" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A816" s="1"/>
+      <c r="B816" s="2"/>
+      <c r="C816" s="2"/>
+      <c r="D816" s="5"/>
+      <c r="E816" s="6"/>
+    </row>
+    <row r="817" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A817" s="1"/>
+      <c r="B817" s="2"/>
+      <c r="C817" s="2"/>
+      <c r="D817" s="5"/>
+      <c r="E817" s="6"/>
+    </row>
+    <row r="818" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A818" s="1"/>
+      <c r="B818" s="2"/>
+      <c r="C818" s="2"/>
+      <c r="D818" s="5"/>
+      <c r="E818" s="6"/>
+    </row>
+    <row r="819" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A819" s="1"/>
+      <c r="B819" s="2"/>
+      <c r="C819" s="2"/>
+      <c r="D819" s="5"/>
+      <c r="E819" s="6"/>
+    </row>
+    <row r="820" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A820" s="1"/>
+      <c r="B820" s="2"/>
+      <c r="C820" s="2"/>
+      <c r="D820" s="5"/>
+      <c r="E820" s="6"/>
+    </row>
+    <row r="821" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A821" s="1"/>
+      <c r="B821" s="2"/>
+      <c r="C821" s="2"/>
+      <c r="D821" s="5"/>
+      <c r="E821" s="6"/>
+    </row>
+    <row r="822" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A822" s="1"/>
+      <c r="B822" s="2"/>
+      <c r="C822" s="2"/>
+      <c r="D822" s="5"/>
+      <c r="E822" s="6"/>
+    </row>
+    <row r="823" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A823" s="1"/>
+      <c r="B823" s="2"/>
+      <c r="C823" s="2"/>
+      <c r="D823" s="5"/>
+      <c r="E823" s="6"/>
+    </row>
+    <row r="824" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A824" s="1"/>
+      <c r="B824" s="2"/>
+      <c r="C824" s="2"/>
+      <c r="D824" s="5"/>
+      <c r="E824" s="6"/>
+    </row>
+    <row r="825" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A825" s="1"/>
+      <c r="B825" s="2"/>
+      <c r="C825" s="2"/>
+      <c r="D825" s="5"/>
+      <c r="E825" s="6"/>
+    </row>
+    <row r="826" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A826" s="1"/>
+      <c r="B826" s="2"/>
+      <c r="C826" s="2"/>
+      <c r="D826" s="5"/>
+      <c r="E826" s="6"/>
+    </row>
+    <row r="827" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A827" s="1"/>
+      <c r="B827" s="2"/>
+      <c r="C827" s="2"/>
+      <c r="D827" s="5"/>
+      <c r="E827" s="6"/>
+    </row>
+    <row r="828" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A828" s="1"/>
+      <c r="B828" s="2"/>
+      <c r="C828" s="2"/>
+      <c r="D828" s="5"/>
+      <c r="E828" s="6"/>
+    </row>
+    <row r="829" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A829" s="1"/>
+      <c r="B829" s="2"/>
+      <c r="C829" s="2"/>
+      <c r="D829" s="5"/>
+      <c r="E829" s="6"/>
+    </row>
+    <row r="830" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A830" s="1"/>
+      <c r="B830" s="2"/>
+      <c r="C830" s="2"/>
+      <c r="D830" s="5"/>
+      <c r="E830" s="6"/>
+    </row>
+    <row r="831" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A831" s="1"/>
+      <c r="B831" s="2"/>
+      <c r="C831" s="2"/>
+      <c r="D831" s="5"/>
+      <c r="E831" s="6"/>
+    </row>
+    <row r="832" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A832" s="1"/>
+      <c r="B832" s="2"/>
+      <c r="C832" s="2"/>
+      <c r="D832" s="5"/>
+      <c r="E832" s="6"/>
+    </row>
+    <row r="833" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A833" s="1"/>
+      <c r="B833" s="2"/>
+      <c r="C833" s="2"/>
+      <c r="D833" s="5"/>
+      <c r="E833" s="6"/>
+    </row>
+    <row r="834" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A834" s="1"/>
+      <c r="B834" s="2"/>
+      <c r="C834" s="2"/>
+      <c r="D834" s="5"/>
+      <c r="E834" s="6"/>
+    </row>
+    <row r="835" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A835" s="1"/>
+      <c r="B835" s="2"/>
+      <c r="C835" s="2"/>
+      <c r="D835" s="5"/>
+      <c r="E835" s="6"/>
+    </row>
+    <row r="836" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A836" s="1"/>
+      <c r="B836" s="2"/>
+      <c r="C836" s="2"/>
+      <c r="D836" s="5"/>
+      <c r="E836" s="6"/>
+    </row>
+    <row r="837" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A837" s="1"/>
+      <c r="B837" s="2"/>
+      <c r="C837" s="2"/>
+      <c r="D837" s="5"/>
+      <c r="E837" s="6"/>
+    </row>
+    <row r="838" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A838" s="1"/>
+      <c r="B838" s="2"/>
+      <c r="C838" s="2"/>
+      <c r="D838" s="5"/>
+      <c r="E838" s="6"/>
+    </row>
+    <row r="839" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A839" s="1"/>
+      <c r="B839" s="2"/>
+      <c r="C839" s="2"/>
+      <c r="D839" s="5"/>
+      <c r="E839" s="6"/>
+    </row>
+    <row r="840" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A840" s="1"/>
+      <c r="B840" s="2"/>
+      <c r="C840" s="2"/>
+      <c r="D840" s="5"/>
+      <c r="E840" s="6"/>
+    </row>
+    <row r="841" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A841" s="1"/>
+      <c r="B841" s="2"/>
+      <c r="C841" s="2"/>
+      <c r="D841" s="5"/>
+      <c r="E841" s="6"/>
+    </row>
+    <row r="842" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A842" s="1"/>
+      <c r="B842" s="2"/>
+      <c r="C842" s="2"/>
+      <c r="D842" s="5"/>
+      <c r="E842" s="6"/>
+    </row>
+    <row r="843" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A843" s="1"/>
+      <c r="B843" s="2"/>
+      <c r="C843" s="2"/>
+      <c r="D843" s="5"/>
+      <c r="E843" s="6"/>
+    </row>
+    <row r="844" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A844" s="1"/>
+      <c r="B844" s="2"/>
+      <c r="C844" s="2"/>
+      <c r="D844" s="5"/>
+      <c r="E844" s="6"/>
+    </row>
+    <row r="845" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A845" s="1"/>
+      <c r="B845" s="2"/>
+      <c r="C845" s="2"/>
+      <c r="D845" s="5"/>
+      <c r="E845" s="6"/>
+    </row>
+    <row r="846" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A846" s="1"/>
+      <c r="B846" s="2"/>
+      <c r="C846" s="2"/>
+      <c r="D846" s="5"/>
+      <c r="E846" s="6"/>
+    </row>
+    <row r="847" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A847" s="1"/>
+      <c r="B847" s="2"/>
+      <c r="C847" s="2"/>
+      <c r="D847" s="5"/>
+      <c r="E847" s="6"/>
+    </row>
+    <row r="848" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A848" s="1"/>
+      <c r="B848" s="2"/>
+      <c r="C848" s="2"/>
+      <c r="D848" s="5"/>
+      <c r="E848" s="6"/>
+    </row>
+    <row r="849" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A849" s="1"/>
+      <c r="B849" s="2"/>
+      <c r="C849" s="2"/>
+      <c r="D849" s="5"/>
+      <c r="E849" s="6"/>
+    </row>
+    <row r="850" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A850" s="1"/>
+      <c r="B850" s="2"/>
+      <c r="C850" s="2"/>
+      <c r="D850" s="5"/>
+      <c r="E850" s="6"/>
+    </row>
+    <row r="851" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A851" s="1"/>
+      <c r="B851" s="2"/>
+      <c r="C851" s="2"/>
+      <c r="D851" s="5"/>
+      <c r="E851" s="6"/>
+    </row>
+    <row r="852" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A852" s="1"/>
+      <c r="B852" s="2"/>
+      <c r="C852" s="2"/>
+      <c r="D852" s="5"/>
+      <c r="E852" s="6"/>
+    </row>
+    <row r="853" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A853" s="1"/>
+      <c r="B853" s="2"/>
+      <c r="C853" s="2"/>
+      <c r="D853" s="5"/>
+      <c r="E853" s="6"/>
+    </row>
+    <row r="854" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A854" s="1"/>
+      <c r="B854" s="2"/>
+      <c r="C854" s="2"/>
+      <c r="D854" s="5"/>
+      <c r="E854" s="6"/>
+    </row>
+    <row r="855" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A855" s="1"/>
+      <c r="B855" s="2"/>
+      <c r="C855" s="2"/>
+      <c r="D855" s="5"/>
+      <c r="E855" s="6"/>
+    </row>
+    <row r="856" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A856" s="1"/>
+      <c r="B856" s="2"/>
+      <c r="C856" s="2"/>
+      <c r="D856" s="5"/>
+      <c r="E856" s="6"/>
+    </row>
+    <row r="857" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A857" s="1"/>
+      <c r="B857" s="2"/>
+      <c r="C857" s="2"/>
+      <c r="D857" s="5"/>
+      <c r="E857" s="6"/>
+    </row>
+    <row r="858" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A858" s="1"/>
+      <c r="B858" s="2"/>
+      <c r="C858" s="2"/>
+      <c r="D858" s="5"/>
+      <c r="E858" s="6"/>
+    </row>
+    <row r="859" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A859" s="1"/>
+      <c r="B859" s="2"/>
+      <c r="C859" s="2"/>
+      <c r="D859" s="5"/>
+      <c r="E859" s="6"/>
+    </row>
+    <row r="860" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A860" s="1"/>
+      <c r="B860" s="2"/>
+      <c r="C860" s="2"/>
+      <c r="D860" s="5"/>
+      <c r="E860" s="6"/>
+    </row>
+    <row r="861" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A861" s="1"/>
+      <c r="B861" s="2"/>
+      <c r="C861" s="2"/>
+      <c r="D861" s="5"/>
+      <c r="E861" s="6"/>
+    </row>
+    <row r="862" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A862" s="1"/>
+      <c r="B862" s="2"/>
+      <c r="C862" s="2"/>
+      <c r="D862" s="5"/>
+      <c r="E862" s="6"/>
+    </row>
+    <row r="863" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A863" s="1"/>
+      <c r="B863" s="2"/>
+      <c r="C863" s="2"/>
+      <c r="D863" s="5"/>
+      <c r="E863" s="6"/>
+    </row>
+    <row r="864" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A864" s="1"/>
+      <c r="B864" s="2"/>
+      <c r="C864" s="2"/>
+      <c r="D864" s="5"/>
+      <c r="E864" s="6"/>
+    </row>
+    <row r="865" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A865" s="1"/>
+      <c r="B865" s="2"/>
+      <c r="C865" s="2"/>
+      <c r="D865" s="5"/>
+      <c r="E865" s="6"/>
+    </row>
+    <row r="866" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A866" s="1"/>
+      <c r="B866" s="2"/>
+      <c r="C866" s="2"/>
+      <c r="D866" s="5"/>
+      <c r="E866" s="6"/>
+    </row>
+    <row r="867" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A867" s="1"/>
+      <c r="B867" s="2"/>
+      <c r="C867" s="2"/>
+      <c r="D867" s="5"/>
+      <c r="E867" s="6"/>
+    </row>
+    <row r="868" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A868" s="1"/>
+      <c r="B868" s="2"/>
+      <c r="C868" s="2"/>
+      <c r="D868" s="5"/>
+      <c r="E868" s="6"/>
+    </row>
+    <row r="869" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A869" s="1"/>
+      <c r="B869" s="2"/>
+      <c r="C869" s="2"/>
+      <c r="D869" s="5"/>
+      <c r="E869" s="6"/>
+    </row>
+    <row r="870" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A870" s="1"/>
+      <c r="B870" s="2"/>
+      <c r="C870" s="2"/>
+      <c r="D870" s="5"/>
+      <c r="E870" s="6"/>
+    </row>
+    <row r="871" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A871" s="1"/>
+      <c r="B871" s="2"/>
+      <c r="C871" s="2"/>
+      <c r="D871" s="5"/>
+      <c r="E871" s="6"/>
+    </row>
+    <row r="872" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A872" s="1"/>
+      <c r="B872" s="2"/>
+      <c r="C872" s="2"/>
+      <c r="D872" s="5"/>
+      <c r="E872" s="6"/>
+    </row>
+    <row r="873" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A873" s="1"/>
+      <c r="B873" s="2"/>
+      <c r="C873" s="2"/>
+      <c r="D873" s="5"/>
+      <c r="E873" s="6"/>
+    </row>
+    <row r="874" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A874" s="1"/>
+      <c r="B874" s="2"/>
+      <c r="C874" s="2"/>
+      <c r="D874" s="5"/>
+      <c r="E874" s="6"/>
+    </row>
+    <row r="875" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A875" s="1"/>
+      <c r="B875" s="2"/>
+      <c r="C875" s="2"/>
+      <c r="D875" s="5"/>
+      <c r="E875" s="6"/>
+    </row>
+    <row r="876" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A876" s="1"/>
+      <c r="B876" s="2"/>
+      <c r="C876" s="2"/>
+      <c r="D876" s="5"/>
+      <c r="E876" s="6"/>
+    </row>
+    <row r="877" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A877" s="1"/>
+      <c r="B877" s="2"/>
+      <c r="C877" s="2"/>
+      <c r="D877" s="5"/>
+      <c r="E877" s="6"/>
+    </row>
+    <row r="878" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A878" s="1"/>
+      <c r="B878" s="2"/>
+      <c r="C878" s="2"/>
+      <c r="D878" s="5"/>
+      <c r="E878" s="6"/>
+    </row>
+    <row r="879" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A879" s="1"/>
+      <c r="B879" s="2"/>
+      <c r="C879" s="2"/>
+      <c r="D879" s="5"/>
+      <c r="E879" s="6"/>
+    </row>
+    <row r="880" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A880" s="1"/>
+      <c r="B880" s="2"/>
+      <c r="C880" s="2"/>
+      <c r="D880" s="5"/>
+      <c r="E880" s="6"/>
+    </row>
+    <row r="881" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A881" s="1"/>
+      <c r="B881" s="2"/>
+      <c r="C881" s="2"/>
+      <c r="D881" s="5"/>
+      <c r="E881" s="6"/>
+    </row>
+    <row r="882" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A882" s="1"/>
+      <c r="B882" s="2"/>
+      <c r="C882" s="2"/>
+      <c r="D882" s="5"/>
+      <c r="E882" s="6"/>
+    </row>
+    <row r="883" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A883" s="1"/>
+      <c r="B883" s="2"/>
+      <c r="C883" s="2"/>
+      <c r="D883" s="5"/>
+      <c r="E883" s="6"/>
+    </row>
+    <row r="884" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A884" s="1"/>
+      <c r="B884" s="2"/>
+      <c r="C884" s="2"/>
+      <c r="D884" s="5"/>
+      <c r="E884" s="6"/>
+    </row>
+    <row r="885" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A885" s="1"/>
+      <c r="B885" s="2"/>
+      <c r="C885" s="2"/>
+      <c r="D885" s="5"/>
+      <c r="E885" s="6"/>
+    </row>
+    <row r="886" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A886" s="1"/>
+      <c r="B886" s="2"/>
+      <c r="C886" s="2"/>
+      <c r="D886" s="5"/>
+      <c r="E886" s="6"/>
+    </row>
+    <row r="887" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A887" s="1"/>
+      <c r="B887" s="2"/>
+      <c r="C887" s="2"/>
+      <c r="D887" s="5"/>
+      <c r="E887" s="6"/>
+    </row>
+    <row r="888" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A888" s="1"/>
+      <c r="B888" s="2"/>
+      <c r="C888" s="2"/>
+      <c r="D888" s="5"/>
+      <c r="E888" s="6"/>
+    </row>
+    <row r="889" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A889" s="1"/>
+      <c r="B889" s="2"/>
+      <c r="C889" s="2"/>
+      <c r="D889" s="5"/>
+      <c r="E889" s="6"/>
+    </row>
+    <row r="890" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A890" s="1"/>
+      <c r="B890" s="2"/>
+      <c r="C890" s="2"/>
+      <c r="D890" s="5"/>
+      <c r="E890" s="6"/>
+    </row>
+    <row r="891" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A891" s="1"/>
+      <c r="B891" s="2"/>
+      <c r="C891" s="2"/>
+      <c r="D891" s="5"/>
+      <c r="E891" s="6"/>
+    </row>
+    <row r="892" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A892" s="1"/>
+      <c r="B892" s="2"/>
+      <c r="C892" s="2"/>
+      <c r="D892" s="5"/>
+      <c r="E892" s="6"/>
+    </row>
+    <row r="893" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A893" s="1"/>
+      <c r="B893" s="2"/>
+      <c r="C893" s="2"/>
+      <c r="D893" s="5"/>
+      <c r="E893" s="6"/>
+    </row>
+    <row r="894" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A894" s="1"/>
+      <c r="B894" s="2"/>
+      <c r="C894" s="2"/>
+      <c r="D894" s="5"/>
+      <c r="E894" s="6"/>
+    </row>
+    <row r="895" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A895" s="1"/>
+      <c r="B895" s="2"/>
+      <c r="C895" s="2"/>
+      <c r="D895" s="5"/>
+      <c r="E895" s="6"/>
+    </row>
+    <row r="896" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A896" s="1"/>
+      <c r="B896" s="2"/>
+      <c r="C896" s="2"/>
+      <c r="D896" s="5"/>
+      <c r="E896" s="6"/>
+    </row>
+    <row r="897" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A897" s="1"/>
+      <c r="B897" s="2"/>
+      <c r="C897" s="2"/>
+      <c r="D897" s="5"/>
+      <c r="E897" s="6"/>
+    </row>
+    <row r="898" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A898" s="1"/>
+      <c r="B898" s="2"/>
+      <c r="C898" s="2"/>
+      <c r="D898" s="5"/>
+      <c r="E898" s="6"/>
+    </row>
+    <row r="899" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A899" s="1"/>
+      <c r="B899" s="2"/>
+      <c r="C899" s="2"/>
+      <c r="D899" s="5"/>
+      <c r="E899" s="6"/>
+    </row>
+    <row r="900" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A900" s="1"/>
+      <c r="B900" s="2"/>
+      <c r="C900" s="2"/>
+      <c r="D900" s="5"/>
+      <c r="E900" s="6"/>
+    </row>
+    <row r="901" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A901" s="1"/>
+      <c r="B901" s="2"/>
+      <c r="C901" s="2"/>
+      <c r="D901" s="5"/>
+      <c r="E901" s="6"/>
+    </row>
+    <row r="902" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A902" s="1"/>
+      <c r="B902" s="2"/>
+      <c r="C902" s="2"/>
+      <c r="D902" s="5"/>
+      <c r="E902" s="6"/>
+    </row>
+    <row r="903" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A903" s="1"/>
+      <c r="B903" s="2"/>
+      <c r="C903" s="2"/>
+      <c r="D903" s="5"/>
+      <c r="E903" s="6"/>
+    </row>
+    <row r="904" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A904" s="1"/>
+      <c r="B904" s="2"/>
+      <c r="C904" s="2"/>
+      <c r="D904" s="5"/>
+      <c r="E904" s="6"/>
+    </row>
+    <row r="905" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A905" s="1"/>
+      <c r="B905" s="2"/>
+      <c r="C905" s="2"/>
+      <c r="D905" s="5"/>
+      <c r="E905" s="6"/>
+    </row>
+    <row r="906" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A906" s="1"/>
+      <c r="B906" s="2"/>
+      <c r="C906" s="2"/>
+      <c r="D906" s="5"/>
+      <c r="E906" s="6"/>
+    </row>
+    <row r="907" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A907" s="1"/>
+      <c r="B907" s="2"/>
+      <c r="C907" s="2"/>
+      <c r="D907" s="5"/>
+      <c r="E907" s="6"/>
+    </row>
+    <row r="908" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A908" s="1"/>
+      <c r="B908" s="2"/>
+      <c r="C908" s="2"/>
+      <c r="D908" s="5"/>
+      <c r="E908" s="6"/>
+    </row>
+    <row r="909" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A909" s="1"/>
+      <c r="B909" s="2"/>
+      <c r="C909" s="2"/>
+      <c r="D909" s="5"/>
+      <c r="E909" s="6"/>
+    </row>
+    <row r="910" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A910" s="1"/>
+      <c r="B910" s="2"/>
+      <c r="C910" s="2"/>
+      <c r="D910" s="5"/>
+      <c r="E910" s="6"/>
+    </row>
+    <row r="911" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A911" s="1"/>
+      <c r="B911" s="2"/>
+      <c r="C911" s="2"/>
+      <c r="D911" s="5"/>
+      <c r="E911" s="6"/>
+    </row>
+    <row r="912" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A912" s="1"/>
+      <c r="B912" s="2"/>
+      <c r="C912" s="2"/>
+      <c r="D912" s="5"/>
+      <c r="E912" s="6"/>
+    </row>
+    <row r="913" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A913" s="1"/>
+      <c r="B913" s="2"/>
+      <c r="C913" s="2"/>
+      <c r="D913" s="5"/>
+      <c r="E913" s="6"/>
+    </row>
+    <row r="914" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A914" s="1"/>
+      <c r="B914" s="2"/>
+      <c r="C914" s="2"/>
+      <c r="D914" s="5"/>
+      <c r="E914" s="6"/>
+    </row>
+    <row r="915" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A915" s="1"/>
+      <c r="B915" s="2"/>
+      <c r="C915" s="2"/>
+      <c r="D915" s="5"/>
+      <c r="E915" s="6"/>
+    </row>
+    <row r="916" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A916" s="1"/>
+      <c r="B916" s="2"/>
+      <c r="C916" s="2"/>
+      <c r="D916" s="5"/>
+      <c r="E916" s="6"/>
+    </row>
+    <row r="917" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A917" s="1"/>
+      <c r="B917" s="2"/>
+      <c r="C917" s="2"/>
+      <c r="D917" s="5"/>
+      <c r="E917" s="6"/>
+    </row>
+    <row r="918" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A918" s="1"/>
+      <c r="B918" s="2"/>
+      <c r="C918" s="2"/>
+      <c r="D918" s="5"/>
+      <c r="E918" s="6"/>
+    </row>
+    <row r="919" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A919" s="1"/>
+      <c r="B919" s="2"/>
+      <c r="C919" s="2"/>
+      <c r="D919" s="5"/>
+      <c r="E919" s="6"/>
+    </row>
+    <row r="920" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A920" s="1"/>
+      <c r="B920" s="2"/>
+      <c r="C920" s="2"/>
+      <c r="D920" s="5"/>
+      <c r="E920" s="6"/>
+    </row>
+    <row r="921" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A921" s="1"/>
+      <c r="B921" s="2"/>
+      <c r="C921" s="2"/>
+      <c r="D921" s="5"/>
+      <c r="E921" s="6"/>
+    </row>
+    <row r="922" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A922" s="1"/>
+      <c r="B922" s="2"/>
+      <c r="C922" s="2"/>
+      <c r="D922" s="5"/>
+      <c r="E922" s="6"/>
+    </row>
+    <row r="923" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A923" s="1"/>
+      <c r="B923" s="2"/>
+      <c r="C923" s="2"/>
+      <c r="D923" s="5"/>
+      <c r="E923" s="6"/>
+    </row>
+    <row r="924" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A924" s="1"/>
+      <c r="B924" s="2"/>
+      <c r="C924" s="2"/>
+      <c r="D924" s="5"/>
+      <c r="E924" s="6"/>
+    </row>
+    <row r="925" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A925" s="1"/>
+      <c r="B925" s="2"/>
+      <c r="C925" s="2"/>
+      <c r="D925" s="5"/>
+      <c r="E925" s="6"/>
+    </row>
+    <row r="926" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A926" s="1"/>
+      <c r="B926" s="2"/>
+      <c r="C926" s="2"/>
+      <c r="D926" s="5"/>
+      <c r="E926" s="6"/>
+    </row>
+    <row r="927" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A927" s="1"/>
+      <c r="B927" s="2"/>
+      <c r="C927" s="2"/>
+      <c r="D927" s="5"/>
+      <c r="E927" s="6"/>
+    </row>
+    <row r="928" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A928" s="1"/>
+      <c r="B928" s="2"/>
+      <c r="C928" s="2"/>
+      <c r="D928" s="5"/>
+      <c r="E928" s="6"/>
+    </row>
+    <row r="929" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A929" s="1"/>
+      <c r="B929" s="2"/>
+      <c r="C929" s="2"/>
+      <c r="D929" s="5"/>
+      <c r="E929" s="6"/>
+    </row>
+    <row r="930" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A930" s="1"/>
+      <c r="B930" s="2"/>
+      <c r="C930" s="2"/>
+      <c r="D930" s="5"/>
+      <c r="E930" s="6"/>
+    </row>
+    <row r="931" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A931" s="1"/>
+      <c r="B931" s="2"/>
+      <c r="C931" s="2"/>
+      <c r="D931" s="5"/>
+      <c r="E931" s="6"/>
+    </row>
+    <row r="932" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A932" s="1"/>
+      <c r="B932" s="2"/>
+      <c r="C932" s="2"/>
+      <c r="D932" s="5"/>
+      <c r="E932" s="6"/>
+    </row>
+    <row r="933" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A933" s="1"/>
+      <c r="B933" s="2"/>
+      <c r="C933" s="2"/>
+      <c r="D933" s="5"/>
+      <c r="E933" s="6"/>
+    </row>
+    <row r="934" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A934" s="1"/>
+      <c r="B934" s="2"/>
+      <c r="C934" s="2"/>
+      <c r="D934" s="5"/>
+      <c r="E934" s="6"/>
+    </row>
+    <row r="935" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A935" s="1"/>
+      <c r="B935" s="2"/>
+      <c r="C935" s="2"/>
+      <c r="D935" s="5"/>
+      <c r="E935" s="6"/>
+    </row>
+    <row r="936" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A936" s="1"/>
+      <c r="B936" s="2"/>
+      <c r="C936" s="2"/>
+      <c r="D936" s="5"/>
+      <c r="E936" s="6"/>
+    </row>
+    <row r="937" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A937" s="1"/>
+      <c r="B937" s="2"/>
+      <c r="C937" s="2"/>
+      <c r="D937" s="5"/>
+      <c r="E937" s="6"/>
+    </row>
+    <row r="938" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A938" s="1"/>
+      <c r="B938" s="2"/>
+      <c r="C938" s="2"/>
+      <c r="D938" s="5"/>
+      <c r="E938" s="6"/>
+    </row>
+    <row r="939" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A939" s="1"/>
+      <c r="B939" s="2"/>
+      <c r="C939" s="2"/>
+      <c r="D939" s="5"/>
+      <c r="E939" s="6"/>
+    </row>
+    <row r="940" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A940" s="1"/>
+      <c r="B940" s="2"/>
+      <c r="C940" s="2"/>
+      <c r="D940" s="5"/>
+      <c r="E940" s="6"/>
+    </row>
+    <row r="941" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A941" s="1"/>
+      <c r="B941" s="2"/>
+      <c r="C941" s="2"/>
+      <c r="D941" s="5"/>
+      <c r="E941" s="6"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:G245" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E61 E64:E245" xr:uid="{00000000-0002-0000-0200-000000000000}">
+      <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce,Transportation,Nonpublic"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F2:G245" xr:uid="{00000000-0002-0000-0200-000001000000}">
+      <formula1>"Introduced,Subcommittee - Passed,Committee - Passed,1st Chamber - Floor Passage,2nd Chamber - Passed Committee,2nd Chamber - Floor Passage,Both Chambers - Passage,2nd Chamber - Amended,Withdrawn,Signed by Governor,House Unfinished Business,Senate Unfinish"&amp;"ed Business"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E62:E63" xr:uid="{00000000-0002-0000-0200-000002000000}">
+      <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
+    <hyperlink ref="B2" r:id="rId2" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
+    <hyperlink ref="C2" r:id="rId3" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
+    <hyperlink ref="A3" r:id="rId4" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
+    <hyperlink ref="B3" r:id="rId5" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
+    <hyperlink ref="C3" r:id="rId6" xr:uid="{00000000-0004-0000-0200-000005000000}"/>
+    <hyperlink ref="A4" r:id="rId7" xr:uid="{00000000-0004-0000-0200-000006000000}"/>
+    <hyperlink ref="B4" r:id="rId8" xr:uid="{00000000-0004-0000-0200-000007000000}"/>
+    <hyperlink ref="C4" r:id="rId9" xr:uid="{00000000-0004-0000-0200-000008000000}"/>
+    <hyperlink ref="A5" r:id="rId10" xr:uid="{00000000-0004-0000-0200-000009000000}"/>
+    <hyperlink ref="B5" r:id="rId11" xr:uid="{00000000-0004-0000-0200-00000A000000}"/>
+    <hyperlink ref="C5" r:id="rId12" xr:uid="{00000000-0004-0000-0200-00000B000000}"/>
+    <hyperlink ref="A6" r:id="rId13" xr:uid="{00000000-0004-0000-0200-00000C000000}"/>
+    <hyperlink ref="B6" r:id="rId14" xr:uid="{00000000-0004-0000-0200-00000D000000}"/>
+    <hyperlink ref="C6" r:id="rId15" xr:uid="{00000000-0004-0000-0200-00000E000000}"/>
+    <hyperlink ref="A7" r:id="rId16" xr:uid="{00000000-0004-0000-0200-00000F000000}"/>
+    <hyperlink ref="B7" r:id="rId17" xr:uid="{00000000-0004-0000-0200-000010000000}"/>
+    <hyperlink ref="C7" r:id="rId18" xr:uid="{00000000-0004-0000-0200-000011000000}"/>
+    <hyperlink ref="A8" r:id="rId19" xr:uid="{00000000-0004-0000-0200-000012000000}"/>
+    <hyperlink ref="B8" r:id="rId20" xr:uid="{00000000-0004-0000-0200-000013000000}"/>
+    <hyperlink ref="A9" r:id="rId21" xr:uid="{00000000-0004-0000-0200-000014000000}"/>
+    <hyperlink ref="B9" r:id="rId22" xr:uid="{00000000-0004-0000-0200-000015000000}"/>
+    <hyperlink ref="A10" r:id="rId23" xr:uid="{00000000-0004-0000-0200-000016000000}"/>
+    <hyperlink ref="B10" r:id="rId24" xr:uid="{00000000-0004-0000-0200-000017000000}"/>
+    <hyperlink ref="A11" r:id="rId25" xr:uid="{00000000-0004-0000-0200-000018000000}"/>
+    <hyperlink ref="A12" r:id="rId26" xr:uid="{00000000-0004-0000-0200-000019000000}"/>
+    <hyperlink ref="A13" r:id="rId27" xr:uid="{00000000-0004-0000-0200-00001A000000}"/>
+    <hyperlink ref="B14" r:id="rId28" xr:uid="{00000000-0004-0000-0200-00001B000000}"/>
+    <hyperlink ref="C14" r:id="rId29" xr:uid="{00000000-0004-0000-0200-00001C000000}"/>
+    <hyperlink ref="C15" r:id="rId30" xr:uid="{00000000-0004-0000-0200-00001D000000}"/>
+    <hyperlink ref="B16" r:id="rId31" xr:uid="{00000000-0004-0000-0200-00001E000000}"/>
+    <hyperlink ref="C16" r:id="rId32" xr:uid="{00000000-0004-0000-0200-00001F000000}"/>
+    <hyperlink ref="C17" r:id="rId33" xr:uid="{00000000-0004-0000-0200-000020000000}"/>
+    <hyperlink ref="C18" r:id="rId34" xr:uid="{00000000-0004-0000-0200-000021000000}"/>
+    <hyperlink ref="C19" r:id="rId35" xr:uid="{00000000-0004-0000-0200-000022000000}"/>
+    <hyperlink ref="C20" r:id="rId36" xr:uid="{00000000-0004-0000-0200-000023000000}"/>
+    <hyperlink ref="C21" r:id="rId37" xr:uid="{00000000-0004-0000-0200-000024000000}"/>
+    <hyperlink ref="C22" r:id="rId38" xr:uid="{00000000-0004-0000-0200-000025000000}"/>
+    <hyperlink ref="C23" r:id="rId39" xr:uid="{00000000-0004-0000-0200-000026000000}"/>
+    <hyperlink ref="C24" r:id="rId40" xr:uid="{00000000-0004-0000-0200-000027000000}"/>
+    <hyperlink ref="B25" r:id="rId41" xr:uid="{00000000-0004-0000-0200-000028000000}"/>
+    <hyperlink ref="B26" r:id="rId42" xr:uid="{00000000-0004-0000-0200-000029000000}"/>
+    <hyperlink ref="B27" r:id="rId43" xr:uid="{00000000-0004-0000-0200-00002A000000}"/>
+    <hyperlink ref="B28" r:id="rId44" xr:uid="{00000000-0004-0000-0200-00002B000000}"/>
+    <hyperlink ref="B29" r:id="rId45" xr:uid="{00000000-0004-0000-0200-00002C000000}"/>
+    <hyperlink ref="B30" r:id="rId46" xr:uid="{00000000-0004-0000-0200-00002D000000}"/>
+    <hyperlink ref="B31" r:id="rId47" xr:uid="{00000000-0004-0000-0200-00002E000000}"/>
+    <hyperlink ref="B32" r:id="rId48" xr:uid="{00000000-0004-0000-0200-00002F000000}"/>
+    <hyperlink ref="B33" r:id="rId49" xr:uid="{00000000-0004-0000-0200-000030000000}"/>
+    <hyperlink ref="C33" r:id="rId50" xr:uid="{00000000-0004-0000-0200-000031000000}"/>
+    <hyperlink ref="C34" r:id="rId51" xr:uid="{00000000-0004-0000-0200-000032000000}"/>
+    <hyperlink ref="C35" r:id="rId52" xr:uid="{00000000-0004-0000-0200-000033000000}"/>
+    <hyperlink ref="C36" r:id="rId53" xr:uid="{00000000-0004-0000-0200-000034000000}"/>
+    <hyperlink ref="C37" r:id="rId54" xr:uid="{00000000-0004-0000-0200-000035000000}"/>
+    <hyperlink ref="C38" r:id="rId55" xr:uid="{00000000-0004-0000-0200-000036000000}"/>
+    <hyperlink ref="C39" r:id="rId56" xr:uid="{00000000-0004-0000-0200-000037000000}"/>
+    <hyperlink ref="C40" r:id="rId57" xr:uid="{00000000-0004-0000-0200-000038000000}"/>
+    <hyperlink ref="B41" r:id="rId58" xr:uid="{00000000-0004-0000-0200-000039000000}"/>
+    <hyperlink ref="C41" r:id="rId59" xr:uid="{00000000-0004-0000-0200-00003A000000}"/>
+    <hyperlink ref="B42" r:id="rId60" xr:uid="{00000000-0004-0000-0200-00003B000000}"/>
+    <hyperlink ref="B43" r:id="rId61" xr:uid="{00000000-0004-0000-0200-00003C000000}"/>
+    <hyperlink ref="B44" r:id="rId62" xr:uid="{00000000-0004-0000-0200-00003D000000}"/>
+    <hyperlink ref="B45" r:id="rId63" xr:uid="{00000000-0004-0000-0200-00003E000000}"/>
+    <hyperlink ref="B46" r:id="rId64" xr:uid="{00000000-0004-0000-0200-00003F000000}"/>
+    <hyperlink ref="B47" r:id="rId65" xr:uid="{00000000-0004-0000-0200-000040000000}"/>
+    <hyperlink ref="B48" r:id="rId66" xr:uid="{00000000-0004-0000-0200-000041000000}"/>
+    <hyperlink ref="B49" r:id="rId67" xr:uid="{00000000-0004-0000-0200-000042000000}"/>
+    <hyperlink ref="B50" r:id="rId68" xr:uid="{00000000-0004-0000-0200-000043000000}"/>
+    <hyperlink ref="B51" r:id="rId69" xr:uid="{00000000-0004-0000-0200-000044000000}"/>
+    <hyperlink ref="B52" r:id="rId70" xr:uid="{00000000-0004-0000-0200-000045000000}"/>
+    <hyperlink ref="B53" r:id="rId71" xr:uid="{00000000-0004-0000-0200-000046000000}"/>
+    <hyperlink ref="C53" r:id="rId72" xr:uid="{00000000-0004-0000-0200-000047000000}"/>
+    <hyperlink ref="B54" r:id="rId73" xr:uid="{00000000-0004-0000-0200-000048000000}"/>
+    <hyperlink ref="B55" r:id="rId74" xr:uid="{00000000-0004-0000-0200-000049000000}"/>
+    <hyperlink ref="C55" r:id="rId75" xr:uid="{00000000-0004-0000-0200-00004A000000}"/>
+    <hyperlink ref="B56" r:id="rId76" xr:uid="{00000000-0004-0000-0200-00004B000000}"/>
+    <hyperlink ref="B57" r:id="rId77" xr:uid="{00000000-0004-0000-0200-00004C000000}"/>
+    <hyperlink ref="B58" r:id="rId78" xr:uid="{00000000-0004-0000-0200-00004D000000}"/>
+    <hyperlink ref="B59" r:id="rId79" xr:uid="{00000000-0004-0000-0200-00004E000000}"/>
+    <hyperlink ref="C59" r:id="rId80" xr:uid="{00000000-0004-0000-0200-00004F000000}"/>
+    <hyperlink ref="C60" r:id="rId81" xr:uid="{00000000-0004-0000-0200-000050000000}"/>
+    <hyperlink ref="B61" r:id="rId82" xr:uid="{00000000-0004-0000-0200-000051000000}"/>
+    <hyperlink ref="C62" r:id="rId83" xr:uid="{00000000-0004-0000-0200-000052000000}"/>
+    <hyperlink ref="C63" r:id="rId84" xr:uid="{00000000-0004-0000-0200-000053000000}"/>
+    <hyperlink ref="A64" r:id="rId85" xr:uid="{00000000-0004-0000-0200-000054000000}"/>
+    <hyperlink ref="B64" r:id="rId86" xr:uid="{00000000-0004-0000-0200-000055000000}"/>
+    <hyperlink ref="C64" r:id="rId87" xr:uid="{00000000-0004-0000-0200-000056000000}"/>
+    <hyperlink ref="C65" r:id="rId88" xr:uid="{00000000-0004-0000-0200-000057000000}"/>
+    <hyperlink ref="C66" r:id="rId89" xr:uid="{00000000-0004-0000-0200-000058000000}"/>
+    <hyperlink ref="B67" r:id="rId90" xr:uid="{00000000-0004-0000-0200-000059000000}"/>
+    <hyperlink ref="C67" r:id="rId91" xr:uid="{00000000-0004-0000-0200-00005A000000}"/>
+    <hyperlink ref="C68" r:id="rId92" xr:uid="{00000000-0004-0000-0200-00005B000000}"/>
+    <hyperlink ref="B69" r:id="rId93" xr:uid="{00000000-0004-0000-0200-00005C000000}"/>
+    <hyperlink ref="C70" r:id="rId94" xr:uid="{00000000-0004-0000-0200-00005D000000}"/>
+    <hyperlink ref="C71" r:id="rId95" xr:uid="{00000000-0004-0000-0200-00005E000000}"/>
+    <hyperlink ref="C72" r:id="rId96" xr:uid="{00000000-0004-0000-0200-00005F000000}"/>
+    <hyperlink ref="C73" r:id="rId97" xr:uid="{00000000-0004-0000-0200-000060000000}"/>
+    <hyperlink ref="B74" r:id="rId98" xr:uid="{00000000-0004-0000-0200-000061000000}"/>
+    <hyperlink ref="B75" r:id="rId99" xr:uid="{00000000-0004-0000-0200-000062000000}"/>
+    <hyperlink ref="B76" r:id="rId100" xr:uid="{00000000-0004-0000-0200-000063000000}"/>
+    <hyperlink ref="B77" r:id="rId101" xr:uid="{00000000-0004-0000-0200-000064000000}"/>
+    <hyperlink ref="B78" r:id="rId102" xr:uid="{00000000-0004-0000-0200-000065000000}"/>
+    <hyperlink ref="C78" r:id="rId103" xr:uid="{00000000-0004-0000-0200-000066000000}"/>
+    <hyperlink ref="B79" r:id="rId104" xr:uid="{00000000-0004-0000-0200-000067000000}"/>
+    <hyperlink ref="B80" r:id="rId105" xr:uid="{00000000-0004-0000-0200-000068000000}"/>
+    <hyperlink ref="A81" r:id="rId106" xr:uid="{00000000-0004-0000-0200-000069000000}"/>
+    <hyperlink ref="B81" r:id="rId107" xr:uid="{00000000-0004-0000-0200-00006A000000}"/>
+    <hyperlink ref="C81" r:id="rId108" xr:uid="{00000000-0004-0000-0200-00006B000000}"/>
+    <hyperlink ref="A82" r:id="rId109" xr:uid="{00000000-0004-0000-0200-00006C000000}"/>
+    <hyperlink ref="B82" r:id="rId110" xr:uid="{00000000-0004-0000-0200-00006D000000}"/>
+    <hyperlink ref="C82" r:id="rId111" xr:uid="{00000000-0004-0000-0200-00006E000000}"/>
+    <hyperlink ref="C83" r:id="rId112" xr:uid="{00000000-0004-0000-0200-00006F000000}"/>
+    <hyperlink ref="C84" r:id="rId113" xr:uid="{00000000-0004-0000-0200-000070000000}"/>
+    <hyperlink ref="C85" r:id="rId114" xr:uid="{00000000-0004-0000-0200-000071000000}"/>
+    <hyperlink ref="C86" r:id="rId115" xr:uid="{00000000-0004-0000-0200-000072000000}"/>
+    <hyperlink ref="C87" r:id="rId116" xr:uid="{00000000-0004-0000-0200-000073000000}"/>
+    <hyperlink ref="C88" r:id="rId117" xr:uid="{00000000-0004-0000-0200-000074000000}"/>
+    <hyperlink ref="B89" r:id="rId118" xr:uid="{00000000-0004-0000-0200-000075000000}"/>
+    <hyperlink ref="B90" r:id="rId119" xr:uid="{00000000-0004-0000-0200-000076000000}"/>
+    <hyperlink ref="C91" r:id="rId120" xr:uid="{00000000-0004-0000-0200-000077000000}"/>
+    <hyperlink ref="C92" r:id="rId121" xr:uid="{00000000-0004-0000-0200-000078000000}"/>
+    <hyperlink ref="B93" r:id="rId122" xr:uid="{00000000-0004-0000-0200-000079000000}"/>
+    <hyperlink ref="C93" r:id="rId123" xr:uid="{00000000-0004-0000-0200-00007A000000}"/>
+    <hyperlink ref="B94" r:id="rId124" xr:uid="{00000000-0004-0000-0200-00007B000000}"/>
+    <hyperlink ref="C94" r:id="rId125" xr:uid="{00000000-0004-0000-0200-00007C000000}"/>
+    <hyperlink ref="B95" r:id="rId126" xr:uid="{00000000-0004-0000-0200-00007D000000}"/>
+    <hyperlink ref="B96" r:id="rId127" xr:uid="{00000000-0004-0000-0200-00007E000000}"/>
+    <hyperlink ref="B97" r:id="rId128" xr:uid="{00000000-0004-0000-0200-00007F000000}"/>
+    <hyperlink ref="B98" r:id="rId129" xr:uid="{00000000-0004-0000-0200-000080000000}"/>
+    <hyperlink ref="B99" r:id="rId130" xr:uid="{00000000-0004-0000-0200-000081000000}"/>
+    <hyperlink ref="A100" r:id="rId131" xr:uid="{00000000-0004-0000-0200-000082000000}"/>
+    <hyperlink ref="B100" r:id="rId132" xr:uid="{00000000-0004-0000-0200-000083000000}"/>
+    <hyperlink ref="C100" r:id="rId133" xr:uid="{00000000-0004-0000-0200-000084000000}"/>
+    <hyperlink ref="C101" r:id="rId134" xr:uid="{00000000-0004-0000-0200-000085000000}"/>
+    <hyperlink ref="B102" r:id="rId135" xr:uid="{00000000-0004-0000-0200-000086000000}"/>
+    <hyperlink ref="B103" r:id="rId136" xr:uid="{00000000-0004-0000-0200-000087000000}"/>
+    <hyperlink ref="B104" r:id="rId137" xr:uid="{00000000-0004-0000-0200-000088000000}"/>
+    <hyperlink ref="B105" r:id="rId138" xr:uid="{00000000-0004-0000-0200-000089000000}"/>
+    <hyperlink ref="C106" r:id="rId139" xr:uid="{00000000-0004-0000-0200-00008A000000}"/>
+    <hyperlink ref="B107" r:id="rId140" xr:uid="{00000000-0004-0000-0200-00008B000000}"/>
+    <hyperlink ref="B108" r:id="rId141" xr:uid="{00000000-0004-0000-0200-00008C000000}"/>
+    <hyperlink ref="B109" r:id="rId142" xr:uid="{00000000-0004-0000-0200-00008D000000}"/>
+    <hyperlink ref="C110" r:id="rId143" xr:uid="{00000000-0004-0000-0200-00008E000000}"/>
+    <hyperlink ref="C111" r:id="rId144" xr:uid="{00000000-0004-0000-0200-00008F000000}"/>
+    <hyperlink ref="C112" r:id="rId145" xr:uid="{00000000-0004-0000-0200-000090000000}"/>
+    <hyperlink ref="C113" r:id="rId146" xr:uid="{00000000-0004-0000-0200-000091000000}"/>
+    <hyperlink ref="B114" r:id="rId147" xr:uid="{00000000-0004-0000-0200-000092000000}"/>
+    <hyperlink ref="B115" r:id="rId148" xr:uid="{00000000-0004-0000-0200-000093000000}"/>
+    <hyperlink ref="B116" r:id="rId149" xr:uid="{00000000-0004-0000-0200-000094000000}"/>
+    <hyperlink ref="B117" r:id="rId150" xr:uid="{00000000-0004-0000-0200-000095000000}"/>
+    <hyperlink ref="C117" r:id="rId151" xr:uid="{00000000-0004-0000-0200-000096000000}"/>
+    <hyperlink ref="B118" r:id="rId152" xr:uid="{00000000-0004-0000-0200-000097000000}"/>
+    <hyperlink ref="C118" r:id="rId153" xr:uid="{00000000-0004-0000-0200-000098000000}"/>
+    <hyperlink ref="C119" r:id="rId154" xr:uid="{00000000-0004-0000-0200-000099000000}"/>
+    <hyperlink ref="B120" r:id="rId155" xr:uid="{00000000-0004-0000-0200-00009A000000}"/>
+    <hyperlink ref="C120" r:id="rId156" xr:uid="{00000000-0004-0000-0200-00009B000000}"/>
+    <hyperlink ref="B121" r:id="rId157" xr:uid="{00000000-0004-0000-0200-00009C000000}"/>
+    <hyperlink ref="B122" r:id="rId158" xr:uid="{00000000-0004-0000-0200-00009D000000}"/>
+    <hyperlink ref="C122" r:id="rId159" xr:uid="{00000000-0004-0000-0200-00009E000000}"/>
+    <hyperlink ref="B123" r:id="rId160" xr:uid="{00000000-0004-0000-0200-00009F000000}"/>
+    <hyperlink ref="B124" r:id="rId161" xr:uid="{00000000-0004-0000-0200-0000A0000000}"/>
+    <hyperlink ref="C125" r:id="rId162" xr:uid="{00000000-0004-0000-0200-0000A1000000}"/>
+    <hyperlink ref="C126" r:id="rId163" xr:uid="{00000000-0004-0000-0200-0000A2000000}"/>
+    <hyperlink ref="C127" r:id="rId164" xr:uid="{00000000-0004-0000-0200-0000A3000000}"/>
+    <hyperlink ref="B128" r:id="rId165" xr:uid="{00000000-0004-0000-0200-0000A4000000}"/>
+    <hyperlink ref="B129" r:id="rId166" xr:uid="{00000000-0004-0000-0200-0000A5000000}"/>
+    <hyperlink ref="C129" r:id="rId167" xr:uid="{00000000-0004-0000-0200-0000A6000000}"/>
+    <hyperlink ref="B130" r:id="rId168" xr:uid="{00000000-0004-0000-0200-0000A7000000}"/>
+    <hyperlink ref="B131" r:id="rId169" xr:uid="{00000000-0004-0000-0200-0000A8000000}"/>
+    <hyperlink ref="B132" r:id="rId170" xr:uid="{00000000-0004-0000-0200-0000A9000000}"/>
+    <hyperlink ref="B133" r:id="rId171" xr:uid="{00000000-0004-0000-0200-0000AA000000}"/>
+    <hyperlink ref="B134" r:id="rId172" xr:uid="{00000000-0004-0000-0200-0000AB000000}"/>
+    <hyperlink ref="B135" r:id="rId173" xr:uid="{00000000-0004-0000-0200-0000AC000000}"/>
+    <hyperlink ref="C135" r:id="rId174" xr:uid="{00000000-0004-0000-0200-0000AD000000}"/>
+    <hyperlink ref="C136" r:id="rId175" xr:uid="{00000000-0004-0000-0200-0000AE000000}"/>
+    <hyperlink ref="C137" r:id="rId176" xr:uid="{00000000-0004-0000-0200-0000AF000000}"/>
+    <hyperlink ref="C138" r:id="rId177" xr:uid="{00000000-0004-0000-0200-0000B0000000}"/>
+    <hyperlink ref="C139" r:id="rId178" xr:uid="{00000000-0004-0000-0200-0000B1000000}"/>
+    <hyperlink ref="B140" r:id="rId179" xr:uid="{00000000-0004-0000-0200-0000B2000000}"/>
+    <hyperlink ref="C140" r:id="rId180" xr:uid="{00000000-0004-0000-0200-0000B3000000}"/>
+    <hyperlink ref="B141" r:id="rId181" xr:uid="{00000000-0004-0000-0200-0000B4000000}"/>
+    <hyperlink ref="B142" r:id="rId182" xr:uid="{00000000-0004-0000-0200-0000B5000000}"/>
+    <hyperlink ref="C143" r:id="rId183" xr:uid="{00000000-0004-0000-0200-0000B6000000}"/>
+    <hyperlink ref="C144" r:id="rId184" xr:uid="{00000000-0004-0000-0200-0000B7000000}"/>
+    <hyperlink ref="B145" r:id="rId185" xr:uid="{00000000-0004-0000-0200-0000B8000000}"/>
+    <hyperlink ref="C145" r:id="rId186" xr:uid="{00000000-0004-0000-0200-0000B9000000}"/>
+    <hyperlink ref="C146" r:id="rId187" xr:uid="{00000000-0004-0000-0200-0000BA000000}"/>
+    <hyperlink ref="C147" r:id="rId188" xr:uid="{00000000-0004-0000-0200-0000BB000000}"/>
+    <hyperlink ref="C148" r:id="rId189" xr:uid="{00000000-0004-0000-0200-0000BC000000}"/>
+    <hyperlink ref="C149" r:id="rId190" xr:uid="{00000000-0004-0000-0200-0000BD000000}"/>
+    <hyperlink ref="C150" r:id="rId191" xr:uid="{00000000-0004-0000-0200-0000BE000000}"/>
+    <hyperlink ref="B151" r:id="rId192" xr:uid="{00000000-0004-0000-0200-0000BF000000}"/>
+    <hyperlink ref="B152" r:id="rId193" xr:uid="{00000000-0004-0000-0200-0000C0000000}"/>
+    <hyperlink ref="B153" r:id="rId194" xr:uid="{00000000-0004-0000-0200-0000C1000000}"/>
+    <hyperlink ref="B154" r:id="rId195" xr:uid="{00000000-0004-0000-0200-0000C2000000}"/>
+    <hyperlink ref="B155" r:id="rId196" xr:uid="{00000000-0004-0000-0200-0000C3000000}"/>
+    <hyperlink ref="B156" r:id="rId197" xr:uid="{00000000-0004-0000-0200-0000C4000000}"/>
+    <hyperlink ref="B157" r:id="rId198" xr:uid="{00000000-0004-0000-0200-0000C5000000}"/>
+    <hyperlink ref="B158" r:id="rId199" xr:uid="{00000000-0004-0000-0200-0000C6000000}"/>
+    <hyperlink ref="C159" r:id="rId200" xr:uid="{00000000-0004-0000-0200-0000C7000000}"/>
+    <hyperlink ref="B160" r:id="rId201" xr:uid="{00000000-0004-0000-0200-0000C8000000}"/>
+    <hyperlink ref="B161" r:id="rId202" xr:uid="{00000000-0004-0000-0200-0000C9000000}"/>
+    <hyperlink ref="B162" r:id="rId203" xr:uid="{00000000-0004-0000-0200-0000CA000000}"/>
+    <hyperlink ref="B163" r:id="rId204" xr:uid="{00000000-0004-0000-0200-0000CB000000}"/>
+    <hyperlink ref="C163" r:id="rId205" xr:uid="{00000000-0004-0000-0200-0000CC000000}"/>
+    <hyperlink ref="B164" r:id="rId206" xr:uid="{00000000-0004-0000-0200-0000CD000000}"/>
+    <hyperlink ref="B165" r:id="rId207" xr:uid="{00000000-0004-0000-0200-0000CE000000}"/>
+    <hyperlink ref="B166" r:id="rId208" xr:uid="{00000000-0004-0000-0200-0000CF000000}"/>
+    <hyperlink ref="C167" r:id="rId209" xr:uid="{00000000-0004-0000-0200-0000D0000000}"/>
+    <hyperlink ref="C168" r:id="rId210" xr:uid="{00000000-0004-0000-0200-0000D1000000}"/>
+    <hyperlink ref="B169" r:id="rId211" xr:uid="{00000000-0004-0000-0200-0000D2000000}"/>
+    <hyperlink ref="B170" r:id="rId212" xr:uid="{00000000-0004-0000-0200-0000D3000000}"/>
+    <hyperlink ref="B171" r:id="rId213" xr:uid="{00000000-0004-0000-0200-0000D4000000}"/>
+    <hyperlink ref="B172" r:id="rId214" xr:uid="{00000000-0004-0000-0200-0000D5000000}"/>
+    <hyperlink ref="B173" r:id="rId215" xr:uid="{00000000-0004-0000-0200-0000D6000000}"/>
+    <hyperlink ref="C174" r:id="rId216" xr:uid="{00000000-0004-0000-0200-0000D7000000}"/>
+    <hyperlink ref="C175" r:id="rId217" xr:uid="{00000000-0004-0000-0200-0000D8000000}"/>
+    <hyperlink ref="C176" r:id="rId218" xr:uid="{00000000-0004-0000-0200-0000D9000000}"/>
+    <hyperlink ref="B177" r:id="rId219" xr:uid="{00000000-0004-0000-0200-0000DA000000}"/>
+    <hyperlink ref="B178" r:id="rId220" xr:uid="{00000000-0004-0000-0200-0000DB000000}"/>
+    <hyperlink ref="B179" r:id="rId221" xr:uid="{00000000-0004-0000-0200-0000DC000000}"/>
+    <hyperlink ref="B180" r:id="rId222" xr:uid="{00000000-0004-0000-0200-0000DD000000}"/>
+    <hyperlink ref="B181" r:id="rId223" xr:uid="{00000000-0004-0000-0200-0000DE000000}"/>
+    <hyperlink ref="B182" r:id="rId224" xr:uid="{00000000-0004-0000-0200-0000DF000000}"/>
+    <hyperlink ref="B183" r:id="rId225" xr:uid="{00000000-0004-0000-0200-0000E0000000}"/>
+    <hyperlink ref="C183" r:id="rId226" xr:uid="{00000000-0004-0000-0200-0000E1000000}"/>
+    <hyperlink ref="B184" r:id="rId227" xr:uid="{00000000-0004-0000-0200-0000E2000000}"/>
+    <hyperlink ref="C184" r:id="rId228" xr:uid="{00000000-0004-0000-0200-0000E3000000}"/>
+    <hyperlink ref="B185" r:id="rId229" xr:uid="{00000000-0004-0000-0200-0000E4000000}"/>
+    <hyperlink ref="B186" r:id="rId230" xr:uid="{00000000-0004-0000-0200-0000E5000000}"/>
+    <hyperlink ref="C187" r:id="rId231" xr:uid="{00000000-0004-0000-0200-0000E6000000}"/>
+    <hyperlink ref="C188" r:id="rId232" xr:uid="{00000000-0004-0000-0200-0000E7000000}"/>
+    <hyperlink ref="C189" r:id="rId233" xr:uid="{00000000-0004-0000-0200-0000E8000000}"/>
+    <hyperlink ref="C190" r:id="rId234" xr:uid="{00000000-0004-0000-0200-0000E9000000}"/>
+    <hyperlink ref="C191" r:id="rId235" xr:uid="{00000000-0004-0000-0200-0000EA000000}"/>
+    <hyperlink ref="B192" r:id="rId236" xr:uid="{00000000-0004-0000-0200-0000EB000000}"/>
+    <hyperlink ref="B193" r:id="rId237" xr:uid="{00000000-0004-0000-0200-0000EC000000}"/>
+    <hyperlink ref="B194" r:id="rId238" xr:uid="{00000000-0004-0000-0200-0000ED000000}"/>
+    <hyperlink ref="B195" r:id="rId239" xr:uid="{00000000-0004-0000-0200-0000EE000000}"/>
+    <hyperlink ref="B196" r:id="rId240" xr:uid="{00000000-0004-0000-0200-0000EF000000}"/>
+    <hyperlink ref="B197" r:id="rId241" xr:uid="{00000000-0004-0000-0200-0000F0000000}"/>
+    <hyperlink ref="C197" r:id="rId242" xr:uid="{00000000-0004-0000-0200-0000F1000000}"/>
+    <hyperlink ref="B198" r:id="rId243" xr:uid="{00000000-0004-0000-0200-0000F2000000}"/>
+    <hyperlink ref="B199" r:id="rId244" xr:uid="{00000000-0004-0000-0200-0000F3000000}"/>
+    <hyperlink ref="B200" r:id="rId245" xr:uid="{00000000-0004-0000-0200-0000F4000000}"/>
+    <hyperlink ref="B201" r:id="rId246" xr:uid="{00000000-0004-0000-0200-0000F5000000}"/>
+    <hyperlink ref="B202" r:id="rId247" xr:uid="{00000000-0004-0000-0200-0000F6000000}"/>
+    <hyperlink ref="B203" r:id="rId248" xr:uid="{00000000-0004-0000-0200-0000F7000000}"/>
+    <hyperlink ref="C204" r:id="rId249" xr:uid="{00000000-0004-0000-0200-0000F8000000}"/>
+    <hyperlink ref="B205" r:id="rId250" xr:uid="{00000000-0004-0000-0200-0000F9000000}"/>
+    <hyperlink ref="B206" r:id="rId251" xr:uid="{00000000-0004-0000-0200-0000FA000000}"/>
+    <hyperlink ref="C207" r:id="rId252" xr:uid="{00000000-0004-0000-0200-0000FB000000}"/>
+    <hyperlink ref="C208" r:id="rId253" xr:uid="{00000000-0004-0000-0200-0000FC000000}"/>
+    <hyperlink ref="B209" r:id="rId254" xr:uid="{00000000-0004-0000-0200-0000FD000000}"/>
+    <hyperlink ref="C209" r:id="rId255" xr:uid="{00000000-0004-0000-0200-0000FE000000}"/>
+    <hyperlink ref="C210" r:id="rId256" xr:uid="{00000000-0004-0000-0200-0000FF000000}"/>
+    <hyperlink ref="C211" r:id="rId257" xr:uid="{00000000-0004-0000-0200-000000010000}"/>
+    <hyperlink ref="C212" r:id="rId258" xr:uid="{00000000-0004-0000-0200-000001010000}"/>
+    <hyperlink ref="B213" r:id="rId259" xr:uid="{00000000-0004-0000-0200-000002010000}"/>
+    <hyperlink ref="B214" r:id="rId260" xr:uid="{00000000-0004-0000-0200-000003010000}"/>
+    <hyperlink ref="C215" r:id="rId261" xr:uid="{00000000-0004-0000-0200-000004010000}"/>
+    <hyperlink ref="B216" r:id="rId262" xr:uid="{00000000-0004-0000-0200-000005010000}"/>
+    <hyperlink ref="B217" r:id="rId263" xr:uid="{00000000-0004-0000-0200-000006010000}"/>
+    <hyperlink ref="B218" r:id="rId264" xr:uid="{00000000-0004-0000-0200-000007010000}"/>
+    <hyperlink ref="B219" r:id="rId265" xr:uid="{00000000-0004-0000-0200-000008010000}"/>
+    <hyperlink ref="B220" r:id="rId266" xr:uid="{00000000-0004-0000-0200-000009010000}"/>
+    <hyperlink ref="B221" r:id="rId267" xr:uid="{00000000-0004-0000-0200-00000A010000}"/>
+    <hyperlink ref="B222" r:id="rId268" xr:uid="{00000000-0004-0000-0200-00000B010000}"/>
+    <hyperlink ref="B223" r:id="rId269" xr:uid="{00000000-0004-0000-0200-00000C010000}"/>
+    <hyperlink ref="B224" r:id="rId270" xr:uid="{00000000-0004-0000-0200-00000D010000}"/>
+    <hyperlink ref="B225" r:id="rId271" xr:uid="{00000000-0004-0000-0200-00000E010000}"/>
+    <hyperlink ref="C226" r:id="rId272" xr:uid="{00000000-0004-0000-0200-00000F010000}"/>
+    <hyperlink ref="C227" r:id="rId273" xr:uid="{00000000-0004-0000-0200-000010010000}"/>
+    <hyperlink ref="B228" r:id="rId274" xr:uid="{00000000-0004-0000-0200-000011010000}"/>
+    <hyperlink ref="B229" r:id="rId275" xr:uid="{00000000-0004-0000-0200-000012010000}"/>
+    <hyperlink ref="B230" r:id="rId276" xr:uid="{00000000-0004-0000-0200-000013010000}"/>
+    <hyperlink ref="C231" r:id="rId277" xr:uid="{00000000-0004-0000-0200-000014010000}"/>
+    <hyperlink ref="B232" r:id="rId278" xr:uid="{00000000-0004-0000-0200-000015010000}"/>
+    <hyperlink ref="B233" r:id="rId279" xr:uid="{00000000-0004-0000-0200-000016010000}"/>
+    <hyperlink ref="B234" r:id="rId280" xr:uid="{00000000-0004-0000-0200-000017010000}"/>
+    <hyperlink ref="C235" r:id="rId281" xr:uid="{00000000-0004-0000-0200-000018010000}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Advanced</vt:lpstr>
+      <vt:lpstr>Funneled 2-20</vt:lpstr>
       <vt:lpstr>All</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Loder, Amanda [IDOE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>