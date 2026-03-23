--- v3 (2026-03-02)
+++ v4 (2026-03-23)
@@ -1,92 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\aloder\Desktop\Legis Docs\Website Legislative Trackers\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67E464E8-C80E-4914-A3B9-254F38571B7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC8F3381-58EB-4137-8BD4-E372B2D07696}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Advanced" sheetId="1" r:id="rId1"/>
-    <sheet name="Funneled 2-20" sheetId="10" r:id="rId2"/>
+    <sheet name="Funneled 2-20" sheetId="9" r:id="rId2"/>
     <sheet name="All" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Advanced!$A$1:$G$122</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">All!$A$1:$G$245</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Advanced!$A$1:$G$127</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">All!$A$1:$G$249</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="0"/>
   <extLst>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...9 lines deleted...]
-    </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2523" uniqueCount="937">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2635" uniqueCount="987">
   <si>
     <t>LSA #</t>
   </si>
   <si>
     <t>House Bill #</t>
   </si>
   <si>
     <t>Senate Bill #</t>
   </si>
   <si>
     <t>Bill Description</t>
   </si>
   <si>
     <t>Primary Topic</t>
   </si>
   <si>
     <t>House Status</t>
   </si>
   <si>
     <t>Senate Status</t>
   </si>
   <si>
     <t>5496XD</t>
   </si>
   <si>
@@ -105,4449 +93,4583 @@
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SSB3042</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the Iowa statewide assessment of student progress and programs for gifted and talented children, and by requiring districts to develop and advanced mathematics pathway and implement procedures for subject acceleration and whole-grade acceleration. </t>
   </si>
   <si>
     <t>K12 - Standards/Instruction</t>
   </si>
   <si>
+    <t>1st Chamber - Floor Passage</t>
+  </si>
+  <si>
+    <t>5497XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2547</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB572</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2223</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3049</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to career education, including by modifying provisions related to career academies, the collective statewide articulation agreement between community colleges and the state board of regents, the district-to-community college sharing or concurrent enrollment program, and individual career and academic plans. </t>
+  </si>
+  <si>
+    <t>Career Technical</t>
+  </si>
+  <si>
     <t>Committee - Passed</t>
   </si>
   <si>
-    <t>5497XD</t>
-[...9 lines deleted...]
-      <t>HF2547</t>
+    <t>5498XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2230</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB572</t>
-[...10 lines deleted...]
-      <t>SF2223</t>
+      <t>HSB555</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2222</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3049</t>
-[...22 lines deleted...]
-      <t>HF2230</t>
+      <t>SSB3048</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to teacher education and licensing, including by modifying provisions related to practitioner preparation programs and licenses issued by the board of educational examiners.</t>
+  </si>
+  <si>
+    <t>Teacher Prep</t>
+  </si>
+  <si>
+    <t>5269XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2499</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB555</t>
-[...10 lines deleted...]
-      <t>SF2222</t>
+      <t>HSB584</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2141</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3048</t>
-[...19 lines deleted...]
-      <t>HF2499</t>
+      <t>SSB3028</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to matters under the purview of the department of management, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>Appropriation</t>
+  </si>
+  <si>
+    <t>5342DP</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2500</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB584</t>
-[...10 lines deleted...]
-      <t>SF2141</t>
+      <t>HSB583</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2206</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3028</t>
-[...19 lines deleted...]
-      <t>HF2500</t>
+      <t>SSB3030</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to contracts entered into by state agencies and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Administrative</t>
+  </si>
+  <si>
+    <t>5502XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2502</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB583</t>
-[...10 lines deleted...]
-      <t>SF2206</t>
+      <t>HSB579</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to paid parental leave for state employees.</t>
+  </si>
+  <si>
+    <t>5469DP</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2490</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3030</t>
-[...19 lines deleted...]
-      <t>HF2502</t>
+      <t>HSB578</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to public notice requirements for meetings of a governmental body. </t>
+  </si>
+  <si>
+    <t>5467DP</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2330</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB579</t>
-[...16 lines deleted...]
-      <t>HF2490</t>
+      <t>HSB582</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to public records requests.</t>
+  </si>
+  <si>
+    <t>5466DP</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2294</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB578</t>
-[...16 lines deleted...]
-      <t>HF2330</t>
+      <t>HSB580</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the filing of complaints with the Iowa public information board. </t>
+  </si>
+  <si>
+    <t>5061XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2338</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2121</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting school districts, charter schools, and innovation zone schools from providing any program, curriculum, test, survey, questionnaire, promotion, or instruction relating to gender theory or sexual orientation instruction in grades seven through twelve. </t>
+  </si>
+  <si>
+    <t>5224XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2492</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB582</t>
-[...16 lines deleted...]
-      <t>HF2294</t>
+      <t>HF2049</t>
+    </r>
+  </si>
+  <si>
+    <t>SF2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for supplementary weighting for school districts that share career and technical education instructors. </t>
+  </si>
+  <si>
+    <t>K12 - Finance</t>
+  </si>
+  <si>
+    <t>5560XS</t>
+  </si>
+  <si>
+    <t>SF2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to physical activity requirements applicable to students enrolled in public schools and accredited nonpublic schools. </t>
+  </si>
+  <si>
+    <t>5064XS</t>
+  </si>
+  <si>
+    <t>SF2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school districts that share the operational functions of a school resource officer, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5195XC</t>
+  </si>
+  <si>
+    <t>SSB3001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state and local government, taxes, fees, financial authority, and budgets, modifying divisions of revenue, modifying appropriations, and including effective date, applicability and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>5683XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2086</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB580</t>
-[...16 lines deleted...]
-      <t>HF2338</t>
+      <t>SSB3007</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing schools to offer an elective junior fire fighter program to students enrolled in grades eleven and twelve. </t>
+  </si>
+  <si>
+    <t>5214YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2250</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF2121</t>
-[...16 lines deleted...]
-      <t>HF2492</t>
+      <t>HF2012</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act authorizing resident students who are admitted to and in attendance in a comprehensive transition and postsecondary program to participate in the Iowa tuition grants program.</t>
+  </si>
+  <si>
+    <t>College Aid</t>
+  </si>
+  <si>
+    <t>5412XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2268</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB512</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 2088</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3023</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to matters under the purview of the department of transportation, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Transportation</t>
+  </si>
+  <si>
+    <t>2nd Chamber - Amended</t>
+  </si>
+  <si>
+    <t>5083YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2331</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB532</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the university of Iowa college of law, including priority for admission and reporting requirements. </t>
+  </si>
+  <si>
+    <t>5021XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2207</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2037</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to the submission of proposed legislation by state departments and agencies.</t>
+  </si>
+  <si>
+    <t>5136XS</t>
+  </si>
+  <si>
+    <t>SF2039</t>
+  </si>
+  <si>
+    <t>An Act providing for intervention by members of the general assembly in proceedings for judicial review of agency action under the Iowa administrative procedure Act.</t>
+  </si>
+  <si>
+    <t>5900XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 2144</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2043</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school district general fund flexibility accounts by expanding eligible funding sources and modifying expenditure approval requirements. </t>
+  </si>
+  <si>
+    <t>5879XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2428</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2044</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the responsibilities of school districts and charter schools related to the discipline of students who cause violent or nonviolent disruptions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative</t>
+  </si>
+  <si>
+    <t>5046XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2218</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3015</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the verification of the identity and employment eligibility of individuals by the board of educational examiners, school districts, accredited nonpublic schools, charter schools, and innovation zone schools, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Educational Examiners</t>
+  </si>
+  <si>
+    <t>2nd Chamber - Passed Committee</t>
+  </si>
+  <si>
+    <t>5407XL</t>
+  </si>
+  <si>
+    <t>HSB563</t>
+  </si>
+  <si>
+    <t>SSB3034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state and local government taxes, budgets, and authority, by modifying provisions relating to the assessment and taxation of property, funding from the secure an advanced vision for education fund, the election of certain county officers, urban renewal areas and urban revitalization areas, establishing a rent reimbursement program, establishing a program for certain first-time homebuyers, establishing a local government shared-services grant fund, making appropriations, and including effective date, applicability, and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, Community College</t>
+  </si>
+  <si>
+    <t>Subcommittee - Passed</t>
+  </si>
+  <si>
+    <t>5942YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2591</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2034</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to open enrollment and interscholastic athletic eligibility requirements. </t>
+  </si>
+  <si>
+    <t>5303YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2203</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2055</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to epinephrine delivery systems in schools, food establishments, carnivals, recreational camps, youth sports facilities, and sports arenas. </t>
+  </si>
+  <si>
+    <t>School Nutrition &amp; Health</t>
+  </si>
+  <si>
+    <t>5077YH</t>
+  </si>
+  <si>
+    <t>HF2066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the terms of service of certain statewide boards. </t>
+  </si>
+  <si>
+    <t>5229YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2649</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB533</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing community colleges to offer a degree program that leads to a baccalaureate degree. </t>
+  </si>
+  <si>
+    <t>Community College</t>
+  </si>
+  <si>
+    <t>5110YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2488</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB537</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting private institutions of higher education that participate in the Iowa tuition grant program from establishing diversity, equity, and inclusion offices. </t>
+  </si>
+  <si>
+    <t>5103YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2240</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB544</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act creating an endowment tax on the endowment value of certain Iowa colleges and universities, limited charges relating to certain endowment funds, making appropriations to workforce grant and incentive programs, and making appropriations to supplement tuition grants for high-wage and high-demand jobs. </t>
+  </si>
+  <si>
+    <t>Higher Education</t>
+  </si>
+  <si>
+    <t>5208YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2246</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF2049</t>
-[...36 lines deleted...]
-    <t xml:space="preserve">An Act relating to state and local government, taxes, fees, financial authority, and budgets, modifying divisions of revenue, modifying appropriations, and including effective date, applicability and retroactive applicability provisions. </t>
+      <t>HSB546</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to continuing education requirements for licensed professions. </t>
+  </si>
+  <si>
+    <t>5665YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2231</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB558</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2361</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3073</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing a seal of civics excellence program administered by the department of education to recognize student excellence in civics. </t>
+  </si>
+  <si>
+    <t>Both Chambers - Passage</t>
+  </si>
+  <si>
+    <t>Withdrawn</t>
+  </si>
+  <si>
+    <t>5484YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2363</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB557</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to English learner participation in open enrollment and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5059YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2247</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2079</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to forms of payment for entry into an extracurricular interscholastic athletic contest or competition. </t>
+  </si>
+  <si>
+    <t>5838XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2724</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB677</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2221</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3043</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the board of educational examiners to establish additional endorsements related to fine arts, mathematics, and science. </t>
+  </si>
+  <si>
+    <t>5971XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2219</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3041</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring boards of directors of school districts, governing boards of charter schools, and authorities in charge of accredited nonpublic schools to adopt policies related to excusing student absences for 4-H club or FFA activities. </t>
+  </si>
+  <si>
+    <t>1431HZ</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF1010</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF772</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB48</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for an annual authorization fee to be collected by the college student aid commission from certain postsecondary educational institutions not subject to registration with the commission. </t>
+  </si>
+  <si>
+    <t>2424XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF274</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF141</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to forms of payment for entry into an extracurricular interscholastic athletic contest or competition.</t>
+  </si>
+  <si>
+    <t>5495XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2501</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB627</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2287</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3078</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the conduct of elections. </t>
+  </si>
+  <si>
+    <t>5898XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2231</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2060</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to eligibility standards for certain education programs and tax provisions based on religious or sectarian use or purpose, and including retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>5287XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2336</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2106</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2300</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2062</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the protected speech and expression rights of students enrolled in school districts, charter schools, and innovation zone schools and the duties of the department of education, and providing civil penalties. </t>
+  </si>
+  <si>
+    <t>5487YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2493</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2092</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the statewide preschool program by modifying provisions relating to eligibility, funding, and compulsory attendance and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Early Childhood</t>
+  </si>
+  <si>
+    <t>2576SV</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2335</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF516</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF237</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act directing the department of education to convene a working group to study the impact of technology on the cognitive function and academic performance of students. </t>
+  </si>
+  <si>
+    <t>6051XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2224</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3050</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying provisions related to the curriculum provided to students enrolled in grades nine through twelve by allowing instruction related to technology, engineering, or manufacturing to meet a portion of the unit requirements related to computer science. </t>
+  </si>
+  <si>
+    <t>5619YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2546</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2124</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the duties of the department of education related to electronic systems. </t>
+  </si>
+  <si>
+    <t>5471YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2538</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2122</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the discipline of students who exhibit disorderly conduct in the classroom and who are enrolled in school districts, charter schools, or innovation zone schools. </t>
+  </si>
+  <si>
+    <t>5429YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2405</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2174</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to trainings and curricula regarding specific defined concepts provided by public institutions of higher education and school districts. </t>
+  </si>
+  <si>
+    <t>Higher Education, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>6158YC</t>
+  </si>
+  <si>
+    <t>HSB596</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to local government taxes, budgets, and authority, by establishing property tax limitations and modifying provisions relating to the assessment and taxation of property, certain taxpayer notices, bond issuances, and councils of governments, and including applicability and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>5664YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2244</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB594</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to social studies instruction, including instruction in United States government, provided to students enrolled in grades nine through twelve, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5499XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2725</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB725</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2407</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3164</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education reporting, including the sharing of unit-level wage data for secondary and postsecondary program evaluation, the establishment of the condition of education report, consolidating certain required reports, modifying responsibilities for the future ready Iowa last-dollar scholarship report, modifying Iowa workforce development data-sharing provisions, and creating a return on investment reporting system to be overseen by the Iowa student aid commission. </t>
+  </si>
+  <si>
+    <t>5500XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2610</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB675</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2391</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3163</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education programs and systems, including career and technical education expenditures and definitions, statewide lower division general education framework and common course numbering systems, and the implementation of a statewide corequisite model in Iowa community colleges. </t>
+  </si>
+  <si>
+    <t>Community College, Higher Education</t>
+  </si>
+  <si>
+    <t>6031XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2319</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2084</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the inclusion of the your life Iowa program on public school internet sites. </t>
+  </si>
+  <si>
+    <t>5483YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2494</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB599</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the director of the department of education to prepare, publish, and submit to the general assembly annual reports related to reading proficiency, mathematics proficiency, and area education agencies. </t>
+  </si>
+  <si>
+    <t>5114XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2424</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2095</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to vaccination exemptions for certain students in clinical rotations and the qualification of postsecondary schools as eligible institutions for Iowa tuition grants. </t>
+  </si>
+  <si>
+    <t>6559XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2390</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2092</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the school health-related emergency response plan competitive grant program within the department of education, making appropriations, and including applicability provisions.  </t>
+  </si>
+  <si>
+    <t>5666XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2540</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB610</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to computer science and artificial intelligence education, including high school curricula and graduation requirements, practitioner preparation programs, and college admissions, and including applicability provisions.</t>
+  </si>
+  <si>
+    <t>K12 - Accreditation, K12 - Standards/Instruction</t>
+  </si>
+  <si>
+    <t>5279YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2358</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB604</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing community-based providers to directly participate in the statewide preschool program for four-year-old children. </t>
+  </si>
+  <si>
+    <t>5339Y</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2347</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB605</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to requirements for immunization exemption notifications by public health agencies. </t>
+  </si>
+  <si>
+    <t>5715YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2528</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB609</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act modifying the duties of the workforce development board, state board of education, and department of education related to cyber and artificial intelligence. </t>
+  </si>
+  <si>
+    <t>K12 - Standards/Instruction, Higher Education, Community College</t>
+  </si>
+  <si>
+    <t>5557XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2712</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB623</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2462</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3111</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to early childhood and family services, including the creation of an early childhood and family services system, state child care assistance for the child care workforce, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5527YH</t>
+  </si>
+  <si>
+    <t>HF2192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to bond election requirements and limitations applicable to school districts. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, K12 - Administrative</t>
   </si>
   <si>
     <t>Introduced</t>
   </si>
   <si>
-    <t>5683XC</t>
-[...9 lines deleted...]
-      <t>SF2086</t>
+    <t>5610YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2623</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3007</t>
-[...16 lines deleted...]
-      <t>HF2250</t>
+      <t>HF2191</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to elections for school district and city officers and bonds, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, K12 - Finance</t>
+  </si>
+  <si>
+    <t>6178XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2413</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF2012</t>
-[...19 lines deleted...]
-      <t>HF2268</t>
+      <t>SF2121</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to social studies instruction provided to students enrolled in grades seven through twelve, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5869XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2351</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB512</t>
-[...10 lines deleted...]
-      <t>SF 2088</t>
+      <t>SF2116</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to open enrollment, including by modifying provisions related to the open enrollment of pupils who are truant or chronically absent and children receiving educational instruction and course content delivered primarily over the internet, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5526YH</t>
+  </si>
+  <si>
+    <t>HF2171</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act striking elementary and secondary student immunization requirements. </t>
+  </si>
+  <si>
+    <t>5558XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2707</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3023</t>
-[...19 lines deleted...]
-      <t>SF2207</t>
+      <t>HSB622</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2338</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SF2037</t>
-[...25 lines deleted...]
-      <t>SF 2144</t>
+      <t>SSB3082</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to alignment of delivery of health and human services programs and services, aging and disability services, and volunteer services, and including applicability and effective date provisions. </t>
+  </si>
+  <si>
+    <t>5536XD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2304</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SF2043</t>
-[...16 lines deleted...]
-      <t>SF2428</t>
+      <t>HSB642</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2386</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SF2044</t>
-[...19 lines deleted...]
-      <t>SF2218</t>
+      <t>SSB3074</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to indirect costs charged to state-funded grants, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5719XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2544</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3015</t>
-[...37 lines deleted...]
-      <t>HF2591</t>
+      <t>HSB646</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2336</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF2034</t>
-[...16 lines deleted...]
-      <t>HF2203</t>
+      <t>SSB3095</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring annual reports on antisemitism in community colleges, regents institutions, and public school districts. </t>
+  </si>
+  <si>
+    <t>6136YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2324</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF2055</t>
-[...28 lines deleted...]
-      <t>HF2649</t>
+      <t>HSB636</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting school districts, charter schools, and innovation zone schools from entering into certain specified contracts with public libraries and hosting mobile libraries. </t>
+  </si>
+  <si>
+    <t>5147XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2517</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB533</t>
-[...19 lines deleted...]
-      <t>HF2488</t>
+      <t>HSB634</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2430</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB537</t>
-[...16 lines deleted...]
-      <t>HF2240</t>
+      <t>SSB3134</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the display of flags at half-staff on public buildings. </t>
+  </si>
+  <si>
+    <t>2124YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF703</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB544</t>
-[...19 lines deleted...]
-      <t>HF2246</t>
+      <t>HSB152</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act concerning information regarding certain state and federal student loan programs. </t>
+  </si>
+  <si>
+    <t>6141YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2441</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB648</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the teach Iowa scholar program, including modifying eligibility provisions and establishing funding allocations. </t>
+  </si>
+  <si>
+    <t>6053XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2598</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB697</t>
+    </r>
+  </si>
+  <si>
+    <t>SF2167</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to human trafficking prevention training for persons applying for certain commercial driver's licenses. </t>
+  </si>
+  <si>
+    <t>6610YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2681</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2218</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to video recording systems in special education classrooms.</t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Special Education</t>
+  </si>
+  <si>
+    <t>2131YH</t>
+  </si>
+  <si>
+    <t>SF140</t>
+  </si>
+  <si>
+    <t>An Act relating to satellite absentee voting stations.</t>
+  </si>
+  <si>
+    <t>6565XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2320</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2170</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to provisions related to the district-to-community college sharing or concurrent enrollment program. </t>
+  </si>
+  <si>
+    <t>6843XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2201</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3100</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to school funding by establishing the state percent of growth and the categorical state percent of growth for the budget year beginning July 1, 2026, modifying provisions relating to property tax replacement payments, the regular program state cost per pupil, funding for school district budget adjustments, and school district enrollment, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>Signed by Governor</t>
+  </si>
+  <si>
+    <t>6566XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2299</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2176</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the district-to-community college sharing or concurrent enrollment program. </t>
+  </si>
+  <si>
+    <t>5427XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2713</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB735</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2425</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2175</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to charter schools, the Iowa public employees' retirement system, financing programs for charter schools and nonpublic schools administered by the Iowa finance authority, the statewide voluntary preschool program for four-year-old children, education savings accounts, the school start date, independent accrediting agencies, teacher training and licensure, and making appropriations, and including applicability and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>Charter School, Nonpublic, Administrative</t>
+  </si>
+  <si>
+    <t>5556XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2404</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2181</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act requiring the department of education to develop and administer a pilot program that requires certain specified school districts to establish attendance centers for students requiring special education and students with behavioral issues. </t>
+  </si>
+  <si>
+    <t>Administrative, Special Education</t>
+  </si>
+  <si>
+    <t>6045XS</t>
+  </si>
+  <si>
+    <t>SF2183</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for the Iowa individual income tax checkoff for public schools and the public school checkoff fund, making appropriations, and providing for implementation of the checkoff on return. </t>
+  </si>
+  <si>
+    <t>5472XD</t>
+  </si>
+  <si>
+    <t>HSB755</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2301</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3103</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to matters under the purview of the economic development authority, the utilities commission, and the department of education, including creation of the headquarters expansion and development for growth and employment program, and the business incentives for growth program training fund; repeal of the new jobs tax credit program; the major economic growth attraction program; load forecasting and analysis of electric transmission system expansion plans; creation of the electric transmission system expansion planning and analysis and load forecasting fund; the industrial new jobs training program; and including effective date provisions.</t>
+  </si>
+  <si>
+    <t>Workforce</t>
+  </si>
+  <si>
+    <t>6677XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2358</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3108</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the maximum driving distance of unsupervised persons issued a special minor's restricted driver's license who are enrolled at an accredited nonpublic school. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Nonpublic</t>
+  </si>
+  <si>
+    <t>6036XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2392</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2212</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to interscholastic athletic scrimmages between schools and nonaccredited home school sports organizations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Athletics</t>
+  </si>
+  <si>
+    <t>5408YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2512</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB682</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the revocation or denial of educator licenses and certificates for publicly celebrating assassinations or acts of politically motivated violence, and including effective date and retroactive applicability provisions. </t>
+  </si>
+  <si>
+    <t>5539YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2486</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB681</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to student dress code policies of public schools, charter schools, and innovation school zones, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Charter School</t>
+  </si>
+  <si>
+    <t>6865YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2508</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB679</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to noncontact periods for students, coaches, directors, and teachers in extracurricular interscholastic athletic contests and competitions.</t>
+  </si>
+  <si>
+    <t>6581YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2440</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB678</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the payment of claims associated with nonpublic school pupil transportation, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5319XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2699</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB676</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2406</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3170</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to charter schools and innovation zone schools, including by modifying provisions related to charter school funding and operations, services provided to charter schools by area education agencies, charter school contracts, and charter school student participation in extracurricular activities provided by public schools, striking provisions allowing for the establishment of innovation zone schools, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>Charter School</t>
+  </si>
+  <si>
+    <t>6184YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2711</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB668</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state policies, programs, and licenses with race, gender, or citizenship requirements. </t>
+  </si>
+  <si>
+    <t>6872YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2466</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB674</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to apprenticeships and other career training and making appropriations. </t>
+  </si>
+  <si>
+    <t>Workforce, Career Technical, Community College</t>
+  </si>
+  <si>
+    <t>1609HH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF272</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF96</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act establishing the advanced dyslexia specialist endorsement competitive scholar program within the college student aid commission and making appropriations. </t>
+  </si>
+  <si>
+    <t>Administrative, College Aid</t>
+  </si>
+  <si>
+    <t>6014YH</t>
+  </si>
+  <si>
+    <t>HF2342</t>
+  </si>
+  <si>
+    <t>An Act providing for the future repeal of tax credits.</t>
+  </si>
+  <si>
+    <t>6112YH</t>
+  </si>
+  <si>
+    <t>HF2308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to state participation in the federal tax credit program for individual contributors to scholarship granting organizations. </t>
+  </si>
+  <si>
+    <t>K12 - Finance, Nonpublic</t>
+  </si>
+  <si>
+    <t>6742YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2686</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2307</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act authorizing the board of educational examiners to issue provisional coaching authorizations. </t>
+  </si>
+  <si>
+    <t>1433YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF855</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB61</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act prohibiting community colleges from establishing diversity, equity, and inclusion offices and engaging in certain other activities relating to diversity, equity, and inclusion. </t>
+  </si>
+  <si>
+    <t>5699XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SJR2012</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SJR2008</t>
+    </r>
+  </si>
+  <si>
+    <t>A Joint Resolution supporting devolution of power from the United States department of education to the states.</t>
+  </si>
+  <si>
+    <t>5336XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2676</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB694</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to health-related matters, including health-related professions, nutrition, medication, and taxes on certain products, and including effective date an applicability provisions. </t>
+  </si>
+  <si>
+    <t>5861XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2590</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB709</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2385</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3149</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the Iowa communications network, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>1983YH</t>
+  </si>
+  <si>
+    <t>HF621</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to firearms on school property, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>1664XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF176</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB546</t>
-[...16 lines deleted...]
-      <t>HF2231</t>
+      <t>SSB1023</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to participation in cocurricular and extracurricular activities offered by school districts by pupils who open enroll for purposes of receiving educational instruction and course content primarily over the internet. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Athletics</t>
+  </si>
+  <si>
+    <t>6612XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2440</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB558</t>
-[...10 lines deleted...]
-      <t>SF2361</t>
+      <t>SSB3136</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the permissible uses of certain school district property tax revenue for urban renewal projects and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>611XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2436</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3073</t>
-[...16 lines deleted...]
-      <t>HF2363</t>
+      <t>SSB3138</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the division of revenue of school district foundation property taxes for urban renewal projects, authorizing voluntary payments by school districts, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>6046XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2403</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB557</t>
-[...16 lines deleted...]
-      <t>HF2247</t>
+      <t>SSB3146</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to incentives for whole grade sharing and school district reorganization or dissolution. </t>
+  </si>
+  <si>
+    <t>6892YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2510</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF2079</t>
-[...16 lines deleted...]
-      <t>HF2724</t>
+      <t>HSB714</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to education, including by modifying provisions related to the social studies instruction provided to students enrolled in grades one through twelve and the educational programs provided by the institutions of higher education under the control of the state board of regents, and requiring education related to the holocaust for students and teachers in school districts. </t>
+  </si>
+  <si>
+    <t>6882YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2654</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB677</t>
-[...10 lines deleted...]
-      <t>SF2221</t>
+      <t>HSB716</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for a waiver of resident tuition at community colleges for dependents of first responders. </t>
+  </si>
+  <si>
+    <t>6836YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2705</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB717</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to entities supported in whole or in part by taxation, including by modifying provisions related to the duties and responsibilities of the directors and officers of school boards, school improvement advisory committees, the sale of public bonds, statewide school infrastructure funding, open enrollment, and the membership and voting units of county and city conference boards, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>5186YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2717</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2413</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2395</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2314</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to executive branch functions, including ratification of major administrative rules and certain other actions, other matters relating to the state rulemaking process, and terms of service of certain appointment members of certain boards, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>6582YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2684</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2393</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act permitting school districts to use certain categorical funds generated from pupils participating in the education savings account program for any school general fund purpose. </t>
+  </si>
+  <si>
+    <t>6688XS</t>
+  </si>
+  <si>
+    <t>SF2263</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the carrying, transportation, and possession of weapons, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>K12 - Administrative, Community College, Higher Education</t>
+  </si>
+  <si>
+    <t>1482HV</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF175</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3043</t>
-[...16 lines deleted...]
-      <t>SF2219</t>
+      <t>HSB6</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to in-state residency for purposes of undergraduate tuition and mandatory fees at regents institutions and community colleges for certain military personnel and family members. </t>
+  </si>
+  <si>
+    <t>Higher Education, Community College</t>
+  </si>
+  <si>
+    <t>5875YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2638</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3041</t>
-[...16 lines deleted...]
-      <t>HF1010</t>
+      <t>HF2388</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to public records, including employment separation information for certain government employees, contractors, or appointees. </t>
+  </si>
+  <si>
+    <t>6740YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2685</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2451</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to student instructional technology standards, including elementary school digital instruction limits, technology use policies, and governance of one-to-one digital device programs.</t>
+  </si>
+  <si>
+    <t>K12 - Administrative, K12 - Standards/Instruction</t>
+  </si>
+  <si>
+    <t>5669YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2670</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB746</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to education, including by modifying provisions related to summative testing in schools and the educational program provided to students enrolled in kindergarten through grade twelve.</t>
+  </si>
+  <si>
+    <t>K12 - Accreditation, K12 - Standards/Instruction, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>6908XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2412</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3169</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to qualifications for state employment and professional licensure.</t>
+  </si>
+  <si>
+    <t>5337XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2434</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3175</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to local government, including the approval of action by ordinance and posting of public notices.</t>
+  </si>
+  <si>
+    <t>6078YC</t>
+  </si>
+  <si>
+    <t>HSB747</t>
+  </si>
+  <si>
+    <t>An Act providing for a red tape reduction internet site.</t>
+  </si>
+  <si>
+    <t>1832YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2652</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF460</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to play-based learning in preschool, prekindergarten, and kindergarten</t>
+  </si>
+  <si>
+    <t>5716XL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2608</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB663</t>
+    </r>
+  </si>
+  <si>
+    <t>An Act relating to qualifications for certain rights and privileges prescribed by the state, including state employment, professional licensure, voter registration, and bail, and making penalties applicable.</t>
+  </si>
+  <si>
+    <t>6564XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2367</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF772</t>
+      <t>SF3139</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to health-related matters, including health-related professions, certificates of need, and nutrition, and including applicability provisions. </t>
+  </si>
+  <si>
+    <t>1539YH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF853</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB48</t>
-[...16 lines deleted...]
-      <t>SF274</t>
+      <t>HF36</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to interpretation of law in administrative and judicial proceedings under the Iowa administrative procedure act. </t>
+  </si>
+  <si>
+    <t>6114XS</t>
+  </si>
+  <si>
+    <t>SF2460</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act providing for the rural veterinarian loan repayment program, including by allowing a loan repayment recipient to exclude net income attributable to loan payments received under the program. </t>
+  </si>
+  <si>
+    <t>6922XC</t>
+  </si>
+  <si>
+    <t>SSB3183</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the publication of certain public notices by designated public entities, providing for frees, making appropriations, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Administrative, Higher Education, K12 - Administrative</t>
+  </si>
+  <si>
+    <t>2554XC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF448</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SF141</t>
-[...16 lines deleted...]
-      <t>HF2501</t>
+      <t>SSB1161</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to department of education school bus driver authorization and approved courses of instruction. </t>
+  </si>
+  <si>
+    <t>5670YH</t>
+  </si>
+  <si>
+    <t>HF2736</t>
+  </si>
+  <si>
+    <t>An Act modifying provisions related to area education agency funding, and including effective date and applicability provisions.</t>
+  </si>
+  <si>
+    <t>2488HV</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF851</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB627</t>
-[...3019 lines deleted...]
-    <t xml:space="preserve">An Act providing for the rural veterinarian loan repayment program, including by allowing a loan repayment recipient to exclude net income attributable to loan payments received under the program. </t>
+      <t>HSB173</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to student nutrition, including by modifying the curricula provided to students enrolled in kindergarten through grade twelve to include instruction related to nutrition, modifying provisions related to the agriculture, food, and natural resources component of the career and technical education instruction provided to students enrolled in grades nine through twelve, and modifying provisions related to school meal programs, and including effective date provisions. </t>
   </si>
   <si>
     <t>SSB3032</t>
   </si>
   <si>
     <t>5367XD</t>
   </si>
   <si>
     <t>TBA</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the penalty for public employees and public officials taking money from a public employer. </t>
   </si>
   <si>
     <t>5376XD</t>
   </si>
   <si>
     <t>An Act relating to audits of governmental subdivisions by the state auditor concerning suspected embezzlement, theft, or other significant financial irregularities.</t>
   </si>
   <si>
     <t>5375XD</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to the auditor of state by providing for efficient use of public funds reporting. </t>
   </si>
@@ -5057,53 +5179,50 @@
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF 525</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SSB1158</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">An Act relating to student nutrition, including by modifying the curricula provided to students enrolled in kindergarten through grade twelve to include instruction related to nutrition, modifying provisions related to the agriculture, food, and natural resources component of the career and technical education instruction provided to students enrolled in grades nine through twelve, and modifying provisions related to school meal programs, and including effective date provisions. </t>
-[...1 lines deleted...]
-  <si>
     <t>Senate Unfinished Business</t>
   </si>
   <si>
     <t>5995XS</t>
   </si>
   <si>
     <t>SF2118</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to student participation in non-school-sponsored athletic contests or competitions. </t>
   </si>
   <si>
     <t>6068HH</t>
   </si>
   <si>
     <t>HF2187</t>
   </si>
   <si>
     <t xml:space="preserve">An Act requiring the boards of directors of school districts to allow certain youth-oriented community organizations reasonable access to school property. </t>
   </si>
   <si>
     <t>6731YH</t>
   </si>
   <si>
     <t>HF2186</t>
@@ -5729,50 +5848,95 @@
   <si>
     <t>An Act requiring the department of education to develop and administer a pilot program that authorizes school districts and charter schools to offer instruction in logic and critical thinking.</t>
   </si>
   <si>
     <t>K12 - Standards/Instruction, Administrative</t>
   </si>
   <si>
     <t>5663YH</t>
   </si>
   <si>
     <t>HF2613</t>
   </si>
   <si>
     <t xml:space="preserve">An Act relating to reporting requirements for accredited nonpublic schools and the department of education concerning education savings account funds. </t>
   </si>
   <si>
     <t>6634YH</t>
   </si>
   <si>
     <t>HF2632</t>
   </si>
   <si>
     <t>An Act relating to bond election requirements applicable to school districts.</t>
   </si>
   <si>
+    <t>6806HH</t>
+  </si>
+  <si>
+    <t>HF2550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to small nucler reactors, including the establishment of the Iowa modular reactor committee within the economic development authority, financial incentives, and the potential establishment of related education programs and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>6801YH</t>
+  </si>
+  <si>
+    <t>HF2309</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to public library requirements for materials harmful to minors, and providing civil and criminal penalties, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
+    <t>5830YH</t>
+  </si>
+  <si>
+    <t>HF2407</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to civil remedies for deprivation of constitutional rights; immigration enforcement limitations in hospitals, licensed child care centers, and public institutions of higher education; and protections against civil arrest at courthouses; and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>5998YH</t>
+  </si>
+  <si>
+    <t>HF2206</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the manufacture, delivery, and possession of marijuana, the licensure of retail marijuana, providing fees, including excise taxes, establishing funds, providing penalties, and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>6087YH</t>
+  </si>
+  <si>
+    <t>HF2737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the education savings account program, including modifying eligibility provisions, providing a future repeal date, and including effective date and applicability provisions. </t>
+  </si>
+  <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF2220</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SSB3042</t>
@@ -6636,50 +6800,78 @@
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SSB3073</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
+      <t>HF2331</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB532</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
       <t>HF2363</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HSB557</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
@@ -6725,2665 +6917,2821 @@
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>HSB677</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
       <t>SF2221</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3043</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2219</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3041</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF1010</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3043</t>
-[...10 lines deleted...]
-      <t>SF2219</t>
+      <t>HF772</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3041</t>
-[...10 lines deleted...]
-      <t>HF1010</t>
+      <t>HSB48</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB1036</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF205</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF274</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF141</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2501</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB627</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2287</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3078</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2231</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2060</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2336</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2106</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2300</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2062</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2493</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2092</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF510</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF138</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2335</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF516</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF237</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2224</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3050</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2546</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2124</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2538</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2122</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2405</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2174</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2244</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB594</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2725</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB725</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2407</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3164</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2610</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB675</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2391</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3163</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2319</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2084</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2494</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB599</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2390</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2092</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2540</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB610</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2424</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2095</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2358</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB604</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2347</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB605</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2528</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB609</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2712</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB623</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2462</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3111</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF 525</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB1158</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2623</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2191</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2413</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2121</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2351</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2116</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2707</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB622</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2338</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3082</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2304</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB642</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2386</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3074</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2544</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB646</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2336</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3095</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2324</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB636</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2517</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB634</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2430</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3134</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF703</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HF772</t>
+      <t>HSB152</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2441</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB648</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2598</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB697</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2681</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2218</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2320</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2170</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2201</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3100</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2299</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2176</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2713</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB735</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2425</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2175</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2404</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2181</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2301</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3103</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2358</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3108</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2392</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2212</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2512</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB682</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2486</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB681</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2508</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB679</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2440</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB678</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2699</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB676</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2406</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3170</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2466</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB674</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2711</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB668</t>
+    </r>
+  </si>
+  <si>
+    <t>HF96</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2686</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2307</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF855</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB61</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SJR2012</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SJR2008</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2676</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB694</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2590</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB709</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2385</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3149</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF176</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB1023</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2440</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3136</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2436</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3138</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2403</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3146</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2510</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB714</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2654</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB716</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2705</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB717</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2717</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2413</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2395</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2314</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2684</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2393</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF175</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB48</t>
-[...10 lines deleted...]
-      <t>SSB1036</t>
+      <t>HSB6</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2638</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SF205</t>
-[...10 lines deleted...]
-      <t>SF274</t>
+      <t>HF2388</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2685</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2451</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2670</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB746</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2412</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3169</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2434</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3175</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2652</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF460</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF2608</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HSB663</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2367</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF3139</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF853</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SF141</t>
-[...10 lines deleted...]
-      <t>HF2501</t>
+      <t>HF36</t>
+    </r>
+  </si>
+  <si>
+    <t>5926YH</t>
+  </si>
+  <si>
+    <t>HR110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A Resolution honoring the Phoenix Declaration. </t>
+  </si>
+  <si>
+    <t>Administrative, K12 - Administrative, Higher Education</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF448</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB1161</t>
+    </r>
+  </si>
+  <si>
+    <t>5851YC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF 2558</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>HSB627</t>
-[...10 lines deleted...]
-      <t>SF2287</t>
+      <t>HSB592</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the definition of public improvement for purposes of public construction bidding. </t>
+  </si>
+  <si>
+    <t>5976XR</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2463</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SSB3166</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act concerning administrative rules relating to the uniform rules on agency procedure and including effective date provisions. </t>
+  </si>
+  <si>
+    <t>Administrative, Higher Education</t>
+  </si>
+  <si>
+    <t>Administrative, Misc</t>
+  </si>
+  <si>
+    <t>5895XS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2410</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SF2164</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">An Act relating to the definition of public improvement. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF1155CC"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>HF851</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>SSB3078</t>
-[...2412 lines deleted...]
-    <t>An Act relating to play-based learning in preschool, prekindergarten, and kindergarten.</t>
+      <t>HSB173</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
@@ -9414,536 +9762,466 @@
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
-      <u/>
       <sz val="10"/>
-      <color rgb="FF0000FF"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-    </font>
-[...4 lines deleted...]
-      <name val="Arial"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+    </font>
+    <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF1155CC"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF1155CC"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
-      <color theme="1"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...7 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
-  <fills count="11">
+  <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBDBDBD"/>
         <bgColor rgb="FFBDBDBD"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF3F3F3"/>
         <bgColor rgb="FFF3F3F3"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEFEFEF"/>
         <bgColor rgb="FFEFEFEF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCCCCC"/>
         <bgColor rgb="FFCCCCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-4.9989318521683403E-2"/>
-        <bgColor indexed="64"/>
-[...10 lines deleted...]
-        <fgColor theme="2" tint="-4.9989318521683403E-2"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="98">
+  <cellXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...14 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...46 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="40">
+  <dxfs count="42">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFF3F3F3"/>
+          <bgColor rgb="FFF3F3F3"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFFFF"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -10039,76 +10317,60 @@
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFBDBDBD"/>
           <bgColor rgb="FFBDBDBD"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor rgb="FFF3F3F3"/>
-[...6 lines deleted...]
-        <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
-        </patternFill>
-[...6 lines deleted...]
-          <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
@@ -10221,126 +10483,130 @@
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF3F3F3"/>
           <bgColor rgb="FFF3F3F3"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFBDBDBD"/>
           <bgColor rgb="FFBDBDBD"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
-  <tableStyles count="19">
+  <tableStyles count="20">
     <tableStyle name="Funneled 220-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="headerRow" dxfId="39"/>
+      <tableStyleElement type="headerRow" dxfId="41"/>
+      <tableStyleElement type="firstRowStripe" dxfId="40"/>
+      <tableStyleElement type="secondRowStripe" dxfId="39"/>
+    </tableStyle>
+    <tableStyle name="Funneled 220-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
       <tableStyleElement type="firstRowStripe" dxfId="38"/>
       <tableStyleElement type="secondRowStripe" dxfId="37"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
+    <tableStyle name="Funneled 220-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF02000000}">
       <tableStyleElement type="firstRowStripe" dxfId="36"/>
       <tableStyleElement type="secondRowStripe" dxfId="35"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF02000000}">
+    <tableStyle name="Funneled 220-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF03000000}">
       <tableStyleElement type="firstRowStripe" dxfId="34"/>
       <tableStyleElement type="secondRowStripe" dxfId="33"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF03000000}">
+    <tableStyle name="Funneled 220-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF04000000}">
       <tableStyleElement type="firstRowStripe" dxfId="32"/>
       <tableStyleElement type="secondRowStripe" dxfId="31"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF04000000}">
+    <tableStyle name="Funneled 220-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
       <tableStyleElement type="firstRowStripe" dxfId="30"/>
       <tableStyleElement type="secondRowStripe" dxfId="29"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
+    <tableStyle name="Funneled 220-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF06000000}">
       <tableStyleElement type="firstRowStripe" dxfId="28"/>
       <tableStyleElement type="secondRowStripe" dxfId="27"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF06000000}">
+    <tableStyle name="Funneled 220-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF07000000}">
       <tableStyleElement type="firstRowStripe" dxfId="26"/>
       <tableStyleElement type="secondRowStripe" dxfId="25"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF07000000}">
+    <tableStyle name="Funneled 220-style 9" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF08000000}">
       <tableStyleElement type="firstRowStripe" dxfId="24"/>
       <tableStyleElement type="secondRowStripe" dxfId="23"/>
     </tableStyle>
-    <tableStyle name="Funneled 220-style 9" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF08000000}">
+    <tableStyle name="Funneled 220-style 10" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF09000000}">
       <tableStyleElement type="firstRowStripe" dxfId="22"/>
       <tableStyleElement type="secondRowStripe" dxfId="21"/>
     </tableStyle>
-    <tableStyle name="Regents All-style" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF09000000}">
-[...1 lines deleted...]
-      <tableStyleElement type="secondRowStripe" dxfId="19"/>
+    <tableStyle name="Funneled 320-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF0A000000}">
+      <tableStyleElement type="headerRow" dxfId="20"/>
+      <tableStyleElement type="firstRowStripe" dxfId="19"/>
+      <tableStyleElement type="secondRowStripe" dxfId="18"/>
     </tableStyle>
-    <tableStyle name="Regents All-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0A000000}">
-[...1 lines deleted...]
-      <tableStyleElement type="secondRowStripe" dxfId="17"/>
+    <tableStyle name="Funneled 320-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0B000000}">
+      <tableStyleElement type="firstRowStripe" dxfId="17"/>
+      <tableStyleElement type="secondRowStripe" dxfId="16"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF0B000000}">
-      <tableStyleElement type="headerRow" dxfId="16"/>
+    <tableStyle name="Funneled 320-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0C000000}">
       <tableStyleElement type="firstRowStripe" dxfId="15"/>
       <tableStyleElement type="secondRowStripe" dxfId="14"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0C000000}">
+    <tableStyle name="Funneled 320-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0D000000}">
       <tableStyleElement type="firstRowStripe" dxfId="13"/>
       <tableStyleElement type="secondRowStripe" dxfId="12"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 3" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0D000000}">
+    <tableStyle name="Funneled 320-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0E000000}">
       <tableStyleElement type="firstRowStripe" dxfId="11"/>
       <tableStyleElement type="secondRowStripe" dxfId="10"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 4" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0E000000}">
+    <tableStyle name="Funneled 320-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0F000000}">
       <tableStyleElement type="firstRowStripe" dxfId="9"/>
       <tableStyleElement type="secondRowStripe" dxfId="8"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 5" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF0F000000}">
+    <tableStyle name="Funneled 320-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF10000000}">
       <tableStyleElement type="firstRowStripe" dxfId="7"/>
       <tableStyleElement type="secondRowStripe" dxfId="6"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 6" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF10000000}">
+    <tableStyle name="Funneled 320-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF11000000}">
       <tableStyleElement type="firstRowStripe" dxfId="5"/>
       <tableStyleElement type="secondRowStripe" dxfId="4"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 7" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF11000000}">
+    <tableStyle name="Regents All-style" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF12000000}">
       <tableStyleElement type="firstRowStripe" dxfId="3"/>
       <tableStyleElement type="secondRowStripe" dxfId="2"/>
     </tableStyle>
-    <tableStyle name="Funneled 320-style 8" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF12000000}">
+    <tableStyle name="Regents All-style 2" pivot="0" count="2" xr9:uid="{00000000-0011-0000-FFFF-FFFF13000000}">
       <tableStyleElement type="firstRowStripe" dxfId="1"/>
       <tableStyleElement type="secondRowStripe" dxfId="0"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <x18tc:personList xmlns:x18tc="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
@@ -10517,21323 +10783,23300 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2358&amp;ga=91" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2330&amp;ga=91" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2203&amp;ga=91" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2493" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2528" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202440" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2460" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF140" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2268&amp;ga=91" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2221&amp;ga=91" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596183.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2342&amp;ga=91" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2638" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2547" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2304&amp;ga=91" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545352.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2335" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202392" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202436" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202390" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596385.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2685&amp;ga=91" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202652" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202141" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2502" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2088" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202287" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2441" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2320" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202406" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2308&amp;ga=91" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2219&amp;ga=91" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2610&amp;ga=91" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2351&amp;ga=91" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2386&amp;ga=91" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2403" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2395" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594603.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2223&amp;ga=91" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2294&amp;ga=91" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2361&amp;ga=91" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2183" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2512" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2224&amp;ga=91" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2540" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2712" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2686&amp;ga=91" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2385&amp;ga=91" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2670&amp;ga=91" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2608&amp;ga=91" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545363.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545354.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2201&amp;ga=91" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202207" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2363&amp;ga=91" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202391" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2544" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2598&amp;ga=91" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2486" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2711&amp;ga=91" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2510" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2684&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594666.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596182.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2171&amp;ga=91" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20554&amp;ga=91" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2338&amp;ga=91" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2488" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2546" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2462" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2299" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB755&amp;ga=91" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%20855" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF621" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2367&amp;ga=91" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2336&amp;ga=91" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202358" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2412" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2490" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2500" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2086&amp;ga=91" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF274" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2319" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2517" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2167&amp;ga=91" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2466" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2263" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2230&amp;ga=91" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2247&amp;ga=91" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2725" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2707" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2336" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2508" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202654" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2220&amp;ga=91" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2492" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB544" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2538" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2301" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF176" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF853&amp;ga=91" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545353.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2591&amp;ga=91" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2300" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2347&amp;ga=91" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2192&amp;ga=91" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202713" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR%202012" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202434" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202206" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2144&amp;ga=91" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596012.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2681&amp;ga=91" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%20272" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594602.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2250&amp;ga=91" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2724" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202407" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2494" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2338" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2324&amp;ga=91" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202430" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2440" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF175" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594649.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2222&amp;ga=91" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2246&amp;ga=91" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202405" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2623&amp;ga=91" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2425&amp;ga=91" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2676&amp;ga=91" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB747&amp;ga=91" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545361.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2428&amp;ga=91" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2501" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2424&amp;ga=91" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF703" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2717" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2413" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB596&amp;ga=91" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202404" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2590&amp;ga=91" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2301" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2330&amp;ga=91" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2591&amp;ga=91" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2300" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2347&amp;ga=91" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF176" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF853&amp;ga=91" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2681&amp;ga=91" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2268&amp;ga=91" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2724" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202407" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%20272" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF175" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2547" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2338" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2460" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545352.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2203&amp;ga=91" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2493" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2358&amp;ga=91" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202440" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2528" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2638" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202141" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2502" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2088" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2428&amp;ga=91" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2501" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF703" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF140" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2342&amp;ga=91" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2221&amp;ga=91" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB596&amp;ga=91" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596183.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2413" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2304&amp;ga=91" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202436" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2717" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3183" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594603.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2223&amp;ga=91" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2294&amp;ga=91" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202404" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202392" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202287" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2335" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202390" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596385.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2308&amp;ga=91" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2590&amp;ga=91" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2685&amp;ga=91" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202652" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545363.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545354.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2320" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2331" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2361&amp;ga=91" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2219&amp;ga=91" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2610&amp;ga=91" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2386&amp;ga=91" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2441" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2512" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202406" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2403" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2395" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594666.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2351&amp;ga=91" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF448" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB%20554&amp;ga=91" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2338&amp;ga=91" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2224&amp;ga=91" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2712" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2201&amp;ga=91" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2183" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2686&amp;ga=91" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2385&amp;ga=91" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2608&amp;ga=91" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2540" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2670&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2490" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2500" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2086&amp;ga=91" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202207" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202391" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2324&amp;ga=91" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2598&amp;ga=91" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2711&amp;ga=91" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2684&amp;ga=91" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2230&amp;ga=91" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2363&amp;ga=91" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596182.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2171&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2544" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2486" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2510" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2736" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2220&amp;ga=91" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2492" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2488" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2546" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB755&amp;ga=91" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF621" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2367&amp;ga=91" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545353.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2336&amp;ga=91" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202358" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2462" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2299" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%20855" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2412" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202206" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF274" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2167&amp;ga=91" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2466" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594602.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2250&amp;ga=91" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2247&amp;ga=91" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2725" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2319" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2707" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2336" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2517" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2508" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202654" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2263" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF851" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594649.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2222&amp;ga=91" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB544" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2538" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2192&amp;ga=91" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202713" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR%202012" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202434" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545361.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2144&amp;ga=91" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2494" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202430" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2440" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2623&amp;ga=91" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2246&amp;ga=91" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202405" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2425&amp;ga=91" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2676&amp;ga=91" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2424&amp;ga=91" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB747&amp;ga=91" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2449" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2080" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2288&amp;ga=91" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2149" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2217&amp;ga=91" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2271&amp;ga=91" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2241&amp;ga=91" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2325" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2435&amp;ga=91" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2123&amp;ga=91" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2151&amp;ga=91" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2119&amp;ga=91" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3109" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB683&amp;ga=91" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2404&amp;ga=91" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2458" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545306.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2382&amp;ga=91" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2364&amp;ga=91" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2083" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB606" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2152" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF332" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2328" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2450" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB680&amp;ga=91" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2228" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2172&amp;ga=91" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2401&amp;ga=91" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2420&amp;ga=91" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2470" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20525" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF%20245&amp;ga=91" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3110" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2381&amp;ga=91" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3130&amp;ga=91" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594603.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545305.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2120&amp;ga=91" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB608" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2329" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2452" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2143" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2170&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2160" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2200&amp;ga=91" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2229" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR2005" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2311" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2102&amp;ga=91" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2118&amp;ga=91" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF263" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2398&amp;ga=91" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2453" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2613&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545303.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2177&amp;ga=91" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2379&amp;ga=91" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2072" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2090" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2236&amp;ga=91" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2306&amp;ga=91" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2321" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2331" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2133&amp;ga=91" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2282&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2187&amp;ga=91" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2286&amp;ga=91" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB718" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2396&amp;ga=91" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2632" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2153&amp;ga=91" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2270&amp;ga=91" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2368&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2253" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2454" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545361.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2094" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2235&amp;ga=91" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2345" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2076" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2272&amp;ga=91" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2612&amp;ga=91" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2131&amp;ga=91" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2186&amp;ga=91" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2392&amp;ga=91" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20205" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2152&amp;ga=91" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2265&amp;ga=91" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2285&amp;ga=91" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2366&amp;ga=91" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2413&amp;ga=91" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB719" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2457" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2449" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2080" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2288&amp;ga=91" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2149" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2217&amp;ga=91" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2271&amp;ga=91" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2241&amp;ga=91" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2325" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2435&amp;ga=91" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2123&amp;ga=91" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2151&amp;ga=91" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2119&amp;ga=91" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3109" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB683&amp;ga=91" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2404&amp;ga=91" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2458" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2309" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545306.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2382&amp;ga=91" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2364&amp;ga=91" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2083" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB606" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2152" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF332" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2328" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2450" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB680&amp;ga=91" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2228" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2172&amp;ga=91" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2401&amp;ga=91" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2420&amp;ga=91" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2470" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2407" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20525" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF%20245&amp;ga=91" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3110" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2381&amp;ga=91" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3130&amp;ga=91" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594603.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545305.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2120&amp;ga=91" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB608" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2329" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2452" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2143" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2170&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2160" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2200&amp;ga=91" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2229" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2206" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR2005" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2311" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2102&amp;ga=91" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2118&amp;ga=91" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF263" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2398&amp;ga=91" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2453" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2613&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545303.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2177&amp;ga=91" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2379&amp;ga=91" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2072" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2090" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2236&amp;ga=91" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2306&amp;ga=91" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2321" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2331" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2737" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2133&amp;ga=91" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2282&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2187&amp;ga=91" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2286&amp;ga=91" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB718" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2396&amp;ga=91" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2632" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2153&amp;ga=91" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2270&amp;ga=91" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2368&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2253" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2454" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545361.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2094" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2235&amp;ga=91" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2345" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2076" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2272&amp;ga=91" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2612&amp;ga=91" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2131&amp;ga=91" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2186&amp;ga=91" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2392&amp;ga=91" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2550" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20205" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2152&amp;ga=91" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2265&amp;ga=91" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2285&amp;ga=91" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2366&amp;ga=91" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2413&amp;ga=91" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB719" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2457" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2319" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545353.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202430" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2681&amp;ga=91" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3130&amp;ga=91" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2457" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB606" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2547" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2270&amp;ga=91" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2654" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2632" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2330&amp;ga=91" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2203&amp;ga=91" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2143" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20525" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596012.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2707" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2217&amp;ga=91" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2286&amp;ga=91" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2466" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2590&amp;ga=91" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2392&amp;ga=91" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2458" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202141" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202407" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB608" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF853&amp;ga=91" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2144&amp;ga=91" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2120&amp;ga=91" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2335" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2623&amp;ga=91" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2265&amp;ga=91" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2223&amp;ga=91" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF175" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545352.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2494" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2470" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2250&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2501" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2528" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2338" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF332" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2285&amp;ga=91" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2711&amp;ga=91" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2385&amp;ga=91" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2263" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545363.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596183.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2638" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2460" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2428&amp;ga=91" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2247&amp;ga=91" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2224&amp;ga=91" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2090" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2187&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594666.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2149" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202404" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2241&amp;ga=91" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB718" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2435&amp;ga=91" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2670&amp;ga=91" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2294&amp;ga=91" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202287" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2610&amp;ga=91" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596385.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2304&amp;ga=91" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF%20245&amp;ga=91" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB683&amp;ga=91" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF96" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF263" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB719" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2345" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2500" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2123&amp;ga=91" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2230&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2131&amp;ga=91" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202390" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2186&amp;ga=91" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2152" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2183" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2382&amp;ga=91" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF621" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2420&amp;ga=91" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545306.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2412" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202391" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2712" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2386&amp;ga=91" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF140" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2512" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2228" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2381&amp;ga=91" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2717" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202206" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2449" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2546" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2538" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2540" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2413" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2160" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB755&amp;ga=91" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2222&amp;ga=91" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2229" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545305.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF176" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2311" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202434" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2488" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR2005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2462" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2133&amp;ga=91" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2320" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2486" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2200&amp;ga=91" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545361.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2379&amp;ga=91" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2395" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2450" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2724" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2094" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2119&amp;ga=91" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2336&amp;ga=91" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2441" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2301" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2342&amp;ga=91" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2253" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2321" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB747&amp;ga=91" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545303.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2240" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2072" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2102&amp;ga=91" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2221&amp;ga=91" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2544" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2201&amp;ga=91" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB680&amp;ga=91" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2282&amp;ga=91" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2368&amp;ga=91" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2404&amp;ga=91" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2685&amp;ga=91" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2502" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202405" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2288&amp;ga=91" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2246&amp;ga=91" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2300" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2118&amp;ga=91" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2598&amp;ga=91" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2358&amp;ga=91" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594603.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2308&amp;ga=91" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202440" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2612&amp;ga=91" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2338&amp;ga=91" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2268&amp;ga=91" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2076" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2652" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2591&amp;ga=91" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2219&amp;ga=91" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2153&amp;ga=91" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2336" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2177&amp;ga=91" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2508" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2272&amp;ga=91" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2366&amp;ga=91" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2401&amp;ga=91" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2452" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2088" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB596&amp;ga=91" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2424&amp;ga=91" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2351&amp;ga=91" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2167&amp;ga=91" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3109" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2686&amp;ga=91" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202436" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2325" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2608&amp;ga=91" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2086&amp;ga=91" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2080" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2152&amp;ga=91" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2324&amp;ga=91" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2299" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2440" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2271&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545354.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2364&amp;ga=91" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2398&amp;ga=91" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2453" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202358" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2172&amp;ga=91" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2236&amp;ga=91" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202207" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2361&amp;ga=91" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2493" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3110" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2220&amp;ga=91" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2306&amp;ga=91" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2403" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2328" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2367&amp;ga=91" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2083" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2151&amp;ga=91" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2517" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2490" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1036" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202713" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202392" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2676&amp;ga=91" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2396&amp;ga=91" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2454" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596182.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2347&amp;ga=91" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594602.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2492" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2363&amp;ga=91" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2171&amp;ga=91" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2235&amp;ga=91" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594649.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2425&amp;ga=91" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF855" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2510" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2329" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2613&amp;ga=91" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF274" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2192&amp;ga=91" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202406" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2684&amp;ga=91" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2725" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2499" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2170&amp;ga=91" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF703" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR%202012" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2331" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2083" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545353.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2052" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2517" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2235&amp;ga=91" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2676&amp;ga=91" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2454" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2363&amp;ga=91" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2347&amp;ga=91" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2547" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2425&amp;ga=91" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2510" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2613&amp;ga=91" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2019" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2192&amp;ga=91" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF%202410&amp;ga=91" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF274" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2170&amp;ga=91" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202406" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2684&amp;ga=91" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202141" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2006" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2725" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB606" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2632" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2144&amp;ga=91" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2080" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF510" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%20525" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF703" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2270&amp;ga=91" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR%202012" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2223&amp;ga=91" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2654" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2331" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545352.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2143" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2458" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2407" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2250&amp;ga=91" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2066" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596012.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB608" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2707" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2217&amp;ga=91" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2286&amp;ga=91" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2466" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2590&amp;ga=91" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2392&amp;ga=91" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545363.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202407" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF175" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF853&amp;ga=91" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2007" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2428&amp;ga=91" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2120&amp;ga=91" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2335" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2494" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2623&amp;ga=91" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594666.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2211&amp;ga=91" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2265&amp;ga=91" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2263" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2470" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2206" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2294&amp;ga=91" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2073" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2501" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596183.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2528" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2338" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF332" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2285&amp;ga=91" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2711&amp;ga=91" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2385&amp;ga=91" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB718" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2638" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2500" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2008" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2218&amp;ga=91" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2247&amp;ga=91" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2546" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2460" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2230&amp;ga=91" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2224&amp;ga=91" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2090" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2187&amp;ga=91" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2149" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202404" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2241&amp;ga=91" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF263" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2435&amp;ga=91" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545306.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202004" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB533" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2670&amp;ga=91" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2736" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202287" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2610&amp;ga=91" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596385.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2304&amp;ga=91" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF%20245&amp;ga=91" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB683&amp;ga=91" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF96" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2382&amp;ga=91" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB719" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202206" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3026" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2345" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HR110&amp;ga=91" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2078" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2131&amp;ga=91" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2123&amp;ga=91" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202390" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2186&amp;ga=91" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2152" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2183" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2222&amp;ga=91" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2228" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545305.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF621" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2420&amp;ga=91" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2412" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2737" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2488" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202391" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2712" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2386&amp;ga=91" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF140" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2512" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2440" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545361.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2381&amp;ga=91" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2717" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2449" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3183" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2018" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB563&amp;ga=91" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2077" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2538" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2540" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2413" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2061" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2160" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB755&amp;ga=91" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2229" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF176" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2311" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202434" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF851" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545303.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2240" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SJR2005" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2462" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2724" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2133&amp;ga=91" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2320" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2486" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2200&amp;ga=91" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2379&amp;ga=91" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2395" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2450" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF448" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2502" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3034" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2116&amp;ga=91" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2094" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2246&amp;ga=91" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2336&amp;ga=91" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2119&amp;ga=91" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2441" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2301" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594603.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2342&amp;ga=91" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2253" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2321" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2338&amp;ga=91" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2268&amp;ga=91" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2072" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB747&amp;ga=91" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2591&amp;ga=91" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2221&amp;ga=91" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2102&amp;ga=91" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2544" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2201&amp;ga=91" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB680&amp;ga=91" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2282&amp;ga=91" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2368&amp;ga=91" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2404&amp;ga=91" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3032" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3004" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2685&amp;ga=91" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202558" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2088" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202405" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2288&amp;ga=91" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2118&amp;ga=91" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2598&amp;ga=91" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2358&amp;ga=91" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2231&amp;ga=91" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2300" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2308&amp;ga=91" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202440" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HSB554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2003" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2612&amp;ga=91" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2652" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2086&amp;ga=91" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2076" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2153&amp;ga=91" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2336" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2177&amp;ga=91" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2050" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2219&amp;ga=91" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2508" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2272&amp;ga=91" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1545354.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2366&amp;ga=91" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2401&amp;ga=91" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2452" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202463" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HSB596&amp;ga=91" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2424&amp;ga=91" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2351&amp;ga=91" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2167&amp;ga=91" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202207" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2361&amp;ga=91" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2066" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3109" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2220&amp;ga=91" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2686&amp;ga=91" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202436" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2325" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2608&amp;ga=91" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2080" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2152&amp;ga=91" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2324&amp;ga=91" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2490" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2029" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF1010" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2299" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB3110" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2271&amp;ga=91" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2364&amp;ga=91" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2398&amp;ga=91" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2453" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2550" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2244&amp;ga=91" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202358" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594602.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2492" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2039" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2331" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2493" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2172&amp;ga=91" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2236&amp;ga=91" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1594649.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF%202713" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2306&amp;ga=91" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2403" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2328" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SF2367&amp;ga=91" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2026" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SSB1036" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2151&amp;ga=91" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202392" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2699" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2396&amp;ga=91" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/docs/publications/BP/1596182.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2309" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2499" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2041" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2171&amp;ga=91" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF172" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF%202430" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF855" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2329" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2330&amp;ga=91" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2203&amp;ga=91" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=SF2319" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=HF2681&amp;ga=91" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ba=SSB3130&amp;ga=91" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legis.iowa.gov/legislation/BillBook?ga=91&amp;ba=HF2457" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:G817"/>
+  <dimension ref="A1:G127"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F108" sqref="F108"/>
+      <selection pane="bottomLeft" activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.140625" customWidth="1"/>
+    <col min="1" max="1" width="10.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20.85546875" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="51.140625" customWidth="1"/>
-    <col min="5" max="5" width="31" customWidth="1"/>
+    <col min="4" max="4" width="53.42578125" style="38" customWidth="1"/>
+    <col min="5" max="5" width="29.85546875" customWidth="1"/>
     <col min="6" max="7" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:7" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13" t="s">
+      <c r="B1" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="13" t="s">
+      <c r="C1" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="13" t="s">
+      <c r="D1" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="13" t="s">
+      <c r="E1" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="12" t="s">
+      <c r="F1" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="12" t="s">
+      <c r="G1" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A2" s="14" t="s">
+      <c r="A2" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="15" t="s">
+      <c r="B2" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="C2" s="15" t="s">
+      <c r="C2" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="D2" s="16" t="s">
+      <c r="D2" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="E2" s="16" t="s">
+      <c r="E2" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="F2" s="17"/>
-      <c r="G2" s="17" t="s">
+      <c r="F2" s="12"/>
+      <c r="G2" s="12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="18" t="s">
+      <c r="A3" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="19" t="s">
+      <c r="B3" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="C3" s="19" t="s">
+      <c r="C3" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="20" t="s">
+      <c r="D3" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="20" t="s">
+      <c r="E3" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="21" t="s">
+      <c r="F3" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="21" t="s">
+    </row>
+    <row r="4" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="12" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A5" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="16" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="12" t="s">
         <v>12</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F4" s="17" t="s">
+      <c r="G6" s="12" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" s="15"/>
+      <c r="D7" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="G4" s="17" t="s">
+      <c r="G7" s="19"/>
+    </row>
+    <row r="8" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A8" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="21" t="s">
         <v>12</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E5" s="20" t="s">
+      <c r="G8" s="21"/>
+    </row>
+    <row r="9" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A10" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="11"/>
+      <c r="D10" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="21"/>
+    </row>
+    <row r="11" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A11" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" s="15"/>
+      <c r="D11" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="19"/>
+    </row>
+    <row r="12" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A13" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="15"/>
+      <c r="C13" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="19"/>
+      <c r="G13" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A14" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="11"/>
+      <c r="C14" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E14" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F14" s="21"/>
+      <c r="G14" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A15" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B15" s="15"/>
+      <c r="C15" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" s="19"/>
+      <c r="G15" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="11"/>
+      <c r="C16" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E16" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="21"/>
+      <c r="G16" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" s="15"/>
+      <c r="D17" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="19"/>
+    </row>
+    <row r="18" spans="1:7" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E18" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="21" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A19" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" s="19"/>
+      <c r="D19" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="E19" s="21"/>
+      <c r="F19" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="19"/>
+    </row>
+    <row r="20" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A20" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E20" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" s="21"/>
+      <c r="G20" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A21" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="B21" s="24"/>
+      <c r="C21" s="25" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" s="19"/>
+      <c r="G21" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A22" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" s="23"/>
+      <c r="C22" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F22" s="21"/>
+      <c r="G22" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A23" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" s="24"/>
+      <c r="C23" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F23" s="19"/>
+      <c r="G23" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A24" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" s="23"/>
+      <c r="C24" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E24" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="F24" s="21"/>
+      <c r="G24" s="21" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+      <c r="A25" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="25" t="s">
+        <v>98</v>
+      </c>
+      <c r="C25" s="25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F25" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G25" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A26" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="C26" s="23"/>
+      <c r="D26" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="E26" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F26" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" s="21"/>
+    </row>
+    <row r="27" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A27" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" s="25" t="s">
+        <v>107</v>
+      </c>
+      <c r="C27" s="24"/>
+      <c r="D27" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E27" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F27" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="19"/>
+    </row>
+    <row r="28" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A28" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="B28" s="17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C28" s="23"/>
+      <c r="D28" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="E28" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="21"/>
+    </row>
+    <row r="29" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A29" s="26" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C29" s="15"/>
+      <c r="D29" s="24" t="s">
+        <v>115</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" s="19"/>
+    </row>
+    <row r="30" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A30" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="C30" s="11"/>
+      <c r="D30" s="23" t="s">
+        <v>119</v>
+      </c>
+      <c r="E30" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F30" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" s="21"/>
+    </row>
+    <row r="31" spans="1:7" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B31" s="25" t="s">
+        <v>121</v>
+      </c>
+      <c r="C31" s="24"/>
+      <c r="D31" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="E31" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="F31" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="19"/>
+    </row>
+    <row r="32" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A32" s="27" t="s">
+        <v>124</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C32" s="11"/>
+      <c r="D32" s="23" t="s">
+        <v>126</v>
+      </c>
+      <c r="E32" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="F32" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" s="21"/>
+    </row>
+    <row r="33" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A33" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" s="25" t="s">
+        <v>128</v>
+      </c>
+      <c r="C33" s="25" t="s">
+        <v>129</v>
+      </c>
+      <c r="D33" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="19" t="s">
+        <v>131</v>
+      </c>
+      <c r="G33" s="19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A34" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C34" s="11"/>
+      <c r="D34" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="E34" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F34" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="21"/>
+    </row>
+    <row r="35" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A35" s="16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B35" s="14" t="s">
+        <v>137</v>
+      </c>
+      <c r="C35" s="15"/>
+      <c r="D35" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F35" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="G35" s="19"/>
+    </row>
+    <row r="36" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A36" s="12" t="s">
+        <v>139</v>
+      </c>
+      <c r="B36" s="28" t="s">
+        <v>140</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="D36" s="11" t="s">
+        <v>142</v>
+      </c>
+      <c r="E36" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="F36" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A37" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="B37" s="26"/>
+      <c r="C37" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="E37" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F37" s="19"/>
+      <c r="G37" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A38" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B38" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="C38" s="11"/>
+      <c r="D38" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="E38" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F38" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" s="21"/>
+    </row>
+    <row r="39" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A39" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B39" s="15"/>
+      <c r="C39" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="D39" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="E39" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F39" s="16"/>
+      <c r="G39" s="16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="D40" s="11" t="s">
+        <v>155</v>
+      </c>
+      <c r="E40" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" s="31" t="s">
+        <v>75</v>
+      </c>
+      <c r="G40" s="31" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="16" t="s">
+        <v>156</v>
+      </c>
+      <c r="B41" s="15"/>
+      <c r="C41" s="14" t="s">
+        <v>157</v>
+      </c>
+      <c r="D41" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="E41" s="32" t="s">
+        <v>91</v>
+      </c>
+      <c r="F41" s="33"/>
+      <c r="G41" s="33" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A42" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="D42" s="11" t="s">
+        <v>162</v>
+      </c>
+      <c r="E42" s="30" t="s">
+        <v>91</v>
+      </c>
+      <c r="F42" s="31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="31" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A43" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="B43" s="14" t="s">
+        <v>164</v>
+      </c>
+      <c r="C43" s="15"/>
+      <c r="D43" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F43" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="G43" s="19"/>
+    </row>
+    <row r="44" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A44" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="D44" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="E44" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" s="21"/>
+      <c r="G44" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A45" s="16" t="s">
+        <v>170</v>
+      </c>
+      <c r="B45" s="15"/>
+      <c r="C45" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="D45" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="19"/>
+      <c r="G45" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A46" s="12" t="s">
+        <v>173</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11" t="s">
+        <v>175</v>
+      </c>
+      <c r="E46" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="21"/>
+    </row>
+    <row r="47" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A47" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="B47" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="C47" s="15"/>
+      <c r="D47" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F47" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="19"/>
+    </row>
+    <row r="48" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A48" s="12" t="s">
+        <v>179</v>
+      </c>
+      <c r="B48" s="11"/>
+      <c r="C48" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="D48" s="11" t="s">
+        <v>181</v>
+      </c>
+      <c r="E48" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="F48" s="21"/>
+      <c r="G48" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A49" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="B49" s="14" t="s">
+        <v>184</v>
+      </c>
+      <c r="C49" s="15"/>
+      <c r="D49" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="E49" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F49" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G49" s="19"/>
+    </row>
+    <row r="50" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A50" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="C50" s="11"/>
+      <c r="D50" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="E50" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="21"/>
+    </row>
+    <row r="51" spans="1:7" ht="102.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="B51" s="14" t="s">
+        <v>190</v>
+      </c>
+      <c r="C51" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="E51" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G51" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A52" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D52" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="E52" s="20" t="s">
+        <v>197</v>
+      </c>
+      <c r="F52" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="G52" s="21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A53" s="16" t="s">
+        <v>198</v>
+      </c>
+      <c r="B53" s="15"/>
+      <c r="C53" s="14" t="s">
+        <v>199</v>
+      </c>
+      <c r="D53" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="E53" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F53" s="19"/>
+      <c r="G53" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A54" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="C54" s="11"/>
+      <c r="D54" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="E54" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" s="21"/>
+    </row>
+    <row r="55" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A55" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="B55" s="15"/>
+      <c r="C55" s="14" t="s">
+        <v>205</v>
+      </c>
+      <c r="D55" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="E55" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F55" s="19"/>
+      <c r="G55" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A56" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="B56" s="11"/>
+      <c r="C56" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D56" s="11" t="s">
+        <v>209</v>
+      </c>
+      <c r="E56" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F56" s="21"/>
+      <c r="G56" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A57" s="16" t="s">
+        <v>210</v>
+      </c>
+      <c r="B57" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="C57" s="15"/>
+      <c r="D57" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="E57" s="18" t="s">
+        <v>213</v>
+      </c>
+      <c r="F57" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="19"/>
+    </row>
+    <row r="58" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A58" s="12" t="s">
+        <v>214</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="C58" s="11"/>
+      <c r="D58" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="E58" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="F58" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G58" s="21"/>
+    </row>
+    <row r="59" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A59" s="16" t="s">
+        <v>217</v>
+      </c>
+      <c r="B59" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="C59" s="15"/>
+      <c r="D59" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="E59" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F59" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="19"/>
+    </row>
+    <row r="60" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A60" s="12" t="s">
+        <v>220</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="C60" s="11"/>
+      <c r="D60" s="11" t="s">
+        <v>222</v>
+      </c>
+      <c r="E60" s="20" t="s">
+        <v>223</v>
+      </c>
+      <c r="F60" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G60" s="21"/>
+    </row>
+    <row r="61" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="13" t="s">
+        <v>224</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>225</v>
+      </c>
+      <c r="C61" s="14" t="s">
+        <v>226</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F61" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G61" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A62" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="C62" s="11"/>
+      <c r="D62" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="E62" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="F62" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G62" s="21"/>
+    </row>
+    <row r="63" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A63" s="16" t="s">
+        <v>233</v>
+      </c>
+      <c r="B63" s="14" t="s">
+        <v>234</v>
+      </c>
+      <c r="C63" s="15"/>
+      <c r="D63" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="E63" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="F63" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" s="19"/>
+    </row>
+    <row r="64" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A64" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="B64" s="11"/>
+      <c r="C64" s="10" t="s">
+        <v>238</v>
+      </c>
+      <c r="D64" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="E64" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="21"/>
+      <c r="G64" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A65" s="16" t="s">
+        <v>240</v>
+      </c>
+      <c r="B65" s="15"/>
+      <c r="C65" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F65" s="19"/>
+      <c r="G65" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A66" s="12" t="s">
+        <v>243</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="C66" s="11"/>
+      <c r="D66" s="11" t="s">
+        <v>245</v>
+      </c>
+      <c r="E66" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F66" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="21"/>
+    </row>
+    <row r="67" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A67" s="16" t="s">
+        <v>246</v>
+      </c>
+      <c r="B67" s="14" t="s">
+        <v>247</v>
+      </c>
+      <c r="C67" s="14" t="s">
+        <v>248</v>
+      </c>
+      <c r="D67" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F67" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G67" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A68" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>251</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="D68" s="11" t="s">
+        <v>253</v>
+      </c>
+      <c r="E68" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F68" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G68" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A69" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="B69" s="25" t="s">
+        <v>255</v>
+      </c>
+      <c r="C69" s="25" t="s">
+        <v>256</v>
+      </c>
+      <c r="D69" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F69" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G69" s="18" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A70" s="12" t="s">
+        <v>258</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>259</v>
+      </c>
+      <c r="C70" s="11"/>
+      <c r="D70" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="E70" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F70" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G70" s="21"/>
+    </row>
+    <row r="71" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A71" s="16" t="s">
+        <v>261</v>
+      </c>
+      <c r="B71" s="14" t="s">
+        <v>262</v>
+      </c>
+      <c r="C71" s="14" t="s">
+        <v>263</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F71" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G71" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A72" s="12" t="s">
+        <v>265</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="C72" s="11"/>
+      <c r="D72" s="11" t="s">
+        <v>267</v>
+      </c>
+      <c r="E72" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F72" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="G72" s="21"/>
+    </row>
+    <row r="73" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A73" s="16" t="s">
+        <v>268</v>
+      </c>
+      <c r="B73" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="C73" s="15"/>
+      <c r="D73" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="E73" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F73" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G73" s="19"/>
+    </row>
+    <row r="74" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A74" s="12" t="s">
+        <v>271</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="C74" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="D74" s="11" t="s">
+        <v>274</v>
+      </c>
+      <c r="E74" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F74" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A75" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="B75" s="14" t="s">
+        <v>276</v>
+      </c>
+      <c r="C75" s="15"/>
+      <c r="D75" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="E75" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="F75" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="19"/>
+    </row>
+    <row r="76" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="12" t="s">
+        <v>279</v>
+      </c>
+      <c r="B76" s="11"/>
+      <c r="C76" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="D76" s="11" t="s">
+        <v>281</v>
+      </c>
+      <c r="E76" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F76" s="21"/>
+      <c r="G76" s="21" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A77" s="16" t="s">
+        <v>282</v>
+      </c>
+      <c r="B77" s="15"/>
+      <c r="C77" s="14" t="s">
+        <v>283</v>
+      </c>
+      <c r="D77" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="E77" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F77" s="19"/>
+      <c r="G77" s="19" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A78" s="12" t="s">
+        <v>285</v>
+      </c>
+      <c r="B78" s="11"/>
+      <c r="C78" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="D78" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E78" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F78" s="21"/>
+      <c r="G78" s="21" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A79" s="16" t="s">
+        <v>289</v>
+      </c>
+      <c r="B79" s="15"/>
+      <c r="C79" s="14" t="s">
+        <v>290</v>
+      </c>
+      <c r="D79" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="E79" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F79" s="19"/>
+      <c r="G79" s="19" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+      <c r="A80" s="12" t="s">
+        <v>292</v>
+      </c>
+      <c r="B80" s="10" t="s">
+        <v>293</v>
+      </c>
+      <c r="C80" s="10" t="s">
+        <v>294</v>
+      </c>
+      <c r="D80" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="E80" s="20" t="s">
+        <v>296</v>
+      </c>
+      <c r="F80" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G80" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="26" t="s">
+        <v>297</v>
+      </c>
+      <c r="B81" s="24"/>
+      <c r="C81" s="14" t="s">
+        <v>298</v>
+      </c>
+      <c r="D81" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="E81" s="18" t="s">
+        <v>300</v>
+      </c>
+      <c r="F81" s="19"/>
+      <c r="G81" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A82" s="12" t="s">
+        <v>301</v>
+      </c>
+      <c r="B82" s="11"/>
+      <c r="C82" s="10" t="s">
+        <v>302</v>
+      </c>
+      <c r="D82" s="11" t="s">
+        <v>303</v>
+      </c>
+      <c r="E82" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F82" s="21"/>
+      <c r="G82" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="142.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="16" t="s">
+        <v>304</v>
+      </c>
+      <c r="B83" s="14" t="s">
+        <v>305</v>
+      </c>
+      <c r="C83" s="14" t="s">
+        <v>306</v>
+      </c>
+      <c r="D83" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>308</v>
+      </c>
+      <c r="F83" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G83" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="12" t="s">
+        <v>309</v>
+      </c>
+      <c r="B84" s="11"/>
+      <c r="C84" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="D84" s="11" t="s">
+        <v>311</v>
+      </c>
+      <c r="E84" s="20" t="s">
+        <v>312</v>
+      </c>
+      <c r="F84" s="21"/>
+      <c r="G84" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A85" s="16" t="s">
+        <v>313</v>
+      </c>
+      <c r="B85" s="15"/>
+      <c r="C85" s="14" t="s">
+        <v>314</v>
+      </c>
+      <c r="D85" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="E85" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="F85" s="19"/>
+      <c r="G85" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A86" s="12" t="s">
+        <v>317</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="C86" s="27"/>
+      <c r="D86" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="E86" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="F86" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G86" s="21"/>
+    </row>
+    <row r="87" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A87" s="16" t="s">
+        <v>320</v>
+      </c>
+      <c r="B87" s="14" t="s">
+        <v>321</v>
+      </c>
+      <c r="C87" s="26"/>
+      <c r="D87" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="E87" s="18" t="s">
+        <v>323</v>
+      </c>
+      <c r="F87" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G87" s="19"/>
+    </row>
+    <row r="88" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A88" s="12" t="s">
+        <v>324</v>
+      </c>
+      <c r="B88" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="C88" s="27"/>
+      <c r="D88" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="E88" s="20" t="s">
+        <v>316</v>
+      </c>
+      <c r="F88" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G88" s="21"/>
+    </row>
+    <row r="89" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A89" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="B89" s="14" t="s">
+        <v>328</v>
+      </c>
+      <c r="C89" s="26"/>
+      <c r="D89" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="E89" s="18" t="s">
         <v>28</v>
       </c>
-      <c r="F5" s="21" t="s">
+      <c r="F89" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G89" s="19"/>
+    </row>
+    <row r="90" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+      <c r="A90" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="B90" s="10" t="s">
+        <v>331</v>
+      </c>
+      <c r="C90" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="D90" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="E90" s="20" t="s">
+        <v>334</v>
+      </c>
+      <c r="F90" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G90" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A91" s="16" t="s">
+        <v>335</v>
+      </c>
+      <c r="B91" s="14" t="s">
+        <v>336</v>
+      </c>
+      <c r="C91" s="15"/>
+      <c r="D91" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="E91" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F91" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="21" t="s">
+      <c r="G91" s="19"/>
+    </row>
+    <row r="92" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A92" s="12" t="s">
+        <v>338</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="C92" s="11"/>
+      <c r="D92" s="11" t="s">
+        <v>340</v>
+      </c>
+      <c r="E92" s="20" t="s">
+        <v>341</v>
+      </c>
+      <c r="F92" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" s="21"/>
+    </row>
+    <row r="93" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A93" s="16" t="s">
+        <v>342</v>
+      </c>
+      <c r="B93" s="14" t="s">
+        <v>343</v>
+      </c>
+      <c r="C93" s="15"/>
+      <c r="D93" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="E93" s="18" t="s">
+        <v>345</v>
+      </c>
+      <c r="F93" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="19"/>
+    </row>
+    <row r="94" spans="1:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="B94" s="17" t="s">
+        <v>347</v>
+      </c>
+      <c r="C94" s="23"/>
+      <c r="D94" s="23" t="s">
+        <v>348</v>
+      </c>
+      <c r="E94" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F94" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G94" s="21"/>
+    </row>
+    <row r="95" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A95" s="26" t="s">
+        <v>349</v>
+      </c>
+      <c r="B95" s="25" t="s">
+        <v>350</v>
+      </c>
+      <c r="C95" s="24"/>
+      <c r="D95" s="24" t="s">
+        <v>351</v>
+      </c>
+      <c r="E95" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="F95" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G95" s="19"/>
+    </row>
+    <row r="96" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A96" s="27" t="s">
+        <v>353</v>
+      </c>
+      <c r="B96" s="17" t="s">
+        <v>354</v>
+      </c>
+      <c r="C96" s="23"/>
+      <c r="D96" s="23" t="s">
+        <v>355</v>
+      </c>
+      <c r="E96" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="F96" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G96" s="21"/>
+    </row>
+    <row r="97" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A97" s="26" t="s">
+        <v>356</v>
+      </c>
+      <c r="B97" s="25" t="s">
+        <v>357</v>
+      </c>
+      <c r="C97" s="24"/>
+      <c r="D97" s="24" t="s">
+        <v>358</v>
+      </c>
+      <c r="E97" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F97" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G97" s="19"/>
+    </row>
+    <row r="98" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A98" s="27" t="s">
+        <v>359</v>
+      </c>
+      <c r="B98" s="23"/>
+      <c r="C98" s="17" t="s">
+        <v>360</v>
+      </c>
+      <c r="D98" s="23" t="s">
+        <v>361</v>
+      </c>
+      <c r="E98" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F98" s="21"/>
+      <c r="G98" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="26" t="s">
+        <v>362</v>
+      </c>
+      <c r="B99" s="25" t="s">
+        <v>363</v>
+      </c>
+      <c r="C99" s="24"/>
+      <c r="D99" s="24" t="s">
+        <v>364</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F99" s="19" t="s">
         <v>12</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E6" s="16" t="s">
+      <c r="G99" s="19"/>
+    </row>
+    <row r="100" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A100" s="27" t="s">
+        <v>365</v>
+      </c>
+      <c r="B100" s="17" t="s">
+        <v>366</v>
+      </c>
+      <c r="C100" s="17" t="s">
+        <v>367</v>
+      </c>
+      <c r="D100" s="23" t="s">
+        <v>368</v>
+      </c>
+      <c r="E100" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="17" t="s">
+      <c r="F100" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="G6" s="17" t="s">
+      <c r="G100" s="21" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="E7" s="23" t="s">
+    <row r="101" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A101" s="26" t="s">
+        <v>369</v>
+      </c>
+      <c r="B101" s="25" t="s">
+        <v>370</v>
+      </c>
+      <c r="C101" s="24"/>
+      <c r="D101" s="24" t="s">
+        <v>371</v>
+      </c>
+      <c r="E101" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F101" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G101" s="19"/>
+    </row>
+    <row r="102" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A102" s="27" t="s">
+        <v>372</v>
+      </c>
+      <c r="B102" s="23"/>
+      <c r="C102" s="17" t="s">
+        <v>373</v>
+      </c>
+      <c r="D102" s="23" t="s">
+        <v>374</v>
+      </c>
+      <c r="E102" s="20" t="s">
+        <v>375</v>
+      </c>
+      <c r="F102" s="21"/>
+      <c r="G102" s="21" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A103" s="26" t="s">
+        <v>376</v>
+      </c>
+      <c r="B103" s="24"/>
+      <c r="C103" s="25" t="s">
+        <v>377</v>
+      </c>
+      <c r="D103" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="E103" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F103" s="19"/>
+      <c r="G103" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A104" s="27" t="s">
+        <v>379</v>
+      </c>
+      <c r="B104" s="23"/>
+      <c r="C104" s="17" t="s">
+        <v>380</v>
+      </c>
+      <c r="D104" s="23" t="s">
+        <v>381</v>
+      </c>
+      <c r="E104" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F104" s="21"/>
+      <c r="G104" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A105" s="26" t="s">
+        <v>382</v>
+      </c>
+      <c r="B105" s="24"/>
+      <c r="C105" s="25" t="s">
+        <v>383</v>
+      </c>
+      <c r="D105" s="24" t="s">
+        <v>384</v>
+      </c>
+      <c r="E105" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F105" s="19"/>
+      <c r="G105" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A106" s="27" t="s">
+        <v>385</v>
+      </c>
+      <c r="B106" s="17" t="s">
+        <v>386</v>
+      </c>
+      <c r="C106" s="23"/>
+      <c r="D106" s="23" t="s">
+        <v>387</v>
+      </c>
+      <c r="E106" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G106" s="21"/>
+    </row>
+    <row r="107" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A107" s="26" t="s">
+        <v>388</v>
+      </c>
+      <c r="B107" s="25" t="s">
+        <v>389</v>
+      </c>
+      <c r="C107" s="24"/>
+      <c r="D107" s="24" t="s">
+        <v>390</v>
+      </c>
+      <c r="E107" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F107" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G107" s="19"/>
+    </row>
+    <row r="108" spans="1:7" ht="90.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="27" t="s">
+        <v>391</v>
+      </c>
+      <c r="B108" s="17" t="s">
+        <v>392</v>
+      </c>
+      <c r="C108" s="23"/>
+      <c r="D108" s="23" t="s">
+        <v>393</v>
+      </c>
+      <c r="E108" s="20" t="s">
+        <v>236</v>
+      </c>
+      <c r="F108" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" s="21"/>
+    </row>
+    <row r="109" spans="1:7" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="24" t="s">
+        <v>394</v>
+      </c>
+      <c r="B109" s="25" t="s">
+        <v>395</v>
+      </c>
+      <c r="C109" s="25" t="s">
+        <v>396</v>
+      </c>
+      <c r="D109" s="24" t="s">
+        <v>397</v>
+      </c>
+      <c r="E109" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F7" s="24" t="s">
+      <c r="F109" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="G7" s="24"/>
-[...12 lines deleted...]
-      <c r="E8" s="25" t="s">
+      <c r="G109" s="18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A110" s="27" t="s">
+        <v>398</v>
+      </c>
+      <c r="B110" s="17" t="s">
+        <v>399</v>
+      </c>
+      <c r="C110" s="23"/>
+      <c r="D110" s="23" t="s">
+        <v>400</v>
+      </c>
+      <c r="E110" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F110" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" s="21"/>
+    </row>
+    <row r="111" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="26" t="s">
+        <v>401</v>
+      </c>
+      <c r="B111" s="24"/>
+      <c r="C111" s="25" t="s">
+        <v>402</v>
+      </c>
+      <c r="D111" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="E111" s="18" t="s">
+        <v>404</v>
+      </c>
+      <c r="F111" s="19"/>
+      <c r="G111" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A112" s="27" t="s">
+        <v>405</v>
+      </c>
+      <c r="B112" s="17" t="s">
+        <v>406</v>
+      </c>
+      <c r="C112" s="23"/>
+      <c r="D112" s="23" t="s">
+        <v>407</v>
+      </c>
+      <c r="E112" s="20" t="s">
+        <v>408</v>
+      </c>
+      <c r="F112" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="G112" s="21"/>
+    </row>
+    <row r="113" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A113" s="26" t="s">
+        <v>409</v>
+      </c>
+      <c r="B113" s="25" t="s">
+        <v>410</v>
+      </c>
+      <c r="C113" s="24"/>
+      <c r="D113" s="24" t="s">
+        <v>411</v>
+      </c>
+      <c r="E113" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F8" s="26" t="s">
+      <c r="F113" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" s="19"/>
+    </row>
+    <row r="114" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A114" s="27" t="s">
+        <v>412</v>
+      </c>
+      <c r="B114" s="17" t="s">
+        <v>413</v>
+      </c>
+      <c r="C114" s="23"/>
+      <c r="D114" s="23" t="s">
+        <v>414</v>
+      </c>
+      <c r="E114" s="20" t="s">
+        <v>415</v>
+      </c>
+      <c r="F114" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="G8" s="26"/>
-[...12 lines deleted...]
-      <c r="E9" s="23" t="s">
+      <c r="G114" s="21"/>
+    </row>
+    <row r="115" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A115" s="26" t="s">
+        <v>416</v>
+      </c>
+      <c r="B115" s="25" t="s">
+        <v>417</v>
+      </c>
+      <c r="C115" s="24"/>
+      <c r="D115" s="24" t="s">
+        <v>418</v>
+      </c>
+      <c r="E115" s="18" t="s">
+        <v>419</v>
+      </c>
+      <c r="F115" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G115" s="19"/>
+    </row>
+    <row r="116" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A116" s="27" t="s">
+        <v>420</v>
+      </c>
+      <c r="B116" s="23"/>
+      <c r="C116" s="17" t="s">
+        <v>421</v>
+      </c>
+      <c r="D116" s="23" t="s">
+        <v>422</v>
+      </c>
+      <c r="E116" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="F9" s="24" t="s">
+      <c r="F116" s="21"/>
+      <c r="G116" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A117" s="26" t="s">
+        <v>423</v>
+      </c>
+      <c r="B117" s="24"/>
+      <c r="C117" s="25" t="s">
+        <v>424</v>
+      </c>
+      <c r="D117" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="E117" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F117" s="19"/>
+      <c r="G117" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="27" t="s">
+        <v>426</v>
+      </c>
+      <c r="B118" s="17" t="s">
+        <v>427</v>
+      </c>
+      <c r="C118" s="23"/>
+      <c r="D118" s="23" t="s">
+        <v>428</v>
+      </c>
+      <c r="E118" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F118" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G118" s="21"/>
+    </row>
+    <row r="119" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A119" s="26" t="s">
+        <v>429</v>
+      </c>
+      <c r="B119" s="25" t="s">
+        <v>430</v>
+      </c>
+      <c r="C119" s="24"/>
+      <c r="D119" s="24" t="s">
+        <v>431</v>
+      </c>
+      <c r="E119" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F119" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" s="19"/>
+    </row>
+    <row r="120" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A120" s="27" t="s">
+        <v>432</v>
+      </c>
+      <c r="B120" s="17" t="s">
+        <v>433</v>
+      </c>
+      <c r="C120" s="23"/>
+      <c r="D120" s="23" t="s">
+        <v>434</v>
+      </c>
+      <c r="E120" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F120" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="G9" s="24" t="s">
+      <c r="G120" s="21"/>
+    </row>
+    <row r="121" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A121" s="26" t="s">
+        <v>435</v>
+      </c>
+      <c r="B121" s="24"/>
+      <c r="C121" s="25" t="s">
+        <v>436</v>
+      </c>
+      <c r="D121" s="24" t="s">
+        <v>437</v>
+      </c>
+      <c r="E121" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F121" s="19"/>
+      <c r="G121" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A122" s="27" t="s">
+        <v>438</v>
+      </c>
+      <c r="B122" s="17" t="s">
+        <v>439</v>
+      </c>
+      <c r="C122" s="23"/>
+      <c r="D122" s="23" t="s">
+        <v>440</v>
+      </c>
+      <c r="E122" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F122" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G122" s="21"/>
+    </row>
+    <row r="123" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A123" s="26" t="s">
+        <v>441</v>
+      </c>
+      <c r="B123" s="24"/>
+      <c r="C123" s="25" t="s">
+        <v>442</v>
+      </c>
+      <c r="D123" s="24" t="s">
+        <v>443</v>
+      </c>
+      <c r="E123" s="34" t="s">
+        <v>69</v>
+      </c>
+      <c r="F123" s="35" t="s">
+        <v>232</v>
+      </c>
+      <c r="G123" s="35"/>
+    </row>
+    <row r="124" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A124" s="27" t="s">
+        <v>444</v>
+      </c>
+      <c r="B124" s="23"/>
+      <c r="C124" s="17" t="s">
+        <v>445</v>
+      </c>
+      <c r="D124" s="36" t="s">
+        <v>446</v>
+      </c>
+      <c r="E124" s="20" t="s">
+        <v>447</v>
+      </c>
+      <c r="F124" s="21"/>
+      <c r="G124" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A125" s="26" t="s">
+        <v>448</v>
+      </c>
+      <c r="B125" s="24"/>
+      <c r="C125" s="25" t="s">
+        <v>449</v>
+      </c>
+      <c r="D125" s="37" t="s">
+        <v>450</v>
+      </c>
+      <c r="E125" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F125" s="19"/>
+      <c r="G125" s="19" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
-[...50 lines deleted...]
-      <c r="E12" s="25" t="s">
+    <row r="126" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="27" t="s">
+        <v>451</v>
+      </c>
+      <c r="B126" s="28" t="s">
+        <v>452</v>
+      </c>
+      <c r="C126" s="27"/>
+      <c r="D126" s="23" t="s">
+        <v>453</v>
+      </c>
+      <c r="E126" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="26" t="s">
-[...300 lines deleted...]
-      <c r="A28" s="30" t="s">
+      <c r="F126" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G126" s="21"/>
+    </row>
+    <row r="127" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+      <c r="A127" s="26" t="s">
+        <v>454</v>
+      </c>
+      <c r="B127" s="25" t="s">
+        <v>455</v>
+      </c>
+      <c r="C127" s="19"/>
+      <c r="D127" s="24" t="s">
+        <v>456</v>
+      </c>
+      <c r="E127" s="18" t="s">
         <v>109</v>
       </c>
-      <c r="B28" s="15" t="s">
-[...696 lines deleted...]
-      <c r="D63" s="20" t="s">
+      <c r="F127" s="19" t="s">
         <v>232</v>
       </c>
-      <c r="E63" s="23" t="s">
-[...7414 lines deleted...]
-    <row r="817" s="9" customFormat="1" x14ac:dyDescent="0.2"/>
+      <c r="G127" s="19"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:G122" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:G127" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <dataValidations count="3">
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E37 E39:E122" xr:uid="{00000000-0002-0000-0000-000000000000}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E38 E40:E127" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce,Transportation,Nonpublic"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F2:G122" xr:uid="{00000000-0002-0000-0000-000001000000}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F2:G127" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"Introduced,Subcommittee - Passed,Committee - Passed,1st Chamber - Floor Passage,2nd Chamber - Passed Committee,2nd Chamber - Floor Passage,Both Chambers - Passage,2nd Chamber - Amended,Withdrawn,Signed by Governor,House Unfinished Business,Senate Unfinish"&amp;"ed Business"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E38" xr:uid="{00000000-0002-0000-0000-000002000000}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E39" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B2" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="C2" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="A3" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="B3" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="C3" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="A4" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="B4" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="C4" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="A5" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="B5" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="C5" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="A6" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="B6" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="C6" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="A7" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="B7" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="A8" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="B8" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="A9" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="B9" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="A10" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="B10" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
     <hyperlink ref="B11" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
     <hyperlink ref="B12" r:id="rId25" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
     <hyperlink ref="C12" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
     <hyperlink ref="C13" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
     <hyperlink ref="C14" r:id="rId28" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
     <hyperlink ref="C15" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
     <hyperlink ref="C16" r:id="rId30" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
     <hyperlink ref="B17" r:id="rId31" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
     <hyperlink ref="B18" r:id="rId32" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
     <hyperlink ref="C18" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
-    <hyperlink ref="C19" r:id="rId34" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
-[...124 lines deleted...]
-    <hyperlink ref="C122" r:id="rId159" xr:uid="{00000000-0004-0000-0000-00009E000000}"/>
+    <hyperlink ref="B19" r:id="rId34" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="C20" r:id="rId35" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="C21" r:id="rId36" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="C22" r:id="rId37" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="C23" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
+    <hyperlink ref="C24" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="B25" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="C25" r:id="rId41" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="B26" r:id="rId42" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="B27" r:id="rId43" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="B28" r:id="rId44" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="B29" r:id="rId45" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="B30" r:id="rId46" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="B31" r:id="rId47" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="B32" r:id="rId48" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="B33" r:id="rId49" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="C33" r:id="rId50" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="B34" r:id="rId51" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="B35" r:id="rId52" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="B36" r:id="rId53" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="C36" r:id="rId54" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="C37" r:id="rId55" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="B38" r:id="rId56" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="C39" r:id="rId57" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="A40" r:id="rId58" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="B40" r:id="rId59" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="C40" r:id="rId60" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="C41" r:id="rId61" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="B42" r:id="rId62" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="C42" r:id="rId63" xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
+    <hyperlink ref="B43" r:id="rId64" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="C44" r:id="rId65" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="C45" r:id="rId66" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="B46" r:id="rId67" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="B47" r:id="rId68" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="C48" r:id="rId69" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
+    <hyperlink ref="B49" r:id="rId70" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="B50" r:id="rId71" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="A51" r:id="rId72" xr:uid="{00000000-0004-0000-0000-000048000000}"/>
+    <hyperlink ref="B51" r:id="rId73" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="C51" r:id="rId74" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="A52" r:id="rId75" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="B52" r:id="rId76" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
+    <hyperlink ref="C52" r:id="rId77" xr:uid="{00000000-0004-0000-0000-00004D000000}"/>
+    <hyperlink ref="C53" r:id="rId78" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="B54" r:id="rId79" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="C55" r:id="rId80" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="C56" r:id="rId81" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="B57" r:id="rId82" xr:uid="{00000000-0004-0000-0000-000052000000}"/>
+    <hyperlink ref="B58" r:id="rId83" xr:uid="{00000000-0004-0000-0000-000053000000}"/>
+    <hyperlink ref="B59" r:id="rId84" xr:uid="{00000000-0004-0000-0000-000054000000}"/>
+    <hyperlink ref="B60" r:id="rId85" xr:uid="{00000000-0004-0000-0000-000055000000}"/>
+    <hyperlink ref="A61" r:id="rId86" xr:uid="{00000000-0004-0000-0000-000056000000}"/>
+    <hyperlink ref="B61" r:id="rId87" xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="C61" r:id="rId88" xr:uid="{00000000-0004-0000-0000-000058000000}"/>
+    <hyperlink ref="B62" r:id="rId89" xr:uid="{00000000-0004-0000-0000-000059000000}"/>
+    <hyperlink ref="B63" r:id="rId90" xr:uid="{00000000-0004-0000-0000-00005A000000}"/>
+    <hyperlink ref="C64" r:id="rId91" xr:uid="{00000000-0004-0000-0000-00005B000000}"/>
+    <hyperlink ref="C65" r:id="rId92" xr:uid="{00000000-0004-0000-0000-00005C000000}"/>
+    <hyperlink ref="B66" r:id="rId93" xr:uid="{00000000-0004-0000-0000-00005D000000}"/>
+    <hyperlink ref="B67" r:id="rId94" xr:uid="{00000000-0004-0000-0000-00005E000000}"/>
+    <hyperlink ref="C67" r:id="rId95" xr:uid="{00000000-0004-0000-0000-00005F000000}"/>
+    <hyperlink ref="B68" r:id="rId96" xr:uid="{00000000-0004-0000-0000-000060000000}"/>
+    <hyperlink ref="C68" r:id="rId97" xr:uid="{00000000-0004-0000-0000-000061000000}"/>
+    <hyperlink ref="B69" r:id="rId98" xr:uid="{00000000-0004-0000-0000-000062000000}"/>
+    <hyperlink ref="C69" r:id="rId99" xr:uid="{00000000-0004-0000-0000-000063000000}"/>
+    <hyperlink ref="B70" r:id="rId100" xr:uid="{00000000-0004-0000-0000-000064000000}"/>
+    <hyperlink ref="B71" r:id="rId101" xr:uid="{00000000-0004-0000-0000-000065000000}"/>
+    <hyperlink ref="C71" r:id="rId102" xr:uid="{00000000-0004-0000-0000-000066000000}"/>
+    <hyperlink ref="B72" r:id="rId103" xr:uid="{00000000-0004-0000-0000-000067000000}"/>
+    <hyperlink ref="B73" r:id="rId104" xr:uid="{00000000-0004-0000-0000-000068000000}"/>
+    <hyperlink ref="B74" r:id="rId105" xr:uid="{00000000-0004-0000-0000-000069000000}"/>
+    <hyperlink ref="C74" r:id="rId106" xr:uid="{00000000-0004-0000-0000-00006A000000}"/>
+    <hyperlink ref="B75" r:id="rId107" xr:uid="{00000000-0004-0000-0000-00006B000000}"/>
+    <hyperlink ref="C76" r:id="rId108" xr:uid="{00000000-0004-0000-0000-00006C000000}"/>
+    <hyperlink ref="C77" r:id="rId109" xr:uid="{00000000-0004-0000-0000-00006D000000}"/>
+    <hyperlink ref="C78" r:id="rId110" xr:uid="{00000000-0004-0000-0000-00006E000000}"/>
+    <hyperlink ref="C79" r:id="rId111" xr:uid="{00000000-0004-0000-0000-00006F000000}"/>
+    <hyperlink ref="B80" r:id="rId112" xr:uid="{00000000-0004-0000-0000-000070000000}"/>
+    <hyperlink ref="C80" r:id="rId113" xr:uid="{00000000-0004-0000-0000-000071000000}"/>
+    <hyperlink ref="C81" r:id="rId114" xr:uid="{00000000-0004-0000-0000-000072000000}"/>
+    <hyperlink ref="C82" r:id="rId115" xr:uid="{00000000-0004-0000-0000-000073000000}"/>
+    <hyperlink ref="B83" r:id="rId116" xr:uid="{00000000-0004-0000-0000-000074000000}"/>
+    <hyperlink ref="C83" r:id="rId117" xr:uid="{00000000-0004-0000-0000-000075000000}"/>
+    <hyperlink ref="C84" r:id="rId118" xr:uid="{00000000-0004-0000-0000-000076000000}"/>
+    <hyperlink ref="C85" r:id="rId119" xr:uid="{00000000-0004-0000-0000-000077000000}"/>
+    <hyperlink ref="B86" r:id="rId120" xr:uid="{00000000-0004-0000-0000-000078000000}"/>
+    <hyperlink ref="B87" r:id="rId121" xr:uid="{00000000-0004-0000-0000-000079000000}"/>
+    <hyperlink ref="B88" r:id="rId122" xr:uid="{00000000-0004-0000-0000-00007A000000}"/>
+    <hyperlink ref="B89" r:id="rId123" xr:uid="{00000000-0004-0000-0000-00007B000000}"/>
+    <hyperlink ref="B90" r:id="rId124" xr:uid="{00000000-0004-0000-0000-00007C000000}"/>
+    <hyperlink ref="C90" r:id="rId125" xr:uid="{00000000-0004-0000-0000-00007D000000}"/>
+    <hyperlink ref="B91" r:id="rId126" xr:uid="{00000000-0004-0000-0000-00007E000000}"/>
+    <hyperlink ref="B92" r:id="rId127" xr:uid="{00000000-0004-0000-0000-00007F000000}"/>
+    <hyperlink ref="B93" r:id="rId128" xr:uid="{00000000-0004-0000-0000-000080000000}"/>
+    <hyperlink ref="B94" r:id="rId129" xr:uid="{00000000-0004-0000-0000-000081000000}"/>
+    <hyperlink ref="B95" r:id="rId130" xr:uid="{00000000-0004-0000-0000-000082000000}"/>
+    <hyperlink ref="B96" r:id="rId131" xr:uid="{00000000-0004-0000-0000-000083000000}"/>
+    <hyperlink ref="B97" r:id="rId132" xr:uid="{00000000-0004-0000-0000-000084000000}"/>
+    <hyperlink ref="C98" r:id="rId133" xr:uid="{00000000-0004-0000-0000-000085000000}"/>
+    <hyperlink ref="B99" r:id="rId134" xr:uid="{00000000-0004-0000-0000-000086000000}"/>
+    <hyperlink ref="B100" r:id="rId135" xr:uid="{00000000-0004-0000-0000-000087000000}"/>
+    <hyperlink ref="C100" r:id="rId136" xr:uid="{00000000-0004-0000-0000-000088000000}"/>
+    <hyperlink ref="B101" r:id="rId137" xr:uid="{00000000-0004-0000-0000-000089000000}"/>
+    <hyperlink ref="C102" r:id="rId138" xr:uid="{00000000-0004-0000-0000-00008A000000}"/>
+    <hyperlink ref="C103" r:id="rId139" xr:uid="{00000000-0004-0000-0000-00008B000000}"/>
+    <hyperlink ref="C104" r:id="rId140" xr:uid="{00000000-0004-0000-0000-00008C000000}"/>
+    <hyperlink ref="C105" r:id="rId141" xr:uid="{00000000-0004-0000-0000-00008D000000}"/>
+    <hyperlink ref="B106" r:id="rId142" xr:uid="{00000000-0004-0000-0000-00008E000000}"/>
+    <hyperlink ref="B107" r:id="rId143" xr:uid="{00000000-0004-0000-0000-00008F000000}"/>
+    <hyperlink ref="B108" r:id="rId144" xr:uid="{00000000-0004-0000-0000-000090000000}"/>
+    <hyperlink ref="B109" r:id="rId145" xr:uid="{00000000-0004-0000-0000-000091000000}"/>
+    <hyperlink ref="C109" r:id="rId146" xr:uid="{00000000-0004-0000-0000-000092000000}"/>
+    <hyperlink ref="B110" r:id="rId147" xr:uid="{00000000-0004-0000-0000-000093000000}"/>
+    <hyperlink ref="C111" r:id="rId148" xr:uid="{00000000-0004-0000-0000-000094000000}"/>
+    <hyperlink ref="B112" r:id="rId149" xr:uid="{00000000-0004-0000-0000-000095000000}"/>
+    <hyperlink ref="B113" r:id="rId150" xr:uid="{00000000-0004-0000-0000-000096000000}"/>
+    <hyperlink ref="B114" r:id="rId151" xr:uid="{00000000-0004-0000-0000-000097000000}"/>
+    <hyperlink ref="B115" r:id="rId152" xr:uid="{00000000-0004-0000-0000-000098000000}"/>
+    <hyperlink ref="C116" r:id="rId153" xr:uid="{00000000-0004-0000-0000-000099000000}"/>
+    <hyperlink ref="C117" r:id="rId154" xr:uid="{00000000-0004-0000-0000-00009A000000}"/>
+    <hyperlink ref="B118" r:id="rId155" xr:uid="{00000000-0004-0000-0000-00009B000000}"/>
+    <hyperlink ref="B119" r:id="rId156" xr:uid="{00000000-0004-0000-0000-00009C000000}"/>
+    <hyperlink ref="B120" r:id="rId157" xr:uid="{00000000-0004-0000-0000-00009D000000}"/>
+    <hyperlink ref="C121" r:id="rId158" xr:uid="{00000000-0004-0000-0000-00009E000000}"/>
+    <hyperlink ref="B122" r:id="rId159" xr:uid="{00000000-0004-0000-0000-00009F000000}"/>
+    <hyperlink ref="C123" r:id="rId160" xr:uid="{00000000-0004-0000-0000-0000A0000000}"/>
+    <hyperlink ref="C124" r:id="rId161" xr:uid="{00000000-0004-0000-0000-0000A1000000}"/>
+    <hyperlink ref="C125" r:id="rId162" xr:uid="{00000000-0004-0000-0000-0000A2000000}"/>
+    <hyperlink ref="B126" r:id="rId163" xr:uid="{00000000-0004-0000-0000-0000A3000000}"/>
+    <hyperlink ref="B127" r:id="rId164" xr:uid="{00000000-0004-0000-0000-0000A4000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId160"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E375ACAE-8BC3-44E2-A8DC-50045B460D97}">
-  <dimension ref="A1:J123"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C98AF14-9E31-406C-B8F7-15CDC23D3D19}">
+  <dimension ref="A1:G1004"/>
   <sheetViews>
-    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="F68" sqref="F68"/>
+    <sheetView workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I5" sqref="I5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.5703125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="23" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="24.28515625" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="64" customWidth="1"/>
+    <col min="5" max="5" width="24.42578125" customWidth="1"/>
     <col min="6" max="6" width="21.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A1" s="53" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="54" t="s">
+      <c r="B1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="53" t="s">
+      <c r="C1" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="54" t="s">
+      <c r="D1" s="40" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="53" t="s">
+      <c r="E1" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="53" t="s">
+      <c r="F1" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="53" t="s">
+      <c r="G1" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="51"/>
-[...4 lines deleted...]
-      <c r="A2" s="55" t="s">
+    </row>
+    <row r="2" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A2" s="41" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="56" t="s">
+      <c r="B2" s="42" t="s">
         <v>8</v>
       </c>
-      <c r="C2" s="57"/>
-      <c r="D2" s="57" t="s">
+      <c r="C2" s="43"/>
+      <c r="D2" s="43" t="s">
         <v>10</v>
       </c>
-      <c r="E2" s="57" t="s">
+      <c r="E2" s="43" t="s">
         <v>11</v>
       </c>
-      <c r="F2" s="52" t="s">
-[...8 lines deleted...]
-      <c r="A3" s="71" t="s">
+      <c r="F2" s="44" t="s">
+        <v>102</v>
+      </c>
+      <c r="G2" s="44"/>
+    </row>
+    <row r="3" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="B3" s="72"/>
-[...3 lines deleted...]
-      <c r="D3" s="72" t="s">
+      <c r="B3" s="15"/>
+      <c r="C3" s="14" t="s">
+        <v>457</v>
+      </c>
+      <c r="D3" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="E3" s="74" t="s">
+      <c r="E3" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F3" s="75"/>
-[...17 lines deleted...]
-      <c r="E4" s="25" t="s">
+      <c r="F3" s="19"/>
+      <c r="G3" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A4" s="45" t="s">
+        <v>458</v>
+      </c>
+      <c r="B4" s="43" t="s">
+        <v>459</v>
+      </c>
+      <c r="C4" s="43" t="s">
+        <v>459</v>
+      </c>
+      <c r="D4" s="43" t="s">
+        <v>460</v>
+      </c>
+      <c r="E4" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="F4" s="59"/>
-[...15 lines deleted...]
-      <c r="E5" s="41" t="s">
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+    </row>
+    <row r="5" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A5" s="13" t="s">
+        <v>461</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="E5" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F5" s="42"/>
-[...15 lines deleted...]
-      <c r="E6" s="25" t="s">
+      <c r="F5" s="19"/>
+      <c r="G5" s="19"/>
+    </row>
+    <row r="6" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="45" t="s">
+        <v>463</v>
+      </c>
+      <c r="B6" s="43" t="s">
+        <v>459</v>
+      </c>
+      <c r="C6" s="43" t="s">
+        <v>459</v>
+      </c>
+      <c r="D6" s="43" t="s">
+        <v>464</v>
+      </c>
+      <c r="E6" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="59"/>
-[...3 lines deleted...]
-      <c r="A7" s="76" t="s">
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+    </row>
+    <row r="7" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A7" s="16" t="s">
         <v>46</v>
       </c>
-      <c r="B7" s="72"/>
-[...3 lines deleted...]
-      <c r="D7" s="72" t="s">
+      <c r="B7" s="15"/>
+      <c r="C7" s="14" t="s">
+        <v>465</v>
+      </c>
+      <c r="D7" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="E7" s="74" t="s">
+      <c r="E7" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="F7" s="75"/>
-[...15 lines deleted...]
-      <c r="E8" s="25" t="s">
+      <c r="F7" s="19"/>
+      <c r="G7" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A8" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="B8" s="43"/>
+      <c r="C8" s="42" t="s">
+        <v>467</v>
+      </c>
+      <c r="D8" s="43" t="s">
+        <v>468</v>
+      </c>
+      <c r="E8" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="F8" s="59"/>
-[...34 lines deleted...]
-      <c r="E10" s="61" t="s">
+      <c r="F8" s="46"/>
+      <c r="G8" s="46" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A9" s="16" t="s">
+        <v>469</v>
+      </c>
+      <c r="B9" s="15"/>
+      <c r="C9" s="14" t="s">
+        <v>470</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="E9" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F9" s="19"/>
+      <c r="G9" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A10" s="44" t="s">
+        <v>472</v>
+      </c>
+      <c r="B10" s="43"/>
+      <c r="C10" s="42" t="s">
+        <v>473</v>
+      </c>
+      <c r="D10" s="43" t="s">
+        <v>474</v>
+      </c>
+      <c r="E10" s="47" t="s">
+        <v>475</v>
+      </c>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="16" t="s">
+        <v>476</v>
+      </c>
+      <c r="B11" s="15"/>
+      <c r="C11" s="14" t="s">
+        <v>477</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="E11" s="18" t="s">
+        <v>479</v>
+      </c>
+      <c r="F11" s="19"/>
+      <c r="G11" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A12" s="44" t="s">
+        <v>480</v>
+      </c>
+      <c r="B12" s="43"/>
+      <c r="C12" s="42" t="s">
+        <v>481</v>
+      </c>
+      <c r="D12" s="43" t="s">
+        <v>482</v>
+      </c>
+      <c r="E12" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="B13" s="14" t="s">
+        <v>484</v>
+      </c>
+      <c r="C13" s="15"/>
+      <c r="D13" s="15" t="s">
+        <v>485</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G13" s="19"/>
+    </row>
+    <row r="14" spans="1:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="44" t="s">
+        <v>486</v>
+      </c>
+      <c r="B14" s="42" t="s">
+        <v>487</v>
+      </c>
+      <c r="C14" s="43"/>
+      <c r="D14" s="43" t="s">
+        <v>488</v>
+      </c>
+      <c r="E14" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" s="46" t="s">
+        <v>102</v>
+      </c>
+      <c r="G14" s="46"/>
+    </row>
+    <row r="15" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A15" s="16" t="s">
+        <v>489</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>490</v>
+      </c>
+      <c r="C15" s="15"/>
+      <c r="D15" s="15" t="s">
+        <v>491</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G15" s="19"/>
+    </row>
+    <row r="16" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A16" s="44" t="s">
+        <v>492</v>
+      </c>
+      <c r="B16" s="42" t="s">
+        <v>493</v>
+      </c>
+      <c r="C16" s="43"/>
+      <c r="D16" s="43" t="s">
+        <v>494</v>
+      </c>
+      <c r="E16" s="47" t="s">
+        <v>495</v>
+      </c>
+      <c r="F16" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G16" s="46"/>
+    </row>
+    <row r="17" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A17" s="16" t="s">
+        <v>496</v>
+      </c>
+      <c r="B17" s="14" t="s">
+        <v>497</v>
+      </c>
+      <c r="C17" s="15"/>
+      <c r="D17" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>498</v>
+      </c>
+      <c r="F17" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" s="19"/>
+    </row>
+    <row r="18" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="44" t="s">
+        <v>499</v>
+      </c>
+      <c r="B18" s="42" t="s">
+        <v>500</v>
+      </c>
+      <c r="C18" s="43"/>
+      <c r="D18" s="43" t="s">
+        <v>501</v>
+      </c>
+      <c r="E18" s="47" t="s">
+        <v>91</v>
+      </c>
+      <c r="F18" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G18" s="46"/>
+    </row>
+    <row r="19" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A19" s="16" t="s">
+        <v>502</v>
+      </c>
+      <c r="B19" s="14" t="s">
+        <v>503</v>
+      </c>
+      <c r="C19" s="15"/>
+      <c r="D19" s="15" t="s">
+        <v>504</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G19" s="19"/>
+    </row>
+    <row r="20" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A20" s="44" t="s">
+        <v>505</v>
+      </c>
+      <c r="B20" s="48"/>
+      <c r="C20" s="49" t="s">
+        <v>506</v>
+      </c>
+      <c r="D20" s="43" t="s">
+        <v>507</v>
+      </c>
+      <c r="E20" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A21" s="16" t="s">
+        <v>508</v>
+      </c>
+      <c r="B21" s="24"/>
+      <c r="C21" s="25" t="s">
+        <v>509</v>
+      </c>
+      <c r="D21" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" s="19"/>
+      <c r="G21" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A22" s="44" t="s">
+        <v>511</v>
+      </c>
+      <c r="B22" s="49" t="s">
+        <v>512</v>
+      </c>
+      <c r="C22" s="48"/>
+      <c r="D22" s="43" t="s">
+        <v>513</v>
+      </c>
+      <c r="E22" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G22" s="46"/>
+    </row>
+    <row r="23" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A23" s="16" t="s">
+        <v>514</v>
+      </c>
+      <c r="B23" s="25" t="s">
+        <v>515</v>
+      </c>
+      <c r="C23" s="24"/>
+      <c r="D23" s="15" t="s">
+        <v>516</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G23" s="19"/>
+    </row>
+    <row r="24" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A24" s="44" t="s">
+        <v>517</v>
+      </c>
+      <c r="B24" s="49" t="s">
+        <v>518</v>
+      </c>
+      <c r="C24" s="48"/>
+      <c r="D24" s="43" t="s">
+        <v>519</v>
+      </c>
+      <c r="E24" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="F24" s="46" t="s">
+        <v>102</v>
+      </c>
+      <c r="G24" s="46"/>
+    </row>
+    <row r="25" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="16" t="s">
+        <v>520</v>
+      </c>
+      <c r="B25" s="25" t="s">
+        <v>521</v>
+      </c>
+      <c r="C25" s="24"/>
+      <c r="D25" s="15" t="s">
+        <v>522</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G25" s="19"/>
+    </row>
+    <row r="26" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A26" s="44" t="s">
+        <v>523</v>
+      </c>
+      <c r="B26" s="42" t="s">
+        <v>524</v>
+      </c>
+      <c r="C26" s="42" t="s">
+        <v>525</v>
+      </c>
+      <c r="D26" s="43" t="s">
+        <v>526</v>
+      </c>
+      <c r="E26" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F26" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G26" s="46" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A27" s="16" t="s">
+        <v>527</v>
+      </c>
+      <c r="B27" s="14" t="s">
+        <v>528</v>
+      </c>
+      <c r="C27" s="15"/>
+      <c r="D27" s="15" t="s">
+        <v>529</v>
+      </c>
+      <c r="E27" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G27" s="19"/>
+    </row>
+    <row r="28" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A28" s="44" t="s">
+        <v>530</v>
+      </c>
+      <c r="B28" s="42" t="s">
+        <v>531</v>
+      </c>
+      <c r="C28" s="43"/>
+      <c r="D28" s="43" t="s">
+        <v>468</v>
+      </c>
+      <c r="E28" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G28" s="46"/>
+    </row>
+    <row r="29" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A29" s="50" t="s">
+        <v>532</v>
+      </c>
+      <c r="B29" s="15"/>
+      <c r="C29" s="14" t="s">
+        <v>533</v>
+      </c>
+      <c r="D29" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="E29" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F29" s="16"/>
+      <c r="G29" s="16" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A30" s="44" t="s">
+        <v>535</v>
+      </c>
+      <c r="B30" s="43"/>
+      <c r="C30" s="51" t="s">
+        <v>536</v>
+      </c>
+      <c r="D30" s="43" t="s">
+        <v>537</v>
+      </c>
+      <c r="E30" s="52" t="s">
+        <v>538</v>
+      </c>
+      <c r="F30" s="53"/>
+      <c r="G30" s="53" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A31" s="16" t="s">
+        <v>539</v>
+      </c>
+      <c r="B31" s="15"/>
+      <c r="C31" s="14" t="s">
+        <v>540</v>
+      </c>
+      <c r="D31" s="15" t="s">
+        <v>541</v>
+      </c>
+      <c r="E31" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="19"/>
+      <c r="G31" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A32" s="44" t="s">
+        <v>542</v>
+      </c>
+      <c r="B32" s="43"/>
+      <c r="C32" s="51" t="s">
+        <v>543</v>
+      </c>
+      <c r="D32" s="43" t="s">
+        <v>544</v>
+      </c>
+      <c r="E32" s="47" t="s">
+        <v>545</v>
+      </c>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A33" s="16" t="s">
+        <v>546</v>
+      </c>
+      <c r="B33" s="15"/>
+      <c r="C33" s="14" t="s">
+        <v>547</v>
+      </c>
+      <c r="D33" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="19"/>
+      <c r="G33" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A34" s="44" t="s">
+        <v>549</v>
+      </c>
+      <c r="B34" s="42" t="s">
+        <v>550</v>
+      </c>
+      <c r="C34" s="43"/>
+      <c r="D34" s="43" t="s">
+        <v>551</v>
+      </c>
+      <c r="E34" s="47" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G34" s="46"/>
+    </row>
+    <row r="35" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A35" s="16" t="s">
+        <v>552</v>
+      </c>
+      <c r="B35" s="14" t="s">
+        <v>553</v>
+      </c>
+      <c r="C35" s="15" t="s">
+        <v>554</v>
+      </c>
+      <c r="D35" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F35" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G35" s="19"/>
+    </row>
+    <row r="36" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="B36" s="54" t="s">
+        <v>556</v>
+      </c>
+      <c r="C36" s="15"/>
+      <c r="D36" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="E36" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="F36" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G36" s="19"/>
+    </row>
+    <row r="37" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A37" s="16" t="s">
+        <v>557</v>
+      </c>
+      <c r="B37" s="15"/>
+      <c r="C37" s="14" t="s">
+        <v>558</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="E37" s="18" t="s">
+        <v>560</v>
+      </c>
+      <c r="F37" s="19"/>
+      <c r="G37" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A38" s="44" t="s">
+        <v>561</v>
+      </c>
+      <c r="B38" s="43"/>
+      <c r="C38" s="42" t="s">
+        <v>562</v>
+      </c>
+      <c r="D38" s="43" t="s">
+        <v>555</v>
+      </c>
+      <c r="E38" s="47" t="s">
+        <v>91</v>
+      </c>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A39" s="16" t="s">
+        <v>563</v>
+      </c>
+      <c r="B39" s="15"/>
+      <c r="C39" s="14" t="s">
+        <v>564</v>
+      </c>
+      <c r="D39" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="E39" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="F39" s="19"/>
+      <c r="G39" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="44" t="s">
+        <v>566</v>
+      </c>
+      <c r="B40" s="43"/>
+      <c r="C40" s="42" t="s">
+        <v>567</v>
+      </c>
+      <c r="D40" s="43" t="s">
+        <v>568</v>
+      </c>
+      <c r="E40" s="47" t="s">
+        <v>498</v>
+      </c>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A41" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="B41" s="15"/>
+      <c r="C41" s="14" t="s">
+        <v>570</v>
+      </c>
+      <c r="D41" s="15" t="s">
+        <v>571</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F41" s="19"/>
+      <c r="G41" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A42" s="44" t="s">
+        <v>572</v>
+      </c>
+      <c r="B42" s="42" t="s">
+        <v>573</v>
+      </c>
+      <c r="C42" s="43"/>
+      <c r="D42" s="43" t="s">
+        <v>574</v>
+      </c>
+      <c r="E42" s="47" t="s">
+        <v>53</v>
+      </c>
+      <c r="F42" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G42" s="46"/>
+    </row>
+    <row r="43" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="16" t="s">
+        <v>575</v>
+      </c>
+      <c r="B43" s="15"/>
+      <c r="C43" s="14" t="s">
+        <v>576</v>
+      </c>
+      <c r="D43" s="15" t="s">
+        <v>577</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F43" s="19"/>
+      <c r="G43" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A44" s="12" t="s">
+        <v>210</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="10" t="s">
+        <v>578</v>
+      </c>
+      <c r="D44" s="11" t="s">
+        <v>212</v>
+      </c>
+      <c r="E44" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="F44" s="21"/>
+      <c r="G44" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A45" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>579</v>
+      </c>
+      <c r="C45" s="15"/>
+      <c r="D45" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F45" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G45" s="19"/>
+    </row>
+    <row r="46" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="44" t="s">
+        <v>580</v>
+      </c>
+      <c r="B46" s="42" t="s">
+        <v>581</v>
+      </c>
+      <c r="C46" s="43"/>
+      <c r="D46" s="43" t="s">
+        <v>582</v>
+      </c>
+      <c r="E46" s="47" t="s">
+        <v>583</v>
+      </c>
+      <c r="F46" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G46" s="46"/>
+    </row>
+    <row r="47" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A47" s="16" t="s">
+        <v>584</v>
+      </c>
+      <c r="B47" s="14" t="s">
+        <v>585</v>
+      </c>
+      <c r="C47" s="15"/>
+      <c r="D47" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F47" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G47" s="19"/>
+    </row>
+    <row r="48" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A48" s="44" t="s">
+        <v>587</v>
+      </c>
+      <c r="B48" s="43"/>
+      <c r="C48" s="42" t="s">
+        <v>588</v>
+      </c>
+      <c r="D48" s="43" t="s">
+        <v>589</v>
+      </c>
+      <c r="E48" s="47" t="s">
+        <v>91</v>
+      </c>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="16" t="s">
+        <v>590</v>
+      </c>
+      <c r="B49" s="14" t="s">
+        <v>591</v>
+      </c>
+      <c r="C49" s="15"/>
+      <c r="D49" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="E49" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="F49" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G49" s="19"/>
+    </row>
+    <row r="50" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A50" s="44" t="s">
+        <v>594</v>
+      </c>
+      <c r="B50" s="42" t="s">
+        <v>595</v>
+      </c>
+      <c r="C50" s="43"/>
+      <c r="D50" s="43" t="s">
+        <v>596</v>
+      </c>
+      <c r="E50" s="47" t="s">
+        <v>597</v>
+      </c>
+      <c r="F50" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G50" s="46"/>
+    </row>
+    <row r="51" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A51" s="16" t="s">
+        <v>598</v>
+      </c>
+      <c r="B51" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="C51" s="15"/>
+      <c r="D51" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="E51" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G51" s="19"/>
+    </row>
+    <row r="52" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A52" s="44" t="s">
+        <v>601</v>
+      </c>
+      <c r="B52" s="43"/>
+      <c r="C52" s="51" t="s">
+        <v>602</v>
+      </c>
+      <c r="D52" s="43" t="s">
         <v>456</v>
       </c>
-      <c r="F10" s="59"/>
-[...34 lines deleted...]
-      <c r="E12" s="25" t="s">
+      <c r="E52" s="47" t="s">
+        <v>109</v>
+      </c>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A53" s="16" t="s">
+        <v>604</v>
+      </c>
+      <c r="B53" s="15"/>
+      <c r="C53" s="14" t="s">
+        <v>605</v>
+      </c>
+      <c r="D53" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="E53" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="F53" s="19"/>
+      <c r="G53" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A54" s="44" t="s">
+        <v>607</v>
+      </c>
+      <c r="B54" s="51" t="s">
+        <v>608</v>
+      </c>
+      <c r="C54" s="43"/>
+      <c r="D54" s="43" t="s">
+        <v>609</v>
+      </c>
+      <c r="E54" s="47" t="s">
+        <v>91</v>
+      </c>
+      <c r="F54" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G54" s="46"/>
+    </row>
+    <row r="55" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A55" s="16" t="s">
+        <v>610</v>
+      </c>
+      <c r="B55" s="14" t="s">
+        <v>611</v>
+      </c>
+      <c r="C55" s="15"/>
+      <c r="D55" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="E55" s="18" t="s">
+        <v>495</v>
+      </c>
+      <c r="F55" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G55" s="19"/>
+    </row>
+    <row r="56" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A56" s="12" t="s">
+        <v>613</v>
+      </c>
+      <c r="B56" s="11"/>
+      <c r="C56" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="D56" s="11" t="s">
+        <v>615</v>
+      </c>
+      <c r="E56" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" s="21"/>
+      <c r="G56" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A57" s="16" t="s">
+        <v>616</v>
+      </c>
+      <c r="B57" s="14" t="s">
+        <v>617</v>
+      </c>
+      <c r="C57" s="15"/>
+      <c r="D57" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="E57" s="18" t="s">
+        <v>495</v>
+      </c>
+      <c r="F57" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G57" s="19"/>
+    </row>
+    <row r="58" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="44" t="s">
+        <v>619</v>
+      </c>
+      <c r="B58" s="51" t="s">
+        <v>620</v>
+      </c>
+      <c r="C58" s="43"/>
+      <c r="D58" s="43" t="s">
+        <v>621</v>
+      </c>
+      <c r="E58" s="47" t="s">
+        <v>316</v>
+      </c>
+      <c r="F58" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G58" s="46"/>
+    </row>
+    <row r="59" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A59" s="16" t="s">
+        <v>622</v>
+      </c>
+      <c r="B59" s="15"/>
+      <c r="C59" s="14" t="s">
+        <v>623</v>
+      </c>
+      <c r="D59" s="15" t="s">
+        <v>624</v>
+      </c>
+      <c r="E59" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F59" s="19"/>
+      <c r="G59" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A60" s="44" t="s">
+        <v>625</v>
+      </c>
+      <c r="B60" s="51" t="s">
+        <v>626</v>
+      </c>
+      <c r="C60" s="43"/>
+      <c r="D60" s="43" t="s">
+        <v>627</v>
+      </c>
+      <c r="E60" s="47" t="s">
+        <v>495</v>
+      </c>
+      <c r="F60" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G60" s="46"/>
+    </row>
+    <row r="61" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A61" s="16" t="s">
+        <v>628</v>
+      </c>
+      <c r="B61" s="15"/>
+      <c r="C61" s="14" t="s">
+        <v>629</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>630</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F61" s="19"/>
+      <c r="G61" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A62" s="44" t="s">
+        <v>631</v>
+      </c>
+      <c r="B62" s="43"/>
+      <c r="C62" s="51" t="s">
+        <v>632</v>
+      </c>
+      <c r="D62" s="43" t="s">
+        <v>633</v>
+      </c>
+      <c r="E62" s="47" t="s">
+        <v>91</v>
+      </c>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A63" s="16" t="s">
+        <v>634</v>
+      </c>
+      <c r="B63" s="15"/>
+      <c r="C63" s="14" t="s">
+        <v>635</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="E63" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F63" s="19"/>
+      <c r="G63" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A64" s="44" t="s">
+        <v>637</v>
+      </c>
+      <c r="B64" s="51" t="s">
+        <v>638</v>
+      </c>
+      <c r="C64" s="43"/>
+      <c r="D64" s="43" t="s">
+        <v>639</v>
+      </c>
+      <c r="E64" s="47" t="s">
+        <v>69</v>
+      </c>
+      <c r="F64" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G64" s="46"/>
+    </row>
+    <row r="65" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A65" s="16" t="s">
+        <v>640</v>
+      </c>
+      <c r="B65" s="14" t="s">
+        <v>641</v>
+      </c>
+      <c r="C65" s="15"/>
+      <c r="D65" s="15" t="s">
+        <v>642</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F65" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G65" s="19"/>
+    </row>
+    <row r="66" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A66" s="44" t="s">
+        <v>643</v>
+      </c>
+      <c r="B66" s="51" t="s">
+        <v>644</v>
+      </c>
+      <c r="C66" s="43"/>
+      <c r="D66" s="43" t="s">
+        <v>645</v>
+      </c>
+      <c r="E66" s="47" t="s">
+        <v>646</v>
+      </c>
+      <c r="F66" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G66" s="46"/>
+    </row>
+    <row r="67" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A67" s="16" t="s">
+        <v>647</v>
+      </c>
+      <c r="B67" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="C67" s="15"/>
+      <c r="D67" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>650</v>
+      </c>
+      <c r="F67" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G67" s="19"/>
+    </row>
+    <row r="68" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="44" t="s">
+        <v>279</v>
+      </c>
+      <c r="B68" s="51" t="s">
+        <v>651</v>
+      </c>
+      <c r="C68" s="43"/>
+      <c r="D68" s="43" t="s">
+        <v>281</v>
+      </c>
+      <c r="E68" s="47" t="s">
+        <v>53</v>
+      </c>
+      <c r="F68" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G68" s="46"/>
+    </row>
+    <row r="69" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A69" s="16" t="s">
+        <v>652</v>
+      </c>
+      <c r="B69" s="15"/>
+      <c r="C69" s="14" t="s">
+        <v>653</v>
+      </c>
+      <c r="D69" s="15" t="s">
+        <v>654</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F69" s="19"/>
+      <c r="G69" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A70" s="44" t="s">
+        <v>655</v>
+      </c>
+      <c r="B70" s="51" t="s">
+        <v>656</v>
+      </c>
+      <c r="C70" s="48"/>
+      <c r="D70" s="43" t="s">
+        <v>657</v>
+      </c>
+      <c r="E70" s="47" t="s">
+        <v>91</v>
+      </c>
+      <c r="F70" s="46" t="s">
+        <v>102</v>
+      </c>
+      <c r="G70" s="46"/>
+    </row>
+    <row r="71" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="16" t="s">
+        <v>658</v>
+      </c>
+      <c r="B71" s="14" t="s">
+        <v>659</v>
+      </c>
+      <c r="C71" s="24"/>
+      <c r="D71" s="15" t="s">
+        <v>660</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="F71" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G71" s="19"/>
+    </row>
+    <row r="72" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A72" s="44" t="s">
+        <v>661</v>
+      </c>
+      <c r="B72" s="43"/>
+      <c r="C72" s="51" t="s">
+        <v>662</v>
+      </c>
+      <c r="D72" s="43" t="s">
+        <v>663</v>
+      </c>
+      <c r="E72" s="47" t="s">
+        <v>664</v>
+      </c>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A73" s="16" t="s">
+        <v>665</v>
+      </c>
+      <c r="B73" s="15"/>
+      <c r="C73" s="14" t="s">
+        <v>666</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>667</v>
+      </c>
+      <c r="E73" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F73" s="19"/>
+      <c r="G73" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A74" s="44" t="s">
+        <v>668</v>
+      </c>
+      <c r="B74" s="43"/>
+      <c r="C74" s="51" t="s">
+        <v>669</v>
+      </c>
+      <c r="D74" s="43" t="s">
+        <v>670</v>
+      </c>
+      <c r="E74" s="47" t="s">
+        <v>109</v>
+      </c>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="16" t="s">
+        <v>671</v>
+      </c>
+      <c r="B75" s="14" t="s">
+        <v>672</v>
+      </c>
+      <c r="C75" s="26"/>
+      <c r="D75" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="E75" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G75" s="19"/>
+    </row>
+    <row r="76" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A76" s="12" t="s">
+        <v>674</v>
+      </c>
+      <c r="B76" s="10" t="s">
+        <v>675</v>
+      </c>
+      <c r="C76" s="27"/>
+      <c r="D76" s="11" t="s">
+        <v>676</v>
+      </c>
+      <c r="E76" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G76" s="21"/>
+    </row>
+    <row r="77" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A77" s="16" t="s">
+        <v>677</v>
+      </c>
+      <c r="B77" s="14" t="s">
+        <v>678</v>
+      </c>
+      <c r="C77" s="26"/>
+      <c r="D77" s="15" t="s">
+        <v>679</v>
+      </c>
+      <c r="E77" s="18" t="s">
+        <v>664</v>
+      </c>
+      <c r="F77" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G77" s="19"/>
+    </row>
+    <row r="78" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A78" s="44" t="s">
+        <v>680</v>
+      </c>
+      <c r="B78" s="51" t="s">
+        <v>681</v>
+      </c>
+      <c r="C78" s="55"/>
+      <c r="D78" s="43" t="s">
+        <v>682</v>
+      </c>
+      <c r="E78" s="47" t="s">
+        <v>166</v>
+      </c>
+      <c r="F78" s="46" t="s">
+        <v>102</v>
+      </c>
+      <c r="G78" s="46"/>
+    </row>
+    <row r="79" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A79" s="16" t="s">
+        <v>683</v>
+      </c>
+      <c r="B79" s="15"/>
+      <c r="C79" s="14" t="s">
+        <v>684</v>
+      </c>
+      <c r="D79" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="E79" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F79" s="19"/>
+      <c r="G79" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A80" s="44" t="s">
+        <v>686</v>
+      </c>
+      <c r="B80" s="51" t="s">
+        <v>687</v>
+      </c>
+      <c r="C80" s="43"/>
+      <c r="D80" s="43" t="s">
+        <v>688</v>
+      </c>
+      <c r="E80" s="47" t="s">
+        <v>689</v>
+      </c>
+      <c r="F80" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G80" s="46"/>
+    </row>
+    <row r="81" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A81" s="16" t="s">
+        <v>690</v>
+      </c>
+      <c r="B81" s="14" t="s">
+        <v>691</v>
+      </c>
+      <c r="C81" s="15"/>
+      <c r="D81" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="E81" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F81" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G81" s="19"/>
+    </row>
+    <row r="82" spans="1:7" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="44" t="s">
+        <v>693</v>
+      </c>
+      <c r="B82" s="51" t="s">
+        <v>694</v>
+      </c>
+      <c r="C82" s="43"/>
+      <c r="D82" s="43" t="s">
+        <v>695</v>
+      </c>
+      <c r="E82" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G82" s="46"/>
+    </row>
+    <row r="83" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A83" s="16" t="s">
+        <v>696</v>
+      </c>
+      <c r="B83" s="15"/>
+      <c r="C83" s="14" t="s">
+        <v>697</v>
+      </c>
+      <c r="D83" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="F83" s="19"/>
+      <c r="G83" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A84" s="27" t="s">
+        <v>699</v>
+      </c>
+      <c r="B84" s="23"/>
+      <c r="C84" s="17" t="s">
+        <v>700</v>
+      </c>
+      <c r="D84" s="23" t="s">
+        <v>701</v>
+      </c>
+      <c r="E84" s="20" t="s">
+        <v>702</v>
+      </c>
+      <c r="F84" s="21"/>
+      <c r="G84" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A85" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="B85" s="25" t="s">
+        <v>704</v>
+      </c>
+      <c r="C85" s="24"/>
+      <c r="D85" s="24" t="s">
+        <v>705</v>
+      </c>
+      <c r="E85" s="18" t="s">
+        <v>498</v>
+      </c>
+      <c r="F85" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G85" s="19"/>
+    </row>
+    <row r="86" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A86" s="27" t="s">
+        <v>706</v>
+      </c>
+      <c r="B86" s="23"/>
+      <c r="C86" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="D86" s="23" t="s">
+        <v>708</v>
+      </c>
+      <c r="E86" s="20" t="s">
+        <v>709</v>
+      </c>
+      <c r="F86" s="21"/>
+      <c r="G86" s="21"/>
+    </row>
+    <row r="87" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A87" s="26" t="s">
+        <v>710</v>
+      </c>
+      <c r="B87" s="24"/>
+      <c r="C87" s="25" t="s">
+        <v>711</v>
+      </c>
+      <c r="D87" s="24" t="s">
+        <v>712</v>
+      </c>
+      <c r="E87" s="18" t="s">
+        <v>713</v>
+      </c>
+      <c r="F87" s="19"/>
+      <c r="G87" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A88" s="27" t="s">
+        <v>714</v>
+      </c>
+      <c r="B88" s="17" t="s">
+        <v>715</v>
+      </c>
+      <c r="C88" s="23"/>
+      <c r="D88" s="23" t="s">
+        <v>716</v>
+      </c>
+      <c r="E88" s="20" t="s">
+        <v>717</v>
+      </c>
+      <c r="F88" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G88" s="21"/>
+    </row>
+    <row r="89" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A89" s="26" t="s">
+        <v>718</v>
+      </c>
+      <c r="B89" s="25" t="s">
+        <v>719</v>
+      </c>
+      <c r="C89" s="24"/>
+      <c r="D89" s="24" t="s">
+        <v>720</v>
+      </c>
+      <c r="E89" s="18" t="s">
+        <v>721</v>
+      </c>
+      <c r="F89" s="19"/>
+      <c r="G89" s="19"/>
+    </row>
+    <row r="90" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A90" s="27" t="s">
+        <v>722</v>
+      </c>
+      <c r="B90" s="17" t="s">
+        <v>723</v>
+      </c>
+      <c r="C90" s="23"/>
+      <c r="D90" s="23" t="s">
+        <v>724</v>
+      </c>
+      <c r="E90" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F90" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G90" s="21"/>
+    </row>
+    <row r="91" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A91" s="26" t="s">
+        <v>725</v>
+      </c>
+      <c r="B91" s="25" t="s">
+        <v>726</v>
+      </c>
+      <c r="C91" s="24"/>
+      <c r="D91" s="24" t="s">
+        <v>727</v>
+      </c>
+      <c r="E91" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F91" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G91" s="19"/>
+    </row>
+    <row r="92" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A92" s="27" t="s">
+        <v>728</v>
+      </c>
+      <c r="B92" s="17" t="s">
+        <v>729</v>
+      </c>
+      <c r="C92" s="23"/>
+      <c r="D92" s="23" t="s">
+        <v>730</v>
+      </c>
+      <c r="E92" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F92" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G92" s="21"/>
+    </row>
+    <row r="93" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A93" s="26" t="s">
+        <v>731</v>
+      </c>
+      <c r="B93" s="25" t="s">
+        <v>732</v>
+      </c>
+      <c r="C93" s="24"/>
+      <c r="D93" s="24" t="s">
+        <v>733</v>
+      </c>
+      <c r="E93" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F93" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G93" s="19"/>
+    </row>
+    <row r="94" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A94" s="27" t="s">
+        <v>362</v>
+      </c>
+      <c r="B94" s="23"/>
+      <c r="C94" s="17" t="s">
+        <v>734</v>
+      </c>
+      <c r="D94" s="23" t="s">
+        <v>364</v>
+      </c>
+      <c r="E94" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F94" s="21"/>
+      <c r="G94" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A95" s="26" t="s">
+        <v>735</v>
+      </c>
+      <c r="B95" s="25" t="s">
+        <v>736</v>
+      </c>
+      <c r="C95" s="24"/>
+      <c r="D95" s="24" t="s">
+        <v>56</v>
+      </c>
+      <c r="E95" s="18" t="s">
+        <v>737</v>
+      </c>
+      <c r="F95" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G95" s="19"/>
+    </row>
+    <row r="96" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A96" s="27" t="s">
+        <v>738</v>
+      </c>
+      <c r="B96" s="23"/>
+      <c r="C96" s="17" t="s">
+        <v>739</v>
+      </c>
+      <c r="D96" s="23" t="s">
+        <v>740</v>
+      </c>
+      <c r="E96" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="21"/>
+      <c r="G96" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="24" t="s">
+        <v>394</v>
+      </c>
+      <c r="B97" s="25" t="s">
+        <v>741</v>
+      </c>
+      <c r="C97" s="24"/>
+      <c r="D97" s="24" t="s">
+        <v>397</v>
+      </c>
+      <c r="E97" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F97" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="G97" s="18"/>
+    </row>
+    <row r="98" spans="1:7" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="27" t="s">
+        <v>742</v>
+      </c>
+      <c r="B98" s="17" t="s">
+        <v>743</v>
+      </c>
+      <c r="C98" s="23"/>
+      <c r="D98" s="23" t="s">
+        <v>744</v>
+      </c>
+      <c r="E98" s="20" t="s">
+        <v>745</v>
+      </c>
+      <c r="F98" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G98" s="21"/>
+    </row>
+    <row r="99" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A99" s="26" t="s">
+        <v>746</v>
+      </c>
+      <c r="B99" s="25" t="s">
+        <v>747</v>
+      </c>
+      <c r="C99" s="24"/>
+      <c r="D99" s="24" t="s">
+        <v>748</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>749</v>
+      </c>
+      <c r="F99" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G99" s="19"/>
+    </row>
+    <row r="100" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="27" t="s">
+        <v>750</v>
+      </c>
+      <c r="B100" s="17" t="s">
+        <v>751</v>
+      </c>
+      <c r="C100" s="23"/>
+      <c r="D100" s="23" t="s">
+        <v>752</v>
+      </c>
+      <c r="E100" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F100" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G100" s="21"/>
+    </row>
+    <row r="101" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A101" s="26" t="s">
+        <v>753</v>
+      </c>
+      <c r="B101" s="25" t="s">
+        <v>754</v>
+      </c>
+      <c r="C101" s="24"/>
+      <c r="D101" s="24" t="s">
+        <v>755</v>
+      </c>
+      <c r="E101" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F101" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G101" s="19"/>
+    </row>
+    <row r="102" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A102" s="27" t="s">
+        <v>756</v>
+      </c>
+      <c r="B102" s="17" t="s">
+        <v>757</v>
+      </c>
+      <c r="C102" s="23"/>
+      <c r="D102" s="23" t="s">
+        <v>758</v>
+      </c>
+      <c r="E102" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F102" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G102" s="21"/>
+    </row>
+    <row r="103" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A103" s="26" t="s">
+        <v>759</v>
+      </c>
+      <c r="B103" s="25" t="s">
+        <v>760</v>
+      </c>
+      <c r="C103" s="24"/>
+      <c r="D103" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="E103" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F103" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G103" s="19"/>
+    </row>
+    <row r="104" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="B104" s="17" t="s">
+        <v>763</v>
+      </c>
+      <c r="C104" s="23"/>
+      <c r="D104" s="23" t="s">
+        <v>764</v>
+      </c>
+      <c r="E104" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F104" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G104" s="21"/>
+    </row>
+    <row r="105" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A105" s="26" t="s">
+        <v>765</v>
+      </c>
+      <c r="B105" s="25" t="s">
+        <v>766</v>
+      </c>
+      <c r="C105" s="24"/>
+      <c r="D105" s="24" t="s">
+        <v>767</v>
+      </c>
+      <c r="E105" s="18" t="s">
+        <v>768</v>
+      </c>
+      <c r="F105" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G105" s="19"/>
+    </row>
+    <row r="106" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A106" s="27" t="s">
+        <v>769</v>
+      </c>
+      <c r="B106" s="17" t="s">
+        <v>770</v>
+      </c>
+      <c r="C106" s="23"/>
+      <c r="D106" s="23" t="s">
+        <v>771</v>
+      </c>
+      <c r="E106" s="20" t="s">
+        <v>772</v>
+      </c>
+      <c r="F106" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G106" s="21"/>
+    </row>
+    <row r="107" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A107" s="26" t="s">
+        <v>773</v>
+      </c>
+      <c r="B107" s="24"/>
+      <c r="C107" s="25" t="s">
+        <v>774</v>
+      </c>
+      <c r="D107" s="24" t="s">
+        <v>775</v>
+      </c>
+      <c r="E107" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="19"/>
+      <c r="G107" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="27" t="s">
+        <v>776</v>
+      </c>
+      <c r="B108" s="23"/>
+      <c r="C108" s="17" t="s">
+        <v>777</v>
+      </c>
+      <c r="D108" s="23" t="s">
+        <v>778</v>
+      </c>
+      <c r="E108" s="20" t="s">
+        <v>352</v>
+      </c>
+      <c r="F108" s="21"/>
+      <c r="G108" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A109" s="26" t="s">
+        <v>779</v>
+      </c>
+      <c r="B109" s="25" t="s">
+        <v>780</v>
+      </c>
+      <c r="C109" s="25" t="s">
+        <v>781</v>
+      </c>
+      <c r="D109" s="24" t="s">
+        <v>782</v>
+      </c>
+      <c r="E109" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F109" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G109" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A110" s="27" t="s">
+        <v>783</v>
+      </c>
+      <c r="B110" s="23"/>
+      <c r="C110" s="17" t="s">
+        <v>784</v>
+      </c>
+      <c r="D110" s="23" t="s">
+        <v>785</v>
+      </c>
+      <c r="E110" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F110" s="21"/>
+      <c r="G110" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A111" s="26" t="s">
+        <v>786</v>
+      </c>
+      <c r="B111" s="24"/>
+      <c r="C111" s="25" t="s">
+        <v>787</v>
+      </c>
+      <c r="D111" s="24" t="s">
+        <v>788</v>
+      </c>
+      <c r="E111" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F111" s="19"/>
+      <c r="G111" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A112" s="27" t="s">
+        <v>789</v>
+      </c>
+      <c r="B112" s="23"/>
+      <c r="C112" s="17" t="s">
+        <v>790</v>
+      </c>
+      <c r="D112" s="23" t="s">
+        <v>791</v>
+      </c>
+      <c r="E112" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F112" s="21"/>
+      <c r="G112" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A113" s="26" t="s">
+        <v>792</v>
+      </c>
+      <c r="B113" s="24"/>
+      <c r="C113" s="25" t="s">
+        <v>793</v>
+      </c>
+      <c r="D113" s="24" t="s">
+        <v>794</v>
+      </c>
+      <c r="E113" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F113" s="19"/>
+      <c r="G113" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A114" s="27" t="s">
+        <v>795</v>
+      </c>
+      <c r="B114" s="17" t="s">
+        <v>796</v>
+      </c>
+      <c r="C114" s="23"/>
+      <c r="D114" s="23" t="s">
+        <v>797</v>
+      </c>
+      <c r="E114" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F114" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G114" s="21"/>
+    </row>
+    <row r="115" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A115" s="26" t="s">
+        <v>798</v>
+      </c>
+      <c r="B115" s="25" t="s">
+        <v>799</v>
+      </c>
+      <c r="C115" s="24"/>
+      <c r="D115" s="24" t="s">
+        <v>165</v>
+      </c>
+      <c r="E115" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F115" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G115" s="19"/>
+    </row>
+    <row r="116" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A116" s="27" t="s">
+        <v>800</v>
+      </c>
+      <c r="B116" s="17" t="s">
+        <v>801</v>
+      </c>
+      <c r="C116" s="23"/>
+      <c r="D116" s="23" t="s">
+        <v>802</v>
+      </c>
+      <c r="E116" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F116" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G116" s="21"/>
+    </row>
+    <row r="117" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A117" s="26" t="s">
+        <v>803</v>
+      </c>
+      <c r="B117" s="25" t="s">
+        <v>804</v>
+      </c>
+      <c r="C117" s="24"/>
+      <c r="D117" s="24" t="s">
+        <v>805</v>
+      </c>
+      <c r="E117" s="18" t="s">
+        <v>806</v>
+      </c>
+      <c r="F117" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G117" s="19"/>
+    </row>
+    <row r="118" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A118" s="27" t="s">
+        <v>807</v>
+      </c>
+      <c r="B118" s="17" t="s">
+        <v>808</v>
+      </c>
+      <c r="C118" s="23"/>
+      <c r="D118" s="23" t="s">
+        <v>809</v>
+      </c>
+      <c r="E118" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F118" s="21"/>
+      <c r="G118" s="21"/>
+    </row>
+    <row r="119" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A119" s="26" t="s">
+        <v>810</v>
+      </c>
+      <c r="B119" s="25" t="s">
+        <v>811</v>
+      </c>
+      <c r="C119" s="24"/>
+      <c r="D119" s="24" t="s">
+        <v>812</v>
+      </c>
+      <c r="E119" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="59"/>
-[...15 lines deleted...]
-      <c r="E13" s="41" t="s">
+      <c r="F119" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G119" s="19"/>
+    </row>
+    <row r="120" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A120" s="27" t="s">
+        <v>813</v>
+      </c>
+      <c r="B120" s="17" t="s">
+        <v>814</v>
+      </c>
+      <c r="C120" s="23"/>
+      <c r="D120" s="23" t="s">
+        <v>815</v>
+      </c>
+      <c r="E120" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="F120" s="21"/>
+      <c r="G120" s="21"/>
+    </row>
+    <row r="121" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A121" s="26" t="s">
+        <v>816</v>
+      </c>
+      <c r="B121" s="25" t="s">
+        <v>817</v>
+      </c>
+      <c r="C121" s="24"/>
+      <c r="D121" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="E121" s="18" t="s">
+        <v>819</v>
+      </c>
+      <c r="F121" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G121" s="19"/>
+    </row>
+    <row r="122" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A122" s="27" t="s">
+        <v>820</v>
+      </c>
+      <c r="B122" s="17" t="s">
+        <v>821</v>
+      </c>
+      <c r="C122" s="23"/>
+      <c r="D122" s="23" t="s">
+        <v>822</v>
+      </c>
+      <c r="E122" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="F13" s="42" t="s">
-[...110 lines deleted...]
-      <c r="E19" s="41" t="s">
+      <c r="F122" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G122" s="21"/>
+    </row>
+    <row r="123" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A123" s="26" t="s">
+        <v>823</v>
+      </c>
+      <c r="B123" s="25" t="s">
+        <v>824</v>
+      </c>
+      <c r="C123" s="24"/>
+      <c r="D123" s="24" t="s">
+        <v>825</v>
+      </c>
+      <c r="E123" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="F19" s="42" t="s">
-[...1980 lines deleted...]
-      <c r="G123" s="75"/>
+      <c r="F123" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G123" s="19"/>
+    </row>
+    <row r="124" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A124" s="55" t="s">
+        <v>826</v>
+      </c>
+      <c r="B124" s="49" t="s">
+        <v>827</v>
+      </c>
+      <c r="C124" s="48"/>
+      <c r="D124" s="56" t="s">
+        <v>828</v>
+      </c>
+      <c r="E124" s="47"/>
+      <c r="F124" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G124" s="46"/>
+    </row>
+    <row r="125" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A125" s="26" t="s">
+        <v>829</v>
+      </c>
+      <c r="B125" s="25" t="s">
+        <v>830</v>
+      </c>
+      <c r="C125" s="24"/>
+      <c r="D125" s="37" t="s">
+        <v>831</v>
+      </c>
+      <c r="E125" s="18"/>
+      <c r="F125" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G125" s="19"/>
+    </row>
+    <row r="126" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A126" s="55" t="s">
+        <v>832</v>
+      </c>
+      <c r="B126" s="49" t="s">
+        <v>833</v>
+      </c>
+      <c r="C126" s="48"/>
+      <c r="D126" s="56" t="s">
+        <v>834</v>
+      </c>
+      <c r="E126" s="47"/>
+      <c r="F126" s="46" t="s">
+        <v>232</v>
+      </c>
+      <c r="G126" s="46"/>
+    </row>
+    <row r="127" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A127" s="26" t="s">
+        <v>835</v>
+      </c>
+      <c r="B127" s="57" t="s">
+        <v>836</v>
+      </c>
+      <c r="C127" s="24"/>
+      <c r="D127" s="24" t="s">
+        <v>837</v>
+      </c>
+      <c r="E127" s="18"/>
+      <c r="F127" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G127" s="19"/>
+    </row>
+    <row r="128" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A128" s="27" t="s">
+        <v>838</v>
+      </c>
+      <c r="B128" s="17" t="s">
+        <v>839</v>
+      </c>
+      <c r="C128" s="23"/>
+      <c r="D128" s="23" t="s">
+        <v>840</v>
+      </c>
+      <c r="E128" s="20"/>
+      <c r="F128" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G128" s="21"/>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A129" s="5"/>
+      <c r="B129" s="5"/>
+      <c r="C129" s="5"/>
+      <c r="D129" s="5"/>
+      <c r="E129" s="5"/>
+      <c r="F129" s="5"/>
+      <c r="G129" s="5"/>
+    </row>
+    <row r="130" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A130" s="5"/>
+      <c r="B130" s="5"/>
+      <c r="C130" s="5"/>
+      <c r="D130" s="5"/>
+      <c r="E130" s="5"/>
+      <c r="F130" s="5"/>
+      <c r="G130" s="5"/>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A131" s="5"/>
+      <c r="B131" s="5"/>
+      <c r="C131" s="5"/>
+      <c r="D131" s="5"/>
+      <c r="E131" s="5"/>
+      <c r="F131" s="5"/>
+      <c r="G131" s="5"/>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A132" s="5"/>
+      <c r="B132" s="5"/>
+      <c r="C132" s="5"/>
+      <c r="D132" s="5"/>
+      <c r="E132" s="5"/>
+      <c r="F132" s="5"/>
+      <c r="G132" s="5"/>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A133" s="5"/>
+      <c r="B133" s="5"/>
+      <c r="C133" s="5"/>
+      <c r="D133" s="5"/>
+      <c r="E133" s="5"/>
+      <c r="F133" s="5"/>
+      <c r="G133" s="5"/>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A134" s="5"/>
+      <c r="B134" s="5"/>
+      <c r="C134" s="5"/>
+      <c r="D134" s="5"/>
+      <c r="E134" s="5"/>
+      <c r="F134" s="5"/>
+      <c r="G134" s="5"/>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A135" s="5"/>
+      <c r="B135" s="5"/>
+      <c r="C135" s="5"/>
+      <c r="D135" s="5"/>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
+      <c r="G135" s="5"/>
+    </row>
+    <row r="136" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A136" s="5"/>
+      <c r="B136" s="5"/>
+      <c r="C136" s="5"/>
+      <c r="D136" s="5"/>
+      <c r="E136" s="5"/>
+      <c r="F136" s="5"/>
+      <c r="G136" s="5"/>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A137" s="5"/>
+      <c r="B137" s="5"/>
+      <c r="C137" s="5"/>
+      <c r="D137" s="5"/>
+      <c r="E137" s="5"/>
+      <c r="F137" s="5"/>
+      <c r="G137" s="5"/>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A138" s="5"/>
+      <c r="B138" s="5"/>
+      <c r="C138" s="5"/>
+      <c r="D138" s="5"/>
+      <c r="E138" s="5"/>
+      <c r="F138" s="5"/>
+      <c r="G138" s="5"/>
+    </row>
+    <row r="139" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A139" s="5"/>
+      <c r="B139" s="5"/>
+      <c r="C139" s="5"/>
+      <c r="D139" s="5"/>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
+      <c r="G139" s="5"/>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A140" s="5"/>
+      <c r="B140" s="5"/>
+      <c r="C140" s="5"/>
+      <c r="D140" s="5"/>
+      <c r="E140" s="5"/>
+      <c r="F140" s="5"/>
+      <c r="G140" s="5"/>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A141" s="5"/>
+      <c r="B141" s="5"/>
+      <c r="C141" s="5"/>
+      <c r="D141" s="5"/>
+      <c r="E141" s="5"/>
+      <c r="F141" s="5"/>
+      <c r="G141" s="5"/>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A142" s="5"/>
+      <c r="B142" s="5"/>
+      <c r="C142" s="5"/>
+      <c r="D142" s="5"/>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
+      <c r="G142" s="5"/>
+    </row>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A143" s="5"/>
+      <c r="B143" s="5"/>
+      <c r="C143" s="5"/>
+      <c r="D143" s="5"/>
+      <c r="E143" s="5"/>
+      <c r="F143" s="5"/>
+      <c r="G143" s="5"/>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A144" s="5"/>
+      <c r="B144" s="5"/>
+      <c r="C144" s="5"/>
+      <c r="D144" s="5"/>
+      <c r="E144" s="5"/>
+      <c r="F144" s="5"/>
+      <c r="G144" s="5"/>
+    </row>
+    <row r="145" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A145" s="5"/>
+      <c r="B145" s="5"/>
+      <c r="C145" s="5"/>
+      <c r="D145" s="5"/>
+      <c r="E145" s="5"/>
+      <c r="F145" s="5"/>
+      <c r="G145" s="5"/>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A146" s="5"/>
+      <c r="B146" s="5"/>
+      <c r="C146" s="5"/>
+      <c r="D146" s="5"/>
+      <c r="E146" s="5"/>
+      <c r="F146" s="5"/>
+      <c r="G146" s="5"/>
+    </row>
+    <row r="147" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A147" s="5"/>
+      <c r="B147" s="5"/>
+      <c r="C147" s="5"/>
+      <c r="D147" s="5"/>
+      <c r="E147" s="5"/>
+      <c r="F147" s="5"/>
+      <c r="G147" s="5"/>
+    </row>
+    <row r="148" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A148" s="5"/>
+      <c r="B148" s="5"/>
+      <c r="C148" s="5"/>
+      <c r="D148" s="5"/>
+      <c r="E148" s="5"/>
+      <c r="F148" s="5"/>
+      <c r="G148" s="5"/>
+    </row>
+    <row r="149" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A149" s="5"/>
+      <c r="B149" s="5"/>
+      <c r="C149" s="5"/>
+      <c r="D149" s="5"/>
+      <c r="E149" s="5"/>
+      <c r="F149" s="5"/>
+      <c r="G149" s="5"/>
+    </row>
+    <row r="150" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A150" s="5"/>
+      <c r="B150" s="5"/>
+      <c r="C150" s="5"/>
+      <c r="D150" s="5"/>
+      <c r="E150" s="5"/>
+      <c r="F150" s="5"/>
+      <c r="G150" s="5"/>
+    </row>
+    <row r="151" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A151" s="5"/>
+      <c r="B151" s="5"/>
+      <c r="C151" s="5"/>
+      <c r="D151" s="5"/>
+      <c r="E151" s="5"/>
+      <c r="F151" s="5"/>
+      <c r="G151" s="5"/>
+    </row>
+    <row r="152" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A152" s="5"/>
+      <c r="B152" s="5"/>
+      <c r="C152" s="5"/>
+      <c r="D152" s="5"/>
+      <c r="E152" s="5"/>
+      <c r="F152" s="5"/>
+      <c r="G152" s="5"/>
+    </row>
+    <row r="153" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A153" s="5"/>
+      <c r="B153" s="5"/>
+      <c r="C153" s="5"/>
+      <c r="D153" s="5"/>
+      <c r="E153" s="5"/>
+      <c r="F153" s="5"/>
+      <c r="G153" s="5"/>
+    </row>
+    <row r="154" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A154" s="5"/>
+      <c r="B154" s="5"/>
+      <c r="C154" s="5"/>
+      <c r="D154" s="5"/>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
+      <c r="G154" s="5"/>
+    </row>
+    <row r="155" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A155" s="5"/>
+      <c r="B155" s="5"/>
+      <c r="C155" s="5"/>
+      <c r="D155" s="5"/>
+      <c r="E155" s="5"/>
+      <c r="F155" s="5"/>
+      <c r="G155" s="5"/>
+    </row>
+    <row r="156" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A156" s="5"/>
+      <c r="B156" s="5"/>
+      <c r="C156" s="5"/>
+      <c r="D156" s="5"/>
+      <c r="E156" s="5"/>
+      <c r="F156" s="5"/>
+      <c r="G156" s="5"/>
+    </row>
+    <row r="157" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A157" s="5"/>
+      <c r="B157" s="5"/>
+      <c r="C157" s="5"/>
+      <c r="D157" s="5"/>
+      <c r="E157" s="5"/>
+      <c r="F157" s="5"/>
+      <c r="G157" s="5"/>
+    </row>
+    <row r="158" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A158" s="5"/>
+      <c r="B158" s="5"/>
+      <c r="C158" s="5"/>
+      <c r="D158" s="5"/>
+      <c r="E158" s="5"/>
+      <c r="F158" s="5"/>
+      <c r="G158" s="5"/>
+    </row>
+    <row r="159" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A159" s="5"/>
+      <c r="B159" s="5"/>
+      <c r="C159" s="5"/>
+      <c r="D159" s="5"/>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
+      <c r="G159" s="5"/>
+    </row>
+    <row r="160" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A160" s="5"/>
+      <c r="B160" s="5"/>
+      <c r="C160" s="5"/>
+      <c r="D160" s="5"/>
+      <c r="E160" s="5"/>
+      <c r="F160" s="5"/>
+      <c r="G160" s="5"/>
+    </row>
+    <row r="161" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A161" s="5"/>
+      <c r="B161" s="5"/>
+      <c r="C161" s="5"/>
+      <c r="D161" s="5"/>
+      <c r="E161" s="5"/>
+      <c r="F161" s="5"/>
+      <c r="G161" s="5"/>
+    </row>
+    <row r="162" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A162" s="5"/>
+      <c r="B162" s="5"/>
+      <c r="C162" s="5"/>
+      <c r="D162" s="5"/>
+      <c r="E162" s="5"/>
+      <c r="F162" s="5"/>
+      <c r="G162" s="5"/>
+    </row>
+    <row r="163" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A163" s="5"/>
+      <c r="B163" s="5"/>
+      <c r="C163" s="5"/>
+      <c r="D163" s="5"/>
+      <c r="E163" s="5"/>
+      <c r="F163" s="5"/>
+      <c r="G163" s="5"/>
+    </row>
+    <row r="164" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A164" s="5"/>
+      <c r="B164" s="5"/>
+      <c r="C164" s="5"/>
+      <c r="D164" s="5"/>
+      <c r="E164" s="5"/>
+      <c r="F164" s="5"/>
+      <c r="G164" s="5"/>
+    </row>
+    <row r="165" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A165" s="5"/>
+      <c r="B165" s="5"/>
+      <c r="C165" s="5"/>
+      <c r="D165" s="5"/>
+      <c r="E165" s="5"/>
+      <c r="F165" s="5"/>
+      <c r="G165" s="5"/>
+    </row>
+    <row r="166" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A166" s="5"/>
+      <c r="B166" s="5"/>
+      <c r="C166" s="5"/>
+      <c r="D166" s="5"/>
+      <c r="E166" s="5"/>
+      <c r="F166" s="5"/>
+      <c r="G166" s="5"/>
+    </row>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A167" s="5"/>
+      <c r="B167" s="5"/>
+      <c r="C167" s="5"/>
+      <c r="D167" s="5"/>
+      <c r="E167" s="5"/>
+      <c r="F167" s="5"/>
+      <c r="G167" s="5"/>
+    </row>
+    <row r="168" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A168" s="5"/>
+      <c r="B168" s="5"/>
+      <c r="C168" s="5"/>
+      <c r="D168" s="5"/>
+      <c r="E168" s="5"/>
+      <c r="F168" s="5"/>
+      <c r="G168" s="5"/>
+    </row>
+    <row r="169" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A169" s="5"/>
+      <c r="B169" s="5"/>
+      <c r="C169" s="5"/>
+      <c r="D169" s="5"/>
+      <c r="E169" s="5"/>
+      <c r="F169" s="5"/>
+      <c r="G169" s="5"/>
+    </row>
+    <row r="170" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A170" s="5"/>
+      <c r="B170" s="5"/>
+      <c r="C170" s="5"/>
+      <c r="D170" s="5"/>
+      <c r="E170" s="5"/>
+      <c r="F170" s="5"/>
+      <c r="G170" s="5"/>
+    </row>
+    <row r="171" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A171" s="5"/>
+      <c r="B171" s="5"/>
+      <c r="C171" s="5"/>
+      <c r="D171" s="5"/>
+      <c r="E171" s="5"/>
+      <c r="F171" s="5"/>
+      <c r="G171" s="5"/>
+    </row>
+    <row r="172" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A172" s="5"/>
+      <c r="B172" s="5"/>
+      <c r="C172" s="5"/>
+      <c r="D172" s="5"/>
+      <c r="E172" s="5"/>
+      <c r="F172" s="5"/>
+      <c r="G172" s="5"/>
+    </row>
+    <row r="173" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A173" s="5"/>
+      <c r="B173" s="5"/>
+      <c r="C173" s="5"/>
+      <c r="D173" s="5"/>
+      <c r="E173" s="5"/>
+      <c r="F173" s="5"/>
+      <c r="G173" s="5"/>
+    </row>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A174" s="5"/>
+      <c r="B174" s="5"/>
+      <c r="C174" s="5"/>
+      <c r="D174" s="5"/>
+      <c r="E174" s="5"/>
+      <c r="F174" s="5"/>
+      <c r="G174" s="5"/>
+    </row>
+    <row r="175" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A175" s="5"/>
+      <c r="B175" s="5"/>
+      <c r="C175" s="5"/>
+      <c r="D175" s="5"/>
+      <c r="E175" s="5"/>
+      <c r="F175" s="5"/>
+      <c r="G175" s="5"/>
+    </row>
+    <row r="176" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A176" s="5"/>
+      <c r="B176" s="5"/>
+      <c r="C176" s="5"/>
+      <c r="D176" s="5"/>
+      <c r="E176" s="5"/>
+      <c r="F176" s="5"/>
+      <c r="G176" s="5"/>
+    </row>
+    <row r="177" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A177" s="5"/>
+      <c r="B177" s="5"/>
+      <c r="C177" s="5"/>
+      <c r="D177" s="5"/>
+      <c r="E177" s="5"/>
+      <c r="F177" s="5"/>
+      <c r="G177" s="5"/>
+    </row>
+    <row r="178" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A178" s="5"/>
+      <c r="B178" s="5"/>
+      <c r="C178" s="5"/>
+      <c r="D178" s="5"/>
+      <c r="E178" s="5"/>
+      <c r="F178" s="5"/>
+      <c r="G178" s="5"/>
+    </row>
+    <row r="179" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A179" s="5"/>
+      <c r="B179" s="5"/>
+      <c r="C179" s="5"/>
+      <c r="D179" s="5"/>
+      <c r="E179" s="5"/>
+      <c r="F179" s="5"/>
+      <c r="G179" s="5"/>
+    </row>
+    <row r="180" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A180" s="5"/>
+      <c r="B180" s="5"/>
+      <c r="C180" s="5"/>
+      <c r="D180" s="5"/>
+      <c r="E180" s="5"/>
+      <c r="F180" s="5"/>
+      <c r="G180" s="5"/>
+    </row>
+    <row r="181" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A181" s="5"/>
+      <c r="B181" s="5"/>
+      <c r="C181" s="5"/>
+      <c r="D181" s="5"/>
+      <c r="E181" s="5"/>
+      <c r="F181" s="5"/>
+      <c r="G181" s="5"/>
+    </row>
+    <row r="182" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A182" s="5"/>
+      <c r="B182" s="5"/>
+      <c r="C182" s="5"/>
+      <c r="D182" s="5"/>
+      <c r="E182" s="5"/>
+      <c r="F182" s="5"/>
+      <c r="G182" s="5"/>
+    </row>
+    <row r="183" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A183" s="5"/>
+      <c r="B183" s="5"/>
+      <c r="C183" s="5"/>
+      <c r="D183" s="5"/>
+      <c r="E183" s="5"/>
+      <c r="F183" s="5"/>
+      <c r="G183" s="5"/>
+    </row>
+    <row r="184" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A184" s="5"/>
+      <c r="B184" s="5"/>
+      <c r="C184" s="5"/>
+      <c r="D184" s="5"/>
+      <c r="E184" s="5"/>
+      <c r="F184" s="5"/>
+      <c r="G184" s="5"/>
+    </row>
+    <row r="185" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A185" s="5"/>
+      <c r="B185" s="5"/>
+      <c r="C185" s="5"/>
+      <c r="D185" s="5"/>
+      <c r="E185" s="5"/>
+      <c r="F185" s="5"/>
+      <c r="G185" s="5"/>
+    </row>
+    <row r="186" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A186" s="5"/>
+      <c r="B186" s="5"/>
+      <c r="C186" s="5"/>
+      <c r="D186" s="5"/>
+      <c r="E186" s="5"/>
+      <c r="F186" s="5"/>
+      <c r="G186" s="5"/>
+    </row>
+    <row r="187" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A187" s="5"/>
+      <c r="B187" s="5"/>
+      <c r="C187" s="5"/>
+      <c r="D187" s="5"/>
+      <c r="E187" s="5"/>
+      <c r="F187" s="5"/>
+      <c r="G187" s="5"/>
+    </row>
+    <row r="188" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A188" s="5"/>
+      <c r="B188" s="5"/>
+      <c r="C188" s="5"/>
+      <c r="D188" s="5"/>
+      <c r="E188" s="5"/>
+      <c r="F188" s="5"/>
+      <c r="G188" s="5"/>
+    </row>
+    <row r="189" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A189" s="5"/>
+      <c r="B189" s="5"/>
+      <c r="C189" s="5"/>
+      <c r="D189" s="5"/>
+      <c r="E189" s="5"/>
+      <c r="F189" s="5"/>
+      <c r="G189" s="5"/>
+    </row>
+    <row r="190" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A190" s="5"/>
+      <c r="B190" s="5"/>
+      <c r="C190" s="5"/>
+      <c r="D190" s="5"/>
+      <c r="E190" s="5"/>
+      <c r="F190" s="5"/>
+      <c r="G190" s="5"/>
+    </row>
+    <row r="191" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A191" s="5"/>
+      <c r="B191" s="5"/>
+      <c r="C191" s="5"/>
+      <c r="D191" s="5"/>
+      <c r="E191" s="5"/>
+      <c r="F191" s="5"/>
+      <c r="G191" s="5"/>
+    </row>
+    <row r="192" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A192" s="5"/>
+      <c r="B192" s="5"/>
+      <c r="C192" s="5"/>
+      <c r="D192" s="5"/>
+      <c r="E192" s="5"/>
+      <c r="F192" s="5"/>
+      <c r="G192" s="5"/>
+    </row>
+    <row r="193" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A193" s="5"/>
+      <c r="B193" s="5"/>
+      <c r="C193" s="5"/>
+      <c r="D193" s="5"/>
+      <c r="E193" s="5"/>
+      <c r="F193" s="5"/>
+      <c r="G193" s="5"/>
+    </row>
+    <row r="194" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A194" s="5"/>
+      <c r="B194" s="5"/>
+      <c r="C194" s="5"/>
+      <c r="D194" s="5"/>
+      <c r="E194" s="5"/>
+      <c r="F194" s="5"/>
+      <c r="G194" s="5"/>
+    </row>
+    <row r="195" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A195" s="5"/>
+      <c r="B195" s="5"/>
+      <c r="C195" s="5"/>
+      <c r="D195" s="5"/>
+      <c r="E195" s="5"/>
+      <c r="F195" s="5"/>
+      <c r="G195" s="5"/>
+    </row>
+    <row r="196" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A196" s="5"/>
+      <c r="B196" s="5"/>
+      <c r="C196" s="5"/>
+      <c r="D196" s="5"/>
+      <c r="E196" s="5"/>
+      <c r="F196" s="5"/>
+      <c r="G196" s="5"/>
+    </row>
+    <row r="197" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A197" s="5"/>
+      <c r="B197" s="5"/>
+      <c r="C197" s="5"/>
+      <c r="D197" s="5"/>
+      <c r="E197" s="5"/>
+      <c r="F197" s="5"/>
+      <c r="G197" s="5"/>
+    </row>
+    <row r="198" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A198" s="5"/>
+      <c r="B198" s="5"/>
+      <c r="C198" s="5"/>
+      <c r="D198" s="5"/>
+      <c r="E198" s="5"/>
+      <c r="F198" s="5"/>
+      <c r="G198" s="5"/>
+    </row>
+    <row r="199" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A199" s="5"/>
+      <c r="B199" s="5"/>
+      <c r="C199" s="5"/>
+      <c r="D199" s="5"/>
+      <c r="E199" s="5"/>
+      <c r="F199" s="5"/>
+      <c r="G199" s="5"/>
+    </row>
+    <row r="200" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A200" s="5"/>
+      <c r="B200" s="5"/>
+      <c r="C200" s="5"/>
+      <c r="D200" s="5"/>
+      <c r="E200" s="5"/>
+      <c r="F200" s="5"/>
+      <c r="G200" s="5"/>
+    </row>
+    <row r="201" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A201" s="5"/>
+      <c r="B201" s="5"/>
+      <c r="C201" s="5"/>
+      <c r="D201" s="5"/>
+      <c r="E201" s="5"/>
+      <c r="F201" s="5"/>
+      <c r="G201" s="5"/>
+    </row>
+    <row r="202" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A202" s="5"/>
+      <c r="B202" s="5"/>
+      <c r="C202" s="5"/>
+      <c r="D202" s="5"/>
+      <c r="E202" s="5"/>
+      <c r="F202" s="5"/>
+      <c r="G202" s="5"/>
+    </row>
+    <row r="203" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A203" s="5"/>
+      <c r="B203" s="5"/>
+      <c r="C203" s="5"/>
+      <c r="D203" s="5"/>
+      <c r="E203" s="5"/>
+      <c r="F203" s="5"/>
+      <c r="G203" s="5"/>
+    </row>
+    <row r="204" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A204" s="5"/>
+      <c r="B204" s="5"/>
+      <c r="C204" s="5"/>
+      <c r="D204" s="5"/>
+      <c r="E204" s="5"/>
+      <c r="F204" s="5"/>
+      <c r="G204" s="5"/>
+    </row>
+    <row r="205" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A205" s="5"/>
+      <c r="B205" s="5"/>
+      <c r="C205" s="5"/>
+      <c r="D205" s="5"/>
+      <c r="E205" s="5"/>
+      <c r="F205" s="5"/>
+      <c r="G205" s="5"/>
+    </row>
+    <row r="206" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A206" s="5"/>
+      <c r="B206" s="5"/>
+      <c r="C206" s="5"/>
+      <c r="D206" s="5"/>
+      <c r="E206" s="5"/>
+      <c r="F206" s="5"/>
+      <c r="G206" s="5"/>
+    </row>
+    <row r="207" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A207" s="5"/>
+      <c r="B207" s="5"/>
+      <c r="C207" s="5"/>
+      <c r="D207" s="5"/>
+      <c r="E207" s="5"/>
+      <c r="F207" s="5"/>
+      <c r="G207" s="5"/>
+    </row>
+    <row r="208" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A208" s="5"/>
+      <c r="B208" s="5"/>
+      <c r="C208" s="5"/>
+      <c r="D208" s="5"/>
+      <c r="E208" s="5"/>
+      <c r="F208" s="5"/>
+      <c r="G208" s="5"/>
+    </row>
+    <row r="209" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A209" s="5"/>
+      <c r="B209" s="5"/>
+      <c r="C209" s="5"/>
+      <c r="D209" s="5"/>
+      <c r="E209" s="5"/>
+      <c r="F209" s="5"/>
+      <c r="G209" s="5"/>
+    </row>
+    <row r="210" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A210" s="5"/>
+      <c r="B210" s="5"/>
+      <c r="C210" s="5"/>
+      <c r="D210" s="5"/>
+      <c r="E210" s="5"/>
+      <c r="F210" s="5"/>
+      <c r="G210" s="5"/>
+    </row>
+    <row r="211" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A211" s="5"/>
+      <c r="B211" s="5"/>
+      <c r="C211" s="5"/>
+      <c r="D211" s="5"/>
+      <c r="E211" s="5"/>
+      <c r="F211" s="5"/>
+      <c r="G211" s="5"/>
+    </row>
+    <row r="212" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A212" s="5"/>
+      <c r="B212" s="5"/>
+      <c r="C212" s="5"/>
+      <c r="D212" s="5"/>
+      <c r="E212" s="5"/>
+      <c r="F212" s="5"/>
+      <c r="G212" s="5"/>
+    </row>
+    <row r="213" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A213" s="5"/>
+      <c r="B213" s="5"/>
+      <c r="C213" s="5"/>
+      <c r="D213" s="5"/>
+      <c r="E213" s="5"/>
+      <c r="F213" s="5"/>
+      <c r="G213" s="5"/>
+    </row>
+    <row r="214" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A214" s="5"/>
+      <c r="B214" s="5"/>
+      <c r="C214" s="5"/>
+      <c r="D214" s="5"/>
+      <c r="E214" s="5"/>
+      <c r="F214" s="5"/>
+      <c r="G214" s="5"/>
+    </row>
+    <row r="215" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A215" s="5"/>
+      <c r="B215" s="5"/>
+      <c r="C215" s="5"/>
+      <c r="D215" s="5"/>
+      <c r="E215" s="5"/>
+      <c r="F215" s="5"/>
+      <c r="G215" s="5"/>
+    </row>
+    <row r="216" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A216" s="5"/>
+      <c r="B216" s="5"/>
+      <c r="C216" s="5"/>
+      <c r="D216" s="5"/>
+      <c r="E216" s="5"/>
+      <c r="F216" s="5"/>
+      <c r="G216" s="5"/>
+    </row>
+    <row r="217" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A217" s="5"/>
+      <c r="B217" s="5"/>
+      <c r="C217" s="5"/>
+      <c r="D217" s="5"/>
+      <c r="E217" s="5"/>
+      <c r="F217" s="5"/>
+      <c r="G217" s="5"/>
+    </row>
+    <row r="218" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A218" s="5"/>
+      <c r="B218" s="5"/>
+      <c r="C218" s="5"/>
+      <c r="D218" s="5"/>
+      <c r="E218" s="5"/>
+      <c r="F218" s="5"/>
+      <c r="G218" s="5"/>
+    </row>
+    <row r="219" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A219" s="5"/>
+      <c r="B219" s="5"/>
+      <c r="C219" s="5"/>
+      <c r="D219" s="5"/>
+      <c r="E219" s="5"/>
+      <c r="F219" s="5"/>
+      <c r="G219" s="5"/>
+    </row>
+    <row r="220" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A220" s="5"/>
+      <c r="B220" s="5"/>
+      <c r="C220" s="5"/>
+      <c r="D220" s="5"/>
+      <c r="E220" s="5"/>
+      <c r="F220" s="5"/>
+      <c r="G220" s="5"/>
+    </row>
+    <row r="221" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A221" s="5"/>
+      <c r="B221" s="5"/>
+      <c r="C221" s="5"/>
+      <c r="D221" s="5"/>
+      <c r="E221" s="5"/>
+      <c r="F221" s="5"/>
+      <c r="G221" s="5"/>
+    </row>
+    <row r="222" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A222" s="5"/>
+      <c r="B222" s="5"/>
+      <c r="C222" s="5"/>
+      <c r="D222" s="5"/>
+      <c r="E222" s="5"/>
+      <c r="F222" s="5"/>
+      <c r="G222" s="5"/>
+    </row>
+    <row r="223" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A223" s="5"/>
+      <c r="B223" s="5"/>
+      <c r="C223" s="5"/>
+      <c r="D223" s="5"/>
+      <c r="E223" s="5"/>
+      <c r="F223" s="5"/>
+      <c r="G223" s="5"/>
+    </row>
+    <row r="224" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A224" s="5"/>
+      <c r="B224" s="5"/>
+      <c r="C224" s="5"/>
+      <c r="D224" s="5"/>
+      <c r="E224" s="5"/>
+      <c r="F224" s="5"/>
+      <c r="G224" s="5"/>
+    </row>
+    <row r="225" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A225" s="5"/>
+      <c r="B225" s="5"/>
+      <c r="C225" s="5"/>
+      <c r="D225" s="5"/>
+      <c r="E225" s="5"/>
+      <c r="F225" s="5"/>
+      <c r="G225" s="5"/>
+    </row>
+    <row r="226" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A226" s="5"/>
+      <c r="B226" s="5"/>
+      <c r="C226" s="5"/>
+      <c r="D226" s="5"/>
+      <c r="E226" s="5"/>
+      <c r="F226" s="5"/>
+      <c r="G226" s="5"/>
+    </row>
+    <row r="227" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A227" s="5"/>
+      <c r="B227" s="5"/>
+      <c r="C227" s="5"/>
+      <c r="D227" s="5"/>
+      <c r="E227" s="5"/>
+      <c r="F227" s="5"/>
+      <c r="G227" s="5"/>
+    </row>
+    <row r="228" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A228" s="5"/>
+      <c r="B228" s="5"/>
+      <c r="C228" s="5"/>
+      <c r="D228" s="5"/>
+      <c r="E228" s="5"/>
+      <c r="F228" s="5"/>
+      <c r="G228" s="5"/>
+    </row>
+    <row r="229" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A229" s="5"/>
+      <c r="B229" s="5"/>
+      <c r="C229" s="5"/>
+      <c r="D229" s="5"/>
+      <c r="E229" s="5"/>
+      <c r="F229" s="5"/>
+      <c r="G229" s="5"/>
+    </row>
+    <row r="230" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A230" s="5"/>
+      <c r="B230" s="5"/>
+      <c r="C230" s="5"/>
+      <c r="D230" s="5"/>
+      <c r="E230" s="5"/>
+      <c r="F230" s="5"/>
+      <c r="G230" s="5"/>
+    </row>
+    <row r="231" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A231" s="5"/>
+      <c r="B231" s="5"/>
+      <c r="C231" s="5"/>
+      <c r="D231" s="5"/>
+      <c r="E231" s="5"/>
+      <c r="F231" s="5"/>
+      <c r="G231" s="5"/>
+    </row>
+    <row r="232" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A232" s="5"/>
+      <c r="B232" s="5"/>
+      <c r="C232" s="5"/>
+      <c r="D232" s="5"/>
+      <c r="E232" s="5"/>
+      <c r="F232" s="5"/>
+      <c r="G232" s="5"/>
+    </row>
+    <row r="233" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A233" s="5"/>
+      <c r="B233" s="5"/>
+      <c r="C233" s="5"/>
+      <c r="D233" s="5"/>
+      <c r="E233" s="5"/>
+      <c r="F233" s="5"/>
+      <c r="G233" s="5"/>
+    </row>
+    <row r="234" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A234" s="5"/>
+      <c r="B234" s="5"/>
+      <c r="C234" s="5"/>
+      <c r="D234" s="5"/>
+      <c r="E234" s="5"/>
+      <c r="F234" s="5"/>
+      <c r="G234" s="5"/>
+    </row>
+    <row r="235" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A235" s="5"/>
+      <c r="B235" s="5"/>
+      <c r="C235" s="5"/>
+      <c r="D235" s="5"/>
+      <c r="E235" s="5"/>
+      <c r="F235" s="5"/>
+      <c r="G235" s="5"/>
+    </row>
+    <row r="236" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A236" s="5"/>
+      <c r="B236" s="5"/>
+      <c r="C236" s="5"/>
+      <c r="D236" s="5"/>
+      <c r="E236" s="5"/>
+      <c r="F236" s="5"/>
+      <c r="G236" s="5"/>
+    </row>
+    <row r="237" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A237" s="5"/>
+      <c r="B237" s="5"/>
+      <c r="C237" s="5"/>
+      <c r="D237" s="5"/>
+      <c r="E237" s="5"/>
+      <c r="F237" s="5"/>
+      <c r="G237" s="5"/>
+    </row>
+    <row r="238" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A238" s="5"/>
+      <c r="B238" s="5"/>
+      <c r="C238" s="5"/>
+      <c r="D238" s="5"/>
+      <c r="E238" s="5"/>
+      <c r="F238" s="5"/>
+      <c r="G238" s="5"/>
+    </row>
+    <row r="239" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A239" s="5"/>
+      <c r="B239" s="5"/>
+      <c r="C239" s="5"/>
+      <c r="D239" s="5"/>
+      <c r="E239" s="5"/>
+      <c r="F239" s="5"/>
+      <c r="G239" s="5"/>
+    </row>
+    <row r="240" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A240" s="5"/>
+      <c r="B240" s="5"/>
+      <c r="C240" s="5"/>
+      <c r="D240" s="5"/>
+      <c r="E240" s="5"/>
+      <c r="F240" s="5"/>
+      <c r="G240" s="5"/>
+    </row>
+    <row r="241" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A241" s="5"/>
+      <c r="B241" s="5"/>
+      <c r="C241" s="5"/>
+      <c r="D241" s="5"/>
+      <c r="E241" s="5"/>
+      <c r="F241" s="5"/>
+      <c r="G241" s="5"/>
+    </row>
+    <row r="242" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A242" s="5"/>
+      <c r="B242" s="5"/>
+      <c r="C242" s="5"/>
+      <c r="D242" s="5"/>
+      <c r="E242" s="5"/>
+      <c r="F242" s="5"/>
+      <c r="G242" s="5"/>
+    </row>
+    <row r="243" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A243" s="5"/>
+      <c r="B243" s="5"/>
+      <c r="C243" s="5"/>
+      <c r="D243" s="5"/>
+      <c r="E243" s="5"/>
+      <c r="F243" s="5"/>
+      <c r="G243" s="5"/>
+    </row>
+    <row r="244" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A244" s="5"/>
+      <c r="B244" s="5"/>
+      <c r="C244" s="5"/>
+      <c r="D244" s="5"/>
+      <c r="E244" s="5"/>
+      <c r="F244" s="5"/>
+      <c r="G244" s="5"/>
+    </row>
+    <row r="245" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A245" s="5"/>
+      <c r="B245" s="5"/>
+      <c r="C245" s="5"/>
+      <c r="D245" s="5"/>
+      <c r="E245" s="5"/>
+      <c r="F245" s="5"/>
+      <c r="G245" s="5"/>
+    </row>
+    <row r="246" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A246" s="5"/>
+      <c r="B246" s="5"/>
+      <c r="C246" s="5"/>
+      <c r="D246" s="5"/>
+      <c r="E246" s="5"/>
+      <c r="F246" s="5"/>
+      <c r="G246" s="5"/>
+    </row>
+    <row r="247" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A247" s="5"/>
+      <c r="B247" s="5"/>
+      <c r="C247" s="5"/>
+      <c r="D247" s="5"/>
+      <c r="E247" s="5"/>
+      <c r="F247" s="5"/>
+      <c r="G247" s="5"/>
+    </row>
+    <row r="248" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A248" s="5"/>
+      <c r="B248" s="5"/>
+      <c r="C248" s="5"/>
+      <c r="D248" s="5"/>
+      <c r="E248" s="5"/>
+      <c r="F248" s="5"/>
+      <c r="G248" s="5"/>
+    </row>
+    <row r="249" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A249" s="5"/>
+      <c r="B249" s="5"/>
+      <c r="C249" s="5"/>
+      <c r="D249" s="5"/>
+      <c r="E249" s="5"/>
+      <c r="F249" s="5"/>
+      <c r="G249" s="5"/>
+    </row>
+    <row r="250" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A250" s="5"/>
+      <c r="B250" s="5"/>
+      <c r="C250" s="5"/>
+      <c r="D250" s="5"/>
+      <c r="E250" s="5"/>
+      <c r="F250" s="5"/>
+      <c r="G250" s="5"/>
+    </row>
+    <row r="251" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A251" s="5"/>
+      <c r="B251" s="5"/>
+      <c r="C251" s="5"/>
+      <c r="D251" s="5"/>
+      <c r="E251" s="5"/>
+      <c r="F251" s="5"/>
+      <c r="G251" s="5"/>
+    </row>
+    <row r="252" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A252" s="5"/>
+      <c r="B252" s="5"/>
+      <c r="C252" s="5"/>
+      <c r="D252" s="5"/>
+      <c r="E252" s="5"/>
+      <c r="F252" s="5"/>
+      <c r="G252" s="5"/>
+    </row>
+    <row r="253" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A253" s="5"/>
+      <c r="B253" s="5"/>
+      <c r="C253" s="5"/>
+      <c r="D253" s="5"/>
+      <c r="E253" s="5"/>
+      <c r="F253" s="5"/>
+      <c r="G253" s="5"/>
+    </row>
+    <row r="254" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A254" s="5"/>
+      <c r="B254" s="5"/>
+      <c r="C254" s="5"/>
+      <c r="D254" s="5"/>
+      <c r="E254" s="5"/>
+      <c r="F254" s="5"/>
+      <c r="G254" s="5"/>
+    </row>
+    <row r="255" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A255" s="5"/>
+      <c r="B255" s="5"/>
+      <c r="C255" s="5"/>
+      <c r="D255" s="5"/>
+      <c r="E255" s="5"/>
+      <c r="F255" s="5"/>
+      <c r="G255" s="5"/>
+    </row>
+    <row r="256" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A256" s="5"/>
+      <c r="B256" s="5"/>
+      <c r="C256" s="5"/>
+      <c r="D256" s="5"/>
+      <c r="E256" s="5"/>
+      <c r="F256" s="5"/>
+      <c r="G256" s="5"/>
+    </row>
+    <row r="257" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A257" s="5"/>
+      <c r="B257" s="5"/>
+      <c r="C257" s="5"/>
+      <c r="D257" s="5"/>
+      <c r="E257" s="5"/>
+      <c r="F257" s="5"/>
+      <c r="G257" s="5"/>
+    </row>
+    <row r="258" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A258" s="5"/>
+      <c r="B258" s="5"/>
+      <c r="C258" s="5"/>
+      <c r="D258" s="5"/>
+      <c r="E258" s="5"/>
+      <c r="F258" s="5"/>
+      <c r="G258" s="5"/>
+    </row>
+    <row r="259" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A259" s="5"/>
+      <c r="B259" s="5"/>
+      <c r="C259" s="5"/>
+      <c r="D259" s="5"/>
+      <c r="E259" s="5"/>
+      <c r="F259" s="5"/>
+      <c r="G259" s="5"/>
+    </row>
+    <row r="260" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A260" s="5"/>
+      <c r="B260" s="5"/>
+      <c r="C260" s="5"/>
+      <c r="D260" s="5"/>
+      <c r="E260" s="5"/>
+      <c r="F260" s="5"/>
+      <c r="G260" s="5"/>
+    </row>
+    <row r="261" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A261" s="5"/>
+      <c r="B261" s="5"/>
+      <c r="C261" s="5"/>
+      <c r="D261" s="5"/>
+      <c r="E261" s="5"/>
+      <c r="F261" s="5"/>
+      <c r="G261" s="5"/>
+    </row>
+    <row r="262" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A262" s="5"/>
+      <c r="B262" s="5"/>
+      <c r="C262" s="5"/>
+      <c r="D262" s="5"/>
+      <c r="E262" s="5"/>
+      <c r="F262" s="5"/>
+      <c r="G262" s="5"/>
+    </row>
+    <row r="263" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A263" s="5"/>
+      <c r="B263" s="5"/>
+      <c r="C263" s="5"/>
+      <c r="D263" s="5"/>
+      <c r="E263" s="5"/>
+      <c r="F263" s="5"/>
+      <c r="G263" s="5"/>
+    </row>
+    <row r="264" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A264" s="5"/>
+      <c r="B264" s="5"/>
+      <c r="C264" s="5"/>
+      <c r="D264" s="5"/>
+      <c r="E264" s="5"/>
+      <c r="F264" s="5"/>
+      <c r="G264" s="5"/>
+    </row>
+    <row r="265" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A265" s="5"/>
+      <c r="B265" s="5"/>
+      <c r="C265" s="5"/>
+      <c r="D265" s="5"/>
+      <c r="E265" s="5"/>
+      <c r="F265" s="5"/>
+      <c r="G265" s="5"/>
+    </row>
+    <row r="266" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A266" s="5"/>
+      <c r="B266" s="5"/>
+      <c r="C266" s="5"/>
+      <c r="D266" s="5"/>
+      <c r="E266" s="5"/>
+      <c r="F266" s="5"/>
+      <c r="G266" s="5"/>
+    </row>
+    <row r="267" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A267" s="5"/>
+      <c r="B267" s="5"/>
+      <c r="C267" s="5"/>
+      <c r="D267" s="5"/>
+      <c r="E267" s="5"/>
+      <c r="F267" s="5"/>
+      <c r="G267" s="5"/>
+    </row>
+    <row r="268" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A268" s="5"/>
+      <c r="B268" s="5"/>
+      <c r="C268" s="5"/>
+      <c r="D268" s="5"/>
+      <c r="E268" s="5"/>
+      <c r="F268" s="5"/>
+      <c r="G268" s="5"/>
+    </row>
+    <row r="269" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A269" s="5"/>
+      <c r="B269" s="5"/>
+      <c r="C269" s="5"/>
+      <c r="D269" s="5"/>
+      <c r="E269" s="5"/>
+      <c r="F269" s="5"/>
+      <c r="G269" s="5"/>
+    </row>
+    <row r="270" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A270" s="5"/>
+      <c r="B270" s="5"/>
+      <c r="C270" s="5"/>
+      <c r="D270" s="5"/>
+      <c r="E270" s="5"/>
+      <c r="F270" s="5"/>
+      <c r="G270" s="5"/>
+    </row>
+    <row r="271" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A271" s="5"/>
+      <c r="B271" s="5"/>
+      <c r="C271" s="5"/>
+      <c r="D271" s="5"/>
+      <c r="E271" s="5"/>
+      <c r="F271" s="5"/>
+      <c r="G271" s="5"/>
+    </row>
+    <row r="272" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A272" s="5"/>
+      <c r="B272" s="5"/>
+      <c r="C272" s="5"/>
+      <c r="D272" s="5"/>
+      <c r="E272" s="5"/>
+      <c r="F272" s="5"/>
+      <c r="G272" s="5"/>
+    </row>
+    <row r="273" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A273" s="5"/>
+      <c r="B273" s="5"/>
+      <c r="C273" s="5"/>
+      <c r="D273" s="5"/>
+      <c r="E273" s="5"/>
+      <c r="F273" s="5"/>
+      <c r="G273" s="5"/>
+    </row>
+    <row r="274" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A274" s="5"/>
+      <c r="B274" s="5"/>
+      <c r="C274" s="5"/>
+      <c r="D274" s="5"/>
+      <c r="E274" s="5"/>
+      <c r="F274" s="5"/>
+      <c r="G274" s="5"/>
+    </row>
+    <row r="275" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A275" s="5"/>
+      <c r="B275" s="5"/>
+      <c r="C275" s="5"/>
+      <c r="D275" s="5"/>
+      <c r="E275" s="5"/>
+      <c r="F275" s="5"/>
+      <c r="G275" s="5"/>
+    </row>
+    <row r="276" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A276" s="5"/>
+      <c r="B276" s="5"/>
+      <c r="C276" s="5"/>
+      <c r="D276" s="5"/>
+      <c r="E276" s="5"/>
+      <c r="F276" s="5"/>
+      <c r="G276" s="5"/>
+    </row>
+    <row r="277" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A277" s="5"/>
+      <c r="B277" s="5"/>
+      <c r="C277" s="5"/>
+      <c r="D277" s="5"/>
+      <c r="E277" s="5"/>
+      <c r="F277" s="5"/>
+      <c r="G277" s="5"/>
+    </row>
+    <row r="278" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A278" s="5"/>
+      <c r="B278" s="5"/>
+      <c r="C278" s="5"/>
+      <c r="D278" s="5"/>
+      <c r="E278" s="5"/>
+      <c r="F278" s="5"/>
+      <c r="G278" s="5"/>
+    </row>
+    <row r="279" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A279" s="5"/>
+      <c r="B279" s="5"/>
+      <c r="C279" s="5"/>
+      <c r="D279" s="5"/>
+      <c r="E279" s="5"/>
+      <c r="F279" s="5"/>
+      <c r="G279" s="5"/>
+    </row>
+    <row r="280" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A280" s="5"/>
+      <c r="B280" s="5"/>
+      <c r="C280" s="5"/>
+      <c r="D280" s="5"/>
+      <c r="E280" s="5"/>
+      <c r="F280" s="5"/>
+      <c r="G280" s="5"/>
+    </row>
+    <row r="281" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A281" s="5"/>
+      <c r="B281" s="5"/>
+      <c r="C281" s="5"/>
+      <c r="D281" s="5"/>
+      <c r="E281" s="5"/>
+      <c r="F281" s="5"/>
+      <c r="G281" s="5"/>
+    </row>
+    <row r="282" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A282" s="5"/>
+      <c r="B282" s="5"/>
+      <c r="C282" s="5"/>
+      <c r="D282" s="5"/>
+      <c r="E282" s="5"/>
+      <c r="F282" s="5"/>
+      <c r="G282" s="5"/>
+    </row>
+    <row r="283" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A283" s="5"/>
+      <c r="B283" s="5"/>
+      <c r="C283" s="5"/>
+      <c r="D283" s="5"/>
+      <c r="E283" s="5"/>
+      <c r="F283" s="5"/>
+      <c r="G283" s="5"/>
+    </row>
+    <row r="284" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A284" s="5"/>
+      <c r="B284" s="5"/>
+      <c r="C284" s="5"/>
+      <c r="D284" s="5"/>
+      <c r="E284" s="5"/>
+      <c r="F284" s="5"/>
+      <c r="G284" s="5"/>
+    </row>
+    <row r="285" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A285" s="5"/>
+      <c r="B285" s="5"/>
+      <c r="C285" s="5"/>
+      <c r="D285" s="5"/>
+      <c r="E285" s="5"/>
+      <c r="F285" s="5"/>
+      <c r="G285" s="5"/>
+    </row>
+    <row r="286" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A286" s="5"/>
+      <c r="B286" s="5"/>
+      <c r="C286" s="5"/>
+      <c r="D286" s="5"/>
+      <c r="E286" s="5"/>
+      <c r="F286" s="5"/>
+      <c r="G286" s="5"/>
+    </row>
+    <row r="287" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A287" s="5"/>
+      <c r="B287" s="5"/>
+      <c r="C287" s="5"/>
+      <c r="D287" s="5"/>
+      <c r="E287" s="5"/>
+      <c r="F287" s="5"/>
+      <c r="G287" s="5"/>
+    </row>
+    <row r="288" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A288" s="5"/>
+      <c r="B288" s="5"/>
+      <c r="C288" s="5"/>
+      <c r="D288" s="5"/>
+      <c r="E288" s="5"/>
+      <c r="F288" s="5"/>
+      <c r="G288" s="5"/>
+    </row>
+    <row r="289" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A289" s="5"/>
+      <c r="B289" s="5"/>
+      <c r="C289" s="5"/>
+      <c r="D289" s="5"/>
+      <c r="E289" s="5"/>
+      <c r="F289" s="5"/>
+      <c r="G289" s="5"/>
+    </row>
+    <row r="290" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A290" s="5"/>
+      <c r="B290" s="5"/>
+      <c r="C290" s="5"/>
+      <c r="D290" s="5"/>
+      <c r="E290" s="5"/>
+      <c r="F290" s="5"/>
+      <c r="G290" s="5"/>
+    </row>
+    <row r="291" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A291" s="5"/>
+      <c r="B291" s="5"/>
+      <c r="C291" s="5"/>
+      <c r="D291" s="5"/>
+      <c r="E291" s="5"/>
+      <c r="F291" s="5"/>
+      <c r="G291" s="5"/>
+    </row>
+    <row r="292" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A292" s="5"/>
+      <c r="B292" s="5"/>
+      <c r="C292" s="5"/>
+      <c r="D292" s="5"/>
+      <c r="E292" s="5"/>
+      <c r="F292" s="5"/>
+      <c r="G292" s="5"/>
+    </row>
+    <row r="293" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A293" s="5"/>
+      <c r="B293" s="5"/>
+      <c r="C293" s="5"/>
+      <c r="D293" s="5"/>
+      <c r="E293" s="5"/>
+      <c r="F293" s="5"/>
+      <c r="G293" s="5"/>
+    </row>
+    <row r="294" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A294" s="5"/>
+      <c r="B294" s="5"/>
+      <c r="C294" s="5"/>
+      <c r="D294" s="5"/>
+      <c r="E294" s="5"/>
+      <c r="F294" s="5"/>
+      <c r="G294" s="5"/>
+    </row>
+    <row r="295" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A295" s="5"/>
+      <c r="B295" s="5"/>
+      <c r="C295" s="5"/>
+      <c r="D295" s="5"/>
+      <c r="E295" s="5"/>
+      <c r="F295" s="5"/>
+      <c r="G295" s="5"/>
+    </row>
+    <row r="296" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A296" s="5"/>
+      <c r="B296" s="5"/>
+      <c r="C296" s="5"/>
+      <c r="D296" s="5"/>
+      <c r="E296" s="5"/>
+      <c r="F296" s="5"/>
+      <c r="G296" s="5"/>
+    </row>
+    <row r="297" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A297" s="5"/>
+      <c r="B297" s="5"/>
+      <c r="C297" s="5"/>
+      <c r="D297" s="5"/>
+      <c r="E297" s="5"/>
+      <c r="F297" s="5"/>
+      <c r="G297" s="5"/>
+    </row>
+    <row r="298" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A298" s="5"/>
+      <c r="B298" s="5"/>
+      <c r="C298" s="5"/>
+      <c r="D298" s="5"/>
+      <c r="E298" s="5"/>
+      <c r="F298" s="5"/>
+      <c r="G298" s="5"/>
+    </row>
+    <row r="299" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A299" s="5"/>
+      <c r="B299" s="5"/>
+      <c r="C299" s="5"/>
+      <c r="D299" s="5"/>
+      <c r="E299" s="5"/>
+      <c r="F299" s="5"/>
+      <c r="G299" s="5"/>
+    </row>
+    <row r="300" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A300" s="5"/>
+      <c r="B300" s="5"/>
+      <c r="C300" s="5"/>
+      <c r="D300" s="5"/>
+      <c r="E300" s="5"/>
+      <c r="F300" s="5"/>
+      <c r="G300" s="5"/>
+    </row>
+    <row r="301" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A301" s="5"/>
+      <c r="B301" s="5"/>
+      <c r="C301" s="5"/>
+      <c r="D301" s="5"/>
+      <c r="E301" s="5"/>
+      <c r="F301" s="5"/>
+      <c r="G301" s="5"/>
+    </row>
+    <row r="302" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A302" s="5"/>
+      <c r="B302" s="5"/>
+      <c r="C302" s="5"/>
+      <c r="D302" s="5"/>
+      <c r="E302" s="5"/>
+      <c r="F302" s="5"/>
+      <c r="G302" s="5"/>
+    </row>
+    <row r="303" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A303" s="5"/>
+      <c r="B303" s="5"/>
+      <c r="C303" s="5"/>
+      <c r="D303" s="5"/>
+      <c r="E303" s="5"/>
+      <c r="F303" s="5"/>
+      <c r="G303" s="5"/>
+    </row>
+    <row r="304" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A304" s="5"/>
+      <c r="B304" s="5"/>
+      <c r="C304" s="5"/>
+      <c r="D304" s="5"/>
+      <c r="E304" s="5"/>
+      <c r="F304" s="5"/>
+      <c r="G304" s="5"/>
+    </row>
+    <row r="305" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A305" s="5"/>
+      <c r="B305" s="5"/>
+      <c r="C305" s="5"/>
+      <c r="D305" s="5"/>
+      <c r="E305" s="5"/>
+      <c r="F305" s="5"/>
+      <c r="G305" s="5"/>
+    </row>
+    <row r="306" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A306" s="5"/>
+      <c r="B306" s="5"/>
+      <c r="C306" s="5"/>
+      <c r="D306" s="5"/>
+      <c r="E306" s="5"/>
+      <c r="F306" s="5"/>
+      <c r="G306" s="5"/>
+    </row>
+    <row r="307" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A307" s="5"/>
+      <c r="B307" s="5"/>
+      <c r="C307" s="5"/>
+      <c r="D307" s="5"/>
+      <c r="E307" s="5"/>
+      <c r="F307" s="5"/>
+      <c r="G307" s="5"/>
+    </row>
+    <row r="308" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A308" s="5"/>
+      <c r="B308" s="5"/>
+      <c r="C308" s="5"/>
+      <c r="D308" s="5"/>
+      <c r="E308" s="5"/>
+      <c r="F308" s="5"/>
+      <c r="G308" s="5"/>
+    </row>
+    <row r="309" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A309" s="5"/>
+      <c r="B309" s="5"/>
+      <c r="C309" s="5"/>
+      <c r="D309" s="5"/>
+      <c r="E309" s="5"/>
+      <c r="F309" s="5"/>
+      <c r="G309" s="5"/>
+    </row>
+    <row r="310" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A310" s="5"/>
+      <c r="B310" s="5"/>
+      <c r="C310" s="5"/>
+      <c r="D310" s="5"/>
+      <c r="E310" s="5"/>
+      <c r="F310" s="5"/>
+      <c r="G310" s="5"/>
+    </row>
+    <row r="311" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A311" s="5"/>
+      <c r="B311" s="5"/>
+      <c r="C311" s="5"/>
+      <c r="D311" s="5"/>
+      <c r="E311" s="5"/>
+      <c r="F311" s="5"/>
+      <c r="G311" s="5"/>
+    </row>
+    <row r="312" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A312" s="5"/>
+      <c r="B312" s="5"/>
+      <c r="C312" s="5"/>
+      <c r="D312" s="5"/>
+      <c r="E312" s="5"/>
+      <c r="F312" s="5"/>
+      <c r="G312" s="5"/>
+    </row>
+    <row r="313" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A313" s="5"/>
+      <c r="B313" s="5"/>
+      <c r="C313" s="5"/>
+      <c r="D313" s="5"/>
+      <c r="E313" s="5"/>
+      <c r="F313" s="5"/>
+      <c r="G313" s="5"/>
+    </row>
+    <row r="314" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A314" s="5"/>
+      <c r="B314" s="5"/>
+      <c r="C314" s="5"/>
+      <c r="D314" s="5"/>
+      <c r="E314" s="5"/>
+      <c r="F314" s="5"/>
+      <c r="G314" s="5"/>
+    </row>
+    <row r="315" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A315" s="5"/>
+      <c r="B315" s="5"/>
+      <c r="C315" s="5"/>
+      <c r="D315" s="5"/>
+      <c r="E315" s="5"/>
+      <c r="F315" s="5"/>
+      <c r="G315" s="5"/>
+    </row>
+    <row r="316" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A316" s="5"/>
+      <c r="B316" s="5"/>
+      <c r="C316" s="5"/>
+      <c r="D316" s="5"/>
+      <c r="E316" s="5"/>
+      <c r="F316" s="5"/>
+      <c r="G316" s="5"/>
+    </row>
+    <row r="317" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A317" s="5"/>
+      <c r="B317" s="5"/>
+      <c r="C317" s="5"/>
+      <c r="D317" s="5"/>
+      <c r="E317" s="5"/>
+      <c r="F317" s="5"/>
+      <c r="G317" s="5"/>
+    </row>
+    <row r="318" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A318" s="5"/>
+      <c r="B318" s="5"/>
+      <c r="C318" s="5"/>
+      <c r="D318" s="5"/>
+      <c r="E318" s="5"/>
+      <c r="F318" s="5"/>
+      <c r="G318" s="5"/>
+    </row>
+    <row r="319" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A319" s="5"/>
+      <c r="B319" s="5"/>
+      <c r="C319" s="5"/>
+      <c r="D319" s="5"/>
+      <c r="E319" s="5"/>
+      <c r="F319" s="5"/>
+      <c r="G319" s="5"/>
+    </row>
+    <row r="320" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A320" s="5"/>
+      <c r="B320" s="5"/>
+      <c r="C320" s="5"/>
+      <c r="D320" s="5"/>
+      <c r="E320" s="5"/>
+      <c r="F320" s="5"/>
+      <c r="G320" s="5"/>
+    </row>
+    <row r="321" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A321" s="5"/>
+      <c r="B321" s="5"/>
+      <c r="C321" s="5"/>
+      <c r="D321" s="5"/>
+      <c r="E321" s="5"/>
+      <c r="F321" s="5"/>
+      <c r="G321" s="5"/>
+    </row>
+    <row r="322" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A322" s="5"/>
+      <c r="B322" s="5"/>
+      <c r="C322" s="5"/>
+      <c r="D322" s="5"/>
+      <c r="E322" s="5"/>
+      <c r="F322" s="5"/>
+      <c r="G322" s="5"/>
+    </row>
+    <row r="323" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A323" s="5"/>
+      <c r="B323" s="5"/>
+      <c r="C323" s="5"/>
+      <c r="D323" s="5"/>
+      <c r="E323" s="5"/>
+      <c r="F323" s="5"/>
+      <c r="G323" s="5"/>
+    </row>
+    <row r="324" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A324" s="5"/>
+      <c r="B324" s="5"/>
+      <c r="C324" s="5"/>
+      <c r="D324" s="5"/>
+      <c r="E324" s="5"/>
+      <c r="F324" s="5"/>
+      <c r="G324" s="5"/>
+    </row>
+    <row r="325" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A325" s="5"/>
+      <c r="B325" s="5"/>
+      <c r="C325" s="5"/>
+      <c r="D325" s="5"/>
+      <c r="E325" s="5"/>
+      <c r="F325" s="5"/>
+      <c r="G325" s="5"/>
+    </row>
+    <row r="326" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A326" s="5"/>
+      <c r="B326" s="5"/>
+      <c r="C326" s="5"/>
+      <c r="D326" s="5"/>
+      <c r="E326" s="5"/>
+      <c r="F326" s="5"/>
+      <c r="G326" s="5"/>
+    </row>
+    <row r="327" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A327" s="5"/>
+      <c r="B327" s="5"/>
+      <c r="C327" s="5"/>
+      <c r="D327" s="5"/>
+      <c r="E327" s="5"/>
+      <c r="F327" s="5"/>
+      <c r="G327" s="5"/>
+    </row>
+    <row r="328" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A328" s="5"/>
+      <c r="B328" s="5"/>
+      <c r="C328" s="5"/>
+      <c r="D328" s="5"/>
+      <c r="E328" s="5"/>
+      <c r="F328" s="5"/>
+      <c r="G328" s="5"/>
+    </row>
+    <row r="329" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A329" s="5"/>
+      <c r="B329" s="5"/>
+      <c r="C329" s="5"/>
+      <c r="D329" s="5"/>
+      <c r="E329" s="5"/>
+      <c r="F329" s="5"/>
+      <c r="G329" s="5"/>
+    </row>
+    <row r="330" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A330" s="5"/>
+      <c r="B330" s="5"/>
+      <c r="C330" s="5"/>
+      <c r="D330" s="5"/>
+      <c r="E330" s="5"/>
+      <c r="F330" s="5"/>
+      <c r="G330" s="5"/>
+    </row>
+    <row r="331" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A331" s="5"/>
+      <c r="B331" s="5"/>
+      <c r="C331" s="5"/>
+      <c r="D331" s="5"/>
+      <c r="E331" s="5"/>
+      <c r="F331" s="5"/>
+      <c r="G331" s="5"/>
+    </row>
+    <row r="332" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A332" s="5"/>
+      <c r="B332" s="5"/>
+      <c r="C332" s="5"/>
+      <c r="D332" s="5"/>
+      <c r="E332" s="5"/>
+      <c r="F332" s="5"/>
+      <c r="G332" s="5"/>
+    </row>
+    <row r="333" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A333" s="5"/>
+      <c r="B333" s="5"/>
+      <c r="C333" s="5"/>
+      <c r="D333" s="5"/>
+      <c r="E333" s="5"/>
+      <c r="F333" s="5"/>
+      <c r="G333" s="5"/>
+    </row>
+    <row r="334" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A334" s="5"/>
+      <c r="B334" s="5"/>
+      <c r="C334" s="5"/>
+      <c r="D334" s="5"/>
+      <c r="E334" s="5"/>
+      <c r="F334" s="5"/>
+      <c r="G334" s="5"/>
+    </row>
+    <row r="335" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A335" s="5"/>
+      <c r="B335" s="5"/>
+      <c r="C335" s="5"/>
+      <c r="D335" s="5"/>
+      <c r="E335" s="5"/>
+      <c r="F335" s="5"/>
+      <c r="G335" s="5"/>
+    </row>
+    <row r="336" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A336" s="5"/>
+      <c r="B336" s="5"/>
+      <c r="C336" s="5"/>
+      <c r="D336" s="5"/>
+      <c r="E336" s="5"/>
+      <c r="F336" s="5"/>
+      <c r="G336" s="5"/>
+    </row>
+    <row r="337" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A337" s="5"/>
+      <c r="B337" s="5"/>
+      <c r="C337" s="5"/>
+      <c r="D337" s="5"/>
+      <c r="E337" s="5"/>
+      <c r="F337" s="5"/>
+      <c r="G337" s="5"/>
+    </row>
+    <row r="338" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A338" s="5"/>
+      <c r="B338" s="5"/>
+      <c r="C338" s="5"/>
+      <c r="D338" s="5"/>
+      <c r="E338" s="5"/>
+      <c r="F338" s="5"/>
+      <c r="G338" s="5"/>
+    </row>
+    <row r="339" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A339" s="5"/>
+      <c r="B339" s="5"/>
+      <c r="C339" s="5"/>
+      <c r="D339" s="5"/>
+      <c r="E339" s="5"/>
+      <c r="F339" s="5"/>
+      <c r="G339" s="5"/>
+    </row>
+    <row r="340" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A340" s="5"/>
+      <c r="B340" s="5"/>
+      <c r="C340" s="5"/>
+      <c r="D340" s="5"/>
+      <c r="E340" s="5"/>
+      <c r="F340" s="5"/>
+      <c r="G340" s="5"/>
+    </row>
+    <row r="341" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A341" s="5"/>
+      <c r="B341" s="5"/>
+      <c r="C341" s="5"/>
+      <c r="D341" s="5"/>
+      <c r="E341" s="5"/>
+      <c r="F341" s="5"/>
+      <c r="G341" s="5"/>
+    </row>
+    <row r="342" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A342" s="5"/>
+      <c r="B342" s="5"/>
+      <c r="C342" s="5"/>
+      <c r="D342" s="5"/>
+      <c r="E342" s="5"/>
+      <c r="F342" s="5"/>
+      <c r="G342" s="5"/>
+    </row>
+    <row r="343" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A343" s="5"/>
+      <c r="B343" s="5"/>
+      <c r="C343" s="5"/>
+      <c r="D343" s="5"/>
+      <c r="E343" s="5"/>
+      <c r="F343" s="5"/>
+      <c r="G343" s="5"/>
+    </row>
+    <row r="344" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A344" s="5"/>
+      <c r="B344" s="5"/>
+      <c r="C344" s="5"/>
+      <c r="D344" s="5"/>
+      <c r="E344" s="5"/>
+      <c r="F344" s="5"/>
+      <c r="G344" s="5"/>
+    </row>
+    <row r="345" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A345" s="5"/>
+      <c r="B345" s="5"/>
+      <c r="C345" s="5"/>
+      <c r="D345" s="5"/>
+      <c r="E345" s="5"/>
+      <c r="F345" s="5"/>
+      <c r="G345" s="5"/>
+    </row>
+    <row r="346" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A346" s="5"/>
+      <c r="B346" s="5"/>
+      <c r="C346" s="5"/>
+      <c r="D346" s="5"/>
+      <c r="E346" s="5"/>
+      <c r="F346" s="5"/>
+      <c r="G346" s="5"/>
+    </row>
+    <row r="347" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A347" s="5"/>
+      <c r="B347" s="5"/>
+      <c r="C347" s="5"/>
+      <c r="D347" s="5"/>
+      <c r="E347" s="5"/>
+      <c r="F347" s="5"/>
+      <c r="G347" s="5"/>
+    </row>
+    <row r="348" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A348" s="5"/>
+      <c r="B348" s="5"/>
+      <c r="C348" s="5"/>
+      <c r="D348" s="5"/>
+      <c r="E348" s="5"/>
+      <c r="F348" s="5"/>
+      <c r="G348" s="5"/>
+    </row>
+    <row r="349" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A349" s="5"/>
+      <c r="B349" s="5"/>
+      <c r="C349" s="5"/>
+      <c r="D349" s="5"/>
+      <c r="E349" s="5"/>
+      <c r="F349" s="5"/>
+      <c r="G349" s="5"/>
+    </row>
+    <row r="350" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A350" s="5"/>
+      <c r="B350" s="5"/>
+      <c r="C350" s="5"/>
+      <c r="D350" s="5"/>
+      <c r="E350" s="5"/>
+      <c r="F350" s="5"/>
+      <c r="G350" s="5"/>
+    </row>
+    <row r="351" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A351" s="5"/>
+      <c r="B351" s="5"/>
+      <c r="C351" s="5"/>
+      <c r="D351" s="5"/>
+      <c r="E351" s="5"/>
+      <c r="F351" s="5"/>
+      <c r="G351" s="5"/>
+    </row>
+    <row r="352" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A352" s="5"/>
+      <c r="B352" s="5"/>
+      <c r="C352" s="5"/>
+      <c r="D352" s="5"/>
+      <c r="E352" s="5"/>
+      <c r="F352" s="5"/>
+      <c r="G352" s="5"/>
+    </row>
+    <row r="353" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A353" s="5"/>
+      <c r="B353" s="5"/>
+      <c r="C353" s="5"/>
+      <c r="D353" s="5"/>
+      <c r="E353" s="5"/>
+      <c r="F353" s="5"/>
+      <c r="G353" s="5"/>
+    </row>
+    <row r="354" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A354" s="5"/>
+      <c r="B354" s="5"/>
+      <c r="C354" s="5"/>
+      <c r="D354" s="5"/>
+      <c r="E354" s="5"/>
+      <c r="F354" s="5"/>
+      <c r="G354" s="5"/>
+    </row>
+    <row r="355" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A355" s="5"/>
+      <c r="B355" s="5"/>
+      <c r="C355" s="5"/>
+      <c r="D355" s="5"/>
+      <c r="E355" s="5"/>
+      <c r="F355" s="5"/>
+      <c r="G355" s="5"/>
+    </row>
+    <row r="356" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A356" s="5"/>
+      <c r="B356" s="5"/>
+      <c r="C356" s="5"/>
+      <c r="D356" s="5"/>
+      <c r="E356" s="5"/>
+      <c r="F356" s="5"/>
+      <c r="G356" s="5"/>
+    </row>
+    <row r="357" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A357" s="5"/>
+      <c r="B357" s="5"/>
+      <c r="C357" s="5"/>
+      <c r="D357" s="5"/>
+      <c r="E357" s="5"/>
+      <c r="F357" s="5"/>
+      <c r="G357" s="5"/>
+    </row>
+    <row r="358" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A358" s="5"/>
+      <c r="B358" s="5"/>
+      <c r="C358" s="5"/>
+      <c r="D358" s="5"/>
+      <c r="E358" s="5"/>
+      <c r="F358" s="5"/>
+      <c r="G358" s="5"/>
+    </row>
+    <row r="359" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A359" s="5"/>
+      <c r="B359" s="5"/>
+      <c r="C359" s="5"/>
+      <c r="D359" s="5"/>
+      <c r="E359" s="5"/>
+      <c r="F359" s="5"/>
+      <c r="G359" s="5"/>
+    </row>
+    <row r="360" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A360" s="5"/>
+      <c r="B360" s="5"/>
+      <c r="C360" s="5"/>
+      <c r="D360" s="5"/>
+      <c r="E360" s="5"/>
+      <c r="F360" s="5"/>
+      <c r="G360" s="5"/>
+    </row>
+    <row r="361" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A361" s="5"/>
+      <c r="B361" s="5"/>
+      <c r="C361" s="5"/>
+      <c r="D361" s="5"/>
+      <c r="E361" s="5"/>
+      <c r="F361" s="5"/>
+      <c r="G361" s="5"/>
+    </row>
+    <row r="362" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A362" s="5"/>
+      <c r="B362" s="5"/>
+      <c r="C362" s="5"/>
+      <c r="D362" s="5"/>
+      <c r="E362" s="5"/>
+      <c r="F362" s="5"/>
+      <c r="G362" s="5"/>
+    </row>
+    <row r="363" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A363" s="5"/>
+      <c r="B363" s="5"/>
+      <c r="C363" s="5"/>
+      <c r="D363" s="5"/>
+      <c r="E363" s="5"/>
+      <c r="F363" s="5"/>
+      <c r="G363" s="5"/>
+    </row>
+    <row r="364" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A364" s="5"/>
+      <c r="B364" s="5"/>
+      <c r="C364" s="5"/>
+      <c r="D364" s="5"/>
+      <c r="E364" s="5"/>
+      <c r="F364" s="5"/>
+      <c r="G364" s="5"/>
+    </row>
+    <row r="365" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A365" s="5"/>
+      <c r="B365" s="5"/>
+      <c r="C365" s="5"/>
+      <c r="D365" s="5"/>
+      <c r="E365" s="5"/>
+      <c r="F365" s="5"/>
+      <c r="G365" s="5"/>
+    </row>
+    <row r="366" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A366" s="5"/>
+      <c r="B366" s="5"/>
+      <c r="C366" s="5"/>
+      <c r="D366" s="5"/>
+      <c r="E366" s="5"/>
+      <c r="F366" s="5"/>
+      <c r="G366" s="5"/>
+    </row>
+    <row r="367" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A367" s="5"/>
+      <c r="B367" s="5"/>
+      <c r="C367" s="5"/>
+      <c r="D367" s="5"/>
+      <c r="E367" s="5"/>
+      <c r="F367" s="5"/>
+      <c r="G367" s="5"/>
+    </row>
+    <row r="368" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A368" s="5"/>
+      <c r="B368" s="5"/>
+      <c r="C368" s="5"/>
+      <c r="D368" s="5"/>
+      <c r="E368" s="5"/>
+      <c r="F368" s="5"/>
+      <c r="G368" s="5"/>
+    </row>
+    <row r="369" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A369" s="5"/>
+      <c r="B369" s="5"/>
+      <c r="C369" s="5"/>
+      <c r="D369" s="5"/>
+      <c r="E369" s="5"/>
+      <c r="F369" s="5"/>
+      <c r="G369" s="5"/>
+    </row>
+    <row r="370" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A370" s="5"/>
+      <c r="B370" s="5"/>
+      <c r="C370" s="5"/>
+      <c r="D370" s="5"/>
+      <c r="E370" s="5"/>
+      <c r="F370" s="5"/>
+      <c r="G370" s="5"/>
+    </row>
+    <row r="371" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A371" s="5"/>
+      <c r="B371" s="5"/>
+      <c r="C371" s="5"/>
+      <c r="D371" s="5"/>
+      <c r="E371" s="5"/>
+      <c r="F371" s="5"/>
+      <c r="G371" s="5"/>
+    </row>
+    <row r="372" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A372" s="5"/>
+      <c r="B372" s="5"/>
+      <c r="C372" s="5"/>
+      <c r="D372" s="5"/>
+      <c r="E372" s="5"/>
+      <c r="F372" s="5"/>
+      <c r="G372" s="5"/>
+    </row>
+    <row r="373" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A373" s="5"/>
+      <c r="B373" s="5"/>
+      <c r="C373" s="5"/>
+      <c r="D373" s="5"/>
+      <c r="E373" s="5"/>
+      <c r="F373" s="5"/>
+      <c r="G373" s="5"/>
+    </row>
+    <row r="374" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A374" s="5"/>
+      <c r="B374" s="5"/>
+      <c r="C374" s="5"/>
+      <c r="D374" s="5"/>
+      <c r="E374" s="5"/>
+      <c r="F374" s="5"/>
+      <c r="G374" s="5"/>
+    </row>
+    <row r="375" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A375" s="5"/>
+      <c r="B375" s="5"/>
+      <c r="C375" s="5"/>
+      <c r="D375" s="5"/>
+      <c r="E375" s="5"/>
+      <c r="F375" s="5"/>
+      <c r="G375" s="5"/>
+    </row>
+    <row r="376" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A376" s="5"/>
+      <c r="B376" s="5"/>
+      <c r="C376" s="5"/>
+      <c r="D376" s="5"/>
+      <c r="E376" s="5"/>
+      <c r="F376" s="5"/>
+      <c r="G376" s="5"/>
+    </row>
+    <row r="377" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A377" s="5"/>
+      <c r="B377" s="5"/>
+      <c r="C377" s="5"/>
+      <c r="D377" s="5"/>
+      <c r="E377" s="5"/>
+      <c r="F377" s="5"/>
+      <c r="G377" s="5"/>
+    </row>
+    <row r="378" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A378" s="5"/>
+      <c r="B378" s="5"/>
+      <c r="C378" s="5"/>
+      <c r="D378" s="5"/>
+      <c r="E378" s="5"/>
+      <c r="F378" s="5"/>
+      <c r="G378" s="5"/>
+    </row>
+    <row r="379" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A379" s="5"/>
+      <c r="B379" s="5"/>
+      <c r="C379" s="5"/>
+      <c r="D379" s="5"/>
+      <c r="E379" s="5"/>
+      <c r="F379" s="5"/>
+      <c r="G379" s="5"/>
+    </row>
+    <row r="380" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A380" s="5"/>
+      <c r="B380" s="5"/>
+      <c r="C380" s="5"/>
+      <c r="D380" s="5"/>
+      <c r="E380" s="5"/>
+      <c r="F380" s="5"/>
+      <c r="G380" s="5"/>
+    </row>
+    <row r="381" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A381" s="5"/>
+      <c r="B381" s="5"/>
+      <c r="C381" s="5"/>
+      <c r="D381" s="5"/>
+      <c r="E381" s="5"/>
+      <c r="F381" s="5"/>
+      <c r="G381" s="5"/>
+    </row>
+    <row r="382" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A382" s="5"/>
+      <c r="B382" s="5"/>
+      <c r="C382" s="5"/>
+      <c r="D382" s="5"/>
+      <c r="E382" s="5"/>
+      <c r="F382" s="5"/>
+      <c r="G382" s="5"/>
+    </row>
+    <row r="383" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A383" s="5"/>
+      <c r="B383" s="5"/>
+      <c r="C383" s="5"/>
+      <c r="D383" s="5"/>
+      <c r="E383" s="5"/>
+      <c r="F383" s="5"/>
+      <c r="G383" s="5"/>
+    </row>
+    <row r="384" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A384" s="5"/>
+      <c r="B384" s="5"/>
+      <c r="C384" s="5"/>
+      <c r="D384" s="5"/>
+      <c r="E384" s="5"/>
+      <c r="F384" s="5"/>
+      <c r="G384" s="5"/>
+    </row>
+    <row r="385" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A385" s="5"/>
+      <c r="B385" s="5"/>
+      <c r="C385" s="5"/>
+      <c r="D385" s="5"/>
+      <c r="E385" s="5"/>
+      <c r="F385" s="5"/>
+      <c r="G385" s="5"/>
+    </row>
+    <row r="386" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A386" s="5"/>
+      <c r="B386" s="5"/>
+      <c r="C386" s="5"/>
+      <c r="D386" s="5"/>
+      <c r="E386" s="5"/>
+      <c r="F386" s="5"/>
+      <c r="G386" s="5"/>
+    </row>
+    <row r="387" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A387" s="5"/>
+      <c r="B387" s="5"/>
+      <c r="C387" s="5"/>
+      <c r="D387" s="5"/>
+      <c r="E387" s="5"/>
+      <c r="F387" s="5"/>
+      <c r="G387" s="5"/>
+    </row>
+    <row r="388" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A388" s="5"/>
+      <c r="B388" s="5"/>
+      <c r="C388" s="5"/>
+      <c r="D388" s="5"/>
+      <c r="E388" s="5"/>
+      <c r="F388" s="5"/>
+      <c r="G388" s="5"/>
+    </row>
+    <row r="389" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A389" s="5"/>
+      <c r="B389" s="5"/>
+      <c r="C389" s="5"/>
+      <c r="D389" s="5"/>
+      <c r="E389" s="5"/>
+      <c r="F389" s="5"/>
+      <c r="G389" s="5"/>
+    </row>
+    <row r="390" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A390" s="5"/>
+      <c r="B390" s="5"/>
+      <c r="C390" s="5"/>
+      <c r="D390" s="5"/>
+      <c r="E390" s="5"/>
+      <c r="F390" s="5"/>
+      <c r="G390" s="5"/>
+    </row>
+    <row r="391" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A391" s="5"/>
+      <c r="B391" s="5"/>
+      <c r="C391" s="5"/>
+      <c r="D391" s="5"/>
+      <c r="E391" s="5"/>
+      <c r="F391" s="5"/>
+      <c r="G391" s="5"/>
+    </row>
+    <row r="392" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A392" s="5"/>
+      <c r="B392" s="5"/>
+      <c r="C392" s="5"/>
+      <c r="D392" s="5"/>
+      <c r="E392" s="5"/>
+      <c r="F392" s="5"/>
+      <c r="G392" s="5"/>
+    </row>
+    <row r="393" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A393" s="5"/>
+      <c r="B393" s="5"/>
+      <c r="C393" s="5"/>
+      <c r="D393" s="5"/>
+      <c r="E393" s="5"/>
+      <c r="F393" s="5"/>
+      <c r="G393" s="5"/>
+    </row>
+    <row r="394" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A394" s="5"/>
+      <c r="B394" s="5"/>
+      <c r="C394" s="5"/>
+      <c r="D394" s="5"/>
+      <c r="E394" s="5"/>
+      <c r="F394" s="5"/>
+      <c r="G394" s="5"/>
+    </row>
+    <row r="395" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A395" s="5"/>
+      <c r="B395" s="5"/>
+      <c r="C395" s="5"/>
+      <c r="D395" s="5"/>
+      <c r="E395" s="5"/>
+      <c r="F395" s="5"/>
+      <c r="G395" s="5"/>
+    </row>
+    <row r="396" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A396" s="5"/>
+      <c r="B396" s="5"/>
+      <c r="C396" s="5"/>
+      <c r="D396" s="5"/>
+      <c r="E396" s="5"/>
+      <c r="F396" s="5"/>
+      <c r="G396" s="5"/>
+    </row>
+    <row r="397" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A397" s="5"/>
+      <c r="B397" s="5"/>
+      <c r="C397" s="5"/>
+      <c r="D397" s="5"/>
+      <c r="E397" s="5"/>
+      <c r="F397" s="5"/>
+      <c r="G397" s="5"/>
+    </row>
+    <row r="398" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A398" s="5"/>
+      <c r="B398" s="5"/>
+      <c r="C398" s="5"/>
+      <c r="D398" s="5"/>
+      <c r="E398" s="5"/>
+      <c r="F398" s="5"/>
+      <c r="G398" s="5"/>
+    </row>
+    <row r="399" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A399" s="5"/>
+      <c r="B399" s="5"/>
+      <c r="C399" s="5"/>
+      <c r="D399" s="5"/>
+      <c r="E399" s="5"/>
+      <c r="F399" s="5"/>
+      <c r="G399" s="5"/>
+    </row>
+    <row r="400" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A400" s="5"/>
+      <c r="B400" s="5"/>
+      <c r="C400" s="5"/>
+      <c r="D400" s="5"/>
+      <c r="E400" s="5"/>
+      <c r="F400" s="5"/>
+      <c r="G400" s="5"/>
+    </row>
+    <row r="401" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A401" s="5"/>
+      <c r="B401" s="5"/>
+      <c r="C401" s="5"/>
+      <c r="D401" s="5"/>
+      <c r="E401" s="5"/>
+      <c r="F401" s="5"/>
+      <c r="G401" s="5"/>
+    </row>
+    <row r="402" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A402" s="5"/>
+      <c r="B402" s="5"/>
+      <c r="C402" s="5"/>
+      <c r="D402" s="5"/>
+      <c r="E402" s="5"/>
+      <c r="F402" s="5"/>
+      <c r="G402" s="5"/>
+    </row>
+    <row r="403" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A403" s="5"/>
+      <c r="B403" s="5"/>
+      <c r="C403" s="5"/>
+      <c r="D403" s="5"/>
+      <c r="E403" s="5"/>
+      <c r="F403" s="5"/>
+      <c r="G403" s="5"/>
+    </row>
+    <row r="404" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A404" s="5"/>
+      <c r="B404" s="5"/>
+      <c r="C404" s="5"/>
+      <c r="D404" s="5"/>
+      <c r="E404" s="5"/>
+      <c r="F404" s="5"/>
+      <c r="G404" s="5"/>
+    </row>
+    <row r="405" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A405" s="5"/>
+      <c r="B405" s="5"/>
+      <c r="C405" s="5"/>
+      <c r="D405" s="5"/>
+      <c r="E405" s="5"/>
+      <c r="F405" s="5"/>
+      <c r="G405" s="5"/>
+    </row>
+    <row r="406" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A406" s="5"/>
+      <c r="B406" s="5"/>
+      <c r="C406" s="5"/>
+      <c r="D406" s="5"/>
+      <c r="E406" s="5"/>
+      <c r="F406" s="5"/>
+      <c r="G406" s="5"/>
+    </row>
+    <row r="407" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A407" s="5"/>
+      <c r="B407" s="5"/>
+      <c r="C407" s="5"/>
+      <c r="D407" s="5"/>
+      <c r="E407" s="5"/>
+      <c r="F407" s="5"/>
+      <c r="G407" s="5"/>
+    </row>
+    <row r="408" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A408" s="5"/>
+      <c r="B408" s="5"/>
+      <c r="C408" s="5"/>
+      <c r="D408" s="5"/>
+      <c r="E408" s="5"/>
+      <c r="F408" s="5"/>
+      <c r="G408" s="5"/>
+    </row>
+    <row r="409" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A409" s="5"/>
+      <c r="B409" s="5"/>
+      <c r="C409" s="5"/>
+      <c r="D409" s="5"/>
+      <c r="E409" s="5"/>
+      <c r="F409" s="5"/>
+      <c r="G409" s="5"/>
+    </row>
+    <row r="410" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A410" s="5"/>
+      <c r="B410" s="5"/>
+      <c r="C410" s="5"/>
+      <c r="D410" s="5"/>
+      <c r="E410" s="5"/>
+      <c r="F410" s="5"/>
+      <c r="G410" s="5"/>
+    </row>
+    <row r="411" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A411" s="5"/>
+      <c r="B411" s="5"/>
+      <c r="C411" s="5"/>
+      <c r="D411" s="5"/>
+      <c r="E411" s="5"/>
+      <c r="F411" s="5"/>
+      <c r="G411" s="5"/>
+    </row>
+    <row r="412" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A412" s="5"/>
+      <c r="B412" s="5"/>
+      <c r="C412" s="5"/>
+      <c r="D412" s="5"/>
+      <c r="E412" s="5"/>
+      <c r="F412" s="5"/>
+      <c r="G412" s="5"/>
+    </row>
+    <row r="413" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A413" s="5"/>
+      <c r="B413" s="5"/>
+      <c r="C413" s="5"/>
+      <c r="D413" s="5"/>
+      <c r="E413" s="5"/>
+      <c r="F413" s="5"/>
+      <c r="G413" s="5"/>
+    </row>
+    <row r="414" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A414" s="5"/>
+      <c r="B414" s="5"/>
+      <c r="C414" s="5"/>
+      <c r="D414" s="5"/>
+      <c r="E414" s="5"/>
+      <c r="F414" s="5"/>
+      <c r="G414" s="5"/>
+    </row>
+    <row r="415" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A415" s="5"/>
+      <c r="B415" s="5"/>
+      <c r="C415" s="5"/>
+      <c r="D415" s="5"/>
+      <c r="E415" s="5"/>
+      <c r="F415" s="5"/>
+      <c r="G415" s="5"/>
+    </row>
+    <row r="416" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A416" s="5"/>
+      <c r="B416" s="5"/>
+      <c r="C416" s="5"/>
+      <c r="D416" s="5"/>
+      <c r="E416" s="5"/>
+      <c r="F416" s="5"/>
+      <c r="G416" s="5"/>
+    </row>
+    <row r="417" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A417" s="5"/>
+      <c r="B417" s="5"/>
+      <c r="C417" s="5"/>
+      <c r="D417" s="5"/>
+      <c r="E417" s="5"/>
+      <c r="F417" s="5"/>
+      <c r="G417" s="5"/>
+    </row>
+    <row r="418" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A418" s="5"/>
+      <c r="B418" s="5"/>
+      <c r="C418" s="5"/>
+      <c r="D418" s="5"/>
+      <c r="E418" s="5"/>
+      <c r="F418" s="5"/>
+      <c r="G418" s="5"/>
+    </row>
+    <row r="419" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A419" s="5"/>
+      <c r="B419" s="5"/>
+      <c r="C419" s="5"/>
+      <c r="D419" s="5"/>
+      <c r="E419" s="5"/>
+      <c r="F419" s="5"/>
+      <c r="G419" s="5"/>
+    </row>
+    <row r="420" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A420" s="5"/>
+      <c r="B420" s="5"/>
+      <c r="C420" s="5"/>
+      <c r="D420" s="5"/>
+      <c r="E420" s="5"/>
+      <c r="F420" s="5"/>
+      <c r="G420" s="5"/>
+    </row>
+    <row r="421" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A421" s="5"/>
+      <c r="B421" s="5"/>
+      <c r="C421" s="5"/>
+      <c r="D421" s="5"/>
+      <c r="E421" s="5"/>
+      <c r="F421" s="5"/>
+      <c r="G421" s="5"/>
+    </row>
+    <row r="422" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A422" s="5"/>
+      <c r="B422" s="5"/>
+      <c r="C422" s="5"/>
+      <c r="D422" s="5"/>
+      <c r="E422" s="5"/>
+      <c r="F422" s="5"/>
+      <c r="G422" s="5"/>
+    </row>
+    <row r="423" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A423" s="5"/>
+      <c r="B423" s="5"/>
+      <c r="C423" s="5"/>
+      <c r="D423" s="5"/>
+      <c r="E423" s="5"/>
+      <c r="F423" s="5"/>
+      <c r="G423" s="5"/>
+    </row>
+    <row r="424" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A424" s="5"/>
+      <c r="B424" s="5"/>
+      <c r="C424" s="5"/>
+      <c r="D424" s="5"/>
+      <c r="E424" s="5"/>
+      <c r="F424" s="5"/>
+      <c r="G424" s="5"/>
+    </row>
+    <row r="425" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A425" s="5"/>
+      <c r="B425" s="5"/>
+      <c r="C425" s="5"/>
+      <c r="D425" s="5"/>
+      <c r="E425" s="5"/>
+      <c r="F425" s="5"/>
+      <c r="G425" s="5"/>
+    </row>
+    <row r="426" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A426" s="5"/>
+      <c r="B426" s="5"/>
+      <c r="C426" s="5"/>
+      <c r="D426" s="5"/>
+      <c r="E426" s="5"/>
+      <c r="F426" s="5"/>
+      <c r="G426" s="5"/>
+    </row>
+    <row r="427" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A427" s="5"/>
+      <c r="B427" s="5"/>
+      <c r="C427" s="5"/>
+      <c r="D427" s="5"/>
+      <c r="E427" s="5"/>
+      <c r="F427" s="5"/>
+      <c r="G427" s="5"/>
+    </row>
+    <row r="428" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A428" s="5"/>
+      <c r="B428" s="5"/>
+      <c r="C428" s="5"/>
+      <c r="D428" s="5"/>
+      <c r="E428" s="5"/>
+      <c r="F428" s="5"/>
+      <c r="G428" s="5"/>
+    </row>
+    <row r="429" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A429" s="5"/>
+      <c r="B429" s="5"/>
+      <c r="C429" s="5"/>
+      <c r="D429" s="5"/>
+      <c r="E429" s="5"/>
+      <c r="F429" s="5"/>
+      <c r="G429" s="5"/>
+    </row>
+    <row r="430" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A430" s="5"/>
+      <c r="B430" s="5"/>
+      <c r="C430" s="5"/>
+      <c r="D430" s="5"/>
+      <c r="E430" s="5"/>
+      <c r="F430" s="5"/>
+      <c r="G430" s="5"/>
+    </row>
+    <row r="431" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A431" s="5"/>
+      <c r="B431" s="5"/>
+      <c r="C431" s="5"/>
+      <c r="D431" s="5"/>
+      <c r="E431" s="5"/>
+      <c r="F431" s="5"/>
+      <c r="G431" s="5"/>
+    </row>
+    <row r="432" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A432" s="5"/>
+      <c r="B432" s="5"/>
+      <c r="C432" s="5"/>
+      <c r="D432" s="5"/>
+      <c r="E432" s="5"/>
+      <c r="F432" s="5"/>
+      <c r="G432" s="5"/>
+    </row>
+    <row r="433" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A433" s="5"/>
+      <c r="B433" s="5"/>
+      <c r="C433" s="5"/>
+      <c r="D433" s="5"/>
+      <c r="E433" s="5"/>
+      <c r="F433" s="5"/>
+      <c r="G433" s="5"/>
+    </row>
+    <row r="434" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A434" s="5"/>
+      <c r="B434" s="5"/>
+      <c r="C434" s="5"/>
+      <c r="D434" s="5"/>
+      <c r="E434" s="5"/>
+      <c r="F434" s="5"/>
+      <c r="G434" s="5"/>
+    </row>
+    <row r="435" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A435" s="5"/>
+      <c r="B435" s="5"/>
+      <c r="C435" s="5"/>
+      <c r="D435" s="5"/>
+      <c r="E435" s="5"/>
+      <c r="F435" s="5"/>
+      <c r="G435" s="5"/>
+    </row>
+    <row r="436" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A436" s="5"/>
+      <c r="B436" s="5"/>
+      <c r="C436" s="5"/>
+      <c r="D436" s="5"/>
+      <c r="E436" s="5"/>
+      <c r="F436" s="5"/>
+      <c r="G436" s="5"/>
+    </row>
+    <row r="437" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A437" s="5"/>
+      <c r="B437" s="5"/>
+      <c r="C437" s="5"/>
+      <c r="D437" s="5"/>
+      <c r="E437" s="5"/>
+      <c r="F437" s="5"/>
+      <c r="G437" s="5"/>
+    </row>
+    <row r="438" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A438" s="5"/>
+      <c r="B438" s="5"/>
+      <c r="C438" s="5"/>
+      <c r="D438" s="5"/>
+      <c r="E438" s="5"/>
+      <c r="F438" s="5"/>
+      <c r="G438" s="5"/>
+    </row>
+    <row r="439" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A439" s="5"/>
+      <c r="B439" s="5"/>
+      <c r="C439" s="5"/>
+      <c r="D439" s="5"/>
+      <c r="E439" s="5"/>
+      <c r="F439" s="5"/>
+      <c r="G439" s="5"/>
+    </row>
+    <row r="440" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A440" s="5"/>
+      <c r="B440" s="5"/>
+      <c r="C440" s="5"/>
+      <c r="D440" s="5"/>
+      <c r="E440" s="5"/>
+      <c r="F440" s="5"/>
+      <c r="G440" s="5"/>
+    </row>
+    <row r="441" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A441" s="5"/>
+      <c r="B441" s="5"/>
+      <c r="C441" s="5"/>
+      <c r="D441" s="5"/>
+      <c r="E441" s="5"/>
+      <c r="F441" s="5"/>
+      <c r="G441" s="5"/>
+    </row>
+    <row r="442" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A442" s="5"/>
+      <c r="B442" s="5"/>
+      <c r="C442" s="5"/>
+      <c r="D442" s="5"/>
+      <c r="E442" s="5"/>
+      <c r="F442" s="5"/>
+      <c r="G442" s="5"/>
+    </row>
+    <row r="443" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A443" s="5"/>
+      <c r="B443" s="5"/>
+      <c r="C443" s="5"/>
+      <c r="D443" s="5"/>
+      <c r="E443" s="5"/>
+      <c r="F443" s="5"/>
+      <c r="G443" s="5"/>
+    </row>
+    <row r="444" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A444" s="5"/>
+      <c r="B444" s="5"/>
+      <c r="C444" s="5"/>
+      <c r="D444" s="5"/>
+      <c r="E444" s="5"/>
+      <c r="F444" s="5"/>
+      <c r="G444" s="5"/>
+    </row>
+    <row r="445" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A445" s="5"/>
+      <c r="B445" s="5"/>
+      <c r="C445" s="5"/>
+      <c r="D445" s="5"/>
+      <c r="E445" s="5"/>
+      <c r="F445" s="5"/>
+      <c r="G445" s="5"/>
+    </row>
+    <row r="446" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A446" s="5"/>
+      <c r="B446" s="5"/>
+      <c r="C446" s="5"/>
+      <c r="D446" s="5"/>
+      <c r="E446" s="5"/>
+      <c r="F446" s="5"/>
+      <c r="G446" s="5"/>
+    </row>
+    <row r="447" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A447" s="5"/>
+      <c r="B447" s="5"/>
+      <c r="C447" s="5"/>
+      <c r="D447" s="5"/>
+      <c r="E447" s="5"/>
+      <c r="F447" s="5"/>
+      <c r="G447" s="5"/>
+    </row>
+    <row r="448" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A448" s="5"/>
+      <c r="B448" s="5"/>
+      <c r="C448" s="5"/>
+      <c r="D448" s="5"/>
+      <c r="E448" s="5"/>
+      <c r="F448" s="5"/>
+      <c r="G448" s="5"/>
+    </row>
+    <row r="449" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A449" s="5"/>
+      <c r="B449" s="5"/>
+      <c r="C449" s="5"/>
+      <c r="D449" s="5"/>
+      <c r="E449" s="5"/>
+      <c r="F449" s="5"/>
+      <c r="G449" s="5"/>
+    </row>
+    <row r="450" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A450" s="5"/>
+      <c r="B450" s="5"/>
+      <c r="C450" s="5"/>
+      <c r="D450" s="5"/>
+      <c r="E450" s="5"/>
+      <c r="F450" s="5"/>
+      <c r="G450" s="5"/>
+    </row>
+    <row r="451" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A451" s="5"/>
+      <c r="B451" s="5"/>
+      <c r="C451" s="5"/>
+      <c r="D451" s="5"/>
+      <c r="E451" s="5"/>
+      <c r="F451" s="5"/>
+      <c r="G451" s="5"/>
+    </row>
+    <row r="452" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A452" s="5"/>
+      <c r="B452" s="5"/>
+      <c r="C452" s="5"/>
+      <c r="D452" s="5"/>
+      <c r="E452" s="5"/>
+      <c r="F452" s="5"/>
+      <c r="G452" s="5"/>
+    </row>
+    <row r="453" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A453" s="5"/>
+      <c r="B453" s="5"/>
+      <c r="C453" s="5"/>
+      <c r="D453" s="5"/>
+      <c r="E453" s="5"/>
+      <c r="F453" s="5"/>
+      <c r="G453" s="5"/>
+    </row>
+    <row r="454" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A454" s="5"/>
+      <c r="B454" s="5"/>
+      <c r="C454" s="5"/>
+      <c r="D454" s="5"/>
+      <c r="E454" s="5"/>
+      <c r="F454" s="5"/>
+      <c r="G454" s="5"/>
+    </row>
+    <row r="455" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A455" s="5"/>
+      <c r="B455" s="5"/>
+      <c r="C455" s="5"/>
+      <c r="D455" s="5"/>
+      <c r="E455" s="5"/>
+      <c r="F455" s="5"/>
+      <c r="G455" s="5"/>
+    </row>
+    <row r="456" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A456" s="5"/>
+      <c r="B456" s="5"/>
+      <c r="C456" s="5"/>
+      <c r="D456" s="5"/>
+      <c r="E456" s="5"/>
+      <c r="F456" s="5"/>
+      <c r="G456" s="5"/>
+    </row>
+    <row r="457" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A457" s="5"/>
+      <c r="B457" s="5"/>
+      <c r="C457" s="5"/>
+      <c r="D457" s="5"/>
+      <c r="E457" s="5"/>
+      <c r="F457" s="5"/>
+      <c r="G457" s="5"/>
+    </row>
+    <row r="458" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A458" s="5"/>
+      <c r="B458" s="5"/>
+      <c r="C458" s="5"/>
+      <c r="D458" s="5"/>
+      <c r="E458" s="5"/>
+      <c r="F458" s="5"/>
+      <c r="G458" s="5"/>
+    </row>
+    <row r="459" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A459" s="5"/>
+      <c r="B459" s="5"/>
+      <c r="C459" s="5"/>
+      <c r="D459" s="5"/>
+      <c r="E459" s="5"/>
+      <c r="F459" s="5"/>
+      <c r="G459" s="5"/>
+    </row>
+    <row r="460" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A460" s="5"/>
+      <c r="B460" s="5"/>
+      <c r="C460" s="5"/>
+      <c r="D460" s="5"/>
+      <c r="E460" s="5"/>
+      <c r="F460" s="5"/>
+      <c r="G460" s="5"/>
+    </row>
+    <row r="461" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A461" s="5"/>
+      <c r="B461" s="5"/>
+      <c r="C461" s="5"/>
+      <c r="D461" s="5"/>
+      <c r="E461" s="5"/>
+      <c r="F461" s="5"/>
+      <c r="G461" s="5"/>
+    </row>
+    <row r="462" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A462" s="5"/>
+      <c r="B462" s="5"/>
+      <c r="C462" s="5"/>
+      <c r="D462" s="5"/>
+      <c r="E462" s="5"/>
+      <c r="F462" s="5"/>
+      <c r="G462" s="5"/>
+    </row>
+    <row r="463" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A463" s="5"/>
+      <c r="B463" s="5"/>
+      <c r="C463" s="5"/>
+      <c r="D463" s="5"/>
+      <c r="E463" s="5"/>
+      <c r="F463" s="5"/>
+      <c r="G463" s="5"/>
+    </row>
+    <row r="464" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A464" s="5"/>
+      <c r="B464" s="5"/>
+      <c r="C464" s="5"/>
+      <c r="D464" s="5"/>
+      <c r="E464" s="5"/>
+      <c r="F464" s="5"/>
+      <c r="G464" s="5"/>
+    </row>
+    <row r="465" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A465" s="5"/>
+      <c r="B465" s="5"/>
+      <c r="C465" s="5"/>
+      <c r="D465" s="5"/>
+      <c r="E465" s="5"/>
+      <c r="F465" s="5"/>
+      <c r="G465" s="5"/>
+    </row>
+    <row r="466" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A466" s="5"/>
+      <c r="B466" s="5"/>
+      <c r="C466" s="5"/>
+      <c r="D466" s="5"/>
+      <c r="E466" s="5"/>
+      <c r="F466" s="5"/>
+      <c r="G466" s="5"/>
+    </row>
+    <row r="467" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A467" s="5"/>
+      <c r="B467" s="5"/>
+      <c r="C467" s="5"/>
+      <c r="D467" s="5"/>
+      <c r="E467" s="5"/>
+      <c r="F467" s="5"/>
+      <c r="G467" s="5"/>
+    </row>
+    <row r="468" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A468" s="5"/>
+      <c r="B468" s="5"/>
+      <c r="C468" s="5"/>
+      <c r="D468" s="5"/>
+      <c r="E468" s="5"/>
+      <c r="F468" s="5"/>
+      <c r="G468" s="5"/>
+    </row>
+    <row r="469" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A469" s="5"/>
+      <c r="B469" s="5"/>
+      <c r="C469" s="5"/>
+      <c r="D469" s="5"/>
+      <c r="E469" s="5"/>
+      <c r="F469" s="5"/>
+      <c r="G469" s="5"/>
+    </row>
+    <row r="470" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A470" s="5"/>
+      <c r="B470" s="5"/>
+      <c r="C470" s="5"/>
+      <c r="D470" s="5"/>
+      <c r="E470" s="5"/>
+      <c r="F470" s="5"/>
+      <c r="G470" s="5"/>
+    </row>
+    <row r="471" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A471" s="5"/>
+      <c r="B471" s="5"/>
+      <c r="C471" s="5"/>
+      <c r="D471" s="5"/>
+      <c r="E471" s="5"/>
+      <c r="F471" s="5"/>
+      <c r="G471" s="5"/>
+    </row>
+    <row r="472" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A472" s="5"/>
+      <c r="B472" s="5"/>
+      <c r="C472" s="5"/>
+      <c r="D472" s="5"/>
+      <c r="E472" s="5"/>
+      <c r="F472" s="5"/>
+      <c r="G472" s="5"/>
+    </row>
+    <row r="473" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A473" s="5"/>
+      <c r="B473" s="5"/>
+      <c r="C473" s="5"/>
+      <c r="D473" s="5"/>
+      <c r="E473" s="5"/>
+      <c r="F473" s="5"/>
+      <c r="G473" s="5"/>
+    </row>
+    <row r="474" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A474" s="5"/>
+      <c r="B474" s="5"/>
+      <c r="C474" s="5"/>
+      <c r="D474" s="5"/>
+      <c r="E474" s="5"/>
+      <c r="F474" s="5"/>
+      <c r="G474" s="5"/>
+    </row>
+    <row r="475" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A475" s="5"/>
+      <c r="B475" s="5"/>
+      <c r="C475" s="5"/>
+      <c r="D475" s="5"/>
+      <c r="E475" s="5"/>
+      <c r="F475" s="5"/>
+      <c r="G475" s="5"/>
+    </row>
+    <row r="476" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A476" s="5"/>
+      <c r="B476" s="5"/>
+      <c r="C476" s="5"/>
+      <c r="D476" s="5"/>
+      <c r="E476" s="5"/>
+      <c r="F476" s="5"/>
+      <c r="G476" s="5"/>
+    </row>
+    <row r="477" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A477" s="5"/>
+      <c r="B477" s="5"/>
+      <c r="C477" s="5"/>
+      <c r="D477" s="5"/>
+      <c r="E477" s="5"/>
+      <c r="F477" s="5"/>
+      <c r="G477" s="5"/>
+    </row>
+    <row r="478" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A478" s="5"/>
+      <c r="B478" s="5"/>
+      <c r="C478" s="5"/>
+      <c r="D478" s="5"/>
+      <c r="E478" s="5"/>
+      <c r="F478" s="5"/>
+      <c r="G478" s="5"/>
+    </row>
+    <row r="479" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A479" s="5"/>
+      <c r="B479" s="5"/>
+      <c r="C479" s="5"/>
+      <c r="D479" s="5"/>
+      <c r="E479" s="5"/>
+      <c r="F479" s="5"/>
+      <c r="G479" s="5"/>
+    </row>
+    <row r="480" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A480" s="5"/>
+      <c r="B480" s="5"/>
+      <c r="C480" s="5"/>
+      <c r="D480" s="5"/>
+      <c r="E480" s="5"/>
+      <c r="F480" s="5"/>
+      <c r="G480" s="5"/>
+    </row>
+    <row r="481" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A481" s="5"/>
+      <c r="B481" s="5"/>
+      <c r="C481" s="5"/>
+      <c r="D481" s="5"/>
+      <c r="E481" s="5"/>
+      <c r="F481" s="5"/>
+      <c r="G481" s="5"/>
+    </row>
+    <row r="482" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A482" s="5"/>
+      <c r="B482" s="5"/>
+      <c r="C482" s="5"/>
+      <c r="D482" s="5"/>
+      <c r="E482" s="5"/>
+      <c r="F482" s="5"/>
+      <c r="G482" s="5"/>
+    </row>
+    <row r="483" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A483" s="5"/>
+      <c r="B483" s="5"/>
+      <c r="C483" s="5"/>
+      <c r="D483" s="5"/>
+      <c r="E483" s="5"/>
+      <c r="F483" s="5"/>
+      <c r="G483" s="5"/>
+    </row>
+    <row r="484" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A484" s="5"/>
+      <c r="B484" s="5"/>
+      <c r="C484" s="5"/>
+      <c r="D484" s="5"/>
+      <c r="E484" s="5"/>
+      <c r="F484" s="5"/>
+      <c r="G484" s="5"/>
+    </row>
+    <row r="485" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A485" s="5"/>
+      <c r="B485" s="5"/>
+      <c r="C485" s="5"/>
+      <c r="D485" s="5"/>
+      <c r="E485" s="5"/>
+      <c r="F485" s="5"/>
+      <c r="G485" s="5"/>
+    </row>
+    <row r="486" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A486" s="5"/>
+      <c r="B486" s="5"/>
+      <c r="C486" s="5"/>
+      <c r="D486" s="5"/>
+      <c r="E486" s="5"/>
+      <c r="F486" s="5"/>
+      <c r="G486" s="5"/>
+    </row>
+    <row r="487" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A487" s="5"/>
+      <c r="B487" s="5"/>
+      <c r="C487" s="5"/>
+      <c r="D487" s="5"/>
+      <c r="E487" s="5"/>
+      <c r="F487" s="5"/>
+      <c r="G487" s="5"/>
+    </row>
+    <row r="488" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A488" s="5"/>
+      <c r="B488" s="5"/>
+      <c r="C488" s="5"/>
+      <c r="D488" s="5"/>
+      <c r="E488" s="5"/>
+      <c r="F488" s="5"/>
+      <c r="G488" s="5"/>
+    </row>
+    <row r="489" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A489" s="5"/>
+      <c r="B489" s="5"/>
+      <c r="C489" s="5"/>
+      <c r="D489" s="5"/>
+      <c r="E489" s="5"/>
+      <c r="F489" s="5"/>
+      <c r="G489" s="5"/>
+    </row>
+    <row r="490" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A490" s="5"/>
+      <c r="B490" s="5"/>
+      <c r="C490" s="5"/>
+      <c r="D490" s="5"/>
+      <c r="E490" s="5"/>
+      <c r="F490" s="5"/>
+      <c r="G490" s="5"/>
+    </row>
+    <row r="491" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A491" s="5"/>
+      <c r="B491" s="5"/>
+      <c r="C491" s="5"/>
+      <c r="D491" s="5"/>
+      <c r="E491" s="5"/>
+      <c r="F491" s="5"/>
+      <c r="G491" s="5"/>
+    </row>
+    <row r="492" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A492" s="5"/>
+      <c r="B492" s="5"/>
+      <c r="C492" s="5"/>
+      <c r="D492" s="5"/>
+      <c r="E492" s="5"/>
+      <c r="F492" s="5"/>
+      <c r="G492" s="5"/>
+    </row>
+    <row r="493" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A493" s="5"/>
+      <c r="B493" s="5"/>
+      <c r="C493" s="5"/>
+      <c r="D493" s="5"/>
+      <c r="E493" s="5"/>
+      <c r="F493" s="5"/>
+      <c r="G493" s="5"/>
+    </row>
+    <row r="494" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A494" s="5"/>
+      <c r="B494" s="5"/>
+      <c r="C494" s="5"/>
+      <c r="D494" s="5"/>
+      <c r="E494" s="5"/>
+      <c r="F494" s="5"/>
+      <c r="G494" s="5"/>
+    </row>
+    <row r="495" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A495" s="5"/>
+      <c r="B495" s="5"/>
+      <c r="C495" s="5"/>
+      <c r="D495" s="5"/>
+      <c r="E495" s="5"/>
+      <c r="F495" s="5"/>
+      <c r="G495" s="5"/>
+    </row>
+    <row r="496" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A496" s="5"/>
+      <c r="B496" s="5"/>
+      <c r="C496" s="5"/>
+      <c r="D496" s="5"/>
+      <c r="E496" s="5"/>
+      <c r="F496" s="5"/>
+      <c r="G496" s="5"/>
+    </row>
+    <row r="497" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A497" s="5"/>
+      <c r="B497" s="5"/>
+      <c r="C497" s="5"/>
+      <c r="D497" s="5"/>
+      <c r="E497" s="5"/>
+      <c r="F497" s="5"/>
+      <c r="G497" s="5"/>
+    </row>
+    <row r="498" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A498" s="5"/>
+      <c r="B498" s="5"/>
+      <c r="C498" s="5"/>
+      <c r="D498" s="5"/>
+      <c r="E498" s="5"/>
+      <c r="F498" s="5"/>
+      <c r="G498" s="5"/>
+    </row>
+    <row r="499" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A499" s="5"/>
+      <c r="B499" s="5"/>
+      <c r="C499" s="5"/>
+      <c r="D499" s="5"/>
+      <c r="E499" s="5"/>
+      <c r="F499" s="5"/>
+      <c r="G499" s="5"/>
+    </row>
+    <row r="500" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A500" s="5"/>
+      <c r="B500" s="5"/>
+      <c r="C500" s="5"/>
+      <c r="D500" s="5"/>
+      <c r="E500" s="5"/>
+      <c r="F500" s="5"/>
+      <c r="G500" s="5"/>
+    </row>
+    <row r="501" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A501" s="5"/>
+      <c r="B501" s="5"/>
+      <c r="C501" s="5"/>
+      <c r="D501" s="5"/>
+      <c r="E501" s="5"/>
+      <c r="F501" s="5"/>
+      <c r="G501" s="5"/>
+    </row>
+    <row r="502" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A502" s="5"/>
+      <c r="B502" s="5"/>
+      <c r="C502" s="5"/>
+      <c r="D502" s="5"/>
+      <c r="E502" s="5"/>
+      <c r="F502" s="5"/>
+      <c r="G502" s="5"/>
+    </row>
+    <row r="503" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A503" s="5"/>
+      <c r="B503" s="5"/>
+      <c r="C503" s="5"/>
+      <c r="D503" s="5"/>
+      <c r="E503" s="5"/>
+      <c r="F503" s="5"/>
+      <c r="G503" s="5"/>
+    </row>
+    <row r="504" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A504" s="5"/>
+      <c r="B504" s="5"/>
+      <c r="C504" s="5"/>
+      <c r="D504" s="5"/>
+      <c r="E504" s="5"/>
+      <c r="F504" s="5"/>
+      <c r="G504" s="5"/>
+    </row>
+    <row r="505" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A505" s="5"/>
+      <c r="B505" s="5"/>
+      <c r="C505" s="5"/>
+      <c r="D505" s="5"/>
+      <c r="E505" s="5"/>
+      <c r="F505" s="5"/>
+      <c r="G505" s="5"/>
+    </row>
+    <row r="506" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A506" s="5"/>
+      <c r="B506" s="5"/>
+      <c r="C506" s="5"/>
+      <c r="D506" s="5"/>
+      <c r="E506" s="5"/>
+      <c r="F506" s="5"/>
+      <c r="G506" s="5"/>
+    </row>
+    <row r="507" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A507" s="5"/>
+      <c r="B507" s="5"/>
+      <c r="C507" s="5"/>
+      <c r="D507" s="5"/>
+      <c r="E507" s="5"/>
+      <c r="F507" s="5"/>
+      <c r="G507" s="5"/>
+    </row>
+    <row r="508" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A508" s="5"/>
+      <c r="B508" s="5"/>
+      <c r="C508" s="5"/>
+      <c r="D508" s="5"/>
+      <c r="E508" s="5"/>
+      <c r="F508" s="5"/>
+      <c r="G508" s="5"/>
+    </row>
+    <row r="509" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A509" s="5"/>
+      <c r="B509" s="5"/>
+      <c r="C509" s="5"/>
+      <c r="D509" s="5"/>
+      <c r="E509" s="5"/>
+      <c r="F509" s="5"/>
+      <c r="G509" s="5"/>
+    </row>
+    <row r="510" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A510" s="5"/>
+      <c r="B510" s="5"/>
+      <c r="C510" s="5"/>
+      <c r="D510" s="5"/>
+      <c r="E510" s="5"/>
+      <c r="F510" s="5"/>
+      <c r="G510" s="5"/>
+    </row>
+    <row r="511" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A511" s="5"/>
+      <c r="B511" s="5"/>
+      <c r="C511" s="5"/>
+      <c r="D511" s="5"/>
+      <c r="E511" s="5"/>
+      <c r="F511" s="5"/>
+      <c r="G511" s="5"/>
+    </row>
+    <row r="512" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A512" s="5"/>
+      <c r="B512" s="5"/>
+      <c r="C512" s="5"/>
+      <c r="D512" s="5"/>
+      <c r="E512" s="5"/>
+      <c r="F512" s="5"/>
+      <c r="G512" s="5"/>
+    </row>
+    <row r="513" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A513" s="5"/>
+      <c r="B513" s="5"/>
+      <c r="C513" s="5"/>
+      <c r="D513" s="5"/>
+      <c r="E513" s="5"/>
+      <c r="F513" s="5"/>
+      <c r="G513" s="5"/>
+    </row>
+    <row r="514" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A514" s="5"/>
+      <c r="B514" s="5"/>
+      <c r="C514" s="5"/>
+      <c r="D514" s="5"/>
+      <c r="E514" s="5"/>
+      <c r="F514" s="5"/>
+      <c r="G514" s="5"/>
+    </row>
+    <row r="515" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A515" s="5"/>
+      <c r="B515" s="5"/>
+      <c r="C515" s="5"/>
+      <c r="D515" s="5"/>
+      <c r="E515" s="5"/>
+      <c r="F515" s="5"/>
+      <c r="G515" s="5"/>
+    </row>
+    <row r="516" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A516" s="5"/>
+      <c r="B516" s="5"/>
+      <c r="C516" s="5"/>
+      <c r="D516" s="5"/>
+      <c r="E516" s="5"/>
+      <c r="F516" s="5"/>
+      <c r="G516" s="5"/>
+    </row>
+    <row r="517" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A517" s="5"/>
+      <c r="B517" s="5"/>
+      <c r="C517" s="5"/>
+      <c r="D517" s="5"/>
+      <c r="E517" s="5"/>
+      <c r="F517" s="5"/>
+      <c r="G517" s="5"/>
+    </row>
+    <row r="518" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A518" s="5"/>
+      <c r="B518" s="5"/>
+      <c r="C518" s="5"/>
+      <c r="D518" s="5"/>
+      <c r="E518" s="5"/>
+      <c r="F518" s="5"/>
+      <c r="G518" s="5"/>
+    </row>
+    <row r="519" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A519" s="5"/>
+      <c r="B519" s="5"/>
+      <c r="C519" s="5"/>
+      <c r="D519" s="5"/>
+      <c r="E519" s="5"/>
+      <c r="F519" s="5"/>
+      <c r="G519" s="5"/>
+    </row>
+    <row r="520" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A520" s="5"/>
+      <c r="B520" s="5"/>
+      <c r="C520" s="5"/>
+      <c r="D520" s="5"/>
+      <c r="E520" s="5"/>
+      <c r="F520" s="5"/>
+      <c r="G520" s="5"/>
+    </row>
+    <row r="521" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A521" s="5"/>
+      <c r="B521" s="5"/>
+      <c r="C521" s="5"/>
+      <c r="D521" s="5"/>
+      <c r="E521" s="5"/>
+      <c r="F521" s="5"/>
+      <c r="G521" s="5"/>
+    </row>
+    <row r="522" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A522" s="5"/>
+      <c r="B522" s="5"/>
+      <c r="C522" s="5"/>
+      <c r="D522" s="5"/>
+      <c r="E522" s="5"/>
+      <c r="F522" s="5"/>
+      <c r="G522" s="5"/>
+    </row>
+    <row r="523" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A523" s="5"/>
+      <c r="B523" s="5"/>
+      <c r="C523" s="5"/>
+      <c r="D523" s="5"/>
+      <c r="E523" s="5"/>
+      <c r="F523" s="5"/>
+      <c r="G523" s="5"/>
+    </row>
+    <row r="524" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A524" s="5"/>
+      <c r="B524" s="5"/>
+      <c r="C524" s="5"/>
+      <c r="D524" s="5"/>
+      <c r="E524" s="5"/>
+      <c r="F524" s="5"/>
+      <c r="G524" s="5"/>
+    </row>
+    <row r="525" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A525" s="5"/>
+      <c r="B525" s="5"/>
+      <c r="C525" s="5"/>
+      <c r="D525" s="5"/>
+      <c r="E525" s="5"/>
+      <c r="F525" s="5"/>
+      <c r="G525" s="5"/>
+    </row>
+    <row r="526" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A526" s="5"/>
+      <c r="B526" s="5"/>
+      <c r="C526" s="5"/>
+      <c r="D526" s="5"/>
+      <c r="E526" s="5"/>
+      <c r="F526" s="5"/>
+      <c r="G526" s="5"/>
+    </row>
+    <row r="527" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A527" s="5"/>
+      <c r="B527" s="5"/>
+      <c r="C527" s="5"/>
+      <c r="D527" s="5"/>
+      <c r="E527" s="5"/>
+      <c r="F527" s="5"/>
+      <c r="G527" s="5"/>
+    </row>
+    <row r="528" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A528" s="5"/>
+      <c r="B528" s="5"/>
+      <c r="C528" s="5"/>
+      <c r="D528" s="5"/>
+      <c r="E528" s="5"/>
+      <c r="F528" s="5"/>
+      <c r="G528" s="5"/>
+    </row>
+    <row r="529" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A529" s="5"/>
+      <c r="B529" s="5"/>
+      <c r="C529" s="5"/>
+      <c r="D529" s="5"/>
+      <c r="E529" s="5"/>
+      <c r="F529" s="5"/>
+      <c r="G529" s="5"/>
+    </row>
+    <row r="530" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A530" s="5"/>
+      <c r="B530" s="5"/>
+      <c r="C530" s="5"/>
+      <c r="D530" s="5"/>
+      <c r="E530" s="5"/>
+      <c r="F530" s="5"/>
+      <c r="G530" s="5"/>
+    </row>
+    <row r="531" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A531" s="5"/>
+      <c r="B531" s="5"/>
+      <c r="C531" s="5"/>
+      <c r="D531" s="5"/>
+      <c r="E531" s="5"/>
+      <c r="F531" s="5"/>
+      <c r="G531" s="5"/>
+    </row>
+    <row r="532" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A532" s="5"/>
+      <c r="B532" s="5"/>
+      <c r="C532" s="5"/>
+      <c r="D532" s="5"/>
+      <c r="E532" s="5"/>
+      <c r="F532" s="5"/>
+      <c r="G532" s="5"/>
+    </row>
+    <row r="533" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A533" s="5"/>
+      <c r="B533" s="5"/>
+      <c r="C533" s="5"/>
+      <c r="D533" s="5"/>
+      <c r="E533" s="5"/>
+      <c r="F533" s="5"/>
+      <c r="G533" s="5"/>
+    </row>
+    <row r="534" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A534" s="5"/>
+      <c r="B534" s="5"/>
+      <c r="C534" s="5"/>
+      <c r="D534" s="5"/>
+      <c r="E534" s="5"/>
+      <c r="F534" s="5"/>
+      <c r="G534" s="5"/>
+    </row>
+    <row r="535" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A535" s="5"/>
+      <c r="B535" s="5"/>
+      <c r="C535" s="5"/>
+      <c r="D535" s="5"/>
+      <c r="E535" s="5"/>
+      <c r="F535" s="5"/>
+      <c r="G535" s="5"/>
+    </row>
+    <row r="536" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A536" s="5"/>
+      <c r="B536" s="5"/>
+      <c r="C536" s="5"/>
+      <c r="D536" s="5"/>
+      <c r="E536" s="5"/>
+      <c r="F536" s="5"/>
+      <c r="G536" s="5"/>
+    </row>
+    <row r="537" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A537" s="5"/>
+      <c r="B537" s="5"/>
+      <c r="C537" s="5"/>
+      <c r="D537" s="5"/>
+      <c r="E537" s="5"/>
+      <c r="F537" s="5"/>
+      <c r="G537" s="5"/>
+    </row>
+    <row r="538" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A538" s="5"/>
+      <c r="B538" s="5"/>
+      <c r="C538" s="5"/>
+      <c r="D538" s="5"/>
+      <c r="E538" s="5"/>
+      <c r="F538" s="5"/>
+      <c r="G538" s="5"/>
+    </row>
+    <row r="539" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A539" s="5"/>
+      <c r="B539" s="5"/>
+      <c r="C539" s="5"/>
+      <c r="D539" s="5"/>
+      <c r="E539" s="5"/>
+      <c r="F539" s="5"/>
+      <c r="G539" s="5"/>
+    </row>
+    <row r="540" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A540" s="5"/>
+      <c r="B540" s="5"/>
+      <c r="C540" s="5"/>
+      <c r="D540" s="5"/>
+      <c r="E540" s="5"/>
+      <c r="F540" s="5"/>
+      <c r="G540" s="5"/>
+    </row>
+    <row r="541" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A541" s="5"/>
+      <c r="B541" s="5"/>
+      <c r="C541" s="5"/>
+      <c r="D541" s="5"/>
+      <c r="E541" s="5"/>
+      <c r="F541" s="5"/>
+      <c r="G541" s="5"/>
+    </row>
+    <row r="542" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A542" s="5"/>
+      <c r="B542" s="5"/>
+      <c r="C542" s="5"/>
+      <c r="D542" s="5"/>
+      <c r="E542" s="5"/>
+      <c r="F542" s="5"/>
+      <c r="G542" s="5"/>
+    </row>
+    <row r="543" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A543" s="5"/>
+      <c r="B543" s="5"/>
+      <c r="C543" s="5"/>
+      <c r="D543" s="5"/>
+      <c r="E543" s="5"/>
+      <c r="F543" s="5"/>
+      <c r="G543" s="5"/>
+    </row>
+    <row r="544" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A544" s="5"/>
+      <c r="B544" s="5"/>
+      <c r="C544" s="5"/>
+      <c r="D544" s="5"/>
+      <c r="E544" s="5"/>
+      <c r="F544" s="5"/>
+      <c r="G544" s="5"/>
+    </row>
+    <row r="545" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A545" s="5"/>
+      <c r="B545" s="5"/>
+      <c r="C545" s="5"/>
+      <c r="D545" s="5"/>
+      <c r="E545" s="5"/>
+      <c r="F545" s="5"/>
+      <c r="G545" s="5"/>
+    </row>
+    <row r="546" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A546" s="5"/>
+      <c r="B546" s="5"/>
+      <c r="C546" s="5"/>
+      <c r="D546" s="5"/>
+      <c r="E546" s="5"/>
+      <c r="F546" s="5"/>
+      <c r="G546" s="5"/>
+    </row>
+    <row r="547" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A547" s="5"/>
+      <c r="B547" s="5"/>
+      <c r="C547" s="5"/>
+      <c r="D547" s="5"/>
+      <c r="E547" s="5"/>
+      <c r="F547" s="5"/>
+      <c r="G547" s="5"/>
+    </row>
+    <row r="548" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A548" s="5"/>
+      <c r="B548" s="5"/>
+      <c r="C548" s="5"/>
+      <c r="D548" s="5"/>
+      <c r="E548" s="5"/>
+      <c r="F548" s="5"/>
+      <c r="G548" s="5"/>
+    </row>
+    <row r="549" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A549" s="5"/>
+      <c r="B549" s="5"/>
+      <c r="C549" s="5"/>
+      <c r="D549" s="5"/>
+      <c r="E549" s="5"/>
+      <c r="F549" s="5"/>
+      <c r="G549" s="5"/>
+    </row>
+    <row r="550" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A550" s="5"/>
+      <c r="B550" s="5"/>
+      <c r="C550" s="5"/>
+      <c r="D550" s="5"/>
+      <c r="E550" s="5"/>
+      <c r="F550" s="5"/>
+      <c r="G550" s="5"/>
+    </row>
+    <row r="551" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A551" s="5"/>
+      <c r="B551" s="5"/>
+      <c r="C551" s="5"/>
+      <c r="D551" s="5"/>
+      <c r="E551" s="5"/>
+      <c r="F551" s="5"/>
+      <c r="G551" s="5"/>
+    </row>
+    <row r="552" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A552" s="5"/>
+      <c r="B552" s="5"/>
+      <c r="C552" s="5"/>
+      <c r="D552" s="5"/>
+      <c r="E552" s="5"/>
+      <c r="F552" s="5"/>
+      <c r="G552" s="5"/>
+    </row>
+    <row r="553" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A553" s="5"/>
+      <c r="B553" s="5"/>
+      <c r="C553" s="5"/>
+      <c r="D553" s="5"/>
+      <c r="E553" s="5"/>
+      <c r="F553" s="5"/>
+      <c r="G553" s="5"/>
+    </row>
+    <row r="554" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A554" s="5"/>
+      <c r="B554" s="5"/>
+      <c r="C554" s="5"/>
+      <c r="D554" s="5"/>
+      <c r="E554" s="5"/>
+      <c r="F554" s="5"/>
+      <c r="G554" s="5"/>
+    </row>
+    <row r="555" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A555" s="5"/>
+      <c r="B555" s="5"/>
+      <c r="C555" s="5"/>
+      <c r="D555" s="5"/>
+      <c r="E555" s="5"/>
+      <c r="F555" s="5"/>
+      <c r="G555" s="5"/>
+    </row>
+    <row r="556" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A556" s="5"/>
+      <c r="B556" s="5"/>
+      <c r="C556" s="5"/>
+      <c r="D556" s="5"/>
+      <c r="E556" s="5"/>
+      <c r="F556" s="5"/>
+      <c r="G556" s="5"/>
+    </row>
+    <row r="557" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A557" s="5"/>
+      <c r="B557" s="5"/>
+      <c r="C557" s="5"/>
+      <c r="D557" s="5"/>
+      <c r="E557" s="5"/>
+      <c r="F557" s="5"/>
+      <c r="G557" s="5"/>
+    </row>
+    <row r="558" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A558" s="5"/>
+      <c r="B558" s="5"/>
+      <c r="C558" s="5"/>
+      <c r="D558" s="5"/>
+      <c r="E558" s="5"/>
+      <c r="F558" s="5"/>
+      <c r="G558" s="5"/>
+    </row>
+    <row r="559" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A559" s="5"/>
+      <c r="B559" s="5"/>
+      <c r="C559" s="5"/>
+      <c r="D559" s="5"/>
+      <c r="E559" s="5"/>
+      <c r="F559" s="5"/>
+      <c r="G559" s="5"/>
+    </row>
+    <row r="560" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A560" s="5"/>
+      <c r="B560" s="5"/>
+      <c r="C560" s="5"/>
+      <c r="D560" s="5"/>
+      <c r="E560" s="5"/>
+      <c r="F560" s="5"/>
+      <c r="G560" s="5"/>
+    </row>
+    <row r="561" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A561" s="5"/>
+      <c r="B561" s="5"/>
+      <c r="C561" s="5"/>
+      <c r="D561" s="5"/>
+      <c r="E561" s="5"/>
+      <c r="F561" s="5"/>
+      <c r="G561" s="5"/>
+    </row>
+    <row r="562" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A562" s="5"/>
+      <c r="B562" s="5"/>
+      <c r="C562" s="5"/>
+      <c r="D562" s="5"/>
+      <c r="E562" s="5"/>
+      <c r="F562" s="5"/>
+      <c r="G562" s="5"/>
+    </row>
+    <row r="563" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A563" s="5"/>
+      <c r="B563" s="5"/>
+      <c r="C563" s="5"/>
+      <c r="D563" s="5"/>
+      <c r="E563" s="5"/>
+      <c r="F563" s="5"/>
+      <c r="G563" s="5"/>
+    </row>
+    <row r="564" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A564" s="5"/>
+      <c r="B564" s="5"/>
+      <c r="C564" s="5"/>
+      <c r="D564" s="5"/>
+      <c r="E564" s="5"/>
+      <c r="F564" s="5"/>
+      <c r="G564" s="5"/>
+    </row>
+    <row r="565" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A565" s="5"/>
+      <c r="B565" s="5"/>
+      <c r="C565" s="5"/>
+      <c r="D565" s="5"/>
+      <c r="E565" s="5"/>
+      <c r="F565" s="5"/>
+      <c r="G565" s="5"/>
+    </row>
+    <row r="566" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A566" s="5"/>
+      <c r="B566" s="5"/>
+      <c r="C566" s="5"/>
+      <c r="D566" s="5"/>
+      <c r="E566" s="5"/>
+      <c r="F566" s="5"/>
+      <c r="G566" s="5"/>
+    </row>
+    <row r="567" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A567" s="5"/>
+      <c r="B567" s="5"/>
+      <c r="C567" s="5"/>
+      <c r="D567" s="5"/>
+      <c r="E567" s="5"/>
+      <c r="F567" s="5"/>
+      <c r="G567" s="5"/>
+    </row>
+    <row r="568" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A568" s="5"/>
+      <c r="B568" s="5"/>
+      <c r="C568" s="5"/>
+      <c r="D568" s="5"/>
+      <c r="E568" s="5"/>
+      <c r="F568" s="5"/>
+      <c r="G568" s="5"/>
+    </row>
+    <row r="569" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A569" s="5"/>
+      <c r="B569" s="5"/>
+      <c r="C569" s="5"/>
+      <c r="D569" s="5"/>
+      <c r="E569" s="5"/>
+      <c r="F569" s="5"/>
+      <c r="G569" s="5"/>
+    </row>
+    <row r="570" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A570" s="5"/>
+      <c r="B570" s="5"/>
+      <c r="C570" s="5"/>
+      <c r="D570" s="5"/>
+      <c r="E570" s="5"/>
+      <c r="F570" s="5"/>
+      <c r="G570" s="5"/>
+    </row>
+    <row r="571" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A571" s="5"/>
+      <c r="B571" s="5"/>
+      <c r="C571" s="5"/>
+      <c r="D571" s="5"/>
+      <c r="E571" s="5"/>
+      <c r="F571" s="5"/>
+      <c r="G571" s="5"/>
+    </row>
+    <row r="572" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A572" s="5"/>
+      <c r="B572" s="5"/>
+      <c r="C572" s="5"/>
+      <c r="D572" s="5"/>
+      <c r="E572" s="5"/>
+      <c r="F572" s="5"/>
+      <c r="G572" s="5"/>
+    </row>
+    <row r="573" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A573" s="5"/>
+      <c r="B573" s="5"/>
+      <c r="C573" s="5"/>
+      <c r="D573" s="5"/>
+      <c r="E573" s="5"/>
+      <c r="F573" s="5"/>
+      <c r="G573" s="5"/>
+    </row>
+    <row r="574" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A574" s="5"/>
+      <c r="B574" s="5"/>
+      <c r="C574" s="5"/>
+      <c r="D574" s="5"/>
+      <c r="E574" s="5"/>
+      <c r="F574" s="5"/>
+      <c r="G574" s="5"/>
+    </row>
+    <row r="575" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A575" s="5"/>
+      <c r="B575" s="5"/>
+      <c r="C575" s="5"/>
+      <c r="D575" s="5"/>
+      <c r="E575" s="5"/>
+      <c r="F575" s="5"/>
+      <c r="G575" s="5"/>
+    </row>
+    <row r="576" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A576" s="5"/>
+      <c r="B576" s="5"/>
+      <c r="C576" s="5"/>
+      <c r="D576" s="5"/>
+      <c r="E576" s="5"/>
+      <c r="F576" s="5"/>
+      <c r="G576" s="5"/>
+    </row>
+    <row r="577" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A577" s="5"/>
+      <c r="B577" s="5"/>
+      <c r="C577" s="5"/>
+      <c r="D577" s="5"/>
+      <c r="E577" s="5"/>
+      <c r="F577" s="5"/>
+      <c r="G577" s="5"/>
+    </row>
+    <row r="578" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A578" s="5"/>
+      <c r="B578" s="5"/>
+      <c r="C578" s="5"/>
+      <c r="D578" s="5"/>
+      <c r="E578" s="5"/>
+      <c r="F578" s="5"/>
+      <c r="G578" s="5"/>
+    </row>
+    <row r="579" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A579" s="5"/>
+      <c r="B579" s="5"/>
+      <c r="C579" s="5"/>
+      <c r="D579" s="5"/>
+      <c r="E579" s="5"/>
+      <c r="F579" s="5"/>
+      <c r="G579" s="5"/>
+    </row>
+    <row r="580" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A580" s="5"/>
+      <c r="B580" s="5"/>
+      <c r="C580" s="5"/>
+      <c r="D580" s="5"/>
+      <c r="E580" s="5"/>
+      <c r="F580" s="5"/>
+      <c r="G580" s="5"/>
+    </row>
+    <row r="581" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A581" s="5"/>
+      <c r="B581" s="5"/>
+      <c r="C581" s="5"/>
+      <c r="D581" s="5"/>
+      <c r="E581" s="5"/>
+      <c r="F581" s="5"/>
+      <c r="G581" s="5"/>
+    </row>
+    <row r="582" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A582" s="5"/>
+      <c r="B582" s="5"/>
+      <c r="C582" s="5"/>
+      <c r="D582" s="5"/>
+      <c r="E582" s="5"/>
+      <c r="F582" s="5"/>
+      <c r="G582" s="5"/>
+    </row>
+    <row r="583" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A583" s="5"/>
+      <c r="B583" s="5"/>
+      <c r="C583" s="5"/>
+      <c r="D583" s="5"/>
+      <c r="E583" s="5"/>
+      <c r="F583" s="5"/>
+      <c r="G583" s="5"/>
+    </row>
+    <row r="584" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A584" s="5"/>
+      <c r="B584" s="5"/>
+      <c r="C584" s="5"/>
+      <c r="D584" s="5"/>
+      <c r="E584" s="5"/>
+      <c r="F584" s="5"/>
+      <c r="G584" s="5"/>
+    </row>
+    <row r="585" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A585" s="5"/>
+      <c r="B585" s="5"/>
+      <c r="C585" s="5"/>
+      <c r="D585" s="5"/>
+      <c r="E585" s="5"/>
+      <c r="F585" s="5"/>
+      <c r="G585" s="5"/>
+    </row>
+    <row r="586" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A586" s="5"/>
+      <c r="B586" s="5"/>
+      <c r="C586" s="5"/>
+      <c r="D586" s="5"/>
+      <c r="E586" s="5"/>
+      <c r="F586" s="5"/>
+      <c r="G586" s="5"/>
+    </row>
+    <row r="587" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A587" s="5"/>
+      <c r="B587" s="5"/>
+      <c r="C587" s="5"/>
+      <c r="D587" s="5"/>
+      <c r="E587" s="5"/>
+      <c r="F587" s="5"/>
+      <c r="G587" s="5"/>
+    </row>
+    <row r="588" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A588" s="5"/>
+      <c r="B588" s="5"/>
+      <c r="C588" s="5"/>
+      <c r="D588" s="5"/>
+      <c r="E588" s="5"/>
+      <c r="F588" s="5"/>
+      <c r="G588" s="5"/>
+    </row>
+    <row r="589" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A589" s="5"/>
+      <c r="B589" s="5"/>
+      <c r="C589" s="5"/>
+      <c r="D589" s="5"/>
+      <c r="E589" s="5"/>
+      <c r="F589" s="5"/>
+      <c r="G589" s="5"/>
+    </row>
+    <row r="590" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A590" s="5"/>
+      <c r="B590" s="5"/>
+      <c r="C590" s="5"/>
+      <c r="D590" s="5"/>
+      <c r="E590" s="5"/>
+      <c r="F590" s="5"/>
+      <c r="G590" s="5"/>
+    </row>
+    <row r="591" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A591" s="5"/>
+      <c r="B591" s="5"/>
+      <c r="C591" s="5"/>
+      <c r="D591" s="5"/>
+      <c r="E591" s="5"/>
+      <c r="F591" s="5"/>
+      <c r="G591" s="5"/>
+    </row>
+    <row r="592" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A592" s="5"/>
+      <c r="B592" s="5"/>
+      <c r="C592" s="5"/>
+      <c r="D592" s="5"/>
+      <c r="E592" s="5"/>
+      <c r="F592" s="5"/>
+      <c r="G592" s="5"/>
+    </row>
+    <row r="593" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A593" s="5"/>
+      <c r="B593" s="5"/>
+      <c r="C593" s="5"/>
+      <c r="D593" s="5"/>
+      <c r="E593" s="5"/>
+      <c r="F593" s="5"/>
+      <c r="G593" s="5"/>
+    </row>
+    <row r="594" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A594" s="5"/>
+      <c r="B594" s="5"/>
+      <c r="C594" s="5"/>
+      <c r="D594" s="5"/>
+      <c r="E594" s="5"/>
+      <c r="F594" s="5"/>
+      <c r="G594" s="5"/>
+    </row>
+    <row r="595" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A595" s="5"/>
+      <c r="B595" s="5"/>
+      <c r="C595" s="5"/>
+      <c r="D595" s="5"/>
+      <c r="E595" s="5"/>
+      <c r="F595" s="5"/>
+      <c r="G595" s="5"/>
+    </row>
+    <row r="596" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A596" s="5"/>
+      <c r="B596" s="5"/>
+      <c r="C596" s="5"/>
+      <c r="D596" s="5"/>
+      <c r="E596" s="5"/>
+      <c r="F596" s="5"/>
+      <c r="G596" s="5"/>
+    </row>
+    <row r="597" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A597" s="5"/>
+      <c r="B597" s="5"/>
+      <c r="C597" s="5"/>
+      <c r="D597" s="5"/>
+      <c r="E597" s="5"/>
+      <c r="F597" s="5"/>
+      <c r="G597" s="5"/>
+    </row>
+    <row r="598" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A598" s="5"/>
+      <c r="B598" s="5"/>
+      <c r="C598" s="5"/>
+      <c r="D598" s="5"/>
+      <c r="E598" s="5"/>
+      <c r="F598" s="5"/>
+      <c r="G598" s="5"/>
+    </row>
+    <row r="599" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A599" s="5"/>
+      <c r="B599" s="5"/>
+      <c r="C599" s="5"/>
+      <c r="D599" s="5"/>
+      <c r="E599" s="5"/>
+      <c r="F599" s="5"/>
+      <c r="G599" s="5"/>
+    </row>
+    <row r="600" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A600" s="5"/>
+      <c r="B600" s="5"/>
+      <c r="C600" s="5"/>
+      <c r="D600" s="5"/>
+      <c r="E600" s="5"/>
+      <c r="F600" s="5"/>
+      <c r="G600" s="5"/>
+    </row>
+    <row r="601" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A601" s="5"/>
+      <c r="B601" s="5"/>
+      <c r="C601" s="5"/>
+      <c r="D601" s="5"/>
+      <c r="E601" s="5"/>
+      <c r="F601" s="5"/>
+      <c r="G601" s="5"/>
+    </row>
+    <row r="602" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A602" s="5"/>
+      <c r="B602" s="5"/>
+      <c r="C602" s="5"/>
+      <c r="D602" s="5"/>
+      <c r="E602" s="5"/>
+      <c r="F602" s="5"/>
+      <c r="G602" s="5"/>
+    </row>
+    <row r="603" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A603" s="5"/>
+      <c r="B603" s="5"/>
+      <c r="C603" s="5"/>
+      <c r="D603" s="5"/>
+      <c r="E603" s="5"/>
+      <c r="F603" s="5"/>
+      <c r="G603" s="5"/>
+    </row>
+    <row r="604" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A604" s="5"/>
+      <c r="B604" s="5"/>
+      <c r="C604" s="5"/>
+      <c r="D604" s="5"/>
+      <c r="E604" s="5"/>
+      <c r="F604" s="5"/>
+      <c r="G604" s="5"/>
+    </row>
+    <row r="605" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A605" s="5"/>
+      <c r="B605" s="5"/>
+      <c r="C605" s="5"/>
+      <c r="D605" s="5"/>
+      <c r="E605" s="5"/>
+      <c r="F605" s="5"/>
+      <c r="G605" s="5"/>
+    </row>
+    <row r="606" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A606" s="5"/>
+      <c r="B606" s="5"/>
+      <c r="C606" s="5"/>
+      <c r="D606" s="5"/>
+      <c r="E606" s="5"/>
+      <c r="F606" s="5"/>
+      <c r="G606" s="5"/>
+    </row>
+    <row r="607" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A607" s="5"/>
+      <c r="B607" s="5"/>
+      <c r="C607" s="5"/>
+      <c r="D607" s="5"/>
+      <c r="E607" s="5"/>
+      <c r="F607" s="5"/>
+      <c r="G607" s="5"/>
+    </row>
+    <row r="608" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A608" s="5"/>
+      <c r="B608" s="5"/>
+      <c r="C608" s="5"/>
+      <c r="D608" s="5"/>
+      <c r="E608" s="5"/>
+      <c r="F608" s="5"/>
+      <c r="G608" s="5"/>
+    </row>
+    <row r="609" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A609" s="5"/>
+      <c r="B609" s="5"/>
+      <c r="C609" s="5"/>
+      <c r="D609" s="5"/>
+      <c r="E609" s="5"/>
+      <c r="F609" s="5"/>
+      <c r="G609" s="5"/>
+    </row>
+    <row r="610" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A610" s="5"/>
+      <c r="B610" s="5"/>
+      <c r="C610" s="5"/>
+      <c r="D610" s="5"/>
+      <c r="E610" s="5"/>
+      <c r="F610" s="5"/>
+      <c r="G610" s="5"/>
+    </row>
+    <row r="611" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A611" s="5"/>
+      <c r="B611" s="5"/>
+      <c r="C611" s="5"/>
+      <c r="D611" s="5"/>
+      <c r="E611" s="5"/>
+      <c r="F611" s="5"/>
+      <c r="G611" s="5"/>
+    </row>
+    <row r="612" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A612" s="5"/>
+      <c r="B612" s="5"/>
+      <c r="C612" s="5"/>
+      <c r="D612" s="5"/>
+      <c r="E612" s="5"/>
+      <c r="F612" s="5"/>
+      <c r="G612" s="5"/>
+    </row>
+    <row r="613" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A613" s="5"/>
+      <c r="B613" s="5"/>
+      <c r="C613" s="5"/>
+      <c r="D613" s="5"/>
+      <c r="E613" s="5"/>
+      <c r="F613" s="5"/>
+      <c r="G613" s="5"/>
+    </row>
+    <row r="614" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A614" s="5"/>
+      <c r="B614" s="5"/>
+      <c r="C614" s="5"/>
+      <c r="D614" s="5"/>
+      <c r="E614" s="5"/>
+      <c r="F614" s="5"/>
+      <c r="G614" s="5"/>
+    </row>
+    <row r="615" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A615" s="5"/>
+      <c r="B615" s="5"/>
+      <c r="C615" s="5"/>
+      <c r="D615" s="5"/>
+      <c r="E615" s="5"/>
+      <c r="F615" s="5"/>
+      <c r="G615" s="5"/>
+    </row>
+    <row r="616" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A616" s="5"/>
+      <c r="B616" s="5"/>
+      <c r="C616" s="5"/>
+      <c r="D616" s="5"/>
+      <c r="E616" s="5"/>
+      <c r="F616" s="5"/>
+      <c r="G616" s="5"/>
+    </row>
+    <row r="617" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A617" s="5"/>
+      <c r="B617" s="5"/>
+      <c r="C617" s="5"/>
+      <c r="D617" s="5"/>
+      <c r="E617" s="5"/>
+      <c r="F617" s="5"/>
+      <c r="G617" s="5"/>
+    </row>
+    <row r="618" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A618" s="5"/>
+      <c r="B618" s="5"/>
+      <c r="C618" s="5"/>
+      <c r="D618" s="5"/>
+      <c r="E618" s="5"/>
+      <c r="F618" s="5"/>
+      <c r="G618" s="5"/>
+    </row>
+    <row r="619" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A619" s="5"/>
+      <c r="B619" s="5"/>
+      <c r="C619" s="5"/>
+      <c r="D619" s="5"/>
+      <c r="E619" s="5"/>
+      <c r="F619" s="5"/>
+      <c r="G619" s="5"/>
+    </row>
+    <row r="620" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A620" s="5"/>
+      <c r="B620" s="5"/>
+      <c r="C620" s="5"/>
+      <c r="D620" s="5"/>
+      <c r="E620" s="5"/>
+      <c r="F620" s="5"/>
+      <c r="G620" s="5"/>
+    </row>
+    <row r="621" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A621" s="5"/>
+      <c r="B621" s="5"/>
+      <c r="C621" s="5"/>
+      <c r="D621" s="5"/>
+      <c r="E621" s="5"/>
+      <c r="F621" s="5"/>
+      <c r="G621" s="5"/>
+    </row>
+    <row r="622" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A622" s="5"/>
+      <c r="B622" s="5"/>
+      <c r="C622" s="5"/>
+      <c r="D622" s="5"/>
+      <c r="E622" s="5"/>
+      <c r="F622" s="5"/>
+      <c r="G622" s="5"/>
+    </row>
+    <row r="623" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A623" s="5"/>
+      <c r="B623" s="5"/>
+      <c r="C623" s="5"/>
+      <c r="D623" s="5"/>
+      <c r="E623" s="5"/>
+      <c r="F623" s="5"/>
+      <c r="G623" s="5"/>
+    </row>
+    <row r="624" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A624" s="5"/>
+      <c r="B624" s="5"/>
+      <c r="C624" s="5"/>
+      <c r="D624" s="5"/>
+      <c r="E624" s="5"/>
+      <c r="F624" s="5"/>
+      <c r="G624" s="5"/>
+    </row>
+    <row r="625" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A625" s="5"/>
+      <c r="B625" s="5"/>
+      <c r="C625" s="5"/>
+      <c r="D625" s="5"/>
+      <c r="E625" s="5"/>
+      <c r="F625" s="5"/>
+      <c r="G625" s="5"/>
+    </row>
+    <row r="626" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A626" s="5"/>
+      <c r="B626" s="5"/>
+      <c r="C626" s="5"/>
+      <c r="D626" s="5"/>
+      <c r="E626" s="5"/>
+      <c r="F626" s="5"/>
+      <c r="G626" s="5"/>
+    </row>
+    <row r="627" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A627" s="5"/>
+      <c r="B627" s="5"/>
+      <c r="C627" s="5"/>
+      <c r="D627" s="5"/>
+      <c r="E627" s="5"/>
+      <c r="F627" s="5"/>
+      <c r="G627" s="5"/>
+    </row>
+    <row r="628" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A628" s="5"/>
+      <c r="B628" s="5"/>
+      <c r="C628" s="5"/>
+      <c r="D628" s="5"/>
+      <c r="E628" s="5"/>
+      <c r="F628" s="5"/>
+      <c r="G628" s="5"/>
+    </row>
+    <row r="629" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A629" s="5"/>
+      <c r="B629" s="5"/>
+      <c r="C629" s="5"/>
+      <c r="D629" s="5"/>
+      <c r="E629" s="5"/>
+      <c r="F629" s="5"/>
+      <c r="G629" s="5"/>
+    </row>
+    <row r="630" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A630" s="5"/>
+      <c r="B630" s="5"/>
+      <c r="C630" s="5"/>
+      <c r="D630" s="5"/>
+      <c r="E630" s="5"/>
+      <c r="F630" s="5"/>
+      <c r="G630" s="5"/>
+    </row>
+    <row r="631" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A631" s="5"/>
+      <c r="B631" s="5"/>
+      <c r="C631" s="5"/>
+      <c r="D631" s="5"/>
+      <c r="E631" s="5"/>
+      <c r="F631" s="5"/>
+      <c r="G631" s="5"/>
+    </row>
+    <row r="632" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A632" s="5"/>
+      <c r="B632" s="5"/>
+      <c r="C632" s="5"/>
+      <c r="D632" s="5"/>
+      <c r="E632" s="5"/>
+      <c r="F632" s="5"/>
+      <c r="G632" s="5"/>
+    </row>
+    <row r="633" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A633" s="5"/>
+      <c r="B633" s="5"/>
+      <c r="C633" s="5"/>
+      <c r="D633" s="5"/>
+      <c r="E633" s="5"/>
+      <c r="F633" s="5"/>
+      <c r="G633" s="5"/>
+    </row>
+    <row r="634" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A634" s="5"/>
+      <c r="B634" s="5"/>
+      <c r="C634" s="5"/>
+      <c r="D634" s="5"/>
+      <c r="E634" s="5"/>
+      <c r="F634" s="5"/>
+      <c r="G634" s="5"/>
+    </row>
+    <row r="635" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A635" s="5"/>
+      <c r="B635" s="5"/>
+      <c r="C635" s="5"/>
+      <c r="D635" s="5"/>
+      <c r="E635" s="5"/>
+      <c r="F635" s="5"/>
+      <c r="G635" s="5"/>
+    </row>
+    <row r="636" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A636" s="5"/>
+      <c r="B636" s="5"/>
+      <c r="C636" s="5"/>
+      <c r="D636" s="5"/>
+      <c r="E636" s="5"/>
+      <c r="F636" s="5"/>
+      <c r="G636" s="5"/>
+    </row>
+    <row r="637" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A637" s="5"/>
+      <c r="B637" s="5"/>
+      <c r="C637" s="5"/>
+      <c r="D637" s="5"/>
+      <c r="E637" s="5"/>
+      <c r="F637" s="5"/>
+      <c r="G637" s="5"/>
+    </row>
+    <row r="638" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A638" s="5"/>
+      <c r="B638" s="5"/>
+      <c r="C638" s="5"/>
+      <c r="D638" s="5"/>
+      <c r="E638" s="5"/>
+      <c r="F638" s="5"/>
+      <c r="G638" s="5"/>
+    </row>
+    <row r="639" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A639" s="5"/>
+      <c r="B639" s="5"/>
+      <c r="C639" s="5"/>
+      <c r="D639" s="5"/>
+      <c r="E639" s="5"/>
+      <c r="F639" s="5"/>
+      <c r="G639" s="5"/>
+    </row>
+    <row r="640" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A640" s="5"/>
+      <c r="B640" s="5"/>
+      <c r="C640" s="5"/>
+      <c r="D640" s="5"/>
+      <c r="E640" s="5"/>
+      <c r="F640" s="5"/>
+      <c r="G640" s="5"/>
+    </row>
+    <row r="641" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A641" s="5"/>
+      <c r="B641" s="5"/>
+      <c r="C641" s="5"/>
+      <c r="D641" s="5"/>
+      <c r="E641" s="5"/>
+      <c r="F641" s="5"/>
+      <c r="G641" s="5"/>
+    </row>
+    <row r="642" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A642" s="5"/>
+      <c r="B642" s="5"/>
+      <c r="C642" s="5"/>
+      <c r="D642" s="5"/>
+      <c r="E642" s="5"/>
+      <c r="F642" s="5"/>
+      <c r="G642" s="5"/>
+    </row>
+    <row r="643" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A643" s="5"/>
+      <c r="B643" s="5"/>
+      <c r="C643" s="5"/>
+      <c r="D643" s="5"/>
+      <c r="E643" s="5"/>
+      <c r="F643" s="5"/>
+      <c r="G643" s="5"/>
+    </row>
+    <row r="644" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A644" s="5"/>
+      <c r="B644" s="5"/>
+      <c r="C644" s="5"/>
+      <c r="D644" s="5"/>
+      <c r="E644" s="5"/>
+      <c r="F644" s="5"/>
+      <c r="G644" s="5"/>
+    </row>
+    <row r="645" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A645" s="5"/>
+      <c r="B645" s="5"/>
+      <c r="C645" s="5"/>
+      <c r="D645" s="5"/>
+      <c r="E645" s="5"/>
+      <c r="F645" s="5"/>
+      <c r="G645" s="5"/>
+    </row>
+    <row r="646" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A646" s="5"/>
+      <c r="B646" s="5"/>
+      <c r="C646" s="5"/>
+      <c r="D646" s="5"/>
+      <c r="E646" s="5"/>
+      <c r="F646" s="5"/>
+      <c r="G646" s="5"/>
+    </row>
+    <row r="647" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A647" s="5"/>
+      <c r="B647" s="5"/>
+      <c r="C647" s="5"/>
+      <c r="D647" s="5"/>
+      <c r="E647" s="5"/>
+      <c r="F647" s="5"/>
+      <c r="G647" s="5"/>
+    </row>
+    <row r="648" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A648" s="5"/>
+      <c r="B648" s="5"/>
+      <c r="C648" s="5"/>
+      <c r="D648" s="5"/>
+      <c r="E648" s="5"/>
+      <c r="F648" s="5"/>
+      <c r="G648" s="5"/>
+    </row>
+    <row r="649" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A649" s="5"/>
+      <c r="B649" s="5"/>
+      <c r="C649" s="5"/>
+      <c r="D649" s="5"/>
+      <c r="E649" s="5"/>
+      <c r="F649" s="5"/>
+      <c r="G649" s="5"/>
+    </row>
+    <row r="650" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A650" s="5"/>
+      <c r="B650" s="5"/>
+      <c r="C650" s="5"/>
+      <c r="D650" s="5"/>
+      <c r="E650" s="5"/>
+      <c r="F650" s="5"/>
+      <c r="G650" s="5"/>
+    </row>
+    <row r="651" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A651" s="5"/>
+      <c r="B651" s="5"/>
+      <c r="C651" s="5"/>
+      <c r="D651" s="5"/>
+      <c r="E651" s="5"/>
+      <c r="F651" s="5"/>
+      <c r="G651" s="5"/>
+    </row>
+    <row r="652" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A652" s="5"/>
+      <c r="B652" s="5"/>
+      <c r="C652" s="5"/>
+      <c r="D652" s="5"/>
+      <c r="E652" s="5"/>
+      <c r="F652" s="5"/>
+      <c r="G652" s="5"/>
+    </row>
+    <row r="653" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A653" s="5"/>
+      <c r="B653" s="5"/>
+      <c r="C653" s="5"/>
+      <c r="D653" s="5"/>
+      <c r="E653" s="5"/>
+      <c r="F653" s="5"/>
+      <c r="G653" s="5"/>
+    </row>
+    <row r="654" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A654" s="5"/>
+      <c r="B654" s="5"/>
+      <c r="C654" s="5"/>
+      <c r="D654" s="5"/>
+      <c r="E654" s="5"/>
+      <c r="F654" s="5"/>
+      <c r="G654" s="5"/>
+    </row>
+    <row r="655" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A655" s="5"/>
+      <c r="B655" s="5"/>
+      <c r="C655" s="5"/>
+      <c r="D655" s="5"/>
+      <c r="E655" s="5"/>
+      <c r="F655" s="5"/>
+      <c r="G655" s="5"/>
+    </row>
+    <row r="656" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A656" s="5"/>
+      <c r="B656" s="5"/>
+      <c r="C656" s="5"/>
+      <c r="D656" s="5"/>
+      <c r="E656" s="5"/>
+      <c r="F656" s="5"/>
+      <c r="G656" s="5"/>
+    </row>
+    <row r="657" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A657" s="5"/>
+      <c r="B657" s="5"/>
+      <c r="C657" s="5"/>
+      <c r="D657" s="5"/>
+      <c r="E657" s="5"/>
+      <c r="F657" s="5"/>
+      <c r="G657" s="5"/>
+    </row>
+    <row r="658" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A658" s="5"/>
+      <c r="B658" s="5"/>
+      <c r="C658" s="5"/>
+      <c r="D658" s="5"/>
+      <c r="E658" s="5"/>
+      <c r="F658" s="5"/>
+      <c r="G658" s="5"/>
+    </row>
+    <row r="659" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A659" s="5"/>
+      <c r="B659" s="5"/>
+      <c r="C659" s="5"/>
+      <c r="D659" s="5"/>
+      <c r="E659" s="5"/>
+      <c r="F659" s="5"/>
+      <c r="G659" s="5"/>
+    </row>
+    <row r="660" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A660" s="5"/>
+      <c r="B660" s="5"/>
+      <c r="C660" s="5"/>
+      <c r="D660" s="5"/>
+      <c r="E660" s="5"/>
+      <c r="F660" s="5"/>
+      <c r="G660" s="5"/>
+    </row>
+    <row r="661" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A661" s="5"/>
+      <c r="B661" s="5"/>
+      <c r="C661" s="5"/>
+      <c r="D661" s="5"/>
+      <c r="E661" s="5"/>
+      <c r="F661" s="5"/>
+      <c r="G661" s="5"/>
+    </row>
+    <row r="662" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A662" s="5"/>
+      <c r="B662" s="5"/>
+      <c r="C662" s="5"/>
+      <c r="D662" s="5"/>
+      <c r="E662" s="5"/>
+      <c r="F662" s="5"/>
+      <c r="G662" s="5"/>
+    </row>
+    <row r="663" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A663" s="5"/>
+      <c r="B663" s="5"/>
+      <c r="C663" s="5"/>
+      <c r="D663" s="5"/>
+      <c r="E663" s="5"/>
+      <c r="F663" s="5"/>
+      <c r="G663" s="5"/>
+    </row>
+    <row r="664" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A664" s="5"/>
+      <c r="B664" s="5"/>
+      <c r="C664" s="5"/>
+      <c r="D664" s="5"/>
+      <c r="E664" s="5"/>
+      <c r="F664" s="5"/>
+      <c r="G664" s="5"/>
+    </row>
+    <row r="665" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A665" s="5"/>
+      <c r="B665" s="5"/>
+      <c r="C665" s="5"/>
+      <c r="D665" s="5"/>
+      <c r="E665" s="5"/>
+      <c r="F665" s="5"/>
+      <c r="G665" s="5"/>
+    </row>
+    <row r="666" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A666" s="5"/>
+      <c r="B666" s="5"/>
+      <c r="C666" s="5"/>
+      <c r="D666" s="5"/>
+      <c r="E666" s="5"/>
+      <c r="F666" s="5"/>
+      <c r="G666" s="5"/>
+    </row>
+    <row r="667" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A667" s="5"/>
+      <c r="B667" s="5"/>
+      <c r="C667" s="5"/>
+      <c r="D667" s="5"/>
+      <c r="E667" s="5"/>
+      <c r="F667" s="5"/>
+      <c r="G667" s="5"/>
+    </row>
+    <row r="668" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A668" s="5"/>
+      <c r="B668" s="5"/>
+      <c r="C668" s="5"/>
+      <c r="D668" s="5"/>
+      <c r="E668" s="5"/>
+      <c r="F668" s="5"/>
+      <c r="G668" s="5"/>
+    </row>
+    <row r="669" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A669" s="5"/>
+      <c r="B669" s="5"/>
+      <c r="C669" s="5"/>
+      <c r="D669" s="5"/>
+      <c r="E669" s="5"/>
+      <c r="F669" s="5"/>
+      <c r="G669" s="5"/>
+    </row>
+    <row r="670" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A670" s="5"/>
+      <c r="B670" s="5"/>
+      <c r="C670" s="5"/>
+      <c r="D670" s="5"/>
+      <c r="E670" s="5"/>
+      <c r="F670" s="5"/>
+      <c r="G670" s="5"/>
+    </row>
+    <row r="671" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A671" s="5"/>
+      <c r="B671" s="5"/>
+      <c r="C671" s="5"/>
+      <c r="D671" s="5"/>
+      <c r="E671" s="5"/>
+      <c r="F671" s="5"/>
+      <c r="G671" s="5"/>
+    </row>
+    <row r="672" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A672" s="5"/>
+      <c r="B672" s="5"/>
+      <c r="C672" s="5"/>
+      <c r="D672" s="5"/>
+      <c r="E672" s="5"/>
+      <c r="F672" s="5"/>
+      <c r="G672" s="5"/>
+    </row>
+    <row r="673" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A673" s="5"/>
+      <c r="B673" s="5"/>
+      <c r="C673" s="5"/>
+      <c r="D673" s="5"/>
+      <c r="E673" s="5"/>
+      <c r="F673" s="5"/>
+      <c r="G673" s="5"/>
+    </row>
+    <row r="674" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A674" s="5"/>
+      <c r="B674" s="5"/>
+      <c r="C674" s="5"/>
+      <c r="D674" s="5"/>
+      <c r="E674" s="5"/>
+      <c r="F674" s="5"/>
+      <c r="G674" s="5"/>
+    </row>
+    <row r="675" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A675" s="5"/>
+      <c r="B675" s="5"/>
+      <c r="C675" s="5"/>
+      <c r="D675" s="5"/>
+      <c r="E675" s="5"/>
+      <c r="F675" s="5"/>
+      <c r="G675" s="5"/>
+    </row>
+    <row r="676" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A676" s="5"/>
+      <c r="B676" s="5"/>
+      <c r="C676" s="5"/>
+      <c r="D676" s="5"/>
+      <c r="E676" s="5"/>
+      <c r="F676" s="5"/>
+      <c r="G676" s="5"/>
+    </row>
+    <row r="677" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A677" s="5"/>
+      <c r="B677" s="5"/>
+      <c r="C677" s="5"/>
+      <c r="D677" s="5"/>
+      <c r="E677" s="5"/>
+      <c r="F677" s="5"/>
+      <c r="G677" s="5"/>
+    </row>
+    <row r="678" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A678" s="5"/>
+      <c r="B678" s="5"/>
+      <c r="C678" s="5"/>
+      <c r="D678" s="5"/>
+      <c r="E678" s="5"/>
+      <c r="F678" s="5"/>
+      <c r="G678" s="5"/>
+    </row>
+    <row r="679" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A679" s="5"/>
+      <c r="B679" s="5"/>
+      <c r="C679" s="5"/>
+      <c r="D679" s="5"/>
+      <c r="E679" s="5"/>
+      <c r="F679" s="5"/>
+      <c r="G679" s="5"/>
+    </row>
+    <row r="680" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A680" s="5"/>
+      <c r="B680" s="5"/>
+      <c r="C680" s="5"/>
+      <c r="D680" s="5"/>
+      <c r="E680" s="5"/>
+      <c r="F680" s="5"/>
+      <c r="G680" s="5"/>
+    </row>
+    <row r="681" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A681" s="5"/>
+      <c r="B681" s="5"/>
+      <c r="C681" s="5"/>
+      <c r="D681" s="5"/>
+      <c r="E681" s="5"/>
+      <c r="F681" s="5"/>
+      <c r="G681" s="5"/>
+    </row>
+    <row r="682" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A682" s="5"/>
+      <c r="B682" s="5"/>
+      <c r="C682" s="5"/>
+      <c r="D682" s="5"/>
+      <c r="E682" s="5"/>
+      <c r="F682" s="5"/>
+      <c r="G682" s="5"/>
+    </row>
+    <row r="683" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A683" s="5"/>
+      <c r="B683" s="5"/>
+      <c r="C683" s="5"/>
+      <c r="D683" s="5"/>
+      <c r="E683" s="5"/>
+      <c r="F683" s="5"/>
+      <c r="G683" s="5"/>
+    </row>
+    <row r="684" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A684" s="5"/>
+      <c r="B684" s="5"/>
+      <c r="C684" s="5"/>
+      <c r="D684" s="5"/>
+      <c r="E684" s="5"/>
+      <c r="F684" s="5"/>
+      <c r="G684" s="5"/>
+    </row>
+    <row r="685" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A685" s="5"/>
+      <c r="B685" s="5"/>
+      <c r="C685" s="5"/>
+      <c r="D685" s="5"/>
+      <c r="E685" s="5"/>
+      <c r="F685" s="5"/>
+      <c r="G685" s="5"/>
+    </row>
+    <row r="686" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A686" s="5"/>
+      <c r="B686" s="5"/>
+      <c r="C686" s="5"/>
+      <c r="D686" s="5"/>
+      <c r="E686" s="5"/>
+      <c r="F686" s="5"/>
+      <c r="G686" s="5"/>
+    </row>
+    <row r="687" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A687" s="5"/>
+      <c r="B687" s="5"/>
+      <c r="C687" s="5"/>
+      <c r="D687" s="5"/>
+      <c r="E687" s="5"/>
+      <c r="F687" s="5"/>
+      <c r="G687" s="5"/>
+    </row>
+    <row r="688" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A688" s="5"/>
+      <c r="B688" s="5"/>
+      <c r="C688" s="5"/>
+      <c r="D688" s="5"/>
+      <c r="E688" s="5"/>
+      <c r="F688" s="5"/>
+      <c r="G688" s="5"/>
+    </row>
+    <row r="689" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A689" s="5"/>
+      <c r="B689" s="5"/>
+      <c r="C689" s="5"/>
+      <c r="D689" s="5"/>
+      <c r="E689" s="5"/>
+      <c r="F689" s="5"/>
+      <c r="G689" s="5"/>
+    </row>
+    <row r="690" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A690" s="5"/>
+      <c r="B690" s="5"/>
+      <c r="C690" s="5"/>
+      <c r="D690" s="5"/>
+      <c r="E690" s="5"/>
+      <c r="F690" s="5"/>
+      <c r="G690" s="5"/>
+    </row>
+    <row r="691" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A691" s="5"/>
+      <c r="B691" s="5"/>
+      <c r="C691" s="5"/>
+      <c r="D691" s="5"/>
+      <c r="E691" s="5"/>
+      <c r="F691" s="5"/>
+      <c r="G691" s="5"/>
+    </row>
+    <row r="692" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A692" s="5"/>
+      <c r="B692" s="5"/>
+      <c r="C692" s="5"/>
+      <c r="D692" s="5"/>
+      <c r="E692" s="5"/>
+      <c r="F692" s="5"/>
+      <c r="G692" s="5"/>
+    </row>
+    <row r="693" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A693" s="5"/>
+      <c r="B693" s="5"/>
+      <c r="C693" s="5"/>
+      <c r="D693" s="5"/>
+      <c r="E693" s="5"/>
+      <c r="F693" s="5"/>
+      <c r="G693" s="5"/>
+    </row>
+    <row r="694" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A694" s="5"/>
+      <c r="B694" s="5"/>
+      <c r="C694" s="5"/>
+      <c r="D694" s="5"/>
+      <c r="E694" s="5"/>
+      <c r="F694" s="5"/>
+      <c r="G694" s="5"/>
+    </row>
+    <row r="695" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A695" s="5"/>
+      <c r="B695" s="5"/>
+      <c r="C695" s="5"/>
+      <c r="D695" s="5"/>
+      <c r="E695" s="5"/>
+      <c r="F695" s="5"/>
+      <c r="G695" s="5"/>
+    </row>
+    <row r="696" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A696" s="5"/>
+      <c r="B696" s="5"/>
+      <c r="C696" s="5"/>
+      <c r="D696" s="5"/>
+      <c r="E696" s="5"/>
+      <c r="F696" s="5"/>
+      <c r="G696" s="5"/>
+    </row>
+    <row r="697" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A697" s="5"/>
+      <c r="B697" s="5"/>
+      <c r="C697" s="5"/>
+      <c r="D697" s="5"/>
+      <c r="E697" s="5"/>
+      <c r="F697" s="5"/>
+      <c r="G697" s="5"/>
+    </row>
+    <row r="698" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A698" s="5"/>
+      <c r="B698" s="5"/>
+      <c r="C698" s="5"/>
+      <c r="D698" s="5"/>
+      <c r="E698" s="5"/>
+      <c r="F698" s="5"/>
+      <c r="G698" s="5"/>
+    </row>
+    <row r="699" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A699" s="5"/>
+      <c r="B699" s="5"/>
+      <c r="C699" s="5"/>
+      <c r="D699" s="5"/>
+      <c r="E699" s="5"/>
+      <c r="F699" s="5"/>
+      <c r="G699" s="5"/>
+    </row>
+    <row r="700" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A700" s="5"/>
+      <c r="B700" s="5"/>
+      <c r="C700" s="5"/>
+      <c r="D700" s="5"/>
+      <c r="E700" s="5"/>
+      <c r="F700" s="5"/>
+      <c r="G700" s="5"/>
+    </row>
+    <row r="701" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A701" s="5"/>
+      <c r="B701" s="5"/>
+      <c r="C701" s="5"/>
+      <c r="D701" s="5"/>
+      <c r="E701" s="5"/>
+      <c r="F701" s="5"/>
+      <c r="G701" s="5"/>
+    </row>
+    <row r="702" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A702" s="5"/>
+      <c r="B702" s="5"/>
+      <c r="C702" s="5"/>
+      <c r="D702" s="5"/>
+      <c r="E702" s="5"/>
+      <c r="F702" s="5"/>
+      <c r="G702" s="5"/>
+    </row>
+    <row r="703" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A703" s="5"/>
+      <c r="B703" s="5"/>
+      <c r="C703" s="5"/>
+      <c r="D703" s="5"/>
+      <c r="E703" s="5"/>
+      <c r="F703" s="5"/>
+      <c r="G703" s="5"/>
+    </row>
+    <row r="704" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A704" s="5"/>
+      <c r="B704" s="5"/>
+      <c r="C704" s="5"/>
+      <c r="D704" s="5"/>
+      <c r="E704" s="5"/>
+      <c r="F704" s="5"/>
+      <c r="G704" s="5"/>
+    </row>
+    <row r="705" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A705" s="5"/>
+      <c r="B705" s="5"/>
+      <c r="C705" s="5"/>
+      <c r="D705" s="5"/>
+      <c r="E705" s="5"/>
+      <c r="F705" s="5"/>
+      <c r="G705" s="5"/>
+    </row>
+    <row r="706" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A706" s="5"/>
+      <c r="B706" s="5"/>
+      <c r="C706" s="5"/>
+      <c r="D706" s="5"/>
+      <c r="E706" s="5"/>
+      <c r="F706" s="5"/>
+      <c r="G706" s="5"/>
+    </row>
+    <row r="707" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A707" s="5"/>
+      <c r="B707" s="5"/>
+      <c r="C707" s="5"/>
+      <c r="D707" s="5"/>
+      <c r="E707" s="5"/>
+      <c r="F707" s="5"/>
+      <c r="G707" s="5"/>
+    </row>
+    <row r="708" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A708" s="5"/>
+      <c r="B708" s="5"/>
+      <c r="C708" s="5"/>
+      <c r="D708" s="5"/>
+      <c r="E708" s="5"/>
+      <c r="F708" s="5"/>
+      <c r="G708" s="5"/>
+    </row>
+    <row r="709" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A709" s="5"/>
+      <c r="B709" s="5"/>
+      <c r="C709" s="5"/>
+      <c r="D709" s="5"/>
+      <c r="E709" s="5"/>
+      <c r="F709" s="5"/>
+      <c r="G709" s="5"/>
+    </row>
+    <row r="710" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A710" s="5"/>
+      <c r="B710" s="5"/>
+      <c r="C710" s="5"/>
+      <c r="D710" s="5"/>
+      <c r="E710" s="5"/>
+      <c r="F710" s="5"/>
+      <c r="G710" s="5"/>
+    </row>
+    <row r="711" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A711" s="5"/>
+      <c r="B711" s="5"/>
+      <c r="C711" s="5"/>
+      <c r="D711" s="5"/>
+      <c r="E711" s="5"/>
+      <c r="F711" s="5"/>
+      <c r="G711" s="5"/>
+    </row>
+    <row r="712" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A712" s="5"/>
+      <c r="B712" s="5"/>
+      <c r="C712" s="5"/>
+      <c r="D712" s="5"/>
+      <c r="E712" s="5"/>
+      <c r="F712" s="5"/>
+      <c r="G712" s="5"/>
+    </row>
+    <row r="713" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A713" s="5"/>
+      <c r="B713" s="5"/>
+      <c r="C713" s="5"/>
+      <c r="D713" s="5"/>
+      <c r="E713" s="5"/>
+      <c r="F713" s="5"/>
+      <c r="G713" s="5"/>
+    </row>
+    <row r="714" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A714" s="5"/>
+      <c r="B714" s="5"/>
+      <c r="C714" s="5"/>
+      <c r="D714" s="5"/>
+      <c r="E714" s="5"/>
+      <c r="F714" s="5"/>
+      <c r="G714" s="5"/>
+    </row>
+    <row r="715" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A715" s="5"/>
+      <c r="B715" s="5"/>
+      <c r="C715" s="5"/>
+      <c r="D715" s="5"/>
+      <c r="E715" s="5"/>
+      <c r="F715" s="5"/>
+      <c r="G715" s="5"/>
+    </row>
+    <row r="716" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A716" s="5"/>
+      <c r="B716" s="5"/>
+      <c r="C716" s="5"/>
+      <c r="D716" s="5"/>
+      <c r="E716" s="5"/>
+      <c r="F716" s="5"/>
+      <c r="G716" s="5"/>
+    </row>
+    <row r="717" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A717" s="5"/>
+      <c r="B717" s="5"/>
+      <c r="C717" s="5"/>
+      <c r="D717" s="5"/>
+      <c r="E717" s="5"/>
+      <c r="F717" s="5"/>
+      <c r="G717" s="5"/>
+    </row>
+    <row r="718" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A718" s="5"/>
+      <c r="B718" s="5"/>
+      <c r="C718" s="5"/>
+      <c r="D718" s="5"/>
+      <c r="E718" s="5"/>
+      <c r="F718" s="5"/>
+      <c r="G718" s="5"/>
+    </row>
+    <row r="719" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A719" s="5"/>
+      <c r="B719" s="5"/>
+      <c r="C719" s="5"/>
+      <c r="D719" s="5"/>
+      <c r="E719" s="5"/>
+      <c r="F719" s="5"/>
+      <c r="G719" s="5"/>
+    </row>
+    <row r="720" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A720" s="5"/>
+      <c r="B720" s="5"/>
+      <c r="C720" s="5"/>
+      <c r="D720" s="5"/>
+      <c r="E720" s="5"/>
+      <c r="F720" s="5"/>
+      <c r="G720" s="5"/>
+    </row>
+    <row r="721" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A721" s="5"/>
+      <c r="B721" s="5"/>
+      <c r="C721" s="5"/>
+      <c r="D721" s="5"/>
+      <c r="E721" s="5"/>
+      <c r="F721" s="5"/>
+      <c r="G721" s="5"/>
+    </row>
+    <row r="722" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A722" s="5"/>
+      <c r="B722" s="5"/>
+      <c r="C722" s="5"/>
+      <c r="D722" s="5"/>
+      <c r="E722" s="5"/>
+      <c r="F722" s="5"/>
+      <c r="G722" s="5"/>
+    </row>
+    <row r="723" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A723" s="5"/>
+      <c r="B723" s="5"/>
+      <c r="C723" s="5"/>
+      <c r="D723" s="5"/>
+      <c r="E723" s="5"/>
+      <c r="F723" s="5"/>
+      <c r="G723" s="5"/>
+    </row>
+    <row r="724" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A724" s="5"/>
+      <c r="B724" s="5"/>
+      <c r="C724" s="5"/>
+      <c r="D724" s="5"/>
+      <c r="E724" s="5"/>
+      <c r="F724" s="5"/>
+      <c r="G724" s="5"/>
+    </row>
+    <row r="725" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A725" s="5"/>
+      <c r="B725" s="5"/>
+      <c r="C725" s="5"/>
+      <c r="D725" s="5"/>
+      <c r="E725" s="5"/>
+      <c r="F725" s="5"/>
+      <c r="G725" s="5"/>
+    </row>
+    <row r="726" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A726" s="5"/>
+      <c r="B726" s="5"/>
+      <c r="C726" s="5"/>
+      <c r="D726" s="5"/>
+      <c r="E726" s="5"/>
+      <c r="F726" s="5"/>
+      <c r="G726" s="5"/>
+    </row>
+    <row r="727" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A727" s="5"/>
+      <c r="B727" s="5"/>
+      <c r="C727" s="5"/>
+      <c r="D727" s="5"/>
+      <c r="E727" s="5"/>
+      <c r="F727" s="5"/>
+      <c r="G727" s="5"/>
+    </row>
+    <row r="728" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A728" s="5"/>
+      <c r="B728" s="5"/>
+      <c r="C728" s="5"/>
+      <c r="D728" s="5"/>
+      <c r="E728" s="5"/>
+      <c r="F728" s="5"/>
+      <c r="G728" s="5"/>
+    </row>
+    <row r="729" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A729" s="5"/>
+      <c r="B729" s="5"/>
+      <c r="C729" s="5"/>
+      <c r="D729" s="5"/>
+      <c r="E729" s="5"/>
+      <c r="F729" s="5"/>
+      <c r="G729" s="5"/>
+    </row>
+    <row r="730" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A730" s="5"/>
+      <c r="B730" s="5"/>
+      <c r="C730" s="5"/>
+      <c r="D730" s="5"/>
+      <c r="E730" s="5"/>
+      <c r="F730" s="5"/>
+      <c r="G730" s="5"/>
+    </row>
+    <row r="731" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A731" s="5"/>
+      <c r="B731" s="5"/>
+      <c r="C731" s="5"/>
+      <c r="D731" s="5"/>
+      <c r="E731" s="5"/>
+      <c r="F731" s="5"/>
+      <c r="G731" s="5"/>
+    </row>
+    <row r="732" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A732" s="5"/>
+      <c r="B732" s="5"/>
+      <c r="C732" s="5"/>
+      <c r="D732" s="5"/>
+      <c r="E732" s="5"/>
+      <c r="F732" s="5"/>
+      <c r="G732" s="5"/>
+    </row>
+    <row r="733" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A733" s="5"/>
+      <c r="B733" s="5"/>
+      <c r="C733" s="5"/>
+      <c r="D733" s="5"/>
+      <c r="E733" s="5"/>
+      <c r="F733" s="5"/>
+      <c r="G733" s="5"/>
+    </row>
+    <row r="734" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A734" s="5"/>
+      <c r="B734" s="5"/>
+      <c r="C734" s="5"/>
+      <c r="D734" s="5"/>
+      <c r="E734" s="5"/>
+      <c r="F734" s="5"/>
+      <c r="G734" s="5"/>
+    </row>
+    <row r="735" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A735" s="5"/>
+      <c r="B735" s="5"/>
+      <c r="C735" s="5"/>
+      <c r="D735" s="5"/>
+      <c r="E735" s="5"/>
+      <c r="F735" s="5"/>
+      <c r="G735" s="5"/>
+    </row>
+    <row r="736" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A736" s="5"/>
+      <c r="B736" s="5"/>
+      <c r="C736" s="5"/>
+      <c r="D736" s="5"/>
+      <c r="E736" s="5"/>
+      <c r="F736" s="5"/>
+      <c r="G736" s="5"/>
+    </row>
+    <row r="737" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A737" s="5"/>
+      <c r="B737" s="5"/>
+      <c r="C737" s="5"/>
+      <c r="D737" s="5"/>
+      <c r="E737" s="5"/>
+      <c r="F737" s="5"/>
+      <c r="G737" s="5"/>
+    </row>
+    <row r="738" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A738" s="5"/>
+      <c r="B738" s="5"/>
+      <c r="C738" s="5"/>
+      <c r="D738" s="5"/>
+      <c r="E738" s="5"/>
+      <c r="F738" s="5"/>
+      <c r="G738" s="5"/>
+    </row>
+    <row r="739" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A739" s="5"/>
+      <c r="B739" s="5"/>
+      <c r="C739" s="5"/>
+      <c r="D739" s="5"/>
+      <c r="E739" s="5"/>
+      <c r="F739" s="5"/>
+      <c r="G739" s="5"/>
+    </row>
+    <row r="740" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A740" s="5"/>
+      <c r="B740" s="5"/>
+      <c r="C740" s="5"/>
+      <c r="D740" s="5"/>
+      <c r="E740" s="5"/>
+      <c r="F740" s="5"/>
+      <c r="G740" s="5"/>
+    </row>
+    <row r="741" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A741" s="5"/>
+      <c r="B741" s="5"/>
+      <c r="C741" s="5"/>
+      <c r="D741" s="5"/>
+      <c r="E741" s="5"/>
+      <c r="F741" s="5"/>
+      <c r="G741" s="5"/>
+    </row>
+    <row r="742" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A742" s="5"/>
+      <c r="B742" s="5"/>
+      <c r="C742" s="5"/>
+      <c r="D742" s="5"/>
+      <c r="E742" s="5"/>
+      <c r="F742" s="5"/>
+      <c r="G742" s="5"/>
+    </row>
+    <row r="743" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A743" s="5"/>
+      <c r="B743" s="5"/>
+      <c r="C743" s="5"/>
+      <c r="D743" s="5"/>
+      <c r="E743" s="5"/>
+      <c r="F743" s="5"/>
+      <c r="G743" s="5"/>
+    </row>
+    <row r="744" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A744" s="5"/>
+      <c r="B744" s="5"/>
+      <c r="C744" s="5"/>
+      <c r="D744" s="5"/>
+      <c r="E744" s="5"/>
+      <c r="F744" s="5"/>
+      <c r="G744" s="5"/>
+    </row>
+    <row r="745" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A745" s="5"/>
+      <c r="B745" s="5"/>
+      <c r="C745" s="5"/>
+      <c r="D745" s="5"/>
+      <c r="E745" s="5"/>
+      <c r="F745" s="5"/>
+      <c r="G745" s="5"/>
+    </row>
+    <row r="746" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A746" s="5"/>
+      <c r="B746" s="5"/>
+      <c r="C746" s="5"/>
+      <c r="D746" s="5"/>
+      <c r="E746" s="5"/>
+      <c r="F746" s="5"/>
+      <c r="G746" s="5"/>
+    </row>
+    <row r="747" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A747" s="5"/>
+      <c r="B747" s="5"/>
+      <c r="C747" s="5"/>
+      <c r="D747" s="5"/>
+      <c r="E747" s="5"/>
+      <c r="F747" s="5"/>
+      <c r="G747" s="5"/>
+    </row>
+    <row r="748" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A748" s="5"/>
+      <c r="B748" s="5"/>
+      <c r="C748" s="5"/>
+      <c r="D748" s="5"/>
+      <c r="E748" s="5"/>
+      <c r="F748" s="5"/>
+      <c r="G748" s="5"/>
+    </row>
+    <row r="749" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A749" s="5"/>
+      <c r="B749" s="5"/>
+      <c r="C749" s="5"/>
+      <c r="D749" s="5"/>
+      <c r="E749" s="5"/>
+      <c r="F749" s="5"/>
+      <c r="G749" s="5"/>
+    </row>
+    <row r="750" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A750" s="5"/>
+      <c r="B750" s="5"/>
+      <c r="C750" s="5"/>
+      <c r="D750" s="5"/>
+      <c r="E750" s="5"/>
+      <c r="F750" s="5"/>
+      <c r="G750" s="5"/>
+    </row>
+    <row r="751" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A751" s="5"/>
+      <c r="B751" s="5"/>
+      <c r="C751" s="5"/>
+      <c r="D751" s="5"/>
+      <c r="E751" s="5"/>
+      <c r="F751" s="5"/>
+      <c r="G751" s="5"/>
+    </row>
+    <row r="752" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A752" s="5"/>
+      <c r="B752" s="5"/>
+      <c r="C752" s="5"/>
+      <c r="D752" s="5"/>
+      <c r="E752" s="5"/>
+      <c r="F752" s="5"/>
+      <c r="G752" s="5"/>
+    </row>
+    <row r="753" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A753" s="5"/>
+      <c r="B753" s="5"/>
+      <c r="C753" s="5"/>
+      <c r="D753" s="5"/>
+      <c r="E753" s="5"/>
+      <c r="F753" s="5"/>
+      <c r="G753" s="5"/>
+    </row>
+    <row r="754" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A754" s="5"/>
+      <c r="B754" s="5"/>
+      <c r="C754" s="5"/>
+      <c r="D754" s="5"/>
+      <c r="E754" s="5"/>
+      <c r="F754" s="5"/>
+      <c r="G754" s="5"/>
+    </row>
+    <row r="755" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A755" s="5"/>
+      <c r="B755" s="5"/>
+      <c r="C755" s="5"/>
+      <c r="D755" s="5"/>
+      <c r="E755" s="5"/>
+      <c r="F755" s="5"/>
+      <c r="G755" s="5"/>
+    </row>
+    <row r="756" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A756" s="5"/>
+      <c r="B756" s="5"/>
+      <c r="C756" s="5"/>
+      <c r="D756" s="5"/>
+      <c r="E756" s="5"/>
+      <c r="F756" s="5"/>
+      <c r="G756" s="5"/>
+    </row>
+    <row r="757" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A757" s="5"/>
+      <c r="B757" s="5"/>
+      <c r="C757" s="5"/>
+      <c r="D757" s="5"/>
+      <c r="E757" s="5"/>
+      <c r="F757" s="5"/>
+      <c r="G757" s="5"/>
+    </row>
+    <row r="758" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A758" s="5"/>
+      <c r="B758" s="5"/>
+      <c r="C758" s="5"/>
+      <c r="D758" s="5"/>
+      <c r="E758" s="5"/>
+      <c r="F758" s="5"/>
+      <c r="G758" s="5"/>
+    </row>
+    <row r="759" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A759" s="5"/>
+      <c r="B759" s="5"/>
+      <c r="C759" s="5"/>
+      <c r="D759" s="5"/>
+      <c r="E759" s="5"/>
+      <c r="F759" s="5"/>
+      <c r="G759" s="5"/>
+    </row>
+    <row r="760" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A760" s="5"/>
+      <c r="B760" s="5"/>
+      <c r="C760" s="5"/>
+      <c r="D760" s="5"/>
+      <c r="E760" s="5"/>
+      <c r="F760" s="5"/>
+      <c r="G760" s="5"/>
+    </row>
+    <row r="761" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A761" s="5"/>
+      <c r="B761" s="5"/>
+      <c r="C761" s="5"/>
+      <c r="D761" s="5"/>
+      <c r="E761" s="5"/>
+      <c r="F761" s="5"/>
+      <c r="G761" s="5"/>
+    </row>
+    <row r="762" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A762" s="5"/>
+      <c r="B762" s="5"/>
+      <c r="C762" s="5"/>
+      <c r="D762" s="5"/>
+      <c r="E762" s="5"/>
+      <c r="F762" s="5"/>
+      <c r="G762" s="5"/>
+    </row>
+    <row r="763" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A763" s="5"/>
+      <c r="B763" s="5"/>
+      <c r="C763" s="5"/>
+      <c r="D763" s="5"/>
+      <c r="E763" s="5"/>
+      <c r="F763" s="5"/>
+      <c r="G763" s="5"/>
+    </row>
+    <row r="764" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A764" s="5"/>
+      <c r="B764" s="5"/>
+      <c r="C764" s="5"/>
+      <c r="D764" s="5"/>
+      <c r="E764" s="5"/>
+      <c r="F764" s="5"/>
+      <c r="G764" s="5"/>
+    </row>
+    <row r="765" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A765" s="5"/>
+      <c r="B765" s="5"/>
+      <c r="C765" s="5"/>
+      <c r="D765" s="5"/>
+      <c r="E765" s="5"/>
+      <c r="F765" s="5"/>
+      <c r="G765" s="5"/>
+    </row>
+    <row r="766" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A766" s="5"/>
+      <c r="B766" s="5"/>
+      <c r="C766" s="5"/>
+      <c r="D766" s="5"/>
+      <c r="E766" s="5"/>
+      <c r="F766" s="5"/>
+      <c r="G766" s="5"/>
+    </row>
+    <row r="767" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A767" s="5"/>
+      <c r="B767" s="5"/>
+      <c r="C767" s="5"/>
+      <c r="D767" s="5"/>
+      <c r="E767" s="5"/>
+      <c r="F767" s="5"/>
+      <c r="G767" s="5"/>
+    </row>
+    <row r="768" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A768" s="5"/>
+      <c r="B768" s="5"/>
+      <c r="C768" s="5"/>
+      <c r="D768" s="5"/>
+      <c r="E768" s="5"/>
+      <c r="F768" s="5"/>
+      <c r="G768" s="5"/>
+    </row>
+    <row r="769" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A769" s="5"/>
+      <c r="B769" s="5"/>
+      <c r="C769" s="5"/>
+      <c r="D769" s="5"/>
+      <c r="E769" s="5"/>
+      <c r="F769" s="5"/>
+      <c r="G769" s="5"/>
+    </row>
+    <row r="770" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A770" s="5"/>
+      <c r="B770" s="5"/>
+      <c r="C770" s="5"/>
+      <c r="D770" s="5"/>
+      <c r="E770" s="5"/>
+      <c r="F770" s="5"/>
+      <c r="G770" s="5"/>
+    </row>
+    <row r="771" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A771" s="5"/>
+      <c r="B771" s="5"/>
+      <c r="C771" s="5"/>
+      <c r="D771" s="5"/>
+      <c r="E771" s="5"/>
+      <c r="F771" s="5"/>
+      <c r="G771" s="5"/>
+    </row>
+    <row r="772" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A772" s="5"/>
+      <c r="B772" s="5"/>
+      <c r="C772" s="5"/>
+      <c r="D772" s="5"/>
+      <c r="E772" s="5"/>
+      <c r="F772" s="5"/>
+      <c r="G772" s="5"/>
+    </row>
+    <row r="773" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A773" s="5"/>
+      <c r="B773" s="5"/>
+      <c r="C773" s="5"/>
+      <c r="D773" s="5"/>
+      <c r="E773" s="5"/>
+      <c r="F773" s="5"/>
+      <c r="G773" s="5"/>
+    </row>
+    <row r="774" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A774" s="5"/>
+      <c r="B774" s="5"/>
+      <c r="C774" s="5"/>
+      <c r="D774" s="5"/>
+      <c r="E774" s="5"/>
+      <c r="F774" s="5"/>
+      <c r="G774" s="5"/>
+    </row>
+    <row r="775" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A775" s="5"/>
+      <c r="B775" s="5"/>
+      <c r="C775" s="5"/>
+      <c r="D775" s="5"/>
+      <c r="E775" s="5"/>
+      <c r="F775" s="5"/>
+      <c r="G775" s="5"/>
+    </row>
+    <row r="776" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A776" s="5"/>
+      <c r="B776" s="5"/>
+      <c r="C776" s="5"/>
+      <c r="D776" s="5"/>
+      <c r="E776" s="5"/>
+      <c r="F776" s="5"/>
+      <c r="G776" s="5"/>
+    </row>
+    <row r="777" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A777" s="5"/>
+      <c r="B777" s="5"/>
+      <c r="C777" s="5"/>
+      <c r="D777" s="5"/>
+      <c r="E777" s="5"/>
+      <c r="F777" s="5"/>
+      <c r="G777" s="5"/>
+    </row>
+    <row r="778" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A778" s="5"/>
+      <c r="B778" s="5"/>
+      <c r="C778" s="5"/>
+      <c r="D778" s="5"/>
+      <c r="E778" s="5"/>
+      <c r="F778" s="5"/>
+      <c r="G778" s="5"/>
+    </row>
+    <row r="779" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A779" s="5"/>
+      <c r="B779" s="5"/>
+      <c r="C779" s="5"/>
+      <c r="D779" s="5"/>
+      <c r="E779" s="5"/>
+      <c r="F779" s="5"/>
+      <c r="G779" s="5"/>
+    </row>
+    <row r="780" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A780" s="5"/>
+      <c r="B780" s="5"/>
+      <c r="C780" s="5"/>
+      <c r="D780" s="5"/>
+      <c r="E780" s="5"/>
+      <c r="F780" s="5"/>
+      <c r="G780" s="5"/>
+    </row>
+    <row r="781" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A781" s="5"/>
+      <c r="B781" s="5"/>
+      <c r="C781" s="5"/>
+      <c r="D781" s="5"/>
+      <c r="E781" s="5"/>
+      <c r="F781" s="5"/>
+      <c r="G781" s="5"/>
+    </row>
+    <row r="782" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A782" s="5"/>
+      <c r="B782" s="5"/>
+      <c r="C782" s="5"/>
+      <c r="D782" s="5"/>
+      <c r="E782" s="5"/>
+      <c r="F782" s="5"/>
+      <c r="G782" s="5"/>
+    </row>
+    <row r="783" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A783" s="5"/>
+      <c r="B783" s="5"/>
+      <c r="C783" s="5"/>
+      <c r="D783" s="5"/>
+      <c r="E783" s="5"/>
+      <c r="F783" s="5"/>
+      <c r="G783" s="5"/>
+    </row>
+    <row r="784" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A784" s="5"/>
+      <c r="B784" s="5"/>
+      <c r="C784" s="5"/>
+      <c r="D784" s="5"/>
+      <c r="E784" s="5"/>
+      <c r="F784" s="5"/>
+      <c r="G784" s="5"/>
+    </row>
+    <row r="785" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A785" s="5"/>
+      <c r="B785" s="5"/>
+      <c r="C785" s="5"/>
+      <c r="D785" s="5"/>
+      <c r="E785" s="5"/>
+      <c r="F785" s="5"/>
+      <c r="G785" s="5"/>
+    </row>
+    <row r="786" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A786" s="5"/>
+      <c r="B786" s="5"/>
+      <c r="C786" s="5"/>
+      <c r="D786" s="5"/>
+      <c r="E786" s="5"/>
+      <c r="F786" s="5"/>
+      <c r="G786" s="5"/>
+    </row>
+    <row r="787" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A787" s="5"/>
+      <c r="B787" s="5"/>
+      <c r="C787" s="5"/>
+      <c r="D787" s="5"/>
+      <c r="E787" s="5"/>
+      <c r="F787" s="5"/>
+      <c r="G787" s="5"/>
+    </row>
+    <row r="788" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A788" s="5"/>
+      <c r="B788" s="5"/>
+      <c r="C788" s="5"/>
+      <c r="D788" s="5"/>
+      <c r="E788" s="5"/>
+      <c r="F788" s="5"/>
+      <c r="G788" s="5"/>
+    </row>
+    <row r="789" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A789" s="5"/>
+      <c r="B789" s="5"/>
+      <c r="C789" s="5"/>
+      <c r="D789" s="5"/>
+      <c r="E789" s="5"/>
+      <c r="F789" s="5"/>
+      <c r="G789" s="5"/>
+    </row>
+    <row r="790" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A790" s="5"/>
+      <c r="B790" s="5"/>
+      <c r="C790" s="5"/>
+      <c r="D790" s="5"/>
+      <c r="E790" s="5"/>
+      <c r="F790" s="5"/>
+      <c r="G790" s="5"/>
+    </row>
+    <row r="791" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A791" s="5"/>
+      <c r="B791" s="5"/>
+      <c r="C791" s="5"/>
+      <c r="D791" s="5"/>
+      <c r="E791" s="5"/>
+      <c r="F791" s="5"/>
+      <c r="G791" s="5"/>
+    </row>
+    <row r="792" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A792" s="5"/>
+      <c r="B792" s="5"/>
+      <c r="C792" s="5"/>
+      <c r="D792" s="5"/>
+      <c r="E792" s="5"/>
+      <c r="F792" s="5"/>
+      <c r="G792" s="5"/>
+    </row>
+    <row r="793" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A793" s="5"/>
+      <c r="B793" s="5"/>
+      <c r="C793" s="5"/>
+      <c r="D793" s="5"/>
+      <c r="E793" s="5"/>
+      <c r="F793" s="5"/>
+      <c r="G793" s="5"/>
+    </row>
+    <row r="794" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A794" s="5"/>
+      <c r="B794" s="5"/>
+      <c r="C794" s="5"/>
+      <c r="D794" s="5"/>
+      <c r="E794" s="5"/>
+      <c r="F794" s="5"/>
+      <c r="G794" s="5"/>
+    </row>
+    <row r="795" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A795" s="5"/>
+      <c r="B795" s="5"/>
+      <c r="C795" s="5"/>
+      <c r="D795" s="5"/>
+      <c r="E795" s="5"/>
+      <c r="F795" s="5"/>
+      <c r="G795" s="5"/>
+    </row>
+    <row r="796" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A796" s="5"/>
+      <c r="B796" s="5"/>
+      <c r="C796" s="5"/>
+      <c r="D796" s="5"/>
+      <c r="E796" s="5"/>
+      <c r="F796" s="5"/>
+      <c r="G796" s="5"/>
+    </row>
+    <row r="797" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A797" s="5"/>
+      <c r="B797" s="5"/>
+      <c r="C797" s="5"/>
+      <c r="D797" s="5"/>
+      <c r="E797" s="5"/>
+      <c r="F797" s="5"/>
+      <c r="G797" s="5"/>
+    </row>
+    <row r="798" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A798" s="5"/>
+      <c r="B798" s="5"/>
+      <c r="C798" s="5"/>
+      <c r="D798" s="5"/>
+      <c r="E798" s="5"/>
+      <c r="F798" s="5"/>
+      <c r="G798" s="5"/>
+    </row>
+    <row r="799" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A799" s="5"/>
+      <c r="B799" s="5"/>
+      <c r="C799" s="5"/>
+      <c r="D799" s="5"/>
+      <c r="E799" s="5"/>
+      <c r="F799" s="5"/>
+      <c r="G799" s="5"/>
+    </row>
+    <row r="800" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A800" s="5"/>
+      <c r="B800" s="5"/>
+      <c r="C800" s="5"/>
+      <c r="D800" s="5"/>
+      <c r="E800" s="5"/>
+      <c r="F800" s="5"/>
+      <c r="G800" s="5"/>
+    </row>
+    <row r="801" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A801" s="5"/>
+      <c r="B801" s="5"/>
+      <c r="C801" s="5"/>
+      <c r="D801" s="5"/>
+      <c r="E801" s="5"/>
+      <c r="F801" s="5"/>
+      <c r="G801" s="5"/>
+    </row>
+    <row r="802" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A802" s="5"/>
+      <c r="B802" s="5"/>
+      <c r="C802" s="5"/>
+      <c r="D802" s="5"/>
+      <c r="E802" s="5"/>
+      <c r="F802" s="5"/>
+      <c r="G802" s="5"/>
+    </row>
+    <row r="803" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A803" s="5"/>
+      <c r="B803" s="5"/>
+      <c r="C803" s="5"/>
+      <c r="D803" s="5"/>
+      <c r="E803" s="5"/>
+      <c r="F803" s="5"/>
+      <c r="G803" s="5"/>
+    </row>
+    <row r="804" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A804" s="5"/>
+      <c r="B804" s="5"/>
+      <c r="C804" s="5"/>
+      <c r="D804" s="5"/>
+      <c r="E804" s="5"/>
+      <c r="F804" s="5"/>
+      <c r="G804" s="5"/>
+    </row>
+    <row r="805" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A805" s="5"/>
+      <c r="B805" s="5"/>
+      <c r="C805" s="5"/>
+      <c r="D805" s="5"/>
+      <c r="E805" s="5"/>
+      <c r="F805" s="5"/>
+      <c r="G805" s="5"/>
+    </row>
+    <row r="806" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A806" s="5"/>
+      <c r="B806" s="5"/>
+      <c r="C806" s="5"/>
+      <c r="D806" s="5"/>
+      <c r="E806" s="5"/>
+      <c r="F806" s="5"/>
+      <c r="G806" s="5"/>
+    </row>
+    <row r="807" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A807" s="5"/>
+      <c r="B807" s="5"/>
+      <c r="C807" s="5"/>
+      <c r="D807" s="5"/>
+      <c r="E807" s="5"/>
+      <c r="F807" s="5"/>
+      <c r="G807" s="5"/>
+    </row>
+    <row r="808" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A808" s="5"/>
+      <c r="B808" s="5"/>
+      <c r="C808" s="5"/>
+      <c r="D808" s="5"/>
+      <c r="E808" s="5"/>
+      <c r="F808" s="5"/>
+      <c r="G808" s="5"/>
+    </row>
+    <row r="809" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A809" s="5"/>
+      <c r="B809" s="5"/>
+      <c r="C809" s="5"/>
+      <c r="D809" s="5"/>
+      <c r="E809" s="5"/>
+      <c r="F809" s="5"/>
+      <c r="G809" s="5"/>
+    </row>
+    <row r="810" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A810" s="5"/>
+      <c r="B810" s="5"/>
+      <c r="C810" s="5"/>
+      <c r="D810" s="5"/>
+      <c r="E810" s="5"/>
+      <c r="F810" s="5"/>
+      <c r="G810" s="5"/>
+    </row>
+    <row r="811" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A811" s="5"/>
+      <c r="B811" s="5"/>
+      <c r="C811" s="5"/>
+      <c r="D811" s="5"/>
+      <c r="E811" s="5"/>
+      <c r="F811" s="5"/>
+      <c r="G811" s="5"/>
+    </row>
+    <row r="812" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A812" s="5"/>
+      <c r="B812" s="5"/>
+      <c r="C812" s="5"/>
+      <c r="D812" s="5"/>
+      <c r="E812" s="5"/>
+      <c r="F812" s="5"/>
+      <c r="G812" s="5"/>
+    </row>
+    <row r="813" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A813" s="5"/>
+      <c r="B813" s="5"/>
+      <c r="C813" s="5"/>
+      <c r="D813" s="5"/>
+      <c r="E813" s="5"/>
+      <c r="F813" s="5"/>
+      <c r="G813" s="5"/>
+    </row>
+    <row r="814" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A814" s="5"/>
+      <c r="B814" s="5"/>
+      <c r="C814" s="5"/>
+      <c r="D814" s="5"/>
+      <c r="E814" s="5"/>
+      <c r="F814" s="5"/>
+      <c r="G814" s="5"/>
+    </row>
+    <row r="815" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A815" s="5"/>
+      <c r="B815" s="5"/>
+      <c r="C815" s="5"/>
+      <c r="D815" s="5"/>
+      <c r="E815" s="5"/>
+      <c r="F815" s="5"/>
+      <c r="G815" s="5"/>
+    </row>
+    <row r="816" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A816" s="5"/>
+      <c r="B816" s="5"/>
+      <c r="C816" s="5"/>
+      <c r="D816" s="5"/>
+      <c r="E816" s="5"/>
+      <c r="F816" s="5"/>
+      <c r="G816" s="5"/>
+    </row>
+    <row r="817" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A817" s="5"/>
+      <c r="B817" s="5"/>
+      <c r="C817" s="5"/>
+      <c r="D817" s="5"/>
+      <c r="E817" s="5"/>
+      <c r="F817" s="5"/>
+      <c r="G817" s="5"/>
+    </row>
+    <row r="818" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A818" s="5"/>
+      <c r="B818" s="5"/>
+      <c r="C818" s="5"/>
+      <c r="D818" s="5"/>
+      <c r="E818" s="5"/>
+      <c r="F818" s="5"/>
+      <c r="G818" s="5"/>
+    </row>
+    <row r="819" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A819" s="5"/>
+      <c r="B819" s="5"/>
+      <c r="C819" s="5"/>
+      <c r="D819" s="5"/>
+      <c r="E819" s="5"/>
+      <c r="F819" s="5"/>
+      <c r="G819" s="5"/>
+    </row>
+    <row r="820" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A820" s="5"/>
+      <c r="B820" s="5"/>
+      <c r="C820" s="5"/>
+      <c r="D820" s="5"/>
+      <c r="E820" s="5"/>
+      <c r="F820" s="5"/>
+      <c r="G820" s="5"/>
+    </row>
+    <row r="821" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A821" s="5"/>
+      <c r="B821" s="5"/>
+      <c r="C821" s="5"/>
+      <c r="D821" s="5"/>
+      <c r="E821" s="5"/>
+      <c r="F821" s="5"/>
+      <c r="G821" s="5"/>
+    </row>
+    <row r="822" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A822" s="5"/>
+      <c r="B822" s="5"/>
+      <c r="C822" s="5"/>
+      <c r="D822" s="5"/>
+      <c r="E822" s="5"/>
+      <c r="F822" s="5"/>
+      <c r="G822" s="5"/>
+    </row>
+    <row r="823" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A823" s="5"/>
+      <c r="B823" s="5"/>
+      <c r="C823" s="5"/>
+      <c r="D823" s="5"/>
+      <c r="E823" s="5"/>
+      <c r="F823" s="5"/>
+      <c r="G823" s="5"/>
+    </row>
+    <row r="824" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A824" s="5"/>
+      <c r="B824" s="5"/>
+      <c r="C824" s="5"/>
+      <c r="D824" s="5"/>
+      <c r="E824" s="5"/>
+      <c r="F824" s="5"/>
+      <c r="G824" s="5"/>
+    </row>
+    <row r="825" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A825" s="5"/>
+      <c r="B825" s="5"/>
+      <c r="C825" s="5"/>
+      <c r="D825" s="5"/>
+      <c r="E825" s="5"/>
+      <c r="F825" s="5"/>
+      <c r="G825" s="5"/>
+    </row>
+    <row r="826" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A826" s="5"/>
+      <c r="B826" s="5"/>
+      <c r="C826" s="5"/>
+      <c r="D826" s="5"/>
+      <c r="E826" s="5"/>
+      <c r="F826" s="5"/>
+      <c r="G826" s="5"/>
+    </row>
+    <row r="827" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A827" s="5"/>
+      <c r="B827" s="5"/>
+      <c r="C827" s="5"/>
+      <c r="D827" s="5"/>
+      <c r="E827" s="5"/>
+      <c r="F827" s="5"/>
+      <c r="G827" s="5"/>
+    </row>
+    <row r="828" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A828" s="5"/>
+      <c r="B828" s="5"/>
+      <c r="C828" s="5"/>
+      <c r="D828" s="5"/>
+      <c r="E828" s="5"/>
+      <c r="F828" s="5"/>
+      <c r="G828" s="5"/>
+    </row>
+    <row r="829" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A829" s="5"/>
+      <c r="B829" s="5"/>
+      <c r="C829" s="5"/>
+      <c r="D829" s="5"/>
+      <c r="E829" s="5"/>
+      <c r="F829" s="5"/>
+      <c r="G829" s="5"/>
+    </row>
+    <row r="830" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A830" s="5"/>
+      <c r="B830" s="5"/>
+      <c r="C830" s="5"/>
+      <c r="D830" s="5"/>
+      <c r="E830" s="5"/>
+      <c r="F830" s="5"/>
+      <c r="G830" s="5"/>
+    </row>
+    <row r="831" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A831" s="5"/>
+      <c r="B831" s="5"/>
+      <c r="C831" s="5"/>
+      <c r="D831" s="5"/>
+      <c r="E831" s="5"/>
+      <c r="F831" s="5"/>
+      <c r="G831" s="5"/>
+    </row>
+    <row r="832" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A832" s="5"/>
+      <c r="B832" s="5"/>
+      <c r="C832" s="5"/>
+      <c r="D832" s="5"/>
+      <c r="E832" s="5"/>
+      <c r="F832" s="5"/>
+      <c r="G832" s="5"/>
+    </row>
+    <row r="833" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A833" s="5"/>
+      <c r="B833" s="5"/>
+      <c r="C833" s="5"/>
+      <c r="D833" s="5"/>
+      <c r="E833" s="5"/>
+      <c r="F833" s="5"/>
+      <c r="G833" s="5"/>
+    </row>
+    <row r="834" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A834" s="5"/>
+      <c r="B834" s="5"/>
+      <c r="C834" s="5"/>
+      <c r="D834" s="5"/>
+      <c r="E834" s="5"/>
+      <c r="F834" s="5"/>
+      <c r="G834" s="5"/>
+    </row>
+    <row r="835" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A835" s="5"/>
+      <c r="B835" s="5"/>
+      <c r="C835" s="5"/>
+      <c r="D835" s="5"/>
+      <c r="E835" s="5"/>
+      <c r="F835" s="5"/>
+      <c r="G835" s="5"/>
+    </row>
+    <row r="836" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A836" s="5"/>
+      <c r="B836" s="5"/>
+      <c r="C836" s="5"/>
+      <c r="D836" s="5"/>
+      <c r="E836" s="5"/>
+      <c r="F836" s="5"/>
+      <c r="G836" s="5"/>
+    </row>
+    <row r="837" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A837" s="5"/>
+      <c r="B837" s="5"/>
+      <c r="C837" s="5"/>
+      <c r="D837" s="5"/>
+      <c r="E837" s="5"/>
+      <c r="F837" s="5"/>
+      <c r="G837" s="5"/>
+    </row>
+    <row r="838" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A838" s="5"/>
+      <c r="B838" s="5"/>
+      <c r="C838" s="5"/>
+      <c r="D838" s="5"/>
+      <c r="E838" s="5"/>
+      <c r="F838" s="5"/>
+      <c r="G838" s="5"/>
+    </row>
+    <row r="839" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A839" s="5"/>
+      <c r="B839" s="5"/>
+      <c r="C839" s="5"/>
+      <c r="D839" s="5"/>
+      <c r="E839" s="5"/>
+      <c r="F839" s="5"/>
+      <c r="G839" s="5"/>
+    </row>
+    <row r="840" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A840" s="5"/>
+      <c r="B840" s="5"/>
+      <c r="C840" s="5"/>
+      <c r="D840" s="5"/>
+      <c r="E840" s="5"/>
+      <c r="F840" s="5"/>
+      <c r="G840" s="5"/>
+    </row>
+    <row r="841" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A841" s="5"/>
+      <c r="B841" s="5"/>
+      <c r="C841" s="5"/>
+      <c r="D841" s="5"/>
+      <c r="E841" s="5"/>
+      <c r="F841" s="5"/>
+      <c r="G841" s="5"/>
+    </row>
+    <row r="842" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A842" s="5"/>
+      <c r="B842" s="5"/>
+      <c r="C842" s="5"/>
+      <c r="D842" s="5"/>
+      <c r="E842" s="5"/>
+      <c r="F842" s="5"/>
+      <c r="G842" s="5"/>
+    </row>
+    <row r="843" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A843" s="5"/>
+      <c r="B843" s="5"/>
+      <c r="C843" s="5"/>
+      <c r="D843" s="5"/>
+      <c r="E843" s="5"/>
+      <c r="F843" s="5"/>
+      <c r="G843" s="5"/>
+    </row>
+    <row r="844" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A844" s="5"/>
+      <c r="B844" s="5"/>
+      <c r="C844" s="5"/>
+      <c r="D844" s="5"/>
+      <c r="E844" s="5"/>
+      <c r="F844" s="5"/>
+      <c r="G844" s="5"/>
+    </row>
+    <row r="845" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A845" s="5"/>
+      <c r="B845" s="5"/>
+      <c r="C845" s="5"/>
+      <c r="D845" s="5"/>
+      <c r="E845" s="5"/>
+      <c r="F845" s="5"/>
+      <c r="G845" s="5"/>
+    </row>
+    <row r="846" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A846" s="5"/>
+      <c r="B846" s="5"/>
+      <c r="C846" s="5"/>
+      <c r="D846" s="5"/>
+      <c r="E846" s="5"/>
+      <c r="F846" s="5"/>
+      <c r="G846" s="5"/>
+    </row>
+    <row r="847" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A847" s="5"/>
+      <c r="B847" s="5"/>
+      <c r="C847" s="5"/>
+      <c r="D847" s="5"/>
+      <c r="E847" s="5"/>
+      <c r="F847" s="5"/>
+      <c r="G847" s="5"/>
+    </row>
+    <row r="848" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A848" s="5"/>
+      <c r="B848" s="5"/>
+      <c r="C848" s="5"/>
+      <c r="D848" s="5"/>
+      <c r="E848" s="5"/>
+      <c r="F848" s="5"/>
+      <c r="G848" s="5"/>
+    </row>
+    <row r="849" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A849" s="5"/>
+      <c r="B849" s="5"/>
+      <c r="C849" s="5"/>
+      <c r="D849" s="5"/>
+      <c r="E849" s="5"/>
+      <c r="F849" s="5"/>
+      <c r="G849" s="5"/>
+    </row>
+    <row r="850" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A850" s="5"/>
+      <c r="B850" s="5"/>
+      <c r="C850" s="5"/>
+      <c r="D850" s="5"/>
+      <c r="E850" s="5"/>
+      <c r="F850" s="5"/>
+      <c r="G850" s="5"/>
+    </row>
+    <row r="851" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A851" s="5"/>
+      <c r="B851" s="5"/>
+      <c r="C851" s="5"/>
+      <c r="D851" s="5"/>
+      <c r="E851" s="5"/>
+      <c r="F851" s="5"/>
+      <c r="G851" s="5"/>
+    </row>
+    <row r="852" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A852" s="5"/>
+      <c r="B852" s="5"/>
+      <c r="C852" s="5"/>
+      <c r="D852" s="5"/>
+      <c r="E852" s="5"/>
+      <c r="F852" s="5"/>
+      <c r="G852" s="5"/>
+    </row>
+    <row r="853" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A853" s="5"/>
+      <c r="B853" s="5"/>
+      <c r="C853" s="5"/>
+      <c r="D853" s="5"/>
+      <c r="E853" s="5"/>
+      <c r="F853" s="5"/>
+      <c r="G853" s="5"/>
+    </row>
+    <row r="854" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A854" s="5"/>
+      <c r="B854" s="5"/>
+      <c r="C854" s="5"/>
+      <c r="D854" s="5"/>
+      <c r="E854" s="5"/>
+      <c r="F854" s="5"/>
+      <c r="G854" s="5"/>
+    </row>
+    <row r="855" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A855" s="5"/>
+      <c r="B855" s="5"/>
+      <c r="C855" s="5"/>
+      <c r="D855" s="5"/>
+      <c r="E855" s="5"/>
+      <c r="F855" s="5"/>
+      <c r="G855" s="5"/>
+    </row>
+    <row r="856" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A856" s="5"/>
+      <c r="B856" s="5"/>
+      <c r="C856" s="5"/>
+      <c r="D856" s="5"/>
+      <c r="E856" s="5"/>
+      <c r="F856" s="5"/>
+      <c r="G856" s="5"/>
+    </row>
+    <row r="857" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A857" s="5"/>
+      <c r="B857" s="5"/>
+      <c r="C857" s="5"/>
+      <c r="D857" s="5"/>
+      <c r="E857" s="5"/>
+      <c r="F857" s="5"/>
+      <c r="G857" s="5"/>
+    </row>
+    <row r="858" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A858" s="5"/>
+      <c r="B858" s="5"/>
+      <c r="C858" s="5"/>
+      <c r="D858" s="5"/>
+      <c r="E858" s="5"/>
+      <c r="F858" s="5"/>
+      <c r="G858" s="5"/>
+    </row>
+    <row r="859" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A859" s="5"/>
+      <c r="B859" s="5"/>
+      <c r="C859" s="5"/>
+      <c r="D859" s="5"/>
+      <c r="E859" s="5"/>
+      <c r="F859" s="5"/>
+      <c r="G859" s="5"/>
+    </row>
+    <row r="860" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A860" s="5"/>
+      <c r="B860" s="5"/>
+      <c r="C860" s="5"/>
+      <c r="D860" s="5"/>
+      <c r="E860" s="5"/>
+      <c r="F860" s="5"/>
+      <c r="G860" s="5"/>
+    </row>
+    <row r="861" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A861" s="5"/>
+      <c r="B861" s="5"/>
+      <c r="C861" s="5"/>
+      <c r="D861" s="5"/>
+      <c r="E861" s="5"/>
+      <c r="F861" s="5"/>
+      <c r="G861" s="5"/>
+    </row>
+    <row r="862" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A862" s="5"/>
+      <c r="B862" s="5"/>
+      <c r="C862" s="5"/>
+      <c r="D862" s="5"/>
+      <c r="E862" s="5"/>
+      <c r="F862" s="5"/>
+      <c r="G862" s="5"/>
+    </row>
+    <row r="863" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A863" s="5"/>
+      <c r="B863" s="5"/>
+      <c r="C863" s="5"/>
+      <c r="D863" s="5"/>
+      <c r="E863" s="5"/>
+      <c r="F863" s="5"/>
+      <c r="G863" s="5"/>
+    </row>
+    <row r="864" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A864" s="5"/>
+      <c r="B864" s="5"/>
+      <c r="C864" s="5"/>
+      <c r="D864" s="5"/>
+      <c r="E864" s="5"/>
+      <c r="F864" s="5"/>
+      <c r="G864" s="5"/>
+    </row>
+    <row r="865" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A865" s="5"/>
+      <c r="B865" s="5"/>
+      <c r="C865" s="5"/>
+      <c r="D865" s="5"/>
+      <c r="E865" s="5"/>
+      <c r="F865" s="5"/>
+      <c r="G865" s="5"/>
+    </row>
+    <row r="866" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A866" s="5"/>
+      <c r="B866" s="5"/>
+      <c r="C866" s="5"/>
+      <c r="D866" s="5"/>
+      <c r="E866" s="5"/>
+      <c r="F866" s="5"/>
+      <c r="G866" s="5"/>
+    </row>
+    <row r="867" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A867" s="5"/>
+      <c r="B867" s="5"/>
+      <c r="C867" s="5"/>
+      <c r="D867" s="5"/>
+      <c r="E867" s="5"/>
+      <c r="F867" s="5"/>
+      <c r="G867" s="5"/>
+    </row>
+    <row r="868" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A868" s="5"/>
+      <c r="B868" s="5"/>
+      <c r="C868" s="5"/>
+      <c r="D868" s="5"/>
+      <c r="E868" s="5"/>
+      <c r="F868" s="5"/>
+      <c r="G868" s="5"/>
+    </row>
+    <row r="869" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A869" s="5"/>
+      <c r="B869" s="5"/>
+      <c r="C869" s="5"/>
+      <c r="D869" s="5"/>
+      <c r="E869" s="5"/>
+      <c r="F869" s="5"/>
+      <c r="G869" s="5"/>
+    </row>
+    <row r="870" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A870" s="5"/>
+      <c r="B870" s="5"/>
+      <c r="C870" s="5"/>
+      <c r="D870" s="5"/>
+      <c r="E870" s="5"/>
+      <c r="F870" s="5"/>
+      <c r="G870" s="5"/>
+    </row>
+    <row r="871" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A871" s="5"/>
+      <c r="B871" s="5"/>
+      <c r="C871" s="5"/>
+      <c r="D871" s="5"/>
+      <c r="E871" s="5"/>
+      <c r="F871" s="5"/>
+      <c r="G871" s="5"/>
+    </row>
+    <row r="872" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A872" s="5"/>
+      <c r="B872" s="5"/>
+      <c r="C872" s="5"/>
+      <c r="D872" s="5"/>
+      <c r="E872" s="5"/>
+      <c r="F872" s="5"/>
+      <c r="G872" s="5"/>
+    </row>
+    <row r="873" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A873" s="5"/>
+      <c r="B873" s="5"/>
+      <c r="C873" s="5"/>
+      <c r="D873" s="5"/>
+      <c r="E873" s="5"/>
+      <c r="F873" s="5"/>
+      <c r="G873" s="5"/>
+    </row>
+    <row r="874" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A874" s="5"/>
+      <c r="B874" s="5"/>
+      <c r="C874" s="5"/>
+      <c r="D874" s="5"/>
+      <c r="E874" s="5"/>
+      <c r="F874" s="5"/>
+      <c r="G874" s="5"/>
+    </row>
+    <row r="875" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A875" s="5"/>
+      <c r="B875" s="5"/>
+      <c r="C875" s="5"/>
+      <c r="D875" s="5"/>
+      <c r="E875" s="5"/>
+      <c r="F875" s="5"/>
+      <c r="G875" s="5"/>
+    </row>
+    <row r="876" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A876" s="5"/>
+      <c r="B876" s="5"/>
+      <c r="C876" s="5"/>
+      <c r="D876" s="5"/>
+      <c r="E876" s="5"/>
+      <c r="F876" s="5"/>
+      <c r="G876" s="5"/>
+    </row>
+    <row r="877" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A877" s="5"/>
+      <c r="B877" s="5"/>
+      <c r="C877" s="5"/>
+      <c r="D877" s="5"/>
+      <c r="E877" s="5"/>
+      <c r="F877" s="5"/>
+      <c r="G877" s="5"/>
+    </row>
+    <row r="878" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A878" s="5"/>
+      <c r="B878" s="5"/>
+      <c r="C878" s="5"/>
+      <c r="D878" s="5"/>
+      <c r="E878" s="5"/>
+      <c r="F878" s="5"/>
+      <c r="G878" s="5"/>
+    </row>
+    <row r="879" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A879" s="5"/>
+      <c r="B879" s="5"/>
+      <c r="C879" s="5"/>
+      <c r="D879" s="5"/>
+      <c r="E879" s="5"/>
+      <c r="F879" s="5"/>
+      <c r="G879" s="5"/>
+    </row>
+    <row r="880" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A880" s="5"/>
+      <c r="B880" s="5"/>
+      <c r="C880" s="5"/>
+      <c r="D880" s="5"/>
+      <c r="E880" s="5"/>
+      <c r="F880" s="5"/>
+      <c r="G880" s="5"/>
+    </row>
+    <row r="881" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A881" s="5"/>
+      <c r="B881" s="5"/>
+      <c r="C881" s="5"/>
+      <c r="D881" s="5"/>
+      <c r="E881" s="5"/>
+      <c r="F881" s="5"/>
+      <c r="G881" s="5"/>
+    </row>
+    <row r="882" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A882" s="5"/>
+      <c r="B882" s="5"/>
+      <c r="C882" s="5"/>
+      <c r="D882" s="5"/>
+      <c r="E882" s="5"/>
+      <c r="F882" s="5"/>
+      <c r="G882" s="5"/>
+    </row>
+    <row r="883" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A883" s="5"/>
+      <c r="B883" s="5"/>
+      <c r="C883" s="5"/>
+      <c r="D883" s="5"/>
+      <c r="E883" s="5"/>
+      <c r="F883" s="5"/>
+      <c r="G883" s="5"/>
+    </row>
+    <row r="884" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A884" s="5"/>
+      <c r="B884" s="5"/>
+      <c r="C884" s="5"/>
+      <c r="D884" s="5"/>
+      <c r="E884" s="5"/>
+      <c r="F884" s="5"/>
+      <c r="G884" s="5"/>
+    </row>
+    <row r="885" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A885" s="5"/>
+      <c r="B885" s="5"/>
+      <c r="C885" s="5"/>
+      <c r="D885" s="5"/>
+      <c r="E885" s="5"/>
+      <c r="F885" s="5"/>
+      <c r="G885" s="5"/>
+    </row>
+    <row r="886" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A886" s="5"/>
+      <c r="B886" s="5"/>
+      <c r="C886" s="5"/>
+      <c r="D886" s="5"/>
+      <c r="E886" s="5"/>
+      <c r="F886" s="5"/>
+      <c r="G886" s="5"/>
+    </row>
+    <row r="887" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A887" s="5"/>
+      <c r="B887" s="5"/>
+      <c r="C887" s="5"/>
+      <c r="D887" s="5"/>
+      <c r="E887" s="5"/>
+      <c r="F887" s="5"/>
+      <c r="G887" s="5"/>
+    </row>
+    <row r="888" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A888" s="5"/>
+      <c r="B888" s="5"/>
+      <c r="C888" s="5"/>
+      <c r="D888" s="5"/>
+      <c r="E888" s="5"/>
+      <c r="F888" s="5"/>
+      <c r="G888" s="5"/>
+    </row>
+    <row r="889" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A889" s="5"/>
+      <c r="B889" s="5"/>
+      <c r="C889" s="5"/>
+      <c r="D889" s="5"/>
+      <c r="E889" s="5"/>
+      <c r="F889" s="5"/>
+      <c r="G889" s="5"/>
+    </row>
+    <row r="890" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A890" s="5"/>
+      <c r="B890" s="5"/>
+      <c r="C890" s="5"/>
+      <c r="D890" s="5"/>
+      <c r="E890" s="5"/>
+      <c r="F890" s="5"/>
+      <c r="G890" s="5"/>
+    </row>
+    <row r="891" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A891" s="5"/>
+      <c r="B891" s="5"/>
+      <c r="C891" s="5"/>
+      <c r="D891" s="5"/>
+      <c r="E891" s="5"/>
+      <c r="F891" s="5"/>
+      <c r="G891" s="5"/>
+    </row>
+    <row r="892" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A892" s="5"/>
+      <c r="B892" s="5"/>
+      <c r="C892" s="5"/>
+      <c r="D892" s="5"/>
+      <c r="E892" s="5"/>
+      <c r="F892" s="5"/>
+      <c r="G892" s="5"/>
+    </row>
+    <row r="893" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A893" s="5"/>
+      <c r="B893" s="5"/>
+      <c r="C893" s="5"/>
+      <c r="D893" s="5"/>
+      <c r="E893" s="5"/>
+      <c r="F893" s="5"/>
+      <c r="G893" s="5"/>
+    </row>
+    <row r="894" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A894" s="5"/>
+      <c r="B894" s="5"/>
+      <c r="C894" s="5"/>
+      <c r="D894" s="5"/>
+      <c r="E894" s="5"/>
+      <c r="F894" s="5"/>
+      <c r="G894" s="5"/>
+    </row>
+    <row r="895" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A895" s="5"/>
+      <c r="B895" s="5"/>
+      <c r="C895" s="5"/>
+      <c r="D895" s="5"/>
+      <c r="E895" s="5"/>
+      <c r="F895" s="5"/>
+      <c r="G895" s="5"/>
+    </row>
+    <row r="896" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A896" s="5"/>
+      <c r="B896" s="5"/>
+      <c r="C896" s="5"/>
+      <c r="D896" s="5"/>
+      <c r="E896" s="5"/>
+      <c r="F896" s="5"/>
+      <c r="G896" s="5"/>
+    </row>
+    <row r="897" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A897" s="5"/>
+      <c r="B897" s="5"/>
+      <c r="C897" s="5"/>
+      <c r="D897" s="5"/>
+      <c r="E897" s="5"/>
+      <c r="F897" s="5"/>
+      <c r="G897" s="5"/>
+    </row>
+    <row r="898" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A898" s="5"/>
+      <c r="B898" s="5"/>
+      <c r="C898" s="5"/>
+      <c r="D898" s="5"/>
+      <c r="E898" s="5"/>
+      <c r="F898" s="5"/>
+      <c r="G898" s="5"/>
+    </row>
+    <row r="899" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A899" s="5"/>
+      <c r="B899" s="5"/>
+      <c r="C899" s="5"/>
+      <c r="D899" s="5"/>
+      <c r="E899" s="5"/>
+      <c r="F899" s="5"/>
+      <c r="G899" s="5"/>
+    </row>
+    <row r="900" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A900" s="5"/>
+      <c r="B900" s="5"/>
+      <c r="C900" s="5"/>
+      <c r="D900" s="5"/>
+      <c r="E900" s="5"/>
+      <c r="F900" s="5"/>
+      <c r="G900" s="5"/>
+    </row>
+    <row r="901" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A901" s="5"/>
+      <c r="B901" s="5"/>
+      <c r="C901" s="5"/>
+      <c r="D901" s="5"/>
+      <c r="E901" s="5"/>
+      <c r="F901" s="5"/>
+      <c r="G901" s="5"/>
+    </row>
+    <row r="902" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A902" s="5"/>
+      <c r="B902" s="5"/>
+      <c r="C902" s="5"/>
+      <c r="D902" s="5"/>
+      <c r="E902" s="5"/>
+      <c r="F902" s="5"/>
+      <c r="G902" s="5"/>
+    </row>
+    <row r="903" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A903" s="5"/>
+      <c r="B903" s="5"/>
+      <c r="C903" s="5"/>
+      <c r="D903" s="5"/>
+      <c r="E903" s="5"/>
+      <c r="F903" s="5"/>
+      <c r="G903" s="5"/>
+    </row>
+    <row r="904" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A904" s="5"/>
+      <c r="B904" s="5"/>
+      <c r="C904" s="5"/>
+      <c r="D904" s="5"/>
+      <c r="E904" s="5"/>
+      <c r="F904" s="5"/>
+      <c r="G904" s="5"/>
+    </row>
+    <row r="905" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A905" s="5"/>
+      <c r="B905" s="5"/>
+      <c r="C905" s="5"/>
+      <c r="D905" s="5"/>
+      <c r="E905" s="5"/>
+      <c r="F905" s="5"/>
+      <c r="G905" s="5"/>
+    </row>
+    <row r="906" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A906" s="5"/>
+      <c r="B906" s="5"/>
+      <c r="C906" s="5"/>
+      <c r="D906" s="5"/>
+      <c r="E906" s="5"/>
+      <c r="F906" s="5"/>
+      <c r="G906" s="5"/>
+    </row>
+    <row r="907" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A907" s="5"/>
+      <c r="B907" s="5"/>
+      <c r="C907" s="5"/>
+      <c r="D907" s="5"/>
+      <c r="E907" s="5"/>
+      <c r="F907" s="5"/>
+      <c r="G907" s="5"/>
+    </row>
+    <row r="908" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A908" s="5"/>
+      <c r="B908" s="5"/>
+      <c r="C908" s="5"/>
+      <c r="D908" s="5"/>
+      <c r="E908" s="5"/>
+      <c r="F908" s="5"/>
+      <c r="G908" s="5"/>
+    </row>
+    <row r="909" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A909" s="5"/>
+      <c r="B909" s="5"/>
+      <c r="C909" s="5"/>
+      <c r="D909" s="5"/>
+      <c r="E909" s="5"/>
+      <c r="F909" s="5"/>
+      <c r="G909" s="5"/>
+    </row>
+    <row r="910" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A910" s="5"/>
+      <c r="B910" s="5"/>
+      <c r="C910" s="5"/>
+      <c r="D910" s="5"/>
+      <c r="E910" s="5"/>
+      <c r="F910" s="5"/>
+      <c r="G910" s="5"/>
+    </row>
+    <row r="911" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A911" s="5"/>
+      <c r="B911" s="5"/>
+      <c r="C911" s="5"/>
+      <c r="D911" s="5"/>
+      <c r="E911" s="5"/>
+      <c r="F911" s="5"/>
+      <c r="G911" s="5"/>
+    </row>
+    <row r="912" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A912" s="5"/>
+      <c r="B912" s="5"/>
+      <c r="C912" s="5"/>
+      <c r="D912" s="5"/>
+      <c r="E912" s="5"/>
+      <c r="F912" s="5"/>
+      <c r="G912" s="5"/>
+    </row>
+    <row r="913" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A913" s="5"/>
+      <c r="B913" s="5"/>
+      <c r="C913" s="5"/>
+      <c r="D913" s="5"/>
+      <c r="E913" s="5"/>
+      <c r="F913" s="5"/>
+      <c r="G913" s="5"/>
+    </row>
+    <row r="914" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A914" s="5"/>
+      <c r="B914" s="5"/>
+      <c r="C914" s="5"/>
+      <c r="D914" s="5"/>
+      <c r="E914" s="5"/>
+      <c r="F914" s="5"/>
+      <c r="G914" s="5"/>
+    </row>
+    <row r="915" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A915" s="5"/>
+      <c r="B915" s="5"/>
+      <c r="C915" s="5"/>
+      <c r="D915" s="5"/>
+      <c r="E915" s="5"/>
+      <c r="F915" s="5"/>
+      <c r="G915" s="5"/>
+    </row>
+    <row r="916" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A916" s="5"/>
+      <c r="B916" s="5"/>
+      <c r="C916" s="5"/>
+      <c r="D916" s="5"/>
+      <c r="E916" s="5"/>
+      <c r="F916" s="5"/>
+      <c r="G916" s="5"/>
+    </row>
+    <row r="917" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A917" s="5"/>
+      <c r="B917" s="5"/>
+      <c r="C917" s="5"/>
+      <c r="D917" s="5"/>
+      <c r="E917" s="5"/>
+      <c r="F917" s="5"/>
+      <c r="G917" s="5"/>
+    </row>
+    <row r="918" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A918" s="5"/>
+      <c r="B918" s="5"/>
+      <c r="C918" s="5"/>
+      <c r="D918" s="5"/>
+      <c r="E918" s="5"/>
+      <c r="F918" s="5"/>
+      <c r="G918" s="5"/>
+    </row>
+    <row r="919" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A919" s="5"/>
+      <c r="B919" s="5"/>
+      <c r="C919" s="5"/>
+      <c r="D919" s="5"/>
+      <c r="E919" s="5"/>
+      <c r="F919" s="5"/>
+      <c r="G919" s="5"/>
+    </row>
+    <row r="920" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A920" s="5"/>
+      <c r="B920" s="5"/>
+      <c r="C920" s="5"/>
+      <c r="D920" s="5"/>
+      <c r="E920" s="5"/>
+      <c r="F920" s="5"/>
+      <c r="G920" s="5"/>
+    </row>
+    <row r="921" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A921" s="5"/>
+      <c r="B921" s="5"/>
+      <c r="C921" s="5"/>
+      <c r="D921" s="5"/>
+      <c r="E921" s="5"/>
+      <c r="F921" s="5"/>
+      <c r="G921" s="5"/>
+    </row>
+    <row r="922" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A922" s="5"/>
+      <c r="B922" s="5"/>
+      <c r="C922" s="5"/>
+      <c r="D922" s="5"/>
+      <c r="E922" s="5"/>
+      <c r="F922" s="5"/>
+      <c r="G922" s="5"/>
+    </row>
+    <row r="923" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A923" s="5"/>
+      <c r="B923" s="5"/>
+      <c r="C923" s="5"/>
+      <c r="D923" s="5"/>
+      <c r="E923" s="5"/>
+      <c r="F923" s="5"/>
+      <c r="G923" s="5"/>
+    </row>
+    <row r="924" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A924" s="5"/>
+      <c r="B924" s="5"/>
+      <c r="C924" s="5"/>
+      <c r="D924" s="5"/>
+      <c r="E924" s="5"/>
+      <c r="F924" s="5"/>
+      <c r="G924" s="5"/>
+    </row>
+    <row r="925" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A925" s="5"/>
+      <c r="B925" s="5"/>
+      <c r="C925" s="5"/>
+      <c r="D925" s="5"/>
+      <c r="E925" s="5"/>
+      <c r="F925" s="5"/>
+      <c r="G925" s="5"/>
+    </row>
+    <row r="926" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A926" s="5"/>
+      <c r="B926" s="5"/>
+      <c r="C926" s="5"/>
+      <c r="D926" s="5"/>
+      <c r="E926" s="5"/>
+      <c r="F926" s="5"/>
+      <c r="G926" s="5"/>
+    </row>
+    <row r="927" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A927" s="5"/>
+      <c r="B927" s="5"/>
+      <c r="C927" s="5"/>
+      <c r="D927" s="5"/>
+      <c r="E927" s="5"/>
+      <c r="F927" s="5"/>
+      <c r="G927" s="5"/>
+    </row>
+    <row r="928" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A928" s="5"/>
+      <c r="B928" s="5"/>
+      <c r="C928" s="5"/>
+      <c r="D928" s="5"/>
+      <c r="E928" s="5"/>
+      <c r="F928" s="5"/>
+      <c r="G928" s="5"/>
+    </row>
+    <row r="929" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A929" s="5"/>
+      <c r="B929" s="5"/>
+      <c r="C929" s="5"/>
+      <c r="D929" s="5"/>
+      <c r="E929" s="5"/>
+      <c r="F929" s="5"/>
+      <c r="G929" s="5"/>
+    </row>
+    <row r="930" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A930" s="5"/>
+      <c r="B930" s="5"/>
+      <c r="C930" s="5"/>
+      <c r="D930" s="5"/>
+      <c r="E930" s="5"/>
+      <c r="F930" s="5"/>
+      <c r="G930" s="5"/>
+    </row>
+    <row r="931" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A931" s="5"/>
+      <c r="B931" s="5"/>
+      <c r="C931" s="5"/>
+      <c r="D931" s="5"/>
+      <c r="E931" s="5"/>
+      <c r="F931" s="5"/>
+      <c r="G931" s="5"/>
+    </row>
+    <row r="932" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A932" s="5"/>
+      <c r="B932" s="5"/>
+      <c r="C932" s="5"/>
+      <c r="D932" s="5"/>
+      <c r="E932" s="5"/>
+      <c r="F932" s="5"/>
+      <c r="G932" s="5"/>
+    </row>
+    <row r="933" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A933" s="5"/>
+      <c r="B933" s="5"/>
+      <c r="C933" s="5"/>
+      <c r="D933" s="5"/>
+      <c r="E933" s="5"/>
+      <c r="F933" s="5"/>
+      <c r="G933" s="5"/>
+    </row>
+    <row r="934" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A934" s="5"/>
+      <c r="B934" s="5"/>
+      <c r="C934" s="5"/>
+      <c r="D934" s="5"/>
+      <c r="E934" s="5"/>
+      <c r="F934" s="5"/>
+      <c r="G934" s="5"/>
+    </row>
+    <row r="935" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A935" s="5"/>
+      <c r="B935" s="5"/>
+      <c r="C935" s="5"/>
+      <c r="D935" s="5"/>
+      <c r="E935" s="5"/>
+      <c r="F935" s="5"/>
+      <c r="G935" s="5"/>
+    </row>
+    <row r="936" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A936" s="5"/>
+      <c r="B936" s="5"/>
+      <c r="C936" s="5"/>
+      <c r="D936" s="5"/>
+      <c r="E936" s="5"/>
+      <c r="F936" s="5"/>
+      <c r="G936" s="5"/>
+    </row>
+    <row r="937" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A937" s="5"/>
+      <c r="B937" s="5"/>
+      <c r="C937" s="5"/>
+      <c r="D937" s="5"/>
+      <c r="E937" s="5"/>
+      <c r="F937" s="5"/>
+      <c r="G937" s="5"/>
+    </row>
+    <row r="938" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A938" s="5"/>
+      <c r="B938" s="5"/>
+      <c r="C938" s="5"/>
+      <c r="D938" s="5"/>
+      <c r="E938" s="5"/>
+      <c r="F938" s="5"/>
+      <c r="G938" s="5"/>
+    </row>
+    <row r="939" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A939" s="5"/>
+      <c r="B939" s="5"/>
+      <c r="C939" s="5"/>
+      <c r="D939" s="5"/>
+      <c r="E939" s="5"/>
+      <c r="F939" s="5"/>
+      <c r="G939" s="5"/>
+    </row>
+    <row r="940" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A940" s="5"/>
+      <c r="B940" s="5"/>
+      <c r="C940" s="5"/>
+      <c r="D940" s="5"/>
+      <c r="E940" s="5"/>
+      <c r="F940" s="5"/>
+      <c r="G940" s="5"/>
+    </row>
+    <row r="941" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A941" s="5"/>
+      <c r="B941" s="5"/>
+      <c r="C941" s="5"/>
+      <c r="D941" s="5"/>
+      <c r="E941" s="5"/>
+      <c r="F941" s="5"/>
+      <c r="G941" s="5"/>
+    </row>
+    <row r="942" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A942" s="5"/>
+      <c r="B942" s="5"/>
+      <c r="C942" s="5"/>
+      <c r="D942" s="5"/>
+      <c r="E942" s="5"/>
+      <c r="F942" s="5"/>
+      <c r="G942" s="5"/>
+    </row>
+    <row r="943" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A943" s="5"/>
+      <c r="B943" s="5"/>
+      <c r="C943" s="5"/>
+      <c r="D943" s="5"/>
+      <c r="E943" s="5"/>
+      <c r="F943" s="5"/>
+      <c r="G943" s="5"/>
+    </row>
+    <row r="944" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A944" s="5"/>
+      <c r="B944" s="5"/>
+      <c r="C944" s="5"/>
+      <c r="D944" s="5"/>
+      <c r="E944" s="5"/>
+      <c r="F944" s="5"/>
+      <c r="G944" s="5"/>
+    </row>
+    <row r="945" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A945" s="5"/>
+      <c r="B945" s="5"/>
+      <c r="C945" s="5"/>
+      <c r="D945" s="5"/>
+      <c r="E945" s="5"/>
+      <c r="F945" s="5"/>
+      <c r="G945" s="5"/>
+    </row>
+    <row r="946" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A946" s="5"/>
+      <c r="B946" s="5"/>
+      <c r="C946" s="5"/>
+      <c r="D946" s="5"/>
+      <c r="E946" s="5"/>
+      <c r="F946" s="5"/>
+      <c r="G946" s="5"/>
+    </row>
+    <row r="947" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A947" s="5"/>
+      <c r="B947" s="5"/>
+      <c r="C947" s="5"/>
+      <c r="D947" s="5"/>
+      <c r="E947" s="5"/>
+      <c r="F947" s="5"/>
+      <c r="G947" s="5"/>
+    </row>
+    <row r="948" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A948" s="5"/>
+      <c r="B948" s="5"/>
+      <c r="C948" s="5"/>
+      <c r="D948" s="5"/>
+      <c r="E948" s="5"/>
+      <c r="F948" s="5"/>
+      <c r="G948" s="5"/>
+    </row>
+    <row r="949" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A949" s="5"/>
+      <c r="B949" s="5"/>
+      <c r="C949" s="5"/>
+      <c r="D949" s="5"/>
+      <c r="E949" s="5"/>
+      <c r="F949" s="5"/>
+      <c r="G949" s="5"/>
+    </row>
+    <row r="950" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A950" s="5"/>
+      <c r="B950" s="5"/>
+      <c r="C950" s="5"/>
+      <c r="D950" s="5"/>
+      <c r="E950" s="5"/>
+      <c r="F950" s="5"/>
+      <c r="G950" s="5"/>
+    </row>
+    <row r="951" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A951" s="5"/>
+      <c r="B951" s="5"/>
+      <c r="C951" s="5"/>
+      <c r="D951" s="5"/>
+      <c r="E951" s="5"/>
+      <c r="F951" s="5"/>
+      <c r="G951" s="5"/>
+    </row>
+    <row r="952" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A952" s="5"/>
+      <c r="B952" s="5"/>
+      <c r="C952" s="5"/>
+      <c r="D952" s="5"/>
+      <c r="E952" s="5"/>
+      <c r="F952" s="5"/>
+      <c r="G952" s="5"/>
+    </row>
+    <row r="953" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A953" s="5"/>
+      <c r="B953" s="5"/>
+      <c r="C953" s="5"/>
+      <c r="D953" s="5"/>
+      <c r="E953" s="5"/>
+      <c r="F953" s="5"/>
+      <c r="G953" s="5"/>
+    </row>
+    <row r="954" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A954" s="5"/>
+      <c r="B954" s="5"/>
+      <c r="C954" s="5"/>
+      <c r="D954" s="5"/>
+      <c r="E954" s="5"/>
+      <c r="F954" s="5"/>
+      <c r="G954" s="5"/>
+    </row>
+    <row r="955" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A955" s="5"/>
+      <c r="B955" s="5"/>
+      <c r="C955" s="5"/>
+      <c r="D955" s="5"/>
+      <c r="E955" s="5"/>
+      <c r="F955" s="5"/>
+      <c r="G955" s="5"/>
+    </row>
+    <row r="956" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A956" s="5"/>
+      <c r="B956" s="5"/>
+      <c r="C956" s="5"/>
+      <c r="D956" s="5"/>
+      <c r="E956" s="5"/>
+      <c r="F956" s="5"/>
+      <c r="G956" s="5"/>
+    </row>
+    <row r="957" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A957" s="5"/>
+      <c r="B957" s="5"/>
+      <c r="C957" s="5"/>
+      <c r="D957" s="5"/>
+      <c r="E957" s="5"/>
+      <c r="F957" s="5"/>
+      <c r="G957" s="5"/>
+    </row>
+    <row r="958" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A958" s="5"/>
+      <c r="B958" s="5"/>
+      <c r="C958" s="5"/>
+      <c r="D958" s="5"/>
+      <c r="E958" s="5"/>
+      <c r="F958" s="5"/>
+      <c r="G958" s="5"/>
+    </row>
+    <row r="959" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A959" s="5"/>
+      <c r="B959" s="5"/>
+      <c r="C959" s="5"/>
+      <c r="D959" s="5"/>
+      <c r="E959" s="5"/>
+      <c r="F959" s="5"/>
+      <c r="G959" s="5"/>
+    </row>
+    <row r="960" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A960" s="5"/>
+      <c r="B960" s="5"/>
+      <c r="C960" s="5"/>
+      <c r="D960" s="5"/>
+      <c r="E960" s="5"/>
+      <c r="F960" s="5"/>
+      <c r="G960" s="5"/>
+    </row>
+    <row r="961" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A961" s="5"/>
+      <c r="B961" s="5"/>
+      <c r="C961" s="5"/>
+      <c r="D961" s="5"/>
+      <c r="E961" s="5"/>
+      <c r="F961" s="5"/>
+      <c r="G961" s="5"/>
+    </row>
+    <row r="962" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A962" s="5"/>
+      <c r="B962" s="5"/>
+      <c r="C962" s="5"/>
+      <c r="D962" s="5"/>
+      <c r="E962" s="5"/>
+      <c r="F962" s="5"/>
+      <c r="G962" s="5"/>
+    </row>
+    <row r="963" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A963" s="5"/>
+      <c r="B963" s="5"/>
+      <c r="C963" s="5"/>
+      <c r="D963" s="5"/>
+      <c r="E963" s="5"/>
+      <c r="F963" s="5"/>
+      <c r="G963" s="5"/>
+    </row>
+    <row r="964" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A964" s="5"/>
+      <c r="B964" s="5"/>
+      <c r="C964" s="5"/>
+      <c r="D964" s="5"/>
+      <c r="E964" s="5"/>
+      <c r="F964" s="5"/>
+      <c r="G964" s="5"/>
+    </row>
+    <row r="965" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A965" s="5"/>
+      <c r="B965" s="5"/>
+      <c r="C965" s="5"/>
+      <c r="D965" s="5"/>
+      <c r="E965" s="5"/>
+      <c r="F965" s="5"/>
+      <c r="G965" s="5"/>
+    </row>
+    <row r="966" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A966" s="5"/>
+      <c r="B966" s="5"/>
+      <c r="C966" s="5"/>
+      <c r="D966" s="5"/>
+      <c r="E966" s="5"/>
+      <c r="F966" s="5"/>
+      <c r="G966" s="5"/>
+    </row>
+    <row r="967" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A967" s="5"/>
+      <c r="B967" s="5"/>
+      <c r="C967" s="5"/>
+      <c r="D967" s="5"/>
+      <c r="E967" s="5"/>
+      <c r="F967" s="5"/>
+      <c r="G967" s="5"/>
+    </row>
+    <row r="968" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A968" s="5"/>
+      <c r="B968" s="5"/>
+      <c r="C968" s="5"/>
+      <c r="D968" s="5"/>
+      <c r="E968" s="5"/>
+      <c r="F968" s="5"/>
+      <c r="G968" s="5"/>
+    </row>
+    <row r="969" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A969" s="5"/>
+      <c r="B969" s="5"/>
+      <c r="C969" s="5"/>
+      <c r="D969" s="5"/>
+      <c r="E969" s="5"/>
+      <c r="F969" s="5"/>
+      <c r="G969" s="5"/>
+    </row>
+    <row r="970" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A970" s="5"/>
+      <c r="B970" s="5"/>
+      <c r="C970" s="5"/>
+      <c r="D970" s="5"/>
+      <c r="E970" s="5"/>
+      <c r="F970" s="5"/>
+      <c r="G970" s="5"/>
+    </row>
+    <row r="971" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A971" s="5"/>
+      <c r="B971" s="5"/>
+      <c r="C971" s="5"/>
+      <c r="D971" s="5"/>
+      <c r="E971" s="5"/>
+      <c r="F971" s="5"/>
+      <c r="G971" s="5"/>
+    </row>
+    <row r="972" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A972" s="5"/>
+      <c r="B972" s="5"/>
+      <c r="C972" s="5"/>
+      <c r="D972" s="5"/>
+      <c r="E972" s="5"/>
+      <c r="F972" s="5"/>
+      <c r="G972" s="5"/>
+    </row>
+    <row r="973" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A973" s="5"/>
+      <c r="B973" s="5"/>
+      <c r="C973" s="5"/>
+      <c r="D973" s="5"/>
+      <c r="E973" s="5"/>
+      <c r="F973" s="5"/>
+      <c r="G973" s="5"/>
+    </row>
+    <row r="974" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A974" s="5"/>
+      <c r="B974" s="5"/>
+      <c r="C974" s="5"/>
+      <c r="D974" s="5"/>
+      <c r="E974" s="5"/>
+      <c r="F974" s="5"/>
+      <c r="G974" s="5"/>
+    </row>
+    <row r="975" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A975" s="5"/>
+      <c r="B975" s="5"/>
+      <c r="C975" s="5"/>
+      <c r="D975" s="5"/>
+      <c r="E975" s="5"/>
+      <c r="F975" s="5"/>
+      <c r="G975" s="5"/>
+    </row>
+    <row r="976" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A976" s="5"/>
+      <c r="B976" s="5"/>
+      <c r="C976" s="5"/>
+      <c r="D976" s="5"/>
+      <c r="E976" s="5"/>
+      <c r="F976" s="5"/>
+      <c r="G976" s="5"/>
+    </row>
+    <row r="977" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A977" s="5"/>
+      <c r="B977" s="5"/>
+      <c r="C977" s="5"/>
+      <c r="D977" s="5"/>
+      <c r="E977" s="5"/>
+      <c r="F977" s="5"/>
+      <c r="G977" s="5"/>
+    </row>
+    <row r="978" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A978" s="5"/>
+      <c r="B978" s="5"/>
+      <c r="C978" s="5"/>
+      <c r="D978" s="5"/>
+      <c r="E978" s="5"/>
+      <c r="F978" s="5"/>
+      <c r="G978" s="5"/>
+    </row>
+    <row r="979" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A979" s="5"/>
+      <c r="B979" s="5"/>
+      <c r="C979" s="5"/>
+      <c r="D979" s="5"/>
+      <c r="E979" s="5"/>
+      <c r="F979" s="5"/>
+      <c r="G979" s="5"/>
+    </row>
+    <row r="980" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A980" s="5"/>
+      <c r="B980" s="5"/>
+      <c r="C980" s="5"/>
+      <c r="D980" s="5"/>
+      <c r="E980" s="5"/>
+      <c r="F980" s="5"/>
+      <c r="G980" s="5"/>
+    </row>
+    <row r="981" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A981" s="5"/>
+      <c r="B981" s="5"/>
+      <c r="C981" s="5"/>
+      <c r="D981" s="5"/>
+      <c r="E981" s="5"/>
+      <c r="F981" s="5"/>
+      <c r="G981" s="5"/>
+    </row>
+    <row r="982" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A982" s="5"/>
+      <c r="B982" s="5"/>
+      <c r="C982" s="5"/>
+      <c r="D982" s="5"/>
+      <c r="E982" s="5"/>
+      <c r="F982" s="5"/>
+      <c r="G982" s="5"/>
+    </row>
+    <row r="983" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A983" s="5"/>
+      <c r="B983" s="5"/>
+      <c r="C983" s="5"/>
+      <c r="D983" s="5"/>
+      <c r="E983" s="5"/>
+      <c r="F983" s="5"/>
+      <c r="G983" s="5"/>
+    </row>
+    <row r="984" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A984" s="5"/>
+      <c r="B984" s="5"/>
+      <c r="C984" s="5"/>
+      <c r="D984" s="5"/>
+      <c r="E984" s="5"/>
+      <c r="F984" s="5"/>
+      <c r="G984" s="5"/>
+    </row>
+    <row r="985" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A985" s="5"/>
+      <c r="B985" s="5"/>
+      <c r="C985" s="5"/>
+      <c r="D985" s="5"/>
+      <c r="E985" s="5"/>
+      <c r="F985" s="5"/>
+      <c r="G985" s="5"/>
+    </row>
+    <row r="986" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A986" s="5"/>
+      <c r="B986" s="5"/>
+      <c r="C986" s="5"/>
+      <c r="D986" s="5"/>
+      <c r="E986" s="5"/>
+      <c r="F986" s="5"/>
+      <c r="G986" s="5"/>
+    </row>
+    <row r="987" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A987" s="5"/>
+      <c r="B987" s="5"/>
+      <c r="C987" s="5"/>
+      <c r="D987" s="5"/>
+      <c r="E987" s="5"/>
+      <c r="F987" s="5"/>
+      <c r="G987" s="5"/>
+    </row>
+    <row r="988" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A988" s="5"/>
+      <c r="B988" s="5"/>
+      <c r="C988" s="5"/>
+      <c r="D988" s="5"/>
+      <c r="E988" s="5"/>
+      <c r="F988" s="5"/>
+      <c r="G988" s="5"/>
+    </row>
+    <row r="989" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A989" s="5"/>
+      <c r="B989" s="5"/>
+      <c r="C989" s="5"/>
+      <c r="D989" s="5"/>
+      <c r="E989" s="5"/>
+      <c r="F989" s="5"/>
+      <c r="G989" s="5"/>
+    </row>
+    <row r="990" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A990" s="5"/>
+      <c r="B990" s="5"/>
+      <c r="C990" s="5"/>
+      <c r="D990" s="5"/>
+      <c r="E990" s="5"/>
+      <c r="F990" s="5"/>
+      <c r="G990" s="5"/>
+    </row>
+    <row r="991" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A991" s="5"/>
+      <c r="B991" s="5"/>
+      <c r="C991" s="5"/>
+      <c r="D991" s="5"/>
+      <c r="E991" s="5"/>
+      <c r="F991" s="5"/>
+      <c r="G991" s="5"/>
+    </row>
+    <row r="992" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A992" s="5"/>
+      <c r="B992" s="5"/>
+      <c r="C992" s="5"/>
+      <c r="D992" s="5"/>
+      <c r="E992" s="5"/>
+      <c r="F992" s="5"/>
+      <c r="G992" s="5"/>
+    </row>
+    <row r="993" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A993" s="5"/>
+      <c r="B993" s="5"/>
+      <c r="C993" s="5"/>
+      <c r="D993" s="5"/>
+      <c r="E993" s="5"/>
+      <c r="F993" s="5"/>
+      <c r="G993" s="5"/>
+    </row>
+    <row r="994" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A994" s="5"/>
+      <c r="B994" s="5"/>
+      <c r="C994" s="5"/>
+      <c r="D994" s="5"/>
+      <c r="E994" s="5"/>
+      <c r="F994" s="5"/>
+      <c r="G994" s="5"/>
+    </row>
+    <row r="995" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A995" s="5"/>
+      <c r="B995" s="5"/>
+      <c r="C995" s="5"/>
+      <c r="D995" s="5"/>
+      <c r="E995" s="5"/>
+      <c r="F995" s="5"/>
+      <c r="G995" s="5"/>
+    </row>
+    <row r="996" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A996" s="5"/>
+      <c r="B996" s="5"/>
+      <c r="C996" s="5"/>
+      <c r="D996" s="5"/>
+      <c r="E996" s="5"/>
+      <c r="F996" s="5"/>
+      <c r="G996" s="5"/>
+    </row>
+    <row r="997" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A997" s="5"/>
+      <c r="B997" s="5"/>
+      <c r="C997" s="5"/>
+      <c r="D997" s="5"/>
+      <c r="E997" s="5"/>
+      <c r="F997" s="5"/>
+      <c r="G997" s="5"/>
+    </row>
+    <row r="998" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A998" s="5"/>
+      <c r="B998" s="5"/>
+      <c r="C998" s="5"/>
+      <c r="D998" s="5"/>
+      <c r="E998" s="5"/>
+      <c r="F998" s="5"/>
+      <c r="G998" s="5"/>
+    </row>
+    <row r="999" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A999" s="5"/>
+      <c r="B999" s="5"/>
+      <c r="C999" s="5"/>
+      <c r="D999" s="5"/>
+      <c r="E999" s="5"/>
+      <c r="F999" s="5"/>
+      <c r="G999" s="5"/>
+    </row>
+    <row r="1000" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A1000" s="5"/>
+      <c r="B1000" s="5"/>
+      <c r="C1000" s="5"/>
+      <c r="D1000" s="5"/>
+      <c r="E1000" s="5"/>
+      <c r="F1000" s="5"/>
+      <c r="G1000" s="5"/>
+    </row>
+    <row r="1001" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A1001" s="5"/>
+      <c r="B1001" s="5"/>
+      <c r="C1001" s="5"/>
+      <c r="D1001" s="5"/>
+      <c r="E1001" s="5"/>
+      <c r="F1001" s="5"/>
+      <c r="G1001" s="5"/>
+    </row>
+    <row r="1002" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A1002" s="5"/>
+      <c r="B1002" s="5"/>
+      <c r="C1002" s="5"/>
+      <c r="D1002" s="5"/>
+      <c r="E1002" s="5"/>
+      <c r="F1002" s="5"/>
+      <c r="G1002" s="5"/>
+    </row>
+    <row r="1003" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A1003" s="5"/>
+      <c r="B1003" s="5"/>
+      <c r="C1003" s="5"/>
+      <c r="D1003" s="5"/>
+      <c r="E1003" s="5"/>
+      <c r="F1003" s="5"/>
+      <c r="G1003" s="5"/>
+    </row>
+    <row r="1004" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A1004" s="5"/>
+      <c r="B1004" s="5"/>
+      <c r="C1004" s="5"/>
+      <c r="D1004" s="5"/>
+      <c r="E1004" s="5"/>
+      <c r="F1004" s="5"/>
+      <c r="G1004" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="3">
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E29" xr:uid="{E0BA2842-3291-41B1-BC07-456E0D1305CB}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E29" xr:uid="{2CB0AC66-D0EA-4CCB-A1A5-10D2025AA5A4}">
       <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F2:G123" xr:uid="{39BBEC97-196A-4519-A37B-EB94E6AC6762}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F2:G128" xr:uid="{AA49B3E9-277D-41CF-8A31-2CE063766F0E}">
       <formula1>"Introduced,Subcommittee - Passed,Committee - Passed,1st Chamber - Floor Passage,2nd Chamber - Passed Committee,2nd Chamber - Floor Passage,Both Chambers - Passage,2nd Chamber - Amended,Withdrawn,Signed by Governor,House Unfinished Business,Senate Unfinish"&amp;"ed Business"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E28 E30:E123" xr:uid="{B76CE447-F0C3-450E-BE26-3A695C42140A}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E28 E30:E128" xr:uid="{1A9B38B9-21B3-472C-8533-94DBB061C4B3}">
       <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce,Transportation,Nonpublic"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" xr:uid="{B77DA86E-24E9-448C-BD91-A1900FB4D2A7}"/>
-[...124 lines deleted...]
-    <hyperlink ref="B123" r:id="rId126" xr:uid="{D0FB1F6A-7587-4E55-BD8E-406BEF7F86EE}"/>
+    <hyperlink ref="A2" r:id="rId1" xr:uid="{501BC7E8-71F7-4FC7-8D2A-6D5E834C0F12}"/>
+    <hyperlink ref="B2" r:id="rId2" xr:uid="{1D8652C9-0F01-4110-B2D7-795568724F47}"/>
+    <hyperlink ref="A3" r:id="rId3" xr:uid="{75BBAEC0-DEAD-4F52-853C-151E4EBAC9EF}"/>
+    <hyperlink ref="C3" r:id="rId4" xr:uid="{3BBFBD83-62C8-46AB-A33E-E6E0C3963AEC}"/>
+    <hyperlink ref="A4" r:id="rId5" xr:uid="{EFE1E49B-D3E9-49C9-8680-242EB2C8B135}"/>
+    <hyperlink ref="A5" r:id="rId6" xr:uid="{88E14438-80E7-4656-804B-81F77E84C345}"/>
+    <hyperlink ref="A6" r:id="rId7" xr:uid="{6B053F7E-FCAD-473B-8DAD-E82B74AF542A}"/>
+    <hyperlink ref="C7" r:id="rId8" xr:uid="{8C22C9BA-04E6-481C-AE38-7197DE39A7D7}"/>
+    <hyperlink ref="C8" r:id="rId9" xr:uid="{99C9171A-C87E-4311-B9E6-E823BA385F33}"/>
+    <hyperlink ref="C9" r:id="rId10" xr:uid="{41BA39A3-B49B-466E-B994-6D8A49EE71A7}"/>
+    <hyperlink ref="C10" r:id="rId11" xr:uid="{6DDD888E-AB23-4BD3-9E6B-02FCBD200620}"/>
+    <hyperlink ref="C11" r:id="rId12" xr:uid="{F8818496-87BD-43BC-9F6C-BBC61F33AE68}"/>
+    <hyperlink ref="C12" r:id="rId13" xr:uid="{E06EB393-972F-4A98-A805-D2C37F7C53C1}"/>
+    <hyperlink ref="B13" r:id="rId14" xr:uid="{1FC88A00-107F-42C2-8BF5-ADFC6D8BAE10}"/>
+    <hyperlink ref="B14" r:id="rId15" xr:uid="{F5C61E26-F5D4-4BC9-8CBD-C17882D2971A}"/>
+    <hyperlink ref="B15" r:id="rId16" xr:uid="{AE2F17AA-7F4A-419B-9C9A-11DFFD577964}"/>
+    <hyperlink ref="B16" r:id="rId17" xr:uid="{C24E6907-4AA2-4A8B-9506-4A2C33D56EA5}"/>
+    <hyperlink ref="B17" r:id="rId18" xr:uid="{F77BE948-F8A3-4047-A841-2E3DA3B4A006}"/>
+    <hyperlink ref="B18" r:id="rId19" xr:uid="{FF5A3FFF-C5FD-47BA-9D1E-F1618241B8D9}"/>
+    <hyperlink ref="B19" r:id="rId20" xr:uid="{C19D0D2F-B773-4E58-9B1C-1C86538CC0EC}"/>
+    <hyperlink ref="C20" r:id="rId21" xr:uid="{169AF712-715E-4526-8A0D-A43F7AA5B95C}"/>
+    <hyperlink ref="C21" r:id="rId22" xr:uid="{10CACE0C-9889-4331-BB54-88D733A6402C}"/>
+    <hyperlink ref="B22" r:id="rId23" xr:uid="{95A57B2F-EE19-4965-9783-7C453714B9F9}"/>
+    <hyperlink ref="B23" r:id="rId24" xr:uid="{CAFCECDE-4BCF-4C60-847E-94654E221AF8}"/>
+    <hyperlink ref="B24" r:id="rId25" xr:uid="{6A8343A2-735D-4CF9-9E8A-5BA8295774DE}"/>
+    <hyperlink ref="B25" r:id="rId26" xr:uid="{2F1D8764-E86B-44D8-BEC5-09C41CC124F4}"/>
+    <hyperlink ref="B26" r:id="rId27" xr:uid="{4D0ACCBC-50A1-4816-8746-DFB1175B8C5E}"/>
+    <hyperlink ref="C26" r:id="rId28" xr:uid="{B373E09A-563F-42A8-88FB-0FB499775631}"/>
+    <hyperlink ref="B27" r:id="rId29" xr:uid="{B73A00C6-2991-4636-B637-E371A15B175F}"/>
+    <hyperlink ref="B28" r:id="rId30" xr:uid="{B1238880-1BA4-4CB7-9810-BAAFCC6E9C63}"/>
+    <hyperlink ref="C29" r:id="rId31" xr:uid="{477B7E05-AAEA-4E62-BD7C-8ADB8E01E951}"/>
+    <hyperlink ref="C30" r:id="rId32" xr:uid="{AE8C5A7D-62D7-4008-AC4F-C30CB92D3A43}"/>
+    <hyperlink ref="C31" r:id="rId33" xr:uid="{7A662E61-F5C6-476A-9076-319443105C59}"/>
+    <hyperlink ref="C32" r:id="rId34" xr:uid="{8437A670-BD89-42E3-80FC-65298CE668AF}"/>
+    <hyperlink ref="C33" r:id="rId35" xr:uid="{5B3CB9A4-EBAB-42BA-A01D-00CF0CEAF245}"/>
+    <hyperlink ref="B34" r:id="rId36" xr:uid="{94E6F476-60EB-4923-B6E5-6C73DDC9A63C}"/>
+    <hyperlink ref="B35" r:id="rId37" xr:uid="{57F5A16F-66D1-47CB-8E01-A531F285A1F7}"/>
+    <hyperlink ref="B36" r:id="rId38" xr:uid="{5FBD22B8-0BDE-40C7-8A0C-F0A5D4F60B49}"/>
+    <hyperlink ref="C37" r:id="rId39" xr:uid="{A753B4F2-97A9-42A1-9FB6-9454C6B47656}"/>
+    <hyperlink ref="C38" r:id="rId40" xr:uid="{95D2CF31-190A-4A46-BB01-3E82A89D4976}"/>
+    <hyperlink ref="C39" r:id="rId41" xr:uid="{C64B3270-C236-4EFC-8BFD-5F8061889195}"/>
+    <hyperlink ref="C40" r:id="rId42" xr:uid="{692104AD-D181-4FF6-B33C-BB58096E12A8}"/>
+    <hyperlink ref="C41" r:id="rId43" xr:uid="{7F455DAE-6FC2-49CF-A84E-3FF1B9E59BBE}"/>
+    <hyperlink ref="B42" r:id="rId44" xr:uid="{E8073967-F9ED-4667-9B5D-17909EE73302}"/>
+    <hyperlink ref="C43" r:id="rId45" xr:uid="{043FE9C0-3F2C-4740-86DA-C0FD64BDE27F}"/>
+    <hyperlink ref="C44" r:id="rId46" xr:uid="{89438B58-D7CE-4F65-B2C9-97701CC0116A}"/>
+    <hyperlink ref="B45" r:id="rId47" xr:uid="{DB0F7035-F43D-48DA-9252-FF0584348EE6}"/>
+    <hyperlink ref="B46" r:id="rId48" xr:uid="{B56F52C3-8BE8-4837-9543-EE9E6B70D376}"/>
+    <hyperlink ref="B47" r:id="rId49" xr:uid="{9C31C56C-8A99-45BE-8C3B-0958585C870F}"/>
+    <hyperlink ref="C48" r:id="rId50" xr:uid="{3BDAE292-9A55-4EDE-ADF6-2CBFC4EAFDC5}"/>
+    <hyperlink ref="B49" r:id="rId51" xr:uid="{34E42846-37A5-4A4A-B663-1C8EF7654DBD}"/>
+    <hyperlink ref="B50" r:id="rId52" xr:uid="{81D0AB35-B61D-48A7-BCBE-81877C5F75FC}"/>
+    <hyperlink ref="B51" r:id="rId53" xr:uid="{C753E46B-55DA-4D11-9D27-06691D2C5FF3}"/>
+    <hyperlink ref="C52" r:id="rId54" xr:uid="{E7D60649-4242-4624-BB48-0A87E2699841}"/>
+    <hyperlink ref="C53" r:id="rId55" xr:uid="{7A98B9D7-4D51-497D-9808-876261A5FD38}"/>
+    <hyperlink ref="B54" r:id="rId56" xr:uid="{A136C930-77D4-48CB-B378-1BA9FC00AAE3}"/>
+    <hyperlink ref="B55" r:id="rId57" xr:uid="{9F9F9465-8BFB-40CD-90E8-82A00C01751B}"/>
+    <hyperlink ref="C56" r:id="rId58" xr:uid="{D88C0F36-52D3-45D7-B0D3-2139982D5A35}"/>
+    <hyperlink ref="B57" r:id="rId59" xr:uid="{F394E5FA-568C-410A-8E84-53E01EA53D1D}"/>
+    <hyperlink ref="B58" r:id="rId60" xr:uid="{13B2C144-A26E-4CDF-A747-6FF3DEEC361A}"/>
+    <hyperlink ref="C59" r:id="rId61" xr:uid="{79DD17E7-D872-436E-8193-940ED0C0353A}"/>
+    <hyperlink ref="B60" r:id="rId62" xr:uid="{4A8EFF49-65D5-4E5D-A765-32A8A2CB02EB}"/>
+    <hyperlink ref="C61" r:id="rId63" xr:uid="{D64B6EE1-9ED7-4457-A196-12EEE62E1734}"/>
+    <hyperlink ref="C62" r:id="rId64" xr:uid="{83E153D5-3720-4E52-A7D1-42B338DE90A3}"/>
+    <hyperlink ref="C63" r:id="rId65" xr:uid="{2A7AA969-3A2F-4857-A205-6D4BC7E4A59C}"/>
+    <hyperlink ref="B64" r:id="rId66" xr:uid="{8C3B5D52-4E20-4CEA-AB11-6F0D31AE595A}"/>
+    <hyperlink ref="B65" r:id="rId67" xr:uid="{F18E7526-7ACE-4943-B4E9-054219F42337}"/>
+    <hyperlink ref="B66" r:id="rId68" xr:uid="{64DB093E-CC1D-449A-A104-42A6EBE46F9C}"/>
+    <hyperlink ref="B67" r:id="rId69" xr:uid="{9216A804-1771-4E8B-B04A-CA2909F60D45}"/>
+    <hyperlink ref="B68" r:id="rId70" xr:uid="{371B69D6-02CD-43A1-9340-EB00AB9CB6A6}"/>
+    <hyperlink ref="C69" r:id="rId71" xr:uid="{5A5672A3-DFA5-4460-B5C8-2E2D81796C83}"/>
+    <hyperlink ref="B70" r:id="rId72" xr:uid="{EFCAE43D-4893-4574-B643-133D11F19ADB}"/>
+    <hyperlink ref="B71" r:id="rId73" xr:uid="{5DE1F232-E972-4A7A-B330-B24B33DFAB1E}"/>
+    <hyperlink ref="C72" r:id="rId74" xr:uid="{21534622-4A5B-453A-B40C-0C2671AFE708}"/>
+    <hyperlink ref="C73" r:id="rId75" xr:uid="{F595CA0B-A2BE-4830-9234-C005AAF9095A}"/>
+    <hyperlink ref="C74" r:id="rId76" xr:uid="{7A2D6761-DF71-49AD-818C-699F2A6AF69C}"/>
+    <hyperlink ref="B75" r:id="rId77" xr:uid="{BAC8829A-6A2B-431C-8737-00427BF752CD}"/>
+    <hyperlink ref="B76" r:id="rId78" xr:uid="{15B42BBE-FE64-4177-93F0-4EF1F7A9A4DB}"/>
+    <hyperlink ref="B77" r:id="rId79" xr:uid="{AD8B9E14-6A5F-47C9-AC2A-11E1B3B98D86}"/>
+    <hyperlink ref="B78" r:id="rId80" xr:uid="{B871E209-589A-4CD6-B13F-060097A10BD4}"/>
+    <hyperlink ref="C79" r:id="rId81" xr:uid="{CD1EA2C3-F3FF-4252-A32D-9FB2E3E9B6CB}"/>
+    <hyperlink ref="B80" r:id="rId82" xr:uid="{5269EF20-7A17-4FF8-8F81-C730A990E232}"/>
+    <hyperlink ref="B81" r:id="rId83" xr:uid="{DDCC96A9-93B3-47E6-8328-3C6D6DE71584}"/>
+    <hyperlink ref="B82" r:id="rId84" xr:uid="{0497235B-9BE4-48F6-9B8D-76D56E411A5F}"/>
+    <hyperlink ref="C83" r:id="rId85" xr:uid="{471CDB5C-7D45-4C11-A856-05B6C3D544F3}"/>
+    <hyperlink ref="C84" r:id="rId86" xr:uid="{72CE53D2-32DC-4E71-A7C3-FE251ED7D952}"/>
+    <hyperlink ref="B85" r:id="rId87" xr:uid="{AF01B7FE-F381-4009-812E-6132CD622249}"/>
+    <hyperlink ref="C86" r:id="rId88" xr:uid="{081B32AE-AFB4-441D-9421-9DC3BFED02F8}"/>
+    <hyperlink ref="C87" r:id="rId89" xr:uid="{846A5E79-6E2F-499C-868B-7A054325B879}"/>
+    <hyperlink ref="B88" r:id="rId90" xr:uid="{F470226F-C5B6-4A54-A19F-071F75BF2283}"/>
+    <hyperlink ref="B89" r:id="rId91" xr:uid="{86972E32-309F-4365-ACAE-B8053A980F25}"/>
+    <hyperlink ref="B90" r:id="rId92" xr:uid="{87F8F069-125C-484D-AA44-BB39E2D0700C}"/>
+    <hyperlink ref="B91" r:id="rId93" xr:uid="{C4DB7581-6F55-4CA6-87C0-3A8F66F9CFA1}"/>
+    <hyperlink ref="B92" r:id="rId94" xr:uid="{A7FF0332-8FF4-4422-B397-02D808475EC0}"/>
+    <hyperlink ref="B93" r:id="rId95" xr:uid="{D4DF8140-F7F0-4D04-9503-B1CAA532EB10}"/>
+    <hyperlink ref="C94" r:id="rId96" xr:uid="{2C2CCE5B-C591-41DD-A399-75D6E30F7A4B}"/>
+    <hyperlink ref="B95" r:id="rId97" xr:uid="{DEEF2D50-8A92-4982-AA9F-BAC698758182}"/>
+    <hyperlink ref="C96" r:id="rId98" xr:uid="{689BF05F-2034-496C-95BD-BB4C1174FE6A}"/>
+    <hyperlink ref="B97" r:id="rId99" xr:uid="{12C73AFB-5C0E-4C80-A6FE-3ECE668E62B2}"/>
+    <hyperlink ref="B98" r:id="rId100" xr:uid="{E9524774-25D1-4AAD-B21B-A8A9DB3EDFA6}"/>
+    <hyperlink ref="B99" r:id="rId101" xr:uid="{42DAE5CA-D062-4245-85F4-444F2ED8F0E3}"/>
+    <hyperlink ref="B100" r:id="rId102" xr:uid="{B5DE33D5-39D8-4D5C-860F-8DF051BF31B8}"/>
+    <hyperlink ref="B101" r:id="rId103" xr:uid="{DFD311BB-8C48-45EC-BAC5-BEBB2432D2E3}"/>
+    <hyperlink ref="B102" r:id="rId104" xr:uid="{488EE40C-68B9-41AF-B41B-71142054FF31}"/>
+    <hyperlink ref="B103" r:id="rId105" xr:uid="{37EC3B1A-5AB7-43C9-818A-3B188B309EB4}"/>
+    <hyperlink ref="B104" r:id="rId106" xr:uid="{8350B680-028F-4E47-B283-0BE84338CE5E}"/>
+    <hyperlink ref="B105" r:id="rId107" xr:uid="{6A71B26E-81E9-4CAD-A44B-C8858230B157}"/>
+    <hyperlink ref="B106" r:id="rId108" xr:uid="{B42FEA33-FC8A-40B4-8206-97B4BE6741C6}"/>
+    <hyperlink ref="C107" r:id="rId109" xr:uid="{0EB34DA4-E8DB-4663-AB23-C502FA3BC32F}"/>
+    <hyperlink ref="C108" r:id="rId110" xr:uid="{50FF6AC2-5354-486C-BEF0-2190E26046E6}"/>
+    <hyperlink ref="B109" r:id="rId111" xr:uid="{9D7D7C51-9F1A-45E2-AAB3-43166A4C3565}"/>
+    <hyperlink ref="C109" r:id="rId112" xr:uid="{8457C217-AC9E-4907-A862-994E0D795183}"/>
+    <hyperlink ref="C110" r:id="rId113" xr:uid="{E56BFAF9-90D9-4762-97F9-F565EAECE222}"/>
+    <hyperlink ref="C111" r:id="rId114" xr:uid="{4B2D0A42-C92A-4479-8C69-10AC0502CC4C}"/>
+    <hyperlink ref="C112" r:id="rId115" xr:uid="{C01027AD-B2F2-4FF4-87F1-F1EAEDFA2CDD}"/>
+    <hyperlink ref="C113" r:id="rId116" xr:uid="{C4E6E711-84A4-4A22-B36F-887F6E8FF16B}"/>
+    <hyperlink ref="B114" r:id="rId117" xr:uid="{4009A12E-4642-489D-915F-A497BA8FD86D}"/>
+    <hyperlink ref="B115" r:id="rId118" xr:uid="{EFD1736A-0F87-44C2-A993-0E834A7523DF}"/>
+    <hyperlink ref="B116" r:id="rId119" xr:uid="{CDED5D18-B0A7-456E-8758-BFFE247556D3}"/>
+    <hyperlink ref="B117" r:id="rId120" xr:uid="{D0FCD30A-E389-4F1D-BD57-18CF46DF88AD}"/>
+    <hyperlink ref="B118" r:id="rId121" xr:uid="{606DDFE0-FE08-41F5-8227-2BC823B0D3A6}"/>
+    <hyperlink ref="B119" r:id="rId122" xr:uid="{EC0EB2D0-EB82-464D-A990-70C5BEAC3A42}"/>
+    <hyperlink ref="B120" r:id="rId123" xr:uid="{FC0F2DA1-A49E-4B9D-BEEB-6DC8B075D1C4}"/>
+    <hyperlink ref="B121" r:id="rId124" xr:uid="{69B02A10-C618-4230-846C-C7496B6277F9}"/>
+    <hyperlink ref="B122" r:id="rId125" xr:uid="{8D1CC948-738F-4D6B-85CB-23FC204E9CBE}"/>
+    <hyperlink ref="B123" r:id="rId126" xr:uid="{E0C21E0F-3182-49C3-88B3-5EBDD0B0825E}"/>
+    <hyperlink ref="B124" r:id="rId127" xr:uid="{CD12C73E-6EFD-4E0E-A20E-CE174C5CF632}"/>
+    <hyperlink ref="B125" r:id="rId128" xr:uid="{96348B8D-B081-4D86-883D-900A3933203A}"/>
+    <hyperlink ref="B126" r:id="rId129" xr:uid="{D66EFD8B-6228-43AC-B526-6B2C59D6346C}"/>
+    <hyperlink ref="B127" r:id="rId130" xr:uid="{89A55C6A-20AC-450D-A2DB-F890DBEBBF39}"/>
+    <hyperlink ref="B128" r:id="rId131" xr:uid="{E90EA801-BDE3-48DA-BDE8-D1A97E6C5BAA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G941"/>
   <sheetViews>
-    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="I229" sqref="I229"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="J4" sqref="J4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="2" max="2" width="17.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="28.28515625" customWidth="1"/>
+    <col min="1" max="1" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.28515625" customWidth="1"/>
+    <col min="4" max="4" width="53.42578125" style="66" customWidth="1"/>
+    <col min="5" max="5" width="24.140625" customWidth="1"/>
     <col min="6" max="7" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A1" s="92" t="s">
+      <c r="A1" s="58" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="93" t="s">
+      <c r="B1" s="59" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="93" t="s">
+      <c r="C1" s="60" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="93" t="s">
+      <c r="D1" s="59" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="93" t="s">
+      <c r="E1" s="59" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="92" t="s">
+      <c r="F1" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="92" t="s">
+      <c r="G1" s="58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A2" s="18" t="s">
+      <c r="A2" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="19" t="s">
+      <c r="B2" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="C2" s="19" t="s">
+      <c r="C2" s="61" t="s">
+        <v>841</v>
+      </c>
+      <c r="D2" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="G2" s="16" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A3" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>842</v>
+      </c>
+      <c r="C3" s="62" t="s">
+        <v>843</v>
+      </c>
+      <c r="D3" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="12" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="25" t="s">
+        <v>844</v>
+      </c>
+      <c r="C4" s="61" t="s">
+        <v>845</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="16" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A5" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>846</v>
+      </c>
+      <c r="C5" s="62" t="s">
+        <v>847</v>
+      </c>
+      <c r="D5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="12" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="14" t="s">
+        <v>848</v>
+      </c>
+      <c r="C6" s="61" t="s">
+        <v>849</v>
+      </c>
+      <c r="D6" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="16" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>850</v>
+      </c>
+      <c r="C7" s="63" t="s">
+        <v>457</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A8" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>851</v>
+      </c>
+      <c r="C8" s="19"/>
+      <c r="D8" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="19"/>
+    </row>
+    <row r="9" spans="1:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>852</v>
+      </c>
+      <c r="C9" s="21"/>
+      <c r="D9" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A10" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>853</v>
+      </c>
+      <c r="C10" s="19"/>
+      <c r="D10" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="19"/>
+    </row>
+    <row r="11" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A11" s="9" t="s">
+        <v>458</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>459</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>459</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>460</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="21"/>
+    </row>
+    <row r="12" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A12" s="13" t="s">
+        <v>461</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="C12" s="18" t="s">
+        <v>459</v>
+      </c>
+      <c r="D12" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="E12" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" s="19"/>
+      <c r="G12" s="19"/>
+    </row>
+    <row r="13" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="9" t="s">
+        <v>463</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>459</v>
+      </c>
+      <c r="C13" s="20" t="s">
+        <v>459</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>464</v>
+      </c>
+      <c r="E13" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" s="21"/>
+      <c r="G13" s="21"/>
+    </row>
+    <row r="14" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A14" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>854</v>
+      </c>
+      <c r="C14" s="64" t="s">
+        <v>465</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A15" s="12" t="s">
+        <v>466</v>
+      </c>
+      <c r="B15" s="11"/>
+      <c r="C15" s="63" t="s">
+        <v>467</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>468</v>
+      </c>
+      <c r="E15" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" s="21"/>
+      <c r="G15" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>855</v>
+      </c>
+      <c r="C16" s="64" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B17" s="11"/>
+      <c r="C17" s="63" t="s">
+        <v>55</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="E17" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B18" s="15"/>
+      <c r="C18" s="64" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="19"/>
+      <c r="G18" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A19" s="12" t="s">
+        <v>469</v>
+      </c>
+      <c r="B19" s="11"/>
+      <c r="C19" s="63" t="s">
+        <v>470</v>
+      </c>
+      <c r="D19" s="11" t="s">
+        <v>471</v>
+      </c>
+      <c r="E19" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F19" s="21"/>
+      <c r="G19" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A20" s="16" t="s">
+        <v>472</v>
+      </c>
+      <c r="B20" s="15"/>
+      <c r="C20" s="64" t="s">
+        <v>473</v>
+      </c>
+      <c r="D20" s="15" t="s">
+        <v>474</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>475</v>
+      </c>
+      <c r="F20" s="19"/>
+      <c r="G20" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A21" s="12" t="s">
+        <v>476</v>
+      </c>
+      <c r="B21" s="11"/>
+      <c r="C21" s="63" t="s">
+        <v>477</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>478</v>
+      </c>
+      <c r="E21" s="20" t="s">
+        <v>479</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A22" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="15"/>
+      <c r="C22" s="64" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F22" s="19"/>
+      <c r="G22" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A23" s="12" t="s">
+        <v>480</v>
+      </c>
+      <c r="B23" s="11"/>
+      <c r="C23" s="63" t="s">
+        <v>481</v>
+      </c>
+      <c r="D23" s="11" t="s">
+        <v>482</v>
+      </c>
+      <c r="E23" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="21"/>
+      <c r="G23" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24" s="15"/>
+      <c r="C24" s="61" t="s">
+        <v>856</v>
+      </c>
+      <c r="D24" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="19"/>
+      <c r="G24" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="12" t="s">
+        <v>502</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>503</v>
+      </c>
+      <c r="C25" s="21"/>
+      <c r="D25" s="11" t="s">
+        <v>504</v>
+      </c>
+      <c r="E25" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="21"/>
+    </row>
+    <row r="26" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A26" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="B26" s="14" t="s">
+        <v>857</v>
+      </c>
+      <c r="C26" s="19"/>
+      <c r="D26" s="15" t="s">
+        <v>485</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G26" s="19"/>
+    </row>
+    <row r="27" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A27" s="12" t="s">
+        <v>486</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>487</v>
+      </c>
+      <c r="C27" s="21"/>
+      <c r="D27" s="11" t="s">
+        <v>488</v>
+      </c>
+      <c r="E27" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G27" s="21"/>
+    </row>
+    <row r="28" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B28" s="14" t="s">
+        <v>858</v>
+      </c>
+      <c r="C28" s="19"/>
+      <c r="D28" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F28" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="19"/>
+    </row>
+    <row r="29" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A29" s="12" t="s">
+        <v>489</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>490</v>
+      </c>
+      <c r="C29" s="21"/>
+      <c r="D29" s="11" t="s">
+        <v>491</v>
+      </c>
+      <c r="E29" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G29" s="21"/>
+    </row>
+    <row r="30" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A30" s="16" t="s">
+        <v>492</v>
+      </c>
+      <c r="B30" s="14" t="s">
+        <v>493</v>
+      </c>
+      <c r="C30" s="19"/>
+      <c r="D30" s="15" t="s">
+        <v>494</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>495</v>
+      </c>
+      <c r="F30" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G30" s="19"/>
+    </row>
+    <row r="31" spans="1:7" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="12" t="s">
+        <v>496</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>497</v>
+      </c>
+      <c r="C31" s="21"/>
+      <c r="D31" s="11" t="s">
+        <v>299</v>
+      </c>
+      <c r="E31" s="20" t="s">
+        <v>498</v>
+      </c>
+      <c r="F31" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G31" s="21"/>
+    </row>
+    <row r="32" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="16" t="s">
+        <v>499</v>
+      </c>
+      <c r="B32" s="14" t="s">
+        <v>500</v>
+      </c>
+      <c r="C32" s="19"/>
+      <c r="D32" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F32" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G32" s="19"/>
+    </row>
+    <row r="33" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>859</v>
+      </c>
+      <c r="C33" s="62" t="s">
+        <v>860</v>
+      </c>
+      <c r="D33" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E33" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F33" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="21" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A34" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="B34" s="24"/>
+      <c r="C34" s="61" t="s">
+        <v>861</v>
+      </c>
+      <c r="D34" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" s="19"/>
+      <c r="G34" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A35" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B35" s="23"/>
+      <c r="C35" s="63" t="s">
+        <v>83</v>
+      </c>
+      <c r="D35" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E35" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" s="21"/>
+      <c r="G35" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A36" s="16" t="s">
+        <v>505</v>
+      </c>
+      <c r="B36" s="24"/>
+      <c r="C36" s="64" t="s">
+        <v>506</v>
+      </c>
+      <c r="D36" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="E36" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" s="19"/>
+      <c r="G36" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A37" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B37" s="23"/>
+      <c r="C37" s="62" t="s">
+        <v>862</v>
+      </c>
+      <c r="D37" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E37" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" s="21"/>
+      <c r="G37" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A38" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B38" s="24"/>
+      <c r="C38" s="61" t="s">
+        <v>863</v>
+      </c>
+      <c r="D38" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F38" s="19"/>
+      <c r="G38" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A39" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B39" s="23"/>
+      <c r="C39" s="62" t="s">
+        <v>864</v>
+      </c>
+      <c r="D39" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E39" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="F39" s="21"/>
+      <c r="G39" s="21" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="16" t="s">
+        <v>508</v>
+      </c>
+      <c r="B40" s="24"/>
+      <c r="C40" s="64" t="s">
+        <v>509</v>
+      </c>
+      <c r="D40" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" s="19"/>
+      <c r="G40" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+      <c r="A41" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B41" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C41" s="63" t="s">
+        <v>99</v>
+      </c>
+      <c r="D41" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E41" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F41" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G41" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A42" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B42" s="25" t="s">
+        <v>865</v>
+      </c>
+      <c r="C42" s="19"/>
+      <c r="D42" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F42" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="19"/>
+    </row>
+    <row r="43" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A43" s="12" t="s">
+        <v>511</v>
+      </c>
+      <c r="B43" s="17" t="s">
+        <v>512</v>
+      </c>
+      <c r="C43" s="21"/>
+      <c r="D43" s="11" t="s">
+        <v>513</v>
+      </c>
+      <c r="E43" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F43" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G43" s="21"/>
+    </row>
+    <row r="44" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A44" s="16" t="s">
+        <v>514</v>
+      </c>
+      <c r="B44" s="25" t="s">
+        <v>515</v>
+      </c>
+      <c r="C44" s="19"/>
+      <c r="D44" s="15" t="s">
+        <v>516</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F44" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G44" s="19"/>
+    </row>
+    <row r="45" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="12" t="s">
+        <v>517</v>
+      </c>
+      <c r="B45" s="17" t="s">
+        <v>518</v>
+      </c>
+      <c r="C45" s="21"/>
+      <c r="D45" s="11" t="s">
+        <v>519</v>
+      </c>
+      <c r="E45" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="F45" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G45" s="21"/>
+    </row>
+    <row r="46" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B46" s="25" t="s">
+        <v>866</v>
+      </c>
+      <c r="C46" s="19"/>
+      <c r="D46" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F46" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="19"/>
+    </row>
+    <row r="47" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A47" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="B47" s="17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C47" s="21"/>
+      <c r="D47" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="E47" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="21"/>
+    </row>
+    <row r="48" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="16" t="s">
+        <v>520</v>
+      </c>
+      <c r="B48" s="25" t="s">
+        <v>521</v>
+      </c>
+      <c r="C48" s="19"/>
+      <c r="D48" s="15" t="s">
+        <v>522</v>
+      </c>
+      <c r="E48" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G48" s="19"/>
+    </row>
+    <row r="49" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A49" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>867</v>
+      </c>
+      <c r="C49" s="21"/>
+      <c r="D49" s="23" t="s">
+        <v>115</v>
+      </c>
+      <c r="E49" s="20" t="s">
+        <v>116</v>
+      </c>
+      <c r="F49" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="21"/>
+    </row>
+    <row r="50" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A50" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="B50" s="14" t="s">
+        <v>868</v>
+      </c>
+      <c r="C50" s="19"/>
+      <c r="D50" s="24" t="s">
+        <v>119</v>
+      </c>
+      <c r="E50" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F50" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="19"/>
+    </row>
+    <row r="51" spans="1:7" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="B51" s="17" t="s">
+        <v>869</v>
+      </c>
+      <c r="C51" s="21"/>
+      <c r="D51" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="E51" s="20" t="s">
+        <v>123</v>
+      </c>
+      <c r="F51" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G51" s="21"/>
+    </row>
+    <row r="52" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A52" s="26" t="s">
+        <v>124</v>
+      </c>
+      <c r="B52" s="14" t="s">
+        <v>870</v>
+      </c>
+      <c r="C52" s="19"/>
+      <c r="D52" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E52" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F52" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" s="19"/>
+    </row>
+    <row r="53" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A53" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="B53" s="17" t="s">
+        <v>871</v>
+      </c>
+      <c r="C53" s="62" t="s">
+        <v>872</v>
+      </c>
+      <c r="D53" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E53" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="G53" s="21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A54" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B54" s="22" t="s">
+        <v>873</v>
+      </c>
+      <c r="C54" s="19"/>
+      <c r="D54" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="E54" s="67"/>
+      <c r="F54" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="19"/>
+    </row>
+    <row r="55" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A55" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>874</v>
+      </c>
+      <c r="C55" s="21"/>
+      <c r="D55" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="E55" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F55" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" s="21"/>
+    </row>
+    <row r="56" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A56" s="16" t="s">
+        <v>523</v>
+      </c>
+      <c r="B56" s="14" t="s">
+        <v>524</v>
+      </c>
+      <c r="C56" s="64" t="s">
+        <v>525</v>
+      </c>
+      <c r="D56" s="15" t="s">
+        <v>526</v>
+      </c>
+      <c r="E56" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F56" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G56" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A57" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="B57" s="10" t="s">
+        <v>875</v>
+      </c>
+      <c r="C57" s="21"/>
+      <c r="D57" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="E57" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F57" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="G57" s="21"/>
+    </row>
+    <row r="58" spans="1:7" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="16" t="s">
+        <v>527</v>
+      </c>
+      <c r="B58" s="14" t="s">
+        <v>528</v>
+      </c>
+      <c r="C58" s="19"/>
+      <c r="D58" s="15" t="s">
+        <v>529</v>
+      </c>
+      <c r="E58" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F58" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G58" s="19"/>
+    </row>
+    <row r="59" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A59" s="12" t="s">
+        <v>530</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>531</v>
+      </c>
+      <c r="C59" s="21"/>
+      <c r="D59" s="11" t="s">
+        <v>468</v>
+      </c>
+      <c r="E59" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F59" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G59" s="21"/>
+    </row>
+    <row r="60" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A60" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="B60" s="57" t="s">
+        <v>876</v>
+      </c>
+      <c r="C60" s="61" t="s">
+        <v>877</v>
+      </c>
+      <c r="D60" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F60" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A61" s="12" t="s">
+        <v>143</v>
+      </c>
+      <c r="B61" s="27"/>
+      <c r="C61" s="62" t="s">
+        <v>878</v>
+      </c>
+      <c r="D61" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="E61" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F61" s="21"/>
+      <c r="G61" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A62" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="B62" s="14" t="s">
+        <v>879</v>
+      </c>
+      <c r="C62" s="19"/>
+      <c r="D62" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="E62" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F62" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="19"/>
+    </row>
+    <row r="63" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="65" t="s">
+        <v>532</v>
+      </c>
+      <c r="B63" s="11"/>
+      <c r="C63" s="62" t="s">
+        <v>880</v>
+      </c>
+      <c r="D63" s="11" t="s">
+        <v>534</v>
+      </c>
+      <c r="E63" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="F63" s="12"/>
+      <c r="G63" s="12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A64" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B64" s="15"/>
+      <c r="C64" s="61" t="s">
+        <v>881</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="E64" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F64" s="16"/>
+      <c r="G64" s="16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>882</v>
+      </c>
+      <c r="C65" s="62" t="s">
+        <v>883</v>
+      </c>
+      <c r="D65" s="11" t="s">
+        <v>155</v>
+      </c>
+      <c r="E65" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F65" s="31" t="s">
+        <v>75</v>
+      </c>
+      <c r="G65" s="31" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="16" t="s">
+        <v>156</v>
+      </c>
+      <c r="B66" s="15"/>
+      <c r="C66" s="61" t="s">
+        <v>884</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="E66" s="32" t="s">
+        <v>91</v>
+      </c>
+      <c r="F66" s="33"/>
+      <c r="G66" s="33" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A67" s="12" t="s">
+        <v>535</v>
+      </c>
+      <c r="B67" s="11"/>
+      <c r="C67" s="63" t="s">
+        <v>536</v>
+      </c>
+      <c r="D67" s="11" t="s">
+        <v>537</v>
+      </c>
+      <c r="E67" s="30" t="s">
+        <v>538</v>
+      </c>
+      <c r="F67" s="31"/>
+      <c r="G67" s="31" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A68" s="16" t="s">
+        <v>159</v>
+      </c>
+      <c r="B68" s="14" t="s">
+        <v>885</v>
+      </c>
+      <c r="C68" s="61" t="s">
+        <v>886</v>
+      </c>
+      <c r="D68" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="E68" s="32" t="s">
+        <v>91</v>
+      </c>
+      <c r="F68" s="33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" s="33" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A69" s="12" t="s">
+        <v>539</v>
+      </c>
+      <c r="B69" s="11"/>
+      <c r="C69" s="63" t="s">
+        <v>540</v>
+      </c>
+      <c r="D69" s="11" t="s">
+        <v>541</v>
+      </c>
+      <c r="E69" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="21"/>
+      <c r="G69" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A70" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="B70" s="14" t="s">
+        <v>887</v>
+      </c>
+      <c r="C70" s="19"/>
+      <c r="D70" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="E70" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F70" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="G70" s="19"/>
+    </row>
+    <row r="71" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A71" s="12" t="s">
+        <v>542</v>
+      </c>
+      <c r="B71" s="11"/>
+      <c r="C71" s="63" t="s">
+        <v>543</v>
+      </c>
+      <c r="D71" s="11" t="s">
+        <v>544</v>
+      </c>
+      <c r="E71" s="20" t="s">
+        <v>545</v>
+      </c>
+      <c r="F71" s="21"/>
+      <c r="G71" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="16" t="s">
+        <v>546</v>
+      </c>
+      <c r="B72" s="15"/>
+      <c r="C72" s="61" t="s">
+        <v>888</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="E72" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="19"/>
+      <c r="G72" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A73" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="B73" s="11"/>
+      <c r="C73" s="62" t="s">
+        <v>889</v>
+      </c>
+      <c r="D73" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="E73" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F73" s="21"/>
+      <c r="G73" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A74" s="16" t="s">
+        <v>170</v>
+      </c>
+      <c r="B74" s="15"/>
+      <c r="C74" s="61" t="s">
+        <v>890</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="E74" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="19"/>
+      <c r="G74" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A75" s="12" t="s">
+        <v>549</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>550</v>
+      </c>
+      <c r="C75" s="21"/>
+      <c r="D75" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="E75" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F75" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G75" s="21"/>
+    </row>
+    <row r="76" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A76" s="16" t="s">
+        <v>173</v>
+      </c>
+      <c r="B76" s="14" t="s">
+        <v>891</v>
+      </c>
+      <c r="C76" s="19"/>
+      <c r="D76" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="E76" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F76" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" s="19"/>
+    </row>
+    <row r="77" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A77" s="12" t="s">
+        <v>552</v>
+      </c>
+      <c r="B77" s="10" t="s">
+        <v>553</v>
+      </c>
+      <c r="C77" s="20" t="s">
+        <v>554</v>
+      </c>
+      <c r="D77" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="E77" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F77" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G77" s="21"/>
+    </row>
+    <row r="78" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A78" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="B78" s="14" t="s">
+        <v>892</v>
+      </c>
+      <c r="C78" s="19"/>
+      <c r="D78" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F78" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" s="19"/>
+    </row>
+    <row r="79" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A79" s="12" t="s">
+        <v>179</v>
+      </c>
+      <c r="B79" s="10" t="s">
+        <v>556</v>
+      </c>
+      <c r="C79" s="62" t="s">
+        <v>893</v>
+      </c>
+      <c r="D79" s="11" t="s">
+        <v>181</v>
+      </c>
+      <c r="E79" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="F79" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G79" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A80" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="B80" s="14" t="s">
+        <v>184</v>
+      </c>
+      <c r="C80" s="19"/>
+      <c r="D80" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F80" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G80" s="19"/>
+    </row>
+    <row r="81" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A81" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="B81" s="10" t="s">
+        <v>894</v>
+      </c>
+      <c r="C81" s="21"/>
+      <c r="D81" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="E81" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" s="21"/>
+    </row>
+    <row r="82" spans="1:7" ht="101.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="B82" s="14" t="s">
+        <v>895</v>
+      </c>
+      <c r="C82" s="61" t="s">
+        <v>896</v>
+      </c>
+      <c r="D82" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="E82" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F82" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G82" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A83" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="B83" s="10" t="s">
+        <v>897</v>
+      </c>
+      <c r="C83" s="62" t="s">
+        <v>898</v>
+      </c>
+      <c r="D83" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="E83" s="20" t="s">
+        <v>197</v>
+      </c>
+      <c r="F83" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="G83" s="21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A84" s="16" t="s">
+        <v>557</v>
+      </c>
+      <c r="B84" s="15"/>
+      <c r="C84" s="64" t="s">
+        <v>558</v>
+      </c>
+      <c r="D84" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="E84" s="18" t="s">
+        <v>560</v>
+      </c>
+      <c r="F84" s="19"/>
+      <c r="G84" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A85" s="12" t="s">
+        <v>561</v>
+      </c>
+      <c r="B85" s="11"/>
+      <c r="C85" s="63" t="s">
+        <v>562</v>
+      </c>
+      <c r="D85" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="E85" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F85" s="21"/>
+      <c r="G85" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A86" s="16" t="s">
+        <v>563</v>
+      </c>
+      <c r="B86" s="15"/>
+      <c r="C86" s="64" t="s">
+        <v>564</v>
+      </c>
+      <c r="D86" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="E86" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="F86" s="19"/>
+      <c r="G86" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A87" s="12" t="s">
+        <v>566</v>
+      </c>
+      <c r="B87" s="11"/>
+      <c r="C87" s="63" t="s">
+        <v>567</v>
+      </c>
+      <c r="D87" s="11" t="s">
+        <v>568</v>
+      </c>
+      <c r="E87" s="20" t="s">
+        <v>498</v>
+      </c>
+      <c r="F87" s="21"/>
+      <c r="G87" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A88" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="B88" s="15"/>
+      <c r="C88" s="64" t="s">
+        <v>570</v>
+      </c>
+      <c r="D88" s="15" t="s">
+        <v>571</v>
+      </c>
+      <c r="E88" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F88" s="19"/>
+      <c r="G88" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A89" s="12" t="s">
+        <v>198</v>
+      </c>
+      <c r="B89" s="11"/>
+      <c r="C89" s="62" t="s">
+        <v>899</v>
+      </c>
+      <c r="D89" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="E89" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F89" s="21"/>
+      <c r="G89" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A90" s="16" t="s">
+        <v>572</v>
+      </c>
+      <c r="B90" s="14" t="s">
+        <v>573</v>
+      </c>
+      <c r="C90" s="19"/>
+      <c r="D90" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="E90" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F90" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G90" s="19"/>
+    </row>
+    <row r="91" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A91" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="B91" s="10" t="s">
+        <v>900</v>
+      </c>
+      <c r="C91" s="21"/>
+      <c r="D91" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="E91" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F91" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" s="21"/>
+    </row>
+    <row r="92" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A92" s="16" t="s">
+        <v>575</v>
+      </c>
+      <c r="B92" s="15"/>
+      <c r="C92" s="64" t="s">
+        <v>576</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>577</v>
+      </c>
+      <c r="E92" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F92" s="19"/>
+      <c r="G92" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A93" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="B93" s="11"/>
+      <c r="C93" s="62" t="s">
+        <v>901</v>
+      </c>
+      <c r="D93" s="11" t="s">
+        <v>209</v>
+      </c>
+      <c r="E93" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F93" s="21"/>
+      <c r="G93" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A94" s="16" t="s">
+        <v>210</v>
+      </c>
+      <c r="B94" s="14" t="s">
+        <v>902</v>
+      </c>
+      <c r="C94" s="64" t="s">
+        <v>578</v>
+      </c>
+      <c r="D94" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="E94" s="18" t="s">
+        <v>213</v>
+      </c>
+      <c r="F94" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A95" s="12" t="s">
+        <v>204</v>
+      </c>
+      <c r="B95" s="10" t="s">
+        <v>579</v>
+      </c>
+      <c r="C95" s="62" t="s">
+        <v>903</v>
+      </c>
+      <c r="D95" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="E95" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F95" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G95" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A96" s="16" t="s">
+        <v>214</v>
+      </c>
+      <c r="B96" s="14" t="s">
+        <v>904</v>
+      </c>
+      <c r="C96" s="19"/>
+      <c r="D96" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="E96" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F96" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G96" s="19"/>
+    </row>
+    <row r="97" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A97" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="B97" s="10" t="s">
+        <v>905</v>
+      </c>
+      <c r="C97" s="21"/>
+      <c r="D97" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="E97" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F97" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G97" s="21"/>
+    </row>
+    <row r="98" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A98" s="16" t="s">
+        <v>580</v>
+      </c>
+      <c r="B98" s="14" t="s">
+        <v>581</v>
+      </c>
+      <c r="C98" s="19"/>
+      <c r="D98" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="E98" s="18" t="s">
+        <v>583</v>
+      </c>
+      <c r="F98" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G98" s="19"/>
+    </row>
+    <row r="99" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A99" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="B99" s="10" t="s">
+        <v>585</v>
+      </c>
+      <c r="C99" s="21"/>
+      <c r="D99" s="11" t="s">
+        <v>586</v>
+      </c>
+      <c r="E99" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F99" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G99" s="21"/>
+    </row>
+    <row r="100" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="B100" s="14" t="s">
+        <v>906</v>
+      </c>
+      <c r="C100" s="19"/>
+      <c r="D100" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="E100" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="F100" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G100" s="19"/>
+    </row>
+    <row r="101" spans="1:7" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="9" t="s">
+        <v>224</v>
+      </c>
+      <c r="B101" s="10" t="s">
+        <v>907</v>
+      </c>
+      <c r="C101" s="62" t="s">
+        <v>908</v>
+      </c>
+      <c r="D101" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="E101" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="F101" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G101" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A102" s="16" t="s">
+        <v>587</v>
+      </c>
+      <c r="B102" s="15"/>
+      <c r="C102" s="64" t="s">
+        <v>588</v>
+      </c>
+      <c r="D102" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="E102" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F102" s="19"/>
+      <c r="G102" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A103" s="12" t="s">
+        <v>590</v>
+      </c>
+      <c r="B103" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="C103" s="21"/>
+      <c r="D103" s="11" t="s">
+        <v>592</v>
+      </c>
+      <c r="E103" s="20" t="s">
+        <v>593</v>
+      </c>
+      <c r="F103" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G103" s="21"/>
+    </row>
+    <row r="104" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A104" s="16" t="s">
+        <v>594</v>
+      </c>
+      <c r="B104" s="14" t="s">
+        <v>595</v>
+      </c>
+      <c r="C104" s="19"/>
+      <c r="D104" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="E104" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="F104" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G104" s="19"/>
+    </row>
+    <row r="105" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A105" s="12" t="s">
+        <v>598</v>
+      </c>
+      <c r="B105" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="C105" s="21"/>
+      <c r="D105" s="11" t="s">
+        <v>600</v>
+      </c>
+      <c r="E105" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F105" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G105" s="21"/>
+    </row>
+    <row r="106" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A106" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="B106" s="14" t="s">
+        <v>229</v>
+      </c>
+      <c r="C106" s="19"/>
+      <c r="D106" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="E106" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="F106" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G106" s="19"/>
+    </row>
+    <row r="107" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+      <c r="A107" s="12" t="s">
+        <v>601</v>
+      </c>
+      <c r="B107" s="11"/>
+      <c r="C107" s="62" t="s">
+        <v>909</v>
+      </c>
+      <c r="D107" s="11" t="s">
+        <v>456</v>
+      </c>
+      <c r="E107" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F107" s="21"/>
+      <c r="G107" s="21" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A108" s="16" t="s">
+        <v>233</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>910</v>
+      </c>
+      <c r="C108" s="19"/>
+      <c r="D108" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="E108" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="F108" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" s="19"/>
+    </row>
+    <row r="109" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A109" s="12" t="s">
+        <v>607</v>
+      </c>
+      <c r="B109" s="10" t="s">
+        <v>608</v>
+      </c>
+      <c r="C109" s="21"/>
+      <c r="D109" s="11" t="s">
+        <v>609</v>
+      </c>
+      <c r="E109" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F109" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G109" s="21"/>
+    </row>
+    <row r="110" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A110" s="16" t="s">
+        <v>610</v>
+      </c>
+      <c r="B110" s="14" t="s">
+        <v>611</v>
+      </c>
+      <c r="C110" s="19"/>
+      <c r="D110" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="E110" s="18" t="s">
+        <v>495</v>
+      </c>
+      <c r="F110" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G110" s="19"/>
+    </row>
+    <row r="111" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A111" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="B111" s="11"/>
+      <c r="C111" s="62" t="s">
+        <v>911</v>
+      </c>
+      <c r="D111" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="E111" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" s="21"/>
+      <c r="G111" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A112" s="16" t="s">
+        <v>613</v>
+      </c>
+      <c r="B112" s="15"/>
+      <c r="C112" s="64" t="s">
+        <v>614</v>
+      </c>
+      <c r="D112" s="15" t="s">
+        <v>615</v>
+      </c>
+      <c r="E112" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F112" s="19"/>
+      <c r="G112" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A113" s="12" t="s">
+        <v>604</v>
+      </c>
+      <c r="B113" s="11"/>
+      <c r="C113" s="63" t="s">
+        <v>605</v>
+      </c>
+      <c r="D113" s="11" t="s">
+        <v>606</v>
+      </c>
+      <c r="E113" s="20" t="s">
+        <v>316</v>
+      </c>
+      <c r="F113" s="21"/>
+      <c r="G113" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A114" s="16" t="s">
+        <v>240</v>
+      </c>
+      <c r="B114" s="15"/>
+      <c r="C114" s="61" t="s">
+        <v>912</v>
+      </c>
+      <c r="D114" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="E114" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F114" s="19"/>
+      <c r="G114" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="12" t="s">
+        <v>616</v>
+      </c>
+      <c r="B115" s="10" t="s">
+        <v>617</v>
+      </c>
+      <c r="C115" s="21"/>
+      <c r="D115" s="11" t="s">
+        <v>618</v>
+      </c>
+      <c r="E115" s="20" t="s">
+        <v>495</v>
+      </c>
+      <c r="F115" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G115" s="21"/>
+    </row>
+    <row r="116" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A116" s="16" t="s">
+        <v>243</v>
+      </c>
+      <c r="B116" s="14" t="s">
+        <v>244</v>
+      </c>
+      <c r="C116" s="19"/>
+      <c r="D116" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="E116" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F116" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="19"/>
+    </row>
+    <row r="117" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A117" s="12" t="s">
+        <v>619</v>
+      </c>
+      <c r="B117" s="10" t="s">
+        <v>620</v>
+      </c>
+      <c r="C117" s="21"/>
+      <c r="D117" s="11" t="s">
+        <v>621</v>
+      </c>
+      <c r="E117" s="20" t="s">
+        <v>316</v>
+      </c>
+      <c r="F117" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G117" s="21"/>
+    </row>
+    <row r="118" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A118" s="16" t="s">
+        <v>246</v>
+      </c>
+      <c r="B118" s="14" t="s">
+        <v>913</v>
+      </c>
+      <c r="C118" s="61" t="s">
+        <v>914</v>
+      </c>
+      <c r="D118" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="E118" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F118" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G118" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A119" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="B119" s="10" t="s">
+        <v>915</v>
+      </c>
+      <c r="C119" s="62" t="s">
+        <v>916</v>
+      </c>
+      <c r="D119" s="11" t="s">
+        <v>253</v>
+      </c>
+      <c r="E119" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F119" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G119" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="16" t="s">
+        <v>622</v>
+      </c>
+      <c r="B120" s="15"/>
+      <c r="C120" s="64" t="s">
+        <v>623</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>624</v>
+      </c>
+      <c r="E120" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F120" s="19"/>
+      <c r="G120" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A121" s="23" t="s">
+        <v>254</v>
+      </c>
+      <c r="B121" s="17" t="s">
+        <v>917</v>
+      </c>
+      <c r="C121" s="62" t="s">
+        <v>918</v>
+      </c>
+      <c r="D121" s="23" t="s">
+        <v>257</v>
+      </c>
+      <c r="E121" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F121" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G121" s="20" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A122" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="B122" s="14" t="s">
+        <v>919</v>
+      </c>
+      <c r="C122" s="19"/>
+      <c r="D122" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="E122" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F122" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G122" s="19"/>
+    </row>
+    <row r="123" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A123" s="12" t="s">
+        <v>261</v>
+      </c>
+      <c r="B123" s="10" t="s">
+        <v>920</v>
+      </c>
+      <c r="C123" s="62" t="s">
+        <v>921</v>
+      </c>
+      <c r="D123" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="E123" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F123" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G123" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A124" s="16" t="s">
+        <v>265</v>
+      </c>
+      <c r="B124" s="14" t="s">
+        <v>922</v>
+      </c>
+      <c r="C124" s="19"/>
+      <c r="D124" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="E124" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F124" s="19" t="s">
+        <v>131</v>
+      </c>
+      <c r="G124" s="19"/>
+    </row>
+    <row r="125" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="12" t="s">
+        <v>625</v>
+      </c>
+      <c r="B125" s="10" t="s">
+        <v>626</v>
+      </c>
+      <c r="C125" s="21"/>
+      <c r="D125" s="11" t="s">
+        <v>627</v>
+      </c>
+      <c r="E125" s="20" t="s">
+        <v>495</v>
+      </c>
+      <c r="F125" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G125" s="21"/>
+    </row>
+    <row r="126" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A126" s="16" t="s">
+        <v>628</v>
+      </c>
+      <c r="B126" s="15"/>
+      <c r="C126" s="64" t="s">
+        <v>629</v>
+      </c>
+      <c r="D126" s="15" t="s">
+        <v>630</v>
+      </c>
+      <c r="E126" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F126" s="19"/>
+      <c r="G126" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A127" s="12" t="s">
+        <v>631</v>
+      </c>
+      <c r="B127" s="11"/>
+      <c r="C127" s="63" t="s">
+        <v>632</v>
+      </c>
+      <c r="D127" s="11" t="s">
+        <v>633</v>
+      </c>
+      <c r="E127" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F127" s="21"/>
+      <c r="G127" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A128" s="16" t="s">
+        <v>634</v>
+      </c>
+      <c r="B128" s="15"/>
+      <c r="C128" s="64" t="s">
+        <v>635</v>
+      </c>
+      <c r="D128" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="E128" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F128" s="19"/>
+      <c r="G128" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A129" s="12" t="s">
+        <v>268</v>
+      </c>
+      <c r="B129" s="10" t="s">
+        <v>923</v>
+      </c>
+      <c r="C129" s="21"/>
+      <c r="D129" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="E129" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F129" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G129" s="21"/>
+    </row>
+    <row r="130" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A130" s="16" t="s">
+        <v>271</v>
+      </c>
+      <c r="B130" s="14" t="s">
+        <v>924</v>
+      </c>
+      <c r="C130" s="64" t="s">
+        <v>273</v>
+      </c>
+      <c r="D130" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="E130" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F130" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A131" s="12" t="s">
+        <v>637</v>
+      </c>
+      <c r="B131" s="10" t="s">
+        <v>638</v>
+      </c>
+      <c r="C131" s="21"/>
+      <c r="D131" s="11" t="s">
+        <v>639</v>
+      </c>
+      <c r="E131" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F131" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G131" s="21"/>
+    </row>
+    <row r="132" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A132" s="16" t="s">
+        <v>640</v>
+      </c>
+      <c r="B132" s="14" t="s">
+        <v>641</v>
+      </c>
+      <c r="C132" s="19"/>
+      <c r="D132" s="15" t="s">
+        <v>642</v>
+      </c>
+      <c r="E132" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F132" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G132" s="19"/>
+    </row>
+    <row r="133" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A133" s="12" t="s">
+        <v>275</v>
+      </c>
+      <c r="B133" s="10" t="s">
+        <v>925</v>
+      </c>
+      <c r="C133" s="21"/>
+      <c r="D133" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="E133" s="20" t="s">
+        <v>278</v>
+      </c>
+      <c r="F133" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G133" s="21"/>
+    </row>
+    <row r="134" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A134" s="16" t="s">
+        <v>643</v>
+      </c>
+      <c r="B134" s="14" t="s">
+        <v>644</v>
+      </c>
+      <c r="C134" s="19"/>
+      <c r="D134" s="15" t="s">
+        <v>645</v>
+      </c>
+      <c r="E134" s="18" t="s">
+        <v>646</v>
+      </c>
+      <c r="F134" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G134" s="19"/>
+    </row>
+    <row r="135" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A135" s="12" t="s">
+        <v>647</v>
+      </c>
+      <c r="B135" s="10" t="s">
+        <v>648</v>
+      </c>
+      <c r="C135" s="21"/>
+      <c r="D135" s="11" t="s">
+        <v>649</v>
+      </c>
+      <c r="E135" s="20" t="s">
+        <v>650</v>
+      </c>
+      <c r="F135" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G135" s="21"/>
+    </row>
+    <row r="136" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="16" t="s">
+        <v>279</v>
+      </c>
+      <c r="B136" s="14" t="s">
+        <v>651</v>
+      </c>
+      <c r="C136" s="64" t="s">
+        <v>280</v>
+      </c>
+      <c r="D136" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="E136" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F136" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G136" s="19" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A137" s="12" t="s">
+        <v>282</v>
+      </c>
+      <c r="B137" s="11"/>
+      <c r="C137" s="62" t="s">
+        <v>926</v>
+      </c>
+      <c r="D137" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E137" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F137" s="21"/>
+      <c r="G137" s="21" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A138" s="16" t="s">
+        <v>285</v>
+      </c>
+      <c r="B138" s="15"/>
+      <c r="C138" s="61" t="s">
+        <v>927</v>
+      </c>
+      <c r="D138" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="E138" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F138" s="19"/>
+      <c r="G138" s="19" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A139" s="12" t="s">
+        <v>652</v>
+      </c>
+      <c r="B139" s="11"/>
+      <c r="C139" s="63" t="s">
+        <v>653</v>
+      </c>
+      <c r="D139" s="11" t="s">
+        <v>654</v>
+      </c>
+      <c r="E139" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F139" s="21"/>
+      <c r="G139" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A140" s="16" t="s">
+        <v>289</v>
+      </c>
+      <c r="B140" s="15"/>
+      <c r="C140" s="61" t="s">
+        <v>928</v>
+      </c>
+      <c r="D140" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="E140" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F140" s="19"/>
+      <c r="G140" s="19" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+      <c r="A141" s="12" t="s">
+        <v>292</v>
+      </c>
+      <c r="B141" s="10" t="s">
+        <v>929</v>
+      </c>
+      <c r="C141" s="62" t="s">
+        <v>930</v>
+      </c>
+      <c r="D141" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="E141" s="20" t="s">
+        <v>296</v>
+      </c>
+      <c r="F141" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G141" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A142" s="16" t="s">
+        <v>655</v>
+      </c>
+      <c r="B142" s="14" t="s">
+        <v>656</v>
+      </c>
+      <c r="C142" s="19"/>
+      <c r="D142" s="15" t="s">
+        <v>657</v>
+      </c>
+      <c r="E142" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F142" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G142" s="19"/>
+    </row>
+    <row r="143" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A143" s="12" t="s">
+        <v>658</v>
+      </c>
+      <c r="B143" s="10" t="s">
+        <v>659</v>
+      </c>
+      <c r="C143" s="21"/>
+      <c r="D143" s="11" t="s">
+        <v>660</v>
+      </c>
+      <c r="E143" s="20" t="s">
+        <v>352</v>
+      </c>
+      <c r="F143" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G143" s="21"/>
+    </row>
+    <row r="144" spans="1:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="26" t="s">
+        <v>297</v>
+      </c>
+      <c r="B144" s="24"/>
+      <c r="C144" s="61" t="s">
+        <v>931</v>
+      </c>
+      <c r="D144" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="E144" s="18" t="s">
+        <v>300</v>
+      </c>
+      <c r="F144" s="19"/>
+      <c r="G144" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A145" s="12" t="s">
+        <v>301</v>
+      </c>
+      <c r="B145" s="11"/>
+      <c r="C145" s="63" t="s">
+        <v>302</v>
+      </c>
+      <c r="D145" s="11" t="s">
+        <v>303</v>
+      </c>
+      <c r="E145" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F145" s="21"/>
+      <c r="G145" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="142.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="16" t="s">
+        <v>304</v>
+      </c>
+      <c r="B146" s="14" t="s">
+        <v>305</v>
+      </c>
+      <c r="C146" s="61" t="s">
+        <v>932</v>
+      </c>
+      <c r="D146" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="E146" s="18" t="s">
+        <v>308</v>
+      </c>
+      <c r="F146" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G146" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="12" t="s">
+        <v>309</v>
+      </c>
+      <c r="B147" s="11"/>
+      <c r="C147" s="62" t="s">
+        <v>933</v>
+      </c>
+      <c r="D147" s="11" t="s">
+        <v>311</v>
+      </c>
+      <c r="E147" s="20" t="s">
+        <v>312</v>
+      </c>
+      <c r="F147" s="21"/>
+      <c r="G147" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="16" t="s">
+        <v>661</v>
+      </c>
+      <c r="B148" s="15"/>
+      <c r="C148" s="64" t="s">
+        <v>662</v>
+      </c>
+      <c r="D148" s="15" t="s">
+        <v>663</v>
+      </c>
+      <c r="E148" s="18" t="s">
+        <v>664</v>
+      </c>
+      <c r="F148" s="19"/>
+      <c r="G148" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="12" t="s">
+        <v>665</v>
+      </c>
+      <c r="B149" s="11"/>
+      <c r="C149" s="63" t="s">
+        <v>666</v>
+      </c>
+      <c r="D149" s="11" t="s">
+        <v>667</v>
+      </c>
+      <c r="E149" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="F149" s="21"/>
+      <c r="G149" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A150" s="16" t="s">
+        <v>313</v>
+      </c>
+      <c r="B150" s="15"/>
+      <c r="C150" s="61" t="s">
+        <v>934</v>
+      </c>
+      <c r="D150" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="E150" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="F150" s="19"/>
+      <c r="G150" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A151" s="12" t="s">
+        <v>668</v>
+      </c>
+      <c r="B151" s="11"/>
+      <c r="C151" s="63" t="s">
+        <v>669</v>
+      </c>
+      <c r="D151" s="11" t="s">
+        <v>670</v>
+      </c>
+      <c r="E151" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F151" s="21"/>
+      <c r="G151" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="16" t="s">
+        <v>671</v>
+      </c>
+      <c r="B152" s="14" t="s">
+        <v>672</v>
+      </c>
+      <c r="C152" s="19"/>
+      <c r="D152" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="E152" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F152" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G152" s="19"/>
+    </row>
+    <row r="153" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A153" s="12" t="s">
+        <v>674</v>
+      </c>
+      <c r="B153" s="10" t="s">
+        <v>675</v>
+      </c>
+      <c r="C153" s="21"/>
+      <c r="D153" s="11" t="s">
+        <v>676</v>
+      </c>
+      <c r="E153" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F153" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G153" s="21"/>
+    </row>
+    <row r="154" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A154" s="16" t="s">
+        <v>677</v>
+      </c>
+      <c r="B154" s="14" t="s">
+        <v>678</v>
+      </c>
+      <c r="C154" s="19"/>
+      <c r="D154" s="15" t="s">
+        <v>679</v>
+      </c>
+      <c r="E154" s="18" t="s">
+        <v>664</v>
+      </c>
+      <c r="F154" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G154" s="19"/>
+    </row>
+    <row r="155" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A155" s="12" t="s">
+        <v>317</v>
+      </c>
+      <c r="B155" s="10" t="s">
+        <v>935</v>
+      </c>
+      <c r="C155" s="21"/>
+      <c r="D155" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="E155" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="F155" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G155" s="21"/>
+    </row>
+    <row r="156" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A156" s="16" t="s">
+        <v>320</v>
+      </c>
+      <c r="B156" s="14" t="s">
+        <v>936</v>
+      </c>
+      <c r="C156" s="19"/>
+      <c r="D156" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="E156" s="18" t="s">
+        <v>323</v>
+      </c>
+      <c r="F156" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G156" s="19"/>
+    </row>
+    <row r="157" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A157" s="12" t="s">
+        <v>680</v>
+      </c>
+      <c r="B157" s="10" t="s">
+        <v>681</v>
+      </c>
+      <c r="C157" s="21"/>
+      <c r="D157" s="11" t="s">
+        <v>682</v>
+      </c>
+      <c r="E157" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="F157" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G157" s="21"/>
+    </row>
+    <row r="158" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A158" s="16" t="s">
+        <v>324</v>
+      </c>
+      <c r="B158" s="14" t="s">
+        <v>937</v>
+      </c>
+      <c r="C158" s="19"/>
+      <c r="D158" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="E158" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="F158" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G158" s="19"/>
+    </row>
+    <row r="159" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A159" s="12" t="s">
+        <v>327</v>
+      </c>
+      <c r="B159" s="10" t="s">
+        <v>938</v>
+      </c>
+      <c r="C159" s="21"/>
+      <c r="D159" s="11" t="s">
+        <v>329</v>
+      </c>
+      <c r="E159" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="F159" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G159" s="21"/>
+    </row>
+    <row r="160" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A160" s="16" t="s">
+        <v>683</v>
+      </c>
+      <c r="B160" s="15"/>
+      <c r="C160" s="64" t="s">
+        <v>684</v>
+      </c>
+      <c r="D160" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="E160" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F160" s="19"/>
+      <c r="G160" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A161" s="12" t="s">
+        <v>686</v>
+      </c>
+      <c r="B161" s="10" t="s">
+        <v>687</v>
+      </c>
+      <c r="C161" s="21"/>
+      <c r="D161" s="11" t="s">
+        <v>688</v>
+      </c>
+      <c r="E161" s="20" t="s">
+        <v>689</v>
+      </c>
+      <c r="F161" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G161" s="21"/>
+    </row>
+    <row r="162" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A162" s="16" t="s">
+        <v>690</v>
+      </c>
+      <c r="B162" s="14" t="s">
+        <v>691</v>
+      </c>
+      <c r="C162" s="19"/>
+      <c r="D162" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="E162" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F162" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G162" s="19"/>
+    </row>
+    <row r="163" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A163" s="12" t="s">
+        <v>693</v>
+      </c>
+      <c r="B163" s="10" t="s">
+        <v>694</v>
+      </c>
+      <c r="C163" s="21"/>
+      <c r="D163" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="E163" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F163" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G163" s="21"/>
+    </row>
+    <row r="164" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+      <c r="A164" s="16" t="s">
+        <v>330</v>
+      </c>
+      <c r="B164" s="14" t="s">
+        <v>939</v>
+      </c>
+      <c r="C164" s="61" t="s">
+        <v>940</v>
+      </c>
+      <c r="D164" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="E164" s="18" t="s">
+        <v>334</v>
+      </c>
+      <c r="F164" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G164" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="12" t="s">
+        <v>338</v>
+      </c>
+      <c r="B165" s="10" t="s">
+        <v>941</v>
+      </c>
+      <c r="C165" s="21"/>
+      <c r="D165" s="11" t="s">
+        <v>340</v>
+      </c>
+      <c r="E165" s="20" t="s">
+        <v>341</v>
+      </c>
+      <c r="F165" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G165" s="21"/>
+    </row>
+    <row r="166" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A166" s="16" t="s">
+        <v>335</v>
+      </c>
+      <c r="B166" s="14" t="s">
+        <v>942</v>
+      </c>
+      <c r="C166" s="19"/>
+      <c r="D166" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="E166" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F166" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G166" s="19"/>
+    </row>
+    <row r="167" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A167" s="12" t="s">
+        <v>342</v>
+      </c>
+      <c r="B167" s="10" t="s">
+        <v>943</v>
+      </c>
+      <c r="C167" s="21"/>
+      <c r="D167" s="11" t="s">
+        <v>344</v>
+      </c>
+      <c r="E167" s="20" t="s">
+        <v>345</v>
+      </c>
+      <c r="F167" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G167" s="21"/>
+    </row>
+    <row r="168" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A168" s="16" t="s">
+        <v>696</v>
+      </c>
+      <c r="B168" s="15"/>
+      <c r="C168" s="64" t="s">
+        <v>697</v>
+      </c>
+      <c r="D168" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="E168" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="F168" s="19"/>
+      <c r="G168" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A169" s="27" t="s">
+        <v>699</v>
+      </c>
+      <c r="B169" s="23"/>
+      <c r="C169" s="63" t="s">
+        <v>700</v>
+      </c>
+      <c r="D169" s="23" t="s">
+        <v>701</v>
+      </c>
+      <c r="E169" s="20" t="s">
+        <v>702</v>
+      </c>
+      <c r="F169" s="21"/>
+      <c r="G169" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="26" t="s">
+        <v>346</v>
+      </c>
+      <c r="B170" s="25" t="s">
+        <v>347</v>
+      </c>
+      <c r="C170" s="19"/>
+      <c r="D170" s="24" t="s">
+        <v>348</v>
+      </c>
+      <c r="E170" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F170" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G170" s="19"/>
+    </row>
+    <row r="171" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A171" s="27" t="s">
+        <v>349</v>
+      </c>
+      <c r="B171" s="17" t="s">
+        <v>350</v>
+      </c>
+      <c r="C171" s="21"/>
+      <c r="D171" s="23" t="s">
+        <v>351</v>
+      </c>
+      <c r="E171" s="20" t="s">
+        <v>352</v>
+      </c>
+      <c r="F171" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G171" s="21"/>
+    </row>
+    <row r="172" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A172" s="26" t="s">
+        <v>353</v>
+      </c>
+      <c r="B172" s="25" t="s">
+        <v>944</v>
+      </c>
+      <c r="C172" s="19"/>
+      <c r="D172" s="24" t="s">
+        <v>355</v>
+      </c>
+      <c r="E172" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F172" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G172" s="19"/>
+    </row>
+    <row r="173" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A173" s="27" t="s">
+        <v>703</v>
+      </c>
+      <c r="B173" s="17" t="s">
+        <v>704</v>
+      </c>
+      <c r="C173" s="21"/>
+      <c r="D173" s="23" t="s">
+        <v>705</v>
+      </c>
+      <c r="E173" s="20" t="s">
+        <v>498</v>
+      </c>
+      <c r="F173" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G173" s="21"/>
+    </row>
+    <row r="174" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A174" s="26" t="s">
+        <v>356</v>
+      </c>
+      <c r="B174" s="25" t="s">
+        <v>945</v>
+      </c>
+      <c r="C174" s="19"/>
+      <c r="D174" s="24" t="s">
+        <v>358</v>
+      </c>
+      <c r="E174" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F174" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G174" s="19"/>
+    </row>
+    <row r="175" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A175" s="27" t="s">
+        <v>359</v>
+      </c>
+      <c r="B175" s="23"/>
+      <c r="C175" s="62" t="s">
+        <v>946</v>
+      </c>
+      <c r="D175" s="23" t="s">
+        <v>361</v>
+      </c>
+      <c r="E175" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F175" s="21"/>
+      <c r="G175" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A176" s="26" t="s">
+        <v>706</v>
+      </c>
+      <c r="B176" s="24"/>
+      <c r="C176" s="64" t="s">
+        <v>707</v>
+      </c>
+      <c r="D176" s="24" t="s">
+        <v>708</v>
+      </c>
+      <c r="E176" s="18" t="s">
+        <v>709</v>
+      </c>
+      <c r="F176" s="19"/>
+      <c r="G176" s="19"/>
+    </row>
+    <row r="177" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A177" s="27" t="s">
+        <v>710</v>
+      </c>
+      <c r="B177" s="23"/>
+      <c r="C177" s="63" t="s">
+        <v>711</v>
+      </c>
+      <c r="D177" s="23" t="s">
+        <v>712</v>
+      </c>
+      <c r="E177" s="20" t="s">
+        <v>713</v>
+      </c>
+      <c r="F177" s="21"/>
+      <c r="G177" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="26" t="s">
+        <v>714</v>
+      </c>
+      <c r="B178" s="25" t="s">
+        <v>715</v>
+      </c>
+      <c r="C178" s="19"/>
+      <c r="D178" s="24" t="s">
+        <v>716</v>
+      </c>
+      <c r="E178" s="18" t="s">
+        <v>717</v>
+      </c>
+      <c r="F178" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G178" s="19"/>
+    </row>
+    <row r="179" spans="1:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="27" t="s">
+        <v>718</v>
+      </c>
+      <c r="B179" s="17" t="s">
+        <v>719</v>
+      </c>
+      <c r="C179" s="21"/>
+      <c r="D179" s="23" t="s">
+        <v>720</v>
+      </c>
+      <c r="E179" s="20" t="s">
+        <v>721</v>
+      </c>
+      <c r="F179" s="21"/>
+      <c r="G179" s="21"/>
+    </row>
+    <row r="180" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A180" s="26" t="s">
+        <v>722</v>
+      </c>
+      <c r="B180" s="25" t="s">
+        <v>723</v>
+      </c>
+      <c r="C180" s="19"/>
+      <c r="D180" s="24" t="s">
+        <v>724</v>
+      </c>
+      <c r="E180" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F180" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G180" s="19"/>
+    </row>
+    <row r="181" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A181" s="27" t="s">
+        <v>725</v>
+      </c>
+      <c r="B181" s="17" t="s">
+        <v>726</v>
+      </c>
+      <c r="C181" s="21"/>
+      <c r="D181" s="23" t="s">
+        <v>727</v>
+      </c>
+      <c r="E181" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F181" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G181" s="21"/>
+    </row>
+    <row r="182" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A182" s="26" t="s">
+        <v>728</v>
+      </c>
+      <c r="B182" s="25" t="s">
+        <v>729</v>
+      </c>
+      <c r="C182" s="19"/>
+      <c r="D182" s="24" t="s">
+        <v>730</v>
+      </c>
+      <c r="E182" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F182" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G182" s="19"/>
+    </row>
+    <row r="183" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A183" s="27" t="s">
+        <v>731</v>
+      </c>
+      <c r="B183" s="17" t="s">
+        <v>732</v>
+      </c>
+      <c r="C183" s="21"/>
+      <c r="D183" s="23" t="s">
+        <v>733</v>
+      </c>
+      <c r="E183" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F183" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G183" s="21"/>
+    </row>
+    <row r="184" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="26" t="s">
+        <v>362</v>
+      </c>
+      <c r="B184" s="25" t="s">
+        <v>947</v>
+      </c>
+      <c r="C184" s="64" t="s">
+        <v>734</v>
+      </c>
+      <c r="D184" s="24" t="s">
+        <v>364</v>
+      </c>
+      <c r="E184" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F184" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A185" s="27" t="s">
+        <v>365</v>
+      </c>
+      <c r="B185" s="17" t="s">
+        <v>948</v>
+      </c>
+      <c r="C185" s="62" t="s">
+        <v>949</v>
+      </c>
+      <c r="D185" s="23" t="s">
+        <v>368</v>
+      </c>
+      <c r="E185" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F185" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G185" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A186" s="26" t="s">
+        <v>735</v>
+      </c>
+      <c r="B186" s="25" t="s">
+        <v>736</v>
+      </c>
+      <c r="C186" s="19"/>
+      <c r="D186" s="24" t="s">
+        <v>56</v>
+      </c>
+      <c r="E186" s="18" t="s">
+        <v>737</v>
+      </c>
+      <c r="F186" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G186" s="19"/>
+    </row>
+    <row r="187" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A187" s="27" t="s">
+        <v>369</v>
+      </c>
+      <c r="B187" s="17" t="s">
+        <v>370</v>
+      </c>
+      <c r="C187" s="21"/>
+      <c r="D187" s="23" t="s">
+        <v>371</v>
+      </c>
+      <c r="E187" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F187" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G187" s="21"/>
+    </row>
+    <row r="188" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A188" s="26" t="s">
+        <v>372</v>
+      </c>
+      <c r="B188" s="24"/>
+      <c r="C188" s="61" t="s">
+        <v>950</v>
+      </c>
+      <c r="D188" s="24" t="s">
+        <v>374</v>
+      </c>
+      <c r="E188" s="18" t="s">
+        <v>375</v>
+      </c>
+      <c r="F188" s="19"/>
+      <c r="G188" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A189" s="27" t="s">
+        <v>738</v>
+      </c>
+      <c r="B189" s="23"/>
+      <c r="C189" s="63" t="s">
+        <v>739</v>
+      </c>
+      <c r="D189" s="23" t="s">
+        <v>740</v>
+      </c>
+      <c r="E189" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F189" s="21"/>
+      <c r="G189" s="21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A190" s="26" t="s">
+        <v>376</v>
+      </c>
+      <c r="B190" s="24"/>
+      <c r="C190" s="61" t="s">
+        <v>951</v>
+      </c>
+      <c r="D190" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="E190" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F190" s="19"/>
+      <c r="G190" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A191" s="27" t="s">
+        <v>379</v>
+      </c>
+      <c r="B191" s="23"/>
+      <c r="C191" s="62" t="s">
+        <v>952</v>
+      </c>
+      <c r="D191" s="23" t="s">
+        <v>381</v>
+      </c>
+      <c r="E191" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F191" s="21"/>
+      <c r="G191" s="21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A192" s="26" t="s">
+        <v>382</v>
+      </c>
+      <c r="B192" s="24"/>
+      <c r="C192" s="61" t="s">
+        <v>953</v>
+      </c>
+      <c r="D192" s="24" t="s">
+        <v>384</v>
+      </c>
+      <c r="E192" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F192" s="19"/>
+      <c r="G192" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A193" s="27" t="s">
+        <v>385</v>
+      </c>
+      <c r="B193" s="17" t="s">
+        <v>954</v>
+      </c>
+      <c r="C193" s="21"/>
+      <c r="D193" s="23" t="s">
+        <v>387</v>
+      </c>
+      <c r="E193" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F193" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G193" s="21"/>
+    </row>
+    <row r="194" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A194" s="26" t="s">
+        <v>388</v>
+      </c>
+      <c r="B194" s="25" t="s">
+        <v>955</v>
+      </c>
+      <c r="C194" s="19"/>
+      <c r="D194" s="24" t="s">
+        <v>390</v>
+      </c>
+      <c r="E194" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F194" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G194" s="19"/>
+    </row>
+    <row r="195" spans="1:7" ht="90.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="27" t="s">
+        <v>391</v>
+      </c>
+      <c r="B195" s="17" t="s">
+        <v>956</v>
+      </c>
+      <c r="C195" s="21"/>
+      <c r="D195" s="23" t="s">
+        <v>393</v>
+      </c>
+      <c r="E195" s="20" t="s">
+        <v>236</v>
+      </c>
+      <c r="F195" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G195" s="21"/>
+    </row>
+    <row r="196" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A196" s="26" t="s">
+        <v>742</v>
+      </c>
+      <c r="B196" s="25" t="s">
+        <v>743</v>
+      </c>
+      <c r="C196" s="19"/>
+      <c r="D196" s="24" t="s">
+        <v>744</v>
+      </c>
+      <c r="E196" s="18" t="s">
+        <v>745</v>
+      </c>
+      <c r="F196" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G196" s="19"/>
+    </row>
+    <row r="197" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A197" s="27" t="s">
+        <v>746</v>
+      </c>
+      <c r="B197" s="17" t="s">
+        <v>747</v>
+      </c>
+      <c r="C197" s="21"/>
+      <c r="D197" s="23" t="s">
+        <v>748</v>
+      </c>
+      <c r="E197" s="20" t="s">
+        <v>749</v>
+      </c>
+      <c r="F197" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G197" s="21"/>
+    </row>
+    <row r="198" spans="1:7" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="24" t="s">
+        <v>394</v>
+      </c>
+      <c r="B198" s="25" t="s">
+        <v>957</v>
+      </c>
+      <c r="C198" s="61" t="s">
+        <v>958</v>
+      </c>
+      <c r="D198" s="24" t="s">
+        <v>397</v>
+      </c>
+      <c r="E198" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F198" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G198" s="18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="27" t="s">
+        <v>750</v>
+      </c>
+      <c r="B199" s="17" t="s">
+        <v>751</v>
+      </c>
+      <c r="C199" s="21"/>
+      <c r="D199" s="23" t="s">
+        <v>752</v>
+      </c>
+      <c r="E199" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F199" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G199" s="21"/>
+    </row>
+    <row r="200" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A200" s="26" t="s">
+        <v>753</v>
+      </c>
+      <c r="B200" s="25" t="s">
+        <v>754</v>
+      </c>
+      <c r="C200" s="19"/>
+      <c r="D200" s="24" t="s">
+        <v>755</v>
+      </c>
+      <c r="E200" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F200" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G200" s="19"/>
+    </row>
+    <row r="201" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A201" s="27" t="s">
+        <v>756</v>
+      </c>
+      <c r="B201" s="17" t="s">
+        <v>757</v>
+      </c>
+      <c r="C201" s="21"/>
+      <c r="D201" s="23" t="s">
+        <v>758</v>
+      </c>
+      <c r="E201" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F201" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G201" s="21"/>
+    </row>
+    <row r="202" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A202" s="26" t="s">
+        <v>759</v>
+      </c>
+      <c r="B202" s="25" t="s">
+        <v>760</v>
+      </c>
+      <c r="C202" s="19"/>
+      <c r="D202" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="E202" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F202" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G202" s="19"/>
+    </row>
+    <row r="203" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A203" s="27" t="s">
+        <v>398</v>
+      </c>
+      <c r="B203" s="17" t="s">
+        <v>959</v>
+      </c>
+      <c r="C203" s="21"/>
+      <c r="D203" s="23" t="s">
+        <v>400</v>
+      </c>
+      <c r="E203" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F203" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G203" s="21"/>
+    </row>
+    <row r="204" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A204" s="26" t="s">
+        <v>762</v>
+      </c>
+      <c r="B204" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C204" s="19"/>
+      <c r="D204" s="24" t="s">
+        <v>764</v>
+      </c>
+      <c r="E204" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F204" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G204" s="19"/>
+    </row>
+    <row r="205" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="27" t="s">
+        <v>401</v>
+      </c>
+      <c r="B205" s="23"/>
+      <c r="C205" s="63" t="s">
+        <v>402</v>
+      </c>
+      <c r="D205" s="23" t="s">
+        <v>403</v>
+      </c>
+      <c r="E205" s="20" t="s">
+        <v>404</v>
+      </c>
+      <c r="F205" s="21"/>
+      <c r="G205" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" ht="90.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="26" t="s">
+        <v>765</v>
+      </c>
+      <c r="B206" s="25" t="s">
+        <v>766</v>
+      </c>
+      <c r="C206" s="19"/>
+      <c r="D206" s="24" t="s">
+        <v>767</v>
+      </c>
+      <c r="E206" s="18" t="s">
+        <v>768</v>
+      </c>
+      <c r="F206" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G206" s="19"/>
+    </row>
+    <row r="207" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A207" s="27" t="s">
+        <v>769</v>
+      </c>
+      <c r="B207" s="17" t="s">
+        <v>770</v>
+      </c>
+      <c r="C207" s="21"/>
+      <c r="D207" s="23" t="s">
+        <v>771</v>
+      </c>
+      <c r="E207" s="20" t="s">
+        <v>772</v>
+      </c>
+      <c r="F207" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G207" s="21"/>
+    </row>
+    <row r="208" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A208" s="26" t="s">
+        <v>773</v>
+      </c>
+      <c r="B208" s="24"/>
+      <c r="C208" s="64" t="s">
+        <v>774</v>
+      </c>
+      <c r="D208" s="24" t="s">
+        <v>775</v>
+      </c>
+      <c r="E208" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F208" s="19"/>
+      <c r="G208" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="27" t="s">
+        <v>776</v>
+      </c>
+      <c r="B209" s="23"/>
+      <c r="C209" s="63" t="s">
+        <v>777</v>
+      </c>
+      <c r="D209" s="23" t="s">
+        <v>778</v>
+      </c>
+      <c r="E209" s="20" t="s">
+        <v>352</v>
+      </c>
+      <c r="F209" s="21"/>
+      <c r="G209" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A210" s="26" t="s">
+        <v>779</v>
+      </c>
+      <c r="B210" s="25" t="s">
+        <v>780</v>
+      </c>
+      <c r="C210" s="64" t="s">
+        <v>781</v>
+      </c>
+      <c r="D210" s="24" t="s">
+        <v>782</v>
+      </c>
+      <c r="E210" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F210" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G210" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A211" s="27" t="s">
+        <v>783</v>
+      </c>
+      <c r="B211" s="23"/>
+      <c r="C211" s="63" t="s">
+        <v>784</v>
+      </c>
+      <c r="D211" s="23" t="s">
+        <v>785</v>
+      </c>
+      <c r="E211" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F211" s="21"/>
+      <c r="G211" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="26" t="s">
+        <v>786</v>
+      </c>
+      <c r="B212" s="24"/>
+      <c r="C212" s="64" t="s">
+        <v>787</v>
+      </c>
+      <c r="D212" s="24" t="s">
+        <v>788</v>
+      </c>
+      <c r="E212" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F212" s="19"/>
+      <c r="G212" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A213" s="27" t="s">
+        <v>789</v>
+      </c>
+      <c r="B213" s="23"/>
+      <c r="C213" s="63" t="s">
+        <v>790</v>
+      </c>
+      <c r="D213" s="23" t="s">
+        <v>791</v>
+      </c>
+      <c r="E213" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F213" s="21"/>
+      <c r="G213" s="21" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A214" s="26" t="s">
+        <v>405</v>
+      </c>
+      <c r="B214" s="25" t="s">
+        <v>960</v>
+      </c>
+      <c r="C214" s="19"/>
+      <c r="D214" s="24" t="s">
+        <v>407</v>
+      </c>
+      <c r="E214" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="F214" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="G214" s="19"/>
+    </row>
+    <row r="215" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A215" s="27" t="s">
+        <v>409</v>
+      </c>
+      <c r="B215" s="17" t="s">
+        <v>961</v>
+      </c>
+      <c r="C215" s="21"/>
+      <c r="D215" s="23" t="s">
+        <v>411</v>
+      </c>
+      <c r="E215" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F215" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G215" s="21"/>
+    </row>
+    <row r="216" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A216" s="26" t="s">
+        <v>792</v>
+      </c>
+      <c r="B216" s="24"/>
+      <c r="C216" s="64" t="s">
+        <v>793</v>
+      </c>
+      <c r="D216" s="24" t="s">
+        <v>794</v>
+      </c>
+      <c r="E216" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F216" s="19"/>
+      <c r="G216" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A217" s="27" t="s">
+        <v>795</v>
+      </c>
+      <c r="B217" s="17" t="s">
+        <v>796</v>
+      </c>
+      <c r="C217" s="21"/>
+      <c r="D217" s="23" t="s">
+        <v>797</v>
+      </c>
+      <c r="E217" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F217" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G217" s="21"/>
+    </row>
+    <row r="218" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A218" s="26" t="s">
+        <v>798</v>
+      </c>
+      <c r="B218" s="25" t="s">
+        <v>799</v>
+      </c>
+      <c r="C218" s="19"/>
+      <c r="D218" s="24" t="s">
+        <v>165</v>
+      </c>
+      <c r="E218" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F218" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G218" s="19"/>
+    </row>
+    <row r="219" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A219" s="27" t="s">
+        <v>412</v>
+      </c>
+      <c r="B219" s="17" t="s">
+        <v>962</v>
+      </c>
+      <c r="C219" s="21"/>
+      <c r="D219" s="23" t="s">
+        <v>414</v>
+      </c>
+      <c r="E219" s="20" t="s">
+        <v>415</v>
+      </c>
+      <c r="F219" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G219" s="21"/>
+    </row>
+    <row r="220" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A220" s="26" t="s">
+        <v>800</v>
+      </c>
+      <c r="B220" s="25" t="s">
+        <v>801</v>
+      </c>
+      <c r="C220" s="19"/>
+      <c r="D220" s="24" t="s">
+        <v>802</v>
+      </c>
+      <c r="E220" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F220" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G220" s="19"/>
+    </row>
+    <row r="221" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A221" s="27" t="s">
+        <v>803</v>
+      </c>
+      <c r="B221" s="17" t="s">
+        <v>804</v>
+      </c>
+      <c r="C221" s="21"/>
+      <c r="D221" s="23" t="s">
+        <v>805</v>
+      </c>
+      <c r="E221" s="20" t="s">
+        <v>806</v>
+      </c>
+      <c r="F221" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G221" s="21"/>
+    </row>
+    <row r="222" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="26" t="s">
+        <v>807</v>
+      </c>
+      <c r="B222" s="25" t="s">
         <v>808</v>
       </c>
-      <c r="D2" s="20" t="s">
-[...8 lines deleted...]
-      <c r="G2" s="21" t="s">
+      <c r="C222" s="19"/>
+      <c r="D222" s="24" t="s">
+        <v>809</v>
+      </c>
+      <c r="E222" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F222" s="19"/>
+      <c r="G222" s="19"/>
+    </row>
+    <row r="223" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A223" s="27" t="s">
+        <v>810</v>
+      </c>
+      <c r="B223" s="17" t="s">
+        <v>811</v>
+      </c>
+      <c r="C223" s="21"/>
+      <c r="D223" s="23" t="s">
+        <v>812</v>
+      </c>
+      <c r="E223" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F223" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G223" s="21"/>
+    </row>
+    <row r="224" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A224" s="26" t="s">
+        <v>813</v>
+      </c>
+      <c r="B224" s="25" t="s">
+        <v>814</v>
+      </c>
+      <c r="C224" s="19"/>
+      <c r="D224" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="E224" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="F224" s="19"/>
+      <c r="G224" s="19"/>
+    </row>
+    <row r="225" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="27" t="s">
+        <v>816</v>
+      </c>
+      <c r="B225" s="17" t="s">
+        <v>817</v>
+      </c>
+      <c r="C225" s="21"/>
+      <c r="D225" s="23" t="s">
+        <v>818</v>
+      </c>
+      <c r="E225" s="20" t="s">
+        <v>819</v>
+      </c>
+      <c r="F225" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G225" s="21"/>
+    </row>
+    <row r="226" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A226" s="26" t="s">
+        <v>416</v>
+      </c>
+      <c r="B226" s="25" t="s">
+        <v>963</v>
+      </c>
+      <c r="C226" s="19"/>
+      <c r="D226" s="24" t="s">
+        <v>418</v>
+      </c>
+      <c r="E226" s="18" t="s">
+        <v>419</v>
+      </c>
+      <c r="F226" s="19" t="s">
         <v>12</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F3" s="17" t="s">
+      <c r="G226" s="19"/>
+    </row>
+    <row r="227" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A227" s="27" t="s">
+        <v>420</v>
+      </c>
+      <c r="B227" s="23"/>
+      <c r="C227" s="62" t="s">
+        <v>964</v>
+      </c>
+      <c r="D227" s="23" t="s">
+        <v>422</v>
+      </c>
+      <c r="E227" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F227" s="21"/>
+      <c r="G227" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A228" s="26" t="s">
+        <v>423</v>
+      </c>
+      <c r="B228" s="24"/>
+      <c r="C228" s="61" t="s">
+        <v>965</v>
+      </c>
+      <c r="D228" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="E228" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F228" s="19"/>
+      <c r="G228" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="27" t="s">
+        <v>426</v>
+      </c>
+      <c r="B229" s="17" t="s">
+        <v>427</v>
+      </c>
+      <c r="C229" s="21"/>
+      <c r="D229" s="23" t="s">
+        <v>428</v>
+      </c>
+      <c r="E229" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F229" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G229" s="21"/>
+    </row>
+    <row r="230" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A230" s="26" t="s">
+        <v>429</v>
+      </c>
+      <c r="B230" s="25" t="s">
+        <v>966</v>
+      </c>
+      <c r="C230" s="19"/>
+      <c r="D230" s="24" t="s">
+        <v>431</v>
+      </c>
+      <c r="E230" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F230" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G230" s="19"/>
+    </row>
+    <row r="231" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A231" s="27" t="s">
+        <v>432</v>
+      </c>
+      <c r="B231" s="17" t="s">
+        <v>967</v>
+      </c>
+      <c r="C231" s="21"/>
+      <c r="D231" s="23" t="s">
+        <v>434</v>
+      </c>
+      <c r="E231" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F231" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="17" t="s">
+      <c r="G231" s="21"/>
+    </row>
+    <row r="232" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A232" s="26" t="s">
+        <v>435</v>
+      </c>
+      <c r="B232" s="24"/>
+      <c r="C232" s="61" t="s">
+        <v>968</v>
+      </c>
+      <c r="D232" s="24" t="s">
+        <v>437</v>
+      </c>
+      <c r="E232" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F232" s="19"/>
+      <c r="G232" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A233" s="27" t="s">
+        <v>820</v>
+      </c>
+      <c r="B233" s="17" t="s">
+        <v>821</v>
+      </c>
+      <c r="C233" s="21"/>
+      <c r="D233" s="23" t="s">
+        <v>822</v>
+      </c>
+      <c r="E233" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F233" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G233" s="21"/>
+    </row>
+    <row r="234" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A234" s="26" t="s">
+        <v>823</v>
+      </c>
+      <c r="B234" s="25" t="s">
+        <v>824</v>
+      </c>
+      <c r="C234" s="19"/>
+      <c r="D234" s="24" t="s">
+        <v>825</v>
+      </c>
+      <c r="E234" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F234" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G234" s="19"/>
+    </row>
+    <row r="235" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A235" s="27" t="s">
+        <v>438</v>
+      </c>
+      <c r="B235" s="17" t="s">
+        <v>969</v>
+      </c>
+      <c r="C235" s="21"/>
+      <c r="D235" s="23" t="s">
+        <v>440</v>
+      </c>
+      <c r="E235" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F235" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G235" s="21"/>
+    </row>
+    <row r="236" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A236" s="26" t="s">
+        <v>441</v>
+      </c>
+      <c r="B236" s="24"/>
+      <c r="C236" s="64" t="s">
+        <v>442</v>
+      </c>
+      <c r="D236" s="24" t="s">
+        <v>443</v>
+      </c>
+      <c r="E236" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F236" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G236" s="19"/>
+    </row>
+    <row r="237" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="27" t="s">
+        <v>970</v>
+      </c>
+      <c r="B237" s="17" t="s">
+        <v>971</v>
+      </c>
+      <c r="C237" s="21"/>
+      <c r="D237" s="23" t="s">
+        <v>972</v>
+      </c>
+      <c r="E237" s="20"/>
+      <c r="F237" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G237" s="21"/>
+    </row>
+    <row r="238" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A238" s="26" t="s">
+        <v>444</v>
+      </c>
+      <c r="B238" s="24"/>
+      <c r="C238" s="64" t="s">
+        <v>445</v>
+      </c>
+      <c r="D238" s="24" t="s">
+        <v>446</v>
+      </c>
+      <c r="E238" s="18" t="s">
+        <v>973</v>
+      </c>
+      <c r="F238" s="19"/>
+      <c r="G238" s="19" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A239" s="27" t="s">
+        <v>448</v>
+      </c>
+      <c r="B239" s="23"/>
+      <c r="C239" s="62" t="s">
+        <v>974</v>
+      </c>
+      <c r="D239" s="23" t="s">
+        <v>450</v>
+      </c>
+      <c r="E239" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F239" s="21"/>
+      <c r="G239" s="21" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
-[...58 lines deleted...]
-      <c r="E6" s="20" t="s">
+    <row r="240" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A240" s="26" t="s">
+        <v>975</v>
+      </c>
+      <c r="B240" s="25" t="s">
+        <v>976</v>
+      </c>
+      <c r="C240" s="19"/>
+      <c r="D240" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="E240" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="21" t="s">
+      <c r="F240" s="19" t="s">
+        <v>131</v>
+      </c>
+      <c r="G240" s="19"/>
+    </row>
+    <row r="241" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A241" s="27" t="s">
+        <v>978</v>
+      </c>
+      <c r="B241" s="23"/>
+      <c r="C241" s="62" t="s">
+        <v>979</v>
+      </c>
+      <c r="D241" s="23" t="s">
+        <v>980</v>
+      </c>
+      <c r="E241" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F241" s="21"/>
+      <c r="G241" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="G6" s="21" t="s">
-[...16 lines deleted...]
-      <c r="E7" s="25" t="s">
+    </row>
+    <row r="242" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A242" s="26" t="s">
+        <v>826</v>
+      </c>
+      <c r="B242" s="25" t="s">
+        <v>827</v>
+      </c>
+      <c r="C242" s="19"/>
+      <c r="D242" s="24" t="s">
+        <v>828</v>
+      </c>
+      <c r="E242" s="18" t="s">
+        <v>981</v>
+      </c>
+      <c r="F242" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G242" s="19"/>
+    </row>
+    <row r="243" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A243" s="27" t="s">
+        <v>829</v>
+      </c>
+      <c r="B243" s="17" t="s">
+        <v>830</v>
+      </c>
+      <c r="C243" s="21"/>
+      <c r="D243" s="23" t="s">
+        <v>831</v>
+      </c>
+      <c r="E243" s="20" t="s">
+        <v>982</v>
+      </c>
+      <c r="F243" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G243" s="21"/>
+    </row>
+    <row r="244" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="26" t="s">
+        <v>983</v>
+      </c>
+      <c r="B244" s="24"/>
+      <c r="C244" s="61" t="s">
+        <v>984</v>
+      </c>
+      <c r="D244" s="24" t="s">
+        <v>985</v>
+      </c>
+      <c r="E244" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F7" s="26" t="s">
-[...156 lines deleted...]
-      <c r="E15" s="25" t="s">
+      <c r="F244" s="19"/>
+      <c r="G244" s="19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A245" s="27" t="s">
+        <v>832</v>
+      </c>
+      <c r="B245" s="17" t="s">
+        <v>833</v>
+      </c>
+      <c r="C245" s="21"/>
+      <c r="D245" s="23" t="s">
+        <v>834</v>
+      </c>
+      <c r="E245" s="20" t="s">
+        <v>560</v>
+      </c>
+      <c r="F245" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G245" s="21"/>
+    </row>
+    <row r="246" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+      <c r="A246" s="26" t="s">
+        <v>835</v>
+      </c>
+      <c r="B246" s="57" t="s">
+        <v>836</v>
+      </c>
+      <c r="C246" s="19"/>
+      <c r="D246" s="24" t="s">
+        <v>837</v>
+      </c>
+      <c r="E246" s="18" t="s">
+        <v>982</v>
+      </c>
+      <c r="F246" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G246" s="19"/>
+    </row>
+    <row r="247" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="27" t="s">
+        <v>451</v>
+      </c>
+      <c r="B247" s="28" t="s">
+        <v>452</v>
+      </c>
+      <c r="C247" s="21"/>
+      <c r="D247" s="23" t="s">
+        <v>453</v>
+      </c>
+      <c r="E247" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="F15" s="26"/>
-[...89 lines deleted...]
-      <c r="C20" s="19" t="s">
+      <c r="F247" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G247" s="21"/>
+    </row>
+    <row r="248" spans="1:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="26" t="s">
+        <v>838</v>
+      </c>
+      <c r="B248" s="25" t="s">
+        <v>839</v>
+      </c>
+      <c r="C248" s="19"/>
+      <c r="D248" s="24" t="s">
+        <v>840</v>
+      </c>
+      <c r="E248" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="F248" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="G248" s="19"/>
+    </row>
+    <row r="249" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+      <c r="A249" s="27" t="s">
         <v>454</v>
       </c>
-      <c r="D20" s="20" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="23" t="s">
+      <c r="B249" s="17" t="s">
+        <v>986</v>
+      </c>
+      <c r="C249" s="21"/>
+      <c r="D249" s="23" t="s">
         <v>456</v>
       </c>
-      <c r="F20" s="24"/>
-[...545 lines deleted...]
-      <c r="A49" s="30" t="s">
+      <c r="E249" s="20" t="s">
         <v>109</v>
       </c>
-      <c r="B49" s="15" t="s">
-[...1208 lines deleted...]
-      <c r="D110" s="40" t="s">
+      <c r="F249" s="21" t="s">
         <v>232</v>
       </c>
-      <c r="E110" s="41" t="s">
-[...2542 lines deleted...]
-      <c r="E249" s="6"/>
+      <c r="G249" s="21"/>
     </row>
     <row r="250" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A250" s="1"/>
       <c r="B250" s="2"/>
-      <c r="C250" s="2"/>
-[...1 lines deleted...]
-      <c r="E250" s="6"/>
+      <c r="C250" s="3"/>
+      <c r="D250" s="6"/>
+      <c r="E250" s="4"/>
     </row>
     <row r="251" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A251" s="1"/>
       <c r="B251" s="2"/>
-      <c r="C251" s="2"/>
-[...1 lines deleted...]
-      <c r="E251" s="6"/>
+      <c r="C251" s="3"/>
+      <c r="D251" s="6"/>
+      <c r="E251" s="4"/>
     </row>
     <row r="252" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A252" s="1"/>
       <c r="B252" s="2"/>
-      <c r="C252" s="2"/>
-[...1 lines deleted...]
-      <c r="E252" s="6"/>
+      <c r="C252" s="3"/>
+      <c r="D252" s="6"/>
+      <c r="E252" s="4"/>
     </row>
     <row r="253" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A253" s="1"/>
       <c r="B253" s="2"/>
-      <c r="C253" s="2"/>
-[...1 lines deleted...]
-      <c r="E253" s="6"/>
+      <c r="C253" s="3"/>
+      <c r="D253" s="6"/>
+      <c r="E253" s="4"/>
     </row>
     <row r="254" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A254" s="1"/>
       <c r="B254" s="2"/>
-      <c r="C254" s="2"/>
-[...1 lines deleted...]
-      <c r="E254" s="6"/>
+      <c r="C254" s="3"/>
+      <c r="D254" s="6"/>
+      <c r="E254" s="4"/>
     </row>
     <row r="255" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A255" s="1"/>
       <c r="B255" s="2"/>
-      <c r="C255" s="2"/>
-[...1 lines deleted...]
-      <c r="E255" s="6"/>
+      <c r="C255" s="3"/>
+      <c r="D255" s="6"/>
+      <c r="E255" s="4"/>
     </row>
     <row r="256" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A256" s="1"/>
       <c r="B256" s="2"/>
-      <c r="C256" s="2"/>
-[...1 lines deleted...]
-      <c r="E256" s="6"/>
+      <c r="C256" s="3"/>
+      <c r="D256" s="6"/>
+      <c r="E256" s="4"/>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A257" s="1"/>
       <c r="B257" s="2"/>
-      <c r="C257" s="2"/>
-[...1 lines deleted...]
-      <c r="E257" s="6"/>
+      <c r="C257" s="3"/>
+      <c r="D257" s="6"/>
+      <c r="E257" s="4"/>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A258" s="1"/>
       <c r="B258" s="2"/>
-      <c r="C258" s="2"/>
-[...1 lines deleted...]
-      <c r="E258" s="6"/>
+      <c r="C258" s="3"/>
+      <c r="D258" s="6"/>
+      <c r="E258" s="4"/>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A259" s="1"/>
       <c r="B259" s="2"/>
-      <c r="C259" s="2"/>
-[...1 lines deleted...]
-      <c r="E259" s="6"/>
+      <c r="C259" s="3"/>
+      <c r="D259" s="6"/>
+      <c r="E259" s="4"/>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A260" s="1"/>
       <c r="B260" s="2"/>
-      <c r="C260" s="2"/>
-[...1 lines deleted...]
-      <c r="E260" s="6"/>
+      <c r="C260" s="3"/>
+      <c r="D260" s="6"/>
+      <c r="E260" s="4"/>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A261" s="1"/>
       <c r="B261" s="2"/>
-      <c r="C261" s="2"/>
-[...1 lines deleted...]
-      <c r="E261" s="6"/>
+      <c r="C261" s="3"/>
+      <c r="D261" s="6"/>
+      <c r="E261" s="4"/>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A262" s="1"/>
       <c r="B262" s="2"/>
-      <c r="C262" s="2"/>
-[...1 lines deleted...]
-      <c r="E262" s="6"/>
+      <c r="C262" s="3"/>
+      <c r="D262" s="6"/>
+      <c r="E262" s="4"/>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A263" s="1"/>
       <c r="B263" s="2"/>
-      <c r="C263" s="2"/>
-[...1 lines deleted...]
-      <c r="E263" s="6"/>
+      <c r="C263" s="3"/>
+      <c r="D263" s="6"/>
+      <c r="E263" s="4"/>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A264" s="1"/>
       <c r="B264" s="2"/>
-      <c r="C264" s="2"/>
-[...1 lines deleted...]
-      <c r="E264" s="6"/>
+      <c r="C264" s="3"/>
+      <c r="D264" s="6"/>
+      <c r="E264" s="4"/>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A265" s="1"/>
       <c r="B265" s="2"/>
-      <c r="C265" s="2"/>
-[...1 lines deleted...]
-      <c r="E265" s="6"/>
+      <c r="C265" s="3"/>
+      <c r="D265" s="6"/>
+      <c r="E265" s="4"/>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A266" s="1"/>
       <c r="B266" s="2"/>
-      <c r="C266" s="2"/>
-[...1 lines deleted...]
-      <c r="E266" s="6"/>
+      <c r="C266" s="3"/>
+      <c r="D266" s="6"/>
+      <c r="E266" s="4"/>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A267" s="1"/>
       <c r="B267" s="2"/>
-      <c r="C267" s="2"/>
-[...1 lines deleted...]
-      <c r="E267" s="6"/>
+      <c r="C267" s="3"/>
+      <c r="D267" s="6"/>
+      <c r="E267" s="4"/>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A268" s="1"/>
       <c r="B268" s="2"/>
-      <c r="C268" s="2"/>
-[...1 lines deleted...]
-      <c r="E268" s="6"/>
+      <c r="C268" s="3"/>
+      <c r="D268" s="6"/>
+      <c r="E268" s="4"/>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A269" s="1"/>
       <c r="B269" s="2"/>
-      <c r="C269" s="2"/>
-[...1 lines deleted...]
-      <c r="E269" s="6"/>
+      <c r="C269" s="3"/>
+      <c r="D269" s="6"/>
+      <c r="E269" s="4"/>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A270" s="1"/>
       <c r="B270" s="2"/>
-      <c r="C270" s="2"/>
-[...1 lines deleted...]
-      <c r="E270" s="6"/>
+      <c r="C270" s="3"/>
+      <c r="D270" s="6"/>
+      <c r="E270" s="4"/>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A271" s="1"/>
       <c r="B271" s="2"/>
-      <c r="C271" s="2"/>
-[...1 lines deleted...]
-      <c r="E271" s="6"/>
+      <c r="C271" s="3"/>
+      <c r="D271" s="6"/>
+      <c r="E271" s="4"/>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A272" s="1"/>
       <c r="B272" s="2"/>
-      <c r="C272" s="2"/>
-[...1 lines deleted...]
-      <c r="E272" s="6"/>
+      <c r="C272" s="3"/>
+      <c r="D272" s="6"/>
+      <c r="E272" s="4"/>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A273" s="1"/>
       <c r="B273" s="2"/>
-      <c r="C273" s="2"/>
-[...1 lines deleted...]
-      <c r="E273" s="6"/>
+      <c r="C273" s="3"/>
+      <c r="D273" s="6"/>
+      <c r="E273" s="4"/>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A274" s="1"/>
       <c r="B274" s="2"/>
-      <c r="C274" s="2"/>
-[...1 lines deleted...]
-      <c r="E274" s="6"/>
+      <c r="C274" s="3"/>
+      <c r="D274" s="6"/>
+      <c r="E274" s="4"/>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A275" s="1"/>
       <c r="B275" s="2"/>
-      <c r="C275" s="2"/>
-[...1 lines deleted...]
-      <c r="E275" s="6"/>
+      <c r="C275" s="3"/>
+      <c r="D275" s="6"/>
+      <c r="E275" s="4"/>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A276" s="1"/>
       <c r="B276" s="2"/>
-      <c r="C276" s="2"/>
-[...1 lines deleted...]
-      <c r="E276" s="6"/>
+      <c r="C276" s="3"/>
+      <c r="D276" s="6"/>
+      <c r="E276" s="4"/>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A277" s="1"/>
       <c r="B277" s="2"/>
-      <c r="C277" s="2"/>
-[...1 lines deleted...]
-      <c r="E277" s="6"/>
+      <c r="C277" s="3"/>
+      <c r="D277" s="6"/>
+      <c r="E277" s="4"/>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A278" s="1"/>
       <c r="B278" s="2"/>
-      <c r="C278" s="2"/>
-[...1 lines deleted...]
-      <c r="E278" s="6"/>
+      <c r="C278" s="3"/>
+      <c r="D278" s="6"/>
+      <c r="E278" s="4"/>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A279" s="1"/>
       <c r="B279" s="2"/>
-      <c r="C279" s="2"/>
-[...1 lines deleted...]
-      <c r="E279" s="6"/>
+      <c r="C279" s="3"/>
+      <c r="D279" s="6"/>
+      <c r="E279" s="4"/>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A280" s="1"/>
       <c r="B280" s="2"/>
-      <c r="C280" s="2"/>
-[...1 lines deleted...]
-      <c r="E280" s="6"/>
+      <c r="C280" s="3"/>
+      <c r="D280" s="6"/>
+      <c r="E280" s="4"/>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A281" s="1"/>
       <c r="B281" s="2"/>
-      <c r="C281" s="2"/>
-[...1 lines deleted...]
-      <c r="E281" s="6"/>
+      <c r="C281" s="3"/>
+      <c r="D281" s="6"/>
+      <c r="E281" s="4"/>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A282" s="1"/>
       <c r="B282" s="2"/>
-      <c r="C282" s="2"/>
-[...1 lines deleted...]
-      <c r="E282" s="6"/>
+      <c r="C282" s="3"/>
+      <c r="D282" s="6"/>
+      <c r="E282" s="4"/>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A283" s="1"/>
       <c r="B283" s="2"/>
-      <c r="C283" s="2"/>
-[...1 lines deleted...]
-      <c r="E283" s="6"/>
+      <c r="C283" s="3"/>
+      <c r="D283" s="6"/>
+      <c r="E283" s="4"/>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A284" s="1"/>
       <c r="B284" s="2"/>
-      <c r="C284" s="2"/>
-[...1 lines deleted...]
-      <c r="E284" s="6"/>
+      <c r="C284" s="3"/>
+      <c r="D284" s="6"/>
+      <c r="E284" s="4"/>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A285" s="1"/>
       <c r="B285" s="2"/>
-      <c r="C285" s="2"/>
-[...1 lines deleted...]
-      <c r="E285" s="6"/>
+      <c r="C285" s="3"/>
+      <c r="D285" s="6"/>
+      <c r="E285" s="4"/>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A286" s="1"/>
       <c r="B286" s="2"/>
-      <c r="C286" s="2"/>
-[...1 lines deleted...]
-      <c r="E286" s="6"/>
+      <c r="C286" s="3"/>
+      <c r="D286" s="6"/>
+      <c r="E286" s="4"/>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A287" s="1"/>
       <c r="B287" s="2"/>
-      <c r="C287" s="2"/>
-[...1 lines deleted...]
-      <c r="E287" s="6"/>
+      <c r="C287" s="3"/>
+      <c r="D287" s="6"/>
+      <c r="E287" s="4"/>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A288" s="1"/>
       <c r="B288" s="2"/>
-      <c r="C288" s="2"/>
-[...1 lines deleted...]
-      <c r="E288" s="6"/>
+      <c r="C288" s="3"/>
+      <c r="D288" s="6"/>
+      <c r="E288" s="4"/>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A289" s="1"/>
       <c r="B289" s="2"/>
-      <c r="C289" s="2"/>
-[...1 lines deleted...]
-      <c r="E289" s="6"/>
+      <c r="C289" s="3"/>
+      <c r="D289" s="6"/>
+      <c r="E289" s="4"/>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A290" s="1"/>
       <c r="B290" s="2"/>
-      <c r="C290" s="2"/>
-[...1 lines deleted...]
-      <c r="E290" s="6"/>
+      <c r="C290" s="3"/>
+      <c r="D290" s="6"/>
+      <c r="E290" s="4"/>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A291" s="1"/>
       <c r="B291" s="2"/>
-      <c r="C291" s="2"/>
-[...1 lines deleted...]
-      <c r="E291" s="6"/>
+      <c r="C291" s="3"/>
+      <c r="D291" s="6"/>
+      <c r="E291" s="4"/>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A292" s="1"/>
       <c r="B292" s="2"/>
-      <c r="C292" s="2"/>
-[...1 lines deleted...]
-      <c r="E292" s="6"/>
+      <c r="C292" s="3"/>
+      <c r="D292" s="6"/>
+      <c r="E292" s="4"/>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A293" s="1"/>
       <c r="B293" s="2"/>
-      <c r="C293" s="2"/>
-[...1 lines deleted...]
-      <c r="E293" s="6"/>
+      <c r="C293" s="3"/>
+      <c r="D293" s="6"/>
+      <c r="E293" s="4"/>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A294" s="1"/>
       <c r="B294" s="2"/>
-      <c r="C294" s="2"/>
-[...1 lines deleted...]
-      <c r="E294" s="6"/>
+      <c r="C294" s="3"/>
+      <c r="D294" s="6"/>
+      <c r="E294" s="4"/>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A295" s="1"/>
       <c r="B295" s="2"/>
-      <c r="C295" s="2"/>
-[...1 lines deleted...]
-      <c r="E295" s="6"/>
+      <c r="C295" s="3"/>
+      <c r="D295" s="6"/>
+      <c r="E295" s="4"/>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A296" s="1"/>
       <c r="B296" s="2"/>
-      <c r="C296" s="2"/>
-[...1 lines deleted...]
-      <c r="E296" s="6"/>
+      <c r="C296" s="3"/>
+      <c r="D296" s="6"/>
+      <c r="E296" s="4"/>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A297" s="1"/>
       <c r="B297" s="2"/>
-      <c r="C297" s="2"/>
-[...1 lines deleted...]
-      <c r="E297" s="6"/>
+      <c r="C297" s="3"/>
+      <c r="D297" s="6"/>
+      <c r="E297" s="4"/>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A298" s="1"/>
       <c r="B298" s="2"/>
-      <c r="C298" s="2"/>
-[...1 lines deleted...]
-      <c r="E298" s="6"/>
+      <c r="C298" s="3"/>
+      <c r="D298" s="6"/>
+      <c r="E298" s="4"/>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A299" s="1"/>
       <c r="B299" s="2"/>
-      <c r="C299" s="2"/>
-[...1 lines deleted...]
-      <c r="E299" s="6"/>
+      <c r="C299" s="3"/>
+      <c r="D299" s="6"/>
+      <c r="E299" s="4"/>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A300" s="1"/>
       <c r="B300" s="2"/>
-      <c r="C300" s="2"/>
-[...1 lines deleted...]
-      <c r="E300" s="6"/>
+      <c r="C300" s="3"/>
+      <c r="D300" s="6"/>
+      <c r="E300" s="4"/>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A301" s="1"/>
       <c r="B301" s="2"/>
-      <c r="C301" s="2"/>
-[...1 lines deleted...]
-      <c r="E301" s="6"/>
+      <c r="C301" s="3"/>
+      <c r="D301" s="6"/>
+      <c r="E301" s="4"/>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A302" s="1"/>
       <c r="B302" s="2"/>
-      <c r="C302" s="2"/>
-[...1 lines deleted...]
-      <c r="E302" s="6"/>
+      <c r="C302" s="3"/>
+      <c r="D302" s="6"/>
+      <c r="E302" s="4"/>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A303" s="1"/>
       <c r="B303" s="2"/>
-      <c r="C303" s="2"/>
-[...1 lines deleted...]
-      <c r="E303" s="6"/>
+      <c r="C303" s="3"/>
+      <c r="D303" s="6"/>
+      <c r="E303" s="4"/>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A304" s="1"/>
       <c r="B304" s="2"/>
-      <c r="C304" s="2"/>
-[...1 lines deleted...]
-      <c r="E304" s="6"/>
+      <c r="C304" s="3"/>
+      <c r="D304" s="6"/>
+      <c r="E304" s="4"/>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A305" s="1"/>
       <c r="B305" s="2"/>
-      <c r="C305" s="2"/>
-[...1 lines deleted...]
-      <c r="E305" s="6"/>
+      <c r="C305" s="3"/>
+      <c r="D305" s="6"/>
+      <c r="E305" s="4"/>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A306" s="1"/>
       <c r="B306" s="2"/>
-      <c r="C306" s="2"/>
-[...1 lines deleted...]
-      <c r="E306" s="6"/>
+      <c r="C306" s="3"/>
+      <c r="D306" s="6"/>
+      <c r="E306" s="4"/>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A307" s="1"/>
       <c r="B307" s="2"/>
-      <c r="C307" s="2"/>
-[...1 lines deleted...]
-      <c r="E307" s="6"/>
+      <c r="C307" s="3"/>
+      <c r="D307" s="6"/>
+      <c r="E307" s="4"/>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A308" s="1"/>
       <c r="B308" s="2"/>
-      <c r="C308" s="2"/>
-[...1 lines deleted...]
-      <c r="E308" s="6"/>
+      <c r="C308" s="3"/>
+      <c r="D308" s="6"/>
+      <c r="E308" s="4"/>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A309" s="1"/>
       <c r="B309" s="2"/>
-      <c r="C309" s="2"/>
-[...1 lines deleted...]
-      <c r="E309" s="6"/>
+      <c r="C309" s="3"/>
+      <c r="D309" s="6"/>
+      <c r="E309" s="4"/>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A310" s="1"/>
       <c r="B310" s="2"/>
-      <c r="C310" s="2"/>
-[...1 lines deleted...]
-      <c r="E310" s="6"/>
+      <c r="C310" s="3"/>
+      <c r="D310" s="6"/>
+      <c r="E310" s="4"/>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A311" s="1"/>
       <c r="B311" s="2"/>
-      <c r="C311" s="2"/>
-[...1 lines deleted...]
-      <c r="E311" s="6"/>
+      <c r="C311" s="3"/>
+      <c r="D311" s="6"/>
+      <c r="E311" s="4"/>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A312" s="1"/>
       <c r="B312" s="2"/>
-      <c r="C312" s="2"/>
-[...1 lines deleted...]
-      <c r="E312" s="6"/>
+      <c r="C312" s="3"/>
+      <c r="D312" s="6"/>
+      <c r="E312" s="4"/>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A313" s="1"/>
       <c r="B313" s="2"/>
-      <c r="C313" s="2"/>
-[...1 lines deleted...]
-      <c r="E313" s="6"/>
+      <c r="C313" s="3"/>
+      <c r="D313" s="6"/>
+      <c r="E313" s="4"/>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A314" s="1"/>
       <c r="B314" s="2"/>
-      <c r="C314" s="2"/>
-[...1 lines deleted...]
-      <c r="E314" s="6"/>
+      <c r="C314" s="3"/>
+      <c r="D314" s="6"/>
+      <c r="E314" s="4"/>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A315" s="1"/>
       <c r="B315" s="2"/>
-      <c r="C315" s="2"/>
-[...1 lines deleted...]
-      <c r="E315" s="6"/>
+      <c r="C315" s="3"/>
+      <c r="D315" s="6"/>
+      <c r="E315" s="4"/>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A316" s="1"/>
       <c r="B316" s="2"/>
-      <c r="C316" s="2"/>
-[...1 lines deleted...]
-      <c r="E316" s="6"/>
+      <c r="C316" s="3"/>
+      <c r="D316" s="6"/>
+      <c r="E316" s="4"/>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A317" s="1"/>
       <c r="B317" s="2"/>
-      <c r="C317" s="2"/>
-[...1 lines deleted...]
-      <c r="E317" s="6"/>
+      <c r="C317" s="3"/>
+      <c r="D317" s="6"/>
+      <c r="E317" s="4"/>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A318" s="1"/>
       <c r="B318" s="2"/>
-      <c r="C318" s="2"/>
-[...1 lines deleted...]
-      <c r="E318" s="6"/>
+      <c r="C318" s="3"/>
+      <c r="D318" s="6"/>
+      <c r="E318" s="4"/>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A319" s="1"/>
       <c r="B319" s="2"/>
-      <c r="C319" s="2"/>
-[...1 lines deleted...]
-      <c r="E319" s="6"/>
+      <c r="C319" s="3"/>
+      <c r="D319" s="6"/>
+      <c r="E319" s="4"/>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A320" s="1"/>
       <c r="B320" s="2"/>
-      <c r="C320" s="2"/>
-[...1 lines deleted...]
-      <c r="E320" s="6"/>
+      <c r="C320" s="3"/>
+      <c r="D320" s="6"/>
+      <c r="E320" s="4"/>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A321" s="1"/>
       <c r="B321" s="2"/>
-      <c r="C321" s="2"/>
-[...1 lines deleted...]
-      <c r="E321" s="6"/>
+      <c r="C321" s="3"/>
+      <c r="D321" s="6"/>
+      <c r="E321" s="4"/>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A322" s="1"/>
       <c r="B322" s="2"/>
-      <c r="C322" s="2"/>
-[...1 lines deleted...]
-      <c r="E322" s="6"/>
+      <c r="C322" s="3"/>
+      <c r="D322" s="6"/>
+      <c r="E322" s="4"/>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A323" s="1"/>
       <c r="B323" s="2"/>
-      <c r="C323" s="2"/>
-[...1 lines deleted...]
-      <c r="E323" s="6"/>
+      <c r="C323" s="3"/>
+      <c r="D323" s="6"/>
+      <c r="E323" s="4"/>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A324" s="1"/>
       <c r="B324" s="2"/>
-      <c r="C324" s="2"/>
-[...1 lines deleted...]
-      <c r="E324" s="6"/>
+      <c r="C324" s="3"/>
+      <c r="D324" s="6"/>
+      <c r="E324" s="4"/>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A325" s="1"/>
       <c r="B325" s="2"/>
-      <c r="C325" s="2"/>
-[...1 lines deleted...]
-      <c r="E325" s="6"/>
+      <c r="C325" s="3"/>
+      <c r="D325" s="6"/>
+      <c r="E325" s="4"/>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A326" s="1"/>
       <c r="B326" s="2"/>
-      <c r="C326" s="2"/>
-[...1 lines deleted...]
-      <c r="E326" s="6"/>
+      <c r="C326" s="3"/>
+      <c r="D326" s="6"/>
+      <c r="E326" s="4"/>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A327" s="1"/>
       <c r="B327" s="2"/>
-      <c r="C327" s="2"/>
-[...1 lines deleted...]
-      <c r="E327" s="6"/>
+      <c r="C327" s="3"/>
+      <c r="D327" s="6"/>
+      <c r="E327" s="4"/>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A328" s="1"/>
       <c r="B328" s="2"/>
-      <c r="C328" s="2"/>
-[...1 lines deleted...]
-      <c r="E328" s="6"/>
+      <c r="C328" s="3"/>
+      <c r="D328" s="6"/>
+      <c r="E328" s="4"/>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A329" s="1"/>
       <c r="B329" s="2"/>
-      <c r="C329" s="2"/>
-[...1 lines deleted...]
-      <c r="E329" s="6"/>
+      <c r="C329" s="3"/>
+      <c r="D329" s="6"/>
+      <c r="E329" s="4"/>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A330" s="1"/>
       <c r="B330" s="2"/>
-      <c r="C330" s="2"/>
-[...1 lines deleted...]
-      <c r="E330" s="6"/>
+      <c r="C330" s="3"/>
+      <c r="D330" s="6"/>
+      <c r="E330" s="4"/>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A331" s="1"/>
       <c r="B331" s="2"/>
-      <c r="C331" s="2"/>
-[...1 lines deleted...]
-      <c r="E331" s="6"/>
+      <c r="C331" s="3"/>
+      <c r="D331" s="6"/>
+      <c r="E331" s="4"/>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A332" s="1"/>
       <c r="B332" s="2"/>
-      <c r="C332" s="2"/>
-[...1 lines deleted...]
-      <c r="E332" s="6"/>
+      <c r="C332" s="3"/>
+      <c r="D332" s="6"/>
+      <c r="E332" s="4"/>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A333" s="1"/>
       <c r="B333" s="2"/>
-      <c r="C333" s="2"/>
-[...1 lines deleted...]
-      <c r="E333" s="6"/>
+      <c r="C333" s="3"/>
+      <c r="D333" s="6"/>
+      <c r="E333" s="4"/>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A334" s="1"/>
       <c r="B334" s="2"/>
-      <c r="C334" s="2"/>
-[...1 lines deleted...]
-      <c r="E334" s="6"/>
+      <c r="C334" s="3"/>
+      <c r="D334" s="6"/>
+      <c r="E334" s="4"/>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A335" s="1"/>
       <c r="B335" s="2"/>
-      <c r="C335" s="2"/>
-[...1 lines deleted...]
-      <c r="E335" s="6"/>
+      <c r="C335" s="3"/>
+      <c r="D335" s="6"/>
+      <c r="E335" s="4"/>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A336" s="1"/>
       <c r="B336" s="2"/>
-      <c r="C336" s="2"/>
-[...1 lines deleted...]
-      <c r="E336" s="6"/>
+      <c r="C336" s="3"/>
+      <c r="D336" s="6"/>
+      <c r="E336" s="4"/>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A337" s="1"/>
       <c r="B337" s="2"/>
-      <c r="C337" s="2"/>
-[...1 lines deleted...]
-      <c r="E337" s="6"/>
+      <c r="C337" s="3"/>
+      <c r="D337" s="6"/>
+      <c r="E337" s="4"/>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A338" s="1"/>
       <c r="B338" s="2"/>
-      <c r="C338" s="2"/>
-[...1 lines deleted...]
-      <c r="E338" s="6"/>
+      <c r="C338" s="3"/>
+      <c r="D338" s="6"/>
+      <c r="E338" s="4"/>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A339" s="1"/>
       <c r="B339" s="2"/>
-      <c r="C339" s="2"/>
-[...1 lines deleted...]
-      <c r="E339" s="6"/>
+      <c r="C339" s="3"/>
+      <c r="D339" s="6"/>
+      <c r="E339" s="4"/>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A340" s="1"/>
       <c r="B340" s="2"/>
-      <c r="C340" s="2"/>
-[...1 lines deleted...]
-      <c r="E340" s="6"/>
+      <c r="C340" s="3"/>
+      <c r="D340" s="6"/>
+      <c r="E340" s="4"/>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A341" s="1"/>
       <c r="B341" s="2"/>
-      <c r="C341" s="2"/>
-[...1 lines deleted...]
-      <c r="E341" s="6"/>
+      <c r="C341" s="3"/>
+      <c r="D341" s="6"/>
+      <c r="E341" s="4"/>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A342" s="1"/>
       <c r="B342" s="2"/>
-      <c r="C342" s="2"/>
-[...1 lines deleted...]
-      <c r="E342" s="6"/>
+      <c r="C342" s="3"/>
+      <c r="D342" s="6"/>
+      <c r="E342" s="4"/>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A343" s="1"/>
       <c r="B343" s="2"/>
-      <c r="C343" s="2"/>
-[...1 lines deleted...]
-      <c r="E343" s="6"/>
+      <c r="C343" s="3"/>
+      <c r="D343" s="6"/>
+      <c r="E343" s="4"/>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A344" s="1"/>
       <c r="B344" s="2"/>
-      <c r="C344" s="2"/>
-[...1 lines deleted...]
-      <c r="E344" s="6"/>
+      <c r="C344" s="3"/>
+      <c r="D344" s="6"/>
+      <c r="E344" s="4"/>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A345" s="1"/>
       <c r="B345" s="2"/>
-      <c r="C345" s="2"/>
-[...1 lines deleted...]
-      <c r="E345" s="6"/>
+      <c r="C345" s="3"/>
+      <c r="D345" s="6"/>
+      <c r="E345" s="4"/>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A346" s="1"/>
       <c r="B346" s="2"/>
-      <c r="C346" s="2"/>
-[...1 lines deleted...]
-      <c r="E346" s="6"/>
+      <c r="C346" s="3"/>
+      <c r="D346" s="6"/>
+      <c r="E346" s="4"/>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A347" s="1"/>
       <c r="B347" s="2"/>
-      <c r="C347" s="2"/>
-[...1 lines deleted...]
-      <c r="E347" s="6"/>
+      <c r="C347" s="3"/>
+      <c r="D347" s="6"/>
+      <c r="E347" s="4"/>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A348" s="1"/>
       <c r="B348" s="2"/>
-      <c r="C348" s="2"/>
-[...1 lines deleted...]
-      <c r="E348" s="6"/>
+      <c r="C348" s="3"/>
+      <c r="D348" s="6"/>
+      <c r="E348" s="4"/>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A349" s="1"/>
       <c r="B349" s="2"/>
-      <c r="C349" s="2"/>
-[...1 lines deleted...]
-      <c r="E349" s="6"/>
+      <c r="C349" s="3"/>
+      <c r="D349" s="6"/>
+      <c r="E349" s="4"/>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A350" s="1"/>
       <c r="B350" s="2"/>
-      <c r="C350" s="2"/>
-[...1 lines deleted...]
-      <c r="E350" s="6"/>
+      <c r="C350" s="3"/>
+      <c r="D350" s="6"/>
+      <c r="E350" s="4"/>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A351" s="1"/>
       <c r="B351" s="2"/>
-      <c r="C351" s="2"/>
-[...1 lines deleted...]
-      <c r="E351" s="6"/>
+      <c r="C351" s="3"/>
+      <c r="D351" s="6"/>
+      <c r="E351" s="4"/>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A352" s="1"/>
       <c r="B352" s="2"/>
-      <c r="C352" s="2"/>
-[...1 lines deleted...]
-      <c r="E352" s="6"/>
+      <c r="C352" s="3"/>
+      <c r="D352" s="6"/>
+      <c r="E352" s="4"/>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A353" s="1"/>
       <c r="B353" s="2"/>
-      <c r="C353" s="2"/>
-[...1 lines deleted...]
-      <c r="E353" s="6"/>
+      <c r="C353" s="3"/>
+      <c r="D353" s="6"/>
+      <c r="E353" s="4"/>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A354" s="1"/>
       <c r="B354" s="2"/>
-      <c r="C354" s="2"/>
-[...1 lines deleted...]
-      <c r="E354" s="6"/>
+      <c r="C354" s="3"/>
+      <c r="D354" s="6"/>
+      <c r="E354" s="4"/>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A355" s="1"/>
       <c r="B355" s="2"/>
-      <c r="C355" s="2"/>
-[...1 lines deleted...]
-      <c r="E355" s="6"/>
+      <c r="C355" s="3"/>
+      <c r="D355" s="6"/>
+      <c r="E355" s="4"/>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A356" s="1"/>
       <c r="B356" s="2"/>
-      <c r="C356" s="2"/>
-[...1 lines deleted...]
-      <c r="E356" s="6"/>
+      <c r="C356" s="3"/>
+      <c r="D356" s="6"/>
+      <c r="E356" s="4"/>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A357" s="1"/>
       <c r="B357" s="2"/>
-      <c r="C357" s="2"/>
-[...1 lines deleted...]
-      <c r="E357" s="6"/>
+      <c r="C357" s="3"/>
+      <c r="D357" s="6"/>
+      <c r="E357" s="4"/>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A358" s="1"/>
       <c r="B358" s="2"/>
-      <c r="C358" s="2"/>
-[...1 lines deleted...]
-      <c r="E358" s="6"/>
+      <c r="C358" s="3"/>
+      <c r="D358" s="6"/>
+      <c r="E358" s="4"/>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A359" s="1"/>
       <c r="B359" s="2"/>
-      <c r="C359" s="2"/>
-[...1 lines deleted...]
-      <c r="E359" s="6"/>
+      <c r="C359" s="3"/>
+      <c r="D359" s="6"/>
+      <c r="E359" s="4"/>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A360" s="1"/>
       <c r="B360" s="2"/>
-      <c r="C360" s="2"/>
-[...1 lines deleted...]
-      <c r="E360" s="6"/>
+      <c r="C360" s="3"/>
+      <c r="D360" s="6"/>
+      <c r="E360" s="4"/>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A361" s="1"/>
       <c r="B361" s="2"/>
-      <c r="C361" s="2"/>
-[...1 lines deleted...]
-      <c r="E361" s="6"/>
+      <c r="C361" s="3"/>
+      <c r="D361" s="6"/>
+      <c r="E361" s="4"/>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A362" s="1"/>
       <c r="B362" s="2"/>
-      <c r="C362" s="2"/>
-[...1 lines deleted...]
-      <c r="E362" s="6"/>
+      <c r="C362" s="3"/>
+      <c r="D362" s="6"/>
+      <c r="E362" s="4"/>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A363" s="1"/>
       <c r="B363" s="2"/>
-      <c r="C363" s="2"/>
-[...1 lines deleted...]
-      <c r="E363" s="6"/>
+      <c r="C363" s="3"/>
+      <c r="D363" s="6"/>
+      <c r="E363" s="4"/>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A364" s="1"/>
       <c r="B364" s="2"/>
-      <c r="C364" s="2"/>
-[...1 lines deleted...]
-      <c r="E364" s="6"/>
+      <c r="C364" s="3"/>
+      <c r="D364" s="6"/>
+      <c r="E364" s="4"/>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A365" s="1"/>
       <c r="B365" s="2"/>
-      <c r="C365" s="2"/>
-[...1 lines deleted...]
-      <c r="E365" s="6"/>
+      <c r="C365" s="3"/>
+      <c r="D365" s="6"/>
+      <c r="E365" s="4"/>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A366" s="1"/>
       <c r="B366" s="2"/>
-      <c r="C366" s="2"/>
-[...1 lines deleted...]
-      <c r="E366" s="6"/>
+      <c r="C366" s="3"/>
+      <c r="D366" s="6"/>
+      <c r="E366" s="4"/>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A367" s="1"/>
       <c r="B367" s="2"/>
-      <c r="C367" s="2"/>
-[...1 lines deleted...]
-      <c r="E367" s="6"/>
+      <c r="C367" s="3"/>
+      <c r="D367" s="6"/>
+      <c r="E367" s="4"/>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A368" s="1"/>
       <c r="B368" s="2"/>
-      <c r="C368" s="2"/>
-[...1 lines deleted...]
-      <c r="E368" s="6"/>
+      <c r="C368" s="3"/>
+      <c r="D368" s="6"/>
+      <c r="E368" s="4"/>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A369" s="1"/>
       <c r="B369" s="2"/>
-      <c r="C369" s="2"/>
-[...1 lines deleted...]
-      <c r="E369" s="6"/>
+      <c r="C369" s="3"/>
+      <c r="D369" s="6"/>
+      <c r="E369" s="4"/>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A370" s="1"/>
       <c r="B370" s="2"/>
-      <c r="C370" s="2"/>
-[...1 lines deleted...]
-      <c r="E370" s="6"/>
+      <c r="C370" s="3"/>
+      <c r="D370" s="6"/>
+      <c r="E370" s="4"/>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A371" s="1"/>
       <c r="B371" s="2"/>
-      <c r="C371" s="2"/>
-[...1 lines deleted...]
-      <c r="E371" s="6"/>
+      <c r="C371" s="3"/>
+      <c r="D371" s="6"/>
+      <c r="E371" s="4"/>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A372" s="1"/>
       <c r="B372" s="2"/>
-      <c r="C372" s="2"/>
-[...1 lines deleted...]
-      <c r="E372" s="6"/>
+      <c r="C372" s="3"/>
+      <c r="D372" s="6"/>
+      <c r="E372" s="4"/>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A373" s="1"/>
       <c r="B373" s="2"/>
-      <c r="C373" s="2"/>
-[...1 lines deleted...]
-      <c r="E373" s="6"/>
+      <c r="C373" s="3"/>
+      <c r="D373" s="6"/>
+      <c r="E373" s="4"/>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A374" s="1"/>
       <c r="B374" s="2"/>
-      <c r="C374" s="2"/>
-[...1 lines deleted...]
-      <c r="E374" s="6"/>
+      <c r="C374" s="3"/>
+      <c r="D374" s="6"/>
+      <c r="E374" s="4"/>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A375" s="1"/>
       <c r="B375" s="2"/>
-      <c r="C375" s="2"/>
-[...1 lines deleted...]
-      <c r="E375" s="6"/>
+      <c r="C375" s="3"/>
+      <c r="D375" s="6"/>
+      <c r="E375" s="4"/>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A376" s="1"/>
       <c r="B376" s="2"/>
-      <c r="C376" s="2"/>
-[...1 lines deleted...]
-      <c r="E376" s="6"/>
+      <c r="C376" s="3"/>
+      <c r="D376" s="6"/>
+      <c r="E376" s="4"/>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A377" s="1"/>
       <c r="B377" s="2"/>
-      <c r="C377" s="2"/>
-[...1 lines deleted...]
-      <c r="E377" s="6"/>
+      <c r="C377" s="3"/>
+      <c r="D377" s="6"/>
+      <c r="E377" s="4"/>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A378" s="1"/>
       <c r="B378" s="2"/>
-      <c r="C378" s="2"/>
-[...1 lines deleted...]
-      <c r="E378" s="6"/>
+      <c r="C378" s="3"/>
+      <c r="D378" s="6"/>
+      <c r="E378" s="4"/>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A379" s="1"/>
       <c r="B379" s="2"/>
-      <c r="C379" s="2"/>
-[...1 lines deleted...]
-      <c r="E379" s="6"/>
+      <c r="C379" s="3"/>
+      <c r="D379" s="6"/>
+      <c r="E379" s="4"/>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A380" s="1"/>
       <c r="B380" s="2"/>
-      <c r="C380" s="2"/>
-[...1 lines deleted...]
-      <c r="E380" s="6"/>
+      <c r="C380" s="3"/>
+      <c r="D380" s="6"/>
+      <c r="E380" s="4"/>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A381" s="1"/>
       <c r="B381" s="2"/>
-      <c r="C381" s="2"/>
-[...1 lines deleted...]
-      <c r="E381" s="6"/>
+      <c r="C381" s="3"/>
+      <c r="D381" s="6"/>
+      <c r="E381" s="4"/>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A382" s="1"/>
       <c r="B382" s="2"/>
-      <c r="C382" s="2"/>
-[...1 lines deleted...]
-      <c r="E382" s="6"/>
+      <c r="C382" s="3"/>
+      <c r="D382" s="6"/>
+      <c r="E382" s="4"/>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A383" s="1"/>
       <c r="B383" s="2"/>
-      <c r="C383" s="2"/>
-[...1 lines deleted...]
-      <c r="E383" s="6"/>
+      <c r="C383" s="3"/>
+      <c r="D383" s="6"/>
+      <c r="E383" s="4"/>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A384" s="1"/>
       <c r="B384" s="2"/>
-      <c r="C384" s="2"/>
-[...1 lines deleted...]
-      <c r="E384" s="6"/>
+      <c r="C384" s="3"/>
+      <c r="D384" s="6"/>
+      <c r="E384" s="4"/>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A385" s="1"/>
       <c r="B385" s="2"/>
-      <c r="C385" s="2"/>
-[...1 lines deleted...]
-      <c r="E385" s="6"/>
+      <c r="C385" s="3"/>
+      <c r="D385" s="6"/>
+      <c r="E385" s="4"/>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A386" s="1"/>
       <c r="B386" s="2"/>
-      <c r="C386" s="2"/>
-[...1 lines deleted...]
-      <c r="E386" s="6"/>
+      <c r="C386" s="3"/>
+      <c r="D386" s="6"/>
+      <c r="E386" s="4"/>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A387" s="1"/>
       <c r="B387" s="2"/>
-      <c r="C387" s="2"/>
-[...1 lines deleted...]
-      <c r="E387" s="6"/>
+      <c r="C387" s="3"/>
+      <c r="D387" s="6"/>
+      <c r="E387" s="4"/>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A388" s="1"/>
       <c r="B388" s="2"/>
-      <c r="C388" s="2"/>
-[...1 lines deleted...]
-      <c r="E388" s="6"/>
+      <c r="C388" s="3"/>
+      <c r="D388" s="6"/>
+      <c r="E388" s="4"/>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A389" s="1"/>
       <c r="B389" s="2"/>
-      <c r="C389" s="2"/>
-[...1 lines deleted...]
-      <c r="E389" s="6"/>
+      <c r="C389" s="3"/>
+      <c r="D389" s="6"/>
+      <c r="E389" s="4"/>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A390" s="1"/>
       <c r="B390" s="2"/>
-      <c r="C390" s="2"/>
-[...1 lines deleted...]
-      <c r="E390" s="6"/>
+      <c r="C390" s="3"/>
+      <c r="D390" s="6"/>
+      <c r="E390" s="4"/>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A391" s="1"/>
       <c r="B391" s="2"/>
-      <c r="C391" s="2"/>
-[...1 lines deleted...]
-      <c r="E391" s="6"/>
+      <c r="C391" s="3"/>
+      <c r="D391" s="6"/>
+      <c r="E391" s="4"/>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A392" s="1"/>
       <c r="B392" s="2"/>
-      <c r="C392" s="2"/>
-[...1 lines deleted...]
-      <c r="E392" s="6"/>
+      <c r="C392" s="3"/>
+      <c r="D392" s="6"/>
+      <c r="E392" s="4"/>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A393" s="1"/>
       <c r="B393" s="2"/>
-      <c r="C393" s="2"/>
-[...1 lines deleted...]
-      <c r="E393" s="6"/>
+      <c r="C393" s="3"/>
+      <c r="D393" s="6"/>
+      <c r="E393" s="4"/>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A394" s="1"/>
       <c r="B394" s="2"/>
-      <c r="C394" s="2"/>
-[...1 lines deleted...]
-      <c r="E394" s="6"/>
+      <c r="C394" s="3"/>
+      <c r="D394" s="6"/>
+      <c r="E394" s="4"/>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A395" s="1"/>
       <c r="B395" s="2"/>
-      <c r="C395" s="2"/>
-[...1 lines deleted...]
-      <c r="E395" s="6"/>
+      <c r="C395" s="3"/>
+      <c r="D395" s="6"/>
+      <c r="E395" s="4"/>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A396" s="1"/>
       <c r="B396" s="2"/>
-      <c r="C396" s="2"/>
-[...1 lines deleted...]
-      <c r="E396" s="6"/>
+      <c r="C396" s="3"/>
+      <c r="D396" s="6"/>
+      <c r="E396" s="4"/>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A397" s="1"/>
       <c r="B397" s="2"/>
-      <c r="C397" s="2"/>
-[...1 lines deleted...]
-      <c r="E397" s="6"/>
+      <c r="C397" s="3"/>
+      <c r="D397" s="6"/>
+      <c r="E397" s="4"/>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A398" s="1"/>
       <c r="B398" s="2"/>
-      <c r="C398" s="2"/>
-[...1 lines deleted...]
-      <c r="E398" s="6"/>
+      <c r="C398" s="3"/>
+      <c r="D398" s="6"/>
+      <c r="E398" s="4"/>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A399" s="1"/>
       <c r="B399" s="2"/>
-      <c r="C399" s="2"/>
-[...1 lines deleted...]
-      <c r="E399" s="6"/>
+      <c r="C399" s="3"/>
+      <c r="D399" s="6"/>
+      <c r="E399" s="4"/>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A400" s="1"/>
       <c r="B400" s="2"/>
-      <c r="C400" s="2"/>
-[...1 lines deleted...]
-      <c r="E400" s="6"/>
+      <c r="C400" s="3"/>
+      <c r="D400" s="6"/>
+      <c r="E400" s="4"/>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A401" s="1"/>
       <c r="B401" s="2"/>
-      <c r="C401" s="2"/>
-[...1 lines deleted...]
-      <c r="E401" s="6"/>
+      <c r="C401" s="3"/>
+      <c r="D401" s="6"/>
+      <c r="E401" s="4"/>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A402" s="1"/>
       <c r="B402" s="2"/>
-      <c r="C402" s="2"/>
-[...1 lines deleted...]
-      <c r="E402" s="6"/>
+      <c r="C402" s="3"/>
+      <c r="D402" s="6"/>
+      <c r="E402" s="4"/>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A403" s="1"/>
       <c r="B403" s="2"/>
-      <c r="C403" s="2"/>
-[...1 lines deleted...]
-      <c r="E403" s="6"/>
+      <c r="C403" s="3"/>
+      <c r="D403" s="6"/>
+      <c r="E403" s="4"/>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A404" s="1"/>
       <c r="B404" s="2"/>
-      <c r="C404" s="2"/>
-[...1 lines deleted...]
-      <c r="E404" s="6"/>
+      <c r="C404" s="3"/>
+      <c r="D404" s="6"/>
+      <c r="E404" s="4"/>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A405" s="1"/>
       <c r="B405" s="2"/>
-      <c r="C405" s="2"/>
-[...1 lines deleted...]
-      <c r="E405" s="6"/>
+      <c r="C405" s="3"/>
+      <c r="D405" s="6"/>
+      <c r="E405" s="4"/>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A406" s="1"/>
       <c r="B406" s="2"/>
-      <c r="C406" s="2"/>
-[...1 lines deleted...]
-      <c r="E406" s="6"/>
+      <c r="C406" s="3"/>
+      <c r="D406" s="6"/>
+      <c r="E406" s="4"/>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A407" s="1"/>
       <c r="B407" s="2"/>
-      <c r="C407" s="2"/>
-[...1 lines deleted...]
-      <c r="E407" s="6"/>
+      <c r="C407" s="3"/>
+      <c r="D407" s="6"/>
+      <c r="E407" s="4"/>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A408" s="1"/>
       <c r="B408" s="2"/>
-      <c r="C408" s="2"/>
-[...1 lines deleted...]
-      <c r="E408" s="6"/>
+      <c r="C408" s="3"/>
+      <c r="D408" s="6"/>
+      <c r="E408" s="4"/>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A409" s="1"/>
       <c r="B409" s="2"/>
-      <c r="C409" s="2"/>
-[...1 lines deleted...]
-      <c r="E409" s="6"/>
+      <c r="C409" s="3"/>
+      <c r="D409" s="6"/>
+      <c r="E409" s="4"/>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A410" s="1"/>
       <c r="B410" s="2"/>
-      <c r="C410" s="2"/>
-[...1 lines deleted...]
-      <c r="E410" s="6"/>
+      <c r="C410" s="3"/>
+      <c r="D410" s="6"/>
+      <c r="E410" s="4"/>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A411" s="1"/>
       <c r="B411" s="2"/>
-      <c r="C411" s="2"/>
-[...1 lines deleted...]
-      <c r="E411" s="6"/>
+      <c r="C411" s="3"/>
+      <c r="D411" s="6"/>
+      <c r="E411" s="4"/>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A412" s="1"/>
       <c r="B412" s="2"/>
-      <c r="C412" s="2"/>
-[...1 lines deleted...]
-      <c r="E412" s="6"/>
+      <c r="C412" s="3"/>
+      <c r="D412" s="6"/>
+      <c r="E412" s="4"/>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A413" s="1"/>
       <c r="B413" s="2"/>
-      <c r="C413" s="2"/>
-[...1 lines deleted...]
-      <c r="E413" s="6"/>
+      <c r="C413" s="3"/>
+      <c r="D413" s="6"/>
+      <c r="E413" s="4"/>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A414" s="1"/>
       <c r="B414" s="2"/>
-      <c r="C414" s="2"/>
-[...1 lines deleted...]
-      <c r="E414" s="6"/>
+      <c r="C414" s="3"/>
+      <c r="D414" s="6"/>
+      <c r="E414" s="4"/>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A415" s="1"/>
       <c r="B415" s="2"/>
-      <c r="C415" s="2"/>
-[...1 lines deleted...]
-      <c r="E415" s="6"/>
+      <c r="C415" s="3"/>
+      <c r="D415" s="6"/>
+      <c r="E415" s="4"/>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A416" s="1"/>
       <c r="B416" s="2"/>
-      <c r="C416" s="2"/>
-[...1 lines deleted...]
-      <c r="E416" s="6"/>
+      <c r="C416" s="3"/>
+      <c r="D416" s="6"/>
+      <c r="E416" s="4"/>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A417" s="1"/>
       <c r="B417" s="2"/>
-      <c r="C417" s="2"/>
-[...1 lines deleted...]
-      <c r="E417" s="6"/>
+      <c r="C417" s="3"/>
+      <c r="D417" s="6"/>
+      <c r="E417" s="4"/>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A418" s="1"/>
       <c r="B418" s="2"/>
-      <c r="C418" s="2"/>
-[...1 lines deleted...]
-      <c r="E418" s="6"/>
+      <c r="C418" s="3"/>
+      <c r="D418" s="6"/>
+      <c r="E418" s="4"/>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A419" s="1"/>
       <c r="B419" s="2"/>
-      <c r="C419" s="2"/>
-[...1 lines deleted...]
-      <c r="E419" s="6"/>
+      <c r="C419" s="3"/>
+      <c r="D419" s="6"/>
+      <c r="E419" s="4"/>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A420" s="1"/>
       <c r="B420" s="2"/>
-      <c r="C420" s="2"/>
-[...1 lines deleted...]
-      <c r="E420" s="6"/>
+      <c r="C420" s="3"/>
+      <c r="D420" s="6"/>
+      <c r="E420" s="4"/>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A421" s="1"/>
       <c r="B421" s="2"/>
-      <c r="C421" s="2"/>
-[...1 lines deleted...]
-      <c r="E421" s="6"/>
+      <c r="C421" s="3"/>
+      <c r="D421" s="6"/>
+      <c r="E421" s="4"/>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A422" s="1"/>
       <c r="B422" s="2"/>
-      <c r="C422" s="2"/>
-[...1 lines deleted...]
-      <c r="E422" s="6"/>
+      <c r="C422" s="3"/>
+      <c r="D422" s="6"/>
+      <c r="E422" s="4"/>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A423" s="1"/>
       <c r="B423" s="2"/>
-      <c r="C423" s="2"/>
-[...1 lines deleted...]
-      <c r="E423" s="6"/>
+      <c r="C423" s="3"/>
+      <c r="D423" s="6"/>
+      <c r="E423" s="4"/>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A424" s="1"/>
       <c r="B424" s="2"/>
-      <c r="C424" s="2"/>
-[...1 lines deleted...]
-      <c r="E424" s="6"/>
+      <c r="C424" s="3"/>
+      <c r="D424" s="6"/>
+      <c r="E424" s="4"/>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A425" s="1"/>
       <c r="B425" s="2"/>
-      <c r="C425" s="2"/>
-[...1 lines deleted...]
-      <c r="E425" s="6"/>
+      <c r="C425" s="3"/>
+      <c r="D425" s="6"/>
+      <c r="E425" s="4"/>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A426" s="1"/>
       <c r="B426" s="2"/>
-      <c r="C426" s="2"/>
-[...1 lines deleted...]
-      <c r="E426" s="6"/>
+      <c r="C426" s="3"/>
+      <c r="D426" s="6"/>
+      <c r="E426" s="4"/>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A427" s="1"/>
       <c r="B427" s="2"/>
-      <c r="C427" s="2"/>
-[...1 lines deleted...]
-      <c r="E427" s="6"/>
+      <c r="C427" s="3"/>
+      <c r="D427" s="6"/>
+      <c r="E427" s="4"/>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A428" s="1"/>
       <c r="B428" s="2"/>
-      <c r="C428" s="2"/>
-[...1 lines deleted...]
-      <c r="E428" s="6"/>
+      <c r="C428" s="3"/>
+      <c r="D428" s="6"/>
+      <c r="E428" s="4"/>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A429" s="1"/>
       <c r="B429" s="2"/>
-      <c r="C429" s="2"/>
-[...1 lines deleted...]
-      <c r="E429" s="6"/>
+      <c r="C429" s="3"/>
+      <c r="D429" s="6"/>
+      <c r="E429" s="4"/>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A430" s="1"/>
       <c r="B430" s="2"/>
-      <c r="C430" s="2"/>
-[...1 lines deleted...]
-      <c r="E430" s="6"/>
+      <c r="C430" s="3"/>
+      <c r="D430" s="6"/>
+      <c r="E430" s="4"/>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A431" s="1"/>
       <c r="B431" s="2"/>
-      <c r="C431" s="2"/>
-[...1 lines deleted...]
-      <c r="E431" s="6"/>
+      <c r="C431" s="3"/>
+      <c r="D431" s="6"/>
+      <c r="E431" s="4"/>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A432" s="1"/>
       <c r="B432" s="2"/>
-      <c r="C432" s="2"/>
-[...1 lines deleted...]
-      <c r="E432" s="6"/>
+      <c r="C432" s="3"/>
+      <c r="D432" s="6"/>
+      <c r="E432" s="4"/>
     </row>
     <row r="433" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A433" s="1"/>
       <c r="B433" s="2"/>
-      <c r="C433" s="2"/>
-[...1 lines deleted...]
-      <c r="E433" s="6"/>
+      <c r="C433" s="3"/>
+      <c r="D433" s="6"/>
+      <c r="E433" s="4"/>
     </row>
     <row r="434" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A434" s="1"/>
       <c r="B434" s="2"/>
-      <c r="C434" s="2"/>
-[...1 lines deleted...]
-      <c r="E434" s="6"/>
+      <c r="C434" s="3"/>
+      <c r="D434" s="6"/>
+      <c r="E434" s="4"/>
     </row>
     <row r="435" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A435" s="1"/>
       <c r="B435" s="2"/>
-      <c r="C435" s="2"/>
-[...1 lines deleted...]
-      <c r="E435" s="6"/>
+      <c r="C435" s="3"/>
+      <c r="D435" s="6"/>
+      <c r="E435" s="4"/>
     </row>
     <row r="436" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A436" s="1"/>
       <c r="B436" s="2"/>
-      <c r="C436" s="2"/>
-[...1 lines deleted...]
-      <c r="E436" s="6"/>
+      <c r="C436" s="3"/>
+      <c r="D436" s="6"/>
+      <c r="E436" s="4"/>
     </row>
     <row r="437" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A437" s="1"/>
       <c r="B437" s="2"/>
-      <c r="C437" s="2"/>
-[...1 lines deleted...]
-      <c r="E437" s="6"/>
+      <c r="C437" s="3"/>
+      <c r="D437" s="6"/>
+      <c r="E437" s="4"/>
     </row>
     <row r="438" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A438" s="1"/>
       <c r="B438" s="2"/>
-      <c r="C438" s="2"/>
-[...1 lines deleted...]
-      <c r="E438" s="6"/>
+      <c r="C438" s="3"/>
+      <c r="D438" s="6"/>
+      <c r="E438" s="4"/>
     </row>
     <row r="439" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A439" s="1"/>
       <c r="B439" s="2"/>
-      <c r="C439" s="2"/>
-[...1 lines deleted...]
-      <c r="E439" s="6"/>
+      <c r="C439" s="3"/>
+      <c r="D439" s="6"/>
+      <c r="E439" s="4"/>
     </row>
     <row r="440" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A440" s="1"/>
       <c r="B440" s="2"/>
-      <c r="C440" s="2"/>
-[...1 lines deleted...]
-      <c r="E440" s="6"/>
+      <c r="C440" s="3"/>
+      <c r="D440" s="6"/>
+      <c r="E440" s="4"/>
     </row>
     <row r="441" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A441" s="1"/>
       <c r="B441" s="2"/>
-      <c r="C441" s="2"/>
-[...1 lines deleted...]
-      <c r="E441" s="6"/>
+      <c r="C441" s="3"/>
+      <c r="D441" s="6"/>
+      <c r="E441" s="4"/>
     </row>
     <row r="442" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A442" s="1"/>
       <c r="B442" s="2"/>
-      <c r="C442" s="2"/>
-[...1 lines deleted...]
-      <c r="E442" s="6"/>
+      <c r="C442" s="3"/>
+      <c r="D442" s="6"/>
+      <c r="E442" s="4"/>
     </row>
     <row r="443" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A443" s="1"/>
       <c r="B443" s="2"/>
-      <c r="C443" s="2"/>
-[...1 lines deleted...]
-      <c r="E443" s="6"/>
+      <c r="C443" s="3"/>
+      <c r="D443" s="6"/>
+      <c r="E443" s="4"/>
     </row>
     <row r="444" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A444" s="1"/>
       <c r="B444" s="2"/>
-      <c r="C444" s="2"/>
-[...1 lines deleted...]
-      <c r="E444" s="6"/>
+      <c r="C444" s="3"/>
+      <c r="D444" s="6"/>
+      <c r="E444" s="4"/>
     </row>
     <row r="445" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A445" s="1"/>
       <c r="B445" s="2"/>
-      <c r="C445" s="2"/>
-[...1 lines deleted...]
-      <c r="E445" s="6"/>
+      <c r="C445" s="3"/>
+      <c r="D445" s="6"/>
+      <c r="E445" s="4"/>
     </row>
     <row r="446" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A446" s="1"/>
       <c r="B446" s="2"/>
-      <c r="C446" s="2"/>
-[...1 lines deleted...]
-      <c r="E446" s="6"/>
+      <c r="C446" s="3"/>
+      <c r="D446" s="6"/>
+      <c r="E446" s="4"/>
     </row>
     <row r="447" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A447" s="1"/>
       <c r="B447" s="2"/>
-      <c r="C447" s="2"/>
-[...1 lines deleted...]
-      <c r="E447" s="6"/>
+      <c r="C447" s="3"/>
+      <c r="D447" s="6"/>
+      <c r="E447" s="4"/>
     </row>
     <row r="448" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A448" s="1"/>
       <c r="B448" s="2"/>
-      <c r="C448" s="2"/>
-[...1 lines deleted...]
-      <c r="E448" s="6"/>
+      <c r="C448" s="3"/>
+      <c r="D448" s="6"/>
+      <c r="E448" s="4"/>
     </row>
     <row r="449" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A449" s="1"/>
       <c r="B449" s="2"/>
-      <c r="C449" s="2"/>
-[...1 lines deleted...]
-      <c r="E449" s="6"/>
+      <c r="C449" s="3"/>
+      <c r="D449" s="6"/>
+      <c r="E449" s="4"/>
     </row>
     <row r="450" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A450" s="1"/>
       <c r="B450" s="2"/>
-      <c r="C450" s="2"/>
-[...1 lines deleted...]
-      <c r="E450" s="6"/>
+      <c r="C450" s="3"/>
+      <c r="D450" s="6"/>
+      <c r="E450" s="4"/>
     </row>
     <row r="451" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A451" s="1"/>
       <c r="B451" s="2"/>
-      <c r="C451" s="2"/>
-[...1 lines deleted...]
-      <c r="E451" s="6"/>
+      <c r="C451" s="3"/>
+      <c r="D451" s="6"/>
+      <c r="E451" s="4"/>
     </row>
     <row r="452" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A452" s="1"/>
       <c r="B452" s="2"/>
-      <c r="C452" s="2"/>
-[...1 lines deleted...]
-      <c r="E452" s="6"/>
+      <c r="C452" s="3"/>
+      <c r="D452" s="6"/>
+      <c r="E452" s="4"/>
     </row>
     <row r="453" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A453" s="1"/>
       <c r="B453" s="2"/>
-      <c r="C453" s="2"/>
-[...1 lines deleted...]
-      <c r="E453" s="6"/>
+      <c r="C453" s="3"/>
+      <c r="D453" s="6"/>
+      <c r="E453" s="4"/>
     </row>
     <row r="454" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A454" s="1"/>
       <c r="B454" s="2"/>
-      <c r="C454" s="2"/>
-[...1 lines deleted...]
-      <c r="E454" s="6"/>
+      <c r="C454" s="3"/>
+      <c r="D454" s="6"/>
+      <c r="E454" s="4"/>
     </row>
     <row r="455" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A455" s="1"/>
       <c r="B455" s="2"/>
-      <c r="C455" s="2"/>
-[...1 lines deleted...]
-      <c r="E455" s="6"/>
+      <c r="C455" s="3"/>
+      <c r="D455" s="6"/>
+      <c r="E455" s="4"/>
     </row>
     <row r="456" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A456" s="1"/>
       <c r="B456" s="2"/>
-      <c r="C456" s="2"/>
-[...1 lines deleted...]
-      <c r="E456" s="6"/>
+      <c r="C456" s="3"/>
+      <c r="D456" s="6"/>
+      <c r="E456" s="4"/>
     </row>
     <row r="457" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A457" s="1"/>
       <c r="B457" s="2"/>
-      <c r="C457" s="2"/>
-[...1 lines deleted...]
-      <c r="E457" s="6"/>
+      <c r="C457" s="3"/>
+      <c r="D457" s="6"/>
+      <c r="E457" s="4"/>
     </row>
     <row r="458" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A458" s="1"/>
       <c r="B458" s="2"/>
-      <c r="C458" s="2"/>
-[...1 lines deleted...]
-      <c r="E458" s="6"/>
+      <c r="C458" s="3"/>
+      <c r="D458" s="6"/>
+      <c r="E458" s="4"/>
     </row>
     <row r="459" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A459" s="1"/>
       <c r="B459" s="2"/>
-      <c r="C459" s="2"/>
-[...1 lines deleted...]
-      <c r="E459" s="6"/>
+      <c r="C459" s="3"/>
+      <c r="D459" s="6"/>
+      <c r="E459" s="4"/>
     </row>
     <row r="460" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A460" s="1"/>
       <c r="B460" s="2"/>
-      <c r="C460" s="2"/>
-[...1 lines deleted...]
-      <c r="E460" s="6"/>
+      <c r="C460" s="3"/>
+      <c r="D460" s="6"/>
+      <c r="E460" s="4"/>
     </row>
     <row r="461" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A461" s="1"/>
       <c r="B461" s="2"/>
-      <c r="C461" s="2"/>
-[...1 lines deleted...]
-      <c r="E461" s="6"/>
+      <c r="C461" s="3"/>
+      <c r="D461" s="6"/>
+      <c r="E461" s="4"/>
     </row>
     <row r="462" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A462" s="1"/>
       <c r="B462" s="2"/>
-      <c r="C462" s="2"/>
-[...1 lines deleted...]
-      <c r="E462" s="6"/>
+      <c r="C462" s="3"/>
+      <c r="D462" s="6"/>
+      <c r="E462" s="4"/>
     </row>
     <row r="463" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A463" s="1"/>
       <c r="B463" s="2"/>
-      <c r="C463" s="2"/>
-[...1 lines deleted...]
-      <c r="E463" s="6"/>
+      <c r="C463" s="3"/>
+      <c r="D463" s="6"/>
+      <c r="E463" s="4"/>
     </row>
     <row r="464" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A464" s="1"/>
       <c r="B464" s="2"/>
-      <c r="C464" s="2"/>
-[...1 lines deleted...]
-      <c r="E464" s="6"/>
+      <c r="C464" s="3"/>
+      <c r="D464" s="6"/>
+      <c r="E464" s="4"/>
     </row>
     <row r="465" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A465" s="1"/>
       <c r="B465" s="2"/>
-      <c r="C465" s="2"/>
-[...1 lines deleted...]
-      <c r="E465" s="6"/>
+      <c r="C465" s="3"/>
+      <c r="D465" s="6"/>
+      <c r="E465" s="4"/>
     </row>
     <row r="466" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A466" s="1"/>
       <c r="B466" s="2"/>
-      <c r="C466" s="2"/>
-[...1 lines deleted...]
-      <c r="E466" s="6"/>
+      <c r="C466" s="3"/>
+      <c r="D466" s="6"/>
+      <c r="E466" s="4"/>
     </row>
     <row r="467" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A467" s="1"/>
       <c r="B467" s="2"/>
-      <c r="C467" s="2"/>
-[...1 lines deleted...]
-      <c r="E467" s="6"/>
+      <c r="C467" s="3"/>
+      <c r="D467" s="6"/>
+      <c r="E467" s="4"/>
     </row>
     <row r="468" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A468" s="1"/>
       <c r="B468" s="2"/>
-      <c r="C468" s="2"/>
-[...1 lines deleted...]
-      <c r="E468" s="6"/>
+      <c r="C468" s="3"/>
+      <c r="D468" s="6"/>
+      <c r="E468" s="4"/>
     </row>
     <row r="469" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A469" s="1"/>
       <c r="B469" s="2"/>
-      <c r="C469" s="2"/>
-[...1 lines deleted...]
-      <c r="E469" s="6"/>
+      <c r="C469" s="3"/>
+      <c r="D469" s="6"/>
+      <c r="E469" s="4"/>
     </row>
     <row r="470" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A470" s="1"/>
       <c r="B470" s="2"/>
-      <c r="C470" s="2"/>
-[...1 lines deleted...]
-      <c r="E470" s="6"/>
+      <c r="C470" s="3"/>
+      <c r="D470" s="6"/>
+      <c r="E470" s="4"/>
     </row>
     <row r="471" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A471" s="1"/>
       <c r="B471" s="2"/>
-      <c r="C471" s="2"/>
-[...1 lines deleted...]
-      <c r="E471" s="6"/>
+      <c r="C471" s="3"/>
+      <c r="D471" s="6"/>
+      <c r="E471" s="4"/>
     </row>
     <row r="472" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A472" s="1"/>
       <c r="B472" s="2"/>
-      <c r="C472" s="2"/>
-[...1 lines deleted...]
-      <c r="E472" s="6"/>
+      <c r="C472" s="3"/>
+      <c r="D472" s="6"/>
+      <c r="E472" s="4"/>
     </row>
     <row r="473" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A473" s="1"/>
       <c r="B473" s="2"/>
-      <c r="C473" s="2"/>
-[...1 lines deleted...]
-      <c r="E473" s="6"/>
+      <c r="C473" s="3"/>
+      <c r="D473" s="6"/>
+      <c r="E473" s="4"/>
     </row>
     <row r="474" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A474" s="1"/>
       <c r="B474" s="2"/>
-      <c r="C474" s="2"/>
-[...1 lines deleted...]
-      <c r="E474" s="6"/>
+      <c r="C474" s="3"/>
+      <c r="D474" s="6"/>
+      <c r="E474" s="4"/>
     </row>
     <row r="475" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A475" s="1"/>
       <c r="B475" s="2"/>
-      <c r="C475" s="2"/>
-[...1 lines deleted...]
-      <c r="E475" s="6"/>
+      <c r="C475" s="3"/>
+      <c r="D475" s="6"/>
+      <c r="E475" s="4"/>
     </row>
     <row r="476" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A476" s="1"/>
       <c r="B476" s="2"/>
-      <c r="C476" s="2"/>
-[...1 lines deleted...]
-      <c r="E476" s="6"/>
+      <c r="C476" s="3"/>
+      <c r="D476" s="6"/>
+      <c r="E476" s="4"/>
     </row>
     <row r="477" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A477" s="1"/>
       <c r="B477" s="2"/>
-      <c r="C477" s="2"/>
-[...1 lines deleted...]
-      <c r="E477" s="6"/>
+      <c r="C477" s="3"/>
+      <c r="D477" s="6"/>
+      <c r="E477" s="4"/>
     </row>
     <row r="478" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A478" s="1"/>
       <c r="B478" s="2"/>
-      <c r="C478" s="2"/>
-[...1 lines deleted...]
-      <c r="E478" s="6"/>
+      <c r="C478" s="3"/>
+      <c r="D478" s="6"/>
+      <c r="E478" s="4"/>
     </row>
     <row r="479" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A479" s="1"/>
       <c r="B479" s="2"/>
-      <c r="C479" s="2"/>
-[...1 lines deleted...]
-      <c r="E479" s="6"/>
+      <c r="C479" s="3"/>
+      <c r="D479" s="6"/>
+      <c r="E479" s="4"/>
     </row>
     <row r="480" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A480" s="1"/>
       <c r="B480" s="2"/>
-      <c r="C480" s="2"/>
-[...1 lines deleted...]
-      <c r="E480" s="6"/>
+      <c r="C480" s="3"/>
+      <c r="D480" s="6"/>
+      <c r="E480" s="4"/>
     </row>
     <row r="481" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A481" s="1"/>
       <c r="B481" s="2"/>
-      <c r="C481" s="2"/>
-[...1 lines deleted...]
-      <c r="E481" s="6"/>
+      <c r="C481" s="3"/>
+      <c r="D481" s="6"/>
+      <c r="E481" s="4"/>
     </row>
     <row r="482" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A482" s="1"/>
       <c r="B482" s="2"/>
-      <c r="C482" s="2"/>
-[...1 lines deleted...]
-      <c r="E482" s="6"/>
+      <c r="C482" s="3"/>
+      <c r="D482" s="6"/>
+      <c r="E482" s="4"/>
     </row>
     <row r="483" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A483" s="1"/>
       <c r="B483" s="2"/>
-      <c r="C483" s="2"/>
-[...1 lines deleted...]
-      <c r="E483" s="6"/>
+      <c r="C483" s="3"/>
+      <c r="D483" s="6"/>
+      <c r="E483" s="4"/>
     </row>
     <row r="484" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A484" s="1"/>
       <c r="B484" s="2"/>
-      <c r="C484" s="2"/>
-[...1 lines deleted...]
-      <c r="E484" s="6"/>
+      <c r="C484" s="3"/>
+      <c r="D484" s="6"/>
+      <c r="E484" s="4"/>
     </row>
     <row r="485" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A485" s="1"/>
       <c r="B485" s="2"/>
-      <c r="C485" s="2"/>
-[...1 lines deleted...]
-      <c r="E485" s="6"/>
+      <c r="C485" s="3"/>
+      <c r="D485" s="6"/>
+      <c r="E485" s="4"/>
     </row>
     <row r="486" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A486" s="1"/>
       <c r="B486" s="2"/>
-      <c r="C486" s="2"/>
-[...1 lines deleted...]
-      <c r="E486" s="6"/>
+      <c r="C486" s="3"/>
+      <c r="D486" s="6"/>
+      <c r="E486" s="4"/>
     </row>
     <row r="487" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A487" s="1"/>
       <c r="B487" s="2"/>
-      <c r="C487" s="2"/>
-[...1 lines deleted...]
-      <c r="E487" s="6"/>
+      <c r="C487" s="3"/>
+      <c r="D487" s="6"/>
+      <c r="E487" s="4"/>
     </row>
     <row r="488" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A488" s="1"/>
       <c r="B488" s="2"/>
-      <c r="C488" s="2"/>
-[...1 lines deleted...]
-      <c r="E488" s="6"/>
+      <c r="C488" s="3"/>
+      <c r="D488" s="6"/>
+      <c r="E488" s="4"/>
     </row>
     <row r="489" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A489" s="1"/>
       <c r="B489" s="2"/>
-      <c r="C489" s="2"/>
-[...1 lines deleted...]
-      <c r="E489" s="6"/>
+      <c r="C489" s="3"/>
+      <c r="D489" s="6"/>
+      <c r="E489" s="4"/>
     </row>
     <row r="490" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A490" s="1"/>
       <c r="B490" s="2"/>
-      <c r="C490" s="2"/>
-[...1 lines deleted...]
-      <c r="E490" s="6"/>
+      <c r="C490" s="3"/>
+      <c r="D490" s="6"/>
+      <c r="E490" s="4"/>
     </row>
     <row r="491" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A491" s="1"/>
       <c r="B491" s="2"/>
-      <c r="C491" s="2"/>
-[...1 lines deleted...]
-      <c r="E491" s="6"/>
+      <c r="C491" s="3"/>
+      <c r="D491" s="6"/>
+      <c r="E491" s="4"/>
     </row>
     <row r="492" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A492" s="1"/>
       <c r="B492" s="2"/>
-      <c r="C492" s="2"/>
-[...1 lines deleted...]
-      <c r="E492" s="6"/>
+      <c r="C492" s="3"/>
+      <c r="D492" s="6"/>
+      <c r="E492" s="4"/>
     </row>
     <row r="493" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A493" s="1"/>
       <c r="B493" s="2"/>
-      <c r="C493" s="2"/>
-[...1 lines deleted...]
-      <c r="E493" s="6"/>
+      <c r="C493" s="3"/>
+      <c r="D493" s="6"/>
+      <c r="E493" s="4"/>
     </row>
     <row r="494" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A494" s="1"/>
       <c r="B494" s="2"/>
-      <c r="C494" s="2"/>
-[...1 lines deleted...]
-      <c r="E494" s="6"/>
+      <c r="C494" s="3"/>
+      <c r="D494" s="6"/>
+      <c r="E494" s="4"/>
     </row>
     <row r="495" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A495" s="1"/>
       <c r="B495" s="2"/>
-      <c r="C495" s="2"/>
-[...1 lines deleted...]
-      <c r="E495" s="6"/>
+      <c r="C495" s="3"/>
+      <c r="D495" s="6"/>
+      <c r="E495" s="4"/>
     </row>
     <row r="496" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A496" s="1"/>
       <c r="B496" s="2"/>
-      <c r="C496" s="2"/>
-[...1 lines deleted...]
-      <c r="E496" s="6"/>
+      <c r="C496" s="3"/>
+      <c r="D496" s="6"/>
+      <c r="E496" s="4"/>
     </row>
     <row r="497" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A497" s="1"/>
       <c r="B497" s="2"/>
-      <c r="C497" s="2"/>
-[...1 lines deleted...]
-      <c r="E497" s="6"/>
+      <c r="C497" s="3"/>
+      <c r="D497" s="6"/>
+      <c r="E497" s="4"/>
     </row>
     <row r="498" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A498" s="1"/>
       <c r="B498" s="2"/>
-      <c r="C498" s="2"/>
-[...1 lines deleted...]
-      <c r="E498" s="6"/>
+      <c r="C498" s="3"/>
+      <c r="D498" s="6"/>
+      <c r="E498" s="4"/>
     </row>
     <row r="499" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A499" s="1"/>
       <c r="B499" s="2"/>
-      <c r="C499" s="2"/>
-[...1 lines deleted...]
-      <c r="E499" s="6"/>
+      <c r="C499" s="3"/>
+      <c r="D499" s="6"/>
+      <c r="E499" s="4"/>
     </row>
     <row r="500" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A500" s="1"/>
       <c r="B500" s="2"/>
-      <c r="C500" s="2"/>
-[...1 lines deleted...]
-      <c r="E500" s="6"/>
+      <c r="C500" s="3"/>
+      <c r="D500" s="6"/>
+      <c r="E500" s="4"/>
     </row>
     <row r="501" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A501" s="1"/>
       <c r="B501" s="2"/>
-      <c r="C501" s="2"/>
-[...1 lines deleted...]
-      <c r="E501" s="6"/>
+      <c r="C501" s="3"/>
+      <c r="D501" s="6"/>
+      <c r="E501" s="4"/>
     </row>
     <row r="502" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A502" s="1"/>
       <c r="B502" s="2"/>
-      <c r="C502" s="2"/>
-[...1 lines deleted...]
-      <c r="E502" s="6"/>
+      <c r="C502" s="3"/>
+      <c r="D502" s="6"/>
+      <c r="E502" s="4"/>
     </row>
     <row r="503" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A503" s="1"/>
       <c r="B503" s="2"/>
-      <c r="C503" s="2"/>
-[...1 lines deleted...]
-      <c r="E503" s="6"/>
+      <c r="C503" s="3"/>
+      <c r="D503" s="6"/>
+      <c r="E503" s="4"/>
     </row>
     <row r="504" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A504" s="1"/>
       <c r="B504" s="2"/>
-      <c r="C504" s="2"/>
-[...1 lines deleted...]
-      <c r="E504" s="6"/>
+      <c r="C504" s="3"/>
+      <c r="D504" s="6"/>
+      <c r="E504" s="4"/>
     </row>
     <row r="505" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A505" s="1"/>
       <c r="B505" s="2"/>
-      <c r="C505" s="2"/>
-[...1 lines deleted...]
-      <c r="E505" s="6"/>
+      <c r="C505" s="3"/>
+      <c r="D505" s="6"/>
+      <c r="E505" s="4"/>
     </row>
     <row r="506" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A506" s="1"/>
       <c r="B506" s="2"/>
-      <c r="C506" s="2"/>
-[...1 lines deleted...]
-      <c r="E506" s="6"/>
+      <c r="C506" s="3"/>
+      <c r="D506" s="6"/>
+      <c r="E506" s="4"/>
     </row>
     <row r="507" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A507" s="1"/>
       <c r="B507" s="2"/>
-      <c r="C507" s="2"/>
-[...1 lines deleted...]
-      <c r="E507" s="6"/>
+      <c r="C507" s="3"/>
+      <c r="D507" s="6"/>
+      <c r="E507" s="4"/>
     </row>
     <row r="508" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A508" s="1"/>
       <c r="B508" s="2"/>
-      <c r="C508" s="2"/>
-[...1 lines deleted...]
-      <c r="E508" s="6"/>
+      <c r="C508" s="3"/>
+      <c r="D508" s="6"/>
+      <c r="E508" s="4"/>
     </row>
     <row r="509" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A509" s="1"/>
       <c r="B509" s="2"/>
-      <c r="C509" s="2"/>
-[...1 lines deleted...]
-      <c r="E509" s="6"/>
+      <c r="C509" s="3"/>
+      <c r="D509" s="6"/>
+      <c r="E509" s="4"/>
     </row>
     <row r="510" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A510" s="1"/>
       <c r="B510" s="2"/>
-      <c r="C510" s="2"/>
-[...1 lines deleted...]
-      <c r="E510" s="6"/>
+      <c r="C510" s="3"/>
+      <c r="D510" s="6"/>
+      <c r="E510" s="4"/>
     </row>
     <row r="511" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A511" s="1"/>
       <c r="B511" s="2"/>
-      <c r="C511" s="2"/>
-[...1 lines deleted...]
-      <c r="E511" s="6"/>
+      <c r="C511" s="3"/>
+      <c r="D511" s="6"/>
+      <c r="E511" s="4"/>
     </row>
     <row r="512" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A512" s="1"/>
       <c r="B512" s="2"/>
-      <c r="C512" s="2"/>
-[...1 lines deleted...]
-      <c r="E512" s="6"/>
+      <c r="C512" s="3"/>
+      <c r="D512" s="6"/>
+      <c r="E512" s="4"/>
     </row>
     <row r="513" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A513" s="1"/>
       <c r="B513" s="2"/>
-      <c r="C513" s="2"/>
-[...1 lines deleted...]
-      <c r="E513" s="6"/>
+      <c r="C513" s="3"/>
+      <c r="D513" s="6"/>
+      <c r="E513" s="4"/>
     </row>
     <row r="514" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A514" s="1"/>
       <c r="B514" s="2"/>
-      <c r="C514" s="2"/>
-[...1 lines deleted...]
-      <c r="E514" s="6"/>
+      <c r="C514" s="3"/>
+      <c r="D514" s="6"/>
+      <c r="E514" s="4"/>
     </row>
     <row r="515" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A515" s="1"/>
       <c r="B515" s="2"/>
-      <c r="C515" s="2"/>
-[...1 lines deleted...]
-      <c r="E515" s="6"/>
+      <c r="C515" s="3"/>
+      <c r="D515" s="6"/>
+      <c r="E515" s="4"/>
     </row>
     <row r="516" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A516" s="1"/>
       <c r="B516" s="2"/>
-      <c r="C516" s="2"/>
-[...1 lines deleted...]
-      <c r="E516" s="6"/>
+      <c r="C516" s="3"/>
+      <c r="D516" s="6"/>
+      <c r="E516" s="4"/>
     </row>
     <row r="517" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A517" s="1"/>
       <c r="B517" s="2"/>
-      <c r="C517" s="2"/>
-[...1 lines deleted...]
-      <c r="E517" s="6"/>
+      <c r="C517" s="3"/>
+      <c r="D517" s="6"/>
+      <c r="E517" s="4"/>
     </row>
     <row r="518" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A518" s="1"/>
       <c r="B518" s="2"/>
-      <c r="C518" s="2"/>
-[...1 lines deleted...]
-      <c r="E518" s="6"/>
+      <c r="C518" s="3"/>
+      <c r="D518" s="6"/>
+      <c r="E518" s="4"/>
     </row>
     <row r="519" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A519" s="1"/>
       <c r="B519" s="2"/>
-      <c r="C519" s="2"/>
-[...1 lines deleted...]
-      <c r="E519" s="6"/>
+      <c r="C519" s="3"/>
+      <c r="D519" s="6"/>
+      <c r="E519" s="4"/>
     </row>
     <row r="520" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A520" s="1"/>
       <c r="B520" s="2"/>
-      <c r="C520" s="2"/>
-[...1 lines deleted...]
-      <c r="E520" s="6"/>
+      <c r="C520" s="3"/>
+      <c r="D520" s="6"/>
+      <c r="E520" s="4"/>
     </row>
     <row r="521" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A521" s="1"/>
       <c r="B521" s="2"/>
-      <c r="C521" s="2"/>
-[...1 lines deleted...]
-      <c r="E521" s="6"/>
+      <c r="C521" s="3"/>
+      <c r="D521" s="6"/>
+      <c r="E521" s="4"/>
     </row>
     <row r="522" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A522" s="1"/>
       <c r="B522" s="2"/>
-      <c r="C522" s="2"/>
-[...1 lines deleted...]
-      <c r="E522" s="6"/>
+      <c r="C522" s="3"/>
+      <c r="D522" s="6"/>
+      <c r="E522" s="4"/>
     </row>
     <row r="523" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A523" s="1"/>
       <c r="B523" s="2"/>
-      <c r="C523" s="2"/>
-[...1 lines deleted...]
-      <c r="E523" s="6"/>
+      <c r="C523" s="3"/>
+      <c r="D523" s="6"/>
+      <c r="E523" s="4"/>
     </row>
     <row r="524" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A524" s="1"/>
       <c r="B524" s="2"/>
-      <c r="C524" s="2"/>
-[...1 lines deleted...]
-      <c r="E524" s="6"/>
+      <c r="C524" s="3"/>
+      <c r="D524" s="6"/>
+      <c r="E524" s="4"/>
     </row>
     <row r="525" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A525" s="1"/>
       <c r="B525" s="2"/>
-      <c r="C525" s="2"/>
-[...1 lines deleted...]
-      <c r="E525" s="6"/>
+      <c r="C525" s="3"/>
+      <c r="D525" s="6"/>
+      <c r="E525" s="4"/>
     </row>
     <row r="526" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A526" s="1"/>
       <c r="B526" s="2"/>
-      <c r="C526" s="2"/>
-[...1 lines deleted...]
-      <c r="E526" s="6"/>
+      <c r="C526" s="3"/>
+      <c r="D526" s="6"/>
+      <c r="E526" s="4"/>
     </row>
     <row r="527" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A527" s="1"/>
       <c r="B527" s="2"/>
-      <c r="C527" s="2"/>
-[...1 lines deleted...]
-      <c r="E527" s="6"/>
+      <c r="C527" s="3"/>
+      <c r="D527" s="6"/>
+      <c r="E527" s="4"/>
     </row>
     <row r="528" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A528" s="1"/>
       <c r="B528" s="2"/>
-      <c r="C528" s="2"/>
-[...1 lines deleted...]
-      <c r="E528" s="6"/>
+      <c r="C528" s="3"/>
+      <c r="D528" s="6"/>
+      <c r="E528" s="4"/>
     </row>
     <row r="529" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A529" s="1"/>
       <c r="B529" s="2"/>
-      <c r="C529" s="2"/>
-[...1 lines deleted...]
-      <c r="E529" s="6"/>
+      <c r="C529" s="3"/>
+      <c r="D529" s="6"/>
+      <c r="E529" s="4"/>
     </row>
     <row r="530" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A530" s="1"/>
       <c r="B530" s="2"/>
-      <c r="C530" s="2"/>
-[...1 lines deleted...]
-      <c r="E530" s="6"/>
+      <c r="C530" s="3"/>
+      <c r="D530" s="6"/>
+      <c r="E530" s="4"/>
     </row>
     <row r="531" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A531" s="1"/>
       <c r="B531" s="2"/>
-      <c r="C531" s="2"/>
-[...1 lines deleted...]
-      <c r="E531" s="6"/>
+      <c r="C531" s="3"/>
+      <c r="D531" s="6"/>
+      <c r="E531" s="4"/>
     </row>
     <row r="532" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A532" s="1"/>
       <c r="B532" s="2"/>
-      <c r="C532" s="2"/>
-[...1 lines deleted...]
-      <c r="E532" s="6"/>
+      <c r="C532" s="3"/>
+      <c r="D532" s="6"/>
+      <c r="E532" s="4"/>
     </row>
     <row r="533" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A533" s="1"/>
       <c r="B533" s="2"/>
-      <c r="C533" s="2"/>
-[...1 lines deleted...]
-      <c r="E533" s="6"/>
+      <c r="C533" s="3"/>
+      <c r="D533" s="6"/>
+      <c r="E533" s="4"/>
     </row>
     <row r="534" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A534" s="1"/>
       <c r="B534" s="2"/>
-      <c r="C534" s="2"/>
-[...1 lines deleted...]
-      <c r="E534" s="6"/>
+      <c r="C534" s="3"/>
+      <c r="D534" s="6"/>
+      <c r="E534" s="4"/>
     </row>
     <row r="535" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A535" s="1"/>
       <c r="B535" s="2"/>
-      <c r="C535" s="2"/>
-[...1 lines deleted...]
-      <c r="E535" s="6"/>
+      <c r="C535" s="3"/>
+      <c r="D535" s="6"/>
+      <c r="E535" s="4"/>
     </row>
     <row r="536" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A536" s="1"/>
       <c r="B536" s="2"/>
-      <c r="C536" s="2"/>
-[...1 lines deleted...]
-      <c r="E536" s="6"/>
+      <c r="C536" s="3"/>
+      <c r="D536" s="6"/>
+      <c r="E536" s="4"/>
     </row>
     <row r="537" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A537" s="1"/>
       <c r="B537" s="2"/>
-      <c r="C537" s="2"/>
-[...1 lines deleted...]
-      <c r="E537" s="6"/>
+      <c r="C537" s="3"/>
+      <c r="D537" s="6"/>
+      <c r="E537" s="4"/>
     </row>
     <row r="538" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A538" s="1"/>
       <c r="B538" s="2"/>
-      <c r="C538" s="2"/>
-[...1 lines deleted...]
-      <c r="E538" s="6"/>
+      <c r="C538" s="3"/>
+      <c r="D538" s="6"/>
+      <c r="E538" s="4"/>
     </row>
     <row r="539" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A539" s="1"/>
       <c r="B539" s="2"/>
-      <c r="C539" s="2"/>
-[...1 lines deleted...]
-      <c r="E539" s="6"/>
+      <c r="C539" s="3"/>
+      <c r="D539" s="6"/>
+      <c r="E539" s="4"/>
     </row>
     <row r="540" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A540" s="1"/>
       <c r="B540" s="2"/>
-      <c r="C540" s="2"/>
-[...1 lines deleted...]
-      <c r="E540" s="6"/>
+      <c r="C540" s="3"/>
+      <c r="D540" s="6"/>
+      <c r="E540" s="4"/>
     </row>
     <row r="541" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A541" s="1"/>
       <c r="B541" s="2"/>
-      <c r="C541" s="2"/>
-[...1 lines deleted...]
-      <c r="E541" s="6"/>
+      <c r="C541" s="3"/>
+      <c r="D541" s="6"/>
+      <c r="E541" s="4"/>
     </row>
     <row r="542" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A542" s="1"/>
       <c r="B542" s="2"/>
-      <c r="C542" s="2"/>
-[...1 lines deleted...]
-      <c r="E542" s="6"/>
+      <c r="C542" s="3"/>
+      <c r="D542" s="6"/>
+      <c r="E542" s="4"/>
     </row>
     <row r="543" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A543" s="1"/>
       <c r="B543" s="2"/>
-      <c r="C543" s="2"/>
-[...1 lines deleted...]
-      <c r="E543" s="6"/>
+      <c r="C543" s="3"/>
+      <c r="D543" s="6"/>
+      <c r="E543" s="4"/>
     </row>
     <row r="544" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A544" s="1"/>
       <c r="B544" s="2"/>
-      <c r="C544" s="2"/>
-[...1 lines deleted...]
-      <c r="E544" s="6"/>
+      <c r="C544" s="3"/>
+      <c r="D544" s="6"/>
+      <c r="E544" s="4"/>
     </row>
     <row r="545" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A545" s="1"/>
       <c r="B545" s="2"/>
-      <c r="C545" s="2"/>
-[...1 lines deleted...]
-      <c r="E545" s="6"/>
+      <c r="C545" s="3"/>
+      <c r="D545" s="6"/>
+      <c r="E545" s="4"/>
     </row>
     <row r="546" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A546" s="1"/>
       <c r="B546" s="2"/>
-      <c r="C546" s="2"/>
-[...1 lines deleted...]
-      <c r="E546" s="6"/>
+      <c r="C546" s="3"/>
+      <c r="D546" s="6"/>
+      <c r="E546" s="4"/>
     </row>
     <row r="547" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A547" s="1"/>
       <c r="B547" s="2"/>
-      <c r="C547" s="2"/>
-[...1 lines deleted...]
-      <c r="E547" s="6"/>
+      <c r="C547" s="3"/>
+      <c r="D547" s="6"/>
+      <c r="E547" s="4"/>
     </row>
     <row r="548" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A548" s="1"/>
       <c r="B548" s="2"/>
-      <c r="C548" s="2"/>
-[...1 lines deleted...]
-      <c r="E548" s="6"/>
+      <c r="C548" s="3"/>
+      <c r="D548" s="6"/>
+      <c r="E548" s="4"/>
     </row>
     <row r="549" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A549" s="1"/>
       <c r="B549" s="2"/>
-      <c r="C549" s="2"/>
-[...1 lines deleted...]
-      <c r="E549" s="6"/>
+      <c r="C549" s="3"/>
+      <c r="D549" s="6"/>
+      <c r="E549" s="4"/>
     </row>
     <row r="550" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A550" s="1"/>
       <c r="B550" s="2"/>
-      <c r="C550" s="2"/>
-[...1 lines deleted...]
-      <c r="E550" s="6"/>
+      <c r="C550" s="3"/>
+      <c r="D550" s="6"/>
+      <c r="E550" s="4"/>
     </row>
     <row r="551" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A551" s="1"/>
       <c r="B551" s="2"/>
-      <c r="C551" s="2"/>
-[...1 lines deleted...]
-      <c r="E551" s="6"/>
+      <c r="C551" s="3"/>
+      <c r="D551" s="6"/>
+      <c r="E551" s="4"/>
     </row>
     <row r="552" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A552" s="1"/>
       <c r="B552" s="2"/>
-      <c r="C552" s="2"/>
-[...1 lines deleted...]
-      <c r="E552" s="6"/>
+      <c r="C552" s="3"/>
+      <c r="D552" s="6"/>
+      <c r="E552" s="4"/>
     </row>
     <row r="553" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A553" s="1"/>
       <c r="B553" s="2"/>
-      <c r="C553" s="2"/>
-[...1 lines deleted...]
-      <c r="E553" s="6"/>
+      <c r="C553" s="3"/>
+      <c r="D553" s="6"/>
+      <c r="E553" s="4"/>
     </row>
     <row r="554" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A554" s="1"/>
       <c r="B554" s="2"/>
-      <c r="C554" s="2"/>
-[...1 lines deleted...]
-      <c r="E554" s="6"/>
+      <c r="C554" s="3"/>
+      <c r="D554" s="6"/>
+      <c r="E554" s="4"/>
     </row>
     <row r="555" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A555" s="1"/>
       <c r="B555" s="2"/>
-      <c r="C555" s="2"/>
-[...1 lines deleted...]
-      <c r="E555" s="6"/>
+      <c r="C555" s="3"/>
+      <c r="D555" s="6"/>
+      <c r="E555" s="4"/>
     </row>
     <row r="556" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A556" s="1"/>
       <c r="B556" s="2"/>
-      <c r="C556" s="2"/>
-[...1 lines deleted...]
-      <c r="E556" s="6"/>
+      <c r="C556" s="3"/>
+      <c r="D556" s="6"/>
+      <c r="E556" s="4"/>
     </row>
     <row r="557" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A557" s="1"/>
       <c r="B557" s="2"/>
-      <c r="C557" s="2"/>
-[...1 lines deleted...]
-      <c r="E557" s="6"/>
+      <c r="C557" s="3"/>
+      <c r="D557" s="6"/>
+      <c r="E557" s="4"/>
     </row>
     <row r="558" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A558" s="1"/>
       <c r="B558" s="2"/>
-      <c r="C558" s="2"/>
-[...1 lines deleted...]
-      <c r="E558" s="6"/>
+      <c r="C558" s="3"/>
+      <c r="D558" s="6"/>
+      <c r="E558" s="4"/>
     </row>
     <row r="559" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A559" s="1"/>
       <c r="B559" s="2"/>
-      <c r="C559" s="2"/>
-[...1 lines deleted...]
-      <c r="E559" s="6"/>
+      <c r="C559" s="3"/>
+      <c r="D559" s="6"/>
+      <c r="E559" s="4"/>
     </row>
     <row r="560" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A560" s="1"/>
       <c r="B560" s="2"/>
-      <c r="C560" s="2"/>
-[...1 lines deleted...]
-      <c r="E560" s="6"/>
+      <c r="C560" s="3"/>
+      <c r="D560" s="6"/>
+      <c r="E560" s="4"/>
     </row>
     <row r="561" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A561" s="1"/>
       <c r="B561" s="2"/>
-      <c r="C561" s="2"/>
-[...1 lines deleted...]
-      <c r="E561" s="6"/>
+      <c r="C561" s="3"/>
+      <c r="D561" s="6"/>
+      <c r="E561" s="4"/>
     </row>
     <row r="562" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A562" s="1"/>
       <c r="B562" s="2"/>
-      <c r="C562" s="2"/>
-[...1 lines deleted...]
-      <c r="E562" s="6"/>
+      <c r="C562" s="3"/>
+      <c r="D562" s="6"/>
+      <c r="E562" s="4"/>
     </row>
     <row r="563" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A563" s="1"/>
       <c r="B563" s="2"/>
-      <c r="C563" s="2"/>
-[...1 lines deleted...]
-      <c r="E563" s="6"/>
+      <c r="C563" s="3"/>
+      <c r="D563" s="6"/>
+      <c r="E563" s="4"/>
     </row>
     <row r="564" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A564" s="1"/>
       <c r="B564" s="2"/>
-      <c r="C564" s="2"/>
-[...1 lines deleted...]
-      <c r="E564" s="6"/>
+      <c r="C564" s="3"/>
+      <c r="D564" s="6"/>
+      <c r="E564" s="4"/>
     </row>
     <row r="565" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A565" s="1"/>
       <c r="B565" s="2"/>
-      <c r="C565" s="2"/>
-[...1 lines deleted...]
-      <c r="E565" s="6"/>
+      <c r="C565" s="3"/>
+      <c r="D565" s="6"/>
+      <c r="E565" s="4"/>
     </row>
     <row r="566" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A566" s="1"/>
       <c r="B566" s="2"/>
-      <c r="C566" s="2"/>
-[...1 lines deleted...]
-      <c r="E566" s="6"/>
+      <c r="C566" s="3"/>
+      <c r="D566" s="6"/>
+      <c r="E566" s="4"/>
     </row>
     <row r="567" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A567" s="1"/>
       <c r="B567" s="2"/>
-      <c r="C567" s="2"/>
-[...1 lines deleted...]
-      <c r="E567" s="6"/>
+      <c r="C567" s="3"/>
+      <c r="D567" s="6"/>
+      <c r="E567" s="4"/>
     </row>
     <row r="568" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A568" s="1"/>
       <c r="B568" s="2"/>
-      <c r="C568" s="2"/>
-[...1 lines deleted...]
-      <c r="E568" s="6"/>
+      <c r="C568" s="3"/>
+      <c r="D568" s="6"/>
+      <c r="E568" s="4"/>
     </row>
     <row r="569" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A569" s="1"/>
       <c r="B569" s="2"/>
-      <c r="C569" s="2"/>
-[...1 lines deleted...]
-      <c r="E569" s="6"/>
+      <c r="C569" s="3"/>
+      <c r="D569" s="6"/>
+      <c r="E569" s="4"/>
     </row>
     <row r="570" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A570" s="1"/>
       <c r="B570" s="2"/>
-      <c r="C570" s="2"/>
-[...1 lines deleted...]
-      <c r="E570" s="6"/>
+      <c r="C570" s="3"/>
+      <c r="D570" s="6"/>
+      <c r="E570" s="4"/>
     </row>
     <row r="571" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A571" s="1"/>
       <c r="B571" s="2"/>
-      <c r="C571" s="2"/>
-[...1 lines deleted...]
-      <c r="E571" s="6"/>
+      <c r="C571" s="3"/>
+      <c r="D571" s="6"/>
+      <c r="E571" s="4"/>
     </row>
     <row r="572" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A572" s="1"/>
       <c r="B572" s="2"/>
-      <c r="C572" s="2"/>
-[...1 lines deleted...]
-      <c r="E572" s="6"/>
+      <c r="C572" s="3"/>
+      <c r="D572" s="6"/>
+      <c r="E572" s="4"/>
     </row>
     <row r="573" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A573" s="1"/>
       <c r="B573" s="2"/>
-      <c r="C573" s="2"/>
-[...1 lines deleted...]
-      <c r="E573" s="6"/>
+      <c r="C573" s="3"/>
+      <c r="D573" s="6"/>
+      <c r="E573" s="4"/>
     </row>
     <row r="574" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A574" s="1"/>
       <c r="B574" s="2"/>
-      <c r="C574" s="2"/>
-[...1 lines deleted...]
-      <c r="E574" s="6"/>
+      <c r="C574" s="3"/>
+      <c r="D574" s="6"/>
+      <c r="E574" s="4"/>
     </row>
     <row r="575" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A575" s="1"/>
       <c r="B575" s="2"/>
-      <c r="C575" s="2"/>
-[...1 lines deleted...]
-      <c r="E575" s="6"/>
+      <c r="C575" s="3"/>
+      <c r="D575" s="6"/>
+      <c r="E575" s="4"/>
     </row>
     <row r="576" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A576" s="1"/>
       <c r="B576" s="2"/>
-      <c r="C576" s="2"/>
-[...1 lines deleted...]
-      <c r="E576" s="6"/>
+      <c r="C576" s="3"/>
+      <c r="D576" s="6"/>
+      <c r="E576" s="4"/>
     </row>
     <row r="577" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A577" s="1"/>
       <c r="B577" s="2"/>
-      <c r="C577" s="2"/>
-[...1 lines deleted...]
-      <c r="E577" s="6"/>
+      <c r="C577" s="3"/>
+      <c r="D577" s="6"/>
+      <c r="E577" s="4"/>
     </row>
     <row r="578" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A578" s="1"/>
       <c r="B578" s="2"/>
-      <c r="C578" s="2"/>
-[...1 lines deleted...]
-      <c r="E578" s="6"/>
+      <c r="C578" s="3"/>
+      <c r="D578" s="6"/>
+      <c r="E578" s="4"/>
     </row>
     <row r="579" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A579" s="1"/>
       <c r="B579" s="2"/>
-      <c r="C579" s="2"/>
-[...1 lines deleted...]
-      <c r="E579" s="6"/>
+      <c r="C579" s="3"/>
+      <c r="D579" s="6"/>
+      <c r="E579" s="4"/>
     </row>
     <row r="580" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A580" s="1"/>
       <c r="B580" s="2"/>
-      <c r="C580" s="2"/>
-[...1 lines deleted...]
-      <c r="E580" s="6"/>
+      <c r="C580" s="3"/>
+      <c r="D580" s="6"/>
+      <c r="E580" s="4"/>
     </row>
     <row r="581" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A581" s="1"/>
       <c r="B581" s="2"/>
-      <c r="C581" s="2"/>
-[...1 lines deleted...]
-      <c r="E581" s="6"/>
+      <c r="C581" s="3"/>
+      <c r="D581" s="6"/>
+      <c r="E581" s="4"/>
     </row>
     <row r="582" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A582" s="1"/>
       <c r="B582" s="2"/>
-      <c r="C582" s="2"/>
-[...1 lines deleted...]
-      <c r="E582" s="6"/>
+      <c r="C582" s="3"/>
+      <c r="D582" s="6"/>
+      <c r="E582" s="4"/>
     </row>
     <row r="583" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A583" s="1"/>
       <c r="B583" s="2"/>
-      <c r="C583" s="2"/>
-[...1 lines deleted...]
-      <c r="E583" s="6"/>
+      <c r="C583" s="3"/>
+      <c r="D583" s="6"/>
+      <c r="E583" s="4"/>
     </row>
     <row r="584" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A584" s="1"/>
       <c r="B584" s="2"/>
-      <c r="C584" s="2"/>
-[...1 lines deleted...]
-      <c r="E584" s="6"/>
+      <c r="C584" s="3"/>
+      <c r="D584" s="6"/>
+      <c r="E584" s="4"/>
     </row>
     <row r="585" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A585" s="1"/>
       <c r="B585" s="2"/>
-      <c r="C585" s="2"/>
-[...1 lines deleted...]
-      <c r="E585" s="6"/>
+      <c r="C585" s="3"/>
+      <c r="D585" s="6"/>
+      <c r="E585" s="4"/>
     </row>
     <row r="586" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A586" s="1"/>
       <c r="B586" s="2"/>
-      <c r="C586" s="2"/>
-[...1 lines deleted...]
-      <c r="E586" s="6"/>
+      <c r="C586" s="3"/>
+      <c r="D586" s="6"/>
+      <c r="E586" s="4"/>
     </row>
     <row r="587" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A587" s="1"/>
       <c r="B587" s="2"/>
-      <c r="C587" s="2"/>
-[...1 lines deleted...]
-      <c r="E587" s="6"/>
+      <c r="C587" s="3"/>
+      <c r="D587" s="6"/>
+      <c r="E587" s="4"/>
     </row>
     <row r="588" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A588" s="1"/>
       <c r="B588" s="2"/>
-      <c r="C588" s="2"/>
-[...1 lines deleted...]
-      <c r="E588" s="6"/>
+      <c r="C588" s="3"/>
+      <c r="D588" s="6"/>
+      <c r="E588" s="4"/>
     </row>
     <row r="589" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A589" s="1"/>
       <c r="B589" s="2"/>
-      <c r="C589" s="2"/>
-[...1 lines deleted...]
-      <c r="E589" s="6"/>
+      <c r="C589" s="3"/>
+      <c r="D589" s="6"/>
+      <c r="E589" s="4"/>
     </row>
     <row r="590" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A590" s="1"/>
       <c r="B590" s="2"/>
-      <c r="C590" s="2"/>
-[...1 lines deleted...]
-      <c r="E590" s="6"/>
+      <c r="C590" s="3"/>
+      <c r="D590" s="6"/>
+      <c r="E590" s="4"/>
     </row>
     <row r="591" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A591" s="1"/>
       <c r="B591" s="2"/>
-      <c r="C591" s="2"/>
-[...1 lines deleted...]
-      <c r="E591" s="6"/>
+      <c r="C591" s="3"/>
+      <c r="D591" s="6"/>
+      <c r="E591" s="4"/>
     </row>
     <row r="592" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A592" s="1"/>
       <c r="B592" s="2"/>
-      <c r="C592" s="2"/>
-[...1 lines deleted...]
-      <c r="E592" s="6"/>
+      <c r="C592" s="3"/>
+      <c r="D592" s="6"/>
+      <c r="E592" s="4"/>
     </row>
     <row r="593" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A593" s="1"/>
       <c r="B593" s="2"/>
-      <c r="C593" s="2"/>
-[...1 lines deleted...]
-      <c r="E593" s="6"/>
+      <c r="C593" s="3"/>
+      <c r="D593" s="6"/>
+      <c r="E593" s="4"/>
     </row>
     <row r="594" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A594" s="1"/>
       <c r="B594" s="2"/>
-      <c r="C594" s="2"/>
-[...1 lines deleted...]
-      <c r="E594" s="6"/>
+      <c r="C594" s="3"/>
+      <c r="D594" s="6"/>
+      <c r="E594" s="4"/>
     </row>
     <row r="595" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A595" s="1"/>
       <c r="B595" s="2"/>
-      <c r="C595" s="2"/>
-[...1 lines deleted...]
-      <c r="E595" s="6"/>
+      <c r="C595" s="3"/>
+      <c r="D595" s="6"/>
+      <c r="E595" s="4"/>
     </row>
     <row r="596" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A596" s="1"/>
       <c r="B596" s="2"/>
-      <c r="C596" s="2"/>
-[...1 lines deleted...]
-      <c r="E596" s="6"/>
+      <c r="C596" s="3"/>
+      <c r="D596" s="6"/>
+      <c r="E596" s="4"/>
     </row>
     <row r="597" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A597" s="1"/>
       <c r="B597" s="2"/>
-      <c r="C597" s="2"/>
-[...1 lines deleted...]
-      <c r="E597" s="6"/>
+      <c r="C597" s="3"/>
+      <c r="D597" s="6"/>
+      <c r="E597" s="4"/>
     </row>
     <row r="598" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A598" s="1"/>
       <c r="B598" s="2"/>
-      <c r="C598" s="2"/>
-[...1 lines deleted...]
-      <c r="E598" s="6"/>
+      <c r="C598" s="3"/>
+      <c r="D598" s="6"/>
+      <c r="E598" s="4"/>
     </row>
     <row r="599" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A599" s="1"/>
       <c r="B599" s="2"/>
-      <c r="C599" s="2"/>
-[...1 lines deleted...]
-      <c r="E599" s="6"/>
+      <c r="C599" s="3"/>
+      <c r="D599" s="6"/>
+      <c r="E599" s="4"/>
     </row>
     <row r="600" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A600" s="1"/>
       <c r="B600" s="2"/>
-      <c r="C600" s="2"/>
-[...1 lines deleted...]
-      <c r="E600" s="6"/>
+      <c r="C600" s="3"/>
+      <c r="D600" s="6"/>
+      <c r="E600" s="4"/>
     </row>
     <row r="601" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A601" s="1"/>
       <c r="B601" s="2"/>
-      <c r="C601" s="2"/>
-[...1 lines deleted...]
-      <c r="E601" s="6"/>
+      <c r="C601" s="3"/>
+      <c r="D601" s="6"/>
+      <c r="E601" s="4"/>
     </row>
     <row r="602" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A602" s="1"/>
       <c r="B602" s="2"/>
-      <c r="C602" s="2"/>
-[...1 lines deleted...]
-      <c r="E602" s="6"/>
+      <c r="C602" s="3"/>
+      <c r="D602" s="6"/>
+      <c r="E602" s="4"/>
     </row>
     <row r="603" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A603" s="1"/>
       <c r="B603" s="2"/>
-      <c r="C603" s="2"/>
-[...1 lines deleted...]
-      <c r="E603" s="6"/>
+      <c r="C603" s="3"/>
+      <c r="D603" s="6"/>
+      <c r="E603" s="4"/>
     </row>
     <row r="604" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A604" s="1"/>
       <c r="B604" s="2"/>
-      <c r="C604" s="2"/>
-[...1 lines deleted...]
-      <c r="E604" s="6"/>
+      <c r="C604" s="3"/>
+      <c r="D604" s="6"/>
+      <c r="E604" s="4"/>
     </row>
     <row r="605" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A605" s="1"/>
       <c r="B605" s="2"/>
-      <c r="C605" s="2"/>
-[...1 lines deleted...]
-      <c r="E605" s="6"/>
+      <c r="C605" s="3"/>
+      <c r="D605" s="6"/>
+      <c r="E605" s="4"/>
     </row>
     <row r="606" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A606" s="1"/>
       <c r="B606" s="2"/>
-      <c r="C606" s="2"/>
-[...1 lines deleted...]
-      <c r="E606" s="6"/>
+      <c r="C606" s="3"/>
+      <c r="D606" s="6"/>
+      <c r="E606" s="4"/>
     </row>
     <row r="607" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A607" s="1"/>
       <c r="B607" s="2"/>
-      <c r="C607" s="2"/>
-[...1 lines deleted...]
-      <c r="E607" s="6"/>
+      <c r="C607" s="3"/>
+      <c r="D607" s="6"/>
+      <c r="E607" s="4"/>
     </row>
     <row r="608" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A608" s="1"/>
       <c r="B608" s="2"/>
-      <c r="C608" s="2"/>
-[...1 lines deleted...]
-      <c r="E608" s="6"/>
+      <c r="C608" s="3"/>
+      <c r="D608" s="6"/>
+      <c r="E608" s="4"/>
     </row>
     <row r="609" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A609" s="1"/>
       <c r="B609" s="2"/>
-      <c r="C609" s="2"/>
-[...1 lines deleted...]
-      <c r="E609" s="6"/>
+      <c r="C609" s="3"/>
+      <c r="D609" s="6"/>
+      <c r="E609" s="4"/>
     </row>
     <row r="610" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A610" s="1"/>
       <c r="B610" s="2"/>
-      <c r="C610" s="2"/>
-[...1 lines deleted...]
-      <c r="E610" s="6"/>
+      <c r="C610" s="3"/>
+      <c r="D610" s="6"/>
+      <c r="E610" s="4"/>
     </row>
     <row r="611" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A611" s="1"/>
       <c r="B611" s="2"/>
-      <c r="C611" s="2"/>
-[...1 lines deleted...]
-      <c r="E611" s="6"/>
+      <c r="C611" s="3"/>
+      <c r="D611" s="6"/>
+      <c r="E611" s="4"/>
     </row>
     <row r="612" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A612" s="1"/>
       <c r="B612" s="2"/>
-      <c r="C612" s="2"/>
-[...1 lines deleted...]
-      <c r="E612" s="6"/>
+      <c r="C612" s="3"/>
+      <c r="D612" s="6"/>
+      <c r="E612" s="4"/>
     </row>
     <row r="613" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A613" s="1"/>
       <c r="B613" s="2"/>
-      <c r="C613" s="2"/>
-[...1 lines deleted...]
-      <c r="E613" s="6"/>
+      <c r="C613" s="3"/>
+      <c r="D613" s="6"/>
+      <c r="E613" s="4"/>
     </row>
     <row r="614" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A614" s="1"/>
       <c r="B614" s="2"/>
-      <c r="C614" s="2"/>
-[...1 lines deleted...]
-      <c r="E614" s="6"/>
+      <c r="C614" s="3"/>
+      <c r="D614" s="6"/>
+      <c r="E614" s="4"/>
     </row>
     <row r="615" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A615" s="1"/>
       <c r="B615" s="2"/>
-      <c r="C615" s="2"/>
-[...1 lines deleted...]
-      <c r="E615" s="6"/>
+      <c r="C615" s="3"/>
+      <c r="D615" s="6"/>
+      <c r="E615" s="4"/>
     </row>
     <row r="616" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A616" s="1"/>
       <c r="B616" s="2"/>
-      <c r="C616" s="2"/>
-[...1 lines deleted...]
-      <c r="E616" s="6"/>
+      <c r="C616" s="3"/>
+      <c r="D616" s="6"/>
+      <c r="E616" s="4"/>
     </row>
     <row r="617" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A617" s="1"/>
       <c r="B617" s="2"/>
-      <c r="C617" s="2"/>
-[...1 lines deleted...]
-      <c r="E617" s="6"/>
+      <c r="C617" s="3"/>
+      <c r="D617" s="6"/>
+      <c r="E617" s="4"/>
     </row>
     <row r="618" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A618" s="1"/>
       <c r="B618" s="2"/>
-      <c r="C618" s="2"/>
-[...1 lines deleted...]
-      <c r="E618" s="6"/>
+      <c r="C618" s="3"/>
+      <c r="D618" s="6"/>
+      <c r="E618" s="4"/>
     </row>
     <row r="619" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A619" s="1"/>
       <c r="B619" s="2"/>
-      <c r="C619" s="2"/>
-[...1 lines deleted...]
-      <c r="E619" s="6"/>
+      <c r="C619" s="3"/>
+      <c r="D619" s="6"/>
+      <c r="E619" s="4"/>
     </row>
     <row r="620" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A620" s="1"/>
       <c r="B620" s="2"/>
-      <c r="C620" s="2"/>
-[...1 lines deleted...]
-      <c r="E620" s="6"/>
+      <c r="C620" s="3"/>
+      <c r="D620" s="6"/>
+      <c r="E620" s="4"/>
     </row>
     <row r="621" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A621" s="1"/>
       <c r="B621" s="2"/>
-      <c r="C621" s="2"/>
-[...1 lines deleted...]
-      <c r="E621" s="6"/>
+      <c r="C621" s="3"/>
+      <c r="D621" s="6"/>
+      <c r="E621" s="4"/>
     </row>
     <row r="622" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A622" s="1"/>
       <c r="B622" s="2"/>
-      <c r="C622" s="2"/>
-[...1 lines deleted...]
-      <c r="E622" s="6"/>
+      <c r="C622" s="3"/>
+      <c r="D622" s="6"/>
+      <c r="E622" s="4"/>
     </row>
     <row r="623" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A623" s="1"/>
       <c r="B623" s="2"/>
-      <c r="C623" s="2"/>
-[...1 lines deleted...]
-      <c r="E623" s="6"/>
+      <c r="C623" s="3"/>
+      <c r="D623" s="6"/>
+      <c r="E623" s="4"/>
     </row>
     <row r="624" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A624" s="1"/>
       <c r="B624" s="2"/>
-      <c r="C624" s="2"/>
-[...1 lines deleted...]
-      <c r="E624" s="6"/>
+      <c r="C624" s="3"/>
+      <c r="D624" s="6"/>
+      <c r="E624" s="4"/>
     </row>
     <row r="625" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A625" s="1"/>
       <c r="B625" s="2"/>
-      <c r="C625" s="2"/>
-[...1 lines deleted...]
-      <c r="E625" s="6"/>
+      <c r="C625" s="3"/>
+      <c r="D625" s="6"/>
+      <c r="E625" s="4"/>
     </row>
     <row r="626" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A626" s="1"/>
       <c r="B626" s="2"/>
-      <c r="C626" s="2"/>
-[...1 lines deleted...]
-      <c r="E626" s="6"/>
+      <c r="C626" s="3"/>
+      <c r="D626" s="6"/>
+      <c r="E626" s="4"/>
     </row>
     <row r="627" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A627" s="1"/>
       <c r="B627" s="2"/>
-      <c r="C627" s="2"/>
-[...1 lines deleted...]
-      <c r="E627" s="6"/>
+      <c r="C627" s="3"/>
+      <c r="D627" s="6"/>
+      <c r="E627" s="4"/>
     </row>
     <row r="628" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A628" s="1"/>
       <c r="B628" s="2"/>
-      <c r="C628" s="2"/>
-[...1 lines deleted...]
-      <c r="E628" s="6"/>
+      <c r="C628" s="3"/>
+      <c r="D628" s="6"/>
+      <c r="E628" s="4"/>
     </row>
     <row r="629" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A629" s="1"/>
       <c r="B629" s="2"/>
-      <c r="C629" s="2"/>
-[...1 lines deleted...]
-      <c r="E629" s="6"/>
+      <c r="C629" s="3"/>
+      <c r="D629" s="6"/>
+      <c r="E629" s="4"/>
     </row>
     <row r="630" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A630" s="1"/>
       <c r="B630" s="2"/>
-      <c r="C630" s="2"/>
-[...1 lines deleted...]
-      <c r="E630" s="6"/>
+      <c r="C630" s="3"/>
+      <c r="D630" s="6"/>
+      <c r="E630" s="4"/>
     </row>
     <row r="631" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A631" s="1"/>
       <c r="B631" s="2"/>
-      <c r="C631" s="2"/>
-[...1 lines deleted...]
-      <c r="E631" s="6"/>
+      <c r="C631" s="3"/>
+      <c r="D631" s="6"/>
+      <c r="E631" s="4"/>
     </row>
     <row r="632" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A632" s="1"/>
       <c r="B632" s="2"/>
-      <c r="C632" s="2"/>
-[...1 lines deleted...]
-      <c r="E632" s="6"/>
+      <c r="C632" s="3"/>
+      <c r="D632" s="6"/>
+      <c r="E632" s="4"/>
     </row>
     <row r="633" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A633" s="1"/>
       <c r="B633" s="2"/>
-      <c r="C633" s="2"/>
-[...1 lines deleted...]
-      <c r="E633" s="6"/>
+      <c r="C633" s="3"/>
+      <c r="D633" s="6"/>
+      <c r="E633" s="4"/>
     </row>
     <row r="634" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A634" s="1"/>
       <c r="B634" s="2"/>
-      <c r="C634" s="2"/>
-[...1 lines deleted...]
-      <c r="E634" s="6"/>
+      <c r="C634" s="3"/>
+      <c r="D634" s="6"/>
+      <c r="E634" s="4"/>
     </row>
     <row r="635" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A635" s="1"/>
       <c r="B635" s="2"/>
-      <c r="C635" s="2"/>
-[...1 lines deleted...]
-      <c r="E635" s="6"/>
+      <c r="C635" s="3"/>
+      <c r="D635" s="6"/>
+      <c r="E635" s="4"/>
     </row>
     <row r="636" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A636" s="1"/>
       <c r="B636" s="2"/>
-      <c r="C636" s="2"/>
-[...1 lines deleted...]
-      <c r="E636" s="6"/>
+      <c r="C636" s="3"/>
+      <c r="D636" s="6"/>
+      <c r="E636" s="4"/>
     </row>
     <row r="637" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A637" s="1"/>
       <c r="B637" s="2"/>
-      <c r="C637" s="2"/>
-[...1 lines deleted...]
-      <c r="E637" s="6"/>
+      <c r="C637" s="3"/>
+      <c r="D637" s="6"/>
+      <c r="E637" s="4"/>
     </row>
     <row r="638" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A638" s="1"/>
       <c r="B638" s="2"/>
-      <c r="C638" s="2"/>
-[...1 lines deleted...]
-      <c r="E638" s="6"/>
+      <c r="C638" s="3"/>
+      <c r="D638" s="6"/>
+      <c r="E638" s="4"/>
     </row>
     <row r="639" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A639" s="1"/>
       <c r="B639" s="2"/>
-      <c r="C639" s="2"/>
-[...1 lines deleted...]
-      <c r="E639" s="6"/>
+      <c r="C639" s="3"/>
+      <c r="D639" s="6"/>
+      <c r="E639" s="4"/>
     </row>
     <row r="640" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A640" s="1"/>
       <c r="B640" s="2"/>
-      <c r="C640" s="2"/>
-[...1 lines deleted...]
-      <c r="E640" s="6"/>
+      <c r="C640" s="3"/>
+      <c r="D640" s="6"/>
+      <c r="E640" s="4"/>
     </row>
     <row r="641" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A641" s="1"/>
       <c r="B641" s="2"/>
-      <c r="C641" s="2"/>
-[...1 lines deleted...]
-      <c r="E641" s="6"/>
+      <c r="C641" s="3"/>
+      <c r="D641" s="6"/>
+      <c r="E641" s="4"/>
     </row>
     <row r="642" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A642" s="1"/>
       <c r="B642" s="2"/>
-      <c r="C642" s="2"/>
-[...1 lines deleted...]
-      <c r="E642" s="6"/>
+      <c r="C642" s="3"/>
+      <c r="D642" s="6"/>
+      <c r="E642" s="4"/>
     </row>
     <row r="643" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A643" s="1"/>
       <c r="B643" s="2"/>
-      <c r="C643" s="2"/>
-[...1 lines deleted...]
-      <c r="E643" s="6"/>
+      <c r="C643" s="3"/>
+      <c r="D643" s="6"/>
+      <c r="E643" s="4"/>
     </row>
     <row r="644" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A644" s="1"/>
       <c r="B644" s="2"/>
-      <c r="C644" s="2"/>
-[...1 lines deleted...]
-      <c r="E644" s="6"/>
+      <c r="C644" s="3"/>
+      <c r="D644" s="6"/>
+      <c r="E644" s="4"/>
     </row>
     <row r="645" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A645" s="1"/>
       <c r="B645" s="2"/>
-      <c r="C645" s="2"/>
-[...1 lines deleted...]
-      <c r="E645" s="6"/>
+      <c r="C645" s="3"/>
+      <c r="D645" s="6"/>
+      <c r="E645" s="4"/>
     </row>
     <row r="646" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A646" s="1"/>
       <c r="B646" s="2"/>
-      <c r="C646" s="2"/>
-[...1 lines deleted...]
-      <c r="E646" s="6"/>
+      <c r="C646" s="3"/>
+      <c r="D646" s="6"/>
+      <c r="E646" s="4"/>
     </row>
     <row r="647" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A647" s="1"/>
       <c r="B647" s="2"/>
-      <c r="C647" s="2"/>
-[...1 lines deleted...]
-      <c r="E647" s="6"/>
+      <c r="C647" s="3"/>
+      <c r="D647" s="6"/>
+      <c r="E647" s="4"/>
     </row>
     <row r="648" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A648" s="1"/>
       <c r="B648" s="2"/>
-      <c r="C648" s="2"/>
-[...1 lines deleted...]
-      <c r="E648" s="6"/>
+      <c r="C648" s="3"/>
+      <c r="D648" s="6"/>
+      <c r="E648" s="4"/>
     </row>
     <row r="649" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A649" s="1"/>
       <c r="B649" s="2"/>
-      <c r="C649" s="2"/>
-[...1 lines deleted...]
-      <c r="E649" s="6"/>
+      <c r="C649" s="3"/>
+      <c r="D649" s="6"/>
+      <c r="E649" s="4"/>
     </row>
     <row r="650" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A650" s="1"/>
       <c r="B650" s="2"/>
-      <c r="C650" s="2"/>
-[...1 lines deleted...]
-      <c r="E650" s="6"/>
+      <c r="C650" s="3"/>
+      <c r="D650" s="6"/>
+      <c r="E650" s="4"/>
     </row>
     <row r="651" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A651" s="1"/>
       <c r="B651" s="2"/>
-      <c r="C651" s="2"/>
-[...1 lines deleted...]
-      <c r="E651" s="6"/>
+      <c r="C651" s="3"/>
+      <c r="D651" s="6"/>
+      <c r="E651" s="4"/>
     </row>
     <row r="652" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A652" s="1"/>
       <c r="B652" s="2"/>
-      <c r="C652" s="2"/>
-[...1 lines deleted...]
-      <c r="E652" s="6"/>
+      <c r="C652" s="3"/>
+      <c r="D652" s="6"/>
+      <c r="E652" s="4"/>
     </row>
     <row r="653" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A653" s="1"/>
       <c r="B653" s="2"/>
-      <c r="C653" s="2"/>
-[...1 lines deleted...]
-      <c r="E653" s="6"/>
+      <c r="C653" s="3"/>
+      <c r="D653" s="6"/>
+      <c r="E653" s="4"/>
     </row>
     <row r="654" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A654" s="1"/>
       <c r="B654" s="2"/>
-      <c r="C654" s="2"/>
-[...1 lines deleted...]
-      <c r="E654" s="6"/>
+      <c r="C654" s="3"/>
+      <c r="D654" s="6"/>
+      <c r="E654" s="4"/>
     </row>
     <row r="655" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A655" s="1"/>
       <c r="B655" s="2"/>
-      <c r="C655" s="2"/>
-[...1 lines deleted...]
-      <c r="E655" s="6"/>
+      <c r="C655" s="3"/>
+      <c r="D655" s="6"/>
+      <c r="E655" s="4"/>
     </row>
     <row r="656" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A656" s="1"/>
       <c r="B656" s="2"/>
-      <c r="C656" s="2"/>
-[...1 lines deleted...]
-      <c r="E656" s="6"/>
+      <c r="C656" s="3"/>
+      <c r="D656" s="6"/>
+      <c r="E656" s="4"/>
     </row>
     <row r="657" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A657" s="1"/>
       <c r="B657" s="2"/>
-      <c r="C657" s="2"/>
-[...1 lines deleted...]
-      <c r="E657" s="6"/>
+      <c r="C657" s="3"/>
+      <c r="D657" s="6"/>
+      <c r="E657" s="4"/>
     </row>
     <row r="658" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A658" s="1"/>
       <c r="B658" s="2"/>
-      <c r="C658" s="2"/>
-[...1 lines deleted...]
-      <c r="E658" s="6"/>
+      <c r="C658" s="3"/>
+      <c r="D658" s="6"/>
+      <c r="E658" s="4"/>
     </row>
     <row r="659" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A659" s="1"/>
       <c r="B659" s="2"/>
-      <c r="C659" s="2"/>
-[...1 lines deleted...]
-      <c r="E659" s="6"/>
+      <c r="C659" s="3"/>
+      <c r="D659" s="6"/>
+      <c r="E659" s="4"/>
     </row>
     <row r="660" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A660" s="1"/>
       <c r="B660" s="2"/>
-      <c r="C660" s="2"/>
-[...1 lines deleted...]
-      <c r="E660" s="6"/>
+      <c r="C660" s="3"/>
+      <c r="D660" s="6"/>
+      <c r="E660" s="4"/>
     </row>
     <row r="661" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A661" s="1"/>
       <c r="B661" s="2"/>
-      <c r="C661" s="2"/>
-[...1 lines deleted...]
-      <c r="E661" s="6"/>
+      <c r="C661" s="3"/>
+      <c r="D661" s="6"/>
+      <c r="E661" s="4"/>
     </row>
     <row r="662" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A662" s="1"/>
       <c r="B662" s="2"/>
-      <c r="C662" s="2"/>
-[...1 lines deleted...]
-      <c r="E662" s="6"/>
+      <c r="C662" s="3"/>
+      <c r="D662" s="6"/>
+      <c r="E662" s="4"/>
     </row>
     <row r="663" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A663" s="1"/>
       <c r="B663" s="2"/>
-      <c r="C663" s="2"/>
-[...1 lines deleted...]
-      <c r="E663" s="6"/>
+      <c r="C663" s="3"/>
+      <c r="D663" s="6"/>
+      <c r="E663" s="4"/>
     </row>
     <row r="664" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A664" s="1"/>
       <c r="B664" s="2"/>
-      <c r="C664" s="2"/>
-[...1 lines deleted...]
-      <c r="E664" s="6"/>
+      <c r="C664" s="3"/>
+      <c r="D664" s="6"/>
+      <c r="E664" s="4"/>
     </row>
     <row r="665" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A665" s="1"/>
       <c r="B665" s="2"/>
-      <c r="C665" s="2"/>
-[...1 lines deleted...]
-      <c r="E665" s="6"/>
+      <c r="C665" s="3"/>
+      <c r="D665" s="6"/>
+      <c r="E665" s="4"/>
     </row>
     <row r="666" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A666" s="1"/>
       <c r="B666" s="2"/>
-      <c r="C666" s="2"/>
-[...1 lines deleted...]
-      <c r="E666" s="6"/>
+      <c r="C666" s="3"/>
+      <c r="D666" s="6"/>
+      <c r="E666" s="4"/>
     </row>
     <row r="667" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A667" s="1"/>
       <c r="B667" s="2"/>
-      <c r="C667" s="2"/>
-[...1 lines deleted...]
-      <c r="E667" s="6"/>
+      <c r="C667" s="3"/>
+      <c r="D667" s="6"/>
+      <c r="E667" s="4"/>
     </row>
     <row r="668" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A668" s="1"/>
       <c r="B668" s="2"/>
-      <c r="C668" s="2"/>
-[...1 lines deleted...]
-      <c r="E668" s="6"/>
+      <c r="C668" s="3"/>
+      <c r="D668" s="6"/>
+      <c r="E668" s="4"/>
     </row>
     <row r="669" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A669" s="1"/>
       <c r="B669" s="2"/>
-      <c r="C669" s="2"/>
-[...1 lines deleted...]
-      <c r="E669" s="6"/>
+      <c r="C669" s="3"/>
+      <c r="D669" s="6"/>
+      <c r="E669" s="4"/>
     </row>
     <row r="670" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A670" s="1"/>
       <c r="B670" s="2"/>
-      <c r="C670" s="2"/>
-[...1 lines deleted...]
-      <c r="E670" s="6"/>
+      <c r="C670" s="3"/>
+      <c r="D670" s="6"/>
+      <c r="E670" s="4"/>
     </row>
     <row r="671" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A671" s="1"/>
       <c r="B671" s="2"/>
-      <c r="C671" s="2"/>
-[...1 lines deleted...]
-      <c r="E671" s="6"/>
+      <c r="C671" s="3"/>
+      <c r="D671" s="6"/>
+      <c r="E671" s="4"/>
     </row>
     <row r="672" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A672" s="1"/>
       <c r="B672" s="2"/>
-      <c r="C672" s="2"/>
-[...1 lines deleted...]
-      <c r="E672" s="6"/>
+      <c r="C672" s="3"/>
+      <c r="D672" s="6"/>
+      <c r="E672" s="4"/>
     </row>
     <row r="673" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A673" s="1"/>
       <c r="B673" s="2"/>
-      <c r="C673" s="2"/>
-[...1 lines deleted...]
-      <c r="E673" s="6"/>
+      <c r="C673" s="3"/>
+      <c r="D673" s="6"/>
+      <c r="E673" s="4"/>
     </row>
     <row r="674" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A674" s="1"/>
       <c r="B674" s="2"/>
-      <c r="C674" s="2"/>
-[...1 lines deleted...]
-      <c r="E674" s="6"/>
+      <c r="C674" s="3"/>
+      <c r="D674" s="6"/>
+      <c r="E674" s="4"/>
     </row>
     <row r="675" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A675" s="1"/>
       <c r="B675" s="2"/>
-      <c r="C675" s="2"/>
-[...1 lines deleted...]
-      <c r="E675" s="6"/>
+      <c r="C675" s="3"/>
+      <c r="D675" s="6"/>
+      <c r="E675" s="4"/>
     </row>
     <row r="676" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A676" s="1"/>
       <c r="B676" s="2"/>
-      <c r="C676" s="2"/>
-[...1 lines deleted...]
-      <c r="E676" s="6"/>
+      <c r="C676" s="3"/>
+      <c r="D676" s="6"/>
+      <c r="E676" s="4"/>
     </row>
     <row r="677" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A677" s="1"/>
       <c r="B677" s="2"/>
-      <c r="C677" s="2"/>
-[...1 lines deleted...]
-      <c r="E677" s="6"/>
+      <c r="C677" s="3"/>
+      <c r="D677" s="6"/>
+      <c r="E677" s="4"/>
     </row>
     <row r="678" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A678" s="1"/>
       <c r="B678" s="2"/>
-      <c r="C678" s="2"/>
-[...1 lines deleted...]
-      <c r="E678" s="6"/>
+      <c r="C678" s="3"/>
+      <c r="D678" s="6"/>
+      <c r="E678" s="4"/>
     </row>
     <row r="679" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A679" s="1"/>
       <c r="B679" s="2"/>
-      <c r="C679" s="2"/>
-[...1 lines deleted...]
-      <c r="E679" s="6"/>
+      <c r="C679" s="3"/>
+      <c r="D679" s="6"/>
+      <c r="E679" s="4"/>
     </row>
     <row r="680" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A680" s="1"/>
       <c r="B680" s="2"/>
-      <c r="C680" s="2"/>
-[...1 lines deleted...]
-      <c r="E680" s="6"/>
+      <c r="C680" s="3"/>
+      <c r="D680" s="6"/>
+      <c r="E680" s="4"/>
     </row>
     <row r="681" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A681" s="1"/>
       <c r="B681" s="2"/>
-      <c r="C681" s="2"/>
-[...1 lines deleted...]
-      <c r="E681" s="6"/>
+      <c r="C681" s="3"/>
+      <c r="D681" s="6"/>
+      <c r="E681" s="4"/>
     </row>
     <row r="682" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A682" s="1"/>
       <c r="B682" s="2"/>
-      <c r="C682" s="2"/>
-[...1 lines deleted...]
-      <c r="E682" s="6"/>
+      <c r="C682" s="3"/>
+      <c r="D682" s="6"/>
+      <c r="E682" s="4"/>
     </row>
     <row r="683" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A683" s="1"/>
       <c r="B683" s="2"/>
-      <c r="C683" s="2"/>
-[...1 lines deleted...]
-      <c r="E683" s="6"/>
+      <c r="C683" s="3"/>
+      <c r="D683" s="6"/>
+      <c r="E683" s="4"/>
     </row>
     <row r="684" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A684" s="1"/>
       <c r="B684" s="2"/>
-      <c r="C684" s="2"/>
-[...1 lines deleted...]
-      <c r="E684" s="6"/>
+      <c r="C684" s="3"/>
+      <c r="D684" s="6"/>
+      <c r="E684" s="4"/>
     </row>
     <row r="685" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A685" s="1"/>
       <c r="B685" s="2"/>
-      <c r="C685" s="2"/>
-[...1 lines deleted...]
-      <c r="E685" s="6"/>
+      <c r="C685" s="3"/>
+      <c r="D685" s="6"/>
+      <c r="E685" s="4"/>
     </row>
     <row r="686" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A686" s="1"/>
       <c r="B686" s="2"/>
-      <c r="C686" s="2"/>
-[...1 lines deleted...]
-      <c r="E686" s="6"/>
+      <c r="C686" s="3"/>
+      <c r="D686" s="6"/>
+      <c r="E686" s="4"/>
     </row>
     <row r="687" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A687" s="1"/>
       <c r="B687" s="2"/>
-      <c r="C687" s="2"/>
-[...1 lines deleted...]
-      <c r="E687" s="6"/>
+      <c r="C687" s="3"/>
+      <c r="D687" s="6"/>
+      <c r="E687" s="4"/>
     </row>
     <row r="688" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A688" s="1"/>
       <c r="B688" s="2"/>
-      <c r="C688" s="2"/>
-[...1 lines deleted...]
-      <c r="E688" s="6"/>
+      <c r="C688" s="3"/>
+      <c r="D688" s="6"/>
+      <c r="E688" s="4"/>
     </row>
     <row r="689" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A689" s="1"/>
       <c r="B689" s="2"/>
-      <c r="C689" s="2"/>
-[...1 lines deleted...]
-      <c r="E689" s="6"/>
+      <c r="C689" s="3"/>
+      <c r="D689" s="6"/>
+      <c r="E689" s="4"/>
     </row>
     <row r="690" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A690" s="1"/>
       <c r="B690" s="2"/>
-      <c r="C690" s="2"/>
-[...1 lines deleted...]
-      <c r="E690" s="6"/>
+      <c r="C690" s="3"/>
+      <c r="D690" s="6"/>
+      <c r="E690" s="4"/>
     </row>
     <row r="691" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A691" s="1"/>
       <c r="B691" s="2"/>
-      <c r="C691" s="2"/>
-[...1 lines deleted...]
-      <c r="E691" s="6"/>
+      <c r="C691" s="3"/>
+      <c r="D691" s="6"/>
+      <c r="E691" s="4"/>
     </row>
     <row r="692" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A692" s="1"/>
       <c r="B692" s="2"/>
-      <c r="C692" s="2"/>
-[...1 lines deleted...]
-      <c r="E692" s="6"/>
+      <c r="C692" s="3"/>
+      <c r="D692" s="6"/>
+      <c r="E692" s="4"/>
     </row>
     <row r="693" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A693" s="1"/>
       <c r="B693" s="2"/>
-      <c r="C693" s="2"/>
-[...1 lines deleted...]
-      <c r="E693" s="6"/>
+      <c r="C693" s="3"/>
+      <c r="D693" s="6"/>
+      <c r="E693" s="4"/>
     </row>
     <row r="694" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A694" s="1"/>
       <c r="B694" s="2"/>
-      <c r="C694" s="2"/>
-[...1 lines deleted...]
-      <c r="E694" s="6"/>
+      <c r="C694" s="3"/>
+      <c r="D694" s="6"/>
+      <c r="E694" s="4"/>
     </row>
     <row r="695" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A695" s="1"/>
       <c r="B695" s="2"/>
-      <c r="C695" s="2"/>
-[...1 lines deleted...]
-      <c r="E695" s="6"/>
+      <c r="C695" s="3"/>
+      <c r="D695" s="6"/>
+      <c r="E695" s="4"/>
     </row>
     <row r="696" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A696" s="1"/>
       <c r="B696" s="2"/>
-      <c r="C696" s="2"/>
-[...1 lines deleted...]
-      <c r="E696" s="6"/>
+      <c r="C696" s="3"/>
+      <c r="D696" s="6"/>
+      <c r="E696" s="4"/>
     </row>
     <row r="697" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A697" s="1"/>
       <c r="B697" s="2"/>
-      <c r="C697" s="2"/>
-[...1 lines deleted...]
-      <c r="E697" s="6"/>
+      <c r="C697" s="3"/>
+      <c r="D697" s="6"/>
+      <c r="E697" s="4"/>
     </row>
     <row r="698" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A698" s="1"/>
       <c r="B698" s="2"/>
-      <c r="C698" s="2"/>
-[...1 lines deleted...]
-      <c r="E698" s="6"/>
+      <c r="C698" s="3"/>
+      <c r="D698" s="6"/>
+      <c r="E698" s="4"/>
     </row>
     <row r="699" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A699" s="1"/>
       <c r="B699" s="2"/>
-      <c r="C699" s="2"/>
-[...1 lines deleted...]
-      <c r="E699" s="6"/>
+      <c r="C699" s="3"/>
+      <c r="D699" s="6"/>
+      <c r="E699" s="4"/>
     </row>
     <row r="700" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A700" s="1"/>
       <c r="B700" s="2"/>
-      <c r="C700" s="2"/>
-[...1 lines deleted...]
-      <c r="E700" s="6"/>
+      <c r="C700" s="3"/>
+      <c r="D700" s="6"/>
+      <c r="E700" s="4"/>
     </row>
     <row r="701" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A701" s="1"/>
       <c r="B701" s="2"/>
-      <c r="C701" s="2"/>
-[...1 lines deleted...]
-      <c r="E701" s="6"/>
+      <c r="C701" s="3"/>
+      <c r="D701" s="6"/>
+      <c r="E701" s="4"/>
     </row>
     <row r="702" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A702" s="1"/>
       <c r="B702" s="2"/>
-      <c r="C702" s="2"/>
-[...1 lines deleted...]
-      <c r="E702" s="6"/>
+      <c r="C702" s="3"/>
+      <c r="D702" s="6"/>
+      <c r="E702" s="4"/>
     </row>
     <row r="703" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A703" s="1"/>
       <c r="B703" s="2"/>
-      <c r="C703" s="2"/>
-[...1 lines deleted...]
-      <c r="E703" s="6"/>
+      <c r="C703" s="3"/>
+      <c r="D703" s="6"/>
+      <c r="E703" s="4"/>
     </row>
     <row r="704" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A704" s="1"/>
       <c r="B704" s="2"/>
-      <c r="C704" s="2"/>
-[...1 lines deleted...]
-      <c r="E704" s="6"/>
+      <c r="C704" s="3"/>
+      <c r="D704" s="6"/>
+      <c r="E704" s="4"/>
     </row>
     <row r="705" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A705" s="1"/>
       <c r="B705" s="2"/>
-      <c r="C705" s="2"/>
-[...1 lines deleted...]
-      <c r="E705" s="6"/>
+      <c r="C705" s="3"/>
+      <c r="D705" s="6"/>
+      <c r="E705" s="4"/>
     </row>
     <row r="706" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A706" s="1"/>
       <c r="B706" s="2"/>
-      <c r="C706" s="2"/>
-[...1 lines deleted...]
-      <c r="E706" s="6"/>
+      <c r="C706" s="3"/>
+      <c r="D706" s="6"/>
+      <c r="E706" s="4"/>
     </row>
     <row r="707" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A707" s="1"/>
       <c r="B707" s="2"/>
-      <c r="C707" s="2"/>
-[...1 lines deleted...]
-      <c r="E707" s="6"/>
+      <c r="C707" s="3"/>
+      <c r="D707" s="6"/>
+      <c r="E707" s="4"/>
     </row>
     <row r="708" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A708" s="1"/>
       <c r="B708" s="2"/>
-      <c r="C708" s="2"/>
-[...1 lines deleted...]
-      <c r="E708" s="6"/>
+      <c r="C708" s="3"/>
+      <c r="D708" s="6"/>
+      <c r="E708" s="4"/>
     </row>
     <row r="709" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A709" s="1"/>
       <c r="B709" s="2"/>
-      <c r="C709" s="2"/>
-[...1 lines deleted...]
-      <c r="E709" s="6"/>
+      <c r="C709" s="3"/>
+      <c r="D709" s="6"/>
+      <c r="E709" s="4"/>
     </row>
     <row r="710" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A710" s="1"/>
       <c r="B710" s="2"/>
-      <c r="C710" s="2"/>
-[...1 lines deleted...]
-      <c r="E710" s="6"/>
+      <c r="C710" s="3"/>
+      <c r="D710" s="6"/>
+      <c r="E710" s="4"/>
     </row>
     <row r="711" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A711" s="1"/>
       <c r="B711" s="2"/>
-      <c r="C711" s="2"/>
-[...1 lines deleted...]
-      <c r="E711" s="6"/>
+      <c r="C711" s="3"/>
+      <c r="D711" s="6"/>
+      <c r="E711" s="4"/>
     </row>
     <row r="712" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A712" s="1"/>
       <c r="B712" s="2"/>
-      <c r="C712" s="2"/>
-[...1 lines deleted...]
-      <c r="E712" s="6"/>
+      <c r="C712" s="3"/>
+      <c r="D712" s="6"/>
+      <c r="E712" s="4"/>
     </row>
     <row r="713" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A713" s="1"/>
       <c r="B713" s="2"/>
-      <c r="C713" s="2"/>
-[...1 lines deleted...]
-      <c r="E713" s="6"/>
+      <c r="C713" s="3"/>
+      <c r="D713" s="6"/>
+      <c r="E713" s="4"/>
     </row>
     <row r="714" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A714" s="1"/>
       <c r="B714" s="2"/>
-      <c r="C714" s="2"/>
-[...1 lines deleted...]
-      <c r="E714" s="6"/>
+      <c r="C714" s="3"/>
+      <c r="D714" s="6"/>
+      <c r="E714" s="4"/>
     </row>
     <row r="715" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A715" s="1"/>
       <c r="B715" s="2"/>
-      <c r="C715" s="2"/>
-[...1 lines deleted...]
-      <c r="E715" s="6"/>
+      <c r="C715" s="3"/>
+      <c r="D715" s="6"/>
+      <c r="E715" s="4"/>
     </row>
     <row r="716" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A716" s="1"/>
       <c r="B716" s="2"/>
-      <c r="C716" s="2"/>
-[...1 lines deleted...]
-      <c r="E716" s="6"/>
+      <c r="C716" s="3"/>
+      <c r="D716" s="6"/>
+      <c r="E716" s="4"/>
     </row>
     <row r="717" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A717" s="1"/>
       <c r="B717" s="2"/>
-      <c r="C717" s="2"/>
-[...1 lines deleted...]
-      <c r="E717" s="6"/>
+      <c r="C717" s="3"/>
+      <c r="D717" s="6"/>
+      <c r="E717" s="4"/>
     </row>
     <row r="718" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A718" s="1"/>
       <c r="B718" s="2"/>
-      <c r="C718" s="2"/>
-[...1 lines deleted...]
-      <c r="E718" s="6"/>
+      <c r="C718" s="3"/>
+      <c r="D718" s="6"/>
+      <c r="E718" s="4"/>
     </row>
     <row r="719" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A719" s="1"/>
       <c r="B719" s="2"/>
-      <c r="C719" s="2"/>
-[...1 lines deleted...]
-      <c r="E719" s="6"/>
+      <c r="C719" s="3"/>
+      <c r="D719" s="6"/>
+      <c r="E719" s="4"/>
     </row>
     <row r="720" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A720" s="1"/>
       <c r="B720" s="2"/>
-      <c r="C720" s="2"/>
-[...1 lines deleted...]
-      <c r="E720" s="6"/>
+      <c r="C720" s="3"/>
+      <c r="D720" s="6"/>
+      <c r="E720" s="4"/>
     </row>
     <row r="721" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A721" s="1"/>
       <c r="B721" s="2"/>
-      <c r="C721" s="2"/>
-[...1 lines deleted...]
-      <c r="E721" s="6"/>
+      <c r="C721" s="3"/>
+      <c r="D721" s="6"/>
+      <c r="E721" s="4"/>
     </row>
     <row r="722" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A722" s="1"/>
       <c r="B722" s="2"/>
-      <c r="C722" s="2"/>
-[...1 lines deleted...]
-      <c r="E722" s="6"/>
+      <c r="C722" s="3"/>
+      <c r="D722" s="6"/>
+      <c r="E722" s="4"/>
     </row>
     <row r="723" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A723" s="1"/>
       <c r="B723" s="2"/>
-      <c r="C723" s="2"/>
-[...1 lines deleted...]
-      <c r="E723" s="6"/>
+      <c r="C723" s="3"/>
+      <c r="D723" s="6"/>
+      <c r="E723" s="4"/>
     </row>
     <row r="724" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A724" s="1"/>
       <c r="B724" s="2"/>
-      <c r="C724" s="2"/>
-[...1 lines deleted...]
-      <c r="E724" s="6"/>
+      <c r="C724" s="3"/>
+      <c r="D724" s="6"/>
+      <c r="E724" s="4"/>
     </row>
     <row r="725" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A725" s="1"/>
       <c r="B725" s="2"/>
-      <c r="C725" s="2"/>
-[...1 lines deleted...]
-      <c r="E725" s="6"/>
+      <c r="C725" s="3"/>
+      <c r="D725" s="6"/>
+      <c r="E725" s="4"/>
     </row>
     <row r="726" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A726" s="1"/>
       <c r="B726" s="2"/>
-      <c r="C726" s="2"/>
-[...1 lines deleted...]
-      <c r="E726" s="6"/>
+      <c r="C726" s="3"/>
+      <c r="D726" s="6"/>
+      <c r="E726" s="4"/>
     </row>
     <row r="727" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A727" s="1"/>
       <c r="B727" s="2"/>
-      <c r="C727" s="2"/>
-[...1 lines deleted...]
-      <c r="E727" s="6"/>
+      <c r="C727" s="3"/>
+      <c r="D727" s="6"/>
+      <c r="E727" s="4"/>
     </row>
     <row r="728" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A728" s="1"/>
       <c r="B728" s="2"/>
-      <c r="C728" s="2"/>
-[...1 lines deleted...]
-      <c r="E728" s="6"/>
+      <c r="C728" s="3"/>
+      <c r="D728" s="6"/>
+      <c r="E728" s="4"/>
     </row>
     <row r="729" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A729" s="1"/>
       <c r="B729" s="2"/>
-      <c r="C729" s="2"/>
-[...1 lines deleted...]
-      <c r="E729" s="6"/>
+      <c r="C729" s="3"/>
+      <c r="D729" s="6"/>
+      <c r="E729" s="4"/>
     </row>
     <row r="730" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A730" s="1"/>
       <c r="B730" s="2"/>
-      <c r="C730" s="2"/>
-[...1 lines deleted...]
-      <c r="E730" s="6"/>
+      <c r="C730" s="3"/>
+      <c r="D730" s="6"/>
+      <c r="E730" s="4"/>
     </row>
     <row r="731" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A731" s="1"/>
       <c r="B731" s="2"/>
-      <c r="C731" s="2"/>
-[...1 lines deleted...]
-      <c r="E731" s="6"/>
+      <c r="C731" s="3"/>
+      <c r="D731" s="6"/>
+      <c r="E731" s="4"/>
     </row>
     <row r="732" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A732" s="1"/>
       <c r="B732" s="2"/>
-      <c r="C732" s="2"/>
-[...1 lines deleted...]
-      <c r="E732" s="6"/>
+      <c r="C732" s="3"/>
+      <c r="D732" s="6"/>
+      <c r="E732" s="4"/>
     </row>
     <row r="733" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A733" s="1"/>
       <c r="B733" s="2"/>
-      <c r="C733" s="2"/>
-[...1 lines deleted...]
-      <c r="E733" s="6"/>
+      <c r="C733" s="3"/>
+      <c r="D733" s="6"/>
+      <c r="E733" s="4"/>
     </row>
     <row r="734" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A734" s="1"/>
       <c r="B734" s="2"/>
-      <c r="C734" s="2"/>
-[...1 lines deleted...]
-      <c r="E734" s="6"/>
+      <c r="C734" s="3"/>
+      <c r="D734" s="6"/>
+      <c r="E734" s="4"/>
     </row>
     <row r="735" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A735" s="1"/>
       <c r="B735" s="2"/>
-      <c r="C735" s="2"/>
-[...1 lines deleted...]
-      <c r="E735" s="6"/>
+      <c r="C735" s="3"/>
+      <c r="D735" s="6"/>
+      <c r="E735" s="4"/>
     </row>
     <row r="736" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A736" s="1"/>
       <c r="B736" s="2"/>
-      <c r="C736" s="2"/>
-[...1 lines deleted...]
-      <c r="E736" s="6"/>
+      <c r="C736" s="3"/>
+      <c r="D736" s="6"/>
+      <c r="E736" s="4"/>
     </row>
     <row r="737" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A737" s="1"/>
       <c r="B737" s="2"/>
-      <c r="C737" s="2"/>
-[...1 lines deleted...]
-      <c r="E737" s="6"/>
+      <c r="C737" s="3"/>
+      <c r="D737" s="6"/>
+      <c r="E737" s="4"/>
     </row>
     <row r="738" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A738" s="1"/>
       <c r="B738" s="2"/>
-      <c r="C738" s="2"/>
-[...1 lines deleted...]
-      <c r="E738" s="6"/>
+      <c r="C738" s="3"/>
+      <c r="D738" s="6"/>
+      <c r="E738" s="4"/>
     </row>
     <row r="739" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A739" s="1"/>
       <c r="B739" s="2"/>
-      <c r="C739" s="2"/>
-[...1 lines deleted...]
-      <c r="E739" s="6"/>
+      <c r="C739" s="3"/>
+      <c r="D739" s="6"/>
+      <c r="E739" s="4"/>
     </row>
     <row r="740" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A740" s="1"/>
       <c r="B740" s="2"/>
-      <c r="C740" s="2"/>
-[...1 lines deleted...]
-      <c r="E740" s="6"/>
+      <c r="C740" s="3"/>
+      <c r="D740" s="6"/>
+      <c r="E740" s="4"/>
     </row>
     <row r="741" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A741" s="1"/>
       <c r="B741" s="2"/>
-      <c r="C741" s="2"/>
-[...1 lines deleted...]
-      <c r="E741" s="6"/>
+      <c r="C741" s="3"/>
+      <c r="D741" s="6"/>
+      <c r="E741" s="4"/>
     </row>
     <row r="742" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A742" s="1"/>
       <c r="B742" s="2"/>
-      <c r="C742" s="2"/>
-[...1 lines deleted...]
-      <c r="E742" s="6"/>
+      <c r="C742" s="3"/>
+      <c r="D742" s="6"/>
+      <c r="E742" s="4"/>
     </row>
     <row r="743" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A743" s="1"/>
       <c r="B743" s="2"/>
-      <c r="C743" s="2"/>
-[...1 lines deleted...]
-      <c r="E743" s="6"/>
+      <c r="C743" s="3"/>
+      <c r="D743" s="6"/>
+      <c r="E743" s="4"/>
     </row>
     <row r="744" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A744" s="1"/>
       <c r="B744" s="2"/>
-      <c r="C744" s="2"/>
-[...1 lines deleted...]
-      <c r="E744" s="6"/>
+      <c r="C744" s="3"/>
+      <c r="D744" s="6"/>
+      <c r="E744" s="4"/>
     </row>
     <row r="745" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A745" s="1"/>
       <c r="B745" s="2"/>
-      <c r="C745" s="2"/>
-[...1 lines deleted...]
-      <c r="E745" s="6"/>
+      <c r="C745" s="3"/>
+      <c r="D745" s="6"/>
+      <c r="E745" s="4"/>
     </row>
     <row r="746" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A746" s="1"/>
       <c r="B746" s="2"/>
-      <c r="C746" s="2"/>
-[...1 lines deleted...]
-      <c r="E746" s="6"/>
+      <c r="C746" s="3"/>
+      <c r="D746" s="6"/>
+      <c r="E746" s="4"/>
     </row>
     <row r="747" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A747" s="1"/>
       <c r="B747" s="2"/>
-      <c r="C747" s="2"/>
-[...1 lines deleted...]
-      <c r="E747" s="6"/>
+      <c r="C747" s="3"/>
+      <c r="D747" s="6"/>
+      <c r="E747" s="4"/>
     </row>
     <row r="748" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A748" s="1"/>
       <c r="B748" s="2"/>
-      <c r="C748" s="2"/>
-[...1 lines deleted...]
-      <c r="E748" s="6"/>
+      <c r="C748" s="3"/>
+      <c r="D748" s="6"/>
+      <c r="E748" s="4"/>
     </row>
     <row r="749" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A749" s="1"/>
       <c r="B749" s="2"/>
-      <c r="C749" s="2"/>
-[...1 lines deleted...]
-      <c r="E749" s="6"/>
+      <c r="C749" s="3"/>
+      <c r="D749" s="6"/>
+      <c r="E749" s="4"/>
     </row>
     <row r="750" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A750" s="1"/>
       <c r="B750" s="2"/>
-      <c r="C750" s="2"/>
-[...1 lines deleted...]
-      <c r="E750" s="6"/>
+      <c r="C750" s="3"/>
+      <c r="D750" s="6"/>
+      <c r="E750" s="4"/>
     </row>
     <row r="751" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A751" s="1"/>
       <c r="B751" s="2"/>
-      <c r="C751" s="2"/>
-[...1 lines deleted...]
-      <c r="E751" s="6"/>
+      <c r="C751" s="3"/>
+      <c r="D751" s="6"/>
+      <c r="E751" s="4"/>
     </row>
     <row r="752" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A752" s="1"/>
       <c r="B752" s="2"/>
-      <c r="C752" s="2"/>
-[...1 lines deleted...]
-      <c r="E752" s="6"/>
+      <c r="C752" s="3"/>
+      <c r="D752" s="6"/>
+      <c r="E752" s="4"/>
     </row>
     <row r="753" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A753" s="1"/>
       <c r="B753" s="2"/>
-      <c r="C753" s="2"/>
-[...1 lines deleted...]
-      <c r="E753" s="6"/>
+      <c r="C753" s="3"/>
+      <c r="D753" s="6"/>
+      <c r="E753" s="4"/>
     </row>
     <row r="754" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A754" s="1"/>
       <c r="B754" s="2"/>
-      <c r="C754" s="2"/>
-[...1 lines deleted...]
-      <c r="E754" s="6"/>
+      <c r="C754" s="3"/>
+      <c r="D754" s="6"/>
+      <c r="E754" s="4"/>
     </row>
     <row r="755" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A755" s="1"/>
       <c r="B755" s="2"/>
-      <c r="C755" s="2"/>
-[...1 lines deleted...]
-      <c r="E755" s="6"/>
+      <c r="C755" s="3"/>
+      <c r="D755" s="6"/>
+      <c r="E755" s="4"/>
     </row>
     <row r="756" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A756" s="1"/>
       <c r="B756" s="2"/>
-      <c r="C756" s="2"/>
-[...1 lines deleted...]
-      <c r="E756" s="6"/>
+      <c r="C756" s="3"/>
+      <c r="D756" s="6"/>
+      <c r="E756" s="4"/>
     </row>
     <row r="757" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A757" s="1"/>
       <c r="B757" s="2"/>
-      <c r="C757" s="2"/>
-[...1 lines deleted...]
-      <c r="E757" s="6"/>
+      <c r="C757" s="3"/>
+      <c r="D757" s="6"/>
+      <c r="E757" s="4"/>
     </row>
     <row r="758" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A758" s="1"/>
       <c r="B758" s="2"/>
-      <c r="C758" s="2"/>
-[...1 lines deleted...]
-      <c r="E758" s="6"/>
+      <c r="C758" s="3"/>
+      <c r="D758" s="6"/>
+      <c r="E758" s="4"/>
     </row>
     <row r="759" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A759" s="1"/>
       <c r="B759" s="2"/>
-      <c r="C759" s="2"/>
-[...1 lines deleted...]
-      <c r="E759" s="6"/>
+      <c r="C759" s="3"/>
+      <c r="D759" s="6"/>
+      <c r="E759" s="4"/>
     </row>
     <row r="760" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A760" s="1"/>
       <c r="B760" s="2"/>
-      <c r="C760" s="2"/>
-[...1 lines deleted...]
-      <c r="E760" s="6"/>
+      <c r="C760" s="3"/>
+      <c r="D760" s="6"/>
+      <c r="E760" s="4"/>
     </row>
     <row r="761" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A761" s="1"/>
       <c r="B761" s="2"/>
-      <c r="C761" s="2"/>
-[...1 lines deleted...]
-      <c r="E761" s="6"/>
+      <c r="C761" s="3"/>
+      <c r="D761" s="6"/>
+      <c r="E761" s="4"/>
     </row>
     <row r="762" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A762" s="1"/>
       <c r="B762" s="2"/>
-      <c r="C762" s="2"/>
-[...1 lines deleted...]
-      <c r="E762" s="6"/>
+      <c r="C762" s="3"/>
+      <c r="D762" s="6"/>
+      <c r="E762" s="4"/>
     </row>
     <row r="763" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A763" s="1"/>
       <c r="B763" s="2"/>
-      <c r="C763" s="2"/>
-[...1 lines deleted...]
-      <c r="E763" s="6"/>
+      <c r="C763" s="3"/>
+      <c r="D763" s="6"/>
+      <c r="E763" s="4"/>
     </row>
     <row r="764" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A764" s="1"/>
       <c r="B764" s="2"/>
-      <c r="C764" s="2"/>
-[...1 lines deleted...]
-      <c r="E764" s="6"/>
+      <c r="C764" s="3"/>
+      <c r="D764" s="6"/>
+      <c r="E764" s="4"/>
     </row>
     <row r="765" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A765" s="1"/>
       <c r="B765" s="2"/>
-      <c r="C765" s="2"/>
-[...1 lines deleted...]
-      <c r="E765" s="6"/>
+      <c r="C765" s="3"/>
+      <c r="D765" s="6"/>
+      <c r="E765" s="4"/>
     </row>
     <row r="766" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A766" s="1"/>
       <c r="B766" s="2"/>
-      <c r="C766" s="2"/>
-[...1 lines deleted...]
-      <c r="E766" s="6"/>
+      <c r="C766" s="3"/>
+      <c r="D766" s="6"/>
+      <c r="E766" s="4"/>
     </row>
     <row r="767" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A767" s="1"/>
       <c r="B767" s="2"/>
-      <c r="C767" s="2"/>
-[...1 lines deleted...]
-      <c r="E767" s="6"/>
+      <c r="C767" s="3"/>
+      <c r="D767" s="6"/>
+      <c r="E767" s="4"/>
     </row>
     <row r="768" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A768" s="1"/>
       <c r="B768" s="2"/>
-      <c r="C768" s="2"/>
-[...1 lines deleted...]
-      <c r="E768" s="6"/>
+      <c r="C768" s="3"/>
+      <c r="D768" s="6"/>
+      <c r="E768" s="4"/>
     </row>
     <row r="769" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A769" s="1"/>
       <c r="B769" s="2"/>
-      <c r="C769" s="2"/>
-[...1 lines deleted...]
-      <c r="E769" s="6"/>
+      <c r="C769" s="3"/>
+      <c r="D769" s="6"/>
+      <c r="E769" s="4"/>
     </row>
     <row r="770" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A770" s="1"/>
       <c r="B770" s="2"/>
-      <c r="C770" s="2"/>
-[...1 lines deleted...]
-      <c r="E770" s="6"/>
+      <c r="C770" s="3"/>
+      <c r="D770" s="6"/>
+      <c r="E770" s="4"/>
     </row>
     <row r="771" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A771" s="1"/>
       <c r="B771" s="2"/>
-      <c r="C771" s="2"/>
-[...1 lines deleted...]
-      <c r="E771" s="6"/>
+      <c r="C771" s="3"/>
+      <c r="D771" s="6"/>
+      <c r="E771" s="4"/>
     </row>
     <row r="772" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A772" s="1"/>
       <c r="B772" s="2"/>
-      <c r="C772" s="2"/>
-[...1 lines deleted...]
-      <c r="E772" s="6"/>
+      <c r="C772" s="3"/>
+      <c r="D772" s="6"/>
+      <c r="E772" s="4"/>
     </row>
     <row r="773" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A773" s="1"/>
       <c r="B773" s="2"/>
-      <c r="C773" s="2"/>
-[...1 lines deleted...]
-      <c r="E773" s="6"/>
+      <c r="C773" s="3"/>
+      <c r="D773" s="6"/>
+      <c r="E773" s="4"/>
     </row>
     <row r="774" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A774" s="1"/>
       <c r="B774" s="2"/>
-      <c r="C774" s="2"/>
-[...1 lines deleted...]
-      <c r="E774" s="6"/>
+      <c r="C774" s="3"/>
+      <c r="D774" s="6"/>
+      <c r="E774" s="4"/>
     </row>
     <row r="775" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A775" s="1"/>
       <c r="B775" s="2"/>
-      <c r="C775" s="2"/>
-[...1 lines deleted...]
-      <c r="E775" s="6"/>
+      <c r="C775" s="3"/>
+      <c r="D775" s="6"/>
+      <c r="E775" s="4"/>
     </row>
     <row r="776" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A776" s="1"/>
       <c r="B776" s="2"/>
-      <c r="C776" s="2"/>
-[...1 lines deleted...]
-      <c r="E776" s="6"/>
+      <c r="C776" s="3"/>
+      <c r="D776" s="6"/>
+      <c r="E776" s="4"/>
     </row>
     <row r="777" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A777" s="1"/>
       <c r="B777" s="2"/>
-      <c r="C777" s="2"/>
-[...1 lines deleted...]
-      <c r="E777" s="6"/>
+      <c r="C777" s="3"/>
+      <c r="D777" s="6"/>
+      <c r="E777" s="4"/>
     </row>
     <row r="778" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A778" s="1"/>
       <c r="B778" s="2"/>
-      <c r="C778" s="2"/>
-[...1 lines deleted...]
-      <c r="E778" s="6"/>
+      <c r="C778" s="3"/>
+      <c r="D778" s="6"/>
+      <c r="E778" s="4"/>
     </row>
     <row r="779" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A779" s="1"/>
       <c r="B779" s="2"/>
-      <c r="C779" s="2"/>
-[...1 lines deleted...]
-      <c r="E779" s="6"/>
+      <c r="C779" s="3"/>
+      <c r="D779" s="6"/>
+      <c r="E779" s="4"/>
     </row>
     <row r="780" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A780" s="1"/>
       <c r="B780" s="2"/>
-      <c r="C780" s="2"/>
-[...1 lines deleted...]
-      <c r="E780" s="6"/>
+      <c r="C780" s="3"/>
+      <c r="D780" s="6"/>
+      <c r="E780" s="4"/>
     </row>
     <row r="781" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A781" s="1"/>
       <c r="B781" s="2"/>
-      <c r="C781" s="2"/>
-[...1 lines deleted...]
-      <c r="E781" s="6"/>
+      <c r="C781" s="3"/>
+      <c r="D781" s="6"/>
+      <c r="E781" s="4"/>
     </row>
     <row r="782" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A782" s="1"/>
       <c r="B782" s="2"/>
-      <c r="C782" s="2"/>
-[...1 lines deleted...]
-      <c r="E782" s="6"/>
+      <c r="C782" s="3"/>
+      <c r="D782" s="6"/>
+      <c r="E782" s="4"/>
     </row>
     <row r="783" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A783" s="1"/>
       <c r="B783" s="2"/>
-      <c r="C783" s="2"/>
-[...1 lines deleted...]
-      <c r="E783" s="6"/>
+      <c r="C783" s="3"/>
+      <c r="D783" s="6"/>
+      <c r="E783" s="4"/>
     </row>
     <row r="784" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A784" s="1"/>
       <c r="B784" s="2"/>
-      <c r="C784" s="2"/>
-[...1 lines deleted...]
-      <c r="E784" s="6"/>
+      <c r="C784" s="3"/>
+      <c r="D784" s="6"/>
+      <c r="E784" s="4"/>
     </row>
     <row r="785" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A785" s="1"/>
       <c r="B785" s="2"/>
-      <c r="C785" s="2"/>
-[...1 lines deleted...]
-      <c r="E785" s="6"/>
+      <c r="C785" s="3"/>
+      <c r="D785" s="6"/>
+      <c r="E785" s="4"/>
     </row>
     <row r="786" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A786" s="1"/>
       <c r="B786" s="2"/>
-      <c r="C786" s="2"/>
-[...1 lines deleted...]
-      <c r="E786" s="6"/>
+      <c r="C786" s="3"/>
+      <c r="D786" s="6"/>
+      <c r="E786" s="4"/>
     </row>
     <row r="787" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A787" s="1"/>
       <c r="B787" s="2"/>
-      <c r="C787" s="2"/>
-[...1 lines deleted...]
-      <c r="E787" s="6"/>
+      <c r="C787" s="3"/>
+      <c r="D787" s="6"/>
+      <c r="E787" s="4"/>
     </row>
     <row r="788" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A788" s="1"/>
       <c r="B788" s="2"/>
-      <c r="C788" s="2"/>
-[...1 lines deleted...]
-      <c r="E788" s="6"/>
+      <c r="C788" s="3"/>
+      <c r="D788" s="6"/>
+      <c r="E788" s="4"/>
     </row>
     <row r="789" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A789" s="1"/>
       <c r="B789" s="2"/>
-      <c r="C789" s="2"/>
-[...1 lines deleted...]
-      <c r="E789" s="6"/>
+      <c r="C789" s="3"/>
+      <c r="D789" s="6"/>
+      <c r="E789" s="4"/>
     </row>
     <row r="790" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A790" s="1"/>
       <c r="B790" s="2"/>
-      <c r="C790" s="2"/>
-[...1 lines deleted...]
-      <c r="E790" s="6"/>
+      <c r="C790" s="3"/>
+      <c r="D790" s="6"/>
+      <c r="E790" s="4"/>
     </row>
     <row r="791" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A791" s="1"/>
       <c r="B791" s="2"/>
-      <c r="C791" s="2"/>
-[...1 lines deleted...]
-      <c r="E791" s="6"/>
+      <c r="C791" s="3"/>
+      <c r="D791" s="6"/>
+      <c r="E791" s="4"/>
     </row>
     <row r="792" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A792" s="1"/>
       <c r="B792" s="2"/>
-      <c r="C792" s="2"/>
-[...1 lines deleted...]
-      <c r="E792" s="6"/>
+      <c r="C792" s="3"/>
+      <c r="D792" s="6"/>
+      <c r="E792" s="4"/>
     </row>
     <row r="793" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A793" s="1"/>
       <c r="B793" s="2"/>
-      <c r="C793" s="2"/>
-[...1 lines deleted...]
-      <c r="E793" s="6"/>
+      <c r="C793" s="3"/>
+      <c r="D793" s="6"/>
+      <c r="E793" s="4"/>
     </row>
     <row r="794" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A794" s="1"/>
       <c r="B794" s="2"/>
-      <c r="C794" s="2"/>
-[...1 lines deleted...]
-      <c r="E794" s="6"/>
+      <c r="C794" s="3"/>
+      <c r="D794" s="6"/>
+      <c r="E794" s="4"/>
     </row>
     <row r="795" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A795" s="1"/>
       <c r="B795" s="2"/>
-      <c r="C795" s="2"/>
-[...1 lines deleted...]
-      <c r="E795" s="6"/>
+      <c r="C795" s="3"/>
+      <c r="D795" s="6"/>
+      <c r="E795" s="4"/>
     </row>
     <row r="796" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A796" s="1"/>
       <c r="B796" s="2"/>
-      <c r="C796" s="2"/>
-[...1 lines deleted...]
-      <c r="E796" s="6"/>
+      <c r="C796" s="3"/>
+      <c r="D796" s="6"/>
+      <c r="E796" s="4"/>
     </row>
     <row r="797" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A797" s="1"/>
       <c r="B797" s="2"/>
-      <c r="C797" s="2"/>
-[...1 lines deleted...]
-      <c r="E797" s="6"/>
+      <c r="C797" s="3"/>
+      <c r="D797" s="6"/>
+      <c r="E797" s="4"/>
     </row>
     <row r="798" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A798" s="1"/>
       <c r="B798" s="2"/>
-      <c r="C798" s="2"/>
-[...1 lines deleted...]
-      <c r="E798" s="6"/>
+      <c r="C798" s="3"/>
+      <c r="D798" s="6"/>
+      <c r="E798" s="4"/>
     </row>
     <row r="799" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A799" s="1"/>
       <c r="B799" s="2"/>
-      <c r="C799" s="2"/>
-[...1 lines deleted...]
-      <c r="E799" s="6"/>
+      <c r="C799" s="3"/>
+      <c r="D799" s="6"/>
+      <c r="E799" s="4"/>
     </row>
     <row r="800" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A800" s="1"/>
       <c r="B800" s="2"/>
-      <c r="C800" s="2"/>
-[...1 lines deleted...]
-      <c r="E800" s="6"/>
+      <c r="C800" s="3"/>
+      <c r="D800" s="6"/>
+      <c r="E800" s="4"/>
     </row>
     <row r="801" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A801" s="1"/>
       <c r="B801" s="2"/>
-      <c r="C801" s="2"/>
-[...1 lines deleted...]
-      <c r="E801" s="6"/>
+      <c r="C801" s="3"/>
+      <c r="D801" s="6"/>
+      <c r="E801" s="4"/>
     </row>
     <row r="802" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A802" s="1"/>
       <c r="B802" s="2"/>
-      <c r="C802" s="2"/>
-[...1 lines deleted...]
-      <c r="E802" s="6"/>
+      <c r="C802" s="3"/>
+      <c r="D802" s="6"/>
+      <c r="E802" s="4"/>
     </row>
     <row r="803" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A803" s="1"/>
       <c r="B803" s="2"/>
-      <c r="C803" s="2"/>
-[...1 lines deleted...]
-      <c r="E803" s="6"/>
+      <c r="C803" s="3"/>
+      <c r="D803" s="6"/>
+      <c r="E803" s="4"/>
     </row>
     <row r="804" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A804" s="1"/>
       <c r="B804" s="2"/>
-      <c r="C804" s="2"/>
-[...1 lines deleted...]
-      <c r="E804" s="6"/>
+      <c r="C804" s="3"/>
+      <c r="D804" s="6"/>
+      <c r="E804" s="4"/>
     </row>
     <row r="805" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A805" s="1"/>
       <c r="B805" s="2"/>
-      <c r="C805" s="2"/>
-[...1 lines deleted...]
-      <c r="E805" s="6"/>
+      <c r="C805" s="3"/>
+      <c r="D805" s="6"/>
+      <c r="E805" s="4"/>
     </row>
     <row r="806" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A806" s="1"/>
       <c r="B806" s="2"/>
-      <c r="C806" s="2"/>
-[...1 lines deleted...]
-      <c r="E806" s="6"/>
+      <c r="C806" s="3"/>
+      <c r="D806" s="6"/>
+      <c r="E806" s="4"/>
     </row>
     <row r="807" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A807" s="1"/>
       <c r="B807" s="2"/>
-      <c r="C807" s="2"/>
-[...1 lines deleted...]
-      <c r="E807" s="6"/>
+      <c r="C807" s="3"/>
+      <c r="D807" s="6"/>
+      <c r="E807" s="4"/>
     </row>
     <row r="808" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A808" s="1"/>
       <c r="B808" s="2"/>
-      <c r="C808" s="2"/>
-[...1 lines deleted...]
-      <c r="E808" s="6"/>
+      <c r="C808" s="3"/>
+      <c r="D808" s="6"/>
+      <c r="E808" s="4"/>
     </row>
     <row r="809" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A809" s="1"/>
       <c r="B809" s="2"/>
-      <c r="C809" s="2"/>
-[...1 lines deleted...]
-      <c r="E809" s="6"/>
+      <c r="C809" s="3"/>
+      <c r="D809" s="6"/>
+      <c r="E809" s="4"/>
     </row>
     <row r="810" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A810" s="1"/>
       <c r="B810" s="2"/>
-      <c r="C810" s="2"/>
-[...1 lines deleted...]
-      <c r="E810" s="6"/>
+      <c r="C810" s="3"/>
+      <c r="D810" s="6"/>
+      <c r="E810" s="4"/>
     </row>
     <row r="811" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A811" s="1"/>
       <c r="B811" s="2"/>
-      <c r="C811" s="2"/>
-[...1 lines deleted...]
-      <c r="E811" s="6"/>
+      <c r="C811" s="3"/>
+      <c r="D811" s="6"/>
+      <c r="E811" s="4"/>
     </row>
     <row r="812" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A812" s="1"/>
       <c r="B812" s="2"/>
-      <c r="C812" s="2"/>
-[...1 lines deleted...]
-      <c r="E812" s="6"/>
+      <c r="C812" s="3"/>
+      <c r="D812" s="6"/>
+      <c r="E812" s="4"/>
     </row>
     <row r="813" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A813" s="1"/>
       <c r="B813" s="2"/>
-      <c r="C813" s="2"/>
-[...1 lines deleted...]
-      <c r="E813" s="6"/>
+      <c r="C813" s="3"/>
+      <c r="D813" s="6"/>
+      <c r="E813" s="4"/>
     </row>
     <row r="814" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A814" s="1"/>
       <c r="B814" s="2"/>
-      <c r="C814" s="2"/>
-[...1 lines deleted...]
-      <c r="E814" s="6"/>
+      <c r="C814" s="3"/>
+      <c r="D814" s="6"/>
+      <c r="E814" s="4"/>
     </row>
     <row r="815" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A815" s="1"/>
       <c r="B815" s="2"/>
-      <c r="C815" s="2"/>
-[...1 lines deleted...]
-      <c r="E815" s="6"/>
+      <c r="C815" s="3"/>
+      <c r="D815" s="6"/>
+      <c r="E815" s="4"/>
     </row>
     <row r="816" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A816" s="1"/>
       <c r="B816" s="2"/>
-      <c r="C816" s="2"/>
-[...1 lines deleted...]
-      <c r="E816" s="6"/>
+      <c r="C816" s="3"/>
+      <c r="D816" s="6"/>
+      <c r="E816" s="4"/>
     </row>
     <row r="817" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A817" s="1"/>
       <c r="B817" s="2"/>
-      <c r="C817" s="2"/>
-[...1 lines deleted...]
-      <c r="E817" s="6"/>
+      <c r="C817" s="3"/>
+      <c r="D817" s="6"/>
+      <c r="E817" s="4"/>
     </row>
     <row r="818" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A818" s="1"/>
       <c r="B818" s="2"/>
-      <c r="C818" s="2"/>
-[...1 lines deleted...]
-      <c r="E818" s="6"/>
+      <c r="C818" s="3"/>
+      <c r="D818" s="6"/>
+      <c r="E818" s="4"/>
     </row>
     <row r="819" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A819" s="1"/>
       <c r="B819" s="2"/>
-      <c r="C819" s="2"/>
-[...1 lines deleted...]
-      <c r="E819" s="6"/>
+      <c r="C819" s="3"/>
+      <c r="D819" s="6"/>
+      <c r="E819" s="4"/>
     </row>
     <row r="820" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A820" s="1"/>
       <c r="B820" s="2"/>
-      <c r="C820" s="2"/>
-[...1 lines deleted...]
-      <c r="E820" s="6"/>
+      <c r="C820" s="3"/>
+      <c r="D820" s="6"/>
+      <c r="E820" s="4"/>
     </row>
     <row r="821" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A821" s="1"/>
       <c r="B821" s="2"/>
-      <c r="C821" s="2"/>
-[...1 lines deleted...]
-      <c r="E821" s="6"/>
+      <c r="C821" s="3"/>
+      <c r="D821" s="6"/>
+      <c r="E821" s="4"/>
     </row>
     <row r="822" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A822" s="1"/>
       <c r="B822" s="2"/>
-      <c r="C822" s="2"/>
-[...1 lines deleted...]
-      <c r="E822" s="6"/>
+      <c r="C822" s="3"/>
+      <c r="D822" s="6"/>
+      <c r="E822" s="4"/>
     </row>
     <row r="823" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A823" s="1"/>
       <c r="B823" s="2"/>
-      <c r="C823" s="2"/>
-[...1 lines deleted...]
-      <c r="E823" s="6"/>
+      <c r="C823" s="3"/>
+      <c r="D823" s="6"/>
+      <c r="E823" s="4"/>
     </row>
     <row r="824" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A824" s="1"/>
       <c r="B824" s="2"/>
-      <c r="C824" s="2"/>
-[...1 lines deleted...]
-      <c r="E824" s="6"/>
+      <c r="C824" s="3"/>
+      <c r="D824" s="6"/>
+      <c r="E824" s="4"/>
     </row>
     <row r="825" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A825" s="1"/>
       <c r="B825" s="2"/>
-      <c r="C825" s="2"/>
-[...1 lines deleted...]
-      <c r="E825" s="6"/>
+      <c r="C825" s="3"/>
+      <c r="D825" s="6"/>
+      <c r="E825" s="4"/>
     </row>
     <row r="826" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A826" s="1"/>
       <c r="B826" s="2"/>
-      <c r="C826" s="2"/>
-[...1 lines deleted...]
-      <c r="E826" s="6"/>
+      <c r="C826" s="3"/>
+      <c r="D826" s="6"/>
+      <c r="E826" s="4"/>
     </row>
     <row r="827" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A827" s="1"/>
       <c r="B827" s="2"/>
-      <c r="C827" s="2"/>
-[...1 lines deleted...]
-      <c r="E827" s="6"/>
+      <c r="C827" s="3"/>
+      <c r="D827" s="6"/>
+      <c r="E827" s="4"/>
     </row>
     <row r="828" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A828" s="1"/>
       <c r="B828" s="2"/>
-      <c r="C828" s="2"/>
-[...1 lines deleted...]
-      <c r="E828" s="6"/>
+      <c r="C828" s="3"/>
+      <c r="D828" s="6"/>
+      <c r="E828" s="4"/>
     </row>
     <row r="829" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A829" s="1"/>
       <c r="B829" s="2"/>
-      <c r="C829" s="2"/>
-[...1 lines deleted...]
-      <c r="E829" s="6"/>
+      <c r="C829" s="3"/>
+      <c r="D829" s="6"/>
+      <c r="E829" s="4"/>
     </row>
     <row r="830" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A830" s="1"/>
       <c r="B830" s="2"/>
-      <c r="C830" s="2"/>
-[...1 lines deleted...]
-      <c r="E830" s="6"/>
+      <c r="C830" s="3"/>
+      <c r="D830" s="6"/>
+      <c r="E830" s="4"/>
     </row>
     <row r="831" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A831" s="1"/>
       <c r="B831" s="2"/>
-      <c r="C831" s="2"/>
-[...1 lines deleted...]
-      <c r="E831" s="6"/>
+      <c r="C831" s="3"/>
+      <c r="D831" s="6"/>
+      <c r="E831" s="4"/>
     </row>
     <row r="832" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A832" s="1"/>
       <c r="B832" s="2"/>
-      <c r="C832" s="2"/>
-[...1 lines deleted...]
-      <c r="E832" s="6"/>
+      <c r="C832" s="3"/>
+      <c r="D832" s="6"/>
+      <c r="E832" s="4"/>
     </row>
     <row r="833" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A833" s="1"/>
       <c r="B833" s="2"/>
-      <c r="C833" s="2"/>
-[...1 lines deleted...]
-      <c r="E833" s="6"/>
+      <c r="C833" s="3"/>
+      <c r="D833" s="6"/>
+      <c r="E833" s="4"/>
     </row>
     <row r="834" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A834" s="1"/>
       <c r="B834" s="2"/>
-      <c r="C834" s="2"/>
-[...1 lines deleted...]
-      <c r="E834" s="6"/>
+      <c r="C834" s="3"/>
+      <c r="D834" s="6"/>
+      <c r="E834" s="4"/>
     </row>
     <row r="835" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A835" s="1"/>
       <c r="B835" s="2"/>
-      <c r="C835" s="2"/>
-[...1 lines deleted...]
-      <c r="E835" s="6"/>
+      <c r="C835" s="3"/>
+      <c r="D835" s="6"/>
+      <c r="E835" s="4"/>
     </row>
     <row r="836" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A836" s="1"/>
       <c r="B836" s="2"/>
-      <c r="C836" s="2"/>
-[...1 lines deleted...]
-      <c r="E836" s="6"/>
+      <c r="C836" s="3"/>
+      <c r="D836" s="6"/>
+      <c r="E836" s="4"/>
     </row>
     <row r="837" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A837" s="1"/>
       <c r="B837" s="2"/>
-      <c r="C837" s="2"/>
-[...1 lines deleted...]
-      <c r="E837" s="6"/>
+      <c r="C837" s="3"/>
+      <c r="D837" s="6"/>
+      <c r="E837" s="4"/>
     </row>
     <row r="838" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A838" s="1"/>
       <c r="B838" s="2"/>
-      <c r="C838" s="2"/>
-[...1 lines deleted...]
-      <c r="E838" s="6"/>
+      <c r="C838" s="3"/>
+      <c r="D838" s="6"/>
+      <c r="E838" s="4"/>
     </row>
     <row r="839" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A839" s="1"/>
       <c r="B839" s="2"/>
-      <c r="C839" s="2"/>
-[...1 lines deleted...]
-      <c r="E839" s="6"/>
+      <c r="C839" s="3"/>
+      <c r="D839" s="6"/>
+      <c r="E839" s="4"/>
     </row>
     <row r="840" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A840" s="1"/>
       <c r="B840" s="2"/>
-      <c r="C840" s="2"/>
-[...1 lines deleted...]
-      <c r="E840" s="6"/>
+      <c r="C840" s="3"/>
+      <c r="D840" s="6"/>
+      <c r="E840" s="4"/>
     </row>
     <row r="841" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A841" s="1"/>
       <c r="B841" s="2"/>
-      <c r="C841" s="2"/>
-[...1 lines deleted...]
-      <c r="E841" s="6"/>
+      <c r="C841" s="3"/>
+      <c r="D841" s="6"/>
+      <c r="E841" s="4"/>
     </row>
     <row r="842" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A842" s="1"/>
       <c r="B842" s="2"/>
-      <c r="C842" s="2"/>
-[...1 lines deleted...]
-      <c r="E842" s="6"/>
+      <c r="C842" s="3"/>
+      <c r="D842" s="6"/>
+      <c r="E842" s="4"/>
     </row>
     <row r="843" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A843" s="1"/>
       <c r="B843" s="2"/>
-      <c r="C843" s="2"/>
-[...1 lines deleted...]
-      <c r="E843" s="6"/>
+      <c r="C843" s="3"/>
+      <c r="D843" s="6"/>
+      <c r="E843" s="4"/>
     </row>
     <row r="844" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A844" s="1"/>
       <c r="B844" s="2"/>
-      <c r="C844" s="2"/>
-[...1 lines deleted...]
-      <c r="E844" s="6"/>
+      <c r="C844" s="3"/>
+      <c r="D844" s="6"/>
+      <c r="E844" s="4"/>
     </row>
     <row r="845" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A845" s="1"/>
       <c r="B845" s="2"/>
-      <c r="C845" s="2"/>
-[...1 lines deleted...]
-      <c r="E845" s="6"/>
+      <c r="C845" s="3"/>
+      <c r="D845" s="6"/>
+      <c r="E845" s="4"/>
     </row>
     <row r="846" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A846" s="1"/>
       <c r="B846" s="2"/>
-      <c r="C846" s="2"/>
-[...1 lines deleted...]
-      <c r="E846" s="6"/>
+      <c r="C846" s="3"/>
+      <c r="D846" s="6"/>
+      <c r="E846" s="4"/>
     </row>
     <row r="847" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A847" s="1"/>
       <c r="B847" s="2"/>
-      <c r="C847" s="2"/>
-[...1 lines deleted...]
-      <c r="E847" s="6"/>
+      <c r="C847" s="3"/>
+      <c r="D847" s="6"/>
+      <c r="E847" s="4"/>
     </row>
     <row r="848" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A848" s="1"/>
       <c r="B848" s="2"/>
-      <c r="C848" s="2"/>
-[...1 lines deleted...]
-      <c r="E848" s="6"/>
+      <c r="C848" s="3"/>
+      <c r="D848" s="6"/>
+      <c r="E848" s="4"/>
     </row>
     <row r="849" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A849" s="1"/>
       <c r="B849" s="2"/>
-      <c r="C849" s="2"/>
-[...1 lines deleted...]
-      <c r="E849" s="6"/>
+      <c r="C849" s="3"/>
+      <c r="D849" s="6"/>
+      <c r="E849" s="4"/>
     </row>
     <row r="850" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A850" s="1"/>
       <c r="B850" s="2"/>
-      <c r="C850" s="2"/>
-[...1 lines deleted...]
-      <c r="E850" s="6"/>
+      <c r="C850" s="3"/>
+      <c r="D850" s="6"/>
+      <c r="E850" s="4"/>
     </row>
     <row r="851" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A851" s="1"/>
       <c r="B851" s="2"/>
-      <c r="C851" s="2"/>
-[...1 lines deleted...]
-      <c r="E851" s="6"/>
+      <c r="C851" s="3"/>
+      <c r="D851" s="6"/>
+      <c r="E851" s="4"/>
     </row>
     <row r="852" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A852" s="1"/>
       <c r="B852" s="2"/>
-      <c r="C852" s="2"/>
-[...1 lines deleted...]
-      <c r="E852" s="6"/>
+      <c r="C852" s="3"/>
+      <c r="D852" s="6"/>
+      <c r="E852" s="4"/>
     </row>
     <row r="853" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A853" s="1"/>
       <c r="B853" s="2"/>
-      <c r="C853" s="2"/>
-[...1 lines deleted...]
-      <c r="E853" s="6"/>
+      <c r="C853" s="3"/>
+      <c r="D853" s="6"/>
+      <c r="E853" s="4"/>
     </row>
     <row r="854" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A854" s="1"/>
       <c r="B854" s="2"/>
-      <c r="C854" s="2"/>
-[...1 lines deleted...]
-      <c r="E854" s="6"/>
+      <c r="C854" s="3"/>
+      <c r="D854" s="6"/>
+      <c r="E854" s="4"/>
     </row>
     <row r="855" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A855" s="1"/>
       <c r="B855" s="2"/>
-      <c r="C855" s="2"/>
-[...1 lines deleted...]
-      <c r="E855" s="6"/>
+      <c r="C855" s="3"/>
+      <c r="D855" s="6"/>
+      <c r="E855" s="4"/>
     </row>
     <row r="856" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A856" s="1"/>
       <c r="B856" s="2"/>
-      <c r="C856" s="2"/>
-[...1 lines deleted...]
-      <c r="E856" s="6"/>
+      <c r="C856" s="3"/>
+      <c r="D856" s="6"/>
+      <c r="E856" s="4"/>
     </row>
     <row r="857" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A857" s="1"/>
       <c r="B857" s="2"/>
-      <c r="C857" s="2"/>
-[...1 lines deleted...]
-      <c r="E857" s="6"/>
+      <c r="C857" s="3"/>
+      <c r="D857" s="6"/>
+      <c r="E857" s="4"/>
     </row>
     <row r="858" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A858" s="1"/>
       <c r="B858" s="2"/>
-      <c r="C858" s="2"/>
-[...1 lines deleted...]
-      <c r="E858" s="6"/>
+      <c r="C858" s="3"/>
+      <c r="D858" s="6"/>
+      <c r="E858" s="4"/>
     </row>
     <row r="859" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A859" s="1"/>
       <c r="B859" s="2"/>
-      <c r="C859" s="2"/>
-[...1 lines deleted...]
-      <c r="E859" s="6"/>
+      <c r="C859" s="3"/>
+      <c r="D859" s="6"/>
+      <c r="E859" s="4"/>
     </row>
     <row r="860" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A860" s="1"/>
       <c r="B860" s="2"/>
-      <c r="C860" s="2"/>
-[...1 lines deleted...]
-      <c r="E860" s="6"/>
+      <c r="C860" s="3"/>
+      <c r="D860" s="6"/>
+      <c r="E860" s="4"/>
     </row>
     <row r="861" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A861" s="1"/>
       <c r="B861" s="2"/>
-      <c r="C861" s="2"/>
-[...1 lines deleted...]
-      <c r="E861" s="6"/>
+      <c r="C861" s="3"/>
+      <c r="D861" s="6"/>
+      <c r="E861" s="4"/>
     </row>
     <row r="862" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A862" s="1"/>
       <c r="B862" s="2"/>
-      <c r="C862" s="2"/>
-[...1 lines deleted...]
-      <c r="E862" s="6"/>
+      <c r="C862" s="3"/>
+      <c r="D862" s="6"/>
+      <c r="E862" s="4"/>
     </row>
     <row r="863" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A863" s="1"/>
       <c r="B863" s="2"/>
-      <c r="C863" s="2"/>
-[...1 lines deleted...]
-      <c r="E863" s="6"/>
+      <c r="C863" s="3"/>
+      <c r="D863" s="6"/>
+      <c r="E863" s="4"/>
     </row>
     <row r="864" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A864" s="1"/>
       <c r="B864" s="2"/>
-      <c r="C864" s="2"/>
-[...1 lines deleted...]
-      <c r="E864" s="6"/>
+      <c r="C864" s="3"/>
+      <c r="D864" s="6"/>
+      <c r="E864" s="4"/>
     </row>
     <row r="865" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A865" s="1"/>
       <c r="B865" s="2"/>
-      <c r="C865" s="2"/>
-[...1 lines deleted...]
-      <c r="E865" s="6"/>
+      <c r="C865" s="3"/>
+      <c r="D865" s="6"/>
+      <c r="E865" s="4"/>
     </row>
     <row r="866" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A866" s="1"/>
       <c r="B866" s="2"/>
-      <c r="C866" s="2"/>
-[...1 lines deleted...]
-      <c r="E866" s="6"/>
+      <c r="C866" s="3"/>
+      <c r="D866" s="6"/>
+      <c r="E866" s="4"/>
     </row>
     <row r="867" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A867" s="1"/>
       <c r="B867" s="2"/>
-      <c r="C867" s="2"/>
-[...1 lines deleted...]
-      <c r="E867" s="6"/>
+      <c r="C867" s="3"/>
+      <c r="D867" s="6"/>
+      <c r="E867" s="4"/>
     </row>
     <row r="868" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A868" s="1"/>
       <c r="B868" s="2"/>
-      <c r="C868" s="2"/>
-[...1 lines deleted...]
-      <c r="E868" s="6"/>
+      <c r="C868" s="3"/>
+      <c r="D868" s="6"/>
+      <c r="E868" s="4"/>
     </row>
     <row r="869" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A869" s="1"/>
       <c r="B869" s="2"/>
-      <c r="C869" s="2"/>
-[...1 lines deleted...]
-      <c r="E869" s="6"/>
+      <c r="C869" s="3"/>
+      <c r="D869" s="6"/>
+      <c r="E869" s="4"/>
     </row>
     <row r="870" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A870" s="1"/>
       <c r="B870" s="2"/>
-      <c r="C870" s="2"/>
-[...1 lines deleted...]
-      <c r="E870" s="6"/>
+      <c r="C870" s="3"/>
+      <c r="D870" s="6"/>
+      <c r="E870" s="4"/>
     </row>
     <row r="871" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A871" s="1"/>
       <c r="B871" s="2"/>
-      <c r="C871" s="2"/>
-[...1 lines deleted...]
-      <c r="E871" s="6"/>
+      <c r="C871" s="3"/>
+      <c r="D871" s="6"/>
+      <c r="E871" s="4"/>
     </row>
     <row r="872" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A872" s="1"/>
       <c r="B872" s="2"/>
-      <c r="C872" s="2"/>
-[...1 lines deleted...]
-      <c r="E872" s="6"/>
+      <c r="C872" s="3"/>
+      <c r="D872" s="6"/>
+      <c r="E872" s="4"/>
     </row>
     <row r="873" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A873" s="1"/>
       <c r="B873" s="2"/>
-      <c r="C873" s="2"/>
-[...1 lines deleted...]
-      <c r="E873" s="6"/>
+      <c r="C873" s="3"/>
+      <c r="D873" s="6"/>
+      <c r="E873" s="4"/>
     </row>
     <row r="874" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A874" s="1"/>
       <c r="B874" s="2"/>
-      <c r="C874" s="2"/>
-[...1 lines deleted...]
-      <c r="E874" s="6"/>
+      <c r="C874" s="3"/>
+      <c r="D874" s="6"/>
+      <c r="E874" s="4"/>
     </row>
     <row r="875" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A875" s="1"/>
       <c r="B875" s="2"/>
-      <c r="C875" s="2"/>
-[...1 lines deleted...]
-      <c r="E875" s="6"/>
+      <c r="C875" s="3"/>
+      <c r="D875" s="6"/>
+      <c r="E875" s="4"/>
     </row>
     <row r="876" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A876" s="1"/>
       <c r="B876" s="2"/>
-      <c r="C876" s="2"/>
-[...1 lines deleted...]
-      <c r="E876" s="6"/>
+      <c r="C876" s="3"/>
+      <c r="D876" s="6"/>
+      <c r="E876" s="4"/>
     </row>
     <row r="877" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A877" s="1"/>
       <c r="B877" s="2"/>
-      <c r="C877" s="2"/>
-[...1 lines deleted...]
-      <c r="E877" s="6"/>
+      <c r="C877" s="3"/>
+      <c r="D877" s="6"/>
+      <c r="E877" s="4"/>
     </row>
     <row r="878" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A878" s="1"/>
       <c r="B878" s="2"/>
-      <c r="C878" s="2"/>
-[...1 lines deleted...]
-      <c r="E878" s="6"/>
+      <c r="C878" s="3"/>
+      <c r="D878" s="6"/>
+      <c r="E878" s="4"/>
     </row>
     <row r="879" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A879" s="1"/>
       <c r="B879" s="2"/>
-      <c r="C879" s="2"/>
-[...1 lines deleted...]
-      <c r="E879" s="6"/>
+      <c r="C879" s="3"/>
+      <c r="D879" s="6"/>
+      <c r="E879" s="4"/>
     </row>
     <row r="880" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A880" s="1"/>
       <c r="B880" s="2"/>
-      <c r="C880" s="2"/>
-[...1 lines deleted...]
-      <c r="E880" s="6"/>
+      <c r="C880" s="3"/>
+      <c r="D880" s="6"/>
+      <c r="E880" s="4"/>
     </row>
     <row r="881" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A881" s="1"/>
       <c r="B881" s="2"/>
-      <c r="C881" s="2"/>
-[...1 lines deleted...]
-      <c r="E881" s="6"/>
+      <c r="C881" s="3"/>
+      <c r="D881" s="6"/>
+      <c r="E881" s="4"/>
     </row>
     <row r="882" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A882" s="1"/>
       <c r="B882" s="2"/>
-      <c r="C882" s="2"/>
-[...1 lines deleted...]
-      <c r="E882" s="6"/>
+      <c r="C882" s="3"/>
+      <c r="D882" s="6"/>
+      <c r="E882" s="4"/>
     </row>
     <row r="883" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A883" s="1"/>
       <c r="B883" s="2"/>
-      <c r="C883" s="2"/>
-[...1 lines deleted...]
-      <c r="E883" s="6"/>
+      <c r="C883" s="3"/>
+      <c r="D883" s="6"/>
+      <c r="E883" s="4"/>
     </row>
     <row r="884" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A884" s="1"/>
       <c r="B884" s="2"/>
-      <c r="C884" s="2"/>
-[...1 lines deleted...]
-      <c r="E884" s="6"/>
+      <c r="C884" s="3"/>
+      <c r="D884" s="6"/>
+      <c r="E884" s="4"/>
     </row>
     <row r="885" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A885" s="1"/>
       <c r="B885" s="2"/>
-      <c r="C885" s="2"/>
-[...1 lines deleted...]
-      <c r="E885" s="6"/>
+      <c r="C885" s="3"/>
+      <c r="D885" s="6"/>
+      <c r="E885" s="4"/>
     </row>
     <row r="886" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A886" s="1"/>
       <c r="B886" s="2"/>
-      <c r="C886" s="2"/>
-[...1 lines deleted...]
-      <c r="E886" s="6"/>
+      <c r="C886" s="3"/>
+      <c r="D886" s="6"/>
+      <c r="E886" s="4"/>
     </row>
     <row r="887" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A887" s="1"/>
       <c r="B887" s="2"/>
-      <c r="C887" s="2"/>
-[...1 lines deleted...]
-      <c r="E887" s="6"/>
+      <c r="C887" s="3"/>
+      <c r="D887" s="6"/>
+      <c r="E887" s="4"/>
     </row>
     <row r="888" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A888" s="1"/>
       <c r="B888" s="2"/>
-      <c r="C888" s="2"/>
-[...1 lines deleted...]
-      <c r="E888" s="6"/>
+      <c r="C888" s="3"/>
+      <c r="D888" s="6"/>
+      <c r="E888" s="4"/>
     </row>
     <row r="889" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A889" s="1"/>
       <c r="B889" s="2"/>
-      <c r="C889" s="2"/>
-[...1 lines deleted...]
-      <c r="E889" s="6"/>
+      <c r="C889" s="3"/>
+      <c r="D889" s="6"/>
+      <c r="E889" s="4"/>
     </row>
     <row r="890" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A890" s="1"/>
       <c r="B890" s="2"/>
-      <c r="C890" s="2"/>
-[...1 lines deleted...]
-      <c r="E890" s="6"/>
+      <c r="C890" s="3"/>
+      <c r="D890" s="6"/>
+      <c r="E890" s="4"/>
     </row>
     <row r="891" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A891" s="1"/>
       <c r="B891" s="2"/>
-      <c r="C891" s="2"/>
-[...1 lines deleted...]
-      <c r="E891" s="6"/>
+      <c r="C891" s="3"/>
+      <c r="D891" s="6"/>
+      <c r="E891" s="4"/>
     </row>
     <row r="892" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A892" s="1"/>
       <c r="B892" s="2"/>
-      <c r="C892" s="2"/>
-[...1 lines deleted...]
-      <c r="E892" s="6"/>
+      <c r="C892" s="3"/>
+      <c r="D892" s="6"/>
+      <c r="E892" s="4"/>
     </row>
     <row r="893" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A893" s="1"/>
       <c r="B893" s="2"/>
-      <c r="C893" s="2"/>
-[...1 lines deleted...]
-      <c r="E893" s="6"/>
+      <c r="C893" s="3"/>
+      <c r="D893" s="6"/>
+      <c r="E893" s="4"/>
     </row>
     <row r="894" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A894" s="1"/>
       <c r="B894" s="2"/>
-      <c r="C894" s="2"/>
-[...1 lines deleted...]
-      <c r="E894" s="6"/>
+      <c r="C894" s="3"/>
+      <c r="D894" s="6"/>
+      <c r="E894" s="4"/>
     </row>
     <row r="895" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A895" s="1"/>
       <c r="B895" s="2"/>
-      <c r="C895" s="2"/>
-[...1 lines deleted...]
-      <c r="E895" s="6"/>
+      <c r="C895" s="3"/>
+      <c r="D895" s="6"/>
+      <c r="E895" s="4"/>
     </row>
     <row r="896" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A896" s="1"/>
       <c r="B896" s="2"/>
-      <c r="C896" s="2"/>
-[...1 lines deleted...]
-      <c r="E896" s="6"/>
+      <c r="C896" s="3"/>
+      <c r="D896" s="6"/>
+      <c r="E896" s="4"/>
     </row>
     <row r="897" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A897" s="1"/>
       <c r="B897" s="2"/>
-      <c r="C897" s="2"/>
-[...1 lines deleted...]
-      <c r="E897" s="6"/>
+      <c r="C897" s="3"/>
+      <c r="D897" s="6"/>
+      <c r="E897" s="4"/>
     </row>
     <row r="898" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A898" s="1"/>
       <c r="B898" s="2"/>
-      <c r="C898" s="2"/>
-[...1 lines deleted...]
-      <c r="E898" s="6"/>
+      <c r="C898" s="3"/>
+      <c r="D898" s="6"/>
+      <c r="E898" s="4"/>
     </row>
     <row r="899" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A899" s="1"/>
       <c r="B899" s="2"/>
-      <c r="C899" s="2"/>
-[...1 lines deleted...]
-      <c r="E899" s="6"/>
+      <c r="C899" s="3"/>
+      <c r="D899" s="6"/>
+      <c r="E899" s="4"/>
     </row>
     <row r="900" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A900" s="1"/>
       <c r="B900" s="2"/>
-      <c r="C900" s="2"/>
-[...1 lines deleted...]
-      <c r="E900" s="6"/>
+      <c r="C900" s="3"/>
+      <c r="D900" s="6"/>
+      <c r="E900" s="4"/>
     </row>
     <row r="901" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A901" s="1"/>
       <c r="B901" s="2"/>
-      <c r="C901" s="2"/>
-[...1 lines deleted...]
-      <c r="E901" s="6"/>
+      <c r="C901" s="3"/>
+      <c r="D901" s="6"/>
+      <c r="E901" s="4"/>
     </row>
     <row r="902" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A902" s="1"/>
       <c r="B902" s="2"/>
-      <c r="C902" s="2"/>
-[...1 lines deleted...]
-      <c r="E902" s="6"/>
+      <c r="C902" s="3"/>
+      <c r="D902" s="6"/>
+      <c r="E902" s="4"/>
     </row>
     <row r="903" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A903" s="1"/>
       <c r="B903" s="2"/>
-      <c r="C903" s="2"/>
-[...1 lines deleted...]
-      <c r="E903" s="6"/>
+      <c r="C903" s="3"/>
+      <c r="D903" s="6"/>
+      <c r="E903" s="4"/>
     </row>
     <row r="904" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A904" s="1"/>
       <c r="B904" s="2"/>
-      <c r="C904" s="2"/>
-[...1 lines deleted...]
-      <c r="E904" s="6"/>
+      <c r="C904" s="3"/>
+      <c r="D904" s="6"/>
+      <c r="E904" s="4"/>
     </row>
     <row r="905" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A905" s="1"/>
       <c r="B905" s="2"/>
-      <c r="C905" s="2"/>
-[...1 lines deleted...]
-      <c r="E905" s="6"/>
+      <c r="C905" s="3"/>
+      <c r="D905" s="6"/>
+      <c r="E905" s="4"/>
     </row>
     <row r="906" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A906" s="1"/>
       <c r="B906" s="2"/>
-      <c r="C906" s="2"/>
-[...1 lines deleted...]
-      <c r="E906" s="6"/>
+      <c r="C906" s="3"/>
+      <c r="D906" s="6"/>
+      <c r="E906" s="4"/>
     </row>
     <row r="907" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A907" s="1"/>
       <c r="B907" s="2"/>
-      <c r="C907" s="2"/>
-[...1 lines deleted...]
-      <c r="E907" s="6"/>
+      <c r="C907" s="3"/>
+      <c r="D907" s="6"/>
+      <c r="E907" s="4"/>
     </row>
     <row r="908" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A908" s="1"/>
       <c r="B908" s="2"/>
-      <c r="C908" s="2"/>
-[...1 lines deleted...]
-      <c r="E908" s="6"/>
+      <c r="C908" s="3"/>
+      <c r="D908" s="6"/>
+      <c r="E908" s="4"/>
     </row>
     <row r="909" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A909" s="1"/>
       <c r="B909" s="2"/>
-      <c r="C909" s="2"/>
-[...1 lines deleted...]
-      <c r="E909" s="6"/>
+      <c r="C909" s="3"/>
+      <c r="D909" s="6"/>
+      <c r="E909" s="4"/>
     </row>
     <row r="910" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A910" s="1"/>
       <c r="B910" s="2"/>
-      <c r="C910" s="2"/>
-[...1 lines deleted...]
-      <c r="E910" s="6"/>
+      <c r="C910" s="3"/>
+      <c r="D910" s="6"/>
+      <c r="E910" s="4"/>
     </row>
     <row r="911" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A911" s="1"/>
       <c r="B911" s="2"/>
-      <c r="C911" s="2"/>
-[...1 lines deleted...]
-      <c r="E911" s="6"/>
+      <c r="C911" s="3"/>
+      <c r="D911" s="6"/>
+      <c r="E911" s="4"/>
     </row>
     <row r="912" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A912" s="1"/>
       <c r="B912" s="2"/>
-      <c r="C912" s="2"/>
-[...1 lines deleted...]
-      <c r="E912" s="6"/>
+      <c r="C912" s="3"/>
+      <c r="D912" s="6"/>
+      <c r="E912" s="4"/>
     </row>
     <row r="913" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A913" s="1"/>
       <c r="B913" s="2"/>
-      <c r="C913" s="2"/>
-[...1 lines deleted...]
-      <c r="E913" s="6"/>
+      <c r="C913" s="3"/>
+      <c r="D913" s="6"/>
+      <c r="E913" s="4"/>
     </row>
     <row r="914" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A914" s="1"/>
       <c r="B914" s="2"/>
-      <c r="C914" s="2"/>
-[...1 lines deleted...]
-      <c r="E914" s="6"/>
+      <c r="C914" s="3"/>
+      <c r="D914" s="6"/>
+      <c r="E914" s="4"/>
     </row>
     <row r="915" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A915" s="1"/>
       <c r="B915" s="2"/>
-      <c r="C915" s="2"/>
-[...1 lines deleted...]
-      <c r="E915" s="6"/>
+      <c r="C915" s="3"/>
+      <c r="D915" s="6"/>
+      <c r="E915" s="4"/>
     </row>
     <row r="916" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A916" s="1"/>
       <c r="B916" s="2"/>
-      <c r="C916" s="2"/>
-[...1 lines deleted...]
-      <c r="E916" s="6"/>
+      <c r="C916" s="3"/>
+      <c r="D916" s="6"/>
+      <c r="E916" s="4"/>
     </row>
     <row r="917" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A917" s="1"/>
       <c r="B917" s="2"/>
-      <c r="C917" s="2"/>
-[...1 lines deleted...]
-      <c r="E917" s="6"/>
+      <c r="C917" s="3"/>
+      <c r="D917" s="6"/>
+      <c r="E917" s="4"/>
     </row>
     <row r="918" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A918" s="1"/>
       <c r="B918" s="2"/>
-      <c r="C918" s="2"/>
-[...1 lines deleted...]
-      <c r="E918" s="6"/>
+      <c r="C918" s="3"/>
+      <c r="D918" s="6"/>
+      <c r="E918" s="4"/>
     </row>
     <row r="919" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A919" s="1"/>
       <c r="B919" s="2"/>
-      <c r="C919" s="2"/>
-[...1 lines deleted...]
-      <c r="E919" s="6"/>
+      <c r="C919" s="3"/>
+      <c r="D919" s="6"/>
+      <c r="E919" s="4"/>
     </row>
     <row r="920" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A920" s="1"/>
       <c r="B920" s="2"/>
-      <c r="C920" s="2"/>
-[...1 lines deleted...]
-      <c r="E920" s="6"/>
+      <c r="C920" s="3"/>
+      <c r="D920" s="6"/>
+      <c r="E920" s="4"/>
     </row>
     <row r="921" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A921" s="1"/>
       <c r="B921" s="2"/>
-      <c r="C921" s="2"/>
-[...1 lines deleted...]
-      <c r="E921" s="6"/>
+      <c r="C921" s="3"/>
+      <c r="D921" s="6"/>
+      <c r="E921" s="4"/>
     </row>
     <row r="922" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A922" s="1"/>
       <c r="B922" s="2"/>
-      <c r="C922" s="2"/>
-[...1 lines deleted...]
-      <c r="E922" s="6"/>
+      <c r="C922" s="3"/>
+      <c r="D922" s="6"/>
+      <c r="E922" s="4"/>
     </row>
     <row r="923" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A923" s="1"/>
       <c r="B923" s="2"/>
-      <c r="C923" s="2"/>
-[...1 lines deleted...]
-      <c r="E923" s="6"/>
+      <c r="C923" s="3"/>
+      <c r="D923" s="6"/>
+      <c r="E923" s="4"/>
     </row>
     <row r="924" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A924" s="1"/>
       <c r="B924" s="2"/>
-      <c r="C924" s="2"/>
-[...1 lines deleted...]
-      <c r="E924" s="6"/>
+      <c r="C924" s="3"/>
+      <c r="D924" s="6"/>
+      <c r="E924" s="4"/>
     </row>
     <row r="925" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A925" s="1"/>
       <c r="B925" s="2"/>
-      <c r="C925" s="2"/>
-[...1 lines deleted...]
-      <c r="E925" s="6"/>
+      <c r="C925" s="3"/>
+      <c r="D925" s="6"/>
+      <c r="E925" s="4"/>
     </row>
     <row r="926" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A926" s="1"/>
       <c r="B926" s="2"/>
-      <c r="C926" s="2"/>
-[...1 lines deleted...]
-      <c r="E926" s="6"/>
+      <c r="C926" s="3"/>
+      <c r="D926" s="6"/>
+      <c r="E926" s="4"/>
     </row>
     <row r="927" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A927" s="1"/>
       <c r="B927" s="2"/>
-      <c r="C927" s="2"/>
-[...1 lines deleted...]
-      <c r="E927" s="6"/>
+      <c r="C927" s="3"/>
+      <c r="D927" s="6"/>
+      <c r="E927" s="4"/>
     </row>
     <row r="928" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A928" s="1"/>
       <c r="B928" s="2"/>
-      <c r="C928" s="2"/>
-[...1 lines deleted...]
-      <c r="E928" s="6"/>
+      <c r="C928" s="3"/>
+      <c r="D928" s="6"/>
+      <c r="E928" s="4"/>
     </row>
     <row r="929" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A929" s="1"/>
       <c r="B929" s="2"/>
-      <c r="C929" s="2"/>
-[...1 lines deleted...]
-      <c r="E929" s="6"/>
+      <c r="C929" s="3"/>
+      <c r="D929" s="6"/>
+      <c r="E929" s="4"/>
     </row>
     <row r="930" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A930" s="1"/>
       <c r="B930" s="2"/>
-      <c r="C930" s="2"/>
-[...1 lines deleted...]
-      <c r="E930" s="6"/>
+      <c r="C930" s="3"/>
+      <c r="D930" s="6"/>
+      <c r="E930" s="4"/>
     </row>
     <row r="931" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A931" s="1"/>
       <c r="B931" s="2"/>
-      <c r="C931" s="2"/>
-[...1 lines deleted...]
-      <c r="E931" s="6"/>
+      <c r="C931" s="3"/>
+      <c r="D931" s="6"/>
+      <c r="E931" s="4"/>
     </row>
     <row r="932" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A932" s="1"/>
       <c r="B932" s="2"/>
-      <c r="C932" s="2"/>
-[...1 lines deleted...]
-      <c r="E932" s="6"/>
+      <c r="C932" s="3"/>
+      <c r="D932" s="6"/>
+      <c r="E932" s="4"/>
     </row>
     <row r="933" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A933" s="1"/>
       <c r="B933" s="2"/>
-      <c r="C933" s="2"/>
-[...1 lines deleted...]
-      <c r="E933" s="6"/>
+      <c r="C933" s="3"/>
+      <c r="D933" s="6"/>
+      <c r="E933" s="4"/>
     </row>
     <row r="934" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A934" s="1"/>
       <c r="B934" s="2"/>
-      <c r="C934" s="2"/>
-[...1 lines deleted...]
-      <c r="E934" s="6"/>
+      <c r="C934" s="3"/>
+      <c r="D934" s="6"/>
+      <c r="E934" s="4"/>
     </row>
     <row r="935" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A935" s="1"/>
       <c r="B935" s="2"/>
-      <c r="C935" s="2"/>
-[...1 lines deleted...]
-      <c r="E935" s="6"/>
+      <c r="C935" s="3"/>
+      <c r="D935" s="6"/>
+      <c r="E935" s="4"/>
     </row>
     <row r="936" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A936" s="1"/>
       <c r="B936" s="2"/>
-      <c r="C936" s="2"/>
-[...1 lines deleted...]
-      <c r="E936" s="6"/>
+      <c r="C936" s="3"/>
+      <c r="D936" s="6"/>
+      <c r="E936" s="4"/>
     </row>
     <row r="937" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A937" s="1"/>
       <c r="B937" s="2"/>
-      <c r="C937" s="2"/>
-[...1 lines deleted...]
-      <c r="E937" s="6"/>
+      <c r="C937" s="3"/>
+      <c r="D937" s="6"/>
+      <c r="E937" s="4"/>
     </row>
     <row r="938" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A938" s="1"/>
       <c r="B938" s="2"/>
-      <c r="C938" s="2"/>
-[...1 lines deleted...]
-      <c r="E938" s="6"/>
+      <c r="C938" s="3"/>
+      <c r="D938" s="6"/>
+      <c r="E938" s="4"/>
     </row>
     <row r="939" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A939" s="1"/>
       <c r="B939" s="2"/>
-      <c r="C939" s="2"/>
-[...1 lines deleted...]
-      <c r="E939" s="6"/>
+      <c r="C939" s="3"/>
+      <c r="D939" s="6"/>
+      <c r="E939" s="4"/>
     </row>
     <row r="940" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A940" s="1"/>
       <c r="B940" s="2"/>
-      <c r="C940" s="2"/>
-[...1 lines deleted...]
-      <c r="E940" s="6"/>
+      <c r="C940" s="3"/>
+      <c r="D940" s="6"/>
+      <c r="E940" s="4"/>
     </row>
     <row r="941" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A941" s="1"/>
       <c r="B941" s="2"/>
-      <c r="C941" s="2"/>
-[...1 lines deleted...]
-      <c r="E941" s="6"/>
+      <c r="C941" s="3"/>
+      <c r="D941" s="6"/>
+      <c r="E941" s="4"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:G245" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A1:G249" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <dataValidations count="3">
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E61 E64:E245" xr:uid="{00000000-0002-0000-0200-000000000000}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E62 E65:E249" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce,Transportation,Nonpublic"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F2:G245" xr:uid="{00000000-0002-0000-0200-000001000000}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F2:G249" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>"Introduced,Subcommittee - Passed,Committee - Passed,1st Chamber - Floor Passage,2nd Chamber - Passed Committee,2nd Chamber - Floor Passage,Both Chambers - Passage,2nd Chamber - Amended,Withdrawn,Signed by Governor,House Unfinished Business,Senate Unfinish"&amp;"ed Business"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E62:E63" xr:uid="{00000000-0002-0000-0200-000002000000}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E63:E64" xr:uid="{00000000-0002-0000-0200-000002000000}">
       <formula1>"Appropriation,Administrative,Early Childhood,K12 - Accreditation,K12 - Standards/Instruction,K12 - Administrative,K12 - Finance,Special Education,School Nutrition &amp; Health,Educational Examiners,Career Technical,Teacher Prep,College Aid,Community College,H"&amp;"igher Education,School Safety,Charter School,Misc,Athletics,Workforce"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
     <hyperlink ref="B2" r:id="rId2" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
     <hyperlink ref="C2" r:id="rId3" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
-    <hyperlink ref="A3" r:id="rId4" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
-[...276 lines deleted...]
-    <hyperlink ref="C235" r:id="rId281" xr:uid="{00000000-0004-0000-0200-000018010000}"/>
+    <hyperlink ref="A3" r:id="rId4" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
+    <hyperlink ref="B3" r:id="rId5" xr:uid="{00000000-0004-0000-0200-000005000000}"/>
+    <hyperlink ref="C3" r:id="rId6" xr:uid="{00000000-0004-0000-0200-000006000000}"/>
+    <hyperlink ref="A4" r:id="rId7" xr:uid="{00000000-0004-0000-0200-000008000000}"/>
+    <hyperlink ref="B4" r:id="rId8" xr:uid="{00000000-0004-0000-0200-000009000000}"/>
+    <hyperlink ref="C4" r:id="rId9" xr:uid="{00000000-0004-0000-0200-00000A000000}"/>
+    <hyperlink ref="A5" r:id="rId10" xr:uid="{00000000-0004-0000-0200-00000C000000}"/>
+    <hyperlink ref="B5" r:id="rId11" xr:uid="{00000000-0004-0000-0200-00000D000000}"/>
+    <hyperlink ref="C5" r:id="rId12" xr:uid="{00000000-0004-0000-0200-00000E000000}"/>
+    <hyperlink ref="A6" r:id="rId13" xr:uid="{00000000-0004-0000-0200-00000F000000}"/>
+    <hyperlink ref="B6" r:id="rId14" xr:uid="{00000000-0004-0000-0200-000010000000}"/>
+    <hyperlink ref="C6" r:id="rId15" xr:uid="{00000000-0004-0000-0200-000011000000}"/>
+    <hyperlink ref="A7" r:id="rId16" xr:uid="{00000000-0004-0000-0200-000012000000}"/>
+    <hyperlink ref="B7" r:id="rId17" xr:uid="{00000000-0004-0000-0200-000013000000}"/>
+    <hyperlink ref="C7" r:id="rId18" xr:uid="{00000000-0004-0000-0200-000014000000}"/>
+    <hyperlink ref="A8" r:id="rId19" xr:uid="{00000000-0004-0000-0200-000015000000}"/>
+    <hyperlink ref="B8" r:id="rId20" xr:uid="{00000000-0004-0000-0200-000016000000}"/>
+    <hyperlink ref="A9" r:id="rId21" xr:uid="{00000000-0004-0000-0200-000017000000}"/>
+    <hyperlink ref="B9" r:id="rId22" xr:uid="{00000000-0004-0000-0200-000018000000}"/>
+    <hyperlink ref="A10" r:id="rId23" xr:uid="{00000000-0004-0000-0200-000019000000}"/>
+    <hyperlink ref="B10" r:id="rId24" xr:uid="{00000000-0004-0000-0200-00001A000000}"/>
+    <hyperlink ref="A11" r:id="rId25" xr:uid="{00000000-0004-0000-0200-00001B000000}"/>
+    <hyperlink ref="A12" r:id="rId26" xr:uid="{00000000-0004-0000-0200-00001C000000}"/>
+    <hyperlink ref="A13" r:id="rId27" xr:uid="{00000000-0004-0000-0200-00001D000000}"/>
+    <hyperlink ref="B14" r:id="rId28" xr:uid="{00000000-0004-0000-0200-00001E000000}"/>
+    <hyperlink ref="C14" r:id="rId29" xr:uid="{00000000-0004-0000-0200-00001F000000}"/>
+    <hyperlink ref="C15" r:id="rId30" xr:uid="{00000000-0004-0000-0200-000020000000}"/>
+    <hyperlink ref="B16" r:id="rId31" xr:uid="{00000000-0004-0000-0200-000021000000}"/>
+    <hyperlink ref="C16" r:id="rId32" xr:uid="{00000000-0004-0000-0200-000022000000}"/>
+    <hyperlink ref="C17" r:id="rId33" xr:uid="{00000000-0004-0000-0200-000024000000}"/>
+    <hyperlink ref="C18" r:id="rId34" xr:uid="{00000000-0004-0000-0200-000025000000}"/>
+    <hyperlink ref="C19" r:id="rId35" xr:uid="{00000000-0004-0000-0200-000026000000}"/>
+    <hyperlink ref="C20" r:id="rId36" xr:uid="{00000000-0004-0000-0200-000027000000}"/>
+    <hyperlink ref="C21" r:id="rId37" xr:uid="{00000000-0004-0000-0200-000028000000}"/>
+    <hyperlink ref="C22" r:id="rId38" xr:uid="{00000000-0004-0000-0200-000029000000}"/>
+    <hyperlink ref="C23" r:id="rId39" xr:uid="{00000000-0004-0000-0200-00002A000000}"/>
+    <hyperlink ref="C24" r:id="rId40" xr:uid="{00000000-0004-0000-0200-00002B000000}"/>
+    <hyperlink ref="B25" r:id="rId41" xr:uid="{00000000-0004-0000-0200-00002C000000}"/>
+    <hyperlink ref="B26" r:id="rId42" xr:uid="{00000000-0004-0000-0200-00002D000000}"/>
+    <hyperlink ref="B27" r:id="rId43" xr:uid="{00000000-0004-0000-0200-00002E000000}"/>
+    <hyperlink ref="B28" r:id="rId44" xr:uid="{00000000-0004-0000-0200-00002F000000}"/>
+    <hyperlink ref="B29" r:id="rId45" xr:uid="{00000000-0004-0000-0200-000031000000}"/>
+    <hyperlink ref="B30" r:id="rId46" xr:uid="{00000000-0004-0000-0200-000032000000}"/>
+    <hyperlink ref="B31" r:id="rId47" xr:uid="{00000000-0004-0000-0200-000033000000}"/>
+    <hyperlink ref="B32" r:id="rId48" xr:uid="{00000000-0004-0000-0200-000034000000}"/>
+    <hyperlink ref="B33" r:id="rId49" xr:uid="{00000000-0004-0000-0200-000035000000}"/>
+    <hyperlink ref="C33" r:id="rId50" xr:uid="{00000000-0004-0000-0200-000036000000}"/>
+    <hyperlink ref="C34" r:id="rId51" xr:uid="{00000000-0004-0000-0200-000037000000}"/>
+    <hyperlink ref="C35" r:id="rId52" xr:uid="{00000000-0004-0000-0200-000038000000}"/>
+    <hyperlink ref="C36" r:id="rId53" xr:uid="{00000000-0004-0000-0200-000039000000}"/>
+    <hyperlink ref="C37" r:id="rId54" xr:uid="{00000000-0004-0000-0200-00003A000000}"/>
+    <hyperlink ref="C38" r:id="rId55" xr:uid="{00000000-0004-0000-0200-00003B000000}"/>
+    <hyperlink ref="C39" r:id="rId56" xr:uid="{00000000-0004-0000-0200-00003C000000}"/>
+    <hyperlink ref="C40" r:id="rId57" xr:uid="{00000000-0004-0000-0200-00003E000000}"/>
+    <hyperlink ref="B41" r:id="rId58" xr:uid="{00000000-0004-0000-0200-00003F000000}"/>
+    <hyperlink ref="C41" r:id="rId59" xr:uid="{00000000-0004-0000-0200-000040000000}"/>
+    <hyperlink ref="B42" r:id="rId60" xr:uid="{00000000-0004-0000-0200-000041000000}"/>
+    <hyperlink ref="B43" r:id="rId61" xr:uid="{00000000-0004-0000-0200-000042000000}"/>
+    <hyperlink ref="B44" r:id="rId62" xr:uid="{00000000-0004-0000-0200-000043000000}"/>
+    <hyperlink ref="B45" r:id="rId63" xr:uid="{00000000-0004-0000-0200-000045000000}"/>
+    <hyperlink ref="B46" r:id="rId64" xr:uid="{00000000-0004-0000-0200-000046000000}"/>
+    <hyperlink ref="B47" r:id="rId65" xr:uid="{00000000-0004-0000-0200-000047000000}"/>
+    <hyperlink ref="B48" r:id="rId66" xr:uid="{00000000-0004-0000-0200-000048000000}"/>
+    <hyperlink ref="B49" r:id="rId67" xr:uid="{00000000-0004-0000-0200-000049000000}"/>
+    <hyperlink ref="B50" r:id="rId68" xr:uid="{00000000-0004-0000-0200-00004B000000}"/>
+    <hyperlink ref="B51" r:id="rId69" xr:uid="{00000000-0004-0000-0200-00004C000000}"/>
+    <hyperlink ref="B52" r:id="rId70" xr:uid="{00000000-0004-0000-0200-00004D000000}"/>
+    <hyperlink ref="B53" r:id="rId71" xr:uid="{00000000-0004-0000-0200-00004E000000}"/>
+    <hyperlink ref="C53" r:id="rId72" xr:uid="{00000000-0004-0000-0200-00004F000000}"/>
+    <hyperlink ref="B54" r:id="rId73" xr:uid="{00000000-0004-0000-0200-000050000000}"/>
+    <hyperlink ref="B55" r:id="rId74" xr:uid="{00000000-0004-0000-0200-000052000000}"/>
+    <hyperlink ref="B56" r:id="rId75" xr:uid="{00000000-0004-0000-0200-000053000000}"/>
+    <hyperlink ref="C56" r:id="rId76" xr:uid="{00000000-0004-0000-0200-000054000000}"/>
+    <hyperlink ref="B57" r:id="rId77" xr:uid="{00000000-0004-0000-0200-000055000000}"/>
+    <hyperlink ref="B58" r:id="rId78" xr:uid="{00000000-0004-0000-0200-000056000000}"/>
+    <hyperlink ref="B59" r:id="rId79" xr:uid="{00000000-0004-0000-0200-000057000000}"/>
+    <hyperlink ref="B60" r:id="rId80" xr:uid="{00000000-0004-0000-0200-000058000000}"/>
+    <hyperlink ref="C60" r:id="rId81" xr:uid="{00000000-0004-0000-0200-000059000000}"/>
+    <hyperlink ref="C61" r:id="rId82" xr:uid="{00000000-0004-0000-0200-00005A000000}"/>
+    <hyperlink ref="B62" r:id="rId83" xr:uid="{00000000-0004-0000-0200-00005B000000}"/>
+    <hyperlink ref="C63" r:id="rId84" xr:uid="{00000000-0004-0000-0200-00005D000000}"/>
+    <hyperlink ref="C64" r:id="rId85" xr:uid="{00000000-0004-0000-0200-00005E000000}"/>
+    <hyperlink ref="A65" r:id="rId86" xr:uid="{00000000-0004-0000-0200-00005F000000}"/>
+    <hyperlink ref="B65" r:id="rId87" xr:uid="{00000000-0004-0000-0200-000060000000}"/>
+    <hyperlink ref="C65" r:id="rId88" xr:uid="{00000000-0004-0000-0200-000061000000}"/>
+    <hyperlink ref="C66" r:id="rId89" xr:uid="{00000000-0004-0000-0200-000062000000}"/>
+    <hyperlink ref="C67" r:id="rId90" xr:uid="{00000000-0004-0000-0200-000063000000}"/>
+    <hyperlink ref="B68" r:id="rId91" xr:uid="{00000000-0004-0000-0200-000064000000}"/>
+    <hyperlink ref="C68" r:id="rId92" xr:uid="{00000000-0004-0000-0200-000065000000}"/>
+    <hyperlink ref="C69" r:id="rId93" xr:uid="{00000000-0004-0000-0200-000066000000}"/>
+    <hyperlink ref="B70" r:id="rId94" xr:uid="{00000000-0004-0000-0200-000067000000}"/>
+    <hyperlink ref="C71" r:id="rId95" xr:uid="{00000000-0004-0000-0200-000069000000}"/>
+    <hyperlink ref="C72" r:id="rId96" xr:uid="{00000000-0004-0000-0200-00006A000000}"/>
+    <hyperlink ref="C73" r:id="rId97" xr:uid="{00000000-0004-0000-0200-00006B000000}"/>
+    <hyperlink ref="C74" r:id="rId98" xr:uid="{00000000-0004-0000-0200-00006D000000}"/>
+    <hyperlink ref="B75" r:id="rId99" xr:uid="{00000000-0004-0000-0200-00006E000000}"/>
+    <hyperlink ref="B76" r:id="rId100" xr:uid="{00000000-0004-0000-0200-00006F000000}"/>
+    <hyperlink ref="B77" r:id="rId101" xr:uid="{00000000-0004-0000-0200-000071000000}"/>
+    <hyperlink ref="B78" r:id="rId102" xr:uid="{00000000-0004-0000-0200-000072000000}"/>
+    <hyperlink ref="B79" r:id="rId103" xr:uid="{00000000-0004-0000-0200-000074000000}"/>
+    <hyperlink ref="C79" r:id="rId104" xr:uid="{00000000-0004-0000-0200-000075000000}"/>
+    <hyperlink ref="B80" r:id="rId105" xr:uid="{00000000-0004-0000-0200-000076000000}"/>
+    <hyperlink ref="B81" r:id="rId106" xr:uid="{00000000-0004-0000-0200-000077000000}"/>
+    <hyperlink ref="A82" r:id="rId107" xr:uid="{00000000-0004-0000-0200-000078000000}"/>
+    <hyperlink ref="B82" r:id="rId108" xr:uid="{00000000-0004-0000-0200-000079000000}"/>
+    <hyperlink ref="C82" r:id="rId109" xr:uid="{00000000-0004-0000-0200-00007A000000}"/>
+    <hyperlink ref="A83" r:id="rId110" xr:uid="{00000000-0004-0000-0200-00007C000000}"/>
+    <hyperlink ref="B83" r:id="rId111" xr:uid="{00000000-0004-0000-0200-00007D000000}"/>
+    <hyperlink ref="C83" r:id="rId112" xr:uid="{00000000-0004-0000-0200-00007E000000}"/>
+    <hyperlink ref="C84" r:id="rId113" xr:uid="{00000000-0004-0000-0200-00007F000000}"/>
+    <hyperlink ref="C85" r:id="rId114" xr:uid="{00000000-0004-0000-0200-000080000000}"/>
+    <hyperlink ref="C86" r:id="rId115" xr:uid="{00000000-0004-0000-0200-000081000000}"/>
+    <hyperlink ref="C87" r:id="rId116" xr:uid="{00000000-0004-0000-0200-000082000000}"/>
+    <hyperlink ref="C88" r:id="rId117" xr:uid="{00000000-0004-0000-0200-000083000000}"/>
+    <hyperlink ref="C89" r:id="rId118" xr:uid="{00000000-0004-0000-0200-000084000000}"/>
+    <hyperlink ref="B90" r:id="rId119" xr:uid="{00000000-0004-0000-0200-000085000000}"/>
+    <hyperlink ref="B91" r:id="rId120" xr:uid="{00000000-0004-0000-0200-000086000000}"/>
+    <hyperlink ref="C92" r:id="rId121" xr:uid="{00000000-0004-0000-0200-000088000000}"/>
+    <hyperlink ref="C93" r:id="rId122" xr:uid="{00000000-0004-0000-0200-000089000000}"/>
+    <hyperlink ref="B94" r:id="rId123" xr:uid="{00000000-0004-0000-0200-00008B000000}"/>
+    <hyperlink ref="C94" r:id="rId124" xr:uid="{00000000-0004-0000-0200-00008C000000}"/>
+    <hyperlink ref="B95" r:id="rId125" xr:uid="{00000000-0004-0000-0200-00008D000000}"/>
+    <hyperlink ref="C95" r:id="rId126" xr:uid="{00000000-0004-0000-0200-00008E000000}"/>
+    <hyperlink ref="B96" r:id="rId127" xr:uid="{00000000-0004-0000-0200-00008F000000}"/>
+    <hyperlink ref="B97" r:id="rId128" xr:uid="{00000000-0004-0000-0200-000091000000}"/>
+    <hyperlink ref="B98" r:id="rId129" xr:uid="{00000000-0004-0000-0200-000092000000}"/>
+    <hyperlink ref="B99" r:id="rId130" xr:uid="{00000000-0004-0000-0200-000093000000}"/>
+    <hyperlink ref="B100" r:id="rId131" xr:uid="{00000000-0004-0000-0200-000094000000}"/>
+    <hyperlink ref="A101" r:id="rId132" xr:uid="{00000000-0004-0000-0200-000096000000}"/>
+    <hyperlink ref="B101" r:id="rId133" xr:uid="{00000000-0004-0000-0200-000097000000}"/>
+    <hyperlink ref="C101" r:id="rId134" xr:uid="{00000000-0004-0000-0200-000098000000}"/>
+    <hyperlink ref="C102" r:id="rId135" xr:uid="{00000000-0004-0000-0200-000099000000}"/>
+    <hyperlink ref="B103" r:id="rId136" xr:uid="{00000000-0004-0000-0200-00009A000000}"/>
+    <hyperlink ref="B104" r:id="rId137" xr:uid="{00000000-0004-0000-0200-00009B000000}"/>
+    <hyperlink ref="B105" r:id="rId138" xr:uid="{00000000-0004-0000-0200-00009C000000}"/>
+    <hyperlink ref="B106" r:id="rId139" xr:uid="{00000000-0004-0000-0200-00009D000000}"/>
+    <hyperlink ref="C107" r:id="rId140" xr:uid="{00000000-0004-0000-0200-00009E000000}"/>
+    <hyperlink ref="B108" r:id="rId141" xr:uid="{00000000-0004-0000-0200-00009F000000}"/>
+    <hyperlink ref="B109" r:id="rId142" xr:uid="{00000000-0004-0000-0200-0000A0000000}"/>
+    <hyperlink ref="B110" r:id="rId143" xr:uid="{00000000-0004-0000-0200-0000A1000000}"/>
+    <hyperlink ref="C111" r:id="rId144" xr:uid="{00000000-0004-0000-0200-0000A2000000}"/>
+    <hyperlink ref="C112" r:id="rId145" xr:uid="{00000000-0004-0000-0200-0000A3000000}"/>
+    <hyperlink ref="C113" r:id="rId146" xr:uid="{00000000-0004-0000-0200-0000A4000000}"/>
+    <hyperlink ref="C114" r:id="rId147" xr:uid="{00000000-0004-0000-0200-0000A5000000}"/>
+    <hyperlink ref="B115" r:id="rId148" xr:uid="{00000000-0004-0000-0200-0000A6000000}"/>
+    <hyperlink ref="B116" r:id="rId149" xr:uid="{00000000-0004-0000-0200-0000A7000000}"/>
+    <hyperlink ref="B117" r:id="rId150" xr:uid="{00000000-0004-0000-0200-0000A8000000}"/>
+    <hyperlink ref="B118" r:id="rId151" xr:uid="{00000000-0004-0000-0200-0000A9000000}"/>
+    <hyperlink ref="C118" r:id="rId152" xr:uid="{00000000-0004-0000-0200-0000AA000000}"/>
+    <hyperlink ref="B119" r:id="rId153" xr:uid="{00000000-0004-0000-0200-0000AB000000}"/>
+    <hyperlink ref="C119" r:id="rId154" xr:uid="{00000000-0004-0000-0200-0000AC000000}"/>
+    <hyperlink ref="C120" r:id="rId155" xr:uid="{00000000-0004-0000-0200-0000AD000000}"/>
+    <hyperlink ref="B121" r:id="rId156" xr:uid="{00000000-0004-0000-0200-0000AE000000}"/>
+    <hyperlink ref="C121" r:id="rId157" xr:uid="{00000000-0004-0000-0200-0000AF000000}"/>
+    <hyperlink ref="B122" r:id="rId158" xr:uid="{00000000-0004-0000-0200-0000B0000000}"/>
+    <hyperlink ref="B123" r:id="rId159" xr:uid="{00000000-0004-0000-0200-0000B1000000}"/>
+    <hyperlink ref="C123" r:id="rId160" xr:uid="{00000000-0004-0000-0200-0000B2000000}"/>
+    <hyperlink ref="B124" r:id="rId161" xr:uid="{00000000-0004-0000-0200-0000B3000000}"/>
+    <hyperlink ref="B125" r:id="rId162" xr:uid="{00000000-0004-0000-0200-0000B4000000}"/>
+    <hyperlink ref="C126" r:id="rId163" xr:uid="{00000000-0004-0000-0200-0000B5000000}"/>
+    <hyperlink ref="C127" r:id="rId164" xr:uid="{00000000-0004-0000-0200-0000B6000000}"/>
+    <hyperlink ref="C128" r:id="rId165" xr:uid="{00000000-0004-0000-0200-0000B7000000}"/>
+    <hyperlink ref="B129" r:id="rId166" xr:uid="{00000000-0004-0000-0200-0000B8000000}"/>
+    <hyperlink ref="B130" r:id="rId167" xr:uid="{00000000-0004-0000-0200-0000B9000000}"/>
+    <hyperlink ref="C130" r:id="rId168" xr:uid="{00000000-0004-0000-0200-0000BA000000}"/>
+    <hyperlink ref="B131" r:id="rId169" xr:uid="{00000000-0004-0000-0200-0000BB000000}"/>
+    <hyperlink ref="B132" r:id="rId170" xr:uid="{00000000-0004-0000-0200-0000BC000000}"/>
+    <hyperlink ref="B133" r:id="rId171" xr:uid="{00000000-0004-0000-0200-0000BD000000}"/>
+    <hyperlink ref="B134" r:id="rId172" xr:uid="{00000000-0004-0000-0200-0000BE000000}"/>
+    <hyperlink ref="B135" r:id="rId173" xr:uid="{00000000-0004-0000-0200-0000BF000000}"/>
+    <hyperlink ref="B136" r:id="rId174" xr:uid="{00000000-0004-0000-0200-0000C0000000}"/>
+    <hyperlink ref="C136" r:id="rId175" xr:uid="{00000000-0004-0000-0200-0000C1000000}"/>
+    <hyperlink ref="C137" r:id="rId176" xr:uid="{00000000-0004-0000-0200-0000C2000000}"/>
+    <hyperlink ref="C138" r:id="rId177" xr:uid="{00000000-0004-0000-0200-0000C3000000}"/>
+    <hyperlink ref="C139" r:id="rId178" xr:uid="{00000000-0004-0000-0200-0000C4000000}"/>
+    <hyperlink ref="C140" r:id="rId179" xr:uid="{00000000-0004-0000-0200-0000C5000000}"/>
+    <hyperlink ref="B141" r:id="rId180" xr:uid="{00000000-0004-0000-0200-0000C6000000}"/>
+    <hyperlink ref="C141" r:id="rId181" xr:uid="{00000000-0004-0000-0200-0000C7000000}"/>
+    <hyperlink ref="B142" r:id="rId182" xr:uid="{00000000-0004-0000-0200-0000C9000000}"/>
+    <hyperlink ref="B143" r:id="rId183" xr:uid="{00000000-0004-0000-0200-0000CA000000}"/>
+    <hyperlink ref="C144" r:id="rId184" xr:uid="{00000000-0004-0000-0200-0000CB000000}"/>
+    <hyperlink ref="C145" r:id="rId185" xr:uid="{00000000-0004-0000-0200-0000CD000000}"/>
+    <hyperlink ref="B146" r:id="rId186" xr:uid="{00000000-0004-0000-0200-0000CE000000}"/>
+    <hyperlink ref="C146" r:id="rId187" xr:uid="{00000000-0004-0000-0200-0000CF000000}"/>
+    <hyperlink ref="C147" r:id="rId188" xr:uid="{00000000-0004-0000-0200-0000D0000000}"/>
+    <hyperlink ref="C148" r:id="rId189" xr:uid="{00000000-0004-0000-0200-0000D1000000}"/>
+    <hyperlink ref="C149" r:id="rId190" xr:uid="{00000000-0004-0000-0200-0000D2000000}"/>
+    <hyperlink ref="C150" r:id="rId191" xr:uid="{00000000-0004-0000-0200-0000D3000000}"/>
+    <hyperlink ref="C151" r:id="rId192" xr:uid="{00000000-0004-0000-0200-0000D4000000}"/>
+    <hyperlink ref="B152" r:id="rId193" xr:uid="{00000000-0004-0000-0200-0000D5000000}"/>
+    <hyperlink ref="B153" r:id="rId194" xr:uid="{00000000-0004-0000-0200-0000D6000000}"/>
+    <hyperlink ref="B154" r:id="rId195" xr:uid="{00000000-0004-0000-0200-0000D7000000}"/>
+    <hyperlink ref="B155" r:id="rId196" xr:uid="{00000000-0004-0000-0200-0000D8000000}"/>
+    <hyperlink ref="B156" r:id="rId197" xr:uid="{00000000-0004-0000-0200-0000D9000000}"/>
+    <hyperlink ref="B157" r:id="rId198" xr:uid="{00000000-0004-0000-0200-0000DA000000}"/>
+    <hyperlink ref="B158" r:id="rId199" xr:uid="{00000000-0004-0000-0200-0000DB000000}"/>
+    <hyperlink ref="B159" r:id="rId200" xr:uid="{00000000-0004-0000-0200-0000DC000000}"/>
+    <hyperlink ref="C160" r:id="rId201" xr:uid="{00000000-0004-0000-0200-0000DD000000}"/>
+    <hyperlink ref="B161" r:id="rId202" xr:uid="{00000000-0004-0000-0200-0000DE000000}"/>
+    <hyperlink ref="B162" r:id="rId203" xr:uid="{00000000-0004-0000-0200-0000DF000000}"/>
+    <hyperlink ref="B163" r:id="rId204" xr:uid="{00000000-0004-0000-0200-0000E0000000}"/>
+    <hyperlink ref="B164" r:id="rId205" xr:uid="{00000000-0004-0000-0200-0000E1000000}"/>
+    <hyperlink ref="C164" r:id="rId206" xr:uid="{00000000-0004-0000-0200-0000E2000000}"/>
+    <hyperlink ref="B165" r:id="rId207" xr:uid="{00000000-0004-0000-0200-0000E3000000}"/>
+    <hyperlink ref="B166" r:id="rId208" xr:uid="{00000000-0004-0000-0200-0000E4000000}"/>
+    <hyperlink ref="B167" r:id="rId209" xr:uid="{00000000-0004-0000-0200-0000E5000000}"/>
+    <hyperlink ref="C168" r:id="rId210" xr:uid="{00000000-0004-0000-0200-0000E6000000}"/>
+    <hyperlink ref="C169" r:id="rId211" xr:uid="{00000000-0004-0000-0200-0000E7000000}"/>
+    <hyperlink ref="B170" r:id="rId212" xr:uid="{00000000-0004-0000-0200-0000E8000000}"/>
+    <hyperlink ref="B171" r:id="rId213" xr:uid="{00000000-0004-0000-0200-0000E9000000}"/>
+    <hyperlink ref="B172" r:id="rId214" xr:uid="{00000000-0004-0000-0200-0000EA000000}"/>
+    <hyperlink ref="B173" r:id="rId215" xr:uid="{00000000-0004-0000-0200-0000EB000000}"/>
+    <hyperlink ref="B174" r:id="rId216" xr:uid="{00000000-0004-0000-0200-0000EC000000}"/>
+    <hyperlink ref="C175" r:id="rId217" xr:uid="{00000000-0004-0000-0200-0000ED000000}"/>
+    <hyperlink ref="C176" r:id="rId218" xr:uid="{00000000-0004-0000-0200-0000EF000000}"/>
+    <hyperlink ref="C177" r:id="rId219" xr:uid="{00000000-0004-0000-0200-0000F0000000}"/>
+    <hyperlink ref="B178" r:id="rId220" xr:uid="{00000000-0004-0000-0200-0000F1000000}"/>
+    <hyperlink ref="B179" r:id="rId221" xr:uid="{00000000-0004-0000-0200-0000F2000000}"/>
+    <hyperlink ref="B180" r:id="rId222" xr:uid="{00000000-0004-0000-0200-0000F3000000}"/>
+    <hyperlink ref="B181" r:id="rId223" xr:uid="{00000000-0004-0000-0200-0000F4000000}"/>
+    <hyperlink ref="B182" r:id="rId224" xr:uid="{00000000-0004-0000-0200-0000F5000000}"/>
+    <hyperlink ref="B183" r:id="rId225" xr:uid="{00000000-0004-0000-0200-0000F6000000}"/>
+    <hyperlink ref="B184" r:id="rId226" xr:uid="{00000000-0004-0000-0200-0000F7000000}"/>
+    <hyperlink ref="C184" r:id="rId227" xr:uid="{00000000-0004-0000-0200-0000F8000000}"/>
+    <hyperlink ref="B185" r:id="rId228" xr:uid="{00000000-0004-0000-0200-0000F9000000}"/>
+    <hyperlink ref="C185" r:id="rId229" xr:uid="{00000000-0004-0000-0200-0000FA000000}"/>
+    <hyperlink ref="B186" r:id="rId230" xr:uid="{00000000-0004-0000-0200-0000FC000000}"/>
+    <hyperlink ref="B187" r:id="rId231" xr:uid="{00000000-0004-0000-0200-0000FD000000}"/>
+    <hyperlink ref="C188" r:id="rId232" xr:uid="{00000000-0004-0000-0200-0000FE000000}"/>
+    <hyperlink ref="C189" r:id="rId233" xr:uid="{00000000-0004-0000-0200-0000FF000000}"/>
+    <hyperlink ref="C190" r:id="rId234" xr:uid="{00000000-0004-0000-0200-000000010000}"/>
+    <hyperlink ref="C191" r:id="rId235" xr:uid="{00000000-0004-0000-0200-000001010000}"/>
+    <hyperlink ref="C192" r:id="rId236" xr:uid="{00000000-0004-0000-0200-000002010000}"/>
+    <hyperlink ref="B193" r:id="rId237" xr:uid="{00000000-0004-0000-0200-000003010000}"/>
+    <hyperlink ref="B194" r:id="rId238" xr:uid="{00000000-0004-0000-0200-000004010000}"/>
+    <hyperlink ref="B195" r:id="rId239" xr:uid="{00000000-0004-0000-0200-000006010000}"/>
+    <hyperlink ref="B196" r:id="rId240" xr:uid="{00000000-0004-0000-0200-000007010000}"/>
+    <hyperlink ref="B197" r:id="rId241" xr:uid="{00000000-0004-0000-0200-000008010000}"/>
+    <hyperlink ref="B198" r:id="rId242" xr:uid="{00000000-0004-0000-0200-000009010000}"/>
+    <hyperlink ref="C198" r:id="rId243" xr:uid="{00000000-0004-0000-0200-00000A010000}"/>
+    <hyperlink ref="B199" r:id="rId244" xr:uid="{00000000-0004-0000-0200-00000B010000}"/>
+    <hyperlink ref="B200" r:id="rId245" xr:uid="{00000000-0004-0000-0200-00000C010000}"/>
+    <hyperlink ref="B201" r:id="rId246" xr:uid="{00000000-0004-0000-0200-00000D010000}"/>
+    <hyperlink ref="B202" r:id="rId247" xr:uid="{00000000-0004-0000-0200-00000E010000}"/>
+    <hyperlink ref="B203" r:id="rId248" xr:uid="{00000000-0004-0000-0200-00000F010000}"/>
+    <hyperlink ref="B204" r:id="rId249" xr:uid="{00000000-0004-0000-0200-000010010000}"/>
+    <hyperlink ref="C205" r:id="rId250" xr:uid="{00000000-0004-0000-0200-000011010000}"/>
+    <hyperlink ref="B206" r:id="rId251" xr:uid="{00000000-0004-0000-0200-000012010000}"/>
+    <hyperlink ref="B207" r:id="rId252" xr:uid="{00000000-0004-0000-0200-000013010000}"/>
+    <hyperlink ref="C208" r:id="rId253" xr:uid="{00000000-0004-0000-0200-000014010000}"/>
+    <hyperlink ref="C209" r:id="rId254" xr:uid="{00000000-0004-0000-0200-000015010000}"/>
+    <hyperlink ref="B210" r:id="rId255" xr:uid="{00000000-0004-0000-0200-000016010000}"/>
+    <hyperlink ref="C210" r:id="rId256" xr:uid="{00000000-0004-0000-0200-000017010000}"/>
+    <hyperlink ref="C211" r:id="rId257" xr:uid="{00000000-0004-0000-0200-000018010000}"/>
+    <hyperlink ref="C212" r:id="rId258" xr:uid="{00000000-0004-0000-0200-000019010000}"/>
+    <hyperlink ref="C213" r:id="rId259" xr:uid="{00000000-0004-0000-0200-00001A010000}"/>
+    <hyperlink ref="B214" r:id="rId260" xr:uid="{00000000-0004-0000-0200-00001B010000}"/>
+    <hyperlink ref="B215" r:id="rId261" xr:uid="{00000000-0004-0000-0200-00001C010000}"/>
+    <hyperlink ref="C216" r:id="rId262" xr:uid="{00000000-0004-0000-0200-00001D010000}"/>
+    <hyperlink ref="B217" r:id="rId263" xr:uid="{00000000-0004-0000-0200-00001F010000}"/>
+    <hyperlink ref="B218" r:id="rId264" xr:uid="{00000000-0004-0000-0200-000020010000}"/>
+    <hyperlink ref="B219" r:id="rId265" xr:uid="{00000000-0004-0000-0200-000021010000}"/>
+    <hyperlink ref="B220" r:id="rId266" xr:uid="{00000000-0004-0000-0200-000022010000}"/>
+    <hyperlink ref="B221" r:id="rId267" xr:uid="{00000000-0004-0000-0200-000023010000}"/>
+    <hyperlink ref="B222" r:id="rId268" xr:uid="{00000000-0004-0000-0200-000024010000}"/>
+    <hyperlink ref="B223" r:id="rId269" xr:uid="{00000000-0004-0000-0200-000025010000}"/>
+    <hyperlink ref="B224" r:id="rId270" xr:uid="{00000000-0004-0000-0200-000026010000}"/>
+    <hyperlink ref="B225" r:id="rId271" xr:uid="{00000000-0004-0000-0200-000027010000}"/>
+    <hyperlink ref="B226" r:id="rId272" xr:uid="{00000000-0004-0000-0200-000028010000}"/>
+    <hyperlink ref="C227" r:id="rId273" xr:uid="{00000000-0004-0000-0200-00002A010000}"/>
+    <hyperlink ref="C228" r:id="rId274" xr:uid="{00000000-0004-0000-0200-00002B010000}"/>
+    <hyperlink ref="B229" r:id="rId275" xr:uid="{00000000-0004-0000-0200-00002C010000}"/>
+    <hyperlink ref="B230" r:id="rId276" xr:uid="{00000000-0004-0000-0200-00002D010000}"/>
+    <hyperlink ref="B231" r:id="rId277" xr:uid="{00000000-0004-0000-0200-00002E010000}"/>
+    <hyperlink ref="C232" r:id="rId278" xr:uid="{00000000-0004-0000-0200-00002F010000}"/>
+    <hyperlink ref="B233" r:id="rId279" xr:uid="{00000000-0004-0000-0200-000030010000}"/>
+    <hyperlink ref="B234" r:id="rId280" xr:uid="{00000000-0004-0000-0200-000031010000}"/>
+    <hyperlink ref="B235" r:id="rId281" xr:uid="{00000000-0004-0000-0200-000032010000}"/>
+    <hyperlink ref="C236" r:id="rId282" xr:uid="{00000000-0004-0000-0200-000033010000}"/>
+    <hyperlink ref="B237" r:id="rId283" xr:uid="{00000000-0004-0000-0200-000034010000}"/>
+    <hyperlink ref="C238" r:id="rId284" xr:uid="{00000000-0004-0000-0200-000035010000}"/>
+    <hyperlink ref="C239" r:id="rId285" xr:uid="{00000000-0004-0000-0200-000036010000}"/>
+    <hyperlink ref="B240" r:id="rId286" xr:uid="{00000000-0004-0000-0200-000037010000}"/>
+    <hyperlink ref="C241" r:id="rId287" xr:uid="{00000000-0004-0000-0200-000038010000}"/>
+    <hyperlink ref="B242" r:id="rId288" xr:uid="{00000000-0004-0000-0200-000039010000}"/>
+    <hyperlink ref="B243" r:id="rId289" xr:uid="{00000000-0004-0000-0200-00003B010000}"/>
+    <hyperlink ref="C244" r:id="rId290" xr:uid="{00000000-0004-0000-0200-00003C010000}"/>
+    <hyperlink ref="B245" r:id="rId291" xr:uid="{00000000-0004-0000-0200-00003D010000}"/>
+    <hyperlink ref="B246" r:id="rId292" xr:uid="{00000000-0004-0000-0200-00003E010000}"/>
+    <hyperlink ref="B247" r:id="rId293" xr:uid="{00000000-0004-0000-0200-00003F010000}"/>
+    <hyperlink ref="B248" r:id="rId294" xr:uid="{00000000-0004-0000-0200-000040010000}"/>
+    <hyperlink ref="B249" r:id="rId295" xr:uid="{00000000-0004-0000-0200-000041010000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Advanced</vt:lpstr>
       <vt:lpstr>Funneled 2-20</vt:lpstr>
       <vt:lpstr>All</vt:lpstr>