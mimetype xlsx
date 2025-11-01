--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -3,65 +3,76 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\IDOE School Business Operations\PAYMENTS and POs\LEAs-AEAs\Payment Schedules\FY2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\IDOE School Business Operations\AEAs\Juvenile Homes\Juvenile Home Budgets\JH Payments\AEAjhPAY for the WEB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FD0F4A93-371C-47BC-9E36-E464DAC1315F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14E3E0DF-D7DF-47F2-8FD4-55B5CDFE6512}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FY2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="AEA" localSheetId="0">'FY2026'!$A$7:$K$13</definedName>
     <definedName name="Payment" localSheetId="0">'FY2026'!$A$7:$K$13</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="autoNoTable"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <si>
     <t>JUVENILE HOME PROGRAM</t>
   </si>
   <si>
     <t>Monthly Advance Payment Schedule and Program Costs</t>
   </si>
   <si>
     <t>Totals</t>
   </si>
   <si>
     <t>AEA #</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>November</t>
@@ -1199,51 +1210,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O26"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D22" sqref="D22"/>
+      <selection activeCell="D29" sqref="D29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.5" customWidth="1"/>
     <col min="2" max="2" width="15.83203125" customWidth="1"/>
     <col min="3" max="3" width="14" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.1640625" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="11" width="14" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="22.83203125" style="18" customWidth="1"/>
     <col min="13" max="13" width="3.1640625" customWidth="1"/>
     <col min="14" max="14" width="13.83203125" style="8" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.5" style="9" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A1" s="32" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
       <c r="E1" s="32"/>
       <c r="F1" s="32"/>
@@ -1414,283 +1425,283 @@
       </c>
       <c r="I9" s="20">
         <v>0</v>
       </c>
       <c r="J9" s="20">
         <v>0</v>
       </c>
       <c r="K9" s="20">
         <v>0</v>
       </c>
       <c r="L9" s="21">
         <v>0</v>
       </c>
       <c r="M9" s="6"/>
       <c r="N9" s="5"/>
       <c r="O9" s="6"/>
     </row>
     <row r="10" spans="1:15" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A10" s="22">
         <v>9205</v>
       </c>
       <c r="B10" s="23">
         <v>23000</v>
       </c>
       <c r="C10" s="23">
-        <v>23000</v>
+        <v>11078.09</v>
       </c>
       <c r="D10" s="23">
         <v>23000</v>
       </c>
       <c r="E10" s="23">
         <v>23000</v>
       </c>
       <c r="F10" s="23">
         <v>23000</v>
       </c>
       <c r="G10" s="23">
         <v>23000</v>
       </c>
       <c r="H10" s="23">
         <v>23000</v>
       </c>
       <c r="I10" s="23">
         <v>23000</v>
       </c>
       <c r="J10" s="23">
         <v>23000</v>
       </c>
       <c r="K10" s="23">
         <v>23000</v>
       </c>
       <c r="L10" s="24">
-        <v>230000</v>
+        <v>218078.09</v>
       </c>
       <c r="M10" s="6"/>
       <c r="N10" s="5"/>
       <c r="O10" s="6"/>
     </row>
     <row r="11" spans="1:15" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A11" s="19">
         <v>9207</v>
       </c>
       <c r="B11" s="20">
         <v>157691.70000000001</v>
       </c>
       <c r="C11" s="20">
-        <v>157691.70000000001</v>
+        <v>0</v>
       </c>
       <c r="D11" s="20">
-        <v>157691.70000000001</v>
+        <v>0</v>
       </c>
       <c r="E11" s="20">
-        <v>157691.70000000001</v>
+        <v>104622.72</v>
       </c>
       <c r="F11" s="20">
         <v>157691.70000000001</v>
       </c>
       <c r="G11" s="20">
         <v>157691.70000000001</v>
       </c>
       <c r="H11" s="20">
         <v>157691.70000000001</v>
       </c>
       <c r="I11" s="20">
         <v>157691.70000000001</v>
       </c>
       <c r="J11" s="20">
         <v>157691.70000000001</v>
       </c>
       <c r="K11" s="20">
         <v>157691.70000000024</v>
       </c>
       <c r="L11" s="21">
-        <v>1576917</v>
+        <v>1208464.6200000001</v>
       </c>
       <c r="M11" s="6"/>
       <c r="N11" s="5"/>
       <c r="O11" s="6"/>
     </row>
     <row r="12" spans="1:15" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A12" s="22">
         <v>9209</v>
       </c>
       <c r="B12" s="23">
         <v>45495.9</v>
       </c>
       <c r="C12" s="23">
-        <v>45495.9</v>
+        <v>0</v>
       </c>
       <c r="D12" s="23">
-        <v>45495.9</v>
+        <v>33868.74</v>
       </c>
       <c r="E12" s="23">
         <v>45495.9</v>
       </c>
       <c r="F12" s="23">
         <v>45495.9</v>
       </c>
       <c r="G12" s="23">
         <v>45495.9</v>
       </c>
       <c r="H12" s="23">
         <v>45495.9</v>
       </c>
       <c r="I12" s="23">
         <v>45495.9</v>
       </c>
       <c r="J12" s="23">
         <v>45495.9</v>
       </c>
       <c r="K12" s="23">
-        <v>45495.899999999929</v>
+        <v>45495.899999999987</v>
       </c>
       <c r="L12" s="24">
-        <v>454959</v>
+        <v>397835.94</v>
       </c>
       <c r="M12" s="6"/>
       <c r="N12" s="5"/>
       <c r="O12" s="6"/>
     </row>
     <row r="13" spans="1:15" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A13" s="19">
         <v>9210</v>
       </c>
       <c r="B13" s="20">
         <v>69201.3</v>
       </c>
       <c r="C13" s="20">
-        <v>69201.3</v>
+        <v>0</v>
       </c>
       <c r="D13" s="20">
-        <v>69201.3</v>
+        <v>19978.38</v>
       </c>
       <c r="E13" s="20">
         <v>69201.3</v>
       </c>
       <c r="F13" s="20">
         <v>69201.3</v>
       </c>
       <c r="G13" s="20">
         <v>69201.3</v>
       </c>
       <c r="H13" s="20">
         <v>69201.3</v>
       </c>
       <c r="I13" s="20">
         <v>69201.3</v>
       </c>
       <c r="J13" s="20">
         <v>69201.3</v>
       </c>
       <c r="K13" s="20">
-        <v>69201.299999999974</v>
+        <v>69201.30000000009</v>
       </c>
       <c r="L13" s="21">
-        <v>692013</v>
+        <v>573588.78</v>
       </c>
       <c r="M13" s="6"/>
       <c r="N13" s="5"/>
       <c r="O13" s="6"/>
     </row>
     <row r="14" spans="1:15" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A14" s="22">
         <v>9211</v>
       </c>
       <c r="B14" s="23">
         <v>140000</v>
       </c>
       <c r="C14" s="23">
-        <v>140000</v>
+        <v>24107.270000000004</v>
       </c>
       <c r="D14" s="23">
         <v>140000</v>
       </c>
       <c r="E14" s="23">
         <v>140000</v>
       </c>
       <c r="F14" s="23">
         <v>140000</v>
       </c>
       <c r="G14" s="23">
         <v>140000</v>
       </c>
       <c r="H14" s="23">
         <v>140000</v>
       </c>
       <c r="I14" s="23">
         <v>140000</v>
       </c>
       <c r="J14" s="23">
         <v>140000</v>
       </c>
       <c r="K14" s="23">
         <v>140000</v>
       </c>
       <c r="L14" s="24">
-        <v>1400000</v>
+        <v>1284107.27</v>
       </c>
       <c r="M14" s="6"/>
       <c r="N14" s="5"/>
       <c r="O14" s="6"/>
     </row>
     <row r="15" spans="1:15" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A15" s="19">
         <v>9212</v>
       </c>
       <c r="B15" s="20">
         <v>112876.9</v>
       </c>
       <c r="C15" s="20">
-        <v>112876.9</v>
+        <v>12449.319999999992</v>
       </c>
       <c r="D15" s="20">
         <v>112876.9</v>
       </c>
       <c r="E15" s="20">
         <v>112876.9</v>
       </c>
       <c r="F15" s="20">
         <v>112876.9</v>
       </c>
       <c r="G15" s="20">
         <v>112876.9</v>
       </c>
       <c r="H15" s="20">
         <v>112876.9</v>
       </c>
       <c r="I15" s="20">
         <v>112876.9</v>
       </c>
       <c r="J15" s="20">
         <v>112876.9</v>
       </c>
       <c r="K15" s="20">
-        <v>112876.89999999985</v>
+        <v>112876.89999999997</v>
       </c>
       <c r="L15" s="21">
-        <v>1128769</v>
+        <v>1028341.4200000002</v>
       </c>
       <c r="M15" s="6"/>
       <c r="N15" s="5"/>
       <c r="O15" s="6"/>
     </row>
     <row r="16" spans="1:15" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A16" s="22">
         <v>9213</v>
       </c>
       <c r="B16" s="23">
         <v>36259.199999999997</v>
       </c>
       <c r="C16" s="23">
         <v>36259.199999999997</v>
       </c>
       <c r="D16" s="23">
         <v>36259.199999999997</v>
       </c>
       <c r="E16" s="23">
         <v>36259.199999999997</v>
       </c>
       <c r="F16" s="23">
         <v>36259.199999999997</v>
       </c>
       <c r="G16" s="23">
@@ -1700,118 +1711,118 @@
         <v>36259.199999999997</v>
       </c>
       <c r="I16" s="23">
         <v>36259.199999999997</v>
       </c>
       <c r="J16" s="23">
         <v>36259.199999999997</v>
       </c>
       <c r="K16" s="23">
         <v>36259.199999999939</v>
       </c>
       <c r="L16" s="24">
         <v>362592</v>
       </c>
       <c r="N16" s="5"/>
       <c r="O16" s="6"/>
     </row>
     <row r="17" spans="1:15" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A17" s="25">
         <v>9215</v>
       </c>
       <c r="B17" s="26">
         <v>41535.699999999997</v>
       </c>
       <c r="C17" s="26">
-        <v>41535.699999999997</v>
+        <v>8758.5399999999936</v>
       </c>
       <c r="D17" s="26">
         <v>41535.699999999997</v>
       </c>
       <c r="E17" s="26">
         <v>41535.699999999997</v>
       </c>
       <c r="F17" s="26">
         <v>41535.699999999997</v>
       </c>
       <c r="G17" s="26">
         <v>41535.699999999997</v>
       </c>
       <c r="H17" s="26">
         <v>41535.699999999997</v>
       </c>
       <c r="I17" s="26">
         <v>41535.699999999997</v>
       </c>
       <c r="J17" s="26">
         <v>41535.699999999997</v>
       </c>
       <c r="K17" s="26">
         <v>41535.699999999939</v>
       </c>
       <c r="L17" s="27">
-        <v>415357</v>
+        <v>382579.83999999997</v>
       </c>
       <c r="N17" s="5"/>
       <c r="O17" s="6"/>
     </row>
     <row r="18" spans="1:15" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A18" s="22" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="23">
         <v>626060.69999999995</v>
       </c>
       <c r="C18" s="23">
-        <v>626060.69999999995</v>
+        <v>92652.419999999984</v>
       </c>
       <c r="D18" s="23">
-        <v>626060.69999999995</v>
+        <v>407518.92000000004</v>
       </c>
       <c r="E18" s="23">
-        <v>626060.69999999995</v>
+        <v>572991.71999999986</v>
       </c>
       <c r="F18" s="23">
         <v>626060.69999999995</v>
       </c>
       <c r="G18" s="23">
         <v>626060.69999999995</v>
       </c>
       <c r="H18" s="23">
         <v>626060.69999999995</v>
       </c>
       <c r="I18" s="23">
         <v>626060.69999999995</v>
       </c>
       <c r="J18" s="23">
         <v>626060.69999999995</v>
       </c>
       <c r="K18" s="23">
-        <v>626060.69999999995</v>
+        <v>626060.70000000019</v>
       </c>
       <c r="L18" s="24">
-        <v>6260607</v>
+        <v>5455587.96</v>
       </c>
       <c r="N18" s="5"/>
       <c r="O18" s="6"/>
     </row>
     <row r="19" spans="1:15" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7"/>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="7"/>
       <c r="L19" s="17" t="s">
         <v>14</v>
       </c>
       <c r="N19" s="5"/>
       <c r="O19" s="6"/>
     </row>
     <row r="20" spans="1:15" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="7"/>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>