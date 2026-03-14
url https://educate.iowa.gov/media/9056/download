--- v0 (2025-10-10)
+++ v1 (2026-03-14)
@@ -1,2508 +1,2048 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\scraven\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7F917AF7-B21B-4594-89E1-9259E86C6381}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1586E811-7B13-46E5-899C-1EA33EF4BFF4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{2A718A23-229F-472C-BCEC-D1ECBD3AF024}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{F1A4767E-870B-4EB0-9AFE-B5C543DFCF83}"/>
   </bookViews>
   <sheets>
-    <sheet name="Public_Noncredit" sheetId="6" r:id="rId1"/>
-    <sheet name="Public_Credit" sheetId="7" r:id="rId2"/>
+    <sheet name="Public_Credit" sheetId="3" r:id="rId1"/>
+    <sheet name="Public_Noncredit" sheetId="4" r:id="rId2"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3324" uniqueCount="783">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2842" uniqueCount="632">
+  <si>
+    <t>CommCollege</t>
+  </si>
   <si>
     <t>College</t>
   </si>
   <si>
+    <t>LocalTitleofProgram</t>
+  </si>
+  <si>
+    <t>IndustrySector</t>
+  </si>
+  <si>
+    <t>CIP</t>
+  </si>
+  <si>
+    <t>Northeast Iowa CC</t>
+  </si>
+  <si>
+    <t>Web Application Bootcamp: Back End Design</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>Web Page, Digital/Multimedia and Information Resources Design</t>
+  </si>
+  <si>
+    <t>Y</t>
+  </si>
+  <si>
+    <t>Web Application Bootcamp: Front End Design</t>
+  </si>
+  <si>
+    <t>Career Pathway Certificate: Culinary Foundations Level 3</t>
+  </si>
+  <si>
+    <t>In-Person</t>
+  </si>
+  <si>
+    <t>Cooking and Related Culinary Arts, General.</t>
+  </si>
+  <si>
+    <t>Culinary Foundations</t>
+  </si>
+  <si>
+    <t>Cooking and Related Culinary Arts, General</t>
+  </si>
+  <si>
+    <t>Culinary Foundations Level 2</t>
+  </si>
+  <si>
+    <t>Other In-Demand Industry*</t>
+  </si>
+  <si>
+    <t>30 Hour Basic Water Systems</t>
+  </si>
+  <si>
+    <t>Bio/Life Sciences</t>
+  </si>
+  <si>
+    <t>Water Quality and Wastewater Treatment Management and Recycling Technology/Technician</t>
+  </si>
+  <si>
+    <t>30 Hour Distribution Treatment</t>
+  </si>
+  <si>
+    <t>30 Hour Wastewater Treatment</t>
+  </si>
+  <si>
+    <t>Child Care Level 1</t>
+  </si>
+  <si>
+    <t>Childcare Provider/Assistant</t>
+  </si>
+  <si>
+    <t>Child Care Level 2</t>
+  </si>
+  <si>
+    <t>Building Construction Certificate</t>
+  </si>
+  <si>
+    <t>Construction Trades, General</t>
+  </si>
+  <si>
+    <t>Construction Equipment Operator Certificate</t>
+  </si>
+  <si>
+    <t>Industrial Maintenance: Electrical Path</t>
+  </si>
+  <si>
+    <t>Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>Industrial Mechanics and Maintenance Technology.</t>
+  </si>
+  <si>
+    <t>Industrial Maintenance: Mechanical Path</t>
+  </si>
+  <si>
+    <t>Warehouse Technician</t>
+  </si>
+  <si>
+    <t>Manufacturing</t>
+  </si>
+  <si>
+    <t>Parts and Warehousing Operations and Maintenance Technology/Technician</t>
+  </si>
+  <si>
+    <t>Basic Welding Certificate</t>
+  </si>
+  <si>
+    <t>Welding Technology/Welder</t>
+  </si>
+  <si>
+    <t>Entry Level GMAW Certificate</t>
+  </si>
+  <si>
+    <t>CNC Operator</t>
+  </si>
+  <si>
+    <t>Computer Numerically Controlled (CNC) Machinist Technology/CNC Machinist</t>
+  </si>
+  <si>
+    <t>Intro to Cabinet Making &amp; Casework</t>
+  </si>
+  <si>
+    <t>Woodworking</t>
+  </si>
+  <si>
+    <t>Semi Truck Driving: Entry Level Driver Training</t>
+  </si>
+  <si>
+    <t>Truck and Bus Driver/Commercial Vehicle Operator and Instructor</t>
+  </si>
+  <si>
+    <t>Introduction to 3D Animation</t>
+  </si>
+  <si>
+    <t>Digital Arts</t>
+  </si>
+  <si>
+    <t>Medical Billing &amp; Coding</t>
+  </si>
+  <si>
+    <t>Allied Health</t>
+  </si>
+  <si>
+    <t>Medical insurance specialist/Medical Biller</t>
+  </si>
+  <si>
+    <t>Pharmacy Technician</t>
+  </si>
+  <si>
+    <t>Pharmacy Technician/Assistant</t>
+  </si>
+  <si>
+    <t>Emergency Medical Technician</t>
+  </si>
+  <si>
+    <t>Emergency Medical Technology/Technician (EMT Paramedic)</t>
+  </si>
+  <si>
+    <t>Paramedic I, II, III</t>
+  </si>
+  <si>
+    <t>Phlebotomy Technician</t>
+  </si>
+  <si>
+    <t>Phlebotomy Technician/Phlebotomist</t>
+  </si>
+  <si>
+    <t>Direct Support Professional</t>
+  </si>
+  <si>
+    <t>Home Health Aide/Home Attendant</t>
+  </si>
+  <si>
+    <t>Medication Aide</t>
+  </si>
+  <si>
+    <t>Health Aides/Attendants/Orderlies, Other</t>
+  </si>
+  <si>
+    <t>Medication Manager</t>
+  </si>
+  <si>
+    <t>Certified Nurse Aide</t>
+  </si>
+  <si>
+    <t>Nursing Assistant/Aide and Patient Care Assistant/Aide</t>
+  </si>
+  <si>
+    <t>Customer Service/Hospitality</t>
+  </si>
+  <si>
+    <t>Business Administration and Management, General</t>
+  </si>
+  <si>
+    <t>Professional Sales</t>
+  </si>
+  <si>
+    <t>Selling Skills and Sales Operations</t>
+  </si>
+  <si>
+    <t>North Iowa Area CC</t>
+  </si>
+  <si>
+    <t>Professional Dog Grooming</t>
+  </si>
+  <si>
+    <t>Dog/Pet/Animal Grooming.</t>
+  </si>
+  <si>
+    <t>Professional Dog Grooming Certificate</t>
+  </si>
+  <si>
+    <t>Paraeducator Certificate</t>
+  </si>
+  <si>
+    <t>Education</t>
+  </si>
+  <si>
+    <t>Education, General.</t>
+  </si>
+  <si>
+    <t>Teacher Assistant/Aide.</t>
+  </si>
+  <si>
+    <t>Dietary Manager Certification Program</t>
+  </si>
+  <si>
+    <t>Online</t>
+  </si>
+  <si>
+    <t>Healthcare</t>
+  </si>
+  <si>
+    <t>Foodservice Systems Administration/Management</t>
+  </si>
+  <si>
+    <t>Child Care Ready</t>
+  </si>
+  <si>
+    <t>Hybrid</t>
+  </si>
+  <si>
+    <t>Child Care Provider/Assistant</t>
+  </si>
+  <si>
+    <t>Climb Ready- Wind Technician</t>
+  </si>
+  <si>
+    <t>Not found</t>
+  </si>
+  <si>
+    <t>Fundamentals of Construction</t>
+  </si>
+  <si>
+    <t>Manufacturing Technology</t>
+  </si>
+  <si>
+    <t>Machine Tool Technology/Machinist.</t>
+  </si>
+  <si>
+    <t>Production Welding Certificate</t>
+  </si>
+  <si>
+    <t>Professional Driver Prep</t>
+  </si>
+  <si>
+    <t>Transportation &amp; Logistics</t>
+  </si>
+  <si>
+    <t>Patient Access</t>
+  </si>
+  <si>
+    <t>Health and Medical Administrative Services, Other</t>
+  </si>
+  <si>
+    <t>Emergency Medical Technician Certificate</t>
+  </si>
+  <si>
+    <t>Phlebotomy</t>
+  </si>
+  <si>
+    <t>Expanded IV Therapy for LPN's</t>
+  </si>
+  <si>
+    <t>Renal/Dialysis Technologist/Technician</t>
+  </si>
+  <si>
+    <t>Human Services Direct Support Certificate</t>
+  </si>
+  <si>
+    <t>Clinical/Medical Social Work</t>
+  </si>
+  <si>
+    <t>Advanced Nurse Aide</t>
+  </si>
+  <si>
+    <t>Practical Nursing, Vocational Nursing and Nursing Assistants</t>
+  </si>
+  <si>
+    <t>Nursing Assistant/Aide and Patient Care Assistant/Aide.</t>
+  </si>
+  <si>
+    <t>Iowa Lakes CC</t>
+  </si>
+  <si>
+    <t>Electrical Maintenance</t>
+  </si>
+  <si>
+    <t>Industrial Mechanics and Maintenance Technology</t>
+  </si>
+  <si>
+    <t>Electrical Pre-Apprenticeship</t>
+  </si>
+  <si>
+    <t>Welding: AWS Certification</t>
+  </si>
+  <si>
+    <t>Welding: AWS Qualification</t>
+  </si>
+  <si>
+    <t>UAV Drone Pilot</t>
+  </si>
+  <si>
+    <t>Airline/commercial/professional Pilot and Flight Crew?</t>
+  </si>
+  <si>
+    <t>Bus Driver Entry Level Driver Training/CDL-B</t>
+  </si>
+  <si>
+    <t>Truck and Bus Driver/Commercial Vehicle Operator and Instructor.</t>
+  </si>
+  <si>
+    <t>Entry Level Driver Training/CDL-A</t>
+  </si>
+  <si>
+    <t>Entry Level Driver Training/CDL-B</t>
+  </si>
+  <si>
+    <t>Class B CDL</t>
+  </si>
+  <si>
+    <t>Professional Driver Preparation Program</t>
+  </si>
+  <si>
+    <t>Certified Professional Medical Coder</t>
+  </si>
+  <si>
+    <t>Medical Insurance Coding Specialist/Coder.</t>
+  </si>
+  <si>
+    <t>Emergency Medical Technician (EMT)</t>
+  </si>
+  <si>
+    <t>Emergency Medical Technician (EMT) Hybrid</t>
+  </si>
+  <si>
+    <t>Phlebotomy Certificate</t>
+  </si>
+  <si>
+    <t>Certified Nurse Aide (CNA)</t>
+  </si>
+  <si>
+    <t>Accounting Clerk</t>
+  </si>
+  <si>
+    <t>Accounting Technology/Technician and Bookkeeping</t>
+  </si>
+  <si>
+    <t>Office Financial Clerk</t>
+  </si>
+  <si>
+    <t>Accounting Technology/Technician and Bookkeeping.</t>
+  </si>
+  <si>
+    <t>Northwest Iowa CC</t>
+  </si>
+  <si>
+    <t>Grain Management Certificate Program</t>
+  </si>
+  <si>
+    <t>Agricultural Business and Management, General.</t>
+  </si>
+  <si>
+    <t>Child Care Provider Certificate</t>
+  </si>
+  <si>
+    <t>Human Development, Family Studies, and Related Services</t>
+  </si>
+  <si>
+    <t>Industrial Maintenance</t>
+  </si>
+  <si>
+    <t>Welding</t>
+  </si>
+  <si>
+    <t>Introduction to CNC Machining</t>
+  </si>
+  <si>
+    <t>Machine Tool Technology/Machinist</t>
+  </si>
+  <si>
+    <t>Basic Equipment Operator Certificate Training</t>
+  </si>
+  <si>
+    <t>Construction/Heavy Equipment/Earthmoving Equipment Operation</t>
+  </si>
+  <si>
+    <t>CDL Driver Prep Program</t>
+  </si>
+  <si>
+    <t>Certified Crane Operator Program</t>
+  </si>
+  <si>
+    <t>Mobil Crane Operation/Operator</t>
+  </si>
+  <si>
+    <t>Computer Skills for the Workplace-Level 1</t>
+  </si>
+  <si>
+    <t>Microsoft Office Skills for the Workplace with Computer Basics</t>
+  </si>
+  <si>
+    <t>Business/Office Automation/Technology/Data Entry.</t>
+  </si>
+  <si>
+    <t>Iowa Central CC</t>
+  </si>
+  <si>
+    <t>General Education</t>
+  </si>
+  <si>
+    <t>Basic Safety Certificate</t>
+  </si>
+  <si>
+    <t>Occupational Safety and Health Technology/Technician.</t>
+  </si>
+  <si>
+    <t>Maintenance Technician</t>
+  </si>
+  <si>
+    <t>Basic Small Engine Repair</t>
+  </si>
+  <si>
+    <t>Mechanic and Repair Technologies/Technicians, Other</t>
+  </si>
+  <si>
+    <t>Mechanic and Repair Technologies/Technicians, Other.</t>
+  </si>
+  <si>
+    <t>Industrial Operator</t>
+  </si>
+  <si>
+    <t>Production Welding Certificate Program</t>
+  </si>
+  <si>
+    <t>Computer Numerical Control (CNC) Operator</t>
+  </si>
+  <si>
+    <t>Accelerated CDL Course</t>
+  </si>
+  <si>
+    <t>ELDT-CDL Automatic</t>
+  </si>
+  <si>
+    <t>Professional Truck Driver Institute Certified Course</t>
+  </si>
+  <si>
+    <t>Medical Billing and Coding</t>
+  </si>
+  <si>
+    <t>iowa central CC</t>
+  </si>
+  <si>
+    <t>Emergency Medical Responder</t>
+  </si>
+  <si>
+    <t>Certified Medication Aide Course</t>
+  </si>
+  <si>
+    <t>IT Support Specialist</t>
+  </si>
+  <si>
+    <t>Iowa Valley CC District</t>
+  </si>
+  <si>
+    <t>Mastering the Meat Counter</t>
+  </si>
+  <si>
+    <t>Agricultural and Food Products Processing.</t>
+  </si>
+  <si>
+    <t>Meat Cutting Essentials</t>
+  </si>
+  <si>
+    <t>Basic Robotic Programming Certification</t>
+  </si>
+  <si>
+    <t>Robotics Technology/Technician</t>
+  </si>
+  <si>
+    <t>Manufacturing Fundamentals</t>
+  </si>
+  <si>
+    <t>Industrial Technology/Technician</t>
+  </si>
+  <si>
+    <t>Utility Fundamentals</t>
+  </si>
+  <si>
+    <t>Engineering Technologies/Technicians, others</t>
+  </si>
+  <si>
+    <t>Career Pipe Welding</t>
+  </si>
+  <si>
+    <t>MIG &amp; TIG Combination Welding Certificate</t>
+  </si>
+  <si>
+    <t>MIG (Wire) Welding</t>
+  </si>
+  <si>
+    <t>TIG(Stick) Welding Certificate</t>
+  </si>
+  <si>
+    <t>Welding for Maintenance and Repair</t>
+  </si>
+  <si>
+    <t>CDL – Entry Level Driver Training (ELDT)</t>
+  </si>
+  <si>
+    <t>Professional Driver Prep Program</t>
+  </si>
+  <si>
+    <t>Pharmacy Tech</t>
+  </si>
+  <si>
+    <t>Advanced Emergency Medical Technician</t>
+  </si>
+  <si>
+    <t>Basic EMT</t>
+  </si>
+  <si>
+    <t>Phlebotomy Tech</t>
+  </si>
+  <si>
+    <t>Dialysis Technician</t>
+  </si>
+  <si>
+    <t>Rehabilitation/Restorative Aide</t>
+  </si>
+  <si>
+    <t>Rehabilitation and Therapeutic Professions, Other</t>
+  </si>
+  <si>
+    <t>CNA</t>
+  </si>
+  <si>
+    <t>Health Support Professionals Prepare to Care</t>
+  </si>
+  <si>
+    <t>Nurse/Nursing Assistant/Aide and Patient Care Assistant</t>
+  </si>
+  <si>
+    <t>Hawkeye CC</t>
+  </si>
+  <si>
+    <t>Information Technology (IT) Specialist Certificate</t>
+  </si>
+  <si>
+    <t>Ethernet Communications 1</t>
+  </si>
+  <si>
+    <t>Computer Systems Networking and Telecommunications.</t>
+  </si>
+  <si>
+    <t>Network Systems Specialist</t>
+  </si>
+  <si>
+    <t>Industry 4.0 Basic Operations</t>
+  </si>
+  <si>
+    <t>Industry 4.0 Total Productive Maintenance</t>
+  </si>
+  <si>
+    <t>Engineering Technology, General.</t>
+  </si>
+  <si>
+    <t>Certified Industry 4.0 Robotic Specialist</t>
+  </si>
+  <si>
+    <t>Robotics Technology/Technician.</t>
+  </si>
+  <si>
+    <t>Industry 4.0 Robot System Operations</t>
+  </si>
+  <si>
+    <t>Industry 4.0 Robot System Operations and Simulation</t>
+  </si>
+  <si>
+    <t>Lead Operations Specialist</t>
+  </si>
+  <si>
+    <t>Industry 4.0  Automation Systems Specialist</t>
+  </si>
+  <si>
+    <t>Automation Engineer Technology/Technician.</t>
+  </si>
+  <si>
+    <t>PLC Troubleshooting 1</t>
+  </si>
+  <si>
+    <t>Programmable Controller Systems 1 (PLC)</t>
+  </si>
+  <si>
+    <t>Robot Systems Integration 1</t>
+  </si>
+  <si>
+    <t>Sensor Logic Systems 1</t>
+  </si>
+  <si>
+    <t>Smart Factory Systems 1</t>
+  </si>
+  <si>
+    <t>Smart Sensor and Identification Systems 1</t>
+  </si>
+  <si>
+    <t>Controls Systems Specialist</t>
+  </si>
+  <si>
+    <t>Manufacturing Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>Industry 4.0 Associate IV -IIoT, Networking &amp; Data Analytics</t>
+  </si>
+  <si>
+    <t>Industrial Production Technologies/Technicians, Other.</t>
+  </si>
+  <si>
+    <t>Mechanical Systems Specialist</t>
+  </si>
+  <si>
+    <t>Mechanical/Mechanical Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>Hydraulics Systems 1</t>
+  </si>
+  <si>
+    <t>Hydraulics and Fluid Power Technology/Technician.</t>
+  </si>
+  <si>
+    <t>Pneumatic System 1</t>
+  </si>
+  <si>
+    <t>Pneumatic Troubleshooting 1</t>
+  </si>
+  <si>
+    <t>Childcare Director Certificate</t>
+  </si>
+  <si>
+    <t>Childcare and Support Services Management</t>
+  </si>
+  <si>
+    <t>Introduction to Construction Trades</t>
+  </si>
+  <si>
+    <t>Carpentry Apprenticeship Level 1</t>
+  </si>
+  <si>
+    <t>Carpentry/Carpenter</t>
+  </si>
+  <si>
+    <t>Electrical Level 1 Test Prep Class and Apprenticeship Test</t>
+  </si>
+  <si>
+    <t>Electrical and Electronic Engineering Technologies/Technicians, Other</t>
+  </si>
+  <si>
+    <t>Mechanical Power Systems 2</t>
+  </si>
+  <si>
+    <t>Building/Construction Finishing, Management, and Inspection, Other.</t>
+  </si>
+  <si>
+    <t>Plumbing Level 1 Test Preparation Class and Apprenticeship Test</t>
+  </si>
+  <si>
+    <t>Plumbing Technology/Plumber</t>
+  </si>
+  <si>
+    <t>Electrical Systems Specialist</t>
+  </si>
+  <si>
+    <t>Industrial Electronics Technology/Technician.</t>
+  </si>
+  <si>
+    <t>HVAC Level 1 Test Prep Class and Apprenticeship Test</t>
+  </si>
+  <si>
+    <t>Heating, Air Conditioning, Ventilation and Refrigeration Maintenance, Technology Technician (HAC, HACR, HVAC, HVACR)</t>
+  </si>
+  <si>
+    <t>Electric Motor Troubleshooting 1</t>
+  </si>
+  <si>
+    <t>Electrical Motor Control Systems 1</t>
+  </si>
+  <si>
+    <t>Electrical Systems 1</t>
+  </si>
+  <si>
+    <t>Electrical Systems Installation 1</t>
+  </si>
+  <si>
+    <t>Industrial Maintenance Certificate</t>
+  </si>
+  <si>
+    <t>Motor Control Troubleshooting 1</t>
+  </si>
+  <si>
+    <t>Variable Frequency Drive Systems 1</t>
+  </si>
+  <si>
+    <t>Laser Shaft Alignment 1</t>
+  </si>
+  <si>
+    <t>Precision Systems Maintenance and Repair Technologies/Technicians, Other.</t>
+  </si>
+  <si>
+    <t>Process Control Systems 1 Flow and Level</t>
+  </si>
+  <si>
+    <t>Process Control Troubleshooting 1</t>
+  </si>
+  <si>
+    <t>Mechanical Power Systems 1</t>
+  </si>
+  <si>
+    <t>CNC Machining Certificate</t>
+  </si>
+  <si>
+    <t>Construction Equipment Operator I (CEO) Certificate</t>
+  </si>
+  <si>
+    <t>CDL Class A- Automatic transmission</t>
+  </si>
+  <si>
+    <t>Class A Commercial Driver's License (CDL) Certificate</t>
+  </si>
+  <si>
+    <t>Class A/B CDL Refresher</t>
+  </si>
+  <si>
+    <t>Class B Commercial Driver's License (CDL) Certificate</t>
+  </si>
+  <si>
+    <t>Patient Access and Front Desk</t>
+  </si>
+  <si>
+    <t>Medical Reception/Receptionist</t>
+  </si>
+  <si>
+    <t>Medical Insurance Coding Specialist/Coder</t>
+  </si>
+  <si>
+    <t>Pharmacy Technician Certificate</t>
+  </si>
+  <si>
+    <t>Emergency Medical Technology/Technician (EMT Paramedic).</t>
+  </si>
+  <si>
+    <t>Paramedic</t>
+  </si>
+  <si>
+    <t>20 Hour Medication Manager</t>
+  </si>
+  <si>
+    <t>Prepare to Care: Health Support Professional</t>
+  </si>
+  <si>
+    <t>Bookkeeping Specialist Certificate</t>
+  </si>
+  <si>
+    <t>Eastern Iowa CC</t>
+  </si>
+  <si>
+    <t>Manfacturing Fundamentals</t>
+  </si>
+  <si>
+    <t>Fork Truck Operator Certificate</t>
+  </si>
+  <si>
+    <t>Occupational Safety and Health Technology/Technician</t>
+  </si>
+  <si>
+    <t>CDA (Child Development Associate)</t>
+  </si>
+  <si>
+    <t>Residential HVAC Installation</t>
+  </si>
+  <si>
+    <t>Heating, Air Conditioning, Ventilation and Refrigeration Maintenance Technology/Technician</t>
+  </si>
+  <si>
+    <t>Manufacturing Maintenance</t>
+  </si>
+  <si>
+    <t>CNC Entry-Level Technician</t>
+  </si>
+  <si>
+    <t>Basic GMAW</t>
+  </si>
+  <si>
+    <t>Welding Basics</t>
+  </si>
+  <si>
+    <t>Welding Certificate-Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>Career Ready Production Welding.</t>
+  </si>
+  <si>
+    <t>CNC Lathe Operator</t>
+  </si>
+  <si>
+    <t>CNC Mill Operator</t>
+  </si>
+  <si>
+    <t>Truck Driving</t>
+  </si>
+  <si>
+    <t>EMT-P</t>
+  </si>
+  <si>
+    <t>CNA Refresher</t>
+  </si>
+  <si>
+    <t>Kirkwood CC</t>
+  </si>
+  <si>
+    <t>Professional Pet Grooming Certificate</t>
+  </si>
+  <si>
+    <t>Dog/Pet/Animal Grooming</t>
+  </si>
+  <si>
+    <t>Graphic Design Certificate</t>
+  </si>
+  <si>
+    <t>Prepress/Desktop Publishing and Digital Imaging Design</t>
+  </si>
+  <si>
+    <t>Prepress/Desktop Publishing and Digital Imaging Design.</t>
+  </si>
+  <si>
+    <t>Data Management and Analysis Certificate</t>
+  </si>
+  <si>
+    <t>Baking and Pastry Arts Certificate</t>
+  </si>
+  <si>
+    <t>Cooking and Related Arts, General</t>
+  </si>
+  <si>
+    <t>Childhood Development Associate Program (CDA)</t>
+  </si>
+  <si>
+    <t>Early Childhood Education and Teaching.</t>
+  </si>
+  <si>
+    <t>Paraeducator Generalist Certificate Program</t>
+  </si>
+  <si>
+    <t>Teaching Assistant/Aides</t>
+  </si>
+  <si>
+    <t>90 Hour Food Service Certificate</t>
+  </si>
+  <si>
+    <t>Electrical Specialist Certificate</t>
+  </si>
+  <si>
+    <t>Electrical/Electronics Equipment Installation and Repair, General</t>
+  </si>
+  <si>
+    <t>Mechanical Operator Certificate Program</t>
+  </si>
+  <si>
+    <t>CNC Lathe Operator Level 1</t>
+  </si>
+  <si>
+    <t>CNC Machinist Certificate</t>
+  </si>
+  <si>
+    <t>CNC Milling Operator Level 1</t>
+  </si>
+  <si>
+    <t>Job Planning, Benchwork &amp; Layout</t>
+  </si>
+  <si>
+    <t>Measurement, Materials &amp; Safety</t>
+  </si>
+  <si>
+    <t>Measurement, Materials, and Safety (Articulated)</t>
+  </si>
+  <si>
+    <t>Gas Metal Arc Welding for Manufacturing</t>
+  </si>
+  <si>
+    <t>Manufacturing Welding Certificate</t>
+  </si>
+  <si>
+    <t>CDL Class B Driver Training</t>
+  </si>
+  <si>
+    <t>Class A CDL Refresher 40-hour</t>
+  </si>
+  <si>
+    <t>Class B to A CDL Fusion</t>
+  </si>
+  <si>
+    <t>ELDT CDL-B 50 Hour Course</t>
+  </si>
+  <si>
+    <t>ELDT Class A CDL Program (Hybrid)</t>
+  </si>
+  <si>
+    <t>ELDT Class B CDL</t>
+  </si>
+  <si>
+    <t>Expanded Dental Functions: Graduate</t>
+  </si>
+  <si>
+    <t>Dental Services and Allied Professions, Other.</t>
+  </si>
+  <si>
+    <t>Expanded Dental Functions: Non-Graduate</t>
+  </si>
+  <si>
+    <t>Expanded Function for Dental-Graduate</t>
+  </si>
+  <si>
+    <t>Dental Support Services and Allied Professions</t>
+  </si>
+  <si>
+    <t>Expanded Function for Dental-Non Graduate</t>
+  </si>
+  <si>
+    <t>Medical Office Professional</t>
+  </si>
+  <si>
+    <t>Business /Office Automation</t>
+  </si>
+  <si>
+    <t>Professional Medical Coder​ </t>
+  </si>
+  <si>
+    <t>EKG Technician</t>
+  </si>
+  <si>
+    <t>Electrocardiograph Technology/Technician</t>
+  </si>
+  <si>
+    <t>EKG Technician Training Program (Hybrid)</t>
+  </si>
+  <si>
+    <t>Electrocardiograph Technology/Technician.</t>
+  </si>
+  <si>
+    <t>Showing 1 to 1 of 1 entries (filtered from 1120 total entries)</t>
+  </si>
+  <si>
+    <t>Central Sterilization Service Technician (Hybrid)</t>
+  </si>
+  <si>
+    <t>Sterile Processing Technology/Technician.</t>
+  </si>
+  <si>
+    <t>Central Sterilzation Service Technician</t>
+  </si>
+  <si>
+    <t>Sterile Processing Technology/Technician</t>
+  </si>
+  <si>
+    <t>Ophthalmic Assistant</t>
+  </si>
+  <si>
+    <t>Optometric Technician/Assistant</t>
+  </si>
+  <si>
+    <t>Medication Manager for Community Based Service Providers</t>
+  </si>
+  <si>
+    <t>Nurse Aide</t>
+  </si>
+  <si>
+    <t>Warehouse Technician Certificate</t>
+  </si>
+  <si>
+    <t>Logistics, Materials, and Supply Chain Management</t>
+  </si>
+  <si>
+    <t>Business Bookkeeping Computer Certificate</t>
+  </si>
+  <si>
+    <t>Business Specialist</t>
+  </si>
+  <si>
+    <t>Business Specialist Certificate</t>
+  </si>
+  <si>
+    <t>Business</t>
+  </si>
+  <si>
+    <t>Administrative Professional</t>
+  </si>
+  <si>
+    <t>Administrative Assistant and Secretarial Science, General.</t>
+  </si>
+  <si>
+    <t>Administrative Professional Certificate</t>
+  </si>
+  <si>
+    <t>Administrative Assistant and Secretarial Science, General</t>
+  </si>
+  <si>
+    <t>Microsoft Office Specialist Certifcate</t>
+  </si>
+  <si>
+    <t>Business/Office Automation/Technology/Data Entry</t>
+  </si>
+  <si>
+    <t>Des Moines Area CC</t>
+  </si>
+  <si>
+    <t>Helpdesk Funamentals</t>
+  </si>
+  <si>
+    <t>Computer/Information Technology Administration and Management</t>
+  </si>
+  <si>
+    <t>Manufacturing Quality Inspection</t>
+  </si>
+  <si>
+    <t>Quality Control Technology/Technician.</t>
+  </si>
+  <si>
+    <t>Certified Dietary Manager</t>
+  </si>
+  <si>
+    <t>Foodservice Sytems Administration/Management</t>
+  </si>
+  <si>
+    <t>Network Cable Installer</t>
+  </si>
+  <si>
+    <t>Communications Systems Installation and Repair Technology</t>
+  </si>
+  <si>
+    <t>Electrical Maintenance Technician</t>
+  </si>
+  <si>
+    <t>Programmable Logic Control</t>
+  </si>
+  <si>
+    <t>PLC-Programmable Logic Control Core Skills</t>
+  </si>
+  <si>
+    <t>Automotive Shop Fundamentals &amp; Minor Service Certificate</t>
+  </si>
+  <si>
+    <t>Mechanics and Repairers, General</t>
+  </si>
+  <si>
+    <t>MIG Welding for Manufacturing</t>
+  </si>
+  <si>
+    <t>TIG Welding</t>
+  </si>
+  <si>
+    <t>Horizontal Directional Drilling (HDD)</t>
+  </si>
+  <si>
+    <t>Commercial Vehicle Operator Training Course</t>
+  </si>
+  <si>
+    <t>EDTL Class A CDL</t>
+  </si>
+  <si>
+    <t>EDTL Class B CDL</t>
+  </si>
+  <si>
+    <t>transportation &amp; Logistics</t>
+  </si>
+  <si>
+    <t>Phlebotomy Technician Training</t>
+  </si>
+  <si>
+    <t>Sterile Processing/Supply Tech Certificate</t>
+  </si>
+  <si>
+    <t>Office Specialist PLUS+</t>
+  </si>
+  <si>
+    <t>Mental and Social Health Services and Allied Professions, Other.</t>
+  </si>
+  <si>
+    <t>Direct Care Professional</t>
+  </si>
+  <si>
+    <t>DSP-Behavioral and Mental Health Certificate</t>
+  </si>
+  <si>
+    <t>Health Aides/Attendants/Orderlies, Other.</t>
+  </si>
+  <si>
+    <t>RN Refresher</t>
+  </si>
+  <si>
+    <t>Administrative Support Professional</t>
+  </si>
+  <si>
+    <t>Western Iowa Tech</t>
+  </si>
+  <si>
+    <t>Plumbing pre-apprenticeship</t>
+  </si>
+  <si>
+    <t>HVAC Pre-Apprenticeship</t>
+  </si>
+  <si>
+    <t>Production Welding</t>
+  </si>
+  <si>
+    <t>CDL</t>
+  </si>
+  <si>
+    <t>ACLS</t>
+  </si>
+  <si>
+    <t>PALS</t>
+  </si>
+  <si>
+    <t>IV Therapy: Concepts &amp; Tech.</t>
+  </si>
+  <si>
+    <t>Licensed Practical/Vocational Nurse Training</t>
+  </si>
+  <si>
+    <t>Nursing Assistant Program</t>
+  </si>
+  <si>
+    <t>High Performance Management</t>
+  </si>
+  <si>
+    <t>Iowa Western CC</t>
+  </si>
+  <si>
+    <t>IFIX Certificate</t>
+  </si>
+  <si>
+    <t>Information Technology.</t>
+  </si>
+  <si>
+    <t>Education, General</t>
+  </si>
+  <si>
+    <t>Construction Technology: Carpentry Certificate</t>
+  </si>
+  <si>
+    <t>Construction</t>
+  </si>
+  <si>
+    <t>CEAM Electro-Mechanical Tech</t>
+  </si>
+  <si>
+    <t>Electrician</t>
+  </si>
+  <si>
+    <t>Residential Plumbing Certificate</t>
+  </si>
+  <si>
+    <t>HVAC/R Maintenance Certificate</t>
+  </si>
+  <si>
+    <t>Industrial Technology Certificate</t>
+  </si>
+  <si>
+    <t>Auto Express Lane Technician</t>
+  </si>
+  <si>
+    <t>Automobile/Automotive Mechanics Technology/Technician.</t>
+  </si>
+  <si>
+    <t>CEAM Tool and Die Program</t>
+  </si>
+  <si>
+    <t>Intermediate Welding</t>
+  </si>
+  <si>
+    <t>Open Welding I and II</t>
+  </si>
+  <si>
+    <t>IWCC Drone Pilot Certificate (includes FAA Part 107 Drone Pilot Certification)</t>
+  </si>
+  <si>
+    <t>Aviation/Airway Management and Operations.</t>
+  </si>
+  <si>
+    <t>Class A Commercial Driver’s License (CDL)</t>
+  </si>
+  <si>
+    <t>Class B CDL Certificate/License</t>
+  </si>
+  <si>
+    <t>Sterile Processing Technician</t>
+  </si>
+  <si>
+    <t>Emergency Medical Responder - EMR</t>
+  </si>
+  <si>
+    <t>Emergency Medical Technician - EMT</t>
+  </si>
+  <si>
+    <t>Mental Health Technician I</t>
+  </si>
+  <si>
+    <t>Mental and Social Health Services and Allied Professions, Other</t>
+  </si>
+  <si>
+    <t>Certified Medication Aide</t>
+  </si>
+  <si>
+    <t>Health Aides/Home Attendent</t>
+  </si>
+  <si>
+    <t>C N A</t>
+  </si>
+  <si>
+    <t>Administrative Assistant Professional Certificate</t>
+  </si>
+  <si>
+    <t>Southwestern CC</t>
+  </si>
+  <si>
+    <t>Pesticide Application Certification</t>
+  </si>
+  <si>
+    <t>Crop Production</t>
+  </si>
+  <si>
+    <t>Solid Works Certificate</t>
+  </si>
+  <si>
+    <t>Mechanical Engineering/Mechanical Technology/Technician</t>
+  </si>
+  <si>
+    <t>CDL Entry and Advanced Level Driver Training</t>
+  </si>
+  <si>
+    <t>Commercial Driver’s License (CDL)</t>
+  </si>
+  <si>
+    <t>Entry Level Training - Class A CDL</t>
+  </si>
+  <si>
+    <t>Entry Level Training - Class B CDL</t>
+  </si>
+  <si>
+    <t>southwestern CC</t>
+  </si>
+  <si>
+    <t>Clinical Medical Assistant</t>
+  </si>
+  <si>
+    <t>Allied Health and Medical Assisting Services</t>
+  </si>
+  <si>
+    <t>EMS Training Course - Emergency Medical Technician</t>
+  </si>
+  <si>
+    <t>EMS Training Course - Advanced Emergency Medical Technician</t>
+  </si>
+  <si>
+    <t>EMS Training Course - Emergency Medical Responder</t>
+  </si>
+  <si>
+    <t>IV Therapy</t>
+  </si>
+  <si>
+    <t>Basic Workplace Computing Certificate</t>
+  </si>
+  <si>
+    <t>Indian Hills CC</t>
+  </si>
+  <si>
+    <t>Paraeducator Generalist Certificate</t>
+  </si>
+  <si>
+    <t>Manufacturing Production Technician Certificate</t>
+  </si>
+  <si>
+    <t>Refrigeration Heating/Cooling Systems Technician Certificate</t>
+  </si>
+  <si>
+    <t>Heating, Air Conditioning, Ventilation and Refrigeration Maintenance Technology/Technician (HAC, HACR, HVAC, HVACR)</t>
+  </si>
+  <si>
+    <t>Industrial Maintenance Technician Certificate</t>
+  </si>
+  <si>
+    <t>Certified Production Specialist</t>
+  </si>
+  <si>
+    <t>Precision Production Trades/General</t>
+  </si>
+  <si>
+    <t>Basic Production Welding Certificate</t>
+  </si>
+  <si>
+    <t>Career Welding Certificate</t>
+  </si>
+  <si>
+    <t>Structural Welding</t>
+  </si>
+  <si>
+    <t>Advanced Tanker Training</t>
+  </si>
+  <si>
+    <t>Commercial Driver Training</t>
+  </si>
+  <si>
+    <t>Computed Tomography (CT) Certificate</t>
+  </si>
+  <si>
+    <t>Allied Health Diagnostic, Intervention, and Treatment Professions, Other</t>
+  </si>
+  <si>
+    <t>Phlebotomy Skills Training</t>
+  </si>
+  <si>
+    <t>Phlebotomy Technician Credential</t>
+  </si>
+  <si>
+    <t>Nurse Aide (CNA)</t>
+  </si>
+  <si>
+    <t>Advanced Office Skills Certificate</t>
+  </si>
+  <si>
+    <t>Advanced Accounting</t>
+  </si>
+  <si>
+    <t>Southeastern CC</t>
+  </si>
+  <si>
+    <t>Early Childhood Education Level I</t>
+  </si>
+  <si>
+    <t>Early Childhood Education and Teaching</t>
+  </si>
+  <si>
+    <t>Early Childhood Education Level II</t>
+  </si>
+  <si>
+    <t>Teaching Assistants/Aides</t>
+  </si>
+  <si>
+    <t>PLC (Programmable Logic Control) Core Skills</t>
+  </si>
+  <si>
+    <t>Basic Industrial Mainentance Technology Electrical Endorsement</t>
+  </si>
+  <si>
+    <t>Toyota Collision Repair &amp; Refinish (CRR)</t>
+  </si>
+  <si>
+    <t>Autobody/Collision and Repair Technology/Technician.</t>
+  </si>
+  <si>
+    <t>Basic Industrial Maintenance Technology Mechanical Endorsement</t>
+  </si>
+  <si>
+    <t>Introduction to Machine Shop</t>
+  </si>
+  <si>
+    <t>Introduction to Machine Theory</t>
+  </si>
+  <si>
+    <t>Shielded Metal Arc Welding Certificate</t>
+  </si>
+  <si>
+    <t>CDL Class B School Bus Training with Passenger Endorsement</t>
+  </si>
+  <si>
+    <t>CDL Class B Training</t>
+  </si>
+  <si>
+    <t>Commercial Drivers License Class A</t>
+  </si>
+  <si>
+    <t>Phlebotomy Class</t>
+  </si>
+  <si>
+    <t>Community Health Worker</t>
+  </si>
+  <si>
+    <t>Clinical/Medical Social Work.</t>
+  </si>
+  <si>
+    <t>Certified Med Aide</t>
+  </si>
+  <si>
+    <t>CNA Nurse Aid</t>
+  </si>
+  <si>
+    <t>Supply Chain Operations</t>
+  </si>
+  <si>
+    <t>Logistics and Materials Management</t>
+  </si>
+  <si>
+    <t>Vital Learning Supervision Certificate</t>
+  </si>
+  <si>
+    <t>Operations Management and Supervision</t>
+  </si>
+  <si>
+    <t>Business Computer Skills Certificate Level I</t>
+  </si>
+  <si>
+    <t>Business Computer Skills Certificate Level II</t>
+  </si>
+  <si>
+    <t>01</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>03</t>
+  </si>
+  <si>
+    <t>04</t>
+  </si>
+  <si>
+    <t>05</t>
+  </si>
+  <si>
+    <t>06</t>
+  </si>
+  <si>
+    <t>07</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>EMT</t>
+  </si>
+  <si>
+    <t>0105040000</t>
+  </si>
+  <si>
+    <t>4603020000</t>
+  </si>
+  <si>
+    <t>5109040000</t>
+  </si>
+  <si>
+    <t>5109042000</t>
+  </si>
+  <si>
+    <t>Certified Clinical Medical Assistant</t>
+  </si>
+  <si>
+    <t>5108010000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medical/Clinical Assistant </t>
+  </si>
+  <si>
+    <t>EKG Technician Credential</t>
+  </si>
+  <si>
+    <t>CNC Milling Operator Certificate</t>
+  </si>
+  <si>
+    <t>4805010200</t>
+  </si>
+  <si>
+    <t>CNC Turning Operator Certificate</t>
+  </si>
+  <si>
+    <t>4902050000</t>
+  </si>
+  <si>
+    <t>EMT Practical Exam</t>
+  </si>
+  <si>
+    <t>in</t>
+  </si>
+  <si>
+    <t>0103040000</t>
+  </si>
+  <si>
+    <t>5110090000</t>
+  </si>
+  <si>
+    <t>5100920000</t>
+  </si>
+  <si>
+    <t>Industrial Automation Maintenance Certificate</t>
+  </si>
+  <si>
+    <t>4703030000</t>
+  </si>
+  <si>
+    <t>3071010000</t>
+  </si>
+  <si>
+    <t>Data Analytics, General.</t>
+  </si>
+  <si>
+    <t>Pharmacy Technician Short Term Certificate</t>
+  </si>
+  <si>
+    <t>5108050000</t>
+  </si>
+  <si>
+    <t>Pharmacy Technician/Assistant.</t>
+  </si>
+  <si>
     <t>Category</t>
   </si>
   <si>
     <t>Local CIP</t>
   </si>
   <si>
-    <t>CIP (face value, not confirmed)</t>
-[...4 lines deleted...]
-  <si>
     <t>Local Title of Program</t>
   </si>
   <si>
     <t>Corresponding State Title</t>
   </si>
   <si>
-    <t>01</t>
-[...5 lines deleted...]
-    <t>Allied Health</t>
+    <t>51100900</t>
   </si>
   <si>
     <t>51390200</t>
   </si>
   <si>
     <t>5139020000</t>
   </si>
   <si>
-    <t>HB</t>
-[...11 lines deleted...]
-    <t>Other in Demand</t>
+    <t>52020102</t>
+  </si>
+  <si>
+    <t>5202010200</t>
+  </si>
+  <si>
+    <t>Foundations in Business</t>
+  </si>
+  <si>
+    <t>52030102</t>
+  </si>
+  <si>
+    <t>5203010200</t>
+  </si>
+  <si>
+    <t>Accounting</t>
+  </si>
+  <si>
+    <t>52040102</t>
+  </si>
+  <si>
+    <t>5204010200</t>
+  </si>
+  <si>
+    <t>Business Office Associate</t>
+  </si>
+  <si>
+    <t>52070102</t>
+  </si>
+  <si>
+    <t>5207010200</t>
+  </si>
+  <si>
+    <t>Entrepreneurship &amp; Small Business Management</t>
+  </si>
+  <si>
+    <t>Entrepreneurship/Entrepreneurial Studies</t>
+  </si>
+  <si>
+    <t>46020100</t>
+  </si>
+  <si>
+    <t>4602010000</t>
+  </si>
+  <si>
+    <t>Building Trades</t>
+  </si>
+  <si>
+    <t>47020102</t>
+  </si>
+  <si>
+    <t>4702010200</t>
+  </si>
+  <si>
+    <t>Introduction to Residential Air-Conditioning Systems</t>
+  </si>
+  <si>
+    <t>Introduction to Residential Heating Systems</t>
+  </si>
+  <si>
+    <t>13131410</t>
+  </si>
+  <si>
+    <t>1313141000</t>
+  </si>
+  <si>
+    <t>Coaching</t>
+  </si>
+  <si>
+    <t>Physical Education Teaching and Coaching</t>
+  </si>
+  <si>
+    <t>13150110</t>
+  </si>
+  <si>
+    <t>1315011000</t>
+  </si>
+  <si>
+    <t>Paraeducator</t>
+  </si>
+  <si>
+    <t>Health</t>
+  </si>
+  <si>
+    <t>51090410</t>
+  </si>
+  <si>
+    <t>5109041000</t>
+  </si>
+  <si>
+    <t>Advanced EMT</t>
+  </si>
+  <si>
+    <t>51090420</t>
+  </si>
+  <si>
+    <t>51090430</t>
+  </si>
+  <si>
+    <t>5109043000</t>
+  </si>
+  <si>
+    <t>51390210</t>
+  </si>
+  <si>
+    <t>5139021000</t>
+  </si>
+  <si>
+    <t>10030302</t>
+  </si>
+  <si>
+    <t>1003030200</t>
+  </si>
+  <si>
+    <t>Introductory Graphic Design</t>
+  </si>
+  <si>
+    <t>Intermediate Graphic Design</t>
+  </si>
+  <si>
+    <t>Advanced Graphic Design</t>
+  </si>
+  <si>
+    <t>Graphic Design-Web/Social Media</t>
+  </si>
+  <si>
+    <t>Entrepreneurial Graphic Design</t>
+  </si>
+  <si>
+    <t>11020100</t>
+  </si>
+  <si>
+    <t>1102011000</t>
+  </si>
+  <si>
+    <t>Foundations of Programming</t>
+  </si>
+  <si>
+    <t>Computer Programming/Programmer, General.</t>
+  </si>
+  <si>
+    <t>11090102</t>
+  </si>
+  <si>
+    <t>1109010200</t>
+  </si>
+  <si>
+    <t>Foundations of Technology</t>
+  </si>
+  <si>
+    <t>Computer Systems Networking and Telecommunications</t>
+  </si>
+  <si>
+    <t>Software Applications Specialist</t>
+  </si>
+  <si>
+    <t>48050801</t>
+  </si>
+  <si>
+    <t>4805080100</t>
+  </si>
+  <si>
+    <t>48050800</t>
+  </si>
+  <si>
+    <t>Foundations in Welding</t>
+  </si>
+  <si>
+    <t>Mechanic and Repair Technology</t>
+  </si>
+  <si>
+    <t>47030300</t>
+  </si>
+  <si>
+    <t>Industrial Maintenance Technician I</t>
+  </si>
+  <si>
+    <t>Industrial Maintenance Technician II</t>
+  </si>
+  <si>
+    <t>47030302</t>
+  </si>
+  <si>
+    <t>4703030200</t>
+  </si>
+  <si>
+    <t>Industrial Mechanics &amp; Maintenance</t>
+  </si>
+  <si>
+    <t>Industrial Technician</t>
+  </si>
+  <si>
+    <t>Advanced Industrial Technician</t>
+  </si>
+  <si>
+    <t>47060402</t>
+  </si>
+  <si>
+    <t>4706040200</t>
+  </si>
+  <si>
+    <t>Basic Automotive Service Technology Certificate</t>
+  </si>
+  <si>
+    <t>Automobile/Automotive Mechanics Technology/Technician</t>
+  </si>
+  <si>
+    <t>Basic Automotive Undercarriage Certificate</t>
+  </si>
+  <si>
+    <t>Public Administration</t>
+  </si>
+  <si>
+    <t>44000001</t>
+  </si>
+  <si>
+    <t>4400000100</t>
+  </si>
+  <si>
+    <t>Human Services</t>
+  </si>
+  <si>
+    <t>Human Services, General</t>
+  </si>
+  <si>
+    <t>Security and Protective Services</t>
+  </si>
+  <si>
+    <t>43010702</t>
+  </si>
+  <si>
+    <t>4301070200</t>
+  </si>
+  <si>
+    <t>Criminal Justice</t>
+  </si>
+  <si>
+    <t>Criminal Justice/Police Science</t>
+  </si>
+  <si>
+    <t>Nurse Assisting Certificate</t>
+  </si>
+  <si>
+    <t>11090100</t>
+  </si>
+  <si>
+    <t>1109010000</t>
+  </si>
+  <si>
+    <t>Information Technology Systems Networking Certificate</t>
+  </si>
+  <si>
+    <t>52020100</t>
+  </si>
+  <si>
+    <t>5202010000</t>
+  </si>
+  <si>
+    <t>Business Leadership Certificate</t>
+  </si>
+  <si>
+    <t>52030100</t>
+  </si>
+  <si>
+    <t>5203010000</t>
+  </si>
+  <si>
+    <t>Small Business Accounting Certificate</t>
+  </si>
+  <si>
+    <t>Carpentry &amp; Building Trades Certificate</t>
+  </si>
+  <si>
+    <t>46030200</t>
+  </si>
+  <si>
+    <t>Electrical Technology Certificate</t>
+  </si>
+  <si>
+    <t>Applied Engineering Tech Certificate</t>
+  </si>
+  <si>
+    <t>4805080000</t>
+  </si>
+  <si>
+    <t>Welding Technology Certificate</t>
+  </si>
+  <si>
+    <t>Other In-Demand</t>
   </si>
   <si>
     <t>19070900</t>
   </si>
   <si>
     <t>1907090000</t>
   </si>
   <si>
-    <t>IP</t>
-[...242 lines deleted...]
-    <t>Truck and Bus Driver/Commercial Vehicle Operator and Instructor</t>
+    <t>Early Childhood Education Certificate</t>
+  </si>
+  <si>
+    <t>1315010000</t>
+  </si>
+  <si>
+    <t>Transportation/Logistics</t>
+  </si>
+  <si>
+    <t>47060400</t>
+  </si>
+  <si>
+    <t>4706040000</t>
+  </si>
+  <si>
+    <t>Automotive Repair Certificate</t>
   </si>
   <si>
     <t>51090400</t>
-  </si>
-[...2041 lines deleted...]
-    <t>CommCollege</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...10 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...10 lines deleted...]
-    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="5">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="5">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
-[...2 lines deleted...]
-    <cellStyle name="Normal 5" xfId="4" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -2772,11020 +2312,11839 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D4C4271-55FF-4B12-A383-EDDA15779D94}">
-[...9947 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AB74648-50F9-41F8-BED0-39FE98CCE375}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E9FBE83-886D-493B-A6BF-713FA40F0D7A}">
   <dimension ref="A1:F49"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C27" sqref="C27"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="83.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B1" s="1" t="s">
+    <row r="1" spans="1:6" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="B1" s="13" t="s">
+        <v>519</v>
+      </c>
+      <c r="C1" s="13" t="s">
+        <v>520</v>
+      </c>
+      <c r="D1" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E1" s="13" t="s">
+        <v>521</v>
+      </c>
+      <c r="F1" s="13" t="s">
+        <v>522</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>425</v>
+        <v>345</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="C2" t="s">
-        <v>92</v>
+        <v>523</v>
       </c>
       <c r="D2" t="s">
-        <v>93</v>
+        <v>510</v>
       </c>
       <c r="E2" t="s">
-        <v>242</v>
+        <v>94</v>
       </c>
       <c r="F2" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>425</v>
+        <v>345</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>524</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>525</v>
       </c>
       <c r="E3" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>425</v>
+        <v>345</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>524</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>525</v>
       </c>
       <c r="E4" t="s">
-        <v>240</v>
+        <v>99</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B5" t="s">
-        <v>124</v>
+        <v>338</v>
       </c>
       <c r="C5" t="s">
-        <v>125</v>
+        <v>526</v>
       </c>
       <c r="D5" t="s">
-        <v>126</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>127</v>
+        <v>528</v>
       </c>
       <c r="F5" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B6" t="s">
-        <v>124</v>
+        <v>338</v>
       </c>
       <c r="C6" t="s">
-        <v>128</v>
+        <v>529</v>
       </c>
       <c r="D6" t="s">
-        <v>129</v>
+        <v>530</v>
       </c>
       <c r="E6" t="s">
-        <v>130</v>
+        <v>531</v>
       </c>
       <c r="F6" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>124</v>
+        <v>338</v>
       </c>
       <c r="C7" t="s">
-        <v>171</v>
+        <v>532</v>
       </c>
       <c r="D7" t="s">
-        <v>172</v>
+        <v>533</v>
       </c>
       <c r="E7" t="s">
-        <v>173</v>
+        <v>534</v>
       </c>
       <c r="F7" t="s">
-        <v>174</v>
+        <v>342</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>124</v>
+        <v>338</v>
       </c>
       <c r="C8" t="s">
-        <v>142</v>
+        <v>535</v>
       </c>
       <c r="D8" t="s">
-        <v>143</v>
+        <v>536</v>
       </c>
       <c r="E8" t="s">
-        <v>144</v>
+        <v>537</v>
       </c>
       <c r="F8" t="s">
-        <v>145</v>
+        <v>538</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>119</v>
+        <v>391</v>
       </c>
       <c r="C9" t="s">
-        <v>120</v>
+        <v>539</v>
       </c>
       <c r="D9" t="s">
-        <v>121</v>
+        <v>540</v>
       </c>
       <c r="E9" t="s">
-        <v>122</v>
+        <v>541</v>
       </c>
       <c r="F9" t="s">
-        <v>123</v>
+        <v>224</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>119</v>
+        <v>391</v>
       </c>
       <c r="C10" t="s">
-        <v>147</v>
+        <v>542</v>
       </c>
       <c r="D10" t="s">
-        <v>148</v>
+        <v>543</v>
       </c>
       <c r="E10" t="s">
-        <v>149</v>
+        <v>544</v>
       </c>
       <c r="F10" t="s">
-        <v>150</v>
+        <v>268</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B11" t="s">
-        <v>119</v>
+        <v>391</v>
       </c>
       <c r="C11" t="s">
-        <v>147</v>
+        <v>542</v>
       </c>
       <c r="D11" t="s">
-        <v>148</v>
+        <v>543</v>
       </c>
       <c r="E11" t="s">
-        <v>151</v>
+        <v>545</v>
       </c>
       <c r="F11" t="s">
-        <v>150</v>
+        <v>268</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s">
-        <v>162</v>
+        <v>73</v>
       </c>
       <c r="C12" t="s">
-        <v>180</v>
+        <v>546</v>
       </c>
       <c r="D12" t="s">
-        <v>181</v>
+        <v>547</v>
       </c>
       <c r="E12" t="s">
-        <v>182</v>
+        <v>548</v>
       </c>
       <c r="F12" t="s">
-        <v>183</v>
+        <v>549</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
-        <v>162</v>
+        <v>73</v>
       </c>
       <c r="C13" t="s">
-        <v>163</v>
+        <v>550</v>
       </c>
       <c r="D13" t="s">
-        <v>164</v>
+        <v>551</v>
       </c>
       <c r="E13" t="s">
-        <v>165</v>
+        <v>552</v>
       </c>
       <c r="F13" t="s">
-        <v>166</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B14" t="s">
-        <v>132</v>
+        <v>553</v>
       </c>
       <c r="C14" t="s">
-        <v>133</v>
+        <v>554</v>
       </c>
       <c r="D14" t="s">
-        <v>134</v>
+        <v>555</v>
       </c>
       <c r="E14" t="s">
-        <v>135</v>
+        <v>556</v>
       </c>
       <c r="F14" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B15" t="s">
-        <v>132</v>
+        <v>553</v>
       </c>
       <c r="C15" t="s">
-        <v>192</v>
+        <v>557</v>
       </c>
       <c r="D15" t="s">
-        <v>193</v>
+        <v>498</v>
       </c>
       <c r="E15" t="s">
-        <v>103</v>
+        <v>52</v>
       </c>
       <c r="F15" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B16" t="s">
-        <v>132</v>
+        <v>553</v>
       </c>
       <c r="C16" t="s">
-        <v>189</v>
+        <v>558</v>
       </c>
       <c r="D16" t="s">
-        <v>190</v>
+        <v>559</v>
       </c>
       <c r="E16" t="s">
-        <v>191</v>
+        <v>159</v>
       </c>
       <c r="F16" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>553</v>
       </c>
       <c r="C17" t="s">
-        <v>208</v>
+        <v>560</v>
       </c>
       <c r="D17" t="s">
-        <v>209</v>
+        <v>561</v>
       </c>
       <c r="E17" t="s">
-        <v>210</v>
+        <v>332</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C18" t="s">
-        <v>194</v>
+        <v>562</v>
       </c>
       <c r="D18" t="s">
-        <v>146</v>
+        <v>563</v>
       </c>
       <c r="E18" t="s">
-        <v>195</v>
+        <v>564</v>
       </c>
       <c r="F18" t="s">
-        <v>196</v>
+        <v>284</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C19" t="s">
-        <v>194</v>
+        <v>562</v>
       </c>
       <c r="D19" t="s">
-        <v>146</v>
+        <v>563</v>
       </c>
       <c r="E19" t="s">
-        <v>197</v>
+        <v>565</v>
       </c>
       <c r="F19" t="s">
-        <v>196</v>
+        <v>284</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B20" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>194</v>
+        <v>562</v>
       </c>
       <c r="D20" t="s">
-        <v>146</v>
+        <v>563</v>
       </c>
       <c r="E20" t="s">
-        <v>198</v>
+        <v>566</v>
       </c>
       <c r="F20" t="s">
-        <v>196</v>
+        <v>284</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C21" t="s">
-        <v>194</v>
+        <v>562</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>563</v>
       </c>
       <c r="E21" t="s">
-        <v>199</v>
+        <v>567</v>
       </c>
       <c r="F21" t="s">
-        <v>196</v>
+        <v>284</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C22" t="s">
-        <v>194</v>
+        <v>562</v>
       </c>
       <c r="D22" t="s">
-        <v>146</v>
+        <v>563</v>
       </c>
       <c r="E22" t="s">
-        <v>200</v>
+        <v>568</v>
       </c>
       <c r="F22" t="s">
-        <v>196</v>
+        <v>284</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B23" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>201</v>
+        <v>569</v>
       </c>
       <c r="D23" t="s">
-        <v>202</v>
+        <v>570</v>
       </c>
       <c r="E23" t="s">
-        <v>203</v>
+        <v>571</v>
       </c>
       <c r="F23" t="s">
-        <v>204</v>
+        <v>572</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B24" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>176</v>
+        <v>573</v>
       </c>
       <c r="D24" t="s">
-        <v>177</v>
+        <v>574</v>
       </c>
       <c r="E24" t="s">
-        <v>178</v>
+        <v>575</v>
       </c>
       <c r="F24" t="s">
-        <v>179</v>
+        <v>576</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>171</v>
+        <v>532</v>
       </c>
       <c r="D25" t="s">
-        <v>172</v>
+        <v>533</v>
       </c>
       <c r="E25" t="s">
-        <v>175</v>
+        <v>577</v>
       </c>
       <c r="F25" t="s">
-        <v>174</v>
+        <v>342</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B26" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C26" t="s">
-        <v>168</v>
+        <v>578</v>
       </c>
       <c r="D26" t="s">
-        <v>169</v>
+        <v>579</v>
       </c>
       <c r="E26" t="s">
-        <v>170</v>
+        <v>132</v>
       </c>
       <c r="F26" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B27" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C27" t="s">
-        <v>36</v>
+        <v>580</v>
       </c>
       <c r="D27" t="s">
-        <v>169</v>
+        <v>579</v>
       </c>
       <c r="E27" t="s">
-        <v>207</v>
+        <v>581</v>
       </c>
       <c r="F27" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B28" t="s">
-        <v>136</v>
+        <v>582</v>
       </c>
       <c r="C28" t="s">
-        <v>68</v>
+        <v>583</v>
       </c>
       <c r="D28" t="s">
-        <v>69</v>
+        <v>513</v>
       </c>
       <c r="E28" t="s">
-        <v>160</v>
+        <v>584</v>
       </c>
       <c r="F28" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B29" t="s">
-        <v>136</v>
+        <v>582</v>
       </c>
       <c r="C29" t="s">
-        <v>68</v>
+        <v>583</v>
       </c>
       <c r="D29" t="s">
-        <v>69</v>
+        <v>513</v>
       </c>
       <c r="E29" t="s">
-        <v>161</v>
+        <v>585</v>
       </c>
       <c r="F29" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B30" t="s">
-        <v>136</v>
+        <v>582</v>
       </c>
       <c r="C30" t="s">
-        <v>157</v>
+        <v>586</v>
       </c>
       <c r="D30" t="s">
-        <v>158</v>
+        <v>587</v>
       </c>
       <c r="E30" t="s">
-        <v>159</v>
+        <v>588</v>
       </c>
       <c r="F30" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B31" t="s">
-        <v>136</v>
+        <v>582</v>
       </c>
       <c r="C31" t="s">
-        <v>157</v>
+        <v>586</v>
       </c>
       <c r="D31" t="s">
-        <v>158</v>
+        <v>587</v>
       </c>
       <c r="E31" t="s">
-        <v>205</v>
+        <v>589</v>
       </c>
       <c r="F31" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>136</v>
+        <v>582</v>
       </c>
       <c r="C32" t="s">
-        <v>157</v>
+        <v>586</v>
       </c>
       <c r="D32" t="s">
-        <v>158</v>
+        <v>587</v>
       </c>
       <c r="E32" t="s">
-        <v>206</v>
+        <v>590</v>
       </c>
       <c r="F32" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
-        <v>136</v>
+        <v>582</v>
       </c>
       <c r="C33" t="s">
-        <v>137</v>
+        <v>591</v>
       </c>
       <c r="D33" t="s">
-        <v>138</v>
+        <v>592</v>
       </c>
       <c r="E33" t="s">
-        <v>139</v>
+        <v>593</v>
       </c>
       <c r="F33" t="s">
-        <v>140</v>
+        <v>594</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B34" t="s">
-        <v>136</v>
+        <v>582</v>
       </c>
       <c r="C34" t="s">
-        <v>137</v>
+        <v>591</v>
       </c>
       <c r="D34" t="s">
-        <v>138</v>
+        <v>592</v>
       </c>
       <c r="E34" t="s">
-        <v>141</v>
+        <v>595</v>
       </c>
       <c r="F34" t="s">
-        <v>140</v>
+        <v>594</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B35" t="s">
-        <v>152</v>
+        <v>596</v>
       </c>
       <c r="C35" t="s">
-        <v>153</v>
+        <v>597</v>
       </c>
       <c r="D35" t="s">
-        <v>154</v>
+        <v>598</v>
       </c>
       <c r="E35" t="s">
-        <v>155</v>
+        <v>599</v>
       </c>
       <c r="F35" t="s">
-        <v>156</v>
+        <v>600</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="B36" t="s">
-        <v>184</v>
+        <v>601</v>
       </c>
       <c r="C36" t="s">
-        <v>185</v>
+        <v>602</v>
       </c>
       <c r="D36" t="s">
-        <v>186</v>
+        <v>603</v>
       </c>
       <c r="E36" t="s">
-        <v>187</v>
+        <v>604</v>
       </c>
       <c r="F36" t="s">
-        <v>188</v>
+        <v>605</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B37" t="s">
-        <v>132</v>
+        <v>553</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>524</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>525</v>
       </c>
       <c r="E37" t="s">
-        <v>524</v>
+        <v>606</v>
       </c>
       <c r="F37" t="s">
-        <v>336</v>
+        <v>188</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B38" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>403</v>
+        <v>607</v>
       </c>
       <c r="D38" t="s">
-        <v>404</v>
+        <v>608</v>
       </c>
       <c r="E38" t="s">
-        <v>523</v>
+        <v>609</v>
       </c>
       <c r="F38" t="s">
-        <v>179</v>
+        <v>576</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B39" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>228</v>
+        <v>610</v>
       </c>
       <c r="D39" t="s">
-        <v>229</v>
+        <v>611</v>
       </c>
       <c r="E39" t="s">
-        <v>526</v>
+        <v>612</v>
       </c>
       <c r="F39" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B40" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>279</v>
+        <v>613</v>
       </c>
       <c r="D40" t="s">
-        <v>280</v>
+        <v>614</v>
       </c>
       <c r="E40" t="s">
-        <v>527</v>
+        <v>615</v>
       </c>
       <c r="F40" t="s">
-        <v>130</v>
+        <v>531</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B41" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C41" t="s">
-        <v>120</v>
+        <v>539</v>
       </c>
       <c r="D41" t="s">
-        <v>121</v>
+        <v>540</v>
       </c>
       <c r="E41" t="s">
-        <v>517</v>
+        <v>616</v>
       </c>
       <c r="F41" t="s">
-        <v>123</v>
+        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B42" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C42" t="s">
-        <v>375</v>
+        <v>617</v>
       </c>
       <c r="D42" t="s">
-        <v>256</v>
+        <v>496</v>
       </c>
       <c r="E42" t="s">
-        <v>521</v>
+        <v>618</v>
       </c>
       <c r="F42" t="s">
-        <v>485</v>
+        <v>393</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B43" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C43" t="s">
-        <v>68</v>
+        <v>583</v>
       </c>
       <c r="D43" t="s">
-        <v>69</v>
+        <v>513</v>
       </c>
       <c r="E43" t="s">
-        <v>522</v>
+        <v>619</v>
       </c>
       <c r="F43" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B44" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C44" t="s">
-        <v>36</v>
+        <v>580</v>
       </c>
       <c r="D44" t="s">
+        <v>620</v>
+      </c>
+      <c r="E44" t="s">
+        <v>621</v>
+      </c>
+      <c r="F44" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B45" t="s">
-        <v>518</v>
+        <v>622</v>
       </c>
       <c r="C45" t="s">
-        <v>17</v>
+        <v>623</v>
       </c>
       <c r="D45" t="s">
-        <v>18</v>
+        <v>624</v>
       </c>
       <c r="E45" t="s">
-        <v>519</v>
+        <v>625</v>
       </c>
       <c r="F45" t="s">
-        <v>520</v>
+        <v>82</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B46" t="s">
-        <v>629</v>
+        <v>17</v>
       </c>
       <c r="C46" t="s">
-        <v>302</v>
+        <v>626</v>
       </c>
       <c r="D46" t="s">
-        <v>302</v>
+        <v>626</v>
       </c>
       <c r="E46" t="s">
-        <v>167</v>
+        <v>72</v>
       </c>
       <c r="F46" t="s">
-        <v>166</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>507</v>
+        <v>415</v>
       </c>
       <c r="B47" t="s">
-        <v>528</v>
+        <v>627</v>
       </c>
       <c r="C47" t="s">
-        <v>445</v>
+        <v>628</v>
       </c>
       <c r="D47" t="s">
-        <v>446</v>
+        <v>629</v>
       </c>
       <c r="E47" t="s">
-        <v>529</v>
+        <v>630</v>
       </c>
       <c r="F47" t="s">
-        <v>140</v>
+        <v>594</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>464</v>
+        <v>375</v>
       </c>
       <c r="B48" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="C48" t="s">
-        <v>101</v>
+        <v>631</v>
       </c>
       <c r="D48" t="s">
-        <v>102</v>
+        <v>497</v>
       </c>
       <c r="E48" t="s">
-        <v>412</v>
+        <v>494</v>
       </c>
       <c r="F48" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
+        <v>375</v>
+      </c>
+      <c r="B49" t="s">
+        <v>34</v>
+      </c>
+      <c r="C49" t="s">
+        <v>580</v>
+      </c>
+      <c r="D49" t="s">
+        <v>620</v>
+      </c>
+      <c r="E49" t="s">
+        <v>132</v>
+      </c>
+      <c r="F49" t="s">
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{771C94CB-379B-4AE6-86A7-7714C6580428}">
+  <dimension ref="A1:S544"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F3" sqref="F3"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="12.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="25" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="6.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="68.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="108" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="38.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="9.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="16.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="12.85546875" style="4" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="28.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="15" style="1" customWidth="1"/>
+    <col min="19" max="19" width="14.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="20" max="16384" width="8.85546875" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:19" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E1" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="G1" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H1" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="I1" s="15" t="s">
+        <v>522</v>
+      </c>
+      <c r="J1" s="16"/>
+      <c r="M1" s="14"/>
+      <c r="P1" s="17"/>
+      <c r="S1" s="17"/>
+    </row>
+    <row r="2" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="2">
+        <v>1108010000</v>
+      </c>
+      <c r="F2" t="s">
+        <v>9</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="3" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="2">
+        <v>1108010000</v>
+      </c>
+      <c r="F3" t="s">
+        <v>9</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" s="2">
+        <v>1205000000</v>
+      </c>
+      <c r="E4" t="s">
+        <v>9</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="2">
+        <v>1205000000</v>
+      </c>
+      <c r="E5" t="s">
+        <v>9</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="2">
+        <v>1205000000</v>
+      </c>
+      <c r="E6" t="s">
+        <v>9</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="E7" t="s">
+        <v>9</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="E8" t="s">
+        <v>9</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="E9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="2">
+        <v>1907090000</v>
+      </c>
+      <c r="E10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="2">
+        <v>1907090000</v>
+      </c>
+      <c r="E11" t="s">
+        <v>9</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="2">
+        <v>4699990000</v>
+      </c>
+      <c r="E12" t="s">
+        <v>9</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="2">
+        <v>4699990000</v>
+      </c>
+      <c r="E13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="E14" t="s">
+        <v>9</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D15" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="E15" t="s">
+        <v>9</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" s="2">
+        <v>4704090000</v>
+      </c>
+      <c r="E16" t="s">
+        <v>9</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E17" t="s">
+        <v>9</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E18" t="s">
+        <v>9</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" s="2">
+        <v>4805100000</v>
+      </c>
+      <c r="E19" t="s">
+        <v>9</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D20" s="2">
+        <v>4807030000</v>
+      </c>
+      <c r="E20" t="s">
+        <v>9</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F21" t="s">
+        <v>9</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" s="2">
+        <v>5001020000</v>
+      </c>
+      <c r="E22" t="s">
+        <v>9</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D23" s="2">
+        <v>5107130000</v>
+      </c>
+      <c r="G23" t="s">
+        <v>9</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24" s="2">
+        <v>5108050000</v>
+      </c>
+      <c r="G24" t="s">
+        <v>9</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D25" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F25" t="s">
+        <v>9</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D26" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F26" t="s">
+        <v>9</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="E27" t="s">
+        <v>9</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D28" s="2">
+        <v>5126020000</v>
+      </c>
+      <c r="G28" t="s">
+        <v>9</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D29" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F29" t="s">
+        <v>9</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D30" s="2">
+        <v>5126990000</v>
+      </c>
+      <c r="F30" t="s">
+        <v>9</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D31" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F31" t="s">
+        <v>9</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" s="2">
+        <v>5202070000</v>
+      </c>
+      <c r="E32" t="s">
+        <v>9</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" s="2">
+        <v>5218040000</v>
+      </c>
+      <c r="E33" t="s">
+        <v>9</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="F34" t="s">
+        <v>9</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D35" s="2">
+        <v>1301010000</v>
+      </c>
+      <c r="F35" t="s">
+        <v>9</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="2">
+        <v>1315010000</v>
+      </c>
+      <c r="F36" t="s">
+        <v>9</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D37" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F37" t="s">
+        <v>9</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D38" s="2">
+        <v>1905050000</v>
+      </c>
+      <c r="G38" t="s">
+        <v>9</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" s="2">
+        <v>1907090000</v>
+      </c>
+      <c r="F39" t="s">
+        <v>9</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" s="2">
+        <v>3020100000</v>
+      </c>
+      <c r="F40" t="s">
+        <v>9</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D41" s="2">
+        <v>4600000000</v>
+      </c>
+      <c r="F41" t="s">
+        <v>9</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D42" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="E42" t="s">
+        <v>9</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D43" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E43" t="s">
+        <v>9</v>
+      </c>
+      <c r="F43" t="s">
+        <v>9</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D44" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F44" t="s">
+        <v>9</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D45" s="2">
+        <v>5107990000</v>
+      </c>
+      <c r="F45" t="s">
+        <v>9</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="E46" t="s">
+        <v>9</v>
+      </c>
+      <c r="F46" t="s">
+        <v>9</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="E47" t="s">
+        <v>9</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="F48" t="s">
+        <v>9</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="E49" t="s">
+        <v>9</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D50" s="2">
+        <v>5115030000</v>
+      </c>
+      <c r="F50" t="s">
+        <v>9</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D51" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F51" t="s">
+        <v>9</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D52" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="G52" t="s">
+        <v>9</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D53" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F53" t="s">
+        <v>9</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D54" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="E54" t="s">
+        <v>9</v>
+      </c>
+      <c r="F54" t="s">
+        <v>9</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="F55" t="s">
+        <v>9</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="F56" t="s">
+        <v>9</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D57" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F57" t="s">
+        <v>9</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D58" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F58" t="s">
+        <v>9</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D59" s="2">
+        <v>4901020000</v>
+      </c>
+      <c r="F59" t="s">
+        <v>9</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D60" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F60" t="s">
+        <v>9</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D61" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E61" t="s">
+        <v>9</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D62" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E62" t="s">
+        <v>9</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D63" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F63" t="s">
+        <v>9</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D64" s="2">
+        <v>5107130000</v>
+      </c>
+      <c r="G64" t="s">
+        <v>9</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D65" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="E65" t="s">
+        <v>9</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D66" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F66" t="s">
+        <v>9</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D67" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="F67" t="s">
+        <v>9</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D68" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F68" t="s">
+        <v>9</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D69" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F69" t="s">
+        <v>9</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="F70" t="s">
+        <v>9</v>
+      </c>
+      <c r="H70" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="E71" t="s">
+        <v>9</v>
+      </c>
+      <c r="H71" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D72" s="2">
+        <v>101010000</v>
+      </c>
+      <c r="E72" t="s">
+        <v>9</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D73" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F73" t="s">
+        <v>9</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F74" t="s">
+        <v>9</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D75" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F75" t="s">
+        <v>9</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D76" s="2">
+        <v>1907090000</v>
+      </c>
+      <c r="F76" t="s">
+        <v>9</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D77" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="E77" t="s">
+        <v>9</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D78" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E78" t="s">
+        <v>9</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D79" s="2">
+        <v>4805100000</v>
+      </c>
+      <c r="E79" t="s">
+        <v>9</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D80" s="2">
+        <v>4902020000</v>
+      </c>
+      <c r="F80" t="s">
+        <v>9</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D81" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F81" t="s">
+        <v>9</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D82" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F82" t="s">
+        <v>9</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D83" s="2">
+        <v>4902060000</v>
+      </c>
+      <c r="F83" t="s">
+        <v>9</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84" s="2">
+        <v>5204070000</v>
+      </c>
+      <c r="F84" t="s">
+        <v>9</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D85" s="2">
+        <v>5204070000</v>
+      </c>
+      <c r="E85" t="s">
+        <v>9</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D86" s="2">
+        <v>1315010000</v>
+      </c>
+      <c r="F86" t="s">
+        <v>9</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D87" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F87" t="s">
+        <v>9</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D88" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F88" t="s">
+        <v>9</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D89" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F89" t="s">
+        <v>9</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D90" s="2">
+        <v>1507010000</v>
+      </c>
+      <c r="E90" t="s">
+        <v>9</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D91" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="E91" t="s">
+        <v>9</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D92" s="2">
+        <v>4706060000</v>
+      </c>
+      <c r="F92" t="s">
+        <v>9</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D93" s="2">
+        <v>4799990000</v>
+      </c>
+      <c r="E93" t="s">
+        <v>9</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D94" s="2">
+        <v>4799999000</v>
+      </c>
+      <c r="F94" t="s">
+        <v>9</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D95" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F95" t="s">
+        <v>9</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A96" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D96" s="2">
+        <v>4805100000</v>
+      </c>
+      <c r="F96" t="s">
+        <v>9</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A97" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D97" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F97" t="s">
+        <v>9</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="F98" t="s">
+        <v>9</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D99" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F99" t="s">
+        <v>9</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D100" s="2">
+        <v>5107130000</v>
+      </c>
+      <c r="F100" t="s">
+        <v>9</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D101" s="2">
+        <v>5107130000</v>
+      </c>
+      <c r="F101" t="s">
+        <v>9</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D102" s="2">
+        <v>5108050000</v>
+      </c>
+      <c r="F102" t="s">
+        <v>9</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D103" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F103" t="s">
+        <v>9</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D104" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F104" t="s">
+        <v>9</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D105" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F105" t="s">
+        <v>9</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D106" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="F106" t="s">
+        <v>9</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D107" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F107" t="s">
+        <v>9</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D108" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F108" t="s">
+        <v>9</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D109" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F109" t="s">
+        <v>9</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D110" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="E110" t="s">
+        <v>9</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D111" s="2">
+        <v>5204070000</v>
+      </c>
+      <c r="F111" t="s">
+        <v>9</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D112" s="2">
+        <v>104010000</v>
+      </c>
+      <c r="F112" t="s">
+        <v>9</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D113" s="2">
+        <v>104010000</v>
+      </c>
+      <c r="F113" t="s">
+        <v>9</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D114" s="2">
+        <v>1504050000</v>
+      </c>
+      <c r="E114" t="s">
+        <v>9</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D115" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F115" t="s">
+        <v>9</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D116" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F116" t="s">
+        <v>9</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D117" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F117" t="s">
+        <v>9</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D118" s="2">
+        <v>1506120000</v>
+      </c>
+      <c r="F118" t="s">
+        <v>9</v>
+      </c>
+      <c r="H118" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D119" s="2">
+        <v>4603010000</v>
+      </c>
+      <c r="F119" t="s">
+        <v>9</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D120" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F120" t="s">
+        <v>9</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D121" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F121" t="s">
+        <v>9</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D122" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F122" t="s">
+        <v>9</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D123" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F123" t="s">
+        <v>9</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A124" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D124" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F124" t="s">
+        <v>9</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D125" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F125" t="s">
+        <v>9</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D126" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F126" t="s">
+        <v>9</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D127" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F127" t="s">
+        <v>9</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D128" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F128" t="s">
+        <v>9</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D129" s="2">
+        <v>5107990000</v>
+      </c>
+      <c r="F129" t="s">
+        <v>9</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D130" s="2">
+        <v>5108050000</v>
+      </c>
+      <c r="F130" t="s">
+        <v>9</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D131" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F131" t="s">
+        <v>9</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A132" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D132" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F132" t="s">
+        <v>9</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="I132" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D133" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="F133" t="s">
+        <v>9</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="I133" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D134" s="2">
+        <v>5110110000</v>
+      </c>
+      <c r="F134" t="s">
+        <v>9</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="I134" s="1" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A135" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D135" s="2">
+        <v>5123990000</v>
+      </c>
+      <c r="F135" t="s">
+        <v>9</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="I135" s="1" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D136" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F136" t="s">
+        <v>9</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="I136" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D137" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F137" t="s">
+        <v>9</v>
+      </c>
+      <c r="H137" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="I137" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A138" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D138" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F138" t="s">
+        <v>9</v>
+      </c>
+      <c r="H138" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A139" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D139" s="2">
+        <v>1101030000</v>
+      </c>
+      <c r="F139" t="s">
+        <v>9</v>
+      </c>
+      <c r="G139" t="s">
+        <v>9</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="I139" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D140" s="2">
+        <v>1109010000</v>
+      </c>
+      <c r="F140" t="s">
+        <v>9</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="I140" s="1" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A141" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D141" s="2">
+        <v>1109010000</v>
+      </c>
+      <c r="F141" t="s">
+        <v>9</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="I141" s="1" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A142" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D142" s="2">
+        <v>1500000000</v>
+      </c>
+      <c r="E142" t="s">
+        <v>9</v>
+      </c>
+      <c r="H142" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="I142" s="1" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D143" s="2">
+        <v>1500000000</v>
+      </c>
+      <c r="F143" t="s">
+        <v>9</v>
+      </c>
+      <c r="H143" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="I143" s="1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A144" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D144" s="2">
+        <v>1504050000</v>
+      </c>
+      <c r="F144" t="s">
+        <v>9</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="I144" s="1" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A145" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D145" s="2">
+        <v>1504050000</v>
+      </c>
+      <c r="E145" t="s">
+        <v>9</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I145" s="1" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A146" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D146" s="2">
+        <v>1504050000</v>
+      </c>
+      <c r="E146" t="s">
+        <v>9</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I146" s="1" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D147" s="2">
+        <v>1504050000</v>
+      </c>
+      <c r="F147" t="s">
+        <v>9</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="I147" s="1" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D148" s="2">
+        <v>1504060000</v>
+      </c>
+      <c r="F148" t="s">
+        <v>9</v>
+      </c>
+      <c r="H148" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="I148" s="1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D149" s="2">
+        <v>1504060000</v>
+      </c>
+      <c r="F149" t="s">
+        <v>9</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="I149" s="1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D150" s="2">
+        <v>1504060000</v>
+      </c>
+      <c r="F150" t="s">
+        <v>9</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="I150" s="1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A151" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D151" s="2">
+        <v>1504060000</v>
+      </c>
+      <c r="F151" t="s">
+        <v>9</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I151" s="1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A152" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D152" s="2">
+        <v>1504060000</v>
+      </c>
+      <c r="F152" t="s">
+        <v>9</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I152" s="1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D153" s="2">
+        <v>1504060000</v>
+      </c>
+      <c r="F153" t="s">
+        <v>9</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="I153" s="1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A154" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D154" s="2">
+        <v>1504060000</v>
+      </c>
+      <c r="F154" t="s">
+        <v>9</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="I154" s="1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A155" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D155" s="2">
+        <v>1506130000</v>
+      </c>
+      <c r="E155" t="s">
+        <v>9</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="I155" s="1" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A156" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D156" s="2">
+        <v>1506990000</v>
+      </c>
+      <c r="F156" t="s">
+        <v>9</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="I156" s="1" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D157" s="2">
+        <v>1508050000</v>
+      </c>
+      <c r="F157" t="s">
+        <v>9</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="I157" s="1" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A158" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D158" s="2">
+        <v>1511030000</v>
+      </c>
+      <c r="F158" t="s">
+        <v>9</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="I158" s="1" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A159" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D159" s="2">
+        <v>1511030000</v>
+      </c>
+      <c r="F159" t="s">
+        <v>9</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="I159" s="1" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D160" s="2">
+        <v>1511030000</v>
+      </c>
+      <c r="F160" t="s">
+        <v>9</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="I160" s="1" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A161" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D161" s="2">
+        <v>1907080000</v>
+      </c>
+      <c r="G161" t="s">
+        <v>9</v>
+      </c>
+      <c r="H161" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="I161" s="1" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A162" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D162" s="2">
+        <v>4600000000</v>
+      </c>
+      <c r="E162" t="s">
+        <v>9</v>
+      </c>
+      <c r="H162" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="I162" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A163" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D163" s="2">
+        <v>4602010000</v>
+      </c>
+      <c r="E163" t="s">
+        <v>9</v>
+      </c>
+      <c r="G163" t="s">
+        <v>9</v>
+      </c>
+      <c r="H163" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="I163" s="1" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A164" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D164" s="2">
+        <v>4603020000</v>
+      </c>
+      <c r="E164" t="s">
+        <v>9</v>
+      </c>
+      <c r="G164" t="s">
+        <v>9</v>
+      </c>
+      <c r="H164" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="I164" s="1" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A165" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D165" s="2">
+        <v>4604990000</v>
+      </c>
+      <c r="F165" t="s">
+        <v>9</v>
+      </c>
+      <c r="H165" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="I165" s="1" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D166" s="2">
+        <v>4605030000</v>
+      </c>
+      <c r="E166" t="s">
+        <v>9</v>
+      </c>
+      <c r="G166" t="s">
+        <v>9</v>
+      </c>
+      <c r="H166" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="I166" s="1" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A167" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D167" s="2">
+        <v>4701050000</v>
+      </c>
+      <c r="F167" t="s">
+        <v>9</v>
+      </c>
+      <c r="H167" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="I167" s="1" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A168" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D168" s="2">
+        <v>4702010000</v>
+      </c>
+      <c r="E168" t="s">
+        <v>9</v>
+      </c>
+      <c r="G168" t="s">
+        <v>9</v>
+      </c>
+      <c r="H168" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="I168" s="1" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A169" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D169" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F169" t="s">
+        <v>9</v>
+      </c>
+      <c r="H169" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="I169" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A170" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D170" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F170" t="s">
+        <v>9</v>
+      </c>
+      <c r="H170" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="I170" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A171" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D171" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F171" t="s">
+        <v>9</v>
+      </c>
+      <c r="H171" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="I171" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A172" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D172" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F172" t="s">
+        <v>9</v>
+      </c>
+      <c r="H172" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="I172" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A173" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D173" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="E173" t="s">
+        <v>9</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="I173" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A174" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D174" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F174" t="s">
+        <v>9</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="I174" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A175" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D175" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F175" t="s">
+        <v>9</v>
+      </c>
+      <c r="H175" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="I175" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="J175"/>
+    </row>
+    <row r="176" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A176" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D176" s="2">
+        <v>4704990000</v>
+      </c>
+      <c r="F176" t="s">
+        <v>9</v>
+      </c>
+      <c r="H176" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="I176" s="1" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A177" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D177" s="2">
+        <v>4704990000</v>
+      </c>
+      <c r="F177" t="s">
+        <v>9</v>
+      </c>
+      <c r="H177" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="I177" s="1" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A178" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D178" s="2">
+        <v>4704990000</v>
+      </c>
+      <c r="F178" t="s">
+        <v>9</v>
+      </c>
+      <c r="H178" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="I178" s="1" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A179" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D179" s="2">
+        <v>4799990000</v>
+      </c>
+      <c r="F179" t="s">
+        <v>9</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="I179" s="1" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A180" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D180" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E180" t="s">
+        <v>9</v>
+      </c>
+      <c r="H180" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="I180" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A181" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D181" s="2">
+        <v>4805100000</v>
+      </c>
+      <c r="E181" t="s">
+        <v>9</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="I181" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A182" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D182" s="2">
+        <v>4902020000</v>
+      </c>
+      <c r="E182" t="s">
+        <v>9</v>
+      </c>
+      <c r="H182" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="I182" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A183" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D183" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E183" t="s">
+        <v>9</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="I183" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="J183"/>
+    </row>
+    <row r="184" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A184" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D184" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E184" t="s">
+        <v>9</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="I184" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J184"/>
+    </row>
+    <row r="185" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A185" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D185" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E185" t="s">
+        <v>9</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="I185" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J185"/>
+    </row>
+    <row r="186" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D186" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E186" t="s">
+        <v>9</v>
+      </c>
+      <c r="H186" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="I186" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J186"/>
+    </row>
+    <row r="187" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A187" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D187" s="2">
+        <v>5107120000</v>
+      </c>
+      <c r="E187" t="s">
+        <v>9</v>
+      </c>
+      <c r="F187" t="s">
+        <v>9</v>
+      </c>
+      <c r="G187" t="s">
+        <v>9</v>
+      </c>
+      <c r="H187" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="I187" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="J187"/>
+    </row>
+    <row r="188" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A188" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D188" s="2">
+        <v>5107130000</v>
+      </c>
+      <c r="E188" t="s">
+        <v>9</v>
+      </c>
+      <c r="F188" t="s">
+        <v>9</v>
+      </c>
+      <c r="G188" t="s">
+        <v>9</v>
+      </c>
+      <c r="H188" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="I188" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="J188"/>
+    </row>
+    <row r="189" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A189" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D189" s="2">
+        <v>5108050000</v>
+      </c>
+      <c r="E189" t="s">
+        <v>9</v>
+      </c>
+      <c r="F189" t="s">
+        <v>9</v>
+      </c>
+      <c r="G189" t="s">
+        <v>9</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="I189" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J189" s="10"/>
+    </row>
+    <row r="190" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A190" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D190" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="E190" t="s">
+        <v>9</v>
+      </c>
+      <c r="H190" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I190" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J190"/>
+    </row>
+    <row r="191" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A191" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D191" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F191" t="s">
+        <v>9</v>
+      </c>
+      <c r="H191" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="I191" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J191"/>
+    </row>
+    <row r="192" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A192" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D192" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="E192" t="s">
+        <v>9</v>
+      </c>
+      <c r="F192" t="s">
+        <v>9</v>
+      </c>
+      <c r="G192" t="s">
+        <v>9</v>
+      </c>
+      <c r="H192" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="I192" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="J192"/>
+    </row>
+    <row r="193" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A193" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D193" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="E193" t="s">
+        <v>9</v>
+      </c>
+      <c r="H193" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="I193" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="J193"/>
+    </row>
+    <row r="194" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A194" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D194" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="E194" t="s">
+        <v>9</v>
+      </c>
+      <c r="F194" t="s">
+        <v>9</v>
+      </c>
+      <c r="H194" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="I194" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="J194"/>
+    </row>
+    <row r="195" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A195" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D195" s="2">
+        <v>1506120000</v>
+      </c>
+      <c r="F195" t="s">
+        <v>9</v>
+      </c>
+      <c r="H195" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="I195" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="J195"/>
+    </row>
+    <row r="196" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A196" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D196" s="2">
+        <v>1507010000</v>
+      </c>
+      <c r="F196" t="s">
+        <v>9</v>
+      </c>
+      <c r="H196" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="I196" s="1" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A197" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D197" s="2">
+        <v>1907060000</v>
+      </c>
+      <c r="F197" t="s">
+        <v>9</v>
+      </c>
+      <c r="H197" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="I197" s="1" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A198" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D198" s="2">
+        <v>4702010000</v>
+      </c>
+      <c r="E198" t="s">
+        <v>9</v>
+      </c>
+      <c r="H198" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="I198" s="1" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A199" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D199" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F199" t="s">
+        <v>9</v>
+      </c>
+      <c r="H199" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="I199" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A200" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D200" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="E200" t="s">
+        <v>9</v>
+      </c>
+      <c r="H200" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="I200" s="1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A201" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D201" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F201" t="s">
+        <v>9</v>
+      </c>
+      <c r="H201" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="I201" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A202" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D202" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F202" t="s">
+        <v>9</v>
+      </c>
+      <c r="H202" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="I202" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A203" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D203" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F203" t="s">
+        <v>9</v>
+      </c>
+      <c r="H203" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="I203" s="1" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A204" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D204" s="2">
+        <v>4805100000</v>
+      </c>
+      <c r="F204" t="s">
+        <v>9</v>
+      </c>
+      <c r="H204" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="I204" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A205" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D205" s="2">
+        <v>4805100000</v>
+      </c>
+      <c r="F205" t="s">
+        <v>9</v>
+      </c>
+      <c r="H205" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="I205" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D206" s="2">
+        <v>4805100000</v>
+      </c>
+      <c r="F206" t="s">
+        <v>9</v>
+      </c>
+      <c r="H206" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="I206" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A207" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D207" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F207" t="s">
+        <v>9</v>
+      </c>
+      <c r="H207" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="I207" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A208" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D208" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F208" t="s">
+        <v>9</v>
+      </c>
+      <c r="H208" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I208" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A209" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D209" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F209" t="s">
+        <v>9</v>
+      </c>
+      <c r="H209" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="I209" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A210" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D210" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="F210" t="s">
+        <v>9</v>
+      </c>
+      <c r="H210" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="I210" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A211" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D211" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F211" t="s">
+        <v>9</v>
+      </c>
+      <c r="H211" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="I211" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A212" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D212" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F212" t="s">
+        <v>9</v>
+      </c>
+      <c r="H212" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="I212" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A213" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D213" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F213" t="s">
+        <v>9</v>
+      </c>
+      <c r="H213" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="I213" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A214" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D214" s="2">
+        <v>105040000</v>
+      </c>
+      <c r="E214" t="s">
+        <v>9</v>
+      </c>
+      <c r="H214" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="I214" s="1" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A215" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="2">
+        <v>1003030000</v>
+      </c>
+      <c r="E215" t="s">
+        <v>9</v>
+      </c>
+      <c r="H215" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="I215" s="1" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A216" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="2">
+        <v>1003030000</v>
+      </c>
+      <c r="E216" t="s">
+        <v>9</v>
+      </c>
+      <c r="H216" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="I216" s="1" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A217" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="2">
+        <v>1103010000</v>
+      </c>
+      <c r="F217" t="s">
+        <v>9</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="I217" s="1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A218" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D218" s="2">
+        <v>1205000000</v>
+      </c>
+      <c r="E218" t="s">
+        <v>9</v>
+      </c>
+      <c r="H218" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="I218" s="1" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A219" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D219" s="2">
+        <v>1312100000</v>
+      </c>
+      <c r="E219" t="s">
+        <v>9</v>
+      </c>
+      <c r="H219" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="I219" s="1" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D220" s="2">
+        <v>1315010000</v>
+      </c>
+      <c r="G220" t="s">
+        <v>9</v>
+      </c>
+      <c r="H220" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="I220" s="1" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D221" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F221" t="s">
+        <v>9</v>
+      </c>
+      <c r="H221" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I221" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A222" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D222" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F222" t="s">
+        <v>9</v>
+      </c>
+      <c r="H222" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I222" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A223" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D223" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F223" t="s">
+        <v>9</v>
+      </c>
+      <c r="H223" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I223" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A224" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D224" s="2">
+        <v>1905050000</v>
+      </c>
+      <c r="F224" t="s">
+        <v>9</v>
+      </c>
+      <c r="H224" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="I224" s="1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A225" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D225" s="2">
+        <v>4701010000</v>
+      </c>
+      <c r="F225" t="s">
+        <v>9</v>
+      </c>
+      <c r="H225" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="I225" s="1" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A226" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D226" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F226" t="s">
+        <v>9</v>
+      </c>
+      <c r="H226" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="I226" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A227" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D227" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="F227" t="s">
+        <v>9</v>
+      </c>
+      <c r="H227" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="I227" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A228" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D228" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="F228" t="s">
+        <v>9</v>
+      </c>
+      <c r="H228" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="I228" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A229" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D229" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="F229" t="s">
+        <v>9</v>
+      </c>
+      <c r="H229" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="I229" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A230" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D230" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="F230" t="s">
+        <v>9</v>
+      </c>
+      <c r="H230" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="I230" s="1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A231" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D231" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="F231" t="s">
+        <v>9</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="I231" s="1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A232" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D232" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="E232" t="s">
+        <v>9</v>
+      </c>
+      <c r="H232" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="I232" s="1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A233" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D233" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F233" t="s">
+        <v>9</v>
+      </c>
+      <c r="H233" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="I233" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A234" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D234" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F234" t="s">
+        <v>9</v>
+      </c>
+      <c r="H234" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="I234" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A235" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D235" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F235" t="s">
+        <v>9</v>
+      </c>
+      <c r="H235" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="I235" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A236" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D236" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E236" t="s">
+        <v>9</v>
+      </c>
+      <c r="H236" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="I236" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A237" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D237" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F237" t="s">
+        <v>9</v>
+      </c>
+      <c r="H237" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="I237" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A238" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D238" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E238" t="s">
+        <v>9</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="I238" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A239" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D239" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F239" t="s">
+        <v>9</v>
+      </c>
+      <c r="H239" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="I239" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J239"/>
+    </row>
+    <row r="240" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A240" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D240" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E240" t="s">
+        <v>9</v>
+      </c>
+      <c r="H240" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="I240" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A241" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D241" s="2">
+        <v>5106990000</v>
+      </c>
+      <c r="G241" t="s">
+        <v>9</v>
+      </c>
+      <c r="H241" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="I241" s="1" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A242" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D242" s="2">
+        <v>5106990000</v>
+      </c>
+      <c r="G242" t="s">
+        <v>9</v>
+      </c>
+      <c r="H242" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="I242" s="1" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A243" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D243" s="2">
+        <v>5106990000</v>
+      </c>
+      <c r="F243" t="s">
+        <v>9</v>
+      </c>
+      <c r="H243" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="I243" s="1" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A244" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D244" s="2">
+        <v>5106990000</v>
+      </c>
+      <c r="F244" t="s">
+        <v>9</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="I244" s="1" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A245" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D245" s="2">
+        <v>5107020000</v>
+      </c>
+      <c r="F245" t="s">
+        <v>9</v>
+      </c>
+      <c r="H245" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="I245" s="1" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A246" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D246" s="2">
+        <v>5107130000</v>
+      </c>
+      <c r="F246" t="s">
+        <v>9</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="I246" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A247" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D247" s="2">
+        <v>5108050000</v>
+      </c>
+      <c r="F247" t="s">
+        <v>9</v>
+      </c>
+      <c r="H247" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I247" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A248" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D248" s="2">
+        <v>5109020000</v>
+      </c>
+      <c r="F248" t="s">
+        <v>9</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="I248" s="1" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A249" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D249" s="2">
+        <v>5109020000</v>
+      </c>
+      <c r="F249" t="s">
+        <v>9</v>
+      </c>
+      <c r="H249" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="I249" s="1" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A250" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D250" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F250" t="s">
+        <v>9</v>
+      </c>
+      <c r="H250" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="I250" s="1" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A251" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D251" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F251" t="s">
+        <v>9</v>
+      </c>
+      <c r="H251" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I251" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A252" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D252" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="F252" t="s">
+        <v>9</v>
+      </c>
+      <c r="H252" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="I252" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A253" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D253" s="2">
+        <v>5110120000</v>
+      </c>
+      <c r="F253" t="s">
+        <v>9</v>
+      </c>
+      <c r="H253" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="I253" s="1" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A254" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D254" s="2">
+        <v>5110120000</v>
+      </c>
+      <c r="F254" t="s">
+        <v>9</v>
+      </c>
+      <c r="H254" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="I254" s="1" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A255" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D255" s="2">
+        <v>5118020000</v>
+      </c>
+      <c r="F255" t="s">
+        <v>9</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="I255" s="1" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A256" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D256" s="2">
+        <v>5126020000</v>
+      </c>
+      <c r="F256" t="s">
+        <v>9</v>
+      </c>
+      <c r="H256" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="I256" s="1" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A257" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D257" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F257" t="s">
+        <v>9</v>
+      </c>
+      <c r="H257" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="I257" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A258" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D258" s="2">
+        <v>5126990000</v>
+      </c>
+      <c r="F258" t="s">
+        <v>9</v>
+      </c>
+      <c r="H258" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="I258" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A259" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D259" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F259" t="s">
+        <v>9</v>
+      </c>
+      <c r="H259" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="I259" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="260" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A260" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D260" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F260" t="s">
+        <v>9</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="I260" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A261" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D261" s="2">
+        <v>5202030000</v>
+      </c>
+      <c r="F261" t="s">
+        <v>9</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="I261" s="1" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A262" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="F262" t="s">
+        <v>9</v>
+      </c>
+      <c r="H262" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="I262" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A263" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D263" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="E263" t="s">
+        <v>9</v>
+      </c>
+      <c r="H263" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="I263" s="1" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A264" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D264" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="F264" t="s">
+        <v>9</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="I264" s="1" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A265" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="F265" t="s">
+        <v>9</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="I265" s="1" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A266" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D266" s="2">
+        <v>5204010000</v>
+      </c>
+      <c r="E266" t="s">
+        <v>9</v>
+      </c>
+      <c r="H266" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="I266" s="1" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A267" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D267" s="2">
+        <v>5204010000</v>
+      </c>
+      <c r="E267" t="s">
+        <v>9</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="I267" s="1" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A268" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="2">
+        <v>5204070000</v>
+      </c>
+      <c r="F268" t="s">
+        <v>9</v>
+      </c>
+      <c r="H268" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="I268" s="1" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A269" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D269" s="2">
+        <v>105040000</v>
+      </c>
+      <c r="F269" t="s">
+        <v>9</v>
+      </c>
+      <c r="H269" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="I269" s="1" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A270" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D270" s="2">
+        <v>1110030000</v>
+      </c>
+      <c r="F270" t="s">
+        <v>9</v>
+      </c>
+      <c r="H270" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="I270" s="1" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A271" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D271" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F271" t="s">
+        <v>9</v>
+      </c>
+      <c r="H271" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I271" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A272" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D272" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F272" t="s">
+        <v>9</v>
+      </c>
+      <c r="H272" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I272" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A273" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D273" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F273" t="s">
+        <v>9</v>
+      </c>
+      <c r="H273" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I273" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A274" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D274" s="2">
+        <v>1507020000</v>
+      </c>
+      <c r="E274" t="s">
+        <v>9</v>
+      </c>
+      <c r="H274" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="I274" s="1" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="275" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A275" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D275" s="2">
+        <v>1905050000</v>
+      </c>
+      <c r="F275" t="s">
+        <v>9</v>
+      </c>
+      <c r="H275" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="I275" s="1" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A276" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D276" s="2">
+        <v>4701030000</v>
+      </c>
+      <c r="F276" t="s">
+        <v>9</v>
+      </c>
+      <c r="H276" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="I276" s="1" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A277" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D277" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="E277" t="s">
+        <v>9</v>
+      </c>
+      <c r="H277" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="I277" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="278" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A278" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D278" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F278" t="s">
+        <v>9</v>
+      </c>
+      <c r="H278" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="I278" s="1" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A279" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D279" s="2">
+        <v>4706040000</v>
+      </c>
+      <c r="E279" t="s">
+        <v>9</v>
+      </c>
+      <c r="H279" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="I279" s="1" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="280" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A280" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D280" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E280" t="s">
+        <v>9</v>
+      </c>
+      <c r="H280" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="I280" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="281" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A281" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D281" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E281" t="s">
+        <v>9</v>
+      </c>
+      <c r="H281" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="I281" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A282" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D282" s="2">
+        <v>4902020000</v>
+      </c>
+      <c r="F282" t="s">
+        <v>9</v>
+      </c>
+      <c r="H282" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="I282" s="1" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="283" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A283" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D283" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F283" t="s">
+        <v>9</v>
+      </c>
+      <c r="H283" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="I283" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A284" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D284" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F284" t="s">
+        <v>9</v>
+      </c>
+      <c r="H284" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="I284" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="285" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A285" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D285" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F285" t="s">
+        <v>9</v>
+      </c>
+      <c r="H285" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="I285" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A286" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D286" s="2">
+        <v>5107130000</v>
+      </c>
+      <c r="G286" t="s">
+        <v>9</v>
+      </c>
+      <c r="H286" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="I286" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A287" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D287" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="E287" t="s">
+        <v>9</v>
+      </c>
+      <c r="H287" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="I287" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A288" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D288" s="2">
+        <v>5110120000</v>
+      </c>
+      <c r="F288" t="s">
+        <v>9</v>
+      </c>
+      <c r="H288" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="I288" s="1" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A289" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D289" s="2">
+        <v>5115990000</v>
+      </c>
+      <c r="E289" t="s">
+        <v>9</v>
+      </c>
+      <c r="H289" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I289" s="1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A290" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D290" s="2">
+        <v>5116140000</v>
+      </c>
+      <c r="F290" t="s">
+        <v>9</v>
+      </c>
+      <c r="H290" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="I290" s="1" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A291" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D291" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="E291" t="s">
+        <v>9</v>
+      </c>
+      <c r="H291" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="I291" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A292" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D292" s="2">
+        <v>5126990000</v>
+      </c>
+      <c r="F292" t="s">
+        <v>9</v>
+      </c>
+      <c r="H292" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="I292" s="1" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A293" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D293" s="2">
+        <v>5138010000</v>
+      </c>
+      <c r="F293" t="s">
+        <v>9</v>
+      </c>
+      <c r="H293" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="I293" s="1" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A294" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D294" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F294" t="s">
+        <v>9</v>
+      </c>
+      <c r="H294" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="I294" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A295" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="2">
+        <v>5204010000</v>
+      </c>
+      <c r="F295" t="s">
+        <v>9</v>
+      </c>
+      <c r="H295" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="I295" s="1" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A296" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D296" s="2">
+        <v>4605030000</v>
+      </c>
+      <c r="F296" t="s">
+        <v>9</v>
+      </c>
+      <c r="H296" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="I296" s="1" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A297" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D297" s="2">
+        <v>4702010000</v>
+      </c>
+      <c r="F297" t="s">
+        <v>9</v>
+      </c>
+      <c r="H297" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="I297" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A298" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D298" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F298" t="s">
+        <v>9</v>
+      </c>
+      <c r="H298" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="I298" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A299" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D299" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F299" t="s">
+        <v>9</v>
+      </c>
+      <c r="H299" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="I299" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A300" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D300" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F300" t="s">
+        <v>9</v>
+      </c>
+      <c r="H300" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="I300" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A301" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D301" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F301" t="s">
+        <v>9</v>
+      </c>
+      <c r="H301" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="I301" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A302" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D302" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F302" t="s">
+        <v>9</v>
+      </c>
+      <c r="H302" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="I302" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A303" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D303" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F303" t="s">
+        <v>9</v>
+      </c>
+      <c r="H303" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="I303" s="1" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A304" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D304" s="2">
+        <v>5139010000</v>
+      </c>
+      <c r="F304" t="s">
+        <v>9</v>
+      </c>
+      <c r="H304" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="I304" s="1" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A305" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D305" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F305" t="s">
+        <v>9</v>
+      </c>
+      <c r="H305" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="I305" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A306" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="2">
+        <v>5202010000</v>
+      </c>
+      <c r="F306" t="s">
+        <v>9</v>
+      </c>
+      <c r="H306" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="I306" s="1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A307" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D307" s="2">
+        <v>105040000</v>
+      </c>
+      <c r="F307" t="s">
+        <v>9</v>
+      </c>
+      <c r="H307" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="I307" s="1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A308" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="2">
+        <v>1101030000</v>
+      </c>
+      <c r="E308" t="s">
+        <v>9</v>
+      </c>
+      <c r="H308" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="I308" s="1" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A309" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D309" s="2">
+        <v>1301010000</v>
+      </c>
+      <c r="F309" t="s">
+        <v>9</v>
+      </c>
+      <c r="H309" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I309" s="1" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A310" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D310" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F310" t="s">
+        <v>9</v>
+      </c>
+      <c r="H310" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I310" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A311" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D311" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F311" t="s">
+        <v>9</v>
+      </c>
+      <c r="H311" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I311" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A312" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D312" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F312" t="s">
+        <v>9</v>
+      </c>
+      <c r="H312" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I312" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A313" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D313" s="2">
+        <v>4602010000</v>
+      </c>
+      <c r="F313" t="s">
+        <v>9</v>
+      </c>
+      <c r="H313" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="I313" s="1" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A314" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D314" s="2">
+        <v>4603020000</v>
+      </c>
+      <c r="F314" t="s">
+        <v>9</v>
+      </c>
+      <c r="H314" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="I314" s="1" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A315" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D315" s="2">
+        <v>4605030000</v>
+      </c>
+      <c r="F315" t="s">
+        <v>9</v>
+      </c>
+      <c r="H315" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="I315" s="1" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A316" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D316" s="2">
+        <v>4702010000</v>
+      </c>
+      <c r="F316" t="s">
+        <v>9</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="I316" s="1" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A317" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D317" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F317" t="s">
+        <v>9</v>
+      </c>
+      <c r="H317" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="I317" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A318" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D318" s="2">
+        <v>4706040000</v>
+      </c>
+      <c r="E318" t="s">
+        <v>9</v>
+      </c>
+      <c r="H318" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="I318" s="1" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A319" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D319" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="F319" t="s">
+        <v>9</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="I319" s="1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A320" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D320" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F320" t="s">
+        <v>9</v>
+      </c>
+      <c r="H320" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="I320" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A321" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D321" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F321" t="s">
+        <v>9</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="I321" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A322" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D322" s="2">
+        <v>4901040000</v>
+      </c>
+      <c r="E322" t="s">
+        <v>9</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="I322" s="1" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A323" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D323" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F323" t="s">
+        <v>9</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="I323" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A324" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D324" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="E324" t="s">
+        <v>9</v>
+      </c>
+      <c r="H324" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="I324" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A325" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D325" s="2">
+        <v>5108050000</v>
+      </c>
+      <c r="E325" t="s">
+        <v>9</v>
+      </c>
+      <c r="F325" t="s">
+        <v>9</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="I325" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A326" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D326" s="2">
+        <v>5108990000</v>
+      </c>
+      <c r="E326" t="s">
+        <v>9</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="I326" s="1" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A327" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D327" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="E327" t="s">
+        <v>9</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="I327" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A328" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D328" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="E328" t="s">
+        <v>9</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="I328" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A329" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D329" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F329" t="s">
+        <v>9</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="I329" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="330" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A330" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D330" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="E330" t="s">
+        <v>9</v>
+      </c>
+      <c r="F330" t="s">
+        <v>9</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="I330" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A331" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D331" s="2">
+        <v>5109990000</v>
+      </c>
+      <c r="E331" t="s">
+        <v>9</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="I331" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A332" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D332" s="2">
+        <v>5115990000</v>
+      </c>
+      <c r="F332" t="s">
+        <v>9</v>
+      </c>
+      <c r="H332" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="I332" s="1" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A333" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D333" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="E333" t="s">
+        <v>9</v>
+      </c>
+      <c r="F333" t="s">
+        <v>9</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="I333" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="334" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A334" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D334" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="E334" t="s">
+        <v>9</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I334" s="1" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A335" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D335" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="E335" t="s">
+        <v>9</v>
+      </c>
+      <c r="F335" t="s">
+        <v>9</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="I335" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A336" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D336" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="E336" t="s">
+        <v>9</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="I336" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A337" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D337" s="2">
+        <v>5204070000</v>
+      </c>
+      <c r="G337" t="s">
+        <v>9</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="I337" s="1" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A338" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D338" s="11" t="s">
+        <v>509</v>
+      </c>
+      <c r="G338" t="s">
+        <v>9</v>
+      </c>
+      <c r="H338" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="I338" s="1" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A339" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D339" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="E339" t="s">
+        <v>9</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I339" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A340" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D340" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="E340" t="s">
+        <v>9</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I340" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A341" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D341" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="E341" t="s">
+        <v>9</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I341" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A342" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D342" s="2">
+        <v>1508050000</v>
+      </c>
+      <c r="E342" t="s">
+        <v>9</v>
+      </c>
+      <c r="H342" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="I342" s="1" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A343" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D343" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E343" t="s">
+        <v>9</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="I343" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A344" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D344" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E344" t="s">
+        <v>9</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="I344" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="345" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A345" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D345" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F345" t="s">
+        <v>9</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="I345" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A346" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D346" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F346" t="s">
+        <v>9</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="I346" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A347" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D347" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F347" t="s">
+        <v>9</v>
+      </c>
+      <c r="H347" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="I347" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A348" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D348" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F348" t="s">
+        <v>9</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="I348" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="349" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A349" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D349" s="2">
+        <v>5108010000</v>
+      </c>
+      <c r="F349" t="s">
+        <v>9</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="I349" s="1" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="350" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A350" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D350" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="E350" t="s">
+        <v>9</v>
+      </c>
+      <c r="F350" t="s">
+        <v>9</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="I350" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A351" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D351" s="2">
+        <v>5109041000</v>
+      </c>
+      <c r="E351" t="s">
+        <v>9</v>
+      </c>
+      <c r="F351" t="s">
+        <v>9</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="I351" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A352" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D352" s="2">
+        <v>5109043000</v>
+      </c>
+      <c r="E352" t="s">
+        <v>9</v>
+      </c>
+      <c r="F352" t="s">
+        <v>9</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="I352" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A353" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D353" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="F353" t="s">
+        <v>9</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="I353" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A354" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D354" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F354" t="s">
+        <v>9</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="I354" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A355" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D355" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="E355" t="s">
+        <v>9</v>
+      </c>
+      <c r="F355" t="s">
+        <v>9</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I355" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="356" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A356" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D356" s="2">
+        <v>5139010000</v>
+      </c>
+      <c r="E356" t="s">
+        <v>9</v>
+      </c>
+      <c r="F356" t="s">
+        <v>9</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="I356" s="1" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="357" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A357" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D357" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="E357" t="s">
+        <v>9</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="I357" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="358" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A358" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D358" s="2">
+        <v>5204070000</v>
+      </c>
+      <c r="E358" t="s">
+        <v>9</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="I358" s="1" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A359" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D359" s="2">
+        <v>1301010000</v>
+      </c>
+      <c r="F359" t="s">
+        <v>9</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="I359" s="1" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A360" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D360" s="2">
+        <v>1506120000</v>
+      </c>
+      <c r="F360" t="s">
+        <v>9</v>
+      </c>
+      <c r="H360" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="I360" s="1" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A361" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D361" s="2">
+        <v>4702010000</v>
+      </c>
+      <c r="F361" t="s">
+        <v>9</v>
+      </c>
+      <c r="H361" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="I361" s="1" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="362" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A362" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D362" s="2">
+        <v>4703030000</v>
+      </c>
+      <c r="F362" t="s">
+        <v>9</v>
+      </c>
+      <c r="H362" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="I362" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A363" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D363" s="2">
+        <v>4800000000</v>
+      </c>
+      <c r="F363" t="s">
+        <v>9</v>
+      </c>
+      <c r="H363" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="I363" s="1" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="364" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A364" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D364" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F364" t="s">
+        <v>9</v>
+      </c>
+      <c r="H364" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="I364" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="365" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A365" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D365" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E365" t="s">
+        <v>9</v>
+      </c>
+      <c r="H365" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="I365" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="366" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A366" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D366" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F366" t="s">
+        <v>9</v>
+      </c>
+      <c r="H366" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="I366" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A367" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D367" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="E367" t="s">
+        <v>9</v>
+      </c>
+      <c r="H367" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="I367" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A368" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D368" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F368" t="s">
+        <v>9</v>
+      </c>
+      <c r="H368" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="I368" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A369" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D369" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F369" t="s">
+        <v>9</v>
+      </c>
+      <c r="H369" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="I369" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A370" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D370" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F370" t="s">
+        <v>9</v>
+      </c>
+      <c r="H370" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="I370" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A371" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D371" s="2">
+        <v>5108050000</v>
+      </c>
+      <c r="F371" t="s">
+        <v>9</v>
+      </c>
+      <c r="H371" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I371" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A372" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D372" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="F372" t="s">
+        <v>9</v>
+      </c>
+      <c r="H372" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="I372" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A373" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D373" s="2">
+        <v>5109040000</v>
+      </c>
+      <c r="E373" t="s">
+        <v>9</v>
+      </c>
+      <c r="H373" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I373" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A374" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D374" s="2">
+        <v>5109990000</v>
+      </c>
+      <c r="F374" t="s">
+        <v>9</v>
+      </c>
+      <c r="H374" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="I374" s="1" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A375" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D375" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="F375" t="s">
+        <v>9</v>
+      </c>
+      <c r="H375" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="I375" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A376" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D376" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="F376" t="s">
+        <v>9</v>
+      </c>
+      <c r="H376" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="I376" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A377" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D377" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F377" t="s">
+        <v>9</v>
+      </c>
+      <c r="H377" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="I377" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A378" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D378" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F378" t="s">
+        <v>9</v>
+      </c>
+      <c r="H378" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="I378" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A379" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D379" s="2">
+        <v>5202010000</v>
+      </c>
+      <c r="F379" t="s">
+        <v>9</v>
+      </c>
+      <c r="H379" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="I379" s="1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A380" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D380" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="F380" t="s">
+        <v>9</v>
+      </c>
+      <c r="H380" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="I380" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A381" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D381" s="2">
+        <v>1312100000</v>
+      </c>
+      <c r="F381" t="s">
+        <v>9</v>
+      </c>
+      <c r="H381" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="I381" s="1" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A382" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D382" s="2">
+        <v>1312100000</v>
+      </c>
+      <c r="F382" t="s">
+        <v>9</v>
+      </c>
+      <c r="H382" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="I382" s="1" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A383" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D383" s="2">
+        <v>1315010000</v>
+      </c>
+      <c r="F383" t="s">
+        <v>9</v>
+      </c>
+      <c r="H383" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I383" s="1" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A384" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D384" s="2">
+        <v>1504040000</v>
+      </c>
+      <c r="F384" t="s">
+        <v>9</v>
+      </c>
+      <c r="H384" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="I384" s="1" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A385" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D385" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F385" t="s">
+        <v>9</v>
+      </c>
+      <c r="H385" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I385" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A386" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D386" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F386" t="s">
+        <v>9</v>
+      </c>
+      <c r="H386" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I386" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A387" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D387" s="2">
+        <v>1505060000</v>
+      </c>
+      <c r="F387" t="s">
+        <v>9</v>
+      </c>
+      <c r="H387" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I387" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="388" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A388" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D388" s="2">
+        <v>4701010000</v>
+      </c>
+      <c r="F388" t="s">
+        <v>9</v>
+      </c>
+      <c r="H388" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="I388" s="1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A389" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D389" s="2">
+        <v>4706030200</v>
+      </c>
+      <c r="E389" t="s">
+        <v>9</v>
+      </c>
+      <c r="H389" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="I389" s="1" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A390" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D390" s="2">
+        <v>4799990000</v>
+      </c>
+      <c r="F390" t="s">
+        <v>9</v>
+      </c>
+      <c r="H390" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="I390" s="1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A391" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D391" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="E391" t="s">
+        <v>9</v>
+      </c>
+      <c r="H391" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="I391" s="1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A392" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D392" s="2">
+        <v>4805010000</v>
+      </c>
+      <c r="E392" t="s">
+        <v>9</v>
+      </c>
+      <c r="H392" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="I392" s="1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A393" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D393" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F393" t="s">
+        <v>9</v>
+      </c>
+      <c r="H393" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="I393" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A394" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D394" s="2">
+        <v>4805080000</v>
+      </c>
+      <c r="F394" t="s">
+        <v>9</v>
+      </c>
+      <c r="H394" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B49" t="s">
-[...5 lines deleted...]
-      <c r="D49" t="s">
+      <c r="I394" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="E49" t="s">
-[...4 lines deleted...]
-      </c>
+    </row>
+    <row r="395" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A395" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D395" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F395" t="s">
+        <v>9</v>
+      </c>
+      <c r="H395" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="I395" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="396" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A396" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D396" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F396" t="s">
+        <v>9</v>
+      </c>
+      <c r="H396" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="I396" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A397" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D397" s="2">
+        <v>4902050000</v>
+      </c>
+      <c r="F397" t="s">
+        <v>9</v>
+      </c>
+      <c r="H397" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="I397" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A398" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D398" s="2">
+        <v>5110090000</v>
+      </c>
+      <c r="F398" t="s">
+        <v>9</v>
+      </c>
+      <c r="H398" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="I398" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A399" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D399" s="2">
+        <v>5115030000</v>
+      </c>
+      <c r="F399" t="s">
+        <v>9</v>
+      </c>
+      <c r="H399" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="I399" s="1" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="400" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A400" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D400" s="2">
+        <v>5126030000</v>
+      </c>
+      <c r="F400" t="s">
+        <v>9</v>
+      </c>
+      <c r="H400" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="I400" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="401" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A401" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D401" s="2">
+        <v>5139020000</v>
+      </c>
+      <c r="F401" t="s">
+        <v>9</v>
+      </c>
+      <c r="H401" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="I401" s="1" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A402" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D402" s="2">
+        <v>5202030000</v>
+      </c>
+      <c r="F402" t="s">
+        <v>9</v>
+      </c>
+      <c r="H402" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="I402" s="1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A403" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D403" s="2">
+        <v>5202050000</v>
+      </c>
+      <c r="F403" t="s">
+        <v>9</v>
+      </c>
+      <c r="H403" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="I403" s="1" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A404" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D404" s="2">
+        <v>5203010000</v>
+      </c>
+      <c r="F404" t="s">
+        <v>9</v>
+      </c>
+      <c r="H404" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="I404" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A405" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D405" s="2">
+        <v>5203020000</v>
+      </c>
+      <c r="F405" t="s">
+        <v>9</v>
+      </c>
+      <c r="H405" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="I405" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A406" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D406" s="2">
+        <v>5204070000</v>
+      </c>
+      <c r="F406" t="s">
+        <v>9</v>
+      </c>
+      <c r="H406" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="I406" s="1" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="407" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A407" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D407" s="2">
+        <v>5204070000</v>
+      </c>
+      <c r="F407" t="s">
+        <v>9</v>
+      </c>
+      <c r="H407" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="I407" s="1" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A408" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="B408" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="C408" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D408" s="9" t="s">
+        <v>495</v>
+      </c>
+      <c r="E408" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F408" s="6"/>
+      <c r="G408" s="6"/>
+      <c r="H408" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="I408" s="6" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="409" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A409" t="s">
+        <v>492</v>
+      </c>
+      <c r="B409" t="s">
+        <v>432</v>
+      </c>
+      <c r="C409" t="s">
+        <v>48</v>
+      </c>
+      <c r="D409" t="s">
+        <v>500</v>
+      </c>
+      <c r="F409" t="s">
+        <v>9</v>
+      </c>
+      <c r="H409" t="s">
+        <v>499</v>
+      </c>
+      <c r="I409" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A410" t="s">
+        <v>492</v>
+      </c>
+      <c r="B410" t="s">
+        <v>432</v>
+      </c>
+      <c r="C410" t="s">
+        <v>48</v>
+      </c>
+      <c r="D410">
+        <v>5109020000</v>
+      </c>
+      <c r="E410" t="s">
+        <v>9</v>
+      </c>
+      <c r="H410" t="s">
+        <v>502</v>
+      </c>
+      <c r="I410" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A411" t="s">
+        <v>492</v>
+      </c>
+      <c r="B411" t="s">
+        <v>432</v>
+      </c>
+      <c r="C411" t="s">
+        <v>48</v>
+      </c>
+      <c r="D411" t="s">
+        <v>497</v>
+      </c>
+      <c r="E411" t="s">
+        <v>9</v>
+      </c>
+      <c r="H411" t="s">
+        <v>258</v>
+      </c>
+      <c r="I411" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="412" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A412" t="s">
+        <v>492</v>
+      </c>
+      <c r="B412" t="s">
+        <v>432</v>
+      </c>
+      <c r="C412" t="s">
+        <v>34</v>
+      </c>
+      <c r="D412" t="s">
+        <v>504</v>
+      </c>
+      <c r="E412" t="s">
+        <v>9</v>
+      </c>
+      <c r="H412" t="s">
+        <v>503</v>
+      </c>
+      <c r="I412" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="413" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A413" t="s">
+        <v>492</v>
+      </c>
+      <c r="B413" t="s">
+        <v>432</v>
+      </c>
+      <c r="C413" t="s">
+        <v>34</v>
+      </c>
+      <c r="D413" t="s">
+        <v>504</v>
+      </c>
+      <c r="E413" t="s">
+        <v>9</v>
+      </c>
+      <c r="H413" t="s">
+        <v>505</v>
+      </c>
+      <c r="I413" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A414" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="F414" t="s">
+        <v>9</v>
+      </c>
+      <c r="H414" t="s">
+        <v>512</v>
+      </c>
+      <c r="I414" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A415" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D415" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="F415" t="s">
+        <v>9</v>
+      </c>
+      <c r="H415" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="I415" s="1" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="416" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A416" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="F416" t="s">
+        <v>9</v>
+      </c>
+      <c r="H416" t="s">
+        <v>147</v>
+      </c>
+      <c r="I416" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A417" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D417" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="G417" t="s">
+        <v>9</v>
+      </c>
+      <c r="H417" t="s">
+        <v>516</v>
+      </c>
+      <c r="I417" s="1" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="418" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A418"/>
+      <c r="B418"/>
+      <c r="C418"/>
+      <c r="D418"/>
+      <c r="H418"/>
+      <c r="I418"/>
+    </row>
+    <row r="419" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A419"/>
+      <c r="B419"/>
+      <c r="C419"/>
+      <c r="D419"/>
+      <c r="H419"/>
+      <c r="I419"/>
+    </row>
+    <row r="420" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A420"/>
+      <c r="B420"/>
+      <c r="C420"/>
+      <c r="D420"/>
+      <c r="H420"/>
+      <c r="I420"/>
+    </row>
+    <row r="421" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A421"/>
+      <c r="B421"/>
+      <c r="C421"/>
+      <c r="D421"/>
+      <c r="H421"/>
+      <c r="I421"/>
+    </row>
+    <row r="422" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A422"/>
+      <c r="B422"/>
+      <c r="C422"/>
+      <c r="D422"/>
+      <c r="H422"/>
+      <c r="I422"/>
+    </row>
+    <row r="423" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A423"/>
+      <c r="B423"/>
+      <c r="C423"/>
+      <c r="D423"/>
+      <c r="H423"/>
+      <c r="I423"/>
+    </row>
+    <row r="424" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A424"/>
+      <c r="B424"/>
+      <c r="C424"/>
+      <c r="D424"/>
+      <c r="H424"/>
+      <c r="I424"/>
+    </row>
+    <row r="425" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A425"/>
+      <c r="B425"/>
+      <c r="C425"/>
+      <c r="D425"/>
+      <c r="H425"/>
+      <c r="I425"/>
+    </row>
+    <row r="426" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A426"/>
+      <c r="B426"/>
+      <c r="C426"/>
+      <c r="D426"/>
+      <c r="H426"/>
+      <c r="I426"/>
+    </row>
+    <row r="427" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A427"/>
+      <c r="B427"/>
+      <c r="C427"/>
+      <c r="D427"/>
+      <c r="H427"/>
+      <c r="I427"/>
+    </row>
+    <row r="428" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A428"/>
+      <c r="B428"/>
+      <c r="C428"/>
+      <c r="D428"/>
+      <c r="H428"/>
+      <c r="I428"/>
+    </row>
+    <row r="429" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A429"/>
+      <c r="B429"/>
+      <c r="C429"/>
+      <c r="D429"/>
+      <c r="H429"/>
+      <c r="I429"/>
+    </row>
+    <row r="430" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A430"/>
+      <c r="B430"/>
+      <c r="C430"/>
+      <c r="D430"/>
+      <c r="H430"/>
+      <c r="I430"/>
+    </row>
+    <row r="431" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A431"/>
+      <c r="B431"/>
+      <c r="C431"/>
+      <c r="D431"/>
+      <c r="H431"/>
+      <c r="I431"/>
+    </row>
+    <row r="432" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A432"/>
+      <c r="B432"/>
+      <c r="C432"/>
+      <c r="D432"/>
+      <c r="H432"/>
+      <c r="I432"/>
+    </row>
+    <row r="433" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A433"/>
+      <c r="B433"/>
+      <c r="C433"/>
+      <c r="D433"/>
+      <c r="H433"/>
+      <c r="I433"/>
+    </row>
+    <row r="434" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A434"/>
+      <c r="B434"/>
+      <c r="C434"/>
+      <c r="D434"/>
+      <c r="H434"/>
+      <c r="I434"/>
+    </row>
+    <row r="435" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A435"/>
+      <c r="B435"/>
+      <c r="C435"/>
+      <c r="D435"/>
+      <c r="H435"/>
+      <c r="I435"/>
+    </row>
+    <row r="436" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A436"/>
+      <c r="B436"/>
+      <c r="C436"/>
+      <c r="D436"/>
+      <c r="H436"/>
+      <c r="I436"/>
+    </row>
+    <row r="437" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A437"/>
+      <c r="B437"/>
+      <c r="C437"/>
+      <c r="D437"/>
+      <c r="H437"/>
+      <c r="I437"/>
+    </row>
+    <row r="438" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A438"/>
+      <c r="B438"/>
+      <c r="C438"/>
+      <c r="D438"/>
+      <c r="H438"/>
+      <c r="I438"/>
+    </row>
+    <row r="439" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A439"/>
+      <c r="B439"/>
+      <c r="C439"/>
+      <c r="D439"/>
+      <c r="H439"/>
+      <c r="I439"/>
+    </row>
+    <row r="440" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A440"/>
+      <c r="B440"/>
+      <c r="C440"/>
+      <c r="D440"/>
+      <c r="H440"/>
+      <c r="I440"/>
+    </row>
+    <row r="441" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A441"/>
+      <c r="B441"/>
+      <c r="C441"/>
+      <c r="D441"/>
+      <c r="H441"/>
+      <c r="I441"/>
+    </row>
+    <row r="442" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A442"/>
+      <c r="B442"/>
+      <c r="C442"/>
+      <c r="D442"/>
+      <c r="H442"/>
+      <c r="I442"/>
+    </row>
+    <row r="443" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A443"/>
+      <c r="B443"/>
+      <c r="C443"/>
+      <c r="D443"/>
+      <c r="H443"/>
+      <c r="I443"/>
+    </row>
+    <row r="444" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A444"/>
+      <c r="B444"/>
+      <c r="C444"/>
+      <c r="D444"/>
+      <c r="H444"/>
+      <c r="I444"/>
+    </row>
+    <row r="445" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A445"/>
+      <c r="B445"/>
+      <c r="C445"/>
+      <c r="D445"/>
+      <c r="H445"/>
+      <c r="I445"/>
+    </row>
+    <row r="446" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A446"/>
+      <c r="B446"/>
+      <c r="C446"/>
+      <c r="D446"/>
+      <c r="H446"/>
+      <c r="I446"/>
+    </row>
+    <row r="447" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A447"/>
+      <c r="B447"/>
+      <c r="C447"/>
+      <c r="D447"/>
+      <c r="H447"/>
+      <c r="I447"/>
+    </row>
+    <row r="448" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A448"/>
+      <c r="B448"/>
+      <c r="C448"/>
+      <c r="D448"/>
+      <c r="H448"/>
+      <c r="I448"/>
+    </row>
+    <row r="449" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A449"/>
+      <c r="B449"/>
+      <c r="C449"/>
+      <c r="D449"/>
+      <c r="H449"/>
+      <c r="I449"/>
+    </row>
+    <row r="450" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A450"/>
+      <c r="B450"/>
+      <c r="C450"/>
+      <c r="D450"/>
+      <c r="H450"/>
+      <c r="I450"/>
+    </row>
+    <row r="451" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A451"/>
+      <c r="B451"/>
+      <c r="C451"/>
+      <c r="D451"/>
+      <c r="H451"/>
+      <c r="I451"/>
+    </row>
+    <row r="452" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A452"/>
+      <c r="B452"/>
+      <c r="C452"/>
+      <c r="D452"/>
+      <c r="H452"/>
+      <c r="I452"/>
+    </row>
+    <row r="453" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A453"/>
+      <c r="B453"/>
+      <c r="C453"/>
+      <c r="D453"/>
+      <c r="H453"/>
+      <c r="I453"/>
+    </row>
+    <row r="454" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A454"/>
+      <c r="B454"/>
+      <c r="C454"/>
+      <c r="D454"/>
+      <c r="H454"/>
+      <c r="I454"/>
+    </row>
+    <row r="455" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A455"/>
+      <c r="B455"/>
+      <c r="C455"/>
+      <c r="D455"/>
+      <c r="H455"/>
+      <c r="I455"/>
+    </row>
+    <row r="456" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A456"/>
+      <c r="B456"/>
+      <c r="C456"/>
+      <c r="D456"/>
+      <c r="H456"/>
+      <c r="I456"/>
+    </row>
+    <row r="457" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A457"/>
+      <c r="B457"/>
+      <c r="C457"/>
+      <c r="D457"/>
+      <c r="H457"/>
+      <c r="I457"/>
+    </row>
+    <row r="458" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A458"/>
+      <c r="B458"/>
+      <c r="C458"/>
+      <c r="D458"/>
+      <c r="H458"/>
+      <c r="I458"/>
+    </row>
+    <row r="459" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A459"/>
+      <c r="B459"/>
+      <c r="C459"/>
+      <c r="D459"/>
+      <c r="H459"/>
+      <c r="I459"/>
+    </row>
+    <row r="460" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A460"/>
+      <c r="B460"/>
+      <c r="C460"/>
+      <c r="D460"/>
+      <c r="H460"/>
+      <c r="I460"/>
+    </row>
+    <row r="461" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A461"/>
+      <c r="B461"/>
+      <c r="C461"/>
+      <c r="D461"/>
+      <c r="H461"/>
+      <c r="I461"/>
+    </row>
+    <row r="462" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A462"/>
+      <c r="B462"/>
+      <c r="C462"/>
+      <c r="D462"/>
+      <c r="H462"/>
+      <c r="I462"/>
+    </row>
+    <row r="463" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A463"/>
+      <c r="B463"/>
+      <c r="C463"/>
+      <c r="D463"/>
+      <c r="H463"/>
+      <c r="I463"/>
+    </row>
+    <row r="464" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A464"/>
+      <c r="B464"/>
+      <c r="C464"/>
+      <c r="D464"/>
+      <c r="H464"/>
+      <c r="I464"/>
+    </row>
+    <row r="465" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A465"/>
+      <c r="B465"/>
+      <c r="C465"/>
+      <c r="D465"/>
+      <c r="H465"/>
+      <c r="I465"/>
+    </row>
+    <row r="466" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A466"/>
+      <c r="B466"/>
+      <c r="C466"/>
+      <c r="D466"/>
+      <c r="H466"/>
+      <c r="I466"/>
+    </row>
+    <row r="467" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A467"/>
+      <c r="B467"/>
+      <c r="C467"/>
+      <c r="D467"/>
+      <c r="H467"/>
+      <c r="I467"/>
+    </row>
+    <row r="468" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A468"/>
+      <c r="B468"/>
+      <c r="C468"/>
+      <c r="D468"/>
+      <c r="H468"/>
+      <c r="I468"/>
+    </row>
+    <row r="469" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A469"/>
+      <c r="B469"/>
+      <c r="C469"/>
+      <c r="D469"/>
+      <c r="H469"/>
+      <c r="I469"/>
+    </row>
+    <row r="470" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A470"/>
+      <c r="B470"/>
+      <c r="C470"/>
+      <c r="D470"/>
+      <c r="H470"/>
+      <c r="I470"/>
+    </row>
+    <row r="471" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A471"/>
+      <c r="B471"/>
+      <c r="C471"/>
+      <c r="D471"/>
+      <c r="H471"/>
+      <c r="I471"/>
+    </row>
+    <row r="472" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A472"/>
+      <c r="B472"/>
+      <c r="C472"/>
+      <c r="D472"/>
+      <c r="H472"/>
+      <c r="I472"/>
+    </row>
+    <row r="473" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A473"/>
+      <c r="B473"/>
+      <c r="C473"/>
+      <c r="D473"/>
+      <c r="H473"/>
+      <c r="I473"/>
+    </row>
+    <row r="474" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A474"/>
+      <c r="B474"/>
+      <c r="C474"/>
+      <c r="D474"/>
+      <c r="H474"/>
+      <c r="I474"/>
+    </row>
+    <row r="475" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A475"/>
+      <c r="B475"/>
+      <c r="C475"/>
+      <c r="D475"/>
+      <c r="H475"/>
+      <c r="I475"/>
+    </row>
+    <row r="476" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A476"/>
+      <c r="B476"/>
+      <c r="C476"/>
+      <c r="D476"/>
+      <c r="H476"/>
+      <c r="I476"/>
+    </row>
+    <row r="477" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A477"/>
+      <c r="B477"/>
+      <c r="C477"/>
+      <c r="D477"/>
+      <c r="H477"/>
+      <c r="I477"/>
+    </row>
+    <row r="478" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A478"/>
+      <c r="B478"/>
+      <c r="C478"/>
+      <c r="D478"/>
+      <c r="H478"/>
+      <c r="I478"/>
+    </row>
+    <row r="479" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A479"/>
+      <c r="B479"/>
+      <c r="C479"/>
+      <c r="D479"/>
+      <c r="H479"/>
+      <c r="I479"/>
+    </row>
+    <row r="480" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A480"/>
+      <c r="B480"/>
+      <c r="C480"/>
+      <c r="D480"/>
+      <c r="H480"/>
+      <c r="I480"/>
+    </row>
+    <row r="481" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A481"/>
+      <c r="B481"/>
+      <c r="C481"/>
+      <c r="D481"/>
+      <c r="H481"/>
+      <c r="I481"/>
+    </row>
+    <row r="482" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A482"/>
+      <c r="B482"/>
+      <c r="C482"/>
+      <c r="D482"/>
+      <c r="H482"/>
+      <c r="I482"/>
+    </row>
+    <row r="483" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A483"/>
+      <c r="B483"/>
+      <c r="C483"/>
+      <c r="D483"/>
+      <c r="H483"/>
+      <c r="I483"/>
+    </row>
+    <row r="484" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A484"/>
+      <c r="B484"/>
+      <c r="C484"/>
+      <c r="D484"/>
+      <c r="H484"/>
+      <c r="I484"/>
+    </row>
+    <row r="485" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A485"/>
+      <c r="B485"/>
+      <c r="C485"/>
+      <c r="D485"/>
+      <c r="H485"/>
+      <c r="I485"/>
+    </row>
+    <row r="486" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A486"/>
+      <c r="B486"/>
+      <c r="C486"/>
+      <c r="D486"/>
+      <c r="H486"/>
+      <c r="I486"/>
+    </row>
+    <row r="487" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A487"/>
+      <c r="B487"/>
+      <c r="C487"/>
+      <c r="D487"/>
+      <c r="H487"/>
+      <c r="I487"/>
+    </row>
+    <row r="488" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A488"/>
+      <c r="B488"/>
+      <c r="C488"/>
+      <c r="D488"/>
+      <c r="H488"/>
+      <c r="I488"/>
+    </row>
+    <row r="489" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A489"/>
+      <c r="B489"/>
+      <c r="C489"/>
+      <c r="D489"/>
+      <c r="H489"/>
+      <c r="I489"/>
+    </row>
+    <row r="490" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A490"/>
+      <c r="B490"/>
+      <c r="C490"/>
+      <c r="D490"/>
+      <c r="H490"/>
+      <c r="I490"/>
+    </row>
+    <row r="491" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A491"/>
+      <c r="B491"/>
+      <c r="C491"/>
+      <c r="D491"/>
+      <c r="H491"/>
+      <c r="I491"/>
+    </row>
+    <row r="492" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A492"/>
+      <c r="B492"/>
+      <c r="C492"/>
+      <c r="D492"/>
+      <c r="H492"/>
+      <c r="I492"/>
+    </row>
+    <row r="493" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A493"/>
+      <c r="B493"/>
+      <c r="C493"/>
+      <c r="D493"/>
+      <c r="H493"/>
+      <c r="I493"/>
+    </row>
+    <row r="494" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A494"/>
+      <c r="B494"/>
+      <c r="C494"/>
+      <c r="D494"/>
+      <c r="H494"/>
+      <c r="I494"/>
+    </row>
+    <row r="495" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A495"/>
+      <c r="B495"/>
+      <c r="C495"/>
+      <c r="D495"/>
+      <c r="H495"/>
+      <c r="I495"/>
+    </row>
+    <row r="496" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A496"/>
+      <c r="B496"/>
+      <c r="C496"/>
+      <c r="D496"/>
+      <c r="H496"/>
+      <c r="I496"/>
+    </row>
+    <row r="497" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A497"/>
+      <c r="B497"/>
+      <c r="C497"/>
+      <c r="D497"/>
+      <c r="H497"/>
+      <c r="I497"/>
+    </row>
+    <row r="498" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A498"/>
+      <c r="B498"/>
+      <c r="C498"/>
+      <c r="D498"/>
+      <c r="H498"/>
+      <c r="I498"/>
+    </row>
+    <row r="499" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A499"/>
+      <c r="B499"/>
+      <c r="C499"/>
+      <c r="D499"/>
+      <c r="H499"/>
+      <c r="I499"/>
+    </row>
+    <row r="500" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A500"/>
+      <c r="B500"/>
+      <c r="C500"/>
+      <c r="D500"/>
+      <c r="H500"/>
+      <c r="I500"/>
+    </row>
+    <row r="501" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A501"/>
+      <c r="B501"/>
+      <c r="C501"/>
+      <c r="D501"/>
+      <c r="H501"/>
+      <c r="I501"/>
+    </row>
+    <row r="502" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A502"/>
+      <c r="B502"/>
+      <c r="C502"/>
+      <c r="D502"/>
+      <c r="H502"/>
+      <c r="I502"/>
+    </row>
+    <row r="503" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A503"/>
+      <c r="B503"/>
+      <c r="C503"/>
+      <c r="D503"/>
+      <c r="H503"/>
+      <c r="I503"/>
+    </row>
+    <row r="504" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A504"/>
+      <c r="B504"/>
+      <c r="C504"/>
+      <c r="D504"/>
+      <c r="H504"/>
+      <c r="I504"/>
+    </row>
+    <row r="505" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A505"/>
+      <c r="B505"/>
+      <c r="C505"/>
+      <c r="D505"/>
+      <c r="H505"/>
+      <c r="I505"/>
+    </row>
+    <row r="506" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A506"/>
+      <c r="B506"/>
+      <c r="C506"/>
+      <c r="D506"/>
+      <c r="H506"/>
+      <c r="I506"/>
+    </row>
+    <row r="507" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A507"/>
+      <c r="B507"/>
+      <c r="C507"/>
+      <c r="D507"/>
+      <c r="H507"/>
+      <c r="I507"/>
+    </row>
+    <row r="508" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A508"/>
+      <c r="B508"/>
+      <c r="C508"/>
+      <c r="D508"/>
+      <c r="H508"/>
+      <c r="I508"/>
+    </row>
+    <row r="509" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A509"/>
+      <c r="B509"/>
+      <c r="C509"/>
+      <c r="D509"/>
+      <c r="H509"/>
+      <c r="I509"/>
+    </row>
+    <row r="510" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A510"/>
+      <c r="B510"/>
+      <c r="C510"/>
+      <c r="D510"/>
+      <c r="H510"/>
+      <c r="I510"/>
+    </row>
+    <row r="511" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A511"/>
+      <c r="B511"/>
+      <c r="C511"/>
+      <c r="D511"/>
+      <c r="H511"/>
+      <c r="I511"/>
+    </row>
+    <row r="512" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A512"/>
+      <c r="B512"/>
+      <c r="C512"/>
+      <c r="D512"/>
+      <c r="H512"/>
+      <c r="I512"/>
+    </row>
+    <row r="513" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A513"/>
+      <c r="B513"/>
+      <c r="C513"/>
+      <c r="D513"/>
+      <c r="H513"/>
+      <c r="I513"/>
+    </row>
+    <row r="514" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A514"/>
+      <c r="B514"/>
+      <c r="C514"/>
+      <c r="D514"/>
+      <c r="H514"/>
+      <c r="I514"/>
+    </row>
+    <row r="515" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A515"/>
+      <c r="B515"/>
+      <c r="C515"/>
+      <c r="D515"/>
+      <c r="H515"/>
+      <c r="I515"/>
+    </row>
+    <row r="516" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A516"/>
+      <c r="B516"/>
+      <c r="C516"/>
+      <c r="D516"/>
+      <c r="H516"/>
+      <c r="I516"/>
+    </row>
+    <row r="517" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A517"/>
+      <c r="B517"/>
+      <c r="C517"/>
+      <c r="D517"/>
+      <c r="H517"/>
+      <c r="I517"/>
+    </row>
+    <row r="518" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A518"/>
+      <c r="B518"/>
+      <c r="C518"/>
+      <c r="D518"/>
+      <c r="H518"/>
+      <c r="I518"/>
+    </row>
+    <row r="519" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A519"/>
+      <c r="B519"/>
+      <c r="C519"/>
+      <c r="D519"/>
+      <c r="H519"/>
+      <c r="I519"/>
+    </row>
+    <row r="520" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A520"/>
+      <c r="B520"/>
+      <c r="C520"/>
+      <c r="D520"/>
+      <c r="H520"/>
+      <c r="I520"/>
+    </row>
+    <row r="521" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A521"/>
+      <c r="B521"/>
+      <c r="C521"/>
+      <c r="D521"/>
+      <c r="H521"/>
+      <c r="I521"/>
+    </row>
+    <row r="522" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A522"/>
+      <c r="B522"/>
+      <c r="C522"/>
+      <c r="D522"/>
+      <c r="H522"/>
+      <c r="I522"/>
+    </row>
+    <row r="523" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A523"/>
+      <c r="B523"/>
+      <c r="C523"/>
+      <c r="D523"/>
+      <c r="H523"/>
+      <c r="I523"/>
+    </row>
+    <row r="524" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A524"/>
+      <c r="B524"/>
+      <c r="C524"/>
+      <c r="D524"/>
+      <c r="H524"/>
+      <c r="I524"/>
+    </row>
+    <row r="525" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A525"/>
+      <c r="B525"/>
+      <c r="C525"/>
+      <c r="D525"/>
+      <c r="H525"/>
+      <c r="I525"/>
+    </row>
+    <row r="526" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A526"/>
+      <c r="B526"/>
+      <c r="C526"/>
+      <c r="D526"/>
+      <c r="H526"/>
+      <c r="I526"/>
+    </row>
+    <row r="527" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A527"/>
+      <c r="B527"/>
+      <c r="C527"/>
+      <c r="D527"/>
+      <c r="H527"/>
+      <c r="I527"/>
+    </row>
+    <row r="528" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A528"/>
+      <c r="B528"/>
+      <c r="C528"/>
+      <c r="D528"/>
+      <c r="H528"/>
+      <c r="I528"/>
+    </row>
+    <row r="529" spans="1:19" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A529"/>
+      <c r="B529"/>
+      <c r="C529"/>
+      <c r="D529"/>
+      <c r="E529"/>
+      <c r="F529"/>
+      <c r="G529"/>
+      <c r="H529"/>
+      <c r="I529"/>
+      <c r="J529" s="7"/>
+      <c r="M529" s="5"/>
+      <c r="P529" s="8"/>
+      <c r="S529" s="4"/>
+    </row>
+    <row r="530" spans="1:19" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A530"/>
+      <c r="B530"/>
+      <c r="C530"/>
+      <c r="D530"/>
+      <c r="E530"/>
+      <c r="F530"/>
+      <c r="G530"/>
+      <c r="H530"/>
+      <c r="I530"/>
+      <c r="J530" s="7"/>
+      <c r="M530" s="5"/>
+      <c r="P530" s="8"/>
+      <c r="S530" s="4"/>
+    </row>
+    <row r="531" spans="1:19" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A531"/>
+      <c r="B531"/>
+      <c r="C531"/>
+      <c r="D531"/>
+      <c r="E531"/>
+      <c r="F531"/>
+      <c r="G531"/>
+      <c r="H531"/>
+      <c r="I531"/>
+      <c r="J531" s="7"/>
+      <c r="M531" s="5"/>
+      <c r="P531" s="8"/>
+      <c r="S531" s="4"/>
+    </row>
+    <row r="532" spans="1:19" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A532"/>
+      <c r="B532"/>
+      <c r="C532"/>
+      <c r="D532"/>
+      <c r="E532"/>
+      <c r="F532"/>
+      <c r="G532"/>
+      <c r="H532"/>
+      <c r="I532"/>
+      <c r="J532" s="7"/>
+      <c r="M532" s="5"/>
+      <c r="P532" s="8"/>
+      <c r="S532" s="4"/>
+    </row>
+    <row r="533" spans="1:19" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A533"/>
+      <c r="B533"/>
+      <c r="C533"/>
+      <c r="D533"/>
+      <c r="E533"/>
+      <c r="F533"/>
+      <c r="G533"/>
+      <c r="H533"/>
+      <c r="I533"/>
+      <c r="J533" s="7"/>
+      <c r="M533" s="5"/>
+      <c r="P533" s="8"/>
+      <c r="S533" s="4"/>
+    </row>
+    <row r="534" spans="1:19" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A534"/>
+      <c r="B534"/>
+      <c r="C534"/>
+      <c r="D534"/>
+      <c r="E534"/>
+      <c r="F534"/>
+      <c r="G534"/>
+      <c r="H534"/>
+      <c r="I534"/>
+      <c r="J534" s="7"/>
+      <c r="M534" s="5"/>
+      <c r="P534" s="8"/>
+      <c r="S534" s="4"/>
+    </row>
+    <row r="535" spans="1:19" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A535"/>
+      <c r="B535"/>
+      <c r="C535"/>
+      <c r="D535"/>
+      <c r="E535"/>
+      <c r="F535"/>
+      <c r="G535"/>
+      <c r="H535"/>
+      <c r="I535"/>
+      <c r="J535" s="7"/>
+      <c r="M535" s="5"/>
+      <c r="P535" s="8"/>
+      <c r="S535" s="4"/>
+    </row>
+    <row r="536" spans="1:19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="S536" s="12"/>
+    </row>
+    <row r="537" spans="1:19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="S537" s="12"/>
+    </row>
+    <row r="538" spans="1:19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="S538" s="12"/>
+    </row>
+    <row r="539" spans="1:19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="S539" s="12"/>
+    </row>
+    <row r="540" spans="1:19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="S540" s="12"/>
+    </row>
+    <row r="541" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A541"/>
+      <c r="B541"/>
+      <c r="C541"/>
+      <c r="D541"/>
+      <c r="H541"/>
+      <c r="I541"/>
+      <c r="J541"/>
+    </row>
+    <row r="542" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A542"/>
+      <c r="B542"/>
+      <c r="C542"/>
+      <c r="D542"/>
+      <c r="H542"/>
+      <c r="I542"/>
+      <c r="J542"/>
+    </row>
+    <row r="543" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A543"/>
+      <c r="B543"/>
+      <c r="C543"/>
+      <c r="D543"/>
+      <c r="H543"/>
+      <c r="I543"/>
+      <c r="J543"/>
+    </row>
+    <row r="544" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A544"/>
+      <c r="B544"/>
+      <c r="C544"/>
+      <c r="D544"/>
+      <c r="H544"/>
+      <c r="I544"/>
+      <c r="J544"/>
+      <c r="L544"/>
     </row>
   </sheetData>
-  <sortState ref="A2:F52">
-[...3 lines deleted...]
-  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Public_Credit</vt:lpstr>
       <vt:lpstr>Public_Noncredit</vt:lpstr>
-      <vt:lpstr>Public_Credit</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gard, Lisa [IDOE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>