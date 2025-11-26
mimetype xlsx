--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,62 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20404"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20416"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\My Drive\Every Student Succeeds Act\Title IV, Part B\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jcollin\Desktop\RFA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5F2BEC61-6CFA-4A0F-A4CF-2223A6722738}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{789D92C1-44BF-4AF6-A2BB-230F22322D34}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="10380" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Year 1" sheetId="12" r:id="rId1"/>
     <sheet name="Year 2" sheetId="11" r:id="rId2"/>
     <sheet name="Year 3" sheetId="10" r:id="rId3"/>
     <sheet name="Year 4" sheetId="13" r:id="rId4"/>
     <sheet name="Year 5" sheetId="15" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F39" i="15" l="1"/>
   <c r="E39" i="15"/>
   <c r="D39" i="15"/>
   <c r="H39" i="15" s="1"/>
   <c r="C39" i="15"/>
   <c r="G39" i="15" s="1"/>
@@ -76,102 +80,102 @@
   <c r="K34" i="15" s="1"/>
   <c r="H34" i="15"/>
   <c r="G34" i="15"/>
   <c r="I33" i="15"/>
   <c r="K33" i="15" s="1"/>
   <c r="H33" i="15"/>
   <c r="G33" i="15"/>
   <c r="I32" i="15"/>
   <c r="K32" i="15" s="1"/>
   <c r="H32" i="15"/>
   <c r="G32" i="15"/>
   <c r="I31" i="15"/>
   <c r="K31" i="15" s="1"/>
   <c r="H31" i="15"/>
   <c r="G31" i="15"/>
   <c r="J29" i="15"/>
   <c r="I29" i="15"/>
   <c r="K29" i="15" s="1"/>
   <c r="H29" i="15"/>
   <c r="G29" i="15"/>
   <c r="J28" i="15"/>
   <c r="I28" i="15"/>
   <c r="H28" i="15"/>
   <c r="G28" i="15"/>
   <c r="J27" i="15"/>
+  <c r="K27" i="15" s="1"/>
   <c r="I27" i="15"/>
-  <c r="K27" i="15" s="1"/>
   <c r="H27" i="15"/>
   <c r="G27" i="15"/>
   <c r="J26" i="15"/>
   <c r="I26" i="15"/>
   <c r="K26" i="15" s="1"/>
   <c r="H26" i="15"/>
   <c r="G26" i="15"/>
   <c r="J24" i="15"/>
   <c r="I24" i="15"/>
   <c r="K24" i="15" s="1"/>
   <c r="H24" i="15"/>
   <c r="G24" i="15"/>
   <c r="J23" i="15"/>
   <c r="I23" i="15"/>
   <c r="H23" i="15"/>
   <c r="G23" i="15"/>
   <c r="J22" i="15"/>
   <c r="K22" i="15" s="1"/>
   <c r="I22" i="15"/>
   <c r="H22" i="15"/>
   <c r="G22" i="15"/>
   <c r="J21" i="15"/>
   <c r="I21" i="15"/>
   <c r="H21" i="15"/>
   <c r="G21" i="15"/>
   <c r="J20" i="15"/>
   <c r="I20" i="15"/>
   <c r="H20" i="15"/>
   <c r="G20" i="15"/>
   <c r="J18" i="15"/>
   <c r="J39" i="15" s="1"/>
   <c r="I18" i="15"/>
   <c r="H18" i="15"/>
   <c r="G18" i="15"/>
   <c r="K17" i="15"/>
   <c r="J17" i="15"/>
   <c r="I17" i="15"/>
   <c r="H17" i="15"/>
   <c r="G17" i="15"/>
   <c r="J16" i="15"/>
   <c r="I16" i="15"/>
-  <c r="K16" i="15" s="1"/>
   <c r="H16" i="15"/>
   <c r="G16" i="15"/>
   <c r="J15" i="15"/>
   <c r="I15" i="15"/>
   <c r="K15" i="15" s="1"/>
   <c r="H15" i="15"/>
   <c r="G15" i="15"/>
   <c r="J14" i="15"/>
+  <c r="K14" i="15" s="1"/>
   <c r="I14" i="15"/>
   <c r="H14" i="15"/>
   <c r="G14" i="15"/>
   <c r="J13" i="15"/>
   <c r="I13" i="15"/>
   <c r="K13" i="15" s="1"/>
   <c r="H13" i="15"/>
   <c r="G13" i="15"/>
   <c r="F39" i="13"/>
   <c r="E39" i="13"/>
   <c r="D39" i="13"/>
   <c r="H39" i="13" s="1"/>
   <c r="C39" i="13"/>
   <c r="G39" i="13" s="1"/>
   <c r="I38" i="13"/>
   <c r="K38" i="13" s="1"/>
   <c r="H38" i="13"/>
   <c r="G38" i="13"/>
   <c r="I37" i="13"/>
   <c r="K37" i="13" s="1"/>
   <c r="H37" i="13"/>
   <c r="G37" i="13"/>
   <c r="I36" i="13"/>
   <c r="K36" i="13" s="1"/>
   <c r="H36" i="13"/>
@@ -180,75 +184,74 @@
   <c r="K34" i="13" s="1"/>
   <c r="H34" i="13"/>
   <c r="G34" i="13"/>
   <c r="I33" i="13"/>
   <c r="K33" i="13" s="1"/>
   <c r="H33" i="13"/>
   <c r="G33" i="13"/>
   <c r="I32" i="13"/>
   <c r="K32" i="13" s="1"/>
   <c r="H32" i="13"/>
   <c r="G32" i="13"/>
   <c r="I31" i="13"/>
   <c r="K31" i="13" s="1"/>
   <c r="H31" i="13"/>
   <c r="G31" i="13"/>
   <c r="J29" i="13"/>
   <c r="I29" i="13"/>
   <c r="K29" i="13" s="1"/>
   <c r="H29" i="13"/>
   <c r="G29" i="13"/>
   <c r="J28" i="13"/>
   <c r="I28" i="13"/>
   <c r="H28" i="13"/>
   <c r="G28" i="13"/>
   <c r="J27" i="13"/>
+  <c r="K27" i="13" s="1"/>
   <c r="I27" i="13"/>
-  <c r="K27" i="13" s="1"/>
   <c r="H27" i="13"/>
   <c r="G27" i="13"/>
   <c r="J26" i="13"/>
   <c r="I26" i="13"/>
   <c r="H26" i="13"/>
   <c r="G26" i="13"/>
   <c r="J24" i="13"/>
   <c r="I24" i="13"/>
   <c r="H24" i="13"/>
   <c r="G24" i="13"/>
   <c r="J23" i="13"/>
   <c r="K23" i="13" s="1"/>
   <c r="I23" i="13"/>
   <c r="H23" i="13"/>
   <c r="G23" i="13"/>
   <c r="K22" i="13"/>
   <c r="J22" i="13"/>
   <c r="I22" i="13"/>
   <c r="H22" i="13"/>
   <c r="G22" i="13"/>
   <c r="J21" i="13"/>
   <c r="I21" i="13"/>
-  <c r="K21" i="13" s="1"/>
   <c r="H21" i="13"/>
   <c r="G21" i="13"/>
   <c r="J20" i="13"/>
   <c r="I20" i="13"/>
   <c r="K20" i="13" s="1"/>
   <c r="H20" i="13"/>
   <c r="G20" i="13"/>
   <c r="J18" i="13"/>
   <c r="I18" i="13"/>
   <c r="H18" i="13"/>
   <c r="G18" i="13"/>
   <c r="J17" i="13"/>
   <c r="I17" i="13"/>
   <c r="K17" i="13" s="1"/>
   <c r="H17" i="13"/>
   <c r="G17" i="13"/>
   <c r="J16" i="13"/>
   <c r="I16" i="13"/>
   <c r="K16" i="13" s="1"/>
   <c r="H16" i="13"/>
   <c r="G16" i="13"/>
   <c r="J15" i="13"/>
   <c r="I15" i="13"/>
   <c r="K15" i="13" s="1"/>
   <c r="H15" i="13"/>
@@ -275,96 +278,96 @@
   <c r="I37" i="12"/>
   <c r="K37" i="12" s="1"/>
   <c r="H37" i="12"/>
   <c r="G37" i="12"/>
   <c r="I36" i="12"/>
   <c r="K36" i="12" s="1"/>
   <c r="H36" i="12"/>
   <c r="G36" i="12"/>
   <c r="I34" i="12"/>
   <c r="K34" i="12" s="1"/>
   <c r="H34" i="12"/>
   <c r="G34" i="12"/>
   <c r="I33" i="12"/>
   <c r="K33" i="12" s="1"/>
   <c r="H33" i="12"/>
   <c r="G33" i="12"/>
   <c r="I32" i="12"/>
   <c r="K32" i="12" s="1"/>
   <c r="H32" i="12"/>
   <c r="G32" i="12"/>
   <c r="I31" i="12"/>
   <c r="K31" i="12" s="1"/>
   <c r="H31" i="12"/>
   <c r="G31" i="12"/>
   <c r="J29" i="12"/>
+  <c r="K29" i="12" s="1"/>
   <c r="I29" i="12"/>
-  <c r="K29" i="12" s="1"/>
   <c r="H29" i="12"/>
   <c r="G29" i="12"/>
   <c r="J28" i="12"/>
   <c r="I28" i="12"/>
   <c r="H28" i="12"/>
   <c r="G28" i="12"/>
   <c r="J27" i="12"/>
   <c r="I27" i="12"/>
   <c r="H27" i="12"/>
   <c r="G27" i="12"/>
   <c r="J26" i="12"/>
   <c r="I26" i="12"/>
   <c r="H26" i="12"/>
   <c r="G26" i="12"/>
   <c r="K24" i="12"/>
   <c r="J24" i="12"/>
   <c r="I24" i="12"/>
   <c r="H24" i="12"/>
   <c r="G24" i="12"/>
   <c r="J23" i="12"/>
   <c r="I23" i="12"/>
   <c r="H23" i="12"/>
   <c r="G23" i="12"/>
   <c r="J22" i="12"/>
   <c r="I22" i="12"/>
   <c r="K22" i="12" s="1"/>
   <c r="H22" i="12"/>
   <c r="G22" i="12"/>
   <c r="J21" i="12"/>
   <c r="I21" i="12"/>
-  <c r="K21" i="12" s="1"/>
   <c r="H21" i="12"/>
   <c r="G21" i="12"/>
   <c r="J20" i="12"/>
   <c r="I20" i="12"/>
   <c r="K20" i="12" s="1"/>
   <c r="H20" i="12"/>
   <c r="G20" i="12"/>
   <c r="J18" i="12"/>
   <c r="I18" i="12"/>
   <c r="H18" i="12"/>
   <c r="G18" i="12"/>
   <c r="J17" i="12"/>
   <c r="I17" i="12"/>
+  <c r="K17" i="12" s="1"/>
   <c r="H17" i="12"/>
   <c r="G17" i="12"/>
   <c r="J16" i="12"/>
   <c r="I16" i="12"/>
   <c r="K16" i="12" s="1"/>
   <c r="H16" i="12"/>
   <c r="G16" i="12"/>
   <c r="J15" i="12"/>
   <c r="I15" i="12"/>
   <c r="K15" i="12" s="1"/>
   <c r="H15" i="12"/>
   <c r="G15" i="12"/>
   <c r="J14" i="12"/>
   <c r="I14" i="12"/>
   <c r="K14" i="12" s="1"/>
   <c r="H14" i="12"/>
   <c r="G14" i="12"/>
   <c r="J13" i="12"/>
   <c r="I13" i="12"/>
   <c r="K13" i="12" s="1"/>
   <c r="H13" i="12"/>
   <c r="G13" i="12"/>
   <c r="F39" i="11"/>
   <c r="E39" i="11"/>
   <c r="D39" i="11"/>
@@ -393,59 +396,59 @@
   <c r="G33" i="11"/>
   <c r="I32" i="11"/>
   <c r="K32" i="11" s="1"/>
   <c r="H32" i="11"/>
   <c r="G32" i="11"/>
   <c r="I31" i="11"/>
   <c r="K31" i="11" s="1"/>
   <c r="H31" i="11"/>
   <c r="G31" i="11"/>
   <c r="J29" i="11"/>
   <c r="I29" i="11"/>
   <c r="H29" i="11"/>
   <c r="G29" i="11"/>
   <c r="J28" i="11"/>
   <c r="K28" i="11" s="1"/>
   <c r="I28" i="11"/>
   <c r="H28" i="11"/>
   <c r="G28" i="11"/>
   <c r="K27" i="11"/>
   <c r="J27" i="11"/>
   <c r="I27" i="11"/>
   <c r="H27" i="11"/>
   <c r="G27" i="11"/>
   <c r="J26" i="11"/>
   <c r="I26" i="11"/>
-  <c r="K26" i="11" s="1"/>
   <c r="H26" i="11"/>
   <c r="G26" i="11"/>
   <c r="J24" i="11"/>
   <c r="I24" i="11"/>
   <c r="K24" i="11" s="1"/>
   <c r="H24" i="11"/>
   <c r="G24" i="11"/>
   <c r="J23" i="11"/>
+  <c r="K23" i="11" s="1"/>
   <c r="I23" i="11"/>
   <c r="H23" i="11"/>
   <c r="G23" i="11"/>
   <c r="J22" i="11"/>
   <c r="I22" i="11"/>
   <c r="K22" i="11" s="1"/>
   <c r="H22" i="11"/>
   <c r="G22" i="11"/>
   <c r="J21" i="11"/>
   <c r="I21" i="11"/>
   <c r="K21" i="11" s="1"/>
   <c r="H21" i="11"/>
   <c r="G21" i="11"/>
   <c r="J20" i="11"/>
   <c r="I20" i="11"/>
   <c r="K20" i="11" s="1"/>
   <c r="H20" i="11"/>
   <c r="G20" i="11"/>
   <c r="J18" i="11"/>
   <c r="I18" i="11"/>
   <c r="H18" i="11"/>
   <c r="G18" i="11"/>
   <c r="J17" i="11"/>
   <c r="I17" i="11"/>
   <c r="K17" i="11" s="1"/>
@@ -492,169 +495,167 @@
   <c r="G28" i="10"/>
   <c r="G29" i="10"/>
   <c r="G26" i="10"/>
   <c r="H21" i="10"/>
   <c r="H22" i="10"/>
   <c r="H23" i="10"/>
   <c r="H24" i="10"/>
   <c r="H20" i="10"/>
   <c r="G21" i="10"/>
   <c r="G22" i="10"/>
   <c r="G23" i="10"/>
   <c r="G24" i="10"/>
   <c r="G20" i="10"/>
   <c r="H14" i="10"/>
   <c r="H15" i="10"/>
   <c r="H16" i="10"/>
   <c r="H17" i="10"/>
   <c r="H18" i="10"/>
   <c r="H13" i="10"/>
   <c r="G14" i="10"/>
   <c r="G15" i="10"/>
   <c r="G16" i="10"/>
   <c r="G17" i="10"/>
   <c r="G18" i="10"/>
   <c r="G13" i="10"/>
-  <c r="K17" i="12" l="1"/>
+  <c r="K28" i="13" l="1"/>
+  <c r="K23" i="15"/>
+  <c r="K28" i="15"/>
+  <c r="K29" i="11"/>
+  <c r="K27" i="12"/>
+  <c r="K24" i="13"/>
+  <c r="K20" i="15"/>
+  <c r="K14" i="11"/>
   <c r="I39" i="12"/>
-  <c r="K28" i="13"/>
-[...1 lines deleted...]
-  <c r="K14" i="11"/>
   <c r="J39" i="11"/>
+  <c r="K26" i="11"/>
   <c r="J39" i="12"/>
-  <c r="K39" i="12" s="1"/>
+  <c r="K21" i="12"/>
   <c r="K23" i="12"/>
   <c r="K14" i="13"/>
-  <c r="K28" i="15"/>
-[...1 lines deleted...]
-  <c r="K29" i="11"/>
+  <c r="K21" i="13"/>
+  <c r="K16" i="15"/>
   <c r="K26" i="12"/>
-  <c r="K27" i="12"/>
   <c r="K28" i="12"/>
   <c r="J39" i="13"/>
-  <c r="K24" i="13"/>
   <c r="K26" i="13"/>
-  <c r="K14" i="15"/>
-  <c r="K20" i="15"/>
   <c r="K21" i="15"/>
   <c r="K18" i="15"/>
   <c r="I39" i="15"/>
   <c r="K39" i="15" s="1"/>
   <c r="K18" i="13"/>
   <c r="I39" i="13"/>
+  <c r="K39" i="13" s="1"/>
+  <c r="K39" i="12"/>
   <c r="K18" i="12"/>
   <c r="K18" i="11"/>
   <c r="I39" i="11"/>
   <c r="K39" i="11" s="1"/>
   <c r="F39" i="10"/>
   <c r="E39" i="10"/>
   <c r="D39" i="10"/>
   <c r="H39" i="10" s="1"/>
   <c r="C39" i="10"/>
   <c r="G39" i="10" s="1"/>
+  <c r="K38" i="10"/>
   <c r="I38" i="10"/>
-  <c r="K38" i="10" s="1"/>
-  <c r="K37" i="10"/>
   <c r="I37" i="10"/>
+  <c r="K37" i="10" s="1"/>
   <c r="I36" i="10"/>
   <c r="K36" i="10" s="1"/>
-  <c r="K34" i="10"/>
   <c r="I34" i="10"/>
+  <c r="K34" i="10" s="1"/>
+  <c r="K33" i="10"/>
   <c r="I33" i="10"/>
-  <c r="K33" i="10" s="1"/>
-  <c r="K32" i="10"/>
   <c r="I32" i="10"/>
+  <c r="K32" i="10" s="1"/>
   <c r="I31" i="10"/>
   <c r="K31" i="10" s="1"/>
   <c r="J29" i="10"/>
   <c r="I29" i="10"/>
+  <c r="K29" i="10" s="1"/>
   <c r="J28" i="10"/>
   <c r="I28" i="10"/>
-  <c r="K28" i="10" s="1"/>
-  <c r="K27" i="10"/>
   <c r="J27" i="10"/>
   <c r="I27" i="10"/>
+  <c r="K27" i="10" s="1"/>
   <c r="J26" i="10"/>
   <c r="I26" i="10"/>
-  <c r="K26" i="10" s="1"/>
   <c r="J24" i="10"/>
   <c r="I24" i="10"/>
+  <c r="K24" i="10" s="1"/>
   <c r="J23" i="10"/>
   <c r="I23" i="10"/>
   <c r="K23" i="10" s="1"/>
   <c r="J22" i="10"/>
   <c r="I22" i="10"/>
   <c r="K22" i="10" s="1"/>
   <c r="J21" i="10"/>
   <c r="I21" i="10"/>
+  <c r="K21" i="10" s="1"/>
   <c r="J20" i="10"/>
   <c r="I20" i="10"/>
-  <c r="K20" i="10" s="1"/>
   <c r="J18" i="10"/>
-  <c r="J39" i="10" s="1"/>
   <c r="I18" i="10"/>
+  <c r="K18" i="10" s="1"/>
   <c r="J17" i="10"/>
+  <c r="K17" i="10" s="1"/>
   <c r="I17" i="10"/>
-  <c r="K17" i="10" s="1"/>
   <c r="J16" i="10"/>
   <c r="I16" i="10"/>
+  <c r="K16" i="10" s="1"/>
   <c r="J15" i="10"/>
   <c r="I15" i="10"/>
   <c r="K15" i="10" s="1"/>
   <c r="J14" i="10"/>
   <c r="I14" i="10"/>
   <c r="K14" i="10" s="1"/>
+  <c r="K13" i="10"/>
   <c r="J13" i="10"/>
-  <c r="K13" i="10" s="1"/>
   <c r="I13" i="10"/>
-  <c r="K16" i="10" l="1"/>
-[...4 lines deleted...]
-  <c r="K39" i="13"/>
+  <c r="J39" i="10" l="1"/>
+  <c r="K20" i="10"/>
+  <c r="K28" i="10"/>
+  <c r="K26" i="10"/>
   <c r="I39" i="10"/>
   <c r="K39" i="10" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="317" uniqueCount="74">
   <si>
     <t>Year 1</t>
   </si>
   <si>
     <t>Year 2</t>
   </si>
   <si>
     <t>Year 3</t>
   </si>
   <si>
     <t>Budget Category</t>
-  </si>
-[...1 lines deleted...]
-    <t>2021-2022</t>
   </si>
   <si>
     <t>Program:</t>
   </si>
   <si>
     <t>Personnel</t>
   </si>
   <si>
     <t>Contracted Services</t>
   </si>
   <si>
     <t>Materials &amp; Supplies</t>
   </si>
   <si>
     <t>After School Snacks &amp; Meals</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Subtotal - Program</t>
   </si>
   <si>
     <t>Subtotal - Professional Development</t>
   </si>
@@ -804,156 +805,162 @@
     <t>Partner Family
 Literacy</t>
   </si>
   <si>
     <t>Student Program</t>
   </si>
   <si>
     <t>Family Literacy</t>
   </si>
   <si>
     <t>Total YR1</t>
   </si>
   <si>
     <t>YR1</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>IOWA DEPARTMENT OF EDUCATION</t>
   </si>
   <si>
     <t>Total 21CCLC Request YR 1:</t>
   </si>
   <si>
-    <t>FORM D3: CUMULATIVE PROGRAM BUDGET</t>
-[...1 lines deleted...]
-  <si>
     <t>TOTAL PROGRAM BUDGET INCLUDING 21CCLC FUNDS AND PARTNER CONTRIBUTIONS*</t>
   </si>
   <si>
     <t>Indirect Costs, Restricted**</t>
   </si>
   <si>
     <t>**Indirect costs limited to school district rate - Nonprofits and other non-public school entities should use the rate of the district they are serving</t>
   </si>
   <si>
     <t>*Both cash and in-kind partner contributions should be used to calculate the "Partner" amounts</t>
   </si>
   <si>
     <t># Students Served YR1:</t>
   </si>
   <si>
     <t>Total 21CCLC Request YR 2:</t>
   </si>
   <si>
     <t># Students Served YR2:</t>
   </si>
   <si>
     <t>YR2</t>
   </si>
   <si>
     <t>Total YR2</t>
   </si>
   <si>
     <t># Students Served YR3:</t>
   </si>
   <si>
-    <t>2022-2023</t>
-[...1 lines deleted...]
-  <si>
     <t>YR3</t>
   </si>
   <si>
     <t>Total YR3</t>
   </si>
   <si>
     <t>Total 21CCLC Request YR 3:</t>
   </si>
   <si>
     <t>Total 21CCLC Request YR 4:</t>
   </si>
   <si>
     <t># Students Served YR4:</t>
   </si>
   <si>
     <t>Year 4</t>
-  </si>
-[...1 lines deleted...]
-    <t>2023-2024</t>
   </si>
   <si>
     <t>YR4</t>
   </si>
   <si>
     <t>Total YR4</t>
   </si>
   <si>
     <t>21CCLC</t>
   </si>
   <si>
     <t>Partner</t>
   </si>
   <si>
     <t xml:space="preserve">AGENCY: </t>
   </si>
   <si>
     <t>NUMBER OF SITES:</t>
   </si>
   <si>
     <t>AGENCY ADDRESS:</t>
   </si>
   <si>
     <t>***ONLY SUBMIT YR 1 WITH GRANT APPLICATION***</t>
   </si>
   <si>
     <t>Total 21CCLC Request YR 5:</t>
   </si>
   <si>
     <t># Students Served YR5:</t>
   </si>
   <si>
     <t>Year 5</t>
   </si>
   <si>
-    <t>2024-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>YR5</t>
   </si>
   <si>
     <t>Total YR5</t>
   </si>
   <si>
     <t>***This form should be completed once with all sites included.***</t>
   </si>
   <si>
-    <t>2025-2026</t>
+    <t>FORM D2: CUMULATIVE PROGRAM BUDGET</t>
   </si>
   <si>
-    <t>FORM D2 Planning Budget</t>
+    <t>2026-27</t>
+  </si>
+  <si>
+    <t>2027-28</t>
+  </si>
+  <si>
+    <t>2028-29</t>
+  </si>
+  <si>
+    <t>2029-30</t>
+  </si>
+  <si>
+    <t>FORM D2:CUMULATIVE PROGRAM BUDGET</t>
+  </si>
+  <si>
+    <t>2030-31</t>
+  </si>
+  <si>
+    <t>(Reminder: Years 4 &amp; 5 funding reduced by 25%)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;\ \ \ #,##0.00"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2501,51 +2508,51 @@
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="197">
+  <cellXfs count="203">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="4" applyFont="1"/>
     <xf numFmtId="44" fontId="8" fillId="2" borderId="18" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" fontId="8" fillId="2" borderId="19" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -2895,50 +2902,68 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="95" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="88" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="89" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="90" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="95" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Input" xfId="3" builtinId="20"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Sheet1" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="25">
     <dxf>
       <font>
         <color theme="5"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -3174,51 +3199,51 @@
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF375623"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3462,1120 +3487,1118 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O41"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C10" sqref="C10:F10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="25.85546875" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="12" max="12" width="6.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7.21875" customWidth="1"/>
+    <col min="5" max="6" width="6.77734375" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="6.77734375" customWidth="1"/>
+    <col min="9" max="9" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.21875" customWidth="1"/>
+    <col min="11" max="11" width="12.44140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.77734375" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="7" customWidth="1"/>
-    <col min="15" max="15" width="14.5703125" style="43" customWidth="1"/>
+    <col min="15" max="15" width="14.5546875" style="43" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="78" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B1" s="79"/>
       <c r="C1" s="80"/>
       <c r="D1" s="182"/>
       <c r="E1" s="183"/>
       <c r="F1" s="184"/>
       <c r="G1" s="185" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="H1" s="186"/>
       <c r="I1" s="186"/>
       <c r="J1" s="186"/>
       <c r="K1" s="186"/>
       <c r="L1" s="140"/>
       <c r="M1" s="140"/>
       <c r="N1" s="140"/>
       <c r="O1" s="140"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="81" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B2" s="82"/>
       <c r="C2" s="83"/>
       <c r="D2" s="187" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E2" s="188"/>
       <c r="F2" s="189"/>
       <c r="G2" s="190" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H2" s="191"/>
       <c r="I2" s="191"/>
       <c r="J2" s="191"/>
       <c r="K2" s="191"/>
       <c r="L2" s="141"/>
       <c r="M2" s="141"/>
       <c r="N2" s="141"/>
       <c r="O2" s="141"/>
     </row>
-    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="139" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B3" s="84"/>
       <c r="C3" s="85"/>
       <c r="D3" s="192" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E3" s="193"/>
       <c r="F3" s="194"/>
       <c r="G3" s="195" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H3" s="196"/>
       <c r="I3" s="196"/>
       <c r="J3" s="196"/>
       <c r="K3" s="196"/>
       <c r="L3" s="141"/>
       <c r="M3" s="141"/>
       <c r="N3" s="141"/>
       <c r="O3" s="141"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="86" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B4" s="82"/>
       <c r="C4" s="83"/>
       <c r="D4" s="87"/>
       <c r="E4" s="88"/>
       <c r="F4" s="76"/>
       <c r="G4" s="76"/>
       <c r="H4" s="76"/>
       <c r="I4" s="89"/>
       <c r="J4" s="89"/>
       <c r="K4" s="89"/>
       <c r="L4" s="89"/>
       <c r="M4" s="89"/>
       <c r="N4" s="89"/>
       <c r="O4" s="90"/>
     </row>
-    <row r="5" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="91"/>
       <c r="B5" s="92"/>
       <c r="C5" s="93"/>
       <c r="D5" s="94"/>
       <c r="E5" s="88"/>
       <c r="F5" s="142" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G5" s="76"/>
       <c r="H5" s="76"/>
       <c r="I5" s="95"/>
       <c r="J5" s="95"/>
       <c r="K5" s="95"/>
       <c r="L5" s="76"/>
       <c r="M5" s="8"/>
       <c r="N5" s="95"/>
       <c r="O5" s="76"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="96"/>
-      <c r="B6" s="97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="154" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G6" s="97"/>
       <c r="H6" s="97"/>
       <c r="I6" s="8"/>
       <c r="J6" s="97"/>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="97"/>
       <c r="O6" s="97"/>
     </row>
-    <row r="7" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="98"/>
       <c r="B7" s="97"/>
       <c r="C7" s="97"/>
       <c r="D7" s="97"/>
       <c r="E7" s="97"/>
       <c r="F7" s="97"/>
       <c r="G7" s="97"/>
       <c r="H7" s="97"/>
       <c r="I7" s="8"/>
       <c r="J7" s="97"/>
       <c r="K7" s="97"/>
       <c r="L7" s="97"/>
       <c r="M7" s="97"/>
       <c r="N7" s="97"/>
       <c r="O7" s="97"/>
     </row>
-    <row r="8" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="168" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B8" s="169"/>
       <c r="C8" s="169"/>
       <c r="D8" s="169"/>
       <c r="E8" s="170"/>
       <c r="F8" s="99"/>
       <c r="G8" s="137"/>
       <c r="H8" s="137"/>
       <c r="I8" s="8"/>
       <c r="J8" s="97"/>
       <c r="K8" s="97"/>
       <c r="L8" s="97"/>
       <c r="M8" s="97"/>
       <c r="N8" s="171"/>
       <c r="O8" s="171"/>
     </row>
-    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="172"/>
       <c r="B9" s="173"/>
       <c r="C9" s="174" t="s">
         <v>0</v>
       </c>
       <c r="D9" s="175"/>
       <c r="E9" s="175"/>
       <c r="F9" s="176"/>
       <c r="G9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K9" s="71" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="O9"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="177" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="178"/>
       <c r="C10" s="179" t="s">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="D10" s="180"/>
       <c r="E10" s="180"/>
       <c r="F10" s="181"/>
       <c r="G10" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="K10" s="64" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O10"/>
     </row>
-    <row r="11" spans="1:15" ht="36.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="36.6" x14ac:dyDescent="0.3">
       <c r="A11" s="157"/>
       <c r="B11" s="158"/>
       <c r="C11" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="D11" s="31" t="s">
+      <c r="E11" s="62" t="s">
         <v>27</v>
       </c>
-      <c r="E11" s="62" t="s">
+      <c r="F11" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F11" s="5" t="s">
+      <c r="G11" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="I11" s="42" t="s">
         <v>29</v>
       </c>
-      <c r="G11" s="138" t="s">
-[...5 lines deleted...]
-      <c r="I11" s="42" t="s">
+      <c r="J11" s="42" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K11" s="65"/>
       <c r="O11"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="15" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="135"/>
       <c r="D12" s="33"/>
       <c r="E12" s="136"/>
       <c r="F12" s="136"/>
       <c r="G12" s="136"/>
       <c r="H12" s="136"/>
       <c r="I12" s="41"/>
       <c r="J12" s="41"/>
       <c r="K12" s="63"/>
       <c r="O12"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="34"/>
       <c r="E13" s="44"/>
       <c r="F13" s="45"/>
       <c r="G13" s="134">
         <f>SUM(C13+E13)</f>
         <v>0</v>
       </c>
       <c r="H13" s="132">
         <f>SUM(D13+F13)</f>
         <v>0</v>
       </c>
       <c r="I13" s="109">
         <f>SUM(C13:D13)</f>
         <v>0</v>
       </c>
       <c r="J13" s="26">
         <f>SUM(E13:F13)</f>
         <v>0</v>
       </c>
       <c r="K13" s="103">
         <f>SUM(I13+J13)</f>
         <v>0</v>
       </c>
       <c r="O13"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C14" s="10"/>
       <c r="D14" s="35"/>
       <c r="E14" s="49"/>
       <c r="F14" s="46"/>
       <c r="G14" s="134">
         <f t="shared" ref="G14:G18" si="0">SUM(C14+E14)</f>
         <v>0</v>
       </c>
       <c r="H14" s="132">
         <f t="shared" ref="H14:H18" si="1">SUM(D14+F14)</f>
         <v>0</v>
       </c>
       <c r="I14" s="109">
         <f t="shared" ref="I14:I18" si="2">SUM(C14:D14)</f>
         <v>0</v>
       </c>
       <c r="J14" s="60">
         <f t="shared" ref="J14:J18" si="3">SUM(E14:F14)</f>
         <v>0</v>
       </c>
       <c r="K14" s="103">
         <f t="shared" ref="K14:K18" si="4">SUM(I14+J14)</f>
         <v>0</v>
       </c>
       <c r="O14"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C15" s="10"/>
       <c r="D15" s="35"/>
       <c r="E15" s="49"/>
       <c r="F15" s="46"/>
       <c r="G15" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H15" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I15" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J15" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K15" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O15"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C16" s="10"/>
       <c r="D16" s="35"/>
       <c r="E16" s="49"/>
       <c r="F16" s="35"/>
       <c r="G16" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H16" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I16" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J16" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K16" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O16"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C17" s="11"/>
       <c r="D17" s="36"/>
       <c r="E17" s="50"/>
       <c r="F17" s="47"/>
       <c r="G17" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H17" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I17" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J17" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K17" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O17"/>
     </row>
-    <row r="18" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="17" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B18" s="13"/>
       <c r="C18" s="14"/>
       <c r="D18" s="32"/>
       <c r="E18" s="51"/>
       <c r="F18" s="48"/>
       <c r="G18" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H18" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I18" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J18" s="116">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K18" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O18"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="159" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B19" s="160"/>
       <c r="C19" s="118"/>
       <c r="D19" s="117"/>
       <c r="E19" s="117"/>
       <c r="F19" s="117"/>
       <c r="G19" s="117"/>
       <c r="H19" s="117"/>
       <c r="I19" s="113"/>
       <c r="J19" s="113"/>
       <c r="K19" s="111"/>
       <c r="O19"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C20" s="16"/>
       <c r="D20" s="37"/>
       <c r="E20" s="54"/>
       <c r="F20" s="52"/>
       <c r="G20" s="134">
         <f>SUM(C20+E20)</f>
         <v>0</v>
       </c>
       <c r="H20" s="132">
         <f>SUM(D20+F20)</f>
         <v>0</v>
       </c>
       <c r="I20" s="109">
         <f>SUM(C20:D20)</f>
         <v>0</v>
       </c>
       <c r="J20" s="60">
         <f>SUM(E20:F20)</f>
         <v>0</v>
       </c>
       <c r="K20" s="104">
         <f>SUM(I20+J20)</f>
         <v>0</v>
       </c>
       <c r="O20"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="35"/>
       <c r="E21" s="49"/>
       <c r="F21" s="46"/>
       <c r="G21" s="134">
         <f t="shared" ref="G21:H24" si="5">SUM(C21+E21)</f>
         <v>0</v>
       </c>
       <c r="H21" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I21" s="109">
         <f t="shared" ref="I21:I24" si="6">SUM(C21:D21)</f>
         <v>0</v>
       </c>
       <c r="J21" s="60">
         <f t="shared" ref="J21:J24" si="7">SUM(E21:F21)</f>
         <v>0</v>
       </c>
       <c r="K21" s="105">
         <f t="shared" ref="K21:K24" si="8">SUM(I21+J21)</f>
         <v>0</v>
       </c>
       <c r="O21"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C22" s="10"/>
       <c r="D22" s="35"/>
       <c r="E22" s="49"/>
       <c r="F22" s="46"/>
       <c r="G22" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H22" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I22" s="109">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J22" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K22" s="105">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O22"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C23" s="11"/>
       <c r="D23" s="36"/>
       <c r="E23" s="50"/>
       <c r="F23" s="47"/>
       <c r="G23" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H23" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I23" s="109">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J23" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K23" s="105">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O23"/>
     </row>
-    <row r="24" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="161" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B24" s="162"/>
       <c r="C24" s="14"/>
       <c r="D24" s="38"/>
       <c r="E24" s="55"/>
       <c r="F24" s="53"/>
       <c r="G24" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H24" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I24" s="110">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J24" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K24" s="106">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O24"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="163" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25" s="164"/>
       <c r="C25" s="18"/>
       <c r="D25" s="39"/>
       <c r="E25" s="39"/>
       <c r="F25" s="39"/>
       <c r="G25" s="39"/>
       <c r="H25" s="39"/>
       <c r="I25" s="113"/>
       <c r="J25" s="113"/>
       <c r="K25" s="111"/>
       <c r="O25"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="37"/>
       <c r="E26" s="56"/>
       <c r="F26" s="52"/>
       <c r="G26" s="134">
         <f>SUM(C26+E26)</f>
         <v>0</v>
       </c>
       <c r="H26" s="132">
         <f>SUM(D26+F26)</f>
         <v>0</v>
       </c>
       <c r="I26" s="109">
         <f>SUM(C26:D26)</f>
         <v>0</v>
       </c>
       <c r="J26" s="60">
         <f>SUM(E26:F26)</f>
         <v>0</v>
       </c>
       <c r="K26" s="104">
         <f>SUM(I26+J26)</f>
         <v>0</v>
       </c>
       <c r="O26"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="35"/>
       <c r="E27" s="49"/>
       <c r="F27" s="46"/>
       <c r="G27" s="134">
         <f t="shared" ref="G27:H29" si="9">SUM(C27+E27)</f>
         <v>0</v>
       </c>
       <c r="H27" s="132">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I27" s="109">
         <f t="shared" ref="I27:I29" si="10">SUM(C27:D27)</f>
         <v>0</v>
       </c>
       <c r="J27" s="60">
         <f t="shared" ref="J27:J29" si="11">SUM(E27:F27)</f>
         <v>0</v>
       </c>
       <c r="K27" s="103">
         <f t="shared" ref="K27:K29" si="12">SUM(I27+J27)</f>
         <v>0</v>
       </c>
       <c r="O27"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C28" s="12"/>
       <c r="D28" s="40"/>
       <c r="E28" s="57"/>
       <c r="F28" s="40"/>
       <c r="G28" s="134">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H28" s="132">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I28" s="133">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J28" s="60">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K28" s="104">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O28"/>
     </row>
-    <row r="29" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="161" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B29" s="165"/>
       <c r="C29" s="72"/>
       <c r="D29" s="59"/>
       <c r="E29" s="51"/>
       <c r="F29" s="48"/>
       <c r="G29" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H29" s="148">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I29" s="110">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J29" s="60">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K29" s="106">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O29"/>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="19" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="20"/>
       <c r="C30" s="21"/>
       <c r="D30" s="22"/>
       <c r="E30" s="39"/>
       <c r="F30" s="119"/>
       <c r="G30" s="119"/>
       <c r="H30" s="39"/>
       <c r="I30" s="113"/>
       <c r="J30" s="113"/>
       <c r="K30" s="111"/>
       <c r="O30"/>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C31" s="23"/>
       <c r="D31" s="75"/>
       <c r="E31" s="124"/>
       <c r="F31" s="125"/>
       <c r="G31" s="143">
         <f>C31</f>
         <v>0</v>
       </c>
       <c r="H31" s="144">
         <f>D31</f>
         <v>0</v>
       </c>
       <c r="I31" s="109">
         <f>SUM(C31:D31)</f>
         <v>0</v>
       </c>
       <c r="J31" s="120"/>
       <c r="K31" s="108">
         <f>SUM(I31+J31)</f>
         <v>0</v>
       </c>
       <c r="O31"/>
     </row>
-    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C32" s="24"/>
       <c r="D32" s="74"/>
       <c r="E32" s="126"/>
       <c r="F32" s="127"/>
       <c r="G32" s="143">
         <f t="shared" ref="G32:H34" si="13">C32</f>
         <v>0</v>
       </c>
       <c r="H32" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I32" s="109">
         <f t="shared" ref="I32:I34" si="14">SUM(C32:D32)</f>
         <v>0</v>
       </c>
       <c r="J32" s="121"/>
       <c r="K32" s="108">
         <f t="shared" ref="K32:K34" si="15">SUM(I32+J32)</f>
         <v>0</v>
       </c>
       <c r="O32"/>
     </row>
-    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C33" s="25"/>
       <c r="D33" s="73"/>
       <c r="E33" s="126"/>
       <c r="F33" s="127"/>
       <c r="G33" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H33" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I33" s="109">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J33" s="121"/>
       <c r="K33" s="108">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="O33"/>
     </row>
-    <row r="34" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="166" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B34" s="167"/>
       <c r="C34" s="67"/>
       <c r="D34" s="66"/>
       <c r="E34" s="128"/>
       <c r="F34" s="129"/>
       <c r="G34" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H34" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I34" s="110">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J34" s="122"/>
       <c r="K34" s="108">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="O34"/>
     </row>
-    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B35" s="20"/>
       <c r="C35" s="21"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="112"/>
       <c r="G35" s="112"/>
       <c r="H35" s="112"/>
       <c r="I35" s="113"/>
       <c r="J35" s="113"/>
       <c r="K35" s="111"/>
       <c r="O35"/>
     </row>
-    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
       <c r="B36" s="8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C36" s="27"/>
       <c r="D36" s="70"/>
       <c r="E36" s="126"/>
       <c r="F36" s="125"/>
       <c r="G36" s="143">
         <f>C36</f>
         <v>0</v>
       </c>
       <c r="H36" s="144">
         <f>D36</f>
         <v>0</v>
       </c>
       <c r="I36" s="109">
         <f>SUM(C36:D36)</f>
         <v>0</v>
       </c>
       <c r="J36" s="120"/>
       <c r="K36" s="108">
         <f>SUM(I36+J36)</f>
         <v>0</v>
       </c>
       <c r="O36"/>
     </row>
-    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A37" s="7"/>
       <c r="B37" s="28" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C37" s="68"/>
       <c r="D37" s="69"/>
       <c r="E37" s="126"/>
       <c r="F37" s="127"/>
       <c r="G37" s="143">
         <f t="shared" ref="G37:H39" si="16">C37</f>
         <v>0</v>
       </c>
       <c r="H37" s="144">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I37" s="109">
         <f t="shared" ref="I37:I38" si="17">SUM(C37:D37)</f>
         <v>0</v>
       </c>
       <c r="J37" s="121"/>
       <c r="K37" s="108">
         <f t="shared" ref="K37:K39" si="18">SUM(I37+J37)</f>
         <v>0</v>
       </c>
       <c r="O37"/>
     </row>
-    <row r="38" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="155" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B38" s="156"/>
       <c r="C38" s="58"/>
       <c r="D38" s="61"/>
       <c r="E38" s="130"/>
       <c r="F38" s="131"/>
       <c r="G38" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="H38" s="146">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I38" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J38" s="123"/>
       <c r="K38" s="114">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O38"/>
     </row>
-    <row r="39" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="29" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B39" s="30"/>
       <c r="C39" s="150">
         <f>SUM(C18+C24+C29+C34+C38)</f>
         <v>0</v>
       </c>
       <c r="D39" s="151">
         <f t="shared" ref="D39:I39" si="19">SUM(D18+D24+D29+D34+D38)</f>
         <v>0</v>
       </c>
       <c r="E39" s="150">
         <f>SUM(E18+E24+E29)</f>
         <v>0</v>
       </c>
       <c r="F39" s="151">
         <f>SUM(F18+F24+F29)</f>
         <v>0</v>
       </c>
       <c r="G39" s="152">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="H39" s="153">
         <f>D39</f>
         <v>0</v>
       </c>
       <c r="I39" s="150">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J39" s="151">
         <f>SUM(J18+J24+J29)</f>
         <v>0</v>
       </c>
       <c r="K39" s="107">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O39"/>
     </row>
-    <row r="40" spans="1:15" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:15" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A40" s="76" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B40" s="8"/>
       <c r="C40" s="100"/>
       <c r="D40" s="100"/>
       <c r="E40" s="100"/>
       <c r="F40" s="100"/>
       <c r="G40" s="149"/>
       <c r="H40" s="149"/>
       <c r="I40" s="100"/>
       <c r="J40" s="100"/>
       <c r="K40" s="101"/>
       <c r="L40" s="101"/>
       <c r="M40" s="102"/>
       <c r="N40" s="102"/>
     </row>
-    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A41" s="76" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="G3:K3"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="N8:O8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A34:B34"/>
   </mergeCells>
   <conditionalFormatting sqref="C38">
@@ -4594,1114 +4617,1114 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D5">
     <cfRule type="cellIs" dxfId="21" priority="2" operator="notEqual">
       <formula>#REF!</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D38">
     <cfRule type="cellIs" dxfId="20" priority="5" operator="greaterThan">
       <formula>ROUND(#REF!*(SUM(D$26:F$51)),2)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C10" sqref="C10:F10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="25.85546875" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="12" max="12" width="6.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7.21875" customWidth="1"/>
+    <col min="5" max="6" width="6.77734375" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="6.77734375" customWidth="1"/>
+    <col min="9" max="9" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.21875" customWidth="1"/>
+    <col min="11" max="11" width="12.44140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.77734375" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="7" customWidth="1"/>
-    <col min="15" max="15" width="14.5703125" style="43" customWidth="1"/>
+    <col min="15" max="15" width="14.5546875" style="43" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="78" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B1" s="79"/>
       <c r="C1" s="80"/>
       <c r="D1" s="182"/>
       <c r="E1" s="183"/>
       <c r="F1" s="184"/>
       <c r="G1" s="185" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="H1" s="186"/>
       <c r="I1" s="186"/>
       <c r="J1" s="186"/>
       <c r="K1" s="186"/>
       <c r="L1" s="140"/>
       <c r="M1" s="140"/>
       <c r="N1" s="140"/>
       <c r="O1" s="140"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="81" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B2" s="82"/>
       <c r="C2" s="83"/>
       <c r="D2" s="187" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E2" s="188"/>
       <c r="F2" s="189"/>
       <c r="G2" s="190" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H2" s="191"/>
       <c r="I2" s="191"/>
       <c r="J2" s="191"/>
       <c r="K2" s="191"/>
       <c r="L2" s="141"/>
       <c r="M2" s="141"/>
       <c r="N2" s="141"/>
       <c r="O2" s="141"/>
     </row>
-    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="139" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B3" s="84"/>
       <c r="C3" s="85"/>
       <c r="D3" s="192" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E3" s="193"/>
       <c r="F3" s="194"/>
       <c r="G3" s="195" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H3" s="196"/>
       <c r="I3" s="196"/>
       <c r="J3" s="196"/>
       <c r="K3" s="196"/>
       <c r="L3" s="141"/>
       <c r="M3" s="141"/>
       <c r="N3" s="141"/>
       <c r="O3" s="141"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="86" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B4" s="82"/>
       <c r="C4" s="83"/>
       <c r="D4" s="87"/>
       <c r="E4" s="88"/>
       <c r="F4" s="76"/>
       <c r="G4" s="76"/>
       <c r="H4" s="76"/>
       <c r="I4" s="89"/>
       <c r="J4" s="89"/>
       <c r="K4" s="89"/>
       <c r="L4" s="89"/>
       <c r="M4" s="89"/>
       <c r="N4" s="89"/>
       <c r="O4" s="90"/>
     </row>
-    <row r="5" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="91"/>
       <c r="B5" s="92"/>
       <c r="C5" s="93"/>
       <c r="D5" s="94"/>
       <c r="E5" s="88"/>
       <c r="F5" s="142" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G5" s="76"/>
       <c r="H5" s="76"/>
       <c r="I5" s="95"/>
       <c r="J5" s="95"/>
       <c r="K5" s="95"/>
       <c r="L5" s="76"/>
       <c r="M5" s="8"/>
       <c r="N5" s="95"/>
       <c r="O5" s="76"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="96"/>
       <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="154" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G6" s="97"/>
       <c r="H6" s="97"/>
       <c r="I6" s="8"/>
       <c r="J6" s="97"/>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="97"/>
       <c r="O6" s="97"/>
     </row>
-    <row r="7" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="98"/>
       <c r="B7" s="97"/>
       <c r="C7" s="97"/>
       <c r="D7" s="97"/>
       <c r="E7" s="97"/>
       <c r="F7" s="97"/>
       <c r="G7" s="97"/>
       <c r="H7" s="97"/>
       <c r="I7" s="8"/>
       <c r="J7" s="97"/>
       <c r="K7" s="97"/>
       <c r="L7" s="97"/>
       <c r="M7" s="97"/>
       <c r="N7" s="97"/>
       <c r="O7" s="97"/>
     </row>
-    <row r="8" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="168" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B8" s="169"/>
       <c r="C8" s="169"/>
       <c r="D8" s="169"/>
       <c r="E8" s="170"/>
       <c r="F8" s="99"/>
       <c r="G8" s="137"/>
       <c r="H8" s="137"/>
       <c r="I8" s="8"/>
       <c r="J8" s="97"/>
       <c r="K8" s="97"/>
       <c r="L8" s="97"/>
       <c r="M8" s="97"/>
       <c r="N8" s="171"/>
       <c r="O8" s="171"/>
     </row>
-    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="172"/>
       <c r="B9" s="173"/>
       <c r="C9" s="174" t="s">
         <v>1</v>
       </c>
       <c r="D9" s="175"/>
       <c r="E9" s="175"/>
       <c r="F9" s="176"/>
       <c r="G9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K9" s="71" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="O9"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="177" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="178"/>
       <c r="C10" s="179" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="D10" s="180"/>
       <c r="E10" s="180"/>
       <c r="F10" s="181"/>
       <c r="G10" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="K10" s="64" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O10"/>
     </row>
-    <row r="11" spans="1:15" ht="36.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="36.6" x14ac:dyDescent="0.3">
       <c r="A11" s="157"/>
       <c r="B11" s="158"/>
       <c r="C11" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="D11" s="31" t="s">
+      <c r="E11" s="62" t="s">
         <v>27</v>
       </c>
-      <c r="E11" s="62" t="s">
+      <c r="F11" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F11" s="5" t="s">
+      <c r="G11" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="I11" s="42" t="s">
         <v>29</v>
       </c>
-      <c r="G11" s="138" t="s">
-[...5 lines deleted...]
-      <c r="I11" s="42" t="s">
+      <c r="J11" s="42" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K11" s="65"/>
       <c r="O11"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="15" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="135"/>
       <c r="D12" s="33"/>
       <c r="E12" s="136"/>
       <c r="F12" s="136"/>
       <c r="G12" s="136"/>
       <c r="H12" s="136"/>
       <c r="I12" s="41"/>
       <c r="J12" s="41"/>
       <c r="K12" s="63"/>
       <c r="O12"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="34"/>
       <c r="E13" s="44"/>
       <c r="F13" s="45"/>
       <c r="G13" s="134">
         <f>SUM(C13+E13)</f>
         <v>0</v>
       </c>
       <c r="H13" s="132">
         <f>SUM(D13+F13)</f>
         <v>0</v>
       </c>
       <c r="I13" s="109">
         <f>SUM(C13:D13)</f>
         <v>0</v>
       </c>
       <c r="J13" s="26">
         <f>SUM(E13:F13)</f>
         <v>0</v>
       </c>
       <c r="K13" s="103">
         <f>SUM(I13+J13)</f>
         <v>0</v>
       </c>
       <c r="O13"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C14" s="10"/>
       <c r="D14" s="35"/>
       <c r="E14" s="49"/>
       <c r="F14" s="46"/>
       <c r="G14" s="134">
         <f t="shared" ref="G14:G18" si="0">SUM(C14+E14)</f>
         <v>0</v>
       </c>
       <c r="H14" s="132">
         <f t="shared" ref="H14:H18" si="1">SUM(D14+F14)</f>
         <v>0</v>
       </c>
       <c r="I14" s="109">
         <f t="shared" ref="I14:I18" si="2">SUM(C14:D14)</f>
         <v>0</v>
       </c>
       <c r="J14" s="60">
         <f t="shared" ref="J14:J18" si="3">SUM(E14:F14)</f>
         <v>0</v>
       </c>
       <c r="K14" s="103">
         <f t="shared" ref="K14:K18" si="4">SUM(I14+J14)</f>
         <v>0</v>
       </c>
       <c r="O14"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C15" s="10"/>
       <c r="D15" s="35"/>
       <c r="E15" s="49"/>
       <c r="F15" s="46"/>
       <c r="G15" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H15" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I15" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J15" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K15" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O15"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C16" s="10"/>
       <c r="D16" s="35"/>
       <c r="E16" s="49"/>
       <c r="F16" s="35"/>
       <c r="G16" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H16" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I16" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J16" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K16" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O16"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C17" s="11"/>
       <c r="D17" s="36"/>
       <c r="E17" s="50"/>
       <c r="F17" s="47"/>
       <c r="G17" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H17" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I17" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J17" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K17" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O17"/>
     </row>
-    <row r="18" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="17" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B18" s="13"/>
       <c r="C18" s="14"/>
       <c r="D18" s="32"/>
       <c r="E18" s="51"/>
       <c r="F18" s="48"/>
       <c r="G18" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H18" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I18" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J18" s="116">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K18" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O18"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="159" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B19" s="160"/>
       <c r="C19" s="118"/>
       <c r="D19" s="117"/>
       <c r="E19" s="117"/>
       <c r="F19" s="117"/>
       <c r="G19" s="117"/>
       <c r="H19" s="117"/>
       <c r="I19" s="113"/>
       <c r="J19" s="113"/>
       <c r="K19" s="111"/>
       <c r="O19"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C20" s="16"/>
       <c r="D20" s="37"/>
       <c r="E20" s="54"/>
       <c r="F20" s="52"/>
       <c r="G20" s="134">
         <f>SUM(C20+E20)</f>
         <v>0</v>
       </c>
       <c r="H20" s="132">
         <f>SUM(D20+F20)</f>
         <v>0</v>
       </c>
       <c r="I20" s="109">
         <f>SUM(C20:D20)</f>
         <v>0</v>
       </c>
       <c r="J20" s="60">
         <f>SUM(E20:F20)</f>
         <v>0</v>
       </c>
       <c r="K20" s="104">
         <f>SUM(I20+J20)</f>
         <v>0</v>
       </c>
       <c r="O20"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="35"/>
       <c r="E21" s="49"/>
       <c r="F21" s="46"/>
       <c r="G21" s="134">
         <f t="shared" ref="G21:H24" si="5">SUM(C21+E21)</f>
         <v>0</v>
       </c>
       <c r="H21" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I21" s="109">
         <f t="shared" ref="I21:I24" si="6">SUM(C21:D21)</f>
         <v>0</v>
       </c>
       <c r="J21" s="60">
         <f t="shared" ref="J21:J24" si="7">SUM(E21:F21)</f>
         <v>0</v>
       </c>
       <c r="K21" s="105">
         <f t="shared" ref="K21:K24" si="8">SUM(I21+J21)</f>
         <v>0</v>
       </c>
       <c r="O21"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C22" s="10"/>
       <c r="D22" s="35"/>
       <c r="E22" s="49"/>
       <c r="F22" s="46"/>
       <c r="G22" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H22" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I22" s="109">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J22" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K22" s="105">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O22"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C23" s="11"/>
       <c r="D23" s="36"/>
       <c r="E23" s="50"/>
       <c r="F23" s="47"/>
       <c r="G23" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H23" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I23" s="109">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J23" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K23" s="105">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O23"/>
     </row>
-    <row r="24" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="161" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B24" s="162"/>
       <c r="C24" s="14"/>
       <c r="D24" s="38"/>
       <c r="E24" s="55"/>
       <c r="F24" s="53"/>
       <c r="G24" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H24" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I24" s="110">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J24" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K24" s="106">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O24"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="163" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25" s="164"/>
       <c r="C25" s="18"/>
       <c r="D25" s="39"/>
       <c r="E25" s="39"/>
       <c r="F25" s="39"/>
       <c r="G25" s="39"/>
       <c r="H25" s="39"/>
       <c r="I25" s="113"/>
       <c r="J25" s="113"/>
       <c r="K25" s="111"/>
       <c r="O25"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="37"/>
       <c r="E26" s="56"/>
       <c r="F26" s="52"/>
       <c r="G26" s="134">
         <f>SUM(C26+E26)</f>
         <v>0</v>
       </c>
       <c r="H26" s="132">
         <f>SUM(D26+F26)</f>
         <v>0</v>
       </c>
       <c r="I26" s="109">
         <f>SUM(C26:D26)</f>
         <v>0</v>
       </c>
       <c r="J26" s="60">
         <f>SUM(E26:F26)</f>
         <v>0</v>
       </c>
       <c r="K26" s="104">
         <f>SUM(I26+J26)</f>
         <v>0</v>
       </c>
       <c r="O26"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="35"/>
       <c r="E27" s="49"/>
       <c r="F27" s="46"/>
       <c r="G27" s="134">
         <f t="shared" ref="G27:H29" si="9">SUM(C27+E27)</f>
         <v>0</v>
       </c>
       <c r="H27" s="132">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I27" s="109">
         <f t="shared" ref="I27:I29" si="10">SUM(C27:D27)</f>
         <v>0</v>
       </c>
       <c r="J27" s="60">
         <f t="shared" ref="J27:J29" si="11">SUM(E27:F27)</f>
         <v>0</v>
       </c>
       <c r="K27" s="103">
         <f t="shared" ref="K27:K29" si="12">SUM(I27+J27)</f>
         <v>0</v>
       </c>
       <c r="O27"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C28" s="12"/>
       <c r="D28" s="40"/>
       <c r="E28" s="57"/>
       <c r="F28" s="40"/>
       <c r="G28" s="134">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H28" s="132">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I28" s="133">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J28" s="60">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K28" s="104">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O28"/>
     </row>
-    <row r="29" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="161" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B29" s="165"/>
       <c r="C29" s="72"/>
       <c r="D29" s="59"/>
       <c r="E29" s="51"/>
       <c r="F29" s="48"/>
       <c r="G29" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H29" s="148">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I29" s="110">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J29" s="60">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K29" s="106">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O29"/>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="19" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="20"/>
       <c r="C30" s="21"/>
       <c r="D30" s="22"/>
       <c r="E30" s="39"/>
       <c r="F30" s="119"/>
       <c r="G30" s="119"/>
       <c r="H30" s="39"/>
       <c r="I30" s="113"/>
       <c r="J30" s="113"/>
       <c r="K30" s="111"/>
       <c r="O30"/>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C31" s="23"/>
       <c r="D31" s="75"/>
       <c r="E31" s="124"/>
       <c r="F31" s="125"/>
       <c r="G31" s="143">
         <f>C31</f>
         <v>0</v>
       </c>
       <c r="H31" s="144">
         <f>D31</f>
         <v>0</v>
       </c>
       <c r="I31" s="109">
         <f>SUM(C31:D31)</f>
         <v>0</v>
       </c>
       <c r="J31" s="120"/>
       <c r="K31" s="108">
         <f>SUM(I31+J31)</f>
         <v>0</v>
       </c>
       <c r="O31"/>
     </row>
-    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C32" s="24"/>
       <c r="D32" s="74"/>
       <c r="E32" s="126"/>
       <c r="F32" s="127"/>
       <c r="G32" s="143">
         <f t="shared" ref="G32:H34" si="13">C32</f>
         <v>0</v>
       </c>
       <c r="H32" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I32" s="109">
         <f t="shared" ref="I32:I34" si="14">SUM(C32:D32)</f>
         <v>0</v>
       </c>
       <c r="J32" s="121"/>
       <c r="K32" s="108">
         <f t="shared" ref="K32:K34" si="15">SUM(I32+J32)</f>
         <v>0</v>
       </c>
       <c r="O32"/>
     </row>
-    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C33" s="25"/>
       <c r="D33" s="73"/>
       <c r="E33" s="126"/>
       <c r="F33" s="127"/>
       <c r="G33" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H33" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I33" s="109">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J33" s="121"/>
       <c r="K33" s="108">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="O33"/>
     </row>
-    <row r="34" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="166" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B34" s="167"/>
       <c r="C34" s="67"/>
       <c r="D34" s="66"/>
       <c r="E34" s="128"/>
       <c r="F34" s="129"/>
       <c r="G34" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H34" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I34" s="110">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J34" s="122"/>
       <c r="K34" s="108">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="O34"/>
     </row>
-    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B35" s="20"/>
       <c r="C35" s="21"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="112"/>
       <c r="G35" s="112"/>
       <c r="H35" s="112"/>
       <c r="I35" s="113"/>
       <c r="J35" s="113"/>
       <c r="K35" s="111"/>
       <c r="O35"/>
     </row>
-    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
       <c r="B36" s="8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C36" s="27"/>
       <c r="D36" s="70"/>
       <c r="E36" s="126"/>
       <c r="F36" s="125"/>
       <c r="G36" s="143">
         <f>C36</f>
         <v>0</v>
       </c>
       <c r="H36" s="144">
         <f>D36</f>
         <v>0</v>
       </c>
       <c r="I36" s="109">
         <f>SUM(C36:D36)</f>
         <v>0</v>
       </c>
       <c r="J36" s="120"/>
       <c r="K36" s="108">
         <f>SUM(I36+J36)</f>
         <v>0</v>
       </c>
       <c r="O36"/>
     </row>
-    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A37" s="7"/>
       <c r="B37" s="28" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C37" s="68"/>
       <c r="D37" s="69"/>
       <c r="E37" s="126"/>
       <c r="F37" s="127"/>
       <c r="G37" s="143">
         <f t="shared" ref="G37:H39" si="16">C37</f>
         <v>0</v>
       </c>
       <c r="H37" s="144">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I37" s="109">
         <f t="shared" ref="I37:I38" si="17">SUM(C37:D37)</f>
         <v>0</v>
       </c>
       <c r="J37" s="121"/>
       <c r="K37" s="108">
         <f t="shared" ref="K37:K39" si="18">SUM(I37+J37)</f>
         <v>0</v>
       </c>
       <c r="O37"/>
     </row>
-    <row r="38" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="155" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B38" s="156"/>
       <c r="C38" s="58"/>
       <c r="D38" s="61"/>
       <c r="E38" s="130"/>
       <c r="F38" s="131"/>
       <c r="G38" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="H38" s="146">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I38" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J38" s="123"/>
       <c r="K38" s="114">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O38"/>
     </row>
-    <row r="39" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="29" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B39" s="30"/>
       <c r="C39" s="150">
         <f>SUM(C18+C24+C29+C34+C38)</f>
         <v>0</v>
       </c>
       <c r="D39" s="151">
         <f t="shared" ref="D39:I39" si="19">SUM(D18+D24+D29+D34+D38)</f>
         <v>0</v>
       </c>
       <c r="E39" s="150">
         <f>SUM(E18+E24+E29)</f>
         <v>0</v>
       </c>
       <c r="F39" s="151">
         <f>SUM(F18+F24+F29)</f>
         <v>0</v>
       </c>
       <c r="G39" s="152">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="H39" s="153">
         <f>D39</f>
         <v>0</v>
       </c>
       <c r="I39" s="150">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J39" s="151">
         <f>SUM(J18+J24+J29)</f>
         <v>0</v>
       </c>
       <c r="K39" s="107">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O39"/>
     </row>
-    <row r="40" spans="1:15" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:15" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A40" s="76" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B40" s="8"/>
       <c r="C40" s="100"/>
       <c r="D40" s="100"/>
       <c r="E40" s="100"/>
       <c r="F40" s="100"/>
       <c r="G40" s="149"/>
       <c r="H40" s="149"/>
       <c r="I40" s="100"/>
       <c r="J40" s="100"/>
       <c r="K40" s="101"/>
       <c r="L40" s="101"/>
       <c r="M40" s="102"/>
       <c r="N40" s="102"/>
     </row>
-    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A41" s="76" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="G3:K3"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="N8:O8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A34:B34"/>
   </mergeCells>
   <conditionalFormatting sqref="C38">
@@ -5717,2247 +5740,2251 @@
   <conditionalFormatting sqref="D4">
     <cfRule type="cellIs" dxfId="17" priority="1" operator="notEqual">
       <formula>$D$34</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D5">
     <cfRule type="cellIs" dxfId="16" priority="2" operator="notEqual">
       <formula>#REF!</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D38">
     <cfRule type="cellIs" dxfId="15" priority="5" operator="greaterThan">
       <formula>ROUND(#REF!*(SUM(D$26:F$51)),2)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C10" sqref="C10:F10"/>
+      <selection activeCell="A5" sqref="A5:C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="25.85546875" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="12" max="12" width="6.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7.21875" customWidth="1"/>
+    <col min="5" max="6" width="6.77734375" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="6.77734375" customWidth="1"/>
+    <col min="9" max="9" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.21875" customWidth="1"/>
+    <col min="11" max="11" width="12.44140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.77734375" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="7" customWidth="1"/>
-    <col min="15" max="15" width="14.5703125" style="43" customWidth="1"/>
+    <col min="15" max="15" width="14.5546875" style="43" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="78" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B1" s="79"/>
       <c r="C1" s="80"/>
       <c r="D1" s="182"/>
       <c r="E1" s="183"/>
       <c r="F1" s="184"/>
       <c r="G1" s="185" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="H1" s="186"/>
       <c r="I1" s="186"/>
       <c r="J1" s="186"/>
       <c r="K1" s="186"/>
       <c r="L1" s="140"/>
       <c r="M1" s="140"/>
       <c r="N1" s="140"/>
       <c r="O1" s="140"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="81" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B2" s="82"/>
       <c r="C2" s="83"/>
       <c r="D2" s="187" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E2" s="188"/>
       <c r="F2" s="189"/>
       <c r="G2" s="190" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H2" s="191"/>
       <c r="I2" s="191"/>
       <c r="J2" s="191"/>
       <c r="K2" s="191"/>
       <c r="L2" s="141"/>
       <c r="M2" s="141"/>
       <c r="N2" s="141"/>
       <c r="O2" s="141"/>
     </row>
-    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="139" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B3" s="84"/>
       <c r="C3" s="85"/>
       <c r="D3" s="192" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E3" s="193"/>
       <c r="F3" s="194"/>
       <c r="G3" s="195" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H3" s="196"/>
       <c r="I3" s="196"/>
       <c r="J3" s="196"/>
       <c r="K3" s="196"/>
       <c r="L3" s="141"/>
       <c r="M3" s="141"/>
       <c r="N3" s="141"/>
       <c r="O3" s="141"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="86" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B4" s="82"/>
       <c r="C4" s="83"/>
       <c r="D4" s="87"/>
       <c r="E4" s="88"/>
       <c r="F4" s="76"/>
       <c r="G4" s="76"/>
       <c r="H4" s="76"/>
       <c r="I4" s="89"/>
       <c r="J4" s="89"/>
       <c r="K4" s="89"/>
       <c r="L4" s="89"/>
       <c r="M4" s="89"/>
       <c r="N4" s="89"/>
       <c r="O4" s="90"/>
     </row>
-    <row r="5" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C5" s="93"/>
+    <row r="5" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="197"/>
+      <c r="B5" s="198"/>
+      <c r="C5" s="199"/>
       <c r="D5" s="94"/>
       <c r="E5" s="88"/>
       <c r="F5" s="142" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G5" s="76"/>
       <c r="H5" s="76"/>
       <c r="I5" s="95"/>
       <c r="J5" s="95"/>
       <c r="K5" s="95"/>
       <c r="L5" s="76"/>
       <c r="M5" s="8"/>
       <c r="N5" s="95"/>
       <c r="O5" s="76"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="96"/>
       <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="154" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G6" s="97"/>
       <c r="H6" s="97"/>
       <c r="I6" s="8"/>
       <c r="J6" s="97"/>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="97"/>
       <c r="O6" s="97"/>
     </row>
-    <row r="7" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="98"/>
       <c r="B7" s="97"/>
       <c r="C7" s="97"/>
       <c r="D7" s="97"/>
       <c r="E7" s="97"/>
       <c r="F7" s="97"/>
       <c r="G7" s="97"/>
       <c r="H7" s="97"/>
       <c r="I7" s="8"/>
       <c r="J7" s="97"/>
       <c r="K7" s="97"/>
       <c r="L7" s="97"/>
       <c r="M7" s="97"/>
       <c r="N7" s="97"/>
       <c r="O7" s="97"/>
     </row>
-    <row r="8" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="168" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B8" s="169"/>
       <c r="C8" s="169"/>
       <c r="D8" s="169"/>
       <c r="E8" s="170"/>
       <c r="F8" s="99"/>
       <c r="G8" s="137"/>
       <c r="H8" s="137"/>
       <c r="I8" s="8"/>
       <c r="J8" s="97"/>
       <c r="K8" s="97"/>
       <c r="L8" s="97"/>
       <c r="M8" s="97"/>
       <c r="N8" s="171"/>
       <c r="O8" s="171"/>
     </row>
-    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="172"/>
       <c r="B9" s="173"/>
       <c r="C9" s="174" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="175"/>
       <c r="E9" s="175"/>
       <c r="F9" s="176"/>
       <c r="G9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K9" s="71" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="O9"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="177" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="178"/>
       <c r="C10" s="179" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="D10" s="180"/>
       <c r="E10" s="180"/>
       <c r="F10" s="181"/>
       <c r="G10" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K10" s="64" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O10"/>
     </row>
-    <row r="11" spans="1:15" ht="36.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="36.6" x14ac:dyDescent="0.3">
       <c r="A11" s="157"/>
       <c r="B11" s="158"/>
       <c r="C11" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="D11" s="31" t="s">
+      <c r="E11" s="62" t="s">
         <v>27</v>
       </c>
-      <c r="E11" s="62" t="s">
+      <c r="F11" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F11" s="5" t="s">
+      <c r="G11" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="I11" s="42" t="s">
         <v>29</v>
       </c>
-      <c r="G11" s="138" t="s">
-[...5 lines deleted...]
-      <c r="I11" s="42" t="s">
+      <c r="J11" s="42" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K11" s="65"/>
       <c r="O11"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="15" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="135"/>
       <c r="D12" s="33"/>
       <c r="E12" s="136"/>
       <c r="F12" s="136"/>
       <c r="G12" s="136"/>
       <c r="H12" s="136"/>
       <c r="I12" s="41"/>
       <c r="J12" s="41"/>
       <c r="K12" s="63"/>
       <c r="O12"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="34"/>
       <c r="E13" s="44"/>
       <c r="F13" s="45"/>
       <c r="G13" s="134">
         <f>SUM(C13+E13)</f>
         <v>0</v>
       </c>
       <c r="H13" s="132">
         <f>SUM(D13+F13)</f>
         <v>0</v>
       </c>
       <c r="I13" s="109">
         <f>SUM(C13:D13)</f>
         <v>0</v>
       </c>
       <c r="J13" s="26">
         <f>SUM(E13:F13)</f>
         <v>0</v>
       </c>
       <c r="K13" s="103">
         <f>SUM(I13+J13)</f>
         <v>0</v>
       </c>
       <c r="O13"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C14" s="10"/>
       <c r="D14" s="35"/>
       <c r="E14" s="49"/>
       <c r="F14" s="46"/>
       <c r="G14" s="134">
         <f t="shared" ref="G14:G18" si="0">SUM(C14+E14)</f>
         <v>0</v>
       </c>
       <c r="H14" s="132">
         <f t="shared" ref="H14:H18" si="1">SUM(D14+F14)</f>
         <v>0</v>
       </c>
       <c r="I14" s="109">
         <f t="shared" ref="I14:I18" si="2">SUM(C14:D14)</f>
         <v>0</v>
       </c>
       <c r="J14" s="60">
         <f t="shared" ref="J14:J18" si="3">SUM(E14:F14)</f>
         <v>0</v>
       </c>
       <c r="K14" s="103">
         <f t="shared" ref="K14:K18" si="4">SUM(I14+J14)</f>
         <v>0</v>
       </c>
       <c r="O14"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C15" s="10"/>
       <c r="D15" s="35"/>
       <c r="E15" s="49"/>
       <c r="F15" s="46"/>
       <c r="G15" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H15" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I15" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J15" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K15" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O15"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C16" s="10"/>
       <c r="D16" s="35"/>
       <c r="E16" s="49"/>
       <c r="F16" s="35"/>
       <c r="G16" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H16" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I16" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J16" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K16" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O16"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C17" s="11"/>
       <c r="D17" s="36"/>
       <c r="E17" s="50"/>
       <c r="F17" s="47"/>
       <c r="G17" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H17" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I17" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J17" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K17" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O17"/>
     </row>
-    <row r="18" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="17" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B18" s="13"/>
       <c r="C18" s="14"/>
       <c r="D18" s="32"/>
       <c r="E18" s="51"/>
       <c r="F18" s="48"/>
       <c r="G18" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H18" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I18" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J18" s="116">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K18" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O18"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="159" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B19" s="160"/>
       <c r="C19" s="118"/>
       <c r="D19" s="117"/>
       <c r="E19" s="117"/>
       <c r="F19" s="117"/>
       <c r="G19" s="117"/>
       <c r="H19" s="117"/>
       <c r="I19" s="113"/>
       <c r="J19" s="113"/>
       <c r="K19" s="111"/>
       <c r="O19"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C20" s="16"/>
       <c r="D20" s="37"/>
       <c r="E20" s="54"/>
       <c r="F20" s="52"/>
       <c r="G20" s="134">
         <f>SUM(C20+E20)</f>
         <v>0</v>
       </c>
       <c r="H20" s="132">
         <f>SUM(D20+F20)</f>
         <v>0</v>
       </c>
       <c r="I20" s="109">
         <f>SUM(C20:D20)</f>
         <v>0</v>
       </c>
       <c r="J20" s="60">
         <f>SUM(E20:F20)</f>
         <v>0</v>
       </c>
       <c r="K20" s="104">
         <f>SUM(I20+J20)</f>
         <v>0</v>
       </c>
       <c r="O20"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="35"/>
       <c r="E21" s="49"/>
       <c r="F21" s="46"/>
       <c r="G21" s="134">
         <f t="shared" ref="G21:G24" si="5">SUM(C21+E21)</f>
         <v>0</v>
       </c>
       <c r="H21" s="132">
         <f t="shared" ref="H21:H24" si="6">SUM(D21+F21)</f>
         <v>0</v>
       </c>
       <c r="I21" s="109">
         <f t="shared" ref="I21:I24" si="7">SUM(C21:D21)</f>
         <v>0</v>
       </c>
       <c r="J21" s="60">
         <f t="shared" ref="J21:J24" si="8">SUM(E21:F21)</f>
         <v>0</v>
       </c>
       <c r="K21" s="105">
         <f t="shared" ref="K21:K24" si="9">SUM(I21+J21)</f>
         <v>0</v>
       </c>
       <c r="O21"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C22" s="10"/>
       <c r="D22" s="35"/>
       <c r="E22" s="49"/>
       <c r="F22" s="46"/>
       <c r="G22" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H22" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="I22" s="109">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J22" s="60">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K22" s="105">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="O22"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C23" s="11"/>
       <c r="D23" s="36"/>
       <c r="E23" s="50"/>
       <c r="F23" s="47"/>
       <c r="G23" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H23" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="I23" s="109">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J23" s="60">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K23" s="105">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="O23"/>
     </row>
-    <row r="24" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="161" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B24" s="162"/>
       <c r="C24" s="14"/>
       <c r="D24" s="38"/>
       <c r="E24" s="55"/>
       <c r="F24" s="53"/>
       <c r="G24" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H24" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="I24" s="110">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J24" s="60">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K24" s="106">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="O24"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="163" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25" s="164"/>
       <c r="C25" s="18"/>
       <c r="D25" s="39"/>
       <c r="E25" s="39"/>
       <c r="F25" s="39"/>
       <c r="G25" s="39"/>
       <c r="H25" s="39"/>
       <c r="I25" s="113"/>
       <c r="J25" s="113"/>
       <c r="K25" s="111"/>
       <c r="O25"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="37"/>
       <c r="E26" s="56"/>
       <c r="F26" s="52"/>
       <c r="G26" s="134">
         <f>SUM(C26+E26)</f>
         <v>0</v>
       </c>
       <c r="H26" s="132">
         <f>SUM(D26+F26)</f>
         <v>0</v>
       </c>
       <c r="I26" s="109">
         <f>SUM(C26:D26)</f>
         <v>0</v>
       </c>
       <c r="J26" s="60">
         <f>SUM(E26:F26)</f>
         <v>0</v>
       </c>
       <c r="K26" s="104">
         <f>SUM(I26+J26)</f>
         <v>0</v>
       </c>
       <c r="O26"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="35"/>
       <c r="E27" s="49"/>
       <c r="F27" s="46"/>
       <c r="G27" s="134">
         <f t="shared" ref="G27:G29" si="10">SUM(C27+E27)</f>
         <v>0</v>
       </c>
       <c r="H27" s="132">
         <f t="shared" ref="H27:H29" si="11">SUM(D27+F27)</f>
         <v>0</v>
       </c>
       <c r="I27" s="109">
         <f t="shared" ref="I27:I29" si="12">SUM(C27:D27)</f>
         <v>0</v>
       </c>
       <c r="J27" s="60">
         <f t="shared" ref="J27:J29" si="13">SUM(E27:F27)</f>
         <v>0</v>
       </c>
       <c r="K27" s="103">
         <f t="shared" ref="K27:K29" si="14">SUM(I27+J27)</f>
         <v>0</v>
       </c>
       <c r="O27"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C28" s="12"/>
       <c r="D28" s="40"/>
       <c r="E28" s="57"/>
       <c r="F28" s="40"/>
       <c r="G28" s="134">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H28" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I28" s="133">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="J28" s="60">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="K28" s="104">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="O28"/>
     </row>
-    <row r="29" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="161" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B29" s="165"/>
       <c r="C29" s="72"/>
       <c r="D29" s="59"/>
       <c r="E29" s="51"/>
       <c r="F29" s="48"/>
       <c r="G29" s="147">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H29" s="148">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I29" s="110">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="J29" s="60">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="K29" s="106">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="O29"/>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="19" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="20"/>
       <c r="C30" s="21"/>
       <c r="D30" s="22"/>
       <c r="E30" s="39"/>
       <c r="F30" s="119"/>
       <c r="G30" s="119"/>
       <c r="H30" s="39"/>
       <c r="I30" s="113"/>
       <c r="J30" s="113"/>
       <c r="K30" s="111"/>
       <c r="O30"/>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C31" s="23"/>
       <c r="D31" s="75"/>
       <c r="E31" s="124"/>
       <c r="F31" s="125"/>
       <c r="G31" s="143">
         <f>C31</f>
         <v>0</v>
       </c>
       <c r="H31" s="144">
         <f>D31</f>
         <v>0</v>
       </c>
       <c r="I31" s="109">
         <f>SUM(C31:D31)</f>
         <v>0</v>
       </c>
       <c r="J31" s="120"/>
       <c r="K31" s="108">
         <f>SUM(I31+J31)</f>
         <v>0</v>
       </c>
       <c r="O31"/>
     </row>
-    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C32" s="24"/>
       <c r="D32" s="74"/>
       <c r="E32" s="126"/>
       <c r="F32" s="127"/>
       <c r="G32" s="143">
         <f t="shared" ref="G32:G34" si="15">C32</f>
         <v>0</v>
       </c>
       <c r="H32" s="144">
         <f t="shared" ref="H32:H34" si="16">D32</f>
         <v>0</v>
       </c>
       <c r="I32" s="109">
         <f t="shared" ref="I32:I34" si="17">SUM(C32:D32)</f>
         <v>0</v>
       </c>
       <c r="J32" s="121"/>
       <c r="K32" s="108">
         <f t="shared" ref="K32:K34" si="18">SUM(I32+J32)</f>
         <v>0</v>
       </c>
       <c r="O32"/>
     </row>
-    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C33" s="25"/>
       <c r="D33" s="73"/>
       <c r="E33" s="126"/>
       <c r="F33" s="127"/>
       <c r="G33" s="143">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H33" s="144">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I33" s="109">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J33" s="121"/>
       <c r="K33" s="108">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O33"/>
     </row>
-    <row r="34" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="166" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B34" s="167"/>
       <c r="C34" s="67"/>
       <c r="D34" s="66"/>
       <c r="E34" s="128"/>
       <c r="F34" s="129"/>
       <c r="G34" s="143">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H34" s="144">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I34" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J34" s="122"/>
       <c r="K34" s="108">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O34"/>
     </row>
-    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B35" s="20"/>
       <c r="C35" s="21"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="112"/>
       <c r="G35" s="112"/>
       <c r="H35" s="112"/>
       <c r="I35" s="113"/>
       <c r="J35" s="113"/>
       <c r="K35" s="111"/>
       <c r="O35"/>
     </row>
-    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
       <c r="B36" s="8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C36" s="27"/>
       <c r="D36" s="70"/>
       <c r="E36" s="126"/>
       <c r="F36" s="125"/>
       <c r="G36" s="143">
         <f>C36</f>
         <v>0</v>
       </c>
       <c r="H36" s="144">
         <f>D36</f>
         <v>0</v>
       </c>
       <c r="I36" s="109">
         <f>SUM(C36:D36)</f>
         <v>0</v>
       </c>
       <c r="J36" s="120"/>
       <c r="K36" s="108">
         <f>SUM(I36+J36)</f>
         <v>0</v>
       </c>
       <c r="O36"/>
     </row>
-    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A37" s="7"/>
       <c r="B37" s="28" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C37" s="68"/>
       <c r="D37" s="69"/>
       <c r="E37" s="126"/>
       <c r="F37" s="127"/>
       <c r="G37" s="143">
         <f t="shared" ref="G37:G39" si="19">C37</f>
         <v>0</v>
       </c>
       <c r="H37" s="144">
         <f t="shared" ref="H37:H38" si="20">D37</f>
         <v>0</v>
       </c>
       <c r="I37" s="109">
         <f t="shared" ref="I37:I38" si="21">SUM(C37:D37)</f>
         <v>0</v>
       </c>
       <c r="J37" s="121"/>
       <c r="K37" s="108">
         <f t="shared" ref="K37:K39" si="22">SUM(I37+J37)</f>
         <v>0</v>
       </c>
       <c r="O37"/>
     </row>
-    <row r="38" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="155" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B38" s="156"/>
       <c r="C38" s="58"/>
       <c r="D38" s="61"/>
       <c r="E38" s="130"/>
       <c r="F38" s="131"/>
       <c r="G38" s="145">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="H38" s="146">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="I38" s="110">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="J38" s="123"/>
       <c r="K38" s="114">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="O38"/>
     </row>
-    <row r="39" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="29" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B39" s="30"/>
       <c r="C39" s="150">
         <f>SUM(C18+C24+C29+C34+C38)</f>
         <v>0</v>
       </c>
       <c r="D39" s="151">
         <f t="shared" ref="D39:I39" si="23">SUM(D18+D24+D29+D34+D38)</f>
         <v>0</v>
       </c>
       <c r="E39" s="150">
         <f>SUM(E18+E24+E29)</f>
         <v>0</v>
       </c>
       <c r="F39" s="151">
         <f>SUM(F18+F24+F29)</f>
         <v>0</v>
       </c>
       <c r="G39" s="152">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="H39" s="153">
         <f>D39</f>
         <v>0</v>
       </c>
       <c r="I39" s="150">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="J39" s="151">
         <f>SUM(J18+J24+J29)</f>
         <v>0</v>
       </c>
       <c r="K39" s="107">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="O39"/>
     </row>
-    <row r="40" spans="1:15" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:15" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A40" s="76" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B40" s="8"/>
       <c r="C40" s="100"/>
       <c r="D40" s="100"/>
       <c r="E40" s="100"/>
       <c r="F40" s="100"/>
       <c r="G40" s="149"/>
       <c r="H40" s="149"/>
       <c r="I40" s="100"/>
       <c r="J40" s="100"/>
       <c r="K40" s="101"/>
       <c r="L40" s="101"/>
       <c r="M40" s="102"/>
       <c r="N40" s="102"/>
     </row>
-    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A41" s="76" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="19">
+  <mergeCells count="20">
     <mergeCell ref="N8:O8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="G3:K3"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="D3:F3"/>
+    <mergeCell ref="A5:C5"/>
   </mergeCells>
   <conditionalFormatting sqref="C38">
     <cfRule type="cellIs" dxfId="14" priority="4" operator="greaterThan">
       <formula>ROUND(#REF!*(SUM(C$26:F$51)),2)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C36:D37">
     <cfRule type="expression" dxfId="13" priority="3">
       <formula>($C$50+$C$51+$C$52)&gt;$C$53*0.08</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D4">
     <cfRule type="cellIs" dxfId="12" priority="1" operator="notEqual">
       <formula>$D$34</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D5">
     <cfRule type="cellIs" dxfId="11" priority="2" operator="notEqual">
       <formula>#REF!</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D38">
     <cfRule type="cellIs" dxfId="10" priority="5" operator="greaterThan">
       <formula>ROUND(#REF!*(SUM(D$26:F$51)),2)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C10" sqref="C10:F10"/>
+      <selection activeCell="O9" sqref="O9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="25.85546875" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="12" max="12" width="6.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7.21875" customWidth="1"/>
+    <col min="5" max="6" width="6.77734375" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="6.77734375" customWidth="1"/>
+    <col min="9" max="9" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.21875" customWidth="1"/>
+    <col min="11" max="11" width="12.44140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.77734375" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="7" customWidth="1"/>
-    <col min="15" max="15" width="14.5703125" style="43" customWidth="1"/>
+    <col min="15" max="15" width="14.5546875" style="43" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="78" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B1" s="79"/>
       <c r="C1" s="80"/>
       <c r="D1" s="182"/>
       <c r="E1" s="183"/>
       <c r="F1" s="184"/>
       <c r="G1" s="185" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="H1" s="186"/>
       <c r="I1" s="186"/>
       <c r="J1" s="186"/>
       <c r="K1" s="186"/>
       <c r="L1" s="140"/>
       <c r="M1" s="140"/>
       <c r="N1" s="140"/>
       <c r="O1" s="140"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="81" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B2" s="82"/>
       <c r="C2" s="83"/>
       <c r="D2" s="187" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E2" s="188"/>
       <c r="F2" s="189"/>
       <c r="G2" s="190" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H2" s="191"/>
       <c r="I2" s="191"/>
       <c r="J2" s="191"/>
       <c r="K2" s="191"/>
       <c r="L2" s="141"/>
       <c r="M2" s="141"/>
       <c r="N2" s="141"/>
       <c r="O2" s="141"/>
     </row>
-    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="139" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B3" s="84"/>
       <c r="C3" s="85"/>
       <c r="D3" s="192" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E3" s="193"/>
       <c r="F3" s="194"/>
       <c r="G3" s="195" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H3" s="196"/>
       <c r="I3" s="196"/>
       <c r="J3" s="196"/>
       <c r="K3" s="196"/>
       <c r="L3" s="141"/>
       <c r="M3" s="141"/>
       <c r="N3" s="141"/>
       <c r="O3" s="141"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="86" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B4" s="82"/>
       <c r="C4" s="83"/>
       <c r="D4" s="87"/>
       <c r="E4" s="88"/>
       <c r="F4" s="76"/>
       <c r="G4" s="76"/>
       <c r="H4" s="76"/>
       <c r="I4" s="89"/>
       <c r="J4" s="89"/>
       <c r="K4" s="89"/>
       <c r="L4" s="89"/>
       <c r="M4" s="89"/>
       <c r="N4" s="89"/>
       <c r="O4" s="90"/>
     </row>
-    <row r="5" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C5" s="93"/>
+    <row r="5" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="200" t="s">
+        <v>73</v>
+      </c>
+      <c r="B5" s="201"/>
+      <c r="C5" s="202"/>
       <c r="D5" s="94"/>
       <c r="E5" s="88"/>
       <c r="F5" s="142" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G5" s="76"/>
       <c r="H5" s="76"/>
       <c r="I5" s="95"/>
       <c r="J5" s="95"/>
       <c r="K5" s="95"/>
       <c r="L5" s="76"/>
       <c r="M5" s="8"/>
       <c r="N5" s="95"/>
       <c r="O5" s="76"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="96"/>
       <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="154" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G6" s="97"/>
       <c r="H6" s="97"/>
       <c r="I6" s="8"/>
       <c r="J6" s="97"/>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="97"/>
       <c r="O6" s="97"/>
     </row>
-    <row r="7" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="98"/>
       <c r="B7" s="97"/>
       <c r="C7" s="97"/>
       <c r="D7" s="97"/>
       <c r="E7" s="97"/>
       <c r="F7" s="97"/>
       <c r="G7" s="97"/>
       <c r="H7" s="97"/>
       <c r="I7" s="8"/>
       <c r="J7" s="97"/>
       <c r="K7" s="97"/>
       <c r="L7" s="97"/>
       <c r="M7" s="97"/>
       <c r="N7" s="97"/>
       <c r="O7" s="97"/>
     </row>
-    <row r="8" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="168" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B8" s="169"/>
       <c r="C8" s="169"/>
       <c r="D8" s="169"/>
       <c r="E8" s="170"/>
       <c r="F8" s="99"/>
       <c r="G8" s="137"/>
       <c r="H8" s="137"/>
       <c r="I8" s="8"/>
       <c r="J8" s="97"/>
       <c r="K8" s="97"/>
       <c r="L8" s="97"/>
       <c r="M8" s="97"/>
       <c r="N8" s="171"/>
       <c r="O8" s="171"/>
     </row>
-    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="172"/>
       <c r="B9" s="173"/>
       <c r="C9" s="174" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D9" s="175"/>
       <c r="E9" s="175"/>
       <c r="F9" s="176"/>
       <c r="G9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K9" s="71" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="O9"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="177" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="178"/>
       <c r="C10" s="179" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D10" s="180"/>
       <c r="E10" s="180"/>
       <c r="F10" s="181"/>
       <c r="G10" s="2" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K10" s="64" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O10"/>
     </row>
-    <row r="11" spans="1:15" ht="36.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="36.6" x14ac:dyDescent="0.3">
       <c r="A11" s="157"/>
       <c r="B11" s="158"/>
       <c r="C11" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="D11" s="31" t="s">
+      <c r="E11" s="62" t="s">
         <v>27</v>
       </c>
-      <c r="E11" s="62" t="s">
+      <c r="F11" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F11" s="5" t="s">
+      <c r="G11" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="I11" s="42" t="s">
         <v>29</v>
       </c>
-      <c r="G11" s="138" t="s">
-[...5 lines deleted...]
-      <c r="I11" s="42" t="s">
+      <c r="J11" s="42" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K11" s="65"/>
       <c r="O11"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="15" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="135"/>
       <c r="D12" s="33"/>
       <c r="E12" s="136"/>
       <c r="F12" s="136"/>
       <c r="G12" s="136"/>
       <c r="H12" s="136"/>
       <c r="I12" s="41"/>
       <c r="J12" s="41"/>
       <c r="K12" s="63"/>
       <c r="O12"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="34"/>
       <c r="E13" s="44"/>
       <c r="F13" s="45"/>
       <c r="G13" s="134">
         <f>SUM(C13+E13)</f>
         <v>0</v>
       </c>
       <c r="H13" s="132">
         <f>SUM(D13+F13)</f>
         <v>0</v>
       </c>
       <c r="I13" s="109">
         <f>SUM(C13:D13)</f>
         <v>0</v>
       </c>
       <c r="J13" s="26">
         <f>SUM(E13:F13)</f>
         <v>0</v>
       </c>
       <c r="K13" s="103">
         <f>SUM(I13+J13)</f>
         <v>0</v>
       </c>
       <c r="O13"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C14" s="10"/>
       <c r="D14" s="35"/>
       <c r="E14" s="49"/>
       <c r="F14" s="46"/>
       <c r="G14" s="134">
         <f t="shared" ref="G14:G18" si="0">SUM(C14+E14)</f>
         <v>0</v>
       </c>
       <c r="H14" s="132">
         <f t="shared" ref="H14:H18" si="1">SUM(D14+F14)</f>
         <v>0</v>
       </c>
       <c r="I14" s="109">
         <f t="shared" ref="I14:I18" si="2">SUM(C14:D14)</f>
         <v>0</v>
       </c>
       <c r="J14" s="60">
         <f t="shared" ref="J14:J18" si="3">SUM(E14:F14)</f>
         <v>0</v>
       </c>
       <c r="K14" s="103">
         <f t="shared" ref="K14:K18" si="4">SUM(I14+J14)</f>
         <v>0</v>
       </c>
       <c r="O14"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C15" s="10"/>
       <c r="D15" s="35"/>
       <c r="E15" s="49"/>
       <c r="F15" s="46"/>
       <c r="G15" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H15" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I15" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J15" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K15" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O15"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C16" s="10"/>
       <c r="D16" s="35"/>
       <c r="E16" s="49"/>
       <c r="F16" s="35"/>
       <c r="G16" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H16" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I16" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J16" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K16" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O16"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C17" s="11"/>
       <c r="D17" s="36"/>
       <c r="E17" s="50"/>
       <c r="F17" s="47"/>
       <c r="G17" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H17" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I17" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J17" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K17" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O17"/>
     </row>
-    <row r="18" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="17" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B18" s="13"/>
       <c r="C18" s="14"/>
       <c r="D18" s="32"/>
       <c r="E18" s="51"/>
       <c r="F18" s="48"/>
       <c r="G18" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H18" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I18" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J18" s="116">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K18" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O18"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="159" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B19" s="160"/>
       <c r="C19" s="118"/>
       <c r="D19" s="117"/>
       <c r="E19" s="117"/>
       <c r="F19" s="117"/>
       <c r="G19" s="117"/>
       <c r="H19" s="117"/>
       <c r="I19" s="113"/>
       <c r="J19" s="113"/>
       <c r="K19" s="111"/>
       <c r="O19"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C20" s="16"/>
       <c r="D20" s="37"/>
       <c r="E20" s="54"/>
       <c r="F20" s="52"/>
       <c r="G20" s="134">
         <f>SUM(C20+E20)</f>
         <v>0</v>
       </c>
       <c r="H20" s="132">
         <f>SUM(D20+F20)</f>
         <v>0</v>
       </c>
       <c r="I20" s="109">
         <f>SUM(C20:D20)</f>
         <v>0</v>
       </c>
       <c r="J20" s="60">
         <f>SUM(E20:F20)</f>
         <v>0</v>
       </c>
       <c r="K20" s="104">
         <f>SUM(I20+J20)</f>
         <v>0</v>
       </c>
       <c r="O20"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="35"/>
       <c r="E21" s="49"/>
       <c r="F21" s="46"/>
       <c r="G21" s="134">
         <f t="shared" ref="G21:H24" si="5">SUM(C21+E21)</f>
         <v>0</v>
       </c>
       <c r="H21" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I21" s="109">
         <f t="shared" ref="I21:I24" si="6">SUM(C21:D21)</f>
         <v>0</v>
       </c>
       <c r="J21" s="60">
         <f t="shared" ref="J21:J24" si="7">SUM(E21:F21)</f>
         <v>0</v>
       </c>
       <c r="K21" s="105">
         <f t="shared" ref="K21:K24" si="8">SUM(I21+J21)</f>
         <v>0</v>
       </c>
       <c r="O21"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C22" s="10"/>
       <c r="D22" s="35"/>
       <c r="E22" s="49"/>
       <c r="F22" s="46"/>
       <c r="G22" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H22" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I22" s="109">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J22" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K22" s="105">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O22"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C23" s="11"/>
       <c r="D23" s="36"/>
       <c r="E23" s="50"/>
       <c r="F23" s="47"/>
       <c r="G23" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H23" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I23" s="109">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J23" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K23" s="105">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O23"/>
     </row>
-    <row r="24" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="161" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B24" s="162"/>
       <c r="C24" s="14"/>
       <c r="D24" s="38"/>
       <c r="E24" s="55"/>
       <c r="F24" s="53"/>
       <c r="G24" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H24" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I24" s="110">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J24" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K24" s="106">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O24"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="163" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25" s="164"/>
       <c r="C25" s="18"/>
       <c r="D25" s="39"/>
       <c r="E25" s="39"/>
       <c r="F25" s="39"/>
       <c r="G25" s="39"/>
       <c r="H25" s="39"/>
       <c r="I25" s="113"/>
       <c r="J25" s="113"/>
       <c r="K25" s="111"/>
       <c r="O25"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="37"/>
       <c r="E26" s="56"/>
       <c r="F26" s="52"/>
       <c r="G26" s="134">
         <f>SUM(C26+E26)</f>
         <v>0</v>
       </c>
       <c r="H26" s="132">
         <f>SUM(D26+F26)</f>
         <v>0</v>
       </c>
       <c r="I26" s="109">
         <f>SUM(C26:D26)</f>
         <v>0</v>
       </c>
       <c r="J26" s="60">
         <f>SUM(E26:F26)</f>
         <v>0</v>
       </c>
       <c r="K26" s="104">
         <f>SUM(I26+J26)</f>
         <v>0</v>
       </c>
       <c r="O26"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="35"/>
       <c r="E27" s="49"/>
       <c r="F27" s="46"/>
       <c r="G27" s="134">
         <f t="shared" ref="G27:H29" si="9">SUM(C27+E27)</f>
         <v>0</v>
       </c>
       <c r="H27" s="132">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I27" s="109">
         <f t="shared" ref="I27:I29" si="10">SUM(C27:D27)</f>
         <v>0</v>
       </c>
       <c r="J27" s="60">
         <f t="shared" ref="J27:J29" si="11">SUM(E27:F27)</f>
         <v>0</v>
       </c>
       <c r="K27" s="103">
         <f t="shared" ref="K27:K29" si="12">SUM(I27+J27)</f>
         <v>0</v>
       </c>
       <c r="O27"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C28" s="12"/>
       <c r="D28" s="40"/>
       <c r="E28" s="57"/>
       <c r="F28" s="40"/>
       <c r="G28" s="134">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H28" s="132">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I28" s="133">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J28" s="60">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K28" s="104">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O28"/>
     </row>
-    <row r="29" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="161" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B29" s="165"/>
       <c r="C29" s="72"/>
       <c r="D29" s="59"/>
       <c r="E29" s="51"/>
       <c r="F29" s="48"/>
       <c r="G29" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H29" s="148">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I29" s="110">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J29" s="60">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K29" s="106">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O29"/>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="19" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="20"/>
       <c r="C30" s="21"/>
       <c r="D30" s="22"/>
       <c r="E30" s="39"/>
       <c r="F30" s="119"/>
       <c r="G30" s="119"/>
       <c r="H30" s="39"/>
       <c r="I30" s="113"/>
       <c r="J30" s="113"/>
       <c r="K30" s="111"/>
       <c r="O30"/>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C31" s="23"/>
       <c r="D31" s="75"/>
       <c r="E31" s="124"/>
       <c r="F31" s="125"/>
       <c r="G31" s="143">
         <f>C31</f>
         <v>0</v>
       </c>
       <c r="H31" s="144">
         <f>D31</f>
         <v>0</v>
       </c>
       <c r="I31" s="109">
         <f>SUM(C31:D31)</f>
         <v>0</v>
       </c>
       <c r="J31" s="120"/>
       <c r="K31" s="108">
         <f>SUM(I31+J31)</f>
         <v>0</v>
       </c>
       <c r="O31"/>
     </row>
-    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C32" s="24"/>
       <c r="D32" s="74"/>
       <c r="E32" s="126"/>
       <c r="F32" s="127"/>
       <c r="G32" s="143">
         <f t="shared" ref="G32:H34" si="13">C32</f>
         <v>0</v>
       </c>
       <c r="H32" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I32" s="109">
         <f t="shared" ref="I32:I34" si="14">SUM(C32:D32)</f>
         <v>0</v>
       </c>
       <c r="J32" s="121"/>
       <c r="K32" s="108">
         <f t="shared" ref="K32:K34" si="15">SUM(I32+J32)</f>
         <v>0</v>
       </c>
       <c r="O32"/>
     </row>
-    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C33" s="25"/>
       <c r="D33" s="73"/>
       <c r="E33" s="126"/>
       <c r="F33" s="127"/>
       <c r="G33" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H33" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I33" s="109">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J33" s="121"/>
       <c r="K33" s="108">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="O33"/>
     </row>
-    <row r="34" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="166" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B34" s="167"/>
       <c r="C34" s="67"/>
       <c r="D34" s="66"/>
       <c r="E34" s="128"/>
       <c r="F34" s="129"/>
       <c r="G34" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H34" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I34" s="110">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J34" s="122"/>
       <c r="K34" s="108">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="O34"/>
     </row>
-    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B35" s="20"/>
       <c r="C35" s="21"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="112"/>
       <c r="G35" s="112"/>
       <c r="H35" s="112"/>
       <c r="I35" s="113"/>
       <c r="J35" s="113"/>
       <c r="K35" s="111"/>
       <c r="O35"/>
     </row>
-    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
       <c r="B36" s="8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C36" s="27"/>
       <c r="D36" s="70"/>
       <c r="E36" s="126"/>
       <c r="F36" s="125"/>
       <c r="G36" s="143">
         <f>C36</f>
         <v>0</v>
       </c>
       <c r="H36" s="144">
         <f>D36</f>
         <v>0</v>
       </c>
       <c r="I36" s="109">
         <f>SUM(C36:D36)</f>
         <v>0</v>
       </c>
       <c r="J36" s="120"/>
       <c r="K36" s="108">
         <f>SUM(I36+J36)</f>
         <v>0</v>
       </c>
       <c r="O36"/>
     </row>
-    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A37" s="7"/>
       <c r="B37" s="28" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C37" s="68"/>
       <c r="D37" s="69"/>
       <c r="E37" s="126"/>
       <c r="F37" s="127"/>
       <c r="G37" s="143">
         <f t="shared" ref="G37:H39" si="16">C37</f>
         <v>0</v>
       </c>
       <c r="H37" s="144">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I37" s="109">
         <f t="shared" ref="I37:I38" si="17">SUM(C37:D37)</f>
         <v>0</v>
       </c>
       <c r="J37" s="121"/>
       <c r="K37" s="108">
         <f t="shared" ref="K37:K39" si="18">SUM(I37+J37)</f>
         <v>0</v>
       </c>
       <c r="O37"/>
     </row>
-    <row r="38" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="155" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B38" s="156"/>
       <c r="C38" s="58"/>
       <c r="D38" s="61"/>
       <c r="E38" s="130"/>
       <c r="F38" s="131"/>
       <c r="G38" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="H38" s="146">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I38" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J38" s="123"/>
       <c r="K38" s="114">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O38"/>
     </row>
-    <row r="39" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="29" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B39" s="30"/>
       <c r="C39" s="150">
         <f>SUM(C18+C24+C29+C34+C38)</f>
         <v>0</v>
       </c>
       <c r="D39" s="151">
         <f t="shared" ref="D39:I39" si="19">SUM(D18+D24+D29+D34+D38)</f>
         <v>0</v>
       </c>
       <c r="E39" s="150">
         <f>SUM(E18+E24+E29)</f>
         <v>0</v>
       </c>
       <c r="F39" s="151">
         <f>SUM(F18+F24+F29)</f>
         <v>0</v>
       </c>
       <c r="G39" s="152">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="H39" s="153">
         <f>D39</f>
         <v>0</v>
       </c>
       <c r="I39" s="150">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J39" s="151">
         <f>SUM(J18+J24+J29)</f>
         <v>0</v>
       </c>
       <c r="K39" s="107">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O39"/>
     </row>
-    <row r="40" spans="1:15" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:15" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A40" s="76" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B40" s="8"/>
       <c r="C40" s="100"/>
       <c r="D40" s="100"/>
       <c r="E40" s="100"/>
       <c r="F40" s="100"/>
       <c r="G40" s="149"/>
       <c r="H40" s="149"/>
       <c r="I40" s="100"/>
       <c r="J40" s="100"/>
       <c r="K40" s="101"/>
       <c r="L40" s="101"/>
       <c r="M40" s="102"/>
       <c r="N40" s="102"/>
     </row>
-    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A41" s="76" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="19">
+  <mergeCells count="20">
+    <mergeCell ref="A5:C5"/>
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="G3:K3"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="N8:O8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A34:B34"/>
   </mergeCells>
   <conditionalFormatting sqref="C38">
     <cfRule type="cellIs" dxfId="9" priority="4" operator="greaterThan">
       <formula>ROUND(#REF!*(SUM(C$26:F$51)),2)</formula>
     </cfRule>
   </conditionalFormatting>
@@ -7968,1187 +7995,1515 @@
   </conditionalFormatting>
   <conditionalFormatting sqref="D4">
     <cfRule type="cellIs" dxfId="7" priority="1" operator="notEqual">
       <formula>$D$34</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D5">
     <cfRule type="cellIs" dxfId="6" priority="2" operator="notEqual">
       <formula>#REF!</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D38">
     <cfRule type="cellIs" dxfId="5" priority="5" operator="greaterThan">
       <formula>ROUND(#REF!*(SUM(D$26:F$51)),2)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:O41"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="P14" sqref="P14"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="O14" sqref="O14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="25.85546875" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="12" max="12" width="6.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7.21875" customWidth="1"/>
+    <col min="5" max="6" width="6.77734375" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="6.77734375" customWidth="1"/>
+    <col min="9" max="9" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.21875" customWidth="1"/>
+    <col min="11" max="11" width="12.44140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.77734375" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="7" customWidth="1"/>
-    <col min="15" max="15" width="14.5703125" style="43" customWidth="1"/>
+    <col min="15" max="15" width="14.5546875" style="43" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="78" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B1" s="79"/>
       <c r="C1" s="80"/>
       <c r="D1" s="182"/>
       <c r="E1" s="183"/>
       <c r="F1" s="184"/>
       <c r="G1" s="185" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="H1" s="186"/>
       <c r="I1" s="186"/>
       <c r="J1" s="186"/>
       <c r="K1" s="186"/>
       <c r="L1" s="140"/>
       <c r="M1" s="140"/>
       <c r="N1" s="140"/>
       <c r="O1" s="140"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="81" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B2" s="82"/>
       <c r="C2" s="83"/>
       <c r="D2" s="187" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E2" s="188"/>
       <c r="F2" s="189"/>
       <c r="G2" s="190" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H2" s="191"/>
       <c r="I2" s="191"/>
       <c r="J2" s="191"/>
       <c r="K2" s="191"/>
       <c r="L2" s="141"/>
       <c r="M2" s="141"/>
       <c r="N2" s="141"/>
       <c r="O2" s="141"/>
     </row>
-    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="139" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B3" s="84"/>
       <c r="C3" s="85"/>
       <c r="D3" s="192" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E3" s="193"/>
       <c r="F3" s="194"/>
       <c r="G3" s="195" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H3" s="196"/>
       <c r="I3" s="196"/>
       <c r="J3" s="196"/>
       <c r="K3" s="196"/>
       <c r="L3" s="141"/>
       <c r="M3" s="141"/>
       <c r="N3" s="141"/>
       <c r="O3" s="141"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="86" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B4" s="82"/>
       <c r="C4" s="83"/>
       <c r="D4" s="87"/>
       <c r="E4" s="88"/>
       <c r="F4" s="76"/>
       <c r="G4" s="76"/>
       <c r="H4" s="76"/>
       <c r="I4" s="89"/>
       <c r="J4" s="89"/>
       <c r="K4" s="89"/>
       <c r="L4" s="89"/>
       <c r="M4" s="89"/>
       <c r="N4" s="89"/>
       <c r="O4" s="90"/>
     </row>
-    <row r="5" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C5" s="93"/>
+    <row r="5" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="200" t="s">
+        <v>73</v>
+      </c>
+      <c r="B5" s="201"/>
+      <c r="C5" s="202"/>
       <c r="D5" s="94"/>
       <c r="E5" s="88"/>
       <c r="F5" s="142" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G5" s="76"/>
       <c r="H5" s="76"/>
       <c r="I5" s="95"/>
       <c r="J5" s="95"/>
       <c r="K5" s="95"/>
       <c r="L5" s="76"/>
       <c r="M5" s="8"/>
       <c r="N5" s="95"/>
       <c r="O5" s="76"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="96"/>
       <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="154" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G6" s="97"/>
       <c r="H6" s="97"/>
       <c r="I6" s="8"/>
       <c r="J6" s="97"/>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="97"/>
       <c r="O6" s="97"/>
     </row>
-    <row r="7" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="98"/>
       <c r="B7" s="97"/>
       <c r="C7" s="97"/>
       <c r="D7" s="97"/>
       <c r="E7" s="97"/>
       <c r="F7" s="97"/>
       <c r="G7" s="97"/>
       <c r="H7" s="97"/>
       <c r="I7" s="8"/>
       <c r="J7" s="97"/>
       <c r="K7" s="97"/>
       <c r="L7" s="97"/>
       <c r="M7" s="97"/>
       <c r="N7" s="97"/>
       <c r="O7" s="97"/>
     </row>
-    <row r="8" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="168" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B8" s="169"/>
       <c r="C8" s="169"/>
       <c r="D8" s="169"/>
       <c r="E8" s="170"/>
       <c r="F8" s="99"/>
       <c r="G8" s="137"/>
       <c r="H8" s="137"/>
       <c r="I8" s="8"/>
       <c r="J8" s="97"/>
       <c r="K8" s="97"/>
       <c r="L8" s="97"/>
       <c r="M8" s="97"/>
       <c r="N8" s="171"/>
       <c r="O8" s="171"/>
     </row>
-    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="172"/>
       <c r="B9" s="173"/>
       <c r="C9" s="174" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D9" s="175"/>
       <c r="E9" s="175"/>
       <c r="F9" s="176"/>
       <c r="G9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H9" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K9" s="71" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="O9"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="177" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="178"/>
       <c r="C10" s="179" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D10" s="180"/>
       <c r="E10" s="180"/>
       <c r="F10" s="181"/>
       <c r="G10" s="2" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="K10" s="64" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O10"/>
     </row>
-    <row r="11" spans="1:15" ht="36.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="36.6" x14ac:dyDescent="0.3">
       <c r="A11" s="157"/>
       <c r="B11" s="158"/>
       <c r="C11" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="D11" s="31" t="s">
+      <c r="E11" s="62" t="s">
         <v>27</v>
       </c>
-      <c r="E11" s="62" t="s">
+      <c r="F11" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F11" s="5" t="s">
+      <c r="G11" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="I11" s="42" t="s">
         <v>29</v>
       </c>
-      <c r="G11" s="138" t="s">
-[...5 lines deleted...]
-      <c r="I11" s="42" t="s">
+      <c r="J11" s="42" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K11" s="65"/>
       <c r="O11"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="15" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="135"/>
       <c r="D12" s="33"/>
       <c r="E12" s="136"/>
       <c r="F12" s="136"/>
       <c r="G12" s="136"/>
       <c r="H12" s="136"/>
       <c r="I12" s="41"/>
       <c r="J12" s="41"/>
       <c r="K12" s="63"/>
       <c r="O12"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="34"/>
       <c r="E13" s="44"/>
       <c r="F13" s="45"/>
       <c r="G13" s="134">
         <f>SUM(C13+E13)</f>
         <v>0</v>
       </c>
       <c r="H13" s="132">
         <f>SUM(D13+F13)</f>
         <v>0</v>
       </c>
       <c r="I13" s="109">
         <f>SUM(C13:D13)</f>
         <v>0</v>
       </c>
       <c r="J13" s="26">
         <f>SUM(E13:F13)</f>
         <v>0</v>
       </c>
       <c r="K13" s="103">
         <f>SUM(I13+J13)</f>
         <v>0</v>
       </c>
       <c r="O13"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C14" s="10"/>
       <c r="D14" s="35"/>
       <c r="E14" s="49"/>
       <c r="F14" s="46"/>
       <c r="G14" s="134">
         <f t="shared" ref="G14:G18" si="0">SUM(C14+E14)</f>
         <v>0</v>
       </c>
       <c r="H14" s="132">
         <f t="shared" ref="H14:H18" si="1">SUM(D14+F14)</f>
         <v>0</v>
       </c>
       <c r="I14" s="109">
         <f t="shared" ref="I14:I18" si="2">SUM(C14:D14)</f>
         <v>0</v>
       </c>
       <c r="J14" s="60">
         <f t="shared" ref="J14:J18" si="3">SUM(E14:F14)</f>
         <v>0</v>
       </c>
       <c r="K14" s="103">
         <f t="shared" ref="K14:K18" si="4">SUM(I14+J14)</f>
         <v>0</v>
       </c>
       <c r="O14"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C15" s="10"/>
       <c r="D15" s="35"/>
       <c r="E15" s="49"/>
       <c r="F15" s="46"/>
       <c r="G15" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H15" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I15" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J15" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K15" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O15"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C16" s="10"/>
       <c r="D16" s="35"/>
       <c r="E16" s="49"/>
       <c r="F16" s="35"/>
       <c r="G16" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H16" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I16" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J16" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K16" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O16"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C17" s="11"/>
       <c r="D17" s="36"/>
       <c r="E17" s="50"/>
       <c r="F17" s="47"/>
       <c r="G17" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H17" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I17" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J17" s="115">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K17" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O17"/>
     </row>
-    <row r="18" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="17" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B18" s="13"/>
       <c r="C18" s="14"/>
       <c r="D18" s="32"/>
       <c r="E18" s="51"/>
       <c r="F18" s="48"/>
       <c r="G18" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H18" s="132">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I18" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J18" s="116">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K18" s="103">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O18"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="159" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B19" s="160"/>
       <c r="C19" s="118"/>
       <c r="D19" s="117"/>
       <c r="E19" s="117"/>
       <c r="F19" s="117"/>
       <c r="G19" s="117"/>
       <c r="H19" s="117"/>
       <c r="I19" s="113"/>
       <c r="J19" s="113"/>
       <c r="K19" s="111"/>
       <c r="O19"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C20" s="16"/>
       <c r="D20" s="37"/>
       <c r="E20" s="54"/>
       <c r="F20" s="52"/>
       <c r="G20" s="134">
         <f>SUM(C20+E20)</f>
         <v>0</v>
       </c>
       <c r="H20" s="132">
         <f>SUM(D20+F20)</f>
         <v>0</v>
       </c>
       <c r="I20" s="109">
         <f>SUM(C20:D20)</f>
         <v>0</v>
       </c>
       <c r="J20" s="60">
         <f>SUM(E20:F20)</f>
         <v>0</v>
       </c>
       <c r="K20" s="104">
         <f>SUM(I20+J20)</f>
         <v>0</v>
       </c>
       <c r="O20"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="35"/>
       <c r="E21" s="49"/>
       <c r="F21" s="46"/>
       <c r="G21" s="134">
         <f t="shared" ref="G21:H24" si="5">SUM(C21+E21)</f>
         <v>0</v>
       </c>
       <c r="H21" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I21" s="109">
         <f t="shared" ref="I21:I24" si="6">SUM(C21:D21)</f>
         <v>0</v>
       </c>
       <c r="J21" s="60">
         <f t="shared" ref="J21:J24" si="7">SUM(E21:F21)</f>
         <v>0</v>
       </c>
       <c r="K21" s="105">
         <f t="shared" ref="K21:K24" si="8">SUM(I21+J21)</f>
         <v>0</v>
       </c>
       <c r="O21"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C22" s="10"/>
       <c r="D22" s="35"/>
       <c r="E22" s="49"/>
       <c r="F22" s="46"/>
       <c r="G22" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H22" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I22" s="109">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J22" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K22" s="105">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O22"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C23" s="11"/>
       <c r="D23" s="36"/>
       <c r="E23" s="50"/>
       <c r="F23" s="47"/>
       <c r="G23" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H23" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I23" s="109">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J23" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K23" s="105">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O23"/>
     </row>
-    <row r="24" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="161" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B24" s="162"/>
       <c r="C24" s="14"/>
       <c r="D24" s="38"/>
       <c r="E24" s="55"/>
       <c r="F24" s="53"/>
       <c r="G24" s="134">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H24" s="132">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I24" s="110">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J24" s="60">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K24" s="106">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O24"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="163" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25" s="164"/>
       <c r="C25" s="18"/>
       <c r="D25" s="39"/>
       <c r="E25" s="39"/>
       <c r="F25" s="39"/>
       <c r="G25" s="39"/>
       <c r="H25" s="39"/>
       <c r="I25" s="113"/>
       <c r="J25" s="113"/>
       <c r="K25" s="111"/>
       <c r="O25"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="37"/>
       <c r="E26" s="56"/>
       <c r="F26" s="52"/>
       <c r="G26" s="134">
         <f>SUM(C26+E26)</f>
         <v>0</v>
       </c>
       <c r="H26" s="132">
         <f>SUM(D26+F26)</f>
         <v>0</v>
       </c>
       <c r="I26" s="109">
         <f>SUM(C26:D26)</f>
         <v>0</v>
       </c>
       <c r="J26" s="60">
         <f>SUM(E26:F26)</f>
         <v>0</v>
       </c>
       <c r="K26" s="104">
         <f>SUM(I26+J26)</f>
         <v>0</v>
       </c>
       <c r="O26"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="35"/>
       <c r="E27" s="49"/>
       <c r="F27" s="46"/>
       <c r="G27" s="134">
         <f t="shared" ref="G27:H29" si="9">SUM(C27+E27)</f>
         <v>0</v>
       </c>
       <c r="H27" s="132">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I27" s="109">
         <f t="shared" ref="I27:I29" si="10">SUM(C27:D27)</f>
         <v>0</v>
       </c>
       <c r="J27" s="60">
         <f t="shared" ref="J27:J29" si="11">SUM(E27:F27)</f>
         <v>0</v>
       </c>
       <c r="K27" s="103">
         <f t="shared" ref="K27:K29" si="12">SUM(I27+J27)</f>
         <v>0</v>
       </c>
       <c r="O27"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C28" s="12"/>
       <c r="D28" s="40"/>
       <c r="E28" s="57"/>
       <c r="F28" s="40"/>
       <c r="G28" s="134">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H28" s="132">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I28" s="133">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J28" s="60">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K28" s="104">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O28"/>
     </row>
-    <row r="29" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="161" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B29" s="165"/>
       <c r="C29" s="72"/>
       <c r="D29" s="59"/>
       <c r="E29" s="51"/>
       <c r="F29" s="48"/>
       <c r="G29" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H29" s="148">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I29" s="110">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J29" s="60">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K29" s="106">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O29"/>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="19" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="20"/>
       <c r="C30" s="21"/>
       <c r="D30" s="22"/>
       <c r="E30" s="39"/>
       <c r="F30" s="119"/>
       <c r="G30" s="119"/>
       <c r="H30" s="39"/>
       <c r="I30" s="113"/>
       <c r="J30" s="113"/>
       <c r="K30" s="111"/>
       <c r="O30"/>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C31" s="23"/>
       <c r="D31" s="75"/>
       <c r="E31" s="124"/>
       <c r="F31" s="125"/>
       <c r="G31" s="143">
         <f>C31</f>
         <v>0</v>
       </c>
       <c r="H31" s="144">
         <f>D31</f>
         <v>0</v>
       </c>
       <c r="I31" s="109">
         <f>SUM(C31:D31)</f>
         <v>0</v>
       </c>
       <c r="J31" s="120"/>
       <c r="K31" s="108">
         <f>SUM(I31+J31)</f>
         <v>0</v>
       </c>
       <c r="O31"/>
     </row>
-    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C32" s="24"/>
       <c r="D32" s="74"/>
       <c r="E32" s="126"/>
       <c r="F32" s="127"/>
       <c r="G32" s="143">
         <f t="shared" ref="G32:H34" si="13">C32</f>
         <v>0</v>
       </c>
       <c r="H32" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I32" s="109">
         <f t="shared" ref="I32:I34" si="14">SUM(C32:D32)</f>
         <v>0</v>
       </c>
       <c r="J32" s="121"/>
       <c r="K32" s="108">
         <f t="shared" ref="K32:K34" si="15">SUM(I32+J32)</f>
         <v>0</v>
       </c>
       <c r="O32"/>
     </row>
-    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C33" s="25"/>
       <c r="D33" s="73"/>
       <c r="E33" s="126"/>
       <c r="F33" s="127"/>
       <c r="G33" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H33" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I33" s="109">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J33" s="121"/>
       <c r="K33" s="108">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="O33"/>
     </row>
-    <row r="34" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="166" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B34" s="167"/>
       <c r="C34" s="67"/>
       <c r="D34" s="66"/>
       <c r="E34" s="128"/>
       <c r="F34" s="129"/>
       <c r="G34" s="143">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H34" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I34" s="110">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J34" s="122"/>
       <c r="K34" s="108">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="O34"/>
     </row>
-    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B35" s="20"/>
       <c r="C35" s="21"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="112"/>
       <c r="G35" s="112"/>
       <c r="H35" s="112"/>
       <c r="I35" s="113"/>
       <c r="J35" s="113"/>
       <c r="K35" s="111"/>
       <c r="O35"/>
     </row>
-    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
       <c r="B36" s="8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C36" s="27"/>
       <c r="D36" s="70"/>
       <c r="E36" s="126"/>
       <c r="F36" s="125"/>
       <c r="G36" s="143">
         <f>C36</f>
         <v>0</v>
       </c>
       <c r="H36" s="144">
         <f>D36</f>
         <v>0</v>
       </c>
       <c r="I36" s="109">
         <f>SUM(C36:D36)</f>
         <v>0</v>
       </c>
       <c r="J36" s="120"/>
       <c r="K36" s="108">
         <f>SUM(I36+J36)</f>
         <v>0</v>
       </c>
       <c r="O36"/>
     </row>
-    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A37" s="7"/>
       <c r="B37" s="28" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C37" s="68"/>
       <c r="D37" s="69"/>
       <c r="E37" s="126"/>
       <c r="F37" s="127"/>
       <c r="G37" s="143">
         <f t="shared" ref="G37:H39" si="16">C37</f>
         <v>0</v>
       </c>
       <c r="H37" s="144">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I37" s="109">
         <f t="shared" ref="I37:I38" si="17">SUM(C37:D37)</f>
         <v>0</v>
       </c>
       <c r="J37" s="121"/>
       <c r="K37" s="108">
         <f t="shared" ref="K37:K39" si="18">SUM(I37+J37)</f>
         <v>0</v>
       </c>
       <c r="O37"/>
     </row>
-    <row r="38" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="155" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B38" s="156"/>
       <c r="C38" s="58"/>
       <c r="D38" s="61"/>
       <c r="E38" s="130"/>
       <c r="F38" s="131"/>
       <c r="G38" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="H38" s="146">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I38" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J38" s="123"/>
       <c r="K38" s="114">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O38"/>
     </row>
-    <row r="39" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="29" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B39" s="30"/>
       <c r="C39" s="150">
         <f>SUM(C18+C24+C29+C34+C38)</f>
         <v>0</v>
       </c>
       <c r="D39" s="151">
         <f t="shared" ref="D39:I39" si="19">SUM(D18+D24+D29+D34+D38)</f>
         <v>0</v>
       </c>
       <c r="E39" s="150">
         <f>SUM(E18+E24+E29)</f>
         <v>0</v>
       </c>
       <c r="F39" s="151">
         <f>SUM(F18+F24+F29)</f>
         <v>0</v>
       </c>
       <c r="G39" s="152">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="H39" s="153">
         <f>D39</f>
         <v>0</v>
       </c>
       <c r="I39" s="150">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J39" s="151">
         <f>SUM(J18+J24+J29)</f>
         <v>0</v>
       </c>
       <c r="K39" s="107">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="O39"/>
     </row>
-    <row r="40" spans="1:15" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:15" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A40" s="76" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B40" s="8"/>
       <c r="C40" s="100"/>
       <c r="D40" s="100"/>
       <c r="E40" s="100"/>
       <c r="F40" s="100"/>
       <c r="G40" s="149"/>
       <c r="H40" s="149"/>
       <c r="I40" s="100"/>
       <c r="J40" s="100"/>
       <c r="K40" s="101"/>
       <c r="L40" s="101"/>
       <c r="M40" s="102"/>
       <c r="N40" s="102"/>
     </row>
-    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A41" s="76" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="19">
+  <mergeCells count="20">
+    <mergeCell ref="A5:C5"/>
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="G3:K3"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="N8:O8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A34:B34"/>
   </mergeCells>
   <conditionalFormatting sqref="C38">
     <cfRule type="cellIs" dxfId="4" priority="4" operator="greaterThan">
       <formula>ROUND(#REF!*(SUM(C$26:F$51)),2)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C36:D37">
     <cfRule type="expression" dxfId="3" priority="3">
       <formula>($C$50+$C$51+$C$52)&gt;$C$53*0.08</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D4">
     <cfRule type="cellIs" dxfId="2" priority="1" operator="notEqual">
       <formula>$D$34</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D5">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="notEqual">
       <formula>#REF!</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D38">
     <cfRule type="cellIs" dxfId="0" priority="5" operator="greaterThan">
       <formula>ROUND(#REF!*(SUM(D$26:F$51)),2)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a65fbe1f-a3a3-435c-beb1-bc178e11a954"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e633b9c5-0b33-47d2-895c-6c014b75ca8a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D4C1E87739E1B4787125CE41F0C912F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2a2ce47389d8591f700d32ff75278b62">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e633b9c5-0b33-47d2-895c-6c014b75ca8a" xmlns:ns3="a65fbe1f-a3a3-435c-beb1-bc178e11a954" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1c8fa66f17b6bfa694ba628ba085ea40" ns2:_="" ns3:_="">
+    <xsd:import namespace="e633b9c5-0b33-47d2-895c-6c014b75ca8a"/>
+    <xsd:import namespace="a65fbe1f-a3a3-435c-beb1-bc178e11a954"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e633b9c5-0b33-47d2-895c-6c014b75ca8a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a2976fd1-8200-4904-8c33-deaf49ea56c7" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a65fbe1f-a3a3-435c-beb1-bc178e11a954" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f89658fd-f416-4e45-9aa2-e66d5caaee90}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="a65fbe1f-a3a3-435c-beb1-bc178e11a954">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5E85777-72E1-4767-8364-3CFBDF3F3C69}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="e633b9c5-0b33-47d2-895c-6c014b75ca8a"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="a65fbe1f-a3a3-435c-beb1-bc178e11a954"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34D40C1F-BC06-46A1-92ED-2257FA046F5B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00941228-54E7-4071-A2D4-03CCA0100DF5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e633b9c5-0b33-47d2-895c-6c014b75ca8a"/>
+    <ds:schemaRef ds:uri="a65fbe1f-a3a3-435c-beb1-bc178e11a954"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Year 1</vt:lpstr>
       <vt:lpstr>Year 2</vt:lpstr>
       <vt:lpstr>Year 3</vt:lpstr>
       <vt:lpstr>Year 4</vt:lpstr>
       <vt:lpstr>Year 5</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>New</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101006D4C1E87739E1B4787125CE41F0C912F</vt:lpwstr>
+  </property>
+</Properties>
+</file>