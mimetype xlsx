--- v0 (2025-10-05)
+++ v1 (2025-11-06)
@@ -1,146 +1,160 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20404"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\My Drive\Every Student Succeeds Act\Title IV, Part B\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://policygroup.sharepoint.com/sites/SPPG/Projects/Iowa Afterschool Alliance/2025/21CCLC/RFA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A9E58A39-AFFB-421D-B84B-D445C754D1A9}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ED7E8120-D2AD-49CB-AEDA-12D4F06328EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SITE 1" sheetId="2" r:id="rId1"/>
     <sheet name="SITE 2" sheetId="5" r:id="rId2"/>
     <sheet name="SITE 3" sheetId="6" r:id="rId3"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D39" i="6" l="1"/>
+  <c r="F42" i="6" l="1"/>
+  <c r="D39" i="6"/>
   <c r="D34" i="6"/>
   <c r="D29" i="6"/>
   <c r="M28" i="6"/>
   <c r="L28" i="6"/>
   <c r="K28" i="6"/>
   <c r="J28" i="6"/>
   <c r="I28" i="6"/>
   <c r="H28" i="6"/>
   <c r="G28" i="6"/>
   <c r="F28" i="6"/>
   <c r="E28" i="6"/>
   <c r="D23" i="6" s="1"/>
+  <c r="D43" i="6" s="1"/>
   <c r="D39" i="5"/>
   <c r="D34" i="5"/>
   <c r="D29" i="5"/>
   <c r="M28" i="5"/>
   <c r="L28" i="5"/>
   <c r="K28" i="5"/>
   <c r="J28" i="5"/>
+  <c r="J42" i="5" s="1"/>
   <c r="I28" i="5"/>
   <c r="H28" i="5"/>
   <c r="G28" i="5"/>
   <c r="F28" i="5"/>
   <c r="E28" i="5"/>
   <c r="D23" i="5" s="1"/>
-  <c r="D43" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="J42" i="6"/>
+  <c r="D43" i="5" s="1"/>
+  <c r="J42" i="6" l="1"/>
   <c r="J43" i="6" s="1"/>
-  <c r="D43" i="6"/>
   <c r="H42" i="5"/>
+  <c r="F43" i="6"/>
   <c r="H42" i="6"/>
-  <c r="F42" i="6"/>
-  <c r="F43" i="6" s="1"/>
   <c r="L42" i="6"/>
   <c r="L43" i="6" s="1"/>
   <c r="H43" i="6"/>
+  <c r="F43" i="5"/>
   <c r="L42" i="5"/>
   <c r="L43" i="5" s="1"/>
   <c r="F42" i="5"/>
-  <c r="F43" i="5" s="1"/>
   <c r="J43" i="5"/>
   <c r="H43" i="5"/>
   <c r="D34" i="2"/>
   <c r="D29" i="2"/>
   <c r="M28" i="2" l="1"/>
   <c r="L28" i="2"/>
   <c r="L42" i="2" s="1"/>
   <c r="K28" i="2"/>
   <c r="J28" i="2"/>
   <c r="I28" i="2"/>
   <c r="H28" i="2"/>
   <c r="H42" i="2" s="1"/>
   <c r="G28" i="2"/>
   <c r="F28" i="2"/>
   <c r="E28" i="2"/>
   <c r="D23" i="2" s="1"/>
   <c r="F42" i="2" l="1"/>
   <c r="J42" i="2"/>
   <c r="L43" i="2" l="1"/>
   <c r="J43" i="2"/>
   <c r="H43" i="2"/>
   <c r="F43" i="2"/>
   <c r="D39" i="2" l="1"/>
   <c r="D43" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="53">
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
@@ -229,81 +243,78 @@
   <si>
     <t>Qtr 2 due by January 31st</t>
   </si>
   <si>
     <t>Reserved for IDOE finance</t>
   </si>
   <si>
     <t>Professional Development (must be equal or greater than 5% of budget):</t>
   </si>
   <si>
     <t>Student Access (up to 8% of budget):</t>
   </si>
   <si>
     <t>Evaluation (up to 4%):</t>
   </si>
   <si>
     <t>Other Admin Costs (Up to 8%):</t>
   </si>
   <si>
     <t>Indirect Costs, Restricted*</t>
   </si>
   <si>
     <t>*Indirect costs limited to school district rate - Nonprofits and other non-public school entities should use the rate of the district they are serving</t>
   </si>
   <si>
-    <t>FORM D2: 21ST CENTURY COMMUNITY LEARNING CENTERS GRANT PROGRAM BUDGET</t>
-[...1 lines deleted...]
-  <si>
     <t>IOWA DEPARTMENT OF EDUCATION</t>
   </si>
   <si>
     <t>Total YR1</t>
   </si>
   <si>
     <t>Total YR1 21CCLC Award:</t>
   </si>
   <si>
     <t xml:space="preserve">AGENCY AND  SITE NAME: </t>
   </si>
   <si>
     <t>SITE ADDRESS:</t>
   </si>
   <si>
     <t>***COMPLETE ONE SPREADSHEET FOR EACH SITE IN GRANT - THIS SPREADSHEET TABULATED***</t>
   </si>
   <si>
     <t>RESERVED FOR IDOE FINANCE</t>
   </si>
   <si>
     <t>THIS COLUMN</t>
   </si>
   <si>
-    <t>2021-22 Budget</t>
+    <t>FORM D1: 21ST CENTURY COMMUNITY LEARNING CENTERS GRANT PROGRAM BUDGET</t>
   </si>
   <si>
-    <t>FORM D1</t>
+    <t>2026-27 Budget</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;\ \ \ #,##0.00"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7.25"/>
       <name val="Helv"/>
@@ -2388,201 +2399,167 @@
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFCC99"/>
       <color rgb="FFEAF0F6"/>
       <color rgb="FFF9B47B"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2729,1360 +2706,1360 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O76"/>
   <sheetViews>
-    <sheetView topLeftCell="A37" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane xSplit="3" topLeftCell="D1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="I22" sqref="I22"/>
+      <selection pane="topRight" activeCell="F13" sqref="F13:G13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="11.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.42578125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="2.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="1.453125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="25.54296875" style="1" customWidth="1"/>
+    <col min="4" max="15" width="13.26953125" style="1" customWidth="1"/>
+    <col min="16" max="17" width="17.7265625" style="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="103" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B1" s="104"/>
       <c r="C1" s="105"/>
       <c r="D1" s="141"/>
       <c r="E1" s="142"/>
       <c r="F1" s="143"/>
       <c r="G1" s="131" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H1" s="131"/>
       <c r="I1" s="131"/>
       <c r="J1" s="131"/>
       <c r="K1" s="131"/>
       <c r="L1" s="131"/>
       <c r="M1" s="131"/>
       <c r="N1" s="116"/>
       <c r="O1" s="81"/>
     </row>
-    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="106" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B2" s="107"/>
       <c r="C2" s="108"/>
       <c r="D2" s="144" t="s">
         <v>18</v>
       </c>
       <c r="E2" s="145"/>
       <c r="F2" s="146"/>
       <c r="G2" s="132" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H2" s="132"/>
       <c r="I2" s="132"/>
       <c r="J2" s="132"/>
       <c r="K2" s="132"/>
       <c r="L2" s="132"/>
       <c r="M2" s="132"/>
       <c r="N2" s="129"/>
       <c r="O2" s="130"/>
     </row>
-    <row r="3" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="109"/>
       <c r="B3" s="110"/>
       <c r="C3" s="111"/>
       <c r="D3" s="147" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="148"/>
       <c r="F3" s="149"/>
       <c r="G3" s="132" t="s">
         <v>26</v>
       </c>
       <c r="H3" s="132"/>
       <c r="I3" s="132"/>
       <c r="J3" s="132"/>
       <c r="K3" s="132"/>
       <c r="L3" s="132"/>
       <c r="M3" s="132"/>
       <c r="N3" s="117"/>
       <c r="O3" s="78"/>
     </row>
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="112" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B4" s="107"/>
       <c r="C4" s="108"/>
       <c r="D4" s="80"/>
       <c r="E4" s="75"/>
       <c r="G4" s="45"/>
       <c r="H4" s="45"/>
       <c r="I4" s="45"/>
       <c r="J4" s="45"/>
       <c r="K4" s="45"/>
       <c r="L4" s="45"/>
       <c r="M4" s="35"/>
       <c r="N4" s="3"/>
       <c r="O4" s="120"/>
     </row>
-    <row r="5" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="113"/>
       <c r="B5" s="114"/>
       <c r="C5" s="115"/>
       <c r="D5" s="79"/>
       <c r="E5" s="75"/>
       <c r="G5" s="25" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H5" s="25"/>
       <c r="I5" s="25"/>
       <c r="K5" s="5"/>
       <c r="L5" s="25"/>
       <c r="N5" s="66"/>
       <c r="O5" s="121"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A6" s="122"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="5"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="O6" s="120"/>
     </row>
-    <row r="7" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="123"/>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="5"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="O7" s="120"/>
     </row>
-    <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="156" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="157"/>
       <c r="C8" s="157"/>
       <c r="D8" s="157"/>
       <c r="E8" s="158"/>
       <c r="F8" s="76"/>
       <c r="G8" s="5"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="133" t="s">
         <v>34</v>
       </c>
       <c r="M8" s="134"/>
       <c r="N8" s="133" t="s">
         <v>33</v>
       </c>
       <c r="O8" s="137"/>
     </row>
-    <row r="9" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="169"/>
       <c r="B9" s="170"/>
       <c r="C9" s="170"/>
       <c r="D9" s="170"/>
       <c r="E9" s="171"/>
       <c r="F9" s="77"/>
       <c r="G9" s="5"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="135" t="s">
         <v>35</v>
       </c>
       <c r="M9" s="136"/>
       <c r="N9" s="135" t="s">
         <v>32</v>
       </c>
       <c r="O9" s="138"/>
     </row>
-    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="122"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="120"/>
     </row>
-    <row r="11" spans="1:15" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="122"/>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="120"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A12" s="43" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="172" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="173"/>
       <c r="D12" s="154" t="s">
         <v>2</v>
       </c>
       <c r="E12" s="155"/>
       <c r="F12" s="154" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="155"/>
       <c r="H12" s="154" t="s">
         <v>4</v>
       </c>
       <c r="I12" s="155"/>
       <c r="J12" s="154" t="s">
         <v>5</v>
       </c>
       <c r="K12" s="155"/>
       <c r="L12" s="154" t="s">
         <v>6</v>
       </c>
       <c r="M12" s="155"/>
       <c r="N12" s="139"/>
       <c r="O12" s="140"/>
     </row>
-    <row r="13" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:15" s="2" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A13" s="175"/>
       <c r="B13" s="176"/>
       <c r="C13" s="174"/>
       <c r="D13" s="152" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E13" s="174"/>
       <c r="F13" s="152" t="s">
         <v>8</v>
       </c>
       <c r="G13" s="153"/>
       <c r="H13" s="152" t="s">
         <v>9</v>
       </c>
       <c r="I13" s="153"/>
       <c r="J13" s="152" t="s">
         <v>10</v>
       </c>
       <c r="K13" s="153"/>
       <c r="L13" s="152" t="s">
         <v>11</v>
       </c>
       <c r="M13" s="153"/>
       <c r="N13" s="125" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O13" s="126"/>
     </row>
-    <row r="14" spans="1:15" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:15" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="159"/>
       <c r="B14" s="160"/>
       <c r="C14" s="161"/>
       <c r="D14" s="167" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="168"/>
       <c r="F14" s="150" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="151"/>
       <c r="H14" s="150" t="s">
         <v>12</v>
       </c>
       <c r="I14" s="151"/>
       <c r="J14" s="150" t="s">
         <v>13</v>
       </c>
       <c r="K14" s="151"/>
       <c r="L14" s="150" t="s">
         <v>14</v>
       </c>
       <c r="M14" s="151"/>
       <c r="N14" s="127" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O14" s="128"/>
     </row>
-    <row r="15" spans="1:15" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:15" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="164" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="165"/>
       <c r="C15" s="166"/>
       <c r="D15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="L15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="N15" s="8"/>
       <c r="O15" s="6"/>
     </row>
-    <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="9">
         <v>1</v>
       </c>
       <c r="B16" s="44" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="23"/>
       <c r="D16" s="13"/>
       <c r="E16" s="14" t="s">
         <v>18</v>
       </c>
       <c r="F16" s="13"/>
       <c r="G16" s="14"/>
       <c r="H16" s="13"/>
       <c r="I16" s="15"/>
       <c r="J16" s="16"/>
       <c r="K16" s="17"/>
       <c r="L16" s="16"/>
       <c r="M16" s="17"/>
       <c r="N16" s="18"/>
       <c r="O16" s="19"/>
     </row>
-    <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="10"/>
       <c r="B17" s="7"/>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="82"/>
       <c r="E17" s="83"/>
       <c r="F17" s="46">
         <v>0</v>
       </c>
       <c r="G17" s="47">
         <v>0</v>
       </c>
       <c r="H17" s="46">
         <v>0</v>
       </c>
       <c r="I17" s="47">
         <v>0</v>
       </c>
       <c r="J17" s="46">
         <v>0</v>
       </c>
       <c r="K17" s="47">
         <v>0</v>
       </c>
       <c r="L17" s="46">
         <v>0</v>
       </c>
       <c r="M17" s="47">
         <v>0</v>
       </c>
       <c r="N17" s="96"/>
       <c r="O17" s="97"/>
     </row>
-    <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="10"/>
       <c r="B18" s="7"/>
       <c r="C18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="84"/>
       <c r="E18" s="85"/>
       <c r="F18" s="48">
         <v>0</v>
       </c>
       <c r="G18" s="49">
         <v>0</v>
       </c>
       <c r="H18" s="48">
         <v>0</v>
       </c>
       <c r="I18" s="49">
         <v>0</v>
       </c>
       <c r="J18" s="48">
         <v>0</v>
       </c>
       <c r="K18" s="49">
         <v>0</v>
       </c>
       <c r="L18" s="48">
         <v>0</v>
       </c>
       <c r="M18" s="49">
         <v>0</v>
       </c>
       <c r="N18" s="98"/>
       <c r="O18" s="99"/>
     </row>
-    <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="10"/>
       <c r="B19" s="7"/>
       <c r="C19" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="84"/>
       <c r="E19" s="85"/>
       <c r="F19" s="48">
         <v>0</v>
       </c>
       <c r="G19" s="49">
         <v>0</v>
       </c>
       <c r="H19" s="48">
         <v>0</v>
       </c>
       <c r="I19" s="49">
         <v>0</v>
       </c>
       <c r="J19" s="48">
         <v>0</v>
       </c>
       <c r="K19" s="49">
         <v>0</v>
       </c>
       <c r="L19" s="48">
         <v>0</v>
       </c>
       <c r="M19" s="49">
         <v>0</v>
       </c>
       <c r="N19" s="98"/>
       <c r="O19" s="99"/>
     </row>
-    <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="10"/>
       <c r="B20" s="7"/>
       <c r="C20" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D20" s="84"/>
       <c r="E20" s="85"/>
       <c r="F20" s="48">
         <v>0</v>
       </c>
       <c r="G20" s="49">
         <v>0</v>
       </c>
       <c r="H20" s="48">
         <v>0</v>
       </c>
       <c r="I20" s="49">
         <v>0</v>
       </c>
       <c r="J20" s="48">
         <v>0</v>
       </c>
       <c r="K20" s="49">
         <v>0</v>
       </c>
       <c r="L20" s="48">
         <v>0</v>
       </c>
       <c r="M20" s="49"/>
       <c r="N20" s="98"/>
       <c r="O20" s="99"/>
     </row>
-    <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="10"/>
       <c r="B21" s="7"/>
       <c r="C21" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="84"/>
       <c r="E21" s="85"/>
       <c r="F21" s="48">
         <v>0</v>
       </c>
       <c r="G21" s="49">
         <v>0</v>
       </c>
       <c r="H21" s="48">
         <v>0</v>
       </c>
       <c r="I21" s="49">
         <v>0</v>
       </c>
       <c r="J21" s="48">
         <v>0</v>
       </c>
       <c r="K21" s="49">
         <v>0</v>
       </c>
       <c r="L21" s="48">
         <v>0</v>
       </c>
       <c r="M21" s="49">
         <v>0</v>
       </c>
       <c r="N21" s="98"/>
       <c r="O21" s="99"/>
     </row>
-    <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="11"/>
       <c r="B22" s="12"/>
       <c r="C22" s="24" t="s">
         <v>36</v>
       </c>
       <c r="D22" s="86"/>
       <c r="E22" s="87">
         <v>0</v>
       </c>
       <c r="F22" s="118">
         <v>0</v>
       </c>
       <c r="G22" s="49">
         <v>0</v>
       </c>
       <c r="H22" s="118">
         <v>0</v>
       </c>
       <c r="I22" s="49">
         <v>0</v>
       </c>
       <c r="J22" s="118">
         <v>0</v>
       </c>
       <c r="K22" s="49">
         <v>0</v>
       </c>
       <c r="L22" s="48">
         <v>0</v>
       </c>
       <c r="M22" s="118">
         <v>0</v>
       </c>
       <c r="N22" s="98"/>
       <c r="O22" s="99"/>
     </row>
-    <row r="23" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="9">
         <v>2</v>
       </c>
       <c r="B23" s="162" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="163"/>
       <c r="D23" s="68" t="str">
         <f>IF(SUM(D24:E28)&lt;D4*0.05,"Warning, Total Professional Development Costs Are Less Than Required Minimum","")</f>
         <v/>
       </c>
       <c r="E23" s="67"/>
       <c r="F23" s="27"/>
       <c r="G23" s="28"/>
       <c r="H23" s="27"/>
       <c r="I23" s="29"/>
       <c r="J23" s="30"/>
       <c r="K23" s="31"/>
       <c r="L23" s="30"/>
       <c r="M23" s="31"/>
       <c r="N23" s="32"/>
       <c r="O23" s="60"/>
     </row>
-    <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="10"/>
       <c r="B24" s="7"/>
       <c r="C24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D24" s="82"/>
       <c r="E24" s="83">
         <v>0</v>
       </c>
       <c r="F24" s="50">
         <v>0</v>
       </c>
       <c r="G24" s="51">
         <v>0</v>
       </c>
       <c r="H24" s="50">
         <v>0</v>
       </c>
       <c r="I24" s="51">
         <v>0</v>
       </c>
       <c r="J24" s="50">
         <v>0</v>
       </c>
       <c r="K24" s="51">
         <v>0</v>
       </c>
       <c r="L24" s="50">
         <v>0</v>
       </c>
       <c r="M24" s="51">
         <v>0</v>
       </c>
       <c r="N24" s="96"/>
       <c r="O24" s="97"/>
     </row>
-    <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="10"/>
       <c r="B25" s="7"/>
       <c r="C25" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="84"/>
       <c r="E25" s="85">
         <v>0</v>
       </c>
       <c r="F25" s="48">
         <v>0</v>
       </c>
       <c r="G25" s="49">
         <v>0</v>
       </c>
       <c r="H25" s="48">
         <v>0</v>
       </c>
       <c r="I25" s="49">
         <v>0</v>
       </c>
       <c r="J25" s="48">
         <v>0</v>
       </c>
       <c r="K25" s="49">
         <v>0</v>
       </c>
       <c r="L25" s="48">
         <v>0</v>
       </c>
       <c r="M25" s="49">
         <v>0</v>
       </c>
       <c r="N25" s="98"/>
       <c r="O25" s="99"/>
     </row>
-    <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="10"/>
       <c r="B26" s="7"/>
       <c r="C26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="84"/>
       <c r="E26" s="85">
         <v>0</v>
       </c>
       <c r="F26" s="48">
         <v>0</v>
       </c>
       <c r="G26" s="49">
         <v>0</v>
       </c>
       <c r="H26" s="48">
         <v>0</v>
       </c>
       <c r="I26" s="49">
         <v>0</v>
       </c>
       <c r="J26" s="48">
         <v>0</v>
       </c>
       <c r="K26" s="49">
         <v>0</v>
       </c>
       <c r="L26" s="48">
         <v>0</v>
       </c>
       <c r="M26" s="49">
         <v>0</v>
       </c>
       <c r="N26" s="98"/>
       <c r="O26" s="99"/>
     </row>
-    <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="10"/>
       <c r="B27" s="7"/>
       <c r="C27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="84"/>
       <c r="E27" s="85">
         <v>0</v>
       </c>
       <c r="F27" s="48">
         <v>0</v>
       </c>
       <c r="G27" s="49">
         <v>0</v>
       </c>
       <c r="H27" s="48">
         <v>0</v>
       </c>
       <c r="I27" s="49">
         <v>0</v>
       </c>
       <c r="J27" s="48">
         <v>0</v>
       </c>
       <c r="K27" s="49">
         <v>0</v>
       </c>
       <c r="L27" s="48">
         <v>0</v>
       </c>
       <c r="M27" s="49">
         <v>0</v>
       </c>
       <c r="N27" s="98"/>
       <c r="O27" s="99"/>
     </row>
-    <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="11"/>
       <c r="B28" s="12"/>
       <c r="C28" s="24" t="s">
         <v>36</v>
       </c>
       <c r="D28" s="92"/>
       <c r="E28" s="100">
         <f t="shared" ref="E28:M28" si="0">-E22-E41</f>
         <v>0</v>
       </c>
       <c r="F28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="M28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N28" s="92"/>
       <c r="O28" s="100"/>
     </row>
-    <row r="29" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="9">
         <v>3</v>
       </c>
       <c r="B29" s="162" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="163"/>
       <c r="D29" s="68" t="str">
         <f>IF(SUM(D30:E32)&gt;D4*0.08,"Warning, Total Student Access Costs Exceed Allowable Limit","")</f>
         <v/>
       </c>
       <c r="E29" s="69"/>
       <c r="F29" s="69"/>
       <c r="G29" s="69"/>
       <c r="H29" s="69"/>
       <c r="I29" s="70"/>
       <c r="J29" s="30"/>
       <c r="K29" s="31"/>
       <c r="L29" s="30"/>
       <c r="M29" s="31"/>
       <c r="N29" s="32"/>
       <c r="O29" s="60"/>
     </row>
-    <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="10"/>
       <c r="B30" s="7"/>
       <c r="C30" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D30" s="82"/>
       <c r="E30" s="83">
         <v>0</v>
       </c>
       <c r="F30" s="50">
         <v>0</v>
       </c>
       <c r="G30" s="51">
         <v>0</v>
       </c>
       <c r="H30" s="50">
         <v>0</v>
       </c>
       <c r="I30" s="51">
         <v>0</v>
       </c>
       <c r="J30" s="50">
         <v>0</v>
       </c>
       <c r="K30" s="51">
         <v>0</v>
       </c>
       <c r="L30" s="50">
         <v>0</v>
       </c>
       <c r="M30" s="51">
         <v>0</v>
       </c>
       <c r="N30" s="96"/>
       <c r="O30" s="97"/>
     </row>
-    <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="10"/>
       <c r="B31" s="7"/>
       <c r="C31" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D31" s="84"/>
       <c r="E31" s="85">
         <v>0</v>
       </c>
       <c r="F31" s="48">
         <v>0</v>
       </c>
       <c r="G31" s="49">
         <v>0</v>
       </c>
       <c r="H31" s="48">
         <v>0</v>
       </c>
       <c r="I31" s="49">
         <v>0</v>
       </c>
       <c r="J31" s="48">
         <v>0</v>
       </c>
       <c r="K31" s="49">
         <v>0</v>
       </c>
       <c r="L31" s="48">
         <v>0</v>
       </c>
       <c r="M31" s="49">
         <v>0</v>
       </c>
       <c r="N31" s="98"/>
       <c r="O31" s="99"/>
     </row>
-    <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="10"/>
       <c r="B32" s="7"/>
       <c r="C32" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="84"/>
       <c r="E32" s="85">
         <v>0</v>
       </c>
       <c r="F32" s="52">
         <v>0</v>
       </c>
       <c r="G32" s="53">
         <v>0</v>
       </c>
       <c r="H32" s="52">
         <v>0</v>
       </c>
       <c r="I32" s="53">
         <v>0</v>
       </c>
       <c r="J32" s="52">
         <v>0</v>
       </c>
       <c r="K32" s="53">
         <v>0</v>
       </c>
       <c r="L32" s="52">
         <v>0</v>
       </c>
       <c r="M32" s="53">
         <v>0</v>
       </c>
       <c r="N32" s="98"/>
       <c r="O32" s="99"/>
     </row>
-    <row r="33" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="59"/>
       <c r="B33" s="21"/>
       <c r="C33" s="21"/>
       <c r="D33" s="33"/>
       <c r="E33" s="34"/>
       <c r="F33" s="33"/>
       <c r="G33" s="34"/>
       <c r="H33" s="33"/>
       <c r="I33" s="34"/>
       <c r="J33" s="33"/>
       <c r="K33" s="34"/>
       <c r="L33" s="33"/>
       <c r="M33" s="34"/>
       <c r="N33" s="33"/>
       <c r="O33" s="34"/>
     </row>
-    <row r="34" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="10">
         <v>4</v>
       </c>
       <c r="B34" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="22"/>
       <c r="D34" s="71" t="str">
         <f>IF(SUM(D35:D37)&gt;D4*0.04,"Warning, Total Evaluation Costs Exceed Allowable Limit","")</f>
         <v/>
       </c>
       <c r="E34" s="72"/>
       <c r="F34" s="72"/>
       <c r="G34" s="72"/>
       <c r="H34" s="72"/>
       <c r="I34" s="73"/>
       <c r="J34" s="38"/>
       <c r="K34" s="39"/>
       <c r="L34" s="38"/>
       <c r="M34" s="39"/>
       <c r="N34" s="40"/>
       <c r="O34" s="61"/>
     </row>
-    <row r="35" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="10"/>
       <c r="B35" s="7"/>
       <c r="C35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="88"/>
       <c r="E35" s="36"/>
       <c r="F35" s="54">
         <v>0</v>
       </c>
       <c r="G35" s="36"/>
       <c r="H35" s="54">
         <v>0</v>
       </c>
       <c r="I35" s="36"/>
       <c r="J35" s="54">
         <v>0</v>
       </c>
       <c r="K35" s="36"/>
       <c r="L35" s="54">
         <v>0</v>
       </c>
       <c r="M35" s="36"/>
       <c r="N35" s="101"/>
       <c r="O35" s="36"/>
     </row>
-    <row r="36" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="10"/>
       <c r="B36" s="7"/>
       <c r="C36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="89"/>
       <c r="E36" s="37"/>
       <c r="F36" s="55">
         <v>0</v>
       </c>
       <c r="G36" s="37"/>
       <c r="H36" s="55">
         <v>0</v>
       </c>
       <c r="I36" s="37"/>
       <c r="J36" s="55">
         <v>0</v>
       </c>
       <c r="K36" s="37"/>
       <c r="L36" s="55">
         <v>0</v>
       </c>
       <c r="M36" s="37"/>
       <c r="N36" s="102"/>
       <c r="O36" s="37"/>
     </row>
-    <row r="37" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="10"/>
       <c r="B37" s="41"/>
       <c r="C37" s="42" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="89"/>
       <c r="E37" s="37"/>
       <c r="F37" s="56">
         <v>0</v>
       </c>
       <c r="G37" s="37"/>
       <c r="H37" s="56">
         <v>0</v>
       </c>
       <c r="I37" s="37"/>
       <c r="J37" s="56">
         <v>0</v>
       </c>
       <c r="K37" s="37"/>
       <c r="L37" s="56">
         <v>0</v>
       </c>
       <c r="M37" s="37"/>
       <c r="N37" s="102"/>
       <c r="O37" s="37"/>
     </row>
-    <row r="38" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="59"/>
       <c r="B38" s="21"/>
       <c r="C38" s="21"/>
       <c r="D38" s="33"/>
       <c r="E38" s="34"/>
       <c r="F38" s="33"/>
       <c r="G38" s="34"/>
       <c r="H38" s="33"/>
       <c r="I38" s="34"/>
       <c r="J38" s="33"/>
       <c r="K38" s="34"/>
       <c r="L38" s="33"/>
       <c r="M38" s="34"/>
       <c r="N38" s="33"/>
       <c r="O38" s="34"/>
     </row>
-    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="10">
         <v>5</v>
       </c>
       <c r="B39" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="22"/>
       <c r="D39" s="71" t="str">
         <f>IF(SUM(D40:D42)&gt;D4*0.08,"Warning, Total Other Admin Costs Exceed Allowable Limit","")</f>
         <v/>
       </c>
       <c r="E39" s="72"/>
       <c r="F39" s="72"/>
       <c r="G39" s="72"/>
       <c r="H39" s="72"/>
       <c r="I39" s="73"/>
       <c r="J39" s="38"/>
       <c r="K39" s="39"/>
       <c r="L39" s="38"/>
       <c r="M39" s="39"/>
       <c r="N39" s="40"/>
       <c r="O39" s="61"/>
     </row>
-    <row r="40" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="10"/>
       <c r="B40" s="7"/>
       <c r="C40" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D40" s="90"/>
       <c r="E40" s="37"/>
       <c r="F40" s="57">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G40" s="37"/>
       <c r="H40" s="57">
         <v>0</v>
       </c>
       <c r="I40" s="37"/>
       <c r="J40" s="57">
         <v>0</v>
       </c>
       <c r="K40" s="37"/>
       <c r="L40" s="57"/>
       <c r="M40" s="37"/>
       <c r="N40" s="101"/>
       <c r="O40" s="37"/>
     </row>
-    <row r="41" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="10"/>
       <c r="B41" s="7"/>
       <c r="C41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D41" s="89"/>
       <c r="E41" s="37"/>
       <c r="F41" s="58">
         <v>0</v>
       </c>
       <c r="G41" s="37"/>
       <c r="H41" s="57">
         <v>0</v>
       </c>
       <c r="I41" s="37"/>
       <c r="J41" s="58">
         <v>0</v>
       </c>
       <c r="K41" s="37"/>
       <c r="L41" s="58">
         <v>0</v>
       </c>
       <c r="M41" s="37"/>
       <c r="N41" s="102"/>
       <c r="O41" s="37"/>
     </row>
-    <row r="42" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="10"/>
       <c r="B42" s="41"/>
       <c r="C42" s="42" t="s">
         <v>41</v>
       </c>
       <c r="D42" s="91"/>
       <c r="E42" s="37"/>
       <c r="F42" s="119">
         <f>ROUND(SUM(F17:G41)*O3,2)</f>
         <v>0</v>
       </c>
       <c r="G42" s="74"/>
       <c r="H42" s="119">
         <f>ROUND(SUM(H17:I41)*O3,2)</f>
         <v>0</v>
       </c>
       <c r="I42" s="74"/>
       <c r="J42" s="119">
         <f>ROUND(SUM(J17:K41)*$O$3,2)</f>
         <v>0</v>
       </c>
       <c r="K42" s="74"/>
       <c r="L42" s="119">
         <f>ROUND(SUM(L17:M41)*$O$3,2)</f>
         <v>0</v>
       </c>
       <c r="M42" s="37"/>
       <c r="N42" s="102"/>
       <c r="O42" s="37"/>
     </row>
-    <row r="43" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="63">
         <v>6</v>
       </c>
       <c r="B43" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="64"/>
       <c r="D43" s="65">
         <f>SUM(D17:E42)</f>
         <v>0</v>
       </c>
       <c r="E43" s="62"/>
       <c r="F43" s="95">
         <f>SUM(F17:G22)+SUM(F24:G28)+SUM(F30:G32)+SUM(F35:F42)</f>
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G43" s="62"/>
       <c r="H43" s="95">
         <f>SUM(H17:I22)+SUM(H24:I28)+SUM(H30:I32)+SUM(H35:H42)</f>
         <v>0</v>
       </c>
       <c r="I43" s="62"/>
       <c r="J43" s="95">
         <f>SUM(J17:K22)+SUM(J24:K28)+SUM(J30:K32)+SUM(J35:J42)</f>
         <v>0</v>
       </c>
       <c r="K43" s="62"/>
       <c r="L43" s="95">
         <f>SUM(L17:M22)+SUM(L24:M28)+SUM(L30:M32)+SUM(L35:L42)</f>
         <v>0</v>
       </c>
       <c r="M43" s="62"/>
       <c r="N43" s="95"/>
       <c r="O43" s="62"/>
     </row>
-    <row r="44" spans="1:15" ht="6.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:15" ht="6.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A44" s="122"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4"/>
       <c r="I44" s="4"/>
       <c r="J44" s="4"/>
       <c r="K44" s="4"/>
       <c r="L44" s="4"/>
       <c r="M44" s="4"/>
       <c r="N44" s="4"/>
       <c r="O44" s="124"/>
     </row>
-    <row r="45" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C45" s="1" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="46" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.2"/>
-[...18 lines deleted...]
-    <row r="65" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="50" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" ht="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="56" ht="6.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A65" s="3"/>
       <c r="B65" s="3"/>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="K65" s="3"/>
     </row>
-    <row r="66" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A66" s="3"/>
       <c r="B66" s="3"/>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="K66" s="3"/>
     </row>
-    <row r="67" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A67" s="3"/>
       <c r="B67" s="3"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="K67" s="3"/>
     </row>
-    <row r="68" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A68" s="3"/>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
     </row>
-    <row r="69" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A69" s="3"/>
       <c r="B69" s="3"/>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
     </row>
-    <row r="70" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A70" s="3"/>
       <c r="B70" s="3"/>
       <c r="C70" s="3"/>
       <c r="D70" s="3"/>
       <c r="E70" s="3"/>
       <c r="J70" s="3"/>
     </row>
-    <row r="76" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="O76" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="37">
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A14:C14"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="L14:M14"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="F14:G14"/>
     <mergeCell ref="H14:I14"/>
@@ -4173,1372 +4150,1372 @@
   <conditionalFormatting sqref="J40:J41">
     <cfRule type="expression" dxfId="42" priority="30">
       <formula>($F$40+$F$41+$F$42+$H$40+$H$41+$H$42+$J$40+$J$41+$J$42)&gt;($F$43+$H$43+$J$43)*0.08</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J42 L42">
     <cfRule type="cellIs" dxfId="41" priority="103" operator="greaterThan">
       <formula>ROUND($O$3*(SUM(F$17:K$41)),2)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L40:L41">
     <cfRule type="expression" dxfId="40" priority="1">
       <formula>($F$40+$F$41+$F$42+$H$40+$H$41+$H$42+$J$40+$J$41+$J$42+$L$40+$L$41+$L$42)&gt;($F$43+$H$43+$J$43+$L$43)*0.08</formula>
     </cfRule>
     <cfRule type="expression" dxfId="39" priority="6">
       <formula>SUM($N$40:$N$42)&gt;$D$43*0.08</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L41">
     <cfRule type="cellIs" dxfId="38" priority="5" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
-  <pageSetup scale="68" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="64" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O76"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="3" topLeftCell="D1" activePane="topRight" state="frozen"/>
       <selection pane="topRight" activeCell="D14" sqref="D14:E14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="11.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.42578125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="2.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="1.453125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="25.54296875" style="1" customWidth="1"/>
+    <col min="4" max="15" width="13.26953125" style="1" customWidth="1"/>
+    <col min="16" max="17" width="17.7265625" style="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="103" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B1" s="104"/>
       <c r="C1" s="105"/>
       <c r="D1" s="141"/>
       <c r="E1" s="142"/>
       <c r="F1" s="143"/>
       <c r="G1" s="131" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H1" s="131"/>
       <c r="I1" s="131"/>
       <c r="J1" s="131"/>
       <c r="K1" s="131"/>
       <c r="L1" s="131"/>
       <c r="M1" s="131"/>
       <c r="N1" s="116"/>
       <c r="O1" s="81"/>
     </row>
-    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="106" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B2" s="107"/>
       <c r="C2" s="108"/>
       <c r="D2" s="144" t="s">
         <v>18</v>
       </c>
       <c r="E2" s="145"/>
       <c r="F2" s="146"/>
       <c r="G2" s="132" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H2" s="132"/>
       <c r="I2" s="132"/>
       <c r="J2" s="132"/>
       <c r="K2" s="132"/>
       <c r="L2" s="132"/>
       <c r="M2" s="132"/>
       <c r="N2" s="129"/>
       <c r="O2" s="130"/>
     </row>
-    <row r="3" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="109"/>
       <c r="B3" s="110"/>
       <c r="C3" s="111"/>
       <c r="D3" s="147" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="148"/>
       <c r="F3" s="149"/>
       <c r="G3" s="132" t="s">
         <v>26</v>
       </c>
       <c r="H3" s="132"/>
       <c r="I3" s="132"/>
       <c r="J3" s="132"/>
       <c r="K3" s="132"/>
       <c r="L3" s="132"/>
       <c r="M3" s="132"/>
       <c r="N3" s="117"/>
       <c r="O3" s="78"/>
     </row>
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="112" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B4" s="107"/>
       <c r="C4" s="108"/>
       <c r="D4" s="80"/>
       <c r="E4" s="75"/>
       <c r="G4" s="45"/>
       <c r="H4" s="45"/>
       <c r="I4" s="45"/>
       <c r="J4" s="45"/>
       <c r="K4" s="45"/>
       <c r="L4" s="45"/>
       <c r="M4" s="35"/>
       <c r="N4" s="3"/>
       <c r="O4" s="120"/>
     </row>
-    <row r="5" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="113"/>
       <c r="B5" s="114"/>
       <c r="C5" s="115"/>
       <c r="D5" s="79"/>
       <c r="E5" s="75"/>
       <c r="G5" s="25"/>
       <c r="H5" s="25"/>
       <c r="I5" s="25"/>
       <c r="K5" s="5"/>
       <c r="L5" s="25"/>
       <c r="N5" s="66"/>
       <c r="O5" s="121"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A6" s="122"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="5"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="O6" s="120"/>
     </row>
-    <row r="7" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="123"/>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="5"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="O7" s="120"/>
     </row>
-    <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="156" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="157"/>
       <c r="C8" s="157"/>
       <c r="D8" s="157"/>
       <c r="E8" s="158"/>
       <c r="F8" s="76"/>
       <c r="G8" s="5"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="133" t="s">
         <v>34</v>
       </c>
       <c r="M8" s="134"/>
       <c r="N8" s="133" t="s">
         <v>33</v>
       </c>
       <c r="O8" s="137"/>
     </row>
-    <row r="9" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="169"/>
       <c r="B9" s="170"/>
       <c r="C9" s="170"/>
       <c r="D9" s="170"/>
       <c r="E9" s="171"/>
       <c r="F9" s="77"/>
       <c r="G9" s="5"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="135" t="s">
         <v>35</v>
       </c>
       <c r="M9" s="136"/>
       <c r="N9" s="135" t="s">
         <v>32</v>
       </c>
       <c r="O9" s="138"/>
     </row>
-    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="122"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="120"/>
     </row>
-    <row r="11" spans="1:15" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="122"/>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="120"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A12" s="43" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="172" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="173"/>
       <c r="D12" s="154" t="s">
         <v>2</v>
       </c>
       <c r="E12" s="155"/>
       <c r="F12" s="154" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="155"/>
       <c r="H12" s="154" t="s">
         <v>4</v>
       </c>
       <c r="I12" s="155"/>
       <c r="J12" s="154" t="s">
         <v>5</v>
       </c>
       <c r="K12" s="155"/>
       <c r="L12" s="154" t="s">
         <v>6</v>
       </c>
       <c r="M12" s="155"/>
       <c r="N12" s="139" t="s">
         <v>7</v>
       </c>
       <c r="O12" s="140"/>
     </row>
-    <row r="13" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:15" s="2" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A13" s="175"/>
       <c r="B13" s="176"/>
       <c r="C13" s="174"/>
       <c r="D13" s="152" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E13" s="174"/>
       <c r="F13" s="152" t="s">
         <v>8</v>
       </c>
       <c r="G13" s="153"/>
       <c r="H13" s="152" t="s">
         <v>9</v>
       </c>
       <c r="I13" s="153"/>
       <c r="J13" s="152" t="s">
         <v>10</v>
       </c>
       <c r="K13" s="153"/>
       <c r="L13" s="152" t="s">
         <v>11</v>
       </c>
       <c r="M13" s="153"/>
       <c r="N13" s="125" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O13" s="126"/>
     </row>
-    <row r="14" spans="1:15" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:15" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="159"/>
       <c r="B14" s="160"/>
       <c r="C14" s="161"/>
       <c r="D14" s="167" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="168"/>
       <c r="F14" s="150" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="151"/>
       <c r="H14" s="150" t="s">
         <v>12</v>
       </c>
       <c r="I14" s="151"/>
       <c r="J14" s="150" t="s">
         <v>13</v>
       </c>
       <c r="K14" s="151"/>
       <c r="L14" s="150" t="s">
         <v>14</v>
       </c>
       <c r="M14" s="151"/>
       <c r="N14" s="127" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O14" s="128"/>
     </row>
-    <row r="15" spans="1:15" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:15" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="164" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="165"/>
       <c r="C15" s="166"/>
       <c r="D15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="L15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="N15" s="8"/>
       <c r="O15" s="6"/>
     </row>
-    <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="9">
         <v>1</v>
       </c>
       <c r="B16" s="44" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="23"/>
       <c r="D16" s="13"/>
       <c r="E16" s="14" t="s">
         <v>18</v>
       </c>
       <c r="F16" s="13"/>
       <c r="G16" s="14"/>
       <c r="H16" s="13"/>
       <c r="I16" s="15"/>
       <c r="J16" s="16"/>
       <c r="K16" s="17"/>
       <c r="L16" s="16"/>
       <c r="M16" s="17"/>
       <c r="N16" s="18"/>
       <c r="O16" s="19"/>
     </row>
-    <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="10"/>
       <c r="B17" s="7"/>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="82"/>
       <c r="E17" s="83"/>
       <c r="F17" s="46">
         <v>0</v>
       </c>
       <c r="G17" s="47">
         <v>0</v>
       </c>
       <c r="H17" s="46">
         <v>0</v>
       </c>
       <c r="I17" s="47">
         <v>0</v>
       </c>
       <c r="J17" s="46">
         <v>0</v>
       </c>
       <c r="K17" s="47">
         <v>0</v>
       </c>
       <c r="L17" s="46">
         <v>0</v>
       </c>
       <c r="M17" s="47">
         <v>0</v>
       </c>
       <c r="N17" s="96"/>
       <c r="O17" s="97"/>
     </row>
-    <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="10"/>
       <c r="B18" s="7"/>
       <c r="C18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="84"/>
       <c r="E18" s="85"/>
       <c r="F18" s="48">
         <v>0</v>
       </c>
       <c r="G18" s="49">
         <v>0</v>
       </c>
       <c r="H18" s="48">
         <v>0</v>
       </c>
       <c r="I18" s="49">
         <v>0</v>
       </c>
       <c r="J18" s="48">
         <v>0</v>
       </c>
       <c r="K18" s="49">
         <v>0</v>
       </c>
       <c r="L18" s="48">
         <v>0</v>
       </c>
       <c r="M18" s="49">
         <v>0</v>
       </c>
       <c r="N18" s="98"/>
       <c r="O18" s="99"/>
     </row>
-    <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="10"/>
       <c r="B19" s="7"/>
       <c r="C19" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="84"/>
       <c r="E19" s="85"/>
       <c r="F19" s="48">
         <v>0</v>
       </c>
       <c r="G19" s="49">
         <v>0</v>
       </c>
       <c r="H19" s="48">
         <v>0</v>
       </c>
       <c r="I19" s="49">
         <v>0</v>
       </c>
       <c r="J19" s="48">
         <v>0</v>
       </c>
       <c r="K19" s="49">
         <v>0</v>
       </c>
       <c r="L19" s="48">
         <v>0</v>
       </c>
       <c r="M19" s="49">
         <v>0</v>
       </c>
       <c r="N19" s="98"/>
       <c r="O19" s="99"/>
     </row>
-    <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="10"/>
       <c r="B20" s="7"/>
       <c r="C20" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D20" s="84"/>
       <c r="E20" s="85"/>
       <c r="F20" s="48">
         <v>0</v>
       </c>
       <c r="G20" s="49">
         <v>0</v>
       </c>
       <c r="H20" s="48">
         <v>0</v>
       </c>
       <c r="I20" s="49">
         <v>0</v>
       </c>
       <c r="J20" s="48">
         <v>0</v>
       </c>
       <c r="K20" s="49">
         <v>0</v>
       </c>
       <c r="L20" s="48">
         <v>0</v>
       </c>
       <c r="M20" s="49"/>
       <c r="N20" s="98"/>
       <c r="O20" s="99"/>
     </row>
-    <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="10"/>
       <c r="B21" s="7"/>
       <c r="C21" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="84"/>
       <c r="E21" s="85"/>
       <c r="F21" s="48">
         <v>0</v>
       </c>
       <c r="G21" s="49">
         <v>0</v>
       </c>
       <c r="H21" s="48">
         <v>0</v>
       </c>
       <c r="I21" s="49">
         <v>0</v>
       </c>
       <c r="J21" s="48">
         <v>0</v>
       </c>
       <c r="K21" s="49">
         <v>0</v>
       </c>
       <c r="L21" s="48">
         <v>0</v>
       </c>
       <c r="M21" s="49">
         <v>0</v>
       </c>
       <c r="N21" s="98"/>
       <c r="O21" s="99"/>
     </row>
-    <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="11"/>
       <c r="B22" s="12"/>
       <c r="C22" s="24" t="s">
         <v>36</v>
       </c>
       <c r="D22" s="86"/>
       <c r="E22" s="87">
         <v>0</v>
       </c>
       <c r="F22" s="118">
         <v>0</v>
       </c>
       <c r="G22" s="49">
         <v>0</v>
       </c>
       <c r="H22" s="118">
         <v>0</v>
       </c>
       <c r="I22" s="49">
         <v>0</v>
       </c>
       <c r="J22" s="118">
         <v>0</v>
       </c>
       <c r="K22" s="49">
         <v>0</v>
       </c>
       <c r="L22" s="48">
         <v>0</v>
       </c>
       <c r="M22" s="118">
         <v>0</v>
       </c>
       <c r="N22" s="98"/>
       <c r="O22" s="99"/>
     </row>
-    <row r="23" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="9">
         <v>2</v>
       </c>
       <c r="B23" s="162" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="163"/>
       <c r="D23" s="68" t="str">
         <f>IF(SUM(D24:E28)&lt;D4*0.05,"Warning, Total Professional Development Costs Are Less Than Required Minimum","")</f>
         <v/>
       </c>
       <c r="E23" s="67"/>
       <c r="F23" s="27"/>
       <c r="G23" s="28"/>
       <c r="H23" s="27"/>
       <c r="I23" s="29"/>
       <c r="J23" s="30"/>
       <c r="K23" s="31"/>
       <c r="L23" s="30"/>
       <c r="M23" s="31"/>
       <c r="N23" s="32"/>
       <c r="O23" s="60"/>
     </row>
-    <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="10"/>
       <c r="B24" s="7"/>
       <c r="C24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D24" s="82"/>
       <c r="E24" s="83">
         <v>0</v>
       </c>
       <c r="F24" s="50">
         <v>0</v>
       </c>
       <c r="G24" s="51">
         <v>0</v>
       </c>
       <c r="H24" s="50">
         <v>0</v>
       </c>
       <c r="I24" s="51">
         <v>0</v>
       </c>
       <c r="J24" s="50">
         <v>0</v>
       </c>
       <c r="K24" s="51">
         <v>0</v>
       </c>
       <c r="L24" s="50">
         <v>0</v>
       </c>
       <c r="M24" s="51">
         <v>0</v>
       </c>
       <c r="N24" s="96"/>
       <c r="O24" s="97"/>
     </row>
-    <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="10"/>
       <c r="B25" s="7"/>
       <c r="C25" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="84"/>
       <c r="E25" s="85">
         <v>0</v>
       </c>
       <c r="F25" s="48">
         <v>0</v>
       </c>
       <c r="G25" s="49">
         <v>0</v>
       </c>
       <c r="H25" s="48">
         <v>0</v>
       </c>
       <c r="I25" s="49">
         <v>0</v>
       </c>
       <c r="J25" s="48">
         <v>0</v>
       </c>
       <c r="K25" s="49">
         <v>0</v>
       </c>
       <c r="L25" s="48">
         <v>0</v>
       </c>
       <c r="M25" s="49">
         <v>0</v>
       </c>
       <c r="N25" s="98"/>
       <c r="O25" s="99"/>
     </row>
-    <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="10"/>
       <c r="B26" s="7"/>
       <c r="C26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="84"/>
       <c r="E26" s="85">
         <v>0</v>
       </c>
       <c r="F26" s="48">
         <v>0</v>
       </c>
       <c r="G26" s="49">
         <v>0</v>
       </c>
       <c r="H26" s="48">
         <v>0</v>
       </c>
       <c r="I26" s="49">
         <v>0</v>
       </c>
       <c r="J26" s="48">
         <v>0</v>
       </c>
       <c r="K26" s="49">
         <v>0</v>
       </c>
       <c r="L26" s="48">
         <v>0</v>
       </c>
       <c r="M26" s="49">
         <v>0</v>
       </c>
       <c r="N26" s="98"/>
       <c r="O26" s="99"/>
     </row>
-    <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="10"/>
       <c r="B27" s="7"/>
       <c r="C27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="84"/>
       <c r="E27" s="85">
         <v>0</v>
       </c>
       <c r="F27" s="48">
         <v>0</v>
       </c>
       <c r="G27" s="49">
         <v>0</v>
       </c>
       <c r="H27" s="48">
         <v>0</v>
       </c>
       <c r="I27" s="49">
         <v>0</v>
       </c>
       <c r="J27" s="48">
         <v>0</v>
       </c>
       <c r="K27" s="49">
         <v>0</v>
       </c>
       <c r="L27" s="48">
         <v>0</v>
       </c>
       <c r="M27" s="49">
         <v>0</v>
       </c>
       <c r="N27" s="98"/>
       <c r="O27" s="99"/>
     </row>
-    <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="11"/>
       <c r="B28" s="12"/>
       <c r="C28" s="24" t="s">
         <v>36</v>
       </c>
       <c r="D28" s="92"/>
       <c r="E28" s="100">
         <f t="shared" ref="E28:M28" si="0">-E22-E41</f>
         <v>0</v>
       </c>
       <c r="F28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="M28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N28" s="92"/>
       <c r="O28" s="100"/>
     </row>
-    <row r="29" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="9">
         <v>3</v>
       </c>
       <c r="B29" s="162" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="163"/>
       <c r="D29" s="68" t="str">
         <f>IF(SUM(D30:E32)&gt;D4*0.08,"Warning, Total Student Access Costs Exceed Allowable Limit","")</f>
         <v/>
       </c>
       <c r="E29" s="69"/>
       <c r="F29" s="69"/>
       <c r="G29" s="69"/>
       <c r="H29" s="69"/>
       <c r="I29" s="70"/>
       <c r="J29" s="30"/>
       <c r="K29" s="31"/>
       <c r="L29" s="30"/>
       <c r="M29" s="31"/>
       <c r="N29" s="32"/>
       <c r="O29" s="60"/>
     </row>
-    <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="10"/>
       <c r="B30" s="7"/>
       <c r="C30" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D30" s="82"/>
       <c r="E30" s="83">
         <v>0</v>
       </c>
       <c r="F30" s="50">
         <v>0</v>
       </c>
       <c r="G30" s="51">
         <v>0</v>
       </c>
       <c r="H30" s="50">
         <v>0</v>
       </c>
       <c r="I30" s="51">
         <v>0</v>
       </c>
       <c r="J30" s="50">
         <v>0</v>
       </c>
       <c r="K30" s="51">
         <v>0</v>
       </c>
       <c r="L30" s="50">
         <v>0</v>
       </c>
       <c r="M30" s="51">
         <v>0</v>
       </c>
       <c r="N30" s="96"/>
       <c r="O30" s="97"/>
     </row>
-    <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="10"/>
       <c r="B31" s="7"/>
       <c r="C31" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D31" s="84"/>
       <c r="E31" s="85">
         <v>0</v>
       </c>
       <c r="F31" s="48">
         <v>0</v>
       </c>
       <c r="G31" s="49">
         <v>0</v>
       </c>
       <c r="H31" s="48">
         <v>0</v>
       </c>
       <c r="I31" s="49">
         <v>0</v>
       </c>
       <c r="J31" s="48">
         <v>0</v>
       </c>
       <c r="K31" s="49">
         <v>0</v>
       </c>
       <c r="L31" s="48">
         <v>0</v>
       </c>
       <c r="M31" s="49">
         <v>0</v>
       </c>
       <c r="N31" s="98"/>
       <c r="O31" s="99"/>
     </row>
-    <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="10"/>
       <c r="B32" s="7"/>
       <c r="C32" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="84"/>
       <c r="E32" s="85">
         <v>0</v>
       </c>
       <c r="F32" s="52">
         <v>0</v>
       </c>
       <c r="G32" s="53">
         <v>0</v>
       </c>
       <c r="H32" s="52">
         <v>0</v>
       </c>
       <c r="I32" s="53">
         <v>0</v>
       </c>
       <c r="J32" s="52">
         <v>0</v>
       </c>
       <c r="K32" s="53">
         <v>0</v>
       </c>
       <c r="L32" s="52">
         <v>0</v>
       </c>
       <c r="M32" s="53">
         <v>0</v>
       </c>
       <c r="N32" s="98"/>
       <c r="O32" s="99"/>
     </row>
-    <row r="33" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="59"/>
       <c r="B33" s="21"/>
       <c r="C33" s="21"/>
       <c r="D33" s="33"/>
       <c r="E33" s="34"/>
       <c r="F33" s="33"/>
       <c r="G33" s="34"/>
       <c r="H33" s="33"/>
       <c r="I33" s="34"/>
       <c r="J33" s="33"/>
       <c r="K33" s="34"/>
       <c r="L33" s="33"/>
       <c r="M33" s="34"/>
       <c r="N33" s="33"/>
       <c r="O33" s="34"/>
     </row>
-    <row r="34" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="10">
         <v>4</v>
       </c>
       <c r="B34" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="22"/>
       <c r="D34" s="71" t="str">
         <f>IF(SUM(D35:D37)&gt;D4*0.04,"Warning, Total Evaluation Costs Exceed Allowable Limit","")</f>
         <v/>
       </c>
       <c r="E34" s="72"/>
       <c r="F34" s="72"/>
       <c r="G34" s="72"/>
       <c r="H34" s="72"/>
       <c r="I34" s="73"/>
       <c r="J34" s="38"/>
       <c r="K34" s="39"/>
       <c r="L34" s="38"/>
       <c r="M34" s="39"/>
       <c r="N34" s="40"/>
       <c r="O34" s="61"/>
     </row>
-    <row r="35" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="10"/>
       <c r="B35" s="7"/>
       <c r="C35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="88"/>
       <c r="E35" s="36"/>
       <c r="F35" s="54">
         <v>0</v>
       </c>
       <c r="G35" s="36"/>
       <c r="H35" s="54">
         <v>0</v>
       </c>
       <c r="I35" s="36"/>
       <c r="J35" s="54">
         <v>0</v>
       </c>
       <c r="K35" s="36"/>
       <c r="L35" s="54">
         <v>0</v>
       </c>
       <c r="M35" s="36"/>
       <c r="N35" s="101"/>
       <c r="O35" s="36"/>
     </row>
-    <row r="36" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="10"/>
       <c r="B36" s="7"/>
       <c r="C36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="89"/>
       <c r="E36" s="37"/>
       <c r="F36" s="55">
         <v>0</v>
       </c>
       <c r="G36" s="37"/>
       <c r="H36" s="55">
         <v>0</v>
       </c>
       <c r="I36" s="37"/>
       <c r="J36" s="55">
         <v>0</v>
       </c>
       <c r="K36" s="37"/>
       <c r="L36" s="55">
         <v>0</v>
       </c>
       <c r="M36" s="37"/>
       <c r="N36" s="102"/>
       <c r="O36" s="37"/>
     </row>
-    <row r="37" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="10"/>
       <c r="B37" s="41"/>
       <c r="C37" s="42" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="89"/>
       <c r="E37" s="37"/>
       <c r="F37" s="56">
         <v>0</v>
       </c>
       <c r="G37" s="37"/>
       <c r="H37" s="56">
         <v>0</v>
       </c>
       <c r="I37" s="37"/>
       <c r="J37" s="56">
         <v>0</v>
       </c>
       <c r="K37" s="37"/>
       <c r="L37" s="56">
         <v>0</v>
       </c>
       <c r="M37" s="37"/>
       <c r="N37" s="102"/>
       <c r="O37" s="37"/>
     </row>
-    <row r="38" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="59"/>
       <c r="B38" s="21"/>
       <c r="C38" s="21"/>
       <c r="D38" s="33"/>
       <c r="E38" s="34"/>
       <c r="F38" s="33"/>
       <c r="G38" s="34"/>
       <c r="H38" s="33"/>
       <c r="I38" s="34"/>
       <c r="J38" s="33"/>
       <c r="K38" s="34"/>
       <c r="L38" s="33"/>
       <c r="M38" s="34"/>
       <c r="N38" s="33"/>
       <c r="O38" s="34"/>
     </row>
-    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="10">
         <v>5</v>
       </c>
       <c r="B39" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="22"/>
       <c r="D39" s="71" t="str">
         <f>IF(SUM(D40:D42)&gt;D4*0.08,"Warning, Total Other Admin Costs Exceed Allowable Limit","")</f>
         <v/>
       </c>
       <c r="E39" s="72"/>
       <c r="F39" s="72"/>
       <c r="G39" s="72"/>
       <c r="H39" s="72"/>
       <c r="I39" s="73"/>
       <c r="J39" s="38"/>
       <c r="K39" s="39"/>
       <c r="L39" s="38"/>
       <c r="M39" s="39"/>
       <c r="N39" s="40"/>
       <c r="O39" s="61"/>
     </row>
-    <row r="40" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="10"/>
       <c r="B40" s="7"/>
       <c r="C40" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D40" s="90"/>
       <c r="E40" s="37"/>
       <c r="F40" s="57">
         <v>0</v>
       </c>
       <c r="G40" s="37"/>
       <c r="H40" s="57">
         <v>0</v>
       </c>
       <c r="I40" s="37"/>
       <c r="J40" s="57">
         <v>0</v>
       </c>
       <c r="K40" s="37"/>
       <c r="L40" s="57"/>
       <c r="M40" s="37"/>
       <c r="N40" s="101"/>
       <c r="O40" s="37"/>
     </row>
-    <row r="41" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="10"/>
       <c r="B41" s="7"/>
       <c r="C41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D41" s="89"/>
       <c r="E41" s="37"/>
       <c r="F41" s="58">
         <v>0</v>
       </c>
       <c r="G41" s="37"/>
       <c r="H41" s="57">
         <v>0</v>
       </c>
       <c r="I41" s="37"/>
       <c r="J41" s="58">
         <v>0</v>
       </c>
       <c r="K41" s="37"/>
       <c r="L41" s="58">
         <v>0</v>
       </c>
       <c r="M41" s="37"/>
       <c r="N41" s="102"/>
       <c r="O41" s="37"/>
     </row>
-    <row r="42" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="10"/>
       <c r="B42" s="41"/>
       <c r="C42" s="42" t="s">
         <v>41</v>
       </c>
       <c r="D42" s="91"/>
       <c r="E42" s="37"/>
       <c r="F42" s="119">
         <f>ROUND(SUM(F17:G41)*O3,2)</f>
         <v>0</v>
       </c>
       <c r="G42" s="74"/>
       <c r="H42" s="119">
         <f>ROUND(SUM(H17:I41)*O3,2)</f>
         <v>0</v>
       </c>
       <c r="I42" s="74"/>
       <c r="J42" s="119">
         <f>ROUND(SUM(J17:K41)*$O$3,2)</f>
         <v>0</v>
       </c>
       <c r="K42" s="74"/>
       <c r="L42" s="119">
         <f>ROUND(SUM(L17:M41)*$O$3,2)</f>
         <v>0</v>
       </c>
       <c r="M42" s="37"/>
       <c r="N42" s="102"/>
       <c r="O42" s="37"/>
     </row>
-    <row r="43" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="63">
         <v>6</v>
       </c>
       <c r="B43" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="64"/>
       <c r="D43" s="65">
         <f>SUM(D17:E42)</f>
         <v>0</v>
       </c>
       <c r="E43" s="62"/>
       <c r="F43" s="95">
         <f>SUM(F17:G22)+SUM(F24:G28)+SUM(F30:G32)+SUM(F35:F42)</f>
         <v>0</v>
       </c>
       <c r="G43" s="62"/>
       <c r="H43" s="95">
         <f>SUM(H17:I22)+SUM(H24:I28)+SUM(H30:I32)+SUM(H35:H42)</f>
         <v>0</v>
       </c>
       <c r="I43" s="62"/>
       <c r="J43" s="95">
         <f>SUM(J17:K22)+SUM(J24:K28)+SUM(J30:K32)+SUM(J35:J42)</f>
         <v>0</v>
       </c>
       <c r="K43" s="62"/>
       <c r="L43" s="95">
         <f>SUM(L17:M22)+SUM(L24:M28)+SUM(L30:M32)+SUM(L35:L42)</f>
         <v>0</v>
       </c>
       <c r="M43" s="62"/>
       <c r="N43" s="95"/>
       <c r="O43" s="62"/>
     </row>
-    <row r="44" spans="1:15" ht="6.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:15" ht="6.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A44" s="122"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4"/>
       <c r="I44" s="4"/>
       <c r="J44" s="4"/>
       <c r="K44" s="4"/>
       <c r="L44" s="4"/>
       <c r="M44" s="4"/>
       <c r="N44" s="4"/>
       <c r="O44" s="124"/>
     </row>
-    <row r="45" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C45" s="1" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="46" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.2"/>
-[...18 lines deleted...]
-    <row r="65" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="50" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" ht="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="56" ht="6.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A65" s="3"/>
       <c r="B65" s="3"/>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="K65" s="3"/>
     </row>
-    <row r="66" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A66" s="3"/>
       <c r="B66" s="3"/>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="K66" s="3"/>
     </row>
-    <row r="67" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A67" s="3"/>
       <c r="B67" s="3"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="K67" s="3"/>
     </row>
-    <row r="68" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A68" s="3"/>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
     </row>
-    <row r="69" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A69" s="3"/>
       <c r="B69" s="3"/>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
     </row>
-    <row r="70" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A70" s="3"/>
       <c r="B70" s="3"/>
       <c r="C70" s="3"/>
       <c r="D70" s="3"/>
       <c r="E70" s="3"/>
       <c r="J70" s="3"/>
     </row>
-    <row r="76" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="O76" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="37">
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="G1:M1"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:M2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="N8:O8"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="N9:O9"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="G3:M3"/>
     <mergeCell ref="N12:O12"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="N13:O13"/>
@@ -5640,1362 +5617,1360 @@
       <formula>($F$40+$F$41+$F$42+$H$40+$H$41+$H$42+$J$40+$J$41+$J$42+$L$40+$L$41+$L$42)&gt;($F$43+$H$43+$J$43+$L$43)*0.08</formula>
     </cfRule>
     <cfRule type="expression" dxfId="20" priority="5">
       <formula>SUM($N$40:$N$42)&gt;$D$43*0.08</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L41">
     <cfRule type="cellIs" dxfId="19" priority="4" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup scale="64" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O76"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="3" topLeftCell="D1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="C3" sqref="C3"/>
+      <selection pane="topRight" activeCell="E15" sqref="E15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="11.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.42578125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="2.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="1.453125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="25.54296875" style="1" customWidth="1"/>
+    <col min="4" max="15" width="13.26953125" style="1" customWidth="1"/>
+    <col min="16" max="17" width="17.7265625" style="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="103" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B1" s="104"/>
       <c r="C1" s="105"/>
       <c r="D1" s="141"/>
       <c r="E1" s="142"/>
       <c r="F1" s="143"/>
       <c r="G1" s="131" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H1" s="131"/>
       <c r="I1" s="131"/>
       <c r="J1" s="131"/>
       <c r="K1" s="131"/>
       <c r="L1" s="131"/>
       <c r="M1" s="131"/>
       <c r="N1" s="116"/>
       <c r="O1" s="81"/>
     </row>
-    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="106" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B2" s="107"/>
       <c r="C2" s="108"/>
       <c r="D2" s="144" t="s">
         <v>18</v>
       </c>
       <c r="E2" s="145"/>
       <c r="F2" s="146"/>
       <c r="G2" s="132" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H2" s="132"/>
       <c r="I2" s="132"/>
       <c r="J2" s="132"/>
       <c r="K2" s="132"/>
       <c r="L2" s="132"/>
       <c r="M2" s="132"/>
       <c r="N2" s="129"/>
       <c r="O2" s="130"/>
     </row>
-    <row r="3" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="109"/>
       <c r="B3" s="110"/>
-      <c r="C3" s="111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C3" s="111"/>
       <c r="D3" s="147" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="148"/>
       <c r="F3" s="149"/>
       <c r="G3" s="132" t="s">
         <v>26</v>
       </c>
       <c r="H3" s="132"/>
       <c r="I3" s="132"/>
       <c r="J3" s="132"/>
       <c r="K3" s="132"/>
       <c r="L3" s="132"/>
       <c r="M3" s="132"/>
       <c r="N3" s="117"/>
       <c r="O3" s="78"/>
     </row>
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="112" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B4" s="107"/>
       <c r="C4" s="108"/>
       <c r="D4" s="80"/>
       <c r="E4" s="75"/>
       <c r="G4" s="45"/>
       <c r="H4" s="45"/>
       <c r="I4" s="45"/>
       <c r="J4" s="45"/>
       <c r="K4" s="45"/>
       <c r="L4" s="45"/>
       <c r="M4" s="35"/>
       <c r="N4" s="3"/>
       <c r="O4" s="120"/>
     </row>
-    <row r="5" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="113"/>
       <c r="B5" s="114"/>
       <c r="C5" s="115"/>
       <c r="D5" s="79"/>
       <c r="E5" s="75"/>
       <c r="G5" s="25"/>
       <c r="H5" s="25"/>
       <c r="I5" s="25"/>
       <c r="K5" s="5"/>
       <c r="L5" s="25"/>
       <c r="N5" s="66"/>
       <c r="O5" s="121"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A6" s="122"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="5"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="O6" s="120"/>
     </row>
-    <row r="7" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="123"/>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="5"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="O7" s="120"/>
     </row>
-    <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="156" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="157"/>
       <c r="C8" s="157"/>
       <c r="D8" s="157"/>
       <c r="E8" s="158"/>
       <c r="F8" s="76"/>
       <c r="G8" s="5"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="133" t="s">
         <v>34</v>
       </c>
       <c r="M8" s="134"/>
       <c r="N8" s="133" t="s">
         <v>33</v>
       </c>
       <c r="O8" s="137"/>
     </row>
-    <row r="9" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="169"/>
       <c r="B9" s="170"/>
       <c r="C9" s="170"/>
       <c r="D9" s="170"/>
       <c r="E9" s="171"/>
       <c r="F9" s="77"/>
       <c r="G9" s="5"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="135" t="s">
         <v>35</v>
       </c>
       <c r="M9" s="136"/>
       <c r="N9" s="135" t="s">
         <v>32</v>
       </c>
       <c r="O9" s="138"/>
     </row>
-    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="122"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="120"/>
     </row>
-    <row r="11" spans="1:15" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="122"/>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="120"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A12" s="43" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="172" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="173"/>
       <c r="D12" s="154" t="s">
         <v>2</v>
       </c>
       <c r="E12" s="155"/>
       <c r="F12" s="154" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="155"/>
       <c r="H12" s="154" t="s">
         <v>4</v>
       </c>
       <c r="I12" s="155"/>
       <c r="J12" s="154" t="s">
         <v>5</v>
       </c>
       <c r="K12" s="155"/>
       <c r="L12" s="154" t="s">
         <v>6</v>
       </c>
       <c r="M12" s="155"/>
       <c r="N12" s="139" t="s">
         <v>7</v>
       </c>
       <c r="O12" s="140"/>
     </row>
-    <row r="13" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:15" s="2" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A13" s="175"/>
       <c r="B13" s="176"/>
       <c r="C13" s="174"/>
       <c r="D13" s="152" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E13" s="174"/>
       <c r="F13" s="152" t="s">
         <v>8</v>
       </c>
       <c r="G13" s="153"/>
       <c r="H13" s="152" t="s">
         <v>9</v>
       </c>
       <c r="I13" s="153"/>
       <c r="J13" s="152" t="s">
         <v>10</v>
       </c>
       <c r="K13" s="153"/>
       <c r="L13" s="152" t="s">
         <v>11</v>
       </c>
       <c r="M13" s="153"/>
       <c r="N13" s="125" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O13" s="126"/>
     </row>
-    <row r="14" spans="1:15" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:15" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="159"/>
       <c r="B14" s="160"/>
       <c r="C14" s="161"/>
       <c r="D14" s="167" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="168"/>
       <c r="F14" s="150" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="151"/>
       <c r="H14" s="150" t="s">
         <v>12</v>
       </c>
       <c r="I14" s="151"/>
       <c r="J14" s="150" t="s">
         <v>13</v>
       </c>
       <c r="K14" s="151"/>
       <c r="L14" s="150" t="s">
         <v>14</v>
       </c>
       <c r="M14" s="151"/>
       <c r="N14" s="127" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O14" s="128"/>
     </row>
-    <row r="15" spans="1:15" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:15" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="164" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="165"/>
       <c r="C15" s="166"/>
       <c r="D15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="L15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="N15" s="8"/>
       <c r="O15" s="6"/>
     </row>
-    <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="9">
         <v>1</v>
       </c>
       <c r="B16" s="44" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="23"/>
       <c r="D16" s="13"/>
       <c r="E16" s="14" t="s">
         <v>18</v>
       </c>
       <c r="F16" s="13"/>
       <c r="G16" s="14"/>
       <c r="H16" s="13"/>
       <c r="I16" s="15"/>
       <c r="J16" s="16"/>
       <c r="K16" s="17"/>
       <c r="L16" s="16"/>
       <c r="M16" s="17"/>
       <c r="N16" s="18"/>
       <c r="O16" s="19"/>
     </row>
-    <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="10"/>
       <c r="B17" s="7"/>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="82"/>
       <c r="E17" s="83"/>
       <c r="F17" s="46">
         <v>0</v>
       </c>
       <c r="G17" s="47">
         <v>0</v>
       </c>
       <c r="H17" s="46">
         <v>0</v>
       </c>
       <c r="I17" s="47">
         <v>0</v>
       </c>
       <c r="J17" s="46">
         <v>0</v>
       </c>
       <c r="K17" s="47">
         <v>0</v>
       </c>
       <c r="L17" s="46">
         <v>0</v>
       </c>
       <c r="M17" s="47">
         <v>0</v>
       </c>
       <c r="N17" s="96"/>
       <c r="O17" s="97"/>
     </row>
-    <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="10"/>
       <c r="B18" s="7"/>
       <c r="C18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="84"/>
       <c r="E18" s="85"/>
       <c r="F18" s="48">
         <v>0</v>
       </c>
       <c r="G18" s="49">
         <v>0</v>
       </c>
       <c r="H18" s="48">
         <v>0</v>
       </c>
       <c r="I18" s="49">
         <v>0</v>
       </c>
       <c r="J18" s="48">
         <v>0</v>
       </c>
       <c r="K18" s="49">
         <v>0</v>
       </c>
       <c r="L18" s="48">
         <v>0</v>
       </c>
       <c r="M18" s="49">
         <v>0</v>
       </c>
       <c r="N18" s="98"/>
       <c r="O18" s="99"/>
     </row>
-    <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="10"/>
       <c r="B19" s="7"/>
       <c r="C19" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="84"/>
       <c r="E19" s="85"/>
       <c r="F19" s="48">
         <v>0</v>
       </c>
       <c r="G19" s="49">
         <v>0</v>
       </c>
       <c r="H19" s="48">
         <v>0</v>
       </c>
       <c r="I19" s="49">
         <v>0</v>
       </c>
       <c r="J19" s="48">
         <v>0</v>
       </c>
       <c r="K19" s="49">
         <v>0</v>
       </c>
       <c r="L19" s="48">
         <v>0</v>
       </c>
       <c r="M19" s="49">
         <v>0</v>
       </c>
       <c r="N19" s="98"/>
       <c r="O19" s="99"/>
     </row>
-    <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="10"/>
       <c r="B20" s="7"/>
       <c r="C20" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D20" s="84"/>
       <c r="E20" s="85"/>
       <c r="F20" s="48">
         <v>0</v>
       </c>
       <c r="G20" s="49">
         <v>0</v>
       </c>
       <c r="H20" s="48">
         <v>0</v>
       </c>
       <c r="I20" s="49">
         <v>0</v>
       </c>
       <c r="J20" s="48">
         <v>0</v>
       </c>
       <c r="K20" s="49">
         <v>0</v>
       </c>
       <c r="L20" s="48">
         <v>0</v>
       </c>
       <c r="M20" s="49"/>
       <c r="N20" s="98"/>
       <c r="O20" s="99"/>
     </row>
-    <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="10"/>
       <c r="B21" s="7"/>
       <c r="C21" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="84"/>
       <c r="E21" s="85"/>
       <c r="F21" s="48">
         <v>0</v>
       </c>
       <c r="G21" s="49">
         <v>0</v>
       </c>
       <c r="H21" s="48">
         <v>0</v>
       </c>
       <c r="I21" s="49">
         <v>0</v>
       </c>
       <c r="J21" s="48">
         <v>0</v>
       </c>
       <c r="K21" s="49">
         <v>0</v>
       </c>
       <c r="L21" s="48">
         <v>0</v>
       </c>
       <c r="M21" s="49">
         <v>0</v>
       </c>
       <c r="N21" s="98"/>
       <c r="O21" s="99"/>
     </row>
-    <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="11"/>
       <c r="B22" s="12"/>
       <c r="C22" s="24" t="s">
         <v>36</v>
       </c>
       <c r="D22" s="86"/>
       <c r="E22" s="87">
         <v>0</v>
       </c>
       <c r="F22" s="118">
         <v>0</v>
       </c>
       <c r="G22" s="49">
         <v>0</v>
       </c>
       <c r="H22" s="118">
         <v>0</v>
       </c>
       <c r="I22" s="49">
         <v>0</v>
       </c>
       <c r="J22" s="118">
         <v>0</v>
       </c>
       <c r="K22" s="49">
         <v>0</v>
       </c>
       <c r="L22" s="48">
         <v>0</v>
       </c>
       <c r="M22" s="118">
         <v>0</v>
       </c>
       <c r="N22" s="98"/>
       <c r="O22" s="99"/>
     </row>
-    <row r="23" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="9">
         <v>2</v>
       </c>
       <c r="B23" s="162" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="163"/>
       <c r="D23" s="68" t="str">
         <f>IF(SUM(D24:E28)&lt;D4*0.05,"Warning, Total Professional Development Costs Are Less Than Required Minimum","")</f>
         <v/>
       </c>
       <c r="E23" s="67"/>
       <c r="F23" s="27"/>
       <c r="G23" s="28"/>
       <c r="H23" s="27"/>
       <c r="I23" s="29"/>
       <c r="J23" s="30"/>
       <c r="K23" s="31"/>
       <c r="L23" s="30"/>
       <c r="M23" s="31"/>
       <c r="N23" s="32"/>
       <c r="O23" s="60"/>
     </row>
-    <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="10"/>
       <c r="B24" s="7"/>
       <c r="C24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D24" s="82"/>
       <c r="E24" s="83">
         <v>0</v>
       </c>
       <c r="F24" s="50">
         <v>0</v>
       </c>
       <c r="G24" s="51">
         <v>0</v>
       </c>
       <c r="H24" s="50">
         <v>0</v>
       </c>
       <c r="I24" s="51">
         <v>0</v>
       </c>
       <c r="J24" s="50">
         <v>0</v>
       </c>
       <c r="K24" s="51">
         <v>0</v>
       </c>
       <c r="L24" s="50">
         <v>0</v>
       </c>
       <c r="M24" s="51">
         <v>0</v>
       </c>
       <c r="N24" s="96"/>
       <c r="O24" s="97"/>
     </row>
-    <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="10"/>
       <c r="B25" s="7"/>
       <c r="C25" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="84"/>
       <c r="E25" s="85">
         <v>0</v>
       </c>
       <c r="F25" s="48">
         <v>0</v>
       </c>
       <c r="G25" s="49">
         <v>0</v>
       </c>
       <c r="H25" s="48">
         <v>0</v>
       </c>
       <c r="I25" s="49">
         <v>0</v>
       </c>
       <c r="J25" s="48">
         <v>0</v>
       </c>
       <c r="K25" s="49">
         <v>0</v>
       </c>
       <c r="L25" s="48">
         <v>0</v>
       </c>
       <c r="M25" s="49">
         <v>0</v>
       </c>
       <c r="N25" s="98"/>
       <c r="O25" s="99"/>
     </row>
-    <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="10"/>
       <c r="B26" s="7"/>
       <c r="C26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="84"/>
       <c r="E26" s="85">
         <v>0</v>
       </c>
       <c r="F26" s="48">
         <v>0</v>
       </c>
       <c r="G26" s="49">
         <v>0</v>
       </c>
       <c r="H26" s="48">
         <v>0</v>
       </c>
       <c r="I26" s="49">
         <v>0</v>
       </c>
       <c r="J26" s="48">
         <v>0</v>
       </c>
       <c r="K26" s="49">
         <v>0</v>
       </c>
       <c r="L26" s="48">
         <v>0</v>
       </c>
       <c r="M26" s="49">
         <v>0</v>
       </c>
       <c r="N26" s="98"/>
       <c r="O26" s="99"/>
     </row>
-    <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="10"/>
       <c r="B27" s="7"/>
       <c r="C27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="84"/>
       <c r="E27" s="85">
         <v>0</v>
       </c>
       <c r="F27" s="48">
         <v>0</v>
       </c>
       <c r="G27" s="49">
         <v>0</v>
       </c>
       <c r="H27" s="48">
         <v>0</v>
       </c>
       <c r="I27" s="49">
         <v>0</v>
       </c>
       <c r="J27" s="48">
         <v>0</v>
       </c>
       <c r="K27" s="49">
         <v>0</v>
       </c>
       <c r="L27" s="48">
         <v>0</v>
       </c>
       <c r="M27" s="49">
         <v>0</v>
       </c>
       <c r="N27" s="98"/>
       <c r="O27" s="99"/>
     </row>
-    <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="11"/>
       <c r="B28" s="12"/>
       <c r="C28" s="24" t="s">
         <v>36</v>
       </c>
       <c r="D28" s="92"/>
       <c r="E28" s="100">
         <f t="shared" ref="E28:M28" si="0">-E22-E41</f>
         <v>0</v>
       </c>
       <c r="F28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L28" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="M28" s="94">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N28" s="92"/>
       <c r="O28" s="100"/>
     </row>
-    <row r="29" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:15" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="9">
         <v>3</v>
       </c>
       <c r="B29" s="162" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="163"/>
       <c r="D29" s="68" t="str">
         <f>IF(SUM(D30:E32)&gt;D4*0.08,"Warning, Total Student Access Costs Exceed Allowable Limit","")</f>
         <v/>
       </c>
       <c r="E29" s="69"/>
       <c r="F29" s="69"/>
       <c r="G29" s="69"/>
       <c r="H29" s="69"/>
       <c r="I29" s="70"/>
       <c r="J29" s="30"/>
       <c r="K29" s="31"/>
       <c r="L29" s="30"/>
       <c r="M29" s="31"/>
       <c r="N29" s="32"/>
       <c r="O29" s="60"/>
     </row>
-    <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="10"/>
       <c r="B30" s="7"/>
       <c r="C30" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D30" s="82"/>
       <c r="E30" s="83">
         <v>0</v>
       </c>
       <c r="F30" s="50">
         <v>0</v>
       </c>
       <c r="G30" s="51">
         <v>0</v>
       </c>
       <c r="H30" s="50">
         <v>0</v>
       </c>
       <c r="I30" s="51">
         <v>0</v>
       </c>
       <c r="J30" s="50">
         <v>0</v>
       </c>
       <c r="K30" s="51">
         <v>0</v>
       </c>
       <c r="L30" s="50">
         <v>0</v>
       </c>
       <c r="M30" s="51">
         <v>0</v>
       </c>
       <c r="N30" s="96"/>
       <c r="O30" s="97"/>
     </row>
-    <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="10"/>
       <c r="B31" s="7"/>
       <c r="C31" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D31" s="84"/>
       <c r="E31" s="85">
         <v>0</v>
       </c>
       <c r="F31" s="48">
         <v>0</v>
       </c>
       <c r="G31" s="49">
         <v>0</v>
       </c>
       <c r="H31" s="48">
         <v>0</v>
       </c>
       <c r="I31" s="49">
         <v>0</v>
       </c>
       <c r="J31" s="48">
         <v>0</v>
       </c>
       <c r="K31" s="49">
         <v>0</v>
       </c>
       <c r="L31" s="48">
         <v>0</v>
       </c>
       <c r="M31" s="49">
         <v>0</v>
       </c>
       <c r="N31" s="98"/>
       <c r="O31" s="99"/>
     </row>
-    <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="10"/>
       <c r="B32" s="7"/>
       <c r="C32" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="84"/>
       <c r="E32" s="85">
         <v>0</v>
       </c>
       <c r="F32" s="52">
         <v>0</v>
       </c>
       <c r="G32" s="53">
         <v>0</v>
       </c>
       <c r="H32" s="52">
         <v>0</v>
       </c>
       <c r="I32" s="53">
         <v>0</v>
       </c>
       <c r="J32" s="52">
         <v>0</v>
       </c>
       <c r="K32" s="53">
         <v>0</v>
       </c>
       <c r="L32" s="52">
         <v>0</v>
       </c>
       <c r="M32" s="53">
         <v>0</v>
       </c>
       <c r="N32" s="98"/>
       <c r="O32" s="99"/>
     </row>
-    <row r="33" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="59"/>
       <c r="B33" s="21"/>
       <c r="C33" s="21"/>
       <c r="D33" s="33"/>
       <c r="E33" s="34"/>
       <c r="F33" s="33"/>
       <c r="G33" s="34"/>
       <c r="H33" s="33"/>
       <c r="I33" s="34"/>
       <c r="J33" s="33"/>
       <c r="K33" s="34"/>
       <c r="L33" s="33"/>
       <c r="M33" s="34"/>
       <c r="N33" s="33"/>
       <c r="O33" s="34"/>
     </row>
-    <row r="34" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="10">
         <v>4</v>
       </c>
       <c r="B34" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="22"/>
       <c r="D34" s="71" t="str">
         <f>IF(SUM(D35:D37)&gt;D4*0.04,"Warning, Total Evaluation Costs Exceed Allowable Limit","")</f>
         <v/>
       </c>
       <c r="E34" s="72"/>
       <c r="F34" s="72"/>
       <c r="G34" s="72"/>
       <c r="H34" s="72"/>
       <c r="I34" s="73"/>
       <c r="J34" s="38"/>
       <c r="K34" s="39"/>
       <c r="L34" s="38"/>
       <c r="M34" s="39"/>
       <c r="N34" s="40"/>
       <c r="O34" s="61"/>
     </row>
-    <row r="35" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="10"/>
       <c r="B35" s="7"/>
       <c r="C35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="88"/>
       <c r="E35" s="36"/>
       <c r="F35" s="54">
         <v>0</v>
       </c>
       <c r="G35" s="36"/>
       <c r="H35" s="54">
         <v>0</v>
       </c>
       <c r="I35" s="36"/>
       <c r="J35" s="54">
         <v>0</v>
       </c>
       <c r="K35" s="36"/>
       <c r="L35" s="54">
         <v>0</v>
       </c>
       <c r="M35" s="36"/>
       <c r="N35" s="101"/>
       <c r="O35" s="36"/>
     </row>
-    <row r="36" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="10"/>
       <c r="B36" s="7"/>
       <c r="C36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="89"/>
       <c r="E36" s="37"/>
       <c r="F36" s="55">
         <v>0</v>
       </c>
       <c r="G36" s="37"/>
       <c r="H36" s="55">
         <v>0</v>
       </c>
       <c r="I36" s="37"/>
       <c r="J36" s="55">
         <v>0</v>
       </c>
       <c r="K36" s="37"/>
       <c r="L36" s="55">
         <v>0</v>
       </c>
       <c r="M36" s="37"/>
       <c r="N36" s="102"/>
       <c r="O36" s="37"/>
     </row>
-    <row r="37" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="10"/>
       <c r="B37" s="41"/>
       <c r="C37" s="42" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="89"/>
       <c r="E37" s="37"/>
       <c r="F37" s="56">
         <v>0</v>
       </c>
       <c r="G37" s="37"/>
       <c r="H37" s="56">
         <v>0</v>
       </c>
       <c r="I37" s="37"/>
       <c r="J37" s="56">
         <v>0</v>
       </c>
       <c r="K37" s="37"/>
       <c r="L37" s="56">
         <v>0</v>
       </c>
       <c r="M37" s="37"/>
       <c r="N37" s="102"/>
       <c r="O37" s="37"/>
     </row>
-    <row r="38" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="59"/>
       <c r="B38" s="21"/>
       <c r="C38" s="21"/>
       <c r="D38" s="33"/>
       <c r="E38" s="34"/>
       <c r="F38" s="33"/>
       <c r="G38" s="34"/>
       <c r="H38" s="33"/>
       <c r="I38" s="34"/>
       <c r="J38" s="33"/>
       <c r="K38" s="34"/>
       <c r="L38" s="33"/>
       <c r="M38" s="34"/>
       <c r="N38" s="33"/>
       <c r="O38" s="34"/>
     </row>
-    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="10">
         <v>5</v>
       </c>
       <c r="B39" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="22"/>
       <c r="D39" s="71" t="str">
         <f>IF(SUM(D40:D42)&gt;D4*0.08,"Warning, Total Other Admin Costs Exceed Allowable Limit","")</f>
         <v/>
       </c>
       <c r="E39" s="72"/>
       <c r="F39" s="72"/>
       <c r="G39" s="72"/>
       <c r="H39" s="72"/>
       <c r="I39" s="73"/>
       <c r="J39" s="38"/>
       <c r="K39" s="39"/>
       <c r="L39" s="38"/>
       <c r="M39" s="39"/>
       <c r="N39" s="40"/>
       <c r="O39" s="61"/>
     </row>
-    <row r="40" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="10"/>
       <c r="B40" s="7"/>
       <c r="C40" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D40" s="90"/>
       <c r="E40" s="37"/>
       <c r="F40" s="57">
         <v>0</v>
       </c>
       <c r="G40" s="37"/>
       <c r="H40" s="57">
         <v>0</v>
       </c>
       <c r="I40" s="37"/>
       <c r="J40" s="57">
         <v>0</v>
       </c>
       <c r="K40" s="37"/>
       <c r="L40" s="57"/>
       <c r="M40" s="37"/>
       <c r="N40" s="101"/>
       <c r="O40" s="37"/>
     </row>
-    <row r="41" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="10"/>
       <c r="B41" s="7"/>
       <c r="C41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D41" s="89"/>
       <c r="E41" s="37"/>
       <c r="F41" s="58">
         <v>0</v>
       </c>
       <c r="G41" s="37"/>
       <c r="H41" s="57">
         <v>0</v>
       </c>
       <c r="I41" s="37"/>
       <c r="J41" s="58">
         <v>0</v>
       </c>
       <c r="K41" s="37"/>
       <c r="L41" s="58">
         <v>0</v>
       </c>
       <c r="M41" s="37"/>
       <c r="N41" s="102"/>
       <c r="O41" s="37"/>
     </row>
-    <row r="42" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="10"/>
       <c r="B42" s="41"/>
       <c r="C42" s="42" t="s">
         <v>41</v>
       </c>
       <c r="D42" s="91"/>
       <c r="E42" s="37"/>
       <c r="F42" s="119">
         <f>ROUND(SUM(F17:G41)*O3,2)</f>
         <v>0</v>
       </c>
       <c r="G42" s="74"/>
       <c r="H42" s="119">
         <f>ROUND(SUM(H17:I41)*O3,2)</f>
         <v>0</v>
       </c>
       <c r="I42" s="74"/>
       <c r="J42" s="119">
         <f>ROUND(SUM(J17:K41)*$O$3,2)</f>
         <v>0</v>
       </c>
       <c r="K42" s="74"/>
       <c r="L42" s="119">
         <f>ROUND(SUM(L17:M41)*$O$3,2)</f>
         <v>0</v>
       </c>
       <c r="M42" s="37"/>
       <c r="N42" s="102"/>
       <c r="O42" s="37"/>
     </row>
-    <row r="43" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="63">
         <v>6</v>
       </c>
       <c r="B43" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="64"/>
       <c r="D43" s="65">
         <f>SUM(D17:E42)</f>
         <v>0</v>
       </c>
       <c r="E43" s="62"/>
       <c r="F43" s="95">
         <f>SUM(F17:G22)+SUM(F24:G28)+SUM(F30:G32)+SUM(F35:F42)</f>
         <v>0</v>
       </c>
       <c r="G43" s="62"/>
       <c r="H43" s="95">
         <f>SUM(H17:I22)+SUM(H24:I28)+SUM(H30:I32)+SUM(H35:H42)</f>
         <v>0</v>
       </c>
       <c r="I43" s="62"/>
       <c r="J43" s="95">
         <f>SUM(J17:K22)+SUM(J24:K28)+SUM(J30:K32)+SUM(J35:J42)</f>
         <v>0</v>
       </c>
       <c r="K43" s="62"/>
       <c r="L43" s="95">
         <f>SUM(L17:M22)+SUM(L24:M28)+SUM(L30:M32)+SUM(L35:L42)</f>
         <v>0</v>
       </c>
       <c r="M43" s="62"/>
       <c r="N43" s="95"/>
       <c r="O43" s="62"/>
     </row>
-    <row r="44" spans="1:15" ht="6.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:15" ht="6.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A44" s="122"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4"/>
       <c r="I44" s="4"/>
       <c r="J44" s="4"/>
       <c r="K44" s="4"/>
       <c r="L44" s="4"/>
       <c r="M44" s="4"/>
       <c r="N44" s="4"/>
       <c r="O44" s="124"/>
     </row>
-    <row r="45" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C45" s="1" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="46" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.2"/>
-[...18 lines deleted...]
-    <row r="65" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="50" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" ht="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="56" ht="6.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A65" s="3"/>
       <c r="B65" s="3"/>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="K65" s="3"/>
     </row>
-    <row r="66" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A66" s="3"/>
       <c r="B66" s="3"/>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="K66" s="3"/>
     </row>
-    <row r="67" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A67" s="3"/>
       <c r="B67" s="3"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="K67" s="3"/>
     </row>
-    <row r="68" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A68" s="3"/>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
     </row>
-    <row r="69" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A69" s="3"/>
       <c r="B69" s="3"/>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
     </row>
-    <row r="70" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="A70" s="3"/>
       <c r="B70" s="3"/>
       <c r="C70" s="3"/>
       <c r="D70" s="3"/>
       <c r="E70" s="3"/>
       <c r="J70" s="3"/>
     </row>
-    <row r="76" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:15" ht="12" x14ac:dyDescent="0.3">
       <c r="O76" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="37">
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="G1:M1"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:M2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="N8:O8"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="N9:O9"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="G3:M3"/>
     <mergeCell ref="N12:O12"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="N13:O13"/>
@@ -7090,71 +7065,389 @@
   <conditionalFormatting sqref="J42 L42">
     <cfRule type="cellIs" dxfId="3" priority="15" operator="greaterThan">
       <formula>ROUND($O$3*(SUM(F$17:K$41)),2)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L40:L41">
     <cfRule type="expression" dxfId="2" priority="1">
       <formula>($F$40+$F$41+$F$42+$H$40+$H$41+$H$42+$J$40+$J$41+$J$42+$L$40+$L$41+$L$42)&gt;($F$43+$H$43+$J$43+$L$43)*0.08</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="5">
       <formula>SUM($N$40:$N$42)&gt;$D$43*0.08</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L41">
     <cfRule type="cellIs" dxfId="0" priority="4" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup scale="64" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D4C1E87739E1B4787125CE41F0C912F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2a2ce47389d8591f700d32ff75278b62">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e633b9c5-0b33-47d2-895c-6c014b75ca8a" xmlns:ns3="a65fbe1f-a3a3-435c-beb1-bc178e11a954" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1c8fa66f17b6bfa694ba628ba085ea40" ns2:_="" ns3:_="">
+    <xsd:import namespace="e633b9c5-0b33-47d2-895c-6c014b75ca8a"/>
+    <xsd:import namespace="a65fbe1f-a3a3-435c-beb1-bc178e11a954"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e633b9c5-0b33-47d2-895c-6c014b75ca8a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a2976fd1-8200-4904-8c33-deaf49ea56c7" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a65fbe1f-a3a3-435c-beb1-bc178e11a954" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f89658fd-f416-4e45-9aa2-e66d5caaee90}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="a65fbe1f-a3a3-435c-beb1-bc178e11a954">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a65fbe1f-a3a3-435c-beb1-bc178e11a954"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e633b9c5-0b33-47d2-895c-6c014b75ca8a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B86CB489-7D2F-4596-A9D9-B36EA74D0392}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e633b9c5-0b33-47d2-895c-6c014b75ca8a"/>
+    <ds:schemaRef ds:uri="a65fbe1f-a3a3-435c-beb1-bc178e11a954"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{541926CF-FB10-4ABD-A33A-7DEBAB8CD51C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6CAB980-58FD-4A62-9806-8D132ADABEDA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="a65fbe1f-a3a3-435c-beb1-bc178e11a954"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e633b9c5-0b33-47d2-895c-6c014b75ca8a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>SITE 1</vt:lpstr>
       <vt:lpstr>SITE 2</vt:lpstr>
       <vt:lpstr>SITE 3</vt:lpstr>
-      <vt:lpstr>'SITE 1'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IDOE</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jill Corsbie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101006D4C1E87739E1B4787125CE41F0C912F</vt:lpwstr>
+  </property>
+</Properties>
+</file>