--- v0 (2025-10-04)
+++ v1 (2026-03-22)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="1A6F8FE2" w14:textId="77777777" w:rsidR="00502DC0" w:rsidRDefault="00502DC0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>LEA Medicaid Billing – Service Documentation – Nursing Services by RN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44EF9CDB" w14:textId="77777777" w:rsidR="00502DC0" w:rsidRDefault="00502DC0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -1658,52 +1658,50 @@
           </w:tcPr>
           <w:p w14:paraId="2F351687" w14:textId="77777777" w:rsidR="00502DC0" w:rsidRDefault="00502DC0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AF1DB75" w14:textId="0FC1829C" w:rsidR="00502DC0" w:rsidRPr="00F90ECD" w:rsidRDefault="00F90ECD" w:rsidP="00F90ECD">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                                                                                                    </w:t>
       </w:r>
       <w:r w:rsidR="00502DC0">
         <w:t xml:space="preserve">Unit cost medical </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">supplies ___ </w:t>
       </w:r>
       <w:r w:rsidR="00502DC0">
         <w:t>(Procedure code T</w:t>
       </w:r>
       <w:r w:rsidR="00472175">
         <w:t>1</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00502DC0">
         <w:t>999 - $25 max/ month)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B7CD9BD" w14:textId="77777777" w:rsidR="00502DC0" w:rsidRDefault="00502DC0">
       <w:pPr>
         <w:ind w:left="9360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FBA1760" w14:textId="77777777" w:rsidR="00502DC0" w:rsidRDefault="00502DC0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -4070,143 +4068,143 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00502DC0">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00502DC0">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="576" w:right="720" w:bottom="576" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BA17BFB" w14:textId="77777777" w:rsidR="00495353" w:rsidRDefault="00495353" w:rsidP="0037587A">
+    <w:p w14:paraId="5607ACFC" w14:textId="77777777" w:rsidR="005D4A41" w:rsidRDefault="005D4A41" w:rsidP="0037587A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5774D38F" w14:textId="77777777" w:rsidR="00495353" w:rsidRDefault="00495353" w:rsidP="0037587A">
+    <w:p w14:paraId="08D4A7E4" w14:textId="77777777" w:rsidR="005D4A41" w:rsidRDefault="005D4A41" w:rsidP="0037587A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6835E858" w14:textId="77777777" w:rsidR="00495353" w:rsidRDefault="00495353" w:rsidP="0037587A">
+    <w:p w14:paraId="7536C782" w14:textId="77777777" w:rsidR="005D4A41" w:rsidRDefault="005D4A41" w:rsidP="0037587A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B15FB65" w14:textId="77777777" w:rsidR="00495353" w:rsidRDefault="00495353" w:rsidP="0037587A">
+    <w:p w14:paraId="3B0D90A4" w14:textId="77777777" w:rsidR="005D4A41" w:rsidRDefault="005D4A41" w:rsidP="0037587A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="047351E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B1AF8A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5003,162 +5001,166 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1754812048">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1119296663">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="497769148">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1237010742">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="12341894">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="499152386">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D77550"/>
     <w:rsid w:val="00131949"/>
     <w:rsid w:val="00224889"/>
     <w:rsid w:val="002A469C"/>
     <w:rsid w:val="0037587A"/>
     <w:rsid w:val="00472175"/>
     <w:rsid w:val="00495353"/>
     <w:rsid w:val="004E402A"/>
     <w:rsid w:val="00502DC0"/>
+    <w:rsid w:val="005A1B44"/>
+    <w:rsid w:val="005D4A41"/>
     <w:rsid w:val="005E1B0B"/>
+    <w:rsid w:val="005E5AFA"/>
     <w:rsid w:val="00685758"/>
     <w:rsid w:val="00732606"/>
     <w:rsid w:val="007C64AE"/>
     <w:rsid w:val="00814673"/>
     <w:rsid w:val="00A1575B"/>
+    <w:rsid w:val="00AF532F"/>
     <w:rsid w:val="00CB157F"/>
     <w:rsid w:val="00D77550"/>
     <w:rsid w:val="00E237EC"/>
     <w:rsid w:val="00F90ECD"/>
     <w:rsid w:val="00FB4610"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="24DF8E6F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FD1EDC21-B250-4D5F-8135-E3979D32EA61}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5398,50 +5400,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -5610,51 +5613,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:rsid w:val="0037587A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="0037587A"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -5884,73 +5887,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>591</Words>
-  <Characters>5075</Characters>
+  <Words>743</Words>
+  <Characters>4923</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>153</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LEA Service Provider Medicaid Billing Service Documentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grant Wood Area Education Agency</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5655</CharactersWithSpaces>
+  <CharactersWithSpaces>5553</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>LEA Service Provider Medicaid Billing Service Documentation</dc:title>
+  <dc:title>LEA Medicaid Billing – Service Documentation – Nursing Services by RN</dc:title>
   <dc:subject/>
   <dc:creator>Grant Wood</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>