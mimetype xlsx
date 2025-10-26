--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -17,56 +17,56 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr updateLinks="never"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\My Drive\!IowaGrants\FY26 FO PERKINS V\WEBSITE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\scraven\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B4C8EBB0-87DE-46AC-9251-84F93464C3D5}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D8614876-835D-4511-A584-699AACD0CC11}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="10380" tabRatio="751" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="7890" tabRatio="751" firstSheet="1" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="REFERENCE PAGE" sheetId="14" r:id="rId1"/>
     <sheet name="In-State &amp; Out-of-State Travel" sheetId="4" r:id="rId2"/>
     <sheet name="Salaries &amp; Benefits &amp; Sub Pay" sheetId="2" r:id="rId3"/>
     <sheet name="Sec.135 Independent or Cons." sheetId="8" r:id="rId4"/>
     <sheet name="Sec Assurances Certifications" sheetId="6" r:id="rId5"/>
     <sheet name="Menus" sheetId="9" state="hidden" r:id="rId6"/>
     <sheet name="MenusCC2" sheetId="15" state="hidden" r:id="rId7"/>
     <sheet name="Sec &amp; CC Budget Categories" sheetId="7" state="hidden" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_R1">Table1[R1 (ACTIVITY 1)]</definedName>
     <definedName name="_R2">Table2[R2 (ACTIVITY 2)]</definedName>
     <definedName name="_R3">Table3[R3 (ACTIVITY 3)]</definedName>
     <definedName name="_R4">Table4[R4 (ACTIVITY 4)]</definedName>
     <definedName name="_R5">Table5[R5 (ACTIVITY 5)]</definedName>
     <definedName name="_R6">Table6[R6 (ACTIVITY 6)]</definedName>
     <definedName name="Activity1">Menus!$C$5:$C$10</definedName>
     <definedName name="Activity2">Menus!$C$15:$C$23</definedName>
     <definedName name="Activity3">Menus!$C$26</definedName>
     <definedName name="Activity5">Menus!$C$35:$C$54</definedName>
     <definedName name="Activity6">Menus!$C$57</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Salaries &amp; Benefits &amp; Sub Pay'!$A$1:$E$34</definedName>
     <definedName name="PVR1CareerExploration">Table1[R1 (ACTIVITY 1)]</definedName>
@@ -81,51 +81,51 @@
   <c r="E14" i="2" l="1"/>
   <c r="C28" i="2"/>
   <c r="L18" i="4"/>
   <c r="K5" i="4"/>
   <c r="K6" i="4"/>
   <c r="K7" i="4"/>
   <c r="K10" i="4"/>
   <c r="L22" i="4"/>
   <c r="L21" i="4"/>
   <c r="L20" i="4"/>
   <c r="L19" i="4"/>
   <c r="L17" i="4"/>
   <c r="L16" i="4"/>
   <c r="L15" i="4"/>
   <c r="F8" i="8" l="1"/>
   <c r="K9" i="4"/>
   <c r="K8" i="4"/>
   <c r="K4" i="4"/>
   <c r="K3" i="4"/>
   <c r="F7" i="8" l="1"/>
   <c r="F31" i="8" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="231">
   <si>
     <t>Substitute Salaries and Benefits Summary</t>
   </si>
   <si>
     <t xml:space="preserve"> Job Title </t>
   </si>
   <si>
     <t>Salary+FICA+ IPERS</t>
   </si>
   <si>
     <t>Perkins V Authority and Extended Description</t>
   </si>
   <si>
     <t>Budget Category</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Sec. 135. [20 u.s.c. 2355] Local Use of Funds</t>
   </si>
   <si>
     <t xml:space="preserve"> In-State travel</t>
   </si>
   <si>
@@ -633,53 +633,50 @@
     <t>Parking</t>
   </si>
   <si>
     <t>Inventory Requirements</t>
   </si>
   <si>
     <t>Documentation Requirements - All invoices and receipts must be kept on file and available upon request</t>
   </si>
   <si>
     <t>Purchases are for programs or programs of study identified in the comprehensive local needs assessment (CLNA), Perkins application, and supported by labor market information.</t>
   </si>
   <si>
     <t>Federal Register</t>
   </si>
   <si>
     <t>Subtotals auto-populate the Secondary worksheet</t>
   </si>
   <si>
     <t>School District Perkins Purchase Summary by Quarter FY 2026</t>
   </si>
   <si>
     <t>Personal Responsibility and Work Opportunity Reconciliation Act (PRWORA)</t>
   </si>
   <si>
     <t xml:space="preserve">The letter providing the background on the Notice of interpretation that the U.S. Department of Education (USDE) published regarding the Personal Responsibility and Work Opportunity Reconciliation Act (PRWORA) below. </t>
-  </si>
-[...1 lines deleted...]
-    <t>Perkins contacts and administrators have accessed and reviewed the PRWORA and the Federal Register companion document (below) issued July 14, 2025.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="9" tint="-0.499984740745262"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>FY 2026 Claim Due Dates: 1st Quarter,</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF548135"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -956,61 +953,67 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">Auto populates from Salaries &amp; Benefits worksheet. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="9" tint="-0.499984740745262"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Do not duplicate.</t>
     </r>
   </si>
   <si>
     <t>Consortium Name</t>
   </si>
   <si>
     <t>Fiscal Agent</t>
   </si>
   <si>
     <t>School District Name (List Alphabetically)</t>
   </si>
+  <si>
+    <t>PRWORA FAQ</t>
+  </si>
+  <si>
+    <t>Perkins contacts and administrators have accessed and reviewed the PRWORA and Federal Register companion document (below) issued July, 2025.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy"/>
   </numFmts>
-  <fonts count="52">
+  <fonts count="53">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1289,50 +1292,56 @@
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+    </font>
   </fonts>
   <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9E2F3"/>
         <bgColor rgb="FFD9E2F3"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
@@ -1546,60 +1555,61 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="7">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2"/>
     <xf numFmtId="44" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2"/>
     <xf numFmtId="44" fontId="12" fillId="0" borderId="2" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="171">
+  <cellXfs count="173">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="44" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
@@ -1873,50 +1883,56 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="3" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="4" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="20" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="14" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="45" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1968,53 +1984,54 @@
     <xf numFmtId="0" fontId="23" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="7">
+  <cellStyles count="8">
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Currency 2" xfId="5" xr:uid="{74A5EEEA-990C-401E-BF1C-5D2AC03E854B}"/>
+    <cellStyle name="Hyperlink" xfId="7" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="6" xr:uid="{1BCD3BD6-20C2-4F2C-B1E4-53A3C33A4CC5}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{F57513A8-CD31-48E9-AAF1-B430AE2DB1D6}"/>
     <cellStyle name="Total" xfId="3" builtinId="25"/>
   </cellStyles>
   <dxfs count="31">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
@@ -3012,392 +3029,392 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/07/14/2025-13118/personal-responsibility-and-work-opportunity-reconciliation-act-of-1996-prwora-interpretation-of" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ed.gov/about/news/press-release/us-department-of-education-ends-taxpayer-subsidization-of-postsecondary-education-illegal-aliens" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://educate.iowa.gov/media/11763/download?inline" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/07/14/2025-13118/personal-responsibility-and-work-opportunity-reconciliation-act-of-1996-prwora-interpretation-of" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ed.gov/about/news/press-release/us-department-of-education-ends-taxpayer-subsidization-of-postsecondary-education-illegal-aliens" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADEC5039-1832-4B1C-9B31-38A3DB75FF07}">
   <sheetPr>
     <tabColor theme="7" tint="-0.499984740745262"/>
   </sheetPr>
   <dimension ref="A1:H23"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.4"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12"/>
   <cols>
-    <col min="1" max="1" width="31.44140625" style="109" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="16384" width="8.88671875" style="109"/>
+    <col min="1" max="1" width="31.42578125" style="109" customWidth="1"/>
+    <col min="2" max="2" width="38.5703125" style="109" customWidth="1"/>
+    <col min="3" max="3" width="22.28515625" style="109" customWidth="1"/>
+    <col min="4" max="4" width="30.42578125" style="109" customWidth="1"/>
+    <col min="5" max="5" width="32.5703125" style="109" customWidth="1"/>
+    <col min="6" max="7" width="25.42578125" style="109" customWidth="1"/>
+    <col min="8" max="8" width="23.5703125" style="109" customWidth="1"/>
+    <col min="9" max="16384" width="8.85546875" style="109"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="107" customFormat="1" ht="24">
       <c r="A1" s="110" t="s">
         <v>96</v>
       </c>
       <c r="B1" s="111" t="s">
         <v>97</v>
       </c>
       <c r="C1" s="111" t="s">
         <v>98</v>
       </c>
       <c r="D1" s="111" t="s">
         <v>99</v>
       </c>
       <c r="E1" s="111" t="s">
         <v>100</v>
       </c>
       <c r="F1" s="111" t="s">
         <v>101</v>
       </c>
       <c r="G1" s="112" t="s">
         <v>103</v>
       </c>
       <c r="H1" s="113" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="128.4" customHeight="1">
+    <row r="2" spans="1:8" ht="128.44999999999999" customHeight="1">
       <c r="A2" s="114" t="s">
         <v>104</v>
       </c>
       <c r="B2" s="115" t="s">
         <v>112</v>
       </c>
       <c r="C2" s="115" t="s">
         <v>121</v>
       </c>
       <c r="D2" s="115" t="s">
         <v>122</v>
       </c>
       <c r="E2" s="115" t="s">
         <v>151</v>
       </c>
       <c r="F2" s="115" t="s">
         <v>142</v>
       </c>
       <c r="G2" s="115" t="s">
         <v>143</v>
       </c>
       <c r="H2" s="116" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="91.2" customHeight="1">
+    <row r="3" spans="1:8" ht="91.15" customHeight="1">
       <c r="A3" s="114" t="s">
         <v>105</v>
       </c>
       <c r="B3" s="115" t="s">
         <v>113</v>
       </c>
       <c r="C3" s="115"/>
       <c r="D3" s="115" t="s">
         <v>123</v>
       </c>
       <c r="E3" s="115" t="s">
         <v>125</v>
       </c>
       <c r="F3" s="115"/>
       <c r="G3" s="115"/>
       <c r="H3" s="116"/>
     </row>
-    <row r="4" spans="1:8" ht="206.4" customHeight="1">
+    <row r="4" spans="1:8" ht="206.45" customHeight="1">
       <c r="A4" s="114" t="s">
         <v>106</v>
       </c>
       <c r="B4" s="115" t="s">
         <v>114</v>
       </c>
       <c r="C4" s="115"/>
       <c r="D4" s="115" t="s">
         <v>150</v>
       </c>
       <c r="E4" s="115" t="s">
         <v>126</v>
       </c>
       <c r="F4" s="115"/>
       <c r="G4" s="115"/>
       <c r="H4" s="116"/>
     </row>
-    <row r="5" spans="1:8" ht="155.4" customHeight="1">
+    <row r="5" spans="1:8" ht="155.44999999999999" customHeight="1">
       <c r="A5" s="114" t="s">
         <v>107</v>
       </c>
       <c r="B5" s="115" t="s">
         <v>115</v>
       </c>
       <c r="C5" s="115"/>
       <c r="D5" s="115"/>
       <c r="E5" s="115" t="s">
         <v>127</v>
       </c>
       <c r="F5" s="115"/>
       <c r="G5" s="115"/>
       <c r="H5" s="116"/>
     </row>
-    <row r="6" spans="1:8" ht="97.8" customHeight="1">
+    <row r="6" spans="1:8" ht="97.9" customHeight="1">
       <c r="A6" s="114" t="s">
         <v>108</v>
       </c>
       <c r="B6" s="115" t="s">
         <v>116</v>
       </c>
       <c r="C6" s="115"/>
       <c r="D6" s="115"/>
       <c r="E6" s="115" t="s">
         <v>128</v>
       </c>
       <c r="F6" s="115"/>
       <c r="G6" s="115"/>
       <c r="H6" s="116"/>
     </row>
-    <row r="7" spans="1:8" ht="61.2" customHeight="1">
+    <row r="7" spans="1:8" ht="61.15" customHeight="1">
       <c r="A7" s="114" t="s">
         <v>155</v>
       </c>
       <c r="B7" s="115" t="s">
         <v>117</v>
       </c>
       <c r="C7" s="115"/>
       <c r="D7" s="115"/>
       <c r="E7" s="115" t="s">
         <v>124</v>
       </c>
       <c r="F7" s="115"/>
       <c r="G7" s="115"/>
       <c r="H7" s="116"/>
     </row>
     <row r="8" spans="1:8" ht="120" customHeight="1">
       <c r="A8" s="114" t="s">
         <v>109</v>
       </c>
       <c r="B8" s="115" t="s">
         <v>118</v>
       </c>
       <c r="C8" s="115"/>
       <c r="D8" s="115"/>
       <c r="E8" s="115" t="s">
         <v>129</v>
       </c>
       <c r="F8" s="115"/>
       <c r="G8" s="115"/>
       <c r="H8" s="116"/>
     </row>
-    <row r="9" spans="1:8" ht="118.8" customHeight="1">
+    <row r="9" spans="1:8" ht="118.9" customHeight="1">
       <c r="A9" s="114" t="s">
         <v>147</v>
       </c>
       <c r="B9" s="115" t="s">
         <v>119</v>
       </c>
       <c r="C9" s="115"/>
       <c r="D9" s="115"/>
       <c r="E9" s="115" t="s">
         <v>130</v>
       </c>
       <c r="F9" s="115"/>
       <c r="G9" s="115"/>
       <c r="H9" s="116"/>
     </row>
-    <row r="10" spans="1:8" ht="127.8" customHeight="1">
+    <row r="10" spans="1:8" ht="127.9" customHeight="1">
       <c r="A10" s="114" t="s">
         <v>110</v>
       </c>
       <c r="B10" s="115" t="s">
         <v>120</v>
       </c>
       <c r="C10" s="115"/>
       <c r="D10" s="115"/>
       <c r="E10" s="115" t="s">
         <v>131</v>
       </c>
       <c r="F10" s="115"/>
       <c r="G10" s="115"/>
       <c r="H10" s="116"/>
     </row>
-    <row r="11" spans="1:8" ht="74.400000000000006" customHeight="1">
+    <row r="11" spans="1:8" ht="74.45" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>111</v>
       </c>
       <c r="B11" s="115" t="s">
         <v>149</v>
       </c>
       <c r="C11" s="115"/>
       <c r="D11" s="115"/>
       <c r="E11" s="115" t="s">
         <v>132</v>
       </c>
       <c r="F11" s="115"/>
       <c r="G11" s="115"/>
       <c r="H11" s="116"/>
     </row>
     <row r="12" spans="1:8" ht="51" customHeight="1">
       <c r="A12" s="114" t="s">
         <v>148</v>
       </c>
       <c r="B12" s="115"/>
       <c r="C12" s="115"/>
       <c r="D12" s="115"/>
       <c r="E12" s="115" t="s">
         <v>133</v>
       </c>
       <c r="F12" s="115"/>
       <c r="G12" s="115"/>
       <c r="H12" s="116"/>
     </row>
     <row r="13" spans="1:8" ht="75" customHeight="1">
       <c r="A13" s="114"/>
       <c r="B13" s="115"/>
       <c r="C13" s="115"/>
       <c r="D13" s="115"/>
       <c r="E13" s="115" t="s">
         <v>134</v>
       </c>
       <c r="F13" s="115"/>
       <c r="G13" s="115"/>
       <c r="H13" s="116"/>
     </row>
-    <row r="14" spans="1:8" ht="57">
+    <row r="14" spans="1:8" ht="72">
       <c r="A14" s="114"/>
       <c r="B14" s="115"/>
       <c r="C14" s="115"/>
       <c r="D14" s="115"/>
       <c r="E14" s="115" t="s">
         <v>135</v>
       </c>
       <c r="F14" s="115"/>
       <c r="G14" s="115"/>
       <c r="H14" s="116"/>
     </row>
-    <row r="15" spans="1:8" ht="91.2">
+    <row r="15" spans="1:8" ht="108">
       <c r="A15" s="114"/>
       <c r="B15" s="115"/>
       <c r="C15" s="115"/>
       <c r="D15" s="115"/>
       <c r="E15" s="115" t="s">
         <v>136</v>
       </c>
       <c r="F15" s="115"/>
       <c r="G15" s="115"/>
       <c r="H15" s="116"/>
     </row>
-    <row r="16" spans="1:8" ht="57">
+    <row r="16" spans="1:8" ht="72">
       <c r="A16" s="114"/>
       <c r="B16" s="115"/>
       <c r="C16" s="115"/>
       <c r="D16" s="115"/>
       <c r="E16" s="115" t="s">
         <v>137</v>
       </c>
       <c r="F16" s="115"/>
       <c r="G16" s="115"/>
       <c r="H16" s="116"/>
     </row>
-    <row r="17" spans="1:8" ht="68.400000000000006">
+    <row r="17" spans="1:8" ht="84">
       <c r="A17" s="114"/>
       <c r="B17" s="115"/>
       <c r="C17" s="115"/>
       <c r="D17" s="115"/>
       <c r="E17" s="115" t="s">
         <v>143</v>
       </c>
       <c r="F17" s="115"/>
       <c r="G17" s="115"/>
       <c r="H17" s="116"/>
     </row>
     <row r="18" spans="1:8" ht="48.6" customHeight="1">
       <c r="A18" s="114"/>
       <c r="B18" s="115"/>
       <c r="C18" s="115"/>
       <c r="D18" s="115"/>
       <c r="E18" s="115" t="s">
         <v>138</v>
       </c>
       <c r="F18" s="115"/>
       <c r="G18" s="115"/>
       <c r="H18" s="116"/>
     </row>
-    <row r="19" spans="1:8" ht="45.6">
+    <row r="19" spans="1:8" ht="48">
       <c r="A19" s="114"/>
       <c r="B19" s="115"/>
       <c r="C19" s="115"/>
       <c r="D19" s="115"/>
       <c r="E19" s="115" t="s">
         <v>139</v>
       </c>
       <c r="F19" s="115"/>
       <c r="G19" s="115"/>
       <c r="H19" s="116"/>
     </row>
     <row r="20" spans="1:8" ht="84" customHeight="1">
       <c r="A20" s="114"/>
       <c r="B20" s="115"/>
       <c r="C20" s="115"/>
       <c r="D20" s="115"/>
       <c r="E20" s="115" t="s">
         <v>140</v>
       </c>
       <c r="F20" s="115"/>
       <c r="G20" s="115"/>
       <c r="H20" s="116"/>
     </row>
-    <row r="21" spans="1:8" ht="115.8" customHeight="1">
+    <row r="21" spans="1:8" ht="115.9" customHeight="1">
       <c r="A21" s="114"/>
       <c r="B21" s="115"/>
       <c r="C21" s="115"/>
       <c r="D21" s="115"/>
       <c r="E21" s="115" t="s">
         <v>141</v>
       </c>
       <c r="F21" s="115"/>
       <c r="G21" s="115"/>
       <c r="H21" s="116"/>
     </row>
     <row r="22" spans="1:8" ht="33" customHeight="1">
       <c r="A22" s="117"/>
       <c r="B22" s="118"/>
       <c r="C22" s="118"/>
       <c r="D22" s="118"/>
       <c r="E22" s="118" t="s">
         <v>152</v>
       </c>
       <c r="F22" s="118"/>
       <c r="G22" s="118"/>
       <c r="H22" s="119"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="108"/>
@@ -3408,82 +3425,82 @@
       <c r="F23" s="108"/>
       <c r="G23" s="108"/>
       <c r="H23" s="108"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Z969"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L22" sqref="L22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" style="20" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="26" max="16384" width="14.44140625" style="20"/>
+    <col min="1" max="1" width="12.5703125" style="20" customWidth="1"/>
+    <col min="2" max="2" width="14.28515625" style="20" customWidth="1"/>
+    <col min="3" max="3" width="18.140625" style="20" customWidth="1"/>
+    <col min="4" max="4" width="15.42578125" style="20" customWidth="1"/>
+    <col min="5" max="5" width="14.28515625" style="20" customWidth="1"/>
+    <col min="6" max="6" width="16.7109375" style="20" customWidth="1"/>
+    <col min="7" max="7" width="15.42578125" style="20" customWidth="1"/>
+    <col min="8" max="8" width="20.7109375" style="20" customWidth="1"/>
+    <col min="9" max="9" width="17.85546875" style="20" customWidth="1"/>
+    <col min="10" max="10" width="18.7109375" style="20" customWidth="1"/>
+    <col min="11" max="11" width="16.5703125" style="20" customWidth="1"/>
+    <col min="12" max="12" width="12.140625" style="20" customWidth="1"/>
+    <col min="13" max="25" width="8.5703125" style="20" customWidth="1"/>
+    <col min="26" max="16384" width="14.42578125" style="20"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" ht="20.399999999999999" customHeight="1">
+    <row r="1" spans="1:26" ht="20.45" customHeight="1">
       <c r="A1" s="24"/>
       <c r="B1" s="24"/>
-      <c r="C1" s="135" t="s">
+      <c r="C1" s="137" t="s">
         <v>7</v>
       </c>
-      <c r="D1" s="136"/>
-[...6 lines deleted...]
-      <c r="K1" s="136"/>
+      <c r="D1" s="138"/>
+      <c r="E1" s="138"/>
+      <c r="F1" s="138"/>
+      <c r="G1" s="138"/>
+      <c r="H1" s="138"/>
+      <c r="I1" s="138"/>
+      <c r="J1" s="138"/>
+      <c r="K1" s="138"/>
       <c r="L1" s="25"/>
       <c r="M1" s="5"/>
       <c r="N1" s="5"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
       <c r="Q1" s="5"/>
       <c r="R1" s="5"/>
       <c r="S1" s="5"/>
       <c r="T1" s="5"/>
       <c r="U1" s="5"/>
       <c r="V1" s="5"/>
       <c r="W1" s="5"/>
       <c r="X1" s="5"/>
       <c r="Y1" s="5"/>
     </row>
     <row r="2" spans="1:26" ht="12.6" customHeight="1">
       <c r="A2" s="24"/>
       <c r="B2" s="24"/>
       <c r="C2" s="35" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="35" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="36" t="s">
@@ -3798,81 +3815,81 @@
       <c r="B12" s="25"/>
       <c r="C12" s="27"/>
       <c r="D12" s="26"/>
       <c r="E12" s="25"/>
       <c r="F12" s="25"/>
       <c r="G12" s="25"/>
       <c r="H12" s="25"/>
       <c r="I12" s="25"/>
       <c r="J12" s="25"/>
       <c r="K12" s="25"/>
       <c r="L12" s="25"/>
       <c r="M12" s="5"/>
       <c r="N12" s="5"/>
       <c r="O12" s="5"/>
       <c r="P12" s="5"/>
       <c r="Q12" s="5"/>
       <c r="R12" s="5"/>
       <c r="S12" s="5"/>
       <c r="T12" s="5"/>
       <c r="U12" s="5"/>
       <c r="V12" s="5"/>
       <c r="W12" s="5"/>
       <c r="X12" s="5"/>
       <c r="Y12" s="5"/>
     </row>
-    <row r="13" spans="1:26" ht="20.399999999999999">
-      <c r="A13" s="135" t="s">
+    <row r="13" spans="1:26" ht="20.25">
+      <c r="A13" s="137" t="s">
         <v>16</v>
       </c>
-      <c r="B13" s="136"/>
-[...9 lines deleted...]
-      <c r="L13" s="136"/>
+      <c r="B13" s="138"/>
+      <c r="C13" s="138"/>
+      <c r="D13" s="138"/>
+      <c r="E13" s="138"/>
+      <c r="F13" s="138"/>
+      <c r="G13" s="138"/>
+      <c r="H13" s="138"/>
+      <c r="I13" s="138"/>
+      <c r="J13" s="138"/>
+      <c r="K13" s="138"/>
+      <c r="L13" s="138"/>
       <c r="M13" s="5"/>
       <c r="N13" s="5"/>
       <c r="O13" s="5"/>
       <c r="P13" s="5"/>
       <c r="Q13" s="5"/>
       <c r="R13" s="5"/>
       <c r="S13" s="5"/>
       <c r="T13" s="5"/>
       <c r="U13" s="5"/>
       <c r="V13" s="5"/>
       <c r="W13" s="5"/>
       <c r="X13" s="5"/>
       <c r="Y13" s="5"/>
       <c r="Z13" s="5"/>
     </row>
-    <row r="14" spans="1:26" ht="35.4" customHeight="1">
+    <row r="14" spans="1:26" ht="35.450000000000003" customHeight="1">
       <c r="A14" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="35" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="36" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="37" t="s">
         <v>153</v>
       </c>
       <c r="E14" s="38" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="38" t="s">
         <v>18</v>
       </c>
       <c r="G14" s="38" t="s">
         <v>19</v>
       </c>
       <c r="H14" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I14" s="38" t="s">
@@ -9836,546 +9853,546 @@
     <row r="967" ht="15.75" customHeight="1"/>
     <row r="968" ht="15.75" customHeight="1"/>
     <row r="969" ht="15.75" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="C1:K1"/>
     <mergeCell ref="A13:L13"/>
   </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup scale="58" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor theme="0" tint="-0.499984740745262"/>
   </sheetPr>
   <dimension ref="A1:E34"/>
   <sheetViews>
     <sheetView topLeftCell="A7" workbookViewId="0">
       <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="13.2"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="35.44140625" style="79" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="14.44140625" style="79"/>
+    <col min="1" max="1" width="35.42578125" style="79" customWidth="1"/>
+    <col min="2" max="2" width="59.28515625" style="79" customWidth="1"/>
+    <col min="3" max="3" width="57.85546875" style="79" customWidth="1"/>
+    <col min="4" max="4" width="18.5703125" style="79" customWidth="1"/>
+    <col min="5" max="5" width="18.42578125" style="79" customWidth="1"/>
+    <col min="6" max="16384" width="14.42578125" style="79"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="13.8" customHeight="1">
-      <c r="A1" s="137" t="s">
+    <row r="1" spans="1:5" ht="13.9" customHeight="1">
+      <c r="A1" s="139" t="s">
         <v>86</v>
       </c>
-      <c r="B1" s="138"/>
-[...2 lines deleted...]
-      <c r="E1" s="139"/>
+      <c r="B1" s="140"/>
+      <c r="C1" s="140"/>
+      <c r="D1" s="140"/>
+      <c r="E1" s="141"/>
     </row>
     <row r="2" spans="1:5" ht="60.6" customHeight="1">
-      <c r="A2" s="145" t="s">
+      <c r="A2" s="147" t="s">
+        <v>194</v>
+      </c>
+      <c r="B2" s="147"/>
+      <c r="C2" s="81" t="s">
         <v>195</v>
-      </c>
-[...2 lines deleted...]
-        <v>196</v>
       </c>
       <c r="D2" s="80"/>
       <c r="E2" s="80"/>
     </row>
-    <row r="3" spans="1:5" ht="55.2">
+    <row r="3" spans="1:5" ht="60">
       <c r="A3" s="71" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B3" s="71" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="72" t="s">
+        <v>196</v>
+      </c>
+      <c r="D3" s="72" t="s">
         <v>197</v>
       </c>
-      <c r="D3" s="72" t="s">
+      <c r="E3" s="72" t="s">
         <v>198</v>
       </c>
-      <c r="E3" s="72" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:5" ht="13.8">
+    </row>
+    <row r="4" spans="1:5" ht="14.25">
       <c r="A4" s="46"/>
       <c r="B4" s="44"/>
       <c r="C4" s="46"/>
       <c r="D4" s="44"/>
       <c r="E4" s="82"/>
     </row>
-    <row r="5" spans="1:5" ht="13.8">
+    <row r="5" spans="1:5" ht="14.25">
       <c r="A5" s="46"/>
       <c r="B5" s="44"/>
       <c r="C5" s="46"/>
       <c r="D5" s="44"/>
       <c r="E5" s="82"/>
     </row>
-    <row r="6" spans="1:5" ht="13.8">
+    <row r="6" spans="1:5" ht="14.25">
       <c r="A6" s="46"/>
       <c r="B6" s="44"/>
       <c r="C6" s="46"/>
       <c r="D6" s="44"/>
       <c r="E6" s="82"/>
     </row>
-    <row r="7" spans="1:5" ht="13.8">
+    <row r="7" spans="1:5" ht="14.25">
       <c r="A7" s="46"/>
       <c r="B7" s="44"/>
       <c r="C7" s="46"/>
       <c r="D7" s="44"/>
       <c r="E7" s="82"/>
     </row>
-    <row r="8" spans="1:5" ht="13.8">
+    <row r="8" spans="1:5" ht="14.25">
       <c r="A8" s="46"/>
       <c r="B8" s="44"/>
       <c r="C8" s="46"/>
       <c r="D8" s="44"/>
       <c r="E8" s="82"/>
     </row>
-    <row r="9" spans="1:5" ht="13.8">
+    <row r="9" spans="1:5" ht="14.25">
       <c r="A9" s="46"/>
       <c r="B9" s="44"/>
       <c r="C9" s="46"/>
       <c r="D9" s="44"/>
       <c r="E9" s="82"/>
     </row>
-    <row r="10" spans="1:5" ht="13.8">
+    <row r="10" spans="1:5" ht="14.25">
       <c r="A10" s="46"/>
       <c r="B10" s="44"/>
       <c r="C10" s="46"/>
       <c r="D10" s="44"/>
       <c r="E10" s="82"/>
     </row>
-    <row r="11" spans="1:5" ht="13.8">
+    <row r="11" spans="1:5" ht="14.25">
       <c r="A11" s="46"/>
       <c r="B11" s="44"/>
       <c r="C11" s="46"/>
       <c r="D11" s="44"/>
       <c r="E11" s="82"/>
     </row>
-    <row r="12" spans="1:5" ht="13.8">
+    <row r="12" spans="1:5" ht="14.25">
       <c r="A12" s="46"/>
       <c r="B12" s="44"/>
       <c r="C12" s="46"/>
       <c r="D12" s="44"/>
       <c r="E12" s="82"/>
     </row>
-    <row r="13" spans="1:5" ht="13.8">
+    <row r="13" spans="1:5" ht="14.25">
       <c r="A13" s="46"/>
       <c r="B13" s="44"/>
       <c r="C13" s="46"/>
       <c r="D13" s="44"/>
       <c r="E13" s="82"/>
     </row>
-    <row r="14" spans="1:5" ht="13.8">
+    <row r="14" spans="1:5" ht="15">
       <c r="A14" s="46" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="44"/>
       <c r="C14" s="46"/>
       <c r="D14" s="44"/>
       <c r="E14" s="45">
         <f>SUM(E4:E13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:5" s="60" customFormat="1" ht="13.8">
-[...7 lines deleted...]
-      <c r="A16" s="141" t="s">
+    <row r="15" spans="1:5" s="60" customFormat="1" ht="14.25">
+      <c r="A15" s="149"/>
+      <c r="B15" s="149"/>
+      <c r="C15" s="149"/>
+      <c r="D15" s="149"/>
+      <c r="E15" s="149"/>
+    </row>
+    <row r="16" spans="1:5" ht="14.25">
+      <c r="A16" s="143" t="s">
         <v>0</v>
       </c>
-      <c r="B16" s="142"/>
-      <c r="C16" s="142"/>
+      <c r="B16" s="144"/>
+      <c r="C16" s="144"/>
       <c r="D16" s="83"/>
       <c r="E16" s="83"/>
     </row>
-    <row r="17" spans="1:5" ht="13.8">
-[...2 lines deleted...]
-      <c r="C17" s="144"/>
+    <row r="17" spans="1:5" ht="15">
+      <c r="A17" s="145"/>
+      <c r="B17" s="146"/>
+      <c r="C17" s="146"/>
       <c r="D17" s="83"/>
       <c r="E17" s="83"/>
     </row>
-    <row r="18" spans="1:5" ht="13.8">
+    <row r="18" spans="1:5" ht="15">
       <c r="A18" s="61" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="62" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="63" t="s">
         <v>2</v>
       </c>
       <c r="D18" s="83"/>
       <c r="E18" s="83"/>
     </row>
-    <row r="19" spans="1:5" ht="13.8">
+    <row r="19" spans="1:5" ht="15">
       <c r="A19" s="61"/>
       <c r="B19" s="62"/>
       <c r="C19" s="64"/>
       <c r="D19" s="83"/>
       <c r="E19" s="83"/>
     </row>
-    <row r="20" spans="1:5" ht="13.8">
+    <row r="20" spans="1:5" ht="15">
       <c r="A20" s="61"/>
       <c r="B20" s="62"/>
       <c r="C20" s="64"/>
       <c r="D20" s="83"/>
       <c r="E20" s="83"/>
     </row>
-    <row r="21" spans="1:5" ht="13.8">
+    <row r="21" spans="1:5" ht="15">
       <c r="A21" s="61"/>
       <c r="B21" s="62"/>
       <c r="C21" s="64"/>
       <c r="D21" s="83"/>
       <c r="E21" s="83"/>
     </row>
-    <row r="22" spans="1:5" ht="13.8">
+    <row r="22" spans="1:5" ht="15">
       <c r="A22" s="61"/>
       <c r="B22" s="62"/>
       <c r="C22" s="64"/>
       <c r="D22" s="83"/>
       <c r="E22" s="83"/>
     </row>
-    <row r="23" spans="1:5" ht="13.8">
+    <row r="23" spans="1:5" ht="15">
       <c r="A23" s="61"/>
       <c r="B23" s="62"/>
       <c r="C23" s="64"/>
       <c r="D23" s="83"/>
       <c r="E23" s="83"/>
     </row>
-    <row r="24" spans="1:5" ht="13.8">
+    <row r="24" spans="1:5" ht="15">
       <c r="A24" s="61"/>
       <c r="B24" s="62"/>
       <c r="C24" s="64"/>
       <c r="D24" s="83"/>
       <c r="E24" s="83"/>
     </row>
-    <row r="25" spans="1:5" ht="13.8">
+    <row r="25" spans="1:5" ht="14.25">
       <c r="A25" s="65"/>
       <c r="B25" s="66"/>
       <c r="C25" s="67"/>
       <c r="D25" s="83"/>
       <c r="E25" s="83"/>
     </row>
-    <row r="26" spans="1:5" ht="13.8">
+    <row r="26" spans="1:5" ht="14.25">
       <c r="A26" s="65"/>
       <c r="B26" s="66"/>
       <c r="C26" s="67"/>
       <c r="D26" s="83"/>
       <c r="E26" s="83"/>
     </row>
-    <row r="27" spans="1:5" ht="13.8">
+    <row r="27" spans="1:5" ht="14.25">
       <c r="A27" s="65"/>
       <c r="B27" s="66"/>
       <c r="C27" s="67"/>
       <c r="D27" s="83"/>
       <c r="E27" s="83"/>
     </row>
-    <row r="28" spans="1:5" ht="13.8">
+    <row r="28" spans="1:5" ht="15">
       <c r="A28" s="68" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="68"/>
       <c r="C28" s="78">
         <f>SUM(C19:C27)</f>
         <v>0</v>
       </c>
       <c r="D28" s="83"/>
       <c r="E28" s="83"/>
     </row>
-    <row r="29" spans="1:5" ht="13.8">
+    <row r="29" spans="1:5" ht="14.25">
       <c r="A29" s="84"/>
       <c r="B29" s="85"/>
       <c r="C29" s="86"/>
       <c r="D29" s="83"/>
       <c r="E29" s="83"/>
     </row>
-    <row r="30" spans="1:5" ht="13.8">
-      <c r="A30" s="140" t="s">
+    <row r="30" spans="1:5" ht="14.25">
+      <c r="A30" s="142" t="s">
         <v>170</v>
       </c>
-      <c r="B30" s="140"/>
-      <c r="C30" s="140"/>
+      <c r="B30" s="142"/>
+      <c r="C30" s="142"/>
       <c r="D30" s="58"/>
       <c r="E30" s="58"/>
     </row>
-    <row r="31" spans="1:5" ht="13.8">
-[...4 lines deleted...]
-      <c r="C31" s="140"/>
+    <row r="31" spans="1:5" ht="14.25">
+      <c r="A31" s="142" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" s="142"/>
+      <c r="C31" s="142"/>
       <c r="D31" s="58"/>
       <c r="E31" s="58"/>
     </row>
-    <row r="32" spans="1:5" ht="13.8">
-      <c r="A32" s="140" t="s">
+    <row r="32" spans="1:5" ht="14.25">
+      <c r="A32" s="142" t="s">
         <v>173</v>
       </c>
-      <c r="B32" s="140"/>
-      <c r="C32" s="140"/>
+      <c r="B32" s="142"/>
+      <c r="C32" s="142"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
     </row>
-    <row r="33" spans="1:5" ht="13.8">
-[...4 lines deleted...]
-      <c r="C33" s="146"/>
+    <row r="33" spans="1:5" ht="14.25">
+      <c r="A33" s="148" t="s">
+        <v>192</v>
+      </c>
+      <c r="B33" s="148"/>
+      <c r="C33" s="148"/>
       <c r="D33" s="59"/>
       <c r="E33" s="59"/>
     </row>
-    <row r="34" spans="1:5" ht="13.8">
-[...4 lines deleted...]
-      <c r="C34" s="140"/>
+    <row r="34" spans="1:5" ht="14.25">
+      <c r="A34" s="142" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" s="142"/>
+      <c r="C34" s="142"/>
       <c r="D34" s="58"/>
       <c r="E34" s="58"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A30:C30"/>
     <mergeCell ref="A31:C31"/>
     <mergeCell ref="A32:C32"/>
     <mergeCell ref="A34:C34"/>
     <mergeCell ref="A16:C16"/>
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A33:C33"/>
     <mergeCell ref="A15:E15"/>
   </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="8"/>
   </sheetPr>
   <dimension ref="A1:AA32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C6" sqref="C6:F6"/>
+      <selection pane="bottomLeft" activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="23.77734375" style="20" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="23.109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="23.7109375" style="20" customWidth="1"/>
+    <col min="2" max="2" width="30.140625" customWidth="1"/>
+    <col min="3" max="3" width="66.7109375" customWidth="1"/>
+    <col min="4" max="4" width="23.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="65" style="20" customWidth="1"/>
-    <col min="6" max="6" width="20.6640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="20.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" s="52" customFormat="1" ht="15">
       <c r="A1" s="76"/>
-      <c r="B1" s="148" t="s">
+      <c r="B1" s="150" t="s">
         <v>181</v>
       </c>
-      <c r="C1" s="149"/>
-[...4 lines deleted...]
-    <row r="2" spans="1:27" s="52" customFormat="1" ht="31.2">
+      <c r="C1" s="151"/>
+      <c r="D1" s="151"/>
+      <c r="E1" s="151"/>
+      <c r="F1" s="151"/>
+    </row>
+    <row r="2" spans="1:27" s="52" customFormat="1" ht="31.5">
       <c r="A2" s="120" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B2" s="53" t="s">
         <v>102</v>
       </c>
       <c r="C2" s="53" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="53" t="s">
         <v>90</v>
       </c>
       <c r="E2" s="53" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="F2" s="54" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:27" s="52" customFormat="1" ht="15">
       <c r="A3" s="121"/>
-      <c r="B3" s="153" t="s">
-[...5 lines deleted...]
-      <c r="F3" s="154"/>
+      <c r="B3" s="155" t="s">
+        <v>184</v>
+      </c>
+      <c r="C3" s="156"/>
+      <c r="D3" s="156"/>
+      <c r="E3" s="156"/>
+      <c r="F3" s="156"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
       <c r="O3" s="55"/>
       <c r="P3" s="55"/>
       <c r="Q3" s="55"/>
       <c r="R3" s="55"/>
       <c r="S3" s="55"/>
       <c r="T3" s="55"/>
       <c r="U3" s="55"/>
       <c r="V3" s="55"/>
       <c r="W3" s="55"/>
       <c r="X3" s="55"/>
       <c r="Y3" s="55"/>
       <c r="Z3" s="55"/>
       <c r="AA3" s="55"/>
     </row>
-    <row r="4" spans="1:27" s="52" customFormat="1" ht="15.6">
+    <row r="4" spans="1:27" s="52" customFormat="1" ht="15.75">
       <c r="A4" s="120" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="B4" s="155" t="s">
+        <v>227</v>
+      </c>
+      <c r="B4" s="157" t="s">
         <v>177</v>
       </c>
-      <c r="C4" s="156"/>
-[...2 lines deleted...]
-      <c r="F4" s="156"/>
+      <c r="C4" s="158"/>
+      <c r="D4" s="158"/>
+      <c r="E4" s="158"/>
+      <c r="F4" s="158"/>
       <c r="G4" s="55"/>
       <c r="H4" s="55"/>
       <c r="I4" s="55"/>
       <c r="J4" s="55"/>
       <c r="K4" s="55"/>
       <c r="L4" s="55"/>
       <c r="M4" s="55"/>
       <c r="N4" s="55"/>
       <c r="O4" s="55"/>
       <c r="P4" s="55"/>
       <c r="Q4" s="55"/>
       <c r="R4" s="55"/>
       <c r="S4" s="55"/>
       <c r="T4" s="55"/>
       <c r="U4" s="55"/>
       <c r="V4" s="55"/>
       <c r="W4" s="55"/>
       <c r="X4" s="55"/>
       <c r="Y4" s="55"/>
       <c r="Z4" s="55"/>
       <c r="AA4" s="55"/>
     </row>
     <row r="5" spans="1:27" s="52" customFormat="1" ht="36" customHeight="1">
       <c r="A5" s="121"/>
-      <c r="B5" s="152" t="s">
+      <c r="B5" s="154" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="150" t="s">
+      <c r="C5" s="152" t="s">
         <v>87</v>
       </c>
-      <c r="D5" s="151"/>
-[...1 lines deleted...]
-      <c r="F5" s="151"/>
+      <c r="D5" s="153"/>
+      <c r="E5" s="153"/>
+      <c r="F5" s="153"/>
       <c r="G5" s="55"/>
       <c r="H5" s="55"/>
       <c r="I5" s="55"/>
       <c r="J5" s="55"/>
       <c r="K5" s="55"/>
       <c r="L5" s="55"/>
       <c r="M5" s="55"/>
       <c r="N5" s="55"/>
       <c r="O5" s="55"/>
       <c r="P5" s="55"/>
       <c r="Q5" s="55"/>
       <c r="R5" s="55"/>
       <c r="S5" s="55"/>
       <c r="T5" s="55"/>
       <c r="U5" s="55"/>
       <c r="V5" s="55"/>
       <c r="W5" s="55"/>
       <c r="X5" s="55"/>
       <c r="Y5" s="55"/>
       <c r="Z5" s="55"/>
       <c r="AA5" s="55"/>
     </row>
-    <row r="6" spans="1:27" s="52" customFormat="1" ht="31.2">
+    <row r="6" spans="1:27" s="52" customFormat="1" ht="47.25">
       <c r="A6" s="122" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-      <c r="C6" s="150" t="s">
+        <v>228</v>
+      </c>
+      <c r="B6" s="153"/>
+      <c r="C6" s="152" t="s">
         <v>88</v>
       </c>
-      <c r="D6" s="151"/>
-[...1 lines deleted...]
-      <c r="F6" s="151"/>
+      <c r="D6" s="153"/>
+      <c r="E6" s="153"/>
+      <c r="F6" s="153"/>
     </row>
     <row r="7" spans="1:27">
       <c r="A7" s="128"/>
       <c r="B7" s="123"/>
       <c r="C7" s="77"/>
       <c r="D7" s="87" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="88" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="F7" s="89">
         <f>SUM('In-State &amp; Out-of-State Travel'!$K$10+'In-State &amp; Out-of-State Travel'!$L$22)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:27" ht="26.4">
+    <row r="8" spans="1:27" ht="25.5">
       <c r="A8" s="128"/>
       <c r="B8" s="124"/>
       <c r="C8" s="87"/>
       <c r="D8" s="87" t="s">
         <v>43</v>
       </c>
       <c r="E8" s="88" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="F8" s="90">
         <f>SUM('Salaries &amp; Benefits &amp; Sub Pay'!$E$14+'Salaries &amp; Benefits &amp; Sub Pay'!$C$28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:27">
       <c r="A9" s="128"/>
       <c r="B9" s="124"/>
       <c r="C9" s="87"/>
       <c r="D9" s="87"/>
       <c r="E9" s="87"/>
       <c r="F9" s="89"/>
     </row>
     <row r="10" spans="1:27">
       <c r="A10" s="128"/>
       <c r="B10" s="124"/>
       <c r="C10" s="87"/>
       <c r="D10" s="87"/>
       <c r="E10" s="87"/>
       <c r="F10" s="89"/>
     </row>
     <row r="11" spans="1:27">
       <c r="A11" s="128"/>
       <c r="B11" s="124"/>
@@ -10483,144 +10500,144 @@
     <row r="24" spans="1:23" s="23" customFormat="1">
       <c r="A24" s="129"/>
       <c r="B24" s="97"/>
       <c r="C24" s="98"/>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="99"/>
       <c r="G24" s="22"/>
       <c r="H24" s="22"/>
       <c r="I24" s="22"/>
       <c r="J24" s="22"/>
       <c r="K24" s="22"/>
       <c r="L24" s="22"/>
       <c r="M24" s="22"/>
       <c r="N24" s="22"/>
       <c r="O24" s="22"/>
       <c r="P24" s="22"/>
       <c r="Q24" s="22"/>
       <c r="R24" s="22"/>
       <c r="S24" s="22"/>
       <c r="T24" s="22"/>
       <c r="U24" s="22"/>
       <c r="V24" s="22"/>
       <c r="W24" s="22"/>
     </row>
-    <row r="25" spans="1:23" s="48" customFormat="1" ht="39.6">
+    <row r="25" spans="1:23" s="48" customFormat="1" ht="38.25">
       <c r="A25" s="130"/>
       <c r="B25" s="125" t="s">
         <v>146</v>
       </c>
       <c r="C25" s="91" t="s">
         <v>143</v>
       </c>
       <c r="D25" s="87" t="s">
         <v>154</v>
       </c>
       <c r="E25" s="87"/>
       <c r="F25" s="92"/>
       <c r="G25" s="47"/>
       <c r="H25" s="47"/>
       <c r="I25" s="47"/>
       <c r="J25" s="47"/>
       <c r="K25" s="47"/>
       <c r="L25" s="47"/>
       <c r="M25" s="47"/>
       <c r="N25" s="47"/>
       <c r="O25" s="47"/>
       <c r="P25" s="47"/>
       <c r="Q25" s="47"/>
       <c r="R25" s="47"/>
       <c r="S25" s="47"/>
       <c r="T25" s="47"/>
       <c r="U25" s="47"/>
       <c r="V25" s="47"/>
       <c r="W25" s="47"/>
     </row>
-    <row r="26" spans="1:23" s="48" customFormat="1" ht="39.6">
+    <row r="26" spans="1:23" s="48" customFormat="1" ht="38.25">
       <c r="A26" s="130"/>
       <c r="B26" s="125" t="s">
         <v>146</v>
       </c>
       <c r="C26" s="91" t="s">
         <v>143</v>
       </c>
       <c r="D26" s="87" t="s">
         <v>168</v>
       </c>
       <c r="E26" s="87"/>
       <c r="F26" s="92"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="47"/>
       <c r="O26" s="47"/>
       <c r="P26" s="47"/>
       <c r="Q26" s="47"/>
       <c r="R26" s="47"/>
       <c r="S26" s="47"/>
       <c r="T26" s="47"/>
       <c r="U26" s="47"/>
       <c r="V26" s="47"/>
       <c r="W26" s="47"/>
     </row>
-    <row r="27" spans="1:23" s="48" customFormat="1" ht="39.6">
+    <row r="27" spans="1:23" s="48" customFormat="1" ht="38.25">
       <c r="A27" s="130"/>
       <c r="B27" s="125" t="s">
         <v>146</v>
       </c>
       <c r="C27" s="91" t="s">
         <v>143</v>
       </c>
       <c r="D27" s="87" t="s">
         <v>25</v>
       </c>
       <c r="E27" s="87"/>
       <c r="F27" s="92"/>
       <c r="G27" s="47"/>
       <c r="H27" s="47"/>
       <c r="I27" s="47"/>
       <c r="J27" s="47"/>
       <c r="K27" s="47"/>
       <c r="L27" s="47"/>
       <c r="M27" s="47"/>
       <c r="N27" s="47"/>
       <c r="O27" s="47"/>
       <c r="P27" s="47"/>
       <c r="Q27" s="47"/>
       <c r="R27" s="47"/>
       <c r="S27" s="47"/>
       <c r="T27" s="47"/>
       <c r="U27" s="47"/>
       <c r="V27" s="47"/>
       <c r="W27" s="47"/>
     </row>
-    <row r="28" spans="1:23" s="48" customFormat="1" ht="39.6">
+    <row r="28" spans="1:23" s="48" customFormat="1" ht="38.25">
       <c r="A28" s="130"/>
       <c r="B28" s="125" t="s">
         <v>146</v>
       </c>
       <c r="C28" s="91" t="s">
         <v>143</v>
       </c>
       <c r="D28" s="87" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="87"/>
       <c r="F28" s="92"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="47"/>
       <c r="O28" s="47"/>
       <c r="P28" s="47"/>
       <c r="Q28" s="47"/>
       <c r="R28" s="47"/>
       <c r="S28" s="47"/>
@@ -10632,78 +10649,78 @@
     <row r="29" spans="1:23" s="50" customFormat="1">
       <c r="A29" s="131"/>
       <c r="B29" s="126"/>
       <c r="C29" s="93"/>
       <c r="D29" s="94"/>
       <c r="E29" s="94"/>
       <c r="F29" s="95"/>
       <c r="G29" s="49"/>
       <c r="H29" s="49"/>
       <c r="I29" s="49"/>
       <c r="J29" s="49"/>
       <c r="K29" s="49"/>
       <c r="L29" s="49"/>
       <c r="M29" s="49"/>
       <c r="N29" s="49"/>
       <c r="O29" s="49"/>
       <c r="P29" s="49"/>
       <c r="Q29" s="49"/>
       <c r="R29" s="49"/>
       <c r="S29" s="49"/>
       <c r="T29" s="49"/>
       <c r="U29" s="49"/>
       <c r="V29" s="49"/>
       <c r="W29" s="49"/>
     </row>
-    <row r="30" spans="1:23" s="51" customFormat="1" ht="40.799999999999997" customHeight="1">
+    <row r="30" spans="1:23" s="51" customFormat="1" ht="40.9" customHeight="1">
       <c r="A30" s="132"/>
       <c r="B30" s="127" t="s">
         <v>174</v>
       </c>
       <c r="C30" s="96" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="77" t="s">
         <v>43</v>
       </c>
       <c r="E30" s="87"/>
       <c r="F30" s="89"/>
     </row>
     <row r="31" spans="1:23" s="52" customFormat="1" ht="39.75" customHeight="1" thickBot="1">
       <c r="A31" s="133"/>
       <c r="B31" s="134"/>
       <c r="C31" s="134"/>
       <c r="D31" s="107"/>
       <c r="E31" s="56" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="57">
         <f>SUM(F6:F30)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:23" ht="13.8" thickTop="1"/>
+    <row r="32" spans="1:23" ht="13.5" thickTop="1"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="B3:F3"/>
     <mergeCell ref="B4:F4"/>
   </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;F</oddHeader>
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{54693113-C299-45D5-B5B0-352C295EC0EF}">
           <x14:formula1>
             <xm:f>Menus!$D$3:$D$13</xm:f>
           </x14:formula1>
           <xm:sqref>D25:D30 D7:D23</xm:sqref>
         </x14:dataValidation>
@@ -10715,830 +10732,845 @@
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F5509A78-8FEB-4873-92DB-A8F31D61CAA7}">
           <x14:formula1>
             <xm:f>INDIRECT(VLOOKUP(B7,Menus!$A$3:$B$8,2,0))</xm:f>
           </x14:formula1>
           <xm:sqref>C7:C23</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{AB9D9B12-9D31-4B3F-9EBD-C1EA54B819DF}">
           <x14:formula1>
             <xm:f>Menus!$A$3:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>B7:B23</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D40"/>
+  <dimension ref="A1:D41"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A36" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B38" sqref="B38:D38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="13.2"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="120.6640625" style="106" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="16384" width="14.44140625" style="32"/>
+    <col min="1" max="1" width="120.7109375" style="106" customWidth="1"/>
+    <col min="2" max="4" width="12.5703125" style="32" customWidth="1"/>
+    <col min="5" max="16384" width="14.42578125" style="32"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="38.4" customHeight="1">
-      <c r="A1" s="160" t="s">
+    <row r="1" spans="1:4" ht="38.450000000000003" customHeight="1">
+      <c r="A1" s="162" t="s">
         <v>84</v>
       </c>
-      <c r="B1" s="161"/>
-[...3 lines deleted...]
-    <row r="2" spans="1:4" ht="13.8">
+      <c r="B1" s="163"/>
+      <c r="C1" s="163"/>
+      <c r="D1" s="163"/>
+    </row>
+    <row r="2" spans="1:4" ht="15">
       <c r="A2" s="71" t="s">
+        <v>185</v>
+      </c>
+      <c r="B2" s="164"/>
+      <c r="C2" s="165"/>
+      <c r="D2" s="166"/>
+    </row>
+    <row r="3" spans="1:4" ht="30">
+      <c r="A3" s="72" t="s">
         <v>186</v>
-      </c>
-[...6 lines deleted...]
-        <v>187</v>
       </c>
       <c r="B3" s="72" t="s">
         <v>85</v>
       </c>
       <c r="C3" s="72" t="s">
         <v>39</v>
       </c>
       <c r="D3" s="72" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="13.8">
+    <row r="4" spans="1:4" ht="15">
       <c r="A4" s="72" t="s">
+        <v>212</v>
+      </c>
+      <c r="B4" s="167"/>
+      <c r="C4" s="168"/>
+      <c r="D4" s="169"/>
+    </row>
+    <row r="5" spans="1:4" ht="14.25">
+      <c r="A5" s="100" t="s">
         <v>213</v>
-      </c>
-[...6 lines deleted...]
-        <v>214</v>
       </c>
       <c r="B5" s="69"/>
       <c r="C5" s="69"/>
       <c r="D5" s="69"/>
     </row>
-    <row r="6" spans="1:4" ht="13.8">
+    <row r="6" spans="1:4" ht="14.25">
       <c r="A6" s="101" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B6" s="69"/>
       <c r="C6" s="69"/>
       <c r="D6" s="69"/>
     </row>
-    <row r="7" spans="1:4" ht="27.6">
+    <row r="7" spans="1:4" ht="28.5">
       <c r="A7" s="100" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B7" s="69"/>
       <c r="C7" s="69"/>
       <c r="D7" s="69"/>
     </row>
-    <row r="8" spans="1:4" ht="13.8">
+    <row r="8" spans="1:4" ht="14.25">
       <c r="A8" s="100" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B8" s="69"/>
       <c r="C8" s="69"/>
       <c r="D8" s="69"/>
     </row>
-    <row r="9" spans="1:4" ht="13.8">
+    <row r="9" spans="1:4" ht="14.25">
       <c r="A9" s="100" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B9" s="69"/>
       <c r="C9" s="69"/>
       <c r="D9" s="69"/>
     </row>
-    <row r="10" spans="1:4" ht="13.8">
+    <row r="10" spans="1:4" ht="14.25">
       <c r="A10" s="100" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B10" s="69"/>
       <c r="C10" s="69"/>
       <c r="D10" s="69"/>
     </row>
-    <row r="11" spans="1:4" ht="27.6">
+    <row r="11" spans="1:4" ht="28.5">
       <c r="A11" s="100" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B11" s="69"/>
       <c r="C11" s="69"/>
       <c r="D11" s="69"/>
     </row>
-    <row r="12" spans="1:4" ht="27.6">
+    <row r="12" spans="1:4" ht="28.5">
       <c r="A12" s="100" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B12" s="69"/>
       <c r="C12" s="69"/>
       <c r="D12" s="69"/>
     </row>
-    <row r="13" spans="1:4" ht="13.8">
+    <row r="13" spans="1:4" ht="14.25">
       <c r="A13" s="100" t="s">
         <v>167</v>
       </c>
       <c r="B13" s="69"/>
       <c r="C13" s="69"/>
       <c r="D13" s="69"/>
     </row>
-    <row r="14" spans="1:4" ht="27.6">
+    <row r="14" spans="1:4" ht="28.5">
       <c r="A14" s="100" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B14" s="69"/>
       <c r="C14" s="69"/>
       <c r="D14" s="69"/>
     </row>
-    <row r="15" spans="1:4" ht="13.8">
+    <row r="15" spans="1:4" ht="15">
       <c r="A15" s="73" t="s">
         <v>172</v>
       </c>
-      <c r="B15" s="168"/>
-[...3 lines deleted...]
-    <row r="16" spans="1:4" ht="27.6">
+      <c r="B15" s="170"/>
+      <c r="C15" s="171"/>
+      <c r="D15" s="172"/>
+    </row>
+    <row r="16" spans="1:4" ht="42.75">
       <c r="A16" s="101" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B16" s="69"/>
       <c r="C16" s="69"/>
       <c r="D16" s="69"/>
     </row>
-    <row r="17" spans="1:4" ht="41.4">
+    <row r="17" spans="1:4" ht="42.75">
       <c r="A17" s="101" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B17" s="69"/>
       <c r="C17" s="69"/>
       <c r="D17" s="69"/>
     </row>
-    <row r="18" spans="1:4" ht="69">
+    <row r="18" spans="1:4" ht="71.25">
       <c r="A18" s="100" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B18" s="69"/>
       <c r="C18" s="69"/>
       <c r="D18" s="69"/>
     </row>
-    <row r="19" spans="1:4" ht="13.8">
+    <row r="19" spans="1:4" ht="15">
       <c r="A19" s="70" t="s">
         <v>171</v>
       </c>
-      <c r="B19" s="168"/>
-[...3 lines deleted...]
-    <row r="20" spans="1:4" ht="69">
+      <c r="B19" s="170"/>
+      <c r="C19" s="171"/>
+      <c r="D19" s="172"/>
+    </row>
+    <row r="20" spans="1:4" ht="71.25">
       <c r="A20" s="102" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B20" s="69"/>
       <c r="C20" s="69"/>
       <c r="D20" s="69"/>
     </row>
-    <row r="21" spans="1:4" ht="27.6">
+    <row r="21" spans="1:4" ht="30">
       <c r="A21" s="72" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B21" s="72" t="s">
         <v>85</v>
       </c>
       <c r="C21" s="72" t="s">
         <v>39</v>
       </c>
       <c r="D21" s="72" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="22" spans="1:4" ht="13.8">
+    <row r="22" spans="1:4" ht="15">
       <c r="A22" s="70" t="s">
         <v>176</v>
       </c>
       <c r="B22" s="74"/>
       <c r="C22" s="74"/>
       <c r="D22" s="74"/>
     </row>
-    <row r="23" spans="1:4" ht="27.6">
+    <row r="23" spans="1:4" ht="28.5">
       <c r="A23" s="100" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B23" s="69"/>
       <c r="C23" s="69"/>
       <c r="D23" s="69"/>
     </row>
-    <row r="24" spans="1:4" ht="27.6">
+    <row r="24" spans="1:4" ht="28.5">
       <c r="A24" s="103" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B24" s="69"/>
       <c r="C24" s="69"/>
       <c r="D24" s="69"/>
     </row>
-    <row r="25" spans="1:4" ht="41.4">
+    <row r="25" spans="1:4" ht="42.75">
       <c r="A25" s="101" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B25" s="69"/>
       <c r="C25" s="69"/>
       <c r="D25" s="69"/>
     </row>
-    <row r="26" spans="1:4" ht="41.4">
+    <row r="26" spans="1:4" ht="42.75">
       <c r="A26" s="101" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B26" s="69"/>
       <c r="C26" s="69"/>
       <c r="D26" s="69"/>
     </row>
-    <row r="27" spans="1:4" ht="27.6">
+    <row r="27" spans="1:4" ht="28.5">
       <c r="A27" s="101" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B27" s="69"/>
       <c r="C27" s="69"/>
       <c r="D27" s="69"/>
     </row>
-    <row r="28" spans="1:4" ht="13.8">
+    <row r="28" spans="1:4" ht="15">
       <c r="A28" s="71" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B28" s="74"/>
       <c r="C28" s="74"/>
       <c r="D28" s="74"/>
     </row>
-    <row r="29" spans="1:4" ht="27.6">
+    <row r="29" spans="1:4" ht="28.5">
       <c r="A29" s="100" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
     </row>
-    <row r="30" spans="1:4" ht="27.6">
+    <row r="30" spans="1:4" ht="28.5">
       <c r="A30" s="100" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B30" s="69"/>
       <c r="C30" s="69"/>
       <c r="D30" s="69"/>
     </row>
-    <row r="31" spans="1:4" ht="13.8">
+    <row r="31" spans="1:4" ht="15">
       <c r="A31" s="72" t="s">
-        <v>212</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:4" ht="55.2">
+        <v>211</v>
+      </c>
+      <c r="B31" s="159"/>
+      <c r="C31" s="160"/>
+      <c r="D31" s="161"/>
+    </row>
+    <row r="32" spans="1:4" ht="57">
       <c r="A32" s="100" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B32" s="69"/>
       <c r="C32" s="69"/>
       <c r="D32" s="69"/>
     </row>
-    <row r="33" spans="1:4" ht="27.6">
+    <row r="33" spans="1:4" ht="42.75">
       <c r="A33" s="100" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B33" s="69"/>
       <c r="C33" s="69"/>
       <c r="D33" s="69"/>
     </row>
-    <row r="34" spans="1:4" ht="55.2">
+    <row r="34" spans="1:4" ht="57">
       <c r="A34" s="100" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B34" s="69"/>
       <c r="C34" s="69"/>
       <c r="D34" s="69"/>
     </row>
-    <row r="35" spans="1:4" ht="41.4">
+    <row r="35" spans="1:4" ht="57">
       <c r="A35" s="100" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B35" s="69"/>
       <c r="C35" s="69"/>
       <c r="D35" s="69"/>
     </row>
-    <row r="36" spans="1:4" ht="27.6">
+    <row r="36" spans="1:4" ht="28.5">
       <c r="A36" s="100" t="s">
         <v>178</v>
       </c>
       <c r="B36" s="69"/>
       <c r="C36" s="69"/>
       <c r="D36" s="69"/>
     </row>
-    <row r="37" spans="1:4" ht="27.6">
+    <row r="37" spans="1:4" ht="28.5">
       <c r="A37" s="100" t="s">
         <v>183</v>
       </c>
       <c r="B37" s="69"/>
       <c r="C37" s="69"/>
       <c r="D37" s="69"/>
     </row>
-    <row r="38" spans="1:4" ht="13.8">
+    <row r="38" spans="1:4" ht="30">
       <c r="A38" s="104" t="s">
         <v>182</v>
       </c>
-      <c r="B38" s="69"/>
-[...3 lines deleted...]
-    <row r="39" spans="1:4" ht="27.6">
+      <c r="B38" s="135" t="s">
+        <v>85</v>
+      </c>
+      <c r="C38" s="135" t="s">
+        <v>39</v>
+      </c>
+      <c r="D38" s="135" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="28.5">
       <c r="A39" s="100" t="s">
-        <v>184</v>
+        <v>230</v>
       </c>
       <c r="B39" s="69"/>
       <c r="C39" s="69"/>
       <c r="D39" s="69"/>
     </row>
-    <row r="40" spans="1:4" ht="13.8">
+    <row r="40" spans="1:4" ht="14.25">
       <c r="A40" s="105" t="s">
         <v>179</v>
       </c>
       <c r="B40" s="69"/>
       <c r="C40" s="69"/>
       <c r="D40" s="69"/>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" s="136" t="s">
+        <v>229</v>
+      </c>
+      <c r="B41" s="128"/>
+      <c r="C41" s="128"/>
+      <c r="D41" s="128"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B31:D31"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B19:D19"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A38" r:id="rId1" display="https://www.ed.gov/about/news/press-release/us-department-of-education-ends-taxpayer-subsidization-of-postsecondary-education-illegal-aliens" xr:uid="{ADB2D02C-B6B0-451A-A7FE-4C6E9CB6B6DB}"/>
     <hyperlink ref="A40" r:id="rId2" display="https://www.federalregister.gov/documents/2025/07/14/2025-13118/personal-responsibility-and-work-opportunity-reconciliation-act-of-1996-prwora-interpretation-of" xr:uid="{FA442B60-8AFF-455E-A175-FC12D0E611F5}"/>
+    <hyperlink ref="A41" r:id="rId3" xr:uid="{60AD29BD-6D81-40A6-B08F-6FF8D45C472C}"/>
   </hyperlinks>
   <printOptions gridLines="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="89" fitToHeight="0" orientation="portrait" r:id="rId3"/>
+  <pageSetup scale="89" fitToHeight="0" orientation="portrait" r:id="rId4"/>
   <headerFooter>
     <oddHeader>&amp;CPerkins Assurances and Certifications FY 2026</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A2:G57"/>
   <sheetViews>
     <sheetView topLeftCell="B1" workbookViewId="0">
       <selection activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="18.88671875" customWidth="1"/>
-    <col min="2" max="2" width="24.5546875" style="18" customWidth="1"/>
+    <col min="1" max="1" width="18.85546875" customWidth="1"/>
+    <col min="2" max="2" width="24.5703125" style="18" customWidth="1"/>
     <col min="3" max="3" width="39" customWidth="1"/>
-    <col min="4" max="4" width="31.88671875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="76.44140625" style="4" customWidth="1"/>
+    <col min="4" max="4" width="31.85546875" customWidth="1"/>
+    <col min="5" max="5" width="8.85546875" customWidth="1"/>
+    <col min="6" max="6" width="8.5703125" customWidth="1"/>
+    <col min="7" max="7" width="76.42578125" style="4" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:7" ht="27.6">
+    <row r="2" spans="1:7" ht="30">
       <c r="A2" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="19" t="s">
         <v>96</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>77</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D3" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="118.8">
+    <row r="4" spans="1:7" ht="114.75">
       <c r="A4" s="19" t="s">
         <v>97</v>
       </c>
       <c r="B4" s="18" t="s">
         <v>78</v>
       </c>
       <c r="C4" s="19" t="s">
         <v>104</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="39.6">
+    <row r="5" spans="1:7" ht="38.25">
       <c r="A5" s="19" t="s">
         <v>98</v>
       </c>
       <c r="B5" s="18" t="s">
         <v>79</v>
       </c>
       <c r="C5" s="19" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="26.4">
+    <row r="6" spans="1:7" ht="25.5">
       <c r="A6" s="19" t="s">
         <v>99</v>
       </c>
       <c r="B6" s="18" t="s">
         <v>80</v>
       </c>
       <c r="C6" s="19" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="39.6">
+    <row r="7" spans="1:7" ht="38.25">
       <c r="A7" s="19" t="s">
         <v>100</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>81</v>
       </c>
       <c r="C7" s="19" t="s">
         <v>156</v>
       </c>
       <c r="D7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="39.6">
+    <row r="8" spans="1:7" ht="38.25">
       <c r="A8" s="19" t="s">
         <v>101</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>82</v>
       </c>
       <c r="C8" s="19" t="s">
         <v>48</v>
       </c>
       <c r="D8" s="21" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="66">
+    <row r="9" spans="1:7" ht="76.5">
       <c r="C9" s="19" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="21" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="39.6">
+    <row r="10" spans="1:7" ht="38.25">
       <c r="C10" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="20" customFormat="1">
       <c r="C11" s="4"/>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="4"/>
     </row>
     <row r="12" spans="1:7" s="20" customFormat="1">
       <c r="C12" s="4"/>
       <c r="D12" s="21" t="s">
         <v>154</v>
       </c>
       <c r="G12" s="4"/>
     </row>
     <row r="13" spans="1:7">
       <c r="C13" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D13" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="79.2">
+    <row r="14" spans="1:7" ht="76.5">
       <c r="C14" s="19" t="s">
         <v>112</v>
       </c>
       <c r="D14" s="21"/>
     </row>
-    <row r="15" spans="1:7" ht="79.2">
+    <row r="15" spans="1:7" ht="76.5">
       <c r="C15" s="19" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="79.2">
+    <row r="16" spans="1:7" ht="89.25">
       <c r="C16" s="19" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="17" spans="3:7" ht="132">
+    <row r="17" spans="3:7" ht="127.5">
       <c r="C17" s="19" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="18" spans="3:7" ht="66">
+    <row r="18" spans="3:7" ht="63.75">
       <c r="C18" s="19" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="19" spans="3:7" ht="66">
+    <row r="19" spans="3:7" ht="63.75">
       <c r="C19" s="19" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="20" spans="3:7" ht="145.19999999999999">
+    <row r="20" spans="3:7" ht="140.25">
       <c r="C20" s="19" t="s">
         <v>55</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="21" spans="3:7" ht="145.19999999999999">
+    <row r="21" spans="3:7" ht="140.25">
       <c r="C21" s="19" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="22" spans="3:7" ht="118.8">
+    <row r="22" spans="3:7" ht="127.5">
       <c r="C22" s="19" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="23" spans="3:7" s="20" customFormat="1" ht="66">
+    <row r="23" spans="3:7" s="20" customFormat="1" ht="63.75">
       <c r="C23" s="19" t="s">
         <v>57</v>
       </c>
       <c r="G23" s="4"/>
     </row>
     <row r="24" spans="3:7">
       <c r="C24" s="4"/>
     </row>
     <row r="25" spans="3:7">
       <c r="C25" s="2" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="26" spans="3:7" ht="52.8">
+    <row r="26" spans="3:7" ht="51">
       <c r="C26" s="19" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="27" spans="3:7">
       <c r="C27" s="4"/>
     </row>
     <row r="28" spans="3:7">
       <c r="C28" s="2" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="29" spans="3:7" ht="39.6">
+    <row r="29" spans="3:7" ht="38.25">
       <c r="C29" s="4" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="30" spans="3:7" ht="79.2">
+    <row r="30" spans="3:7" ht="76.5">
       <c r="C30" s="4" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="31" spans="3:7" s="20" customFormat="1" ht="26.4">
+    <row r="31" spans="3:7" s="20" customFormat="1" ht="25.5">
       <c r="C31" s="19" t="s">
         <v>93</v>
       </c>
       <c r="G31" s="4"/>
     </row>
     <row r="32" spans="3:7">
       <c r="C32" s="4"/>
     </row>
     <row r="33" spans="3:3">
       <c r="C33" s="2" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="34" spans="3:3" ht="92.4">
+    <row r="34" spans="3:3" ht="89.25">
       <c r="C34" s="19" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="35" spans="3:3" ht="26.4">
+    <row r="35" spans="3:3" ht="25.5">
       <c r="C35" s="19" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="36" spans="3:3" ht="198">
+    <row r="36" spans="3:3" ht="191.25">
       <c r="C36" s="19" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="37" spans="3:3" ht="145.19999999999999">
+    <row r="37" spans="3:3" ht="140.25">
       <c r="C37" s="19" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="38" spans="3:3" ht="92.4">
+    <row r="38" spans="3:3" ht="89.25">
       <c r="C38" s="19" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="39" spans="3:3" ht="39.6">
+    <row r="39" spans="3:3" ht="38.25">
       <c r="C39" s="19" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="40" spans="3:3" ht="52.8">
+    <row r="40" spans="3:3" ht="51">
       <c r="C40" s="19" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="41" spans="3:3" ht="79.2">
+    <row r="41" spans="3:3" ht="76.5">
       <c r="C41" s="19" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="42" spans="3:3" ht="105.6">
+    <row r="42" spans="3:3" ht="102">
       <c r="C42" s="19" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="43" spans="3:3" ht="39.6">
+    <row r="43" spans="3:3" ht="38.25">
       <c r="C43" s="19" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="44" spans="3:3" ht="39.6">
+    <row r="44" spans="3:3" ht="38.25">
       <c r="C44" s="19" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="45" spans="3:3" ht="66">
+    <row r="45" spans="3:3" ht="63.75">
       <c r="C45" s="19" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="46" spans="3:3" ht="66">
+    <row r="46" spans="3:3" ht="63.75">
       <c r="C46" s="19" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="47" spans="3:3" ht="92.4">
+    <row r="47" spans="3:3" ht="102">
       <c r="C47" s="19" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="48" spans="3:3" ht="66">
+    <row r="48" spans="3:3" ht="63.75">
       <c r="C48" s="19" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="49" spans="3:7" ht="79.2">
+    <row r="49" spans="3:7" ht="76.5">
       <c r="C49" s="19" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="50" spans="3:7" ht="39.6">
+    <row r="50" spans="3:7" ht="38.25">
       <c r="C50" s="19" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="51" spans="3:7" ht="52.8">
+    <row r="51" spans="3:7" ht="51">
       <c r="C51" s="19" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="52" spans="3:7" ht="79.2">
+    <row r="52" spans="3:7" ht="76.5">
       <c r="C52" s="19" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="53" spans="3:7" ht="118.8">
+    <row r="53" spans="3:7" ht="114.75">
       <c r="C53" s="19" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="54" spans="3:7" s="20" customFormat="1" ht="26.4">
+    <row r="54" spans="3:7" s="20" customFormat="1" ht="25.5">
       <c r="C54" s="19" t="s">
         <v>76</v>
       </c>
       <c r="G54" s="4"/>
     </row>
     <row r="55" spans="3:7">
       <c r="C55" s="4"/>
     </row>
     <row r="56" spans="3:7">
       <c r="C56" s="2" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="57" spans="3:7" ht="92.4">
+    <row r="57" spans="3:7" ht="89.25">
       <c r="C57" s="19" t="s">
         <v>142</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="xsiJvtixCGAt2WWCmdbax9gSWnjQDKc6cR/q2T6Wh2i1TE+W/DRvLay0ZvHC3kEl7B6eKLUxzmf5wO4XK3adyA==" saltValue="PNtg/R7GfWhBNXtI1z3IMQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="6">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
     <tablePart r:id="rId7"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B94FA0C3-B41A-4EEA-8CD1-2615B2D4F9FB}">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="49.6640625" customWidth="1"/>
+    <col min="1" max="1" width="49.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" s="24"/>
     </row>
-    <row r="2" spans="1:1" ht="13.8">
+    <row r="2" spans="1:1" ht="15">
       <c r="A2" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" s="24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" s="24" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:1">
       <c r="A6" s="24" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:1">
@@ -11560,53 +11592,53 @@
       <c r="A10" s="24" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:1">
       <c r="A11" s="24" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:U1000"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="6" width="14.44140625" customWidth="1"/>
+    <col min="1" max="6" width="14.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="15" customHeight="1">
       <c r="A1" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>