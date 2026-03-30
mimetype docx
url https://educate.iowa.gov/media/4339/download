--- v0 (2025-10-09)
+++ v1 (2026-03-30)
@@ -1,84 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="0B31E96A" w14:textId="1B3302DF" w:rsidR="001F79AC" w:rsidRPr="001D3D47" w:rsidRDefault="001F79AC" w:rsidP="001D3D47">
-      <w:pPr>
+    <w:p w14:paraId="0B31E96A" w14:textId="1B3302DF" w:rsidR="001F79AC" w:rsidRPr="001D3D47" w:rsidRDefault="001F79AC" w:rsidP="003268F5">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3D47">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>McKinney-Vento Homeless Education Program</w:t>
       </w:r>
       <w:r w:rsidR="001D3D47" w:rsidRPr="001D3D47">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3D47">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Caregiver Authorization Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D0385D3" w14:textId="77777777" w:rsidR="001F79AC" w:rsidRDefault="001F79AC" w:rsidP="00573E56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D693335" w14:textId="66CA1A41" w:rsidR="00573E56" w:rsidRDefault="00573E56" w:rsidP="00573E56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573E56">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -852,113 +829,77 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="072B5FE4" w14:textId="77777777" w:rsidR="00987CCD" w:rsidRDefault="00987CCD" w:rsidP="00573E56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78159590" w14:textId="7000FB1A" w:rsidR="00987CCD" w:rsidRDefault="00987CCD" w:rsidP="00573E56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">______ </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>______ The student is staying at my home address, as listed above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F17BB22" w14:textId="77777777" w:rsidR="00987CCD" w:rsidRDefault="00987CCD" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60974B21" w14:textId="2581234D" w:rsidR="00987CCD" w:rsidRDefault="00987CCD" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> student is staying at the following location: ___________________________________________</w:t>
+        <w:t>______ The student is staying at the following location: ___________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="001D3D47">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="259B7948" w14:textId="15389E4F" w:rsidR="00987CCD" w:rsidRDefault="00987CCD" w:rsidP="00573E56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="139DB976" w14:textId="3DB17411" w:rsidR="00D71B37" w:rsidRDefault="00A52F18" w:rsidP="00573E56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1017,504 +958,464 @@
     </w:p>
     <w:p w14:paraId="3AA874E8" w14:textId="77777777" w:rsidR="00D71B37" w:rsidRDefault="00D71B37" w:rsidP="00573E56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00F5FC43" w14:textId="01EA47A5" w:rsidR="00D71B37" w:rsidRDefault="00D71B37" w:rsidP="00573E56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Email </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Email address(es): ___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4326E1EE" w14:textId="77777777" w:rsidR="001F79AC" w:rsidRDefault="001F79AC" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03277BAD" w14:textId="37123504" w:rsidR="00573E56" w:rsidRDefault="00A52F18" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>address(</w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E56" w:rsidRPr="00573E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Check </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>any that apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E56" w:rsidRPr="00573E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (for example, if one parent was advised and the other could not be located): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B64B0A" w14:textId="77777777" w:rsidR="001F79AC" w:rsidRDefault="001F79AC" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="197C0BA6" w14:textId="025A10EA" w:rsidR="00573E56" w:rsidRDefault="00987CCD" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>es</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E56" w:rsidRPr="00573E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have advised the parent(s) or other person(s) having legal </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>guardianship</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E56" w:rsidRPr="00573E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the minor of my i</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntent to </w:t>
+      </w:r>
+      <w:r w:rsidR="00465453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>assist school officials with making education-related decisions in the best interest of the student,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573E56" w:rsidRPr="00573E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and have received no objection. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D69A7D4" w14:textId="77777777" w:rsidR="001F79AC" w:rsidRDefault="001F79AC" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56ED56EA" w14:textId="5D7CA98A" w:rsidR="00573E56" w:rsidRDefault="00987CCD" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>): ___________________________________________________________________</w:t>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E56" w:rsidRPr="00573E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am unable to contact the parent(s) or legal guardian(s) at this time to notify them of my </w:t>
+      </w:r>
+      <w:r w:rsidR="00465453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>intent</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to assist school officials with making education-related decisions in the best interest of the student</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E56" w:rsidRPr="00573E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46738B00" w14:textId="77777777" w:rsidR="006D26D3" w:rsidRDefault="006D26D3" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55379CFE" w14:textId="77777777" w:rsidR="00DB3F18" w:rsidRDefault="006D26D3" w:rsidP="00573E56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______ </w:t>
+      </w:r>
+      <w:r w:rsidR="00465453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">While I am currently assisting with the care of the minor student, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I do not wi</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sh to assist school officials with making education-related decisions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF11574" w14:textId="518E8F12" w:rsidR="00573E56" w:rsidRDefault="00DB3F18" w:rsidP="00DB3F18">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB40575" w14:textId="3A04CD9A" w:rsidR="00BB42A0" w:rsidRPr="001D3D47" w:rsidRDefault="001F79AC" w:rsidP="00DB3F18">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signature: </w:t>
+      </w:r>
+      <w:r w:rsidR="00573E56" w:rsidRPr="00573E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
       </w:r>
       <w:r w:rsidR="001D3D47">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________</w:t>
-[...307 lines deleted...]
-        </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="00DB3F18">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: ___________________________ </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BB42A0" w:rsidRPr="001D3D47" w:rsidSect="000225E6">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Geneva">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5200205F" w:usb2="00A0C000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Times">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0" w:tplc="00000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
@@ -1929,156 +1830,159 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1695301621">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="68311357">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="495461080">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="224144775">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="569661638">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B494A"/>
     <w:rsid w:val="000225E6"/>
     <w:rsid w:val="000A488C"/>
     <w:rsid w:val="000B244D"/>
     <w:rsid w:val="001041F2"/>
     <w:rsid w:val="00156791"/>
     <w:rsid w:val="00157E72"/>
     <w:rsid w:val="00164CA6"/>
     <w:rsid w:val="0018175E"/>
     <w:rsid w:val="00181FB4"/>
     <w:rsid w:val="001D3D47"/>
     <w:rsid w:val="001D4691"/>
     <w:rsid w:val="001F411B"/>
     <w:rsid w:val="001F79AC"/>
     <w:rsid w:val="002366CA"/>
     <w:rsid w:val="00260C6D"/>
     <w:rsid w:val="00260E9C"/>
     <w:rsid w:val="00275AAE"/>
     <w:rsid w:val="002760F9"/>
     <w:rsid w:val="00311A2D"/>
+    <w:rsid w:val="003268F5"/>
     <w:rsid w:val="003920CB"/>
     <w:rsid w:val="0039311E"/>
     <w:rsid w:val="003B7C63"/>
     <w:rsid w:val="003D73EA"/>
     <w:rsid w:val="003E49B6"/>
     <w:rsid w:val="003F0B42"/>
     <w:rsid w:val="00431F9A"/>
     <w:rsid w:val="00465453"/>
     <w:rsid w:val="00497497"/>
     <w:rsid w:val="004B494A"/>
     <w:rsid w:val="004C0DED"/>
     <w:rsid w:val="00521517"/>
     <w:rsid w:val="00535040"/>
     <w:rsid w:val="00553DF8"/>
     <w:rsid w:val="00553EB6"/>
     <w:rsid w:val="00573E56"/>
     <w:rsid w:val="005C2ECB"/>
     <w:rsid w:val="005D1ED0"/>
     <w:rsid w:val="005F0EF9"/>
     <w:rsid w:val="006475C1"/>
     <w:rsid w:val="00673667"/>
     <w:rsid w:val="006A2E7D"/>
     <w:rsid w:val="006B6663"/>
     <w:rsid w:val="006D26D3"/>
     <w:rsid w:val="00715CCD"/>
     <w:rsid w:val="00720AD2"/>
     <w:rsid w:val="00732EE7"/>
     <w:rsid w:val="00787104"/>
     <w:rsid w:val="007A433B"/>
     <w:rsid w:val="007A5BF2"/>
     <w:rsid w:val="007A7118"/>
     <w:rsid w:val="007A7F78"/>
     <w:rsid w:val="00804DF0"/>
     <w:rsid w:val="0080685A"/>
     <w:rsid w:val="00816D82"/>
     <w:rsid w:val="008478B1"/>
     <w:rsid w:val="00874CB0"/>
     <w:rsid w:val="008D3364"/>
     <w:rsid w:val="008E0963"/>
     <w:rsid w:val="00906874"/>
     <w:rsid w:val="00907235"/>
     <w:rsid w:val="0096171B"/>
     <w:rsid w:val="00964468"/>
     <w:rsid w:val="00987CCD"/>
     <w:rsid w:val="009A228C"/>
     <w:rsid w:val="009F747D"/>
     <w:rsid w:val="00A056E1"/>
     <w:rsid w:val="00A07A7F"/>
+    <w:rsid w:val="00A179A1"/>
     <w:rsid w:val="00A52F18"/>
     <w:rsid w:val="00A636D1"/>
     <w:rsid w:val="00AB1363"/>
     <w:rsid w:val="00AE2C59"/>
     <w:rsid w:val="00AF0359"/>
     <w:rsid w:val="00AF6059"/>
     <w:rsid w:val="00B0348B"/>
     <w:rsid w:val="00B27C9D"/>
     <w:rsid w:val="00B3498C"/>
     <w:rsid w:val="00B35D97"/>
     <w:rsid w:val="00B806F4"/>
     <w:rsid w:val="00B94723"/>
     <w:rsid w:val="00B95437"/>
     <w:rsid w:val="00BB41E9"/>
     <w:rsid w:val="00BB42A0"/>
     <w:rsid w:val="00BC28A2"/>
     <w:rsid w:val="00C07FED"/>
     <w:rsid w:val="00C13155"/>
     <w:rsid w:val="00C17110"/>
     <w:rsid w:val="00C31B64"/>
     <w:rsid w:val="00C55629"/>
     <w:rsid w:val="00C56F71"/>
     <w:rsid w:val="00C700A3"/>
     <w:rsid w:val="00CC3D23"/>
     <w:rsid w:val="00D11BBB"/>
@@ -2113,63 +2017,63 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4F34DC0D"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{DE7A8381-242C-4F3C-A544-B53A8C72D0F8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2488,57 +2392,83 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Geneva" w:hAnsi="Geneva"/>
       <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003268F5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -2559,55 +2489,69 @@
       <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000A488C"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001F79AC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003268F5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="47655584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="141311905">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3663,72 +3607,72 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>580</Words>
-  <Characters>3308</Characters>
+  <Words>560</Words>
+  <Characters>3328</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SAI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3881</CharactersWithSpaces>
+  <CharactersWithSpaces>3830</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>McKinney-Vento Homeless Education Program Caregiver Authorization Form</dc:title>
   <dc:subject/>
   <dc:creator>Matt Carver</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>