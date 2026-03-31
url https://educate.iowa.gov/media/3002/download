--- v0 (2025-10-09)
+++ v1 (2026-03-31)
@@ -1,7787 +1,4319 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...5689 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lalbers\Downloads\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E7732E80-91A4-4971-83D1-412CF566DA64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8BE5C435-90D5-4BF1-BB05-BA62D489EB36}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Instructions" sheetId="5" r:id="rId1"/>
+    <sheet name="Natural" sheetId="4" r:id="rId2"/>
+    <sheet name="Technical" sheetId="3" r:id="rId3"/>
+    <sheet name="Human-Caused" sheetId="1" r:id="rId4"/>
+    <sheet name="Bio and Infectious" sheetId="6" r:id="rId5"/>
+  </sheets>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:endnotes>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="587" uniqueCount="73">
+  <si>
+    <t>Hazard Type</t>
+  </si>
+  <si>
+    <t>Frequency</t>
+  </si>
+  <si>
+    <t>Severity</t>
+  </si>
+  <si>
+    <t>Duration</t>
+  </si>
+  <si>
+    <t>Risk Priority</t>
+  </si>
+  <si>
+    <t>NATURAL</t>
+  </si>
+  <si>
+    <t>Winter Storm</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Flood</t>
+  </si>
+  <si>
+    <t>Tornado
+(high winds/derecho)</t>
+  </si>
+  <si>
+    <t>TECHNICAL</t>
+  </si>
+  <si>
+    <t>Chemical/Hazardous Materials</t>
+  </si>
+  <si>
+    <t>Fire</t>
+  </si>
+  <si>
+    <t>Power Outage</t>
+  </si>
+  <si>
+    <t>HUMAN-CAUSED</t>
+  </si>
+  <si>
+    <t>Bomb Threat</t>
+  </si>
+  <si>
+    <t>Intruder/Active Assailant</t>
+  </si>
+  <si>
+    <t>Accident (vehicle)</t>
+  </si>
+  <si>
+    <t>Emergency Medical</t>
+  </si>
+  <si>
+    <t>Suicidal Behavior</t>
+  </si>
+  <si>
+    <t>Death on Campus</t>
+  </si>
+  <si>
+    <t>Kidnapping/Abduction</t>
+  </si>
+  <si>
+    <t>Review incidents that have occurred within your school(s) in the past 10 years.</t>
+  </si>
+  <si>
+    <t>Cyber</t>
+  </si>
+  <si>
+    <t>Natural Hazards</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Instructions</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Assessing the hazards that may impact your school and community, helps frame the EOP contents, and the resources and staff expectations if those hazards occur. 
+Assigning a 1-4 value to each of the cateogires will help identify your primary, secondary and tiertary hazards.</t>
+    </r>
+  </si>
+  <si>
+    <t>Technical Hazards</t>
+  </si>
+  <si>
+    <t>Water Systems Failure</t>
+  </si>
+  <si>
+    <t>(Enter Other Technical Hazard)</t>
+  </si>
+  <si>
+    <t>(Enter Other Natural Hazard)</t>
+  </si>
+  <si>
+    <t>Human-Caused Hazards</t>
+  </si>
+  <si>
+    <t>(Enter Other Human-Caused Hazard)</t>
+  </si>
+  <si>
+    <t>Assigning Risk</t>
+  </si>
+  <si>
+    <t>Bullying/harassment</t>
+  </si>
+  <si>
+    <t>Extortion</t>
+  </si>
+  <si>
+    <t>Review the known threats and hazards that have been identified by your county emergency management agency and/or your city.  These may or may not impact your school buildings, but consider other school venues/buildings used for special events, evacuation, reunification, bus routes and bus stops.</t>
+  </si>
+  <si>
+    <t>BIOLOGICAL AND INFECTIOUS DISEASE</t>
+  </si>
+  <si>
+    <t>Droplet</t>
+  </si>
+  <si>
+    <t>Respiratory</t>
+  </si>
+  <si>
+    <t>Food-borne</t>
+  </si>
+  <si>
+    <t>Extreme Temperature</t>
+  </si>
+  <si>
+    <t>4. Highly likely</t>
+  </si>
+  <si>
+    <t>3. Likely</t>
+  </si>
+  <si>
+    <t>2. Possible</t>
+  </si>
+  <si>
+    <t>1. Unlikely</t>
+  </si>
+  <si>
+    <t>4. Catastrophic</t>
+  </si>
+  <si>
+    <t>3. Critical</t>
+  </si>
+  <si>
+    <t>2. Limited</t>
+  </si>
+  <si>
+    <t>1. Negligible</t>
+  </si>
+  <si>
+    <t>4. Minimal</t>
+  </si>
+  <si>
+    <t>3. 6-12 hours</t>
+  </si>
+  <si>
+    <t>2. 12-24 hours</t>
+  </si>
+  <si>
+    <t>1. 24+ hours</t>
+  </si>
+  <si>
+    <t>Warning Time</t>
+  </si>
+  <si>
+    <t>4. 24+ hours</t>
+  </si>
+  <si>
+    <t>3. 12-24 hours</t>
+  </si>
+  <si>
+    <t>2. 3-12 hours</t>
+  </si>
+  <si>
+    <t>1. &lt;3 hours</t>
+  </si>
+  <si>
+    <t>(Enter Other Biological and Infectious Disease Hazard)</t>
+  </si>
+  <si>
+    <t>Included in the worksheet are the technical hazards that are most familiar. Consider those that are external to your buildings, as well as those inside. Consider science labs, facilitites and operations, external buildings with storage, nearby electrical transfer stations, railroads, large pipeline junctions, major roadways/intersections or aircraft flight paths or airports.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This type of hazard can take many forms and scale and can be challenging to provide values to. Requesting support from law enforcement, public health officials or fire department are good places to start your analysis.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Introduction: The hazards listed in the worksheet are only suggestions, but are based on the typical Iowa concerns. Based on your location, a landslide is a hazard you may need to be concerned with, but a tsunami is not. An earthquake may be a realistic hazard for schools in the SE part of the state, but not necessarily as much for those in the NW. A basic flood with excessive rain is a hazard for most, but if located near a river or dam that experiences flash flooding, is at much higher risk. Think of all hazards, but be realistic in what is likely to happen. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Assigning a Risk Priority</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - Add up the numbers assigned across the risk/hazard for a total score. With your team, determine a final priority. You may want to consider the response time of your responder organizations, available staff to initially address the incident or other factors specifically for your school buliding.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Reassessment</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> should occur on an annual basis. New hazards are introduced, but measures may have been taken to mitigate, protect or prevent that would reduce the ranking, and as a result, perhaps change your plans.</t>
+    </r>
+  </si>
+  <si>
+    <t>Conduct Research</t>
+  </si>
+  <si>
+    <t>Utilize subject matter experts to identify threats and hazards. This may include law enforcement, public works, transportation representatives, or planning and zoning commissions.</t>
+  </si>
+  <si>
+    <t>Consult with your County Emergency Management Agency for your location's primary hazards identified in the county Hazard Mitigation Plan.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Frequency</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - how often has this threat or hazard occured in the past 5-10 years.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Severity</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - the measure of the potential consequence, harm, or damage resulting from an incident and defining how bad the outcome could be.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Warning time</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - the amount of lead time is likely to occur prior to the incident occuring.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Duration</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - how long the incident may last and impact returning to normal operations.</t>
+    </r>
+  </si>
+</sst>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...66 lines deleted...]
-</w:fonts>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="8" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+  </fonts>
+  <fills count="6">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF03617A"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFE0A624"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6D667"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF70C8B8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="62">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FFC6D667"/>
+      </left>
+      <right style="thick">
+        <color rgb="FFC6D667"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FFC6D667"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FFC6D667"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC6D667"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC6D667"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC6D667"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC6D667"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC6D667"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC6D667"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC6D667"/>
+      </left>
+      <right style="thick">
+        <color rgb="FFC6D667"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC6D667"/>
+      </left>
+      <right style="thick">
+        <color rgb="FFC6D667"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC6D667"/>
+      </left>
+      <right style="thick">
+        <color rgb="FFC6D667"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FFD9861A"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD9861A"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFD9861A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFC6D667"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF70C8B8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF70C8B8"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF70C8B8"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF70C8B8"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFC6D667"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF03617A"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF03617A"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF03617A"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF03617A"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="84">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF70C8B8"/>
+      <color rgb="FFE0A624"/>
+      <color rgb="FF03617A"/>
+      <color rgb="FFC6D667"/>
+    </mruColors>
+  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:footnotes>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1577 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
-    <a:spDef>
-[...17 lines deleted...]
-    </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DFBE064-80BD-45D8-9F41-09163A991A4E}">
+  <dimension ref="A1:D26"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A29" sqref="A29"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="81.140625" style="12" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="12" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="A5" s="12" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="105" x14ac:dyDescent="0.25">
+      <c r="A10" s="12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="A13" s="12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A18" s="13" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A19" s="12" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A21" s="12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A22" s="12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="24" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A24" s="12" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="26" spans="1:1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26" s="12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5702496B-6DEF-41DE-9D97-8EFD1B3D7DE7}">
+  <dimension ref="A1:F44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B3" sqref="A3:XFD22"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="21.42578125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="15" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="28.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="52" t="s">
+        <v>5</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+    </row>
+    <row r="2" spans="1:6" s="6" customFormat="1" ht="23.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="21" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2" s="11" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="62" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E3" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" s="31" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="63"/>
+      <c r="B4" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" s="34" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="63"/>
+      <c r="B5" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" s="34" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="64"/>
+      <c r="B6" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" s="35" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" s="36" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" s="37"/>
+    </row>
+    <row r="7" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="65" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" s="31" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="66"/>
+      <c r="B8" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" s="34" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="66"/>
+      <c r="B9" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" s="34" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="67"/>
+      <c r="B10" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" s="35" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" s="36" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" s="37"/>
+    </row>
+    <row r="11" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="31" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="66"/>
+      <c r="B12" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="34" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="66"/>
+      <c r="B13" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="34" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="67"/>
+      <c r="B14" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" s="35" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" s="36" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="37"/>
+    </row>
+    <row r="15" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="65" t="s">
+        <v>42</v>
+      </c>
+      <c r="B15" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="31" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="66"/>
+      <c r="B16" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="F16" s="34" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="66"/>
+      <c r="B17" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" s="34" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="67"/>
+      <c r="B18" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" s="35" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" s="36" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="37"/>
+    </row>
+    <row r="19" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="65" t="s">
+        <v>31</v>
+      </c>
+      <c r="B19" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E19" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="F19" s="31" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="66"/>
+      <c r="B20" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" s="34" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="66"/>
+      <c r="B21" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" s="34" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="67"/>
+      <c r="B22" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" s="35" t="s">
+        <v>54</v>
+      </c>
+      <c r="E22" s="36" t="s">
+        <v>59</v>
+      </c>
+      <c r="F22" s="37"/>
+    </row>
+    <row r="23" spans="1:6" ht="28.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="24" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:6" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="5"/>
+    </row>
+    <row r="28" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" ht="28.5" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A3:A6"/>
+    <mergeCell ref="A7:A10"/>
+    <mergeCell ref="A11:A14"/>
+    <mergeCell ref="A15:A18"/>
+    <mergeCell ref="A19:A22"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{672A02D4-5A73-4763-8C67-96A3964DDF81}">
+  <dimension ref="A1:F44"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B3" sqref="A3:XFD26"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="21.42578125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="15" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.28515625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="28.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+    </row>
+    <row r="2" spans="1:6" ht="23.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="38" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2" s="10" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="71" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="E3" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" s="45" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="72"/>
+      <c r="B4" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" s="39" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" s="40" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="72"/>
+      <c r="B5" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" s="39" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" s="40" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="73"/>
+      <c r="B6" s="41" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" s="41" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" s="42"/>
+    </row>
+    <row r="7" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" s="45" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="69"/>
+      <c r="B8" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" s="39" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" s="40" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="69"/>
+      <c r="B9" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" s="39" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" s="40" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="70"/>
+      <c r="B10" s="41" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" s="41" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" s="42"/>
+    </row>
+    <row r="11" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="69" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="45" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="69"/>
+      <c r="B12" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="39" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="40" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="69"/>
+      <c r="B13" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="39" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="40" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="74"/>
+      <c r="B14" s="41" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" s="41" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="42"/>
+    </row>
+    <row r="15" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="68" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="45" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="69"/>
+      <c r="B16" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" s="39" t="s">
+        <v>57</v>
+      </c>
+      <c r="F16" s="40" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="69"/>
+      <c r="B17" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="39" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" s="40" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="70"/>
+      <c r="B18" s="41" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" s="41" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="42"/>
+    </row>
+    <row r="19" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="68" t="s">
+        <v>25</v>
+      </c>
+      <c r="B19" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="E19" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="F19" s="45" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="69"/>
+      <c r="B20" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" s="39" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" s="40" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="69"/>
+      <c r="B21" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="39" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" s="40" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="70"/>
+      <c r="B22" s="41" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" s="41" t="s">
+        <v>54</v>
+      </c>
+      <c r="E22" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="F22" s="42"/>
+    </row>
+    <row r="23" spans="1:6" ht="14.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="68" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C23" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="D23" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="F23" s="45" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="69"/>
+      <c r="B24" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C24" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" s="39" t="s">
+        <v>57</v>
+      </c>
+      <c r="F24" s="40" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="69"/>
+      <c r="B25" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="C25" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="39" t="s">
+        <v>58</v>
+      </c>
+      <c r="F25" s="40" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="70"/>
+      <c r="B26" s="41" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="D26" s="41" t="s">
+        <v>54</v>
+      </c>
+      <c r="E26" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="F26" s="42"/>
+    </row>
+    <row r="27" spans="1:6" s="2" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="5"/>
+    </row>
+    <row r="28" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" ht="28.5" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A23:A26"/>
+    <mergeCell ref="A3:A6"/>
+    <mergeCell ref="A7:A10"/>
+    <mergeCell ref="A11:A14"/>
+    <mergeCell ref="A15:A18"/>
+    <mergeCell ref="A19:A22"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3F2B7C0-2009-4296-BB2B-732C0B9CE1F1}">
+  <dimension ref="A1:F47"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="96" workbookViewId="0">
+      <selection activeCell="B3" sqref="A3:XFD46"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="21.42578125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="15" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="28.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="25"/>
+    </row>
+    <row r="2" spans="1:6" ht="23.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2" s="9" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="75" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E3" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="75"/>
+      <c r="B4" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="75"/>
+      <c r="B5" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="75"/>
+      <c r="B6" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" s="51"/>
+    </row>
+    <row r="7" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="76" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="76"/>
+      <c r="B8" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="76"/>
+      <c r="B9" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="76"/>
+      <c r="B10" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" s="51"/>
+    </row>
+    <row r="11" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="76" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="76"/>
+      <c r="B12" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="76"/>
+      <c r="B13" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="76"/>
+      <c r="B14" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="51"/>
+    </row>
+    <row r="15" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="76" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="76"/>
+      <c r="B16" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F16" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="76"/>
+      <c r="B17" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="76"/>
+      <c r="B18" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="51"/>
+    </row>
+    <row r="19" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="76" t="s">
+        <v>21</v>
+      </c>
+      <c r="B19" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E19" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F19" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="76"/>
+      <c r="B20" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="76"/>
+      <c r="B21" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="76"/>
+      <c r="B22" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E22" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F22" s="51"/>
+    </row>
+    <row r="23" spans="1:6" s="2" customFormat="1" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="76" t="s">
+        <v>22</v>
+      </c>
+      <c r="B23" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C23" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D23" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F23" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="76"/>
+      <c r="B24" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C24" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F24" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="76"/>
+      <c r="B25" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C25" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F25" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="76"/>
+      <c r="B26" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D26" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E26" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F26" s="51"/>
+    </row>
+    <row r="27" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="76" t="s">
+        <v>23</v>
+      </c>
+      <c r="B27" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C27" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D27" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E27" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F27" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="76"/>
+      <c r="B28" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C28" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D28" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F28" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="76"/>
+      <c r="B29" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C29" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D29" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F29" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="76"/>
+      <c r="B30" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D30" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E30" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F30" s="51"/>
+    </row>
+    <row r="31" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="76" t="s">
+        <v>35</v>
+      </c>
+      <c r="B31" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C31" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D31" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E31" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F31" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="76"/>
+      <c r="B32" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C32" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D32" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F32" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="76"/>
+      <c r="B33" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C33" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D33" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F33" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="76"/>
+      <c r="B34" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C34" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D34" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E34" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" s="51"/>
+    </row>
+    <row r="35" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="76" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C35" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D35" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F35" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="76"/>
+      <c r="B36" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C36" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D36" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E36" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F36" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="76"/>
+      <c r="B37" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C37" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D37" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F37" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="76"/>
+      <c r="B38" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C38" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D38" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E38" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F38" s="51"/>
+    </row>
+    <row r="39" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="76" t="s">
+        <v>33</v>
+      </c>
+      <c r="B39" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C39" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D39" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E39" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F39" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="76"/>
+      <c r="B40" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C40" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D40" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E40" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F40" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="76"/>
+      <c r="B41" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C41" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D41" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F41" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="76"/>
+      <c r="B42" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C42" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D42" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E42" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F42" s="51"/>
+    </row>
+    <row r="43" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="76" t="s">
+        <v>33</v>
+      </c>
+      <c r="B43" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="C43" s="46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D43" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E43" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="F43" s="47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="76"/>
+      <c r="B44" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C44" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D44" s="48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E44" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F44" s="49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="76"/>
+      <c r="B45" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C45" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D45" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" s="48" t="s">
+        <v>58</v>
+      </c>
+      <c r="F45" s="49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="76"/>
+      <c r="B46" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="C46" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D46" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E46" s="50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F46" s="51"/>
+    </row>
+    <row r="47" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="11">
+    <mergeCell ref="A3:A6"/>
+    <mergeCell ref="A7:A10"/>
+    <mergeCell ref="A11:A14"/>
+    <mergeCell ref="A15:A18"/>
+    <mergeCell ref="A43:A46"/>
+    <mergeCell ref="A19:A22"/>
+    <mergeCell ref="A23:A26"/>
+    <mergeCell ref="A27:A30"/>
+    <mergeCell ref="A31:A34"/>
+    <mergeCell ref="A35:A38"/>
+    <mergeCell ref="A39:A42"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="22" max="16383" man="1"/>
+  </rowBreaks>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5821389F-1638-48F1-8F87-6A861ADCA793}">
+  <dimension ref="A1:F23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B3" sqref="A3:XFD22"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="23.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="41.1" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="B1" s="27"/>
+      <c r="C1" s="27"/>
+      <c r="D1" s="27"/>
+      <c r="E1" s="27"/>
+      <c r="F1" s="28"/>
+    </row>
+    <row r="2" spans="1:6" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" s="20" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2" s="16" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="E3" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" s="55" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="78"/>
+      <c r="B4" s="56" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" s="56" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" s="58" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="78"/>
+      <c r="B5" s="56" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" s="56" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" s="56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" s="58" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="79"/>
+      <c r="B6" s="59" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" s="59" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" s="59" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" s="60" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" s="61"/>
+    </row>
+    <row r="7" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="83" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" s="55" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="81"/>
+      <c r="B8" s="56" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" s="56" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" s="58" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="81"/>
+      <c r="B9" s="56" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="56" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" s="56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" s="58" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="82"/>
+      <c r="B10" s="59" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="59" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" s="59" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" s="60" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" s="61"/>
+    </row>
+    <row r="11" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="83" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="55" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="81"/>
+      <c r="B12" s="56" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" s="56" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="58" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="81"/>
+      <c r="B13" s="56" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="56" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="58" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="82"/>
+      <c r="B14" s="59" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="59" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" s="59" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" s="60" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="61"/>
+    </row>
+    <row r="15" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="80" t="s">
+        <v>60</v>
+      </c>
+      <c r="B15" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="55" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="81"/>
+      <c r="B16" s="56" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="56" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="F16" s="58" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="81"/>
+      <c r="B17" s="56" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="56" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" s="58" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="82"/>
+      <c r="B18" s="59" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="59" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" s="59" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" s="60" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="61"/>
+    </row>
+    <row r="19" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="80" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="E19" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="F19" s="55" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="81"/>
+      <c r="B20" s="56" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="56" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" s="58" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="81"/>
+      <c r="B21" s="56" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" s="56" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" s="56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" s="58" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="14.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="82"/>
+      <c r="B22" s="59" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="59" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" s="59" t="s">
+        <v>54</v>
+      </c>
+      <c r="E22" s="60" t="s">
+        <v>59</v>
+      </c>
+      <c r="F22" s="61"/>
+    </row>
+    <row r="23" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A3:A6"/>
+    <mergeCell ref="A19:A22"/>
+    <mergeCell ref="A7:A10"/>
+    <mergeCell ref="A11:A14"/>
+    <mergeCell ref="A15:A18"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
-[...7 lines deleted...]
-  <Paragraphs>8</Paragraphs>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Instructions</vt:lpstr>
+      <vt:lpstr>Natural</vt:lpstr>
+      <vt:lpstr>Technical</vt:lpstr>
+      <vt:lpstr>Human-Caused</vt:lpstr>
+      <vt:lpstr>Bio and Infectious</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>JHC Associates LLC</Company>
+  <Company>DOM DoIT - State of Iowa</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Sesker, DeAnne</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>