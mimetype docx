--- v0 (2025-10-28)
+++ v1 (2026-02-09)
@@ -6,64 +6,67 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00462698" w:rsidRPr="001A2AAA" w:rsidRDefault="001A2AAA" w:rsidP="001A2AAA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:r w:rsidRPr="001A2AAA">
+        <w:t>I</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="001A2AAA">
-        <w:t xml:space="preserve">Iowa </w:t>
+        <w:t xml:space="preserve">owa </w:t>
       </w:r>
       <w:r w:rsidR="00462698" w:rsidRPr="001A2AAA">
         <w:t>Educational Course for Drinking Drivers</w:t>
       </w:r>
       <w:r w:rsidRPr="001A2AAA">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00462698" w:rsidRPr="001A2AAA">
         <w:t>Quarterly Administrative Fee Remittance Form</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="004040B5" w:rsidRDefault="004040B5" w:rsidP="001A2AAA"/>
     <w:p w:rsidR="008E1040" w:rsidRDefault="008E1040" w:rsidP="001A2AAA"/>
     <w:p w:rsidR="001A2AAA" w:rsidRPr="001A2AAA" w:rsidRDefault="001A2AAA" w:rsidP="001A2AAA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001A2AAA">
         <w:t>Reporting Information</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001A2AAA" w:rsidRDefault="001A2AAA" w:rsidP="001A2AAA"/>
     <w:p w:rsidR="001A2AAA" w:rsidRDefault="001A2AAA" w:rsidP="001A2AAA">
       <w:r>
         <w:t>Reporting Period: (MM/DD/YYYY) ___________________ to (MM/DD/YYYY) ___________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001A2AAA" w:rsidRDefault="001A2AAA" w:rsidP="001A2AAA"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -640,126 +643,126 @@
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="006A7B2E">
         <w:t>515</w:t>
       </w:r>
       <w:r>
         <w:t>-242-5036</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00457EFE" w:rsidRDefault="00457EFE" w:rsidP="001A2AAA"/>
     <w:sectPr w:rsidR="00457EFE" w:rsidSect="00547771">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="810" w:right="1152" w:bottom="630" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B2139F" w:rsidRDefault="00B2139F" w:rsidP="001A2AAA">
+    <w:p w:rsidR="00B1204A" w:rsidRDefault="00B1204A" w:rsidP="001A2AAA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B2139F" w:rsidRDefault="00B2139F" w:rsidP="001A2AAA">
+    <w:p w:rsidR="00B1204A" w:rsidRDefault="00B1204A" w:rsidP="001A2AAA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00C84B49" w:rsidRPr="00C84B49" w:rsidRDefault="00C84B49" w:rsidP="001A2AAA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00C84B49">
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00164BE3">
       <w:t>9/12/22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B2139F" w:rsidRDefault="00B2139F" w:rsidP="001A2AAA">
+    <w:p w:rsidR="00B1204A" w:rsidRDefault="00B1204A" w:rsidP="001A2AAA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B2139F" w:rsidRDefault="00B2139F" w:rsidP="001A2AAA">
+    <w:p w:rsidR="00B1204A" w:rsidRDefault="00B1204A" w:rsidP="001A2AAA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:saveSubsetFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -779,79 +782,82 @@
     <w:rsid w:val="000323A1"/>
     <w:rsid w:val="00032A9D"/>
     <w:rsid w:val="0003428E"/>
     <w:rsid w:val="0004131E"/>
     <w:rsid w:val="00097397"/>
     <w:rsid w:val="00164BE3"/>
     <w:rsid w:val="00171FCD"/>
     <w:rsid w:val="001A2AAA"/>
     <w:rsid w:val="001A4B0B"/>
     <w:rsid w:val="00232D45"/>
     <w:rsid w:val="002438A3"/>
     <w:rsid w:val="002B206F"/>
     <w:rsid w:val="002B47B0"/>
     <w:rsid w:val="002D761C"/>
     <w:rsid w:val="00307927"/>
     <w:rsid w:val="003149AE"/>
     <w:rsid w:val="003233CC"/>
     <w:rsid w:val="00333FBE"/>
     <w:rsid w:val="00342815"/>
     <w:rsid w:val="00361BF0"/>
     <w:rsid w:val="003E5379"/>
     <w:rsid w:val="00403AA0"/>
     <w:rsid w:val="004040B5"/>
     <w:rsid w:val="00457EFE"/>
     <w:rsid w:val="00462698"/>
+    <w:rsid w:val="004C7448"/>
     <w:rsid w:val="004D6AAE"/>
     <w:rsid w:val="00506E94"/>
     <w:rsid w:val="00547771"/>
     <w:rsid w:val="005B1379"/>
     <w:rsid w:val="005B4C2A"/>
     <w:rsid w:val="005D606A"/>
     <w:rsid w:val="00612764"/>
     <w:rsid w:val="0065773A"/>
     <w:rsid w:val="006A7B2E"/>
     <w:rsid w:val="00792D7F"/>
     <w:rsid w:val="00793126"/>
     <w:rsid w:val="007F1D5A"/>
     <w:rsid w:val="007F79C8"/>
     <w:rsid w:val="008647F0"/>
     <w:rsid w:val="008E1040"/>
     <w:rsid w:val="00902309"/>
     <w:rsid w:val="009A3705"/>
     <w:rsid w:val="00AA74A9"/>
     <w:rsid w:val="00AD091A"/>
     <w:rsid w:val="00AF753C"/>
+    <w:rsid w:val="00B1204A"/>
     <w:rsid w:val="00B2139F"/>
     <w:rsid w:val="00B32416"/>
     <w:rsid w:val="00B3755B"/>
     <w:rsid w:val="00B8577D"/>
     <w:rsid w:val="00C0238F"/>
     <w:rsid w:val="00C4795F"/>
     <w:rsid w:val="00C84B49"/>
     <w:rsid w:val="00CB2E7F"/>
     <w:rsid w:val="00CB5DDE"/>
+    <w:rsid w:val="00CC7446"/>
     <w:rsid w:val="00CE3B62"/>
     <w:rsid w:val="00D91229"/>
     <w:rsid w:val="00FC678F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1725,73 +1731,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>217</Words>
   <Characters>1238</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>owa Educational Course for Drinking Drivers</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Iowa Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1453</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Iowa Educational Course for Drinking Drivers</dc:title>
   <dc:subject/>
   <dc:creator>bledvin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>