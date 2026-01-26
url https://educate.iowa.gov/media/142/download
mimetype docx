--- v0 (2025-10-16)
+++ v1 (2026-01-26)
@@ -8,50 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00353BF5" w:rsidRPr="00AB5EDD" w:rsidRDefault="003001C0" w:rsidP="00AB5EDD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="00AB5EDD">
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7772400" cy="667512"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="image1.jpg" descr="Iowa Department of Education"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.jpg" descr="Iowa Department of Education"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
@@ -62,50 +63,51 @@
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7772400" cy="667512"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00AB5EDD">
         <w:t xml:space="preserve">Health </w:t>
       </w:r>
       <w:r w:rsidR="00AB5EDD">
         <w:t xml:space="preserve">Endorsement </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5EDD">
         <w:t>Worksheet</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00AB5EDD" w:rsidRPr="00AB5EDD" w:rsidRDefault="003001C0" w:rsidP="00AB5EDD">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5EDD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Endorsement 137 or 138: K-8 or 5-12 Health.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00353BF5" w:rsidRPr="00AB5EDD" w:rsidRDefault="003001C0" w:rsidP="00AB5EDD">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5EDD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Completion of 24 semester hours, or 18 semester hours if the applicant holds a physical education or family and consumer science endorsement in health to include coursework in:</w:t>
@@ -2360,104 +2362,93 @@
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5EDD" w:rsidRPr="00C12CF2" w:rsidRDefault="00AB5EDD" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00AB5EDD" w:rsidRDefault="00AB5EDD" w:rsidP="00AB5EDD"/>
     <w:p w:rsidR="00353BF5" w:rsidRPr="00AB5EDD" w:rsidRDefault="003001C0" w:rsidP="00AB5EDD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>A current certificate of CPR training is required in addition to the coursework</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00353BF5" w:rsidRDefault="003001C0" w:rsidP="00AB5EDD">
       <w:r>
         <w:t xml:space="preserve">21.3(1) Adding an endorsement. To add an endorsement to an existing license, the applicant will follow one of these options: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00353BF5" w:rsidRDefault="003001C0" w:rsidP="00AB5EDD">
       <w:r>
-        <w:t>a. Option 1. Receive the Iowa education institution’s recommendation that the current approved program requirements or state minim</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">um requirements for the endorsement have been met. </w:t>
+        <w:t xml:space="preserve">a. Option 1. Receive the Iowa education institution’s recommendation that the current approved program requirements or state minimum requirements for the endorsement have been met. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00353BF5" w:rsidRDefault="003001C0" w:rsidP="00AB5EDD">
       <w:bookmarkStart w:id="1" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
-        <w:t>b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been m</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> content area successfully while holding a Class B license. </w:t>
+        <w:t xml:space="preserve">b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been met. Applicants will have achieved a C- grade or higher in the courses that will be considered for an endorsement. The methods course can be waived if the practitioner holds an endorsement in the same content area at a different level and teaches in the new content area successfully while holding a Class B license. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00353BF5">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="187" w:footer="446" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003001C0" w:rsidRDefault="003001C0">
+    <w:p w:rsidR="00F0544F" w:rsidRDefault="00F0544F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003001C0" w:rsidRDefault="003001C0">
+    <w:p w:rsidR="00F0544F" w:rsidRDefault="00F0544F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2498,150 +2489,151 @@
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r w:rsidR="00AB5EDD">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AB5EDD">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003001C0" w:rsidRDefault="003001C0">
+    <w:p w:rsidR="00F0544F" w:rsidRDefault="00F0544F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003001C0" w:rsidRDefault="003001C0">
+    <w:p w:rsidR="00F0544F" w:rsidRDefault="00F0544F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00353BF5"/>
     <w:rsid w:val="003001C0"/>
     <w:rsid w:val="00353BF5"/>
+    <w:rsid w:val="00720C91"/>
     <w:rsid w:val="00AB5EDD"/>
+    <w:rsid w:val="00F0544F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="755B5E0A"/>
   <w15:docId w15:val="{581F8E69-5543-40D8-9FA7-C71DB26F78A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="173"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3994,68 +3986,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjrUtO8ck3NTustQvikLeomGef9HQ==">CgMxLjAyCGguZ2pkZ3hzOAByITFJaVNjVzA1QS1ld0lZMTNUM0RtdmgwLXY0OVJWaF9Qcg==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>309</Words>
   <Characters>1766</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2071</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Health Endorsement Worksheet</dc:title>
   <dc:creator>Tubbs, Joanne [BOEE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>