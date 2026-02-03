--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -8,50 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="008468AE" w:rsidRPr="0035522F" w:rsidRDefault="009D78BB" w:rsidP="0035522F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="0035522F">
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7772400" cy="667512"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="image1.jpg" descr="Iowa Department of Education"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.jpg" descr="Iowa Department of Education"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
@@ -63,69 +64,63 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7772400" cy="667512"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="0035522F">
         <w:t>K-8 Language Arts</w:t>
       </w:r>
       <w:r w:rsidR="0035522F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0035522F">
         <w:t>Endorsement Worksheet</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="008468AE" w:rsidRPr="0035522F" w:rsidRDefault="009D78BB" w:rsidP="0035522F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035522F">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Endorsement 119:</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Endorsement 119: </w:t>
       </w:r>
       <w:r w:rsidRPr="0035522F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>K-8 Language Arts.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008468AE" w:rsidRPr="0035522F" w:rsidRDefault="009D78BB" w:rsidP="0035522F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035522F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Completion of 24 semester hours in English and language arts to include coursework in:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008468AE" w:rsidRDefault="009D78BB" w:rsidP="0035522F">
       <w:r>
         <w:t>Oral communication</w:t>
       </w:r>
@@ -2747,92 +2742,83 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="0035522F" w:rsidRPr="00C12CF2" w:rsidRDefault="0035522F" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0035522F" w:rsidRDefault="0035522F" w:rsidP="0035522F"/>
     <w:p w:rsidR="008468AE" w:rsidRDefault="009D78BB" w:rsidP="0035522F">
       <w:r>
         <w:t xml:space="preserve">21.3(1) Adding an endorsement. To add an endorsement to an existing license, the applicant will follow one of these options: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008468AE" w:rsidRDefault="009D78BB" w:rsidP="0035522F">
       <w:r>
         <w:t xml:space="preserve">a. Option 1. Receive the Iowa education institution’s recommendation that the current approved program requirements or state minimum requirements for the endorsement have been met. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008468AE" w:rsidRDefault="009D78BB" w:rsidP="0035522F">
       <w:r>
-        <w:t>b. Option 2. Apply for a review of transcripts, out-of-state licensure, or</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been met. Applicants </w:t>
+        <w:t xml:space="preserve">b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been met. Applicants </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">will have achieved a C- grade or higher in the courses that will be considered for an endorsement. The methods </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">course can be waived if the practitioner holds an endorsement in the same content area at a different level and teaches in the new content area successfully while holding a Class B license. </w:t>
+        <w:t xml:space="preserve">will have achieved a C- grade or higher in the courses that will be considered for an endorsement. The methods course can be waived if the practitioner holds an endorsement in the same content area at a different level and teaches in the new content area successfully while holding a Class B license. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008468AE" w:rsidRDefault="008468AE" w:rsidP="0035522F">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="008468AE" w:rsidRDefault="008468AE" w:rsidP="0035522F"/>
     <w:sectPr w:rsidR="008468AE">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="187" w:footer="446" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009D78BB" w:rsidRDefault="009D78BB">
+    <w:p w:rsidR="00FD0E2F" w:rsidRDefault="00FD0E2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009D78BB" w:rsidRDefault="009D78BB">
+    <w:p w:rsidR="00FD0E2F" w:rsidRDefault="00FD0E2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2873,150 +2859,151 @@
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r w:rsidR="0035522F">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0035522F">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009D78BB" w:rsidRDefault="009D78BB">
+    <w:p w:rsidR="00FD0E2F" w:rsidRDefault="00FD0E2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009D78BB" w:rsidRDefault="009D78BB">
+    <w:p w:rsidR="00FD0E2F" w:rsidRDefault="00FD0E2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008468AE"/>
     <w:rsid w:val="0035522F"/>
     <w:rsid w:val="008468AE"/>
+    <w:rsid w:val="009D5162"/>
     <w:rsid w:val="009D78BB"/>
+    <w:rsid w:val="00FD0E2F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="09C3631B"/>
   <w15:docId w15:val="{581F8E69-5543-40D8-9FA7-C71DB26F78A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="173"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4410,68 +4397,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjJJuTPc9zEneW+OSdAeNkMWWLiHg==">CgMxLjAyCGguZ2pkZ3hzOAByITFDc0tVM2hLSzlSTnRSS3FHUzNQcG5UMlI1NWphQVI0Zw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>299</Words>
   <Characters>1710</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2005</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>K-8 Language Arts Endorsement Worksheet</dc:title>
   <dc:creator>Tubbs, Joanne [BOEE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>