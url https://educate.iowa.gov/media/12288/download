--- v0 (2026-02-12)
+++ v1 (2026-03-23)
@@ -11,94 +11,422 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\School Finance Team\SBRC\Hearing Schedules Recommendations and Summaries\2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B017EDC-6A9E-4851-AA54-5F06ADDEF832}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D28B09B3-71AE-4A74-AE96-7E6D064D15DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="13872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FY26 SBRC" sheetId="2" r:id="rId1"/>
     <sheet name="AR DOP" sheetId="6" r:id="rId2"/>
     <sheet name="Increased Enrollment" sheetId="8" r:id="rId3"/>
     <sheet name="OEO Not on PY Headcount" sheetId="7" r:id="rId4"/>
     <sheet name="EL Beyond 5 Years" sheetId="9" r:id="rId5"/>
     <sheet name="EL Excess Costs" sheetId="10" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'EL Beyond 5 Years'!$B$1:$D$182</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'FY26 SBRC'!$A$3:$U$329</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'FY26 SBRC'!$A$3:$V$329</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Increased Enrollment'!$B$1:$D$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'EL Beyond 5 Years'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Increased Enrollment'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'OEO Not on PY Headcount'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="R5" i="2" l="1"/>
+  <c r="F329" i="2" l="1"/>
+  <c r="C52" i="2"/>
+  <c r="S5" i="2"/>
+  <c r="S6" i="2"/>
+  <c r="S7" i="2"/>
+  <c r="S8" i="2"/>
+  <c r="S9" i="2"/>
+  <c r="S10" i="2"/>
+  <c r="S11" i="2"/>
+  <c r="S12" i="2"/>
+  <c r="S13" i="2"/>
+  <c r="S14" i="2"/>
+  <c r="S15" i="2"/>
+  <c r="S16" i="2"/>
+  <c r="S17" i="2"/>
+  <c r="S18" i="2"/>
+  <c r="S19" i="2"/>
+  <c r="S20" i="2"/>
+  <c r="S21" i="2"/>
+  <c r="S22" i="2"/>
+  <c r="S23" i="2"/>
+  <c r="S24" i="2"/>
+  <c r="S25" i="2"/>
+  <c r="S26" i="2"/>
+  <c r="S27" i="2"/>
+  <c r="S28" i="2"/>
+  <c r="S29" i="2"/>
+  <c r="S30" i="2"/>
+  <c r="S31" i="2"/>
+  <c r="S32" i="2"/>
+  <c r="S33" i="2"/>
+  <c r="S34" i="2"/>
+  <c r="S35" i="2"/>
+  <c r="S36" i="2"/>
+  <c r="S37" i="2"/>
+  <c r="S38" i="2"/>
+  <c r="S39" i="2"/>
+  <c r="S40" i="2"/>
+  <c r="S41" i="2"/>
+  <c r="S42" i="2"/>
+  <c r="S43" i="2"/>
+  <c r="S44" i="2"/>
+  <c r="S45" i="2"/>
+  <c r="S46" i="2"/>
+  <c r="S47" i="2"/>
+  <c r="S48" i="2"/>
+  <c r="S49" i="2"/>
+  <c r="S50" i="2"/>
+  <c r="S51" i="2"/>
+  <c r="S52" i="2"/>
+  <c r="S53" i="2"/>
+  <c r="S54" i="2"/>
+  <c r="S55" i="2"/>
+  <c r="S56" i="2"/>
+  <c r="S57" i="2"/>
+  <c r="S58" i="2"/>
+  <c r="S59" i="2"/>
+  <c r="S60" i="2"/>
+  <c r="S61" i="2"/>
+  <c r="S62" i="2"/>
+  <c r="S63" i="2"/>
+  <c r="S64" i="2"/>
+  <c r="S65" i="2"/>
+  <c r="S66" i="2"/>
+  <c r="S67" i="2"/>
+  <c r="S68" i="2"/>
+  <c r="S69" i="2"/>
+  <c r="S70" i="2"/>
+  <c r="S71" i="2"/>
+  <c r="S72" i="2"/>
+  <c r="S73" i="2"/>
+  <c r="S74" i="2"/>
+  <c r="S75" i="2"/>
+  <c r="S76" i="2"/>
+  <c r="S77" i="2"/>
+  <c r="S78" i="2"/>
+  <c r="S79" i="2"/>
+  <c r="S80" i="2"/>
+  <c r="S81" i="2"/>
+  <c r="S82" i="2"/>
+  <c r="S83" i="2"/>
+  <c r="S84" i="2"/>
+  <c r="S85" i="2"/>
+  <c r="S86" i="2"/>
+  <c r="S87" i="2"/>
+  <c r="S88" i="2"/>
+  <c r="S89" i="2"/>
+  <c r="S90" i="2"/>
+  <c r="S91" i="2"/>
+  <c r="S92" i="2"/>
+  <c r="S93" i="2"/>
+  <c r="S94" i="2"/>
+  <c r="S95" i="2"/>
+  <c r="S96" i="2"/>
+  <c r="S97" i="2"/>
+  <c r="S98" i="2"/>
+  <c r="S99" i="2"/>
+  <c r="S100" i="2"/>
+  <c r="S101" i="2"/>
+  <c r="S102" i="2"/>
+  <c r="S103" i="2"/>
+  <c r="S104" i="2"/>
+  <c r="S105" i="2"/>
+  <c r="S106" i="2"/>
+  <c r="S107" i="2"/>
+  <c r="S108" i="2"/>
+  <c r="S109" i="2"/>
+  <c r="S110" i="2"/>
+  <c r="S111" i="2"/>
+  <c r="S112" i="2"/>
+  <c r="S113" i="2"/>
+  <c r="S114" i="2"/>
+  <c r="S115" i="2"/>
+  <c r="S116" i="2"/>
+  <c r="S117" i="2"/>
+  <c r="S118" i="2"/>
+  <c r="S119" i="2"/>
+  <c r="S120" i="2"/>
+  <c r="S121" i="2"/>
+  <c r="S122" i="2"/>
+  <c r="S123" i="2"/>
+  <c r="S124" i="2"/>
+  <c r="S125" i="2"/>
+  <c r="S126" i="2"/>
+  <c r="S127" i="2"/>
+  <c r="S128" i="2"/>
+  <c r="S129" i="2"/>
+  <c r="S130" i="2"/>
+  <c r="S131" i="2"/>
+  <c r="S132" i="2"/>
+  <c r="S133" i="2"/>
+  <c r="S134" i="2"/>
+  <c r="S135" i="2"/>
+  <c r="S136" i="2"/>
+  <c r="S137" i="2"/>
+  <c r="S138" i="2"/>
+  <c r="S139" i="2"/>
+  <c r="S140" i="2"/>
+  <c r="S141" i="2"/>
+  <c r="S142" i="2"/>
+  <c r="S143" i="2"/>
+  <c r="S144" i="2"/>
+  <c r="S145" i="2"/>
+  <c r="S146" i="2"/>
+  <c r="S147" i="2"/>
+  <c r="S148" i="2"/>
+  <c r="S149" i="2"/>
+  <c r="S150" i="2"/>
+  <c r="S151" i="2"/>
+  <c r="S152" i="2"/>
+  <c r="S153" i="2"/>
+  <c r="S154" i="2"/>
+  <c r="S155" i="2"/>
+  <c r="S156" i="2"/>
+  <c r="S157" i="2"/>
+  <c r="S158" i="2"/>
+  <c r="S159" i="2"/>
+  <c r="S160" i="2"/>
+  <c r="S161" i="2"/>
+  <c r="S162" i="2"/>
+  <c r="S163" i="2"/>
+  <c r="S164" i="2"/>
+  <c r="S165" i="2"/>
+  <c r="S166" i="2"/>
+  <c r="S167" i="2"/>
+  <c r="S168" i="2"/>
+  <c r="S169" i="2"/>
+  <c r="S170" i="2"/>
+  <c r="S171" i="2"/>
+  <c r="S172" i="2"/>
+  <c r="S173" i="2"/>
+  <c r="S174" i="2"/>
+  <c r="S175" i="2"/>
+  <c r="S176" i="2"/>
+  <c r="S177" i="2"/>
+  <c r="S178" i="2"/>
+  <c r="S179" i="2"/>
+  <c r="S180" i="2"/>
+  <c r="S181" i="2"/>
+  <c r="S182" i="2"/>
+  <c r="S183" i="2"/>
+  <c r="S184" i="2"/>
+  <c r="S185" i="2"/>
+  <c r="S186" i="2"/>
+  <c r="S187" i="2"/>
+  <c r="S188" i="2"/>
+  <c r="S189" i="2"/>
+  <c r="S190" i="2"/>
+  <c r="S191" i="2"/>
+  <c r="S192" i="2"/>
+  <c r="S193" i="2"/>
+  <c r="S194" i="2"/>
+  <c r="S195" i="2"/>
+  <c r="S196" i="2"/>
+  <c r="S197" i="2"/>
+  <c r="S198" i="2"/>
+  <c r="S199" i="2"/>
+  <c r="S200" i="2"/>
+  <c r="S201" i="2"/>
+  <c r="S202" i="2"/>
+  <c r="S203" i="2"/>
+  <c r="S204" i="2"/>
+  <c r="S205" i="2"/>
+  <c r="S206" i="2"/>
+  <c r="S207" i="2"/>
+  <c r="S208" i="2"/>
+  <c r="S209" i="2"/>
+  <c r="S210" i="2"/>
+  <c r="S211" i="2"/>
+  <c r="S212" i="2"/>
+  <c r="S213" i="2"/>
+  <c r="S214" i="2"/>
+  <c r="S215" i="2"/>
+  <c r="S216" i="2"/>
+  <c r="S217" i="2"/>
+  <c r="S218" i="2"/>
+  <c r="S219" i="2"/>
+  <c r="S220" i="2"/>
+  <c r="S221" i="2"/>
+  <c r="S222" i="2"/>
+  <c r="S223" i="2"/>
+  <c r="S224" i="2"/>
+  <c r="S225" i="2"/>
+  <c r="S226" i="2"/>
+  <c r="S227" i="2"/>
+  <c r="S228" i="2"/>
+  <c r="S229" i="2"/>
+  <c r="S230" i="2"/>
+  <c r="S231" i="2"/>
+  <c r="S232" i="2"/>
+  <c r="S233" i="2"/>
+  <c r="S234" i="2"/>
+  <c r="S235" i="2"/>
+  <c r="S236" i="2"/>
+  <c r="S237" i="2"/>
+  <c r="S238" i="2"/>
+  <c r="S239" i="2"/>
+  <c r="S240" i="2"/>
+  <c r="S241" i="2"/>
+  <c r="S242" i="2"/>
+  <c r="S243" i="2"/>
+  <c r="S244" i="2"/>
+  <c r="S245" i="2"/>
+  <c r="S246" i="2"/>
+  <c r="S247" i="2"/>
+  <c r="S248" i="2"/>
+  <c r="S249" i="2"/>
+  <c r="S250" i="2"/>
+  <c r="S251" i="2"/>
+  <c r="S252" i="2"/>
+  <c r="S253" i="2"/>
+  <c r="S254" i="2"/>
+  <c r="S255" i="2"/>
+  <c r="S256" i="2"/>
+  <c r="S257" i="2"/>
+  <c r="S258" i="2"/>
+  <c r="S259" i="2"/>
+  <c r="S260" i="2"/>
+  <c r="S261" i="2"/>
+  <c r="S262" i="2"/>
+  <c r="S263" i="2"/>
+  <c r="S264" i="2"/>
+  <c r="S265" i="2"/>
+  <c r="S266" i="2"/>
+  <c r="S267" i="2"/>
+  <c r="S268" i="2"/>
+  <c r="S269" i="2"/>
+  <c r="S270" i="2"/>
+  <c r="S271" i="2"/>
+  <c r="S272" i="2"/>
+  <c r="S273" i="2"/>
+  <c r="S274" i="2"/>
+  <c r="S275" i="2"/>
+  <c r="S276" i="2"/>
+  <c r="S277" i="2"/>
+  <c r="S278" i="2"/>
+  <c r="S279" i="2"/>
+  <c r="S280" i="2"/>
+  <c r="S281" i="2"/>
+  <c r="S282" i="2"/>
+  <c r="S283" i="2"/>
+  <c r="S284" i="2"/>
+  <c r="S285" i="2"/>
+  <c r="S286" i="2"/>
+  <c r="S287" i="2"/>
+  <c r="S288" i="2"/>
+  <c r="S289" i="2"/>
+  <c r="S290" i="2"/>
+  <c r="S291" i="2"/>
+  <c r="S292" i="2"/>
+  <c r="S293" i="2"/>
+  <c r="S294" i="2"/>
+  <c r="S295" i="2"/>
+  <c r="S296" i="2"/>
+  <c r="S297" i="2"/>
+  <c r="S298" i="2"/>
+  <c r="S299" i="2"/>
+  <c r="S300" i="2"/>
+  <c r="S301" i="2"/>
+  <c r="S302" i="2"/>
+  <c r="S303" i="2"/>
+  <c r="S304" i="2"/>
+  <c r="S305" i="2"/>
+  <c r="S306" i="2"/>
+  <c r="S307" i="2"/>
+  <c r="S308" i="2"/>
+  <c r="S309" i="2"/>
+  <c r="S310" i="2"/>
+  <c r="S311" i="2"/>
+  <c r="S312" i="2"/>
+  <c r="S313" i="2"/>
+  <c r="S314" i="2"/>
+  <c r="S315" i="2"/>
+  <c r="S316" i="2"/>
+  <c r="S317" i="2"/>
+  <c r="S318" i="2"/>
+  <c r="S319" i="2"/>
+  <c r="S320" i="2"/>
+  <c r="S321" i="2"/>
+  <c r="S322" i="2"/>
+  <c r="S323" i="2"/>
+  <c r="S324" i="2"/>
+  <c r="S325" i="2"/>
+  <c r="S326" i="2"/>
+  <c r="S327" i="2"/>
+  <c r="S328" i="2"/>
+  <c r="S4" i="2"/>
+  <c r="D190" i="9"/>
+  <c r="R5" i="2"/>
   <c r="R6" i="2"/>
   <c r="R7" i="2"/>
   <c r="R8" i="2"/>
   <c r="R9" i="2"/>
   <c r="R10" i="2"/>
   <c r="R11" i="2"/>
   <c r="R12" i="2"/>
   <c r="R13" i="2"/>
   <c r="R14" i="2"/>
   <c r="R15" i="2"/>
   <c r="R16" i="2"/>
   <c r="R17" i="2"/>
   <c r="R18" i="2"/>
   <c r="R19" i="2"/>
   <c r="R20" i="2"/>
   <c r="R21" i="2"/>
   <c r="R22" i="2"/>
   <c r="R23" i="2"/>
   <c r="R24" i="2"/>
   <c r="R25" i="2"/>
   <c r="R26" i="2"/>
   <c r="R27" i="2"/>
   <c r="R28" i="2"/>
   <c r="R29" i="2"/>
   <c r="R30" i="2"/>
@@ -379,51 +707,51 @@
   <c r="R305" i="2"/>
   <c r="R306" i="2"/>
   <c r="R307" i="2"/>
   <c r="R308" i="2"/>
   <c r="R309" i="2"/>
   <c r="R310" i="2"/>
   <c r="R311" i="2"/>
   <c r="R312" i="2"/>
   <c r="R313" i="2"/>
   <c r="R314" i="2"/>
   <c r="R315" i="2"/>
   <c r="R316" i="2"/>
   <c r="R317" i="2"/>
   <c r="R318" i="2"/>
   <c r="R319" i="2"/>
   <c r="R320" i="2"/>
   <c r="R321" i="2"/>
   <c r="R322" i="2"/>
   <c r="R323" i="2"/>
   <c r="R324" i="2"/>
   <c r="R325" i="2"/>
   <c r="R326" i="2"/>
   <c r="R327" i="2"/>
   <c r="R328" i="2"/>
   <c r="R4" i="2"/>
-  <c r="D190" i="9"/>
+  <c r="D298" i="7"/>
   <c r="Q5" i="2"/>
   <c r="Q6" i="2"/>
   <c r="Q7" i="2"/>
   <c r="Q8" i="2"/>
   <c r="Q9" i="2"/>
   <c r="Q10" i="2"/>
   <c r="Q11" i="2"/>
   <c r="Q12" i="2"/>
   <c r="Q13" i="2"/>
   <c r="Q14" i="2"/>
   <c r="Q15" i="2"/>
   <c r="Q16" i="2"/>
   <c r="Q17" i="2"/>
   <c r="Q18" i="2"/>
   <c r="Q19" i="2"/>
   <c r="Q20" i="2"/>
   <c r="Q21" i="2"/>
   <c r="Q22" i="2"/>
   <c r="Q23" i="2"/>
   <c r="Q24" i="2"/>
   <c r="Q25" i="2"/>
   <c r="Q26" i="2"/>
   <c r="Q27" i="2"/>
   <c r="Q28" i="2"/>
   <c r="Q29" i="2"/>
@@ -705,922 +1033,643 @@
   <c r="Q305" i="2"/>
   <c r="Q306" i="2"/>
   <c r="Q307" i="2"/>
   <c r="Q308" i="2"/>
   <c r="Q309" i="2"/>
   <c r="Q310" i="2"/>
   <c r="Q311" i="2"/>
   <c r="Q312" i="2"/>
   <c r="Q313" i="2"/>
   <c r="Q314" i="2"/>
   <c r="Q315" i="2"/>
   <c r="Q316" i="2"/>
   <c r="Q317" i="2"/>
   <c r="Q318" i="2"/>
   <c r="Q319" i="2"/>
   <c r="Q320" i="2"/>
   <c r="Q321" i="2"/>
   <c r="Q322" i="2"/>
   <c r="Q323" i="2"/>
   <c r="Q324" i="2"/>
   <c r="Q325" i="2"/>
   <c r="Q326" i="2"/>
   <c r="Q327" i="2"/>
   <c r="Q328" i="2"/>
   <c r="Q4" i="2"/>
-  <c r="D298" i="7"/>
-[...324 lines deleted...]
-  <c r="P4" i="2"/>
   <c r="D84" i="8"/>
-  <c r="R329" i="2" l="1"/>
+  <c r="S329" i="2" l="1"/>
+  <c r="R329" i="2"/>
   <c r="Q329" i="2"/>
   <c r="P329" i="2"/>
   <c r="O329" i="2"/>
   <c r="N329" i="2"/>
   <c r="M329" i="2"/>
   <c r="L329" i="2"/>
   <c r="K329" i="2"/>
   <c r="J329" i="2"/>
   <c r="I329" i="2"/>
   <c r="H329" i="2"/>
   <c r="G329" i="2"/>
-  <c r="F329" i="2"/>
   <c r="E329" i="2"/>
   <c r="D329" i="2"/>
-  <c r="C329" i="2"/>
   <c r="C5" i="2"/>
+  <c r="T5" i="2" s="1"/>
   <c r="C6" i="2"/>
   <c r="C7" i="2"/>
   <c r="C8" i="2"/>
   <c r="C9" i="2"/>
   <c r="C10" i="2"/>
   <c r="C11" i="2"/>
   <c r="C12" i="2"/>
+  <c r="T12" i="2" s="1"/>
   <c r="C13" i="2"/>
-  <c r="S13" i="2" s="1"/>
+  <c r="T13" i="2" s="1"/>
   <c r="C14" i="2"/>
-  <c r="S14" i="2" s="1"/>
+  <c r="T14" i="2" s="1"/>
   <c r="C15" i="2"/>
-  <c r="S15" i="2" s="1"/>
+  <c r="T15" i="2" s="1"/>
   <c r="C16" i="2"/>
-  <c r="S16" i="2" s="1"/>
+  <c r="T16" i="2" s="1"/>
   <c r="C17" i="2"/>
-  <c r="S17" i="2" s="1"/>
+  <c r="T17" i="2" s="1"/>
   <c r="C18" i="2"/>
-  <c r="S18" i="2" s="1"/>
+  <c r="T18" i="2" s="1"/>
   <c r="C19" i="2"/>
-  <c r="S19" i="2" s="1"/>
+  <c r="T19" i="2" s="1"/>
   <c r="C20" i="2"/>
-  <c r="S20" i="2" s="1"/>
+  <c r="T20" i="2" s="1"/>
   <c r="C21" i="2"/>
-  <c r="S21" i="2" s="1"/>
+  <c r="T21" i="2" s="1"/>
   <c r="C22" i="2"/>
-  <c r="S22" i="2" s="1"/>
+  <c r="T22" i="2" s="1"/>
   <c r="C23" i="2"/>
-  <c r="S23" i="2" s="1"/>
+  <c r="T23" i="2" s="1"/>
   <c r="C24" i="2"/>
-  <c r="S24" i="2" s="1"/>
+  <c r="T24" i="2" s="1"/>
   <c r="C25" i="2"/>
   <c r="C26" i="2"/>
-  <c r="S26" i="2" s="1"/>
+  <c r="T26" i="2" s="1"/>
   <c r="C27" i="2"/>
-  <c r="S27" i="2" s="1"/>
+  <c r="T27" i="2" s="1"/>
   <c r="C28" i="2"/>
   <c r="C29" i="2"/>
-  <c r="S29" i="2" s="1"/>
+  <c r="T29" i="2" s="1"/>
   <c r="C30" i="2"/>
-  <c r="S30" i="2" s="1"/>
+  <c r="T30" i="2" s="1"/>
   <c r="C31" i="2"/>
-  <c r="S31" i="2" s="1"/>
+  <c r="T31" i="2" s="1"/>
   <c r="C32" i="2"/>
-  <c r="S32" i="2" s="1"/>
+  <c r="T32" i="2" s="1"/>
   <c r="C33" i="2"/>
-  <c r="S33" i="2" s="1"/>
+  <c r="T33" i="2" s="1"/>
   <c r="C34" i="2"/>
-  <c r="S34" i="2" s="1"/>
+  <c r="T34" i="2" s="1"/>
   <c r="C35" i="2"/>
-  <c r="S35" i="2" s="1"/>
+  <c r="T35" i="2" s="1"/>
   <c r="C36" i="2"/>
-  <c r="S36" i="2" s="1"/>
+  <c r="T36" i="2" s="1"/>
   <c r="C37" i="2"/>
+  <c r="T37" i="2" s="1"/>
   <c r="C38" i="2"/>
   <c r="C39" i="2"/>
   <c r="C40" i="2"/>
   <c r="C41" i="2"/>
   <c r="C42" i="2"/>
   <c r="C43" i="2"/>
   <c r="C44" i="2"/>
   <c r="C45" i="2"/>
   <c r="C46" i="2"/>
   <c r="C47" i="2"/>
   <c r="C48" i="2"/>
+  <c r="T48" i="2" s="1"/>
   <c r="C49" i="2"/>
+  <c r="T49" i="2" s="1"/>
   <c r="C50" i="2"/>
+  <c r="T50" i="2" s="1"/>
   <c r="C51" i="2"/>
-  <c r="C52" i="2"/>
+  <c r="T51" i="2" s="1"/>
   <c r="C53" i="2"/>
+  <c r="T53" i="2" s="1"/>
   <c r="C54" i="2"/>
   <c r="C55" i="2"/>
   <c r="C56" i="2"/>
   <c r="C57" i="2"/>
   <c r="C58" i="2"/>
   <c r="C59" i="2"/>
-  <c r="S59" i="2" s="1"/>
+  <c r="T59" i="2" s="1"/>
   <c r="C60" i="2"/>
-  <c r="S60" i="2" s="1"/>
+  <c r="T60" i="2" s="1"/>
   <c r="C61" i="2"/>
-  <c r="S61" i="2" s="1"/>
+  <c r="T61" i="2" s="1"/>
   <c r="C62" i="2"/>
-  <c r="S62" i="2" s="1"/>
+  <c r="T62" i="2" s="1"/>
   <c r="C63" i="2"/>
-  <c r="S63" i="2" s="1"/>
+  <c r="T63" i="2" s="1"/>
   <c r="C64" i="2"/>
-  <c r="S64" i="2" s="1"/>
+  <c r="T64" i="2" s="1"/>
   <c r="C65" i="2"/>
-  <c r="S65" i="2" s="1"/>
+  <c r="T65" i="2" s="1"/>
   <c r="C66" i="2"/>
-  <c r="S66" i="2" s="1"/>
+  <c r="T66" i="2" s="1"/>
   <c r="C67" i="2"/>
-  <c r="S67" i="2" s="1"/>
+  <c r="T67" i="2" s="1"/>
   <c r="C68" i="2"/>
-  <c r="S68" i="2" s="1"/>
+  <c r="T68" i="2" s="1"/>
   <c r="C69" i="2"/>
+  <c r="T69" i="2" s="1"/>
   <c r="C70" i="2"/>
+  <c r="T70" i="2" s="1"/>
   <c r="C71" i="2"/>
   <c r="C72" i="2"/>
   <c r="C73" i="2"/>
+  <c r="T73" i="2" s="1"/>
   <c r="C74" i="2"/>
+  <c r="T74" i="2" s="1"/>
   <c r="C75" i="2"/>
+  <c r="T75" i="2" s="1"/>
   <c r="C76" i="2"/>
+  <c r="T76" i="2" s="1"/>
   <c r="C77" i="2"/>
+  <c r="T77" i="2" s="1"/>
   <c r="C78" i="2"/>
+  <c r="T78" i="2" s="1"/>
   <c r="C79" i="2"/>
-  <c r="S79" i="2" s="1"/>
+  <c r="T79" i="2" s="1"/>
   <c r="C80" i="2"/>
+  <c r="T80" i="2" s="1"/>
   <c r="C81" i="2"/>
-  <c r="S81" i="2" s="1"/>
+  <c r="T81" i="2" s="1"/>
   <c r="C82" i="2"/>
-  <c r="S82" i="2" s="1"/>
+  <c r="T82" i="2" s="1"/>
   <c r="C83" i="2"/>
-  <c r="S83" i="2" s="1"/>
+  <c r="T83" i="2" s="1"/>
   <c r="C84" i="2"/>
-  <c r="S84" i="2" s="1"/>
+  <c r="T84" i="2" s="1"/>
   <c r="C85" i="2"/>
-  <c r="S85" i="2" s="1"/>
+  <c r="T85" i="2" s="1"/>
   <c r="C86" i="2"/>
-  <c r="S86" i="2" s="1"/>
-  <c r="S87" i="2"/>
+  <c r="T86" i="2" s="1"/>
+  <c r="T87" i="2"/>
   <c r="C88" i="2"/>
-  <c r="S88" i="2" s="1"/>
+  <c r="T88" i="2" s="1"/>
   <c r="C89" i="2"/>
   <c r="C90" i="2"/>
-  <c r="S90" i="2" s="1"/>
+  <c r="T90" i="2" s="1"/>
   <c r="C91" i="2"/>
-  <c r="S91" i="2" s="1"/>
+  <c r="T91" i="2" s="1"/>
   <c r="C92" i="2"/>
+  <c r="T92" i="2" s="1"/>
   <c r="C93" i="2"/>
   <c r="C94" i="2"/>
-  <c r="S94" i="2" s="1"/>
+  <c r="T94" i="2" s="1"/>
   <c r="C95" i="2"/>
-  <c r="S95" i="2" s="1"/>
+  <c r="T95" i="2" s="1"/>
   <c r="C96" i="2"/>
-  <c r="S96" i="2" s="1"/>
+  <c r="T96" i="2" s="1"/>
   <c r="C97" i="2"/>
-  <c r="S97" i="2" s="1"/>
+  <c r="T97" i="2" s="1"/>
   <c r="C98" i="2"/>
-  <c r="S98" i="2" s="1"/>
+  <c r="T98" i="2" s="1"/>
   <c r="C99" i="2"/>
-  <c r="S99" i="2" s="1"/>
+  <c r="T99" i="2" s="1"/>
   <c r="C100" i="2"/>
-  <c r="S100" i="2" s="1"/>
-  <c r="S101" i="2"/>
+  <c r="T100" i="2" s="1"/>
+  <c r="T101" i="2"/>
   <c r="C102" i="2"/>
-  <c r="S102" i="2" s="1"/>
+  <c r="T102" i="2" s="1"/>
   <c r="C103" i="2"/>
   <c r="C104" i="2"/>
   <c r="C105" i="2"/>
+  <c r="T105" i="2" s="1"/>
   <c r="C106" i="2"/>
   <c r="C107" i="2"/>
+  <c r="T107" i="2" s="1"/>
   <c r="C108" i="2"/>
+  <c r="T108" i="2" s="1"/>
   <c r="C109" i="2"/>
+  <c r="T109" i="2" s="1"/>
   <c r="C110" i="2"/>
+  <c r="T110" i="2" s="1"/>
   <c r="C111" i="2"/>
+  <c r="T111" i="2" s="1"/>
   <c r="C112" i="2"/>
+  <c r="T112" i="2" s="1"/>
   <c r="C113" i="2"/>
+  <c r="T113" i="2" s="1"/>
   <c r="C114" i="2"/>
+  <c r="T114" i="2" s="1"/>
   <c r="C115" i="2"/>
+  <c r="T115" i="2" s="1"/>
   <c r="C116" i="2"/>
+  <c r="T116" i="2" s="1"/>
   <c r="C117" i="2"/>
+  <c r="T117" i="2" s="1"/>
   <c r="C118" i="2"/>
-  <c r="S118" i="2" s="1"/>
+  <c r="T118" i="2" s="1"/>
   <c r="C119" i="2"/>
-  <c r="S119" i="2" s="1"/>
+  <c r="T119" i="2" s="1"/>
   <c r="C120" i="2"/>
-  <c r="S120" i="2" s="1"/>
+  <c r="T120" i="2" s="1"/>
   <c r="C121" i="2"/>
-  <c r="S121" i="2" s="1"/>
+  <c r="T121" i="2" s="1"/>
   <c r="C122" i="2"/>
   <c r="C123" i="2"/>
   <c r="C124" i="2"/>
-  <c r="S124" i="2" s="1"/>
+  <c r="T124" i="2" s="1"/>
   <c r="C125" i="2"/>
-  <c r="S125" i="2" s="1"/>
+  <c r="T125" i="2" s="1"/>
   <c r="C126" i="2"/>
-  <c r="S126" i="2" s="1"/>
+  <c r="T126" i="2" s="1"/>
   <c r="C127" i="2"/>
-  <c r="S127" i="2" s="1"/>
+  <c r="T127" i="2" s="1"/>
   <c r="C128" i="2"/>
-  <c r="S128" i="2" s="1"/>
+  <c r="T128" i="2" s="1"/>
   <c r="C129" i="2"/>
-  <c r="S129" i="2" s="1"/>
+  <c r="T129" i="2" s="1"/>
   <c r="C130" i="2"/>
-  <c r="S130" i="2" s="1"/>
+  <c r="T130" i="2" s="1"/>
   <c r="C131" i="2"/>
-  <c r="S131" i="2" s="1"/>
+  <c r="T131" i="2" s="1"/>
   <c r="C132" i="2"/>
-  <c r="S132" i="2" s="1"/>
+  <c r="T132" i="2" s="1"/>
   <c r="C133" i="2"/>
   <c r="C134" i="2"/>
   <c r="C135" i="2"/>
   <c r="C136" i="2"/>
   <c r="C137" i="2"/>
   <c r="C138" i="2"/>
   <c r="C139" i="2"/>
   <c r="C140" i="2"/>
+  <c r="T140" i="2" s="1"/>
   <c r="C141" i="2"/>
+  <c r="T141" i="2" s="1"/>
   <c r="C142" i="2"/>
+  <c r="T142" i="2" s="1"/>
   <c r="C143" i="2"/>
+  <c r="T143" i="2" s="1"/>
   <c r="C144" i="2"/>
+  <c r="T144" i="2" s="1"/>
   <c r="C145" i="2"/>
+  <c r="T145" i="2" s="1"/>
   <c r="C146" i="2"/>
+  <c r="T146" i="2" s="1"/>
   <c r="C147" i="2"/>
+  <c r="T147" i="2" s="1"/>
   <c r="C148" i="2"/>
+  <c r="T148" i="2" s="1"/>
   <c r="C149" i="2"/>
+  <c r="T149" i="2" s="1"/>
   <c r="C150" i="2"/>
   <c r="C151" i="2"/>
   <c r="C152" i="2"/>
   <c r="C153" i="2"/>
-  <c r="S153" i="2" s="1"/>
+  <c r="T153" i="2" s="1"/>
   <c r="C154" i="2"/>
   <c r="C155" i="2"/>
   <c r="C156" i="2"/>
   <c r="C157" i="2"/>
-  <c r="S157" i="2" s="1"/>
+  <c r="T157" i="2" s="1"/>
   <c r="C158" i="2"/>
-  <c r="S158" i="2" s="1"/>
+  <c r="T158" i="2" s="1"/>
   <c r="C159" i="2"/>
-  <c r="S159" i="2" s="1"/>
+  <c r="T159" i="2" s="1"/>
   <c r="C160" i="2"/>
-  <c r="S160" i="2" s="1"/>
+  <c r="T160" i="2" s="1"/>
   <c r="C161" i="2"/>
-  <c r="S161" i="2" s="1"/>
+  <c r="T161" i="2" s="1"/>
   <c r="C162" i="2"/>
-  <c r="S162" i="2" s="1"/>
+  <c r="T162" i="2" s="1"/>
   <c r="C163" i="2"/>
-  <c r="S163" i="2" s="1"/>
+  <c r="T163" i="2" s="1"/>
   <c r="C164" i="2"/>
-  <c r="S164" i="2" s="1"/>
+  <c r="T164" i="2" s="1"/>
   <c r="C165" i="2"/>
+  <c r="T165" i="2" s="1"/>
   <c r="C166" i="2"/>
+  <c r="T166" i="2" s="1"/>
   <c r="C167" i="2"/>
   <c r="C168" i="2"/>
   <c r="C169" i="2"/>
+  <c r="T169" i="2" s="1"/>
   <c r="C170" i="2"/>
-  <c r="S171" i="2"/>
+  <c r="T171" i="2"/>
   <c r="C172" i="2"/>
+  <c r="T172" i="2" s="1"/>
   <c r="C173" i="2"/>
+  <c r="T173" i="2" s="1"/>
   <c r="C174" i="2"/>
+  <c r="T174" i="2" s="1"/>
   <c r="C175" i="2"/>
+  <c r="T175" i="2" s="1"/>
   <c r="C176" i="2"/>
+  <c r="T176" i="2" s="1"/>
   <c r="C177" i="2"/>
+  <c r="T177" i="2" s="1"/>
   <c r="C178" i="2"/>
-  <c r="S178" i="2" s="1"/>
+  <c r="T178" i="2" s="1"/>
   <c r="C179" i="2"/>
-  <c r="S179" i="2" s="1"/>
+  <c r="T179" i="2" s="1"/>
   <c r="C180" i="2"/>
-  <c r="S180" i="2" s="1"/>
+  <c r="T180" i="2" s="1"/>
   <c r="C181" i="2"/>
-  <c r="S181" i="2" s="1"/>
+  <c r="T181" i="2" s="1"/>
   <c r="C182" i="2"/>
-  <c r="S182" i="2" s="1"/>
+  <c r="T182" i="2" s="1"/>
   <c r="C183" i="2"/>
-  <c r="S183" i="2" s="1"/>
+  <c r="T183" i="2" s="1"/>
   <c r="C184" i="2"/>
-  <c r="S184" i="2" s="1"/>
+  <c r="T184" i="2" s="1"/>
   <c r="C185" i="2"/>
-  <c r="S185" i="2" s="1"/>
+  <c r="T185" i="2" s="1"/>
   <c r="C186" i="2"/>
   <c r="C187" i="2"/>
   <c r="C188" i="2"/>
-  <c r="S188" i="2" s="1"/>
+  <c r="T188" i="2" s="1"/>
   <c r="C189" i="2"/>
-  <c r="S189" i="2" s="1"/>
+  <c r="T189" i="2" s="1"/>
   <c r="C190" i="2"/>
-  <c r="S190" i="2" s="1"/>
+  <c r="T190" i="2" s="1"/>
   <c r="C191" i="2"/>
-  <c r="S191" i="2" s="1"/>
+  <c r="T191" i="2" s="1"/>
   <c r="C192" i="2"/>
-  <c r="S192" i="2" s="1"/>
+  <c r="T192" i="2" s="1"/>
   <c r="C193" i="2"/>
-  <c r="S193" i="2" s="1"/>
+  <c r="T193" i="2" s="1"/>
   <c r="C194" i="2"/>
-  <c r="S194" i="2" s="1"/>
+  <c r="T194" i="2" s="1"/>
   <c r="C195" i="2"/>
-  <c r="S195" i="2" s="1"/>
+  <c r="T195" i="2" s="1"/>
   <c r="C196" i="2"/>
-  <c r="S196" i="2" s="1"/>
+  <c r="T196" i="2" s="1"/>
   <c r="C197" i="2"/>
+  <c r="T197" i="2" s="1"/>
   <c r="C198" i="2"/>
-  <c r="S198" i="2" s="1"/>
+  <c r="T198" i="2" s="1"/>
   <c r="C199" i="2"/>
   <c r="C200" i="2"/>
   <c r="C201" i="2"/>
   <c r="C202" i="2"/>
   <c r="C203" i="2"/>
   <c r="C204" i="2"/>
   <c r="C205" i="2"/>
   <c r="C206" i="2"/>
   <c r="C207" i="2"/>
   <c r="C208" i="2"/>
   <c r="C209" i="2"/>
+  <c r="T209" i="2" s="1"/>
   <c r="C210" i="2"/>
+  <c r="T210" i="2" s="1"/>
   <c r="C211" i="2"/>
+  <c r="T211" i="2" s="1"/>
   <c r="C212" i="2"/>
+  <c r="T212" i="2" s="1"/>
   <c r="C213" i="2"/>
+  <c r="T213" i="2" s="1"/>
   <c r="C214" i="2"/>
-  <c r="S214" i="2" s="1"/>
+  <c r="T214" i="2" s="1"/>
   <c r="C215" i="2"/>
-  <c r="S215" i="2" s="1"/>
+  <c r="T215" i="2" s="1"/>
   <c r="C216" i="2"/>
-  <c r="S216" i="2" s="1"/>
+  <c r="T216" i="2" s="1"/>
   <c r="C217" i="2"/>
   <c r="C218" i="2"/>
   <c r="C219" i="2"/>
+  <c r="T219" i="2" s="1"/>
   <c r="C220" i="2"/>
   <c r="C221" i="2"/>
   <c r="C222" i="2"/>
   <c r="C223" i="2"/>
-  <c r="S224" i="2"/>
+  <c r="T224" i="2"/>
   <c r="C225" i="2"/>
   <c r="C226" i="2"/>
   <c r="C227" i="2"/>
-  <c r="S227" i="2" s="1"/>
+  <c r="T227" i="2" s="1"/>
   <c r="C228" i="2"/>
-  <c r="S228" i="2" s="1"/>
+  <c r="T228" i="2" s="1"/>
   <c r="C229" i="2"/>
+  <c r="T229" i="2" s="1"/>
   <c r="C230" i="2"/>
+  <c r="T230" i="2" s="1"/>
   <c r="C231" i="2"/>
   <c r="C232" i="2"/>
+  <c r="T232" i="2" s="1"/>
   <c r="C233" i="2"/>
+  <c r="T233" i="2" s="1"/>
   <c r="C234" i="2"/>
   <c r="C235" i="2"/>
-  <c r="S235" i="2" s="1"/>
+  <c r="T235" i="2" s="1"/>
   <c r="C236" i="2"/>
-  <c r="S236" i="2" s="1"/>
+  <c r="T236" i="2" s="1"/>
   <c r="C237" i="2"/>
-  <c r="S237" i="2" s="1"/>
+  <c r="T237" i="2" s="1"/>
   <c r="C238" i="2"/>
-  <c r="S238" i="2" s="1"/>
+  <c r="T238" i="2" s="1"/>
   <c r="C239" i="2"/>
-  <c r="S239" i="2" s="1"/>
+  <c r="T239" i="2" s="1"/>
   <c r="C240" i="2"/>
-  <c r="S240" i="2" s="1"/>
+  <c r="T240" i="2" s="1"/>
   <c r="C241" i="2"/>
-  <c r="S241" i="2" s="1"/>
+  <c r="T241" i="2" s="1"/>
   <c r="C242" i="2"/>
-  <c r="S242" i="2" s="1"/>
+  <c r="T242" i="2" s="1"/>
   <c r="C243" i="2"/>
-  <c r="S243" i="2" s="1"/>
+  <c r="T243" i="2" s="1"/>
   <c r="C244" i="2"/>
-  <c r="S244" i="2" s="1"/>
+  <c r="T244" i="2" s="1"/>
   <c r="C245" i="2"/>
-  <c r="S245" i="2" s="1"/>
+  <c r="T245" i="2" s="1"/>
   <c r="C246" i="2"/>
-  <c r="S246" i="2" s="1"/>
+  <c r="T246" i="2" s="1"/>
   <c r="C247" i="2"/>
-  <c r="S247" i="2" s="1"/>
+  <c r="T247" i="2" s="1"/>
   <c r="C248" i="2"/>
-  <c r="S248" i="2" s="1"/>
+  <c r="T248" i="2" s="1"/>
   <c r="C249" i="2"/>
-  <c r="S249" i="2" s="1"/>
+  <c r="T249" i="2" s="1"/>
   <c r="C250" i="2"/>
   <c r="C251" i="2"/>
-  <c r="S251" i="2" s="1"/>
+  <c r="T251" i="2" s="1"/>
   <c r="C252" i="2"/>
-  <c r="S252" i="2" s="1"/>
+  <c r="T252" i="2" s="1"/>
   <c r="C253" i="2"/>
-  <c r="S253" i="2" s="1"/>
+  <c r="T253" i="2" s="1"/>
   <c r="C254" i="2"/>
-  <c r="S254" i="2" s="1"/>
+  <c r="T254" i="2" s="1"/>
   <c r="C255" i="2"/>
-  <c r="S255" i="2" s="1"/>
+  <c r="T255" i="2" s="1"/>
   <c r="C256" i="2"/>
-  <c r="S256" i="2" s="1"/>
+  <c r="T256" i="2" s="1"/>
   <c r="C257" i="2"/>
-  <c r="S257" i="2" s="1"/>
+  <c r="T257" i="2" s="1"/>
   <c r="C258" i="2"/>
-  <c r="S258" i="2" s="1"/>
+  <c r="T258" i="2" s="1"/>
   <c r="C259" i="2"/>
-  <c r="S259" i="2" s="1"/>
+  <c r="T259" i="2" s="1"/>
   <c r="C260" i="2"/>
-  <c r="S260" i="2" s="1"/>
+  <c r="T260" i="2" s="1"/>
   <c r="C261" i="2"/>
+  <c r="T261" i="2" s="1"/>
   <c r="C262" i="2"/>
+  <c r="T262" i="2" s="1"/>
   <c r="C263" i="2"/>
   <c r="C264" i="2"/>
   <c r="C265" i="2"/>
+  <c r="T265" i="2" s="1"/>
   <c r="C266" i="2"/>
   <c r="C267" i="2"/>
   <c r="C268" i="2"/>
+  <c r="T268" i="2" s="1"/>
   <c r="C269" i="2"/>
+  <c r="T269" i="2" s="1"/>
   <c r="C270" i="2"/>
+  <c r="T270" i="2" s="1"/>
   <c r="C271" i="2"/>
+  <c r="T271" i="2" s="1"/>
   <c r="C272" i="2"/>
+  <c r="T272" i="2" s="1"/>
   <c r="C273" i="2"/>
   <c r="C274" i="2"/>
   <c r="C275" i="2"/>
-  <c r="S275" i="2" s="1"/>
+  <c r="T275" i="2" s="1"/>
   <c r="C276" i="2"/>
+  <c r="T276" i="2" s="1"/>
   <c r="C277" i="2"/>
+  <c r="T277" i="2" s="1"/>
   <c r="C278" i="2"/>
   <c r="C279" i="2"/>
   <c r="C280" i="2"/>
   <c r="C281" i="2"/>
+  <c r="T281" i="2" s="1"/>
   <c r="C282" i="2"/>
   <c r="C283" i="2"/>
   <c r="C284" i="2"/>
+  <c r="T284" i="2" s="1"/>
   <c r="C285" i="2"/>
   <c r="C286" i="2"/>
   <c r="C287" i="2"/>
+  <c r="T287" i="2" s="1"/>
   <c r="C288" i="2"/>
-  <c r="S288" i="2" s="1"/>
+  <c r="T288" i="2" s="1"/>
   <c r="C289" i="2"/>
-  <c r="S289" i="2" s="1"/>
+  <c r="T289" i="2" s="1"/>
   <c r="C290" i="2"/>
-  <c r="S290" i="2" s="1"/>
+  <c r="T290" i="2" s="1"/>
   <c r="C291" i="2"/>
-  <c r="S291" i="2" s="1"/>
+  <c r="T291" i="2" s="1"/>
   <c r="C292" i="2"/>
-  <c r="S292" i="2" s="1"/>
+  <c r="T292" i="2" s="1"/>
   <c r="C293" i="2"/>
   <c r="C294" i="2"/>
   <c r="C295" i="2"/>
   <c r="C296" i="2"/>
   <c r="C297" i="2"/>
   <c r="C298" i="2"/>
   <c r="C299" i="2"/>
   <c r="C300" i="2"/>
   <c r="C301" i="2"/>
-  <c r="S301" i="2" s="1"/>
+  <c r="T301" i="2" s="1"/>
   <c r="C302" i="2"/>
-  <c r="S302" i="2" s="1"/>
+  <c r="T302" i="2" s="1"/>
   <c r="C303" i="2"/>
-  <c r="S303" i="2" s="1"/>
+  <c r="T303" i="2" s="1"/>
   <c r="C304" i="2"/>
-  <c r="S304" i="2" s="1"/>
+  <c r="T304" i="2" s="1"/>
   <c r="C305" i="2"/>
-  <c r="S305" i="2" s="1"/>
+  <c r="T305" i="2" s="1"/>
   <c r="C306" i="2"/>
-  <c r="S306" i="2" s="1"/>
+  <c r="T306" i="2" s="1"/>
   <c r="C307" i="2"/>
-  <c r="S307" i="2" s="1"/>
+  <c r="T307" i="2" s="1"/>
   <c r="C308" i="2"/>
-  <c r="S308" i="2" s="1"/>
+  <c r="T308" i="2" s="1"/>
   <c r="C309" i="2"/>
-  <c r="S309" i="2" s="1"/>
+  <c r="T309" i="2" s="1"/>
   <c r="C310" i="2"/>
-  <c r="S310" i="2" s="1"/>
+  <c r="T310" i="2" s="1"/>
   <c r="C311" i="2"/>
-  <c r="S311" i="2" s="1"/>
+  <c r="T311" i="2" s="1"/>
   <c r="C312" i="2"/>
-  <c r="S312" i="2" s="1"/>
+  <c r="T312" i="2" s="1"/>
   <c r="C313" i="2"/>
-  <c r="S313" i="2" s="1"/>
+  <c r="T313" i="2" s="1"/>
   <c r="C314" i="2"/>
-  <c r="S314" i="2" s="1"/>
+  <c r="T314" i="2" s="1"/>
   <c r="C315" i="2"/>
-  <c r="S315" i="2" s="1"/>
+  <c r="T315" i="2" s="1"/>
   <c r="C316" i="2"/>
-  <c r="S316" i="2" s="1"/>
+  <c r="T316" i="2" s="1"/>
   <c r="C317" i="2"/>
-  <c r="S317" i="2" s="1"/>
+  <c r="T317" i="2" s="1"/>
   <c r="C318" i="2"/>
-  <c r="S318" i="2" s="1"/>
+  <c r="T318" i="2" s="1"/>
   <c r="C319" i="2"/>
-  <c r="S319" i="2" s="1"/>
+  <c r="T319" i="2" s="1"/>
   <c r="C320" i="2"/>
-  <c r="S320" i="2" s="1"/>
+  <c r="T320" i="2" s="1"/>
   <c r="C321" i="2"/>
-  <c r="S321" i="2" s="1"/>
+  <c r="T321" i="2" s="1"/>
   <c r="C322" i="2"/>
-  <c r="S322" i="2" s="1"/>
+  <c r="T322" i="2" s="1"/>
   <c r="C323" i="2"/>
-  <c r="S323" i="2" s="1"/>
+  <c r="T323" i="2" s="1"/>
   <c r="C324" i="2"/>
-  <c r="S324" i="2" s="1"/>
+  <c r="T324" i="2" s="1"/>
   <c r="C325" i="2"/>
   <c r="C326" i="2"/>
   <c r="C327" i="2"/>
+  <c r="T327" i="2" s="1"/>
   <c r="C328" i="2"/>
+  <c r="T328" i="2" s="1"/>
   <c r="C4" i="2"/>
-  <c r="S4" i="2" s="1"/>
-[...52 lines deleted...]
-  <c r="S287" i="2"/>
+  <c r="T4" i="2" s="1"/>
+  <c r="T25" i="2"/>
+  <c r="T28" i="2"/>
+  <c r="T52" i="2"/>
+  <c r="T54" i="2"/>
+  <c r="T55" i="2"/>
+  <c r="T56" i="2"/>
+  <c r="T57" i="2"/>
+  <c r="T89" i="2"/>
+  <c r="T93" i="2"/>
+  <c r="T150" i="2"/>
+  <c r="T151" i="2"/>
+  <c r="T152" i="2"/>
+  <c r="T156" i="2"/>
+  <c r="T217" i="2"/>
+  <c r="T220" i="2"/>
+  <c r="T221" i="2"/>
+  <c r="T222" i="2"/>
+  <c r="T223" i="2"/>
+  <c r="T225" i="2"/>
+  <c r="T226" i="2"/>
+  <c r="T273" i="2"/>
+  <c r="T274" i="2"/>
+  <c r="T278" i="2"/>
+  <c r="T279" i="2"/>
+  <c r="T280" i="2"/>
+  <c r="T285" i="2"/>
+  <c r="T286" i="2"/>
   <c r="E326" i="6"/>
   <c r="D326" i="6"/>
   <c r="F324" i="6"/>
   <c r="F323" i="6"/>
   <c r="F322" i="6"/>
   <c r="F321" i="6"/>
   <c r="F320" i="6"/>
   <c r="F319" i="6"/>
   <c r="F318" i="6"/>
   <c r="F317" i="6"/>
   <c r="F316" i="6"/>
   <c r="F315" i="6"/>
   <c r="F314" i="6"/>
   <c r="F313" i="6"/>
   <c r="F312" i="6"/>
   <c r="F311" i="6"/>
   <c r="F310" i="6"/>
   <c r="F309" i="6"/>
   <c r="F308" i="6"/>
   <c r="F307" i="6"/>
   <c r="F306" i="6"/>
   <c r="F305" i="6"/>
   <c r="F304" i="6"/>
   <c r="F303" i="6"/>
   <c r="F302" i="6"/>
@@ -1903,173 +1952,125 @@
   <c r="F26" i="6"/>
   <c r="F25" i="6"/>
   <c r="F24" i="6"/>
   <c r="F23" i="6"/>
   <c r="F22" i="6"/>
   <c r="F21" i="6"/>
   <c r="F20" i="6"/>
   <c r="F19" i="6"/>
   <c r="F18" i="6"/>
   <c r="F17" i="6"/>
   <c r="F16" i="6"/>
   <c r="F15" i="6"/>
   <c r="F14" i="6"/>
   <c r="F13" i="6"/>
   <c r="F12" i="6"/>
   <c r="F11" i="6"/>
   <c r="F10" i="6"/>
   <c r="F9" i="6"/>
   <c r="F8" i="6"/>
   <c r="F7" i="6"/>
   <c r="F6" i="6"/>
   <c r="G5" i="6"/>
   <c r="G326" i="6" s="1"/>
   <c r="F5" i="6"/>
   <c r="F326" i="6" s="1"/>
-  <c r="S5" i="2"/>
-[...116 lines deleted...]
-  <c r="S329" i="2" l="1"/>
+  <c r="T6" i="2"/>
+  <c r="T7" i="2"/>
+  <c r="T8" i="2"/>
+  <c r="T9" i="2"/>
+  <c r="T10" i="2"/>
+  <c r="T11" i="2"/>
+  <c r="T38" i="2"/>
+  <c r="T39" i="2"/>
+  <c r="T40" i="2"/>
+  <c r="T41" i="2"/>
+  <c r="T42" i="2"/>
+  <c r="T43" i="2"/>
+  <c r="T44" i="2"/>
+  <c r="T45" i="2"/>
+  <c r="T46" i="2"/>
+  <c r="T47" i="2"/>
+  <c r="T58" i="2"/>
+  <c r="T71" i="2"/>
+  <c r="T72" i="2"/>
+  <c r="T103" i="2"/>
+  <c r="T104" i="2"/>
+  <c r="T106" i="2"/>
+  <c r="T122" i="2"/>
+  <c r="T123" i="2"/>
+  <c r="T133" i="2"/>
+  <c r="T134" i="2"/>
+  <c r="T135" i="2"/>
+  <c r="T136" i="2"/>
+  <c r="T137" i="2"/>
+  <c r="T138" i="2"/>
+  <c r="T139" i="2"/>
+  <c r="T154" i="2"/>
+  <c r="T155" i="2"/>
+  <c r="T167" i="2"/>
+  <c r="T168" i="2"/>
+  <c r="T170" i="2"/>
+  <c r="T186" i="2"/>
+  <c r="T187" i="2"/>
+  <c r="T199" i="2"/>
+  <c r="T200" i="2"/>
+  <c r="T201" i="2"/>
+  <c r="T202" i="2"/>
+  <c r="T203" i="2"/>
+  <c r="T204" i="2"/>
+  <c r="T205" i="2"/>
+  <c r="T206" i="2"/>
+  <c r="T207" i="2"/>
+  <c r="T208" i="2"/>
+  <c r="T218" i="2"/>
+  <c r="T231" i="2"/>
+  <c r="T234" i="2"/>
+  <c r="T250" i="2"/>
+  <c r="T263" i="2"/>
+  <c r="T264" i="2"/>
+  <c r="T266" i="2"/>
+  <c r="T267" i="2"/>
+  <c r="T282" i="2"/>
+  <c r="T283" i="2"/>
+  <c r="T293" i="2"/>
+  <c r="T294" i="2"/>
+  <c r="T295" i="2"/>
+  <c r="T296" i="2"/>
+  <c r="T297" i="2"/>
+  <c r="T298" i="2"/>
+  <c r="T299" i="2"/>
+  <c r="T300" i="2"/>
+  <c r="T325" i="2"/>
+  <c r="T326" i="2"/>
+  <c r="C329" i="2" l="1"/>
+  <c r="T329" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2491" uniqueCount="1336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2492" uniqueCount="1337">
   <si>
     <t>ADAIR-CASEY</t>
   </si>
   <si>
     <t>ADEL-DESOTO-MINBURN</t>
   </si>
   <si>
     <t>AGWSR</t>
   </si>
   <si>
     <t>AKRON-WESTFIELD</t>
   </si>
   <si>
     <t>ALBERT CITY-TRUESDALE</t>
   </si>
   <si>
     <t>ALBIA</t>
   </si>
   <si>
     <t>ALBURNETT</t>
   </si>
   <si>
     <t>ALDEN</t>
   </si>
   <si>
@@ -5077,53 +5078,50 @@
   <si>
     <t xml:space="preserve">Estherville Lincoln Central Comm School District </t>
   </si>
   <si>
     <t xml:space="preserve">Exira-Elk Horn-Kimballton Comm School District </t>
   </si>
   <si>
     <t>Total FY26</t>
   </si>
   <si>
     <t>Ratio</t>
   </si>
   <si>
     <t>Maximum MSA Possible Before Carryforward</t>
   </si>
   <si>
     <t>Carryforward from FY24</t>
   </si>
   <si>
     <t>Maximum Allowed MSA Request</t>
   </si>
   <si>
     <t>MSA Requested</t>
   </si>
   <si>
-    <t xml:space="preserve">FY 2026 Modified Supplemental Amounts granted by the SBRC to Date (as of 12/16/2025) </t>
-[...1 lines deleted...]
-  <si>
     <t>45% of OE</t>
   </si>
   <si>
     <t>Certification Date</t>
   </si>
   <si>
     <t>Adel-Desoto-Minburn</t>
   </si>
   <si>
     <t>Alta-Aurelia</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Audubon</t>
   </si>
   <si>
     <t>Ballard</t>
   </si>
   <si>
     <t>Baxter</t>
   </si>
   <si>
     <t>Bedford</t>
@@ -6038,50 +6036,56 @@
     <t>West Monona</t>
   </si>
   <si>
     <t>West Sioux</t>
   </si>
   <si>
     <t>Westwood</t>
   </si>
   <si>
     <t>Whiting</t>
   </si>
   <si>
     <t>Williamsburg</t>
   </si>
   <si>
     <t>Wilton</t>
   </si>
   <si>
     <t>Winterset</t>
   </si>
   <si>
     <t>Emmetsburg</t>
   </si>
   <si>
     <t>West Lyon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FY 2026 Modified Supplemental Amounts granted by the SBRC to Date (as of 03/10/2026) </t>
+  </si>
+  <si>
+    <t>Negative Award of MSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0000"/>
     <numFmt numFmtId="165" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="mm/dd/yyyy\ hh:mm"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="0.000"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -6458,51 +6462,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="4" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="32">
+  <borders count="33">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -6843,50 +6847,65 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="89">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -6935,51 +6954,51 @@
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="131">
+  <cellXfs count="133">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -7208,64 +7227,68 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="42" fontId="20" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="20" fillId="33" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="33" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="33" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="41" fontId="20" fillId="33" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="18" xfId="87" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="34" borderId="18" xfId="87" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="34" borderId="18" xfId="87" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="20" fillId="0" borderId="32" xfId="86" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="32" xfId="86" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="89">
     <cellStyle name="20% - Accent1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent3 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent3 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent4 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent4 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent5 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent5 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent6 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent6 3" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="40% - Accent1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="40% - Accent1 3" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="40% - Accent2 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="40% - Accent2 3" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="40% - Accent3 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="40% - Accent3 3" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="40% - Accent4 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="40% - Accent4 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="40% - Accent5 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="40% - Accent5 3" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="40% - Accent6 2" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -7615,13955 +7638,14300 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:U329"/>
+  <dimension ref="A1:V329"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="L4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="3" topLeftCell="E49" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="S6" sqref="S6"/>
+      <selection pane="bottomRight" activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="1" width="9.26171875" style="1" customWidth="1"/>
     <col min="2" max="2" width="36.89453125" customWidth="1"/>
     <col min="3" max="3" width="16.26171875" style="62" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.26171875" style="62" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.83984375" style="62" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="13.578125" style="62" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="20" max="21" width="15.41796875" style="26" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="18.578125" style="62" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.578125" style="62" customWidth="1"/>
+    <col min="8" max="8" width="13.83984375" style="62" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5234375" style="62" customWidth="1"/>
+    <col min="10" max="10" width="12.05078125" style="62" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="16.41796875" style="62" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.578125" style="62" customWidth="1"/>
+    <col min="13" max="13" width="10.578125" style="62" customWidth="1"/>
+    <col min="14" max="14" width="13.26171875" style="62" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="13.3125" style="62" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="14.26171875" style="62" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="14.578125" style="37" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.62890625" style="28" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="15.578125" style="28" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="16.05078125" style="28" bestFit="1" customWidth="1"/>
+    <col min="21" max="22" width="15.41796875" style="26" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" s="2" customFormat="1" ht="18.3" x14ac:dyDescent="0.7">
+    <row r="1" spans="1:22" s="2" customFormat="1" ht="18.3" x14ac:dyDescent="0.7">
       <c r="A1" s="3" t="s">
-        <v>1015</v>
+        <v>1335</v>
       </c>
       <c r="C1" s="62"/>
       <c r="D1" s="62"/>
       <c r="E1" s="62"/>
       <c r="F1" s="62"/>
       <c r="G1" s="62"/>
       <c r="H1" s="62"/>
       <c r="I1" s="62"/>
       <c r="J1" s="62"/>
       <c r="K1" s="62"/>
       <c r="L1" s="62"/>
       <c r="M1" s="62"/>
       <c r="N1" s="62"/>
       <c r="O1" s="62"/>
-      <c r="P1" s="33"/>
-      <c r="Q1" s="28"/>
+      <c r="P1" s="62"/>
+      <c r="Q1" s="33"/>
       <c r="R1" s="28"/>
       <c r="S1" s="28"/>
-      <c r="T1" s="26"/>
+      <c r="T1" s="28"/>
       <c r="U1" s="26"/>
-    </row>
-    <row r="2" spans="1:21" s="2" customFormat="1" ht="18.3" x14ac:dyDescent="0.7">
+      <c r="V1" s="26"/>
+    </row>
+    <row r="2" spans="1:22" s="2" customFormat="1" ht="18.3" x14ac:dyDescent="0.7">
       <c r="A2" s="4"/>
       <c r="C2" s="62"/>
       <c r="D2" s="62"/>
       <c r="E2" s="62"/>
-      <c r="F2" s="63" t="s">
+      <c r="F2" s="62"/>
+      <c r="G2" s="63" t="s">
         <v>649</v>
       </c>
-      <c r="G2" s="67"/>
       <c r="H2" s="67"/>
       <c r="I2" s="67"/>
       <c r="J2" s="67"/>
       <c r="K2" s="67"/>
       <c r="L2" s="67"/>
       <c r="M2" s="67"/>
       <c r="N2" s="67"/>
       <c r="O2" s="67"/>
-      <c r="P2" s="34" t="s">
+      <c r="P2" s="67"/>
+      <c r="Q2" s="34" t="s">
         <v>639</v>
       </c>
-      <c r="Q2" s="29"/>
-[...2 lines deleted...]
-      <c r="T2" s="87" t="s">
+      <c r="R2" s="29"/>
+      <c r="S2" s="47"/>
+      <c r="T2" s="28"/>
+      <c r="U2" s="87" t="s">
         <v>1005</v>
       </c>
-      <c r="U2" s="86"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:21" s="6" customFormat="1" ht="57.6" x14ac:dyDescent="0.55000000000000004">
+      <c r="V2" s="86"/>
+    </row>
+    <row r="3" spans="1:22" s="6" customFormat="1" ht="57.6" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="32" t="s">
         <v>665</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>666</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>640</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>641</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>661</v>
       </c>
-      <c r="F3" s="64" t="s">
-        <v>1016</v>
+      <c r="F3" s="131" t="s">
+        <v>1336</v>
       </c>
       <c r="G3" s="64" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H3" s="64" t="s">
         <v>642</v>
       </c>
-      <c r="H3" s="64" t="s">
+      <c r="I3" s="64" t="s">
         <v>643</v>
       </c>
-      <c r="I3" s="64" t="s">
+      <c r="J3" s="64" t="s">
         <v>662</v>
       </c>
-      <c r="J3" s="64" t="s">
+      <c r="K3" s="64" t="s">
         <v>648</v>
       </c>
-      <c r="K3" s="64" t="s">
+      <c r="L3" s="64" t="s">
         <v>992</v>
       </c>
-      <c r="L3" s="64" t="s">
+      <c r="M3" s="64" t="s">
         <v>991</v>
       </c>
-      <c r="M3" s="64" t="s">
+      <c r="N3" s="64" t="s">
         <v>644</v>
       </c>
-      <c r="N3" s="68" t="s">
+      <c r="O3" s="68" t="s">
         <v>663</v>
       </c>
-      <c r="O3" s="68" t="s">
+      <c r="P3" s="68" t="s">
         <v>645</v>
       </c>
-      <c r="P3" s="35" t="s">
+      <c r="Q3" s="35" t="s">
         <v>646</v>
       </c>
-      <c r="Q3" s="30" t="s">
+      <c r="R3" s="30" t="s">
         <v>968</v>
       </c>
-      <c r="R3" s="30" t="s">
+      <c r="S3" s="30" t="s">
         <v>969</v>
       </c>
-      <c r="S3" s="30" t="s">
+      <c r="T3" s="30" t="s">
         <v>647</v>
       </c>
-      <c r="T3" s="27" t="s">
+      <c r="U3" s="27" t="s">
         <v>967</v>
       </c>
-      <c r="U3" s="27" t="s">
+      <c r="V3" s="27" t="s">
         <v>975</v>
       </c>
     </row>
-    <row r="4" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+    <row r="4" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="7" t="s">
         <v>321</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="61">
         <f>VLOOKUP(A4,'AR DOP'!A:G,7,FALSE)</f>
         <v>192502</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="61"/>
-      <c r="F4" s="65"/>
+      <c r="F4" s="132"/>
       <c r="G4" s="65"/>
       <c r="H4" s="65"/>
       <c r="I4" s="65"/>
       <c r="J4" s="65"/>
       <c r="K4" s="65"/>
       <c r="L4" s="65"/>
-      <c r="M4" s="61"/>
-      <c r="N4" s="69"/>
+      <c r="M4" s="65"/>
+      <c r="N4" s="61"/>
       <c r="O4" s="69"/>
-      <c r="P4" s="36">
+      <c r="P4" s="69"/>
+      <c r="Q4" s="36">
         <f>IFERROR(VLOOKUP(A4,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q4" s="31">
+      <c r="R4" s="31">
         <f>IFERROR(VLOOKUP(A4,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>244108</v>
       </c>
-      <c r="R4" s="31">
+      <c r="S4" s="31">
         <f>IFERROR(VLOOKUP(A4,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5076</v>
       </c>
-      <c r="S4" s="48">
-        <f>SUM(C4:R4)</f>
+      <c r="T4" s="48">
+        <f>SUM(C4:S4)</f>
         <v>441686</v>
       </c>
-      <c r="T4" s="61"/>
       <c r="U4" s="61"/>
-    </row>
-    <row r="5" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V4" s="61"/>
+    </row>
+    <row r="5" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A5" s="7" t="s">
         <v>319</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="61">
         <f>VLOOKUP(A5,'AR DOP'!A:G,7,FALSE)</f>
         <v>78255</v>
       </c>
       <c r="D5" s="61"/>
       <c r="E5" s="61"/>
-      <c r="F5" s="65"/>
+      <c r="F5" s="132"/>
       <c r="G5" s="65"/>
       <c r="H5" s="65"/>
       <c r="I5" s="65"/>
       <c r="J5" s="65"/>
       <c r="K5" s="65"/>
       <c r="L5" s="65"/>
       <c r="M5" s="65"/>
-      <c r="N5" s="66"/>
-[...1 lines deleted...]
-      <c r="P5" s="36">
+      <c r="N5" s="65"/>
+      <c r="O5" s="66"/>
+      <c r="P5" s="69"/>
+      <c r="Q5" s="36">
         <f>IFERROR(VLOOKUP(A5,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q5" s="31">
+      <c r="R5" s="31">
         <f>IFERROR(VLOOKUP(A5,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>69989</v>
       </c>
-      <c r="R5" s="31">
+      <c r="S5" s="31">
         <f>IFERROR(VLOOKUP(A5,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S5" s="48">
-        <f t="shared" ref="S5:S68" si="0">SUM(C5:R5)</f>
+      <c r="T5" s="48">
+        <f t="shared" ref="T5:T68" si="0">SUM(C5:S5)</f>
         <v>149921</v>
       </c>
-      <c r="T5" s="61"/>
       <c r="U5" s="61"/>
-    </row>
-    <row r="6" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V5" s="61"/>
+    </row>
+    <row r="6" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="7" t="s">
         <v>320</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="61">
         <f>VLOOKUP(A6,'AR DOP'!A:G,7,FALSE)</f>
         <v>849512</v>
       </c>
       <c r="D6" s="61"/>
       <c r="E6" s="61"/>
-      <c r="F6" s="65"/>
+      <c r="F6" s="132"/>
       <c r="G6" s="65"/>
       <c r="H6" s="65"/>
       <c r="I6" s="65"/>
       <c r="J6" s="65"/>
       <c r="K6" s="65"/>
       <c r="L6" s="65"/>
       <c r="M6" s="65"/>
-      <c r="N6" s="66"/>
-[...1 lines deleted...]
-      <c r="P6" s="36">
+      <c r="N6" s="65"/>
+      <c r="O6" s="66"/>
+      <c r="P6" s="69"/>
+      <c r="Q6" s="36">
         <f>IFERROR(VLOOKUP(A6,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>170943</v>
       </c>
-      <c r="Q6" s="31">
+      <c r="R6" s="31">
         <f>IFERROR(VLOOKUP(A6,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>124614</v>
       </c>
-      <c r="R6" s="31">
+      <c r="S6" s="31">
         <f>IFERROR(VLOOKUP(A6,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5032</v>
       </c>
-      <c r="S6" s="48">
+      <c r="T6" s="48">
         <f t="shared" si="0"/>
         <v>1150101</v>
       </c>
-      <c r="T6" s="61"/>
       <c r="U6" s="61"/>
-    </row>
-    <row r="7" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V6" s="61"/>
+    </row>
+    <row r="7" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="7" t="s">
         <v>323</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="61">
         <f>VLOOKUP(A7,'AR DOP'!A:G,7,FALSE)</f>
         <v>181978</v>
       </c>
       <c r="D7" s="61"/>
       <c r="E7" s="61"/>
-      <c r="F7" s="65"/>
+      <c r="F7" s="132"/>
       <c r="G7" s="65"/>
       <c r="H7" s="65"/>
       <c r="I7" s="65"/>
       <c r="J7" s="65"/>
       <c r="K7" s="65"/>
       <c r="L7" s="65"/>
       <c r="M7" s="65"/>
-      <c r="N7" s="66"/>
-[...1 lines deleted...]
-      <c r="P7" s="36">
+      <c r="N7" s="65"/>
+      <c r="O7" s="66"/>
+      <c r="P7" s="69"/>
+      <c r="Q7" s="36">
         <f>IFERROR(VLOOKUP(A7,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q7" s="31">
+      <c r="R7" s="31">
         <f>IFERROR(VLOOKUP(A7,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R7" s="31">
+      <c r="S7" s="31">
         <f>IFERROR(VLOOKUP(A7,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S7" s="48">
+      <c r="T7" s="48">
         <f t="shared" si="0"/>
         <v>292936</v>
       </c>
-      <c r="T7" s="61"/>
       <c r="U7" s="61"/>
-    </row>
-    <row r="8" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V7" s="61"/>
+    </row>
+    <row r="8" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="7" t="s">
         <v>324</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="61">
         <f>VLOOKUP(A8,'AR DOP'!A:G,7,FALSE)</f>
         <v>81200</v>
       </c>
       <c r="D8" s="61"/>
       <c r="E8" s="61"/>
-      <c r="F8" s="65"/>
+      <c r="F8" s="132"/>
       <c r="G8" s="65"/>
       <c r="H8" s="65"/>
       <c r="I8" s="65"/>
       <c r="J8" s="65"/>
       <c r="K8" s="65"/>
       <c r="L8" s="65"/>
       <c r="M8" s="65"/>
-      <c r="N8" s="66"/>
-[...1 lines deleted...]
-      <c r="P8" s="36">
+      <c r="N8" s="65"/>
+      <c r="O8" s="66"/>
+      <c r="P8" s="69"/>
+      <c r="Q8" s="36">
         <f>IFERROR(VLOOKUP(A8,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q8" s="31">
+      <c r="R8" s="31">
         <f>IFERROR(VLOOKUP(A8,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>119493</v>
       </c>
-      <c r="R8" s="31">
+      <c r="S8" s="31">
         <f>IFERROR(VLOOKUP(A8,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S8" s="48">
+      <c r="T8" s="48">
         <f t="shared" si="0"/>
         <v>200693</v>
       </c>
-      <c r="T8" s="61"/>
       <c r="U8" s="61"/>
-    </row>
-    <row r="9" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V8" s="61"/>
+    </row>
+    <row r="9" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="7" t="s">
         <v>325</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="61">
         <f>VLOOKUP(A9,'AR DOP'!A:G,7,FALSE)</f>
         <v>422917</v>
       </c>
       <c r="D9" s="61"/>
       <c r="E9" s="61"/>
-      <c r="F9" s="65"/>
+      <c r="F9" s="132"/>
       <c r="G9" s="65"/>
       <c r="H9" s="65"/>
       <c r="I9" s="65"/>
       <c r="J9" s="65"/>
       <c r="K9" s="65"/>
       <c r="L9" s="65"/>
       <c r="M9" s="65"/>
-      <c r="N9" s="66"/>
-[...1 lines deleted...]
-      <c r="P9" s="36">
+      <c r="N9" s="65"/>
+      <c r="O9" s="66"/>
+      <c r="P9" s="69"/>
+      <c r="Q9" s="36">
         <f>IFERROR(VLOOKUP(A9,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q9" s="31">
+      <c r="R9" s="31">
         <f>IFERROR(VLOOKUP(A9,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>181800</v>
       </c>
-      <c r="R9" s="31">
+      <c r="S9" s="31">
         <f>IFERROR(VLOOKUP(A9,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S9" s="48">
+      <c r="T9" s="48">
         <f t="shared" si="0"/>
         <v>604717</v>
       </c>
-      <c r="T9" s="61"/>
       <c r="U9" s="61"/>
-    </row>
-    <row r="10" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V9" s="61"/>
+    </row>
+    <row r="10" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="7" t="s">
         <v>326</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="61">
         <f>VLOOKUP(A10,'AR DOP'!A:G,7,FALSE)</f>
         <v>211889</v>
       </c>
       <c r="D10" s="61"/>
       <c r="E10" s="61"/>
-      <c r="F10" s="65"/>
+      <c r="F10" s="132"/>
       <c r="G10" s="65"/>
       <c r="H10" s="65"/>
       <c r="I10" s="65"/>
       <c r="J10" s="65"/>
       <c r="K10" s="65"/>
       <c r="L10" s="65"/>
       <c r="M10" s="65"/>
-      <c r="N10" s="66"/>
-[...1 lines deleted...]
-      <c r="P10" s="36">
+      <c r="N10" s="65"/>
+      <c r="O10" s="66"/>
+      <c r="P10" s="69"/>
+      <c r="Q10" s="36">
         <f>IFERROR(VLOOKUP(A10,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q10" s="31">
+      <c r="R10" s="31">
         <f>IFERROR(VLOOKUP(A10,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>114372</v>
       </c>
-      <c r="R10" s="31">
+      <c r="S10" s="31">
         <f>IFERROR(VLOOKUP(A10,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S10" s="48">
+      <c r="T10" s="48">
         <f t="shared" si="0"/>
         <v>326261</v>
       </c>
-      <c r="T10" s="61"/>
       <c r="U10" s="61"/>
-    </row>
-    <row r="11" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V10" s="61"/>
+    </row>
+    <row r="11" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A11" s="7" t="s">
         <v>327</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="61">
         <f>VLOOKUP(A11,'AR DOP'!A:G,7,FALSE)</f>
         <v>43587</v>
       </c>
       <c r="D11" s="61"/>
       <c r="E11" s="61"/>
-      <c r="F11" s="65"/>
+      <c r="F11" s="132"/>
       <c r="G11" s="65"/>
       <c r="H11" s="65"/>
       <c r="I11" s="65"/>
       <c r="J11" s="65"/>
       <c r="K11" s="65"/>
       <c r="L11" s="65"/>
       <c r="M11" s="65"/>
-      <c r="N11" s="66"/>
-[...1 lines deleted...]
-      <c r="P11" s="36">
+      <c r="N11" s="65"/>
+      <c r="O11" s="66"/>
+      <c r="P11" s="69"/>
+      <c r="Q11" s="36">
         <f>IFERROR(VLOOKUP(A11,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q11" s="31">
+      <c r="R11" s="31">
         <f>IFERROR(VLOOKUP(A11,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>126321</v>
       </c>
-      <c r="R11" s="31">
+      <c r="S11" s="31">
         <f>IFERROR(VLOOKUP(A11,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S11" s="48">
+      <c r="T11" s="48">
         <f t="shared" si="0"/>
         <v>171585</v>
       </c>
-      <c r="T11" s="61"/>
       <c r="U11" s="61"/>
-    </row>
-    <row r="12" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V11" s="61"/>
+    </row>
+    <row r="12" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="7" t="s">
         <v>328</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="61">
         <f>VLOOKUP(A12,'AR DOP'!A:G,7,FALSE)</f>
         <v>521918</v>
       </c>
       <c r="D12" s="61"/>
       <c r="E12" s="61"/>
-      <c r="F12" s="65"/>
+      <c r="F12" s="132"/>
       <c r="G12" s="65"/>
       <c r="H12" s="65"/>
       <c r="I12" s="65"/>
       <c r="J12" s="65"/>
       <c r="K12" s="65"/>
       <c r="L12" s="65"/>
       <c r="M12" s="65"/>
-      <c r="N12" s="66"/>
-[...1 lines deleted...]
-      <c r="P12" s="36">
+      <c r="N12" s="65"/>
+      <c r="O12" s="66"/>
+      <c r="P12" s="69"/>
+      <c r="Q12" s="36">
         <f>IFERROR(VLOOKUP(A12,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q12" s="31">
+      <c r="R12" s="31">
         <f>IFERROR(VLOOKUP(A12,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>196310</v>
       </c>
-      <c r="R12" s="31">
+      <c r="S12" s="31">
         <f>IFERROR(VLOOKUP(A12,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6717</v>
       </c>
-      <c r="S12" s="48">
+      <c r="T12" s="48">
         <f t="shared" si="0"/>
         <v>724945</v>
       </c>
-      <c r="T12" s="61"/>
       <c r="U12" s="61"/>
-    </row>
-    <row r="13" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V12" s="61"/>
+    </row>
+    <row r="13" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A13" s="7" t="s">
         <v>329</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="61">
         <f>VLOOKUP(A13,'AR DOP'!A:G,7,FALSE)</f>
         <v>339195</v>
       </c>
       <c r="D13" s="61"/>
       <c r="E13" s="61"/>
-      <c r="F13" s="65"/>
+      <c r="F13" s="132"/>
       <c r="G13" s="65"/>
       <c r="H13" s="65"/>
       <c r="I13" s="65"/>
       <c r="J13" s="65"/>
       <c r="K13" s="65"/>
       <c r="L13" s="65"/>
       <c r="M13" s="65"/>
-      <c r="N13" s="66"/>
-[...1 lines deleted...]
-      <c r="P13" s="36">
+      <c r="N13" s="65"/>
+      <c r="O13" s="66"/>
+      <c r="P13" s="69"/>
+      <c r="Q13" s="36">
         <f>IFERROR(VLOOKUP(A13,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q13" s="31">
+      <c r="R13" s="31">
         <f>IFERROR(VLOOKUP(A13,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>38408</v>
       </c>
-      <c r="R13" s="31">
+      <c r="S13" s="31">
         <f>IFERROR(VLOOKUP(A13,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1686</v>
       </c>
-      <c r="S13" s="48">
+      <c r="T13" s="48">
         <f t="shared" si="0"/>
         <v>379289</v>
       </c>
-      <c r="T13" s="61"/>
       <c r="U13" s="61"/>
-    </row>
-    <row r="14" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V13" s="61"/>
+    </row>
+    <row r="14" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A14" s="7" t="s">
         <v>519</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>198</v>
       </c>
       <c r="C14" s="61">
         <f>VLOOKUP(A14,'AR DOP'!A:G,7,FALSE)</f>
         <v>136695</v>
       </c>
       <c r="D14" s="61"/>
       <c r="E14" s="61"/>
-      <c r="F14" s="65"/>
+      <c r="F14" s="132"/>
       <c r="G14" s="65"/>
       <c r="H14" s="65"/>
       <c r="I14" s="65"/>
       <c r="J14" s="65"/>
       <c r="K14" s="65"/>
       <c r="L14" s="65"/>
       <c r="M14" s="65"/>
-      <c r="N14" s="66"/>
-[...1 lines deleted...]
-      <c r="P14" s="36">
+      <c r="N14" s="65"/>
+      <c r="O14" s="66"/>
+      <c r="P14" s="69"/>
+      <c r="Q14" s="36">
         <f>IFERROR(VLOOKUP(A14,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q14" s="31">
+      <c r="R14" s="31">
         <f>IFERROR(VLOOKUP(A14,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>136564</v>
       </c>
-      <c r="R14" s="31">
+      <c r="S14" s="31">
         <f>IFERROR(VLOOKUP(A14,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S14" s="48">
+      <c r="T14" s="48">
         <f t="shared" si="0"/>
         <v>273259</v>
       </c>
-      <c r="T14" s="61"/>
       <c r="U14" s="61"/>
-    </row>
-    <row r="15" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V14" s="61"/>
+    </row>
+    <row r="15" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="7" t="s">
         <v>330</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>657</v>
       </c>
       <c r="C15" s="61">
         <f>VLOOKUP(A15,'AR DOP'!A:G,7,FALSE)</f>
         <v>334796</v>
       </c>
       <c r="D15" s="61"/>
       <c r="E15" s="61"/>
-      <c r="F15" s="65"/>
+      <c r="F15" s="132"/>
       <c r="G15" s="65"/>
       <c r="H15" s="65"/>
       <c r="I15" s="65"/>
       <c r="J15" s="65"/>
       <c r="K15" s="65"/>
       <c r="L15" s="65"/>
       <c r="M15" s="65"/>
-      <c r="N15" s="66"/>
-[...1 lines deleted...]
-      <c r="P15" s="36">
+      <c r="N15" s="65"/>
+      <c r="O15" s="66"/>
+      <c r="P15" s="69"/>
+      <c r="Q15" s="36">
         <f>IFERROR(VLOOKUP(A15,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>253219</v>
       </c>
-      <c r="Q15" s="31">
+      <c r="R15" s="31">
         <f>IFERROR(VLOOKUP(A15,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>139124</v>
       </c>
-      <c r="R15" s="31">
+      <c r="S15" s="31">
         <f>IFERROR(VLOOKUP(A15,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>22606</v>
       </c>
-      <c r="S15" s="48">
+      <c r="T15" s="48">
         <f t="shared" si="0"/>
         <v>749745</v>
       </c>
-      <c r="T15" s="61"/>
       <c r="U15" s="61"/>
-    </row>
-    <row r="16" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V15" s="61"/>
+    </row>
+    <row r="16" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A16" s="7" t="s">
         <v>331</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="61">
         <f>VLOOKUP(A16,'AR DOP'!A:G,7,FALSE)</f>
         <v>1786623</v>
       </c>
       <c r="D16" s="61"/>
       <c r="E16" s="61"/>
-      <c r="F16" s="65"/>
+      <c r="F16" s="132"/>
       <c r="G16" s="65"/>
       <c r="H16" s="65"/>
       <c r="I16" s="65"/>
       <c r="J16" s="65"/>
       <c r="K16" s="65"/>
       <c r="L16" s="65"/>
       <c r="M16" s="65"/>
-      <c r="N16" s="66"/>
-[...1 lines deleted...]
-      <c r="P16" s="36">
+      <c r="N16" s="65"/>
+      <c r="O16" s="66"/>
+      <c r="P16" s="69"/>
+      <c r="Q16" s="36">
         <f>IFERROR(VLOOKUP(A16,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q16" s="31">
+      <c r="R16" s="31">
         <f>IFERROR(VLOOKUP(A16,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>651239</v>
       </c>
-      <c r="R16" s="31">
+      <c r="S16" s="31">
         <f>IFERROR(VLOOKUP(A16,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>66554</v>
       </c>
-      <c r="S16" s="48">
+      <c r="T16" s="48">
         <f t="shared" si="0"/>
         <v>2504416</v>
       </c>
-      <c r="T16" s="61"/>
       <c r="U16" s="61"/>
-    </row>
-    <row r="17" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V16" s="61"/>
+    </row>
+    <row r="17" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A17" s="7" t="s">
         <v>332</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="61">
         <f>VLOOKUP(A17,'AR DOP'!A:G,7,FALSE)</f>
         <v>301069</v>
       </c>
       <c r="D17" s="61"/>
       <c r="E17" s="61"/>
-      <c r="F17" s="65"/>
+      <c r="F17" s="132"/>
       <c r="G17" s="65"/>
       <c r="H17" s="65"/>
       <c r="I17" s="65"/>
       <c r="J17" s="65"/>
       <c r="K17" s="65"/>
       <c r="L17" s="65"/>
       <c r="M17" s="65"/>
-      <c r="N17" s="66"/>
-[...1 lines deleted...]
-      <c r="P17" s="36">
+      <c r="N17" s="65"/>
+      <c r="O17" s="66"/>
+      <c r="P17" s="69"/>
+      <c r="Q17" s="36">
         <f>IFERROR(VLOOKUP(A17,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q17" s="31">
+      <c r="R17" s="31">
         <f>IFERROR(VLOOKUP(A17,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>323485</v>
       </c>
-      <c r="R17" s="31">
+      <c r="S17" s="31">
         <f>IFERROR(VLOOKUP(A17,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6709</v>
       </c>
-      <c r="S17" s="48">
+      <c r="T17" s="48">
         <f t="shared" si="0"/>
         <v>631263</v>
       </c>
-      <c r="T17" s="61"/>
       <c r="U17" s="61"/>
-    </row>
-    <row r="18" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V17" s="61"/>
+    </row>
+    <row r="18" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A18" s="7" t="s">
         <v>333</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="61">
         <f>VLOOKUP(A18,'AR DOP'!A:G,7,FALSE)</f>
         <v>52920</v>
       </c>
       <c r="D18" s="61"/>
       <c r="E18" s="61"/>
-      <c r="F18" s="65"/>
+      <c r="F18" s="132"/>
       <c r="G18" s="65"/>
       <c r="H18" s="65"/>
       <c r="I18" s="65"/>
       <c r="J18" s="65"/>
       <c r="K18" s="65"/>
       <c r="L18" s="65"/>
       <c r="M18" s="65"/>
-      <c r="N18" s="66"/>
-[...1 lines deleted...]
-      <c r="P18" s="36">
+      <c r="N18" s="65"/>
+      <c r="O18" s="66"/>
+      <c r="P18" s="69"/>
+      <c r="Q18" s="36">
         <f>IFERROR(VLOOKUP(A18,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>13622</v>
       </c>
-      <c r="Q18" s="31">
+      <c r="R18" s="31">
         <f>IFERROR(VLOOKUP(A18,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>45236</v>
       </c>
-      <c r="R18" s="31">
+      <c r="S18" s="31">
         <f>IFERROR(VLOOKUP(A18,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S18" s="48">
+      <c r="T18" s="48">
         <f t="shared" si="0"/>
         <v>111778</v>
       </c>
-      <c r="T18" s="61"/>
       <c r="U18" s="61"/>
-    </row>
-    <row r="19" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V18" s="61"/>
+    </row>
+    <row r="19" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A19" s="7" t="s">
         <v>334</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="61">
         <f>VLOOKUP(A19,'AR DOP'!A:G,7,FALSE)</f>
         <v>3792827</v>
       </c>
       <c r="D19" s="61"/>
       <c r="E19" s="61"/>
-      <c r="F19" s="65"/>
+      <c r="F19" s="132"/>
       <c r="G19" s="65"/>
       <c r="H19" s="65"/>
       <c r="I19" s="65"/>
       <c r="J19" s="65"/>
       <c r="K19" s="65"/>
       <c r="L19" s="65"/>
       <c r="M19" s="65"/>
-      <c r="N19" s="66"/>
-[...1 lines deleted...]
-      <c r="P19" s="36">
+      <c r="N19" s="65"/>
+      <c r="O19" s="66"/>
+      <c r="P19" s="69"/>
+      <c r="Q19" s="36">
         <f>IFERROR(VLOOKUP(A19,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q19" s="31">
+      <c r="R19" s="31">
         <f>IFERROR(VLOOKUP(A19,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>946559</v>
       </c>
-      <c r="R19" s="31">
+      <c r="S19" s="31">
         <f>IFERROR(VLOOKUP(A19,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>160079</v>
       </c>
-      <c r="S19" s="48">
+      <c r="T19" s="48">
         <f t="shared" si="0"/>
         <v>4899465</v>
       </c>
-      <c r="T19" s="61"/>
       <c r="U19" s="61"/>
-    </row>
-    <row r="20" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V19" s="61"/>
+    </row>
+    <row r="20" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A20" s="7" t="s">
         <v>335</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="61">
         <f>VLOOKUP(A20,'AR DOP'!A:G,7,FALSE)</f>
         <v>310770</v>
       </c>
       <c r="D20" s="61"/>
       <c r="E20" s="61"/>
-      <c r="F20" s="65"/>
+      <c r="F20" s="132"/>
       <c r="G20" s="65"/>
       <c r="H20" s="65"/>
       <c r="I20" s="65"/>
       <c r="J20" s="65"/>
       <c r="K20" s="65"/>
       <c r="L20" s="65"/>
       <c r="M20" s="65"/>
-      <c r="N20" s="66"/>
-[...1 lines deleted...]
-      <c r="P20" s="36">
+      <c r="N20" s="65"/>
+      <c r="O20" s="66"/>
+      <c r="P20" s="69"/>
+      <c r="Q20" s="36">
         <f>IFERROR(VLOOKUP(A20,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q20" s="31">
+      <c r="R20" s="31">
         <f>IFERROR(VLOOKUP(A20,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>140831</v>
       </c>
-      <c r="R20" s="31">
+      <c r="S20" s="31">
         <f>IFERROR(VLOOKUP(A20,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S20" s="48">
+      <c r="T20" s="48">
         <f t="shared" si="0"/>
         <v>451601</v>
       </c>
-      <c r="T20" s="61"/>
       <c r="U20" s="61"/>
-    </row>
-    <row r="21" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V20" s="61"/>
+    </row>
+    <row r="21" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A21" s="7" t="s">
         <v>529</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>207</v>
       </c>
       <c r="C21" s="61">
         <f>VLOOKUP(A21,'AR DOP'!A:G,7,FALSE)</f>
         <v>153683</v>
       </c>
       <c r="D21" s="61"/>
       <c r="E21" s="61"/>
-      <c r="F21" s="65"/>
+      <c r="F21" s="132"/>
       <c r="G21" s="65"/>
       <c r="H21" s="65"/>
       <c r="I21" s="65"/>
       <c r="J21" s="65"/>
       <c r="K21" s="65"/>
       <c r="L21" s="65"/>
       <c r="M21" s="65"/>
-      <c r="N21" s="66"/>
-[...1 lines deleted...]
-      <c r="P21" s="36">
+      <c r="N21" s="65"/>
+      <c r="O21" s="66"/>
+      <c r="P21" s="69"/>
+      <c r="Q21" s="36">
         <f>IFERROR(VLOOKUP(A21,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q21" s="31">
+      <c r="R21" s="31">
         <f>IFERROR(VLOOKUP(A21,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>42676</v>
       </c>
-      <c r="R21" s="31">
+      <c r="S21" s="31">
         <f>IFERROR(VLOOKUP(A21,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S21" s="48">
+      <c r="T21" s="48">
         <f t="shared" si="0"/>
         <v>196359</v>
       </c>
-      <c r="T21" s="61"/>
       <c r="U21" s="61"/>
-    </row>
-    <row r="22" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V21" s="61"/>
+    </row>
+    <row r="22" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A22" s="7" t="s">
         <v>336</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="61">
         <f>VLOOKUP(A22,'AR DOP'!A:G,7,FALSE)</f>
         <v>78086</v>
       </c>
       <c r="D22" s="61"/>
       <c r="E22" s="61"/>
-      <c r="F22" s="65"/>
+      <c r="F22" s="132"/>
       <c r="G22" s="65"/>
       <c r="H22" s="65"/>
       <c r="I22" s="65"/>
       <c r="J22" s="65"/>
       <c r="K22" s="65"/>
       <c r="L22" s="65"/>
       <c r="M22" s="65"/>
-      <c r="N22" s="66"/>
-[...1 lines deleted...]
-      <c r="P22" s="36">
+      <c r="N22" s="65"/>
+      <c r="O22" s="66"/>
+      <c r="P22" s="69"/>
+      <c r="Q22" s="36">
         <f>IFERROR(VLOOKUP(A22,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q22" s="31">
+      <c r="R22" s="31">
         <f>IFERROR(VLOOKUP(A22,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>51211</v>
       </c>
-      <c r="R22" s="31">
+      <c r="S22" s="31">
         <f>IFERROR(VLOOKUP(A22,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S22" s="48">
+      <c r="T22" s="48">
         <f t="shared" si="0"/>
         <v>130974</v>
       </c>
-      <c r="T22" s="61"/>
       <c r="U22" s="61"/>
-    </row>
-    <row r="23" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V22" s="61"/>
+    </row>
+    <row r="23" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A23" s="7" t="s">
         <v>337</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C23" s="61">
         <f>VLOOKUP(A23,'AR DOP'!A:G,7,FALSE)</f>
         <v>568285</v>
       </c>
       <c r="D23" s="61"/>
       <c r="E23" s="61"/>
-      <c r="F23" s="65"/>
+      <c r="F23" s="132"/>
       <c r="G23" s="65"/>
       <c r="H23" s="65"/>
-      <c r="I23" s="70"/>
-      <c r="J23" s="65"/>
+      <c r="I23" s="65"/>
+      <c r="J23" s="70"/>
       <c r="K23" s="65"/>
       <c r="L23" s="65"/>
       <c r="M23" s="65"/>
-      <c r="N23" s="66"/>
-[...1 lines deleted...]
-      <c r="P23" s="36">
+      <c r="N23" s="65"/>
+      <c r="O23" s="66"/>
+      <c r="P23" s="69"/>
+      <c r="Q23" s="36">
         <f>IFERROR(VLOOKUP(A23,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q23" s="31">
+      <c r="R23" s="31">
         <f>IFERROR(VLOOKUP(A23,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>82791</v>
       </c>
-      <c r="R23" s="31">
+      <c r="S23" s="31">
         <f>IFERROR(VLOOKUP(A23,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>16774</v>
       </c>
-      <c r="S23" s="48">
+      <c r="T23" s="48">
         <f t="shared" si="0"/>
         <v>667850</v>
       </c>
-      <c r="T23" s="61"/>
       <c r="U23" s="61"/>
-    </row>
-    <row r="24" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V23" s="61"/>
+    </row>
+    <row r="24" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A24" s="7" t="s">
         <v>338</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="61">
         <f>VLOOKUP(A24,'AR DOP'!A:G,7,FALSE)</f>
         <v>127743</v>
       </c>
       <c r="D24" s="61"/>
       <c r="E24" s="61"/>
-      <c r="F24" s="65"/>
+      <c r="F24" s="132"/>
       <c r="G24" s="65"/>
       <c r="H24" s="65"/>
-      <c r="I24" s="70"/>
-      <c r="J24" s="65"/>
+      <c r="I24" s="65"/>
+      <c r="J24" s="70"/>
       <c r="K24" s="65"/>
       <c r="L24" s="65"/>
       <c r="M24" s="65"/>
-      <c r="N24" s="66"/>
-[...1 lines deleted...]
-      <c r="P24" s="36">
+      <c r="N24" s="65"/>
+      <c r="O24" s="66"/>
+      <c r="P24" s="69"/>
+      <c r="Q24" s="36">
         <f>IFERROR(VLOOKUP(A24,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>213518</v>
       </c>
-      <c r="Q24" s="31">
+      <c r="R24" s="31">
         <f>IFERROR(VLOOKUP(A24,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R24" s="31">
+      <c r="S24" s="31">
         <f>IFERROR(VLOOKUP(A24,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S24" s="48">
+      <c r="T24" s="48">
         <f t="shared" si="0"/>
         <v>341261</v>
       </c>
-      <c r="T24" s="61"/>
       <c r="U24" s="61"/>
-    </row>
-    <row r="25" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V24" s="61"/>
+    </row>
+    <row r="25" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A25" s="7" t="s">
         <v>322</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>638</v>
       </c>
       <c r="C25" s="61">
         <f>VLOOKUP(A25,'AR DOP'!A:G,7,FALSE)</f>
         <v>308817</v>
       </c>
       <c r="D25" s="61"/>
       <c r="E25" s="61"/>
-      <c r="F25" s="65"/>
+      <c r="F25" s="132"/>
       <c r="G25" s="65"/>
       <c r="H25" s="65"/>
-      <c r="I25" s="70"/>
-      <c r="J25" s="65"/>
+      <c r="I25" s="65"/>
+      <c r="J25" s="70"/>
       <c r="K25" s="65"/>
       <c r="L25" s="65"/>
       <c r="M25" s="65"/>
-      <c r="N25" s="66"/>
-[...1 lines deleted...]
-      <c r="P25" s="36">
+      <c r="N25" s="65"/>
+      <c r="O25" s="66"/>
+      <c r="P25" s="69"/>
+      <c r="Q25" s="36">
         <f>IFERROR(VLOOKUP(A25,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q25" s="31">
+      <c r="R25" s="31">
         <f>IFERROR(VLOOKUP(A25,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>213381</v>
       </c>
-      <c r="R25" s="31">
+      <c r="S25" s="31">
         <f>IFERROR(VLOOKUP(A25,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1678</v>
       </c>
-      <c r="S25" s="48">
+      <c r="T25" s="48">
         <f t="shared" si="0"/>
         <v>523876</v>
       </c>
-      <c r="T25" s="61"/>
       <c r="U25" s="61"/>
-    </row>
-    <row r="26" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V25" s="61"/>
+    </row>
+    <row r="26" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A26" s="7" t="s">
         <v>339</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="61">
         <f>VLOOKUP(A26,'AR DOP'!A:G,7,FALSE)</f>
         <v>567099</v>
       </c>
       <c r="D26" s="61"/>
       <c r="E26" s="61"/>
-      <c r="F26" s="65"/>
+      <c r="F26" s="132"/>
       <c r="G26" s="65"/>
       <c r="H26" s="65"/>
-      <c r="I26" s="70"/>
-      <c r="J26" s="65"/>
+      <c r="I26" s="65"/>
+      <c r="J26" s="70"/>
       <c r="K26" s="65"/>
       <c r="L26" s="65"/>
       <c r="M26" s="65"/>
-      <c r="N26" s="66"/>
-[...1 lines deleted...]
-      <c r="P26" s="36">
+      <c r="N26" s="65"/>
+      <c r="O26" s="66"/>
+      <c r="P26" s="69"/>
+      <c r="Q26" s="36">
         <f>IFERROR(VLOOKUP(A26,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>2396</v>
       </c>
-      <c r="Q26" s="31">
+      <c r="R26" s="31">
         <f>IFERROR(VLOOKUP(A26,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>146806</v>
       </c>
-      <c r="R26" s="31">
+      <c r="S26" s="31">
         <f>IFERROR(VLOOKUP(A26,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5431</v>
       </c>
-      <c r="S26" s="48">
+      <c r="T26" s="48">
         <f t="shared" si="0"/>
         <v>721732</v>
       </c>
-      <c r="T26" s="61"/>
       <c r="U26" s="61"/>
-    </row>
-    <row r="27" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V26" s="61"/>
+    </row>
+    <row r="27" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A27" s="7" t="s">
         <v>340</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="61">
         <f>VLOOKUP(A27,'AR DOP'!A:G,7,FALSE)</f>
         <v>98770</v>
       </c>
       <c r="D27" s="61"/>
       <c r="E27" s="61"/>
-      <c r="F27" s="65"/>
+      <c r="F27" s="132"/>
       <c r="G27" s="65"/>
       <c r="H27" s="65"/>
-      <c r="I27" s="70"/>
-      <c r="J27" s="65"/>
+      <c r="I27" s="65"/>
+      <c r="J27" s="70"/>
       <c r="K27" s="65"/>
       <c r="L27" s="65"/>
       <c r="M27" s="65"/>
-      <c r="N27" s="66"/>
-[...1 lines deleted...]
-      <c r="P27" s="36">
+      <c r="N27" s="65"/>
+      <c r="O27" s="66"/>
+      <c r="P27" s="69"/>
+      <c r="Q27" s="36">
         <f>IFERROR(VLOOKUP(A27,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>47928</v>
       </c>
-      <c r="Q27" s="31">
+      <c r="R27" s="31">
         <f>IFERROR(VLOOKUP(A27,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R27" s="31">
+      <c r="S27" s="31">
         <f>IFERROR(VLOOKUP(A27,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S27" s="48">
+      <c r="T27" s="48">
         <f t="shared" si="0"/>
         <v>146698</v>
       </c>
-      <c r="T27" s="61"/>
       <c r="U27" s="61"/>
-    </row>
-    <row r="28" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V27" s="61"/>
+    </row>
+    <row r="28" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A28" s="7" t="s">
         <v>341</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="61">
         <f>VLOOKUP(A28,'AR DOP'!A:G,7,FALSE)</f>
         <v>174365</v>
       </c>
       <c r="D28" s="61"/>
       <c r="E28" s="61"/>
-      <c r="F28" s="65"/>
+      <c r="F28" s="132"/>
       <c r="G28" s="65"/>
       <c r="H28" s="65"/>
-      <c r="I28" s="70"/>
-      <c r="J28" s="65"/>
+      <c r="I28" s="65"/>
+      <c r="J28" s="70"/>
       <c r="K28" s="65"/>
       <c r="L28" s="65"/>
       <c r="M28" s="65"/>
-      <c r="N28" s="66"/>
-[...1 lines deleted...]
-      <c r="P28" s="36">
+      <c r="N28" s="65"/>
+      <c r="O28" s="66"/>
+      <c r="P28" s="69"/>
+      <c r="Q28" s="36">
         <f>IFERROR(VLOOKUP(A28,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q28" s="31">
+      <c r="R28" s="31">
         <f>IFERROR(VLOOKUP(A28,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>79377</v>
       </c>
-      <c r="R28" s="31">
+      <c r="S28" s="31">
         <f>IFERROR(VLOOKUP(A28,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1686</v>
       </c>
-      <c r="S28" s="48">
+      <c r="T28" s="48">
         <f t="shared" si="0"/>
         <v>255428</v>
       </c>
-      <c r="T28" s="61"/>
       <c r="U28" s="61"/>
-    </row>
-    <row r="29" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V28" s="61"/>
+    </row>
+    <row r="29" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A29" s="7" t="s">
         <v>342</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C29" s="61">
         <f>VLOOKUP(A29,'AR DOP'!A:G,7,FALSE)</f>
         <v>159952</v>
       </c>
       <c r="D29" s="61"/>
       <c r="E29" s="61"/>
-      <c r="F29" s="65"/>
+      <c r="F29" s="132"/>
       <c r="G29" s="65"/>
       <c r="H29" s="65"/>
-      <c r="I29" s="70"/>
-      <c r="J29" s="65"/>
+      <c r="I29" s="65"/>
+      <c r="J29" s="70"/>
       <c r="K29" s="65"/>
       <c r="L29" s="65"/>
       <c r="M29" s="65"/>
-      <c r="N29" s="66"/>
-[...1 lines deleted...]
-      <c r="P29" s="36">
+      <c r="N29" s="65"/>
+      <c r="O29" s="66"/>
+      <c r="P29" s="69"/>
+      <c r="Q29" s="36">
         <f>IFERROR(VLOOKUP(A29,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>102246</v>
       </c>
-      <c r="Q29" s="31">
+      <c r="R29" s="31">
         <f>IFERROR(VLOOKUP(A29,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R29" s="31">
+      <c r="S29" s="31">
         <f>IFERROR(VLOOKUP(A29,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S29" s="48">
+      <c r="T29" s="48">
         <f t="shared" si="0"/>
         <v>262198</v>
       </c>
-      <c r="T29" s="61"/>
       <c r="U29" s="61"/>
-    </row>
-    <row r="30" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V29" s="61"/>
+    </row>
+    <row r="30" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A30" s="7" t="s">
         <v>343</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C30" s="61">
         <f>VLOOKUP(A30,'AR DOP'!A:G,7,FALSE)</f>
         <v>151080</v>
       </c>
       <c r="D30" s="61"/>
       <c r="E30" s="61"/>
-      <c r="F30" s="65"/>
+      <c r="F30" s="132"/>
       <c r="G30" s="65"/>
       <c r="H30" s="65"/>
-      <c r="I30" s="70"/>
-      <c r="J30" s="65"/>
+      <c r="I30" s="65"/>
+      <c r="J30" s="70"/>
       <c r="K30" s="65"/>
       <c r="L30" s="65"/>
       <c r="M30" s="65"/>
-      <c r="N30" s="66"/>
-[...1 lines deleted...]
-      <c r="P30" s="36">
+      <c r="N30" s="65"/>
+      <c r="O30" s="66"/>
+      <c r="P30" s="69"/>
+      <c r="Q30" s="36">
         <f>IFERROR(VLOOKUP(A30,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q30" s="31">
+      <c r="R30" s="31">
         <f>IFERROR(VLOOKUP(A30,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>139124</v>
       </c>
-      <c r="R30" s="31">
+      <c r="S30" s="31">
         <f>IFERROR(VLOOKUP(A30,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S30" s="48">
+      <c r="T30" s="48">
         <f t="shared" si="0"/>
         <v>290204</v>
       </c>
-      <c r="T30" s="61"/>
       <c r="U30" s="61"/>
-    </row>
-    <row r="31" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V30" s="61"/>
+    </row>
+    <row r="31" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A31" s="7" t="s">
         <v>344</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C31" s="61">
         <f>VLOOKUP(A31,'AR DOP'!A:G,7,FALSE)</f>
         <v>175300</v>
       </c>
       <c r="D31" s="61"/>
       <c r="E31" s="61"/>
-      <c r="F31" s="65"/>
+      <c r="F31" s="132"/>
       <c r="G31" s="65"/>
       <c r="H31" s="65"/>
-      <c r="I31" s="70"/>
-      <c r="J31" s="65"/>
+      <c r="I31" s="65"/>
+      <c r="J31" s="70"/>
       <c r="K31" s="65"/>
       <c r="L31" s="65"/>
       <c r="M31" s="65"/>
-      <c r="N31" s="66"/>
-[...1 lines deleted...]
-      <c r="P31" s="36">
+      <c r="N31" s="65"/>
+      <c r="O31" s="66"/>
+      <c r="P31" s="69"/>
+      <c r="Q31" s="36">
         <f>IFERROR(VLOOKUP(A31,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>60037</v>
       </c>
-      <c r="Q31" s="31">
+      <c r="R31" s="31">
         <f>IFERROR(VLOOKUP(A31,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R31" s="31">
+      <c r="S31" s="31">
         <f>IFERROR(VLOOKUP(A31,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S31" s="48">
+      <c r="T31" s="48">
         <f t="shared" si="0"/>
         <v>235337</v>
       </c>
-      <c r="T31" s="61"/>
       <c r="U31" s="61"/>
-    </row>
-    <row r="32" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V31" s="61"/>
+    </row>
+    <row r="32" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A32" s="7" t="s">
         <v>345</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C32" s="61">
         <f>VLOOKUP(A32,'AR DOP'!A:G,7,FALSE)</f>
         <v>220818</v>
       </c>
       <c r="D32" s="61"/>
       <c r="E32" s="61"/>
-      <c r="F32" s="65"/>
+      <c r="F32" s="132"/>
       <c r="G32" s="65"/>
       <c r="H32" s="65"/>
-      <c r="I32" s="70"/>
-      <c r="J32" s="65"/>
+      <c r="I32" s="65"/>
+      <c r="J32" s="70"/>
       <c r="K32" s="65"/>
       <c r="L32" s="65"/>
       <c r="M32" s="65"/>
-      <c r="N32" s="66"/>
-[...1 lines deleted...]
-      <c r="P32" s="36">
+      <c r="N32" s="65"/>
+      <c r="O32" s="66"/>
+      <c r="P32" s="69"/>
+      <c r="Q32" s="36">
         <f>IFERROR(VLOOKUP(A32,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>65501</v>
       </c>
-      <c r="Q32" s="31">
+      <c r="R32" s="31">
         <f>IFERROR(VLOOKUP(A32,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>108397</v>
       </c>
-      <c r="R32" s="31">
+      <c r="S32" s="31">
         <f>IFERROR(VLOOKUP(A32,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>57833</v>
       </c>
-      <c r="S32" s="48">
+      <c r="T32" s="48">
         <f t="shared" si="0"/>
         <v>452549</v>
       </c>
-      <c r="T32" s="61"/>
       <c r="U32" s="61"/>
-    </row>
-    <row r="33" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V32" s="61"/>
+    </row>
+    <row r="33" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A33" s="7" t="s">
         <v>346</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C33" s="61">
         <f>VLOOKUP(A33,'AR DOP'!A:G,7,FALSE)</f>
         <v>32698</v>
       </c>
       <c r="D33" s="61"/>
       <c r="E33" s="61"/>
-      <c r="F33" s="65"/>
+      <c r="F33" s="132"/>
       <c r="G33" s="65"/>
       <c r="H33" s="65"/>
-      <c r="I33" s="70"/>
-      <c r="J33" s="65"/>
+      <c r="I33" s="65"/>
+      <c r="J33" s="70"/>
       <c r="K33" s="65"/>
       <c r="L33" s="65"/>
       <c r="M33" s="65"/>
-      <c r="N33" s="66"/>
-[...1 lines deleted...]
-      <c r="P33" s="36">
+      <c r="N33" s="65"/>
+      <c r="O33" s="66"/>
+      <c r="P33" s="69"/>
+      <c r="Q33" s="36">
         <f>IFERROR(VLOOKUP(A33,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q33" s="31">
+      <c r="R33" s="31">
         <f>IFERROR(VLOOKUP(A33,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68282</v>
       </c>
-      <c r="R33" s="31">
+      <c r="S33" s="31">
         <f>IFERROR(VLOOKUP(A33,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S33" s="48">
+      <c r="T33" s="48">
         <f t="shared" si="0"/>
         <v>100980</v>
       </c>
-      <c r="T33" s="61"/>
       <c r="U33" s="61"/>
-    </row>
-    <row r="34" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V33" s="61"/>
+    </row>
+    <row r="34" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A34" s="7" t="s">
         <v>347</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="61">
         <f>VLOOKUP(A34,'AR DOP'!A:G,7,FALSE)</f>
         <v>282462</v>
       </c>
       <c r="D34" s="61"/>
       <c r="E34" s="61"/>
-      <c r="F34" s="65"/>
+      <c r="F34" s="132"/>
       <c r="G34" s="65"/>
       <c r="H34" s="65"/>
-      <c r="I34" s="70"/>
-      <c r="J34" s="65"/>
+      <c r="I34" s="65"/>
+      <c r="J34" s="70"/>
       <c r="K34" s="65"/>
       <c r="L34" s="65"/>
       <c r="M34" s="65"/>
-      <c r="N34" s="66"/>
-[...1 lines deleted...]
-      <c r="P34" s="36">
+      <c r="N34" s="65"/>
+      <c r="O34" s="66"/>
+      <c r="P34" s="69"/>
+      <c r="Q34" s="36">
         <f>IFERROR(VLOOKUP(A34,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q34" s="31">
+      <c r="R34" s="31">
         <f>IFERROR(VLOOKUP(A34,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>156195</v>
       </c>
-      <c r="R34" s="31">
+      <c r="S34" s="31">
         <f>IFERROR(VLOOKUP(A34,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1682</v>
       </c>
-      <c r="S34" s="48">
+      <c r="T34" s="48">
         <f t="shared" si="0"/>
         <v>440339</v>
       </c>
-      <c r="T34" s="61"/>
       <c r="U34" s="61"/>
-    </row>
-    <row r="35" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V34" s="61"/>
+    </row>
+    <row r="35" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A35" s="7" t="s">
         <v>348</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C35" s="61">
         <f>VLOOKUP(A35,'AR DOP'!A:G,7,FALSE)</f>
         <v>1183332</v>
       </c>
       <c r="D35" s="61"/>
       <c r="E35" s="61"/>
-      <c r="F35" s="65"/>
+      <c r="F35" s="132"/>
       <c r="G35" s="65"/>
       <c r="H35" s="65"/>
-      <c r="I35" s="70"/>
-      <c r="J35" s="65"/>
+      <c r="I35" s="65"/>
+      <c r="J35" s="70"/>
       <c r="K35" s="65"/>
       <c r="L35" s="65"/>
       <c r="M35" s="65"/>
-      <c r="N35" s="66"/>
-[...1 lines deleted...]
-      <c r="P35" s="36">
+      <c r="N35" s="65"/>
+      <c r="O35" s="66"/>
+      <c r="P35" s="69"/>
+      <c r="Q35" s="36">
         <f>IFERROR(VLOOKUP(A35,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q35" s="31">
+      <c r="R35" s="31">
         <f>IFERROR(VLOOKUP(A35,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>692208</v>
       </c>
-      <c r="R35" s="31">
+      <c r="S35" s="31">
         <f>IFERROR(VLOOKUP(A35,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>2085</v>
       </c>
-      <c r="S35" s="48">
+      <c r="T35" s="48">
         <f t="shared" si="0"/>
         <v>1877625</v>
       </c>
-      <c r="T35" s="61"/>
       <c r="U35" s="61"/>
-    </row>
-    <row r="36" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V35" s="61"/>
+    </row>
+    <row r="36" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A36" s="7" t="s">
         <v>417</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>96</v>
       </c>
       <c r="C36" s="61">
         <f>VLOOKUP(A36,'AR DOP'!A:G,7,FALSE)</f>
         <v>308775</v>
       </c>
       <c r="D36" s="61"/>
       <c r="E36" s="61"/>
-      <c r="F36" s="65"/>
+      <c r="F36" s="132"/>
       <c r="G36" s="65"/>
       <c r="H36" s="65"/>
-      <c r="I36" s="70"/>
-      <c r="J36" s="65"/>
+      <c r="I36" s="65"/>
+      <c r="J36" s="70"/>
       <c r="K36" s="65"/>
       <c r="L36" s="65"/>
       <c r="M36" s="65"/>
-      <c r="N36" s="66"/>
-[...1 lines deleted...]
-      <c r="P36" s="36">
+      <c r="N36" s="65"/>
+      <c r="O36" s="66"/>
+      <c r="P36" s="69"/>
+      <c r="Q36" s="36">
         <f>IFERROR(VLOOKUP(A36,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q36" s="31">
+      <c r="R36" s="31">
         <f>IFERROR(VLOOKUP(A36,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>157048</v>
       </c>
-      <c r="R36" s="31">
+      <c r="S36" s="31">
         <f>IFERROR(VLOOKUP(A36,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S36" s="48">
+      <c r="T36" s="48">
         <f t="shared" si="0"/>
         <v>465823</v>
       </c>
-      <c r="T36" s="61"/>
       <c r="U36" s="61"/>
-    </row>
-    <row r="37" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V36" s="61"/>
+    </row>
+    <row r="37" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A37" s="7" t="s">
         <v>349</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C37" s="61">
         <f>VLOOKUP(A37,'AR DOP'!A:G,7,FALSE)</f>
         <v>583406</v>
       </c>
       <c r="D37" s="61"/>
       <c r="E37" s="61"/>
-      <c r="F37" s="65"/>
+      <c r="F37" s="132"/>
       <c r="G37" s="65"/>
       <c r="H37" s="65"/>
-      <c r="I37" s="70"/>
-      <c r="J37" s="65"/>
+      <c r="I37" s="65"/>
+      <c r="J37" s="70"/>
       <c r="K37" s="65"/>
       <c r="L37" s="65"/>
       <c r="M37" s="65"/>
-      <c r="N37" s="66"/>
-[...1 lines deleted...]
-      <c r="P37" s="36">
+      <c r="N37" s="65"/>
+      <c r="O37" s="66"/>
+      <c r="P37" s="69"/>
+      <c r="Q37" s="36">
         <f>IFERROR(VLOOKUP(A37,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q37" s="31">
+      <c r="R37" s="31">
         <f>IFERROR(VLOOKUP(A37,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>185214</v>
       </c>
-      <c r="R37" s="31">
+      <c r="S37" s="31">
         <f>IFERROR(VLOOKUP(A37,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>33549</v>
       </c>
-      <c r="S37" s="48">
+      <c r="T37" s="48">
         <f t="shared" si="0"/>
         <v>802169</v>
       </c>
-      <c r="T37" s="61"/>
       <c r="U37" s="61"/>
-    </row>
-    <row r="38" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V37" s="61"/>
+    </row>
+    <row r="38" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A38" s="7" t="s">
         <v>350</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C38" s="61">
         <f>VLOOKUP(A38,'AR DOP'!A:G,7,FALSE)</f>
         <v>592159</v>
       </c>
       <c r="D38" s="61"/>
       <c r="E38" s="61"/>
-      <c r="F38" s="65"/>
+      <c r="F38" s="132"/>
       <c r="G38" s="65"/>
       <c r="H38" s="65"/>
-      <c r="I38" s="70"/>
-      <c r="J38" s="65"/>
+      <c r="I38" s="65"/>
+      <c r="J38" s="70"/>
       <c r="K38" s="65"/>
       <c r="L38" s="65"/>
       <c r="M38" s="65"/>
-      <c r="N38" s="66"/>
-[...1 lines deleted...]
-      <c r="P38" s="36">
+      <c r="N38" s="65"/>
+      <c r="O38" s="66"/>
+      <c r="P38" s="69"/>
+      <c r="Q38" s="36">
         <f>IFERROR(VLOOKUP(A38,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>124612</v>
       </c>
-      <c r="Q38" s="31">
+      <c r="R38" s="31">
         <f>IFERROR(VLOOKUP(A38,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>423348</v>
       </c>
-      <c r="R38" s="31">
+      <c r="S38" s="31">
         <f>IFERROR(VLOOKUP(A38,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5032</v>
       </c>
-      <c r="S38" s="48">
+      <c r="T38" s="48">
         <f t="shared" si="0"/>
         <v>1145151</v>
       </c>
-      <c r="T38" s="61"/>
       <c r="U38" s="61"/>
-    </row>
-    <row r="39" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V38" s="61"/>
+    </row>
+    <row r="39" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A39" s="7" t="s">
         <v>351</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C39" s="61">
         <f>VLOOKUP(A39,'AR DOP'!A:G,7,FALSE)</f>
         <v>136911</v>
       </c>
       <c r="D39" s="61"/>
       <c r="E39" s="61"/>
-      <c r="F39" s="65"/>
+      <c r="F39" s="132"/>
       <c r="G39" s="65"/>
       <c r="H39" s="65"/>
-      <c r="I39" s="70"/>
-      <c r="J39" s="65"/>
+      <c r="I39" s="65"/>
+      <c r="J39" s="70"/>
       <c r="K39" s="65"/>
       <c r="L39" s="65"/>
       <c r="M39" s="65"/>
-      <c r="N39" s="66"/>
-[...1 lines deleted...]
-      <c r="P39" s="36">
+      <c r="N39" s="65"/>
+      <c r="O39" s="66"/>
+      <c r="P39" s="69"/>
+      <c r="Q39" s="36">
         <f>IFERROR(VLOOKUP(A39,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q39" s="31">
+      <c r="R39" s="31">
         <f>IFERROR(VLOOKUP(A39,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93887</v>
       </c>
-      <c r="R39" s="31">
+      <c r="S39" s="31">
         <f>IFERROR(VLOOKUP(A39,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>41857</v>
       </c>
-      <c r="S39" s="48">
+      <c r="T39" s="48">
         <f t="shared" si="0"/>
         <v>272655</v>
       </c>
-      <c r="T39" s="61"/>
       <c r="U39" s="61"/>
-    </row>
-    <row r="40" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V39" s="61"/>
+    </row>
+    <row r="40" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A40" s="7" t="s">
         <v>621</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>301</v>
       </c>
       <c r="C40" s="61">
         <f>VLOOKUP(A40,'AR DOP'!A:G,7,FALSE)</f>
         <v>230045</v>
       </c>
       <c r="D40" s="61"/>
       <c r="E40" s="61"/>
-      <c r="F40" s="65"/>
+      <c r="F40" s="132"/>
       <c r="G40" s="65"/>
       <c r="H40" s="65"/>
-      <c r="I40" s="70"/>
-      <c r="J40" s="65"/>
+      <c r="I40" s="65"/>
+      <c r="J40" s="70"/>
       <c r="K40" s="65"/>
       <c r="L40" s="65"/>
       <c r="M40" s="65"/>
-      <c r="N40" s="66"/>
-[...1 lines deleted...]
-      <c r="P40" s="36">
+      <c r="N40" s="65"/>
+      <c r="O40" s="66"/>
+      <c r="P40" s="69"/>
+      <c r="Q40" s="36">
         <f>IFERROR(VLOOKUP(A40,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>87868</v>
       </c>
-      <c r="Q40" s="31">
+      <c r="R40" s="31">
         <f>IFERROR(VLOOKUP(A40,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R40" s="31">
+      <c r="S40" s="31">
         <f>IFERROR(VLOOKUP(A40,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3754</v>
       </c>
-      <c r="S40" s="48">
+      <c r="T40" s="48">
         <f t="shared" si="0"/>
         <v>321667</v>
       </c>
-      <c r="T40" s="61"/>
       <c r="U40" s="61"/>
-    </row>
-    <row r="41" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V40" s="61"/>
+    </row>
+    <row r="41" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A41" s="7" t="s">
         <v>353</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C41" s="61">
         <f>VLOOKUP(A41,'AR DOP'!A:G,7,FALSE)</f>
         <v>129824</v>
       </c>
       <c r="D41" s="61"/>
       <c r="E41" s="61"/>
-      <c r="F41" s="65"/>
+      <c r="F41" s="132"/>
       <c r="G41" s="65"/>
       <c r="H41" s="65"/>
-      <c r="I41" s="70"/>
-      <c r="J41" s="65"/>
+      <c r="I41" s="65"/>
+      <c r="J41" s="70"/>
       <c r="K41" s="65"/>
       <c r="L41" s="65"/>
       <c r="M41" s="65"/>
-      <c r="N41" s="66"/>
-[...1 lines deleted...]
-      <c r="P41" s="36">
+      <c r="N41" s="65"/>
+      <c r="O41" s="66"/>
+      <c r="P41" s="69"/>
+      <c r="Q41" s="36">
         <f>IFERROR(VLOOKUP(A41,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q41" s="31">
+      <c r="R41" s="31">
         <f>IFERROR(VLOOKUP(A41,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>25605</v>
       </c>
-      <c r="R41" s="31">
+      <c r="S41" s="31">
         <f>IFERROR(VLOOKUP(A41,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S41" s="48">
+      <c r="T41" s="48">
         <f t="shared" si="0"/>
         <v>157106</v>
       </c>
-      <c r="T41" s="61"/>
       <c r="U41" s="61"/>
-    </row>
-    <row r="42" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V41" s="61"/>
+    </row>
+    <row r="42" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A42" s="7" t="s">
         <v>522</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>200</v>
       </c>
       <c r="C42" s="61">
         <f>VLOOKUP(A42,'AR DOP'!A:G,7,FALSE)</f>
         <v>144033</v>
       </c>
       <c r="D42" s="61"/>
       <c r="E42" s="61"/>
-      <c r="F42" s="65"/>
+      <c r="F42" s="132"/>
       <c r="G42" s="65"/>
       <c r="H42" s="65"/>
       <c r="I42" s="65"/>
       <c r="J42" s="65"/>
       <c r="K42" s="65"/>
       <c r="L42" s="65"/>
       <c r="M42" s="65"/>
-      <c r="N42" s="66"/>
-[...1 lines deleted...]
-      <c r="P42" s="36">
+      <c r="N42" s="65"/>
+      <c r="O42" s="66"/>
+      <c r="P42" s="69"/>
+      <c r="Q42" s="36">
         <f>IFERROR(VLOOKUP(A42,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q42" s="31">
+      <c r="R42" s="31">
         <f>IFERROR(VLOOKUP(A42,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>85352</v>
       </c>
-      <c r="R42" s="31">
+      <c r="S42" s="31">
         <f>IFERROR(VLOOKUP(A42,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6767</v>
       </c>
-      <c r="S42" s="48">
+      <c r="T42" s="48">
         <f t="shared" si="0"/>
         <v>236152</v>
       </c>
-      <c r="T42" s="61"/>
       <c r="U42" s="61"/>
-    </row>
-    <row r="43" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V42" s="61"/>
+    </row>
+    <row r="43" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A43" s="7" t="s">
         <v>354</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C43" s="61">
         <f>VLOOKUP(A43,'AR DOP'!A:G,7,FALSE)</f>
         <v>948607</v>
       </c>
       <c r="D43" s="61"/>
       <c r="E43" s="61"/>
-      <c r="F43" s="65"/>
+      <c r="F43" s="132"/>
       <c r="G43" s="65"/>
       <c r="H43" s="65"/>
       <c r="I43" s="65"/>
       <c r="J43" s="65"/>
       <c r="K43" s="65"/>
       <c r="L43" s="65"/>
       <c r="M43" s="65"/>
-      <c r="N43" s="66"/>
-[...1 lines deleted...]
-      <c r="P43" s="36">
+      <c r="N43" s="65"/>
+      <c r="O43" s="66"/>
+      <c r="P43" s="69"/>
+      <c r="Q43" s="36">
         <f>IFERROR(VLOOKUP(A43,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q43" s="31">
+      <c r="R43" s="31">
         <f>IFERROR(VLOOKUP(A43,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>699890</v>
       </c>
-      <c r="R43" s="31">
+      <c r="S43" s="31">
         <f>IFERROR(VLOOKUP(A43,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>10064</v>
       </c>
-      <c r="S43" s="48">
+      <c r="T43" s="48">
         <f t="shared" si="0"/>
         <v>1658561</v>
       </c>
-      <c r="T43" s="61"/>
       <c r="U43" s="61"/>
-    </row>
-    <row r="44" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V43" s="61"/>
+    </row>
+    <row r="44" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A44" s="7" t="s">
         <v>357</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C44" s="61">
         <f>VLOOKUP(A44,'AR DOP'!A:G,7,FALSE)</f>
         <v>129130</v>
       </c>
       <c r="D44" s="61"/>
       <c r="E44" s="61"/>
-      <c r="F44" s="65"/>
+      <c r="F44" s="132"/>
       <c r="G44" s="65"/>
       <c r="H44" s="65"/>
       <c r="I44" s="65"/>
       <c r="J44" s="65"/>
       <c r="K44" s="65"/>
       <c r="L44" s="65"/>
       <c r="M44" s="65"/>
-      <c r="N44" s="66"/>
-[...1 lines deleted...]
-      <c r="P44" s="36">
+      <c r="N44" s="65"/>
+      <c r="O44" s="66"/>
+      <c r="P44" s="69"/>
+      <c r="Q44" s="36">
         <f>IFERROR(VLOOKUP(A44,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q44" s="31">
+      <c r="R44" s="31">
         <f>IFERROR(VLOOKUP(A44,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>81084</v>
       </c>
-      <c r="R44" s="31">
+      <c r="S44" s="31">
         <f>IFERROR(VLOOKUP(A44,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S44" s="48">
+      <c r="T44" s="48">
         <f t="shared" si="0"/>
         <v>210214</v>
       </c>
-      <c r="T44" s="61"/>
       <c r="U44" s="61"/>
-    </row>
-    <row r="45" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V44" s="61"/>
+    </row>
+    <row r="45" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A45" s="7" t="s">
         <v>355</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="61">
         <f>VLOOKUP(A45,'AR DOP'!A:G,7,FALSE)</f>
         <v>99270</v>
       </c>
       <c r="D45" s="61"/>
       <c r="E45" s="61"/>
-      <c r="F45" s="65"/>
+      <c r="F45" s="132"/>
       <c r="G45" s="65"/>
       <c r="H45" s="65"/>
       <c r="I45" s="65"/>
       <c r="J45" s="65"/>
       <c r="K45" s="65"/>
       <c r="L45" s="65"/>
       <c r="M45" s="65"/>
-      <c r="N45" s="66"/>
-[...1 lines deleted...]
-      <c r="P45" s="36">
+      <c r="N45" s="65"/>
+      <c r="O45" s="66"/>
+      <c r="P45" s="69"/>
+      <c r="Q45" s="36">
         <f>IFERROR(VLOOKUP(A45,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q45" s="31">
+      <c r="R45" s="31">
         <f>IFERROR(VLOOKUP(A45,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>79377</v>
       </c>
-      <c r="R45" s="31">
+      <c r="S45" s="31">
         <f>IFERROR(VLOOKUP(A45,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>8523</v>
       </c>
-      <c r="S45" s="48">
+      <c r="T45" s="48">
         <f t="shared" si="0"/>
         <v>187170</v>
       </c>
-      <c r="T45" s="61"/>
       <c r="U45" s="61"/>
-    </row>
-    <row r="46" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V45" s="61"/>
+    </row>
+    <row r="46" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A46" s="7" t="s">
         <v>356</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C46" s="61">
         <f>VLOOKUP(A46,'AR DOP'!A:G,7,FALSE)</f>
         <v>68805</v>
       </c>
       <c r="D46" s="61"/>
       <c r="E46" s="61"/>
-      <c r="F46" s="65"/>
+      <c r="F46" s="132"/>
       <c r="G46" s="65"/>
       <c r="H46" s="65"/>
       <c r="I46" s="65"/>
       <c r="J46" s="65"/>
       <c r="K46" s="65"/>
       <c r="L46" s="65"/>
       <c r="M46" s="65"/>
-      <c r="N46" s="66"/>
-[...1 lines deleted...]
-      <c r="P46" s="36">
+      <c r="N46" s="65"/>
+      <c r="O46" s="66"/>
+      <c r="P46" s="69"/>
+      <c r="Q46" s="36">
         <f>IFERROR(VLOOKUP(A46,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>195370</v>
       </c>
-      <c r="Q46" s="31">
+      <c r="R46" s="31">
         <f>IFERROR(VLOOKUP(A46,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R46" s="31">
+      <c r="S46" s="31">
         <f>IFERROR(VLOOKUP(A46,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S46" s="48">
+      <c r="T46" s="48">
         <f t="shared" si="0"/>
         <v>264175</v>
       </c>
-      <c r="T46" s="61"/>
       <c r="U46" s="61"/>
-    </row>
-    <row r="47" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V46" s="61"/>
+    </row>
+    <row r="47" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A47" s="7" t="s">
         <v>358</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C47" s="61">
         <f>VLOOKUP(A47,'AR DOP'!A:G,7,FALSE)</f>
         <v>158144</v>
       </c>
       <c r="D47" s="61"/>
       <c r="E47" s="61"/>
-      <c r="F47" s="65"/>
+      <c r="F47" s="132"/>
       <c r="G47" s="65"/>
       <c r="H47" s="65"/>
       <c r="I47" s="65"/>
       <c r="J47" s="65"/>
       <c r="K47" s="65"/>
       <c r="L47" s="65"/>
       <c r="M47" s="65"/>
-      <c r="N47" s="66"/>
-[...1 lines deleted...]
-      <c r="P47" s="36">
+      <c r="N47" s="65"/>
+      <c r="O47" s="66"/>
+      <c r="P47" s="69"/>
+      <c r="Q47" s="36">
         <f>IFERROR(VLOOKUP(A47,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q47" s="31">
+      <c r="R47" s="31">
         <f>IFERROR(VLOOKUP(A47,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R47" s="31">
+      <c r="S47" s="31">
         <f>IFERROR(VLOOKUP(A47,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S47" s="48">
+      <c r="T47" s="48">
         <f t="shared" si="0"/>
         <v>270779</v>
       </c>
-      <c r="T47" s="61"/>
       <c r="U47" s="61"/>
-    </row>
-    <row r="48" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V47" s="61"/>
+    </row>
+    <row r="48" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A48" s="7" t="s">
         <v>359</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C48" s="61">
         <f>VLOOKUP(A48,'AR DOP'!A:G,7,FALSE)</f>
         <v>138998</v>
       </c>
       <c r="D48" s="61"/>
       <c r="E48" s="61"/>
-      <c r="F48" s="65"/>
+      <c r="F48" s="132"/>
       <c r="G48" s="65"/>
       <c r="H48" s="65"/>
       <c r="I48" s="65"/>
       <c r="J48" s="65"/>
       <c r="K48" s="65"/>
       <c r="L48" s="65"/>
       <c r="M48" s="65"/>
-      <c r="N48" s="66"/>
-[...1 lines deleted...]
-      <c r="P48" s="36">
+      <c r="N48" s="65"/>
+      <c r="O48" s="66"/>
+      <c r="P48" s="69"/>
+      <c r="Q48" s="36">
         <f>IFERROR(VLOOKUP(A48,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q48" s="31">
+      <c r="R48" s="31">
         <f>IFERROR(VLOOKUP(A48,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>58893</v>
       </c>
-      <c r="R48" s="31">
+      <c r="S48" s="31">
         <f>IFERROR(VLOOKUP(A48,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S48" s="48">
+      <c r="T48" s="48">
         <f t="shared" si="0"/>
         <v>197891</v>
       </c>
-      <c r="T48" s="61"/>
       <c r="U48" s="61"/>
-    </row>
-    <row r="49" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V48" s="61"/>
+    </row>
+    <row r="49" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A49" s="7" t="s">
         <v>360</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C49" s="61">
         <f>VLOOKUP(A49,'AR DOP'!A:G,7,FALSE)</f>
         <v>503016</v>
       </c>
       <c r="D49" s="61"/>
       <c r="E49" s="61"/>
-      <c r="F49" s="65"/>
+      <c r="F49" s="132"/>
       <c r="G49" s="65"/>
       <c r="H49" s="65"/>
       <c r="I49" s="65"/>
       <c r="J49" s="65"/>
       <c r="K49" s="65"/>
       <c r="L49" s="65"/>
       <c r="M49" s="65"/>
-      <c r="N49" s="66"/>
-[...1 lines deleted...]
-      <c r="P49" s="36">
+      <c r="N49" s="65"/>
+      <c r="O49" s="66"/>
+      <c r="P49" s="69"/>
+      <c r="Q49" s="36">
         <f>IFERROR(VLOOKUP(A49,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q49" s="31">
+      <c r="R49" s="31">
         <f>IFERROR(VLOOKUP(A49,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>209113</v>
       </c>
-      <c r="R49" s="31">
+      <c r="S49" s="31">
         <f>IFERROR(VLOOKUP(A49,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>23884</v>
       </c>
-      <c r="S49" s="48">
+      <c r="T49" s="48">
         <f t="shared" si="0"/>
         <v>736013</v>
       </c>
-      <c r="T49" s="61"/>
       <c r="U49" s="61"/>
-    </row>
-    <row r="50" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V49" s="61"/>
+    </row>
+    <row r="50" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A50" s="7" t="s">
         <v>361</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C50" s="61">
         <f>VLOOKUP(A50,'AR DOP'!A:G,7,FALSE)</f>
         <v>541874</v>
       </c>
       <c r="D50" s="61"/>
       <c r="E50" s="61"/>
-      <c r="F50" s="65"/>
+      <c r="F50" s="132"/>
       <c r="G50" s="65"/>
       <c r="H50" s="65"/>
       <c r="I50" s="65"/>
       <c r="J50" s="65"/>
       <c r="K50" s="65"/>
       <c r="L50" s="65"/>
       <c r="M50" s="65"/>
-      <c r="N50" s="66"/>
-[...1 lines deleted...]
-      <c r="P50" s="36">
+      <c r="N50" s="65"/>
+      <c r="O50" s="66"/>
+      <c r="P50" s="69"/>
+      <c r="Q50" s="36">
         <f>IFERROR(VLOOKUP(A50,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q50" s="31">
+      <c r="R50" s="31">
         <f>IFERROR(VLOOKUP(A50,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>122054</v>
       </c>
-      <c r="R50" s="31">
+      <c r="S50" s="31">
         <f>IFERROR(VLOOKUP(A50,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>10464</v>
       </c>
-      <c r="S50" s="48">
+      <c r="T50" s="48">
         <f t="shared" si="0"/>
         <v>674392</v>
       </c>
-      <c r="T50" s="61"/>
       <c r="U50" s="61"/>
-    </row>
-    <row r="51" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V50" s="61"/>
+    </row>
+    <row r="51" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A51" s="7" t="s">
         <v>362</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C51" s="61">
         <f>VLOOKUP(A51,'AR DOP'!A:G,7,FALSE)</f>
         <v>1069188</v>
       </c>
       <c r="D51" s="61"/>
       <c r="E51" s="61"/>
-      <c r="F51" s="65"/>
+      <c r="F51" s="132"/>
       <c r="G51" s="65"/>
       <c r="H51" s="65"/>
       <c r="I51" s="65"/>
       <c r="J51" s="65"/>
       <c r="K51" s="65"/>
       <c r="L51" s="65"/>
       <c r="M51" s="65"/>
-      <c r="N51" s="66"/>
-[...1 lines deleted...]
-      <c r="P51" s="36">
+      <c r="N51" s="65"/>
+      <c r="O51" s="66"/>
+      <c r="P51" s="69"/>
+      <c r="Q51" s="36">
         <f>IFERROR(VLOOKUP(A51,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q51" s="31">
+      <c r="R51" s="31">
         <f>IFERROR(VLOOKUP(A51,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>397742</v>
       </c>
-      <c r="R51" s="31">
+      <c r="S51" s="31">
         <f>IFERROR(VLOOKUP(A51,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>37303</v>
       </c>
-      <c r="S51" s="48">
+      <c r="T51" s="48">
         <f t="shared" si="0"/>
         <v>1504233</v>
       </c>
-      <c r="T51" s="61"/>
       <c r="U51" s="61"/>
-    </row>
-    <row r="52" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V51" s="61"/>
+    </row>
+    <row r="52" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A52" s="7" t="s">
         <v>363</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C52" s="61">
-        <f>VLOOKUP(A52,'AR DOP'!A:G,7,FALSE)</f>
+        <f>(VLOOKUP(A52,'AR DOP'!A:G,7,FALSE))</f>
         <v>6308030</v>
       </c>
       <c r="D52" s="61"/>
       <c r="E52" s="61"/>
-      <c r="F52" s="65"/>
+      <c r="F52" s="132">
+        <v>-9025123</v>
+      </c>
       <c r="G52" s="65"/>
       <c r="H52" s="65"/>
       <c r="I52" s="65"/>
       <c r="J52" s="65"/>
       <c r="K52" s="65"/>
       <c r="L52" s="65"/>
       <c r="M52" s="65"/>
-      <c r="N52" s="66"/>
-[...1 lines deleted...]
-      <c r="P52" s="36">
+      <c r="N52" s="65"/>
+      <c r="O52" s="66"/>
+      <c r="P52" s="69"/>
+      <c r="Q52" s="36">
         <f>IFERROR(VLOOKUP(A52,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q52" s="31">
+      <c r="R52" s="31">
         <f>IFERROR(VLOOKUP(A52,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>3292899</v>
       </c>
-      <c r="R52" s="31">
+      <c r="S52" s="31">
         <f>IFERROR(VLOOKUP(A52,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>408745</v>
       </c>
-      <c r="S52" s="48">
+      <c r="T52" s="48">
         <f t="shared" si="0"/>
-        <v>10009674</v>
-[...1 lines deleted...]
-      <c r="T52" s="61"/>
+        <v>984551</v>
+      </c>
       <c r="U52" s="61"/>
-    </row>
-    <row r="53" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V52" s="61"/>
+    </row>
+    <row r="53" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A53" s="7" t="s">
         <v>364</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C53" s="61">
         <f>VLOOKUP(A53,'AR DOP'!A:G,7,FALSE)</f>
         <v>221319</v>
       </c>
       <c r="D53" s="61"/>
       <c r="E53" s="61"/>
-      <c r="F53" s="65"/>
+      <c r="F53" s="132"/>
       <c r="G53" s="65"/>
       <c r="H53" s="65"/>
       <c r="I53" s="65"/>
       <c r="J53" s="65"/>
       <c r="K53" s="65"/>
       <c r="L53" s="65"/>
       <c r="M53" s="65"/>
-      <c r="N53" s="66"/>
-[...1 lines deleted...]
-      <c r="P53" s="36">
+      <c r="N53" s="65"/>
+      <c r="O53" s="66"/>
+      <c r="P53" s="69"/>
+      <c r="Q53" s="36">
         <f>IFERROR(VLOOKUP(A53,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q53" s="31">
+      <c r="R53" s="31">
         <f>IFERROR(VLOOKUP(A53,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>116932</v>
       </c>
-      <c r="R53" s="31">
+      <c r="S53" s="31">
         <f>IFERROR(VLOOKUP(A53,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S53" s="48">
+      <c r="T53" s="48">
         <f t="shared" si="0"/>
         <v>338251</v>
       </c>
-      <c r="T53" s="61"/>
       <c r="U53" s="61"/>
-    </row>
-    <row r="54" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V53" s="61"/>
+    </row>
+    <row r="54" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A54" s="7" t="s">
         <v>365</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C54" s="61">
         <f>VLOOKUP(A54,'AR DOP'!A:G,7,FALSE)</f>
         <v>496159</v>
       </c>
       <c r="D54" s="61"/>
       <c r="E54" s="61"/>
-      <c r="F54" s="65"/>
+      <c r="F54" s="132"/>
       <c r="G54" s="65"/>
       <c r="H54" s="65"/>
       <c r="I54" s="65"/>
       <c r="J54" s="65"/>
       <c r="K54" s="65"/>
       <c r="L54" s="65"/>
       <c r="M54" s="65"/>
-      <c r="N54" s="66"/>
-[...1 lines deleted...]
-      <c r="P54" s="36">
+      <c r="N54" s="65"/>
+      <c r="O54" s="66"/>
+      <c r="P54" s="69"/>
+      <c r="Q54" s="36">
         <f>IFERROR(VLOOKUP(A54,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q54" s="31">
+      <c r="R54" s="31">
         <f>IFERROR(VLOOKUP(A54,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>195457</v>
       </c>
-      <c r="R54" s="31">
+      <c r="S54" s="31">
         <f>IFERROR(VLOOKUP(A54,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3362</v>
       </c>
-      <c r="S54" s="48">
+      <c r="T54" s="48">
         <f t="shared" si="0"/>
         <v>694978</v>
       </c>
-      <c r="T54" s="61"/>
       <c r="U54" s="61"/>
-    </row>
-    <row r="55" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V54" s="61"/>
+    </row>
+    <row r="55" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A55" s="7" t="s">
         <v>370</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C55" s="61">
         <f>VLOOKUP(A55,'AR DOP'!A:G,7,FALSE)</f>
         <v>143265</v>
       </c>
       <c r="D55" s="61"/>
       <c r="E55" s="61"/>
-      <c r="F55" s="65"/>
+      <c r="F55" s="132"/>
       <c r="G55" s="65"/>
       <c r="H55" s="65"/>
       <c r="I55" s="65"/>
       <c r="J55" s="65"/>
       <c r="K55" s="65"/>
       <c r="L55" s="65"/>
       <c r="M55" s="65"/>
-      <c r="N55" s="66"/>
-[...1 lines deleted...]
-      <c r="P55" s="36">
+      <c r="N55" s="65"/>
+      <c r="O55" s="66"/>
+      <c r="P55" s="69"/>
+      <c r="Q55" s="36">
         <f>IFERROR(VLOOKUP(A55,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q55" s="31">
+      <c r="R55" s="31">
         <f>IFERROR(VLOOKUP(A55,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>26459</v>
       </c>
-      <c r="R55" s="31">
+      <c r="S55" s="31">
         <f>IFERROR(VLOOKUP(A55,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S55" s="48">
+      <c r="T55" s="48">
         <f t="shared" si="0"/>
         <v>169724</v>
       </c>
-      <c r="T55" s="61"/>
       <c r="U55" s="61"/>
-    </row>
-    <row r="56" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V55" s="61"/>
+    </row>
+    <row r="56" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A56" s="7" t="s">
         <v>367</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C56" s="61">
         <f>VLOOKUP(A56,'AR DOP'!A:G,7,FALSE)</f>
         <v>157055</v>
       </c>
       <c r="D56" s="61"/>
       <c r="E56" s="61"/>
-      <c r="F56" s="65"/>
+      <c r="F56" s="132"/>
       <c r="G56" s="65"/>
       <c r="H56" s="65"/>
       <c r="I56" s="65"/>
       <c r="J56" s="65"/>
       <c r="K56" s="65"/>
       <c r="L56" s="65"/>
       <c r="M56" s="65"/>
-      <c r="N56" s="66"/>
-[...1 lines deleted...]
-      <c r="P56" s="36">
+      <c r="N56" s="65"/>
+      <c r="O56" s="66"/>
+      <c r="P56" s="69"/>
+      <c r="Q56" s="36">
         <f>IFERROR(VLOOKUP(A56,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q56" s="31">
+      <c r="R56" s="31">
         <f>IFERROR(VLOOKUP(A56,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93887</v>
       </c>
-      <c r="R56" s="31">
+      <c r="S56" s="31">
         <f>IFERROR(VLOOKUP(A56,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S56" s="48">
+      <c r="T56" s="48">
         <f t="shared" si="0"/>
         <v>250942</v>
       </c>
-      <c r="T56" s="61"/>
       <c r="U56" s="61"/>
-    </row>
-    <row r="57" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V56" s="61"/>
+    </row>
+    <row r="57" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A57" s="7" t="s">
         <v>368</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>650</v>
       </c>
       <c r="C57" s="61">
         <f>VLOOKUP(A57,'AR DOP'!A:G,7,FALSE)</f>
         <v>388589</v>
       </c>
       <c r="D57" s="61"/>
       <c r="E57" s="61"/>
-      <c r="F57" s="65"/>
+      <c r="F57" s="132"/>
       <c r="G57" s="65"/>
       <c r="H57" s="65"/>
       <c r="I57" s="65"/>
       <c r="J57" s="65"/>
       <c r="K57" s="65"/>
       <c r="L57" s="65"/>
       <c r="M57" s="65"/>
-      <c r="N57" s="66"/>
-[...1 lines deleted...]
-      <c r="P57" s="36">
+      <c r="N57" s="65"/>
+      <c r="O57" s="66"/>
+      <c r="P57" s="69"/>
+      <c r="Q57" s="36">
         <f>IFERROR(VLOOKUP(A57,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q57" s="31">
+      <c r="R57" s="31">
         <f>IFERROR(VLOOKUP(A57,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>171558</v>
       </c>
-      <c r="R57" s="31">
+      <c r="S57" s="31">
         <f>IFERROR(VLOOKUP(A57,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S57" s="48">
+      <c r="T57" s="48">
         <f t="shared" si="0"/>
         <v>560147</v>
       </c>
-      <c r="T57" s="61"/>
       <c r="U57" s="61"/>
-    </row>
-    <row r="58" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V57" s="61"/>
+    </row>
+    <row r="58" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A58" s="7" t="s">
         <v>366</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C58" s="61">
         <f>VLOOKUP(A58,'AR DOP'!A:G,7,FALSE)</f>
         <v>103345</v>
       </c>
       <c r="D58" s="61"/>
       <c r="E58" s="61"/>
-      <c r="F58" s="65"/>
+      <c r="F58" s="132"/>
       <c r="G58" s="65"/>
       <c r="H58" s="65"/>
       <c r="I58" s="65"/>
       <c r="J58" s="65"/>
       <c r="K58" s="65"/>
       <c r="L58" s="65"/>
       <c r="M58" s="65"/>
-      <c r="N58" s="66"/>
-[...1 lines deleted...]
-      <c r="P58" s="36">
+      <c r="N58" s="65"/>
+      <c r="O58" s="66"/>
+      <c r="P58" s="69"/>
+      <c r="Q58" s="36">
         <f>IFERROR(VLOOKUP(A58,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q58" s="31">
+      <c r="R58" s="31">
         <f>IFERROR(VLOOKUP(A58,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>163876</v>
       </c>
-      <c r="R58" s="31">
+      <c r="S58" s="31">
         <f>IFERROR(VLOOKUP(A58,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S58" s="48">
+      <c r="T58" s="48">
         <f t="shared" si="0"/>
         <v>267221</v>
       </c>
-      <c r="T58" s="61"/>
       <c r="U58" s="61"/>
-    </row>
-    <row r="59" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V58" s="61"/>
+    </row>
+    <row r="59" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A59" s="7" t="s">
         <v>369</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C59" s="61">
         <f>VLOOKUP(A59,'AR DOP'!A:G,7,FALSE)</f>
         <v>121549</v>
       </c>
       <c r="D59" s="61"/>
       <c r="E59" s="61"/>
-      <c r="F59" s="65"/>
+      <c r="F59" s="132"/>
       <c r="G59" s="65"/>
       <c r="H59" s="65"/>
       <c r="I59" s="65"/>
       <c r="J59" s="65"/>
       <c r="K59" s="65"/>
       <c r="L59" s="65"/>
       <c r="M59" s="65"/>
-      <c r="N59" s="66"/>
-[...1 lines deleted...]
-      <c r="P59" s="36">
+      <c r="N59" s="65"/>
+      <c r="O59" s="66"/>
+      <c r="P59" s="69"/>
+      <c r="Q59" s="36">
         <f>IFERROR(VLOOKUP(A59,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q59" s="31">
+      <c r="R59" s="31">
         <f>IFERROR(VLOOKUP(A59,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93887</v>
       </c>
-      <c r="R59" s="31">
+      <c r="S59" s="31">
         <f>IFERROR(VLOOKUP(A59,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S59" s="48">
+      <c r="T59" s="48">
         <f t="shared" si="0"/>
         <v>215436</v>
       </c>
-      <c r="T59" s="61"/>
       <c r="U59" s="61"/>
-    </row>
-    <row r="60" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V59" s="61"/>
+    </row>
+    <row r="60" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A60" s="7" t="s">
         <v>371</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C60" s="61">
         <f>VLOOKUP(A60,'AR DOP'!A:G,7,FALSE)</f>
         <v>263805</v>
       </c>
       <c r="D60" s="61"/>
       <c r="E60" s="61"/>
-      <c r="F60" s="65"/>
+      <c r="F60" s="132"/>
       <c r="G60" s="65"/>
       <c r="H60" s="65"/>
       <c r="I60" s="65"/>
       <c r="J60" s="65"/>
       <c r="K60" s="65"/>
       <c r="L60" s="65"/>
       <c r="M60" s="65"/>
-      <c r="N60" s="66"/>
-[...1 lines deleted...]
-      <c r="P60" s="36">
+      <c r="N60" s="65"/>
+      <c r="O60" s="66"/>
+      <c r="P60" s="69"/>
+      <c r="Q60" s="36">
         <f>IFERROR(VLOOKUP(A60,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q60" s="31">
+      <c r="R60" s="31">
         <f>IFERROR(VLOOKUP(A60,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>42676</v>
       </c>
-      <c r="R60" s="31">
+      <c r="S60" s="31">
         <f>IFERROR(VLOOKUP(A60,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S60" s="48">
+      <c r="T60" s="48">
         <f t="shared" si="0"/>
         <v>306481</v>
       </c>
-      <c r="T60" s="61"/>
       <c r="U60" s="61"/>
-    </row>
-    <row r="61" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V60" s="61"/>
+    </row>
+    <row r="61" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A61" s="7" t="s">
         <v>373</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C61" s="61">
         <f>VLOOKUP(A61,'AR DOP'!A:G,7,FALSE)</f>
         <v>278836</v>
       </c>
       <c r="D61" s="61"/>
       <c r="E61" s="61"/>
-      <c r="F61" s="65"/>
+      <c r="F61" s="132"/>
       <c r="G61" s="65"/>
       <c r="H61" s="65"/>
       <c r="I61" s="65"/>
       <c r="J61" s="65"/>
       <c r="K61" s="65"/>
       <c r="L61" s="65"/>
       <c r="M61" s="65"/>
-      <c r="N61" s="66"/>
-[...1 lines deleted...]
-      <c r="P61" s="36">
+      <c r="N61" s="65"/>
+      <c r="O61" s="66"/>
+      <c r="P61" s="69"/>
+      <c r="Q61" s="36">
         <f>IFERROR(VLOOKUP(A61,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q61" s="31">
+      <c r="R61" s="31">
         <f>IFERROR(VLOOKUP(A61,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>155341</v>
       </c>
-      <c r="R61" s="31">
+      <c r="S61" s="31">
         <f>IFERROR(VLOOKUP(A61,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>17174</v>
       </c>
-      <c r="S61" s="48">
+      <c r="T61" s="48">
         <f t="shared" si="0"/>
         <v>451351</v>
       </c>
-      <c r="T61" s="61"/>
       <c r="U61" s="61"/>
-    </row>
-    <row r="62" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V61" s="61"/>
+    </row>
+    <row r="62" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A62" s="7" t="s">
         <v>374</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C62" s="61">
         <f>VLOOKUP(A62,'AR DOP'!A:G,7,FALSE)</f>
         <v>479652</v>
       </c>
       <c r="D62" s="61"/>
       <c r="E62" s="61"/>
-      <c r="F62" s="65"/>
+      <c r="F62" s="132"/>
       <c r="G62" s="65"/>
       <c r="H62" s="65"/>
       <c r="I62" s="65"/>
       <c r="J62" s="65"/>
       <c r="K62" s="65"/>
       <c r="L62" s="65"/>
       <c r="M62" s="65"/>
-      <c r="N62" s="66"/>
-[...1 lines deleted...]
-      <c r="P62" s="36">
+      <c r="N62" s="65"/>
+      <c r="O62" s="66"/>
+      <c r="P62" s="69"/>
+      <c r="Q62" s="36">
         <f>IFERROR(VLOOKUP(A62,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q62" s="31">
+      <c r="R62" s="31">
         <f>IFERROR(VLOOKUP(A62,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>187775</v>
       </c>
-      <c r="R62" s="31">
+      <c r="S62" s="31">
         <f>IFERROR(VLOOKUP(A62,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>14254</v>
       </c>
-      <c r="S62" s="48">
+      <c r="T62" s="48">
         <f t="shared" si="0"/>
         <v>681681</v>
       </c>
-      <c r="T62" s="61"/>
       <c r="U62" s="61"/>
-    </row>
-    <row r="63" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V62" s="61"/>
+    </row>
+    <row r="63" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A63" s="7" t="s">
         <v>375</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C63" s="61">
         <f>VLOOKUP(A63,'AR DOP'!A:G,7,FALSE)</f>
         <v>56425</v>
       </c>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
-      <c r="F63" s="65"/>
+      <c r="F63" s="132"/>
       <c r="G63" s="65"/>
       <c r="H63" s="65"/>
       <c r="I63" s="65"/>
       <c r="J63" s="65"/>
       <c r="K63" s="65"/>
       <c r="L63" s="65"/>
       <c r="M63" s="65"/>
-      <c r="N63" s="66"/>
-[...1 lines deleted...]
-      <c r="P63" s="36">
+      <c r="N63" s="65"/>
+      <c r="O63" s="66"/>
+      <c r="P63" s="69"/>
+      <c r="Q63" s="36">
         <f>IFERROR(VLOOKUP(A63,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q63" s="31">
+      <c r="R63" s="31">
         <f>IFERROR(VLOOKUP(A63,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>84498</v>
       </c>
-      <c r="R63" s="31">
+      <c r="S63" s="31">
         <f>IFERROR(VLOOKUP(A63,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S63" s="48">
+      <c r="T63" s="48">
         <f t="shared" si="0"/>
         <v>140923</v>
       </c>
-      <c r="T63" s="61"/>
       <c r="U63" s="61"/>
-    </row>
-    <row r="64" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V63" s="61"/>
+    </row>
+    <row r="64" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A64" s="7" t="s">
         <v>376</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C64" s="61">
         <f>VLOOKUP(A64,'AR DOP'!A:G,7,FALSE)</f>
         <v>196442</v>
       </c>
       <c r="D64" s="61"/>
       <c r="E64" s="61"/>
-      <c r="F64" s="65"/>
+      <c r="F64" s="132"/>
       <c r="G64" s="65"/>
       <c r="H64" s="65"/>
       <c r="I64" s="65"/>
       <c r="J64" s="65"/>
       <c r="K64" s="65"/>
       <c r="L64" s="65"/>
       <c r="M64" s="65"/>
-      <c r="N64" s="66"/>
-[...1 lines deleted...]
-      <c r="P64" s="36">
+      <c r="N64" s="65"/>
+      <c r="O64" s="66"/>
+      <c r="P64" s="69"/>
+      <c r="Q64" s="36">
         <f>IFERROR(VLOOKUP(A64,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>198375</v>
       </c>
-      <c r="Q64" s="31">
+      <c r="R64" s="31">
         <f>IFERROR(VLOOKUP(A64,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R64" s="31">
+      <c r="S64" s="31">
         <f>IFERROR(VLOOKUP(A64,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>8398</v>
       </c>
-      <c r="S64" s="48">
+      <c r="T64" s="48">
         <f t="shared" si="0"/>
         <v>403215</v>
       </c>
-      <c r="T64" s="61"/>
       <c r="U64" s="61"/>
-    </row>
-    <row r="65" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V64" s="61"/>
+    </row>
+    <row r="65" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A65" s="7" t="s">
         <v>377</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C65" s="61">
         <f>VLOOKUP(A65,'AR DOP'!A:G,7,FALSE)</f>
         <v>140787</v>
       </c>
       <c r="D65" s="61"/>
       <c r="E65" s="61"/>
-      <c r="F65" s="65"/>
+      <c r="F65" s="132"/>
       <c r="G65" s="65"/>
       <c r="H65" s="65"/>
       <c r="I65" s="65"/>
       <c r="J65" s="65"/>
       <c r="K65" s="65"/>
       <c r="L65" s="65"/>
       <c r="M65" s="65"/>
-      <c r="N65" s="66"/>
-[...1 lines deleted...]
-      <c r="P65" s="36">
+      <c r="N65" s="65"/>
+      <c r="O65" s="66"/>
+      <c r="P65" s="69"/>
+      <c r="Q65" s="36">
         <f>IFERROR(VLOOKUP(A65,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q65" s="31">
+      <c r="R65" s="31">
         <f>IFERROR(VLOOKUP(A65,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>51211</v>
       </c>
-      <c r="R65" s="31">
+      <c r="S65" s="31">
         <f>IFERROR(VLOOKUP(A65,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S65" s="48">
+      <c r="T65" s="48">
         <f t="shared" si="0"/>
         <v>191998</v>
       </c>
-      <c r="T65" s="61"/>
       <c r="U65" s="61"/>
-    </row>
-    <row r="66" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V65" s="61"/>
+    </row>
+    <row r="66" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A66" s="7" t="s">
         <v>378</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C66" s="61">
         <f>VLOOKUP(A66,'AR DOP'!A:G,7,FALSE)</f>
         <v>380344</v>
       </c>
       <c r="D66" s="61"/>
       <c r="E66" s="61"/>
-      <c r="F66" s="65"/>
+      <c r="F66" s="132"/>
       <c r="G66" s="65"/>
       <c r="H66" s="65"/>
       <c r="I66" s="65"/>
       <c r="J66" s="65"/>
       <c r="K66" s="65"/>
       <c r="L66" s="65"/>
       <c r="M66" s="65"/>
-      <c r="N66" s="66"/>
-[...1 lines deleted...]
-      <c r="P66" s="36">
+      <c r="N66" s="65"/>
+      <c r="O66" s="66"/>
+      <c r="P66" s="69"/>
+      <c r="Q66" s="36">
         <f>IFERROR(VLOOKUP(A66,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>83075</v>
       </c>
-      <c r="Q66" s="31">
+      <c r="R66" s="31">
         <f>IFERROR(VLOOKUP(A66,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>73403</v>
       </c>
-      <c r="R66" s="31">
+      <c r="S66" s="31">
         <f>IFERROR(VLOOKUP(A66,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>106400</v>
       </c>
-      <c r="S66" s="48">
+      <c r="T66" s="48">
         <f t="shared" si="0"/>
         <v>643222</v>
       </c>
-      <c r="T66" s="61"/>
       <c r="U66" s="61"/>
-    </row>
-    <row r="67" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V66" s="61"/>
+    </row>
+    <row r="67" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A67" s="7" t="s">
         <v>379</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>57</v>
       </c>
       <c r="C67" s="61">
         <f>VLOOKUP(A67,'AR DOP'!A:G,7,FALSE)</f>
         <v>289053</v>
       </c>
       <c r="D67" s="61"/>
       <c r="E67" s="61"/>
-      <c r="F67" s="65"/>
+      <c r="F67" s="132"/>
       <c r="G67" s="65"/>
       <c r="H67" s="65"/>
       <c r="I67" s="65"/>
       <c r="J67" s="65"/>
       <c r="K67" s="65"/>
       <c r="L67" s="65"/>
       <c r="M67" s="65"/>
-      <c r="N67" s="66"/>
-[...1 lines deleted...]
-      <c r="P67" s="36">
+      <c r="N67" s="65"/>
+      <c r="O67" s="66"/>
+      <c r="P67" s="69"/>
+      <c r="Q67" s="36">
         <f>IFERROR(VLOOKUP(A67,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q67" s="31">
+      <c r="R67" s="31">
         <f>IFERROR(VLOOKUP(A67,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>311536</v>
       </c>
-      <c r="R67" s="31">
+      <c r="S67" s="31">
         <f>IFERROR(VLOOKUP(A67,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>117743</v>
       </c>
-      <c r="S67" s="48">
+      <c r="T67" s="48">
         <f t="shared" si="0"/>
         <v>718332</v>
       </c>
-      <c r="T67" s="61"/>
       <c r="U67" s="61"/>
-    </row>
-    <row r="68" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V67" s="61"/>
+    </row>
+    <row r="68" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A68" s="7" t="s">
         <v>380</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C68" s="61">
         <f>VLOOKUP(A68,'AR DOP'!A:G,7,FALSE)</f>
         <v>104535</v>
       </c>
       <c r="D68" s="61"/>
       <c r="E68" s="61"/>
-      <c r="F68" s="65"/>
+      <c r="F68" s="132"/>
       <c r="G68" s="65"/>
       <c r="H68" s="65"/>
       <c r="I68" s="65"/>
       <c r="J68" s="65"/>
       <c r="K68" s="65"/>
       <c r="L68" s="65"/>
       <c r="M68" s="65"/>
-      <c r="N68" s="66"/>
-[...1 lines deleted...]
-      <c r="P68" s="36">
+      <c r="N68" s="65"/>
+      <c r="O68" s="66"/>
+      <c r="P68" s="69"/>
+      <c r="Q68" s="36">
         <f>IFERROR(VLOOKUP(A68,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q68" s="31">
+      <c r="R68" s="31">
         <f>IFERROR(VLOOKUP(A68,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93034</v>
       </c>
-      <c r="R68" s="31">
+      <c r="S68" s="31">
         <f>IFERROR(VLOOKUP(A68,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S68" s="48">
+      <c r="T68" s="48">
         <f t="shared" si="0"/>
         <v>197569</v>
       </c>
-      <c r="T68" s="61"/>
       <c r="U68" s="61"/>
-    </row>
-    <row r="69" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V68" s="61"/>
+    </row>
+    <row r="69" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A69" s="7" t="s">
         <v>381</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C69" s="61">
         <f>VLOOKUP(A69,'AR DOP'!A:G,7,FALSE)</f>
         <v>106115</v>
       </c>
       <c r="D69" s="61"/>
       <c r="E69" s="61"/>
-      <c r="F69" s="65"/>
+      <c r="F69" s="132"/>
       <c r="G69" s="65"/>
       <c r="H69" s="65"/>
       <c r="I69" s="65"/>
       <c r="J69" s="65"/>
       <c r="K69" s="65"/>
       <c r="L69" s="65"/>
       <c r="M69" s="65"/>
-      <c r="N69" s="66"/>
-[...1 lines deleted...]
-      <c r="P69" s="36">
+      <c r="N69" s="65"/>
+      <c r="O69" s="66"/>
+      <c r="P69" s="69"/>
+      <c r="Q69" s="36">
         <f>IFERROR(VLOOKUP(A69,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>267315</v>
       </c>
-      <c r="Q69" s="31">
+      <c r="R69" s="31">
         <f>IFERROR(VLOOKUP(A69,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>16216</v>
       </c>
-      <c r="R69" s="31">
+      <c r="S69" s="31">
         <f>IFERROR(VLOOKUP(A69,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S69" s="48">
-        <f t="shared" ref="S69:S132" si="1">SUM(C69:R69)</f>
+      <c r="T69" s="48">
+        <f t="shared" ref="T69:T132" si="1">SUM(C69:S69)</f>
         <v>389646</v>
       </c>
-      <c r="T69" s="61"/>
       <c r="U69" s="61"/>
-    </row>
-    <row r="70" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V69" s="61"/>
+    </row>
+    <row r="70" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A70" s="7" t="s">
         <v>383</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C70" s="61">
         <f>VLOOKUP(A70,'AR DOP'!A:G,7,FALSE)</f>
         <v>1221990</v>
       </c>
       <c r="D70" s="61"/>
       <c r="E70" s="61"/>
-      <c r="F70" s="65"/>
+      <c r="F70" s="132"/>
       <c r="G70" s="65"/>
       <c r="H70" s="65"/>
       <c r="I70" s="65"/>
       <c r="J70" s="65"/>
       <c r="K70" s="65"/>
       <c r="L70" s="65"/>
       <c r="M70" s="65"/>
-      <c r="N70" s="66"/>
-[...1 lines deleted...]
-      <c r="P70" s="36">
+      <c r="N70" s="65"/>
+      <c r="O70" s="66"/>
+      <c r="P70" s="69"/>
+      <c r="Q70" s="36">
         <f>IFERROR(VLOOKUP(A70,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>654217</v>
       </c>
-      <c r="Q70" s="31">
+      <c r="R70" s="31">
         <f>IFERROR(VLOOKUP(A70,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R70" s="31">
+      <c r="S70" s="31">
         <f>IFERROR(VLOOKUP(A70,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>47368</v>
       </c>
-      <c r="S70" s="48">
+      <c r="T70" s="48">
         <f t="shared" si="1"/>
         <v>1923575</v>
       </c>
-      <c r="T70" s="61"/>
       <c r="U70" s="61"/>
-    </row>
-    <row r="71" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V70" s="61"/>
+    </row>
+    <row r="71" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A71" s="7" t="s">
         <v>384</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C71" s="61">
         <f>VLOOKUP(A71,'AR DOP'!A:G,7,FALSE)</f>
         <v>303442</v>
       </c>
       <c r="D71" s="61"/>
       <c r="E71" s="61"/>
-      <c r="F71" s="65"/>
+      <c r="F71" s="132"/>
       <c r="G71" s="65"/>
       <c r="H71" s="65"/>
       <c r="I71" s="65"/>
       <c r="J71" s="65"/>
       <c r="K71" s="65"/>
       <c r="L71" s="65"/>
       <c r="M71" s="65"/>
-      <c r="N71" s="66"/>
-[...1 lines deleted...]
-      <c r="P71" s="36">
+      <c r="N71" s="65"/>
+      <c r="O71" s="66"/>
+      <c r="P71" s="69"/>
+      <c r="Q71" s="36">
         <f>IFERROR(VLOOKUP(A71,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q71" s="31">
+      <c r="R71" s="31">
         <f>IFERROR(VLOOKUP(A71,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>44383</v>
       </c>
-      <c r="R71" s="31">
+      <c r="S71" s="31">
         <f>IFERROR(VLOOKUP(A71,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S71" s="48">
+      <c r="T71" s="48">
         <f t="shared" si="1"/>
         <v>351179</v>
       </c>
-      <c r="T71" s="61"/>
       <c r="U71" s="61"/>
-    </row>
-    <row r="72" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V71" s="61"/>
+    </row>
+    <row r="72" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A72" s="7" t="s">
         <v>385</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C72" s="61">
         <f>VLOOKUP(A72,'AR DOP'!A:G,7,FALSE)</f>
         <v>1288922</v>
       </c>
       <c r="D72" s="61"/>
       <c r="E72" s="61"/>
-      <c r="F72" s="65"/>
+      <c r="F72" s="132"/>
       <c r="G72" s="65"/>
       <c r="H72" s="65"/>
       <c r="I72" s="65"/>
       <c r="J72" s="65"/>
       <c r="K72" s="65"/>
       <c r="L72" s="65"/>
       <c r="M72" s="65"/>
-      <c r="N72" s="66"/>
-[...1 lines deleted...]
-      <c r="P72" s="36">
+      <c r="N72" s="65"/>
+      <c r="O72" s="66"/>
+      <c r="P72" s="69"/>
+      <c r="Q72" s="36">
         <f>IFERROR(VLOOKUP(A72,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>245415</v>
       </c>
-      <c r="Q72" s="31">
+      <c r="R72" s="31">
         <f>IFERROR(VLOOKUP(A72,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>335435</v>
       </c>
-      <c r="R72" s="31">
+      <c r="S72" s="31">
         <f>IFERROR(VLOOKUP(A72,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>21823</v>
       </c>
-      <c r="S72" s="48">
+      <c r="T72" s="48">
         <f t="shared" si="1"/>
         <v>1891595</v>
       </c>
-      <c r="T72" s="61"/>
       <c r="U72" s="61"/>
-    </row>
-    <row r="73" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V72" s="61"/>
+    </row>
+    <row r="73" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A73" s="7" t="s">
         <v>386</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C73" s="61">
         <f>VLOOKUP(A73,'AR DOP'!A:G,7,FALSE)</f>
         <v>203562</v>
       </c>
       <c r="D73" s="61"/>
       <c r="E73" s="61"/>
-      <c r="F73" s="65"/>
+      <c r="F73" s="132"/>
       <c r="G73" s="65"/>
       <c r="H73" s="65"/>
       <c r="I73" s="65"/>
       <c r="J73" s="65"/>
       <c r="K73" s="65"/>
       <c r="L73" s="65"/>
       <c r="M73" s="65"/>
-      <c r="N73" s="66"/>
-[...1 lines deleted...]
-      <c r="P73" s="36">
+      <c r="N73" s="65"/>
+      <c r="O73" s="66"/>
+      <c r="P73" s="69">
+        <v>580944</v>
+      </c>
+      <c r="Q73" s="36">
         <f>IFERROR(VLOOKUP(A73,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q73" s="31">
+      <c r="R73" s="31">
         <f>IFERROR(VLOOKUP(A73,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>99008</v>
       </c>
-      <c r="R73" s="31">
+      <c r="S73" s="31">
         <f>IFERROR(VLOOKUP(A73,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5032</v>
       </c>
-      <c r="S73" s="48">
+      <c r="T73" s="48">
         <f t="shared" si="1"/>
-        <v>307602</v>
-[...1 lines deleted...]
-      <c r="T73" s="61"/>
+        <v>888546</v>
+      </c>
       <c r="U73" s="61"/>
-    </row>
-    <row r="74" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V73" s="61"/>
+    </row>
+    <row r="74" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A74" s="7" t="s">
         <v>387</v>
       </c>
       <c r="B74" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C74" s="61">
         <f>VLOOKUP(A74,'AR DOP'!A:G,7,FALSE)</f>
         <v>1840948</v>
       </c>
       <c r="D74" s="61"/>
       <c r="E74" s="61"/>
-      <c r="F74" s="65"/>
+      <c r="F74" s="132"/>
       <c r="G74" s="65"/>
       <c r="H74" s="65"/>
       <c r="I74" s="65"/>
       <c r="J74" s="65"/>
       <c r="K74" s="65"/>
       <c r="L74" s="65"/>
       <c r="M74" s="65"/>
-      <c r="N74" s="66"/>
-[...1 lines deleted...]
-      <c r="P74" s="36">
+      <c r="N74" s="65"/>
+      <c r="O74" s="66"/>
+      <c r="P74" s="69"/>
+      <c r="Q74" s="36">
         <f>IFERROR(VLOOKUP(A74,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q74" s="31">
+      <c r="R74" s="31">
         <f>IFERROR(VLOOKUP(A74,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>467731</v>
       </c>
-      <c r="R74" s="31">
+      <c r="S74" s="31">
         <f>IFERROR(VLOOKUP(A74,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>95935</v>
       </c>
-      <c r="S74" s="48">
+      <c r="T74" s="48">
         <f t="shared" si="1"/>
         <v>2404614</v>
       </c>
-      <c r="T74" s="61"/>
       <c r="U74" s="61"/>
-    </row>
-    <row r="75" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V74" s="61"/>
+    </row>
+    <row r="75" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A75" s="7" t="s">
         <v>388</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C75" s="61">
         <f>VLOOKUP(A75,'AR DOP'!A:G,7,FALSE)</f>
         <v>117794</v>
       </c>
       <c r="D75" s="61"/>
       <c r="E75" s="61"/>
-      <c r="F75" s="65"/>
+      <c r="F75" s="132"/>
       <c r="G75" s="65"/>
       <c r="H75" s="65"/>
       <c r="I75" s="65"/>
       <c r="J75" s="65"/>
       <c r="K75" s="65"/>
       <c r="L75" s="65"/>
       <c r="M75" s="65"/>
-      <c r="N75" s="66"/>
-[...1 lines deleted...]
-      <c r="P75" s="36">
+      <c r="N75" s="65"/>
+      <c r="O75" s="66"/>
+      <c r="P75" s="69"/>
+      <c r="Q75" s="36">
         <f>IFERROR(VLOOKUP(A75,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>31153</v>
       </c>
-      <c r="Q75" s="31">
+      <c r="R75" s="31">
         <f>IFERROR(VLOOKUP(A75,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>94741</v>
       </c>
-      <c r="R75" s="31">
+      <c r="S75" s="31">
         <f>IFERROR(VLOOKUP(A75,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5032</v>
       </c>
-      <c r="S75" s="48">
+      <c r="T75" s="48">
         <f t="shared" si="1"/>
         <v>248720</v>
       </c>
-      <c r="T75" s="61"/>
       <c r="U75" s="61"/>
-    </row>
-    <row r="76" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V75" s="61"/>
+    </row>
+    <row r="76" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A76" s="7" t="s">
         <v>389</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C76" s="61">
         <f>VLOOKUP(A76,'AR DOP'!A:G,7,FALSE)</f>
         <v>88434</v>
       </c>
       <c r="D76" s="61"/>
       <c r="E76" s="61"/>
-      <c r="F76" s="65"/>
+      <c r="F76" s="132"/>
       <c r="G76" s="65"/>
       <c r="H76" s="65"/>
       <c r="I76" s="65"/>
       <c r="J76" s="65"/>
       <c r="K76" s="65"/>
       <c r="L76" s="65"/>
       <c r="M76" s="65"/>
-      <c r="N76" s="66"/>
-[...1 lines deleted...]
-      <c r="P76" s="36">
+      <c r="N76" s="65"/>
+      <c r="O76" s="66"/>
+      <c r="P76" s="69"/>
+      <c r="Q76" s="36">
         <f>IFERROR(VLOOKUP(A76,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q76" s="31">
+      <c r="R76" s="31">
         <f>IFERROR(VLOOKUP(A76,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93887</v>
       </c>
-      <c r="R76" s="31">
+      <c r="S76" s="31">
         <f>IFERROR(VLOOKUP(A76,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S76" s="48">
+      <c r="T76" s="48">
         <f t="shared" si="1"/>
         <v>185675</v>
       </c>
-      <c r="T76" s="61"/>
       <c r="U76" s="61"/>
-    </row>
-    <row r="77" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V76" s="61"/>
+    </row>
+    <row r="77" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A77" s="7" t="s">
         <v>390</v>
       </c>
       <c r="B77" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C77" s="61">
         <f>VLOOKUP(A77,'AR DOP'!A:G,7,FALSE)</f>
         <v>226758</v>
       </c>
       <c r="D77" s="61"/>
       <c r="E77" s="61"/>
-      <c r="F77" s="65"/>
+      <c r="F77" s="132"/>
       <c r="G77" s="65"/>
       <c r="H77" s="65"/>
       <c r="I77" s="65"/>
       <c r="J77" s="65"/>
       <c r="K77" s="65"/>
       <c r="L77" s="65"/>
       <c r="M77" s="65"/>
-      <c r="N77" s="66"/>
-[...1 lines deleted...]
-      <c r="P77" s="36">
+      <c r="N77" s="65"/>
+      <c r="O77" s="66"/>
+      <c r="P77" s="69"/>
+      <c r="Q77" s="36">
         <f>IFERROR(VLOOKUP(A77,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q77" s="31">
+      <c r="R77" s="31">
         <f>IFERROR(VLOOKUP(A77,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>122054</v>
       </c>
-      <c r="R77" s="31">
+      <c r="S77" s="31">
         <f>IFERROR(VLOOKUP(A77,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>56555</v>
       </c>
-      <c r="S77" s="48">
+      <c r="T77" s="48">
         <f t="shared" si="1"/>
         <v>405367</v>
       </c>
-      <c r="T77" s="61"/>
       <c r="U77" s="61"/>
-    </row>
-    <row r="78" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V77" s="61"/>
+    </row>
+    <row r="78" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A78" s="7" t="s">
         <v>391</v>
       </c>
       <c r="B78" s="8" t="s">
         <v>69</v>
       </c>
       <c r="C78" s="61">
         <f>VLOOKUP(A78,'AR DOP'!A:G,7,FALSE)</f>
         <v>129348</v>
       </c>
       <c r="D78" s="61"/>
       <c r="E78" s="61"/>
-      <c r="F78" s="65"/>
+      <c r="F78" s="132"/>
       <c r="G78" s="65"/>
       <c r="H78" s="65"/>
       <c r="I78" s="65"/>
       <c r="J78" s="65"/>
       <c r="K78" s="65"/>
       <c r="L78" s="65"/>
       <c r="M78" s="65"/>
-      <c r="N78" s="66"/>
-[...1 lines deleted...]
-      <c r="P78" s="36">
+      <c r="N78" s="65"/>
+      <c r="O78" s="66"/>
+      <c r="P78" s="69"/>
+      <c r="Q78" s="36">
         <f>IFERROR(VLOOKUP(A78,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q78" s="31">
+      <c r="R78" s="31">
         <f>IFERROR(VLOOKUP(A78,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68282</v>
       </c>
-      <c r="R78" s="31">
+      <c r="S78" s="31">
         <f>IFERROR(VLOOKUP(A78,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S78" s="48">
+      <c r="T78" s="48">
         <f t="shared" si="1"/>
         <v>197630</v>
       </c>
-      <c r="T78" s="61"/>
       <c r="U78" s="61"/>
-    </row>
-    <row r="79" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V78" s="61"/>
+    </row>
+    <row r="79" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A79" s="7" t="s">
         <v>392</v>
       </c>
       <c r="B79" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C79" s="61">
         <f>VLOOKUP(A79,'AR DOP'!A:G,7,FALSE)</f>
         <v>139708</v>
       </c>
       <c r="D79" s="61"/>
       <c r="E79" s="61"/>
-      <c r="F79" s="65"/>
+      <c r="F79" s="132"/>
       <c r="G79" s="65"/>
       <c r="H79" s="65"/>
       <c r="I79" s="65"/>
       <c r="J79" s="65"/>
       <c r="K79" s="65"/>
       <c r="L79" s="65"/>
       <c r="M79" s="65"/>
-      <c r="N79" s="66"/>
-[...1 lines deleted...]
-      <c r="P79" s="36">
+      <c r="N79" s="65"/>
+      <c r="O79" s="66"/>
+      <c r="P79" s="69"/>
+      <c r="Q79" s="36">
         <f>IFERROR(VLOOKUP(A79,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q79" s="31">
+      <c r="R79" s="31">
         <f>IFERROR(VLOOKUP(A79,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>85352</v>
       </c>
-      <c r="R79" s="31">
+      <c r="S79" s="31">
         <f>IFERROR(VLOOKUP(A79,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S79" s="48">
+      <c r="T79" s="48">
         <f t="shared" si="1"/>
         <v>225060</v>
       </c>
-      <c r="T79" s="61"/>
       <c r="U79" s="61"/>
-    </row>
-    <row r="80" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V79" s="61"/>
+    </row>
+    <row r="80" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A80" s="7" t="s">
         <v>393</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>71</v>
       </c>
       <c r="C80" s="61">
         <f>VLOOKUP(A80,'AR DOP'!A:G,7,FALSE)</f>
         <v>2616179</v>
       </c>
       <c r="D80" s="61"/>
       <c r="E80" s="61"/>
-      <c r="F80" s="65"/>
+      <c r="F80" s="132"/>
       <c r="G80" s="65"/>
       <c r="H80" s="65"/>
       <c r="I80" s="65"/>
       <c r="J80" s="65"/>
       <c r="K80" s="65"/>
       <c r="L80" s="65"/>
       <c r="M80" s="65"/>
-      <c r="N80" s="66"/>
-[...1 lines deleted...]
-      <c r="P80" s="36">
+      <c r="N80" s="65"/>
+      <c r="O80" s="66"/>
+      <c r="P80" s="69"/>
+      <c r="Q80" s="36">
         <f>IFERROR(VLOOKUP(A80,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q80" s="31">
+      <c r="R80" s="31">
         <f>IFERROR(VLOOKUP(A80,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>1245292</v>
       </c>
-      <c r="R80" s="31">
+      <c r="S80" s="31">
         <f>IFERROR(VLOOKUP(A80,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>182466</v>
       </c>
-      <c r="S80" s="48">
+      <c r="T80" s="48">
         <f t="shared" si="1"/>
         <v>4043937</v>
       </c>
-      <c r="T80" s="61"/>
       <c r="U80" s="61"/>
-    </row>
-    <row r="81" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V80" s="61"/>
+    </row>
+    <row r="81" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A81" s="7" t="s">
         <v>394</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C81" s="61">
         <f>VLOOKUP(A81,'AR DOP'!A:G,7,FALSE)</f>
         <v>520625</v>
       </c>
       <c r="D81" s="61"/>
       <c r="E81" s="61"/>
-      <c r="F81" s="65"/>
+      <c r="F81" s="132"/>
       <c r="G81" s="65"/>
       <c r="H81" s="65"/>
       <c r="I81" s="65"/>
       <c r="J81" s="65"/>
       <c r="K81" s="65"/>
       <c r="L81" s="65"/>
       <c r="M81" s="65"/>
-      <c r="N81" s="66"/>
-[...1 lines deleted...]
-      <c r="P81" s="36">
+      <c r="N81" s="65"/>
+      <c r="O81" s="66"/>
+      <c r="P81" s="69"/>
+      <c r="Q81" s="36">
         <f>IFERROR(VLOOKUP(A81,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q81" s="31">
+      <c r="R81" s="31">
         <f>IFERROR(VLOOKUP(A81,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>252643</v>
       </c>
-      <c r="R81" s="31">
+      <c r="S81" s="31">
         <f>IFERROR(VLOOKUP(A81,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>8786</v>
       </c>
-      <c r="S81" s="48">
+      <c r="T81" s="48">
         <f t="shared" si="1"/>
         <v>782054</v>
       </c>
-      <c r="T81" s="61"/>
       <c r="U81" s="61"/>
-    </row>
-    <row r="82" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V81" s="61"/>
+    </row>
+    <row r="82" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A82" s="7" t="s">
         <v>395</v>
       </c>
       <c r="B82" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C82" s="61">
         <f>VLOOKUP(A82,'AR DOP'!A:G,7,FALSE)</f>
         <v>1348537</v>
       </c>
       <c r="D82" s="61"/>
       <c r="E82" s="61"/>
-      <c r="F82" s="65"/>
+      <c r="F82" s="132"/>
       <c r="G82" s="65"/>
       <c r="H82" s="65"/>
       <c r="I82" s="65"/>
       <c r="J82" s="65"/>
       <c r="K82" s="65"/>
       <c r="L82" s="65"/>
       <c r="M82" s="65"/>
-      <c r="N82" s="66"/>
-[...1 lines deleted...]
-      <c r="P82" s="36">
+      <c r="N82" s="65"/>
+      <c r="O82" s="66"/>
+      <c r="P82" s="69"/>
+      <c r="Q82" s="36">
         <f>IFERROR(VLOOKUP(A82,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q82" s="31">
+      <c r="R82" s="31">
         <f>IFERROR(VLOOKUP(A82,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>503579</v>
       </c>
-      <c r="R82" s="31">
+      <c r="S82" s="31">
         <f>IFERROR(VLOOKUP(A82,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>23484</v>
       </c>
-      <c r="S82" s="48">
+      <c r="T82" s="48">
         <f t="shared" si="1"/>
         <v>1875600</v>
       </c>
-      <c r="T82" s="61"/>
       <c r="U82" s="61"/>
-    </row>
-    <row r="83" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V82" s="61"/>
+    </row>
+    <row r="83" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A83" s="7" t="s">
         <v>396</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C83" s="61">
         <f>VLOOKUP(A83,'AR DOP'!A:G,7,FALSE)</f>
         <v>164307</v>
       </c>
       <c r="D83" s="61"/>
       <c r="E83" s="61"/>
-      <c r="F83" s="65"/>
+      <c r="F83" s="132"/>
       <c r="G83" s="65"/>
       <c r="H83" s="65"/>
       <c r="I83" s="65"/>
       <c r="J83" s="65"/>
       <c r="K83" s="65"/>
       <c r="L83" s="65"/>
       <c r="M83" s="65"/>
-      <c r="N83" s="66"/>
-[...1 lines deleted...]
-      <c r="P83" s="36">
+      <c r="N83" s="65"/>
+      <c r="O83" s="66"/>
+      <c r="P83" s="69"/>
+      <c r="Q83" s="36">
         <f>IFERROR(VLOOKUP(A83,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q83" s="31">
+      <c r="R83" s="31">
         <f>IFERROR(VLOOKUP(A83,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>91327</v>
       </c>
-      <c r="R83" s="31">
+      <c r="S83" s="31">
         <f>IFERROR(VLOOKUP(A83,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S83" s="48">
+      <c r="T83" s="48">
         <f t="shared" si="1"/>
         <v>255634</v>
       </c>
-      <c r="T83" s="61"/>
       <c r="U83" s="61"/>
-    </row>
-    <row r="84" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V83" s="61"/>
+    </row>
+    <row r="84" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A84" s="7" t="s">
         <v>397</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C84" s="61">
         <f>VLOOKUP(A84,'AR DOP'!A:G,7,FALSE)</f>
         <v>5308689</v>
       </c>
       <c r="D84" s="61"/>
       <c r="E84" s="61"/>
-      <c r="F84" s="65"/>
+      <c r="F84" s="132"/>
       <c r="G84" s="65"/>
       <c r="H84" s="65"/>
       <c r="I84" s="65"/>
       <c r="J84" s="65"/>
       <c r="K84" s="65"/>
       <c r="L84" s="65"/>
       <c r="M84" s="65"/>
-      <c r="N84" s="66"/>
-[...1 lines deleted...]
-      <c r="P84" s="36">
+      <c r="N84" s="65"/>
+      <c r="O84" s="66"/>
+      <c r="P84" s="69"/>
+      <c r="Q84" s="36">
         <f>IFERROR(VLOOKUP(A84,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q84" s="31">
+      <c r="R84" s="31">
         <f>IFERROR(VLOOKUP(A84,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>1680590</v>
       </c>
-      <c r="R84" s="31">
+      <c r="S84" s="31">
         <f>IFERROR(VLOOKUP(A84,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>205691</v>
       </c>
-      <c r="S84" s="48">
+      <c r="T84" s="48">
         <f t="shared" si="1"/>
         <v>7194970</v>
       </c>
-      <c r="T84" s="61"/>
       <c r="U84" s="61"/>
-    </row>
-    <row r="85" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V84" s="61"/>
+    </row>
+    <row r="85" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A85" s="7" t="s">
         <v>398</v>
       </c>
       <c r="B85" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C85" s="61">
         <f>VLOOKUP(A85,'AR DOP'!A:G,7,FALSE)</f>
         <v>420341</v>
       </c>
       <c r="D85" s="61"/>
       <c r="E85" s="61"/>
-      <c r="F85" s="65"/>
+      <c r="F85" s="132"/>
       <c r="G85" s="65"/>
       <c r="H85" s="65"/>
       <c r="I85" s="65"/>
       <c r="J85" s="65"/>
       <c r="K85" s="65"/>
       <c r="L85" s="65"/>
-      <c r="M85" s="65">
+      <c r="M85" s="65"/>
+      <c r="N85" s="65">
         <v>173340.09</v>
       </c>
-      <c r="N85" s="66"/>
-[...1 lines deleted...]
-      <c r="P85" s="36">
+      <c r="O85" s="66"/>
+      <c r="P85" s="69"/>
+      <c r="Q85" s="36">
         <f>IFERROR(VLOOKUP(A85,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q85" s="31">
+      <c r="R85" s="31">
         <f>IFERROR(VLOOKUP(A85,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93887</v>
       </c>
-      <c r="R85" s="31">
+      <c r="S85" s="31">
         <f>IFERROR(VLOOKUP(A85,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S85" s="48">
+      <c r="T85" s="48">
         <f t="shared" si="1"/>
         <v>687568.09</v>
       </c>
-      <c r="T85" s="61"/>
       <c r="U85" s="61"/>
-    </row>
-    <row r="86" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V85" s="61"/>
+    </row>
+    <row r="86" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A86" s="7" t="s">
         <v>399</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>77</v>
       </c>
       <c r="C86" s="61">
         <f>VLOOKUP(A86,'AR DOP'!A:G,7,FALSE)</f>
         <v>567542</v>
       </c>
       <c r="D86" s="61"/>
       <c r="E86" s="61"/>
-      <c r="F86" s="65"/>
+      <c r="F86" s="132"/>
       <c r="G86" s="65"/>
       <c r="H86" s="65"/>
       <c r="I86" s="65"/>
       <c r="J86" s="65"/>
       <c r="K86" s="65"/>
       <c r="L86" s="65"/>
       <c r="M86" s="65"/>
-      <c r="N86" s="66"/>
-[...1 lines deleted...]
-      <c r="P86" s="36">
+      <c r="N86" s="65"/>
+      <c r="O86" s="66"/>
+      <c r="P86" s="69"/>
+      <c r="Q86" s="36">
         <f>IFERROR(VLOOKUP(A86,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q86" s="31">
+      <c r="R86" s="31">
         <f>IFERROR(VLOOKUP(A86,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68282</v>
       </c>
-      <c r="R86" s="31">
+      <c r="S86" s="31">
         <f>IFERROR(VLOOKUP(A86,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>7109</v>
       </c>
-      <c r="S86" s="48">
+      <c r="T86" s="48">
         <f t="shared" si="1"/>
         <v>642933</v>
       </c>
-      <c r="T86" s="61"/>
       <c r="U86" s="61"/>
-    </row>
-    <row r="87" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V86" s="61"/>
+    </row>
+    <row r="87" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A87" s="7" t="s">
         <v>400</v>
       </c>
       <c r="B87" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C87" s="61">
         <v>0</v>
       </c>
       <c r="D87" s="61"/>
       <c r="E87" s="61"/>
-      <c r="F87" s="65"/>
+      <c r="F87" s="132"/>
       <c r="G87" s="65"/>
       <c r="H87" s="65"/>
       <c r="I87" s="65"/>
       <c r="J87" s="65"/>
       <c r="K87" s="65"/>
       <c r="L87" s="65"/>
       <c r="M87" s="65"/>
-      <c r="N87" s="66"/>
-[...1 lines deleted...]
-      <c r="P87" s="36">
+      <c r="N87" s="65"/>
+      <c r="O87" s="66"/>
+      <c r="P87" s="69"/>
+      <c r="Q87" s="36">
         <f>IFERROR(VLOOKUP(A87,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q87" s="31">
+      <c r="R87" s="31">
         <f>IFERROR(VLOOKUP(A87,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>76817</v>
       </c>
-      <c r="R87" s="31">
+      <c r="S87" s="31">
         <f>IFERROR(VLOOKUP(A87,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S87" s="48">
+      <c r="T87" s="48">
         <f t="shared" si="1"/>
         <v>76817</v>
       </c>
-      <c r="T87" s="61"/>
       <c r="U87" s="61"/>
-    </row>
-    <row r="88" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V87" s="61"/>
+    </row>
+    <row r="88" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A88" s="7" t="s">
         <v>401</v>
       </c>
       <c r="B88" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C88" s="61">
         <f>VLOOKUP(A88,'AR DOP'!A:G,7,FALSE)</f>
         <v>386800</v>
       </c>
       <c r="D88" s="61"/>
       <c r="E88" s="61"/>
-      <c r="F88" s="65"/>
+      <c r="F88" s="132"/>
       <c r="G88" s="65"/>
       <c r="H88" s="65"/>
       <c r="I88" s="65"/>
       <c r="J88" s="65"/>
       <c r="K88" s="65"/>
       <c r="L88" s="65"/>
       <c r="M88" s="65"/>
-      <c r="N88" s="66"/>
-[...1 lines deleted...]
-      <c r="P88" s="36">
+      <c r="N88" s="65"/>
+      <c r="O88" s="66"/>
+      <c r="P88" s="69"/>
+      <c r="Q88" s="36">
         <f>IFERROR(VLOOKUP(A88,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q88" s="31">
+      <c r="R88" s="31">
         <f>IFERROR(VLOOKUP(A88,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>130589</v>
       </c>
-      <c r="R88" s="31">
+      <c r="S88" s="31">
         <f>IFERROR(VLOOKUP(A88,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>373359</v>
       </c>
-      <c r="S88" s="48">
+      <c r="T88" s="48">
         <f t="shared" si="1"/>
         <v>890748</v>
       </c>
-      <c r="T88" s="61"/>
       <c r="U88" s="61"/>
-    </row>
-    <row r="89" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V88" s="61"/>
+    </row>
+    <row r="89" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A89" s="7" t="s">
         <v>402</v>
       </c>
       <c r="B89" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C89" s="61">
         <f>VLOOKUP(A89,'AR DOP'!A:G,7,FALSE)</f>
         <v>101642</v>
       </c>
       <c r="D89" s="61"/>
       <c r="E89" s="61"/>
-      <c r="F89" s="65"/>
+      <c r="F89" s="132"/>
       <c r="G89" s="65"/>
       <c r="H89" s="65"/>
       <c r="I89" s="65"/>
       <c r="J89" s="65"/>
       <c r="K89" s="65"/>
       <c r="L89" s="65"/>
       <c r="M89" s="65"/>
-      <c r="N89" s="66"/>
-[...1 lines deleted...]
-      <c r="P89" s="36">
+      <c r="N89" s="65"/>
+      <c r="O89" s="66"/>
+      <c r="P89" s="69"/>
+      <c r="Q89" s="36">
         <f>IFERROR(VLOOKUP(A89,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q89" s="31">
+      <c r="R89" s="31">
         <f>IFERROR(VLOOKUP(A89,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>50357</v>
       </c>
-      <c r="R89" s="31">
+      <c r="S89" s="31">
         <f>IFERROR(VLOOKUP(A89,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S89" s="48">
+      <c r="T89" s="48">
         <f t="shared" si="1"/>
         <v>151999</v>
       </c>
-      <c r="T89" s="61"/>
       <c r="U89" s="61"/>
-    </row>
-    <row r="90" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V89" s="61"/>
+    </row>
+    <row r="90" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A90" s="7" t="s">
         <v>403</v>
       </c>
       <c r="B90" s="8" t="s">
         <v>81</v>
       </c>
       <c r="C90" s="61">
         <f>VLOOKUP(A90,'AR DOP'!A:G,7,FALSE)</f>
         <v>12117124</v>
       </c>
       <c r="D90" s="61"/>
       <c r="E90" s="61"/>
-      <c r="F90" s="65"/>
+      <c r="F90" s="132"/>
       <c r="G90" s="65"/>
       <c r="H90" s="65"/>
       <c r="I90" s="65"/>
       <c r="J90" s="65"/>
       <c r="K90" s="65"/>
       <c r="L90" s="65"/>
       <c r="M90" s="65"/>
-      <c r="N90" s="66"/>
-[...1 lines deleted...]
-      <c r="P90" s="36">
+      <c r="N90" s="65"/>
+      <c r="O90" s="66"/>
+      <c r="P90" s="69"/>
+      <c r="Q90" s="36">
         <f>IFERROR(VLOOKUP(A90,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q90" s="31">
+      <c r="R90" s="31">
         <f>IFERROR(VLOOKUP(A90,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>4716579</v>
       </c>
-      <c r="R90" s="31">
+      <c r="S90" s="31">
         <f>IFERROR(VLOOKUP(A90,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3672770</v>
       </c>
-      <c r="S90" s="48">
+      <c r="T90" s="48">
         <f t="shared" si="1"/>
         <v>20506473</v>
       </c>
-      <c r="T90" s="61"/>
       <c r="U90" s="61"/>
-    </row>
-    <row r="91" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V90" s="61"/>
+    </row>
+    <row r="91" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A91" s="7" t="s">
         <v>404</v>
       </c>
       <c r="B91" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C91" s="61">
         <f>VLOOKUP(A91,'AR DOP'!A:G,7,FALSE)</f>
         <v>35217</v>
       </c>
       <c r="D91" s="61"/>
       <c r="E91" s="61"/>
-      <c r="F91" s="65"/>
+      <c r="F91" s="132"/>
       <c r="G91" s="65"/>
       <c r="H91" s="65"/>
       <c r="I91" s="65"/>
       <c r="J91" s="65"/>
       <c r="K91" s="65"/>
       <c r="L91" s="65"/>
       <c r="M91" s="65"/>
-      <c r="N91" s="66"/>
-[...1 lines deleted...]
-      <c r="P91" s="36">
+      <c r="N91" s="65"/>
+      <c r="O91" s="66"/>
+      <c r="P91" s="69"/>
+      <c r="Q91" s="36">
         <f>IFERROR(VLOOKUP(A91,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>55916</v>
       </c>
-      <c r="Q91" s="31">
+      <c r="R91" s="31">
         <f>IFERROR(VLOOKUP(A91,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R91" s="31">
+      <c r="S91" s="31">
         <f>IFERROR(VLOOKUP(A91,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S91" s="48">
+      <c r="T91" s="48">
         <f t="shared" si="1"/>
         <v>91133</v>
       </c>
-      <c r="T91" s="61"/>
       <c r="U91" s="61"/>
-    </row>
-    <row r="92" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V91" s="61"/>
+    </row>
+    <row r="92" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A92" s="7" t="s">
         <v>405</v>
       </c>
       <c r="B92" s="8" t="s">
         <v>83</v>
       </c>
       <c r="C92" s="61">
         <f>VLOOKUP(A92,'AR DOP'!A:G,7,FALSE)</f>
         <v>166616</v>
       </c>
       <c r="D92" s="61"/>
       <c r="E92" s="61"/>
-      <c r="F92" s="65"/>
+      <c r="F92" s="132"/>
       <c r="G92" s="65"/>
       <c r="H92" s="65"/>
       <c r="I92" s="65"/>
       <c r="J92" s="65"/>
       <c r="K92" s="65"/>
       <c r="L92" s="65"/>
       <c r="M92" s="65"/>
-      <c r="N92" s="66"/>
-[...1 lines deleted...]
-      <c r="P92" s="36">
+      <c r="N92" s="65"/>
+      <c r="O92" s="66"/>
+      <c r="P92" s="69"/>
+      <c r="Q92" s="36">
         <f>IFERROR(VLOOKUP(A92,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q92" s="31">
+      <c r="R92" s="31">
         <f>IFERROR(VLOOKUP(A92,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R92" s="31">
+      <c r="S92" s="31">
         <f>IFERROR(VLOOKUP(A92,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S92" s="48">
+      <c r="T92" s="48">
         <f t="shared" si="1"/>
         <v>277574</v>
       </c>
-      <c r="T92" s="61"/>
       <c r="U92" s="61"/>
-    </row>
-    <row r="93" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V92" s="61"/>
+    </row>
+    <row r="93" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A93" s="7" t="s">
         <v>406</v>
       </c>
       <c r="B93" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C93" s="61">
         <f>VLOOKUP(A93,'AR DOP'!A:G,7,FALSE)</f>
         <v>3859353</v>
       </c>
       <c r="D93" s="61"/>
       <c r="E93" s="61"/>
-      <c r="F93" s="65"/>
+      <c r="F93" s="132"/>
       <c r="G93" s="65"/>
       <c r="H93" s="65"/>
       <c r="I93" s="65"/>
       <c r="J93" s="65"/>
       <c r="K93" s="65"/>
       <c r="L93" s="65"/>
       <c r="M93" s="65"/>
-      <c r="N93" s="66"/>
-[...1 lines deleted...]
-      <c r="P93" s="36">
+      <c r="N93" s="65"/>
+      <c r="O93" s="66"/>
+      <c r="P93" s="69"/>
+      <c r="Q93" s="36">
         <f>IFERROR(VLOOKUP(A93,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q93" s="31">
+      <c r="R93" s="31">
         <f>IFERROR(VLOOKUP(A93,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>427616</v>
       </c>
-      <c r="R93" s="31">
+      <c r="S93" s="31">
         <f>IFERROR(VLOOKUP(A93,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>199859</v>
       </c>
-      <c r="S93" s="48">
+      <c r="T93" s="48">
         <f t="shared" si="1"/>
         <v>4486828</v>
       </c>
-      <c r="T93" s="61"/>
       <c r="U93" s="61"/>
-    </row>
-    <row r="94" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V93" s="61"/>
+    </row>
+    <row r="94" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A94" s="7" t="s">
         <v>407</v>
       </c>
       <c r="B94" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C94" s="61">
         <f>VLOOKUP(A94,'AR DOP'!A:G,7,FALSE)</f>
         <v>53395</v>
       </c>
       <c r="D94" s="61"/>
       <c r="E94" s="61"/>
-      <c r="F94" s="65"/>
+      <c r="F94" s="132"/>
       <c r="G94" s="65"/>
       <c r="H94" s="65"/>
       <c r="I94" s="65"/>
       <c r="J94" s="65"/>
       <c r="K94" s="65"/>
       <c r="L94" s="65"/>
       <c r="M94" s="65"/>
-      <c r="N94" s="66"/>
-[...1 lines deleted...]
-      <c r="P94" s="36">
+      <c r="N94" s="65"/>
+      <c r="O94" s="66"/>
+      <c r="P94" s="69"/>
+      <c r="Q94" s="36">
         <f>IFERROR(VLOOKUP(A94,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q94" s="31">
+      <c r="R94" s="31">
         <f>IFERROR(VLOOKUP(A94,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68282</v>
       </c>
-      <c r="R94" s="31">
+      <c r="S94" s="31">
         <f>IFERROR(VLOOKUP(A94,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S94" s="48">
+      <c r="T94" s="48">
         <f t="shared" si="1"/>
         <v>121677</v>
       </c>
-      <c r="T94" s="61"/>
       <c r="U94" s="61"/>
-    </row>
-    <row r="95" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V94" s="61"/>
+    </row>
+    <row r="95" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A95" s="7" t="s">
         <v>352</v>
       </c>
       <c r="B95" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C95" s="61">
         <f>VLOOKUP(A95,'AR DOP'!A:G,7,FALSE)</f>
         <v>75756</v>
       </c>
       <c r="D95" s="61"/>
       <c r="E95" s="61"/>
-      <c r="F95" s="65"/>
+      <c r="F95" s="132"/>
       <c r="G95" s="65"/>
       <c r="H95" s="65"/>
       <c r="I95" s="65"/>
       <c r="J95" s="65"/>
       <c r="K95" s="65"/>
       <c r="L95" s="65"/>
       <c r="M95" s="65"/>
-      <c r="N95" s="66"/>
-[...1 lines deleted...]
-      <c r="P95" s="36">
+      <c r="N95" s="65"/>
+      <c r="O95" s="66"/>
+      <c r="P95" s="69"/>
+      <c r="Q95" s="36">
         <f>IFERROR(VLOOKUP(A95,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>64702</v>
       </c>
-      <c r="Q95" s="31">
+      <c r="R95" s="31">
         <f>IFERROR(VLOOKUP(A95,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>33287</v>
       </c>
-      <c r="R95" s="31">
+      <c r="S95" s="31">
         <f>IFERROR(VLOOKUP(A95,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S95" s="48">
+      <c r="T95" s="48">
         <f t="shared" si="1"/>
         <v>177099</v>
       </c>
-      <c r="T95" s="61"/>
       <c r="U95" s="61"/>
-    </row>
-    <row r="96" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V95" s="61"/>
+    </row>
+    <row r="96" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A96" s="7" t="s">
         <v>408</v>
       </c>
       <c r="B96" s="8" t="s">
         <v>86</v>
       </c>
       <c r="C96" s="61">
         <f>VLOOKUP(A96,'AR DOP'!A:G,7,FALSE)</f>
         <v>90607</v>
       </c>
       <c r="D96" s="61"/>
       <c r="E96" s="61"/>
-      <c r="F96" s="65"/>
+      <c r="F96" s="132"/>
       <c r="G96" s="65"/>
       <c r="H96" s="65"/>
       <c r="I96" s="65"/>
       <c r="J96" s="65"/>
       <c r="K96" s="65"/>
       <c r="L96" s="65"/>
       <c r="M96" s="65"/>
-      <c r="N96" s="66"/>
-[...1 lines deleted...]
-      <c r="P96" s="36">
+      <c r="N96" s="65"/>
+      <c r="O96" s="66"/>
+      <c r="P96" s="69"/>
+      <c r="Q96" s="36">
         <f>IFERROR(VLOOKUP(A96,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q96" s="31">
+      <c r="R96" s="31">
         <f>IFERROR(VLOOKUP(A96,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>42676</v>
       </c>
-      <c r="R96" s="31">
+      <c r="S96" s="31">
         <f>IFERROR(VLOOKUP(A96,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S96" s="48">
+      <c r="T96" s="48">
         <f t="shared" si="1"/>
         <v>133283</v>
       </c>
-      <c r="T96" s="61"/>
       <c r="U96" s="61"/>
-    </row>
-    <row r="97" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V96" s="61"/>
+    </row>
+    <row r="97" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A97" s="7" t="s">
         <v>409</v>
       </c>
       <c r="B97" s="8" t="s">
         <v>87</v>
       </c>
       <c r="C97" s="61">
         <f>VLOOKUP(A97,'AR DOP'!A:G,7,FALSE)</f>
         <v>385603</v>
       </c>
       <c r="D97" s="61"/>
       <c r="E97" s="61"/>
-      <c r="F97" s="65"/>
-      <c r="G97" s="65">
+      <c r="F97" s="132"/>
+      <c r="G97" s="65"/>
+      <c r="H97" s="65">
         <v>162108</v>
       </c>
-      <c r="H97" s="65"/>
       <c r="I97" s="65"/>
       <c r="J97" s="65"/>
       <c r="K97" s="65"/>
       <c r="L97" s="65"/>
       <c r="M97" s="65"/>
-      <c r="N97" s="66"/>
-[...1 lines deleted...]
-      <c r="P97" s="36">
+      <c r="N97" s="65"/>
+      <c r="O97" s="66"/>
+      <c r="P97" s="69"/>
+      <c r="Q97" s="36">
         <f>IFERROR(VLOOKUP(A97,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q97" s="31">
+      <c r="R97" s="31">
         <f>IFERROR(VLOOKUP(A97,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>150220</v>
       </c>
-      <c r="R97" s="31">
+      <c r="S97" s="31">
         <f>IFERROR(VLOOKUP(A97,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>148414</v>
       </c>
-      <c r="S97" s="48">
+      <c r="T97" s="48">
         <f t="shared" si="1"/>
         <v>846345</v>
       </c>
-      <c r="T97" s="61"/>
       <c r="U97" s="61"/>
-    </row>
-    <row r="98" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V97" s="61"/>
+    </row>
+    <row r="98" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A98" s="7" t="s">
         <v>410</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C98" s="61">
         <f>VLOOKUP(A98,'AR DOP'!A:G,7,FALSE)</f>
         <v>171233</v>
       </c>
       <c r="D98" s="61"/>
       <c r="E98" s="61"/>
-      <c r="F98" s="65"/>
+      <c r="F98" s="132"/>
       <c r="G98" s="65"/>
       <c r="H98" s="65"/>
       <c r="I98" s="65"/>
       <c r="J98" s="65"/>
       <c r="K98" s="65"/>
       <c r="L98" s="65"/>
       <c r="M98" s="65"/>
-      <c r="N98" s="66"/>
-[...1 lines deleted...]
-      <c r="P98" s="36">
+      <c r="N98" s="65"/>
+      <c r="O98" s="66"/>
+      <c r="P98" s="69"/>
+      <c r="Q98" s="36">
         <f>IFERROR(VLOOKUP(A98,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q98" s="31">
+      <c r="R98" s="31">
         <f>IFERROR(VLOOKUP(A98,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>102423</v>
       </c>
-      <c r="R98" s="31">
+      <c r="S98" s="31">
         <f>IFERROR(VLOOKUP(A98,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S98" s="48">
+      <c r="T98" s="48">
         <f t="shared" si="1"/>
         <v>273656</v>
       </c>
-      <c r="T98" s="61"/>
       <c r="U98" s="61"/>
-    </row>
-    <row r="99" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V98" s="61"/>
+    </row>
+    <row r="99" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A99" s="7" t="s">
         <v>411</v>
       </c>
       <c r="B99" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C99" s="61">
         <f>VLOOKUP(A99,'AR DOP'!A:G,7,FALSE)</f>
         <v>131505</v>
       </c>
       <c r="D99" s="61"/>
       <c r="E99" s="61"/>
-      <c r="F99" s="65"/>
+      <c r="F99" s="132"/>
       <c r="G99" s="65"/>
       <c r="H99" s="65"/>
       <c r="I99" s="65"/>
       <c r="J99" s="65"/>
       <c r="K99" s="65"/>
       <c r="L99" s="65"/>
       <c r="M99" s="65"/>
-      <c r="N99" s="66"/>
-[...1 lines deleted...]
-      <c r="P99" s="36">
+      <c r="N99" s="65"/>
+      <c r="O99" s="66"/>
+      <c r="P99" s="69"/>
+      <c r="Q99" s="36">
         <f>IFERROR(VLOOKUP(A99,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q99" s="31">
+      <c r="R99" s="31">
         <f>IFERROR(VLOOKUP(A99,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68282</v>
       </c>
-      <c r="R99" s="31">
+      <c r="S99" s="31">
         <f>IFERROR(VLOOKUP(A99,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S99" s="48">
+      <c r="T99" s="48">
         <f t="shared" si="1"/>
         <v>199787</v>
       </c>
-      <c r="T99" s="61"/>
       <c r="U99" s="61"/>
-    </row>
-    <row r="100" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V99" s="61"/>
+    </row>
+    <row r="100" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A100" s="7" t="s">
         <v>416</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>95</v>
       </c>
       <c r="C100" s="61">
         <f>VLOOKUP(A100,'AR DOP'!A:G,7,FALSE)</f>
         <v>208015</v>
       </c>
       <c r="D100" s="61"/>
       <c r="E100" s="61"/>
-      <c r="F100" s="65"/>
+      <c r="F100" s="132"/>
       <c r="G100" s="65"/>
       <c r="H100" s="65"/>
       <c r="I100" s="65"/>
       <c r="J100" s="65"/>
       <c r="K100" s="65"/>
       <c r="L100" s="65"/>
       <c r="M100" s="65"/>
-      <c r="N100" s="66"/>
-[...1 lines deleted...]
-      <c r="P100" s="36">
+      <c r="N100" s="65"/>
+      <c r="O100" s="66"/>
+      <c r="P100" s="69"/>
+      <c r="Q100" s="36">
         <f>IFERROR(VLOOKUP(A100,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q100" s="31">
+      <c r="R100" s="31">
         <f>IFERROR(VLOOKUP(A100,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>128028</v>
       </c>
-      <c r="R100" s="31">
+      <c r="S100" s="31">
         <f>IFERROR(VLOOKUP(A100,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S100" s="48">
+      <c r="T100" s="48">
         <f t="shared" si="1"/>
         <v>336043</v>
       </c>
-      <c r="T100" s="61"/>
       <c r="U100" s="61"/>
-    </row>
-    <row r="101" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V100" s="61"/>
+    </row>
+    <row r="101" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A101" s="7" t="s">
         <v>651</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C101" s="61">
         <v>0</v>
       </c>
       <c r="D101" s="61"/>
       <c r="E101" s="61"/>
-      <c r="F101" s="65"/>
+      <c r="F101" s="132"/>
       <c r="G101" s="65"/>
       <c r="H101" s="65"/>
       <c r="I101" s="65"/>
       <c r="J101" s="65"/>
       <c r="K101" s="65"/>
       <c r="L101" s="65"/>
       <c r="M101" s="65"/>
-      <c r="N101" s="66"/>
-[...1 lines deleted...]
-      <c r="P101" s="36">
+      <c r="N101" s="65"/>
+      <c r="O101" s="66"/>
+      <c r="P101" s="69"/>
+      <c r="Q101" s="36">
         <f>IFERROR(VLOOKUP(A101,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q101" s="31">
+      <c r="R101" s="31">
         <f>IFERROR(VLOOKUP(A101,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>136564</v>
       </c>
-      <c r="R101" s="31">
+      <c r="S101" s="31">
         <f>IFERROR(VLOOKUP(A101,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S101" s="48">
+      <c r="T101" s="48">
         <f t="shared" si="1"/>
         <v>136564</v>
       </c>
-      <c r="T101" s="61"/>
       <c r="U101" s="61"/>
-    </row>
-    <row r="102" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V101" s="61"/>
+    </row>
+    <row r="102" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A102" s="7" t="s">
         <v>414</v>
       </c>
       <c r="B102" s="8" t="s">
         <v>93</v>
       </c>
       <c r="C102" s="61">
         <f>VLOOKUP(A102,'AR DOP'!A:G,7,FALSE)</f>
         <v>175694</v>
       </c>
       <c r="D102" s="61"/>
       <c r="E102" s="61"/>
-      <c r="F102" s="65"/>
+      <c r="F102" s="132"/>
       <c r="G102" s="65"/>
       <c r="H102" s="65"/>
       <c r="I102" s="65"/>
       <c r="J102" s="65"/>
       <c r="K102" s="65"/>
       <c r="L102" s="65"/>
       <c r="M102" s="65"/>
-      <c r="N102" s="66"/>
-[...1 lines deleted...]
-      <c r="P102" s="36">
+      <c r="N102" s="65"/>
+      <c r="O102" s="66"/>
+      <c r="P102" s="69"/>
+      <c r="Q102" s="36">
         <f>IFERROR(VLOOKUP(A102,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q102" s="31">
+      <c r="R102" s="31">
         <f>IFERROR(VLOOKUP(A102,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>52065</v>
       </c>
-      <c r="R102" s="31">
+      <c r="S102" s="31">
         <f>IFERROR(VLOOKUP(A102,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S102" s="48">
+      <c r="T102" s="48">
         <f t="shared" si="1"/>
         <v>227759</v>
       </c>
-      <c r="T102" s="61"/>
       <c r="U102" s="61"/>
-    </row>
-    <row r="103" spans="1:21" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="V102" s="61"/>
+    </row>
+    <row r="103" spans="1:22" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A103" s="7" t="s">
         <v>415</v>
       </c>
       <c r="B103" s="8" t="s">
         <v>94</v>
       </c>
       <c r="C103" s="61">
         <f>VLOOKUP(A103,'AR DOP'!A:G,7,FALSE)</f>
         <v>13672</v>
       </c>
       <c r="D103" s="61"/>
       <c r="E103" s="61"/>
-      <c r="F103" s="65"/>
+      <c r="F103" s="132"/>
       <c r="G103" s="65"/>
       <c r="H103" s="65"/>
       <c r="I103" s="65"/>
       <c r="J103" s="65"/>
       <c r="K103" s="65"/>
       <c r="L103" s="65"/>
       <c r="M103" s="65"/>
-      <c r="N103" s="66"/>
-[...1 lines deleted...]
-      <c r="P103" s="36">
+      <c r="N103" s="65"/>
+      <c r="O103" s="66"/>
+      <c r="P103" s="69"/>
+      <c r="Q103" s="36">
         <f>IFERROR(VLOOKUP(A103,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q103" s="31">
+      <c r="R103" s="31">
         <f>IFERROR(VLOOKUP(A103,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>17070</v>
       </c>
-      <c r="R103" s="31">
+      <c r="S103" s="31">
         <f>IFERROR(VLOOKUP(A103,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S103" s="48">
+      <c r="T103" s="48">
         <f t="shared" si="1"/>
         <v>32419</v>
       </c>
-      <c r="T103" s="61"/>
       <c r="U103" s="61"/>
-    </row>
-    <row r="104" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V103" s="61"/>
+    </row>
+    <row r="104" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A104" s="7" t="s">
         <v>554</v>
       </c>
       <c r="B104" s="8" t="s">
         <v>232</v>
       </c>
       <c r="C104" s="61">
         <f>VLOOKUP(A104,'AR DOP'!A:G,7,FALSE)</f>
         <v>76512</v>
       </c>
       <c r="D104" s="61"/>
       <c r="E104" s="61"/>
-      <c r="F104" s="65"/>
+      <c r="F104" s="132"/>
       <c r="G104" s="65"/>
       <c r="H104" s="65"/>
       <c r="I104" s="65"/>
       <c r="J104" s="65"/>
       <c r="K104" s="65"/>
       <c r="L104" s="65"/>
       <c r="M104" s="65"/>
-      <c r="N104" s="66"/>
-[...1 lines deleted...]
-      <c r="P104" s="36">
+      <c r="N104" s="65"/>
+      <c r="O104" s="66"/>
+      <c r="P104" s="69"/>
+      <c r="Q104" s="36">
         <f>IFERROR(VLOOKUP(A104,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q104" s="31">
+      <c r="R104" s="31">
         <f>IFERROR(VLOOKUP(A104,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>51211</v>
       </c>
-      <c r="R104" s="31">
+      <c r="S104" s="31">
         <f>IFERROR(VLOOKUP(A104,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S104" s="48">
+      <c r="T104" s="48">
         <f t="shared" si="1"/>
         <v>129400</v>
       </c>
-      <c r="T104" s="61"/>
       <c r="U104" s="61"/>
-    </row>
-    <row r="105" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V104" s="61"/>
+    </row>
+    <row r="105" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A105" s="7" t="s">
         <v>418</v>
       </c>
       <c r="B105" s="8" t="s">
         <v>97</v>
       </c>
       <c r="C105" s="61">
         <f>VLOOKUP(A105,'AR DOP'!A:G,7,FALSE)</f>
         <v>121287</v>
       </c>
       <c r="D105" s="61"/>
       <c r="E105" s="61"/>
-      <c r="F105" s="65"/>
+      <c r="F105" s="132"/>
       <c r="G105" s="65"/>
       <c r="H105" s="65"/>
       <c r="I105" s="65"/>
       <c r="J105" s="65"/>
       <c r="K105" s="65"/>
       <c r="L105" s="65"/>
       <c r="M105" s="65"/>
-      <c r="N105" s="66"/>
-[...1 lines deleted...]
-      <c r="P105" s="36">
+      <c r="N105" s="65"/>
+      <c r="O105" s="66"/>
+      <c r="P105" s="69"/>
+      <c r="Q105" s="36">
         <f>IFERROR(VLOOKUP(A105,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>31952</v>
       </c>
-      <c r="Q105" s="31">
+      <c r="R105" s="31">
         <f>IFERROR(VLOOKUP(A105,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>25605</v>
       </c>
-      <c r="R105" s="31">
+      <c r="S105" s="31">
         <f>IFERROR(VLOOKUP(A105,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S105" s="48">
+      <c r="T105" s="48">
         <f t="shared" si="1"/>
         <v>178844</v>
       </c>
-      <c r="T105" s="61"/>
       <c r="U105" s="61"/>
-    </row>
-    <row r="106" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V105" s="61"/>
+    </row>
+    <row r="106" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A106" s="7" t="s">
         <v>419</v>
       </c>
       <c r="B106" s="8" t="s">
         <v>98</v>
       </c>
       <c r="C106" s="61">
         <f>VLOOKUP(A106,'AR DOP'!A:G,7,FALSE)</f>
         <v>174428</v>
       </c>
       <c r="D106" s="61"/>
       <c r="E106" s="61"/>
-      <c r="F106" s="65"/>
+      <c r="F106" s="132"/>
       <c r="G106" s="65"/>
       <c r="H106" s="65"/>
       <c r="I106" s="65"/>
       <c r="J106" s="65"/>
       <c r="K106" s="65"/>
       <c r="L106" s="65"/>
       <c r="M106" s="65"/>
-      <c r="N106" s="66"/>
-[...1 lines deleted...]
-      <c r="P106" s="36">
+      <c r="N106" s="65"/>
+      <c r="O106" s="66"/>
+      <c r="P106" s="69"/>
+      <c r="Q106" s="36">
         <f>IFERROR(VLOOKUP(A106,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q106" s="31">
+      <c r="R106" s="31">
         <f>IFERROR(VLOOKUP(A106,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>136564</v>
       </c>
-      <c r="R106" s="31">
+      <c r="S106" s="31">
         <f>IFERROR(VLOOKUP(A106,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S106" s="48">
+      <c r="T106" s="48">
         <f t="shared" si="1"/>
         <v>312669</v>
       </c>
-      <c r="T106" s="61"/>
       <c r="U106" s="61"/>
-    </row>
-    <row r="107" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V106" s="61"/>
+    </row>
+    <row r="107" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A107" s="7" t="s">
         <v>420</v>
       </c>
       <c r="B107" s="8" t="s">
         <v>99</v>
       </c>
       <c r="C107" s="61">
         <f>VLOOKUP(A107,'AR DOP'!A:G,7,FALSE)</f>
         <v>238845</v>
       </c>
       <c r="D107" s="61"/>
       <c r="E107" s="61"/>
-      <c r="F107" s="65"/>
+      <c r="F107" s="132"/>
       <c r="G107" s="65"/>
       <c r="H107" s="65"/>
       <c r="I107" s="65"/>
       <c r="J107" s="65"/>
       <c r="K107" s="65"/>
       <c r="L107" s="65"/>
       <c r="M107" s="65"/>
-      <c r="N107" s="66"/>
-[...1 lines deleted...]
-      <c r="P107" s="36">
+      <c r="N107" s="65"/>
+      <c r="O107" s="66"/>
+      <c r="P107" s="69"/>
+      <c r="Q107" s="36">
         <f>IFERROR(VLOOKUP(A107,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q107" s="31">
+      <c r="R107" s="31">
         <f>IFERROR(VLOOKUP(A107,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R107" s="31">
+      <c r="S107" s="31">
         <f>IFERROR(VLOOKUP(A107,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1694</v>
       </c>
-      <c r="S107" s="48">
+      <c r="T107" s="48">
         <f t="shared" si="1"/>
         <v>240539</v>
       </c>
-      <c r="T107" s="61"/>
       <c r="U107" s="61"/>
-    </row>
-    <row r="108" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V107" s="61"/>
+    </row>
+    <row r="108" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A108" s="7" t="s">
         <v>421</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>100</v>
       </c>
       <c r="C108" s="61">
         <f>VLOOKUP(A108,'AR DOP'!A:G,7,FALSE)</f>
         <v>174345</v>
       </c>
       <c r="D108" s="61"/>
       <c r="E108" s="61"/>
-      <c r="F108" s="65"/>
+      <c r="F108" s="132"/>
       <c r="G108" s="65"/>
       <c r="H108" s="65"/>
       <c r="I108" s="65"/>
       <c r="J108" s="65"/>
       <c r="K108" s="65"/>
       <c r="L108" s="65"/>
       <c r="M108" s="65"/>
-      <c r="N108" s="66"/>
-[...1 lines deleted...]
-      <c r="P108" s="36">
+      <c r="N108" s="65"/>
+      <c r="O108" s="66"/>
+      <c r="P108" s="69"/>
+      <c r="Q108" s="36">
         <f>IFERROR(VLOOKUP(A108,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q108" s="31">
+      <c r="R108" s="31">
         <f>IFERROR(VLOOKUP(A108,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>139124</v>
       </c>
-      <c r="R108" s="31">
+      <c r="S108" s="31">
         <f>IFERROR(VLOOKUP(A108,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1684</v>
       </c>
-      <c r="S108" s="48">
+      <c r="T108" s="48">
         <f t="shared" si="1"/>
         <v>315153</v>
       </c>
-      <c r="T108" s="61"/>
       <c r="U108" s="61"/>
-    </row>
-    <row r="109" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V108" s="61"/>
+    </row>
+    <row r="109" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A109" s="7" t="s">
         <v>422</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>101</v>
       </c>
       <c r="C109" s="61">
         <f>VLOOKUP(A109,'AR DOP'!A:G,7,FALSE)</f>
         <v>48523</v>
       </c>
       <c r="D109" s="61"/>
       <c r="E109" s="61"/>
-      <c r="F109" s="65"/>
+      <c r="F109" s="132"/>
       <c r="G109" s="65"/>
       <c r="H109" s="65"/>
       <c r="I109" s="65"/>
       <c r="J109" s="65"/>
       <c r="K109" s="65"/>
       <c r="L109" s="65"/>
       <c r="M109" s="65"/>
-      <c r="N109" s="66"/>
-[...1 lines deleted...]
-      <c r="P109" s="36">
+      <c r="N109" s="65"/>
+      <c r="O109" s="66"/>
+      <c r="P109" s="69"/>
+      <c r="Q109" s="36">
         <f>IFERROR(VLOOKUP(A109,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>120618</v>
       </c>
-      <c r="Q109" s="31">
+      <c r="R109" s="31">
         <f>IFERROR(VLOOKUP(A109,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>75963</v>
       </c>
-      <c r="R109" s="31">
+      <c r="S109" s="31">
         <f>IFERROR(VLOOKUP(A109,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S109" s="48">
+      <c r="T109" s="48">
         <f t="shared" si="1"/>
         <v>245104</v>
       </c>
-      <c r="T109" s="61"/>
       <c r="U109" s="61"/>
-    </row>
-    <row r="110" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V109" s="61"/>
+    </row>
+    <row r="110" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A110" s="7" t="s">
         <v>423</v>
       </c>
       <c r="B110" s="8" t="s">
         <v>102</v>
       </c>
       <c r="C110" s="61">
         <f>VLOOKUP(A110,'AR DOP'!A:G,7,FALSE)</f>
         <v>341312</v>
       </c>
       <c r="D110" s="61"/>
       <c r="E110" s="61"/>
-      <c r="F110" s="65"/>
+      <c r="F110" s="132"/>
       <c r="G110" s="65"/>
       <c r="H110" s="65"/>
       <c r="I110" s="65"/>
       <c r="J110" s="65"/>
       <c r="K110" s="65"/>
       <c r="L110" s="65"/>
       <c r="M110" s="65"/>
-      <c r="N110" s="66"/>
-[...1 lines deleted...]
-      <c r="P110" s="36">
+      <c r="N110" s="65"/>
+      <c r="O110" s="66"/>
+      <c r="P110" s="69"/>
+      <c r="Q110" s="36">
         <f>IFERROR(VLOOKUP(A110,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>28756</v>
       </c>
-      <c r="Q110" s="31">
+      <c r="R110" s="31">
         <f>IFERROR(VLOOKUP(A110,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>63160</v>
       </c>
-      <c r="R110" s="31">
+      <c r="S110" s="31">
         <f>IFERROR(VLOOKUP(A110,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>82516</v>
       </c>
-      <c r="S110" s="48">
+      <c r="T110" s="48">
         <f t="shared" si="1"/>
         <v>515744</v>
       </c>
-      <c r="T110" s="61"/>
       <c r="U110" s="61"/>
-    </row>
-    <row r="111" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V110" s="61"/>
+    </row>
+    <row r="111" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A111" s="7" t="s">
         <v>424</v>
       </c>
       <c r="B111" s="8" t="s">
         <v>103</v>
       </c>
       <c r="C111" s="61">
         <f>VLOOKUP(A111,'AR DOP'!A:G,7,FALSE)</f>
         <v>161575</v>
       </c>
       <c r="D111" s="61"/>
       <c r="E111" s="61"/>
-      <c r="F111" s="65"/>
+      <c r="F111" s="132"/>
       <c r="G111" s="65"/>
       <c r="H111" s="65"/>
       <c r="I111" s="65"/>
       <c r="J111" s="65"/>
       <c r="K111" s="65"/>
       <c r="L111" s="65"/>
       <c r="M111" s="65"/>
-      <c r="N111" s="66"/>
-[...1 lines deleted...]
-      <c r="P111" s="36">
+      <c r="N111" s="65"/>
+      <c r="O111" s="66"/>
+      <c r="P111" s="69"/>
+      <c r="Q111" s="36">
         <f>IFERROR(VLOOKUP(A111,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q111" s="31">
+      <c r="R111" s="31">
         <f>IFERROR(VLOOKUP(A111,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>90473</v>
       </c>
-      <c r="R111" s="31">
+      <c r="S111" s="31">
         <f>IFERROR(VLOOKUP(A111,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S111" s="48">
+      <c r="T111" s="48">
         <f t="shared" si="1"/>
         <v>252048</v>
       </c>
-      <c r="T111" s="61"/>
       <c r="U111" s="61"/>
-    </row>
-    <row r="112" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V111" s="61"/>
+    </row>
+    <row r="112" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A112" s="7" t="s">
         <v>425</v>
       </c>
       <c r="B112" s="8" t="s">
         <v>104</v>
       </c>
       <c r="C112" s="61">
         <f>VLOOKUP(A112,'AR DOP'!A:G,7,FALSE)</f>
         <v>521106</v>
       </c>
       <c r="D112" s="61"/>
       <c r="E112" s="61"/>
-      <c r="F112" s="65"/>
+      <c r="F112" s="132"/>
       <c r="G112" s="65"/>
       <c r="H112" s="65"/>
       <c r="I112" s="65"/>
       <c r="J112" s="65"/>
       <c r="K112" s="65"/>
       <c r="L112" s="65"/>
       <c r="M112" s="65"/>
-      <c r="N112" s="66"/>
-[...1 lines deleted...]
-      <c r="P112" s="36">
+      <c r="N112" s="65"/>
+      <c r="O112" s="66"/>
+      <c r="P112" s="69"/>
+      <c r="Q112" s="36">
         <f>IFERROR(VLOOKUP(A112,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>34348</v>
       </c>
-      <c r="Q112" s="31">
+      <c r="R112" s="31">
         <f>IFERROR(VLOOKUP(A112,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>270567</v>
       </c>
-      <c r="R112" s="31">
+      <c r="S112" s="31">
         <f>IFERROR(VLOOKUP(A112,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>23484</v>
       </c>
-      <c r="S112" s="48">
+      <c r="T112" s="48">
         <f t="shared" si="1"/>
         <v>849505</v>
       </c>
-      <c r="T112" s="61"/>
       <c r="U112" s="61"/>
-    </row>
-    <row r="113" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V112" s="61"/>
+    </row>
+    <row r="113" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A113" s="7" t="s">
         <v>426</v>
       </c>
       <c r="B113" s="8" t="s">
         <v>105</v>
       </c>
       <c r="C113" s="61">
         <f>VLOOKUP(A113,'AR DOP'!A:G,7,FALSE)</f>
         <v>398656</v>
       </c>
       <c r="D113" s="61"/>
       <c r="E113" s="61"/>
-      <c r="F113" s="65"/>
+      <c r="F113" s="132"/>
       <c r="G113" s="65"/>
       <c r="H113" s="65"/>
       <c r="I113" s="65"/>
       <c r="J113" s="65"/>
       <c r="K113" s="65"/>
       <c r="L113" s="65"/>
       <c r="M113" s="65"/>
-      <c r="N113" s="66"/>
-[...1 lines deleted...]
-      <c r="P113" s="36">
+      <c r="N113" s="65"/>
+      <c r="O113" s="66"/>
+      <c r="P113" s="69"/>
+      <c r="Q113" s="36">
         <f>IFERROR(VLOOKUP(A113,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>290763</v>
       </c>
-      <c r="Q113" s="31">
+      <c r="R113" s="31">
         <f>IFERROR(VLOOKUP(A113,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R113" s="31">
+      <c r="S113" s="31">
         <f>IFERROR(VLOOKUP(A113,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5431</v>
       </c>
-      <c r="S113" s="48">
+      <c r="T113" s="48">
         <f t="shared" si="1"/>
         <v>694850</v>
       </c>
-      <c r="T113" s="61"/>
       <c r="U113" s="61"/>
-    </row>
-    <row r="114" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V113" s="61"/>
+    </row>
+    <row r="114" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A114" s="7" t="s">
         <v>427</v>
       </c>
       <c r="B114" s="8" t="s">
         <v>106</v>
       </c>
       <c r="C114" s="61">
         <f>VLOOKUP(A114,'AR DOP'!A:G,7,FALSE)</f>
         <v>1339381</v>
       </c>
       <c r="D114" s="61"/>
       <c r="E114" s="61"/>
-      <c r="F114" s="65"/>
+      <c r="F114" s="132"/>
       <c r="G114" s="65"/>
       <c r="H114" s="65"/>
       <c r="I114" s="65"/>
       <c r="J114" s="65"/>
       <c r="K114" s="65"/>
       <c r="L114" s="65"/>
       <c r="M114" s="65"/>
-      <c r="N114" s="66"/>
-[...1 lines deleted...]
-      <c r="P114" s="36">
+      <c r="N114" s="65"/>
+      <c r="O114" s="66"/>
+      <c r="P114" s="69"/>
+      <c r="Q114" s="36">
         <f>IFERROR(VLOOKUP(A114,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q114" s="31">
+      <c r="R114" s="31">
         <f>IFERROR(VLOOKUP(A114,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>315804</v>
       </c>
-      <c r="R114" s="31">
+      <c r="S114" s="31">
         <f>IFERROR(VLOOKUP(A114,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>51123</v>
       </c>
-      <c r="S114" s="48">
+      <c r="T114" s="48">
         <f t="shared" si="1"/>
         <v>1706308</v>
       </c>
-      <c r="T114" s="61"/>
       <c r="U114" s="61"/>
-    </row>
-    <row r="115" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V114" s="61"/>
+    </row>
+    <row r="115" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A115" s="7" t="s">
         <v>428</v>
       </c>
       <c r="B115" s="8" t="s">
         <v>107</v>
       </c>
       <c r="C115" s="61">
         <f>VLOOKUP(A115,'AR DOP'!A:G,7,FALSE)</f>
         <v>814100</v>
       </c>
       <c r="D115" s="61"/>
       <c r="E115" s="61"/>
-      <c r="F115" s="65"/>
+      <c r="F115" s="132"/>
       <c r="G115" s="65"/>
       <c r="H115" s="65"/>
       <c r="I115" s="65"/>
       <c r="J115" s="65"/>
       <c r="K115" s="65"/>
       <c r="L115" s="65"/>
       <c r="M115" s="65"/>
-      <c r="N115" s="66"/>
-[...1 lines deleted...]
-      <c r="P115" s="36">
+      <c r="N115" s="65"/>
+      <c r="O115" s="66"/>
+      <c r="P115" s="69"/>
+      <c r="Q115" s="36">
         <f>IFERROR(VLOOKUP(A115,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q115" s="31">
+      <c r="R115" s="31">
         <f>IFERROR(VLOOKUP(A115,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>454928</v>
       </c>
-      <c r="R115" s="31">
+      <c r="S115" s="31">
         <f>IFERROR(VLOOKUP(A115,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S115" s="48">
+      <c r="T115" s="48">
         <f t="shared" si="1"/>
         <v>1270705</v>
       </c>
-      <c r="T115" s="61"/>
       <c r="U115" s="61"/>
-    </row>
-    <row r="116" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V115" s="61"/>
+    </row>
+    <row r="116" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A116" s="7" t="s">
         <v>429</v>
       </c>
       <c r="B116" s="8" t="s">
         <v>108</v>
       </c>
       <c r="C116" s="61">
         <f>VLOOKUP(A116,'AR DOP'!A:G,7,FALSE)</f>
         <v>130851</v>
       </c>
       <c r="D116" s="61"/>
       <c r="E116" s="61"/>
-      <c r="F116" s="65"/>
+      <c r="F116" s="132"/>
       <c r="G116" s="65"/>
       <c r="H116" s="65"/>
       <c r="I116" s="65"/>
       <c r="J116" s="65"/>
       <c r="K116" s="65"/>
       <c r="L116" s="65"/>
       <c r="M116" s="65"/>
-      <c r="N116" s="66"/>
-[...1 lines deleted...]
-      <c r="P116" s="36">
+      <c r="N116" s="65"/>
+      <c r="O116" s="66"/>
+      <c r="P116" s="69"/>
+      <c r="Q116" s="36">
         <f>IFERROR(VLOOKUP(A116,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q116" s="31">
+      <c r="R116" s="31">
         <f>IFERROR(VLOOKUP(A116,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>119493</v>
       </c>
-      <c r="R116" s="31">
+      <c r="S116" s="31">
         <f>IFERROR(VLOOKUP(A116,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S116" s="48">
+      <c r="T116" s="48">
         <f t="shared" si="1"/>
         <v>250344</v>
       </c>
-      <c r="T116" s="61"/>
       <c r="U116" s="61"/>
-    </row>
-    <row r="117" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V116" s="61"/>
+    </row>
+    <row r="117" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A117" s="7" t="s">
         <v>430</v>
       </c>
       <c r="B117" s="8" t="s">
         <v>109</v>
       </c>
       <c r="C117" s="61">
         <f>VLOOKUP(A117,'AR DOP'!A:G,7,FALSE)</f>
         <v>92034</v>
       </c>
       <c r="D117" s="61"/>
       <c r="E117" s="61"/>
-      <c r="F117" s="65"/>
+      <c r="F117" s="132"/>
       <c r="G117" s="65"/>
       <c r="H117" s="65"/>
       <c r="I117" s="65"/>
       <c r="J117" s="65"/>
       <c r="K117" s="65"/>
       <c r="L117" s="65"/>
       <c r="M117" s="65"/>
-      <c r="N117" s="66"/>
-[...1 lines deleted...]
-      <c r="P117" s="36">
+      <c r="N117" s="65"/>
+      <c r="O117" s="66"/>
+      <c r="P117" s="69"/>
+      <c r="Q117" s="36">
         <f>IFERROR(VLOOKUP(A117,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q117" s="31">
+      <c r="R117" s="31">
         <f>IFERROR(VLOOKUP(A117,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>45236</v>
       </c>
-      <c r="R117" s="31">
+      <c r="S117" s="31">
         <f>IFERROR(VLOOKUP(A117,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3754</v>
       </c>
-      <c r="S117" s="48">
+      <c r="T117" s="48">
         <f t="shared" si="1"/>
         <v>141024</v>
       </c>
-      <c r="T117" s="61"/>
       <c r="U117" s="61"/>
-    </row>
-    <row r="118" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V117" s="61"/>
+    </row>
+    <row r="118" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A118" s="7" t="s">
         <v>431</v>
       </c>
       <c r="B118" s="8" t="s">
         <v>110</v>
       </c>
       <c r="C118" s="61">
         <f>VLOOKUP(A118,'AR DOP'!A:G,7,FALSE)</f>
         <v>321269</v>
       </c>
       <c r="D118" s="61"/>
       <c r="E118" s="61"/>
-      <c r="F118" s="65"/>
+      <c r="F118" s="132"/>
       <c r="G118" s="65"/>
       <c r="H118" s="65"/>
       <c r="I118" s="65"/>
       <c r="J118" s="65"/>
       <c r="K118" s="65"/>
       <c r="L118" s="65"/>
       <c r="M118" s="65"/>
-      <c r="N118" s="66"/>
-[...1 lines deleted...]
-      <c r="P118" s="36">
+      <c r="N118" s="65"/>
+      <c r="O118" s="66"/>
+      <c r="P118" s="69"/>
+      <c r="Q118" s="36">
         <f>IFERROR(VLOOKUP(A118,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>8786</v>
       </c>
-      <c r="Q118" s="31">
+      <c r="R118" s="31">
         <f>IFERROR(VLOOKUP(A118,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>162169</v>
       </c>
-      <c r="R118" s="31">
+      <c r="S118" s="31">
         <f>IFERROR(VLOOKUP(A118,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S118" s="48">
+      <c r="T118" s="48">
         <f t="shared" si="1"/>
         <v>495578</v>
       </c>
-      <c r="T118" s="61"/>
       <c r="U118" s="61"/>
-    </row>
-    <row r="119" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V118" s="61"/>
+    </row>
+    <row r="119" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A119" s="7" t="s">
         <v>432</v>
       </c>
       <c r="B119" s="8" t="s">
         <v>111</v>
       </c>
       <c r="C119" s="61">
         <f>VLOOKUP(A119,'AR DOP'!A:G,7,FALSE)</f>
         <v>161685</v>
       </c>
       <c r="D119" s="61"/>
       <c r="E119" s="61"/>
-      <c r="F119" s="65"/>
+      <c r="F119" s="132"/>
       <c r="G119" s="65"/>
       <c r="H119" s="65"/>
       <c r="I119" s="65"/>
       <c r="J119" s="65"/>
       <c r="K119" s="65"/>
       <c r="L119" s="65"/>
       <c r="M119" s="65"/>
-      <c r="N119" s="66"/>
-[...1 lines deleted...]
-      <c r="P119" s="36">
+      <c r="N119" s="65"/>
+      <c r="O119" s="66"/>
+      <c r="P119" s="69"/>
+      <c r="Q119" s="36">
         <f>IFERROR(VLOOKUP(A119,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q119" s="31">
+      <c r="R119" s="31">
         <f>IFERROR(VLOOKUP(A119,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>75963</v>
       </c>
-      <c r="R119" s="31">
+      <c r="S119" s="31">
         <f>IFERROR(VLOOKUP(A119,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S119" s="48">
+      <c r="T119" s="48">
         <f t="shared" si="1"/>
         <v>237648</v>
       </c>
-      <c r="T119" s="61"/>
       <c r="U119" s="61"/>
-    </row>
-    <row r="120" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V119" s="61"/>
+    </row>
+    <row r="120" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A120" s="7" t="s">
         <v>433</v>
       </c>
       <c r="B120" s="8" t="s">
         <v>112</v>
       </c>
       <c r="C120" s="61">
         <f>VLOOKUP(A120,'AR DOP'!A:G,7,FALSE)</f>
         <v>373418</v>
       </c>
       <c r="D120" s="61"/>
       <c r="E120" s="61"/>
-      <c r="F120" s="65"/>
+      <c r="F120" s="132"/>
       <c r="G120" s="65"/>
       <c r="H120" s="65"/>
       <c r="I120" s="65"/>
       <c r="J120" s="65"/>
       <c r="K120" s="65"/>
       <c r="L120" s="65"/>
       <c r="M120" s="65"/>
-      <c r="N120" s="66"/>
-[...1 lines deleted...]
-      <c r="P120" s="36">
+      <c r="N120" s="65"/>
+      <c r="O120" s="66"/>
+      <c r="P120" s="69"/>
+      <c r="Q120" s="36">
         <f>IFERROR(VLOOKUP(A120,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>19970</v>
       </c>
-      <c r="Q120" s="31">
+      <c r="R120" s="31">
         <f>IFERROR(VLOOKUP(A120,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>138271</v>
       </c>
-      <c r="R120" s="31">
+      <c r="S120" s="31">
         <f>IFERROR(VLOOKUP(A120,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>10064</v>
       </c>
-      <c r="S120" s="48">
+      <c r="T120" s="48">
         <f t="shared" si="1"/>
         <v>541723</v>
       </c>
-      <c r="T120" s="61"/>
       <c r="U120" s="61"/>
-    </row>
-    <row r="121" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V120" s="61"/>
+    </row>
+    <row r="121" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A121" s="7" t="s">
         <v>434</v>
       </c>
       <c r="B121" s="8" t="s">
         <v>113</v>
       </c>
       <c r="C121" s="61">
         <f>VLOOKUP(A121,'AR DOP'!A:G,7,FALSE)</f>
         <v>21969</v>
       </c>
       <c r="D121" s="61"/>
       <c r="E121" s="61"/>
-      <c r="F121" s="65"/>
+      <c r="F121" s="132"/>
       <c r="G121" s="65"/>
       <c r="H121" s="65"/>
       <c r="I121" s="65"/>
       <c r="J121" s="65"/>
       <c r="K121" s="65"/>
       <c r="L121" s="65"/>
       <c r="M121" s="65"/>
-      <c r="N121" s="66"/>
-[...1 lines deleted...]
-      <c r="P121" s="36">
+      <c r="N121" s="65"/>
+      <c r="O121" s="66"/>
+      <c r="P121" s="69"/>
+      <c r="Q121" s="36">
         <f>IFERROR(VLOOKUP(A121,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>47878</v>
       </c>
-      <c r="Q121" s="31">
+      <c r="R121" s="31">
         <f>IFERROR(VLOOKUP(A121,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>853</v>
       </c>
-      <c r="R121" s="31">
+      <c r="S121" s="31">
         <f>IFERROR(VLOOKUP(A121,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S121" s="48">
+      <c r="T121" s="48">
         <f t="shared" si="1"/>
         <v>70700</v>
       </c>
-      <c r="T121" s="61"/>
       <c r="U121" s="61"/>
-    </row>
-    <row r="122" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V121" s="61"/>
+    </row>
+    <row r="122" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A122" s="7" t="s">
         <v>435</v>
       </c>
       <c r="B122" s="8" t="s">
         <v>114</v>
       </c>
       <c r="C122" s="61">
         <f>VLOOKUP(A122,'AR DOP'!A:G,7,FALSE)</f>
         <v>115853</v>
       </c>
       <c r="D122" s="61"/>
       <c r="E122" s="61"/>
-      <c r="F122" s="65"/>
+      <c r="F122" s="132"/>
       <c r="G122" s="65"/>
       <c r="H122" s="65"/>
       <c r="I122" s="65"/>
       <c r="J122" s="65"/>
       <c r="K122" s="65"/>
       <c r="L122" s="65"/>
       <c r="M122" s="65"/>
-      <c r="N122" s="66"/>
-[...1 lines deleted...]
-      <c r="P122" s="36">
+      <c r="N122" s="65"/>
+      <c r="O122" s="66"/>
+      <c r="P122" s="69"/>
+      <c r="Q122" s="36">
         <f>IFERROR(VLOOKUP(A122,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>341235</v>
       </c>
-      <c r="Q122" s="31">
+      <c r="R122" s="31">
         <f>IFERROR(VLOOKUP(A122,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R122" s="31">
+      <c r="S122" s="31">
         <f>IFERROR(VLOOKUP(A122,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S122" s="48">
+      <c r="T122" s="48">
         <f t="shared" si="1"/>
         <v>457088</v>
       </c>
-      <c r="T122" s="61"/>
       <c r="U122" s="61"/>
-    </row>
-    <row r="123" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V122" s="61"/>
+    </row>
+    <row r="123" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A123" s="7" t="s">
         <v>436</v>
       </c>
       <c r="B123" s="8" t="s">
         <v>115</v>
       </c>
       <c r="C123" s="61">
         <f>VLOOKUP(A123,'AR DOP'!A:G,7,FALSE)</f>
         <v>729422</v>
       </c>
       <c r="D123" s="61"/>
       <c r="E123" s="61"/>
-      <c r="F123" s="65"/>
+      <c r="F123" s="132"/>
       <c r="G123" s="65"/>
       <c r="H123" s="65"/>
       <c r="I123" s="65"/>
       <c r="J123" s="65"/>
       <c r="K123" s="65"/>
       <c r="L123" s="65"/>
       <c r="M123" s="65"/>
-      <c r="N123" s="66"/>
-[...1 lines deleted...]
-      <c r="P123" s="36">
+      <c r="N123" s="65"/>
+      <c r="O123" s="66"/>
+      <c r="P123" s="69"/>
+      <c r="Q123" s="36">
         <f>IFERROR(VLOOKUP(A123,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>334697</v>
       </c>
-      <c r="Q123" s="31">
+      <c r="R123" s="31">
         <f>IFERROR(VLOOKUP(A123,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R123" s="31">
+      <c r="S123" s="31">
         <f>IFERROR(VLOOKUP(A123,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S123" s="48">
+      <c r="T123" s="48">
         <f t="shared" si="1"/>
         <v>1064119</v>
       </c>
-      <c r="T123" s="61"/>
       <c r="U123" s="61"/>
-    </row>
-    <row r="124" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V123" s="61"/>
+    </row>
+    <row r="124" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A124" s="7" t="s">
         <v>437</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>116</v>
       </c>
       <c r="C124" s="61">
         <f>VLOOKUP(A124,'AR DOP'!A:G,7,FALSE)</f>
         <v>68653</v>
       </c>
       <c r="D124" s="61"/>
       <c r="E124" s="61"/>
-      <c r="F124" s="65"/>
+      <c r="F124" s="132"/>
       <c r="G124" s="65"/>
       <c r="H124" s="65"/>
       <c r="I124" s="65"/>
       <c r="J124" s="65"/>
       <c r="K124" s="65"/>
       <c r="L124" s="65"/>
       <c r="M124" s="65"/>
-      <c r="N124" s="66"/>
-[...1 lines deleted...]
-      <c r="P124" s="36">
+      <c r="N124" s="65"/>
+      <c r="O124" s="66"/>
+      <c r="P124" s="69"/>
+      <c r="Q124" s="36">
         <f>IFERROR(VLOOKUP(A124,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q124" s="31">
+      <c r="R124" s="31">
         <f>IFERROR(VLOOKUP(A124,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>42676</v>
       </c>
-      <c r="R124" s="31">
+      <c r="S124" s="31">
         <f>IFERROR(VLOOKUP(A124,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S124" s="48">
+      <c r="T124" s="48">
         <f t="shared" si="1"/>
         <v>111329</v>
       </c>
-      <c r="T124" s="61"/>
       <c r="U124" s="61"/>
-    </row>
-    <row r="125" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V124" s="61"/>
+    </row>
+    <row r="125" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A125" s="7" t="s">
         <v>439</v>
       </c>
       <c r="B125" s="8" t="s">
         <v>118</v>
       </c>
       <c r="C125" s="61">
         <f>VLOOKUP(A125,'AR DOP'!A:G,7,FALSE)</f>
         <v>147246</v>
       </c>
       <c r="D125" s="61"/>
       <c r="E125" s="61"/>
-      <c r="F125" s="65"/>
+      <c r="F125" s="132"/>
       <c r="G125" s="65"/>
       <c r="H125" s="65"/>
       <c r="I125" s="65"/>
       <c r="J125" s="65"/>
       <c r="K125" s="65"/>
       <c r="L125" s="65"/>
       <c r="M125" s="65"/>
-      <c r="N125" s="66"/>
-[...1 lines deleted...]
-      <c r="P125" s="36">
+      <c r="N125" s="65"/>
+      <c r="O125" s="66"/>
+      <c r="P125" s="69"/>
+      <c r="Q125" s="36">
         <f>IFERROR(VLOOKUP(A125,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>1597</v>
       </c>
-      <c r="Q125" s="31">
+      <c r="R125" s="31">
         <f>IFERROR(VLOOKUP(A125,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>177533</v>
       </c>
-      <c r="R125" s="31">
+      <c r="S125" s="31">
         <f>IFERROR(VLOOKUP(A125,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S125" s="48">
+      <c r="T125" s="48">
         <f t="shared" si="1"/>
         <v>326376</v>
       </c>
-      <c r="T125" s="61"/>
       <c r="U125" s="61"/>
-    </row>
-    <row r="126" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V125" s="61"/>
+    </row>
+    <row r="126" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A126" s="7" t="s">
         <v>518</v>
       </c>
       <c r="B126" s="8" t="s">
         <v>197</v>
       </c>
       <c r="C126" s="61">
         <f>VLOOKUP(A126,'AR DOP'!A:G,7,FALSE)</f>
         <v>188919</v>
       </c>
       <c r="D126" s="61"/>
       <c r="E126" s="61"/>
-      <c r="F126" s="65"/>
+      <c r="F126" s="132"/>
       <c r="G126" s="65"/>
       <c r="H126" s="65"/>
       <c r="I126" s="65"/>
       <c r="J126" s="65"/>
       <c r="K126" s="65"/>
       <c r="L126" s="65"/>
       <c r="M126" s="65"/>
-      <c r="N126" s="66"/>
-[...1 lines deleted...]
-      <c r="P126" s="36">
+      <c r="N126" s="65"/>
+      <c r="O126" s="66"/>
+      <c r="P126" s="69"/>
+      <c r="Q126" s="36">
         <f>IFERROR(VLOOKUP(A126,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>172540</v>
       </c>
-      <c r="Q126" s="31">
+      <c r="R126" s="31">
         <f>IFERROR(VLOOKUP(A126,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R126" s="31">
+      <c r="S126" s="31">
         <f>IFERROR(VLOOKUP(A126,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5032</v>
       </c>
-      <c r="S126" s="48">
+      <c r="T126" s="48">
         <f t="shared" si="1"/>
         <v>366491</v>
       </c>
-      <c r="T126" s="61"/>
       <c r="U126" s="61"/>
-    </row>
-    <row r="127" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V126" s="61"/>
+    </row>
+    <row r="127" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A127" s="7" t="s">
         <v>438</v>
       </c>
       <c r="B127" s="8" t="s">
         <v>117</v>
       </c>
       <c r="C127" s="61">
         <f>VLOOKUP(A127,'AR DOP'!A:G,7,FALSE)</f>
         <v>66041</v>
       </c>
       <c r="D127" s="61"/>
       <c r="E127" s="61"/>
-      <c r="F127" s="65"/>
+      <c r="F127" s="132"/>
       <c r="G127" s="65"/>
       <c r="H127" s="65"/>
       <c r="I127" s="65"/>
       <c r="J127" s="65"/>
       <c r="K127" s="65"/>
       <c r="L127" s="65"/>
       <c r="M127" s="65"/>
-      <c r="N127" s="66"/>
-[...1 lines deleted...]
-      <c r="P127" s="36">
+      <c r="N127" s="65"/>
+      <c r="O127" s="66"/>
+      <c r="P127" s="69"/>
+      <c r="Q127" s="36">
         <f>IFERROR(VLOOKUP(A127,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q127" s="31">
+      <c r="R127" s="31">
         <f>IFERROR(VLOOKUP(A127,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>77670</v>
       </c>
-      <c r="R127" s="31">
+      <c r="S127" s="31">
         <f>IFERROR(VLOOKUP(A127,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S127" s="48">
+      <c r="T127" s="48">
         <f t="shared" si="1"/>
         <v>143711</v>
       </c>
-      <c r="T127" s="61"/>
       <c r="U127" s="61"/>
-    </row>
-    <row r="128" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V127" s="61"/>
+    </row>
+    <row r="128" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A128" s="7" t="s">
         <v>441</v>
       </c>
       <c r="B128" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C128" s="61">
         <f>VLOOKUP(A128,'AR DOP'!A:G,7,FALSE)</f>
         <v>587811</v>
       </c>
       <c r="D128" s="61"/>
       <c r="E128" s="61"/>
-      <c r="F128" s="65"/>
+      <c r="F128" s="132"/>
       <c r="G128" s="65"/>
       <c r="H128" s="65"/>
       <c r="I128" s="65"/>
       <c r="J128" s="65"/>
       <c r="K128" s="65"/>
       <c r="L128" s="65"/>
       <c r="M128" s="65"/>
-      <c r="N128" s="66"/>
-[...1 lines deleted...]
-      <c r="P128" s="36">
+      <c r="N128" s="65"/>
+      <c r="O128" s="66"/>
+      <c r="P128" s="69"/>
+      <c r="Q128" s="36">
         <f>IFERROR(VLOOKUP(A128,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q128" s="31">
+      <c r="R128" s="31">
         <f>IFERROR(VLOOKUP(A128,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>170705</v>
       </c>
-      <c r="R128" s="31">
+      <c r="S128" s="31">
         <f>IFERROR(VLOOKUP(A128,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S128" s="48">
+      <c r="T128" s="48">
         <f t="shared" si="1"/>
         <v>761870</v>
       </c>
-      <c r="T128" s="61"/>
       <c r="U128" s="61"/>
-    </row>
-    <row r="129" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V128" s="61"/>
+    </row>
+    <row r="129" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A129" s="7" t="s">
         <v>442</v>
       </c>
       <c r="B129" s="8" t="s">
         <v>121</v>
       </c>
       <c r="C129" s="61">
         <f>VLOOKUP(A129,'AR DOP'!A:G,7,FALSE)</f>
         <v>174050</v>
       </c>
       <c r="D129" s="61"/>
       <c r="E129" s="61"/>
-      <c r="F129" s="65"/>
+      <c r="F129" s="132"/>
       <c r="G129" s="65"/>
       <c r="H129" s="65"/>
       <c r="I129" s="65"/>
       <c r="J129" s="65"/>
       <c r="K129" s="65"/>
       <c r="L129" s="65"/>
       <c r="M129" s="65"/>
-      <c r="N129" s="66"/>
-[...1 lines deleted...]
-      <c r="P129" s="36">
+      <c r="N129" s="65"/>
+      <c r="O129" s="66"/>
+      <c r="P129" s="69"/>
+      <c r="Q129" s="36">
         <f>IFERROR(VLOOKUP(A129,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q129" s="31">
+      <c r="R129" s="31">
         <f>IFERROR(VLOOKUP(A129,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>89620</v>
       </c>
-      <c r="R129" s="31">
+      <c r="S129" s="31">
         <f>IFERROR(VLOOKUP(A129,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S129" s="48">
+      <c r="T129" s="48">
         <f t="shared" si="1"/>
         <v>263670</v>
       </c>
-      <c r="T129" s="61"/>
       <c r="U129" s="61"/>
-    </row>
-    <row r="130" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V129" s="61"/>
+    </row>
+    <row r="130" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A130" s="7" t="s">
         <v>443</v>
       </c>
       <c r="B130" s="8" t="s">
         <v>122</v>
       </c>
       <c r="C130" s="61">
         <f>VLOOKUP(A130,'AR DOP'!A:G,7,FALSE)</f>
         <v>223839</v>
       </c>
       <c r="D130" s="61"/>
       <c r="E130" s="61"/>
-      <c r="F130" s="65"/>
+      <c r="F130" s="132"/>
       <c r="G130" s="65"/>
       <c r="H130" s="65"/>
       <c r="I130" s="65"/>
       <c r="J130" s="65"/>
       <c r="K130" s="65"/>
       <c r="L130" s="65"/>
       <c r="M130" s="65"/>
-      <c r="N130" s="66"/>
-[...1 lines deleted...]
-      <c r="P130" s="36">
+      <c r="N130" s="65"/>
+      <c r="O130" s="66"/>
+      <c r="P130" s="69"/>
+      <c r="Q130" s="36">
         <f>IFERROR(VLOOKUP(A130,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q130" s="31">
+      <c r="R130" s="31">
         <f>IFERROR(VLOOKUP(A130,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R130" s="31">
+      <c r="S130" s="31">
         <f>IFERROR(VLOOKUP(A130,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S130" s="48">
+      <c r="T130" s="48">
         <f t="shared" si="1"/>
         <v>336474</v>
       </c>
-      <c r="T130" s="61"/>
       <c r="U130" s="61"/>
-    </row>
-    <row r="131" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V130" s="61"/>
+    </row>
+    <row r="131" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A131" s="7" t="s">
         <v>444</v>
       </c>
       <c r="B131" s="8" t="s">
         <v>123</v>
       </c>
       <c r="C131" s="61">
         <f>VLOOKUP(A131,'AR DOP'!A:G,7,FALSE)</f>
         <v>75951</v>
       </c>
       <c r="D131" s="61"/>
       <c r="E131" s="61"/>
-      <c r="F131" s="65"/>
+      <c r="F131" s="132"/>
       <c r="G131" s="65"/>
       <c r="H131" s="65"/>
       <c r="I131" s="65"/>
       <c r="J131" s="65"/>
       <c r="K131" s="65"/>
       <c r="L131" s="65"/>
       <c r="M131" s="65"/>
-      <c r="N131" s="66"/>
-[...1 lines deleted...]
-      <c r="P131" s="36">
+      <c r="N131" s="65"/>
+      <c r="O131" s="66"/>
+      <c r="P131" s="69"/>
+      <c r="Q131" s="36">
         <f>IFERROR(VLOOKUP(A131,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q131" s="31">
+      <c r="R131" s="31">
         <f>IFERROR(VLOOKUP(A131,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93887</v>
       </c>
-      <c r="R131" s="31">
+      <c r="S131" s="31">
         <f>IFERROR(VLOOKUP(A131,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S131" s="48">
+      <c r="T131" s="48">
         <f t="shared" si="1"/>
         <v>169838</v>
       </c>
-      <c r="T131" s="61"/>
       <c r="U131" s="61"/>
-    </row>
-    <row r="132" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V131" s="61"/>
+    </row>
+    <row r="132" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A132" s="7" t="s">
         <v>382</v>
       </c>
       <c r="B132" s="8" t="s">
         <v>60</v>
       </c>
       <c r="C132" s="61">
         <f>VLOOKUP(A132,'AR DOP'!A:G,7,FALSE)</f>
         <v>191115</v>
       </c>
       <c r="D132" s="61"/>
       <c r="E132" s="61"/>
-      <c r="F132" s="65"/>
+      <c r="F132" s="132"/>
       <c r="G132" s="65"/>
       <c r="H132" s="65"/>
       <c r="I132" s="65"/>
       <c r="J132" s="65"/>
       <c r="K132" s="65"/>
       <c r="L132" s="65"/>
       <c r="M132" s="65"/>
-      <c r="N132" s="66"/>
-[...1 lines deleted...]
-      <c r="P132" s="36">
+      <c r="N132" s="65"/>
+      <c r="O132" s="66"/>
+      <c r="P132" s="69"/>
+      <c r="Q132" s="36">
         <f>IFERROR(VLOOKUP(A132,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q132" s="31">
+      <c r="R132" s="31">
         <f>IFERROR(VLOOKUP(A132,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>51211</v>
       </c>
-      <c r="R132" s="31">
+      <c r="S132" s="31">
         <f>IFERROR(VLOOKUP(A132,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1688</v>
       </c>
-      <c r="S132" s="48">
+      <c r="T132" s="48">
         <f t="shared" si="1"/>
         <v>244014</v>
       </c>
-      <c r="T132" s="61"/>
       <c r="U132" s="61"/>
-    </row>
-    <row r="133" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V132" s="61"/>
+    </row>
+    <row r="133" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A133" s="7" t="s">
         <v>452</v>
       </c>
       <c r="B133" s="8" t="s">
         <v>131</v>
       </c>
       <c r="C133" s="61">
         <f>VLOOKUP(A133,'AR DOP'!A:G,7,FALSE)</f>
         <v>55370</v>
       </c>
       <c r="D133" s="61"/>
       <c r="E133" s="61"/>
-      <c r="F133" s="65"/>
+      <c r="F133" s="132"/>
       <c r="G133" s="65"/>
       <c r="H133" s="65"/>
       <c r="I133" s="65"/>
       <c r="J133" s="65"/>
       <c r="K133" s="65"/>
       <c r="L133" s="65"/>
       <c r="M133" s="65"/>
-      <c r="N133" s="66"/>
-[...1 lines deleted...]
-      <c r="P133" s="36">
+      <c r="N133" s="65"/>
+      <c r="O133" s="66"/>
+      <c r="P133" s="69"/>
+      <c r="Q133" s="36">
         <f>IFERROR(VLOOKUP(A133,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q133" s="31">
+      <c r="R133" s="31">
         <f>IFERROR(VLOOKUP(A133,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R133" s="31">
+      <c r="S133" s="31">
         <f>IFERROR(VLOOKUP(A133,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S133" s="48">
-        <f t="shared" ref="S133:S196" si="2">SUM(C133:R133)</f>
+      <c r="T133" s="48">
+        <f t="shared" ref="T133:T196" si="2">SUM(C133:S133)</f>
         <v>166328</v>
       </c>
-      <c r="T133" s="61"/>
       <c r="U133" s="61"/>
-    </row>
-    <row r="134" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V133" s="61"/>
+    </row>
+    <row r="134" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A134" s="7" t="s">
         <v>445</v>
       </c>
       <c r="B134" s="8" t="s">
         <v>124</v>
       </c>
       <c r="C134" s="61">
         <f>VLOOKUP(A134,'AR DOP'!A:G,7,FALSE)</f>
         <v>60205</v>
       </c>
       <c r="D134" s="61"/>
       <c r="E134" s="61"/>
-      <c r="F134" s="65"/>
+      <c r="F134" s="132"/>
       <c r="G134" s="65"/>
       <c r="H134" s="65"/>
       <c r="I134" s="65"/>
       <c r="J134" s="65"/>
       <c r="K134" s="65"/>
       <c r="L134" s="65"/>
       <c r="M134" s="65"/>
-      <c r="N134" s="66"/>
-[...1 lines deleted...]
-      <c r="P134" s="36">
+      <c r="N134" s="65"/>
+      <c r="O134" s="66"/>
+      <c r="P134" s="69"/>
+      <c r="Q134" s="36">
         <f>IFERROR(VLOOKUP(A134,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>97068</v>
       </c>
-      <c r="Q134" s="31">
+      <c r="R134" s="31">
         <f>IFERROR(VLOOKUP(A134,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>25605</v>
       </c>
-      <c r="R134" s="31">
+      <c r="S134" s="31">
         <f>IFERROR(VLOOKUP(A134,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S134" s="48">
+      <c r="T134" s="48">
         <f t="shared" si="2"/>
         <v>182878</v>
       </c>
-      <c r="T134" s="61"/>
       <c r="U134" s="61"/>
-    </row>
-    <row r="135" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V134" s="61"/>
+    </row>
+    <row r="135" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A135" s="7" t="s">
         <v>446</v>
       </c>
       <c r="B135" s="8" t="s">
         <v>125</v>
       </c>
       <c r="C135" s="61">
         <f>VLOOKUP(A135,'AR DOP'!A:G,7,FALSE)</f>
         <v>255394</v>
       </c>
       <c r="D135" s="61"/>
       <c r="E135" s="61"/>
-      <c r="F135" s="65"/>
+      <c r="F135" s="132"/>
       <c r="G135" s="65"/>
       <c r="H135" s="65"/>
       <c r="I135" s="65"/>
       <c r="J135" s="65"/>
       <c r="K135" s="65"/>
       <c r="L135" s="65"/>
       <c r="M135" s="65"/>
-      <c r="N135" s="66"/>
-[...1 lines deleted...]
-      <c r="P135" s="36">
+      <c r="N135" s="65"/>
+      <c r="O135" s="66"/>
+      <c r="P135" s="69"/>
+      <c r="Q135" s="36">
         <f>IFERROR(VLOOKUP(A135,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q135" s="31">
+      <c r="R135" s="31">
         <f>IFERROR(VLOOKUP(A135,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>221916</v>
       </c>
-      <c r="R135" s="31">
+      <c r="S135" s="31">
         <f>IFERROR(VLOOKUP(A135,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>91782</v>
       </c>
-      <c r="S135" s="48">
+      <c r="T135" s="48">
         <f t="shared" si="2"/>
         <v>569092</v>
       </c>
-      <c r="T135" s="61"/>
       <c r="U135" s="61"/>
-    </row>
-    <row r="136" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V135" s="61"/>
+    </row>
+    <row r="136" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A136" s="7" t="s">
         <v>447</v>
       </c>
       <c r="B136" s="8" t="s">
         <v>126</v>
       </c>
       <c r="C136" s="61">
         <f>VLOOKUP(A136,'AR DOP'!A:G,7,FALSE)</f>
         <v>527300</v>
       </c>
       <c r="D136" s="61"/>
       <c r="E136" s="61"/>
-      <c r="F136" s="65"/>
-      <c r="G136" s="65">
+      <c r="F136" s="132"/>
+      <c r="G136" s="65"/>
+      <c r="H136" s="65">
         <v>267834.38</v>
       </c>
-      <c r="H136" s="65"/>
       <c r="I136" s="65"/>
       <c r="J136" s="65"/>
       <c r="K136" s="65"/>
       <c r="L136" s="65"/>
       <c r="M136" s="65"/>
-      <c r="N136" s="66"/>
-[...1 lines deleted...]
-      <c r="P136" s="36">
+      <c r="N136" s="65"/>
+      <c r="O136" s="66"/>
+      <c r="P136" s="69"/>
+      <c r="Q136" s="36">
         <f>IFERROR(VLOOKUP(A136,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q136" s="31">
+      <c r="R136" s="31">
         <f>IFERROR(VLOOKUP(A136,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>125468</v>
       </c>
-      <c r="R136" s="31">
+      <c r="S136" s="31">
         <f>IFERROR(VLOOKUP(A136,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>11742</v>
       </c>
-      <c r="S136" s="48">
+      <c r="T136" s="48">
         <f t="shared" si="2"/>
         <v>932344.38</v>
       </c>
-      <c r="T136" s="61"/>
       <c r="U136" s="61"/>
-    </row>
-    <row r="137" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V136" s="61"/>
+    </row>
+    <row r="137" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A137" s="7" t="s">
         <v>448</v>
       </c>
       <c r="B137" s="8" t="s">
         <v>127</v>
       </c>
       <c r="C137" s="61">
         <f>VLOOKUP(A137,'AR DOP'!A:G,7,FALSE)</f>
         <v>117537</v>
       </c>
       <c r="D137" s="61"/>
       <c r="E137" s="61"/>
-      <c r="F137" s="65"/>
+      <c r="F137" s="132"/>
       <c r="G137" s="65"/>
       <c r="H137" s="65"/>
       <c r="I137" s="65"/>
       <c r="J137" s="65"/>
       <c r="K137" s="65"/>
       <c r="L137" s="65"/>
       <c r="M137" s="65"/>
-      <c r="N137" s="66"/>
-[...1 lines deleted...]
-      <c r="P137" s="36">
+      <c r="N137" s="65"/>
+      <c r="O137" s="66"/>
+      <c r="P137" s="69"/>
+      <c r="Q137" s="36">
         <f>IFERROR(VLOOKUP(A137,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q137" s="31">
+      <c r="R137" s="31">
         <f>IFERROR(VLOOKUP(A137,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>25605</v>
       </c>
-      <c r="R137" s="31">
+      <c r="S137" s="31">
         <f>IFERROR(VLOOKUP(A137,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S137" s="48">
+      <c r="T137" s="48">
         <f t="shared" si="2"/>
         <v>143142</v>
       </c>
-      <c r="T137" s="61"/>
       <c r="U137" s="61"/>
-    </row>
-    <row r="138" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V137" s="61"/>
+    </row>
+    <row r="138" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A138" s="7" t="s">
         <v>449</v>
       </c>
       <c r="B138" s="8" t="s">
         <v>128</v>
       </c>
       <c r="C138" s="61">
         <f>VLOOKUP(A138,'AR DOP'!A:G,7,FALSE)</f>
         <v>133322</v>
       </c>
       <c r="D138" s="61"/>
       <c r="E138" s="61"/>
-      <c r="F138" s="65"/>
+      <c r="F138" s="132"/>
       <c r="G138" s="65"/>
       <c r="H138" s="65"/>
       <c r="I138" s="65"/>
       <c r="J138" s="65"/>
       <c r="K138" s="65"/>
       <c r="L138" s="65"/>
       <c r="M138" s="65"/>
-      <c r="N138" s="66"/>
-[...1 lines deleted...]
-      <c r="P138" s="36">
+      <c r="N138" s="65"/>
+      <c r="O138" s="66"/>
+      <c r="P138" s="69"/>
+      <c r="Q138" s="36">
         <f>IFERROR(VLOOKUP(A138,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q138" s="31">
+      <c r="R138" s="31">
         <f>IFERROR(VLOOKUP(A138,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>162169</v>
       </c>
-      <c r="R138" s="31">
+      <c r="S138" s="31">
         <f>IFERROR(VLOOKUP(A138,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5036</v>
       </c>
-      <c r="S138" s="48">
+      <c r="T138" s="48">
         <f t="shared" si="2"/>
         <v>300527</v>
       </c>
-      <c r="T138" s="61"/>
       <c r="U138" s="61"/>
-    </row>
-    <row r="139" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V138" s="61"/>
+    </row>
+    <row r="139" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A139" s="7" t="s">
         <v>450</v>
       </c>
       <c r="B139" s="8" t="s">
         <v>129</v>
       </c>
       <c r="C139" s="61">
         <f>VLOOKUP(A139,'AR DOP'!A:G,7,FALSE)</f>
         <v>151691</v>
       </c>
       <c r="D139" s="61"/>
       <c r="E139" s="61"/>
-      <c r="F139" s="65"/>
+      <c r="F139" s="132"/>
       <c r="G139" s="65"/>
       <c r="H139" s="65"/>
       <c r="I139" s="65"/>
       <c r="J139" s="65"/>
       <c r="K139" s="65"/>
       <c r="L139" s="65"/>
       <c r="M139" s="65"/>
-      <c r="N139" s="66"/>
-[...1 lines deleted...]
-      <c r="P139" s="36">
+      <c r="N139" s="65"/>
+      <c r="O139" s="66"/>
+      <c r="P139" s="69"/>
+      <c r="Q139" s="36">
         <f>IFERROR(VLOOKUP(A139,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>55117</v>
       </c>
-      <c r="Q139" s="31">
+      <c r="R139" s="31">
         <f>IFERROR(VLOOKUP(A139,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>138271</v>
       </c>
-      <c r="R139" s="31">
+      <c r="S139" s="31">
         <f>IFERROR(VLOOKUP(A139,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>8387</v>
       </c>
-      <c r="S139" s="48">
+      <c r="T139" s="48">
         <f t="shared" si="2"/>
         <v>353466</v>
       </c>
-      <c r="T139" s="61"/>
       <c r="U139" s="61"/>
-    </row>
-    <row r="140" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V139" s="61"/>
+    </row>
+    <row r="140" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A140" s="7" t="s">
         <v>451</v>
       </c>
       <c r="B140" s="8" t="s">
         <v>130</v>
       </c>
       <c r="C140" s="61">
         <f>VLOOKUP(A140,'AR DOP'!A:G,7,FALSE)</f>
         <v>219462</v>
       </c>
       <c r="D140" s="61"/>
       <c r="E140" s="61"/>
-      <c r="F140" s="65"/>
+      <c r="F140" s="132"/>
       <c r="G140" s="65"/>
       <c r="H140" s="65"/>
       <c r="I140" s="65"/>
       <c r="J140" s="65"/>
       <c r="K140" s="65"/>
       <c r="L140" s="65"/>
       <c r="M140" s="65"/>
-      <c r="N140" s="66"/>
-[...1 lines deleted...]
-      <c r="P140" s="36">
+      <c r="N140" s="65"/>
+      <c r="O140" s="66"/>
+      <c r="P140" s="69"/>
+      <c r="Q140" s="36">
         <f>IFERROR(VLOOKUP(A140,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q140" s="31">
+      <c r="R140" s="31">
         <f>IFERROR(VLOOKUP(A140,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>76817</v>
       </c>
-      <c r="R140" s="31">
+      <c r="S140" s="31">
         <f>IFERROR(VLOOKUP(A140,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S140" s="48">
+      <c r="T140" s="48">
         <f t="shared" si="2"/>
         <v>296279</v>
       </c>
-      <c r="T140" s="61"/>
       <c r="U140" s="61"/>
-    </row>
-    <row r="141" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V140" s="61"/>
+    </row>
+    <row r="141" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A141" s="7" t="s">
         <v>453</v>
       </c>
       <c r="B141" s="8" t="s">
         <v>132</v>
       </c>
       <c r="C141" s="61">
         <f>VLOOKUP(A141,'AR DOP'!A:G,7,FALSE)</f>
         <v>401060</v>
       </c>
       <c r="D141" s="61"/>
       <c r="E141" s="61"/>
-      <c r="F141" s="65"/>
+      <c r="F141" s="132"/>
       <c r="G141" s="65"/>
       <c r="H141" s="65"/>
       <c r="I141" s="65"/>
       <c r="J141" s="65"/>
       <c r="K141" s="65"/>
       <c r="L141" s="65"/>
       <c r="M141" s="65"/>
-      <c r="N141" s="66"/>
-[...1 lines deleted...]
-      <c r="P141" s="36">
+      <c r="N141" s="65"/>
+      <c r="O141" s="66"/>
+      <c r="P141" s="69"/>
+      <c r="Q141" s="36">
         <f>IFERROR(VLOOKUP(A141,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q141" s="31">
+      <c r="R141" s="31">
         <f>IFERROR(VLOOKUP(A141,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>242401</v>
       </c>
-      <c r="R141" s="31">
+      <c r="S141" s="31">
         <f>IFERROR(VLOOKUP(A141,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3389</v>
       </c>
-      <c r="S141" s="48">
+      <c r="T141" s="48">
         <f t="shared" si="2"/>
         <v>646850</v>
       </c>
-      <c r="T141" s="61"/>
       <c r="U141" s="61"/>
-    </row>
-    <row r="142" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V141" s="61"/>
+    </row>
+    <row r="142" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A142" s="7" t="s">
         <v>454</v>
       </c>
       <c r="B142" s="8" t="s">
         <v>133</v>
       </c>
       <c r="C142" s="61">
         <f>VLOOKUP(A142,'AR DOP'!A:G,7,FALSE)</f>
         <v>161340</v>
       </c>
       <c r="D142" s="61"/>
       <c r="E142" s="61"/>
-      <c r="F142" s="65"/>
+      <c r="F142" s="132"/>
       <c r="G142" s="65"/>
       <c r="H142" s="65"/>
       <c r="I142" s="65"/>
       <c r="J142" s="65"/>
       <c r="K142" s="65"/>
       <c r="L142" s="65"/>
       <c r="M142" s="65"/>
-      <c r="N142" s="66"/>
-[...1 lines deleted...]
-      <c r="P142" s="36">
+      <c r="N142" s="65"/>
+      <c r="O142" s="66"/>
+      <c r="P142" s="69"/>
+      <c r="Q142" s="36">
         <f>IFERROR(VLOOKUP(A142,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q142" s="31">
+      <c r="R142" s="31">
         <f>IFERROR(VLOOKUP(A142,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>58039</v>
       </c>
-      <c r="R142" s="31">
+      <c r="S142" s="31">
         <f>IFERROR(VLOOKUP(A142,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1692</v>
       </c>
-      <c r="S142" s="48">
+      <c r="T142" s="48">
         <f t="shared" si="2"/>
         <v>221071</v>
       </c>
-      <c r="T142" s="61"/>
       <c r="U142" s="61"/>
-    </row>
-    <row r="143" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V142" s="61"/>
+    </row>
+    <row r="143" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A143" s="7" t="s">
         <v>455</v>
       </c>
       <c r="B143" s="8" t="s">
         <v>134</v>
       </c>
       <c r="C143" s="61">
         <f>VLOOKUP(A143,'AR DOP'!A:G,7,FALSE)</f>
         <v>272166</v>
       </c>
       <c r="D143" s="61"/>
       <c r="E143" s="61"/>
-      <c r="F143" s="65"/>
-      <c r="G143" s="65">
+      <c r="F143" s="132"/>
+      <c r="G143" s="65"/>
+      <c r="H143" s="65">
         <v>15414</v>
       </c>
-      <c r="H143" s="65"/>
       <c r="I143" s="65"/>
       <c r="J143" s="65"/>
       <c r="K143" s="65"/>
       <c r="L143" s="65"/>
       <c r="M143" s="65"/>
-      <c r="N143" s="66"/>
-[...1 lines deleted...]
-      <c r="P143" s="36">
+      <c r="N143" s="65"/>
+      <c r="O143" s="66"/>
+      <c r="P143" s="69"/>
+      <c r="Q143" s="36">
         <f>IFERROR(VLOOKUP(A143,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q143" s="31">
+      <c r="R143" s="31">
         <f>IFERROR(VLOOKUP(A143,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>122054</v>
       </c>
-      <c r="R143" s="31">
+      <c r="S143" s="31">
         <f>IFERROR(VLOOKUP(A143,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6823</v>
       </c>
-      <c r="S143" s="48">
+      <c r="T143" s="48">
         <f t="shared" si="2"/>
         <v>416457</v>
       </c>
-      <c r="T143" s="61"/>
       <c r="U143" s="61"/>
-    </row>
-    <row r="144" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V143" s="61"/>
+    </row>
+    <row r="144" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A144" s="7" t="s">
         <v>456</v>
       </c>
       <c r="B144" s="8" t="s">
         <v>135</v>
       </c>
       <c r="C144" s="61">
         <f>VLOOKUP(A144,'AR DOP'!A:G,7,FALSE)</f>
         <v>469247</v>
       </c>
       <c r="D144" s="61"/>
       <c r="E144" s="61"/>
-      <c r="F144" s="65"/>
+      <c r="F144" s="132"/>
       <c r="G144" s="65"/>
       <c r="H144" s="65"/>
       <c r="I144" s="65"/>
       <c r="J144" s="65"/>
       <c r="K144" s="65"/>
       <c r="L144" s="65"/>
       <c r="M144" s="65"/>
-      <c r="N144" s="66"/>
-[...1 lines deleted...]
-      <c r="P144" s="36">
+      <c r="N144" s="65"/>
+      <c r="O144" s="66"/>
+      <c r="P144" s="69"/>
+      <c r="Q144" s="36">
         <f>IFERROR(VLOOKUP(A144,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q144" s="31">
+      <c r="R144" s="31">
         <f>IFERROR(VLOOKUP(A144,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>52065</v>
       </c>
-      <c r="R144" s="31">
+      <c r="S144" s="31">
         <f>IFERROR(VLOOKUP(A144,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>13819</v>
       </c>
-      <c r="S144" s="48">
+      <c r="T144" s="48">
         <f t="shared" si="2"/>
         <v>535131</v>
       </c>
-      <c r="T144" s="61"/>
       <c r="U144" s="61"/>
-    </row>
-    <row r="145" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V144" s="61"/>
+    </row>
+    <row r="145" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A145" s="7" t="s">
         <v>458</v>
       </c>
       <c r="B145" s="8" t="s">
         <v>137</v>
       </c>
       <c r="C145" s="61">
         <f>VLOOKUP(A145,'AR DOP'!A:G,7,FALSE)</f>
         <v>466204</v>
       </c>
       <c r="D145" s="61"/>
       <c r="E145" s="61"/>
-      <c r="F145" s="65"/>
+      <c r="F145" s="132"/>
       <c r="G145" s="65"/>
       <c r="H145" s="65"/>
       <c r="I145" s="65"/>
       <c r="J145" s="65"/>
       <c r="K145" s="65"/>
       <c r="L145" s="65"/>
       <c r="M145" s="65"/>
-      <c r="N145" s="66"/>
-[...1 lines deleted...]
-      <c r="P145" s="36">
+      <c r="N145" s="65"/>
+      <c r="O145" s="66"/>
+      <c r="P145" s="69"/>
+      <c r="Q145" s="36">
         <f>IFERROR(VLOOKUP(A145,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q145" s="31">
+      <c r="R145" s="31">
         <f>IFERROR(VLOOKUP(A145,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>227891</v>
       </c>
-      <c r="R145" s="31">
+      <c r="S145" s="31">
         <f>IFERROR(VLOOKUP(A145,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S145" s="48">
+      <c r="T145" s="48">
         <f t="shared" si="2"/>
         <v>695772</v>
       </c>
-      <c r="T145" s="61"/>
       <c r="U145" s="61"/>
-    </row>
-    <row r="146" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V145" s="61"/>
+    </row>
+    <row r="146" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A146" s="7" t="s">
         <v>459</v>
       </c>
       <c r="B146" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C146" s="61">
         <f>VLOOKUP(A146,'AR DOP'!A:G,7,FALSE)</f>
         <v>1342237</v>
       </c>
       <c r="D146" s="61"/>
       <c r="E146" s="61"/>
-      <c r="F146" s="65"/>
+      <c r="F146" s="132"/>
       <c r="G146" s="65"/>
       <c r="H146" s="65"/>
       <c r="I146" s="65"/>
       <c r="J146" s="65"/>
       <c r="K146" s="65"/>
       <c r="L146" s="65"/>
       <c r="M146" s="65"/>
-      <c r="N146" s="66"/>
-[...1 lines deleted...]
-      <c r="P146" s="36">
+      <c r="N146" s="65"/>
+      <c r="O146" s="66"/>
+      <c r="P146" s="69"/>
+      <c r="Q146" s="36">
         <f>IFERROR(VLOOKUP(A146,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q146" s="31">
+      <c r="R146" s="31">
         <f>IFERROR(VLOOKUP(A146,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>294466</v>
       </c>
-      <c r="R146" s="31">
+      <c r="S146" s="31">
         <f>IFERROR(VLOOKUP(A146,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>28437</v>
       </c>
-      <c r="S146" s="48">
+      <c r="T146" s="48">
         <f t="shared" si="2"/>
         <v>1665140</v>
       </c>
-      <c r="T146" s="61"/>
       <c r="U146" s="61"/>
-    </row>
-    <row r="147" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V146" s="61"/>
+    </row>
+    <row r="147" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A147" s="7" t="s">
         <v>460</v>
       </c>
       <c r="B147" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C147" s="61">
         <f>VLOOKUP(A147,'AR DOP'!A:G,7,FALSE)</f>
         <v>237528</v>
       </c>
       <c r="D147" s="61"/>
       <c r="E147" s="61"/>
-      <c r="F147" s="65"/>
+      <c r="F147" s="132"/>
       <c r="G147" s="65"/>
       <c r="H147" s="65"/>
       <c r="I147" s="65"/>
       <c r="J147" s="65"/>
       <c r="K147" s="65"/>
       <c r="L147" s="65"/>
       <c r="M147" s="65"/>
-      <c r="N147" s="66"/>
-[...1 lines deleted...]
-      <c r="P147" s="36">
+      <c r="N147" s="65"/>
+      <c r="O147" s="66"/>
+      <c r="P147" s="69"/>
+      <c r="Q147" s="36">
         <f>IFERROR(VLOOKUP(A147,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q147" s="31">
+      <c r="R147" s="31">
         <f>IFERROR(VLOOKUP(A147,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>139124</v>
       </c>
-      <c r="R147" s="31">
+      <c r="S147" s="31">
         <f>IFERROR(VLOOKUP(A147,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S147" s="48">
+      <c r="T147" s="48">
         <f t="shared" si="2"/>
         <v>376652</v>
       </c>
-      <c r="T147" s="61"/>
       <c r="U147" s="61"/>
-    </row>
-    <row r="148" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V147" s="61"/>
+    </row>
+    <row r="148" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A148" s="7" t="s">
         <v>461</v>
       </c>
       <c r="B148" s="8" t="s">
         <v>140</v>
       </c>
       <c r="C148" s="61">
         <f>VLOOKUP(A148,'AR DOP'!A:G,7,FALSE)</f>
         <v>5688650</v>
       </c>
       <c r="D148" s="61"/>
       <c r="E148" s="61"/>
-      <c r="F148" s="65"/>
+      <c r="F148" s="132"/>
       <c r="G148" s="65"/>
       <c r="H148" s="65"/>
       <c r="I148" s="65"/>
       <c r="J148" s="65"/>
       <c r="K148" s="65"/>
       <c r="L148" s="65"/>
       <c r="M148" s="65"/>
-      <c r="N148" s="66"/>
-[...1 lines deleted...]
-      <c r="P148" s="36">
+      <c r="N148" s="65"/>
+      <c r="O148" s="66"/>
+      <c r="P148" s="69"/>
+      <c r="Q148" s="36">
         <f>IFERROR(VLOOKUP(A148,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q148" s="31">
+      <c r="R148" s="31">
         <f>IFERROR(VLOOKUP(A148,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>722935</v>
       </c>
-      <c r="R148" s="31">
+      <c r="S148" s="31">
         <f>IFERROR(VLOOKUP(A148,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>583523</v>
       </c>
-      <c r="S148" s="48">
+      <c r="T148" s="48">
         <f t="shared" si="2"/>
         <v>6995108</v>
       </c>
-      <c r="T148" s="61"/>
       <c r="U148" s="61"/>
-    </row>
-    <row r="149" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V148" s="61"/>
+    </row>
+    <row r="149" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A149" s="7" t="s">
         <v>462</v>
       </c>
       <c r="B149" s="8" t="s">
         <v>141</v>
       </c>
       <c r="C149" s="61">
         <f>VLOOKUP(A149,'AR DOP'!A:G,7,FALSE)</f>
         <v>377918</v>
       </c>
       <c r="D149" s="61"/>
       <c r="E149" s="61"/>
-      <c r="F149" s="65"/>
+      <c r="F149" s="132"/>
       <c r="G149" s="65"/>
       <c r="H149" s="65"/>
       <c r="I149" s="65"/>
       <c r="J149" s="65"/>
       <c r="K149" s="65"/>
       <c r="L149" s="65"/>
       <c r="M149" s="65"/>
-      <c r="N149" s="66"/>
-[...1 lines deleted...]
-      <c r="P149" s="36">
+      <c r="N149" s="65"/>
+      <c r="O149" s="66"/>
+      <c r="P149" s="69"/>
+      <c r="Q149" s="36">
         <f>IFERROR(VLOOKUP(A149,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>71093</v>
       </c>
-      <c r="Q149" s="31">
+      <c r="R149" s="31">
         <f>IFERROR(VLOOKUP(A149,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>34994</v>
       </c>
-      <c r="R149" s="31">
+      <c r="S149" s="31">
         <f>IFERROR(VLOOKUP(A149,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>10064</v>
       </c>
-      <c r="S149" s="48">
+      <c r="T149" s="48">
         <f t="shared" si="2"/>
         <v>494069</v>
       </c>
-      <c r="T149" s="61"/>
       <c r="U149" s="61"/>
-    </row>
-    <row r="150" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V149" s="61"/>
+    </row>
+    <row r="150" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A150" s="7" t="s">
         <v>463</v>
       </c>
       <c r="B150" s="8" t="s">
         <v>142</v>
       </c>
       <c r="C150" s="61">
         <f>VLOOKUP(A150,'AR DOP'!A:G,7,FALSE)</f>
         <v>136586</v>
       </c>
       <c r="D150" s="61"/>
       <c r="E150" s="61"/>
-      <c r="F150" s="65"/>
+      <c r="F150" s="132"/>
       <c r="G150" s="65"/>
       <c r="H150" s="65"/>
       <c r="I150" s="65"/>
       <c r="J150" s="65"/>
       <c r="K150" s="65"/>
       <c r="L150" s="65"/>
       <c r="M150" s="65"/>
-      <c r="N150" s="66"/>
-[...1 lines deleted...]
-      <c r="P150" s="36">
+      <c r="N150" s="65"/>
+      <c r="O150" s="66"/>
+      <c r="P150" s="69"/>
+      <c r="Q150" s="36">
         <f>IFERROR(VLOOKUP(A150,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>798</v>
       </c>
-      <c r="Q150" s="31">
+      <c r="R150" s="31">
         <f>IFERROR(VLOOKUP(A150,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>127175</v>
       </c>
-      <c r="R150" s="31">
+      <c r="S150" s="31">
         <f>IFERROR(VLOOKUP(A150,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S150" s="48">
+      <c r="T150" s="48">
         <f t="shared" si="2"/>
         <v>264559</v>
       </c>
-      <c r="T150" s="61"/>
       <c r="U150" s="61"/>
-    </row>
-    <row r="151" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V150" s="61"/>
+    </row>
+    <row r="151" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A151" s="7" t="s">
         <v>457</v>
       </c>
       <c r="B151" s="8" t="s">
         <v>136</v>
       </c>
       <c r="C151" s="61">
         <f>VLOOKUP(A151,'AR DOP'!A:G,7,FALSE)</f>
         <v>266237</v>
       </c>
       <c r="D151" s="61"/>
       <c r="E151" s="61"/>
-      <c r="F151" s="65"/>
+      <c r="F151" s="132"/>
       <c r="G151" s="65"/>
       <c r="H151" s="65"/>
       <c r="I151" s="65"/>
       <c r="J151" s="65"/>
       <c r="K151" s="65"/>
       <c r="L151" s="65"/>
       <c r="M151" s="65"/>
-      <c r="N151" s="66"/>
-[...1 lines deleted...]
-      <c r="P151" s="36">
+      <c r="N151" s="65"/>
+      <c r="O151" s="66"/>
+      <c r="P151" s="69"/>
+      <c r="Q151" s="36">
         <f>IFERROR(VLOOKUP(A151,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>296203</v>
       </c>
-      <c r="Q151" s="31">
+      <c r="R151" s="31">
         <f>IFERROR(VLOOKUP(A151,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R151" s="31">
+      <c r="S151" s="31">
         <f>IFERROR(VLOOKUP(A151,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5070</v>
       </c>
-      <c r="S151" s="48">
+      <c r="T151" s="48">
         <f t="shared" si="2"/>
         <v>567510</v>
       </c>
-      <c r="T151" s="61"/>
       <c r="U151" s="61"/>
-    </row>
-    <row r="152" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V151" s="61"/>
+    </row>
+    <row r="152" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A152" s="7" t="s">
         <v>464</v>
       </c>
       <c r="B152" s="8" t="s">
         <v>143</v>
       </c>
       <c r="C152" s="61">
         <f>VLOOKUP(A152,'AR DOP'!A:G,7,FALSE)</f>
         <v>57610</v>
       </c>
       <c r="D152" s="61"/>
       <c r="E152" s="61"/>
-      <c r="F152" s="65"/>
+      <c r="F152" s="132"/>
       <c r="G152" s="65"/>
       <c r="H152" s="65"/>
       <c r="I152" s="65"/>
       <c r="J152" s="65"/>
       <c r="K152" s="65"/>
       <c r="L152" s="65"/>
       <c r="M152" s="65"/>
-      <c r="N152" s="66"/>
-[...1 lines deleted...]
-      <c r="P152" s="36">
+      <c r="N152" s="65"/>
+      <c r="O152" s="66"/>
+      <c r="P152" s="69"/>
+      <c r="Q152" s="36">
         <f>IFERROR(VLOOKUP(A152,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q152" s="31">
+      <c r="R152" s="31">
         <f>IFERROR(VLOOKUP(A152,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93887</v>
       </c>
-      <c r="R152" s="31">
+      <c r="S152" s="31">
         <f>IFERROR(VLOOKUP(A152,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S152" s="48">
+      <c r="T152" s="48">
         <f t="shared" si="2"/>
         <v>151497</v>
       </c>
-      <c r="T152" s="61"/>
       <c r="U152" s="61"/>
-    </row>
-    <row r="153" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V152" s="61"/>
+    </row>
+    <row r="153" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A153" s="7" t="s">
         <v>440</v>
       </c>
       <c r="B153" s="8" t="s">
         <v>119</v>
       </c>
       <c r="C153" s="61">
         <f>VLOOKUP(A153,'AR DOP'!A:G,7,FALSE)</f>
         <v>471585</v>
       </c>
       <c r="D153" s="61"/>
       <c r="E153" s="61"/>
-      <c r="F153" s="65"/>
+      <c r="F153" s="132"/>
       <c r="G153" s="65"/>
       <c r="H153" s="65"/>
       <c r="I153" s="65"/>
       <c r="J153" s="65"/>
       <c r="K153" s="65"/>
       <c r="L153" s="65"/>
       <c r="M153" s="65"/>
-      <c r="N153" s="66"/>
-[...1 lines deleted...]
-      <c r="P153" s="36">
+      <c r="N153" s="65"/>
+      <c r="O153" s="66"/>
+      <c r="P153" s="69"/>
+      <c r="Q153" s="36">
         <f>IFERROR(VLOOKUP(A153,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q153" s="31">
+      <c r="R153" s="31">
         <f>IFERROR(VLOOKUP(A153,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>154488</v>
       </c>
-      <c r="R153" s="31">
+      <c r="S153" s="31">
         <f>IFERROR(VLOOKUP(A153,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>11792</v>
       </c>
-      <c r="S153" s="48">
+      <c r="T153" s="48">
         <f t="shared" si="2"/>
         <v>637865</v>
       </c>
-      <c r="T153" s="61"/>
       <c r="U153" s="61"/>
-    </row>
-    <row r="154" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V153" s="61"/>
+    </row>
+    <row r="154" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A154" s="7" t="s">
         <v>465</v>
       </c>
       <c r="B154" s="8" t="s">
         <v>144</v>
       </c>
       <c r="C154" s="61">
         <f>VLOOKUP(A154,'AR DOP'!A:G,7,FALSE)</f>
         <v>170157</v>
       </c>
       <c r="D154" s="61"/>
       <c r="E154" s="61"/>
-      <c r="F154" s="65"/>
+      <c r="F154" s="132"/>
       <c r="G154" s="65"/>
       <c r="H154" s="65"/>
       <c r="I154" s="65"/>
       <c r="J154" s="65"/>
       <c r="K154" s="65"/>
       <c r="L154" s="65"/>
       <c r="M154" s="65"/>
-      <c r="N154" s="66"/>
-[...1 lines deleted...]
-      <c r="P154" s="36">
+      <c r="N154" s="65"/>
+      <c r="O154" s="66"/>
+      <c r="P154" s="69"/>
+      <c r="Q154" s="36">
         <f>IFERROR(VLOOKUP(A154,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q154" s="31">
+      <c r="R154" s="31">
         <f>IFERROR(VLOOKUP(A154,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>51211</v>
       </c>
-      <c r="R154" s="31">
+      <c r="S154" s="31">
         <f>IFERROR(VLOOKUP(A154,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>20529</v>
       </c>
-      <c r="S154" s="48">
+      <c r="T154" s="48">
         <f t="shared" si="2"/>
         <v>241897</v>
       </c>
-      <c r="T154" s="61"/>
       <c r="U154" s="61"/>
-    </row>
-    <row r="155" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V154" s="61"/>
+    </row>
+    <row r="155" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A155" s="7" t="s">
         <v>466</v>
       </c>
       <c r="B155" s="8" t="s">
         <v>145</v>
       </c>
       <c r="C155" s="61">
         <f>VLOOKUP(A155,'AR DOP'!A:G,7,FALSE)</f>
         <v>1740013</v>
       </c>
       <c r="D155" s="61"/>
       <c r="E155" s="61"/>
-      <c r="F155" s="65"/>
+      <c r="F155" s="132"/>
       <c r="G155" s="65"/>
       <c r="H155" s="65"/>
       <c r="I155" s="65"/>
       <c r="J155" s="65"/>
       <c r="K155" s="65"/>
       <c r="L155" s="65"/>
       <c r="M155" s="65"/>
-      <c r="N155" s="66"/>
-[...1 lines deleted...]
-      <c r="P155" s="36">
+      <c r="N155" s="65"/>
+      <c r="O155" s="66"/>
+      <c r="P155" s="69"/>
+      <c r="Q155" s="36">
         <f>IFERROR(VLOOKUP(A155,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q155" s="31">
+      <c r="R155" s="31">
         <f>IFERROR(VLOOKUP(A155,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>1174450</v>
       </c>
-      <c r="R155" s="31">
+      <c r="S155" s="31">
         <f>IFERROR(VLOOKUP(A155,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>244912</v>
       </c>
-      <c r="S155" s="48">
+      <c r="T155" s="48">
         <f t="shared" si="2"/>
         <v>3159375</v>
       </c>
-      <c r="T155" s="61"/>
       <c r="U155" s="61"/>
-    </row>
-    <row r="156" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V155" s="61"/>
+    </row>
+    <row r="156" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A156" s="7" t="s">
         <v>467</v>
       </c>
       <c r="B156" s="8" t="s">
         <v>146</v>
       </c>
       <c r="C156" s="61">
         <f>VLOOKUP(A156,'AR DOP'!A:G,7,FALSE)</f>
         <v>699762</v>
       </c>
       <c r="D156" s="61"/>
       <c r="E156" s="61"/>
-      <c r="F156" s="65"/>
+      <c r="F156" s="132"/>
       <c r="G156" s="65"/>
       <c r="H156" s="65"/>
       <c r="I156" s="65"/>
       <c r="J156" s="65"/>
       <c r="K156" s="65"/>
       <c r="L156" s="65"/>
       <c r="M156" s="65"/>
-      <c r="N156" s="66"/>
-[...1 lines deleted...]
-      <c r="P156" s="36">
+      <c r="N156" s="65"/>
+      <c r="O156" s="66"/>
+      <c r="P156" s="69"/>
+      <c r="Q156" s="36">
         <f>IFERROR(VLOOKUP(A156,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q156" s="31">
+      <c r="R156" s="31">
         <f>IFERROR(VLOOKUP(A156,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>204846</v>
       </c>
-      <c r="R156" s="31">
+      <c r="S156" s="31">
         <f>IFERROR(VLOOKUP(A156,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S156" s="48">
+      <c r="T156" s="48">
         <f t="shared" si="2"/>
         <v>904608</v>
       </c>
-      <c r="T156" s="61"/>
       <c r="U156" s="61"/>
-    </row>
-    <row r="157" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V156" s="61"/>
+    </row>
+    <row r="157" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A157" s="7" t="s">
         <v>468</v>
       </c>
       <c r="B157" s="8" t="s">
         <v>147</v>
       </c>
       <c r="C157" s="61">
         <f>VLOOKUP(A157,'AR DOP'!A:G,7,FALSE)</f>
         <v>72724</v>
       </c>
       <c r="D157" s="61"/>
       <c r="E157" s="61"/>
-      <c r="F157" s="65"/>
+      <c r="F157" s="132"/>
       <c r="G157" s="65"/>
       <c r="H157" s="65"/>
       <c r="I157" s="65"/>
       <c r="J157" s="65"/>
       <c r="K157" s="65"/>
       <c r="L157" s="65"/>
       <c r="M157" s="65"/>
-      <c r="N157" s="66"/>
-[...1 lines deleted...]
-      <c r="P157" s="36">
+      <c r="N157" s="65"/>
+      <c r="O157" s="66"/>
+      <c r="P157" s="69"/>
+      <c r="Q157" s="36">
         <f>IFERROR(VLOOKUP(A157,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>49550</v>
       </c>
-      <c r="Q157" s="31">
+      <c r="R157" s="31">
         <f>IFERROR(VLOOKUP(A157,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>92180</v>
       </c>
-      <c r="R157" s="31">
+      <c r="S157" s="31">
         <f>IFERROR(VLOOKUP(A157,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S157" s="48">
+      <c r="T157" s="48">
         <f t="shared" si="2"/>
         <v>214454</v>
       </c>
-      <c r="T157" s="61"/>
       <c r="U157" s="61"/>
-    </row>
-    <row r="158" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V157" s="61"/>
+    </row>
+    <row r="158" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A158" s="7" t="s">
         <v>469</v>
       </c>
       <c r="B158" s="8" t="s">
         <v>148</v>
       </c>
       <c r="C158" s="61">
         <f>VLOOKUP(A158,'AR DOP'!A:G,7,FALSE)</f>
         <v>112862</v>
       </c>
       <c r="D158" s="61"/>
       <c r="E158" s="61"/>
-      <c r="F158" s="65"/>
+      <c r="F158" s="132"/>
       <c r="G158" s="65"/>
-      <c r="H158" s="65"/>
+      <c r="H158" s="65">
+        <v>101442.55</v>
+      </c>
       <c r="I158" s="65"/>
       <c r="J158" s="65"/>
       <c r="K158" s="65"/>
       <c r="L158" s="65"/>
       <c r="M158" s="65"/>
-      <c r="N158" s="66"/>
-[...1 lines deleted...]
-      <c r="P158" s="36">
+      <c r="N158" s="65"/>
+      <c r="O158" s="66"/>
+      <c r="P158" s="69"/>
+      <c r="Q158" s="36">
         <f>IFERROR(VLOOKUP(A158,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q158" s="31">
+      <c r="R158" s="31">
         <f>IFERROR(VLOOKUP(A158,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>111811</v>
       </c>
-      <c r="R158" s="31">
+      <c r="S158" s="31">
         <f>IFERROR(VLOOKUP(A158,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S158" s="48">
+      <c r="T158" s="48">
         <f t="shared" si="2"/>
-        <v>224673</v>
-[...1 lines deleted...]
-      <c r="T158" s="61"/>
+        <v>326115.55</v>
+      </c>
       <c r="U158" s="61"/>
-    </row>
-    <row r="159" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V158" s="61"/>
+    </row>
+    <row r="159" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A159" s="7" t="s">
         <v>470</v>
       </c>
       <c r="B159" s="8" t="s">
         <v>149</v>
       </c>
       <c r="C159" s="61">
         <f>VLOOKUP(A159,'AR DOP'!A:G,7,FALSE)</f>
         <v>430593</v>
       </c>
       <c r="D159" s="61"/>
       <c r="E159" s="61"/>
-      <c r="F159" s="65"/>
+      <c r="F159" s="132"/>
       <c r="G159" s="65"/>
       <c r="H159" s="65"/>
       <c r="I159" s="65"/>
       <c r="J159" s="65"/>
       <c r="K159" s="65"/>
       <c r="L159" s="65"/>
       <c r="M159" s="65"/>
-      <c r="N159" s="66"/>
-[...1 lines deleted...]
-      <c r="P159" s="36">
+      <c r="N159" s="65"/>
+      <c r="O159" s="66"/>
+      <c r="P159" s="69"/>
+      <c r="Q159" s="36">
         <f>IFERROR(VLOOKUP(A159,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q159" s="31">
+      <c r="R159" s="31">
         <f>IFERROR(VLOOKUP(A159,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>315804</v>
       </c>
-      <c r="R159" s="31">
+      <c r="S159" s="31">
         <f>IFERROR(VLOOKUP(A159,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>13819</v>
       </c>
-      <c r="S159" s="48">
+      <c r="T159" s="48">
         <f t="shared" si="2"/>
         <v>760216</v>
       </c>
-      <c r="T159" s="61"/>
       <c r="U159" s="61"/>
-    </row>
-    <row r="160" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V159" s="61"/>
+    </row>
+    <row r="160" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A160" s="7" t="s">
         <v>471</v>
       </c>
       <c r="B160" s="8" t="s">
         <v>150</v>
       </c>
       <c r="C160" s="61">
         <f>VLOOKUP(A160,'AR DOP'!A:G,7,FALSE)</f>
         <v>116829</v>
       </c>
       <c r="D160" s="61"/>
       <c r="E160" s="61"/>
-      <c r="F160" s="65"/>
+      <c r="F160" s="132"/>
       <c r="G160" s="65"/>
       <c r="H160" s="65"/>
       <c r="I160" s="65"/>
       <c r="J160" s="65"/>
       <c r="K160" s="65"/>
       <c r="L160" s="65"/>
       <c r="M160" s="65"/>
-      <c r="N160" s="66"/>
-[...1 lines deleted...]
-      <c r="P160" s="36">
+      <c r="N160" s="65"/>
+      <c r="O160" s="66"/>
+      <c r="P160" s="69"/>
+      <c r="Q160" s="36">
         <f>IFERROR(VLOOKUP(A160,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q160" s="31">
+      <c r="R160" s="31">
         <f>IFERROR(VLOOKUP(A160,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>92180</v>
       </c>
-      <c r="R160" s="31">
+      <c r="S160" s="31">
         <f>IFERROR(VLOOKUP(A160,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S160" s="48">
+      <c r="T160" s="48">
         <f t="shared" si="2"/>
         <v>209009</v>
       </c>
-      <c r="T160" s="61"/>
       <c r="U160" s="61"/>
-    </row>
-    <row r="161" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V160" s="61"/>
+    </row>
+    <row r="161" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A161" s="7" t="s">
         <v>472</v>
       </c>
       <c r="B161" s="8" t="s">
         <v>151</v>
       </c>
       <c r="C161" s="61">
         <f>VLOOKUP(A161,'AR DOP'!A:G,7,FALSE)</f>
         <v>72700</v>
       </c>
       <c r="D161" s="61"/>
       <c r="E161" s="61"/>
-      <c r="F161" s="65"/>
+      <c r="F161" s="132"/>
       <c r="G161" s="65"/>
       <c r="H161" s="65"/>
       <c r="I161" s="65"/>
       <c r="J161" s="65"/>
       <c r="K161" s="65"/>
       <c r="L161" s="65"/>
       <c r="M161" s="65"/>
-      <c r="N161" s="66"/>
-[...1 lines deleted...]
-      <c r="P161" s="36">
+      <c r="N161" s="65"/>
+      <c r="O161" s="66"/>
+      <c r="P161" s="69"/>
+      <c r="Q161" s="36">
         <f>IFERROR(VLOOKUP(A161,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q161" s="31">
+      <c r="R161" s="31">
         <f>IFERROR(VLOOKUP(A161,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>52918</v>
       </c>
-      <c r="R161" s="31">
+      <c r="S161" s="31">
         <f>IFERROR(VLOOKUP(A161,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S161" s="48">
+      <c r="T161" s="48">
         <f t="shared" si="2"/>
         <v>125618</v>
       </c>
-      <c r="T161" s="61"/>
       <c r="U161" s="61"/>
-    </row>
-    <row r="162" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V161" s="61"/>
+    </row>
+    <row r="162" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A162" s="7" t="s">
         <v>473</v>
       </c>
       <c r="B162" s="8" t="s">
         <v>152</v>
       </c>
       <c r="C162" s="61">
         <f>VLOOKUP(A162,'AR DOP'!A:G,7,FALSE)</f>
         <v>115864</v>
       </c>
       <c r="D162" s="61"/>
       <c r="E162" s="61"/>
-      <c r="F162" s="65"/>
-      <c r="G162" s="65">
+      <c r="F162" s="132"/>
+      <c r="G162" s="65"/>
+      <c r="H162" s="65">
         <v>15310</v>
       </c>
-      <c r="H162" s="65"/>
       <c r="I162" s="65"/>
       <c r="J162" s="65"/>
       <c r="K162" s="65"/>
       <c r="L162" s="65"/>
       <c r="M162" s="65"/>
-      <c r="N162" s="66"/>
-[...1 lines deleted...]
-      <c r="P162" s="36">
+      <c r="N162" s="65"/>
+      <c r="O162" s="66"/>
+      <c r="P162" s="69"/>
+      <c r="Q162" s="36">
         <f>IFERROR(VLOOKUP(A162,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q162" s="31">
+      <c r="R162" s="31">
         <f>IFERROR(VLOOKUP(A162,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>85352</v>
       </c>
-      <c r="R162" s="31">
+      <c r="S162" s="31">
         <f>IFERROR(VLOOKUP(A162,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3754</v>
       </c>
-      <c r="S162" s="48">
+      <c r="T162" s="48">
         <f t="shared" si="2"/>
         <v>220280</v>
       </c>
-      <c r="T162" s="61"/>
       <c r="U162" s="61"/>
-    </row>
-    <row r="163" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V162" s="61"/>
+    </row>
+    <row r="163" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A163" s="7" t="s">
         <v>474</v>
       </c>
       <c r="B163" s="8" t="s">
         <v>153</v>
       </c>
       <c r="C163" s="61">
         <f>VLOOKUP(A163,'AR DOP'!A:G,7,FALSE)</f>
         <v>188231</v>
       </c>
       <c r="D163" s="61"/>
       <c r="E163" s="61"/>
-      <c r="F163" s="65"/>
+      <c r="F163" s="132"/>
       <c r="G163" s="65"/>
       <c r="H163" s="65"/>
       <c r="I163" s="65"/>
       <c r="J163" s="65"/>
       <c r="K163" s="65"/>
       <c r="L163" s="65"/>
       <c r="M163" s="65"/>
-      <c r="N163" s="66"/>
-[...1 lines deleted...]
-      <c r="P163" s="36">
+      <c r="N163" s="65"/>
+      <c r="O163" s="66"/>
+      <c r="P163" s="69"/>
+      <c r="Q163" s="36">
         <f>IFERROR(VLOOKUP(A163,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q163" s="31">
+      <c r="R163" s="31">
         <f>IFERROR(VLOOKUP(A163,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>102423</v>
       </c>
-      <c r="R163" s="31">
+      <c r="S163" s="31">
         <f>IFERROR(VLOOKUP(A163,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S163" s="48">
+      <c r="T163" s="48">
         <f t="shared" si="2"/>
         <v>292331</v>
       </c>
-      <c r="T163" s="61"/>
       <c r="U163" s="61"/>
-    </row>
-    <row r="164" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V163" s="61"/>
+    </row>
+    <row r="164" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A164" s="7" t="s">
         <v>475</v>
       </c>
       <c r="B164" s="8" t="s">
         <v>154</v>
       </c>
       <c r="C164" s="61">
         <f>VLOOKUP(A164,'AR DOP'!A:G,7,FALSE)</f>
         <v>421215</v>
       </c>
       <c r="D164" s="61"/>
       <c r="E164" s="61"/>
-      <c r="F164" s="65"/>
+      <c r="F164" s="132"/>
       <c r="G164" s="65"/>
       <c r="H164" s="65"/>
       <c r="I164" s="65"/>
       <c r="J164" s="65"/>
       <c r="K164" s="65"/>
       <c r="L164" s="65"/>
       <c r="M164" s="65"/>
-      <c r="N164" s="66"/>
-[...1 lines deleted...]
-      <c r="P164" s="36">
+      <c r="N164" s="65"/>
+      <c r="O164" s="66"/>
+      <c r="P164" s="69"/>
+      <c r="Q164" s="36">
         <f>IFERROR(VLOOKUP(A164,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q164" s="31">
+      <c r="R164" s="31">
         <f>IFERROR(VLOOKUP(A164,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>247522</v>
       </c>
-      <c r="R164" s="31">
+      <c r="S164" s="31">
         <f>IFERROR(VLOOKUP(A164,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>71252</v>
       </c>
-      <c r="S164" s="48">
+      <c r="T164" s="48">
         <f t="shared" si="2"/>
         <v>739989</v>
       </c>
-      <c r="T164" s="61"/>
       <c r="U164" s="61"/>
-    </row>
-    <row r="165" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V164" s="61"/>
+    </row>
+    <row r="165" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A165" s="7" t="s">
         <v>476</v>
       </c>
       <c r="B165" s="8" t="s">
         <v>155</v>
       </c>
       <c r="C165" s="61">
         <f>VLOOKUP(A165,'AR DOP'!A:G,7,FALSE)</f>
         <v>109998</v>
       </c>
       <c r="D165" s="61"/>
       <c r="E165" s="61"/>
-      <c r="F165" s="65"/>
+      <c r="F165" s="132"/>
       <c r="G165" s="65"/>
       <c r="H165" s="65"/>
       <c r="I165" s="65"/>
       <c r="J165" s="65"/>
       <c r="K165" s="65"/>
       <c r="L165" s="65"/>
       <c r="M165" s="65"/>
-      <c r="N165" s="66"/>
-[...1 lines deleted...]
-      <c r="P165" s="36">
+      <c r="N165" s="65"/>
+      <c r="O165" s="66"/>
+      <c r="P165" s="69"/>
+      <c r="Q165" s="36">
         <f>IFERROR(VLOOKUP(A165,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q165" s="31">
+      <c r="R165" s="31">
         <f>IFERROR(VLOOKUP(A165,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>8535</v>
       </c>
-      <c r="R165" s="31">
+      <c r="S165" s="31">
         <f>IFERROR(VLOOKUP(A165,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>13419</v>
       </c>
-      <c r="S165" s="48">
+      <c r="T165" s="48">
         <f t="shared" si="2"/>
         <v>131952</v>
       </c>
-      <c r="T165" s="61"/>
       <c r="U165" s="61"/>
-    </row>
-    <row r="166" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V165" s="61"/>
+    </row>
+    <row r="166" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A166" s="7" t="s">
         <v>477</v>
       </c>
       <c r="B166" s="8" t="s">
         <v>156</v>
       </c>
       <c r="C166" s="61">
         <f>VLOOKUP(A166,'AR DOP'!A:G,7,FALSE)</f>
         <v>696182</v>
       </c>
       <c r="D166" s="61"/>
       <c r="E166" s="61"/>
-      <c r="F166" s="65"/>
+      <c r="F166" s="132"/>
       <c r="G166" s="65"/>
       <c r="H166" s="65"/>
       <c r="I166" s="65"/>
       <c r="J166" s="65"/>
       <c r="K166" s="65"/>
       <c r="L166" s="65"/>
       <c r="M166" s="65"/>
-      <c r="N166" s="66"/>
-[...1 lines deleted...]
-      <c r="P166" s="36">
+      <c r="N166" s="65"/>
+      <c r="O166" s="66"/>
+      <c r="P166" s="69"/>
+      <c r="Q166" s="36">
         <f>IFERROR(VLOOKUP(A166,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q166" s="31">
+      <c r="R166" s="31">
         <f>IFERROR(VLOOKUP(A166,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>409692</v>
       </c>
-      <c r="R166" s="31">
+      <c r="S166" s="31">
         <f>IFERROR(VLOOKUP(A166,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>36025</v>
       </c>
-      <c r="S166" s="48">
+      <c r="T166" s="48">
         <f t="shared" si="2"/>
         <v>1141899</v>
       </c>
-      <c r="T166" s="61"/>
       <c r="U166" s="61"/>
-    </row>
-    <row r="167" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V166" s="61"/>
+    </row>
+    <row r="167" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A167" s="7" t="s">
         <v>520</v>
       </c>
       <c r="B167" s="8" t="s">
         <v>199</v>
       </c>
       <c r="C167" s="61">
         <f>VLOOKUP(A167,'AR DOP'!A:G,7,FALSE)</f>
         <v>242570</v>
       </c>
       <c r="D167" s="61"/>
       <c r="E167" s="61"/>
-      <c r="F167" s="65"/>
+      <c r="F167" s="132"/>
       <c r="G167" s="65"/>
       <c r="H167" s="65"/>
       <c r="I167" s="65"/>
       <c r="J167" s="65"/>
       <c r="K167" s="65"/>
       <c r="L167" s="65"/>
       <c r="M167" s="65"/>
-      <c r="N167" s="66"/>
-[...1 lines deleted...]
-      <c r="P167" s="36">
+      <c r="N167" s="65"/>
+      <c r="O167" s="66"/>
+      <c r="P167" s="69"/>
+      <c r="Q167" s="36">
         <f>IFERROR(VLOOKUP(A167,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q167" s="31">
+      <c r="R167" s="31">
         <f>IFERROR(VLOOKUP(A167,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>263739</v>
       </c>
-      <c r="R167" s="31">
+      <c r="S167" s="31">
         <f>IFERROR(VLOOKUP(A167,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S167" s="48">
+      <c r="T167" s="48">
         <f t="shared" si="2"/>
         <v>506309</v>
       </c>
-      <c r="T167" s="61"/>
       <c r="U167" s="61"/>
-    </row>
-    <row r="168" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V167" s="61"/>
+    </row>
+    <row r="168" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A168" s="7" t="s">
         <v>478</v>
       </c>
       <c r="B168" s="8" t="s">
         <v>157</v>
       </c>
       <c r="C168" s="61">
         <f>VLOOKUP(A168,'AR DOP'!A:G,7,FALSE)</f>
         <v>1466142</v>
       </c>
       <c r="D168" s="61"/>
       <c r="E168" s="61"/>
-      <c r="F168" s="65"/>
+      <c r="F168" s="132"/>
       <c r="G168" s="65"/>
       <c r="H168" s="65"/>
       <c r="I168" s="65"/>
       <c r="J168" s="65"/>
       <c r="K168" s="65"/>
       <c r="L168" s="65"/>
       <c r="M168" s="65"/>
-      <c r="N168" s="66"/>
-[...1 lines deleted...]
-      <c r="P168" s="36">
+      <c r="N168" s="65"/>
+      <c r="O168" s="66"/>
+      <c r="P168" s="69"/>
+      <c r="Q168" s="36">
         <f>IFERROR(VLOOKUP(A168,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q168" s="31">
+      <c r="R168" s="31">
         <f>IFERROR(VLOOKUP(A168,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>1629379</v>
       </c>
-      <c r="R168" s="31">
+      <c r="S168" s="31">
         <f>IFERROR(VLOOKUP(A168,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>39780</v>
       </c>
-      <c r="S168" s="48">
+      <c r="T168" s="48">
         <f t="shared" si="2"/>
         <v>3135301</v>
       </c>
-      <c r="T168" s="61"/>
       <c r="U168" s="61"/>
-    </row>
-    <row r="169" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V168" s="61"/>
+    </row>
+    <row r="169" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A169" s="7" t="s">
         <v>479</v>
       </c>
       <c r="B169" s="8" t="s">
         <v>158</v>
       </c>
       <c r="C169" s="61">
         <f>VLOOKUP(A169,'AR DOP'!A:G,7,FALSE)</f>
         <v>132729</v>
       </c>
       <c r="D169" s="61"/>
       <c r="E169" s="61"/>
-      <c r="F169" s="65"/>
+      <c r="F169" s="132"/>
       <c r="G169" s="65"/>
       <c r="H169" s="65"/>
       <c r="I169" s="65"/>
       <c r="J169" s="65"/>
       <c r="K169" s="65"/>
       <c r="L169" s="65"/>
       <c r="M169" s="65"/>
-      <c r="N169" s="66"/>
-[...1 lines deleted...]
-      <c r="P169" s="36">
+      <c r="N169" s="65"/>
+      <c r="O169" s="66"/>
+      <c r="P169" s="69"/>
+      <c r="Q169" s="36">
         <f>IFERROR(VLOOKUP(A169,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q169" s="31">
+      <c r="R169" s="31">
         <f>IFERROR(VLOOKUP(A169,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>138271</v>
       </c>
-      <c r="R169" s="31">
+      <c r="S169" s="31">
         <f>IFERROR(VLOOKUP(A169,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S169" s="48">
+      <c r="T169" s="48">
         <f t="shared" si="2"/>
         <v>271000</v>
       </c>
-      <c r="T169" s="61"/>
       <c r="U169" s="61"/>
-    </row>
-    <row r="170" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V169" s="61"/>
+    </row>
+    <row r="170" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A170" s="7" t="s">
         <v>480</v>
       </c>
       <c r="B170" s="8" t="s">
         <v>159</v>
       </c>
       <c r="C170" s="61">
         <f>VLOOKUP(A170,'AR DOP'!A:G,7,FALSE)</f>
         <v>114651</v>
       </c>
       <c r="D170" s="61"/>
       <c r="E170" s="61"/>
-      <c r="F170" s="65"/>
+      <c r="F170" s="132"/>
       <c r="G170" s="65"/>
       <c r="H170" s="65"/>
       <c r="I170" s="65"/>
       <c r="J170" s="65"/>
       <c r="K170" s="65"/>
       <c r="L170" s="65"/>
       <c r="M170" s="65"/>
-      <c r="N170" s="66"/>
-[...1 lines deleted...]
-      <c r="P170" s="36">
+      <c r="N170" s="65"/>
+      <c r="O170" s="66"/>
+      <c r="P170" s="69"/>
+      <c r="Q170" s="36">
         <f>IFERROR(VLOOKUP(A170,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q170" s="31">
+      <c r="R170" s="31">
         <f>IFERROR(VLOOKUP(A170,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>85352</v>
       </c>
-      <c r="R170" s="31">
+      <c r="S170" s="31">
         <f>IFERROR(VLOOKUP(A170,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S170" s="48">
+      <c r="T170" s="48">
         <f t="shared" si="2"/>
         <v>200003</v>
       </c>
-      <c r="T170" s="61"/>
       <c r="U170" s="61"/>
-    </row>
-    <row r="171" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V170" s="61"/>
+    </row>
+    <row r="171" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A171" s="7" t="s">
         <v>481</v>
       </c>
       <c r="B171" s="8" t="s">
         <v>160</v>
       </c>
       <c r="C171" s="61">
         <v>0</v>
       </c>
       <c r="D171" s="61"/>
       <c r="E171" s="61"/>
-      <c r="F171" s="65"/>
+      <c r="F171" s="132"/>
       <c r="G171" s="65"/>
       <c r="H171" s="65"/>
       <c r="I171" s="65"/>
       <c r="J171" s="65"/>
       <c r="K171" s="65"/>
       <c r="L171" s="65"/>
       <c r="M171" s="65"/>
-      <c r="N171" s="66"/>
-[...1 lines deleted...]
-      <c r="P171" s="36">
+      <c r="N171" s="65"/>
+      <c r="O171" s="66"/>
+      <c r="P171" s="69"/>
+      <c r="Q171" s="36">
         <f>IFERROR(VLOOKUP(A171,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q171" s="31">
+      <c r="R171" s="31">
         <f>IFERROR(VLOOKUP(A171,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>63160</v>
       </c>
-      <c r="R171" s="31">
+      <c r="S171" s="31">
         <f>IFERROR(VLOOKUP(A171,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5032</v>
       </c>
-      <c r="S171" s="48">
+      <c r="T171" s="48">
         <f t="shared" si="2"/>
         <v>68192</v>
       </c>
-      <c r="T171" s="61"/>
       <c r="U171" s="61"/>
-    </row>
-    <row r="172" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V171" s="61"/>
+    </row>
+    <row r="172" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A172" s="7" t="s">
         <v>482</v>
       </c>
       <c r="B172" s="8" t="s">
         <v>161</v>
       </c>
       <c r="C172" s="61">
         <f>VLOOKUP(A172,'AR DOP'!A:G,7,FALSE)</f>
         <v>204188</v>
       </c>
       <c r="D172" s="61"/>
       <c r="E172" s="61"/>
-      <c r="F172" s="65"/>
+      <c r="F172" s="132"/>
       <c r="G172" s="65"/>
       <c r="H172" s="65"/>
       <c r="I172" s="65"/>
       <c r="J172" s="65"/>
       <c r="K172" s="65"/>
       <c r="L172" s="65"/>
       <c r="M172" s="65"/>
-      <c r="N172" s="66"/>
-[...1 lines deleted...]
-      <c r="P172" s="36">
+      <c r="N172" s="65"/>
+      <c r="O172" s="66"/>
+      <c r="P172" s="69"/>
+      <c r="Q172" s="36">
         <f>IFERROR(VLOOKUP(A172,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q172" s="31">
+      <c r="R172" s="31">
         <f>IFERROR(VLOOKUP(A172,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>90473</v>
       </c>
-      <c r="R172" s="31">
+      <c r="S172" s="31">
         <f>IFERROR(VLOOKUP(A172,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S172" s="48">
+      <c r="T172" s="48">
         <f t="shared" si="2"/>
         <v>298015</v>
       </c>
-      <c r="T172" s="61"/>
       <c r="U172" s="61"/>
-    </row>
-    <row r="173" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V172" s="61"/>
+    </row>
+    <row r="173" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A173" s="7" t="s">
         <v>483</v>
       </c>
       <c r="B173" s="8" t="s">
         <v>162</v>
       </c>
       <c r="C173" s="61">
         <f>VLOOKUP(A173,'AR DOP'!A:G,7,FALSE)</f>
         <v>99969</v>
       </c>
       <c r="D173" s="61"/>
       <c r="E173" s="61"/>
-      <c r="F173" s="65"/>
+      <c r="F173" s="132"/>
       <c r="G173" s="65"/>
       <c r="H173" s="65"/>
       <c r="I173" s="65"/>
       <c r="J173" s="65"/>
       <c r="K173" s="65"/>
       <c r="L173" s="65"/>
       <c r="M173" s="65"/>
-      <c r="N173" s="66"/>
-[...1 lines deleted...]
-      <c r="P173" s="36">
+      <c r="N173" s="65"/>
+      <c r="O173" s="66"/>
+      <c r="P173" s="69"/>
+      <c r="Q173" s="36">
         <f>IFERROR(VLOOKUP(A173,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>15177</v>
       </c>
-      <c r="Q173" s="31">
+      <c r="R173" s="31">
         <f>IFERROR(VLOOKUP(A173,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>23045</v>
       </c>
-      <c r="R173" s="31">
+      <c r="S173" s="31">
         <f>IFERROR(VLOOKUP(A173,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S173" s="48">
+      <c r="T173" s="48">
         <f t="shared" si="2"/>
         <v>138191</v>
       </c>
-      <c r="T173" s="61"/>
       <c r="U173" s="61"/>
-    </row>
-    <row r="174" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V173" s="61"/>
+    </row>
+    <row r="174" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A174" s="7" t="s">
         <v>484</v>
       </c>
       <c r="B174" s="8" t="s">
         <v>163</v>
       </c>
       <c r="C174" s="61">
         <f>VLOOKUP(A174,'AR DOP'!A:G,7,FALSE)</f>
         <v>61737</v>
       </c>
       <c r="D174" s="61"/>
       <c r="E174" s="61"/>
-      <c r="F174" s="65"/>
+      <c r="F174" s="132"/>
       <c r="G174" s="65"/>
       <c r="H174" s="65"/>
       <c r="I174" s="65"/>
       <c r="J174" s="65"/>
       <c r="K174" s="65"/>
       <c r="L174" s="65"/>
       <c r="M174" s="65"/>
-      <c r="N174" s="66"/>
-[...1 lines deleted...]
-      <c r="P174" s="36">
+      <c r="N174" s="65"/>
+      <c r="O174" s="66"/>
+      <c r="P174" s="69"/>
+      <c r="Q174" s="36">
         <f>IFERROR(VLOOKUP(A174,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>4792</v>
       </c>
-      <c r="Q174" s="31">
+      <c r="R174" s="31">
         <f>IFERROR(VLOOKUP(A174,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>187775</v>
       </c>
-      <c r="R174" s="31">
+      <c r="S174" s="31">
         <f>IFERROR(VLOOKUP(A174,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S174" s="48">
+      <c r="T174" s="48">
         <f t="shared" si="2"/>
         <v>254304</v>
       </c>
-      <c r="T174" s="61"/>
       <c r="U174" s="61"/>
-    </row>
-    <row r="175" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V174" s="61"/>
+    </row>
+    <row r="175" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A175" s="7" t="s">
         <v>412</v>
       </c>
       <c r="B175" s="8" t="s">
         <v>91</v>
       </c>
       <c r="C175" s="61">
         <f>VLOOKUP(A175,'AR DOP'!A:G,7,FALSE)</f>
         <v>179463</v>
       </c>
       <c r="D175" s="61"/>
       <c r="E175" s="61"/>
-      <c r="F175" s="65"/>
+      <c r="F175" s="132"/>
       <c r="G175" s="65"/>
       <c r="H175" s="65"/>
       <c r="I175" s="65"/>
       <c r="J175" s="65"/>
       <c r="K175" s="65"/>
       <c r="L175" s="65"/>
       <c r="M175" s="65"/>
-      <c r="N175" s="66"/>
-[...1 lines deleted...]
-      <c r="P175" s="36">
+      <c r="N175" s="65"/>
+      <c r="O175" s="66"/>
+      <c r="P175" s="69"/>
+      <c r="Q175" s="36">
         <f>IFERROR(VLOOKUP(A175,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q175" s="31">
+      <c r="R175" s="31">
         <f>IFERROR(VLOOKUP(A175,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>128028</v>
       </c>
-      <c r="R175" s="31">
+      <c r="S175" s="31">
         <f>IFERROR(VLOOKUP(A175,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S175" s="48">
+      <c r="T175" s="48">
         <f t="shared" si="2"/>
         <v>307491</v>
       </c>
-      <c r="T175" s="61"/>
       <c r="U175" s="61"/>
-    </row>
-    <row r="176" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V175" s="61"/>
+    </row>
+    <row r="176" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A176" s="7" t="s">
         <v>485</v>
       </c>
       <c r="B176" s="8" t="s">
         <v>164</v>
       </c>
       <c r="C176" s="61">
         <f>VLOOKUP(A176,'AR DOP'!A:G,7,FALSE)</f>
         <v>259201</v>
       </c>
       <c r="D176" s="61"/>
       <c r="E176" s="61"/>
-      <c r="F176" s="65"/>
+      <c r="F176" s="132"/>
       <c r="G176" s="65"/>
       <c r="H176" s="65"/>
       <c r="I176" s="65"/>
       <c r="J176" s="65"/>
       <c r="K176" s="65"/>
       <c r="L176" s="65"/>
       <c r="M176" s="65"/>
-      <c r="N176" s="66"/>
-[...1 lines deleted...]
-      <c r="P176" s="36">
+      <c r="N176" s="65"/>
+      <c r="O176" s="66"/>
+      <c r="P176" s="69"/>
+      <c r="Q176" s="36">
         <f>IFERROR(VLOOKUP(A176,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q176" s="31">
+      <c r="R176" s="31">
         <f>IFERROR(VLOOKUP(A176,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>102423</v>
       </c>
-      <c r="R176" s="31">
+      <c r="S176" s="31">
         <f>IFERROR(VLOOKUP(A176,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S176" s="48">
+      <c r="T176" s="48">
         <f t="shared" si="2"/>
         <v>361624</v>
       </c>
-      <c r="T176" s="61"/>
       <c r="U176" s="61"/>
-    </row>
-    <row r="177" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V176" s="61"/>
+    </row>
+    <row r="177" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A177" s="7" t="s">
         <v>486</v>
       </c>
       <c r="B177" s="8" t="s">
         <v>165</v>
       </c>
       <c r="C177" s="61">
         <f>VLOOKUP(A177,'AR DOP'!A:G,7,FALSE)</f>
         <v>221262</v>
       </c>
       <c r="D177" s="61"/>
       <c r="E177" s="61"/>
-      <c r="F177" s="65"/>
+      <c r="F177" s="132"/>
       <c r="G177" s="65"/>
       <c r="H177" s="65"/>
       <c r="I177" s="65"/>
       <c r="J177" s="65"/>
       <c r="K177" s="65"/>
       <c r="L177" s="65"/>
       <c r="M177" s="65"/>
-      <c r="N177" s="66"/>
-[...1 lines deleted...]
-      <c r="P177" s="36">
+      <c r="N177" s="65"/>
+      <c r="O177" s="66"/>
+      <c r="P177" s="69"/>
+      <c r="Q177" s="36">
         <f>IFERROR(VLOOKUP(A177,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q177" s="31">
+      <c r="R177" s="31">
         <f>IFERROR(VLOOKUP(A177,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>90473</v>
       </c>
-      <c r="R177" s="31">
+      <c r="S177" s="31">
         <f>IFERROR(VLOOKUP(A177,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S177" s="48">
+      <c r="T177" s="48">
         <f t="shared" si="2"/>
         <v>311735</v>
       </c>
-      <c r="T177" s="61"/>
       <c r="U177" s="61"/>
-    </row>
-    <row r="178" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V177" s="61"/>
+    </row>
+    <row r="178" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A178" s="7" t="s">
         <v>487</v>
       </c>
       <c r="B178" s="8" t="s">
         <v>166</v>
       </c>
       <c r="C178" s="61">
         <f>VLOOKUP(A178,'AR DOP'!A:G,7,FALSE)</f>
         <v>235034</v>
       </c>
       <c r="D178" s="61"/>
       <c r="E178" s="61"/>
-      <c r="F178" s="65"/>
+      <c r="F178" s="132"/>
       <c r="G178" s="65"/>
       <c r="H178" s="65"/>
       <c r="I178" s="65"/>
       <c r="J178" s="65"/>
       <c r="K178" s="65"/>
       <c r="L178" s="65"/>
       <c r="M178" s="65"/>
-      <c r="N178" s="66"/>
-[...1 lines deleted...]
-      <c r="P178" s="36">
+      <c r="N178" s="65"/>
+      <c r="O178" s="66"/>
+      <c r="P178" s="69"/>
+      <c r="Q178" s="36">
         <f>IFERROR(VLOOKUP(A178,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q178" s="31">
+      <c r="R178" s="31">
         <f>IFERROR(VLOOKUP(A178,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>272274</v>
       </c>
-      <c r="R178" s="31">
+      <c r="S178" s="31">
         <f>IFERROR(VLOOKUP(A178,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>8387</v>
       </c>
-      <c r="S178" s="48">
+      <c r="T178" s="48">
         <f t="shared" si="2"/>
         <v>515695</v>
       </c>
-      <c r="T178" s="61"/>
       <c r="U178" s="61"/>
-    </row>
-    <row r="179" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V178" s="61"/>
+    </row>
+    <row r="179" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A179" s="7" t="s">
         <v>488</v>
       </c>
       <c r="B179" s="8" t="s">
         <v>167</v>
       </c>
       <c r="C179" s="61">
         <f>VLOOKUP(A179,'AR DOP'!A:G,7,FALSE)</f>
         <v>199815</v>
       </c>
       <c r="D179" s="61"/>
       <c r="E179" s="61"/>
-      <c r="F179" s="65"/>
+      <c r="F179" s="132"/>
       <c r="G179" s="65"/>
       <c r="H179" s="65"/>
       <c r="I179" s="65"/>
       <c r="J179" s="65"/>
       <c r="K179" s="65"/>
       <c r="L179" s="65"/>
       <c r="M179" s="65"/>
-      <c r="N179" s="66"/>
-[...1 lines deleted...]
-      <c r="P179" s="36">
+      <c r="N179" s="65"/>
+      <c r="O179" s="66"/>
+      <c r="P179" s="69"/>
+      <c r="Q179" s="36">
         <f>IFERROR(VLOOKUP(A179,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>8786</v>
       </c>
-      <c r="Q179" s="31">
+      <c r="R179" s="31">
         <f>IFERROR(VLOOKUP(A179,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>152780</v>
       </c>
-      <c r="R179" s="31">
+      <c r="S179" s="31">
         <f>IFERROR(VLOOKUP(A179,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S179" s="48">
+      <c r="T179" s="48">
         <f t="shared" si="2"/>
         <v>361381</v>
       </c>
-      <c r="T179" s="61"/>
       <c r="U179" s="61"/>
-    </row>
-    <row r="180" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V179" s="61"/>
+    </row>
+    <row r="180" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A180" s="7" t="s">
         <v>489</v>
       </c>
       <c r="B180" s="8" t="s">
         <v>168</v>
       </c>
       <c r="C180" s="61">
         <f>VLOOKUP(A180,'AR DOP'!A:G,7,FALSE)</f>
         <v>101301</v>
       </c>
       <c r="D180" s="61"/>
       <c r="E180" s="61"/>
-      <c r="F180" s="65"/>
+      <c r="F180" s="132"/>
       <c r="G180" s="65"/>
       <c r="H180" s="65"/>
       <c r="I180" s="65"/>
       <c r="J180" s="65"/>
       <c r="K180" s="65"/>
       <c r="L180" s="65"/>
       <c r="M180" s="65"/>
-      <c r="N180" s="66"/>
-[...1 lines deleted...]
-      <c r="P180" s="36">
+      <c r="N180" s="65"/>
+      <c r="O180" s="66"/>
+      <c r="P180" s="69"/>
+      <c r="Q180" s="36">
         <f>IFERROR(VLOOKUP(A180,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>75886</v>
       </c>
-      <c r="Q180" s="31">
+      <c r="R180" s="31">
         <f>IFERROR(VLOOKUP(A180,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>20484</v>
       </c>
-      <c r="R180" s="31">
+      <c r="S180" s="31">
         <f>IFERROR(VLOOKUP(A180,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S180" s="48">
+      <c r="T180" s="48">
         <f t="shared" si="2"/>
         <v>197671</v>
       </c>
-      <c r="T180" s="61"/>
       <c r="U180" s="61"/>
-    </row>
-    <row r="181" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V180" s="61"/>
+    </row>
+    <row r="181" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A181" s="7" t="s">
         <v>490</v>
       </c>
       <c r="B181" s="8" t="s">
         <v>169</v>
       </c>
       <c r="C181" s="61">
         <f>VLOOKUP(A181,'AR DOP'!A:G,7,FALSE)</f>
         <v>336814</v>
       </c>
       <c r="D181" s="61"/>
       <c r="E181" s="61"/>
-      <c r="F181" s="65"/>
+      <c r="F181" s="132"/>
       <c r="G181" s="65"/>
       <c r="H181" s="65"/>
       <c r="I181" s="65"/>
       <c r="J181" s="65"/>
       <c r="K181" s="65"/>
       <c r="L181" s="65"/>
       <c r="M181" s="65"/>
-      <c r="N181" s="66"/>
-[...1 lines deleted...]
-      <c r="P181" s="36">
+      <c r="N181" s="65"/>
+      <c r="O181" s="66"/>
+      <c r="P181" s="69"/>
+      <c r="Q181" s="36">
         <f>IFERROR(VLOOKUP(A181,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q181" s="31">
+      <c r="R181" s="31">
         <f>IFERROR(VLOOKUP(A181,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>657214</v>
       </c>
-      <c r="R181" s="31">
+      <c r="S181" s="31">
         <f>IFERROR(VLOOKUP(A181,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5071</v>
       </c>
-      <c r="S181" s="48">
+      <c r="T181" s="48">
         <f t="shared" si="2"/>
         <v>999099</v>
       </c>
-      <c r="T181" s="61"/>
       <c r="U181" s="61"/>
-    </row>
-    <row r="182" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V181" s="61"/>
+    </row>
+    <row r="182" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A182" s="7" t="s">
         <v>491</v>
       </c>
       <c r="B182" s="8" t="s">
         <v>170</v>
       </c>
       <c r="C182" s="61">
         <f>VLOOKUP(A182,'AR DOP'!A:G,7,FALSE)</f>
         <v>1993725</v>
       </c>
       <c r="D182" s="61"/>
       <c r="E182" s="61"/>
-      <c r="F182" s="65"/>
+      <c r="F182" s="132"/>
       <c r="G182" s="65"/>
       <c r="H182" s="65"/>
       <c r="I182" s="65"/>
       <c r="J182" s="65"/>
       <c r="K182" s="65"/>
       <c r="L182" s="65"/>
       <c r="M182" s="65"/>
-      <c r="N182" s="66"/>
-[...1 lines deleted...]
-      <c r="P182" s="36">
+      <c r="N182" s="65"/>
+      <c r="O182" s="66"/>
+      <c r="P182" s="69"/>
+      <c r="Q182" s="36">
         <f>IFERROR(VLOOKUP(A182,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q182" s="31">
+      <c r="R182" s="31">
         <f>IFERROR(VLOOKUP(A182,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>538574</v>
       </c>
-      <c r="R182" s="31">
+      <c r="S182" s="31">
         <f>IFERROR(VLOOKUP(A182,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>825982</v>
       </c>
-      <c r="S182" s="48">
+      <c r="T182" s="48">
         <f t="shared" si="2"/>
         <v>3358281</v>
       </c>
-      <c r="T182" s="61"/>
       <c r="U182" s="61"/>
-    </row>
-    <row r="183" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V182" s="61"/>
+    </row>
+    <row r="183" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A183" s="7" t="s">
         <v>492</v>
       </c>
       <c r="B183" s="8" t="s">
         <v>171</v>
       </c>
       <c r="C183" s="61">
         <f>VLOOKUP(A183,'AR DOP'!A:G,7,FALSE)</f>
         <v>185476</v>
       </c>
       <c r="D183" s="61"/>
       <c r="E183" s="61"/>
-      <c r="F183" s="65"/>
+      <c r="F183" s="132"/>
       <c r="G183" s="65"/>
       <c r="H183" s="65"/>
       <c r="I183" s="65"/>
       <c r="J183" s="65"/>
       <c r="K183" s="65"/>
       <c r="L183" s="65"/>
       <c r="M183" s="65"/>
-      <c r="N183" s="66"/>
-[...1 lines deleted...]
-      <c r="P183" s="36">
+      <c r="N183" s="65"/>
+      <c r="O183" s="66"/>
+      <c r="P183" s="69"/>
+      <c r="Q183" s="36">
         <f>IFERROR(VLOOKUP(A183,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q183" s="31">
+      <c r="R183" s="31">
         <f>IFERROR(VLOOKUP(A183,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>60600</v>
       </c>
-      <c r="R183" s="31">
+      <c r="S183" s="31">
         <f>IFERROR(VLOOKUP(A183,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S183" s="48">
+      <c r="T183" s="48">
         <f t="shared" si="2"/>
         <v>246076</v>
       </c>
-      <c r="T183" s="61"/>
       <c r="U183" s="61"/>
-    </row>
-    <row r="184" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V183" s="61"/>
+    </row>
+    <row r="184" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A184" s="7" t="s">
         <v>493</v>
       </c>
       <c r="B184" s="8" t="s">
         <v>172</v>
       </c>
       <c r="C184" s="61">
         <f>VLOOKUP(A184,'AR DOP'!A:G,7,FALSE)</f>
         <v>1289611</v>
       </c>
       <c r="D184" s="61"/>
       <c r="E184" s="61"/>
-      <c r="F184" s="65"/>
+      <c r="F184" s="132"/>
       <c r="G184" s="65"/>
       <c r="H184" s="65"/>
       <c r="I184" s="65"/>
       <c r="J184" s="65"/>
       <c r="K184" s="65"/>
       <c r="L184" s="65"/>
       <c r="M184" s="65"/>
-      <c r="N184" s="66"/>
-[...1 lines deleted...]
-      <c r="P184" s="36">
+      <c r="N184" s="65"/>
+      <c r="O184" s="66"/>
+      <c r="P184" s="69"/>
+      <c r="Q184" s="36">
         <f>IFERROR(VLOOKUP(A184,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>52932</v>
       </c>
-      <c r="Q184" s="31">
+      <c r="R184" s="31">
         <f>IFERROR(VLOOKUP(A184,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>394328</v>
       </c>
-      <c r="R184" s="31">
+      <c r="S184" s="31">
         <f>IFERROR(VLOOKUP(A184,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>54616</v>
       </c>
-      <c r="S184" s="48">
+      <c r="T184" s="48">
         <f t="shared" si="2"/>
         <v>1791487</v>
       </c>
-      <c r="T184" s="61"/>
       <c r="U184" s="61"/>
-    </row>
-    <row r="185" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V184" s="61"/>
+    </row>
+    <row r="185" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A185" s="7" t="s">
         <v>500</v>
       </c>
       <c r="B185" s="8" t="s">
         <v>179</v>
       </c>
       <c r="C185" s="61">
         <f>VLOOKUP(A185,'AR DOP'!A:G,7,FALSE)</f>
         <v>455146</v>
       </c>
       <c r="D185" s="61"/>
       <c r="E185" s="61"/>
-      <c r="F185" s="65"/>
+      <c r="F185" s="132"/>
       <c r="G185" s="65"/>
       <c r="H185" s="65"/>
       <c r="I185" s="65"/>
       <c r="J185" s="65"/>
       <c r="K185" s="65"/>
       <c r="L185" s="65"/>
       <c r="M185" s="65"/>
-      <c r="N185" s="66"/>
-[...1 lines deleted...]
-      <c r="P185" s="36">
+      <c r="N185" s="65"/>
+      <c r="O185" s="66"/>
+      <c r="P185" s="69"/>
+      <c r="Q185" s="36">
         <f>IFERROR(VLOOKUP(A185,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q185" s="31">
+      <c r="R185" s="31">
         <f>IFERROR(VLOOKUP(A185,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>162169</v>
       </c>
-      <c r="R185" s="31">
+      <c r="S185" s="31">
         <f>IFERROR(VLOOKUP(A185,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>54877</v>
       </c>
-      <c r="S185" s="48">
+      <c r="T185" s="48">
         <f t="shared" si="2"/>
         <v>672192</v>
       </c>
-      <c r="T185" s="61"/>
       <c r="U185" s="61"/>
-    </row>
-    <row r="186" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V185" s="61"/>
+    </row>
+    <row r="186" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A186" s="7" t="s">
         <v>494</v>
       </c>
       <c r="B186" s="8" t="s">
         <v>173</v>
       </c>
       <c r="C186" s="61">
         <f>VLOOKUP(A186,'AR DOP'!A:G,7,FALSE)</f>
         <v>211213</v>
       </c>
       <c r="D186" s="61"/>
       <c r="E186" s="61"/>
-      <c r="F186" s="65"/>
+      <c r="F186" s="132"/>
       <c r="G186" s="65"/>
       <c r="H186" s="65"/>
       <c r="I186" s="65"/>
       <c r="J186" s="65"/>
       <c r="K186" s="65"/>
       <c r="L186" s="65"/>
       <c r="M186" s="65"/>
-      <c r="N186" s="66"/>
-[...1 lines deleted...]
-      <c r="P186" s="36">
+      <c r="N186" s="65"/>
+      <c r="O186" s="66"/>
+      <c r="P186" s="69"/>
+      <c r="Q186" s="36">
         <f>IFERROR(VLOOKUP(A186,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q186" s="31">
+      <c r="R186" s="31">
         <f>IFERROR(VLOOKUP(A186,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>112665</v>
       </c>
-      <c r="R186" s="31">
+      <c r="S186" s="31">
         <f>IFERROR(VLOOKUP(A186,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S186" s="48">
+      <c r="T186" s="48">
         <f t="shared" si="2"/>
         <v>323878</v>
       </c>
-      <c r="T186" s="61"/>
       <c r="U186" s="61"/>
-    </row>
-    <row r="187" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V186" s="61"/>
+    </row>
+    <row r="187" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A187" s="7" t="s">
         <v>495</v>
       </c>
       <c r="B187" s="8" t="s">
         <v>174</v>
       </c>
       <c r="C187" s="61">
         <f>VLOOKUP(A187,'AR DOP'!A:G,7,FALSE)</f>
         <v>112460</v>
       </c>
       <c r="D187" s="61"/>
       <c r="E187" s="61"/>
-      <c r="F187" s="65"/>
+      <c r="F187" s="132"/>
       <c r="G187" s="65"/>
       <c r="H187" s="65"/>
       <c r="I187" s="65"/>
       <c r="J187" s="65"/>
       <c r="K187" s="65"/>
       <c r="L187" s="65"/>
       <c r="M187" s="65"/>
-      <c r="N187" s="66"/>
-[...1 lines deleted...]
-      <c r="P187" s="36">
+      <c r="N187" s="65"/>
+      <c r="O187" s="66"/>
+      <c r="P187" s="69"/>
+      <c r="Q187" s="36">
         <f>IFERROR(VLOOKUP(A187,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>30354</v>
       </c>
-      <c r="Q187" s="31">
+      <c r="R187" s="31">
         <f>IFERROR(VLOOKUP(A187,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>61453</v>
       </c>
-      <c r="R187" s="31">
+      <c r="S187" s="31">
         <f>IFERROR(VLOOKUP(A187,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S187" s="48">
+      <c r="T187" s="48">
         <f t="shared" si="2"/>
         <v>204267</v>
       </c>
-      <c r="T187" s="61"/>
       <c r="U187" s="61"/>
-    </row>
-    <row r="188" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V187" s="61"/>
+    </row>
+    <row r="188" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A188" s="7" t="s">
         <v>497</v>
       </c>
       <c r="B188" s="8" t="s">
         <v>176</v>
       </c>
       <c r="C188" s="61">
         <f>VLOOKUP(A188,'AR DOP'!A:G,7,FALSE)</f>
         <v>155614</v>
       </c>
       <c r="D188" s="61"/>
       <c r="E188" s="61"/>
-      <c r="F188" s="65"/>
+      <c r="F188" s="132"/>
       <c r="G188" s="65"/>
       <c r="H188" s="65"/>
       <c r="I188" s="65"/>
       <c r="J188" s="65"/>
       <c r="K188" s="65"/>
       <c r="L188" s="65"/>
       <c r="M188" s="65"/>
-      <c r="N188" s="66"/>
-[...1 lines deleted...]
-      <c r="P188" s="36">
+      <c r="N188" s="65"/>
+      <c r="O188" s="66"/>
+      <c r="P188" s="69"/>
+      <c r="Q188" s="36">
         <f>IFERROR(VLOOKUP(A188,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q188" s="31">
+      <c r="R188" s="31">
         <f>IFERROR(VLOOKUP(A188,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>129735</v>
       </c>
-      <c r="R188" s="31">
+      <c r="S188" s="31">
         <f>IFERROR(VLOOKUP(A188,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1687</v>
       </c>
-      <c r="S188" s="48">
+      <c r="T188" s="48">
         <f t="shared" si="2"/>
         <v>287036</v>
       </c>
-      <c r="T188" s="61"/>
       <c r="U188" s="61"/>
-    </row>
-    <row r="189" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V188" s="61"/>
+    </row>
+    <row r="189" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A189" s="7" t="s">
         <v>498</v>
       </c>
       <c r="B189" s="8" t="s">
         <v>177</v>
       </c>
       <c r="C189" s="61">
         <f>VLOOKUP(A189,'AR DOP'!A:G,7,FALSE)</f>
         <v>253005</v>
       </c>
       <c r="D189" s="61"/>
       <c r="E189" s="61"/>
-      <c r="F189" s="65"/>
+      <c r="F189" s="132"/>
       <c r="G189" s="65"/>
       <c r="H189" s="65"/>
       <c r="I189" s="65"/>
       <c r="J189" s="65"/>
       <c r="K189" s="65"/>
       <c r="L189" s="65"/>
       <c r="M189" s="65"/>
-      <c r="N189" s="66"/>
-[...1 lines deleted...]
-      <c r="P189" s="36">
+      <c r="N189" s="65"/>
+      <c r="O189" s="66"/>
+      <c r="P189" s="69"/>
+      <c r="Q189" s="36">
         <f>IFERROR(VLOOKUP(A189,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q189" s="31">
+      <c r="R189" s="31">
         <f>IFERROR(VLOOKUP(A189,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>90473</v>
       </c>
-      <c r="R189" s="31">
+      <c r="S189" s="31">
         <f>IFERROR(VLOOKUP(A189,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>7109</v>
       </c>
-      <c r="S189" s="48">
+      <c r="T189" s="48">
         <f t="shared" si="2"/>
         <v>350587</v>
       </c>
-      <c r="T189" s="61"/>
       <c r="U189" s="61"/>
-    </row>
-    <row r="190" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V189" s="61"/>
+    </row>
+    <row r="190" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A190" s="7" t="s">
         <v>499</v>
       </c>
       <c r="B190" s="8" t="s">
         <v>178</v>
       </c>
       <c r="C190" s="61">
         <f>VLOOKUP(A190,'AR DOP'!A:G,7,FALSE)</f>
         <v>160533</v>
       </c>
       <c r="D190" s="61"/>
       <c r="E190" s="61"/>
-      <c r="F190" s="65"/>
+      <c r="F190" s="132"/>
       <c r="G190" s="65"/>
       <c r="H190" s="65"/>
       <c r="I190" s="65"/>
       <c r="J190" s="65"/>
       <c r="K190" s="65"/>
       <c r="L190" s="65"/>
       <c r="M190" s="65"/>
-      <c r="N190" s="66"/>
-[...1 lines deleted...]
-      <c r="P190" s="36">
+      <c r="N190" s="65"/>
+      <c r="O190" s="66"/>
+      <c r="P190" s="69"/>
+      <c r="Q190" s="36">
         <f>IFERROR(VLOOKUP(A190,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q190" s="31">
+      <c r="R190" s="31">
         <f>IFERROR(VLOOKUP(A190,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R190" s="31">
+      <c r="S190" s="31">
         <f>IFERROR(VLOOKUP(A190,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S190" s="48">
+      <c r="T190" s="48">
         <f t="shared" si="2"/>
         <v>271491</v>
       </c>
-      <c r="T190" s="61"/>
       <c r="U190" s="61"/>
-    </row>
-    <row r="191" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V190" s="61"/>
+    </row>
+    <row r="191" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A191" s="7" t="s">
         <v>496</v>
       </c>
       <c r="B191" s="8" t="s">
         <v>175</v>
       </c>
       <c r="C191" s="61">
         <f>VLOOKUP(A191,'AR DOP'!A:G,7,FALSE)</f>
         <v>298679</v>
       </c>
       <c r="D191" s="61"/>
       <c r="E191" s="61"/>
-      <c r="F191" s="65"/>
+      <c r="F191" s="132"/>
       <c r="G191" s="65"/>
       <c r="H191" s="65"/>
       <c r="I191" s="65"/>
       <c r="J191" s="65"/>
       <c r="K191" s="65"/>
       <c r="L191" s="65"/>
       <c r="M191" s="65"/>
-      <c r="N191" s="66"/>
-[...1 lines deleted...]
-      <c r="P191" s="36">
+      <c r="N191" s="65"/>
+      <c r="O191" s="66"/>
+      <c r="P191" s="69"/>
+      <c r="Q191" s="36">
         <f>IFERROR(VLOOKUP(A191,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>41537</v>
       </c>
-      <c r="Q191" s="31">
+      <c r="R191" s="31">
         <f>IFERROR(VLOOKUP(A191,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>83645</v>
       </c>
-      <c r="R191" s="31">
+      <c r="S191" s="31">
         <f>IFERROR(VLOOKUP(A191,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S191" s="48">
+      <c r="T191" s="48">
         <f t="shared" si="2"/>
         <v>423861</v>
       </c>
-      <c r="T191" s="61"/>
       <c r="U191" s="61"/>
-    </row>
-    <row r="192" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V191" s="61"/>
+    </row>
+    <row r="192" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A192" s="7" t="s">
         <v>501</v>
       </c>
       <c r="B192" s="8" t="s">
         <v>180</v>
       </c>
       <c r="C192" s="61">
         <f>VLOOKUP(A192,'AR DOP'!A:G,7,FALSE)</f>
         <v>174251</v>
       </c>
       <c r="D192" s="61"/>
       <c r="E192" s="61"/>
-      <c r="F192" s="65"/>
+      <c r="F192" s="132"/>
       <c r="G192" s="65"/>
       <c r="H192" s="65"/>
       <c r="I192" s="65"/>
       <c r="J192" s="65"/>
       <c r="K192" s="65"/>
       <c r="L192" s="65"/>
       <c r="M192" s="65"/>
-      <c r="N192" s="66"/>
-[...1 lines deleted...]
-      <c r="P192" s="36">
+      <c r="N192" s="65"/>
+      <c r="O192" s="66"/>
+      <c r="P192" s="69"/>
+      <c r="Q192" s="36">
         <f>IFERROR(VLOOKUP(A192,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q192" s="31">
+      <c r="R192" s="31">
         <f>IFERROR(VLOOKUP(A192,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>69989</v>
       </c>
-      <c r="R192" s="31">
+      <c r="S192" s="31">
         <f>IFERROR(VLOOKUP(A192,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S192" s="48">
+      <c r="T192" s="48">
         <f t="shared" si="2"/>
         <v>244240</v>
       </c>
-      <c r="T192" s="61"/>
       <c r="U192" s="61"/>
-    </row>
-    <row r="193" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V192" s="61"/>
+    </row>
+    <row r="193" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A193" s="7" t="s">
         <v>502</v>
       </c>
       <c r="B193" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C193" s="61">
         <f>VLOOKUP(A193,'AR DOP'!A:G,7,FALSE)</f>
         <v>378622</v>
       </c>
       <c r="D193" s="61"/>
       <c r="E193" s="61"/>
-      <c r="F193" s="65"/>
+      <c r="F193" s="132"/>
       <c r="G193" s="65"/>
       <c r="H193" s="65"/>
       <c r="I193" s="65"/>
       <c r="J193" s="65"/>
       <c r="K193" s="65"/>
       <c r="L193" s="65"/>
       <c r="M193" s="65"/>
-      <c r="N193" s="66"/>
-[...1 lines deleted...]
-      <c r="P193" s="36">
+      <c r="N193" s="65"/>
+      <c r="O193" s="66"/>
+      <c r="P193" s="69"/>
+      <c r="Q193" s="36">
         <f>IFERROR(VLOOKUP(A193,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q193" s="31">
+      <c r="R193" s="31">
         <f>IFERROR(VLOOKUP(A193,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>44383</v>
       </c>
-      <c r="R193" s="31">
+      <c r="S193" s="31">
         <f>IFERROR(VLOOKUP(A193,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>7109</v>
       </c>
-      <c r="S193" s="48">
+      <c r="T193" s="48">
         <f t="shared" si="2"/>
         <v>430114</v>
       </c>
-      <c r="T193" s="61"/>
       <c r="U193" s="61"/>
-    </row>
-    <row r="194" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V193" s="61"/>
+    </row>
+    <row r="194" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A194" s="7" t="s">
         <v>503</v>
       </c>
       <c r="B194" s="8" t="s">
         <v>182</v>
       </c>
       <c r="C194" s="61">
         <f>VLOOKUP(A194,'AR DOP'!A:G,7,FALSE)</f>
         <v>116729</v>
       </c>
       <c r="D194" s="61"/>
       <c r="E194" s="61"/>
-      <c r="F194" s="65"/>
+      <c r="F194" s="132"/>
       <c r="G194" s="65"/>
       <c r="H194" s="65"/>
       <c r="I194" s="65"/>
       <c r="J194" s="65"/>
       <c r="K194" s="65"/>
       <c r="L194" s="65"/>
       <c r="M194" s="65"/>
-      <c r="N194" s="66"/>
-[...1 lines deleted...]
-      <c r="P194" s="36">
+      <c r="N194" s="65"/>
+      <c r="O194" s="66"/>
+      <c r="P194" s="69"/>
+      <c r="Q194" s="36">
         <f>IFERROR(VLOOKUP(A194,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q194" s="31">
+      <c r="R194" s="31">
         <f>IFERROR(VLOOKUP(A194,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>168144</v>
       </c>
-      <c r="R194" s="31">
+      <c r="S194" s="31">
         <f>IFERROR(VLOOKUP(A194,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S194" s="48">
+      <c r="T194" s="48">
         <f t="shared" si="2"/>
         <v>284873</v>
       </c>
-      <c r="T194" s="61"/>
       <c r="U194" s="61"/>
-    </row>
-    <row r="195" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V194" s="61"/>
+    </row>
+    <row r="195" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A195" s="7" t="s">
         <v>504</v>
       </c>
       <c r="B195" s="8" t="s">
         <v>183</v>
       </c>
       <c r="C195" s="61">
         <f>VLOOKUP(A195,'AR DOP'!A:G,7,FALSE)</f>
         <v>60063</v>
       </c>
       <c r="D195" s="61"/>
       <c r="E195" s="61"/>
-      <c r="F195" s="65"/>
+      <c r="F195" s="132"/>
       <c r="G195" s="65"/>
       <c r="H195" s="65"/>
       <c r="I195" s="65"/>
       <c r="J195" s="65"/>
       <c r="K195" s="65"/>
       <c r="L195" s="65"/>
       <c r="M195" s="65"/>
-      <c r="N195" s="66"/>
-[...1 lines deleted...]
-      <c r="P195" s="36">
+      <c r="N195" s="65"/>
+      <c r="O195" s="66"/>
+      <c r="P195" s="69"/>
+      <c r="Q195" s="36">
         <f>IFERROR(VLOOKUP(A195,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>36099</v>
       </c>
-      <c r="Q195" s="31">
+      <c r="R195" s="31">
         <f>IFERROR(VLOOKUP(A195,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R195" s="31">
+      <c r="S195" s="31">
         <f>IFERROR(VLOOKUP(A195,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S195" s="48">
+      <c r="T195" s="48">
         <f t="shared" si="2"/>
         <v>96162</v>
       </c>
-      <c r="T195" s="61"/>
       <c r="U195" s="61"/>
-    </row>
-    <row r="196" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V195" s="61"/>
+    </row>
+    <row r="196" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A196" s="7" t="s">
         <v>505</v>
       </c>
       <c r="B196" s="8" t="s">
         <v>184</v>
       </c>
       <c r="C196" s="61">
         <f>VLOOKUP(A196,'AR DOP'!A:G,7,FALSE)</f>
         <v>37369</v>
       </c>
       <c r="D196" s="61"/>
       <c r="E196" s="61"/>
-      <c r="F196" s="65"/>
+      <c r="F196" s="132"/>
       <c r="G196" s="65"/>
       <c r="H196" s="65"/>
       <c r="I196" s="65"/>
       <c r="J196" s="65"/>
       <c r="K196" s="65"/>
       <c r="L196" s="65"/>
       <c r="M196" s="65"/>
-      <c r="N196" s="66"/>
-[...1 lines deleted...]
-      <c r="P196" s="36">
+      <c r="N196" s="65"/>
+      <c r="O196" s="66"/>
+      <c r="P196" s="69"/>
+      <c r="Q196" s="36">
         <f>IFERROR(VLOOKUP(A196,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>23964</v>
       </c>
-      <c r="Q196" s="31">
+      <c r="R196" s="31">
         <f>IFERROR(VLOOKUP(A196,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>8535</v>
       </c>
-      <c r="R196" s="31">
+      <c r="S196" s="31">
         <f>IFERROR(VLOOKUP(A196,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S196" s="48">
+      <c r="T196" s="48">
         <f t="shared" si="2"/>
         <v>69868</v>
       </c>
-      <c r="T196" s="61"/>
       <c r="U196" s="61"/>
-    </row>
-    <row r="197" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V196" s="61"/>
+    </row>
+    <row r="197" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A197" s="7" t="s">
         <v>506</v>
       </c>
       <c r="B197" s="8" t="s">
         <v>185</v>
       </c>
       <c r="C197" s="61">
         <f>VLOOKUP(A197,'AR DOP'!A:G,7,FALSE)</f>
         <v>66434</v>
       </c>
       <c r="D197" s="61"/>
       <c r="E197" s="61"/>
-      <c r="F197" s="65"/>
+      <c r="F197" s="132"/>
       <c r="G197" s="65"/>
       <c r="H197" s="65"/>
       <c r="I197" s="65"/>
       <c r="J197" s="65"/>
       <c r="K197" s="65"/>
       <c r="L197" s="65"/>
       <c r="M197" s="65"/>
-      <c r="N197" s="66"/>
-[...1 lines deleted...]
-      <c r="P197" s="36">
+      <c r="N197" s="65"/>
+      <c r="O197" s="66"/>
+      <c r="P197" s="69"/>
+      <c r="Q197" s="36">
         <f>IFERROR(VLOOKUP(A197,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q197" s="31">
+      <c r="R197" s="31">
         <f>IFERROR(VLOOKUP(A197,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>76817</v>
       </c>
-      <c r="R197" s="31">
+      <c r="S197" s="31">
         <f>IFERROR(VLOOKUP(A197,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S197" s="48">
-        <f t="shared" ref="S197:S260" si="3">SUM(C197:R197)</f>
+      <c r="T197" s="48">
+        <f t="shared" ref="T197:T260" si="3">SUM(C197:S197)</f>
         <v>143251</v>
       </c>
-      <c r="T197" s="61"/>
       <c r="U197" s="61"/>
-    </row>
-    <row r="198" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V197" s="61"/>
+    </row>
+    <row r="198" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A198" s="7" t="s">
         <v>507</v>
       </c>
       <c r="B198" s="8" t="s">
         <v>186</v>
       </c>
       <c r="C198" s="61">
         <f>VLOOKUP(A198,'AR DOP'!A:G,7,FALSE)</f>
         <v>229810</v>
       </c>
       <c r="D198" s="61"/>
       <c r="E198" s="61"/>
-      <c r="F198" s="65"/>
+      <c r="F198" s="132"/>
       <c r="G198" s="65"/>
       <c r="H198" s="65"/>
       <c r="I198" s="65"/>
       <c r="J198" s="65"/>
       <c r="K198" s="65"/>
       <c r="L198" s="65"/>
       <c r="M198" s="65"/>
-      <c r="N198" s="66"/>
-[...1 lines deleted...]
-      <c r="P198" s="36">
+      <c r="N198" s="65"/>
+      <c r="O198" s="66"/>
+      <c r="P198" s="69"/>
+      <c r="Q198" s="36">
         <f>IFERROR(VLOOKUP(A198,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q198" s="31">
+      <c r="R198" s="31">
         <f>IFERROR(VLOOKUP(A198,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>29019</v>
       </c>
-      <c r="R198" s="31">
+      <c r="S198" s="31">
         <f>IFERROR(VLOOKUP(A198,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S198" s="48">
+      <c r="T198" s="48">
         <f t="shared" si="3"/>
         <v>258829</v>
       </c>
-      <c r="T198" s="61"/>
       <c r="U198" s="61"/>
-    </row>
-    <row r="199" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V198" s="61"/>
+    </row>
+    <row r="199" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A199" s="7" t="s">
         <v>508</v>
       </c>
       <c r="B199" s="8" t="s">
         <v>187</v>
       </c>
       <c r="C199" s="61">
         <f>VLOOKUP(A199,'AR DOP'!A:G,7,FALSE)</f>
         <v>343777</v>
       </c>
       <c r="D199" s="61"/>
       <c r="E199" s="61"/>
-      <c r="F199" s="65"/>
+      <c r="F199" s="132"/>
       <c r="G199" s="65"/>
       <c r="H199" s="65"/>
       <c r="I199" s="65"/>
       <c r="J199" s="65"/>
       <c r="K199" s="65"/>
       <c r="L199" s="65"/>
       <c r="M199" s="65"/>
-      <c r="N199" s="66"/>
-[...1 lines deleted...]
-      <c r="P199" s="36">
+      <c r="N199" s="65"/>
+      <c r="O199" s="66"/>
+      <c r="P199" s="69"/>
+      <c r="Q199" s="36">
         <f>IFERROR(VLOOKUP(A199,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q199" s="31">
+      <c r="R199" s="31">
         <f>IFERROR(VLOOKUP(A199,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>187775</v>
       </c>
-      <c r="R199" s="31">
+      <c r="S199" s="31">
         <f>IFERROR(VLOOKUP(A199,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>34348</v>
       </c>
-      <c r="S199" s="48">
+      <c r="T199" s="48">
         <f t="shared" si="3"/>
         <v>565900</v>
       </c>
-      <c r="T199" s="61"/>
       <c r="U199" s="61"/>
-    </row>
-    <row r="200" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V199" s="61"/>
+    </row>
+    <row r="200" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A200" s="7" t="s">
         <v>509</v>
       </c>
       <c r="B200" s="8" t="s">
         <v>188</v>
       </c>
       <c r="C200" s="61">
         <f>VLOOKUP(A200,'AR DOP'!A:G,7,FALSE)</f>
         <v>321268</v>
       </c>
       <c r="D200" s="61"/>
       <c r="E200" s="61"/>
-      <c r="F200" s="65"/>
+      <c r="F200" s="132"/>
       <c r="G200" s="65"/>
       <c r="H200" s="65"/>
       <c r="I200" s="65"/>
       <c r="J200" s="65"/>
       <c r="K200" s="65"/>
       <c r="L200" s="65"/>
       <c r="M200" s="65"/>
-      <c r="N200" s="66"/>
-[...1 lines deleted...]
-      <c r="P200" s="36">
+      <c r="N200" s="65"/>
+      <c r="O200" s="66"/>
+      <c r="P200" s="69"/>
+      <c r="Q200" s="36">
         <f>IFERROR(VLOOKUP(A200,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>38342</v>
       </c>
-      <c r="Q200" s="31">
+      <c r="R200" s="31">
         <f>IFERROR(VLOOKUP(A200,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>142538</v>
       </c>
-      <c r="R200" s="31">
+      <c r="S200" s="31">
         <f>IFERROR(VLOOKUP(A200,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S200" s="48">
+      <c r="T200" s="48">
         <f t="shared" si="3"/>
         <v>502148</v>
       </c>
-      <c r="T200" s="61"/>
       <c r="U200" s="61"/>
-    </row>
-    <row r="201" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V200" s="61"/>
+    </row>
+    <row r="201" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A201" s="7" t="s">
         <v>510</v>
       </c>
       <c r="B201" s="8" t="s">
         <v>189</v>
       </c>
       <c r="C201" s="61">
         <f>VLOOKUP(A201,'AR DOP'!A:G,7,FALSE)</f>
         <v>54945</v>
       </c>
       <c r="D201" s="61"/>
       <c r="E201" s="61"/>
-      <c r="F201" s="65"/>
+      <c r="F201" s="132"/>
       <c r="G201" s="65"/>
       <c r="H201" s="65"/>
       <c r="I201" s="65"/>
       <c r="J201" s="65"/>
       <c r="K201" s="65"/>
       <c r="L201" s="65"/>
       <c r="M201" s="65"/>
-      <c r="N201" s="66"/>
-[...1 lines deleted...]
-      <c r="P201" s="36">
+      <c r="N201" s="65"/>
+      <c r="O201" s="66"/>
+      <c r="P201" s="69"/>
+      <c r="Q201" s="36">
         <f>IFERROR(VLOOKUP(A201,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q201" s="31">
+      <c r="R201" s="31">
         <f>IFERROR(VLOOKUP(A201,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>34141</v>
       </c>
-      <c r="R201" s="31">
+      <c r="S201" s="31">
         <f>IFERROR(VLOOKUP(A201,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S201" s="48">
+      <c r="T201" s="48">
         <f t="shared" si="3"/>
         <v>89086</v>
       </c>
-      <c r="T201" s="61"/>
       <c r="U201" s="61"/>
-    </row>
-    <row r="202" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V201" s="61"/>
+    </row>
+    <row r="202" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A202" s="7" t="s">
         <v>511</v>
       </c>
       <c r="B202" s="8" t="s">
         <v>190</v>
       </c>
       <c r="C202" s="61">
         <f>VLOOKUP(A202,'AR DOP'!A:G,7,FALSE)</f>
         <v>1114616</v>
       </c>
       <c r="D202" s="61"/>
       <c r="E202" s="61"/>
-      <c r="F202" s="65"/>
+      <c r="F202" s="132"/>
       <c r="G202" s="65"/>
       <c r="H202" s="65"/>
       <c r="I202" s="65"/>
       <c r="J202" s="65"/>
       <c r="K202" s="65"/>
       <c r="L202" s="65"/>
       <c r="M202" s="65"/>
-      <c r="N202" s="66"/>
-[...1 lines deleted...]
-      <c r="P202" s="36">
+      <c r="N202" s="65"/>
+      <c r="O202" s="66"/>
+      <c r="P202" s="69"/>
+      <c r="Q202" s="36">
         <f>IFERROR(VLOOKUP(A202,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q202" s="31">
+      <c r="R202" s="31">
         <f>IFERROR(VLOOKUP(A202,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>431883</v>
       </c>
-      <c r="R202" s="31">
+      <c r="S202" s="31">
         <f>IFERROR(VLOOKUP(A202,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>84592</v>
       </c>
-      <c r="S202" s="48">
+      <c r="T202" s="48">
         <f t="shared" si="3"/>
         <v>1631091</v>
       </c>
-      <c r="T202" s="61"/>
       <c r="U202" s="61"/>
-    </row>
-    <row r="203" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V202" s="61"/>
+    </row>
+    <row r="203" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A203" s="7" t="s">
         <v>512</v>
       </c>
       <c r="B203" s="8" t="s">
         <v>191</v>
       </c>
       <c r="C203" s="61">
         <f>VLOOKUP(A203,'AR DOP'!A:G,7,FALSE)</f>
         <v>108930</v>
       </c>
       <c r="D203" s="61"/>
       <c r="E203" s="61"/>
-      <c r="F203" s="65"/>
+      <c r="F203" s="132"/>
       <c r="G203" s="65"/>
       <c r="H203" s="65"/>
       <c r="I203" s="65"/>
       <c r="J203" s="65"/>
       <c r="K203" s="65"/>
       <c r="L203" s="65"/>
       <c r="M203" s="65"/>
-      <c r="N203" s="66"/>
-[...1 lines deleted...]
-      <c r="P203" s="36">
+      <c r="N203" s="65"/>
+      <c r="O203" s="66"/>
+      <c r="P203" s="69"/>
+      <c r="Q203" s="36">
         <f>IFERROR(VLOOKUP(A203,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>80600</v>
       </c>
-      <c r="Q203" s="31">
+      <c r="R203" s="31">
         <f>IFERROR(VLOOKUP(A203,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>36701</v>
       </c>
-      <c r="R203" s="31">
+      <c r="S203" s="31">
         <f>IFERROR(VLOOKUP(A203,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S203" s="48">
+      <c r="T203" s="48">
         <f t="shared" si="3"/>
         <v>226231</v>
       </c>
-      <c r="T203" s="61"/>
       <c r="U203" s="61"/>
-    </row>
-    <row r="204" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V203" s="61"/>
+    </row>
+    <row r="204" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A204" s="7" t="s">
         <v>513</v>
       </c>
       <c r="B204" s="8" t="s">
         <v>192</v>
       </c>
       <c r="C204" s="61">
         <f>VLOOKUP(A204,'AR DOP'!A:G,7,FALSE)</f>
         <v>547390</v>
       </c>
       <c r="D204" s="61"/>
       <c r="E204" s="61"/>
-      <c r="F204" s="65"/>
+      <c r="F204" s="132"/>
       <c r="G204" s="65"/>
       <c r="H204" s="65"/>
       <c r="I204" s="65"/>
       <c r="J204" s="65"/>
       <c r="K204" s="65"/>
       <c r="L204" s="65"/>
       <c r="M204" s="65"/>
-      <c r="N204" s="66"/>
-[...1 lines deleted...]
-      <c r="P204" s="36">
+      <c r="N204" s="65"/>
+      <c r="O204" s="66"/>
+      <c r="P204" s="69"/>
+      <c r="Q204" s="36">
         <f>IFERROR(VLOOKUP(A204,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q204" s="31">
+      <c r="R204" s="31">
         <f>IFERROR(VLOOKUP(A204,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>119493</v>
       </c>
-      <c r="R204" s="31">
+      <c r="S204" s="31">
         <f>IFERROR(VLOOKUP(A204,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>27239</v>
       </c>
-      <c r="S204" s="48">
+      <c r="T204" s="48">
         <f t="shared" si="3"/>
         <v>694122</v>
       </c>
-      <c r="T204" s="61"/>
       <c r="U204" s="61"/>
-    </row>
-    <row r="205" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V204" s="61"/>
+    </row>
+    <row r="205" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A205" s="7" t="s">
         <v>516</v>
       </c>
       <c r="B205" s="8" t="s">
         <v>195</v>
       </c>
       <c r="C205" s="61">
         <f>VLOOKUP(A205,'AR DOP'!A:G,7,FALSE)</f>
         <v>89024</v>
       </c>
       <c r="D205" s="61"/>
       <c r="E205" s="61"/>
-      <c r="F205" s="65"/>
+      <c r="F205" s="132"/>
       <c r="G205" s="65"/>
       <c r="H205" s="65"/>
       <c r="I205" s="65"/>
       <c r="J205" s="65"/>
       <c r="K205" s="65"/>
       <c r="L205" s="65"/>
       <c r="M205" s="65"/>
-      <c r="N205" s="66"/>
-[...1 lines deleted...]
-      <c r="P205" s="36">
+      <c r="N205" s="65"/>
+      <c r="O205" s="66"/>
+      <c r="P205" s="69"/>
+      <c r="Q205" s="36">
         <f>IFERROR(VLOOKUP(A205,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q205" s="31">
+      <c r="R205" s="31">
         <f>IFERROR(VLOOKUP(A205,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>25605</v>
       </c>
-      <c r="R205" s="31">
+      <c r="S205" s="31">
         <f>IFERROR(VLOOKUP(A205,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>17681</v>
       </c>
-      <c r="S205" s="48">
+      <c r="T205" s="48">
         <f t="shared" si="3"/>
         <v>132310</v>
       </c>
-      <c r="T205" s="61"/>
       <c r="U205" s="61"/>
-    </row>
-    <row r="206" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V205" s="61"/>
+    </row>
+    <row r="206" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A206" s="7" t="s">
         <v>514</v>
       </c>
       <c r="B206" s="8" t="s">
         <v>193</v>
       </c>
       <c r="C206" s="61">
         <f>VLOOKUP(A206,'AR DOP'!A:G,7,FALSE)</f>
         <v>349759</v>
       </c>
       <c r="D206" s="61"/>
       <c r="E206" s="61"/>
-      <c r="F206" s="65"/>
+      <c r="F206" s="132"/>
       <c r="G206" s="65"/>
       <c r="H206" s="65"/>
       <c r="I206" s="65"/>
       <c r="J206" s="65"/>
       <c r="K206" s="65"/>
       <c r="L206" s="65"/>
       <c r="M206" s="65"/>
-      <c r="N206" s="66"/>
-[...1 lines deleted...]
-      <c r="P206" s="36">
+      <c r="N206" s="65"/>
+      <c r="O206" s="66"/>
+      <c r="P206" s="69"/>
+      <c r="Q206" s="36">
         <f>IFERROR(VLOOKUP(A206,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q206" s="31">
+      <c r="R206" s="31">
         <f>IFERROR(VLOOKUP(A206,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R206" s="31">
+      <c r="S206" s="31">
         <f>IFERROR(VLOOKUP(A206,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>35626</v>
       </c>
-      <c r="S206" s="48">
+      <c r="T206" s="48">
         <f t="shared" si="3"/>
         <v>496343</v>
       </c>
-      <c r="T206" s="61"/>
       <c r="U206" s="61"/>
-    </row>
-    <row r="207" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V206" s="61"/>
+    </row>
+    <row r="207" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A207" s="7" t="s">
         <v>515</v>
       </c>
       <c r="B207" s="8" t="s">
         <v>194</v>
       </c>
       <c r="C207" s="61">
         <f>VLOOKUP(A207,'AR DOP'!A:G,7,FALSE)</f>
         <v>149254</v>
       </c>
       <c r="D207" s="61"/>
       <c r="E207" s="61"/>
-      <c r="F207" s="65"/>
+      <c r="F207" s="132"/>
       <c r="G207" s="65"/>
       <c r="H207" s="65"/>
       <c r="I207" s="65"/>
       <c r="J207" s="65"/>
       <c r="K207" s="65"/>
       <c r="L207" s="65"/>
       <c r="M207" s="65"/>
-      <c r="N207" s="66"/>
-[...1 lines deleted...]
-      <c r="P207" s="36">
+      <c r="N207" s="65"/>
+      <c r="O207" s="66"/>
+      <c r="P207" s="69"/>
+      <c r="Q207" s="36">
         <f>IFERROR(VLOOKUP(A207,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q207" s="31">
+      <c r="R207" s="31">
         <f>IFERROR(VLOOKUP(A207,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>118639</v>
       </c>
-      <c r="R207" s="31">
+      <c r="S207" s="31">
         <f>IFERROR(VLOOKUP(A207,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S207" s="48">
+      <c r="T207" s="48">
         <f t="shared" si="3"/>
         <v>269570</v>
       </c>
-      <c r="T207" s="61"/>
       <c r="U207" s="61"/>
-    </row>
-    <row r="208" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V207" s="61"/>
+    </row>
+    <row r="208" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A208" s="7" t="s">
         <v>517</v>
       </c>
       <c r="B208" s="8" t="s">
         <v>196</v>
       </c>
       <c r="C208" s="61">
         <f>VLOOKUP(A208,'AR DOP'!A:G,7,FALSE)</f>
         <v>1112779</v>
       </c>
       <c r="D208" s="61"/>
       <c r="E208" s="61"/>
-      <c r="F208" s="65"/>
+      <c r="F208" s="132"/>
       <c r="G208" s="65"/>
       <c r="H208" s="65"/>
       <c r="I208" s="65"/>
       <c r="J208" s="65"/>
       <c r="K208" s="65"/>
       <c r="L208" s="65"/>
       <c r="M208" s="65"/>
-      <c r="N208" s="66"/>
-[...1 lines deleted...]
-      <c r="P208" s="36">
+      <c r="N208" s="65"/>
+      <c r="O208" s="66"/>
+      <c r="P208" s="69"/>
+      <c r="Q208" s="36">
         <f>IFERROR(VLOOKUP(A208,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q208" s="31">
+      <c r="R208" s="31">
         <f>IFERROR(VLOOKUP(A208,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>431883</v>
       </c>
-      <c r="R208" s="31">
+      <c r="S208" s="31">
         <f>IFERROR(VLOOKUP(A208,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>39380</v>
       </c>
-      <c r="S208" s="48">
+      <c r="T208" s="48">
         <f t="shared" si="3"/>
         <v>1584042</v>
       </c>
-      <c r="T208" s="61"/>
       <c r="U208" s="61"/>
-    </row>
-    <row r="209" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V208" s="61"/>
+    </row>
+    <row r="209" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A209" s="7" t="s">
         <v>372</v>
       </c>
       <c r="B209" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C209" s="61">
         <f>VLOOKUP(A209,'AR DOP'!A:G,7,FALSE)</f>
         <v>149985</v>
       </c>
       <c r="D209" s="61"/>
       <c r="E209" s="61"/>
-      <c r="F209" s="65"/>
+      <c r="F209" s="132"/>
       <c r="G209" s="65"/>
       <c r="H209" s="65"/>
       <c r="I209" s="65"/>
       <c r="J209" s="65"/>
       <c r="K209" s="65"/>
       <c r="L209" s="65"/>
       <c r="M209" s="65"/>
-      <c r="N209" s="66"/>
-[...1 lines deleted...]
-      <c r="P209" s="36">
+      <c r="N209" s="65"/>
+      <c r="O209" s="66"/>
+      <c r="P209" s="69"/>
+      <c r="Q209" s="36">
         <f>IFERROR(VLOOKUP(A209,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q209" s="31">
+      <c r="R209" s="31">
         <f>IFERROR(VLOOKUP(A209,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>179240</v>
       </c>
-      <c r="R209" s="31">
+      <c r="S209" s="31">
         <f>IFERROR(VLOOKUP(A209,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3754</v>
       </c>
-      <c r="S209" s="48">
+      <c r="T209" s="48">
         <f t="shared" si="3"/>
         <v>332979</v>
       </c>
-      <c r="T209" s="61"/>
       <c r="U209" s="61"/>
-    </row>
-    <row r="210" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V209" s="61"/>
+    </row>
+    <row r="210" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A210" s="7" t="s">
         <v>530</v>
       </c>
       <c r="B210" s="8" t="s">
         <v>208</v>
       </c>
       <c r="C210" s="61">
         <f>VLOOKUP(A210,'AR DOP'!A:G,7,FALSE)</f>
         <v>162845</v>
       </c>
       <c r="D210" s="61"/>
       <c r="E210" s="61"/>
-      <c r="F210" s="65"/>
+      <c r="F210" s="132"/>
       <c r="G210" s="65"/>
       <c r="H210" s="65"/>
       <c r="I210" s="65"/>
       <c r="J210" s="65"/>
       <c r="K210" s="65"/>
       <c r="L210" s="65"/>
       <c r="M210" s="65"/>
-      <c r="N210" s="66"/>
-[...1 lines deleted...]
-      <c r="P210" s="36">
+      <c r="N210" s="65"/>
+      <c r="O210" s="66"/>
+      <c r="P210" s="69"/>
+      <c r="Q210" s="36">
         <f>IFERROR(VLOOKUP(A210,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q210" s="31">
+      <c r="R210" s="31">
         <f>IFERROR(VLOOKUP(A210,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93887</v>
       </c>
-      <c r="R210" s="31">
+      <c r="S210" s="31">
         <f>IFERROR(VLOOKUP(A210,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3388</v>
       </c>
-      <c r="S210" s="48">
+      <c r="T210" s="48">
         <f t="shared" si="3"/>
         <v>260120</v>
       </c>
-      <c r="T210" s="61"/>
       <c r="U210" s="61"/>
-    </row>
-    <row r="211" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V210" s="61"/>
+    </row>
+    <row r="211" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A211" s="7" t="s">
         <v>521</v>
       </c>
       <c r="B211" s="8" t="s">
         <v>659</v>
       </c>
       <c r="C211" s="61">
         <f>VLOOKUP(A211,'AR DOP'!A:G,7,FALSE)</f>
         <v>419241</v>
       </c>
       <c r="D211" s="61"/>
       <c r="E211" s="61"/>
-      <c r="F211" s="65"/>
+      <c r="F211" s="132"/>
       <c r="G211" s="65"/>
       <c r="H211" s="65"/>
       <c r="I211" s="65"/>
       <c r="J211" s="65"/>
       <c r="K211" s="65"/>
       <c r="L211" s="65"/>
       <c r="M211" s="65"/>
-      <c r="N211" s="66"/>
-[...1 lines deleted...]
-      <c r="P211" s="36">
+      <c r="N211" s="65"/>
+      <c r="O211" s="66"/>
+      <c r="P211" s="69"/>
+      <c r="Q211" s="36">
         <f>IFERROR(VLOOKUP(A211,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q211" s="31">
+      <c r="R211" s="31">
         <f>IFERROR(VLOOKUP(A211,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>128028</v>
       </c>
-      <c r="R211" s="31">
+      <c r="S211" s="31">
         <f>IFERROR(VLOOKUP(A211,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>13502</v>
       </c>
-      <c r="S211" s="48">
+      <c r="T211" s="48">
         <f t="shared" si="3"/>
         <v>560771</v>
       </c>
-      <c r="T211" s="61"/>
       <c r="U211" s="61"/>
-    </row>
-    <row r="212" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V211" s="61"/>
+    </row>
+    <row r="212" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A212" s="7" t="s">
         <v>525</v>
       </c>
       <c r="B212" s="8" t="s">
         <v>203</v>
       </c>
       <c r="C212" s="61">
         <f>VLOOKUP(A212,'AR DOP'!A:G,7,FALSE)</f>
         <v>142614</v>
       </c>
       <c r="D212" s="61"/>
       <c r="E212" s="61"/>
-      <c r="F212" s="65"/>
+      <c r="F212" s="132"/>
       <c r="G212" s="65"/>
       <c r="H212" s="65"/>
       <c r="I212" s="65"/>
       <c r="J212" s="65"/>
       <c r="K212" s="65"/>
       <c r="L212" s="65"/>
       <c r="M212" s="65"/>
-      <c r="N212" s="66"/>
-[...1 lines deleted...]
-      <c r="P212" s="36">
+      <c r="N212" s="65"/>
+      <c r="O212" s="66"/>
+      <c r="P212" s="69"/>
+      <c r="Q212" s="36">
         <f>IFERROR(VLOOKUP(A212,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q212" s="31">
+      <c r="R212" s="31">
         <f>IFERROR(VLOOKUP(A212,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>98155</v>
       </c>
-      <c r="R212" s="31">
+      <c r="S212" s="31">
         <f>IFERROR(VLOOKUP(A212,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S212" s="48">
+      <c r="T212" s="48">
         <f t="shared" si="3"/>
         <v>240769</v>
       </c>
-      <c r="T212" s="61"/>
       <c r="U212" s="61"/>
-    </row>
-    <row r="213" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V212" s="61"/>
+    </row>
+    <row r="213" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A213" s="7" t="s">
         <v>524</v>
       </c>
       <c r="B213" s="8" t="s">
         <v>202</v>
       </c>
       <c r="C213" s="61">
         <f>VLOOKUP(A213,'AR DOP'!A:G,7,FALSE)</f>
         <v>96681</v>
       </c>
       <c r="D213" s="61"/>
       <c r="E213" s="61"/>
-      <c r="F213" s="65"/>
+      <c r="F213" s="132"/>
       <c r="G213" s="65"/>
       <c r="H213" s="65"/>
       <c r="I213" s="65"/>
       <c r="J213" s="65"/>
       <c r="K213" s="65"/>
       <c r="L213" s="65"/>
       <c r="M213" s="65"/>
-      <c r="N213" s="66"/>
-[...1 lines deleted...]
-      <c r="P213" s="36">
+      <c r="N213" s="65"/>
+      <c r="O213" s="66"/>
+      <c r="P213" s="69"/>
+      <c r="Q213" s="36">
         <f>IFERROR(VLOOKUP(A213,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>15194</v>
       </c>
-      <c r="Q213" s="31">
+      <c r="R213" s="31">
         <f>IFERROR(VLOOKUP(A213,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>69135</v>
       </c>
-      <c r="R213" s="31">
+      <c r="S213" s="31">
         <f>IFERROR(VLOOKUP(A213,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S213" s="48">
+      <c r="T213" s="48">
         <f t="shared" si="3"/>
         <v>181010</v>
       </c>
-      <c r="T213" s="61"/>
       <c r="U213" s="61"/>
-    </row>
-    <row r="214" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V213" s="61"/>
+    </row>
+    <row r="214" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A214" s="7" t="s">
         <v>523</v>
       </c>
       <c r="B214" s="8" t="s">
         <v>201</v>
       </c>
       <c r="C214" s="61">
         <f>VLOOKUP(A214,'AR DOP'!A:G,7,FALSE)</f>
         <v>90609</v>
       </c>
       <c r="D214" s="61"/>
       <c r="E214" s="61"/>
-      <c r="F214" s="65"/>
+      <c r="F214" s="132"/>
       <c r="G214" s="65"/>
       <c r="H214" s="65"/>
       <c r="I214" s="65"/>
       <c r="J214" s="65"/>
       <c r="K214" s="65"/>
       <c r="L214" s="65"/>
       <c r="M214" s="65"/>
-      <c r="N214" s="66"/>
-[...1 lines deleted...]
-      <c r="P214" s="36">
+      <c r="N214" s="65"/>
+      <c r="O214" s="66"/>
+      <c r="P214" s="69"/>
+      <c r="Q214" s="36">
         <f>IFERROR(VLOOKUP(A214,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q214" s="31">
+      <c r="R214" s="31">
         <f>IFERROR(VLOOKUP(A214,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>99008</v>
       </c>
-      <c r="R214" s="31">
+      <c r="S214" s="31">
         <f>IFERROR(VLOOKUP(A214,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S214" s="48">
+      <c r="T214" s="48">
         <f t="shared" si="3"/>
         <v>189617</v>
       </c>
-      <c r="T214" s="61"/>
       <c r="U214" s="61"/>
-    </row>
-    <row r="215" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V214" s="61"/>
+    </row>
+    <row r="215" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A215" s="7" t="s">
         <v>526</v>
       </c>
       <c r="B215" s="8" t="s">
         <v>204</v>
       </c>
       <c r="C215" s="61">
         <f>VLOOKUP(A215,'AR DOP'!A:G,7,FALSE)</f>
         <v>857612</v>
       </c>
       <c r="D215" s="61"/>
       <c r="E215" s="61"/>
-      <c r="F215" s="65"/>
+      <c r="F215" s="132"/>
       <c r="G215" s="65"/>
       <c r="H215" s="65"/>
       <c r="I215" s="65"/>
       <c r="J215" s="65"/>
       <c r="K215" s="65"/>
       <c r="L215" s="65"/>
       <c r="M215" s="65"/>
-      <c r="N215" s="66"/>
-[...1 lines deleted...]
-      <c r="P215" s="36">
+      <c r="N215" s="65"/>
+      <c r="O215" s="66"/>
+      <c r="P215" s="69"/>
+      <c r="Q215" s="36">
         <f>IFERROR(VLOOKUP(A215,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q215" s="31">
+      <c r="R215" s="31">
         <f>IFERROR(VLOOKUP(A215,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>260325</v>
       </c>
-      <c r="R215" s="31">
+      <c r="S215" s="31">
         <f>IFERROR(VLOOKUP(A215,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S215" s="48">
+      <c r="T215" s="48">
         <f t="shared" si="3"/>
         <v>1121291</v>
       </c>
-      <c r="T215" s="61"/>
       <c r="U215" s="61"/>
-    </row>
-    <row r="216" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V215" s="61"/>
+    </row>
+    <row r="216" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A216" s="7" t="s">
         <v>527</v>
       </c>
       <c r="B216" s="8" t="s">
         <v>205</v>
       </c>
       <c r="C216" s="61">
         <f>VLOOKUP(A216,'AR DOP'!A:G,7,FALSE)</f>
         <v>1152970</v>
       </c>
       <c r="D216" s="61"/>
       <c r="E216" s="61"/>
-      <c r="F216" s="65"/>
+      <c r="F216" s="132"/>
       <c r="G216" s="65"/>
       <c r="H216" s="65"/>
       <c r="I216" s="65"/>
       <c r="J216" s="65"/>
       <c r="K216" s="65"/>
       <c r="L216" s="65"/>
       <c r="M216" s="65"/>
-      <c r="N216" s="66"/>
-[...1 lines deleted...]
-      <c r="P216" s="36">
+      <c r="N216" s="65"/>
+      <c r="O216" s="66"/>
+      <c r="P216" s="69"/>
+      <c r="Q216" s="36">
         <f>IFERROR(VLOOKUP(A216,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q216" s="31">
+      <c r="R216" s="31">
         <f>IFERROR(VLOOKUP(A216,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>121200</v>
       </c>
-      <c r="R216" s="31">
+      <c r="S216" s="31">
         <f>IFERROR(VLOOKUP(A216,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S216" s="48">
+      <c r="T216" s="48">
         <f t="shared" si="3"/>
         <v>1277524</v>
       </c>
-      <c r="T216" s="61"/>
       <c r="U216" s="61"/>
-    </row>
-    <row r="217" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V216" s="61"/>
+    </row>
+    <row r="217" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A217" s="7" t="s">
         <v>528</v>
       </c>
       <c r="B217" s="8" t="s">
         <v>206</v>
       </c>
       <c r="C217" s="61">
         <f>VLOOKUP(A217,'AR DOP'!A:G,7,FALSE)</f>
         <v>176907</v>
       </c>
       <c r="D217" s="61"/>
       <c r="E217" s="61"/>
-      <c r="F217" s="65"/>
+      <c r="F217" s="132"/>
       <c r="G217" s="65"/>
       <c r="H217" s="65"/>
       <c r="I217" s="65"/>
       <c r="J217" s="65"/>
       <c r="K217" s="65"/>
       <c r="L217" s="65"/>
       <c r="M217" s="65"/>
-      <c r="N217" s="66"/>
-[...1 lines deleted...]
-      <c r="P217" s="36">
+      <c r="N217" s="65"/>
+      <c r="O217" s="66"/>
+      <c r="P217" s="69"/>
+      <c r="Q217" s="36">
         <f>IFERROR(VLOOKUP(A217,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>73489</v>
       </c>
-      <c r="Q217" s="31">
+      <c r="R217" s="31">
         <f>IFERROR(VLOOKUP(A217,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R217" s="31">
+      <c r="S217" s="31">
         <f>IFERROR(VLOOKUP(A217,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S217" s="48">
+      <c r="T217" s="48">
         <f t="shared" si="3"/>
         <v>252073</v>
       </c>
-      <c r="T217" s="61"/>
       <c r="U217" s="61"/>
-    </row>
-    <row r="218" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V217" s="61"/>
+    </row>
+    <row r="218" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A218" s="7" t="s">
         <v>531</v>
       </c>
       <c r="B218" s="8" t="s">
         <v>209</v>
       </c>
       <c r="C218" s="61">
         <f>VLOOKUP(A218,'AR DOP'!A:G,7,FALSE)</f>
         <v>143418</v>
       </c>
       <c r="D218" s="61"/>
       <c r="E218" s="61"/>
-      <c r="F218" s="65"/>
+      <c r="F218" s="132"/>
       <c r="G218" s="65"/>
       <c r="H218" s="65"/>
       <c r="I218" s="65"/>
       <c r="J218" s="65"/>
       <c r="K218" s="65"/>
       <c r="L218" s="65"/>
       <c r="M218" s="65"/>
-      <c r="N218" s="66"/>
-[...1 lines deleted...]
-      <c r="P218" s="36">
+      <c r="N218" s="65"/>
+      <c r="O218" s="66"/>
+      <c r="P218" s="69"/>
+      <c r="Q218" s="36">
         <f>IFERROR(VLOOKUP(A218,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>185702</v>
       </c>
-      <c r="Q218" s="31">
+      <c r="R218" s="31">
         <f>IFERROR(VLOOKUP(A218,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R218" s="31">
+      <c r="S218" s="31">
         <f>IFERROR(VLOOKUP(A218,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S218" s="48">
+      <c r="T218" s="48">
         <f t="shared" si="3"/>
         <v>329120</v>
       </c>
-      <c r="T218" s="61"/>
       <c r="U218" s="61"/>
-    </row>
-    <row r="219" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V218" s="61"/>
+    </row>
+    <row r="219" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A219" s="7" t="s">
         <v>532</v>
       </c>
       <c r="B219" s="8" t="s">
         <v>210</v>
       </c>
       <c r="C219" s="61">
         <f>VLOOKUP(A219,'AR DOP'!A:G,7,FALSE)</f>
         <v>946140</v>
       </c>
       <c r="D219" s="61"/>
       <c r="E219" s="61"/>
-      <c r="F219" s="65"/>
+      <c r="F219" s="132"/>
       <c r="G219" s="65"/>
       <c r="H219" s="65"/>
       <c r="I219" s="65"/>
       <c r="J219" s="65"/>
       <c r="K219" s="65"/>
       <c r="L219" s="65"/>
       <c r="M219" s="65"/>
-      <c r="N219" s="66"/>
-[...1 lines deleted...]
-      <c r="P219" s="36">
+      <c r="N219" s="65"/>
+      <c r="O219" s="66"/>
+      <c r="P219" s="69"/>
+      <c r="Q219" s="36">
         <f>IFERROR(VLOOKUP(A219,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>324312</v>
       </c>
-      <c r="Q219" s="31">
+      <c r="R219" s="31">
         <f>IFERROR(VLOOKUP(A219,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>125468</v>
       </c>
-      <c r="R219" s="31">
+      <c r="S219" s="31">
         <f>IFERROR(VLOOKUP(A219,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>19251</v>
       </c>
-      <c r="S219" s="48">
+      <c r="T219" s="48">
         <f t="shared" si="3"/>
         <v>1415171</v>
       </c>
-      <c r="T219" s="61"/>
       <c r="U219" s="61"/>
-    </row>
-    <row r="220" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V219" s="61"/>
+    </row>
+    <row r="220" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A220" s="7" t="s">
         <v>533</v>
       </c>
       <c r="B220" s="8" t="s">
         <v>658</v>
       </c>
       <c r="C220" s="61">
         <f>VLOOKUP(A220,'AR DOP'!A:G,7,FALSE)</f>
         <v>262633</v>
       </c>
       <c r="D220" s="61"/>
       <c r="E220" s="61"/>
-      <c r="F220" s="65"/>
+      <c r="F220" s="132"/>
       <c r="G220" s="65"/>
       <c r="H220" s="65"/>
       <c r="I220" s="65"/>
       <c r="J220" s="65"/>
       <c r="K220" s="65"/>
       <c r="L220" s="65"/>
       <c r="M220" s="65"/>
-      <c r="N220" s="66"/>
-[...1 lines deleted...]
-      <c r="P220" s="36">
+      <c r="N220" s="65"/>
+      <c r="O220" s="66"/>
+      <c r="P220" s="69"/>
+      <c r="Q220" s="36">
         <f>IFERROR(VLOOKUP(A220,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q220" s="31">
+      <c r="R220" s="31">
         <f>IFERROR(VLOOKUP(A220,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>119493</v>
       </c>
-      <c r="R220" s="31">
+      <c r="S220" s="31">
         <f>IFERROR(VLOOKUP(A220,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S220" s="48">
+      <c r="T220" s="48">
         <f t="shared" si="3"/>
         <v>385480</v>
       </c>
-      <c r="T220" s="61"/>
       <c r="U220" s="61"/>
-    </row>
-    <row r="221" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V220" s="61"/>
+    </row>
+    <row r="221" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A221" s="7" t="s">
         <v>534</v>
       </c>
       <c r="B221" s="8" t="s">
         <v>211</v>
       </c>
       <c r="C221" s="61">
         <f>VLOOKUP(A221,'AR DOP'!A:G,7,FALSE)</f>
         <v>377913</v>
       </c>
       <c r="D221" s="61"/>
       <c r="E221" s="61"/>
-      <c r="F221" s="65"/>
+      <c r="F221" s="132"/>
       <c r="G221" s="65"/>
       <c r="H221" s="65"/>
       <c r="I221" s="65"/>
       <c r="J221" s="65"/>
       <c r="K221" s="65"/>
       <c r="L221" s="65"/>
       <c r="M221" s="65"/>
-      <c r="N221" s="66"/>
-[...1 lines deleted...]
-      <c r="P221" s="36">
+      <c r="N221" s="65"/>
+      <c r="O221" s="66"/>
+      <c r="P221" s="69"/>
+      <c r="Q221" s="36">
         <f>IFERROR(VLOOKUP(A221,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q221" s="31">
+      <c r="R221" s="31">
         <f>IFERROR(VLOOKUP(A221,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>197164</v>
       </c>
-      <c r="R221" s="31">
+      <c r="S221" s="31">
         <f>IFERROR(VLOOKUP(A221,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3355</v>
       </c>
-      <c r="S221" s="48">
+      <c r="T221" s="48">
         <f t="shared" si="3"/>
         <v>578432</v>
       </c>
-      <c r="T221" s="61"/>
       <c r="U221" s="61"/>
-    </row>
-    <row r="222" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V221" s="61"/>
+    </row>
+    <row r="222" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A222" s="7" t="s">
         <v>535</v>
       </c>
       <c r="B222" s="8" t="s">
         <v>212</v>
       </c>
       <c r="C222" s="61">
         <f>VLOOKUP(A222,'AR DOP'!A:G,7,FALSE)</f>
         <v>215606</v>
       </c>
       <c r="D222" s="61"/>
       <c r="E222" s="61"/>
-      <c r="F222" s="65"/>
+      <c r="F222" s="132"/>
       <c r="G222" s="65"/>
       <c r="H222" s="65"/>
       <c r="I222" s="65"/>
       <c r="J222" s="65"/>
       <c r="K222" s="65"/>
       <c r="L222" s="65"/>
       <c r="M222" s="65"/>
-      <c r="N222" s="66"/>
-[...1 lines deleted...]
-      <c r="P222" s="36">
+      <c r="N222" s="65"/>
+      <c r="O222" s="66"/>
+      <c r="P222" s="69"/>
+      <c r="Q222" s="36">
         <f>IFERROR(VLOOKUP(A222,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q222" s="31">
+      <c r="R222" s="31">
         <f>IFERROR(VLOOKUP(A222,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>59746</v>
       </c>
-      <c r="R222" s="31">
+      <c r="S222" s="31">
         <f>IFERROR(VLOOKUP(A222,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S222" s="48">
+      <c r="T222" s="48">
         <f t="shared" si="3"/>
         <v>275352</v>
       </c>
-      <c r="T222" s="61"/>
       <c r="U222" s="61"/>
-    </row>
-    <row r="223" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V222" s="61"/>
+    </row>
+    <row r="223" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A223" s="7" t="s">
         <v>536</v>
       </c>
       <c r="B223" s="8" t="s">
         <v>213</v>
       </c>
       <c r="C223" s="61">
         <f>VLOOKUP(A223,'AR DOP'!A:G,7,FALSE)</f>
         <v>389379</v>
       </c>
       <c r="D223" s="61"/>
       <c r="E223" s="61"/>
-      <c r="F223" s="65"/>
+      <c r="F223" s="132"/>
       <c r="G223" s="65"/>
       <c r="H223" s="65"/>
       <c r="I223" s="65"/>
       <c r="J223" s="65"/>
       <c r="K223" s="65"/>
       <c r="L223" s="65"/>
       <c r="M223" s="65"/>
-      <c r="N223" s="66"/>
-[...1 lines deleted...]
-      <c r="P223" s="36">
+      <c r="N223" s="65"/>
+      <c r="O223" s="66"/>
+      <c r="P223" s="69"/>
+      <c r="Q223" s="36">
         <f>IFERROR(VLOOKUP(A223,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q223" s="31">
+      <c r="R223" s="31">
         <f>IFERROR(VLOOKUP(A223,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>256057</v>
       </c>
-      <c r="R223" s="31">
+      <c r="S223" s="31">
         <f>IFERROR(VLOOKUP(A223,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S223" s="48">
+      <c r="T223" s="48">
         <f t="shared" si="3"/>
         <v>648790</v>
       </c>
-      <c r="T223" s="61"/>
       <c r="U223" s="61"/>
-    </row>
-    <row r="224" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V223" s="61"/>
+    </row>
+    <row r="224" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A224" s="7" t="s">
         <v>537</v>
       </c>
       <c r="B224" s="8" t="s">
         <v>214</v>
       </c>
       <c r="C224" s="61">
         <v>0</v>
       </c>
       <c r="D224" s="61"/>
       <c r="E224" s="61"/>
-      <c r="F224" s="65"/>
+      <c r="F224" s="132"/>
       <c r="G224" s="65"/>
       <c r="H224" s="65"/>
       <c r="I224" s="65"/>
       <c r="J224" s="65"/>
       <c r="K224" s="65"/>
       <c r="L224" s="65"/>
       <c r="M224" s="65"/>
-      <c r="N224" s="66"/>
-[...1 lines deleted...]
-      <c r="P224" s="36">
+      <c r="N224" s="65"/>
+      <c r="O224" s="66"/>
+      <c r="P224" s="69"/>
+      <c r="Q224" s="36">
         <f>IFERROR(VLOOKUP(A224,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q224" s="31">
+      <c r="R224" s="31">
         <f>IFERROR(VLOOKUP(A224,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>96448</v>
       </c>
-      <c r="R224" s="31">
+      <c r="S224" s="31">
         <f>IFERROR(VLOOKUP(A224,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S224" s="48">
+      <c r="T224" s="48">
         <f t="shared" si="3"/>
         <v>96448</v>
       </c>
-      <c r="T224" s="61"/>
       <c r="U224" s="61"/>
-    </row>
-    <row r="225" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V224" s="61"/>
+    </row>
+    <row r="225" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A225" s="7" t="s">
         <v>538</v>
       </c>
       <c r="B225" s="8" t="s">
         <v>215</v>
       </c>
       <c r="C225" s="61">
         <f>VLOOKUP(A225,'AR DOP'!A:G,7,FALSE)</f>
         <v>53608</v>
       </c>
       <c r="D225" s="61"/>
       <c r="E225" s="61"/>
-      <c r="F225" s="65"/>
+      <c r="F225" s="132"/>
       <c r="G225" s="65"/>
       <c r="H225" s="65"/>
       <c r="I225" s="65"/>
       <c r="J225" s="65"/>
       <c r="K225" s="65"/>
       <c r="L225" s="65"/>
       <c r="M225" s="65"/>
-      <c r="N225" s="66"/>
-[...1 lines deleted...]
-      <c r="P225" s="36">
+      <c r="N225" s="65"/>
+      <c r="O225" s="66"/>
+      <c r="P225" s="69"/>
+      <c r="Q225" s="36">
         <f>IFERROR(VLOOKUP(A225,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q225" s="31">
+      <c r="R225" s="31">
         <f>IFERROR(VLOOKUP(A225,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>136564</v>
       </c>
-      <c r="R225" s="31">
+      <c r="S225" s="31">
         <f>IFERROR(VLOOKUP(A225,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S225" s="48">
+      <c r="T225" s="48">
         <f t="shared" si="3"/>
         <v>190172</v>
       </c>
-      <c r="T225" s="61"/>
       <c r="U225" s="61"/>
-    </row>
-    <row r="226" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V225" s="61"/>
+    </row>
+    <row r="226" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A226" s="7" t="s">
         <v>539</v>
       </c>
       <c r="B226" s="8" t="s">
         <v>216</v>
       </c>
       <c r="C226" s="61">
         <f>VLOOKUP(A226,'AR DOP'!A:G,7,FALSE)</f>
         <v>172342</v>
       </c>
       <c r="D226" s="61"/>
       <c r="E226" s="61"/>
-      <c r="F226" s="65"/>
+      <c r="F226" s="132"/>
       <c r="G226" s="65"/>
       <c r="H226" s="65"/>
       <c r="I226" s="65"/>
       <c r="J226" s="65"/>
       <c r="K226" s="65"/>
       <c r="L226" s="65"/>
       <c r="M226" s="65"/>
-      <c r="N226" s="66"/>
-[...1 lines deleted...]
-      <c r="P226" s="36">
+      <c r="N226" s="65"/>
+      <c r="O226" s="66"/>
+      <c r="P226" s="69"/>
+      <c r="Q226" s="36">
         <f>IFERROR(VLOOKUP(A226,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q226" s="31">
+      <c r="R226" s="31">
         <f>IFERROR(VLOOKUP(A226,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R226" s="31">
+      <c r="S226" s="31">
         <f>IFERROR(VLOOKUP(A226,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1681</v>
       </c>
-      <c r="S226" s="48">
+      <c r="T226" s="48">
         <f t="shared" si="3"/>
         <v>284981</v>
       </c>
-      <c r="T226" s="61"/>
       <c r="U226" s="61"/>
-    </row>
-    <row r="227" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V226" s="61"/>
+    </row>
+    <row r="227" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A227" s="7" t="s">
         <v>540</v>
       </c>
       <c r="B227" s="8" t="s">
         <v>217</v>
       </c>
       <c r="C227" s="61">
         <f>VLOOKUP(A227,'AR DOP'!A:G,7,FALSE)</f>
         <v>859295</v>
       </c>
       <c r="D227" s="61"/>
       <c r="E227" s="61"/>
-      <c r="F227" s="65"/>
+      <c r="F227" s="132"/>
       <c r="G227" s="65"/>
       <c r="H227" s="65"/>
       <c r="I227" s="65"/>
       <c r="J227" s="65"/>
       <c r="K227" s="65"/>
       <c r="L227" s="65"/>
       <c r="M227" s="65"/>
-      <c r="N227" s="66"/>
-[...1 lines deleted...]
-      <c r="P227" s="36">
+      <c r="N227" s="65"/>
+      <c r="O227" s="66"/>
+      <c r="P227" s="69"/>
+      <c r="Q227" s="36">
         <f>IFERROR(VLOOKUP(A227,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>14378</v>
       </c>
-      <c r="Q227" s="31">
+      <c r="R227" s="31">
         <f>IFERROR(VLOOKUP(A227,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>264592</v>
       </c>
-      <c r="R227" s="31">
+      <c r="S227" s="31">
         <f>IFERROR(VLOOKUP(A227,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5032</v>
       </c>
-      <c r="S227" s="48">
+      <c r="T227" s="48">
         <f t="shared" si="3"/>
         <v>1143297</v>
       </c>
-      <c r="T227" s="61"/>
       <c r="U227" s="61"/>
-    </row>
-    <row r="228" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V227" s="61"/>
+    </row>
+    <row r="228" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A228" s="7" t="s">
         <v>541</v>
       </c>
       <c r="B228" s="8" t="s">
         <v>218</v>
       </c>
       <c r="C228" s="61">
         <f>VLOOKUP(A228,'AR DOP'!A:G,7,FALSE)</f>
         <v>1002569</v>
       </c>
       <c r="D228" s="61"/>
       <c r="E228" s="61"/>
-      <c r="F228" s="65"/>
+      <c r="F228" s="132"/>
       <c r="G228" s="65"/>
       <c r="H228" s="65"/>
       <c r="I228" s="65"/>
       <c r="J228" s="65"/>
       <c r="K228" s="65"/>
       <c r="L228" s="65"/>
       <c r="M228" s="65"/>
-      <c r="N228" s="66"/>
-[...1 lines deleted...]
-      <c r="P228" s="36">
+      <c r="N228" s="65"/>
+      <c r="O228" s="66"/>
+      <c r="P228" s="69"/>
+      <c r="Q228" s="36">
         <f>IFERROR(VLOOKUP(A228,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q228" s="31">
+      <c r="R228" s="31">
         <f>IFERROR(VLOOKUP(A228,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>769879</v>
       </c>
-      <c r="R228" s="31">
+      <c r="S228" s="31">
         <f>IFERROR(VLOOKUP(A228,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S228" s="48">
+      <c r="T228" s="48">
         <f t="shared" si="3"/>
         <v>1772448</v>
       </c>
-      <c r="T228" s="61"/>
       <c r="U228" s="61"/>
-    </row>
-    <row r="229" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V228" s="61"/>
+    </row>
+    <row r="229" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A229" s="7" t="s">
         <v>542</v>
       </c>
       <c r="B229" s="8" t="s">
         <v>219</v>
       </c>
       <c r="C229" s="61">
         <f>VLOOKUP(A229,'AR DOP'!A:G,7,FALSE)</f>
         <v>251802</v>
       </c>
       <c r="D229" s="61"/>
       <c r="E229" s="61"/>
-      <c r="F229" s="65"/>
+      <c r="F229" s="132"/>
       <c r="G229" s="65"/>
       <c r="H229" s="65"/>
       <c r="I229" s="65"/>
       <c r="J229" s="65"/>
       <c r="K229" s="65"/>
       <c r="L229" s="65"/>
       <c r="M229" s="65"/>
-      <c r="N229" s="66"/>
-[...1 lines deleted...]
-      <c r="P229" s="36">
+      <c r="N229" s="65"/>
+      <c r="O229" s="66"/>
+      <c r="P229" s="69"/>
+      <c r="Q229" s="36">
         <f>IFERROR(VLOOKUP(A229,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q229" s="31">
+      <c r="R229" s="31">
         <f>IFERROR(VLOOKUP(A229,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>122054</v>
       </c>
-      <c r="R229" s="31">
+      <c r="S229" s="31">
         <f>IFERROR(VLOOKUP(A229,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S229" s="48">
+      <c r="T229" s="48">
         <f t="shared" si="3"/>
         <v>375533</v>
       </c>
-      <c r="T229" s="61"/>
       <c r="U229" s="61"/>
-    </row>
-    <row r="230" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V229" s="61"/>
+    </row>
+    <row r="230" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A230" s="7" t="s">
         <v>543</v>
       </c>
       <c r="B230" s="8" t="s">
         <v>220</v>
       </c>
       <c r="C230" s="61">
         <f>VLOOKUP(A230,'AR DOP'!A:G,7,FALSE)</f>
         <v>74805</v>
       </c>
       <c r="D230" s="61"/>
       <c r="E230" s="61"/>
-      <c r="F230" s="65"/>
+      <c r="F230" s="132"/>
       <c r="G230" s="65"/>
       <c r="H230" s="65"/>
       <c r="I230" s="65"/>
       <c r="J230" s="65"/>
       <c r="K230" s="65"/>
       <c r="L230" s="65"/>
       <c r="M230" s="65"/>
-      <c r="N230" s="66"/>
-[...1 lines deleted...]
-      <c r="P230" s="36">
+      <c r="N230" s="65"/>
+      <c r="O230" s="66"/>
+      <c r="P230" s="69"/>
+      <c r="Q230" s="36">
         <f>IFERROR(VLOOKUP(A230,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q230" s="31">
+      <c r="R230" s="31">
         <f>IFERROR(VLOOKUP(A230,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>34141</v>
       </c>
-      <c r="R230" s="31">
+      <c r="S230" s="31">
         <f>IFERROR(VLOOKUP(A230,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S230" s="48">
+      <c r="T230" s="48">
         <f t="shared" si="3"/>
         <v>108946</v>
       </c>
-      <c r="T230" s="61"/>
       <c r="U230" s="61"/>
-    </row>
-    <row r="231" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V230" s="61"/>
+    </row>
+    <row r="231" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A231" s="7" t="s">
         <v>654</v>
       </c>
       <c r="B231" s="8" t="s">
         <v>221</v>
       </c>
       <c r="C231" s="61">
         <f>VLOOKUP(A231,'AR DOP'!A:G,7,FALSE)</f>
         <v>127568</v>
       </c>
       <c r="D231" s="61"/>
       <c r="E231" s="61"/>
-      <c r="F231" s="65"/>
+      <c r="F231" s="132"/>
       <c r="G231" s="65"/>
       <c r="H231" s="65"/>
       <c r="I231" s="65"/>
       <c r="J231" s="65"/>
       <c r="K231" s="65"/>
       <c r="L231" s="65"/>
       <c r="M231" s="65"/>
-      <c r="N231" s="66"/>
-[...1 lines deleted...]
-      <c r="P231" s="36">
+      <c r="N231" s="65"/>
+      <c r="O231" s="66"/>
+      <c r="P231" s="69"/>
+      <c r="Q231" s="36">
         <f>IFERROR(VLOOKUP(A231,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q231" s="31">
+      <c r="R231" s="31">
         <f>IFERROR(VLOOKUP(A231,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>128882</v>
       </c>
-      <c r="R231" s="31">
+      <c r="S231" s="31">
         <f>IFERROR(VLOOKUP(A231,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S231" s="48">
+      <c r="T231" s="48">
         <f t="shared" si="3"/>
         <v>259804</v>
       </c>
-      <c r="T231" s="61"/>
       <c r="U231" s="61"/>
-    </row>
-    <row r="232" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V231" s="61"/>
+    </row>
+    <row r="232" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A232" s="7" t="s">
         <v>544</v>
       </c>
       <c r="B232" s="8" t="s">
         <v>222</v>
       </c>
       <c r="C232" s="61">
         <f>VLOOKUP(A232,'AR DOP'!A:G,7,FALSE)</f>
         <v>108812</v>
       </c>
       <c r="D232" s="61"/>
       <c r="E232" s="61"/>
-      <c r="F232" s="65"/>
+      <c r="F232" s="132"/>
       <c r="G232" s="65"/>
       <c r="H232" s="65"/>
       <c r="I232" s="65"/>
       <c r="J232" s="65"/>
       <c r="K232" s="65"/>
       <c r="L232" s="65"/>
       <c r="M232" s="65"/>
-      <c r="N232" s="66"/>
-[...1 lines deleted...]
-      <c r="P232" s="36">
+      <c r="N232" s="65"/>
+      <c r="O232" s="66"/>
+      <c r="P232" s="69"/>
+      <c r="Q232" s="36">
         <f>IFERROR(VLOOKUP(A232,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q232" s="31">
+      <c r="R232" s="31">
         <f>IFERROR(VLOOKUP(A232,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>198871</v>
       </c>
-      <c r="R232" s="31">
+      <c r="S232" s="31">
         <f>IFERROR(VLOOKUP(A232,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S232" s="48">
+      <c r="T232" s="48">
         <f t="shared" si="3"/>
         <v>307683</v>
       </c>
-      <c r="T232" s="61"/>
       <c r="U232" s="61"/>
-    </row>
-    <row r="233" spans="1:21" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="V232" s="61"/>
+    </row>
+    <row r="233" spans="1:22" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A233" s="7" t="s">
         <v>545</v>
       </c>
       <c r="B233" s="8" t="s">
         <v>223</v>
       </c>
       <c r="C233" s="61">
         <f>VLOOKUP(A233,'AR DOP'!A:G,7,FALSE)</f>
         <v>417850</v>
       </c>
       <c r="D233" s="61"/>
       <c r="E233" s="61"/>
-      <c r="F233" s="65"/>
+      <c r="F233" s="132"/>
       <c r="G233" s="65"/>
       <c r="H233" s="65"/>
       <c r="I233" s="65"/>
       <c r="J233" s="65"/>
       <c r="K233" s="65"/>
       <c r="L233" s="65"/>
       <c r="M233" s="65"/>
-      <c r="N233" s="66"/>
-[...1 lines deleted...]
-      <c r="P233" s="36">
+      <c r="N233" s="65"/>
+      <c r="O233" s="66"/>
+      <c r="P233" s="69"/>
+      <c r="Q233" s="36">
         <f>IFERROR(VLOOKUP(A233,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q233" s="31">
+      <c r="R233" s="31">
         <f>IFERROR(VLOOKUP(A233,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>105837</v>
       </c>
-      <c r="R233" s="31">
+      <c r="S233" s="31">
         <f>IFERROR(VLOOKUP(A233,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6709</v>
       </c>
-      <c r="S233" s="48">
+      <c r="T233" s="48">
         <f t="shared" si="3"/>
         <v>530396</v>
       </c>
-      <c r="T233" s="61"/>
       <c r="U233" s="61"/>
-    </row>
-    <row r="234" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V233" s="61"/>
+    </row>
+    <row r="234" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A234" s="7" t="s">
         <v>546</v>
       </c>
       <c r="B234" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C234" s="61">
         <f>VLOOKUP(A234,'AR DOP'!A:G,7,FALSE)</f>
         <v>693858</v>
       </c>
       <c r="D234" s="61"/>
       <c r="E234" s="61"/>
-      <c r="F234" s="65"/>
+      <c r="F234" s="132"/>
       <c r="G234" s="65"/>
       <c r="H234" s="65"/>
       <c r="I234" s="65"/>
       <c r="J234" s="65"/>
       <c r="K234" s="65"/>
       <c r="L234" s="65"/>
       <c r="M234" s="65"/>
-      <c r="N234" s="66"/>
-[...1 lines deleted...]
-      <c r="P234" s="36">
+      <c r="N234" s="65"/>
+      <c r="O234" s="66"/>
+      <c r="P234" s="69"/>
+      <c r="Q234" s="36">
         <f>IFERROR(VLOOKUP(A234,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q234" s="31">
+      <c r="R234" s="31">
         <f>IFERROR(VLOOKUP(A234,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>314950</v>
       </c>
-      <c r="R234" s="31">
+      <c r="S234" s="31">
         <f>IFERROR(VLOOKUP(A234,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>151612</v>
       </c>
-      <c r="S234" s="48">
+      <c r="T234" s="48">
         <f t="shared" si="3"/>
         <v>1160420</v>
       </c>
-      <c r="T234" s="61"/>
       <c r="U234" s="61"/>
-    </row>
-    <row r="235" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V234" s="61"/>
+    </row>
+    <row r="235" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A235" s="7" t="s">
         <v>547</v>
       </c>
       <c r="B235" s="8" t="s">
         <v>225</v>
       </c>
       <c r="C235" s="61">
         <f>VLOOKUP(A235,'AR DOP'!A:G,7,FALSE)</f>
         <v>1132617</v>
       </c>
       <c r="D235" s="61"/>
       <c r="E235" s="61"/>
-      <c r="F235" s="65"/>
+      <c r="F235" s="132"/>
       <c r="G235" s="65"/>
       <c r="H235" s="65"/>
       <c r="I235" s="65"/>
       <c r="J235" s="65"/>
       <c r="K235" s="65"/>
       <c r="L235" s="65"/>
       <c r="M235" s="65"/>
-      <c r="N235" s="66"/>
-[...1 lines deleted...]
-      <c r="P235" s="36">
+      <c r="N235" s="65"/>
+      <c r="O235" s="66"/>
+      <c r="P235" s="69"/>
+      <c r="Q235" s="36">
         <f>IFERROR(VLOOKUP(A235,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q235" s="31">
+      <c r="R235" s="31">
         <f>IFERROR(VLOOKUP(A235,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>472852</v>
       </c>
-      <c r="R235" s="31">
+      <c r="S235" s="31">
         <f>IFERROR(VLOOKUP(A235,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>9293</v>
       </c>
-      <c r="S235" s="48">
+      <c r="T235" s="48">
         <f t="shared" si="3"/>
         <v>1614762</v>
       </c>
-      <c r="T235" s="61"/>
       <c r="U235" s="61"/>
-    </row>
-    <row r="236" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V235" s="61"/>
+    </row>
+    <row r="236" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A236" s="7" t="s">
         <v>548</v>
       </c>
       <c r="B236" s="8" t="s">
         <v>226</v>
       </c>
       <c r="C236" s="61">
         <f>VLOOKUP(A236,'AR DOP'!A:G,7,FALSE)</f>
         <v>202664</v>
       </c>
       <c r="D236" s="61"/>
       <c r="E236" s="61"/>
-      <c r="F236" s="65"/>
+      <c r="F236" s="132"/>
       <c r="G236" s="65"/>
       <c r="H236" s="65"/>
       <c r="I236" s="65"/>
       <c r="J236" s="65"/>
       <c r="K236" s="65"/>
       <c r="L236" s="65"/>
       <c r="M236" s="65"/>
-      <c r="N236" s="66"/>
-[...1 lines deleted...]
-      <c r="P236" s="36">
+      <c r="N236" s="65"/>
+      <c r="O236" s="66"/>
+      <c r="P236" s="69"/>
+      <c r="Q236" s="36">
         <f>IFERROR(VLOOKUP(A236,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q236" s="31">
+      <c r="R236" s="31">
         <f>IFERROR(VLOOKUP(A236,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>70842</v>
       </c>
-      <c r="R236" s="31">
+      <c r="S236" s="31">
         <f>IFERROR(VLOOKUP(A236,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>2076</v>
       </c>
-      <c r="S236" s="48">
+      <c r="T236" s="48">
         <f t="shared" si="3"/>
         <v>275582</v>
       </c>
-      <c r="T236" s="61"/>
       <c r="U236" s="61"/>
-    </row>
-    <row r="237" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V236" s="61"/>
+    </row>
+    <row r="237" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A237" s="7" t="s">
         <v>549</v>
       </c>
       <c r="B237" s="8" t="s">
         <v>227</v>
       </c>
       <c r="C237" s="61">
         <f>VLOOKUP(A237,'AR DOP'!A:G,7,FALSE)</f>
         <v>198724</v>
       </c>
       <c r="D237" s="61"/>
       <c r="E237" s="61"/>
-      <c r="F237" s="65"/>
+      <c r="F237" s="132"/>
       <c r="G237" s="65"/>
       <c r="H237" s="65"/>
       <c r="I237" s="65"/>
       <c r="J237" s="65"/>
       <c r="K237" s="65"/>
       <c r="L237" s="65"/>
       <c r="M237" s="65"/>
-      <c r="N237" s="66"/>
-[...1 lines deleted...]
-      <c r="P237" s="36">
+      <c r="N237" s="65"/>
+      <c r="O237" s="66"/>
+      <c r="P237" s="69"/>
+      <c r="Q237" s="36">
         <f>IFERROR(VLOOKUP(A237,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q237" s="31">
+      <c r="R237" s="31">
         <f>IFERROR(VLOOKUP(A237,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>122907</v>
       </c>
-      <c r="R237" s="31">
+      <c r="S237" s="31">
         <f>IFERROR(VLOOKUP(A237,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3394</v>
       </c>
-      <c r="S237" s="48">
+      <c r="T237" s="48">
         <f t="shared" si="3"/>
         <v>325025</v>
       </c>
-      <c r="T237" s="61"/>
       <c r="U237" s="61"/>
-    </row>
-    <row r="238" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V237" s="61"/>
+    </row>
+    <row r="238" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A238" s="7" t="s">
         <v>550</v>
       </c>
       <c r="B238" s="8" t="s">
         <v>228</v>
       </c>
       <c r="C238" s="61">
         <f>VLOOKUP(A238,'AR DOP'!A:G,7,FALSE)</f>
         <v>288975</v>
       </c>
       <c r="D238" s="61"/>
       <c r="E238" s="61"/>
-      <c r="F238" s="65"/>
+      <c r="F238" s="132"/>
       <c r="G238" s="65"/>
       <c r="H238" s="65"/>
       <c r="I238" s="65"/>
       <c r="J238" s="65"/>
       <c r="K238" s="65"/>
       <c r="L238" s="65"/>
       <c r="M238" s="65"/>
-      <c r="N238" s="66"/>
-[...1 lines deleted...]
-      <c r="P238" s="36">
+      <c r="N238" s="65"/>
+      <c r="O238" s="66"/>
+      <c r="P238" s="69"/>
+      <c r="Q238" s="36">
         <f>IFERROR(VLOOKUP(A238,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q238" s="31">
+      <c r="R238" s="31">
         <f>IFERROR(VLOOKUP(A238,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>76817</v>
       </c>
-      <c r="R238" s="31">
+      <c r="S238" s="31">
         <f>IFERROR(VLOOKUP(A238,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>120698</v>
       </c>
-      <c r="S238" s="48">
+      <c r="T238" s="48">
         <f t="shared" si="3"/>
         <v>486490</v>
       </c>
-      <c r="T238" s="61"/>
       <c r="U238" s="61"/>
-    </row>
-    <row r="239" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V238" s="61"/>
+    </row>
+    <row r="239" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A239" s="7" t="s">
         <v>551</v>
       </c>
       <c r="B239" s="8" t="s">
         <v>229</v>
       </c>
       <c r="C239" s="61">
         <f>VLOOKUP(A239,'AR DOP'!A:G,7,FALSE)</f>
         <v>240317</v>
       </c>
       <c r="D239" s="61"/>
       <c r="E239" s="61"/>
-      <c r="F239" s="65"/>
+      <c r="F239" s="132"/>
       <c r="G239" s="65"/>
       <c r="H239" s="65"/>
       <c r="I239" s="65"/>
       <c r="J239" s="65"/>
       <c r="K239" s="65"/>
       <c r="L239" s="65"/>
       <c r="M239" s="65"/>
-      <c r="N239" s="66"/>
-[...1 lines deleted...]
-      <c r="P239" s="36">
+      <c r="N239" s="65"/>
+      <c r="O239" s="66"/>
+      <c r="P239" s="69"/>
+      <c r="Q239" s="36">
         <f>IFERROR(VLOOKUP(A239,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q239" s="31">
+      <c r="R239" s="31">
         <f>IFERROR(VLOOKUP(A239,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>213381</v>
       </c>
-      <c r="R239" s="31">
+      <c r="S239" s="31">
         <f>IFERROR(VLOOKUP(A239,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>11742</v>
       </c>
-      <c r="S239" s="48">
+      <c r="T239" s="48">
         <f t="shared" si="3"/>
         <v>465440</v>
       </c>
-      <c r="T239" s="61"/>
       <c r="U239" s="61"/>
-    </row>
-    <row r="240" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V239" s="61"/>
+    </row>
+    <row r="240" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A240" s="7" t="s">
         <v>552</v>
       </c>
       <c r="B240" s="8" t="s">
         <v>230</v>
       </c>
       <c r="C240" s="61">
         <f>VLOOKUP(A240,'AR DOP'!A:G,7,FALSE)</f>
         <v>64780</v>
       </c>
       <c r="D240" s="61"/>
       <c r="E240" s="61"/>
-      <c r="F240" s="65"/>
+      <c r="F240" s="132"/>
       <c r="G240" s="65"/>
       <c r="H240" s="65"/>
       <c r="I240" s="65"/>
       <c r="J240" s="65"/>
       <c r="K240" s="65"/>
       <c r="L240" s="65"/>
       <c r="M240" s="65"/>
-      <c r="N240" s="66"/>
-[...1 lines deleted...]
-      <c r="P240" s="36">
+      <c r="N240" s="65"/>
+      <c r="O240" s="66"/>
+      <c r="P240" s="69"/>
+      <c r="Q240" s="36">
         <f>IFERROR(VLOOKUP(A240,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q240" s="31">
+      <c r="R240" s="31">
         <f>IFERROR(VLOOKUP(A240,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>85352</v>
       </c>
-      <c r="R240" s="31">
+      <c r="S240" s="31">
         <f>IFERROR(VLOOKUP(A240,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S240" s="48">
+      <c r="T240" s="48">
         <f t="shared" si="3"/>
         <v>150132</v>
       </c>
-      <c r="T240" s="61"/>
       <c r="U240" s="61"/>
-    </row>
-    <row r="241" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V240" s="61"/>
+    </row>
+    <row r="241" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A241" s="7" t="s">
         <v>553</v>
       </c>
       <c r="B241" s="8" t="s">
         <v>231</v>
       </c>
       <c r="C241" s="61">
         <f>VLOOKUP(A241,'AR DOP'!A:G,7,FALSE)</f>
         <v>99763</v>
       </c>
       <c r="D241" s="61"/>
       <c r="E241" s="61"/>
-      <c r="F241" s="65"/>
+      <c r="F241" s="132"/>
       <c r="G241" s="65"/>
       <c r="H241" s="65"/>
       <c r="I241" s="65"/>
       <c r="J241" s="65"/>
       <c r="K241" s="65"/>
       <c r="L241" s="65"/>
       <c r="M241" s="65"/>
-      <c r="N241" s="66"/>
-[...1 lines deleted...]
-      <c r="P241" s="36">
+      <c r="N241" s="65"/>
+      <c r="O241" s="66"/>
+      <c r="P241" s="69"/>
+      <c r="Q241" s="36">
         <f>IFERROR(VLOOKUP(A241,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q241" s="31">
+      <c r="R241" s="31">
         <f>IFERROR(VLOOKUP(A241,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R241" s="31">
+      <c r="S241" s="31">
         <f>IFERROR(VLOOKUP(A241,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S241" s="48">
+      <c r="T241" s="48">
         <f t="shared" si="3"/>
         <v>99763</v>
       </c>
-      <c r="T241" s="61"/>
       <c r="U241" s="61"/>
-    </row>
-    <row r="242" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V241" s="61"/>
+    </row>
+    <row r="242" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A242" s="7" t="s">
         <v>653</v>
       </c>
       <c r="B242" s="8" t="s">
         <v>233</v>
       </c>
       <c r="C242" s="61">
         <f>VLOOKUP(A242,'AR DOP'!A:G,7,FALSE)</f>
         <v>284475</v>
       </c>
       <c r="D242" s="61"/>
       <c r="E242" s="61"/>
-      <c r="F242" s="65"/>
+      <c r="F242" s="132"/>
       <c r="G242" s="65"/>
       <c r="H242" s="65"/>
       <c r="I242" s="65"/>
       <c r="J242" s="65"/>
       <c r="K242" s="65"/>
       <c r="L242" s="65"/>
       <c r="M242" s="65"/>
-      <c r="N242" s="66"/>
-[...1 lines deleted...]
-      <c r="P242" s="36">
+      <c r="N242" s="65"/>
+      <c r="O242" s="66"/>
+      <c r="P242" s="69"/>
+      <c r="Q242" s="36">
         <f>IFERROR(VLOOKUP(A242,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q242" s="31">
+      <c r="R242" s="31">
         <f>IFERROR(VLOOKUP(A242,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>119493</v>
       </c>
-      <c r="R242" s="31">
+      <c r="S242" s="31">
         <f>IFERROR(VLOOKUP(A242,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S242" s="48">
+      <c r="T242" s="48">
         <f t="shared" si="3"/>
         <v>405645</v>
       </c>
-      <c r="T242" s="61"/>
       <c r="U242" s="61"/>
-    </row>
-    <row r="243" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V242" s="61"/>
+    </row>
+    <row r="243" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A243" s="7" t="s">
         <v>555</v>
       </c>
       <c r="B243" s="8" t="s">
         <v>234</v>
       </c>
       <c r="C243" s="61">
         <f>VLOOKUP(A243,'AR DOP'!A:G,7,FALSE)</f>
         <v>171461</v>
       </c>
       <c r="D243" s="61"/>
       <c r="E243" s="61"/>
-      <c r="F243" s="65"/>
+      <c r="F243" s="132"/>
       <c r="G243" s="65"/>
       <c r="H243" s="65"/>
       <c r="I243" s="65"/>
       <c r="J243" s="65"/>
       <c r="K243" s="65"/>
       <c r="L243" s="65"/>
       <c r="M243" s="65"/>
-      <c r="N243" s="66"/>
-[...1 lines deleted...]
-      <c r="P243" s="36">
+      <c r="N243" s="65"/>
+      <c r="O243" s="66"/>
+      <c r="P243" s="69"/>
+      <c r="Q243" s="36">
         <f>IFERROR(VLOOKUP(A243,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q243" s="31">
+      <c r="R243" s="31">
         <f>IFERROR(VLOOKUP(A243,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>42676</v>
       </c>
-      <c r="R243" s="31">
+      <c r="S243" s="31">
         <f>IFERROR(VLOOKUP(A243,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>61595</v>
       </c>
-      <c r="S243" s="48">
+      <c r="T243" s="48">
         <f t="shared" si="3"/>
         <v>275732</v>
       </c>
-      <c r="T243" s="61"/>
       <c r="U243" s="61"/>
-    </row>
-    <row r="244" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V243" s="61"/>
+    </row>
+    <row r="244" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A244" s="7" t="s">
         <v>556</v>
       </c>
       <c r="B244" s="8" t="s">
         <v>235</v>
       </c>
       <c r="C244" s="61">
         <f>VLOOKUP(A244,'AR DOP'!A:G,7,FALSE)</f>
         <v>275992</v>
       </c>
       <c r="D244" s="61"/>
       <c r="E244" s="61"/>
-      <c r="F244" s="65"/>
+      <c r="F244" s="132"/>
       <c r="G244" s="65"/>
       <c r="H244" s="65"/>
       <c r="I244" s="65"/>
       <c r="J244" s="65"/>
       <c r="K244" s="65"/>
       <c r="L244" s="65"/>
       <c r="M244" s="65"/>
-      <c r="N244" s="66"/>
-[...1 lines deleted...]
-      <c r="P244" s="36">
+      <c r="N244" s="65"/>
+      <c r="O244" s="66"/>
+      <c r="P244" s="69"/>
+      <c r="Q244" s="36">
         <f>IFERROR(VLOOKUP(A244,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q244" s="31">
+      <c r="R244" s="31">
         <f>IFERROR(VLOOKUP(A244,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>66574</v>
       </c>
-      <c r="R244" s="31">
+      <c r="S244" s="31">
         <f>IFERROR(VLOOKUP(A244,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6709</v>
       </c>
-      <c r="S244" s="48">
+      <c r="T244" s="48">
         <f t="shared" si="3"/>
         <v>349275</v>
       </c>
-      <c r="T244" s="61"/>
       <c r="U244" s="61"/>
-    </row>
-    <row r="245" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V244" s="61"/>
+    </row>
+    <row r="245" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A245" s="7" t="s">
         <v>557</v>
       </c>
       <c r="B245" s="8" t="s">
         <v>236</v>
       </c>
       <c r="C245" s="61">
         <f>VLOOKUP(A245,'AR DOP'!A:G,7,FALSE)</f>
         <v>76933</v>
       </c>
       <c r="D245" s="61"/>
       <c r="E245" s="61"/>
-      <c r="F245" s="65"/>
+      <c r="F245" s="132"/>
       <c r="G245" s="65"/>
       <c r="H245" s="65"/>
       <c r="I245" s="65"/>
       <c r="J245" s="65"/>
       <c r="K245" s="65"/>
       <c r="L245" s="65"/>
       <c r="M245" s="65"/>
-      <c r="N245" s="66"/>
-[...1 lines deleted...]
-      <c r="P245" s="36">
+      <c r="N245" s="65"/>
+      <c r="O245" s="66"/>
+      <c r="P245" s="69"/>
+      <c r="Q245" s="36">
         <f>IFERROR(VLOOKUP(A245,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q245" s="31">
+      <c r="R245" s="31">
         <f>IFERROR(VLOOKUP(A245,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R245" s="31">
+      <c r="S245" s="31">
         <f>IFERROR(VLOOKUP(A245,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S245" s="48">
+      <c r="T245" s="48">
         <f t="shared" si="3"/>
         <v>187891</v>
       </c>
-      <c r="T245" s="61"/>
       <c r="U245" s="61"/>
-    </row>
-    <row r="246" spans="1:21" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="V245" s="61"/>
+    </row>
+    <row r="246" spans="1:22" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A246" s="7" t="s">
         <v>558</v>
       </c>
       <c r="B246" s="8" t="s">
         <v>237</v>
       </c>
       <c r="C246" s="61">
         <f>VLOOKUP(A246,'AR DOP'!A:G,7,FALSE)</f>
         <v>72390</v>
       </c>
       <c r="D246" s="61"/>
       <c r="E246" s="61"/>
-      <c r="F246" s="65"/>
+      <c r="F246" s="132"/>
       <c r="G246" s="65"/>
       <c r="H246" s="65"/>
       <c r="I246" s="65"/>
       <c r="J246" s="65"/>
       <c r="K246" s="65"/>
       <c r="L246" s="65"/>
       <c r="M246" s="65"/>
-      <c r="N246" s="66"/>
-[...1 lines deleted...]
-      <c r="P246" s="36">
+      <c r="N246" s="65"/>
+      <c r="O246" s="66"/>
+      <c r="P246" s="69"/>
+      <c r="Q246" s="36">
         <f>IFERROR(VLOOKUP(A246,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q246" s="31">
+      <c r="R246" s="31">
         <f>IFERROR(VLOOKUP(A246,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>42676</v>
       </c>
-      <c r="R246" s="31">
+      <c r="S246" s="31">
         <f>IFERROR(VLOOKUP(A246,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S246" s="48">
+      <c r="T246" s="48">
         <f t="shared" si="3"/>
         <v>115066</v>
       </c>
-      <c r="T246" s="61"/>
       <c r="U246" s="61"/>
-    </row>
-    <row r="247" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V246" s="61"/>
+    </row>
+    <row r="247" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A247" s="7" t="s">
         <v>583</v>
       </c>
       <c r="B247" s="8" t="s">
         <v>263</v>
       </c>
       <c r="C247" s="61">
         <f>VLOOKUP(A247,'AR DOP'!A:G,7,FALSE)</f>
         <v>162923</v>
       </c>
       <c r="D247" s="61"/>
       <c r="E247" s="61"/>
-      <c r="F247" s="65"/>
+      <c r="F247" s="132"/>
       <c r="G247" s="65"/>
       <c r="H247" s="65"/>
       <c r="I247" s="65"/>
       <c r="J247" s="65"/>
       <c r="K247" s="65"/>
       <c r="L247" s="65"/>
       <c r="M247" s="65"/>
-      <c r="N247" s="66"/>
-[...1 lines deleted...]
-      <c r="P247" s="36">
+      <c r="N247" s="65"/>
+      <c r="O247" s="66"/>
+      <c r="P247" s="69"/>
+      <c r="Q247" s="36">
         <f>IFERROR(VLOOKUP(A247,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>27159</v>
       </c>
-      <c r="Q247" s="31">
+      <c r="R247" s="31">
         <f>IFERROR(VLOOKUP(A247,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>40115</v>
       </c>
-      <c r="R247" s="31">
+      <c r="S247" s="31">
         <f>IFERROR(VLOOKUP(A247,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6709</v>
       </c>
-      <c r="S247" s="48">
+      <c r="T247" s="48">
         <f t="shared" si="3"/>
         <v>236906</v>
       </c>
-      <c r="T247" s="61"/>
       <c r="U247" s="61"/>
-    </row>
-    <row r="248" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V247" s="61"/>
+    </row>
+    <row r="248" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A248" s="7" t="s">
         <v>559</v>
       </c>
       <c r="B248" s="8" t="s">
         <v>238</v>
       </c>
       <c r="C248" s="61">
         <f>VLOOKUP(A248,'AR DOP'!A:G,7,FALSE)</f>
         <v>399394</v>
       </c>
       <c r="D248" s="61"/>
       <c r="E248" s="61"/>
-      <c r="F248" s="65"/>
+      <c r="F248" s="132"/>
       <c r="G248" s="65"/>
       <c r="H248" s="65"/>
       <c r="I248" s="65"/>
       <c r="J248" s="65"/>
       <c r="K248" s="65"/>
       <c r="L248" s="65"/>
       <c r="M248" s="65"/>
-      <c r="N248" s="66"/>
-[...1 lines deleted...]
-      <c r="P248" s="36">
+      <c r="N248" s="65"/>
+      <c r="O248" s="66"/>
+      <c r="P248" s="69"/>
+      <c r="Q248" s="36">
         <f>IFERROR(VLOOKUP(A248,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q248" s="31">
+      <c r="R248" s="31">
         <f>IFERROR(VLOOKUP(A248,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>289344</v>
       </c>
-      <c r="R248" s="31">
+      <c r="S248" s="31">
         <f>IFERROR(VLOOKUP(A248,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>22685</v>
       </c>
-      <c r="S248" s="48">
+      <c r="T248" s="48">
         <f t="shared" si="3"/>
         <v>711423</v>
       </c>
-      <c r="T248" s="61"/>
       <c r="U248" s="61"/>
-    </row>
-    <row r="249" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V248" s="61"/>
+    </row>
+    <row r="249" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A249" s="7" t="s">
         <v>560</v>
       </c>
       <c r="B249" s="8" t="s">
         <v>239</v>
       </c>
       <c r="C249" s="61">
         <f>VLOOKUP(A249,'AR DOP'!A:G,7,FALSE)</f>
         <v>137908</v>
       </c>
       <c r="D249" s="61"/>
       <c r="E249" s="61"/>
-      <c r="F249" s="65"/>
+      <c r="F249" s="132"/>
       <c r="G249" s="65"/>
       <c r="H249" s="65"/>
       <c r="I249" s="65"/>
       <c r="J249" s="65"/>
       <c r="K249" s="65"/>
       <c r="L249" s="65"/>
       <c r="M249" s="65"/>
-      <c r="N249" s="66"/>
-[...1 lines deleted...]
-      <c r="P249" s="36">
+      <c r="N249" s="65"/>
+      <c r="O249" s="66"/>
+      <c r="P249" s="69"/>
+      <c r="Q249" s="36">
         <f>IFERROR(VLOOKUP(A249,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>96981</v>
       </c>
-      <c r="Q249" s="31">
+      <c r="R249" s="31">
         <f>IFERROR(VLOOKUP(A249,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>127175</v>
       </c>
-      <c r="R249" s="31">
+      <c r="S249" s="31">
         <f>IFERROR(VLOOKUP(A249,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>11782</v>
       </c>
-      <c r="S249" s="48">
+      <c r="T249" s="48">
         <f t="shared" si="3"/>
         <v>373846</v>
       </c>
-      <c r="T249" s="61"/>
       <c r="U249" s="61"/>
-    </row>
-    <row r="250" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V249" s="61"/>
+    </row>
+    <row r="250" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A250" s="7" t="s">
         <v>561</v>
       </c>
       <c r="B250" s="8" t="s">
         <v>240</v>
       </c>
       <c r="C250" s="61">
         <f>VLOOKUP(A250,'AR DOP'!A:G,7,FALSE)</f>
         <v>45215</v>
       </c>
       <c r="D250" s="61"/>
       <c r="E250" s="61"/>
-      <c r="F250" s="65"/>
+      <c r="F250" s="132"/>
       <c r="G250" s="65"/>
       <c r="H250" s="65"/>
       <c r="I250" s="65"/>
       <c r="J250" s="65"/>
       <c r="K250" s="65"/>
       <c r="L250" s="65"/>
       <c r="M250" s="65"/>
-      <c r="N250" s="66"/>
-[...1 lines deleted...]
-      <c r="P250" s="36">
+      <c r="N250" s="65"/>
+      <c r="O250" s="66"/>
+      <c r="P250" s="69"/>
+      <c r="Q250" s="36">
         <f>IFERROR(VLOOKUP(A250,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q250" s="31">
+      <c r="R250" s="31">
         <f>IFERROR(VLOOKUP(A250,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>84498</v>
       </c>
-      <c r="R250" s="31">
+      <c r="S250" s="31">
         <f>IFERROR(VLOOKUP(A250,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3754</v>
       </c>
-      <c r="S250" s="48">
+      <c r="T250" s="48">
         <f t="shared" si="3"/>
         <v>133467</v>
       </c>
-      <c r="T250" s="61"/>
       <c r="U250" s="61"/>
-    </row>
-    <row r="251" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V250" s="61"/>
+    </row>
+    <row r="251" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A251" s="7" t="s">
         <v>562</v>
       </c>
       <c r="B251" s="8" t="s">
         <v>241</v>
       </c>
       <c r="C251" s="61">
         <f>VLOOKUP(A251,'AR DOP'!A:G,7,FALSE)</f>
         <v>444548</v>
       </c>
       <c r="D251" s="61"/>
       <c r="E251" s="61"/>
-      <c r="F251" s="65"/>
+      <c r="F251" s="132"/>
       <c r="G251" s="65"/>
       <c r="H251" s="65"/>
       <c r="I251" s="65"/>
       <c r="J251" s="65"/>
       <c r="K251" s="65"/>
       <c r="L251" s="65"/>
       <c r="M251" s="65"/>
-      <c r="N251" s="66"/>
-[...1 lines deleted...]
-      <c r="P251" s="36">
+      <c r="N251" s="65"/>
+      <c r="O251" s="66"/>
+      <c r="P251" s="69"/>
+      <c r="Q251" s="36">
         <f>IFERROR(VLOOKUP(A251,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q251" s="31">
+      <c r="R251" s="31">
         <f>IFERROR(VLOOKUP(A251,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>187775</v>
       </c>
-      <c r="R251" s="31">
+      <c r="S251" s="31">
         <f>IFERROR(VLOOKUP(A251,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>23484</v>
       </c>
-      <c r="S251" s="48">
+      <c r="T251" s="48">
         <f t="shared" si="3"/>
         <v>655807</v>
       </c>
-      <c r="T251" s="61"/>
       <c r="U251" s="61"/>
-    </row>
-    <row r="252" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V251" s="61"/>
+    </row>
+    <row r="252" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A252" s="7" t="s">
         <v>563</v>
       </c>
       <c r="B252" s="8" t="s">
         <v>242</v>
       </c>
       <c r="C252" s="61">
         <f>VLOOKUP(A252,'AR DOP'!A:G,7,FALSE)</f>
         <v>24329</v>
       </c>
       <c r="D252" s="61"/>
       <c r="E252" s="61"/>
-      <c r="F252" s="65"/>
+      <c r="F252" s="132"/>
       <c r="G252" s="65"/>
       <c r="H252" s="65"/>
       <c r="I252" s="65"/>
       <c r="J252" s="65"/>
       <c r="K252" s="65"/>
       <c r="L252" s="65"/>
       <c r="M252" s="65"/>
-      <c r="N252" s="66"/>
-[...1 lines deleted...]
-      <c r="P252" s="36">
+      <c r="N252" s="65"/>
+      <c r="O252" s="66"/>
+      <c r="P252" s="69"/>
+      <c r="Q252" s="36">
         <f>IFERROR(VLOOKUP(A252,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q252" s="31">
+      <c r="R252" s="31">
         <f>IFERROR(VLOOKUP(A252,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>51211</v>
       </c>
-      <c r="R252" s="31">
+      <c r="S252" s="31">
         <f>IFERROR(VLOOKUP(A252,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S252" s="48">
+      <c r="T252" s="48">
         <f t="shared" si="3"/>
         <v>75540</v>
       </c>
-      <c r="T252" s="61"/>
       <c r="U252" s="61"/>
-    </row>
-    <row r="253" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V252" s="61"/>
+    </row>
+    <row r="253" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A253" s="7" t="s">
         <v>620</v>
       </c>
       <c r="B253" s="8" t="s">
         <v>300</v>
       </c>
       <c r="C253" s="61">
         <f>VLOOKUP(A253,'AR DOP'!A:G,7,FALSE)</f>
         <v>193851</v>
       </c>
       <c r="D253" s="61"/>
       <c r="E253" s="61"/>
-      <c r="F253" s="65"/>
+      <c r="F253" s="132"/>
       <c r="G253" s="65"/>
       <c r="H253" s="65"/>
       <c r="I253" s="65"/>
       <c r="J253" s="65"/>
       <c r="K253" s="65"/>
       <c r="L253" s="65"/>
       <c r="M253" s="65"/>
-      <c r="N253" s="66"/>
-[...1 lines deleted...]
-      <c r="P253" s="36">
+      <c r="N253" s="65"/>
+      <c r="O253" s="66"/>
+      <c r="P253" s="69"/>
+      <c r="Q253" s="36">
         <f>IFERROR(VLOOKUP(A253,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q253" s="31">
+      <c r="R253" s="31">
         <f>IFERROR(VLOOKUP(A253,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>241547</v>
       </c>
-      <c r="R253" s="31">
+      <c r="S253" s="31">
         <f>IFERROR(VLOOKUP(A253,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1680</v>
       </c>
-      <c r="S253" s="48">
+      <c r="T253" s="48">
         <f t="shared" si="3"/>
         <v>437078</v>
       </c>
-      <c r="T253" s="61"/>
       <c r="U253" s="61"/>
-    </row>
-    <row r="254" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V253" s="61"/>
+    </row>
+    <row r="254" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A254" s="7" t="s">
         <v>564</v>
       </c>
       <c r="B254" s="8" t="s">
         <v>243</v>
       </c>
       <c r="C254" s="61">
         <f>VLOOKUP(A254,'AR DOP'!A:G,7,FALSE)</f>
         <v>401932</v>
       </c>
       <c r="D254" s="61"/>
       <c r="E254" s="61"/>
-      <c r="F254" s="65"/>
+      <c r="F254" s="132"/>
       <c r="G254" s="65"/>
       <c r="H254" s="65"/>
       <c r="I254" s="65"/>
       <c r="J254" s="65"/>
       <c r="K254" s="65"/>
       <c r="L254" s="65"/>
       <c r="M254" s="65"/>
-      <c r="N254" s="66"/>
-[...1 lines deleted...]
-      <c r="P254" s="36">
+      <c r="N254" s="65"/>
+      <c r="O254" s="66"/>
+      <c r="P254" s="69"/>
+      <c r="Q254" s="36">
         <f>IFERROR(VLOOKUP(A254,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q254" s="31">
+      <c r="R254" s="31">
         <f>IFERROR(VLOOKUP(A254,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>102423</v>
       </c>
-      <c r="R254" s="31">
+      <c r="S254" s="31">
         <f>IFERROR(VLOOKUP(A254,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>51123</v>
       </c>
-      <c r="S254" s="48">
+      <c r="T254" s="48">
         <f t="shared" si="3"/>
         <v>555478</v>
       </c>
-      <c r="T254" s="61"/>
       <c r="U254" s="61"/>
-    </row>
-    <row r="255" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V254" s="61"/>
+    </row>
+    <row r="255" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A255" s="7" t="s">
         <v>565</v>
       </c>
       <c r="B255" s="8" t="s">
         <v>244</v>
       </c>
       <c r="C255" s="61">
         <f>VLOOKUP(A255,'AR DOP'!A:G,7,FALSE)</f>
         <v>306965</v>
       </c>
       <c r="D255" s="61"/>
       <c r="E255" s="61"/>
-      <c r="F255" s="65"/>
+      <c r="F255" s="132"/>
       <c r="G255" s="65"/>
       <c r="H255" s="65"/>
       <c r="I255" s="65"/>
       <c r="J255" s="65"/>
       <c r="K255" s="65"/>
       <c r="L255" s="65"/>
       <c r="M255" s="65"/>
-      <c r="N255" s="66"/>
-[...1 lines deleted...]
-      <c r="P255" s="36">
+      <c r="N255" s="65"/>
+      <c r="O255" s="66"/>
+      <c r="P255" s="69"/>
+      <c r="Q255" s="36">
         <f>IFERROR(VLOOKUP(A255,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q255" s="31">
+      <c r="R255" s="31">
         <f>IFERROR(VLOOKUP(A255,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>246668</v>
       </c>
-      <c r="R255" s="31">
+      <c r="S255" s="31">
         <f>IFERROR(VLOOKUP(A255,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S255" s="48">
+      <c r="T255" s="48">
         <f t="shared" si="3"/>
         <v>555310</v>
       </c>
-      <c r="T255" s="61"/>
       <c r="U255" s="61"/>
-    </row>
-    <row r="256" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V255" s="61"/>
+    </row>
+    <row r="256" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A256" s="7" t="s">
         <v>566</v>
       </c>
       <c r="B256" s="8" t="s">
         <v>245</v>
       </c>
       <c r="C256" s="61">
         <f>VLOOKUP(A256,'AR DOP'!A:G,7,FALSE)</f>
         <v>261897</v>
       </c>
       <c r="D256" s="61"/>
       <c r="E256" s="61"/>
-      <c r="F256" s="65"/>
+      <c r="F256" s="132"/>
       <c r="G256" s="65"/>
       <c r="H256" s="65"/>
       <c r="I256" s="65"/>
       <c r="J256" s="65"/>
       <c r="K256" s="65"/>
       <c r="L256" s="65"/>
       <c r="M256" s="65"/>
-      <c r="N256" s="66"/>
-[...1 lines deleted...]
-      <c r="P256" s="36">
+      <c r="N256" s="65"/>
+      <c r="O256" s="66"/>
+      <c r="P256" s="69"/>
+      <c r="Q256" s="36">
         <f>IFERROR(VLOOKUP(A256,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q256" s="31">
+      <c r="R256" s="31">
         <f>IFERROR(VLOOKUP(A256,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>42676</v>
       </c>
-      <c r="R256" s="31">
+      <c r="S256" s="31">
         <f>IFERROR(VLOOKUP(A256,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>16774</v>
       </c>
-      <c r="S256" s="48">
+      <c r="T256" s="48">
         <f t="shared" si="3"/>
         <v>321347</v>
       </c>
-      <c r="T256" s="61"/>
       <c r="U256" s="61"/>
-    </row>
-    <row r="257" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V256" s="61"/>
+    </row>
+    <row r="257" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A257" s="7" t="s">
         <v>567</v>
       </c>
       <c r="B257" s="8" t="s">
         <v>246</v>
       </c>
       <c r="C257" s="61">
         <f>VLOOKUP(A257,'AR DOP'!A:G,7,FALSE)</f>
         <v>126178</v>
       </c>
       <c r="D257" s="61"/>
       <c r="E257" s="61"/>
-      <c r="F257" s="65"/>
+      <c r="F257" s="132"/>
       <c r="G257" s="65"/>
       <c r="H257" s="65"/>
       <c r="I257" s="65"/>
       <c r="J257" s="65"/>
       <c r="K257" s="65"/>
       <c r="L257" s="65"/>
       <c r="M257" s="65"/>
-      <c r="N257" s="66"/>
-[...1 lines deleted...]
-      <c r="P257" s="36">
+      <c r="N257" s="65"/>
+      <c r="O257" s="66"/>
+      <c r="P257" s="69"/>
+      <c r="Q257" s="36">
         <f>IFERROR(VLOOKUP(A257,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q257" s="31">
+      <c r="R257" s="31">
         <f>IFERROR(VLOOKUP(A257,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>51211</v>
       </c>
-      <c r="R257" s="31">
+      <c r="S257" s="31">
         <f>IFERROR(VLOOKUP(A257,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S257" s="48">
+      <c r="T257" s="48">
         <f t="shared" si="3"/>
         <v>177389</v>
       </c>
-      <c r="T257" s="61"/>
       <c r="U257" s="61"/>
-    </row>
-    <row r="258" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V257" s="61"/>
+    </row>
+    <row r="258" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A258" s="7" t="s">
         <v>568</v>
       </c>
       <c r="B258" s="8" t="s">
         <v>247</v>
       </c>
       <c r="C258" s="61">
         <f>VLOOKUP(A258,'AR DOP'!A:G,7,FALSE)</f>
         <v>174989</v>
       </c>
       <c r="D258" s="61"/>
       <c r="E258" s="61"/>
-      <c r="F258" s="65"/>
+      <c r="F258" s="132"/>
       <c r="G258" s="65"/>
       <c r="H258" s="65"/>
       <c r="I258" s="65"/>
       <c r="J258" s="65"/>
       <c r="K258" s="65"/>
       <c r="L258" s="65"/>
       <c r="M258" s="65"/>
-      <c r="N258" s="66"/>
-[...1 lines deleted...]
-      <c r="P258" s="36">
+      <c r="N258" s="65"/>
+      <c r="O258" s="66"/>
+      <c r="P258" s="69"/>
+      <c r="Q258" s="36">
         <f>IFERROR(VLOOKUP(A258,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q258" s="31">
+      <c r="R258" s="31">
         <f>IFERROR(VLOOKUP(A258,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>100715</v>
       </c>
-      <c r="R258" s="31">
+      <c r="S258" s="31">
         <f>IFERROR(VLOOKUP(A258,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S258" s="48">
+      <c r="T258" s="48">
         <f t="shared" si="3"/>
         <v>275704</v>
       </c>
-      <c r="T258" s="61"/>
       <c r="U258" s="61"/>
-    </row>
-    <row r="259" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V258" s="61"/>
+    </row>
+    <row r="259" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A259" s="7" t="s">
         <v>569</v>
       </c>
       <c r="B259" s="8" t="s">
         <v>248</v>
       </c>
       <c r="C259" s="61">
         <f>VLOOKUP(A259,'AR DOP'!A:G,7,FALSE)</f>
         <v>601819</v>
       </c>
       <c r="D259" s="61"/>
       <c r="E259" s="61"/>
-      <c r="F259" s="65"/>
+      <c r="F259" s="132"/>
       <c r="G259" s="65"/>
       <c r="H259" s="65"/>
       <c r="I259" s="65"/>
       <c r="J259" s="65"/>
       <c r="K259" s="65"/>
       <c r="L259" s="65"/>
       <c r="M259" s="65"/>
-      <c r="N259" s="66"/>
-[...1 lines deleted...]
-      <c r="P259" s="36">
+      <c r="N259" s="65"/>
+      <c r="O259" s="66"/>
+      <c r="P259" s="69"/>
+      <c r="Q259" s="36">
         <f>IFERROR(VLOOKUP(A259,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q259" s="31">
+      <c r="R259" s="31">
         <f>IFERROR(VLOOKUP(A259,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68282</v>
       </c>
-      <c r="R259" s="31">
+      <c r="S259" s="31">
         <f>IFERROR(VLOOKUP(A259,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>132840</v>
       </c>
-      <c r="S259" s="48">
+      <c r="T259" s="48">
         <f t="shared" si="3"/>
         <v>802941</v>
       </c>
-      <c r="T259" s="61"/>
       <c r="U259" s="61"/>
-    </row>
-    <row r="260" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V259" s="61"/>
+    </row>
+    <row r="260" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A260" s="7" t="s">
         <v>656</v>
       </c>
       <c r="B260" s="8" t="s">
         <v>249</v>
       </c>
       <c r="C260" s="61">
         <f>VLOOKUP(A260,'AR DOP'!A:G,7,FALSE)</f>
         <v>165324</v>
       </c>
       <c r="D260" s="61"/>
       <c r="E260" s="61"/>
-      <c r="F260" s="65"/>
+      <c r="F260" s="132"/>
       <c r="G260" s="65"/>
       <c r="H260" s="65"/>
       <c r="I260" s="65"/>
       <c r="J260" s="65"/>
       <c r="K260" s="65"/>
       <c r="L260" s="65"/>
       <c r="M260" s="65"/>
-      <c r="N260" s="66"/>
-[...1 lines deleted...]
-      <c r="P260" s="36">
+      <c r="N260" s="65"/>
+      <c r="O260" s="66"/>
+      <c r="P260" s="69"/>
+      <c r="Q260" s="36">
         <f>IFERROR(VLOOKUP(A260,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>190114</v>
       </c>
-      <c r="Q260" s="31">
+      <c r="R260" s="31">
         <f>IFERROR(VLOOKUP(A260,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R260" s="31">
+      <c r="S260" s="31">
         <f>IFERROR(VLOOKUP(A260,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>11742</v>
       </c>
-      <c r="S260" s="48">
+      <c r="T260" s="48">
         <f t="shared" si="3"/>
         <v>367180</v>
       </c>
-      <c r="T260" s="61"/>
       <c r="U260" s="61"/>
-    </row>
-    <row r="261" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V260" s="61"/>
+    </row>
+    <row r="261" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A261" s="7" t="s">
         <v>570</v>
       </c>
       <c r="B261" s="8" t="s">
         <v>250</v>
       </c>
       <c r="C261" s="61">
         <f>VLOOKUP(A261,'AR DOP'!A:G,7,FALSE)</f>
         <v>4098856</v>
       </c>
       <c r="D261" s="61"/>
       <c r="E261" s="61"/>
-      <c r="F261" s="65"/>
+      <c r="F261" s="132"/>
       <c r="G261" s="65"/>
       <c r="H261" s="65"/>
       <c r="I261" s="65"/>
       <c r="J261" s="65"/>
       <c r="K261" s="65"/>
       <c r="L261" s="65"/>
       <c r="M261" s="65"/>
-      <c r="N261" s="66"/>
-[...1 lines deleted...]
-      <c r="P261" s="36">
+      <c r="N261" s="65"/>
+      <c r="O261" s="66"/>
+      <c r="P261" s="69"/>
+      <c r="Q261" s="36">
         <f>IFERROR(VLOOKUP(A261,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q261" s="31">
+      <c r="R261" s="31">
         <f>IFERROR(VLOOKUP(A261,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>1016548</v>
       </c>
-      <c r="R261" s="31">
+      <c r="S261" s="31">
         <f>IFERROR(VLOOKUP(A261,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1394784</v>
       </c>
-      <c r="S261" s="48">
-        <f t="shared" ref="S261:S324" si="4">SUM(C261:R261)</f>
+      <c r="T261" s="48">
+        <f t="shared" ref="T261:T324" si="4">SUM(C261:S261)</f>
         <v>6510188</v>
       </c>
-      <c r="T261" s="61"/>
       <c r="U261" s="61"/>
-    </row>
-    <row r="262" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V261" s="61"/>
+    </row>
+    <row r="262" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A262" s="7" t="s">
         <v>572</v>
       </c>
       <c r="B262" s="8" t="s">
         <v>252</v>
       </c>
       <c r="C262" s="61">
         <f>VLOOKUP(A262,'AR DOP'!A:G,7,FALSE)</f>
         <v>347592</v>
       </c>
       <c r="D262" s="61"/>
       <c r="E262" s="61"/>
-      <c r="F262" s="65"/>
-      <c r="G262" s="65">
+      <c r="F262" s="132"/>
+      <c r="G262" s="65"/>
+      <c r="H262" s="65">
         <v>19240</v>
       </c>
-      <c r="H262" s="65"/>
       <c r="I262" s="65"/>
       <c r="J262" s="65"/>
       <c r="K262" s="65"/>
       <c r="L262" s="65"/>
       <c r="M262" s="65"/>
-      <c r="N262" s="66"/>
-[...1 lines deleted...]
-      <c r="P262" s="36">
+      <c r="N262" s="65"/>
+      <c r="O262" s="66"/>
+      <c r="P262" s="69"/>
+      <c r="Q262" s="36">
         <f>IFERROR(VLOOKUP(A262,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>312330</v>
       </c>
-      <c r="Q262" s="31">
+      <c r="R262" s="31">
         <f>IFERROR(VLOOKUP(A262,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R262" s="31">
+      <c r="S262" s="31">
         <f>IFERROR(VLOOKUP(A262,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S262" s="48">
+      <c r="T262" s="48">
         <f t="shared" si="4"/>
         <v>682516</v>
       </c>
-      <c r="T262" s="61"/>
       <c r="U262" s="61"/>
-    </row>
-    <row r="263" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V262" s="61"/>
+    </row>
+    <row r="263" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A263" s="7" t="s">
         <v>571</v>
       </c>
       <c r="B263" s="8" t="s">
         <v>251</v>
       </c>
       <c r="C263" s="61">
         <f>VLOOKUP(A263,'AR DOP'!A:G,7,FALSE)</f>
         <v>74887</v>
       </c>
       <c r="D263" s="61"/>
       <c r="E263" s="61"/>
-      <c r="F263" s="65"/>
+      <c r="F263" s="132"/>
       <c r="G263" s="65"/>
       <c r="H263" s="65"/>
       <c r="I263" s="65"/>
       <c r="J263" s="65"/>
       <c r="K263" s="65"/>
       <c r="L263" s="65"/>
       <c r="M263" s="65"/>
-      <c r="N263" s="66"/>
-[...1 lines deleted...]
-      <c r="P263" s="36">
+      <c r="N263" s="65"/>
+      <c r="O263" s="66"/>
+      <c r="P263" s="69"/>
+      <c r="Q263" s="36">
         <f>IFERROR(VLOOKUP(A263,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>295556</v>
       </c>
-      <c r="Q263" s="31">
+      <c r="R263" s="31">
         <f>IFERROR(VLOOKUP(A263,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R263" s="31">
+      <c r="S263" s="31">
         <f>IFERROR(VLOOKUP(A263,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S263" s="48">
+      <c r="T263" s="48">
         <f t="shared" si="4"/>
         <v>370443</v>
       </c>
-      <c r="T263" s="61"/>
       <c r="U263" s="61"/>
-    </row>
-    <row r="264" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V263" s="61"/>
+    </row>
+    <row r="264" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A264" s="7" t="s">
         <v>578</v>
       </c>
       <c r="B264" s="8" t="s">
         <v>259</v>
       </c>
       <c r="C264" s="61">
         <f>VLOOKUP(A264,'AR DOP'!A:G,7,FALSE)</f>
         <v>191307</v>
       </c>
       <c r="D264" s="61"/>
       <c r="E264" s="61"/>
-      <c r="F264" s="65"/>
+      <c r="F264" s="132"/>
       <c r="G264" s="65"/>
       <c r="H264" s="65"/>
       <c r="I264" s="65"/>
       <c r="J264" s="65"/>
       <c r="K264" s="65"/>
       <c r="L264" s="65"/>
       <c r="M264" s="65"/>
-      <c r="N264" s="66"/>
-[...1 lines deleted...]
-      <c r="P264" s="36">
+      <c r="N264" s="65"/>
+      <c r="O264" s="66"/>
+      <c r="P264" s="69"/>
+      <c r="Q264" s="36">
         <f>IFERROR(VLOOKUP(A264,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q264" s="31">
+      <c r="R264" s="31">
         <f>IFERROR(VLOOKUP(A264,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>167290</v>
       </c>
-      <c r="R264" s="31">
+      <c r="S264" s="31">
         <f>IFERROR(VLOOKUP(A264,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S264" s="48">
+      <c r="T264" s="48">
         <f t="shared" si="4"/>
         <v>358597</v>
       </c>
-      <c r="T264" s="61"/>
       <c r="U264" s="61"/>
-    </row>
-    <row r="265" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V264" s="61"/>
+    </row>
+    <row r="265" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A265" s="7" t="s">
         <v>573</v>
       </c>
       <c r="B265" s="8" t="s">
         <v>253</v>
       </c>
       <c r="C265" s="61">
         <f>VLOOKUP(A265,'AR DOP'!A:G,7,FALSE)</f>
         <v>239359</v>
       </c>
       <c r="D265" s="61"/>
       <c r="E265" s="61"/>
-      <c r="F265" s="65"/>
+      <c r="F265" s="132"/>
       <c r="G265" s="65"/>
       <c r="H265" s="65"/>
       <c r="I265" s="65"/>
       <c r="J265" s="65"/>
       <c r="K265" s="65"/>
       <c r="L265" s="65"/>
       <c r="M265" s="65"/>
-      <c r="N265" s="66"/>
-[...1 lines deleted...]
-      <c r="P265" s="36">
+      <c r="N265" s="65"/>
+      <c r="O265" s="66"/>
+      <c r="P265" s="69"/>
+      <c r="Q265" s="36">
         <f>IFERROR(VLOOKUP(A265,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>124956</v>
       </c>
-      <c r="Q265" s="31">
+      <c r="R265" s="31">
         <f>IFERROR(VLOOKUP(A265,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>26459</v>
       </c>
-      <c r="R265" s="31">
+      <c r="S265" s="31">
         <f>IFERROR(VLOOKUP(A265,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>7128</v>
       </c>
-      <c r="S265" s="48">
+      <c r="T265" s="48">
         <f t="shared" si="4"/>
         <v>397902</v>
       </c>
-      <c r="T265" s="61"/>
       <c r="U265" s="61"/>
-    </row>
-    <row r="266" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V265" s="61"/>
+    </row>
+    <row r="266" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A266" s="7" t="s">
         <v>579</v>
       </c>
       <c r="B266" s="8" t="s">
         <v>976</v>
       </c>
       <c r="C266" s="61">
         <f>VLOOKUP(A266,'AR DOP'!A:G,7,FALSE)</f>
         <v>306140</v>
       </c>
       <c r="D266" s="61"/>
       <c r="E266" s="61"/>
-      <c r="F266" s="65"/>
+      <c r="F266" s="132"/>
       <c r="G266" s="65"/>
       <c r="H266" s="65"/>
       <c r="I266" s="65"/>
       <c r="J266" s="65"/>
       <c r="K266" s="65"/>
       <c r="L266" s="65"/>
       <c r="M266" s="65"/>
-      <c r="N266" s="66"/>
-[...1 lines deleted...]
-      <c r="P266" s="36">
+      <c r="N266" s="65"/>
+      <c r="O266" s="66"/>
+      <c r="P266" s="69"/>
+      <c r="Q266" s="36">
         <f>IFERROR(VLOOKUP(A266,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q266" s="31">
+      <c r="R266" s="31">
         <f>IFERROR(VLOOKUP(A266,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>182654</v>
       </c>
-      <c r="R266" s="31">
+      <c r="S266" s="31">
         <f>IFERROR(VLOOKUP(A266,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S266" s="48">
+      <c r="T266" s="48">
         <f t="shared" si="4"/>
         <v>488794</v>
       </c>
-      <c r="T266" s="61"/>
       <c r="U266" s="61"/>
-    </row>
-    <row r="267" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V266" s="61"/>
+    </row>
+    <row r="267" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A267" s="7" t="s">
         <v>574</v>
       </c>
       <c r="B267" s="8" t="s">
         <v>255</v>
       </c>
       <c r="C267" s="61">
         <f>VLOOKUP(A267,'AR DOP'!A:G,7,FALSE)</f>
         <v>72208</v>
       </c>
       <c r="D267" s="61"/>
       <c r="E267" s="61"/>
-      <c r="F267" s="65"/>
+      <c r="F267" s="132"/>
       <c r="G267" s="65"/>
       <c r="H267" s="65"/>
       <c r="I267" s="65"/>
       <c r="J267" s="65"/>
       <c r="K267" s="65"/>
       <c r="L267" s="65"/>
       <c r="M267" s="65"/>
-      <c r="N267" s="66"/>
-[...1 lines deleted...]
-      <c r="P267" s="36">
+      <c r="N267" s="65"/>
+      <c r="O267" s="66"/>
+      <c r="P267" s="69"/>
+      <c r="Q267" s="36">
         <f>IFERROR(VLOOKUP(A267,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q267" s="31">
+      <c r="R267" s="31">
         <f>IFERROR(VLOOKUP(A267,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>113518</v>
       </c>
-      <c r="R267" s="31">
+      <c r="S267" s="31">
         <f>IFERROR(VLOOKUP(A267,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S267" s="48">
+      <c r="T267" s="48">
         <f t="shared" si="4"/>
         <v>185726</v>
       </c>
-      <c r="T267" s="61"/>
       <c r="U267" s="61"/>
-    </row>
-    <row r="268" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V267" s="61"/>
+    </row>
+    <row r="268" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A268" s="7" t="s">
         <v>575</v>
       </c>
       <c r="B268" s="8" t="s">
         <v>256</v>
       </c>
       <c r="C268" s="61">
         <f>VLOOKUP(A268,'AR DOP'!A:G,7,FALSE)</f>
         <v>208165</v>
       </c>
       <c r="D268" s="61"/>
       <c r="E268" s="61"/>
-      <c r="F268" s="65"/>
+      <c r="F268" s="132"/>
       <c r="G268" s="65"/>
       <c r="H268" s="65"/>
       <c r="I268" s="65"/>
       <c r="J268" s="65"/>
       <c r="K268" s="65"/>
       <c r="L268" s="65"/>
       <c r="M268" s="65"/>
-      <c r="N268" s="66"/>
-[...1 lines deleted...]
-      <c r="P268" s="36">
+      <c r="N268" s="65"/>
+      <c r="O268" s="66"/>
+      <c r="P268" s="69"/>
+      <c r="Q268" s="36">
         <f>IFERROR(VLOOKUP(A268,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q268" s="31">
+      <c r="R268" s="31">
         <f>IFERROR(VLOOKUP(A268,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>170705</v>
       </c>
-      <c r="R268" s="31">
+      <c r="S268" s="31">
         <f>IFERROR(VLOOKUP(A268,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>116544</v>
       </c>
-      <c r="S268" s="48">
+      <c r="T268" s="48">
         <f t="shared" si="4"/>
         <v>495414</v>
       </c>
-      <c r="T268" s="61"/>
       <c r="U268" s="61"/>
-    </row>
-    <row r="269" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V268" s="61"/>
+    </row>
+    <row r="269" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A269" s="7" t="s">
         <v>655</v>
       </c>
       <c r="B269" s="8" t="s">
         <v>254</v>
       </c>
       <c r="C269" s="61">
         <f>VLOOKUP(A269,'AR DOP'!A:G,7,FALSE)</f>
         <v>225829</v>
       </c>
       <c r="D269" s="61"/>
       <c r="E269" s="61"/>
-      <c r="F269" s="65"/>
+      <c r="F269" s="132"/>
       <c r="G269" s="65"/>
       <c r="H269" s="65"/>
       <c r="I269" s="65"/>
       <c r="J269" s="65"/>
       <c r="K269" s="65"/>
       <c r="L269" s="65"/>
       <c r="M269" s="65"/>
-      <c r="N269" s="66"/>
-[...1 lines deleted...]
-      <c r="P269" s="36">
+      <c r="N269" s="65"/>
+      <c r="O269" s="66"/>
+      <c r="P269" s="69"/>
+      <c r="Q269" s="36">
         <f>IFERROR(VLOOKUP(A269,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>18402</v>
       </c>
-      <c r="Q269" s="31">
+      <c r="R269" s="31">
         <f>IFERROR(VLOOKUP(A269,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>185214</v>
       </c>
-      <c r="R269" s="31">
+      <c r="S269" s="31">
         <f>IFERROR(VLOOKUP(A269,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S269" s="48">
+      <c r="T269" s="48">
         <f t="shared" si="4"/>
         <v>429445</v>
       </c>
-      <c r="T269" s="61"/>
       <c r="U269" s="61"/>
-    </row>
-    <row r="270" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V269" s="61"/>
+    </row>
+    <row r="270" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A270" s="7" t="s">
         <v>576</v>
       </c>
       <c r="B270" s="8" t="s">
         <v>257</v>
       </c>
       <c r="C270" s="61">
         <f>VLOOKUP(A270,'AR DOP'!A:G,7,FALSE)</f>
         <v>210832</v>
       </c>
       <c r="D270" s="61"/>
       <c r="E270" s="61"/>
-      <c r="F270" s="65"/>
+      <c r="F270" s="132"/>
       <c r="G270" s="65"/>
       <c r="H270" s="65"/>
       <c r="I270" s="65"/>
       <c r="J270" s="65"/>
       <c r="K270" s="65"/>
       <c r="L270" s="65"/>
       <c r="M270" s="65"/>
-      <c r="N270" s="66"/>
-[...1 lines deleted...]
-      <c r="P270" s="36">
+      <c r="N270" s="65"/>
+      <c r="O270" s="66"/>
+      <c r="P270" s="69"/>
+      <c r="Q270" s="36">
         <f>IFERROR(VLOOKUP(A270,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q270" s="31">
+      <c r="R270" s="31">
         <f>IFERROR(VLOOKUP(A270,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>116932</v>
       </c>
-      <c r="R270" s="31">
+      <c r="S270" s="31">
         <f>IFERROR(VLOOKUP(A270,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5431</v>
       </c>
-      <c r="S270" s="48">
+      <c r="T270" s="48">
         <f t="shared" si="4"/>
         <v>333195</v>
       </c>
-      <c r="T270" s="61"/>
       <c r="U270" s="61"/>
-    </row>
-    <row r="271" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V270" s="61"/>
+    </row>
+    <row r="271" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A271" s="7" t="s">
         <v>577</v>
       </c>
       <c r="B271" s="8" t="s">
         <v>258</v>
       </c>
       <c r="C271" s="61">
         <f>VLOOKUP(A271,'AR DOP'!A:G,7,FALSE)</f>
         <v>2852029</v>
       </c>
       <c r="D271" s="61"/>
       <c r="E271" s="61"/>
-      <c r="F271" s="65"/>
+      <c r="F271" s="132"/>
       <c r="G271" s="65"/>
       <c r="H271" s="65"/>
       <c r="I271" s="65"/>
       <c r="J271" s="65"/>
       <c r="K271" s="65"/>
       <c r="L271" s="65"/>
       <c r="M271" s="65"/>
-      <c r="N271" s="66"/>
-[...1 lines deleted...]
-      <c r="P271" s="36">
+      <c r="N271" s="65"/>
+      <c r="O271" s="66"/>
+      <c r="P271" s="69"/>
+      <c r="Q271" s="36">
         <f>IFERROR(VLOOKUP(A271,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>87868</v>
       </c>
-      <c r="Q271" s="31">
+      <c r="R271" s="31">
         <f>IFERROR(VLOOKUP(A271,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>1146284</v>
       </c>
-      <c r="R271" s="31">
+      <c r="S271" s="31">
         <f>IFERROR(VLOOKUP(A271,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>147857</v>
       </c>
-      <c r="S271" s="48">
+      <c r="T271" s="48">
         <f t="shared" si="4"/>
         <v>4234038</v>
       </c>
-      <c r="T271" s="61"/>
       <c r="U271" s="61"/>
-    </row>
-    <row r="272" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V271" s="61"/>
+    </row>
+    <row r="272" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A272" s="7" t="s">
         <v>580</v>
       </c>
       <c r="B272" s="8" t="s">
         <v>260</v>
       </c>
       <c r="C272" s="61">
         <f>VLOOKUP(A272,'AR DOP'!A:G,7,FALSE)</f>
         <v>761939</v>
       </c>
       <c r="D272" s="61"/>
       <c r="E272" s="61"/>
-      <c r="F272" s="65"/>
+      <c r="F272" s="132"/>
       <c r="G272" s="65"/>
       <c r="H272" s="65"/>
       <c r="I272" s="65"/>
       <c r="J272" s="65"/>
       <c r="K272" s="65"/>
       <c r="L272" s="65"/>
       <c r="M272" s="65"/>
-      <c r="N272" s="66"/>
-[...1 lines deleted...]
-      <c r="P272" s="36">
+      <c r="N272" s="65"/>
+      <c r="O272" s="66"/>
+      <c r="P272" s="69"/>
+      <c r="Q272" s="36">
         <f>IFERROR(VLOOKUP(A272,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q272" s="31">
+      <c r="R272" s="31">
         <f>IFERROR(VLOOKUP(A272,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>204846</v>
       </c>
-      <c r="R272" s="31">
+      <c r="S272" s="31">
         <f>IFERROR(VLOOKUP(A272,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>24283</v>
       </c>
-      <c r="S272" s="48">
+      <c r="T272" s="48">
         <f t="shared" si="4"/>
         <v>991068</v>
       </c>
-      <c r="T272" s="61"/>
       <c r="U272" s="61"/>
-    </row>
-    <row r="273" spans="1:21" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="V272" s="61"/>
+    </row>
+    <row r="273" spans="1:22" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A273" s="7" t="s">
         <v>581</v>
       </c>
       <c r="B273" s="8" t="s">
         <v>261</v>
       </c>
       <c r="C273" s="61">
         <f>VLOOKUP(A273,'AR DOP'!A:G,7,FALSE)</f>
         <v>449956</v>
       </c>
       <c r="D273" s="61"/>
       <c r="E273" s="61"/>
-      <c r="F273" s="65"/>
+      <c r="F273" s="132"/>
       <c r="G273" s="65"/>
       <c r="H273" s="65"/>
       <c r="I273" s="65"/>
       <c r="J273" s="65"/>
       <c r="K273" s="65"/>
       <c r="L273" s="65"/>
       <c r="M273" s="65"/>
-      <c r="N273" s="66"/>
-[...1 lines deleted...]
-      <c r="P273" s="36">
+      <c r="N273" s="65"/>
+      <c r="O273" s="66"/>
+      <c r="P273" s="69"/>
+      <c r="Q273" s="36">
         <f>IFERROR(VLOOKUP(A273,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q273" s="31">
+      <c r="R273" s="31">
         <f>IFERROR(VLOOKUP(A273,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>187775</v>
       </c>
-      <c r="R273" s="31">
+      <c r="S273" s="31">
         <f>IFERROR(VLOOKUP(A273,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S273" s="48">
+      <c r="T273" s="48">
         <f t="shared" si="4"/>
         <v>639408</v>
       </c>
-      <c r="T273" s="61"/>
       <c r="U273" s="61"/>
-    </row>
-    <row r="274" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V273" s="61"/>
+    </row>
+    <row r="274" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A274" s="7" t="s">
         <v>582</v>
       </c>
       <c r="B274" s="8" t="s">
         <v>262</v>
       </c>
       <c r="C274" s="61">
         <f>VLOOKUP(A274,'AR DOP'!A:G,7,FALSE)</f>
         <v>79113</v>
       </c>
       <c r="D274" s="61"/>
       <c r="E274" s="61"/>
-      <c r="F274" s="65"/>
+      <c r="F274" s="132"/>
       <c r="G274" s="65"/>
       <c r="H274" s="65"/>
       <c r="I274" s="65"/>
       <c r="J274" s="65"/>
       <c r="K274" s="65"/>
       <c r="L274" s="65"/>
       <c r="M274" s="65"/>
-      <c r="N274" s="66"/>
-[...1 lines deleted...]
-      <c r="P274" s="36">
+      <c r="N274" s="65"/>
+      <c r="O274" s="66"/>
+      <c r="P274" s="69"/>
+      <c r="Q274" s="36">
         <f>IFERROR(VLOOKUP(A274,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q274" s="31">
+      <c r="R274" s="31">
         <f>IFERROR(VLOOKUP(A274,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>102423</v>
       </c>
-      <c r="R274" s="31">
+      <c r="S274" s="31">
         <f>IFERROR(VLOOKUP(A274,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S274" s="48">
+      <c r="T274" s="48">
         <f t="shared" si="4"/>
         <v>183213</v>
       </c>
-      <c r="T274" s="61"/>
       <c r="U274" s="61"/>
-    </row>
-    <row r="275" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V274" s="61"/>
+    </row>
+    <row r="275" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A275" s="7" t="s">
         <v>584</v>
       </c>
       <c r="B275" s="8" t="s">
         <v>264</v>
       </c>
       <c r="C275" s="61">
         <f>VLOOKUP(A275,'AR DOP'!A:G,7,FALSE)</f>
         <v>38758</v>
       </c>
       <c r="D275" s="61"/>
       <c r="E275" s="61"/>
-      <c r="F275" s="65"/>
+      <c r="F275" s="132"/>
       <c r="G275" s="65"/>
       <c r="H275" s="65"/>
       <c r="I275" s="65"/>
       <c r="J275" s="65"/>
       <c r="K275" s="65"/>
       <c r="L275" s="65"/>
       <c r="M275" s="65"/>
-      <c r="N275" s="66"/>
-[...1 lines deleted...]
-      <c r="P275" s="36">
+      <c r="N275" s="65"/>
+      <c r="O275" s="66"/>
+      <c r="P275" s="69"/>
+      <c r="Q275" s="36">
         <f>IFERROR(VLOOKUP(A275,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q275" s="31">
+      <c r="R275" s="31">
         <f>IFERROR(VLOOKUP(A275,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R275" s="31">
+      <c r="S275" s="31">
         <f>IFERROR(VLOOKUP(A275,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S275" s="48">
+      <c r="T275" s="48">
         <f t="shared" si="4"/>
         <v>38758</v>
       </c>
-      <c r="T275" s="61"/>
       <c r="U275" s="61"/>
-    </row>
-    <row r="276" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V275" s="61"/>
+    </row>
+    <row r="276" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A276" s="7" t="s">
         <v>585</v>
       </c>
       <c r="B276" s="8" t="s">
         <v>265</v>
       </c>
       <c r="C276" s="61">
         <f>VLOOKUP(A276,'AR DOP'!A:G,7,FALSE)</f>
         <v>211302</v>
       </c>
       <c r="D276" s="61"/>
       <c r="E276" s="61"/>
-      <c r="F276" s="65"/>
+      <c r="F276" s="132"/>
       <c r="G276" s="65"/>
       <c r="H276" s="65"/>
       <c r="I276" s="65"/>
       <c r="J276" s="65"/>
       <c r="K276" s="65"/>
       <c r="L276" s="65"/>
       <c r="M276" s="65"/>
-      <c r="N276" s="66"/>
-[...1 lines deleted...]
-      <c r="P276" s="36">
+      <c r="N276" s="65">
+        <v>6388.82</v>
+      </c>
+      <c r="O276" s="66"/>
+      <c r="P276" s="69"/>
+      <c r="Q276" s="36">
         <f>IFERROR(VLOOKUP(A276,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q276" s="31">
+      <c r="R276" s="31">
         <f>IFERROR(VLOOKUP(A276,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R276" s="31">
+      <c r="S276" s="31">
         <f>IFERROR(VLOOKUP(A276,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S276" s="48">
+      <c r="T276" s="48">
         <f t="shared" si="4"/>
-        <v>322260</v>
-[...1 lines deleted...]
-      <c r="T276" s="61"/>
+        <v>328648.82</v>
+      </c>
       <c r="U276" s="61"/>
-    </row>
-    <row r="277" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V276" s="61"/>
+    </row>
+    <row r="277" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A277" s="7" t="s">
         <v>586</v>
       </c>
       <c r="B277" s="8" t="s">
         <v>266</v>
       </c>
       <c r="C277" s="61">
         <f>VLOOKUP(A277,'AR DOP'!A:G,7,FALSE)</f>
         <v>976046</v>
       </c>
       <c r="D277" s="61"/>
       <c r="E277" s="61"/>
-      <c r="F277" s="65"/>
+      <c r="F277" s="132"/>
       <c r="G277" s="65"/>
       <c r="H277" s="65"/>
       <c r="I277" s="65"/>
       <c r="J277" s="65"/>
       <c r="K277" s="65"/>
       <c r="L277" s="65"/>
       <c r="M277" s="65"/>
-      <c r="N277" s="66"/>
-[...1 lines deleted...]
-      <c r="P277" s="36">
+      <c r="N277" s="65"/>
+      <c r="O277" s="66"/>
+      <c r="P277" s="69"/>
+      <c r="Q277" s="36">
         <f>IFERROR(VLOOKUP(A277,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q277" s="31">
+      <c r="R277" s="31">
         <f>IFERROR(VLOOKUP(A277,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>119493</v>
       </c>
-      <c r="R277" s="31">
+      <c r="S277" s="31">
         <f>IFERROR(VLOOKUP(A277,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>598061</v>
       </c>
-      <c r="S277" s="48">
+      <c r="T277" s="48">
         <f t="shared" si="4"/>
         <v>1693600</v>
       </c>
-      <c r="T277" s="61"/>
       <c r="U277" s="61"/>
-    </row>
-    <row r="278" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V277" s="61"/>
+    </row>
+    <row r="278" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A278" s="7" t="s">
         <v>587</v>
       </c>
       <c r="B278" s="8" t="s">
         <v>267</v>
       </c>
       <c r="C278" s="61">
         <f>VLOOKUP(A278,'AR DOP'!A:G,7,FALSE)</f>
         <v>54607</v>
       </c>
       <c r="D278" s="61"/>
       <c r="E278" s="61"/>
-      <c r="F278" s="65"/>
+      <c r="F278" s="132"/>
       <c r="G278" s="65"/>
       <c r="H278" s="65"/>
       <c r="I278" s="65"/>
       <c r="J278" s="65"/>
       <c r="K278" s="65"/>
       <c r="L278" s="65"/>
       <c r="M278" s="65"/>
-      <c r="N278" s="66"/>
-[...1 lines deleted...]
-      <c r="P278" s="36">
+      <c r="N278" s="65"/>
+      <c r="O278" s="66"/>
+      <c r="P278" s="69"/>
+      <c r="Q278" s="36">
         <f>IFERROR(VLOOKUP(A278,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>40615</v>
       </c>
-      <c r="Q278" s="31">
+      <c r="R278" s="31">
         <f>IFERROR(VLOOKUP(A278,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>17070</v>
       </c>
-      <c r="R278" s="31">
+      <c r="S278" s="31">
         <f>IFERROR(VLOOKUP(A278,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S278" s="48">
+      <c r="T278" s="48">
         <f t="shared" si="4"/>
         <v>112292</v>
       </c>
-      <c r="T278" s="61"/>
       <c r="U278" s="61"/>
-    </row>
-    <row r="279" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V278" s="61"/>
+    </row>
+    <row r="279" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A279" s="7" t="s">
         <v>617</v>
       </c>
       <c r="B279" s="8" t="s">
         <v>297</v>
       </c>
       <c r="C279" s="61">
         <f>VLOOKUP(A279,'AR DOP'!A:G,7,FALSE)</f>
         <v>262510</v>
       </c>
       <c r="D279" s="61"/>
       <c r="E279" s="61"/>
-      <c r="F279" s="65"/>
+      <c r="F279" s="132"/>
       <c r="G279" s="65"/>
       <c r="H279" s="65"/>
       <c r="I279" s="65"/>
       <c r="J279" s="65"/>
       <c r="K279" s="65"/>
       <c r="L279" s="65"/>
       <c r="M279" s="65"/>
-      <c r="N279" s="66"/>
-[...1 lines deleted...]
-      <c r="P279" s="36">
+      <c r="N279" s="65"/>
+      <c r="O279" s="66"/>
+      <c r="P279" s="69"/>
+      <c r="Q279" s="36">
         <f>IFERROR(VLOOKUP(A279,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q279" s="31">
+      <c r="R279" s="31">
         <f>IFERROR(VLOOKUP(A279,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>189482</v>
       </c>
-      <c r="R279" s="31">
+      <c r="S279" s="31">
         <f>IFERROR(VLOOKUP(A279,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1682</v>
       </c>
-      <c r="S279" s="48">
+      <c r="T279" s="48">
         <f t="shared" si="4"/>
         <v>453674</v>
       </c>
-      <c r="T279" s="61"/>
       <c r="U279" s="61"/>
-    </row>
-    <row r="280" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V279" s="61"/>
+    </row>
+    <row r="280" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A280" s="7" t="s">
         <v>588</v>
       </c>
       <c r="B280" s="8" t="s">
         <v>268</v>
       </c>
       <c r="C280" s="61">
         <f>VLOOKUP(A280,'AR DOP'!A:G,7,FALSE)</f>
         <v>249477</v>
       </c>
       <c r="D280" s="61"/>
       <c r="E280" s="61"/>
-      <c r="F280" s="65"/>
+      <c r="F280" s="132"/>
       <c r="G280" s="65"/>
       <c r="H280" s="65"/>
       <c r="I280" s="65"/>
       <c r="J280" s="65"/>
       <c r="K280" s="65"/>
       <c r="L280" s="65"/>
       <c r="M280" s="65"/>
-      <c r="N280" s="66"/>
-[...1 lines deleted...]
-      <c r="P280" s="36">
+      <c r="N280" s="65"/>
+      <c r="O280" s="66"/>
+      <c r="P280" s="69"/>
+      <c r="Q280" s="36">
         <f>IFERROR(VLOOKUP(A280,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q280" s="31">
+      <c r="R280" s="31">
         <f>IFERROR(VLOOKUP(A280,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>113518</v>
       </c>
-      <c r="R280" s="31">
+      <c r="S280" s="31">
         <f>IFERROR(VLOOKUP(A280,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>5032</v>
       </c>
-      <c r="S280" s="48">
+      <c r="T280" s="48">
         <f t="shared" si="4"/>
         <v>368027</v>
       </c>
-      <c r="T280" s="61"/>
       <c r="U280" s="61"/>
-    </row>
-    <row r="281" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V280" s="61"/>
+    </row>
+    <row r="281" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A281" s="7" t="s">
         <v>589</v>
       </c>
       <c r="B281" s="8" t="s">
         <v>269</v>
       </c>
       <c r="C281" s="61">
         <f>VLOOKUP(A281,'AR DOP'!A:G,7,FALSE)</f>
         <v>111205</v>
       </c>
       <c r="D281" s="61"/>
       <c r="E281" s="61"/>
-      <c r="F281" s="65"/>
+      <c r="F281" s="132"/>
       <c r="G281" s="65"/>
       <c r="H281" s="65"/>
       <c r="I281" s="65"/>
       <c r="J281" s="65"/>
       <c r="K281" s="65"/>
       <c r="L281" s="65"/>
       <c r="M281" s="65"/>
-      <c r="N281" s="66"/>
-[...1 lines deleted...]
-      <c r="P281" s="36">
+      <c r="N281" s="65"/>
+      <c r="O281" s="66"/>
+      <c r="P281" s="69"/>
+      <c r="Q281" s="36">
         <f>IFERROR(VLOOKUP(A281,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q281" s="31">
+      <c r="R281" s="31">
         <f>IFERROR(VLOOKUP(A281,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R281" s="31">
+      <c r="S281" s="31">
         <f>IFERROR(VLOOKUP(A281,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1679</v>
       </c>
-      <c r="S281" s="48">
+      <c r="T281" s="48">
         <f t="shared" si="4"/>
         <v>223842</v>
       </c>
-      <c r="T281" s="61"/>
       <c r="U281" s="61"/>
-    </row>
-    <row r="282" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V281" s="61"/>
+    </row>
+    <row r="282" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A282" s="7" t="s">
         <v>590</v>
       </c>
       <c r="B282" s="8" t="s">
         <v>270</v>
       </c>
       <c r="C282" s="61">
         <f>VLOOKUP(A282,'AR DOP'!A:G,7,FALSE)</f>
         <v>113223</v>
       </c>
       <c r="D282" s="61"/>
       <c r="E282" s="61"/>
-      <c r="F282" s="65"/>
+      <c r="F282" s="132"/>
       <c r="G282" s="65"/>
       <c r="H282" s="65"/>
       <c r="I282" s="65"/>
       <c r="J282" s="65"/>
       <c r="K282" s="65"/>
       <c r="L282" s="65"/>
       <c r="M282" s="65"/>
-      <c r="N282" s="66"/>
-[...1 lines deleted...]
-      <c r="P282" s="36">
+      <c r="N282" s="65"/>
+      <c r="O282" s="66"/>
+      <c r="P282" s="69"/>
+      <c r="Q282" s="36">
         <f>IFERROR(VLOOKUP(A282,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>121417</v>
       </c>
-      <c r="Q282" s="31">
+      <c r="R282" s="31">
         <f>IFERROR(VLOOKUP(A282,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R282" s="31">
+      <c r="S282" s="31">
         <f>IFERROR(VLOOKUP(A282,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S282" s="48">
+      <c r="T282" s="48">
         <f t="shared" si="4"/>
         <v>234640</v>
       </c>
-      <c r="T282" s="61"/>
       <c r="U282" s="61"/>
-    </row>
-    <row r="283" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V282" s="61"/>
+    </row>
+    <row r="283" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A283" s="7" t="s">
         <v>591</v>
       </c>
       <c r="B283" s="8" t="s">
         <v>271</v>
       </c>
       <c r="C283" s="61">
         <f>VLOOKUP(A283,'AR DOP'!A:G,7,FALSE)</f>
         <v>260488</v>
       </c>
       <c r="D283" s="61"/>
       <c r="E283" s="61"/>
-      <c r="F283" s="65"/>
+      <c r="F283" s="132"/>
       <c r="G283" s="65"/>
       <c r="H283" s="65"/>
       <c r="I283" s="65"/>
       <c r="J283" s="65"/>
       <c r="K283" s="65"/>
       <c r="L283" s="65"/>
       <c r="M283" s="65"/>
-      <c r="N283" s="66"/>
-[...1 lines deleted...]
-      <c r="P283" s="36">
+      <c r="N283" s="65"/>
+      <c r="O283" s="66"/>
+      <c r="P283" s="69"/>
+      <c r="Q283" s="36">
         <f>IFERROR(VLOOKUP(A283,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>3994</v>
       </c>
-      <c r="Q283" s="31">
+      <c r="R283" s="31">
         <f>IFERROR(VLOOKUP(A283,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>81084</v>
       </c>
-      <c r="R283" s="31">
+      <c r="S283" s="31">
         <f>IFERROR(VLOOKUP(A283,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S283" s="48">
+      <c r="T283" s="48">
         <f t="shared" si="4"/>
         <v>345566</v>
       </c>
-      <c r="T283" s="61"/>
       <c r="U283" s="61"/>
-    </row>
-    <row r="284" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V283" s="61"/>
+    </row>
+    <row r="284" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A284" s="7" t="s">
         <v>592</v>
       </c>
       <c r="B284" s="8" t="s">
         <v>272</v>
       </c>
       <c r="C284" s="61">
         <f>VLOOKUP(A284,'AR DOP'!A:G,7,FALSE)</f>
         <v>83476</v>
       </c>
       <c r="D284" s="61"/>
       <c r="E284" s="61"/>
-      <c r="F284" s="65"/>
+      <c r="F284" s="132"/>
       <c r="G284" s="65"/>
       <c r="H284" s="65"/>
       <c r="I284" s="65"/>
       <c r="J284" s="65"/>
       <c r="K284" s="65"/>
       <c r="L284" s="65"/>
       <c r="M284" s="65"/>
-      <c r="N284" s="66"/>
-[...1 lines deleted...]
-      <c r="P284" s="36">
+      <c r="N284" s="65"/>
+      <c r="O284" s="66"/>
+      <c r="P284" s="69"/>
+      <c r="Q284" s="36">
         <f>IFERROR(VLOOKUP(A284,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q284" s="31">
+      <c r="R284" s="31">
         <f>IFERROR(VLOOKUP(A284,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>88766</v>
       </c>
-      <c r="R284" s="31">
+      <c r="S284" s="31">
         <f>IFERROR(VLOOKUP(A284,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S284" s="48">
+      <c r="T284" s="48">
         <f t="shared" si="4"/>
         <v>172242</v>
       </c>
-      <c r="T284" s="61"/>
       <c r="U284" s="61"/>
-    </row>
-    <row r="285" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V284" s="61"/>
+    </row>
+    <row r="285" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A285" s="7" t="s">
         <v>593</v>
       </c>
       <c r="B285" s="8" t="s">
         <v>273</v>
       </c>
       <c r="C285" s="61">
         <f>VLOOKUP(A285,'AR DOP'!A:G,7,FALSE)</f>
         <v>101962</v>
       </c>
       <c r="D285" s="61"/>
       <c r="E285" s="61"/>
-      <c r="F285" s="65"/>
+      <c r="F285" s="132"/>
       <c r="G285" s="65"/>
       <c r="H285" s="65"/>
       <c r="I285" s="65"/>
       <c r="J285" s="65"/>
       <c r="K285" s="65"/>
       <c r="L285" s="65"/>
       <c r="M285" s="65"/>
-      <c r="N285" s="66"/>
-[...1 lines deleted...]
-      <c r="P285" s="36">
+      <c r="N285" s="65"/>
+      <c r="O285" s="66"/>
+      <c r="P285" s="69"/>
+      <c r="Q285" s="36">
         <f>IFERROR(VLOOKUP(A285,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q285" s="31">
+      <c r="R285" s="31">
         <f>IFERROR(VLOOKUP(A285,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>62307</v>
       </c>
-      <c r="R285" s="31">
+      <c r="S285" s="31">
         <f>IFERROR(VLOOKUP(A285,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S285" s="48">
+      <c r="T285" s="48">
         <f t="shared" si="4"/>
         <v>165946</v>
       </c>
-      <c r="T285" s="61"/>
       <c r="U285" s="61"/>
-    </row>
-    <row r="286" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V285" s="61"/>
+    </row>
+    <row r="286" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A286" s="7" t="s">
         <v>594</v>
       </c>
       <c r="B286" s="8" t="s">
         <v>274</v>
       </c>
       <c r="C286" s="61">
         <f>VLOOKUP(A286,'AR DOP'!A:G,7,FALSE)</f>
         <v>142011</v>
       </c>
       <c r="D286" s="61"/>
       <c r="E286" s="61"/>
-      <c r="F286" s="65"/>
+      <c r="F286" s="132"/>
       <c r="G286" s="65"/>
       <c r="H286" s="65"/>
       <c r="I286" s="65"/>
       <c r="J286" s="65"/>
       <c r="K286" s="65"/>
       <c r="L286" s="65"/>
       <c r="M286" s="65"/>
-      <c r="N286" s="66"/>
-[...1 lines deleted...]
-      <c r="P286" s="36">
+      <c r="N286" s="65"/>
+      <c r="O286" s="66"/>
+      <c r="P286" s="69"/>
+      <c r="Q286" s="36">
         <f>IFERROR(VLOOKUP(A286,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>66543</v>
       </c>
-      <c r="Q286" s="31">
+      <c r="R286" s="31">
         <f>IFERROR(VLOOKUP(A286,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>6828</v>
       </c>
-      <c r="R286" s="31">
+      <c r="S286" s="31">
         <f>IFERROR(VLOOKUP(A286,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S286" s="48">
+      <c r="T286" s="48">
         <f t="shared" si="4"/>
         <v>215382</v>
       </c>
-      <c r="T286" s="61"/>
       <c r="U286" s="61"/>
-    </row>
-    <row r="287" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V286" s="61"/>
+    </row>
+    <row r="287" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A287" s="7" t="s">
         <v>595</v>
       </c>
       <c r="B287" s="8" t="s">
         <v>275</v>
       </c>
       <c r="C287" s="61">
         <f>VLOOKUP(A287,'AR DOP'!A:G,7,FALSE)</f>
         <v>98384</v>
       </c>
       <c r="D287" s="61"/>
       <c r="E287" s="61"/>
-      <c r="F287" s="65"/>
+      <c r="F287" s="132"/>
       <c r="G287" s="65"/>
       <c r="H287" s="65"/>
       <c r="I287" s="65"/>
       <c r="J287" s="65"/>
       <c r="K287" s="65"/>
       <c r="L287" s="65"/>
       <c r="M287" s="65"/>
-      <c r="N287" s="66"/>
-[...1 lines deleted...]
-      <c r="P287" s="36">
+      <c r="N287" s="65"/>
+      <c r="O287" s="66"/>
+      <c r="P287" s="69"/>
+      <c r="Q287" s="36">
         <f>IFERROR(VLOOKUP(A287,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q287" s="31">
+      <c r="R287" s="31">
         <f>IFERROR(VLOOKUP(A287,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>151927</v>
       </c>
-      <c r="R287" s="31">
+      <c r="S287" s="31">
         <f>IFERROR(VLOOKUP(A287,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S287" s="48">
+      <c r="T287" s="48">
         <f t="shared" si="4"/>
         <v>250311</v>
       </c>
-      <c r="T287" s="61"/>
       <c r="U287" s="61"/>
-    </row>
-    <row r="288" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V287" s="61"/>
+    </row>
+    <row r="288" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A288" s="7" t="s">
         <v>596</v>
       </c>
       <c r="B288" s="8" t="s">
         <v>276</v>
       </c>
       <c r="C288" s="61">
         <f>VLOOKUP(A288,'AR DOP'!A:G,7,FALSE)</f>
         <v>32262</v>
       </c>
       <c r="D288" s="61"/>
       <c r="E288" s="61"/>
-      <c r="F288" s="65"/>
+      <c r="F288" s="132"/>
       <c r="G288" s="65"/>
       <c r="H288" s="65"/>
       <c r="I288" s="65"/>
       <c r="J288" s="65"/>
       <c r="K288" s="65"/>
       <c r="L288" s="65"/>
       <c r="M288" s="65"/>
-      <c r="N288" s="66"/>
-[...1 lines deleted...]
-      <c r="P288" s="36">
+      <c r="N288" s="65"/>
+      <c r="O288" s="66"/>
+      <c r="P288" s="69"/>
+      <c r="Q288" s="36">
         <f>IFERROR(VLOOKUP(A288,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q288" s="31">
+      <c r="R288" s="31">
         <f>IFERROR(VLOOKUP(A288,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>42676</v>
       </c>
-      <c r="R288" s="31">
+      <c r="S288" s="31">
         <f>IFERROR(VLOOKUP(A288,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S288" s="48">
+      <c r="T288" s="48">
         <f t="shared" si="4"/>
         <v>74938</v>
       </c>
-      <c r="T288" s="61"/>
       <c r="U288" s="61"/>
-    </row>
-    <row r="289" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V288" s="61"/>
+    </row>
+    <row r="289" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A289" s="7" t="s">
         <v>597</v>
       </c>
       <c r="B289" s="8" t="s">
         <v>277</v>
       </c>
       <c r="C289" s="61">
         <f>VLOOKUP(A289,'AR DOP'!A:G,7,FALSE)</f>
         <v>188119</v>
       </c>
       <c r="D289" s="61"/>
       <c r="E289" s="61"/>
-      <c r="F289" s="65"/>
+      <c r="F289" s="132"/>
       <c r="G289" s="65"/>
       <c r="H289" s="65"/>
       <c r="I289" s="65"/>
       <c r="J289" s="65"/>
       <c r="K289" s="65"/>
       <c r="L289" s="65"/>
       <c r="M289" s="65"/>
-      <c r="N289" s="66"/>
-[...1 lines deleted...]
-      <c r="P289" s="36">
+      <c r="N289" s="65"/>
+      <c r="O289" s="66"/>
+      <c r="P289" s="69"/>
+      <c r="Q289" s="36">
         <f>IFERROR(VLOOKUP(A289,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q289" s="31">
+      <c r="R289" s="31">
         <f>IFERROR(VLOOKUP(A289,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>110958</v>
       </c>
-      <c r="R289" s="31">
+      <c r="S289" s="31">
         <f>IFERROR(VLOOKUP(A289,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S289" s="48">
+      <c r="T289" s="48">
         <f t="shared" si="4"/>
         <v>300754</v>
       </c>
-      <c r="T289" s="61"/>
       <c r="U289" s="61"/>
-    </row>
-    <row r="290" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V289" s="61"/>
+    </row>
+    <row r="290" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A290" s="7" t="s">
         <v>652</v>
       </c>
       <c r="B290" s="8" t="s">
         <v>278</v>
       </c>
       <c r="C290" s="61">
         <f>VLOOKUP(A290,'AR DOP'!A:G,7,FALSE)</f>
         <v>321851</v>
       </c>
       <c r="D290" s="61"/>
       <c r="E290" s="61"/>
-      <c r="F290" s="65"/>
+      <c r="F290" s="132"/>
       <c r="G290" s="65"/>
       <c r="H290" s="65"/>
       <c r="I290" s="65"/>
       <c r="J290" s="65"/>
       <c r="K290" s="65"/>
       <c r="L290" s="65"/>
       <c r="M290" s="65"/>
-      <c r="N290" s="66"/>
-[...1 lines deleted...]
-      <c r="P290" s="36">
+      <c r="N290" s="65"/>
+      <c r="O290" s="66"/>
+      <c r="P290" s="69"/>
+      <c r="Q290" s="36">
         <f>IFERROR(VLOOKUP(A290,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>48983</v>
       </c>
-      <c r="Q290" s="31">
+      <c r="R290" s="31">
         <f>IFERROR(VLOOKUP(A290,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>84498</v>
       </c>
-      <c r="R290" s="31">
+      <c r="S290" s="31">
         <f>IFERROR(VLOOKUP(A290,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S290" s="48">
+      <c r="T290" s="48">
         <f t="shared" si="4"/>
         <v>455332</v>
       </c>
-      <c r="T290" s="61"/>
       <c r="U290" s="61"/>
-    </row>
-    <row r="291" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V290" s="61"/>
+    </row>
+    <row r="291" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A291" s="7" t="s">
         <v>598</v>
       </c>
       <c r="B291" s="8" t="s">
         <v>279</v>
       </c>
       <c r="C291" s="61">
         <f>VLOOKUP(A291,'AR DOP'!A:G,7,FALSE)</f>
         <v>74753</v>
       </c>
       <c r="D291" s="61"/>
       <c r="E291" s="61"/>
-      <c r="F291" s="65"/>
-      <c r="G291" s="65"/>
+      <c r="F291" s="132"/>
+      <c r="G291" s="65">
+        <v>9448.5300000000007</v>
+      </c>
       <c r="H291" s="65"/>
       <c r="I291" s="65"/>
       <c r="J291" s="65"/>
       <c r="K291" s="65"/>
       <c r="L291" s="65"/>
       <c r="M291" s="65"/>
-      <c r="N291" s="66"/>
-[...1 lines deleted...]
-      <c r="P291" s="36">
+      <c r="N291" s="65"/>
+      <c r="O291" s="66"/>
+      <c r="P291" s="69"/>
+      <c r="Q291" s="36">
         <f>IFERROR(VLOOKUP(A291,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q291" s="31">
+      <c r="R291" s="31">
         <f>IFERROR(VLOOKUP(A291,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>88766</v>
       </c>
-      <c r="R291" s="31">
+      <c r="S291" s="31">
         <f>IFERROR(VLOOKUP(A291,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S291" s="48">
+      <c r="T291" s="48">
         <f t="shared" si="4"/>
-        <v>163519</v>
-[...1 lines deleted...]
-      <c r="T291" s="61"/>
+        <v>172967.53</v>
+      </c>
       <c r="U291" s="61"/>
-    </row>
-    <row r="292" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V291" s="61"/>
+    </row>
+    <row r="292" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A292" s="7" t="s">
         <v>599</v>
       </c>
       <c r="B292" s="8" t="s">
         <v>280</v>
       </c>
       <c r="C292" s="61">
         <f>VLOOKUP(A292,'AR DOP'!A:G,7,FALSE)</f>
         <v>1352841</v>
       </c>
       <c r="D292" s="61"/>
       <c r="E292" s="61"/>
-      <c r="F292" s="65"/>
+      <c r="F292" s="132"/>
       <c r="G292" s="65"/>
       <c r="H292" s="65"/>
       <c r="I292" s="65"/>
       <c r="J292" s="65"/>
       <c r="K292" s="65"/>
       <c r="L292" s="65"/>
       <c r="M292" s="65"/>
-      <c r="N292" s="66"/>
-[...1 lines deleted...]
-      <c r="P292" s="36">
+      <c r="N292" s="65"/>
+      <c r="O292" s="66"/>
+      <c r="P292" s="69"/>
+      <c r="Q292" s="36">
         <f>IFERROR(VLOOKUP(A292,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q292" s="31">
+      <c r="R292" s="31">
         <f>IFERROR(VLOOKUP(A292,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>564180</v>
       </c>
-      <c r="R292" s="31">
+      <c r="S292" s="31">
         <f>IFERROR(VLOOKUP(A292,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>165990</v>
       </c>
-      <c r="S292" s="48">
+      <c r="T292" s="48">
         <f t="shared" si="4"/>
         <v>2083011</v>
       </c>
-      <c r="T292" s="61"/>
       <c r="U292" s="61"/>
-    </row>
-    <row r="293" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V292" s="61"/>
+    </row>
+    <row r="293" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A293" s="7" t="s">
         <v>600</v>
       </c>
       <c r="B293" s="8" t="s">
         <v>660</v>
       </c>
       <c r="C293" s="61">
         <f>VLOOKUP(A293,'AR DOP'!A:G,7,FALSE)</f>
         <v>216997</v>
       </c>
       <c r="D293" s="61"/>
       <c r="E293" s="61"/>
-      <c r="F293" s="65"/>
+      <c r="F293" s="132"/>
       <c r="G293" s="65"/>
       <c r="H293" s="65"/>
       <c r="I293" s="65"/>
       <c r="J293" s="65"/>
       <c r="K293" s="65"/>
       <c r="L293" s="65"/>
       <c r="M293" s="65"/>
-      <c r="N293" s="66"/>
-[...1 lines deleted...]
-      <c r="P293" s="36">
+      <c r="N293" s="65"/>
+      <c r="O293" s="66"/>
+      <c r="P293" s="69"/>
+      <c r="Q293" s="36">
         <f>IFERROR(VLOOKUP(A293,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q293" s="31">
+      <c r="R293" s="31">
         <f>IFERROR(VLOOKUP(A293,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>291052</v>
       </c>
-      <c r="R293" s="31">
+      <c r="S293" s="31">
         <f>IFERROR(VLOOKUP(A293,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S293" s="48">
+      <c r="T293" s="48">
         <f t="shared" si="4"/>
         <v>508049</v>
       </c>
-      <c r="T293" s="61"/>
       <c r="U293" s="61"/>
-    </row>
-    <row r="294" spans="1:21" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="V293" s="61"/>
+    </row>
+    <row r="294" spans="1:22" s="2" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A294" s="7" t="s">
         <v>601</v>
       </c>
       <c r="B294" s="8" t="s">
         <v>281</v>
       </c>
       <c r="C294" s="61">
         <f>VLOOKUP(A294,'AR DOP'!A:G,7,FALSE)</f>
         <v>255574</v>
       </c>
       <c r="D294" s="61"/>
       <c r="E294" s="61"/>
-      <c r="F294" s="65"/>
+      <c r="F294" s="132"/>
       <c r="G294" s="65"/>
       <c r="H294" s="65"/>
       <c r="I294" s="65"/>
       <c r="J294" s="65"/>
       <c r="K294" s="65"/>
       <c r="L294" s="65"/>
       <c r="M294" s="65"/>
-      <c r="N294" s="66"/>
-[...1 lines deleted...]
-      <c r="P294" s="36">
+      <c r="N294" s="65"/>
+      <c r="O294" s="66"/>
+      <c r="P294" s="69"/>
+      <c r="Q294" s="36">
         <f>IFERROR(VLOOKUP(A294,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>186120</v>
       </c>
-      <c r="Q294" s="31">
+      <c r="R294" s="31">
         <f>IFERROR(VLOOKUP(A294,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R294" s="31">
+      <c r="S294" s="31">
         <f>IFERROR(VLOOKUP(A294,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S294" s="48">
+      <c r="T294" s="48">
         <f t="shared" si="4"/>
         <v>441694</v>
       </c>
-      <c r="T294" s="61"/>
       <c r="U294" s="61"/>
-    </row>
-    <row r="295" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V294" s="61"/>
+    </row>
+    <row r="295" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A295" s="7" t="s">
         <v>602</v>
       </c>
       <c r="B295" s="8" t="s">
         <v>282</v>
       </c>
       <c r="C295" s="61">
         <f>VLOOKUP(A295,'AR DOP'!A:G,7,FALSE)</f>
         <v>78761</v>
       </c>
       <c r="D295" s="61"/>
       <c r="E295" s="61"/>
-      <c r="F295" s="65"/>
+      <c r="F295" s="132"/>
       <c r="G295" s="65"/>
       <c r="H295" s="65"/>
       <c r="I295" s="65"/>
       <c r="J295" s="65"/>
       <c r="K295" s="65"/>
       <c r="L295" s="65"/>
       <c r="M295" s="65"/>
-      <c r="N295" s="66"/>
-[...1 lines deleted...]
-      <c r="P295" s="36">
+      <c r="N295" s="65"/>
+      <c r="O295" s="66"/>
+      <c r="P295" s="69"/>
+      <c r="Q295" s="36">
         <f>IFERROR(VLOOKUP(A295,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>47928</v>
       </c>
-      <c r="Q295" s="31">
+      <c r="R295" s="31">
         <f>IFERROR(VLOOKUP(A295,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>136564</v>
       </c>
-      <c r="R295" s="31">
+      <c r="S295" s="31">
         <f>IFERROR(VLOOKUP(A295,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S295" s="48">
+      <c r="T295" s="48">
         <f t="shared" si="4"/>
         <v>263253</v>
       </c>
-      <c r="T295" s="61"/>
       <c r="U295" s="61"/>
-    </row>
-    <row r="296" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V295" s="61"/>
+    </row>
+    <row r="296" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A296" s="7" t="s">
         <v>603</v>
       </c>
       <c r="B296" s="8" t="s">
         <v>283</v>
       </c>
       <c r="C296" s="61">
         <f>VLOOKUP(A296,'AR DOP'!A:G,7,FALSE)</f>
         <v>381518</v>
       </c>
       <c r="D296" s="61"/>
       <c r="E296" s="61"/>
-      <c r="F296" s="65"/>
+      <c r="F296" s="132"/>
       <c r="G296" s="65"/>
       <c r="H296" s="65"/>
       <c r="I296" s="65"/>
       <c r="J296" s="65"/>
       <c r="K296" s="65"/>
       <c r="L296" s="65"/>
       <c r="M296" s="65"/>
-      <c r="N296" s="66"/>
-[...1 lines deleted...]
-      <c r="P296" s="36">
+      <c r="N296" s="65"/>
+      <c r="O296" s="66"/>
+      <c r="P296" s="69"/>
+      <c r="Q296" s="36">
         <f>IFERROR(VLOOKUP(A296,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q296" s="31">
+      <c r="R296" s="31">
         <f>IFERROR(VLOOKUP(A296,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>180947</v>
       </c>
-      <c r="R296" s="31">
+      <c r="S296" s="31">
         <f>IFERROR(VLOOKUP(A296,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S296" s="48">
+      <c r="T296" s="48">
         <f t="shared" si="4"/>
         <v>564142</v>
       </c>
-      <c r="T296" s="61"/>
       <c r="U296" s="61"/>
-    </row>
-    <row r="297" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V296" s="61"/>
+    </row>
+    <row r="297" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A297" s="7" t="s">
         <v>604</v>
       </c>
       <c r="B297" s="8" t="s">
         <v>284</v>
       </c>
       <c r="C297" s="61">
         <f>VLOOKUP(A297,'AR DOP'!A:G,7,FALSE)</f>
         <v>76828</v>
       </c>
       <c r="D297" s="61"/>
       <c r="E297" s="61"/>
-      <c r="F297" s="65"/>
+      <c r="F297" s="132"/>
       <c r="G297" s="65"/>
       <c r="H297" s="65"/>
       <c r="I297" s="65"/>
       <c r="J297" s="65"/>
       <c r="K297" s="65"/>
       <c r="L297" s="65"/>
       <c r="M297" s="65"/>
-      <c r="N297" s="66"/>
-[...1 lines deleted...]
-      <c r="P297" s="36">
+      <c r="N297" s="65"/>
+      <c r="O297" s="66"/>
+      <c r="P297" s="69"/>
+      <c r="Q297" s="36">
         <f>IFERROR(VLOOKUP(A297,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q297" s="31">
+      <c r="R297" s="31">
         <f>IFERROR(VLOOKUP(A297,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>119493</v>
       </c>
-      <c r="R297" s="31">
+      <c r="S297" s="31">
         <f>IFERROR(VLOOKUP(A297,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>8475</v>
       </c>
-      <c r="S297" s="48">
+      <c r="T297" s="48">
         <f t="shared" si="4"/>
         <v>204796</v>
       </c>
-      <c r="T297" s="61"/>
       <c r="U297" s="61"/>
-    </row>
-    <row r="298" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V297" s="61"/>
+    </row>
+    <row r="298" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A298" s="7" t="s">
         <v>413</v>
       </c>
       <c r="B298" s="8" t="s">
         <v>92</v>
       </c>
       <c r="C298" s="61">
         <f>VLOOKUP(A298,'AR DOP'!A:G,7,FALSE)</f>
         <v>309464</v>
       </c>
       <c r="D298" s="61"/>
       <c r="E298" s="61"/>
-      <c r="F298" s="65"/>
+      <c r="F298" s="132"/>
       <c r="G298" s="65"/>
       <c r="H298" s="65"/>
       <c r="I298" s="65"/>
       <c r="J298" s="65"/>
       <c r="K298" s="65"/>
       <c r="L298" s="65"/>
       <c r="M298" s="65"/>
-      <c r="N298" s="66"/>
-[...1 lines deleted...]
-      <c r="P298" s="36">
+      <c r="N298" s="65"/>
+      <c r="O298" s="66"/>
+      <c r="P298" s="69"/>
+      <c r="Q298" s="36">
         <f>IFERROR(VLOOKUP(A298,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q298" s="31">
+      <c r="R298" s="31">
         <f>IFERROR(VLOOKUP(A298,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68282</v>
       </c>
-      <c r="R298" s="31">
+      <c r="S298" s="31">
         <f>IFERROR(VLOOKUP(A298,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S298" s="48">
+      <c r="T298" s="48">
         <f t="shared" si="4"/>
         <v>379423</v>
       </c>
-      <c r="T298" s="61"/>
       <c r="U298" s="61"/>
-    </row>
-    <row r="299" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V298" s="61"/>
+    </row>
+    <row r="299" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A299" s="7" t="s">
         <v>605</v>
       </c>
       <c r="B299" s="8" t="s">
         <v>285</v>
       </c>
       <c r="C299" s="61">
         <f>VLOOKUP(A299,'AR DOP'!A:G,7,FALSE)</f>
         <v>102384</v>
       </c>
       <c r="D299" s="61"/>
       <c r="E299" s="61"/>
-      <c r="F299" s="65"/>
+      <c r="F299" s="132"/>
       <c r="G299" s="65"/>
       <c r="H299" s="65"/>
       <c r="I299" s="65"/>
       <c r="J299" s="65"/>
       <c r="K299" s="65"/>
       <c r="L299" s="65"/>
       <c r="M299" s="65"/>
-      <c r="N299" s="66"/>
-[...1 lines deleted...]
-      <c r="P299" s="36">
+      <c r="N299" s="65"/>
+      <c r="O299" s="66"/>
+      <c r="P299" s="69"/>
+      <c r="Q299" s="36">
         <f>IFERROR(VLOOKUP(A299,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q299" s="31">
+      <c r="R299" s="31">
         <f>IFERROR(VLOOKUP(A299,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>93887</v>
       </c>
-      <c r="R299" s="31">
+      <c r="S299" s="31">
         <f>IFERROR(VLOOKUP(A299,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6709</v>
       </c>
-      <c r="S299" s="48">
+      <c r="T299" s="48">
         <f t="shared" si="4"/>
         <v>202980</v>
       </c>
-      <c r="T299" s="61"/>
       <c r="U299" s="61"/>
-    </row>
-    <row r="300" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V299" s="61"/>
+    </row>
+    <row r="300" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A300" s="7" t="s">
         <v>606</v>
       </c>
       <c r="B300" s="8" t="s">
         <v>286</v>
       </c>
       <c r="C300" s="61">
         <f>VLOOKUP(A300,'AR DOP'!A:G,7,FALSE)</f>
         <v>114832</v>
       </c>
       <c r="D300" s="61"/>
       <c r="E300" s="61"/>
-      <c r="F300" s="65"/>
+      <c r="F300" s="132"/>
       <c r="G300" s="65"/>
       <c r="H300" s="65"/>
       <c r="I300" s="65"/>
       <c r="J300" s="65"/>
       <c r="K300" s="65"/>
       <c r="L300" s="65"/>
       <c r="M300" s="65"/>
-      <c r="N300" s="66"/>
-[...1 lines deleted...]
-      <c r="P300" s="36">
+      <c r="N300" s="65"/>
+      <c r="O300" s="66"/>
+      <c r="P300" s="69"/>
+      <c r="Q300" s="36">
         <f>IFERROR(VLOOKUP(A300,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>95928</v>
       </c>
-      <c r="Q300" s="31">
+      <c r="R300" s="31">
         <f>IFERROR(VLOOKUP(A300,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R300" s="31">
+      <c r="S300" s="31">
         <f>IFERROR(VLOOKUP(A300,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6714</v>
       </c>
-      <c r="S300" s="48">
+      <c r="T300" s="48">
         <f t="shared" si="4"/>
         <v>217474</v>
       </c>
-      <c r="T300" s="61"/>
       <c r="U300" s="61"/>
-    </row>
-    <row r="301" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V300" s="61"/>
+    </row>
+    <row r="301" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A301" s="7" t="s">
         <v>607</v>
       </c>
       <c r="B301" s="8" t="s">
         <v>287</v>
       </c>
       <c r="C301" s="61">
         <f>VLOOKUP(A301,'AR DOP'!A:G,7,FALSE)</f>
         <v>453623</v>
       </c>
       <c r="D301" s="61"/>
       <c r="E301" s="61"/>
-      <c r="F301" s="65"/>
+      <c r="F301" s="132"/>
       <c r="G301" s="65"/>
       <c r="H301" s="65"/>
       <c r="I301" s="65"/>
       <c r="J301" s="65"/>
       <c r="K301" s="65"/>
       <c r="L301" s="65"/>
       <c r="M301" s="65"/>
-      <c r="N301" s="66"/>
-[...1 lines deleted...]
-      <c r="P301" s="36">
+      <c r="N301" s="65"/>
+      <c r="O301" s="66"/>
+      <c r="P301" s="69"/>
+      <c r="Q301" s="36">
         <f>IFERROR(VLOOKUP(A301,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q301" s="31">
+      <c r="R301" s="31">
         <f>IFERROR(VLOOKUP(A301,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>275688</v>
       </c>
-      <c r="R301" s="31">
+      <c r="S301" s="31">
         <f>IFERROR(VLOOKUP(A301,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>59430</v>
       </c>
-      <c r="S301" s="48">
+      <c r="T301" s="48">
         <f t="shared" si="4"/>
         <v>788741</v>
       </c>
-      <c r="T301" s="61"/>
       <c r="U301" s="61"/>
-    </row>
-    <row r="302" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V301" s="61"/>
+    </row>
+    <row r="302" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A302" s="7" t="s">
         <v>608</v>
       </c>
       <c r="B302" s="8" t="s">
         <v>288</v>
       </c>
       <c r="C302" s="61">
         <f>VLOOKUP(A302,'AR DOP'!A:G,7,FALSE)</f>
         <v>4230892</v>
       </c>
       <c r="D302" s="61"/>
       <c r="E302" s="61"/>
-      <c r="F302" s="65"/>
+      <c r="F302" s="132"/>
       <c r="G302" s="65"/>
       <c r="H302" s="65"/>
-      <c r="I302" s="65">
+      <c r="I302" s="65"/>
+      <c r="J302" s="65">
         <v>296926.44</v>
       </c>
-      <c r="J302" s="65"/>
       <c r="K302" s="65"/>
       <c r="L302" s="65"/>
       <c r="M302" s="65"/>
-      <c r="N302" s="66"/>
-[...1 lines deleted...]
-      <c r="P302" s="36">
+      <c r="N302" s="65"/>
+      <c r="O302" s="66"/>
+      <c r="P302" s="69"/>
+      <c r="Q302" s="36">
         <f>IFERROR(VLOOKUP(A302,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q302" s="31">
+      <c r="R302" s="31">
         <f>IFERROR(VLOOKUP(A302,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>956801</v>
       </c>
-      <c r="R302" s="31">
+      <c r="S302" s="31">
         <f>IFERROR(VLOOKUP(A302,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>543184</v>
       </c>
-      <c r="S302" s="48">
+      <c r="T302" s="48">
         <f t="shared" si="4"/>
         <v>6027803.4400000004</v>
       </c>
-      <c r="T302" s="61"/>
       <c r="U302" s="61"/>
-    </row>
-    <row r="303" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V302" s="61"/>
+    </row>
+    <row r="303" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A303" s="7" t="s">
         <v>609</v>
       </c>
       <c r="B303" s="8" t="s">
         <v>289</v>
       </c>
       <c r="C303" s="61">
         <f>VLOOKUP(A303,'AR DOP'!A:G,7,FALSE)</f>
         <v>3949009</v>
       </c>
       <c r="D303" s="61"/>
       <c r="E303" s="61"/>
-      <c r="F303" s="65"/>
+      <c r="F303" s="132"/>
       <c r="G303" s="65"/>
       <c r="H303" s="65"/>
       <c r="I303" s="65"/>
       <c r="J303" s="65"/>
       <c r="K303" s="65"/>
       <c r="L303" s="65"/>
       <c r="M303" s="65"/>
-      <c r="N303" s="66"/>
-[...1 lines deleted...]
-      <c r="P303" s="36">
+      <c r="N303" s="65"/>
+      <c r="O303" s="66"/>
+      <c r="P303" s="69"/>
+      <c r="Q303" s="36">
         <f>IFERROR(VLOOKUP(A303,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>3154461</v>
       </c>
-      <c r="Q303" s="31">
+      <c r="R303" s="31">
         <f>IFERROR(VLOOKUP(A303,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R303" s="31">
+      <c r="S303" s="31">
         <f>IFERROR(VLOOKUP(A303,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>230134</v>
       </c>
-      <c r="S303" s="48">
+      <c r="T303" s="48">
         <f t="shared" si="4"/>
         <v>7333604</v>
       </c>
-      <c r="T303" s="61"/>
       <c r="U303" s="61"/>
-    </row>
-    <row r="304" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V303" s="61"/>
+    </row>
+    <row r="304" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A304" s="7" t="s">
         <v>610</v>
       </c>
       <c r="B304" s="8" t="s">
         <v>290</v>
       </c>
       <c r="C304" s="61">
         <f>VLOOKUP(A304,'AR DOP'!A:G,7,FALSE)</f>
         <v>424091</v>
       </c>
       <c r="D304" s="61"/>
       <c r="E304" s="61"/>
-      <c r="F304" s="65"/>
+      <c r="F304" s="132"/>
       <c r="G304" s="65"/>
       <c r="H304" s="65"/>
       <c r="I304" s="65"/>
       <c r="J304" s="65"/>
       <c r="K304" s="65"/>
       <c r="L304" s="65"/>
       <c r="M304" s="65"/>
-      <c r="N304" s="66"/>
-[...1 lines deleted...]
-      <c r="P304" s="36">
+      <c r="N304" s="65"/>
+      <c r="O304" s="66"/>
+      <c r="P304" s="69"/>
+      <c r="Q304" s="36">
         <f>IFERROR(VLOOKUP(A304,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q304" s="31">
+      <c r="R304" s="31">
         <f>IFERROR(VLOOKUP(A304,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>166437</v>
       </c>
-      <c r="R304" s="31">
+      <c r="S304" s="31">
         <f>IFERROR(VLOOKUP(A304,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S304" s="48">
+      <c r="T304" s="48">
         <f t="shared" si="4"/>
         <v>592205</v>
       </c>
-      <c r="T304" s="61"/>
       <c r="U304" s="61"/>
-    </row>
-    <row r="305" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V304" s="61"/>
+    </row>
+    <row r="305" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A305" s="7" t="s">
         <v>611</v>
       </c>
       <c r="B305" s="8" t="s">
         <v>291</v>
       </c>
       <c r="C305" s="61">
         <f>VLOOKUP(A305,'AR DOP'!A:G,7,FALSE)</f>
         <v>159177</v>
       </c>
       <c r="D305" s="61"/>
       <c r="E305" s="61"/>
-      <c r="F305" s="65"/>
+      <c r="F305" s="132"/>
       <c r="G305" s="65"/>
       <c r="H305" s="65"/>
       <c r="I305" s="65"/>
       <c r="J305" s="65"/>
       <c r="K305" s="65"/>
       <c r="L305" s="65"/>
       <c r="M305" s="65"/>
-      <c r="N305" s="66"/>
-[...1 lines deleted...]
-      <c r="P305" s="36">
+      <c r="N305" s="65"/>
+      <c r="O305" s="66"/>
+      <c r="P305" s="69"/>
+      <c r="Q305" s="36">
         <f>IFERROR(VLOOKUP(A305,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>230054</v>
       </c>
-      <c r="Q305" s="31">
+      <c r="R305" s="31">
         <f>IFERROR(VLOOKUP(A305,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R305" s="31">
+      <c r="S305" s="31">
         <f>IFERROR(VLOOKUP(A305,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S305" s="48">
+      <c r="T305" s="48">
         <f t="shared" si="4"/>
         <v>389231</v>
       </c>
-      <c r="T305" s="61"/>
       <c r="U305" s="61"/>
-    </row>
-    <row r="306" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V305" s="61"/>
+    </row>
+    <row r="306" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A306" s="7" t="s">
         <v>612</v>
       </c>
       <c r="B306" s="8" t="s">
         <v>292</v>
       </c>
       <c r="C306" s="61">
         <f>VLOOKUP(A306,'AR DOP'!A:G,7,FALSE)</f>
         <v>682897</v>
       </c>
       <c r="D306" s="61"/>
       <c r="E306" s="61"/>
-      <c r="F306" s="65"/>
+      <c r="F306" s="132"/>
       <c r="G306" s="65"/>
       <c r="H306" s="65"/>
       <c r="I306" s="65"/>
       <c r="J306" s="65"/>
       <c r="K306" s="65"/>
       <c r="L306" s="65"/>
       <c r="M306" s="65"/>
-      <c r="N306" s="66"/>
-[...1 lines deleted...]
-      <c r="P306" s="36">
+      <c r="N306" s="65"/>
+      <c r="O306" s="66"/>
+      <c r="P306" s="69"/>
+      <c r="Q306" s="36">
         <f>IFERROR(VLOOKUP(A306,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q306" s="31">
+      <c r="R306" s="31">
         <f>IFERROR(VLOOKUP(A306,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>77670</v>
       </c>
-      <c r="R306" s="31">
+      <c r="S306" s="31">
         <f>IFERROR(VLOOKUP(A306,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>138272</v>
       </c>
-      <c r="S306" s="48">
+      <c r="T306" s="48">
         <f t="shared" si="4"/>
         <v>898839</v>
       </c>
-      <c r="T306" s="61"/>
       <c r="U306" s="61"/>
-    </row>
-    <row r="307" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V306" s="61"/>
+    </row>
+    <row r="307" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A307" s="7" t="s">
         <v>613</v>
       </c>
       <c r="B307" s="8" t="s">
         <v>293</v>
       </c>
       <c r="C307" s="61">
         <f>VLOOKUP(A307,'AR DOP'!A:G,7,FALSE)</f>
         <v>14257</v>
       </c>
       <c r="D307" s="61"/>
       <c r="E307" s="61"/>
-      <c r="F307" s="65"/>
+      <c r="F307" s="132"/>
       <c r="G307" s="65"/>
       <c r="H307" s="65"/>
       <c r="I307" s="65"/>
       <c r="J307" s="65"/>
       <c r="K307" s="65"/>
       <c r="L307" s="65"/>
       <c r="M307" s="65"/>
-      <c r="N307" s="66"/>
-[...1 lines deleted...]
-      <c r="P307" s="36">
+      <c r="N307" s="65"/>
+      <c r="O307" s="66"/>
+      <c r="P307" s="69"/>
+      <c r="Q307" s="36">
         <f>IFERROR(VLOOKUP(A307,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>57600</v>
       </c>
-      <c r="Q307" s="31">
+      <c r="R307" s="31">
         <f>IFERROR(VLOOKUP(A307,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>40969</v>
       </c>
-      <c r="R307" s="31">
+      <c r="S307" s="31">
         <f>IFERROR(VLOOKUP(A307,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S307" s="48">
+      <c r="T307" s="48">
         <f t="shared" si="4"/>
         <v>112826</v>
       </c>
-      <c r="T307" s="61"/>
       <c r="U307" s="61"/>
-    </row>
-    <row r="308" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V307" s="61"/>
+    </row>
+    <row r="308" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A308" s="7" t="s">
         <v>614</v>
       </c>
       <c r="B308" s="8" t="s">
         <v>294</v>
       </c>
       <c r="C308" s="61">
         <f>VLOOKUP(A308,'AR DOP'!A:G,7,FALSE)</f>
         <v>311436</v>
       </c>
       <c r="D308" s="61"/>
       <c r="E308" s="61"/>
-      <c r="F308" s="65"/>
+      <c r="F308" s="132"/>
       <c r="G308" s="65"/>
       <c r="H308" s="65"/>
       <c r="I308" s="65"/>
       <c r="J308" s="65"/>
       <c r="K308" s="65"/>
       <c r="L308" s="65"/>
       <c r="M308" s="65"/>
-      <c r="N308" s="66"/>
-[...1 lines deleted...]
-      <c r="P308" s="36">
+      <c r="N308" s="65"/>
+      <c r="O308" s="66"/>
+      <c r="P308" s="69"/>
+      <c r="Q308" s="36">
         <f>IFERROR(VLOOKUP(A308,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>178132</v>
       </c>
-      <c r="Q308" s="31">
+      <c r="R308" s="31">
         <f>IFERROR(VLOOKUP(A308,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R308" s="31">
+      <c r="S308" s="31">
         <f>IFERROR(VLOOKUP(A308,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>6709</v>
       </c>
-      <c r="S308" s="48">
+      <c r="T308" s="48">
         <f t="shared" si="4"/>
         <v>496277</v>
       </c>
-      <c r="T308" s="61"/>
       <c r="U308" s="61"/>
-    </row>
-    <row r="309" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V308" s="61"/>
+    </row>
+    <row r="309" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A309" s="7" t="s">
         <v>615</v>
       </c>
       <c r="B309" s="8" t="s">
         <v>295</v>
       </c>
       <c r="C309" s="61">
         <f>VLOOKUP(A309,'AR DOP'!A:G,7,FALSE)</f>
         <v>140615</v>
       </c>
       <c r="D309" s="61"/>
       <c r="E309" s="61"/>
-      <c r="F309" s="65"/>
+      <c r="F309" s="132"/>
       <c r="G309" s="65"/>
       <c r="H309" s="65"/>
       <c r="I309" s="65"/>
       <c r="J309" s="65"/>
       <c r="K309" s="65"/>
       <c r="L309" s="65"/>
       <c r="M309" s="65"/>
-      <c r="N309" s="66"/>
-[...1 lines deleted...]
-      <c r="P309" s="36">
+      <c r="N309" s="65"/>
+      <c r="O309" s="66"/>
+      <c r="P309" s="69"/>
+      <c r="Q309" s="36">
         <f>IFERROR(VLOOKUP(A309,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>71892</v>
       </c>
-      <c r="Q309" s="31">
+      <c r="R309" s="31">
         <f>IFERROR(VLOOKUP(A309,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68280</v>
       </c>
-      <c r="R309" s="31">
+      <c r="S309" s="31">
         <f>IFERROR(VLOOKUP(A309,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S309" s="48">
+      <c r="T309" s="48">
         <f t="shared" si="4"/>
         <v>284141</v>
       </c>
-      <c r="T309" s="61"/>
       <c r="U309" s="61"/>
-    </row>
-    <row r="310" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V309" s="61"/>
+    </row>
+    <row r="310" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A310" s="7" t="s">
         <v>616</v>
       </c>
       <c r="B310" s="8" t="s">
         <v>296</v>
       </c>
       <c r="C310" s="61">
         <f>VLOOKUP(A310,'AR DOP'!A:G,7,FALSE)</f>
         <v>103929</v>
       </c>
       <c r="D310" s="61"/>
       <c r="E310" s="61"/>
-      <c r="F310" s="65"/>
+      <c r="F310" s="132"/>
       <c r="G310" s="65"/>
       <c r="H310" s="65"/>
       <c r="I310" s="65"/>
       <c r="J310" s="65"/>
       <c r="K310" s="65"/>
       <c r="L310" s="65"/>
       <c r="M310" s="65"/>
-      <c r="N310" s="66"/>
-[...1 lines deleted...]
-      <c r="P310" s="36">
+      <c r="N310" s="65"/>
+      <c r="O310" s="66"/>
+      <c r="P310" s="69"/>
+      <c r="Q310" s="36">
         <f>IFERROR(VLOOKUP(A310,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q310" s="31">
+      <c r="R310" s="31">
         <f>IFERROR(VLOOKUP(A310,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>17070</v>
       </c>
-      <c r="R310" s="31">
+      <c r="S310" s="31">
         <f>IFERROR(VLOOKUP(A310,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S310" s="48">
+      <c r="T310" s="48">
         <f t="shared" si="4"/>
         <v>120999</v>
       </c>
-      <c r="T310" s="61"/>
       <c r="U310" s="61"/>
-    </row>
-    <row r="311" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V310" s="61"/>
+    </row>
+    <row r="311" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A311" s="7" t="s">
         <v>618</v>
       </c>
       <c r="B311" s="8" t="s">
         <v>298</v>
       </c>
       <c r="C311" s="61">
         <f>VLOOKUP(A311,'AR DOP'!A:G,7,FALSE)</f>
         <v>312093</v>
       </c>
       <c r="D311" s="61"/>
       <c r="E311" s="61"/>
-      <c r="F311" s="65"/>
+      <c r="F311" s="132"/>
       <c r="G311" s="65"/>
       <c r="H311" s="65"/>
       <c r="I311" s="65"/>
       <c r="J311" s="65"/>
       <c r="K311" s="65"/>
       <c r="L311" s="65"/>
       <c r="M311" s="65"/>
-      <c r="N311" s="66"/>
-[...1 lines deleted...]
-      <c r="P311" s="36">
+      <c r="N311" s="65"/>
+      <c r="O311" s="66"/>
+      <c r="P311" s="69"/>
+      <c r="Q311" s="36">
         <f>IFERROR(VLOOKUP(A311,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q311" s="31">
+      <c r="R311" s="31">
         <f>IFERROR(VLOOKUP(A311,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>208260</v>
       </c>
-      <c r="R311" s="31">
+      <c r="S311" s="31">
         <f>IFERROR(VLOOKUP(A311,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S311" s="48">
+      <c r="T311" s="48">
         <f t="shared" si="4"/>
         <v>522030</v>
       </c>
-      <c r="T311" s="61"/>
       <c r="U311" s="61"/>
-    </row>
-    <row r="312" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V311" s="61"/>
+    </row>
+    <row r="312" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A312" s="7" t="s">
         <v>619</v>
       </c>
       <c r="B312" s="8" t="s">
         <v>299</v>
       </c>
       <c r="C312" s="61">
         <f>VLOOKUP(A312,'AR DOP'!A:G,7,FALSE)</f>
         <v>3336146</v>
       </c>
       <c r="D312" s="61"/>
       <c r="E312" s="61"/>
-      <c r="F312" s="65"/>
+      <c r="F312" s="132"/>
       <c r="G312" s="65"/>
       <c r="H312" s="65"/>
       <c r="I312" s="65"/>
       <c r="J312" s="65"/>
       <c r="K312" s="65"/>
       <c r="L312" s="65"/>
       <c r="M312" s="65"/>
-      <c r="N312" s="66"/>
-[...1 lines deleted...]
-      <c r="P312" s="36">
+      <c r="N312" s="65"/>
+      <c r="O312" s="66"/>
+      <c r="P312" s="69"/>
+      <c r="Q312" s="36">
         <f>IFERROR(VLOOKUP(A312,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q312" s="31">
+      <c r="R312" s="31">
         <f>IFERROR(VLOOKUP(A312,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>1371614</v>
       </c>
-      <c r="R312" s="31">
+      <c r="S312" s="31">
         <f>IFERROR(VLOOKUP(A312,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>398760</v>
       </c>
-      <c r="S312" s="48">
+      <c r="T312" s="48">
         <f t="shared" si="4"/>
         <v>5106520</v>
       </c>
-      <c r="T312" s="61"/>
       <c r="U312" s="61"/>
-    </row>
-    <row r="313" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V312" s="61"/>
+    </row>
+    <row r="313" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A313" s="7" t="s">
         <v>628</v>
       </c>
       <c r="B313" s="8" t="s">
         <v>308</v>
       </c>
       <c r="C313" s="61">
         <f>VLOOKUP(A313,'AR DOP'!A:G,7,FALSE)</f>
         <v>1024441</v>
       </c>
       <c r="D313" s="61"/>
       <c r="E313" s="61"/>
-      <c r="F313" s="65"/>
+      <c r="F313" s="132"/>
       <c r="G313" s="65"/>
       <c r="H313" s="65"/>
       <c r="I313" s="65"/>
       <c r="J313" s="65"/>
       <c r="K313" s="65"/>
       <c r="L313" s="65"/>
       <c r="M313" s="65"/>
-      <c r="N313" s="66"/>
-[...1 lines deleted...]
-      <c r="P313" s="36">
+      <c r="N313" s="65"/>
+      <c r="O313" s="66"/>
+      <c r="P313" s="69"/>
+      <c r="Q313" s="36">
         <f>IFERROR(VLOOKUP(A313,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q313" s="31">
+      <c r="R313" s="31">
         <f>IFERROR(VLOOKUP(A313,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>116079</v>
       </c>
-      <c r="R313" s="31">
+      <c r="S313" s="31">
         <f>IFERROR(VLOOKUP(A313,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>38574</v>
       </c>
-      <c r="S313" s="48">
+      <c r="T313" s="48">
         <f t="shared" si="4"/>
         <v>1179094</v>
       </c>
-      <c r="T313" s="61"/>
       <c r="U313" s="61"/>
-    </row>
-    <row r="314" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V313" s="61"/>
+    </row>
+    <row r="314" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A314" s="7" t="s">
         <v>622</v>
       </c>
       <c r="B314" s="8" t="s">
         <v>302</v>
       </c>
       <c r="C314" s="61">
         <f>VLOOKUP(A314,'AR DOP'!A:G,7,FALSE)</f>
         <v>79759</v>
       </c>
       <c r="D314" s="61"/>
       <c r="E314" s="61"/>
-      <c r="F314" s="65"/>
+      <c r="F314" s="132"/>
       <c r="G314" s="65"/>
       <c r="H314" s="65"/>
       <c r="I314" s="65"/>
       <c r="J314" s="65"/>
       <c r="K314" s="65"/>
       <c r="L314" s="65"/>
       <c r="M314" s="65"/>
-      <c r="N314" s="66"/>
-[...1 lines deleted...]
-      <c r="P314" s="36">
+      <c r="N314" s="65"/>
+      <c r="O314" s="66"/>
+      <c r="P314" s="69"/>
+      <c r="Q314" s="36">
         <f>IFERROR(VLOOKUP(A314,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>64132</v>
       </c>
-      <c r="Q314" s="31">
+      <c r="R314" s="31">
         <f>IFERROR(VLOOKUP(A314,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>52065</v>
       </c>
-      <c r="R314" s="31">
+      <c r="S314" s="31">
         <f>IFERROR(VLOOKUP(A314,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S314" s="48">
+      <c r="T314" s="48">
         <f t="shared" si="4"/>
         <v>195956</v>
       </c>
-      <c r="T314" s="61"/>
       <c r="U314" s="61"/>
-    </row>
-    <row r="315" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V314" s="61"/>
+    </row>
+    <row r="315" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A315" s="7" t="s">
         <v>623</v>
       </c>
       <c r="B315" s="8" t="s">
         <v>303</v>
       </c>
       <c r="C315" s="61">
         <f>VLOOKUP(A315,'AR DOP'!A:G,7,FALSE)</f>
         <v>348254</v>
       </c>
       <c r="D315" s="61"/>
       <c r="E315" s="61"/>
-      <c r="F315" s="65"/>
+      <c r="F315" s="132"/>
       <c r="G315" s="65"/>
       <c r="H315" s="65"/>
       <c r="I315" s="65"/>
       <c r="J315" s="65"/>
       <c r="K315" s="65"/>
       <c r="L315" s="65"/>
       <c r="M315" s="65"/>
-      <c r="N315" s="66"/>
-[...1 lines deleted...]
-      <c r="P315" s="36">
+      <c r="N315" s="65"/>
+      <c r="O315" s="66"/>
+      <c r="P315" s="69"/>
+      <c r="Q315" s="36">
         <f>IFERROR(VLOOKUP(A315,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>7988</v>
       </c>
-      <c r="Q315" s="31">
+      <c r="R315" s="31">
         <f>IFERROR(VLOOKUP(A315,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>102423</v>
       </c>
-      <c r="R315" s="31">
+      <c r="S315" s="31">
         <f>IFERROR(VLOOKUP(A315,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>239560</v>
       </c>
-      <c r="S315" s="48">
+      <c r="T315" s="48">
         <f t="shared" si="4"/>
         <v>698225</v>
       </c>
-      <c r="T315" s="61"/>
       <c r="U315" s="61"/>
-    </row>
-    <row r="316" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V315" s="61"/>
+    </row>
+    <row r="316" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A316" s="7" t="s">
         <v>624</v>
       </c>
       <c r="B316" s="8" t="s">
         <v>304</v>
       </c>
       <c r="C316" s="61">
         <f>VLOOKUP(A316,'AR DOP'!A:G,7,FALSE)</f>
         <v>281745</v>
       </c>
       <c r="D316" s="61"/>
       <c r="E316" s="61"/>
-      <c r="F316" s="65"/>
+      <c r="F316" s="132"/>
       <c r="G316" s="65"/>
       <c r="H316" s="65"/>
       <c r="I316" s="65"/>
       <c r="J316" s="65"/>
       <c r="K316" s="65"/>
       <c r="L316" s="65"/>
       <c r="M316" s="65"/>
-      <c r="N316" s="66"/>
-[...1 lines deleted...]
-      <c r="P316" s="36">
+      <c r="N316" s="65"/>
+      <c r="O316" s="66"/>
+      <c r="P316" s="69"/>
+      <c r="Q316" s="36">
         <f>IFERROR(VLOOKUP(A316,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q316" s="31">
+      <c r="R316" s="31">
         <f>IFERROR(VLOOKUP(A316,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="R316" s="31">
+      <c r="S316" s="31">
         <f>IFERROR(VLOOKUP(A316,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S316" s="48">
+      <c r="T316" s="48">
         <f t="shared" si="4"/>
         <v>285099</v>
       </c>
-      <c r="T316" s="61"/>
       <c r="U316" s="61"/>
-    </row>
-    <row r="317" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V316" s="61"/>
+    </row>
+    <row r="317" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A317" s="7" t="s">
         <v>625</v>
       </c>
       <c r="B317" s="8" t="s">
         <v>305</v>
       </c>
       <c r="C317" s="61">
         <f>VLOOKUP(A317,'AR DOP'!A:G,7,FALSE)</f>
         <v>72500</v>
       </c>
       <c r="D317" s="61"/>
       <c r="E317" s="61"/>
-      <c r="F317" s="65"/>
+      <c r="F317" s="132"/>
       <c r="G317" s="65"/>
       <c r="H317" s="65"/>
       <c r="I317" s="65"/>
       <c r="J317" s="65"/>
       <c r="K317" s="65"/>
       <c r="L317" s="65"/>
       <c r="M317" s="65"/>
-      <c r="N317" s="66"/>
-[...1 lines deleted...]
-      <c r="P317" s="36">
+      <c r="N317" s="65"/>
+      <c r="O317" s="66"/>
+      <c r="P317" s="69"/>
+      <c r="Q317" s="36">
         <f>IFERROR(VLOOKUP(A317,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q317" s="31">
+      <c r="R317" s="31">
         <f>IFERROR(VLOOKUP(A317,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>154488</v>
       </c>
-      <c r="R317" s="31">
+      <c r="S317" s="31">
         <f>IFERROR(VLOOKUP(A317,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>3354</v>
       </c>
-      <c r="S317" s="48">
+      <c r="T317" s="48">
         <f t="shared" si="4"/>
         <v>230342</v>
       </c>
-      <c r="T317" s="61"/>
       <c r="U317" s="61"/>
-    </row>
-    <row r="318" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V317" s="61"/>
+    </row>
+    <row r="318" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A318" s="7" t="s">
         <v>626</v>
       </c>
       <c r="B318" s="8" t="s">
         <v>306</v>
       </c>
       <c r="C318" s="61">
         <f>VLOOKUP(A318,'AR DOP'!A:G,7,FALSE)</f>
         <v>165601</v>
       </c>
       <c r="D318" s="61"/>
       <c r="E318" s="61"/>
-      <c r="F318" s="65"/>
+      <c r="F318" s="132"/>
       <c r="G318" s="65"/>
       <c r="H318" s="65"/>
       <c r="I318" s="65"/>
       <c r="J318" s="65"/>
       <c r="K318" s="65"/>
       <c r="L318" s="65"/>
       <c r="M318" s="65"/>
-      <c r="N318" s="66"/>
-[...1 lines deleted...]
-      <c r="P318" s="36">
+      <c r="N318" s="65"/>
+      <c r="O318" s="66"/>
+      <c r="P318" s="69"/>
+      <c r="Q318" s="36">
         <f>IFERROR(VLOOKUP(A318,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q318" s="31">
+      <c r="R318" s="31">
         <f>IFERROR(VLOOKUP(A318,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>51211</v>
       </c>
-      <c r="R318" s="31">
+      <c r="S318" s="31">
         <f>IFERROR(VLOOKUP(A318,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S318" s="48">
+      <c r="T318" s="48">
         <f t="shared" si="4"/>
         <v>216812</v>
       </c>
-      <c r="T318" s="61"/>
       <c r="U318" s="61"/>
-    </row>
-    <row r="319" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V318" s="61"/>
+    </row>
+    <row r="319" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A319" s="7" t="s">
         <v>627</v>
       </c>
       <c r="B319" s="8" t="s">
         <v>307</v>
       </c>
       <c r="C319" s="61">
         <f>VLOOKUP(A319,'AR DOP'!A:G,7,FALSE)</f>
         <v>286862</v>
       </c>
       <c r="D319" s="61"/>
       <c r="E319" s="61"/>
-      <c r="F319" s="65"/>
+      <c r="F319" s="132"/>
       <c r="G319" s="65"/>
       <c r="H319" s="65"/>
       <c r="I319" s="65"/>
       <c r="J319" s="65"/>
       <c r="K319" s="65"/>
       <c r="L319" s="65"/>
       <c r="M319" s="65"/>
-      <c r="N319" s="66"/>
-[...1 lines deleted...]
-      <c r="P319" s="36">
+      <c r="N319" s="65"/>
+      <c r="O319" s="66"/>
+      <c r="P319" s="69"/>
+      <c r="Q319" s="36">
         <f>IFERROR(VLOOKUP(A319,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q319" s="31">
+      <c r="R319" s="31">
         <f>IFERROR(VLOOKUP(A319,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68282</v>
       </c>
-      <c r="R319" s="31">
+      <c r="S319" s="31">
         <f>IFERROR(VLOOKUP(A319,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>42735</v>
       </c>
-      <c r="S319" s="48">
+      <c r="T319" s="48">
         <f t="shared" si="4"/>
         <v>397879</v>
       </c>
-      <c r="T319" s="61"/>
       <c r="U319" s="61"/>
-    </row>
-    <row r="320" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V319" s="61"/>
+    </row>
+    <row r="320" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A320" s="7" t="s">
         <v>629</v>
       </c>
       <c r="B320" s="8" t="s">
         <v>309</v>
       </c>
       <c r="C320" s="61">
         <f>VLOOKUP(A320,'AR DOP'!A:G,7,FALSE)</f>
         <v>144708</v>
       </c>
       <c r="D320" s="61"/>
       <c r="E320" s="61"/>
-      <c r="F320" s="65"/>
+      <c r="F320" s="132"/>
       <c r="G320" s="65"/>
       <c r="H320" s="65"/>
       <c r="I320" s="65"/>
       <c r="J320" s="65"/>
       <c r="K320" s="65"/>
       <c r="L320" s="65"/>
       <c r="M320" s="65"/>
-      <c r="N320" s="66"/>
-[...1 lines deleted...]
-      <c r="P320" s="36">
+      <c r="N320" s="65"/>
+      <c r="O320" s="66"/>
+      <c r="P320" s="69"/>
+      <c r="Q320" s="36">
         <f>IFERROR(VLOOKUP(A320,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q320" s="31">
+      <c r="R320" s="31">
         <f>IFERROR(VLOOKUP(A320,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>60600</v>
       </c>
-      <c r="R320" s="31">
+      <c r="S320" s="31">
         <f>IFERROR(VLOOKUP(A320,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S320" s="48">
+      <c r="T320" s="48">
         <f t="shared" si="4"/>
         <v>205308</v>
       </c>
-      <c r="T320" s="61"/>
       <c r="U320" s="61"/>
-    </row>
-    <row r="321" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V320" s="61"/>
+    </row>
+    <row r="321" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A321" s="7" t="s">
         <v>630</v>
       </c>
       <c r="B321" s="8" t="s">
         <v>310</v>
       </c>
       <c r="C321" s="61">
         <f>VLOOKUP(A321,'AR DOP'!A:G,7,FALSE)</f>
         <v>67186</v>
       </c>
       <c r="D321" s="61"/>
       <c r="E321" s="61"/>
-      <c r="F321" s="65"/>
+      <c r="F321" s="132"/>
       <c r="G321" s="65"/>
       <c r="H321" s="65"/>
       <c r="I321" s="65"/>
       <c r="J321" s="65"/>
       <c r="K321" s="65"/>
       <c r="L321" s="65"/>
       <c r="M321" s="65"/>
-      <c r="N321" s="66"/>
-[...1 lines deleted...]
-      <c r="P321" s="36">
+      <c r="N321" s="65"/>
+      <c r="O321" s="66"/>
+      <c r="P321" s="69"/>
+      <c r="Q321" s="36">
         <f>IFERROR(VLOOKUP(A321,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q321" s="31">
+      <c r="R321" s="31">
         <f>IFERROR(VLOOKUP(A321,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>68282</v>
       </c>
-      <c r="R321" s="31">
+      <c r="S321" s="31">
         <f>IFERROR(VLOOKUP(A321,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S321" s="48">
+      <c r="T321" s="48">
         <f t="shared" si="4"/>
         <v>135468</v>
       </c>
-      <c r="T321" s="61"/>
       <c r="U321" s="61"/>
-    </row>
-    <row r="322" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V321" s="61"/>
+    </row>
+    <row r="322" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A322" s="7" t="s">
         <v>631</v>
       </c>
       <c r="B322" s="8" t="s">
         <v>311</v>
       </c>
       <c r="C322" s="61">
         <f>VLOOKUP(A322,'AR DOP'!A:G,7,FALSE)</f>
         <v>380328</v>
       </c>
       <c r="D322" s="61"/>
       <c r="E322" s="61"/>
-      <c r="F322" s="65"/>
+      <c r="F322" s="132"/>
       <c r="G322" s="65"/>
       <c r="H322" s="65"/>
       <c r="I322" s="65"/>
       <c r="J322" s="65"/>
       <c r="K322" s="65"/>
       <c r="L322" s="65"/>
       <c r="M322" s="65"/>
-      <c r="N322" s="66"/>
-[...1 lines deleted...]
-      <c r="P322" s="36">
+      <c r="N322" s="65"/>
+      <c r="O322" s="66"/>
+      <c r="P322" s="69"/>
+      <c r="Q322" s="36">
         <f>IFERROR(VLOOKUP(A322,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q322" s="31">
+      <c r="R322" s="31">
         <f>IFERROR(VLOOKUP(A322,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>75110</v>
       </c>
-      <c r="R322" s="31">
+      <c r="S322" s="31">
         <f>IFERROR(VLOOKUP(A322,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>14218</v>
       </c>
-      <c r="S322" s="48">
+      <c r="T322" s="48">
         <f t="shared" si="4"/>
         <v>469656</v>
       </c>
-      <c r="T322" s="61"/>
       <c r="U322" s="61"/>
-    </row>
-    <row r="323" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V322" s="61"/>
+    </row>
+    <row r="323" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A323" s="7" t="s">
         <v>632</v>
       </c>
       <c r="B323" s="8" t="s">
         <v>312</v>
       </c>
       <c r="C323" s="61">
         <f>VLOOKUP(A323,'AR DOP'!A:G,7,FALSE)</f>
         <v>319066</v>
       </c>
       <c r="D323" s="61"/>
       <c r="E323" s="61"/>
-      <c r="F323" s="65"/>
+      <c r="F323" s="132"/>
       <c r="G323" s="65"/>
       <c r="H323" s="65"/>
       <c r="I323" s="65"/>
       <c r="J323" s="65"/>
       <c r="K323" s="65"/>
       <c r="L323" s="65"/>
       <c r="M323" s="65"/>
-      <c r="N323" s="66"/>
-[...1 lines deleted...]
-      <c r="P323" s="36">
+      <c r="N323" s="65"/>
+      <c r="O323" s="66"/>
+      <c r="P323" s="69"/>
+      <c r="Q323" s="36">
         <f>IFERROR(VLOOKUP(A323,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q323" s="31">
+      <c r="R323" s="31">
         <f>IFERROR(VLOOKUP(A323,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>51211</v>
       </c>
-      <c r="R323" s="31">
+      <c r="S323" s="31">
         <f>IFERROR(VLOOKUP(A323,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S323" s="48">
+      <c r="T323" s="48">
         <f t="shared" si="4"/>
         <v>371954</v>
       </c>
-      <c r="T323" s="61"/>
       <c r="U323" s="61"/>
-    </row>
-    <row r="324" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V323" s="61"/>
+    </row>
+    <row r="324" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A324" s="7" t="s">
         <v>633</v>
       </c>
       <c r="B324" s="8" t="s">
         <v>313</v>
       </c>
       <c r="C324" s="61">
         <f>VLOOKUP(A324,'AR DOP'!A:G,7,FALSE)</f>
         <v>111303</v>
       </c>
       <c r="D324" s="61"/>
       <c r="E324" s="61"/>
-      <c r="F324" s="65"/>
+      <c r="F324" s="132"/>
       <c r="G324" s="65"/>
       <c r="H324" s="65"/>
       <c r="I324" s="65"/>
       <c r="J324" s="65"/>
       <c r="K324" s="65"/>
       <c r="L324" s="65"/>
       <c r="M324" s="65"/>
-      <c r="N324" s="66"/>
-[...1 lines deleted...]
-      <c r="P324" s="36">
+      <c r="N324" s="65"/>
+      <c r="O324" s="66"/>
+      <c r="P324" s="69"/>
+      <c r="Q324" s="36">
         <f>IFERROR(VLOOKUP(A324,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>20768</v>
       </c>
-      <c r="Q324" s="31">
+      <c r="R324" s="31">
         <f>IFERROR(VLOOKUP(A324,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>64867</v>
       </c>
-      <c r="R324" s="31">
+      <c r="S324" s="31">
         <f>IFERROR(VLOOKUP(A324,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>1677</v>
       </c>
-      <c r="S324" s="48">
+      <c r="T324" s="48">
         <f t="shared" si="4"/>
         <v>198615</v>
       </c>
-      <c r="T324" s="61"/>
       <c r="U324" s="61"/>
-    </row>
-    <row r="325" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V324" s="61"/>
+    </row>
+    <row r="325" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A325" s="7" t="s">
         <v>634</v>
       </c>
       <c r="B325" s="8" t="s">
         <v>314</v>
       </c>
       <c r="C325" s="61">
         <f>VLOOKUP(A325,'AR DOP'!A:G,7,FALSE)</f>
         <v>515201</v>
       </c>
       <c r="D325" s="61"/>
       <c r="E325" s="61"/>
-      <c r="F325" s="65"/>
+      <c r="F325" s="132"/>
       <c r="G325" s="65"/>
       <c r="H325" s="65"/>
       <c r="I325" s="65"/>
       <c r="J325" s="65"/>
       <c r="K325" s="65"/>
       <c r="L325" s="65"/>
       <c r="M325" s="65"/>
-      <c r="N325" s="66"/>
-[...1 lines deleted...]
-      <c r="P325" s="36">
+      <c r="N325" s="65"/>
+      <c r="O325" s="66"/>
+      <c r="P325" s="69"/>
+      <c r="Q325" s="36">
         <f>IFERROR(VLOOKUP(A325,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="Q325" s="31">
+      <c r="R325" s="31">
         <f>IFERROR(VLOOKUP(A325,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>236426</v>
       </c>
-      <c r="R325" s="31">
+      <c r="S325" s="31">
         <f>IFERROR(VLOOKUP(A325,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>11742</v>
       </c>
-      <c r="S325" s="48">
-        <f t="shared" ref="S325:S328" si="5">SUM(C325:R325)</f>
+      <c r="T325" s="48">
+        <f t="shared" ref="T325:T328" si="5">SUM(C325:S325)</f>
         <v>763369</v>
       </c>
-      <c r="T325" s="61"/>
       <c r="U325" s="61"/>
-    </row>
-    <row r="326" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V325" s="61"/>
+    </row>
+    <row r="326" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A326" s="7" t="s">
         <v>635</v>
       </c>
       <c r="B326" s="8" t="s">
         <v>315</v>
       </c>
       <c r="C326" s="61">
         <f>VLOOKUP(A326,'AR DOP'!A:G,7,FALSE)</f>
         <v>100271</v>
       </c>
       <c r="D326" s="61"/>
       <c r="E326" s="61"/>
-      <c r="F326" s="65"/>
+      <c r="F326" s="132"/>
       <c r="G326" s="65"/>
       <c r="H326" s="65"/>
       <c r="I326" s="65"/>
       <c r="J326" s="65"/>
       <c r="K326" s="65"/>
       <c r="L326" s="65"/>
       <c r="M326" s="65"/>
-      <c r="N326" s="66"/>
-[...1 lines deleted...]
-      <c r="P326" s="36">
+      <c r="N326" s="65"/>
+      <c r="O326" s="66"/>
+      <c r="P326" s="69"/>
+      <c r="Q326" s="36">
         <f>IFERROR(VLOOKUP(A326,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>159760</v>
       </c>
-      <c r="Q326" s="31">
+      <c r="R326" s="31">
         <f>IFERROR(VLOOKUP(A326,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>8535</v>
       </c>
-      <c r="R326" s="31">
+      <c r="S326" s="31">
         <f>IFERROR(VLOOKUP(A326,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S326" s="48">
+      <c r="T326" s="48">
         <f t="shared" si="5"/>
         <v>268566</v>
       </c>
-      <c r="T326" s="61"/>
       <c r="U326" s="61"/>
-    </row>
-    <row r="327" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V326" s="61"/>
+    </row>
+    <row r="327" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A327" s="7" t="s">
         <v>636</v>
       </c>
       <c r="B327" s="8" t="s">
         <v>316</v>
       </c>
       <c r="C327" s="61">
         <f>VLOOKUP(A327,'AR DOP'!A:G,7,FALSE)</f>
         <v>78620</v>
       </c>
       <c r="D327" s="61"/>
       <c r="E327" s="61"/>
-      <c r="F327" s="65"/>
+      <c r="F327" s="132"/>
       <c r="G327" s="65"/>
       <c r="H327" s="65"/>
       <c r="I327" s="65"/>
       <c r="J327" s="65"/>
       <c r="K327" s="65"/>
       <c r="L327" s="65"/>
       <c r="M327" s="65"/>
-      <c r="N327" s="66"/>
-[...1 lines deleted...]
-      <c r="P327" s="36">
+      <c r="N327" s="65"/>
+      <c r="O327" s="66"/>
+      <c r="P327" s="69"/>
+      <c r="Q327" s="36">
         <f>IFERROR(VLOOKUP(A327,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>13579</v>
       </c>
-      <c r="Q327" s="31">
+      <c r="R327" s="31">
         <f>IFERROR(VLOOKUP(A327,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>41822</v>
       </c>
-      <c r="R327" s="31">
+      <c r="S327" s="31">
         <f>IFERROR(VLOOKUP(A327,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>0</v>
       </c>
-      <c r="S327" s="48">
+      <c r="T327" s="48">
         <f t="shared" si="5"/>
         <v>134021</v>
       </c>
-      <c r="T327" s="61"/>
       <c r="U327" s="61"/>
-    </row>
-    <row r="328" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V327" s="61"/>
+    </row>
+    <row r="328" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A328" s="7" t="s">
         <v>637</v>
       </c>
       <c r="B328" s="8" t="s">
         <v>317</v>
       </c>
       <c r="C328" s="61">
         <f>VLOOKUP(A328,'AR DOP'!A:G,7,FALSE)</f>
         <v>56115</v>
       </c>
       <c r="D328" s="61"/>
       <c r="E328" s="61"/>
-      <c r="F328" s="65"/>
+      <c r="F328" s="132"/>
       <c r="G328" s="65"/>
-      <c r="H328" s="61"/>
+      <c r="H328" s="65"/>
       <c r="I328" s="61"/>
       <c r="J328" s="61"/>
       <c r="K328" s="61"/>
       <c r="L328" s="61"/>
       <c r="M328" s="61"/>
-      <c r="N328" s="69"/>
+      <c r="N328" s="61"/>
       <c r="O328" s="69"/>
-      <c r="P328" s="36">
+      <c r="P328" s="69"/>
+      <c r="Q328" s="36">
         <f>IFERROR(VLOOKUP(A328,'Increased Enrollment'!A:D,4,FALSE),0)</f>
         <v>63516</v>
       </c>
-      <c r="Q328" s="31">
+      <c r="R328" s="31">
         <f>IFERROR(VLOOKUP(A328,'OEO Not on PY Headcount'!A:D,4,FALSE),0)</f>
         <v>69135</v>
       </c>
-      <c r="R328" s="31">
+      <c r="S328" s="31">
         <f>IFERROR(VLOOKUP(A328,'EL Beyond 5 Years'!A:D,4,FALSE),0)</f>
         <v>10130</v>
       </c>
-      <c r="S328" s="48">
+      <c r="T328" s="48">
         <f t="shared" si="5"/>
         <v>198896</v>
       </c>
-      <c r="T328" s="61"/>
       <c r="U328" s="61"/>
-    </row>
-    <row r="329" spans="1:21" x14ac:dyDescent="0.55000000000000004">
+      <c r="V328" s="61"/>
+    </row>
+    <row r="329" spans="1:22" x14ac:dyDescent="0.55000000000000004">
       <c r="A329" s="122" t="s">
         <v>1004</v>
       </c>
       <c r="B329" s="13" t="s">
         <v>318</v>
       </c>
       <c r="C329" s="46">
         <f>SUM(C4:C328)</f>
         <v>153920719</v>
       </c>
       <c r="D329" s="46">
-        <f t="shared" ref="D329:S329" si="6">SUM(D4:D328)</f>
+        <f t="shared" ref="D329:T329" si="6">SUM(D4:D328)</f>
         <v>0</v>
       </c>
       <c r="E329" s="46">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="F329" s="46">
         <f t="shared" si="6"/>
-        <v>0</v>
+        <v>-9025123</v>
       </c>
       <c r="G329" s="46">
         <f t="shared" si="6"/>
-        <v>479906.38</v>
+        <v>9448.5300000000007</v>
       </c>
       <c r="H329" s="46">
         <f t="shared" si="6"/>
-        <v>0</v>
+        <v>581348.93000000005</v>
       </c>
       <c r="I329" s="46">
         <f t="shared" si="6"/>
-        <v>296926.44</v>
+        <v>0</v>
       </c>
       <c r="J329" s="46">
         <f t="shared" si="6"/>
-        <v>0</v>
+        <v>296926.44</v>
       </c>
       <c r="K329" s="46">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="L329" s="46">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="M329" s="46">
         <f t="shared" si="6"/>
-        <v>173340.09</v>
+        <v>0</v>
       </c>
       <c r="N329" s="46">
         <f t="shared" si="6"/>
-        <v>0</v>
+        <v>179728.91</v>
       </c>
       <c r="O329" s="46">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="P329" s="46">
         <f t="shared" si="6"/>
-        <v>11748717</v>
+        <v>580944</v>
       </c>
       <c r="Q329" s="46">
         <f t="shared" si="6"/>
-        <v>59825141</v>
+        <v>11748717</v>
       </c>
       <c r="R329" s="46">
         <f t="shared" si="6"/>
-        <v>13918606</v>
+        <v>59825141</v>
       </c>
       <c r="S329" s="46">
         <f t="shared" si="6"/>
-        <v>240363355.91</v>
-[...1 lines deleted...]
-      <c r="T329" s="46"/>
+        <v>13918606</v>
+      </c>
+      <c r="T329" s="46">
+        <f t="shared" si="6"/>
+        <v>232036456.80999997</v>
+      </c>
       <c r="U329" s="46"/>
+      <c r="V329" s="46"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:U329" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A3:V329" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="A4:A172 A173:A238 A239:A328" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0084253E-E9C5-4B78-91B8-DA836B74DE6A}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:G336"/>
   <sheetViews>
-    <sheetView topLeftCell="A296" workbookViewId="0">
-      <selection activeCell="C326" sqref="C326"/>
+    <sheetView topLeftCell="A276" workbookViewId="0">
+      <selection activeCell="B290" sqref="B290"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.41796875" defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="1" width="9.734375" style="74" customWidth="1"/>
     <col min="2" max="2" width="42.578125" style="9" customWidth="1"/>
     <col min="3" max="4" width="15.15625" style="75" customWidth="1"/>
     <col min="5" max="5" width="19.83984375" style="75" customWidth="1"/>
     <col min="6" max="6" width="13.05078125" style="73" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.734375" style="73" customWidth="1"/>
     <col min="8" max="10" width="8.68359375" style="73" customWidth="1"/>
     <col min="11" max="16384" width="14.41796875" style="73"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="71" t="s">
         <v>664</v>
       </c>
       <c r="B1" s="121" t="s">
         <v>1006</v>
       </c>
       <c r="C1" s="72"/>
       <c r="D1" s="72"/>
       <c r="E1" s="72"/>
     </row>
@@ -29438,1282 +29806,1282 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{097F8340-3120-48B8-9AE5-C093FED7349F}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:E159"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B1" sqref="B1:B1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15625" defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="1" width="9.15625" style="2"/>
     <col min="2" max="2" width="35.41796875" style="10" customWidth="1"/>
     <col min="3" max="3" width="17.15625" style="10" customWidth="1"/>
     <col min="4" max="4" width="17.15625" style="25" customWidth="1"/>
     <col min="5" max="16384" width="9.15625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="10" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="14" t="s">
         <v>970</v>
       </c>
       <c r="B1" s="15" t="s">
         <v>970</v>
       </c>
-      <c r="C1" s="123" t="s">
-        <v>1017</v>
+      <c r="C1" s="128" t="s">
+        <v>1016</v>
       </c>
       <c r="D1" s="15" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="2" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="16" t="s">
         <v>972</v>
       </c>
       <c r="B2" s="17" t="s">
         <v>973</v>
       </c>
-      <c r="C2" s="124"/>
+      <c r="C2" s="129"/>
       <c r="D2" s="17" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="3" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A3" s="128" t="s">
+      <c r="A3" s="125" t="s">
         <v>320</v>
       </c>
       <c r="B3" s="97" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="C3" s="98">
         <v>45982.617592592593</v>
       </c>
-      <c r="D3" s="126">
+      <c r="D3" s="123">
         <v>170943</v>
       </c>
     </row>
     <row r="4" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A4" s="128" t="s">
+      <c r="A4" s="125" t="s">
         <v>330</v>
       </c>
       <c r="B4" s="97" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
       <c r="C4" s="98">
         <v>45981.395902777775</v>
       </c>
-      <c r="D4" s="126">
+      <c r="D4" s="123">
         <v>253219</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A5" s="128" t="s">
+      <c r="A5" s="125" t="s">
         <v>333</v>
       </c>
       <c r="B5" s="97" t="s">
-        <v>1020</v>
+        <v>1019</v>
       </c>
       <c r="C5" s="98">
         <v>45985.361527777779</v>
       </c>
-      <c r="D5" s="126">
+      <c r="D5" s="123">
         <v>13622</v>
       </c>
     </row>
     <row r="6" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A6" s="128" t="s">
+      <c r="A6" s="125" t="s">
         <v>338</v>
       </c>
       <c r="B6" s="97" t="s">
-        <v>1021</v>
+        <v>1020</v>
       </c>
       <c r="C6" s="98">
         <v>45982.565868055557</v>
       </c>
-      <c r="D6" s="126">
+      <c r="D6" s="123">
         <v>213518</v>
       </c>
     </row>
     <row r="7" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A7" s="128" t="s">
+      <c r="A7" s="125" t="s">
         <v>339</v>
       </c>
       <c r="B7" s="97" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="C7" s="98">
         <v>45985.552048611113</v>
       </c>
-      <c r="D7" s="126">
+      <c r="D7" s="123">
         <v>2396</v>
       </c>
     </row>
     <row r="8" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A8" s="128" t="s">
+      <c r="A8" s="125" t="s">
         <v>340</v>
       </c>
       <c r="B8" s="97" t="s">
-        <v>1023</v>
+        <v>1022</v>
       </c>
       <c r="C8" s="98">
         <v>45985.335451388892</v>
       </c>
-      <c r="D8" s="126">
+      <c r="D8" s="123">
         <v>47928</v>
       </c>
     </row>
     <row r="9" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A9" s="128" t="s">
+      <c r="A9" s="125" t="s">
         <v>342</v>
       </c>
       <c r="B9" s="97" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="C9" s="98">
         <v>45980.429849537039</v>
       </c>
-      <c r="D9" s="126">
+      <c r="D9" s="123">
         <v>102246</v>
       </c>
     </row>
     <row r="10" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A10" s="128" t="s">
+      <c r="A10" s="125" t="s">
         <v>344</v>
       </c>
       <c r="B10" s="97" t="s">
-        <v>1025</v>
+        <v>1024</v>
       </c>
       <c r="C10" s="98">
         <v>45981.540949074071</v>
       </c>
-      <c r="D10" s="126">
+      <c r="D10" s="123">
         <v>60037</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A11" s="128" t="s">
+      <c r="A11" s="125" t="s">
         <v>345</v>
       </c>
       <c r="B11" s="97" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="C11" s="98">
         <v>45980.62972222222</v>
       </c>
-      <c r="D11" s="126">
+      <c r="D11" s="123">
         <v>65501</v>
       </c>
       <c r="E11" s="12"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A12" s="128" t="s">
+      <c r="A12" s="125" t="s">
         <v>350</v>
       </c>
       <c r="B12" s="97" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="C12" s="98">
         <v>45985.387638888889</v>
       </c>
-      <c r="D12" s="126">
+      <c r="D12" s="123">
         <v>124612</v>
       </c>
       <c r="E12" s="12"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A13" s="128" t="s">
+      <c r="A13" s="125" t="s">
         <v>621</v>
       </c>
       <c r="B13" s="97" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="C13" s="98">
         <v>45986.365624999999</v>
       </c>
-      <c r="D13" s="126">
+      <c r="D13" s="123">
         <v>87868</v>
       </c>
       <c r="E13" s="12"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A14" s="128" t="s">
+      <c r="A14" s="125" t="s">
         <v>356</v>
       </c>
       <c r="B14" s="97" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="C14" s="98">
         <v>45980.530578703707</v>
       </c>
-      <c r="D14" s="126">
+      <c r="D14" s="123">
         <v>195370</v>
       </c>
       <c r="E14" s="12"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A15" s="128" t="s">
+      <c r="A15" s="125" t="s">
         <v>376</v>
       </c>
       <c r="B15" s="97" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
       <c r="C15" s="98">
         <v>45981.430104166669</v>
       </c>
-      <c r="D15" s="126">
+      <c r="D15" s="123">
         <v>198375</v>
       </c>
       <c r="E15" s="12"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A16" s="128" t="s">
+      <c r="A16" s="125" t="s">
         <v>378</v>
       </c>
       <c r="B16" s="97" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="C16" s="98">
         <v>45979.57917824074</v>
       </c>
-      <c r="D16" s="126">
+      <c r="D16" s="123">
         <v>83075</v>
       </c>
       <c r="E16" s="12"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A17" s="128" t="s">
+      <c r="A17" s="125" t="s">
         <v>381</v>
       </c>
       <c r="B17" s="97" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="C17" s="98">
         <v>45979.556377314817</v>
       </c>
-      <c r="D17" s="126">
+      <c r="D17" s="123">
         <v>267315</v>
       </c>
       <c r="E17" s="12"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A18" s="128" t="s">
+      <c r="A18" s="125" t="s">
         <v>383</v>
       </c>
       <c r="B18" s="97" t="s">
-        <v>1033</v>
+        <v>1032</v>
       </c>
       <c r="C18" s="98">
         <v>45985.345185185186</v>
       </c>
-      <c r="D18" s="126">
+      <c r="D18" s="123">
         <v>654217</v>
       </c>
       <c r="E18" s="12"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A19" s="128" t="s">
+      <c r="A19" s="125" t="s">
         <v>385</v>
       </c>
       <c r="B19" s="97" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
       <c r="C19" s="98">
         <v>45980.373900462961</v>
       </c>
-      <c r="D19" s="126">
+      <c r="D19" s="123">
         <v>245415</v>
       </c>
       <c r="E19" s="12"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A20" s="128" t="s">
+      <c r="A20" s="125" t="s">
         <v>388</v>
       </c>
       <c r="B20" s="97" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="C20" s="98">
         <v>45982.733159722222</v>
       </c>
-      <c r="D20" s="126">
+      <c r="D20" s="123">
         <v>31153</v>
       </c>
       <c r="E20" s="12"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A21" s="128" t="s">
+      <c r="A21" s="125" t="s">
         <v>404</v>
       </c>
       <c r="B21" s="97" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="C21" s="98">
         <v>45981.605821759258</v>
       </c>
-      <c r="D21" s="126">
+      <c r="D21" s="123">
         <v>55916</v>
       </c>
       <c r="E21" s="12"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A22" s="128" t="s">
+      <c r="A22" s="125" t="s">
         <v>352</v>
       </c>
       <c r="B22" s="97" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
       <c r="C22" s="98">
         <v>45985.495486111111</v>
       </c>
-      <c r="D22" s="126">
+      <c r="D22" s="123">
         <v>64702</v>
       </c>
       <c r="E22" s="12"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A23" s="128" t="s">
+      <c r="A23" s="125" t="s">
         <v>418</v>
       </c>
       <c r="B23" s="97" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="C23" s="98">
         <v>45980.588506944441</v>
       </c>
-      <c r="D23" s="126">
+      <c r="D23" s="123">
         <v>31952</v>
       </c>
       <c r="E23" s="12"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A24" s="128" t="s">
+      <c r="A24" s="125" t="s">
         <v>422</v>
       </c>
       <c r="B24" s="97" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="C24" s="98">
         <v>45979.65152777778</v>
       </c>
-      <c r="D24" s="126">
+      <c r="D24" s="123">
         <v>120618</v>
       </c>
       <c r="E24" s="12"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A25" s="128" t="s">
+      <c r="A25" s="125" t="s">
         <v>423</v>
       </c>
       <c r="B25" s="97" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="C25" s="98">
         <v>45982.365694444445</v>
       </c>
-      <c r="D25" s="126">
+      <c r="D25" s="123">
         <v>28756</v>
       </c>
       <c r="E25" s="12"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A26" s="128" t="s">
+      <c r="A26" s="125" t="s">
         <v>425</v>
       </c>
       <c r="B26" s="97" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="C26" s="98">
         <v>45981.723680555559</v>
       </c>
-      <c r="D26" s="126">
+      <c r="D26" s="123">
         <v>34348</v>
       </c>
       <c r="E26" s="12"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A27" s="128" t="s">
+      <c r="A27" s="125" t="s">
         <v>426</v>
       </c>
       <c r="B27" s="97" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="C27" s="98">
         <v>45985.362268518518</v>
       </c>
-      <c r="D27" s="126">
+      <c r="D27" s="123">
         <v>290763</v>
       </c>
       <c r="E27" s="12"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A28" s="128" t="s">
+      <c r="A28" s="125" t="s">
         <v>431</v>
       </c>
       <c r="B28" s="97" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="C28" s="98">
         <v>45992.488240740742</v>
       </c>
-      <c r="D28" s="126">
+      <c r="D28" s="123">
         <v>8786</v>
       </c>
       <c r="E28" s="12"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A29" s="128" t="s">
+      <c r="A29" s="125" t="s">
         <v>433</v>
       </c>
       <c r="B29" s="97" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="C29" s="98">
         <v>45981.556215277778</v>
       </c>
-      <c r="D29" s="126">
+      <c r="D29" s="123">
         <v>19970</v>
       </c>
       <c r="E29" s="12"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A30" s="128" t="s">
+      <c r="A30" s="125" t="s">
         <v>434</v>
       </c>
       <c r="B30" s="97" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="C30" s="98">
         <v>45986.288703703707</v>
       </c>
-      <c r="D30" s="126">
+      <c r="D30" s="123">
         <v>47878</v>
       </c>
       <c r="E30" s="12"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A31" s="128" t="s">
+      <c r="A31" s="125" t="s">
         <v>435</v>
       </c>
       <c r="B31" s="97" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="C31" s="98">
         <v>45982.721273148149</v>
       </c>
-      <c r="D31" s="126">
+      <c r="D31" s="123">
         <v>341235</v>
       </c>
       <c r="E31" s="12"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A32" s="128" t="s">
+      <c r="A32" s="125" t="s">
         <v>436</v>
       </c>
       <c r="B32" s="97" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="C32" s="98">
         <v>45982.551469907405</v>
       </c>
-      <c r="D32" s="126">
+      <c r="D32" s="123">
         <v>334697</v>
       </c>
       <c r="E32" s="12"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A33" s="128" t="s">
+      <c r="A33" s="125" t="s">
         <v>439</v>
       </c>
       <c r="B33" s="97" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="C33" s="98">
         <v>45981.607974537037</v>
       </c>
-      <c r="D33" s="126">
+      <c r="D33" s="123">
         <v>1597</v>
       </c>
       <c r="E33" s="12"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A34" s="128" t="s">
+      <c r="A34" s="125" t="s">
         <v>518</v>
       </c>
       <c r="B34" s="97" t="s">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="C34" s="98">
         <v>45985.369201388887</v>
       </c>
-      <c r="D34" s="126">
+      <c r="D34" s="123">
         <v>172540</v>
       </c>
       <c r="E34" s="12"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A35" s="128" t="s">
+      <c r="A35" s="125" t="s">
         <v>445</v>
       </c>
       <c r="B35" s="97" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="C35" s="98">
         <v>45979.65457175926</v>
       </c>
-      <c r="D35" s="126">
+      <c r="D35" s="123">
         <v>97068</v>
       </c>
       <c r="E35" s="12"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A36" s="128" t="s">
+      <c r="A36" s="125" t="s">
         <v>450</v>
       </c>
-      <c r="B36" s="127" t="s">
-        <v>1051</v>
+      <c r="B36" s="124" t="s">
+        <v>1050</v>
       </c>
       <c r="C36" s="98">
         <v>45989.283819444441</v>
       </c>
-      <c r="D36" s="126">
+      <c r="D36" s="123">
         <v>55117</v>
       </c>
       <c r="E36" s="12"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A37" s="128" t="s">
+      <c r="A37" s="125" t="s">
         <v>462</v>
       </c>
       <c r="B37" s="97" t="s">
-        <v>1052</v>
+        <v>1051</v>
       </c>
       <c r="C37" s="98">
         <v>45980.433206018519</v>
       </c>
-      <c r="D37" s="126">
+      <c r="D37" s="123">
         <v>71093</v>
       </c>
       <c r="E37" s="12"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A38" s="128" t="s">
+      <c r="A38" s="125" t="s">
         <v>463</v>
       </c>
       <c r="B38" s="97" t="s">
-        <v>1053</v>
+        <v>1052</v>
       </c>
       <c r="C38" s="98">
         <v>45985.446377314816</v>
       </c>
-      <c r="D38" s="126">
+      <c r="D38" s="123">
         <v>798</v>
       </c>
       <c r="E38" s="12"/>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A39" s="128" t="s">
+      <c r="A39" s="125" t="s">
         <v>457</v>
       </c>
       <c r="B39" s="97" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="C39" s="98">
         <v>45979.558425925927</v>
       </c>
-      <c r="D39" s="126">
+      <c r="D39" s="123">
         <v>296203</v>
       </c>
       <c r="E39" s="12"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A40" s="128" t="s">
+      <c r="A40" s="125" t="s">
         <v>468</v>
       </c>
       <c r="B40" s="97" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="C40" s="98">
         <v>45986.452476851853</v>
       </c>
-      <c r="D40" s="126">
+      <c r="D40" s="123">
         <v>49550</v>
       </c>
       <c r="E40" s="12"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A41" s="128" t="s">
+      <c r="A41" s="125" t="s">
         <v>483</v>
       </c>
       <c r="B41" s="97" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="C41" s="98">
         <v>45985.452384259261</v>
       </c>
-      <c r="D41" s="126">
+      <c r="D41" s="123">
         <v>15177</v>
       </c>
       <c r="E41" s="12"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A42" s="128" t="s">
+      <c r="A42" s="125" t="s">
         <v>484</v>
       </c>
       <c r="B42" s="97" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="C42" s="98">
         <v>45981.400972222225</v>
       </c>
-      <c r="D42" s="126">
+      <c r="D42" s="123">
         <v>4792</v>
       </c>
       <c r="E42" s="12"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A43" s="128" t="s">
+      <c r="A43" s="125" t="s">
         <v>488</v>
       </c>
       <c r="B43" s="97" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="C43" s="98">
         <v>45980.593298611115</v>
       </c>
-      <c r="D43" s="126">
+      <c r="D43" s="123">
         <v>8786</v>
       </c>
       <c r="E43" s="12"/>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A44" s="128" t="s">
+      <c r="A44" s="125" t="s">
         <v>489</v>
       </c>
       <c r="B44" s="97" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="C44" s="98">
         <v>45982.644756944443</v>
       </c>
-      <c r="D44" s="126">
+      <c r="D44" s="123">
         <v>75886</v>
       </c>
       <c r="E44" s="12"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A45" s="128" t="s">
+      <c r="A45" s="125" t="s">
         <v>493</v>
       </c>
       <c r="B45" s="97" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="C45" s="98">
         <v>45980.61928240741</v>
       </c>
-      <c r="D45" s="126">
+      <c r="D45" s="123">
         <v>52932</v>
       </c>
       <c r="E45" s="12"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A46" s="128" t="s">
+      <c r="A46" s="125" t="s">
         <v>495</v>
       </c>
       <c r="B46" s="97" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="C46" s="98">
         <v>45982.294074074074</v>
       </c>
-      <c r="D46" s="126">
+      <c r="D46" s="123">
         <v>30354</v>
       </c>
       <c r="E46" s="12"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A47" s="128" t="s">
+      <c r="A47" s="125" t="s">
         <v>496</v>
       </c>
       <c r="B47" s="97" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="C47" s="98">
         <v>45983.542534722219</v>
       </c>
-      <c r="D47" s="126">
+      <c r="D47" s="123">
         <v>41537</v>
       </c>
       <c r="E47" s="12"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A48" s="128" t="s">
+      <c r="A48" s="125" t="s">
         <v>504</v>
       </c>
       <c r="B48" s="97" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="C48" s="98">
         <v>45985.564710648148</v>
       </c>
-      <c r="D48" s="126">
+      <c r="D48" s="123">
         <v>36099</v>
       </c>
       <c r="E48" s="12"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A49" s="128" t="s">
+      <c r="A49" s="125" t="s">
         <v>505</v>
       </c>
       <c r="B49" s="97" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="C49" s="98">
         <v>45981.690057870372</v>
       </c>
-      <c r="D49" s="126">
+      <c r="D49" s="123">
         <v>23964</v>
       </c>
       <c r="E49" s="12"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A50" s="128" t="s">
+      <c r="A50" s="125" t="s">
         <v>509</v>
       </c>
       <c r="B50" s="97" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="C50" s="98">
         <v>45981.550995370373</v>
       </c>
-      <c r="D50" s="126">
+      <c r="D50" s="123">
         <v>38342</v>
       </c>
       <c r="E50" s="12"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A51" s="128" t="s">
+      <c r="A51" s="125" t="s">
         <v>512</v>
       </c>
       <c r="B51" s="97" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
       <c r="C51" s="98">
         <v>45982.558645833335</v>
       </c>
-      <c r="D51" s="126">
+      <c r="D51" s="123">
         <v>80600</v>
       </c>
       <c r="E51" s="12"/>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A52" s="128" t="s">
+      <c r="A52" s="125" t="s">
         <v>524</v>
       </c>
       <c r="B52" s="97" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="C52" s="98">
         <v>45985.350451388891</v>
       </c>
-      <c r="D52" s="126">
+      <c r="D52" s="123">
         <v>15194</v>
       </c>
       <c r="E52" s="12"/>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A53" s="128" t="s">
+      <c r="A53" s="125" t="s">
         <v>528</v>
       </c>
       <c r="B53" s="97" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="C53" s="98">
         <v>45980.644479166665</v>
       </c>
-      <c r="D53" s="126">
+      <c r="D53" s="123">
         <v>73489</v>
       </c>
       <c r="E53" s="12"/>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A54" s="128" t="s">
+      <c r="A54" s="125" t="s">
         <v>531</v>
       </c>
       <c r="B54" s="97" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="C54" s="98">
         <v>45985.741851851853</v>
       </c>
-      <c r="D54" s="126">
+      <c r="D54" s="123">
         <v>185702</v>
       </c>
       <c r="E54" s="12"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A55" s="128" t="s">
+      <c r="A55" s="125" t="s">
         <v>532</v>
       </c>
       <c r="B55" s="97" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="C55" s="98">
         <v>45981.432164351849</v>
       </c>
-      <c r="D55" s="126">
+      <c r="D55" s="123">
         <v>324312</v>
       </c>
       <c r="E55" s="12"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A56" s="128" t="s">
+      <c r="A56" s="125" t="s">
         <v>540</v>
       </c>
       <c r="B56" s="97" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="C56" s="98">
         <v>45992.364016203705</v>
       </c>
-      <c r="D56" s="126">
+      <c r="D56" s="123">
         <v>14378</v>
       </c>
       <c r="E56" s="12"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A57" s="128" t="s">
+      <c r="A57" s="125" t="s">
         <v>583</v>
       </c>
       <c r="B57" s="97" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="C57" s="98">
         <v>45985.528078703705</v>
       </c>
-      <c r="D57" s="126">
+      <c r="D57" s="123">
         <v>27159</v>
       </c>
       <c r="E57" s="12"/>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A58" s="128" t="s">
+      <c r="A58" s="125" t="s">
         <v>560</v>
       </c>
       <c r="B58" s="97" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C58" s="98">
         <v>45985.354756944442</v>
       </c>
-      <c r="D58" s="126">
+      <c r="D58" s="123">
         <v>96981</v>
       </c>
       <c r="E58" s="12"/>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A59" s="128" t="s">
+      <c r="A59" s="125" t="s">
         <v>656</v>
       </c>
       <c r="B59" s="97" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="C59" s="98">
         <v>45981.558263888888</v>
       </c>
-      <c r="D59" s="126">
+      <c r="D59" s="123">
         <v>190114</v>
       </c>
       <c r="E59" s="12"/>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A60" s="128" t="s">
+      <c r="A60" s="125" t="s">
         <v>572</v>
       </c>
       <c r="B60" s="97" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="C60" s="98">
         <v>45979.817337962966</v>
       </c>
-      <c r="D60" s="126">
+      <c r="D60" s="123">
         <v>312330</v>
       </c>
       <c r="E60" s="12"/>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A61" s="128" t="s">
+      <c r="A61" s="125" t="s">
         <v>571</v>
       </c>
       <c r="B61" s="97" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="C61" s="98">
         <v>45979.529895833337</v>
       </c>
-      <c r="D61" s="126">
+      <c r="D61" s="123">
         <v>295556</v>
       </c>
       <c r="E61" s="12"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A62" s="128" t="s">
+      <c r="A62" s="125" t="s">
         <v>573</v>
       </c>
       <c r="B62" s="97" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="C62" s="98">
         <v>45981.663784722223</v>
       </c>
-      <c r="D62" s="126">
+      <c r="D62" s="123">
         <v>124956</v>
       </c>
       <c r="E62" s="12"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A63" s="128" t="s">
+      <c r="A63" s="125" t="s">
         <v>655</v>
       </c>
       <c r="B63" s="97" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
       <c r="C63" s="98">
         <v>45980.413877314815</v>
       </c>
-      <c r="D63" s="126">
+      <c r="D63" s="123">
         <v>18402</v>
       </c>
       <c r="E63" s="12"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A64" s="128" t="s">
+      <c r="A64" s="125" t="s">
         <v>577</v>
       </c>
       <c r="B64" s="97" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="C64" s="98">
         <v>45985.361250000002</v>
       </c>
-      <c r="D64" s="126">
+      <c r="D64" s="123">
         <v>87868</v>
       </c>
       <c r="E64" s="12"/>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A65" s="128" t="s">
+      <c r="A65" s="125" t="s">
         <v>587</v>
       </c>
       <c r="B65" s="97" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="C65" s="98">
         <v>45981.542662037034</v>
       </c>
-      <c r="D65" s="126">
+      <c r="D65" s="123">
         <v>40615</v>
       </c>
       <c r="E65" s="12"/>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A66" s="128" t="s">
+      <c r="A66" s="125" t="s">
         <v>590</v>
       </c>
       <c r="B66" s="97" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="C66" s="98">
         <v>45981.560648148145</v>
       </c>
-      <c r="D66" s="126">
+      <c r="D66" s="123">
         <v>121417</v>
       </c>
       <c r="E66" s="12"/>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A67" s="128" t="s">
+      <c r="A67" s="125" t="s">
         <v>591</v>
       </c>
       <c r="B67" s="97" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="C67" s="98">
         <v>45982.647592592592</v>
       </c>
-      <c r="D67" s="126">
+      <c r="D67" s="123">
         <v>3994</v>
       </c>
       <c r="E67" s="12"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A68" s="128" t="s">
+      <c r="A68" s="125" t="s">
         <v>594</v>
       </c>
       <c r="B68" s="97" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="C68" s="98">
         <v>45982.368668981479</v>
       </c>
-      <c r="D68" s="126">
+      <c r="D68" s="123">
         <v>66543</v>
       </c>
       <c r="E68" s="12"/>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A69" s="128" t="s">
+      <c r="A69" s="125" t="s">
         <v>652</v>
       </c>
       <c r="B69" s="97" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C69" s="98">
         <v>45986.616678240738</v>
       </c>
-      <c r="D69" s="126">
+      <c r="D69" s="123">
         <v>48983</v>
       </c>
       <c r="E69" s="12"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A70" s="128" t="s">
+      <c r="A70" s="125" t="s">
         <v>601</v>
       </c>
       <c r="B70" s="97" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="C70" s="98">
         <v>45980.389513888891</v>
       </c>
-      <c r="D70" s="126">
+      <c r="D70" s="123">
         <v>186120</v>
       </c>
       <c r="E70" s="12"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A71" s="128" t="s">
+      <c r="A71" s="125" t="s">
         <v>602</v>
       </c>
       <c r="B71" s="97" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="C71" s="98">
         <v>45985.36383101852</v>
       </c>
-      <c r="D71" s="126">
+      <c r="D71" s="123">
         <v>47928</v>
       </c>
       <c r="E71" s="12"/>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A72" s="128" t="s">
+      <c r="A72" s="125" t="s">
         <v>606</v>
       </c>
       <c r="B72" s="97" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="C72" s="98">
         <v>45980.431527777779</v>
       </c>
-      <c r="D72" s="126">
+      <c r="D72" s="123">
         <v>95928</v>
       </c>
       <c r="E72" s="12"/>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A73" s="128" t="s">
+      <c r="A73" s="125" t="s">
         <v>609</v>
       </c>
       <c r="B73" s="97" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="C73" s="98">
         <v>45980.407557870371</v>
       </c>
-      <c r="D73" s="126">
+      <c r="D73" s="123">
         <v>3154461</v>
       </c>
       <c r="E73" s="12"/>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A74" s="128" t="s">
+      <c r="A74" s="125" t="s">
         <v>611</v>
       </c>
       <c r="B74" s="97" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="C74" s="98">
         <v>45986.621099537035</v>
       </c>
-      <c r="D74" s="126">
+      <c r="D74" s="123">
         <v>230054</v>
       </c>
       <c r="E74" s="12"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A75" s="128" t="s">
+      <c r="A75" s="125" t="s">
         <v>613</v>
       </c>
       <c r="B75" s="97" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="C75" s="98">
         <v>45985.530127314814</v>
       </c>
-      <c r="D75" s="126">
+      <c r="D75" s="123">
         <v>57600</v>
       </c>
       <c r="E75" s="12"/>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A76" s="128" t="s">
+      <c r="A76" s="125" t="s">
         <v>614</v>
       </c>
       <c r="B76" s="97" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="C76" s="98">
         <v>45982.546759259261</v>
       </c>
-      <c r="D76" s="126">
+      <c r="D76" s="123">
         <v>178132</v>
       </c>
       <c r="E76" s="12"/>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A77" s="128" t="s">
+      <c r="A77" s="125" t="s">
         <v>615</v>
       </c>
       <c r="B77" s="97" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="C77" s="98">
         <v>45986.405891203707</v>
       </c>
-      <c r="D77" s="126">
+      <c r="D77" s="123">
         <v>71892</v>
       </c>
       <c r="E77" s="12"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A78" s="128" t="s">
+      <c r="A78" s="125" t="s">
         <v>622</v>
       </c>
       <c r="B78" s="97" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="C78" s="98">
         <v>45982.324016203704</v>
       </c>
-      <c r="D78" s="126">
+      <c r="D78" s="123">
         <v>64132</v>
       </c>
       <c r="E78" s="12"/>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A79" s="128" t="s">
+      <c r="A79" s="125" t="s">
         <v>623</v>
       </c>
       <c r="B79" s="97" t="s">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="C79" s="98">
         <v>45981.560474537036</v>
       </c>
-      <c r="D79" s="126">
+      <c r="D79" s="123">
         <v>7988</v>
       </c>
       <c r="E79" s="12"/>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A80" s="128" t="s">
+      <c r="A80" s="125" t="s">
         <v>633</v>
       </c>
       <c r="B80" s="97" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="C80" s="98">
         <v>45986.334016203706</v>
       </c>
-      <c r="D80" s="126">
+      <c r="D80" s="123">
         <v>20768</v>
       </c>
       <c r="E80" s="12"/>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A81" s="128" t="s">
+      <c r="A81" s="125" t="s">
         <v>635</v>
       </c>
       <c r="B81" s="97" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="C81" s="98">
         <v>45985.450925925928</v>
       </c>
-      <c r="D81" s="126">
+      <c r="D81" s="123">
         <v>159760</v>
       </c>
       <c r="E81" s="12"/>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A82" s="128" t="s">
+      <c r="A82" s="125" t="s">
         <v>636</v>
       </c>
       <c r="B82" s="97" t="s">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="C82" s="98">
         <v>45986.365381944444</v>
       </c>
-      <c r="D82" s="126">
+      <c r="D82" s="123">
         <v>13579</v>
       </c>
       <c r="E82" s="12"/>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A83" s="128" t="s">
+      <c r="A83" s="125" t="s">
         <v>637</v>
       </c>
       <c r="B83" s="97" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="C83" s="98">
         <v>45985.467581018522</v>
       </c>
-      <c r="D83" s="126">
+      <c r="D83" s="123">
         <v>63516</v>
       </c>
       <c r="E83" s="12"/>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B84" s="97" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="C84" s="19"/>
-      <c r="D84" s="126">
+      <c r="D84" s="123">
         <f>SUM(D3:D83)</f>
         <v>11748717</v>
       </c>
       <c r="E84" s="12"/>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B85" s="92"/>
       <c r="C85" s="93"/>
       <c r="D85" s="22"/>
       <c r="E85" s="12"/>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B86" s="92"/>
       <c r="C86" s="93"/>
       <c r="D86" s="22"/>
       <c r="E86" s="12"/>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B87" s="92"/>
       <c r="C87" s="93"/>
       <c r="D87" s="22"/>
       <c r="E87" s="12"/>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B88" s="92"/>
@@ -31046,7356 +31414,7356 @@
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B22A943-89C7-4D9E-A99F-B546EF901D81}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:E298"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B1" sqref="B1:B1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15625" defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="1" width="9.15625" style="2"/>
     <col min="2" max="2" width="35.41796875" style="10" customWidth="1"/>
     <col min="3" max="4" width="17.15625" style="10" customWidth="1"/>
     <col min="5" max="16384" width="9.15625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="10" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="23" t="s">
         <v>970</v>
       </c>
       <c r="B1" s="15" t="s">
         <v>970</v>
       </c>
-      <c r="C1" s="123" t="s">
+      <c r="C1" s="128" t="s">
         <v>966</v>
       </c>
       <c r="D1" s="20" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="2" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="24" t="s">
         <v>972</v>
       </c>
       <c r="B2" s="17" t="s">
         <v>973</v>
       </c>
-      <c r="C2" s="124"/>
+      <c r="C2" s="129"/>
       <c r="D2" s="21" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="3" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A3" s="128" t="s">
+      <c r="A3" s="125" t="s">
         <v>321</v>
       </c>
       <c r="B3" s="97" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="98">
         <v>45986.716331018521</v>
       </c>
-      <c r="D3" s="129">
+      <c r="D3" s="126">
         <v>244108</v>
       </c>
     </row>
     <row r="4" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A4" s="128" t="s">
+      <c r="A4" s="125" t="s">
         <v>319</v>
       </c>
       <c r="B4" s="97" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="C4" s="98">
         <v>45985.604629629626</v>
       </c>
-      <c r="D4" s="129">
+      <c r="D4" s="126">
         <v>69989</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A5" s="128" t="s">
+      <c r="A5" s="125" t="s">
         <v>320</v>
       </c>
       <c r="B5" s="97" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="C5" s="98">
         <v>45982.617592592593</v>
       </c>
-      <c r="D5" s="129">
+      <c r="D5" s="126">
         <v>124614</v>
       </c>
     </row>
     <row r="6" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A6" s="128" t="s">
+      <c r="A6" s="125" t="s">
         <v>323</v>
       </c>
       <c r="B6" s="97" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="C6" s="98">
         <v>45985.399074074077</v>
       </c>
-      <c r="D6" s="129">
+      <c r="D6" s="126">
         <v>110958</v>
       </c>
     </row>
     <row r="7" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A7" s="128" t="s">
+      <c r="A7" s="125" t="s">
         <v>324</v>
       </c>
       <c r="B7" s="97" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="C7" s="98">
         <v>45982.531145833331</v>
       </c>
-      <c r="D7" s="129">
+      <c r="D7" s="126">
         <v>119493</v>
       </c>
     </row>
     <row r="8" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A8" s="128" t="s">
+      <c r="A8" s="125" t="s">
         <v>325</v>
       </c>
       <c r="B8" s="97" t="s">
-        <v>1103</v>
+        <v>1102</v>
       </c>
       <c r="C8" s="98">
         <v>45982.38417824074</v>
       </c>
-      <c r="D8" s="129">
+      <c r="D8" s="126">
         <v>181800</v>
       </c>
     </row>
     <row r="9" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A9" s="128" t="s">
+      <c r="A9" s="125" t="s">
         <v>326</v>
       </c>
       <c r="B9" s="97" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="C9" s="98">
         <v>45985.561724537038</v>
       </c>
-      <c r="D9" s="129">
+      <c r="D9" s="126">
         <v>114372</v>
       </c>
     </row>
     <row r="10" spans="1:5" s="12" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A10" s="128" t="s">
+      <c r="A10" s="125" t="s">
         <v>327</v>
       </c>
       <c r="B10" s="97" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="C10" s="98">
         <v>45981.696192129632</v>
       </c>
-      <c r="D10" s="129">
+      <c r="D10" s="126">
         <v>126321</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A11" s="128" t="s">
+      <c r="A11" s="125" t="s">
         <v>328</v>
       </c>
       <c r="B11" s="97" t="s">
-        <v>1106</v>
+        <v>1105</v>
       </c>
       <c r="C11" s="98">
         <v>45981.540960648148</v>
       </c>
-      <c r="D11" s="129">
+      <c r="D11" s="126">
         <v>196310</v>
       </c>
       <c r="E11" s="12"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A12" s="128" t="s">
+      <c r="A12" s="125" t="s">
         <v>329</v>
       </c>
       <c r="B12" s="97" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="C12" s="98">
         <v>45981.554548611108</v>
       </c>
-      <c r="D12" s="129">
+      <c r="D12" s="126">
         <v>38408</v>
       </c>
       <c r="E12" s="12"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A13" s="128" t="s">
+      <c r="A13" s="125" t="s">
         <v>519</v>
       </c>
       <c r="B13" s="97" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="C13" s="98">
         <v>45992.450312499997</v>
       </c>
-      <c r="D13" s="129">
+      <c r="D13" s="126">
         <v>136564</v>
       </c>
       <c r="E13" s="12"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A14" s="128" t="s">
+      <c r="A14" s="125" t="s">
         <v>330</v>
       </c>
       <c r="B14" s="97" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
       <c r="C14" s="98">
         <v>45981.395902777775</v>
       </c>
-      <c r="D14" s="129">
+      <c r="D14" s="126">
         <v>139124</v>
       </c>
       <c r="E14" s="12"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A15" s="128" t="s">
+      <c r="A15" s="125" t="s">
         <v>331</v>
       </c>
       <c r="B15" s="97" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="C15" s="98">
         <v>45980.335393518515</v>
       </c>
-      <c r="D15" s="129">
+      <c r="D15" s="126">
         <v>651239</v>
       </c>
       <c r="E15" s="12"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A16" s="128" t="s">
+      <c r="A16" s="125" t="s">
         <v>332</v>
       </c>
       <c r="B16" s="97" t="s">
-        <v>1110</v>
+        <v>1109</v>
       </c>
       <c r="C16" s="98">
         <v>45981.413553240738</v>
       </c>
-      <c r="D16" s="129">
+      <c r="D16" s="126">
         <v>323485</v>
       </c>
       <c r="E16" s="12"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A17" s="128" t="s">
+      <c r="A17" s="125" t="s">
         <v>333</v>
       </c>
       <c r="B17" s="97" t="s">
-        <v>1020</v>
+        <v>1019</v>
       </c>
       <c r="C17" s="98">
         <v>45985.361527777779</v>
       </c>
-      <c r="D17" s="129">
+      <c r="D17" s="126">
         <v>45236</v>
       </c>
       <c r="E17" s="12"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A18" s="128" t="s">
+      <c r="A18" s="125" t="s">
         <v>334</v>
       </c>
       <c r="B18" s="97" t="s">
-        <v>1111</v>
+        <v>1110</v>
       </c>
       <c r="C18" s="98">
         <v>45979.591493055559</v>
       </c>
-      <c r="D18" s="129">
+      <c r="D18" s="126">
         <v>946559</v>
       </c>
       <c r="E18" s="12"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A19" s="128" t="s">
+      <c r="A19" s="125" t="s">
         <v>335</v>
       </c>
       <c r="B19" s="97" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="C19" s="98">
         <v>45982.611134259256</v>
       </c>
-      <c r="D19" s="129">
+      <c r="D19" s="126">
         <v>140831</v>
       </c>
       <c r="E19" s="12"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A20" s="128" t="s">
+      <c r="A20" s="125" t="s">
         <v>529</v>
       </c>
       <c r="B20" s="97" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="C20" s="98">
         <v>45987.374675925923</v>
       </c>
-      <c r="D20" s="129">
+      <c r="D20" s="126">
         <v>42676</v>
       </c>
       <c r="E20" s="12"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A21" s="128" t="s">
+      <c r="A21" s="125" t="s">
         <v>336</v>
       </c>
       <c r="B21" s="97" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="C21" s="98">
         <v>45980.59578703704</v>
       </c>
-      <c r="D21" s="129">
+      <c r="D21" s="126">
         <v>51211</v>
       </c>
       <c r="E21" s="12"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A22" s="128" t="s">
+      <c r="A22" s="125" t="s">
         <v>337</v>
       </c>
       <c r="B22" s="97" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="C22" s="98">
         <v>45979.552835648145</v>
       </c>
-      <c r="D22" s="129">
+      <c r="D22" s="126">
         <v>82791</v>
       </c>
       <c r="E22" s="12"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A23" s="128" t="s">
+      <c r="A23" s="125" t="s">
         <v>322</v>
       </c>
       <c r="B23" s="97" t="s">
         <v>638</v>
       </c>
       <c r="C23" s="98">
         <v>45992.340324074074</v>
       </c>
-      <c r="D23" s="129">
+      <c r="D23" s="126">
         <v>213381</v>
       </c>
       <c r="E23" s="12"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A24" s="128" t="s">
+      <c r="A24" s="125" t="s">
         <v>339</v>
       </c>
       <c r="B24" s="97" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="C24" s="98">
         <v>45985.552048611113</v>
       </c>
-      <c r="D24" s="129">
+      <c r="D24" s="126">
         <v>146806</v>
       </c>
       <c r="E24" s="12"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A25" s="128" t="s">
+      <c r="A25" s="125" t="s">
         <v>341</v>
       </c>
       <c r="B25" s="97" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="98">
         <v>45980.540011574078</v>
       </c>
-      <c r="D25" s="129">
+      <c r="D25" s="126">
         <v>79377</v>
       </c>
       <c r="E25" s="12"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A26" s="128" t="s">
+      <c r="A26" s="125" t="s">
         <v>343</v>
       </c>
       <c r="B26" s="97" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="C26" s="98">
         <v>45985.360648148147</v>
       </c>
-      <c r="D26" s="129">
+      <c r="D26" s="126">
         <v>139124</v>
       </c>
       <c r="E26" s="12"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A27" s="128" t="s">
+      <c r="A27" s="125" t="s">
         <v>345</v>
       </c>
       <c r="B27" s="97" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="C27" s="98">
         <v>45980.62972222222</v>
       </c>
-      <c r="D27" s="129">
+      <c r="D27" s="126">
         <v>108397</v>
       </c>
       <c r="E27" s="12"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A28" s="128" t="s">
+      <c r="A28" s="125" t="s">
         <v>346</v>
       </c>
       <c r="B28" s="97" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="C28" s="98">
         <v>45985.633518518516</v>
       </c>
-      <c r="D28" s="129">
+      <c r="D28" s="126">
         <v>68282</v>
       </c>
       <c r="E28" s="12"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A29" s="128" t="s">
+      <c r="A29" s="125" t="s">
         <v>347</v>
       </c>
       <c r="B29" s="97" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="C29" s="98">
         <v>45988.440486111111</v>
       </c>
-      <c r="D29" s="129">
+      <c r="D29" s="126">
         <v>156195</v>
       </c>
       <c r="E29" s="12"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A30" s="128" t="s">
+      <c r="A30" s="125" t="s">
         <v>348</v>
       </c>
       <c r="B30" s="97" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="C30" s="98">
         <v>45992.367210648146</v>
       </c>
-      <c r="D30" s="129">
+      <c r="D30" s="126">
         <v>692208</v>
       </c>
       <c r="E30" s="12"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A31" s="128" t="s">
+      <c r="A31" s="125" t="s">
         <v>417</v>
       </c>
       <c r="B31" s="97" t="s">
-        <v>1120</v>
+        <v>1119</v>
       </c>
       <c r="C31" s="98">
         <v>45980.451539351852</v>
       </c>
-      <c r="D31" s="129">
+      <c r="D31" s="126">
         <v>157048</v>
       </c>
       <c r="E31" s="12"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A32" s="128" t="s">
+      <c r="A32" s="125" t="s">
         <v>349</v>
       </c>
       <c r="B32" s="97" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="C32" s="98">
         <v>45992.647939814815</v>
       </c>
-      <c r="D32" s="129">
+      <c r="D32" s="126">
         <v>185214</v>
       </c>
       <c r="E32" s="12"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A33" s="128" t="s">
+      <c r="A33" s="125" t="s">
         <v>350</v>
       </c>
       <c r="B33" s="97" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="C33" s="98">
         <v>45985.387638888889</v>
       </c>
-      <c r="D33" s="129">
+      <c r="D33" s="126">
         <v>423348</v>
       </c>
       <c r="E33" s="12"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A34" s="128" t="s">
+      <c r="A34" s="125" t="s">
         <v>351</v>
       </c>
       <c r="B34" s="97" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="C34" s="98">
         <v>45986.435972222222</v>
       </c>
-      <c r="D34" s="129">
+      <c r="D34" s="126">
         <v>93887</v>
       </c>
       <c r="E34" s="12"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A35" s="128" t="s">
+      <c r="A35" s="125" t="s">
         <v>353</v>
       </c>
       <c r="B35" s="97" t="s">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="C35" s="98">
         <v>45981.552083333336</v>
       </c>
-      <c r="D35" s="129">
+      <c r="D35" s="126">
         <v>25605</v>
       </c>
       <c r="E35" s="12"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A36" s="128" t="s">
+      <c r="A36" s="125" t="s">
         <v>522</v>
       </c>
       <c r="B36" s="97" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="C36" s="98">
         <v>45985.367326388892</v>
       </c>
-      <c r="D36" s="129">
+      <c r="D36" s="126">
         <v>85352</v>
       </c>
       <c r="E36" s="12"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A37" s="128" t="s">
+      <c r="A37" s="125" t="s">
         <v>354</v>
       </c>
       <c r="B37" s="97" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C37" s="98">
         <v>45986.427557870367</v>
       </c>
-      <c r="D37" s="129">
+      <c r="D37" s="126">
         <v>699890</v>
       </c>
       <c r="E37" s="12"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A38" s="128" t="s">
+      <c r="A38" s="125" t="s">
         <v>357</v>
       </c>
       <c r="B38" s="97" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="C38" s="98">
         <v>45985.370451388888</v>
       </c>
-      <c r="D38" s="129">
+      <c r="D38" s="126">
         <v>81084</v>
       </c>
       <c r="E38" s="12"/>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A39" s="128" t="s">
+      <c r="A39" s="125" t="s">
         <v>355</v>
       </c>
       <c r="B39" s="97" t="s">
-        <v>1127</v>
+        <v>1126</v>
       </c>
       <c r="C39" s="98">
         <v>45985.462789351855</v>
       </c>
-      <c r="D39" s="129">
+      <c r="D39" s="126">
         <v>79377</v>
       </c>
       <c r="E39" s="12"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A40" s="128" t="s">
+      <c r="A40" s="125" t="s">
         <v>358</v>
       </c>
       <c r="B40" s="97" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="C40" s="98">
         <v>45981.605011574073</v>
       </c>
-      <c r="D40" s="129">
+      <c r="D40" s="126">
         <v>110958</v>
       </c>
       <c r="E40" s="12"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A41" s="128" t="s">
+      <c r="A41" s="125" t="s">
         <v>359</v>
       </c>
       <c r="B41" s="97" t="s">
-        <v>1129</v>
+        <v>1128</v>
       </c>
       <c r="C41" s="98">
         <v>45982.534351851849</v>
       </c>
-      <c r="D41" s="129">
+      <c r="D41" s="126">
         <v>58893</v>
       </c>
       <c r="E41" s="12"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A42" s="128" t="s">
+      <c r="A42" s="125" t="s">
         <v>360</v>
       </c>
       <c r="B42" s="97" t="s">
-        <v>1130</v>
+        <v>1129</v>
       </c>
       <c r="C42" s="98">
         <v>45981.380057870374</v>
       </c>
-      <c r="D42" s="129">
+      <c r="D42" s="126">
         <v>209113</v>
       </c>
       <c r="E42" s="12"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A43" s="128" t="s">
+      <c r="A43" s="125" t="s">
         <v>361</v>
       </c>
       <c r="B43" s="97" t="s">
-        <v>1131</v>
+        <v>1130</v>
       </c>
       <c r="C43" s="98">
         <v>45981.656469907408</v>
       </c>
-      <c r="D43" s="129">
+      <c r="D43" s="126">
         <v>122054</v>
       </c>
       <c r="E43" s="12"/>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A44" s="128" t="s">
+      <c r="A44" s="125" t="s">
         <v>362</v>
       </c>
       <c r="B44" s="97" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="C44" s="98">
         <v>45980.438460648147</v>
       </c>
-      <c r="D44" s="129">
+      <c r="D44" s="126">
         <v>397742</v>
       </c>
       <c r="E44" s="12"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A45" s="128" t="s">
+      <c r="A45" s="125" t="s">
         <v>363</v>
       </c>
       <c r="B45" s="97" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="C45" s="98">
         <v>45982.323657407411</v>
       </c>
-      <c r="D45" s="129">
+      <c r="D45" s="126">
         <v>3292899</v>
       </c>
       <c r="E45" s="12"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A46" s="128" t="s">
+      <c r="A46" s="125" t="s">
         <v>364</v>
       </c>
       <c r="B46" s="97" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="C46" s="98">
         <v>45982.251875000002</v>
       </c>
-      <c r="D46" s="129">
+      <c r="D46" s="126">
         <v>116932</v>
       </c>
       <c r="E46" s="12"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A47" s="128" t="s">
+      <c r="A47" s="125" t="s">
         <v>365</v>
       </c>
       <c r="B47" s="97" t="s">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="C47" s="98">
         <v>45982.606226851851</v>
       </c>
-      <c r="D47" s="129">
+      <c r="D47" s="126">
         <v>195457</v>
       </c>
       <c r="E47" s="12"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A48" s="128" t="s">
+      <c r="A48" s="125" t="s">
         <v>370</v>
       </c>
       <c r="B48" s="97" t="s">
-        <v>1136</v>
+        <v>1135</v>
       </c>
       <c r="C48" s="98">
         <v>45981.537905092591</v>
       </c>
-      <c r="D48" s="129">
+      <c r="D48" s="126">
         <v>26459</v>
       </c>
       <c r="E48" s="12"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A49" s="128" t="s">
+      <c r="A49" s="125" t="s">
         <v>367</v>
       </c>
       <c r="B49" s="97" t="s">
-        <v>1137</v>
+        <v>1136</v>
       </c>
       <c r="C49" s="98">
         <v>45992.635034722225</v>
       </c>
-      <c r="D49" s="129">
+      <c r="D49" s="126">
         <v>93887</v>
       </c>
       <c r="E49" s="12"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A50" s="128" t="s">
+      <c r="A50" s="125" t="s">
         <v>368</v>
       </c>
       <c r="B50" s="97" t="s">
-        <v>1138</v>
+        <v>1137</v>
       </c>
       <c r="C50" s="98">
         <v>45984.888657407406</v>
       </c>
-      <c r="D50" s="129">
+      <c r="D50" s="126">
         <v>171558</v>
       </c>
       <c r="E50" s="12"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A51" s="128" t="s">
+      <c r="A51" s="125" t="s">
         <v>366</v>
       </c>
       <c r="B51" s="97" t="s">
-        <v>1139</v>
+        <v>1138</v>
       </c>
       <c r="C51" s="98">
         <v>45985.353715277779</v>
       </c>
-      <c r="D51" s="129">
+      <c r="D51" s="126">
         <v>163876</v>
       </c>
       <c r="E51" s="12"/>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A52" s="128" t="s">
+      <c r="A52" s="125" t="s">
         <v>369</v>
       </c>
       <c r="B52" s="97" t="s">
-        <v>1140</v>
+        <v>1139</v>
       </c>
       <c r="C52" s="98">
         <v>45985.347546296296</v>
       </c>
-      <c r="D52" s="129">
+      <c r="D52" s="126">
         <v>93887</v>
       </c>
       <c r="E52" s="12"/>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A53" s="128" t="s">
+      <c r="A53" s="125" t="s">
         <v>371</v>
       </c>
       <c r="B53" s="97" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="C53" s="98">
         <v>45979.775104166663</v>
       </c>
-      <c r="D53" s="129">
+      <c r="D53" s="126">
         <v>42676</v>
       </c>
       <c r="E53" s="12"/>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A54" s="128" t="s">
+      <c r="A54" s="125" t="s">
         <v>373</v>
       </c>
       <c r="B54" s="97" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="C54" s="98">
         <v>45981.611828703702</v>
       </c>
-      <c r="D54" s="129">
+      <c r="D54" s="126">
         <v>155341</v>
       </c>
       <c r="E54" s="12"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A55" s="128" t="s">
+      <c r="A55" s="125" t="s">
         <v>374</v>
       </c>
       <c r="B55" s="97" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="C55" s="98">
         <v>45981.552037037036</v>
       </c>
-      <c r="D55" s="129">
+      <c r="D55" s="126">
         <v>187775</v>
       </c>
       <c r="E55" s="12"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A56" s="128" t="s">
+      <c r="A56" s="125" t="s">
         <v>375</v>
       </c>
       <c r="B56" s="97" t="s">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="C56" s="98">
         <v>45985.391388888886</v>
       </c>
-      <c r="D56" s="129">
+      <c r="D56" s="126">
         <v>84498</v>
       </c>
       <c r="E56" s="12"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A57" s="128" t="s">
+      <c r="A57" s="125" t="s">
         <v>377</v>
       </c>
       <c r="B57" s="97" t="s">
-        <v>1145</v>
+        <v>1144</v>
       </c>
       <c r="C57" s="98">
         <v>45982.5153125</v>
       </c>
-      <c r="D57" s="129">
+      <c r="D57" s="126">
         <v>51211</v>
       </c>
       <c r="E57" s="12"/>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A58" s="128" t="s">
+      <c r="A58" s="125" t="s">
         <v>378</v>
       </c>
       <c r="B58" s="97" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="C58" s="98">
         <v>45979.57917824074</v>
       </c>
-      <c r="D58" s="129">
+      <c r="D58" s="126">
         <v>73403</v>
       </c>
       <c r="E58" s="12"/>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A59" s="128" t="s">
+      <c r="A59" s="125" t="s">
         <v>379</v>
       </c>
       <c r="B59" s="97" t="s">
-        <v>1146</v>
+        <v>1145</v>
       </c>
       <c r="C59" s="98">
         <v>45982.550324074073</v>
       </c>
-      <c r="D59" s="129">
+      <c r="D59" s="126">
         <v>311536</v>
       </c>
       <c r="E59" s="12"/>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A60" s="128" t="s">
+      <c r="A60" s="125" t="s">
         <v>380</v>
       </c>
       <c r="B60" s="97" t="s">
-        <v>1147</v>
+        <v>1146</v>
       </c>
       <c r="C60" s="98">
         <v>45980.33357638889</v>
       </c>
-      <c r="D60" s="129">
+      <c r="D60" s="126">
         <v>93034</v>
       </c>
       <c r="E60" s="12"/>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A61" s="128" t="s">
+      <c r="A61" s="125" t="s">
         <v>381</v>
       </c>
       <c r="B61" s="97" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="C61" s="98">
         <v>45979.556377314817</v>
       </c>
-      <c r="D61" s="129">
+      <c r="D61" s="126">
         <v>16216</v>
       </c>
       <c r="E61" s="12"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A62" s="128" t="s">
+      <c r="A62" s="125" t="s">
         <v>384</v>
       </c>
       <c r="B62" s="97" t="s">
-        <v>1148</v>
+        <v>1147</v>
       </c>
       <c r="C62" s="98">
         <v>45979.546157407407</v>
       </c>
-      <c r="D62" s="129">
+      <c r="D62" s="126">
         <v>44383</v>
       </c>
       <c r="E62" s="12"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A63" s="128" t="s">
+      <c r="A63" s="125" t="s">
         <v>385</v>
       </c>
       <c r="B63" s="97" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
       <c r="C63" s="98">
         <v>45980.373900462961</v>
       </c>
-      <c r="D63" s="129">
+      <c r="D63" s="126">
         <v>335435</v>
       </c>
       <c r="E63" s="12"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A64" s="128" t="s">
+      <c r="A64" s="125" t="s">
         <v>386</v>
       </c>
       <c r="B64" s="97" t="s">
-        <v>1149</v>
+        <v>1148</v>
       </c>
       <c r="C64" s="98">
         <v>45980.658993055556</v>
       </c>
-      <c r="D64" s="129">
+      <c r="D64" s="126">
         <v>99008</v>
       </c>
       <c r="E64" s="12"/>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A65" s="128" t="s">
+      <c r="A65" s="125" t="s">
         <v>387</v>
       </c>
       <c r="B65" s="97" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="C65" s="98">
         <v>45982.355196759258</v>
       </c>
-      <c r="D65" s="129">
+      <c r="D65" s="126">
         <v>467731</v>
       </c>
       <c r="E65" s="12"/>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A66" s="128" t="s">
+      <c r="A66" s="125" t="s">
         <v>388</v>
       </c>
       <c r="B66" s="97" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="C66" s="98">
         <v>45982.733159722222</v>
       </c>
-      <c r="D66" s="129">
+      <c r="D66" s="126">
         <v>94741</v>
       </c>
       <c r="E66" s="12"/>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A67" s="128" t="s">
+      <c r="A67" s="125" t="s">
         <v>389</v>
       </c>
       <c r="B67" s="97" t="s">
-        <v>1151</v>
+        <v>1150</v>
       </c>
       <c r="C67" s="98">
         <v>45985.86650462963</v>
       </c>
-      <c r="D67" s="129">
+      <c r="D67" s="126">
         <v>93887</v>
       </c>
       <c r="E67" s="12"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A68" s="128" t="s">
+      <c r="A68" s="125" t="s">
         <v>390</v>
       </c>
       <c r="B68" s="97" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="C68" s="98">
         <v>45981.701388888891</v>
       </c>
-      <c r="D68" s="129">
+      <c r="D68" s="126">
         <v>122054</v>
       </c>
       <c r="E68" s="12"/>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A69" s="128" t="s">
+      <c r="A69" s="125" t="s">
         <v>391</v>
       </c>
       <c r="B69" s="97" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="C69" s="98">
         <v>45979.663715277777</v>
       </c>
-      <c r="D69" s="129">
+      <c r="D69" s="126">
         <v>68282</v>
       </c>
       <c r="E69" s="12"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A70" s="128" t="s">
+      <c r="A70" s="125" t="s">
         <v>392</v>
       </c>
       <c r="B70" s="97" t="s">
-        <v>1154</v>
+        <v>1153</v>
       </c>
       <c r="C70" s="98">
         <v>45981.618136574078</v>
       </c>
-      <c r="D70" s="129">
+      <c r="D70" s="126">
         <v>85352</v>
       </c>
       <c r="E70" s="12"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A71" s="128" t="s">
+      <c r="A71" s="125" t="s">
         <v>393</v>
       </c>
       <c r="B71" s="97" t="s">
-        <v>1155</v>
+        <v>1154</v>
       </c>
       <c r="C71" s="98">
         <v>45982.362291666665</v>
       </c>
-      <c r="D71" s="129">
+      <c r="D71" s="126">
         <v>1245292</v>
       </c>
       <c r="E71" s="12"/>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A72" s="128" t="s">
+      <c r="A72" s="125" t="s">
         <v>394</v>
       </c>
       <c r="B72" s="97" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C72" s="98">
         <v>45980.343356481484</v>
       </c>
-      <c r="D72" s="129">
+      <c r="D72" s="126">
         <v>252643</v>
       </c>
       <c r="E72" s="12"/>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A73" s="128" t="s">
+      <c r="A73" s="125" t="s">
         <v>395</v>
       </c>
       <c r="B73" s="97" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="C73" s="98">
         <v>45979.712025462963</v>
       </c>
-      <c r="D73" s="129">
+      <c r="D73" s="126">
         <v>503579</v>
       </c>
       <c r="E73" s="12"/>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A74" s="128" t="s">
+      <c r="A74" s="125" t="s">
         <v>396</v>
       </c>
       <c r="B74" s="97" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="C74" s="98">
         <v>45981.337465277778</v>
       </c>
-      <c r="D74" s="129">
+      <c r="D74" s="126">
         <v>91327</v>
       </c>
       <c r="E74" s="12"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A75" s="128" t="s">
+      <c r="A75" s="125" t="s">
         <v>397</v>
       </c>
       <c r="B75" s="97" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="C75" s="98">
         <v>45981.62159722222</v>
       </c>
-      <c r="D75" s="129">
+      <c r="D75" s="126">
         <v>1680590</v>
       </c>
       <c r="E75" s="12"/>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A76" s="128" t="s">
+      <c r="A76" s="125" t="s">
         <v>398</v>
       </c>
       <c r="B76" s="97" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="C76" s="98">
         <v>45985.325532407405</v>
       </c>
-      <c r="D76" s="129">
+      <c r="D76" s="126">
         <v>93887</v>
       </c>
       <c r="E76" s="12"/>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A77" s="128" t="s">
+      <c r="A77" s="125" t="s">
         <v>399</v>
       </c>
       <c r="B77" s="97" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="C77" s="98">
         <v>45980.33457175926</v>
       </c>
-      <c r="D77" s="129">
+      <c r="D77" s="126">
         <v>68282</v>
       </c>
       <c r="E77" s="12"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A78" s="128" t="s">
+      <c r="A78" s="125" t="s">
         <v>400</v>
       </c>
       <c r="B78" s="97" t="s">
-        <v>1162</v>
+        <v>1161</v>
       </c>
       <c r="C78" s="98">
         <v>45985.362546296295</v>
       </c>
-      <c r="D78" s="129">
+      <c r="D78" s="126">
         <v>76817</v>
       </c>
       <c r="E78" s="12"/>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A79" s="128" t="s">
+      <c r="A79" s="125" t="s">
         <v>401</v>
       </c>
       <c r="B79" s="97" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="C79" s="98">
         <v>45980.482071759259</v>
       </c>
-      <c r="D79" s="129">
+      <c r="D79" s="126">
         <v>130589</v>
       </c>
       <c r="E79" s="12"/>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A80" s="128" t="s">
+      <c r="A80" s="125" t="s">
         <v>402</v>
       </c>
       <c r="B80" s="97" t="s">
-        <v>1164</v>
+        <v>1163</v>
       </c>
       <c r="C80" s="98">
         <v>45985.379930555559</v>
       </c>
-      <c r="D80" s="129">
+      <c r="D80" s="126">
         <v>50357</v>
       </c>
       <c r="E80" s="12"/>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A81" s="128" t="s">
+      <c r="A81" s="125" t="s">
         <v>403</v>
       </c>
       <c r="B81" s="97" t="s">
-        <v>1165</v>
+        <v>1164</v>
       </c>
       <c r="C81" s="98">
         <v>45986.557222222225</v>
       </c>
-      <c r="D81" s="129">
+      <c r="D81" s="126">
         <v>4716579</v>
       </c>
       <c r="E81" s="12"/>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A82" s="128" t="s">
+      <c r="A82" s="125" t="s">
         <v>405</v>
       </c>
       <c r="B82" s="97" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="C82" s="98">
         <v>45985.351238425923</v>
       </c>
-      <c r="D82" s="129">
+      <c r="D82" s="126">
         <v>110958</v>
       </c>
       <c r="E82" s="12"/>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A83" s="128" t="s">
+      <c r="A83" s="125" t="s">
         <v>406</v>
       </c>
       <c r="B83" s="97" t="s">
-        <v>1167</v>
+        <v>1166</v>
       </c>
       <c r="C83" s="98">
         <v>45981.640185185184</v>
       </c>
-      <c r="D83" s="129">
+      <c r="D83" s="126">
         <v>427616</v>
       </c>
       <c r="E83" s="12"/>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A84" s="128" t="s">
+      <c r="A84" s="125" t="s">
         <v>407</v>
       </c>
       <c r="B84" s="97" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="C84" s="98">
         <v>45985.370555555557</v>
       </c>
-      <c r="D84" s="129">
+      <c r="D84" s="126">
         <v>68282</v>
       </c>
       <c r="E84" s="12"/>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A85" s="128" t="s">
+      <c r="A85" s="125" t="s">
         <v>352</v>
       </c>
       <c r="B85" s="97" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
       <c r="C85" s="98">
         <v>45985.495486111111</v>
       </c>
-      <c r="D85" s="129">
+      <c r="D85" s="126">
         <v>33287</v>
       </c>
       <c r="E85" s="12"/>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A86" s="128" t="s">
+      <c r="A86" s="125" t="s">
         <v>408</v>
       </c>
       <c r="B86" s="97" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="C86" s="98">
         <v>45983.567418981482</v>
       </c>
-      <c r="D86" s="129">
+      <c r="D86" s="126">
         <v>42676</v>
       </c>
       <c r="E86" s="12"/>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A87" s="128" t="s">
+      <c r="A87" s="125" t="s">
         <v>409</v>
       </c>
       <c r="B87" s="97" t="s">
-        <v>1170</v>
+        <v>1169</v>
       </c>
       <c r="C87" s="98">
         <v>45980.371099537035</v>
       </c>
-      <c r="D87" s="129">
+      <c r="D87" s="126">
         <v>150220</v>
       </c>
       <c r="E87" s="12"/>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A88" s="128" t="s">
+      <c r="A88" s="125" t="s">
         <v>410</v>
       </c>
       <c r="B88" s="97" t="s">
-        <v>1171</v>
+        <v>1170</v>
       </c>
       <c r="C88" s="98">
         <v>45985.480613425927</v>
       </c>
-      <c r="D88" s="129">
+      <c r="D88" s="126">
         <v>102423</v>
       </c>
       <c r="E88" s="12"/>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A89" s="128" t="s">
+      <c r="A89" s="125" t="s">
         <v>411</v>
       </c>
       <c r="B89" s="97" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="C89" s="98">
         <v>45985.31827546296</v>
       </c>
-      <c r="D89" s="129">
+      <c r="D89" s="126">
         <v>68282</v>
       </c>
       <c r="E89" s="12"/>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A90" s="128" t="s">
+      <c r="A90" s="125" t="s">
         <v>416</v>
       </c>
       <c r="B90" s="97" t="s">
-        <v>1173</v>
+        <v>1172</v>
       </c>
       <c r="C90" s="98">
         <v>45985.354525462964</v>
       </c>
-      <c r="D90" s="129">
+      <c r="D90" s="126">
         <v>128028</v>
       </c>
       <c r="E90" s="12"/>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A91" s="128" t="s">
+      <c r="A91" s="125" t="s">
         <v>651</v>
       </c>
       <c r="B91" s="97" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="C91" s="98">
         <v>45986.461111111108</v>
       </c>
-      <c r="D91" s="129">
+      <c r="D91" s="126">
         <v>136564</v>
       </c>
       <c r="E91" s="12"/>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A92" s="128" t="s">
+      <c r="A92" s="125" t="s">
         <v>414</v>
       </c>
       <c r="B92" s="97" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
       <c r="C92" s="98">
         <v>45985.729305555556</v>
       </c>
-      <c r="D92" s="129">
+      <c r="D92" s="126">
         <v>52065</v>
       </c>
       <c r="E92" s="12"/>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A93" s="128" t="s">
+      <c r="A93" s="125" t="s">
         <v>415</v>
       </c>
       <c r="B93" s="97" t="s">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="C93" s="98">
         <v>45981.623113425929</v>
       </c>
-      <c r="D93" s="129">
+      <c r="D93" s="126">
         <v>17070</v>
       </c>
       <c r="E93" s="12"/>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A94" s="128" t="s">
+      <c r="A94" s="125" t="s">
         <v>554</v>
       </c>
       <c r="B94" s="97" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="C94" s="98">
         <v>45982.35491898148</v>
       </c>
-      <c r="D94" s="129">
+      <c r="D94" s="126">
         <v>51211</v>
       </c>
       <c r="E94" s="12"/>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A95" s="128" t="s">
+      <c r="A95" s="125" t="s">
         <v>418</v>
       </c>
       <c r="B95" s="97" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="C95" s="98">
         <v>45980.588506944441</v>
       </c>
-      <c r="D95" s="129">
+      <c r="D95" s="126">
         <v>25605</v>
       </c>
       <c r="E95" s="12"/>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A96" s="128" t="s">
+      <c r="A96" s="125" t="s">
         <v>419</v>
       </c>
       <c r="B96" s="97" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="C96" s="98">
         <v>45981.656840277778</v>
       </c>
-      <c r="D96" s="129">
+      <c r="D96" s="126">
         <v>136564</v>
       </c>
       <c r="E96" s="12"/>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A97" s="128" t="s">
+      <c r="A97" s="125" t="s">
         <v>421</v>
       </c>
       <c r="B97" s="97" t="s">
-        <v>1179</v>
+        <v>1178</v>
       </c>
       <c r="C97" s="98">
         <v>45985.434953703705</v>
       </c>
-      <c r="D97" s="129">
+      <c r="D97" s="126">
         <v>139124</v>
       </c>
       <c r="E97" s="12"/>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A98" s="128" t="s">
+      <c r="A98" s="125" t="s">
         <v>422</v>
       </c>
       <c r="B98" s="97" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="C98" s="98">
         <v>45979.65152777778</v>
       </c>
-      <c r="D98" s="129">
+      <c r="D98" s="126">
         <v>75963</v>
       </c>
       <c r="E98" s="12"/>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A99" s="128" t="s">
+      <c r="A99" s="125" t="s">
         <v>423</v>
       </c>
       <c r="B99" s="97" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="C99" s="98">
         <v>45982.365694444445</v>
       </c>
-      <c r="D99" s="129">
+      <c r="D99" s="126">
         <v>63160</v>
       </c>
       <c r="E99" s="12"/>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A100" s="128" t="s">
+      <c r="A100" s="125" t="s">
         <v>424</v>
       </c>
       <c r="B100" s="97" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="C100" s="98">
         <v>45982.563969907409</v>
       </c>
-      <c r="D100" s="129">
+      <c r="D100" s="126">
         <v>90473</v>
       </c>
       <c r="E100" s="12"/>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A101" s="128" t="s">
+      <c r="A101" s="125" t="s">
         <v>425</v>
       </c>
       <c r="B101" s="97" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="C101" s="98">
         <v>45981.723680555559</v>
       </c>
-      <c r="D101" s="129">
+      <c r="D101" s="126">
         <v>270567</v>
       </c>
       <c r="E101" s="12"/>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A102" s="128" t="s">
+      <c r="A102" s="125" t="s">
         <v>427</v>
       </c>
       <c r="B102" s="97" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="C102" s="98">
         <v>45982.496851851851</v>
       </c>
-      <c r="D102" s="129">
+      <c r="D102" s="126">
         <v>315804</v>
       </c>
       <c r="E102" s="12"/>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A103" s="128" t="s">
+      <c r="A103" s="125" t="s">
         <v>428</v>
       </c>
       <c r="B103" s="97" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="C103" s="98">
         <v>45979.553240740737</v>
       </c>
-      <c r="D103" s="129">
+      <c r="D103" s="126">
         <v>454928</v>
       </c>
       <c r="E103" s="12"/>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A104" s="128" t="s">
+      <c r="A104" s="125" t="s">
         <v>429</v>
       </c>
       <c r="B104" s="97" t="s">
-        <v>1183</v>
+        <v>1182</v>
       </c>
       <c r="C104" s="98">
         <v>45985.384930555556</v>
       </c>
-      <c r="D104" s="129">
+      <c r="D104" s="126">
         <v>119493</v>
       </c>
       <c r="E104" s="12"/>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A105" s="128" t="s">
+      <c r="A105" s="125" t="s">
         <v>430</v>
       </c>
       <c r="B105" s="97" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="C105" s="98">
         <v>45985.352800925924</v>
       </c>
-      <c r="D105" s="129">
+      <c r="D105" s="126">
         <v>45236</v>
       </c>
       <c r="E105" s="12"/>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A106" s="128" t="s">
+      <c r="A106" s="125" t="s">
         <v>431</v>
       </c>
       <c r="B106" s="97" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="C106" s="98">
         <v>45992.488240740742</v>
       </c>
-      <c r="D106" s="129">
+      <c r="D106" s="126">
         <v>162169</v>
       </c>
       <c r="E106" s="12"/>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A107" s="128" t="s">
+      <c r="A107" s="125" t="s">
         <v>432</v>
       </c>
       <c r="B107" s="97" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="C107" s="98">
         <v>45984.887627314813</v>
       </c>
-      <c r="D107" s="129">
+      <c r="D107" s="126">
         <v>75963</v>
       </c>
       <c r="E107" s="12"/>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A108" s="128" t="s">
+      <c r="A108" s="125" t="s">
         <v>433</v>
       </c>
       <c r="B108" s="97" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="C108" s="98">
         <v>45981.556215277778</v>
       </c>
-      <c r="D108" s="129">
+      <c r="D108" s="126">
         <v>138271</v>
       </c>
       <c r="E108" s="12"/>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A109" s="128" t="s">
+      <c r="A109" s="125" t="s">
         <v>434</v>
       </c>
       <c r="B109" s="97" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="C109" s="98">
         <v>45986.288703703707</v>
       </c>
-      <c r="D109" s="129">
+      <c r="D109" s="126">
         <v>853</v>
       </c>
       <c r="E109" s="12"/>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A110" s="128" t="s">
+      <c r="A110" s="125" t="s">
         <v>437</v>
       </c>
       <c r="B110" s="97" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="C110" s="98">
         <v>45979.663101851853</v>
       </c>
-      <c r="D110" s="129">
+      <c r="D110" s="126">
         <v>42676</v>
       </c>
       <c r="E110" s="12"/>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A111" s="128" t="s">
+      <c r="A111" s="125" t="s">
         <v>439</v>
       </c>
       <c r="B111" s="97" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="C111" s="98">
         <v>45981.607974537037</v>
       </c>
-      <c r="D111" s="129">
+      <c r="D111" s="126">
         <v>177533</v>
       </c>
       <c r="E111" s="12"/>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A112" s="128" t="s">
+      <c r="A112" s="125" t="s">
         <v>438</v>
       </c>
       <c r="B112" s="97" t="s">
         <v>117</v>
       </c>
       <c r="C112" s="98">
         <v>45980.559675925928</v>
       </c>
-      <c r="D112" s="129">
+      <c r="D112" s="126">
         <v>77670</v>
       </c>
       <c r="E112" s="12"/>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A113" s="128" t="s">
+      <c r="A113" s="125" t="s">
         <v>441</v>
       </c>
       <c r="B113" s="97" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="C113" s="98">
         <v>45987.438761574071</v>
       </c>
-      <c r="D113" s="129">
+      <c r="D113" s="126">
         <v>170705</v>
       </c>
       <c r="E113" s="12"/>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A114" s="128" t="s">
+      <c r="A114" s="125" t="s">
         <v>442</v>
       </c>
       <c r="B114" s="97" t="s">
-        <v>1188</v>
+        <v>1187</v>
       </c>
       <c r="C114" s="98">
         <v>45985.474502314813</v>
       </c>
-      <c r="D114" s="129">
+      <c r="D114" s="126">
         <v>89620</v>
       </c>
       <c r="E114" s="12"/>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A115" s="128" t="s">
+      <c r="A115" s="125" t="s">
         <v>443</v>
       </c>
       <c r="B115" s="97" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
       <c r="C115" s="98">
         <v>45992.471631944441</v>
       </c>
-      <c r="D115" s="129">
+      <c r="D115" s="126">
         <v>110958</v>
       </c>
       <c r="E115" s="12"/>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A116" s="128" t="s">
+      <c r="A116" s="125" t="s">
         <v>444</v>
       </c>
       <c r="B116" s="97" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="C116" s="98">
         <v>45985.391539351855</v>
       </c>
-      <c r="D116" s="129">
+      <c r="D116" s="126">
         <v>93887</v>
       </c>
       <c r="E116" s="12"/>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A117" s="128" t="s">
+      <c r="A117" s="125" t="s">
         <v>382</v>
       </c>
       <c r="B117" s="97" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="C117" s="98">
         <v>45985.483854166669</v>
       </c>
-      <c r="D117" s="129">
+      <c r="D117" s="126">
         <v>51211</v>
       </c>
       <c r="E117" s="12"/>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A118" s="128" t="s">
+      <c r="A118" s="125" t="s">
         <v>452</v>
       </c>
       <c r="B118" s="97" t="s">
         <v>131</v>
       </c>
       <c r="C118" s="98">
         <v>45981.552465277775</v>
       </c>
-      <c r="D118" s="129">
+      <c r="D118" s="126">
         <v>110958</v>
       </c>
       <c r="E118" s="12"/>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A119" s="128" t="s">
+      <c r="A119" s="125" t="s">
         <v>445</v>
       </c>
       <c r="B119" s="97" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="C119" s="98">
         <v>45979.65457175926</v>
       </c>
-      <c r="D119" s="129">
+      <c r="D119" s="126">
         <v>25605</v>
       </c>
       <c r="E119" s="12"/>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A120" s="128" t="s">
+      <c r="A120" s="125" t="s">
         <v>446</v>
       </c>
       <c r="B120" s="97" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
       <c r="C120" s="98">
         <v>45979.677731481483</v>
       </c>
-      <c r="D120" s="129">
+      <c r="D120" s="126">
         <v>221916</v>
       </c>
       <c r="E120" s="12"/>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A121" s="128" t="s">
+      <c r="A121" s="125" t="s">
         <v>447</v>
       </c>
       <c r="B121" s="97" t="s">
-        <v>1193</v>
+        <v>1192</v>
       </c>
       <c r="C121" s="98">
         <v>45979.695416666669</v>
       </c>
-      <c r="D121" s="129">
+      <c r="D121" s="126">
         <v>125468</v>
       </c>
       <c r="E121" s="12"/>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A122" s="128" t="s">
+      <c r="A122" s="125" t="s">
         <v>448</v>
       </c>
       <c r="B122" s="97" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="C122" s="98">
         <v>45986.559999999998</v>
       </c>
-      <c r="D122" s="129">
+      <c r="D122" s="126">
         <v>25605</v>
       </c>
       <c r="E122" s="12"/>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A123" s="128" t="s">
+      <c r="A123" s="125" t="s">
         <v>449</v>
       </c>
       <c r="B123" s="97" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="C123" s="98">
         <v>45980.331145833334</v>
       </c>
-      <c r="D123" s="129">
+      <c r="D123" s="126">
         <v>162169</v>
       </c>
       <c r="E123" s="12"/>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A124" s="128" t="s">
+      <c r="A124" s="125" t="s">
         <v>450</v>
       </c>
       <c r="B124" s="97" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="C124" s="98">
         <v>45989.283819444441</v>
       </c>
-      <c r="D124" s="129">
+      <c r="D124" s="126">
         <v>138271</v>
       </c>
       <c r="E124" s="12"/>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A125" s="128" t="s">
+      <c r="A125" s="125" t="s">
         <v>451</v>
       </c>
       <c r="B125" s="97" t="s">
-        <v>1196</v>
+        <v>1195</v>
       </c>
       <c r="C125" s="98">
         <v>45982.543437499997</v>
       </c>
-      <c r="D125" s="129">
+      <c r="D125" s="126">
         <v>76817</v>
       </c>
       <c r="E125" s="12"/>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A126" s="128" t="s">
+      <c r="A126" s="125" t="s">
         <v>453</v>
       </c>
       <c r="B126" s="97" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="C126" s="98">
         <v>45982.610289351855</v>
       </c>
-      <c r="D126" s="129">
+      <c r="D126" s="126">
         <v>242401</v>
       </c>
       <c r="E126" s="12"/>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A127" s="128" t="s">
+      <c r="A127" s="125" t="s">
         <v>454</v>
       </c>
       <c r="B127" s="97" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="C127" s="98">
         <v>45981.490254629629</v>
       </c>
-      <c r="D127" s="129">
+      <c r="D127" s="126">
         <v>58039</v>
       </c>
       <c r="E127" s="12"/>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A128" s="128" t="s">
+      <c r="A128" s="125" t="s">
         <v>455</v>
       </c>
       <c r="B128" s="97" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="C128" s="98">
         <v>45982.523425925923</v>
       </c>
-      <c r="D128" s="129">
+      <c r="D128" s="126">
         <v>122054</v>
       </c>
       <c r="E128" s="12"/>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A129" s="128" t="s">
+      <c r="A129" s="125" t="s">
         <v>456</v>
       </c>
       <c r="B129" s="97" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="C129" s="98">
         <v>45982.354907407411</v>
       </c>
-      <c r="D129" s="129">
+      <c r="D129" s="126">
         <v>52065</v>
       </c>
       <c r="E129" s="12"/>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A130" s="128" t="s">
+      <c r="A130" s="125" t="s">
         <v>458</v>
       </c>
       <c r="B130" s="97" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="C130" s="98">
         <v>45980.432974537034</v>
       </c>
-      <c r="D130" s="129">
+      <c r="D130" s="126">
         <v>227891</v>
       </c>
       <c r="E130" s="12"/>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A131" s="128" t="s">
+      <c r="A131" s="125" t="s">
         <v>459</v>
       </c>
       <c r="B131" s="97" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="C131" s="98">
         <v>45982.321585648147</v>
       </c>
-      <c r="D131" s="129">
+      <c r="D131" s="126">
         <v>294466</v>
       </c>
       <c r="E131" s="12"/>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A132" s="128" t="s">
+      <c r="A132" s="125" t="s">
         <v>460</v>
       </c>
       <c r="B132" s="97" t="s">
-        <v>1203</v>
+        <v>1202</v>
       </c>
       <c r="C132" s="98">
         <v>45979.545567129629</v>
       </c>
-      <c r="D132" s="129">
+      <c r="D132" s="126">
         <v>139124</v>
       </c>
       <c r="E132" s="12"/>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A133" s="128" t="s">
+      <c r="A133" s="125" t="s">
         <v>461</v>
       </c>
       <c r="B133" s="97" t="s">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="C133" s="98">
         <v>45986.3675</v>
       </c>
-      <c r="D133" s="129">
+      <c r="D133" s="126">
         <v>722935</v>
       </c>
       <c r="E133" s="12"/>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A134" s="128" t="s">
+      <c r="A134" s="125" t="s">
         <v>462</v>
       </c>
       <c r="B134" s="97" t="s">
-        <v>1052</v>
+        <v>1051</v>
       </c>
       <c r="C134" s="98">
         <v>45980.433206018519</v>
       </c>
-      <c r="D134" s="129">
+      <c r="D134" s="126">
         <v>34994</v>
       </c>
       <c r="E134" s="12"/>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A135" s="128" t="s">
+      <c r="A135" s="125" t="s">
         <v>463</v>
       </c>
       <c r="B135" s="97" t="s">
-        <v>1053</v>
+        <v>1052</v>
       </c>
       <c r="C135" s="98">
         <v>45985.446377314816</v>
       </c>
-      <c r="D135" s="129">
+      <c r="D135" s="126">
         <v>127175</v>
       </c>
       <c r="E135" s="12"/>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A136" s="128" t="s">
+      <c r="A136" s="125" t="s">
         <v>464</v>
       </c>
       <c r="B136" s="97" t="s">
-        <v>1205</v>
+        <v>1204</v>
       </c>
       <c r="C136" s="98">
         <v>45982.299398148149</v>
       </c>
-      <c r="D136" s="129">
+      <c r="D136" s="126">
         <v>93887</v>
       </c>
       <c r="E136" s="12"/>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A137" s="128" t="s">
+      <c r="A137" s="125" t="s">
         <v>440</v>
       </c>
       <c r="B137" s="97" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="C137" s="98">
         <v>45982.342916666668</v>
       </c>
-      <c r="D137" s="129">
+      <c r="D137" s="126">
         <v>154488</v>
       </c>
       <c r="E137" s="12"/>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A138" s="128" t="s">
+      <c r="A138" s="125" t="s">
         <v>465</v>
       </c>
       <c r="B138" s="97" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="C138" s="98">
         <v>45981.605011574073</v>
       </c>
-      <c r="D138" s="129">
+      <c r="D138" s="126">
         <v>51211</v>
       </c>
       <c r="E138" s="12"/>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A139" s="128" t="s">
+      <c r="A139" s="125" t="s">
         <v>466</v>
       </c>
       <c r="B139" s="97" t="s">
-        <v>1208</v>
+        <v>1207</v>
       </c>
       <c r="C139" s="98">
         <v>45986.437337962961</v>
       </c>
-      <c r="D139" s="129">
+      <c r="D139" s="126">
         <v>1174450</v>
       </c>
       <c r="E139" s="12"/>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A140" s="128" t="s">
+      <c r="A140" s="125" t="s">
         <v>467</v>
       </c>
       <c r="B140" s="97" t="s">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="C140" s="98">
         <v>45982.497673611113</v>
       </c>
-      <c r="D140" s="129">
+      <c r="D140" s="126">
         <v>204846</v>
       </c>
       <c r="E140" s="12"/>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A141" s="128" t="s">
+      <c r="A141" s="125" t="s">
         <v>468</v>
       </c>
       <c r="B141" s="97" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="C141" s="98">
         <v>45986.452476851853</v>
       </c>
-      <c r="D141" s="129">
+      <c r="D141" s="126">
         <v>92180</v>
       </c>
       <c r="E141" s="12"/>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A142" s="128" t="s">
+      <c r="A142" s="125" t="s">
         <v>469</v>
       </c>
       <c r="B142" s="97" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="C142" s="98">
         <v>45987.538946759261</v>
       </c>
-      <c r="D142" s="129">
+      <c r="D142" s="126">
         <v>111811</v>
       </c>
       <c r="E142" s="12"/>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A143" s="128" t="s">
+      <c r="A143" s="125" t="s">
         <v>470</v>
       </c>
       <c r="B143" s="97" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="C143" s="98">
         <v>45985.827025462961</v>
       </c>
-      <c r="D143" s="129">
+      <c r="D143" s="126">
         <v>315804</v>
       </c>
       <c r="E143" s="12"/>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A144" s="128" t="s">
+      <c r="A144" s="125" t="s">
         <v>471</v>
       </c>
       <c r="B144" s="97" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="C144" s="98">
         <v>45982.3753125</v>
       </c>
-      <c r="D144" s="129">
+      <c r="D144" s="126">
         <v>92180</v>
       </c>
       <c r="E144" s="12"/>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A145" s="128" t="s">
+      <c r="A145" s="125" t="s">
         <v>472</v>
       </c>
       <c r="B145" s="97" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="C145" s="98">
         <v>45985.56521990741</v>
       </c>
-      <c r="D145" s="129">
+      <c r="D145" s="126">
         <v>52918</v>
       </c>
       <c r="E145" s="12"/>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A146" s="128" t="s">
+      <c r="A146" s="125" t="s">
         <v>473</v>
       </c>
       <c r="B146" s="97" t="s">
-        <v>1214</v>
+        <v>1213</v>
       </c>
       <c r="C146" s="98">
         <v>45981.60491898148</v>
       </c>
-      <c r="D146" s="129">
+      <c r="D146" s="126">
         <v>85352</v>
       </c>
       <c r="E146" s="12"/>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A147" s="128" t="s">
+      <c r="A147" s="125" t="s">
         <v>474</v>
       </c>
       <c r="B147" s="97" t="s">
-        <v>1215</v>
+        <v>1214</v>
       </c>
       <c r="C147" s="98">
         <v>45981.562418981484</v>
       </c>
-      <c r="D147" s="129">
+      <c r="D147" s="126">
         <v>102423</v>
       </c>
       <c r="E147" s="12"/>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A148" s="128" t="s">
+      <c r="A148" s="125" t="s">
         <v>475</v>
       </c>
       <c r="B148" s="97" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="C148" s="98">
         <v>45982.382824074077</v>
       </c>
-      <c r="D148" s="129">
+      <c r="D148" s="126">
         <v>247522</v>
       </c>
       <c r="E148" s="12"/>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A149" s="128" t="s">
+      <c r="A149" s="125" t="s">
         <v>476</v>
       </c>
       <c r="B149" s="97" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="C149" s="98">
         <v>45981.602650462963</v>
       </c>
-      <c r="D149" s="129">
+      <c r="D149" s="126">
         <v>8535</v>
       </c>
       <c r="E149" s="12"/>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A150" s="128" t="s">
+      <c r="A150" s="125" t="s">
         <v>477</v>
       </c>
       <c r="B150" s="97" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="C150" s="98">
         <v>45981.640428240738</v>
       </c>
-      <c r="D150" s="129">
+      <c r="D150" s="126">
         <v>409692</v>
       </c>
       <c r="E150" s="12"/>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A151" s="128" t="s">
+      <c r="A151" s="125" t="s">
         <v>520</v>
       </c>
       <c r="B151" s="97" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
       <c r="C151" s="98">
         <v>45986.476967592593</v>
       </c>
-      <c r="D151" s="129">
+      <c r="D151" s="126">
         <v>263739</v>
       </c>
       <c r="E151" s="12"/>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A152" s="128" t="s">
+      <c r="A152" s="125" t="s">
         <v>478</v>
       </c>
       <c r="B152" s="97" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="C152" s="98">
         <v>45981.4065625</v>
       </c>
-      <c r="D152" s="129">
+      <c r="D152" s="126">
         <v>1629379</v>
       </c>
       <c r="E152" s="12"/>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A153" s="128" t="s">
+      <c r="A153" s="125" t="s">
         <v>479</v>
       </c>
       <c r="B153" s="97" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="C153" s="98">
         <v>45982.378703703704</v>
       </c>
-      <c r="D153" s="129">
+      <c r="D153" s="126">
         <v>138271</v>
       </c>
       <c r="E153" s="12"/>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A154" s="128" t="s">
+      <c r="A154" s="125" t="s">
         <v>480</v>
       </c>
       <c r="B154" s="97" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="C154" s="98">
         <v>45985.375601851854</v>
       </c>
-      <c r="D154" s="129">
+      <c r="D154" s="126">
         <v>85352</v>
       </c>
       <c r="E154" s="12"/>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A155" s="128" t="s">
+      <c r="A155" s="125" t="s">
         <v>481</v>
       </c>
       <c r="B155" s="97" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="C155" s="98">
         <v>45982.547893518517</v>
       </c>
-      <c r="D155" s="129">
+      <c r="D155" s="126">
         <v>63160</v>
       </c>
       <c r="E155" s="12"/>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A156" s="128" t="s">
+      <c r="A156" s="125" t="s">
         <v>482</v>
       </c>
       <c r="B156" s="97" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="C156" s="98">
         <v>45985.388703703706</v>
       </c>
-      <c r="D156" s="129">
+      <c r="D156" s="126">
         <v>90473</v>
       </c>
       <c r="E156" s="12"/>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A157" s="128" t="s">
+      <c r="A157" s="125" t="s">
         <v>483</v>
       </c>
       <c r="B157" s="97" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="C157" s="98">
         <v>45985.452384259261</v>
       </c>
-      <c r="D157" s="129">
+      <c r="D157" s="126">
         <v>23045</v>
       </c>
       <c r="E157" s="12"/>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A158" s="128" t="s">
+      <c r="A158" s="125" t="s">
         <v>484</v>
       </c>
       <c r="B158" s="97" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="C158" s="98">
         <v>45981.400972222225</v>
       </c>
-      <c r="D158" s="129">
+      <c r="D158" s="126">
         <v>187775</v>
       </c>
       <c r="E158" s="12"/>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A159" s="128" t="s">
+      <c r="A159" s="125" t="s">
         <v>412</v>
       </c>
       <c r="B159" s="97" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="C159" s="98">
         <v>45981.539895833332</v>
       </c>
-      <c r="D159" s="129">
+      <c r="D159" s="126">
         <v>128028</v>
       </c>
       <c r="E159" s="12"/>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A160" s="128" t="s">
+      <c r="A160" s="125" t="s">
         <v>485</v>
       </c>
       <c r="B160" s="97" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="C160" s="98">
         <v>45985.669560185182</v>
       </c>
-      <c r="D160" s="129">
+      <c r="D160" s="126">
         <v>102423</v>
       </c>
       <c r="E160" s="12"/>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A161" s="128" t="s">
+      <c r="A161" s="125" t="s">
         <v>486</v>
       </c>
       <c r="B161" s="97" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="C161" s="98">
         <v>45991.864351851851</v>
       </c>
-      <c r="D161" s="129">
+      <c r="D161" s="126">
         <v>90473</v>
       </c>
       <c r="E161" s="12"/>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A162" s="128" t="s">
+      <c r="A162" s="125" t="s">
         <v>487</v>
       </c>
       <c r="B162" s="97" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="C162" s="98">
         <v>45985.397650462961</v>
       </c>
-      <c r="D162" s="129">
+      <c r="D162" s="126">
         <v>272274</v>
       </c>
       <c r="E162" s="12"/>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A163" s="128" t="s">
+      <c r="A163" s="125" t="s">
         <v>488</v>
       </c>
       <c r="B163" s="97" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="C163" s="98">
         <v>45980.593298611115</v>
       </c>
-      <c r="D163" s="129">
+      <c r="D163" s="126">
         <v>152780</v>
       </c>
       <c r="E163" s="12"/>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A164" s="128" t="s">
+      <c r="A164" s="125" t="s">
         <v>489</v>
       </c>
       <c r="B164" s="97" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="C164" s="98">
         <v>45982.644756944443</v>
       </c>
-      <c r="D164" s="129">
+      <c r="D164" s="126">
         <v>20484</v>
       </c>
       <c r="E164" s="12"/>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A165" s="128" t="s">
+      <c r="A165" s="125" t="s">
         <v>490</v>
       </c>
       <c r="B165" s="97" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="C165" s="98">
         <v>45982.884340277778</v>
       </c>
-      <c r="D165" s="129">
+      <c r="D165" s="126">
         <v>657214</v>
       </c>
       <c r="E165" s="12"/>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A166" s="128" t="s">
+      <c r="A166" s="125" t="s">
         <v>491</v>
       </c>
       <c r="B166" s="97" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="C166" s="98">
         <v>45984.649340277778</v>
       </c>
-      <c r="D166" s="129">
+      <c r="D166" s="126">
         <v>538574</v>
       </c>
       <c r="E166" s="12"/>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A167" s="128" t="s">
+      <c r="A167" s="125" t="s">
         <v>492</v>
       </c>
       <c r="B167" s="97" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="C167" s="98">
         <v>45980.639826388891</v>
       </c>
-      <c r="D167" s="129">
+      <c r="D167" s="126">
         <v>60600</v>
       </c>
       <c r="E167" s="12"/>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A168" s="128" t="s">
+      <c r="A168" s="125" t="s">
         <v>493</v>
       </c>
       <c r="B168" s="97" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="C168" s="98">
         <v>45980.61928240741</v>
       </c>
-      <c r="D168" s="129">
+      <c r="D168" s="126">
         <v>394328</v>
       </c>
       <c r="E168" s="12"/>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A169" s="128" t="s">
+      <c r="A169" s="125" t="s">
         <v>500</v>
       </c>
       <c r="B169" s="97" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="C169" s="98">
         <v>45985.406319444446</v>
       </c>
-      <c r="D169" s="129">
+      <c r="D169" s="126">
         <v>162169</v>
       </c>
       <c r="E169" s="12"/>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A170" s="128" t="s">
+      <c r="A170" s="125" t="s">
         <v>494</v>
       </c>
       <c r="B170" s="97" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="C170" s="98">
         <v>45981.670717592591</v>
       </c>
-      <c r="D170" s="129">
+      <c r="D170" s="126">
         <v>112665</v>
       </c>
       <c r="E170" s="12"/>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A171" s="128" t="s">
+      <c r="A171" s="125" t="s">
         <v>495</v>
       </c>
       <c r="B171" s="97" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="C171" s="98">
         <v>45982.294074074074</v>
       </c>
-      <c r="D171" s="129">
+      <c r="D171" s="126">
         <v>61453</v>
       </c>
       <c r="E171" s="12"/>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A172" s="128" t="s">
+      <c r="A172" s="125" t="s">
         <v>497</v>
       </c>
       <c r="B172" s="97" t="s">
-        <v>1234</v>
+        <v>1233</v>
       </c>
       <c r="C172" s="98">
         <v>45986.433865740742</v>
       </c>
-      <c r="D172" s="129">
+      <c r="D172" s="126">
         <v>129735</v>
       </c>
       <c r="E172" s="12"/>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A173" s="128" t="s">
+      <c r="A173" s="125" t="s">
         <v>498</v>
       </c>
       <c r="B173" s="97" t="s">
-        <v>1235</v>
+        <v>1234</v>
       </c>
       <c r="C173" s="98">
         <v>45981.476076388892</v>
       </c>
-      <c r="D173" s="129">
+      <c r="D173" s="126">
         <v>90473</v>
       </c>
       <c r="E173" s="12"/>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A174" s="128" t="s">
+      <c r="A174" s="125" t="s">
         <v>499</v>
       </c>
       <c r="B174" s="97" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="C174" s="98">
         <v>45985.453958333332</v>
       </c>
-      <c r="D174" s="129">
+      <c r="D174" s="126">
         <v>110958</v>
       </c>
       <c r="E174" s="12"/>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A175" s="128" t="s">
+      <c r="A175" s="125" t="s">
         <v>496</v>
       </c>
       <c r="B175" s="97" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="C175" s="98">
         <v>45983.542534722219</v>
       </c>
-      <c r="D175" s="129">
+      <c r="D175" s="126">
         <v>83645</v>
       </c>
       <c r="E175" s="12"/>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A176" s="128" t="s">
+      <c r="A176" s="125" t="s">
         <v>501</v>
       </c>
       <c r="B176" s="97" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="C176" s="98">
         <v>45985.455937500003</v>
       </c>
-      <c r="D176" s="129">
+      <c r="D176" s="126">
         <v>69989</v>
       </c>
       <c r="E176" s="12"/>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A177" s="128" t="s">
+      <c r="A177" s="125" t="s">
         <v>502</v>
       </c>
       <c r="B177" s="97" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="C177" s="98">
         <v>45982.321168981478</v>
       </c>
-      <c r="D177" s="129">
+      <c r="D177" s="126">
         <v>44383</v>
       </c>
       <c r="E177" s="12"/>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A178" s="128" t="s">
+      <c r="A178" s="125" t="s">
         <v>503</v>
       </c>
       <c r="B178" s="97" t="s">
-        <v>1239</v>
+        <v>1238</v>
       </c>
       <c r="C178" s="98">
         <v>45982.631504629629</v>
       </c>
-      <c r="D178" s="129">
+      <c r="D178" s="126">
         <v>168144</v>
       </c>
       <c r="E178" s="12"/>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A179" s="128" t="s">
+      <c r="A179" s="125" t="s">
         <v>505</v>
       </c>
       <c r="B179" s="97" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="C179" s="98">
         <v>45981.690057870372</v>
       </c>
-      <c r="D179" s="129">
+      <c r="D179" s="126">
         <v>8535</v>
       </c>
       <c r="E179" s="12"/>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A180" s="128" t="s">
+      <c r="A180" s="125" t="s">
         <v>506</v>
       </c>
       <c r="B180" s="97" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="C180" s="98">
         <v>45981.60324074074</v>
       </c>
-      <c r="D180" s="129">
+      <c r="D180" s="126">
         <v>76817</v>
       </c>
       <c r="E180" s="12"/>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A181" s="128" t="s">
+      <c r="A181" s="125" t="s">
         <v>507</v>
       </c>
       <c r="B181" s="97" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="C181" s="98">
         <v>45981.559745370374</v>
       </c>
-      <c r="D181" s="129">
+      <c r="D181" s="126">
         <v>29019</v>
       </c>
       <c r="E181" s="12"/>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A182" s="128" t="s">
+      <c r="A182" s="125" t="s">
         <v>508</v>
       </c>
       <c r="B182" s="97" t="s">
-        <v>1242</v>
+        <v>1241</v>
       </c>
       <c r="C182" s="98">
         <v>45985.388206018521</v>
       </c>
-      <c r="D182" s="129">
+      <c r="D182" s="126">
         <v>187775</v>
       </c>
       <c r="E182" s="12"/>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A183" s="128" t="s">
+      <c r="A183" s="125" t="s">
         <v>509</v>
       </c>
       <c r="B183" s="97" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="C183" s="98">
         <v>45981.550995370373</v>
       </c>
-      <c r="D183" s="129">
+      <c r="D183" s="126">
         <v>142538</v>
       </c>
       <c r="E183" s="12"/>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A184" s="128" t="s">
+      <c r="A184" s="125" t="s">
         <v>510</v>
       </c>
       <c r="B184" s="97" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C184" s="98">
         <v>45981.571157407408</v>
       </c>
-      <c r="D184" s="129">
+      <c r="D184" s="126">
         <v>34141</v>
       </c>
       <c r="E184" s="12"/>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A185" s="128" t="s">
+      <c r="A185" s="125" t="s">
         <v>511</v>
       </c>
       <c r="B185" s="97" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
       <c r="C185" s="98">
         <v>45981.53943287037</v>
       </c>
-      <c r="D185" s="129">
+      <c r="D185" s="126">
         <v>431883</v>
       </c>
       <c r="E185" s="12"/>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A186" s="128" t="s">
+      <c r="A186" s="125" t="s">
         <v>512</v>
       </c>
       <c r="B186" s="97" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
       <c r="C186" s="98">
         <v>45982.558645833335</v>
       </c>
-      <c r="D186" s="129">
+      <c r="D186" s="126">
         <v>36701</v>
       </c>
       <c r="E186" s="12"/>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A187" s="128" t="s">
+      <c r="A187" s="125" t="s">
         <v>513</v>
       </c>
       <c r="B187" s="97" t="s">
-        <v>1245</v>
+        <v>1244</v>
       </c>
       <c r="C187" s="98">
         <v>45980.664768518516</v>
       </c>
-      <c r="D187" s="129">
+      <c r="D187" s="126">
         <v>119493</v>
       </c>
       <c r="E187" s="12"/>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A188" s="128" t="s">
+      <c r="A188" s="125" t="s">
         <v>516</v>
       </c>
       <c r="B188" s="97" t="s">
-        <v>1246</v>
+        <v>1245</v>
       </c>
       <c r="C188" s="98">
         <v>45982.530138888891</v>
       </c>
-      <c r="D188" s="129">
+      <c r="D188" s="126">
         <v>25605</v>
       </c>
       <c r="E188" s="12"/>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A189" s="128" t="s">
+      <c r="A189" s="125" t="s">
         <v>514</v>
       </c>
       <c r="B189" s="97" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="C189" s="98">
         <v>45982.368090277778</v>
       </c>
-      <c r="D189" s="129">
+      <c r="D189" s="126">
         <v>110958</v>
       </c>
       <c r="E189" s="12"/>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A190" s="128" t="s">
+      <c r="A190" s="125" t="s">
         <v>515</v>
       </c>
       <c r="B190" s="97" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
       <c r="C190" s="98">
         <v>45985.464953703704</v>
       </c>
-      <c r="D190" s="129">
+      <c r="D190" s="126">
         <v>118639</v>
       </c>
       <c r="E190" s="12"/>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A191" s="128" t="s">
+      <c r="A191" s="125" t="s">
         <v>517</v>
       </c>
       <c r="B191" s="97" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="C191" s="98">
         <v>45981.944664351853</v>
       </c>
-      <c r="D191" s="129">
+      <c r="D191" s="126">
         <v>431883</v>
       </c>
       <c r="E191" s="12"/>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A192" s="128" t="s">
+      <c r="A192" s="125" t="s">
         <v>372</v>
       </c>
       <c r="B192" s="97" t="s">
-        <v>1250</v>
+        <v>1249</v>
       </c>
       <c r="C192" s="98">
         <v>45985.392395833333</v>
       </c>
-      <c r="D192" s="129">
+      <c r="D192" s="126">
         <v>179240</v>
       </c>
       <c r="E192" s="12"/>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A193" s="128" t="s">
+      <c r="A193" s="125" t="s">
         <v>530</v>
       </c>
       <c r="B193" s="97" t="s">
-        <v>1251</v>
+        <v>1250</v>
       </c>
       <c r="C193" s="98">
         <v>45985.637118055558</v>
       </c>
-      <c r="D193" s="129">
+      <c r="D193" s="126">
         <v>93887</v>
       </c>
       <c r="E193" s="12"/>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A194" s="128" t="s">
+      <c r="A194" s="125" t="s">
         <v>521</v>
       </c>
       <c r="B194" s="97" t="s">
-        <v>1252</v>
+        <v>1251</v>
       </c>
       <c r="C194" s="98">
         <v>45980.362337962964</v>
       </c>
-      <c r="D194" s="129">
+      <c r="D194" s="126">
         <v>128028</v>
       </c>
       <c r="E194" s="12"/>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A195" s="128" t="s">
+      <c r="A195" s="125" t="s">
         <v>525</v>
       </c>
       <c r="B195" s="97" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="C195" s="98">
         <v>45979.568090277775</v>
       </c>
-      <c r="D195" s="129">
+      <c r="D195" s="126">
         <v>98155</v>
       </c>
       <c r="E195" s="12"/>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A196" s="128" t="s">
+      <c r="A196" s="125" t="s">
         <v>524</v>
       </c>
       <c r="B196" s="97" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="C196" s="98">
         <v>45985.350451388891</v>
       </c>
-      <c r="D196" s="129">
+      <c r="D196" s="126">
         <v>69135</v>
       </c>
       <c r="E196" s="12"/>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A197" s="128" t="s">
+      <c r="A197" s="125" t="s">
         <v>523</v>
       </c>
       <c r="B197" s="97" t="s">
-        <v>1254</v>
+        <v>1253</v>
       </c>
       <c r="C197" s="98">
         <v>45981.631435185183</v>
       </c>
-      <c r="D197" s="129">
+      <c r="D197" s="126">
         <v>99008</v>
       </c>
       <c r="E197" s="12"/>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A198" s="128" t="s">
+      <c r="A198" s="125" t="s">
         <v>526</v>
       </c>
       <c r="B198" s="97" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="C198" s="98">
         <v>45982.336539351854</v>
       </c>
-      <c r="D198" s="129">
+      <c r="D198" s="126">
         <v>260325</v>
       </c>
       <c r="E198" s="12"/>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A199" s="128" t="s">
+      <c r="A199" s="125" t="s">
         <v>527</v>
       </c>
       <c r="B199" s="97" t="s">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="C199" s="98">
         <v>45981.680509259262</v>
       </c>
-      <c r="D199" s="129">
+      <c r="D199" s="126">
         <v>121200</v>
       </c>
       <c r="E199" s="12"/>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A200" s="128" t="s">
+      <c r="A200" s="125" t="s">
         <v>532</v>
       </c>
       <c r="B200" s="97" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="C200" s="98">
         <v>45981.432164351849</v>
       </c>
-      <c r="D200" s="129">
+      <c r="D200" s="126">
         <v>125468</v>
       </c>
       <c r="E200" s="12"/>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A201" s="128" t="s">
+      <c r="A201" s="125" t="s">
         <v>533</v>
       </c>
       <c r="B201" s="97" t="s">
-        <v>1257</v>
+        <v>1256</v>
       </c>
       <c r="C201" s="98">
         <v>45981.622604166667</v>
       </c>
-      <c r="D201" s="129">
+      <c r="D201" s="126">
         <v>119493</v>
       </c>
       <c r="E201" s="12"/>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A202" s="128" t="s">
+      <c r="A202" s="125" t="s">
         <v>534</v>
       </c>
       <c r="B202" s="97" t="s">
-        <v>1258</v>
+        <v>1257</v>
       </c>
       <c r="C202" s="98">
         <v>45980.452280092592</v>
       </c>
-      <c r="D202" s="129">
+      <c r="D202" s="126">
         <v>197164</v>
       </c>
       <c r="E202" s="12"/>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A203" s="128" t="s">
+      <c r="A203" s="125" t="s">
         <v>535</v>
       </c>
       <c r="B203" s="97" t="s">
-        <v>1259</v>
+        <v>1258</v>
       </c>
       <c r="C203" s="98">
         <v>45980.353541666664</v>
       </c>
-      <c r="D203" s="129">
+      <c r="D203" s="126">
         <v>59746</v>
       </c>
       <c r="E203" s="12"/>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A204" s="128" t="s">
+      <c r="A204" s="125" t="s">
         <v>536</v>
       </c>
       <c r="B204" s="97" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="C204" s="98">
         <v>45985.479803240742</v>
       </c>
-      <c r="D204" s="129">
+      <c r="D204" s="126">
         <v>256057</v>
       </c>
       <c r="E204" s="12"/>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A205" s="128" t="s">
+      <c r="A205" s="125" t="s">
         <v>537</v>
       </c>
       <c r="B205" s="97" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="C205" s="98">
         <v>45986.478113425925</v>
       </c>
-      <c r="D205" s="129">
+      <c r="D205" s="126">
         <v>96448</v>
       </c>
       <c r="E205" s="12"/>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A206" s="128" t="s">
+      <c r="A206" s="125" t="s">
         <v>538</v>
       </c>
       <c r="B206" s="97" t="s">
-        <v>1262</v>
+        <v>1261</v>
       </c>
       <c r="C206" s="98">
         <v>45979.862013888887</v>
       </c>
-      <c r="D206" s="129">
+      <c r="D206" s="126">
         <v>136564</v>
       </c>
       <c r="E206" s="12"/>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A207" s="128" t="s">
+      <c r="A207" s="125" t="s">
         <v>539</v>
       </c>
       <c r="B207" s="97" t="s">
-        <v>1263</v>
+        <v>1262</v>
       </c>
       <c r="C207" s="98">
         <v>45981.644756944443</v>
       </c>
-      <c r="D207" s="129">
+      <c r="D207" s="126">
         <v>110958</v>
       </c>
       <c r="E207" s="12"/>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A208" s="128" t="s">
+      <c r="A208" s="125" t="s">
         <v>540</v>
       </c>
       <c r="B208" s="97" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="C208" s="98">
         <v>45992.364016203705</v>
       </c>
-      <c r="D208" s="129">
+      <c r="D208" s="126">
         <v>264592</v>
       </c>
       <c r="E208" s="12"/>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A209" s="128" t="s">
+      <c r="A209" s="125" t="s">
         <v>541</v>
       </c>
       <c r="B209" s="97" t="s">
-        <v>1264</v>
+        <v>1263</v>
       </c>
       <c r="C209" s="98">
         <v>45985.551226851851</v>
       </c>
-      <c r="D209" s="129">
+      <c r="D209" s="126">
         <v>769879</v>
       </c>
       <c r="E209" s="12"/>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A210" s="128" t="s">
+      <c r="A210" s="125" t="s">
         <v>542</v>
       </c>
       <c r="B210" s="97" t="s">
-        <v>1265</v>
+        <v>1264</v>
       </c>
       <c r="C210" s="98">
         <v>45982.557719907411</v>
       </c>
-      <c r="D210" s="129">
+      <c r="D210" s="126">
         <v>122054</v>
       </c>
       <c r="E210" s="12"/>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A211" s="128" t="s">
+      <c r="A211" s="125" t="s">
         <v>543</v>
       </c>
       <c r="B211" s="97" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="C211" s="98">
         <v>45982.286215277774</v>
       </c>
-      <c r="D211" s="129">
+      <c r="D211" s="126">
         <v>34141</v>
       </c>
       <c r="E211" s="12"/>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A212" s="128" t="s">
+      <c r="A212" s="125" t="s">
         <v>654</v>
       </c>
       <c r="B212" s="97" t="s">
         <v>221</v>
       </c>
       <c r="C212" s="98">
         <v>45981.673587962963</v>
       </c>
-      <c r="D212" s="129">
+      <c r="D212" s="126">
         <v>128882</v>
       </c>
       <c r="E212" s="12"/>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A213" s="128" t="s">
+      <c r="A213" s="125" t="s">
         <v>544</v>
       </c>
       <c r="B213" s="97" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="C213" s="98">
         <v>45981.695393518516</v>
       </c>
-      <c r="D213" s="129">
+      <c r="D213" s="126">
         <v>198871</v>
       </c>
       <c r="E213" s="12"/>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A214" s="128" t="s">
+      <c r="A214" s="125" t="s">
         <v>545</v>
       </c>
       <c r="B214" s="97" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="C214" s="98">
         <v>45979.57099537037</v>
       </c>
-      <c r="D214" s="129">
+      <c r="D214" s="126">
         <v>105837</v>
       </c>
       <c r="E214" s="12"/>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A215" s="128" t="s">
+      <c r="A215" s="125" t="s">
         <v>546</v>
       </c>
       <c r="B215" s="97" t="s">
-        <v>1269</v>
+        <v>1268</v>
       </c>
       <c r="C215" s="98">
         <v>45986.328692129631</v>
       </c>
-      <c r="D215" s="129">
+      <c r="D215" s="126">
         <v>314950</v>
       </c>
       <c r="E215" s="12"/>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A216" s="128" t="s">
+      <c r="A216" s="125" t="s">
         <v>547</v>
       </c>
       <c r="B216" s="97" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="C216" s="98">
         <v>45986.543043981481</v>
       </c>
-      <c r="D216" s="129">
+      <c r="D216" s="126">
         <v>472852</v>
       </c>
       <c r="E216" s="12"/>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A217" s="128" t="s">
+      <c r="A217" s="125" t="s">
         <v>548</v>
       </c>
       <c r="B217" s="97" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="C217" s="98">
         <v>45981.540972222225</v>
       </c>
-      <c r="D217" s="129">
+      <c r="D217" s="126">
         <v>70842</v>
       </c>
       <c r="E217" s="12"/>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A218" s="128" t="s">
+      <c r="A218" s="125" t="s">
         <v>549</v>
       </c>
       <c r="B218" s="97" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
       <c r="C218" s="98">
         <v>45982.500347222223</v>
       </c>
-      <c r="D218" s="129">
+      <c r="D218" s="126">
         <v>122907</v>
       </c>
       <c r="E218" s="12"/>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A219" s="128" t="s">
+      <c r="A219" s="125" t="s">
         <v>550</v>
       </c>
       <c r="B219" s="97" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
       <c r="C219" s="98">
         <v>45981.565775462965</v>
       </c>
-      <c r="D219" s="129">
+      <c r="D219" s="126">
         <v>76817</v>
       </c>
       <c r="E219" s="12"/>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A220" s="128" t="s">
+      <c r="A220" s="125" t="s">
         <v>551</v>
       </c>
       <c r="B220" s="97" t="s">
-        <v>1274</v>
+        <v>1273</v>
       </c>
       <c r="C220" s="98">
         <v>45981.655115740738</v>
       </c>
-      <c r="D220" s="129">
+      <c r="D220" s="126">
         <v>213381</v>
       </c>
       <c r="E220" s="12"/>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A221" s="128" t="s">
+      <c r="A221" s="125" t="s">
         <v>552</v>
       </c>
       <c r="B221" s="97" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
       <c r="C221" s="98">
         <v>45982.646631944444</v>
       </c>
-      <c r="D221" s="129">
+      <c r="D221" s="126">
         <v>85352</v>
       </c>
       <c r="E221" s="12"/>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A222" s="128" t="s">
+      <c r="A222" s="125" t="s">
         <v>653</v>
       </c>
       <c r="B222" s="97" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="C222" s="98">
         <v>45986.617858796293</v>
       </c>
-      <c r="D222" s="129">
+      <c r="D222" s="126">
         <v>119493</v>
       </c>
       <c r="E222" s="12"/>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A223" s="128" t="s">
+      <c r="A223" s="125" t="s">
         <v>555</v>
       </c>
       <c r="B223" s="97" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="C223" s="98">
         <v>45982.336423611108</v>
       </c>
-      <c r="D223" s="129">
+      <c r="D223" s="126">
         <v>42676</v>
       </c>
       <c r="E223" s="12"/>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A224" s="128" t="s">
+      <c r="A224" s="125" t="s">
         <v>556</v>
       </c>
       <c r="B224" s="97" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="C224" s="98">
         <v>45982.613726851851</v>
       </c>
-      <c r="D224" s="129">
+      <c r="D224" s="126">
         <v>66574</v>
       </c>
       <c r="E224" s="12"/>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A225" s="128" t="s">
+      <c r="A225" s="125" t="s">
         <v>557</v>
       </c>
       <c r="B225" s="97" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="C225" s="98">
         <v>45985.564710648148</v>
       </c>
-      <c r="D225" s="129">
+      <c r="D225" s="126">
         <v>110958</v>
       </c>
       <c r="E225" s="12"/>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A226" s="128" t="s">
+      <c r="A226" s="125" t="s">
         <v>558</v>
       </c>
       <c r="B226" s="97" t="s">
-        <v>1280</v>
+        <v>1279</v>
       </c>
       <c r="C226" s="98">
         <v>45981.608344907407</v>
       </c>
-      <c r="D226" s="129">
+      <c r="D226" s="126">
         <v>42676</v>
       </c>
       <c r="E226" s="12"/>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A227" s="128" t="s">
+      <c r="A227" s="125" t="s">
         <v>583</v>
       </c>
       <c r="B227" s="97" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="C227" s="98">
         <v>45985.528078703705</v>
       </c>
-      <c r="D227" s="129">
+      <c r="D227" s="126">
         <v>40115</v>
       </c>
       <c r="E227" s="12"/>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A228" s="128" t="s">
+      <c r="A228" s="125" t="s">
         <v>559</v>
       </c>
       <c r="B228" s="97" t="s">
-        <v>1281</v>
+        <v>1280</v>
       </c>
       <c r="C228" s="98">
         <v>45981.869143518517</v>
       </c>
-      <c r="D228" s="129">
+      <c r="D228" s="126">
         <v>289344</v>
       </c>
       <c r="E228" s="12"/>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A229" s="128" t="s">
+      <c r="A229" s="125" t="s">
         <v>560</v>
       </c>
       <c r="B229" s="97" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C229" s="98">
         <v>45985.354756944442</v>
       </c>
-      <c r="D229" s="129">
+      <c r="D229" s="126">
         <v>127175</v>
       </c>
       <c r="E229" s="12"/>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A230" s="128" t="s">
+      <c r="A230" s="125" t="s">
         <v>561</v>
       </c>
       <c r="B230" s="97" t="s">
-        <v>1282</v>
+        <v>1281</v>
       </c>
       <c r="C230" s="98">
         <v>45980.483587962961</v>
       </c>
-      <c r="D230" s="129">
+      <c r="D230" s="126">
         <v>84498</v>
       </c>
       <c r="E230" s="12"/>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A231" s="128" t="s">
+      <c r="A231" s="125" t="s">
         <v>562</v>
       </c>
       <c r="B231" s="97" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="C231" s="98">
         <v>45979.54828703704</v>
       </c>
-      <c r="D231" s="129">
+      <c r="D231" s="126">
         <v>187775</v>
       </c>
       <c r="E231" s="12"/>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A232" s="128" t="s">
+      <c r="A232" s="125" t="s">
         <v>563</v>
       </c>
       <c r="B232" s="97" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="C232" s="98">
         <v>45982.588645833333</v>
       </c>
-      <c r="D232" s="129">
+      <c r="D232" s="126">
         <v>51211</v>
       </c>
       <c r="E232" s="12"/>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A233" s="128" t="s">
+      <c r="A233" s="125" t="s">
         <v>620</v>
       </c>
       <c r="B233" s="97" t="s">
-        <v>1285</v>
+        <v>1284</v>
       </c>
       <c r="C233" s="98">
         <v>45982.496967592589</v>
       </c>
-      <c r="D233" s="129">
+      <c r="D233" s="126">
         <v>241547</v>
       </c>
       <c r="E233" s="12"/>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A234" s="128" t="s">
+      <c r="A234" s="125" t="s">
         <v>564</v>
       </c>
       <c r="B234" s="97" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="C234" s="98">
         <v>45982.617175925923</v>
       </c>
-      <c r="D234" s="129">
+      <c r="D234" s="126">
         <v>102423</v>
       </c>
       <c r="E234" s="12"/>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A235" s="128" t="s">
+      <c r="A235" s="125" t="s">
         <v>565</v>
       </c>
       <c r="B235" s="97" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="C235" s="98">
         <v>45981.604791666665</v>
       </c>
-      <c r="D235" s="129">
+      <c r="D235" s="126">
         <v>246668</v>
       </c>
       <c r="E235" s="12"/>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A236" s="128" t="s">
+      <c r="A236" s="125" t="s">
         <v>566</v>
       </c>
       <c r="B236" s="97" t="s">
-        <v>1288</v>
+        <v>1287</v>
       </c>
       <c r="C236" s="98">
         <v>45982.493032407408</v>
       </c>
-      <c r="D236" s="129">
+      <c r="D236" s="126">
         <v>42676</v>
       </c>
       <c r="E236" s="12"/>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A237" s="128" t="s">
+      <c r="A237" s="125" t="s">
         <v>567</v>
       </c>
       <c r="B237" s="97" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="C237" s="98">
         <v>45982.555393518516</v>
       </c>
-      <c r="D237" s="129">
+      <c r="D237" s="126">
         <v>51211</v>
       </c>
       <c r="E237" s="12"/>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A238" s="128" t="s">
+      <c r="A238" s="125" t="s">
         <v>568</v>
       </c>
       <c r="B238" s="97" t="s">
-        <v>1290</v>
+        <v>1289</v>
       </c>
       <c r="C238" s="98">
         <v>45980.396226851852</v>
       </c>
-      <c r="D238" s="129">
+      <c r="D238" s="126">
         <v>100715</v>
       </c>
       <c r="E238" s="12"/>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A239" s="128" t="s">
+      <c r="A239" s="125" t="s">
         <v>569</v>
       </c>
       <c r="B239" s="97" t="s">
-        <v>1291</v>
+        <v>1290</v>
       </c>
       <c r="C239" s="98">
         <v>45980.430335648147</v>
       </c>
-      <c r="D239" s="129">
+      <c r="D239" s="126">
         <v>68282</v>
       </c>
       <c r="E239" s="12"/>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A240" s="128" t="s">
+      <c r="A240" s="125" t="s">
         <v>570</v>
       </c>
       <c r="B240" s="97" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="C240" s="98">
         <v>45987.590763888889</v>
       </c>
-      <c r="D240" s="129">
+      <c r="D240" s="126">
         <v>1016548</v>
       </c>
       <c r="E240" s="12"/>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A241" s="128" t="s">
+      <c r="A241" s="125" t="s">
         <v>578</v>
       </c>
       <c r="B241" s="97" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="C241" s="98">
         <v>45985.379340277781</v>
       </c>
-      <c r="D241" s="129">
+      <c r="D241" s="126">
         <v>167290</v>
       </c>
       <c r="E241" s="12"/>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A242" s="128" t="s">
+      <c r="A242" s="125" t="s">
         <v>573</v>
       </c>
       <c r="B242" s="97" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="C242" s="98">
         <v>45981.663784722223</v>
       </c>
-      <c r="D242" s="129">
+      <c r="D242" s="126">
         <v>26459</v>
       </c>
       <c r="E242" s="12"/>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A243" s="128" t="s">
+      <c r="A243" s="125" t="s">
         <v>579</v>
       </c>
       <c r="B243" s="97" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="C243" s="98">
         <v>45980.248761574076</v>
       </c>
-      <c r="D243" s="129">
+      <c r="D243" s="126">
         <v>182654</v>
       </c>
       <c r="E243" s="12"/>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A244" s="128" t="s">
+      <c r="A244" s="125" t="s">
         <v>574</v>
       </c>
       <c r="B244" s="97" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="C244" s="98">
         <v>45980.416817129626</v>
       </c>
-      <c r="D244" s="129">
+      <c r="D244" s="126">
         <v>113518</v>
       </c>
       <c r="E244" s="12"/>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A245" s="128" t="s">
+      <c r="A245" s="125" t="s">
         <v>575</v>
       </c>
       <c r="B245" s="97" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="C245" s="98">
         <v>45991.722245370373</v>
       </c>
-      <c r="D245" s="129">
+      <c r="D245" s="126">
         <v>170705</v>
       </c>
       <c r="E245" s="12"/>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A246" s="128" t="s">
+      <c r="A246" s="125" t="s">
         <v>655</v>
       </c>
       <c r="B246" s="97" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
       <c r="C246" s="98">
         <v>45980.413877314815</v>
       </c>
-      <c r="D246" s="129">
+      <c r="D246" s="126">
         <v>185214</v>
       </c>
       <c r="E246" s="12"/>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A247" s="128" t="s">
+      <c r="A247" s="125" t="s">
         <v>576</v>
       </c>
       <c r="B247" s="97" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="C247" s="98">
         <v>45981.570821759262</v>
       </c>
-      <c r="D247" s="129">
+      <c r="D247" s="126">
         <v>116932</v>
       </c>
       <c r="E247" s="12"/>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A248" s="128" t="s">
+      <c r="A248" s="125" t="s">
         <v>577</v>
       </c>
       <c r="B248" s="97" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="C248" s="98">
         <v>45985.361250000002</v>
       </c>
-      <c r="D248" s="129">
+      <c r="D248" s="126">
         <v>1146284</v>
       </c>
       <c r="E248" s="12"/>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A249" s="128" t="s">
+      <c r="A249" s="125" t="s">
         <v>580</v>
       </c>
       <c r="B249" s="97" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="C249" s="98">
         <v>45979.588449074072</v>
       </c>
-      <c r="D249" s="129">
+      <c r="D249" s="126">
         <v>204846</v>
       </c>
       <c r="E249" s="12"/>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A250" s="128" t="s">
+      <c r="A250" s="125" t="s">
         <v>581</v>
       </c>
       <c r="B250" s="97" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="C250" s="98">
         <v>45980.382326388892</v>
       </c>
-      <c r="D250" s="129">
+      <c r="D250" s="126">
         <v>187775</v>
       </c>
       <c r="E250" s="12"/>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A251" s="128" t="s">
+      <c r="A251" s="125" t="s">
         <v>582</v>
       </c>
       <c r="B251" s="97" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="C251" s="98">
         <v>45982.372094907405</v>
       </c>
-      <c r="D251" s="129">
+      <c r="D251" s="126">
         <v>102423</v>
       </c>
       <c r="E251" s="12"/>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A252" s="128" t="s">
+      <c r="A252" s="125" t="s">
         <v>585</v>
       </c>
       <c r="B252" s="97" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="C252" s="98">
         <v>45980.42596064815</v>
       </c>
-      <c r="D252" s="129">
+      <c r="D252" s="126">
         <v>110958</v>
       </c>
       <c r="E252" s="12"/>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A253" s="128" t="s">
+      <c r="A253" s="125" t="s">
         <v>586</v>
       </c>
       <c r="B253" s="97" t="s">
-        <v>1302</v>
+        <v>1301</v>
       </c>
       <c r="C253" s="98">
         <v>45986.550300925926</v>
       </c>
-      <c r="D253" s="129">
+      <c r="D253" s="126">
         <v>119493</v>
       </c>
       <c r="E253" s="12"/>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A254" s="128" t="s">
+      <c r="A254" s="125" t="s">
         <v>587</v>
       </c>
       <c r="B254" s="97" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="C254" s="98">
         <v>45981.542662037034</v>
       </c>
-      <c r="D254" s="129">
+      <c r="D254" s="126">
         <v>17070</v>
       </c>
       <c r="E254" s="12"/>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A255" s="128" t="s">
+      <c r="A255" s="125" t="s">
         <v>617</v>
       </c>
       <c r="B255" s="97" t="s">
-        <v>1303</v>
+        <v>1302</v>
       </c>
       <c r="C255" s="98">
         <v>45982.562939814816</v>
       </c>
-      <c r="D255" s="129">
+      <c r="D255" s="126">
         <v>189482</v>
       </c>
       <c r="E255" s="12"/>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A256" s="128" t="s">
+      <c r="A256" s="125" t="s">
         <v>588</v>
       </c>
       <c r="B256" s="97" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
       <c r="C256" s="98">
         <v>45982.377754629626</v>
       </c>
-      <c r="D256" s="129">
+      <c r="D256" s="126">
         <v>113518</v>
       </c>
       <c r="E256" s="12"/>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A257" s="128" t="s">
+      <c r="A257" s="125" t="s">
         <v>589</v>
       </c>
       <c r="B257" s="97" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="C257" s="98">
         <v>45981.744768518518</v>
       </c>
-      <c r="D257" s="129">
+      <c r="D257" s="126">
         <v>110958</v>
       </c>
       <c r="E257" s="12"/>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A258" s="128" t="s">
+      <c r="A258" s="125" t="s">
         <v>591</v>
       </c>
       <c r="B258" s="97" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="C258" s="98">
         <v>45982.647592592592</v>
       </c>
-      <c r="D258" s="129">
+      <c r="D258" s="126">
         <v>81084</v>
       </c>
       <c r="E258" s="12"/>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A259" s="128" t="s">
+      <c r="A259" s="125" t="s">
         <v>592</v>
       </c>
       <c r="B259" s="97" t="s">
-        <v>1306</v>
+        <v>1305</v>
       </c>
       <c r="C259" s="98">
         <v>45985.361724537041</v>
       </c>
-      <c r="D259" s="129">
+      <c r="D259" s="126">
         <v>88766</v>
       </c>
       <c r="E259" s="12"/>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A260" s="128" t="s">
+      <c r="A260" s="125" t="s">
         <v>593</v>
       </c>
       <c r="B260" s="97" t="s">
-        <v>1307</v>
+        <v>1306</v>
       </c>
       <c r="C260" s="98">
         <v>45980.623055555552</v>
       </c>
-      <c r="D260" s="129">
+      <c r="D260" s="126">
         <v>62307</v>
       </c>
       <c r="E260" s="12"/>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A261" s="128" t="s">
+      <c r="A261" s="125" t="s">
         <v>594</v>
       </c>
       <c r="B261" s="97" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="C261" s="98">
         <v>45982.368668981479</v>
       </c>
-      <c r="D261" s="129">
+      <c r="D261" s="126">
         <v>6828</v>
       </c>
       <c r="E261" s="12"/>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A262" s="128" t="s">
+      <c r="A262" s="125" t="s">
         <v>595</v>
       </c>
       <c r="B262" s="97" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="C262" s="98">
         <v>45982.291666666664</v>
       </c>
-      <c r="D262" s="129">
+      <c r="D262" s="126">
         <v>151927</v>
       </c>
       <c r="E262" s="12"/>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A263" s="128" t="s">
+      <c r="A263" s="125" t="s">
         <v>596</v>
       </c>
       <c r="B263" s="97" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
       <c r="C263" s="98">
         <v>45982.357199074075</v>
       </c>
-      <c r="D263" s="129">
+      <c r="D263" s="126">
         <v>42676</v>
       </c>
       <c r="E263" s="12"/>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A264" s="128" t="s">
+      <c r="A264" s="125" t="s">
         <v>597</v>
       </c>
       <c r="B264" s="97" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="C264" s="98">
         <v>45982.416365740741</v>
       </c>
-      <c r="D264" s="129">
+      <c r="D264" s="126">
         <v>110958</v>
       </c>
       <c r="E264" s="12"/>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A265" s="128" t="s">
+      <c r="A265" s="125" t="s">
         <v>652</v>
       </c>
       <c r="B265" s="97" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C265" s="98">
         <v>45986.616678240738</v>
       </c>
-      <c r="D265" s="129">
+      <c r="D265" s="126">
         <v>84498</v>
       </c>
       <c r="E265" s="12"/>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A266" s="128" t="s">
+      <c r="A266" s="125" t="s">
         <v>598</v>
       </c>
       <c r="B266" s="97" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="C266" s="98">
         <v>45986.415011574078</v>
       </c>
-      <c r="D266" s="129">
+      <c r="D266" s="126">
         <v>88766</v>
       </c>
       <c r="E266" s="12"/>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A267" s="128" t="s">
+      <c r="A267" s="125" t="s">
         <v>599</v>
       </c>
       <c r="B267" s="97" t="s">
-        <v>1312</v>
+        <v>1311</v>
       </c>
       <c r="C267" s="98">
         <v>45981.542175925926</v>
       </c>
-      <c r="D267" s="129">
+      <c r="D267" s="126">
         <v>564180</v>
       </c>
       <c r="E267" s="12"/>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A268" s="128" t="s">
+      <c r="A268" s="125" t="s">
         <v>600</v>
       </c>
       <c r="B268" s="97" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="C268" s="98">
         <v>45981.658379629633</v>
       </c>
-      <c r="D268" s="129">
+      <c r="D268" s="126">
         <v>291052</v>
       </c>
       <c r="E268" s="12"/>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A269" s="128" t="s">
+      <c r="A269" s="125" t="s">
         <v>602</v>
       </c>
       <c r="B269" s="97" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="C269" s="98">
         <v>45985.36383101852</v>
       </c>
-      <c r="D269" s="129">
+      <c r="D269" s="126">
         <v>136564</v>
       </c>
       <c r="E269" s="12"/>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A270" s="128" t="s">
+      <c r="A270" s="125" t="s">
         <v>603</v>
       </c>
       <c r="B270" s="97" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="C270" s="98">
         <v>45981.63177083333</v>
       </c>
-      <c r="D270" s="129">
+      <c r="D270" s="126">
         <v>180947</v>
       </c>
       <c r="E270" s="12"/>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A271" s="128" t="s">
+      <c r="A271" s="125" t="s">
         <v>604</v>
       </c>
       <c r="B271" s="97" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="C271" s="98">
         <v>45981.565000000002</v>
       </c>
-      <c r="D271" s="129">
+      <c r="D271" s="126">
         <v>119493</v>
       </c>
       <c r="E271" s="12"/>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A272" s="128" t="s">
+      <c r="A272" s="125" t="s">
         <v>413</v>
       </c>
       <c r="B272" s="97" t="s">
-        <v>1316</v>
+        <v>1315</v>
       </c>
       <c r="C272" s="98">
         <v>45986.479201388887</v>
       </c>
-      <c r="D272" s="129">
+      <c r="D272" s="126">
         <v>68282</v>
       </c>
       <c r="E272" s="12"/>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A273" s="128" t="s">
+      <c r="A273" s="125" t="s">
         <v>605</v>
       </c>
       <c r="B273" s="97" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="C273" s="98">
         <v>45981.69159722222</v>
       </c>
-      <c r="D273" s="129">
+      <c r="D273" s="126">
         <v>93887</v>
       </c>
       <c r="E273" s="12"/>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A274" s="128" t="s">
+      <c r="A274" s="125" t="s">
         <v>607</v>
       </c>
       <c r="B274" s="97" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="C274" s="98">
         <v>45985.362511574072</v>
       </c>
-      <c r="D274" s="129">
+      <c r="D274" s="126">
         <v>275688</v>
       </c>
       <c r="E274" s="12"/>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A275" s="128" t="s">
+      <c r="A275" s="125" t="s">
         <v>608</v>
       </c>
       <c r="B275" s="97" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="C275" s="98">
         <v>45985.323229166665</v>
       </c>
-      <c r="D275" s="129">
+      <c r="D275" s="126">
         <v>956801</v>
       </c>
       <c r="E275" s="12"/>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A276" s="128" t="s">
+      <c r="A276" s="125" t="s">
         <v>610</v>
       </c>
       <c r="B276" s="97" t="s">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="C276" s="98">
         <v>45982.530474537038</v>
       </c>
-      <c r="D276" s="129">
+      <c r="D276" s="126">
         <v>166437</v>
       </c>
       <c r="E276" s="12"/>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A277" s="128" t="s">
+      <c r="A277" s="125" t="s">
         <v>612</v>
       </c>
       <c r="B277" s="97" t="s">
-        <v>1321</v>
+        <v>1320</v>
       </c>
       <c r="C277" s="98">
         <v>45981.54111111111</v>
       </c>
-      <c r="D277" s="129">
+      <c r="D277" s="126">
         <v>77670</v>
       </c>
       <c r="E277" s="12"/>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A278" s="128" t="s">
+      <c r="A278" s="125" t="s">
         <v>613</v>
       </c>
       <c r="B278" s="97" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="C278" s="98">
         <v>45985.530127314814</v>
       </c>
-      <c r="D278" s="129">
+      <c r="D278" s="126">
         <v>40969</v>
       </c>
       <c r="E278" s="12"/>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A279" s="128" t="s">
+      <c r="A279" s="125" t="s">
         <v>615</v>
       </c>
       <c r="B279" s="97" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="C279" s="98">
         <v>45986.405891203707</v>
       </c>
-      <c r="D279" s="129">
+      <c r="D279" s="126">
         <v>68280</v>
       </c>
       <c r="E279" s="12"/>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A280" s="128" t="s">
+      <c r="A280" s="125" t="s">
         <v>616</v>
       </c>
       <c r="B280" s="97" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="C280" s="98">
         <v>45980.421134259261</v>
       </c>
-      <c r="D280" s="129">
+      <c r="D280" s="126">
         <v>17070</v>
       </c>
       <c r="E280" s="12"/>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A281" s="128" t="s">
+      <c r="A281" s="125" t="s">
         <v>618</v>
       </c>
       <c r="B281" s="97" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="C281" s="98">
         <v>45980.351157407407</v>
       </c>
-      <c r="D281" s="129">
+      <c r="D281" s="126">
         <v>208260</v>
       </c>
       <c r="E281" s="12"/>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A282" s="128" t="s">
+      <c r="A282" s="125" t="s">
         <v>619</v>
       </c>
       <c r="B282" s="97" t="s">
-        <v>1324</v>
+        <v>1323</v>
       </c>
       <c r="C282" s="98">
         <v>45992.683969907404</v>
       </c>
-      <c r="D282" s="129">
+      <c r="D282" s="126">
         <v>1371614</v>
       </c>
       <c r="E282" s="12"/>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A283" s="128" t="s">
+      <c r="A283" s="125" t="s">
         <v>628</v>
       </c>
       <c r="B283" s="97" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="C283" s="98">
         <v>45980.445879629631</v>
       </c>
-      <c r="D283" s="129">
+      <c r="D283" s="126">
         <v>116079</v>
       </c>
       <c r="E283" s="12"/>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A284" s="128" t="s">
+      <c r="A284" s="125" t="s">
         <v>622</v>
       </c>
       <c r="B284" s="97" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="C284" s="98">
         <v>45982.324016203704</v>
       </c>
-      <c r="D284" s="129">
+      <c r="D284" s="126">
         <v>52065</v>
       </c>
       <c r="E284" s="12"/>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A285" s="128" t="s">
+      <c r="A285" s="125" t="s">
         <v>623</v>
       </c>
       <c r="B285" s="97" t="s">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="C285" s="98">
         <v>45981.560474537036</v>
       </c>
-      <c r="D285" s="129">
+      <c r="D285" s="126">
         <v>102423</v>
       </c>
       <c r="E285" s="12"/>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A286" s="128" t="s">
+      <c r="A286" s="125" t="s">
         <v>625</v>
       </c>
       <c r="B286" s="97" t="s">
-        <v>1326</v>
+        <v>1325</v>
       </c>
       <c r="C286" s="98">
         <v>45982.641597222224</v>
       </c>
-      <c r="D286" s="129">
+      <c r="D286" s="126">
         <v>154488</v>
       </c>
       <c r="E286" s="12"/>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A287" s="128" t="s">
+      <c r="A287" s="125" t="s">
         <v>626</v>
       </c>
       <c r="B287" s="97" t="s">
-        <v>1327</v>
+        <v>1326</v>
       </c>
       <c r="C287" s="98">
         <v>45982.322534722225</v>
       </c>
-      <c r="D287" s="129">
+      <c r="D287" s="126">
         <v>51211</v>
       </c>
       <c r="E287" s="12"/>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.55000000000000004">
-      <c r="A288" s="128" t="s">
+      <c r="A288" s="125" t="s">
         <v>627</v>
       </c>
       <c r="B288" s="97" t="s">
-        <v>1328</v>
+        <v>1327</v>
       </c>
       <c r="C288" s="98">
         <v>45986.428715277776</v>
       </c>
-      <c r="D288" s="129">
+      <c r="D288" s="126">
         <v>68282</v>
       </c>
       <c r="E288" s="12"/>
     </row>
     <row r="289" spans="1:4" x14ac:dyDescent="0.55000000000000004">
-      <c r="A289" s="128" t="s">
+      <c r="A289" s="125" t="s">
         <v>629</v>
       </c>
       <c r="B289" s="97" t="s">
-        <v>1329</v>
+        <v>1328</v>
       </c>
       <c r="C289" s="98">
         <v>45985.58934027778</v>
       </c>
-      <c r="D289" s="129">
+      <c r="D289" s="126">
         <v>60600</v>
       </c>
     </row>
     <row r="290" spans="1:4" x14ac:dyDescent="0.55000000000000004">
-      <c r="A290" s="128" t="s">
+      <c r="A290" s="125" t="s">
         <v>630</v>
       </c>
       <c r="B290" s="97" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
       <c r="C290" s="98">
         <v>45982.325185185182</v>
       </c>
-      <c r="D290" s="129">
+      <c r="D290" s="126">
         <v>68282</v>
       </c>
     </row>
     <row r="291" spans="1:4" x14ac:dyDescent="0.55000000000000004">
-      <c r="A291" s="128" t="s">
+      <c r="A291" s="125" t="s">
         <v>631</v>
       </c>
       <c r="B291" s="97" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
       <c r="C291" s="98">
         <v>45981.535405092596</v>
       </c>
-      <c r="D291" s="129">
+      <c r="D291" s="126">
         <v>75110</v>
       </c>
     </row>
     <row r="292" spans="1:4" x14ac:dyDescent="0.55000000000000004">
-      <c r="A292" s="128" t="s">
+      <c r="A292" s="125" t="s">
         <v>632</v>
       </c>
       <c r="B292" s="97" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="C292" s="98">
         <v>45982.564664351848</v>
       </c>
-      <c r="D292" s="129">
+      <c r="D292" s="126">
         <v>51211</v>
       </c>
     </row>
     <row r="293" spans="1:4" x14ac:dyDescent="0.55000000000000004">
-      <c r="A293" s="128" t="s">
+      <c r="A293" s="125" t="s">
         <v>633</v>
       </c>
       <c r="B293" s="97" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="C293" s="98">
         <v>45986.334016203706</v>
       </c>
-      <c r="D293" s="129">
+      <c r="D293" s="126">
         <v>64867</v>
       </c>
     </row>
     <row r="294" spans="1:4" x14ac:dyDescent="0.55000000000000004">
-      <c r="A294" s="128" t="s">
+      <c r="A294" s="125" t="s">
         <v>634</v>
       </c>
       <c r="B294" s="97" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="C294" s="98">
         <v>45979.660381944443</v>
       </c>
-      <c r="D294" s="129">
+      <c r="D294" s="126">
         <v>236426</v>
       </c>
     </row>
     <row r="295" spans="1:4" x14ac:dyDescent="0.55000000000000004">
-      <c r="A295" s="128" t="s">
+      <c r="A295" s="125" t="s">
         <v>635</v>
       </c>
       <c r="B295" s="97" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="C295" s="98">
         <v>45985.450925925928</v>
       </c>
-      <c r="D295" s="129">
+      <c r="D295" s="126">
         <v>8535</v>
       </c>
     </row>
     <row r="296" spans="1:4" x14ac:dyDescent="0.55000000000000004">
-      <c r="A296" s="128" t="s">
+      <c r="A296" s="125" t="s">
         <v>636</v>
       </c>
       <c r="B296" s="97" t="s">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="C296" s="98">
         <v>45986.365381944444</v>
       </c>
-      <c r="D296" s="129">
+      <c r="D296" s="126">
         <v>41822</v>
       </c>
     </row>
     <row r="297" spans="1:4" x14ac:dyDescent="0.55000000000000004">
-      <c r="A297" s="128" t="s">
+      <c r="A297" s="125" t="s">
         <v>637</v>
       </c>
       <c r="B297" s="97" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="C297" s="98">
         <v>45985.467581018522</v>
       </c>
-      <c r="D297" s="129">
+      <c r="D297" s="126">
         <v>69135</v>
       </c>
     </row>
     <row r="298" spans="1:4" x14ac:dyDescent="0.55000000000000004">
       <c r="B298" s="97" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="C298" s="19"/>
-      <c r="D298" s="129">
+      <c r="D298" s="126">
         <f>SUM(D3:D297)</f>
         <v>59825141</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C1:C2"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.5" header="0.3" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"FY23 SBRC Application - Open Enrollment Out, Not on Prior Year's Headcount</oddHeader>
     <oddFooter>&amp;R&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DAE3333E-03A0-415A-AC9B-898A281DBE43}">
   <dimension ref="A1:E199"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B1" sqref="B1:B1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.83984375" defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="1" width="8.83984375" style="2"/>
     <col min="2" max="2" width="31.68359375" style="2" customWidth="1"/>
     <col min="3" max="3" width="23.83984375" style="2" customWidth="1"/>
     <col min="4" max="4" width="19.15625" style="40" customWidth="1"/>
     <col min="5" max="5" width="15.578125" style="2" customWidth="1"/>
     <col min="6" max="16384" width="8.83984375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="14" t="s">
         <v>970</v>
       </c>
       <c r="B1" s="15" t="s">
         <v>970</v>
       </c>
-      <c r="C1" s="123" t="s">
+      <c r="C1" s="128" t="s">
         <v>966</v>
       </c>
       <c r="D1" s="38" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="16" t="s">
         <v>972</v>
       </c>
       <c r="B2" s="17" t="s">
         <v>973</v>
       </c>
-      <c r="C2" s="124"/>
+      <c r="C2" s="129"/>
       <c r="D2" s="39" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="45" t="s">
         <v>321</v>
       </c>
       <c r="B3" s="97" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="98">
         <v>45986.716331018521</v>
       </c>
-      <c r="D3" s="129">
+      <c r="D3" s="126">
         <v>5076</v>
       </c>
       <c r="E3" s="45"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="45" t="s">
         <v>319</v>
       </c>
       <c r="B4" s="97" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="C4" s="98">
         <v>45985.604629629626</v>
       </c>
-      <c r="D4" s="129">
+      <c r="D4" s="126">
         <v>1677</v>
       </c>
       <c r="E4" s="45"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A5" s="45" t="s">
         <v>320</v>
       </c>
       <c r="B5" s="97" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="C5" s="98">
         <v>45982.617592592593</v>
       </c>
-      <c r="D5" s="129">
+      <c r="D5" s="126">
         <v>5032</v>
       </c>
       <c r="E5" s="45"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="45" t="s">
         <v>327</v>
       </c>
       <c r="B6" s="97" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="C6" s="98">
         <v>45981.696192129632</v>
       </c>
-      <c r="D6" s="129">
+      <c r="D6" s="126">
         <v>1677</v>
       </c>
       <c r="E6" s="45"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="45" t="s">
         <v>328</v>
       </c>
       <c r="B7" s="97" t="s">
-        <v>1106</v>
+        <v>1105</v>
       </c>
       <c r="C7" s="98">
         <v>45981.540960648148</v>
       </c>
-      <c r="D7" s="129">
+      <c r="D7" s="126">
         <v>6717</v>
       </c>
       <c r="E7" s="45"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="45" t="s">
         <v>329</v>
       </c>
       <c r="B8" s="97" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="C8" s="98">
         <v>45981.554548611108</v>
       </c>
-      <c r="D8" s="129">
+      <c r="D8" s="126">
         <v>1686</v>
       </c>
       <c r="E8" s="45"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="45" t="s">
         <v>330</v>
       </c>
       <c r="B9" s="97" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
       <c r="C9" s="98">
         <v>45981.395902777775</v>
       </c>
-      <c r="D9" s="129">
+      <c r="D9" s="126">
         <v>22606</v>
       </c>
       <c r="E9" s="45"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="45" t="s">
         <v>331</v>
       </c>
       <c r="B10" s="97" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="C10" s="98">
         <v>45980.335393518515</v>
       </c>
-      <c r="D10" s="129">
+      <c r="D10" s="126">
         <v>66554</v>
       </c>
       <c r="E10" s="45"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A11" s="45" t="s">
         <v>332</v>
       </c>
       <c r="B11" s="97" t="s">
-        <v>1110</v>
+        <v>1109</v>
       </c>
       <c r="C11" s="98">
         <v>45981.413553240738</v>
       </c>
-      <c r="D11" s="129">
+      <c r="D11" s="126">
         <v>6709</v>
       </c>
       <c r="E11" s="45"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="45" t="s">
         <v>334</v>
       </c>
       <c r="B12" s="97" t="s">
-        <v>1111</v>
+        <v>1110</v>
       </c>
       <c r="C12" s="98">
         <v>45979.591493055559</v>
       </c>
-      <c r="D12" s="129">
+      <c r="D12" s="126">
         <v>160079</v>
       </c>
       <c r="E12" s="45"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A13" s="45" t="s">
         <v>336</v>
       </c>
       <c r="B13" s="97" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="C13" s="98">
         <v>45980.59578703704</v>
       </c>
-      <c r="D13" s="129">
+      <c r="D13" s="126">
         <v>1677</v>
       </c>
       <c r="E13" s="45"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A14" s="45" t="s">
         <v>337</v>
       </c>
       <c r="B14" s="97" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="C14" s="98">
         <v>45979.552835648145</v>
       </c>
-      <c r="D14" s="129">
+      <c r="D14" s="126">
         <v>16774</v>
       </c>
       <c r="E14" s="45"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="45" t="s">
         <v>322</v>
       </c>
       <c r="B15" s="97" t="s">
         <v>638</v>
       </c>
       <c r="C15" s="98">
         <v>45992.340324074074</v>
       </c>
-      <c r="D15" s="129">
+      <c r="D15" s="126">
         <v>1678</v>
       </c>
       <c r="E15" s="45"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A16" s="45" t="s">
         <v>339</v>
       </c>
       <c r="B16" s="97" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="C16" s="98">
         <v>45985.552048611113</v>
       </c>
-      <c r="D16" s="129">
+      <c r="D16" s="126">
         <v>5431</v>
       </c>
       <c r="E16" s="45"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A17" s="45" t="s">
         <v>341</v>
       </c>
       <c r="B17" s="97" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="98">
         <v>45980.540011574078</v>
       </c>
-      <c r="D17" s="129">
+      <c r="D17" s="126">
         <v>1686</v>
       </c>
       <c r="E17" s="45"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A18" s="45" t="s">
         <v>345</v>
       </c>
       <c r="B18" s="97" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="C18" s="98">
         <v>45980.62972222222</v>
       </c>
-      <c r="D18" s="129">
+      <c r="D18" s="126">
         <v>57833</v>
       </c>
       <c r="E18" s="45"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A19" s="45" t="s">
         <v>347</v>
       </c>
       <c r="B19" s="97" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="C19" s="98">
         <v>45988.440486111111</v>
       </c>
-      <c r="D19" s="129">
+      <c r="D19" s="126">
         <v>1682</v>
       </c>
       <c r="E19" s="45"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A20" s="45" t="s">
         <v>348</v>
       </c>
       <c r="B20" s="97" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="C20" s="98">
         <v>45992.367210648146</v>
       </c>
-      <c r="D20" s="129">
+      <c r="D20" s="126">
         <v>2085</v>
       </c>
       <c r="E20" s="45"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A21" s="45" t="s">
         <v>349</v>
       </c>
       <c r="B21" s="97" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="C21" s="98">
         <v>45992.647939814815</v>
       </c>
-      <c r="D21" s="129">
+      <c r="D21" s="126">
         <v>33549</v>
       </c>
       <c r="E21" s="45"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A22" s="45" t="s">
         <v>350</v>
       </c>
       <c r="B22" s="97" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="C22" s="98">
         <v>45985.387638888889</v>
       </c>
-      <c r="D22" s="129">
+      <c r="D22" s="126">
         <v>5032</v>
       </c>
       <c r="E22" s="45"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A23" s="45" t="s">
         <v>351</v>
       </c>
       <c r="B23" s="97" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="C23" s="98">
         <v>45986.435972222222</v>
       </c>
-      <c r="D23" s="129">
+      <c r="D23" s="126">
         <v>41857</v>
       </c>
       <c r="E23" s="45"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A24" s="45" t="s">
         <v>621</v>
       </c>
       <c r="B24" s="97" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="C24" s="98">
         <v>45986.365624999999</v>
       </c>
-      <c r="D24" s="129">
+      <c r="D24" s="126">
         <v>3754</v>
       </c>
       <c r="E24" s="45"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A25" s="45" t="s">
         <v>353</v>
       </c>
       <c r="B25" s="97" t="s">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="C25" s="98">
         <v>45981.552083333336</v>
       </c>
-      <c r="D25" s="129">
+      <c r="D25" s="126">
         <v>1677</v>
       </c>
       <c r="E25" s="45"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A26" s="45" t="s">
         <v>522</v>
       </c>
       <c r="B26" s="97" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="C26" s="98">
         <v>45985.367326388892</v>
       </c>
-      <c r="D26" s="129">
+      <c r="D26" s="126">
         <v>6767</v>
       </c>
       <c r="E26" s="45"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A27" s="45" t="s">
         <v>354</v>
       </c>
       <c r="B27" s="97" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C27" s="98">
         <v>45986.427557870367</v>
       </c>
-      <c r="D27" s="129">
+      <c r="D27" s="126">
         <v>10064</v>
       </c>
       <c r="E27" s="45"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A28" s="45" t="s">
         <v>355</v>
       </c>
       <c r="B28" s="97" t="s">
-        <v>1127</v>
+        <v>1126</v>
       </c>
       <c r="C28" s="98">
         <v>45985.462789351855</v>
       </c>
-      <c r="D28" s="129">
+      <c r="D28" s="126">
         <v>8523</v>
       </c>
       <c r="E28" s="45"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A29" s="45" t="s">
         <v>358</v>
       </c>
       <c r="B29" s="97" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="C29" s="98">
         <v>45981.605011574073</v>
       </c>
-      <c r="D29" s="129">
+      <c r="D29" s="126">
         <v>1677</v>
       </c>
       <c r="E29" s="45"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A30" s="45" t="s">
         <v>360</v>
       </c>
       <c r="B30" s="97" t="s">
-        <v>1130</v>
+        <v>1129</v>
       </c>
       <c r="C30" s="98">
         <v>45981.380057870374</v>
       </c>
-      <c r="D30" s="129">
+      <c r="D30" s="126">
         <v>23884</v>
       </c>
       <c r="E30" s="45"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A31" s="45" t="s">
         <v>361</v>
       </c>
       <c r="B31" s="97" t="s">
-        <v>1131</v>
+        <v>1130</v>
       </c>
       <c r="C31" s="98">
         <v>45981.656469907408</v>
       </c>
-      <c r="D31" s="129">
+      <c r="D31" s="126">
         <v>10464</v>
       </c>
       <c r="E31" s="45"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A32" s="45" t="s">
         <v>362</v>
       </c>
       <c r="B32" s="97" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="C32" s="98">
         <v>45980.438460648147</v>
       </c>
-      <c r="D32" s="129">
+      <c r="D32" s="126">
         <v>37303</v>
       </c>
       <c r="E32" s="45"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A33" s="45" t="s">
         <v>363</v>
       </c>
       <c r="B33" s="97" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="C33" s="98">
         <v>45982.323657407411</v>
       </c>
-      <c r="D33" s="129">
+      <c r="D33" s="126">
         <v>408745</v>
       </c>
       <c r="E33" s="45"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A34" s="45" t="s">
         <v>365</v>
       </c>
       <c r="B34" s="97" t="s">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="C34" s="98">
         <v>45982.606226851851</v>
       </c>
-      <c r="D34" s="129">
+      <c r="D34" s="126">
         <v>3362</v>
       </c>
       <c r="E34" s="45"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A35" s="45" t="s">
         <v>373</v>
       </c>
       <c r="B35" s="97" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="C35" s="98">
         <v>45981.611828703702</v>
       </c>
-      <c r="D35" s="129">
+      <c r="D35" s="126">
         <v>17174</v>
       </c>
       <c r="E35" s="45"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A36" s="45" t="s">
         <v>374</v>
       </c>
       <c r="B36" s="97" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="C36" s="98">
         <v>45981.552037037036</v>
       </c>
-      <c r="D36" s="129">
+      <c r="D36" s="126">
         <v>14254</v>
       </c>
       <c r="E36" s="45"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A37" s="45" t="s">
         <v>376</v>
       </c>
       <c r="B37" s="97" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
       <c r="C37" s="98">
         <v>45981.430104166669</v>
       </c>
-      <c r="D37" s="129">
+      <c r="D37" s="126">
         <v>8398</v>
       </c>
       <c r="E37" s="45"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A38" s="45" t="s">
         <v>378</v>
       </c>
       <c r="B38" s="97" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="C38" s="98">
         <v>45979.57917824074</v>
       </c>
-      <c r="D38" s="129">
+      <c r="D38" s="126">
         <v>106400</v>
       </c>
       <c r="E38" s="45"/>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A39" s="45" t="s">
         <v>379</v>
       </c>
       <c r="B39" s="97" t="s">
-        <v>1146</v>
+        <v>1145</v>
       </c>
       <c r="C39" s="98">
         <v>45982.550324074073</v>
       </c>
-      <c r="D39" s="129">
+      <c r="D39" s="126">
         <v>117743</v>
       </c>
       <c r="E39" s="45"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A40" s="45" t="s">
         <v>383</v>
       </c>
       <c r="B40" s="97" t="s">
-        <v>1033</v>
+        <v>1032</v>
       </c>
       <c r="C40" s="98">
         <v>45985.345185185186</v>
       </c>
-      <c r="D40" s="129">
+      <c r="D40" s="126">
         <v>47368</v>
       </c>
       <c r="E40" s="45"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A41" s="45" t="s">
         <v>384</v>
       </c>
       <c r="B41" s="97" t="s">
-        <v>1148</v>
+        <v>1147</v>
       </c>
       <c r="C41" s="98">
         <v>45979.546157407407</v>
       </c>
-      <c r="D41" s="129">
+      <c r="D41" s="126">
         <v>3354</v>
       </c>
       <c r="E41" s="45"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A42" s="45" t="s">
         <v>385</v>
       </c>
       <c r="B42" s="97" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
       <c r="C42" s="98">
         <v>45980.373900462961</v>
       </c>
-      <c r="D42" s="129">
+      <c r="D42" s="126">
         <v>21823</v>
       </c>
       <c r="E42" s="45"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A43" s="45" t="s">
         <v>386</v>
       </c>
       <c r="B43" s="97" t="s">
-        <v>1149</v>
+        <v>1148</v>
       </c>
       <c r="C43" s="98">
         <v>45980.658993055556</v>
       </c>
-      <c r="D43" s="129">
+      <c r="D43" s="126">
         <v>5032</v>
       </c>
       <c r="E43" s="45"/>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A44" s="45" t="s">
         <v>387</v>
       </c>
       <c r="B44" s="97" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="C44" s="98">
         <v>45982.355196759258</v>
       </c>
-      <c r="D44" s="129">
+      <c r="D44" s="126">
         <v>95935</v>
       </c>
       <c r="E44" s="45"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A45" s="45" t="s">
         <v>388</v>
       </c>
       <c r="B45" s="97" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="C45" s="98">
         <v>45982.733159722222</v>
       </c>
-      <c r="D45" s="129">
+      <c r="D45" s="126">
         <v>5032</v>
       </c>
       <c r="E45" s="45"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A46" s="45" t="s">
         <v>389</v>
       </c>
       <c r="B46" s="97" t="s">
-        <v>1151</v>
+        <v>1150</v>
       </c>
       <c r="C46" s="98">
         <v>45985.86650462963</v>
       </c>
-      <c r="D46" s="129">
+      <c r="D46" s="126">
         <v>3354</v>
       </c>
       <c r="E46" s="45"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A47" s="45" t="s">
         <v>390</v>
       </c>
       <c r="B47" s="97" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="C47" s="98">
         <v>45981.701388888891</v>
       </c>
-      <c r="D47" s="129">
+      <c r="D47" s="126">
         <v>56555</v>
       </c>
       <c r="E47" s="45"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A48" s="45" t="s">
         <v>393</v>
       </c>
       <c r="B48" s="97" t="s">
-        <v>1155</v>
+        <v>1154</v>
       </c>
       <c r="C48" s="98">
         <v>45982.362291666665</v>
       </c>
-      <c r="D48" s="129">
+      <c r="D48" s="126">
         <v>182466</v>
       </c>
       <c r="E48" s="45"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A49" s="45" t="s">
         <v>394</v>
       </c>
       <c r="B49" s="97" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C49" s="98">
         <v>45980.343356481484</v>
       </c>
-      <c r="D49" s="129">
+      <c r="D49" s="126">
         <v>8786</v>
       </c>
       <c r="E49" s="45"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A50" s="45" t="s">
         <v>395</v>
       </c>
       <c r="B50" s="97" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="C50" s="98">
         <v>45979.712025462963</v>
       </c>
-      <c r="D50" s="129">
+      <c r="D50" s="126">
         <v>23484</v>
       </c>
       <c r="E50" s="45"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A51" s="45" t="s">
         <v>397</v>
       </c>
       <c r="B51" s="97" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="C51" s="98">
         <v>45981.62159722222</v>
       </c>
-      <c r="D51" s="129">
+      <c r="D51" s="126">
         <v>205691</v>
       </c>
       <c r="E51" s="45"/>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A52" s="45" t="s">
         <v>399</v>
       </c>
       <c r="B52" s="97" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="C52" s="98">
         <v>45980.33457175926</v>
       </c>
-      <c r="D52" s="129">
+      <c r="D52" s="126">
         <v>7109</v>
       </c>
       <c r="E52" s="45"/>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A53" s="45" t="s">
         <v>401</v>
       </c>
       <c r="B53" s="97" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="C53" s="98">
         <v>45980.482071759259</v>
       </c>
-      <c r="D53" s="129">
+      <c r="D53" s="126">
         <v>373359</v>
       </c>
       <c r="E53" s="45"/>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A54" s="45" t="s">
         <v>403</v>
       </c>
       <c r="B54" s="97" t="s">
-        <v>1165</v>
+        <v>1164</v>
       </c>
       <c r="C54" s="98">
         <v>45986.557222222225</v>
       </c>
-      <c r="D54" s="129">
+      <c r="D54" s="126">
         <v>3672770</v>
       </c>
       <c r="E54" s="45"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A55" s="45" t="s">
         <v>406</v>
       </c>
       <c r="B55" s="97" t="s">
-        <v>1167</v>
+        <v>1166</v>
       </c>
       <c r="C55" s="98">
         <v>45981.640185185184</v>
       </c>
-      <c r="D55" s="129">
+      <c r="D55" s="126">
         <v>199859</v>
       </c>
       <c r="E55" s="45"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A56" s="45" t="s">
         <v>352</v>
       </c>
       <c r="B56" s="97" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
       <c r="C56" s="98">
         <v>45985.495486111111</v>
       </c>
-      <c r="D56" s="129">
+      <c r="D56" s="126">
         <v>3354</v>
       </c>
       <c r="E56" s="45"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A57" s="45" t="s">
         <v>409</v>
       </c>
       <c r="B57" s="97" t="s">
-        <v>1170</v>
+        <v>1169</v>
       </c>
       <c r="C57" s="98">
         <v>45980.371099537035</v>
       </c>
-      <c r="D57" s="129">
+      <c r="D57" s="126">
         <v>148414</v>
       </c>
       <c r="E57" s="45"/>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A58" s="45" t="s">
         <v>415</v>
       </c>
       <c r="B58" s="97" t="s">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="C58" s="98">
         <v>45981.623113425929</v>
       </c>
-      <c r="D58" s="129">
+      <c r="D58" s="126">
         <v>1677</v>
       </c>
       <c r="E58" s="45"/>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A59" s="45" t="s">
         <v>554</v>
       </c>
       <c r="B59" s="97" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="C59" s="98">
         <v>45982.35491898148</v>
       </c>
-      <c r="D59" s="129">
+      <c r="D59" s="126">
         <v>1677</v>
       </c>
       <c r="E59" s="45"/>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A60" s="45" t="s">
         <v>419</v>
       </c>
       <c r="B60" s="97" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="C60" s="98">
         <v>45981.656840277778</v>
       </c>
-      <c r="D60" s="129">
+      <c r="D60" s="126">
         <v>1677</v>
       </c>
       <c r="E60" s="45"/>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A61" s="45" t="s">
         <v>420</v>
       </c>
       <c r="B61" s="97" t="s">
-        <v>1334</v>
+        <v>1333</v>
       </c>
       <c r="C61" s="98">
         <v>45985.322280092594</v>
       </c>
-      <c r="D61" s="129">
+      <c r="D61" s="126">
         <v>1694</v>
       </c>
       <c r="E61" s="45"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A62" s="45" t="s">
         <v>421</v>
       </c>
       <c r="B62" s="97" t="s">
-        <v>1179</v>
+        <v>1178</v>
       </c>
       <c r="C62" s="98">
         <v>45985.434953703705</v>
       </c>
-      <c r="D62" s="129">
+      <c r="D62" s="126">
         <v>1684</v>
       </c>
       <c r="E62" s="45"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A63" s="45" t="s">
         <v>423</v>
       </c>
       <c r="B63" s="97" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="C63" s="98">
         <v>45982.365694444445</v>
       </c>
-      <c r="D63" s="129">
+      <c r="D63" s="126">
         <v>82516</v>
       </c>
       <c r="E63" s="45"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A64" s="45" t="s">
         <v>425</v>
       </c>
       <c r="B64" s="97" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="C64" s="98">
         <v>45981.723680555559</v>
       </c>
-      <c r="D64" s="129">
+      <c r="D64" s="126">
         <v>23484</v>
       </c>
       <c r="E64" s="45"/>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A65" s="45" t="s">
         <v>426</v>
       </c>
       <c r="B65" s="97" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="C65" s="98">
         <v>45985.362268518518</v>
       </c>
-      <c r="D65" s="129">
+      <c r="D65" s="126">
         <v>5431</v>
       </c>
       <c r="E65" s="45"/>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A66" s="45" t="s">
         <v>427</v>
       </c>
       <c r="B66" s="97" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="C66" s="98">
         <v>45982.496851851851</v>
       </c>
-      <c r="D66" s="129">
+      <c r="D66" s="126">
         <v>51123</v>
       </c>
       <c r="E66" s="45"/>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A67" s="45" t="s">
         <v>428</v>
       </c>
       <c r="B67" s="97" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="C67" s="98">
         <v>45979.553240740737</v>
       </c>
-      <c r="D67" s="129">
+      <c r="D67" s="126">
         <v>1677</v>
       </c>
       <c r="E67" s="45"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A68" s="45" t="s">
         <v>430</v>
       </c>
       <c r="B68" s="97" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="C68" s="98">
         <v>45985.352800925924</v>
       </c>
-      <c r="D68" s="129">
+      <c r="D68" s="126">
         <v>3754</v>
       </c>
       <c r="E68" s="45"/>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A69" s="45" t="s">
         <v>431</v>
       </c>
       <c r="B69" s="97" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="C69" s="98">
         <v>45992.488240740742</v>
       </c>
-      <c r="D69" s="129">
+      <c r="D69" s="126">
         <v>3354</v>
       </c>
       <c r="E69" s="45"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A70" s="45" t="s">
         <v>433</v>
       </c>
       <c r="B70" s="97" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="C70" s="98">
         <v>45981.556215277778</v>
       </c>
-      <c r="D70" s="129">
+      <c r="D70" s="126">
         <v>10064</v>
       </c>
       <c r="E70" s="45"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A71" s="45" t="s">
         <v>518</v>
       </c>
       <c r="B71" s="97" t="s">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="C71" s="98">
         <v>45985.369201388887</v>
       </c>
-      <c r="D71" s="129">
+      <c r="D71" s="126">
         <v>5032</v>
       </c>
       <c r="E71" s="45"/>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A72" s="45" t="s">
         <v>441</v>
       </c>
       <c r="B72" s="97" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="C72" s="98">
         <v>45987.438761574071</v>
       </c>
-      <c r="D72" s="129">
+      <c r="D72" s="126">
         <v>3354</v>
       </c>
       <c r="E72" s="45"/>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A73" s="45" t="s">
         <v>443</v>
       </c>
       <c r="B73" s="97" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
       <c r="C73" s="98">
         <v>45992.471631944441</v>
       </c>
-      <c r="D73" s="129">
+      <c r="D73" s="126">
         <v>1677</v>
       </c>
       <c r="E73" s="45"/>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A74" s="45" t="s">
         <v>382</v>
       </c>
       <c r="B74" s="97" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="C74" s="98">
         <v>45985.483854166669</v>
       </c>
-      <c r="D74" s="129">
+      <c r="D74" s="126">
         <v>1688</v>
       </c>
       <c r="E74" s="45"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A75" s="45" t="s">
         <v>446</v>
       </c>
       <c r="B75" s="97" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
       <c r="C75" s="98">
         <v>45979.677731481483</v>
       </c>
-      <c r="D75" s="129">
+      <c r="D75" s="126">
         <v>91782</v>
       </c>
       <c r="E75" s="45"/>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A76" s="45" t="s">
         <v>447</v>
       </c>
       <c r="B76" s="97" t="s">
-        <v>1193</v>
+        <v>1192</v>
       </c>
       <c r="C76" s="98">
         <v>45979.695416666669</v>
       </c>
-      <c r="D76" s="129">
+      <c r="D76" s="126">
         <v>11742</v>
       </c>
       <c r="E76" s="45"/>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A77" s="45" t="s">
         <v>449</v>
       </c>
       <c r="B77" s="97" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="C77" s="98">
         <v>45980.331145833334</v>
       </c>
-      <c r="D77" s="129">
+      <c r="D77" s="126">
         <v>5036</v>
       </c>
       <c r="E77" s="45"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A78" s="45" t="s">
         <v>450</v>
       </c>
       <c r="B78" s="97" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="C78" s="98">
         <v>45989.283819444441</v>
       </c>
-      <c r="D78" s="129">
+      <c r="D78" s="126">
         <v>8387</v>
       </c>
       <c r="E78" s="45"/>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A79" s="45" t="s">
         <v>453</v>
       </c>
       <c r="B79" s="97" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="C79" s="98">
         <v>45982.610289351855</v>
       </c>
-      <c r="D79" s="129">
+      <c r="D79" s="126">
         <v>3389</v>
       </c>
       <c r="E79" s="45"/>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A80" s="45" t="s">
         <v>454</v>
       </c>
       <c r="B80" s="97" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="C80" s="98">
         <v>45981.490254629629</v>
       </c>
-      <c r="D80" s="129">
+      <c r="D80" s="126">
         <v>1692</v>
       </c>
       <c r="E80" s="45"/>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A81" s="45" t="s">
         <v>455</v>
       </c>
       <c r="B81" s="97" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="C81" s="98">
         <v>45982.523425925923</v>
       </c>
-      <c r="D81" s="129">
+      <c r="D81" s="126">
         <v>6823</v>
       </c>
       <c r="E81" s="45"/>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A82" s="45" t="s">
         <v>456</v>
       </c>
       <c r="B82" s="97" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="C82" s="98">
         <v>45982.354907407411</v>
       </c>
-      <c r="D82" s="129">
+      <c r="D82" s="126">
         <v>13819</v>
       </c>
       <c r="E82" s="45"/>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A83" s="45" t="s">
         <v>458</v>
       </c>
       <c r="B83" s="97" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="C83" s="98">
         <v>45980.432974537034</v>
       </c>
-      <c r="D83" s="129">
+      <c r="D83" s="126">
         <v>1677</v>
       </c>
       <c r="E83" s="45"/>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A84" s="45" t="s">
         <v>459</v>
       </c>
       <c r="B84" s="97" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="C84" s="98">
         <v>45982.321585648147</v>
       </c>
-      <c r="D84" s="129">
+      <c r="D84" s="126">
         <v>28437</v>
       </c>
       <c r="E84" s="45"/>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A85" s="45" t="s">
         <v>461</v>
       </c>
       <c r="B85" s="97" t="s">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="C85" s="98">
         <v>45986.3675</v>
       </c>
-      <c r="D85" s="129">
+      <c r="D85" s="126">
         <v>583523</v>
       </c>
       <c r="E85" s="45"/>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A86" s="45" t="s">
         <v>462</v>
       </c>
       <c r="B86" s="97" t="s">
-        <v>1052</v>
+        <v>1051</v>
       </c>
       <c r="C86" s="98">
         <v>45980.433206018519</v>
       </c>
-      <c r="D86" s="129">
+      <c r="D86" s="126">
         <v>10064</v>
       </c>
       <c r="E86" s="45"/>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A87" s="45" t="s">
         <v>457</v>
       </c>
       <c r="B87" s="97" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="C87" s="98">
         <v>45979.558425925927</v>
       </c>
-      <c r="D87" s="129">
+      <c r="D87" s="126">
         <v>5070</v>
       </c>
       <c r="E87" s="45"/>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A88" s="45" t="s">
         <v>440</v>
       </c>
       <c r="B88" s="97" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="C88" s="98">
         <v>45982.342916666668</v>
       </c>
-      <c r="D88" s="129">
+      <c r="D88" s="126">
         <v>11792</v>
       </c>
       <c r="E88" s="45"/>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A89" s="45" t="s">
         <v>465</v>
       </c>
       <c r="B89" s="97" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="C89" s="98">
         <v>45981.605011574073</v>
       </c>
-      <c r="D89" s="129">
+      <c r="D89" s="126">
         <v>20529</v>
       </c>
       <c r="E89" s="45"/>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A90" s="45" t="s">
         <v>466</v>
       </c>
       <c r="B90" s="97" t="s">
-        <v>1208</v>
+        <v>1207</v>
       </c>
       <c r="C90" s="98">
         <v>45986.437337962961</v>
       </c>
-      <c r="D90" s="129">
+      <c r="D90" s="126">
         <v>244912</v>
       </c>
       <c r="E90" s="45"/>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A91" s="45" t="s">
         <v>470</v>
       </c>
       <c r="B91" s="97" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="C91" s="98">
         <v>45985.827025462961</v>
       </c>
-      <c r="D91" s="129">
+      <c r="D91" s="126">
         <v>13819</v>
       </c>
       <c r="E91" s="45"/>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A92" s="45" t="s">
         <v>473</v>
       </c>
       <c r="B92" s="97" t="s">
-        <v>1214</v>
+        <v>1213</v>
       </c>
       <c r="C92" s="98">
         <v>45981.60491898148</v>
       </c>
-      <c r="D92" s="129">
+      <c r="D92" s="126">
         <v>3754</v>
       </c>
       <c r="E92" s="45"/>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A93" s="45" t="s">
         <v>474</v>
       </c>
       <c r="B93" s="97" t="s">
-        <v>1215</v>
+        <v>1214</v>
       </c>
       <c r="C93" s="98">
         <v>45981.562418981484</v>
       </c>
-      <c r="D93" s="129">
+      <c r="D93" s="126">
         <v>1677</v>
       </c>
       <c r="E93" s="45"/>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A94" s="45" t="s">
         <v>475</v>
       </c>
       <c r="B94" s="97" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="C94" s="98">
         <v>45982.382824074077</v>
       </c>
-      <c r="D94" s="129">
+      <c r="D94" s="126">
         <v>71252</v>
       </c>
       <c r="E94" s="45"/>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A95" s="45" t="s">
         <v>476</v>
       </c>
       <c r="B95" s="97" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="C95" s="98">
         <v>45981.602650462963</v>
       </c>
-      <c r="D95" s="129">
+      <c r="D95" s="126">
         <v>13419</v>
       </c>
       <c r="E95" s="45"/>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A96" s="45" t="s">
         <v>477</v>
       </c>
       <c r="B96" s="97" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="C96" s="98">
         <v>45981.640428240738</v>
       </c>
-      <c r="D96" s="129">
+      <c r="D96" s="126">
         <v>36025</v>
       </c>
       <c r="E96" s="45"/>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A97" s="45" t="s">
         <v>478</v>
       </c>
       <c r="B97" s="97" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="C97" s="98">
         <v>45981.4065625</v>
       </c>
-      <c r="D97" s="129">
+      <c r="D97" s="126">
         <v>39780</v>
       </c>
       <c r="E97" s="45"/>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A98" s="45" t="s">
         <v>481</v>
       </c>
       <c r="B98" s="97" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="C98" s="98">
         <v>45982.547893518517</v>
       </c>
-      <c r="D98" s="129">
+      <c r="D98" s="126">
         <v>5032</v>
       </c>
       <c r="E98" s="45"/>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A99" s="45" t="s">
         <v>482</v>
       </c>
       <c r="B99" s="97" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="C99" s="98">
         <v>45985.388703703706</v>
       </c>
-      <c r="D99" s="129">
+      <c r="D99" s="126">
         <v>3354</v>
       </c>
       <c r="E99" s="45"/>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A100" s="45" t="s">
         <v>487</v>
       </c>
       <c r="B100" s="97" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="C100" s="98">
         <v>45985.397650462961</v>
       </c>
-      <c r="D100" s="129">
+      <c r="D100" s="126">
         <v>8387</v>
       </c>
       <c r="E100" s="45"/>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A101" s="45" t="s">
         <v>490</v>
       </c>
       <c r="B101" s="97" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="C101" s="98">
         <v>45982.884340277778</v>
       </c>
-      <c r="D101" s="129">
+      <c r="D101" s="126">
         <v>5071</v>
       </c>
       <c r="E101" s="45"/>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A102" s="45" t="s">
         <v>491</v>
       </c>
       <c r="B102" s="97" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="C102" s="98">
         <v>45984.649340277778</v>
       </c>
-      <c r="D102" s="129">
+      <c r="D102" s="126">
         <v>825982</v>
       </c>
       <c r="E102" s="45"/>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A103" s="45" t="s">
         <v>493</v>
       </c>
       <c r="B103" s="97" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="C103" s="98">
         <v>45980.61928240741</v>
       </c>
-      <c r="D103" s="129">
+      <c r="D103" s="126">
         <v>54616</v>
       </c>
       <c r="E103" s="45"/>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A104" s="45" t="s">
         <v>500</v>
       </c>
       <c r="B104" s="97" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="C104" s="98">
         <v>45985.406319444446</v>
       </c>
-      <c r="D104" s="129">
+      <c r="D104" s="126">
         <v>54877</v>
       </c>
       <c r="E104" s="45"/>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A105" s="45" t="s">
         <v>497</v>
       </c>
       <c r="B105" s="97" t="s">
-        <v>1234</v>
+        <v>1233</v>
       </c>
       <c r="C105" s="98">
         <v>45986.433865740742</v>
       </c>
-      <c r="D105" s="129">
+      <c r="D105" s="126">
         <v>1687</v>
       </c>
       <c r="E105" s="45"/>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A106" s="45" t="s">
         <v>498</v>
       </c>
       <c r="B106" s="97" t="s">
-        <v>1235</v>
+        <v>1234</v>
       </c>
       <c r="C106" s="98">
         <v>45981.476076388892</v>
       </c>
-      <c r="D106" s="129">
+      <c r="D106" s="126">
         <v>7109</v>
       </c>
       <c r="E106" s="45"/>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A107" s="45" t="s">
         <v>502</v>
       </c>
       <c r="B107" s="97" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="C107" s="98">
         <v>45982.321168981478</v>
       </c>
-      <c r="D107" s="129">
+      <c r="D107" s="126">
         <v>7109</v>
       </c>
       <c r="E107" s="45"/>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A108" s="45" t="s">
         <v>508</v>
       </c>
       <c r="B108" s="97" t="s">
-        <v>1242</v>
+        <v>1241</v>
       </c>
       <c r="C108" s="98">
         <v>45985.388206018521</v>
       </c>
-      <c r="D108" s="129">
+      <c r="D108" s="126">
         <v>34348</v>
       </c>
       <c r="E108" s="45"/>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A109" s="45" t="s">
         <v>511</v>
       </c>
       <c r="B109" s="97" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
       <c r="C109" s="98">
         <v>45981.53943287037</v>
       </c>
-      <c r="D109" s="129">
+      <c r="D109" s="126">
         <v>84592</v>
       </c>
       <c r="E109" s="45"/>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A110" s="45" t="s">
         <v>513</v>
       </c>
       <c r="B110" s="97" t="s">
-        <v>1245</v>
+        <v>1244</v>
       </c>
       <c r="C110" s="98">
         <v>45980.664768518516</v>
       </c>
-      <c r="D110" s="129">
+      <c r="D110" s="126">
         <v>27239</v>
       </c>
       <c r="E110" s="45"/>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A111" s="45" t="s">
         <v>516</v>
       </c>
       <c r="B111" s="97" t="s">
-        <v>1246</v>
+        <v>1245</v>
       </c>
       <c r="C111" s="98">
         <v>45982.530138888891</v>
       </c>
-      <c r="D111" s="129">
+      <c r="D111" s="126">
         <v>17681</v>
       </c>
       <c r="E111" s="45"/>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A112" s="45" t="s">
         <v>514</v>
       </c>
       <c r="B112" s="97" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="C112" s="98">
         <v>45982.368090277778</v>
       </c>
-      <c r="D112" s="129">
+      <c r="D112" s="126">
         <v>35626</v>
       </c>
       <c r="E112" s="45"/>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A113" s="45" t="s">
         <v>515</v>
       </c>
       <c r="B113" s="97" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
       <c r="C113" s="98">
         <v>45985.464953703704</v>
       </c>
-      <c r="D113" s="129">
+      <c r="D113" s="126">
         <v>1677</v>
       </c>
       <c r="E113" s="45"/>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A114" s="45" t="s">
         <v>517</v>
       </c>
       <c r="B114" s="97" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="C114" s="98">
         <v>45981.944664351853</v>
       </c>
-      <c r="D114" s="129">
+      <c r="D114" s="126">
         <v>39380</v>
       </c>
       <c r="E114" s="45"/>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A115" s="45" t="s">
         <v>372</v>
       </c>
       <c r="B115" s="97" t="s">
-        <v>1250</v>
+        <v>1249</v>
       </c>
       <c r="C115" s="98">
         <v>45985.392395833333</v>
       </c>
-      <c r="D115" s="129">
+      <c r="D115" s="126">
         <v>3754</v>
       </c>
       <c r="E115" s="45"/>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A116" s="45" t="s">
         <v>530</v>
       </c>
       <c r="B116" s="97" t="s">
-        <v>1251</v>
+        <v>1250</v>
       </c>
       <c r="C116" s="98">
         <v>45985.637118055558</v>
       </c>
-      <c r="D116" s="129">
+      <c r="D116" s="126">
         <v>3388</v>
       </c>
       <c r="E116" s="45"/>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A117" s="45" t="s">
         <v>521</v>
       </c>
       <c r="B117" s="97" t="s">
-        <v>1252</v>
+        <v>1251</v>
       </c>
       <c r="C117" s="98">
         <v>45980.362337962964</v>
       </c>
-      <c r="D117" s="129">
+      <c r="D117" s="126">
         <v>13502</v>
       </c>
       <c r="E117" s="45"/>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A118" s="45" t="s">
         <v>526</v>
       </c>
       <c r="B118" s="97" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="C118" s="98">
         <v>45982.336539351854</v>
       </c>
-      <c r="D118" s="129">
+      <c r="D118" s="126">
         <v>3354</v>
       </c>
       <c r="E118" s="45"/>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A119" s="45" t="s">
         <v>527</v>
       </c>
       <c r="B119" s="97" t="s">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="C119" s="98">
         <v>45981.680509259262</v>
       </c>
-      <c r="D119" s="129">
+      <c r="D119" s="126">
         <v>3354</v>
       </c>
       <c r="E119" s="45"/>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A120" s="45" t="s">
         <v>528</v>
       </c>
       <c r="B120" s="97" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="C120" s="98">
         <v>45980.644479166665</v>
       </c>
-      <c r="D120" s="129">
+      <c r="D120" s="126">
         <v>1677</v>
       </c>
       <c r="E120" s="45"/>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A121" s="45" t="s">
         <v>532</v>
       </c>
       <c r="B121" s="97" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="C121" s="98">
         <v>45981.432164351849</v>
       </c>
-      <c r="D121" s="129">
+      <c r="D121" s="126">
         <v>19251</v>
       </c>
       <c r="E121" s="45"/>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A122" s="45" t="s">
         <v>533</v>
       </c>
       <c r="B122" s="97" t="s">
-        <v>1257</v>
+        <v>1256</v>
       </c>
       <c r="C122" s="98">
         <v>45981.622604166667</v>
       </c>
-      <c r="D122" s="129">
+      <c r="D122" s="126">
         <v>3354</v>
       </c>
       <c r="E122" s="45"/>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A123" s="45" t="s">
         <v>534</v>
       </c>
       <c r="B123" s="97" t="s">
-        <v>1258</v>
+        <v>1257</v>
       </c>
       <c r="C123" s="98">
         <v>45980.452280092592</v>
       </c>
-      <c r="D123" s="129">
+      <c r="D123" s="126">
         <v>3355</v>
       </c>
       <c r="E123" s="45"/>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A124" s="45" t="s">
         <v>536</v>
       </c>
       <c r="B124" s="97" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="C124" s="98">
         <v>45985.479803240742</v>
       </c>
-      <c r="D124" s="129">
+      <c r="D124" s="126">
         <v>3354</v>
       </c>
       <c r="E124" s="45"/>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A125" s="45" t="s">
         <v>539</v>
       </c>
       <c r="B125" s="97" t="s">
-        <v>1263</v>
+        <v>1262</v>
       </c>
       <c r="C125" s="98">
         <v>45981.644756944443</v>
       </c>
-      <c r="D125" s="129">
+      <c r="D125" s="126">
         <v>1681</v>
       </c>
       <c r="E125" s="45"/>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A126" s="45" t="s">
         <v>540</v>
       </c>
       <c r="B126" s="97" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="C126" s="98">
         <v>45992.364016203705</v>
       </c>
-      <c r="D126" s="129">
+      <c r="D126" s="126">
         <v>5032</v>
       </c>
       <c r="E126" s="45"/>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A127" s="45" t="s">
         <v>542</v>
       </c>
       <c r="B127" s="97" t="s">
-        <v>1265</v>
+        <v>1264</v>
       </c>
       <c r="C127" s="98">
         <v>45982.557719907411</v>
       </c>
-      <c r="D127" s="129">
+      <c r="D127" s="126">
         <v>1677</v>
       </c>
       <c r="E127" s="45"/>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A128" s="45" t="s">
         <v>654</v>
       </c>
       <c r="B128" s="97" t="s">
         <v>221</v>
       </c>
       <c r="C128" s="98">
         <v>45981.673587962963</v>
       </c>
-      <c r="D128" s="129">
+      <c r="D128" s="126">
         <v>3354</v>
       </c>
       <c r="E128" s="45"/>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A129" s="45" t="s">
         <v>545</v>
       </c>
       <c r="B129" s="97" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="C129" s="98">
         <v>45979.57099537037</v>
       </c>
-      <c r="D129" s="129">
+      <c r="D129" s="126">
         <v>6709</v>
       </c>
       <c r="E129" s="45"/>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A130" s="45" t="s">
         <v>546</v>
       </c>
       <c r="B130" s="97" t="s">
-        <v>1269</v>
+        <v>1268</v>
       </c>
       <c r="C130" s="98">
         <v>45986.328692129631</v>
       </c>
-      <c r="D130" s="129">
+      <c r="D130" s="126">
         <v>151612</v>
       </c>
       <c r="E130" s="45"/>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A131" s="45" t="s">
         <v>547</v>
       </c>
       <c r="B131" s="97" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="C131" s="98">
         <v>45986.543043981481</v>
       </c>
-      <c r="D131" s="129">
+      <c r="D131" s="126">
         <v>9293</v>
       </c>
       <c r="E131" s="45"/>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A132" s="45" t="s">
         <v>548</v>
       </c>
       <c r="B132" s="97" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="C132" s="98">
         <v>45981.540972222225</v>
       </c>
-      <c r="D132" s="129">
+      <c r="D132" s="126">
         <v>2076</v>
       </c>
       <c r="E132" s="45"/>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A133" s="45" t="s">
         <v>549</v>
       </c>
       <c r="B133" s="97" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
       <c r="C133" s="98">
         <v>45982.500347222223</v>
       </c>
-      <c r="D133" s="129">
+      <c r="D133" s="126">
         <v>3394</v>
       </c>
       <c r="E133" s="45"/>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A134" s="45" t="s">
         <v>550</v>
       </c>
       <c r="B134" s="97" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
       <c r="C134" s="98">
         <v>45981.565775462965</v>
       </c>
-      <c r="D134" s="129">
+      <c r="D134" s="126">
         <v>120698</v>
       </c>
       <c r="E134" s="45"/>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A135" s="45" t="s">
         <v>551</v>
       </c>
       <c r="B135" s="97" t="s">
-        <v>1274</v>
+        <v>1273</v>
       </c>
       <c r="C135" s="98">
         <v>45981.655115740738</v>
       </c>
-      <c r="D135" s="129">
+      <c r="D135" s="126">
         <v>11742</v>
       </c>
       <c r="E135" s="45"/>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A136" s="45" t="s">
         <v>653</v>
       </c>
       <c r="B136" s="97" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="C136" s="98">
         <v>45986.617858796293</v>
       </c>
-      <c r="D136" s="129">
+      <c r="D136" s="126">
         <v>1677</v>
       </c>
       <c r="E136" s="45"/>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A137" s="45" t="s">
         <v>555</v>
       </c>
       <c r="B137" s="97" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="C137" s="98">
         <v>45982.336423611108</v>
       </c>
-      <c r="D137" s="129">
+      <c r="D137" s="126">
         <v>61595</v>
       </c>
       <c r="E137" s="45"/>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A138" s="45" t="s">
         <v>556</v>
       </c>
       <c r="B138" s="97" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="C138" s="98">
         <v>45982.613726851851</v>
       </c>
-      <c r="D138" s="129">
+      <c r="D138" s="126">
         <v>6709</v>
       </c>
       <c r="E138" s="45"/>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A139" s="45" t="s">
         <v>583</v>
       </c>
       <c r="B139" s="97" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="C139" s="98">
         <v>45985.528078703705</v>
       </c>
-      <c r="D139" s="129">
+      <c r="D139" s="126">
         <v>6709</v>
       </c>
       <c r="E139" s="45"/>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A140" s="45" t="s">
         <v>559</v>
       </c>
       <c r="B140" s="97" t="s">
-        <v>1281</v>
+        <v>1280</v>
       </c>
       <c r="C140" s="98">
         <v>45981.869143518517</v>
       </c>
-      <c r="D140" s="129">
+      <c r="D140" s="126">
         <v>22685</v>
       </c>
       <c r="E140" s="45"/>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A141" s="45" t="s">
         <v>560</v>
       </c>
       <c r="B141" s="97" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C141" s="98">
         <v>45985.354756944442</v>
       </c>
-      <c r="D141" s="129">
+      <c r="D141" s="126">
         <v>11782</v>
       </c>
       <c r="E141" s="45"/>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A142" s="45" t="s">
         <v>561</v>
       </c>
       <c r="B142" s="97" t="s">
-        <v>1282</v>
+        <v>1281</v>
       </c>
       <c r="C142" s="98">
         <v>45980.483587962961</v>
       </c>
-      <c r="D142" s="129">
+      <c r="D142" s="126">
         <v>3754</v>
       </c>
       <c r="E142" s="45"/>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A143" s="45" t="s">
         <v>562</v>
       </c>
       <c r="B143" s="97" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="C143" s="98">
         <v>45979.54828703704</v>
       </c>
-      <c r="D143" s="129">
+      <c r="D143" s="126">
         <v>23484</v>
       </c>
       <c r="E143" s="45"/>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A144" s="45" t="s">
         <v>620</v>
       </c>
       <c r="B144" s="97" t="s">
-        <v>1285</v>
+        <v>1284</v>
       </c>
       <c r="C144" s="98">
         <v>45982.496967592589</v>
       </c>
-      <c r="D144" s="129">
+      <c r="D144" s="126">
         <v>1680</v>
       </c>
       <c r="E144" s="45"/>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A145" s="45" t="s">
         <v>564</v>
       </c>
       <c r="B145" s="97" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="C145" s="98">
         <v>45982.617175925923</v>
       </c>
-      <c r="D145" s="129">
+      <c r="D145" s="126">
         <v>51123</v>
       </c>
       <c r="E145" s="45"/>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A146" s="45" t="s">
         <v>565</v>
       </c>
       <c r="B146" s="97" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="C146" s="98">
         <v>45981.604791666665</v>
       </c>
-      <c r="D146" s="129">
+      <c r="D146" s="126">
         <v>1677</v>
       </c>
       <c r="E146" s="45"/>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A147" s="45" t="s">
         <v>566</v>
       </c>
       <c r="B147" s="97" t="s">
-        <v>1288</v>
+        <v>1287</v>
       </c>
       <c r="C147" s="98">
         <v>45982.493032407408</v>
       </c>
-      <c r="D147" s="129">
+      <c r="D147" s="126">
         <v>16774</v>
       </c>
       <c r="E147" s="45"/>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A148" s="45" t="s">
         <v>569</v>
       </c>
       <c r="B148" s="97" t="s">
-        <v>1291</v>
+        <v>1290</v>
       </c>
       <c r="C148" s="98">
         <v>45980.430335648147</v>
       </c>
-      <c r="D148" s="129">
+      <c r="D148" s="126">
         <v>132840</v>
       </c>
       <c r="E148" s="45"/>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A149" s="45" t="s">
         <v>656</v>
       </c>
       <c r="B149" s="97" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="C149" s="98">
         <v>45981.558263888888</v>
       </c>
-      <c r="D149" s="129">
+      <c r="D149" s="126">
         <v>11742</v>
       </c>
       <c r="E149" s="45"/>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A150" s="45" t="s">
         <v>570</v>
       </c>
       <c r="B150" s="97" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="C150" s="98">
         <v>45987.590763888889</v>
       </c>
-      <c r="D150" s="129">
+      <c r="D150" s="126">
         <v>1394784</v>
       </c>
       <c r="E150" s="45"/>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A151" s="45" t="s">
         <v>572</v>
       </c>
       <c r="B151" s="97" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="C151" s="98">
         <v>45979.817337962966</v>
       </c>
-      <c r="D151" s="129">
+      <c r="D151" s="126">
         <v>3354</v>
       </c>
       <c r="E151" s="45"/>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A152" s="45" t="s">
         <v>573</v>
       </c>
       <c r="B152" s="97" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="C152" s="98">
         <v>45981.663784722223</v>
       </c>
-      <c r="D152" s="129">
+      <c r="D152" s="126">
         <v>7128</v>
       </c>
       <c r="E152" s="45"/>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A153" s="45" t="s">
         <v>575</v>
       </c>
       <c r="B153" s="97" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="C153" s="98">
         <v>45991.722245370373</v>
       </c>
-      <c r="D153" s="129">
+      <c r="D153" s="126">
         <v>116544</v>
       </c>
       <c r="E153" s="45"/>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A154" s="45" t="s">
         <v>576</v>
       </c>
       <c r="B154" s="97" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="C154" s="98">
         <v>45981.570821759262</v>
       </c>
-      <c r="D154" s="129">
+      <c r="D154" s="126">
         <v>5431</v>
       </c>
       <c r="E154" s="45"/>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A155" s="45" t="s">
         <v>577</v>
       </c>
       <c r="B155" s="97" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="C155" s="98">
         <v>45985.361250000002</v>
       </c>
-      <c r="D155" s="129">
+      <c r="D155" s="126">
         <v>147857</v>
       </c>
       <c r="E155" s="45"/>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A156" s="45" t="s">
         <v>580</v>
       </c>
       <c r="B156" s="97" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="C156" s="98">
         <v>45979.588449074072</v>
       </c>
-      <c r="D156" s="129">
+      <c r="D156" s="126">
         <v>24283</v>
       </c>
       <c r="E156" s="45"/>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A157" s="45" t="s">
         <v>581</v>
       </c>
       <c r="B157" s="97" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="C157" s="98">
         <v>45980.382326388892</v>
       </c>
-      <c r="D157" s="129">
+      <c r="D157" s="126">
         <v>1677</v>
       </c>
       <c r="E157" s="45"/>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A158" s="45" t="s">
         <v>582</v>
       </c>
       <c r="B158" s="97" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="C158" s="98">
         <v>45982.372094907405</v>
       </c>
-      <c r="D158" s="129">
+      <c r="D158" s="126">
         <v>1677</v>
       </c>
       <c r="E158" s="45"/>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A159" s="45" t="s">
         <v>586</v>
       </c>
       <c r="B159" s="97" t="s">
-        <v>1302</v>
+        <v>1301</v>
       </c>
       <c r="C159" s="98">
         <v>45986.550300925926</v>
       </c>
-      <c r="D159" s="129">
+      <c r="D159" s="126">
         <v>598061</v>
       </c>
       <c r="E159" s="45"/>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A160" s="45" t="s">
         <v>617</v>
       </c>
       <c r="B160" s="97" t="s">
-        <v>1303</v>
+        <v>1302</v>
       </c>
       <c r="C160" s="98">
         <v>45982.562939814816</v>
       </c>
-      <c r="D160" s="129">
+      <c r="D160" s="126">
         <v>1682</v>
       </c>
       <c r="E160" s="45"/>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A161" s="45" t="s">
         <v>588</v>
       </c>
       <c r="B161" s="97" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
       <c r="C161" s="98">
         <v>45982.377754629626</v>
       </c>
-      <c r="D161" s="129">
+      <c r="D161" s="126">
         <v>5032</v>
       </c>
       <c r="E161" s="45"/>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A162" s="45" t="s">
         <v>589</v>
       </c>
       <c r="B162" s="97" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="C162" s="98">
         <v>45981.744768518518</v>
       </c>
-      <c r="D162" s="129">
+      <c r="D162" s="126">
         <v>1679</v>
       </c>
       <c r="E162" s="45"/>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A163" s="45" t="s">
         <v>593</v>
       </c>
       <c r="B163" s="97" t="s">
-        <v>1307</v>
+        <v>1306</v>
       </c>
       <c r="C163" s="98">
         <v>45980.623055555552</v>
       </c>
-      <c r="D163" s="129">
+      <c r="D163" s="126">
         <v>1677</v>
       </c>
       <c r="E163" s="45"/>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A164" s="45" t="s">
         <v>597</v>
       </c>
       <c r="B164" s="97" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="C164" s="98">
         <v>45982.416365740741</v>
       </c>
-      <c r="D164" s="129">
+      <c r="D164" s="126">
         <v>1677</v>
       </c>
       <c r="E164" s="45"/>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A165" s="45" t="s">
         <v>599</v>
       </c>
       <c r="B165" s="97" t="s">
-        <v>1312</v>
+        <v>1311</v>
       </c>
       <c r="C165" s="98">
         <v>45981.542175925926</v>
       </c>
-      <c r="D165" s="129">
+      <c r="D165" s="126">
         <v>165990</v>
       </c>
       <c r="E165" s="45"/>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A166" s="45" t="s">
         <v>603</v>
       </c>
       <c r="B166" s="97" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="C166" s="98">
         <v>45981.63177083333</v>
       </c>
-      <c r="D166" s="129">
+      <c r="D166" s="126">
         <v>1677</v>
       </c>
       <c r="E166" s="45"/>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A167" s="45" t="s">
         <v>604</v>
       </c>
       <c r="B167" s="97" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="C167" s="98">
         <v>45981.565000000002</v>
       </c>
-      <c r="D167" s="129">
+      <c r="D167" s="126">
         <v>8475</v>
       </c>
       <c r="E167" s="45"/>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A168" s="45" t="s">
         <v>413</v>
       </c>
       <c r="B168" s="97" t="s">
-        <v>1316</v>
+        <v>1315</v>
       </c>
       <c r="C168" s="98">
         <v>45986.479201388887</v>
       </c>
-      <c r="D168" s="129">
+      <c r="D168" s="126">
         <v>1677</v>
       </c>
       <c r="E168" s="45"/>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A169" s="45" t="s">
         <v>605</v>
       </c>
       <c r="B169" s="97" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="C169" s="98">
         <v>45981.69159722222</v>
       </c>
-      <c r="D169" s="129">
+      <c r="D169" s="126">
         <v>6709</v>
       </c>
       <c r="E169" s="45"/>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A170" s="45" t="s">
         <v>606</v>
       </c>
       <c r="B170" s="97" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="C170" s="98">
         <v>45980.431527777779</v>
       </c>
-      <c r="D170" s="129">
+      <c r="D170" s="126">
         <v>6714</v>
       </c>
       <c r="E170" s="45"/>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A171" s="45" t="s">
         <v>607</v>
       </c>
       <c r="B171" s="97" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="C171" s="98">
         <v>45985.362511574072</v>
       </c>
-      <c r="D171" s="129">
+      <c r="D171" s="126">
         <v>59430</v>
       </c>
       <c r="E171" s="45"/>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A172" s="45" t="s">
         <v>608</v>
       </c>
       <c r="B172" s="97" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="C172" s="98">
         <v>45985.323229166665</v>
       </c>
-      <c r="D172" s="129">
+      <c r="D172" s="126">
         <v>543184</v>
       </c>
       <c r="E172" s="45"/>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A173" s="45" t="s">
         <v>609</v>
       </c>
       <c r="B173" s="97" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="C173" s="98">
         <v>45980.407557870371</v>
       </c>
-      <c r="D173" s="129">
+      <c r="D173" s="126">
         <v>230134</v>
       </c>
       <c r="E173" s="45"/>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A174" s="45" t="s">
         <v>610</v>
       </c>
       <c r="B174" s="97" t="s">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="C174" s="98">
         <v>45982.530474537038</v>
       </c>
-      <c r="D174" s="129">
+      <c r="D174" s="126">
         <v>1677</v>
       </c>
       <c r="E174" s="45"/>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A175" s="45" t="s">
         <v>612</v>
       </c>
       <c r="B175" s="97" t="s">
-        <v>1321</v>
+        <v>1320</v>
       </c>
       <c r="C175" s="98">
         <v>45981.54111111111</v>
       </c>
-      <c r="D175" s="129">
+      <c r="D175" s="126">
         <v>138272</v>
       </c>
       <c r="E175" s="45"/>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A176" s="45" t="s">
         <v>614</v>
       </c>
       <c r="B176" s="97" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="C176" s="98">
         <v>45982.546759259261</v>
       </c>
-      <c r="D176" s="129">
+      <c r="D176" s="126">
         <v>6709</v>
       </c>
       <c r="E176" s="45"/>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A177" s="45" t="s">
         <v>615</v>
       </c>
       <c r="B177" s="97" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="C177" s="98">
         <v>45986.405891203707</v>
       </c>
-      <c r="D177" s="129">
+      <c r="D177" s="126">
         <v>3354</v>
       </c>
       <c r="E177" s="45"/>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A178" s="45" t="s">
         <v>618</v>
       </c>
       <c r="B178" s="97" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="C178" s="98">
         <v>45980.351157407407</v>
       </c>
-      <c r="D178" s="129">
+      <c r="D178" s="126">
         <v>1677</v>
       </c>
       <c r="E178" s="45"/>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A179" s="45" t="s">
         <v>619</v>
       </c>
       <c r="B179" s="97" t="s">
-        <v>1324</v>
+        <v>1323</v>
       </c>
       <c r="C179" s="98">
         <v>45992.683969907404</v>
       </c>
-      <c r="D179" s="129">
+      <c r="D179" s="126">
         <v>398760</v>
       </c>
       <c r="E179" s="45"/>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A180" s="45" t="s">
         <v>628</v>
       </c>
       <c r="B180" s="97" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="C180" s="98">
         <v>45980.445879629631</v>
       </c>
-      <c r="D180" s="129">
+      <c r="D180" s="126">
         <v>38574</v>
       </c>
       <c r="E180" s="45"/>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A181" s="45" t="s">
         <v>623</v>
       </c>
       <c r="B181" s="97" t="s">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="C181" s="98">
         <v>45981.560474537036</v>
       </c>
-      <c r="D181" s="129">
+      <c r="D181" s="126">
         <v>239560</v>
       </c>
       <c r="E181" s="45"/>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A182" s="45" t="s">
         <v>624</v>
       </c>
       <c r="B182" s="97" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="C182" s="98">
         <v>45985.36341435185</v>
       </c>
-      <c r="D182" s="129">
+      <c r="D182" s="126">
         <v>3354</v>
       </c>
       <c r="E182" s="45"/>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A183" s="45" t="s">
         <v>625</v>
       </c>
       <c r="B183" s="97" t="s">
-        <v>1326</v>
+        <v>1325</v>
       </c>
       <c r="C183" s="98">
         <v>45982.641597222224</v>
       </c>
-      <c r="D183" s="129">
+      <c r="D183" s="126">
         <v>3354</v>
       </c>
       <c r="E183" s="45"/>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A184" s="45" t="s">
         <v>627</v>
       </c>
       <c r="B184" s="97" t="s">
-        <v>1328</v>
+        <v>1327</v>
       </c>
       <c r="C184" s="98">
         <v>45986.428715277776</v>
       </c>
-      <c r="D184" s="129">
+      <c r="D184" s="126">
         <v>42735</v>
       </c>
       <c r="E184" s="45"/>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A185" s="45" t="s">
         <v>631</v>
       </c>
       <c r="B185" s="97" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
       <c r="C185" s="98">
         <v>45981.535405092596</v>
       </c>
-      <c r="D185" s="129">
+      <c r="D185" s="126">
         <v>14218</v>
       </c>
       <c r="E185" s="45"/>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A186" s="45" t="s">
         <v>632</v>
       </c>
       <c r="B186" s="97" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="C186" s="98">
         <v>45982.564664351848</v>
       </c>
-      <c r="D186" s="129">
+      <c r="D186" s="126">
         <v>1677</v>
       </c>
       <c r="E186" s="45"/>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A187" s="45" t="s">
         <v>633</v>
       </c>
       <c r="B187" s="97" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="C187" s="98">
         <v>45986.334016203706</v>
       </c>
-      <c r="D187" s="129">
+      <c r="D187" s="126">
         <v>1677</v>
       </c>
       <c r="E187" s="45"/>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A188" s="45" t="s">
         <v>634</v>
       </c>
       <c r="B188" s="97" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="C188" s="98">
         <v>45979.660381944443</v>
       </c>
-      <c r="D188" s="129">
+      <c r="D188" s="126">
         <v>11742</v>
       </c>
       <c r="E188" s="45"/>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A189" s="45" t="s">
         <v>637</v>
       </c>
       <c r="B189" s="97" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="C189" s="98">
         <v>45985.467581018522</v>
       </c>
-      <c r="D189" s="129">
+      <c r="D189" s="126">
         <v>10130</v>
       </c>
       <c r="E189" s="45"/>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B190" s="97" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="C190" s="98"/>
-      <c r="D190" s="130">
+      <c r="D190" s="127">
         <f>SUM(D3:D189)</f>
         <v>13918606</v>
       </c>
       <c r="E190" s="45"/>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B191" s="18"/>
       <c r="C191" s="19"/>
       <c r="D191" s="22"/>
       <c r="E191" s="45"/>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B192" s="18"/>
       <c r="C192" s="19"/>
       <c r="D192" s="22"/>
       <c r="E192" s="45"/>
     </row>
     <row r="193" spans="2:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B193" s="18"/>
       <c r="C193" s="19"/>
       <c r="D193" s="22"/>
       <c r="E193" s="45"/>
     </row>
     <row r="194" spans="2:5" x14ac:dyDescent="0.55000000000000004">
       <c r="B194" s="41"/>
@@ -38442,65 +38810,65 @@
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B9D246E-A5E8-42B8-8689-261D77500093}">
   <dimension ref="A1:D153"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="1" width="8.68359375" customWidth="1"/>
     <col min="2" max="2" width="24.68359375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.83984375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.41796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="14" t="s">
         <v>970</v>
       </c>
       <c r="B1" s="15" t="s">
         <v>970</v>
       </c>
-      <c r="C1" s="123" t="s">
+      <c r="C1" s="128" t="s">
         <v>966</v>
       </c>
       <c r="D1" s="20" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="49" t="s">
         <v>972</v>
       </c>
       <c r="B2" s="50" t="s">
         <v>973</v>
       </c>
-      <c r="C2" s="125"/>
+      <c r="C2" s="130"/>
       <c r="D2" s="51" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="95"/>
       <c r="B3" s="95"/>
       <c r="C3" s="96"/>
       <c r="D3" s="94"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="99"/>
       <c r="B4" s="99"/>
       <c r="C4" s="96"/>
       <c r="D4" s="94"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.55000000000000004">
       <c r="A5" s="95"/>
       <c r="B5" s="95"/>
       <c r="C5" s="96"/>
       <c r="D5" s="94"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="99"/>
       <c r="B6" s="99"/>