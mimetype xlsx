--- v0 (2025-11-08)
+++ v1 (2026-02-09)
@@ -22,80 +22,80 @@
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\ProgramAdmin\Iowa Student Financial Aid Guide\2026-2027\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3BD7D9E5-8501-4740-A872-55B65C2F1B0A}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3971C5B7-13A6-459A-BDA9-2F8F126D207F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="7290" tabRatio="674" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DMACC" sheetId="1" r:id="rId1"/>
     <sheet name="EICCD" sheetId="2" r:id="rId2"/>
     <sheet name="HCC" sheetId="3" r:id="rId3"/>
     <sheet name="IHCC" sheetId="4" r:id="rId4"/>
     <sheet name="ICCC" sheetId="5" r:id="rId5"/>
     <sheet name="ILCC" sheetId="6" r:id="rId6"/>
     <sheet name="IVCCD" sheetId="7" r:id="rId7"/>
     <sheet name="IWCC" sheetId="8" r:id="rId8"/>
     <sheet name="KCC" sheetId="9" r:id="rId9"/>
     <sheet name="NIACC" sheetId="10" r:id="rId10"/>
     <sheet name="NICC" sheetId="11" r:id="rId11"/>
     <sheet name="NWICC" sheetId="12" r:id="rId12"/>
     <sheet name="SCC" sheetId="13" r:id="rId13"/>
     <sheet name="SWCC" sheetId="14" r:id="rId14"/>
     <sheet name="WITCC" sheetId="15" r:id="rId15"/>
     <sheet name="Allen" sheetId="16" r:id="rId16"/>
     <sheet name="Mercy" sheetId="18" r:id="rId17"/>
     <sheet name="St. Lukes" sheetId="19" r:id="rId18"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1125" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1132" uniqueCount="342">
   <si>
     <t>Des Moines Area Community College (DMACC)</t>
   </si>
   <si>
     <t>CIP</t>
   </si>
   <si>
     <t>Program Title</t>
   </si>
   <si>
     <t>State/Regional</t>
   </si>
   <si>
     <t>Informatics</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Computer Programming/Programmer, General</t>
   </si>
   <si>
     <t>Computer Programming, Specific Applications</t>
   </si>
   <si>
@@ -167,53 +167,50 @@
   <si>
     <t>Regional</t>
   </si>
   <si>
     <t>Accountants and Auditors</t>
   </si>
   <si>
     <t>Eastern Iowa Community College (EICCD)</t>
   </si>
   <si>
     <t>Electrical, Electronic and Communications Engineering Technology/Technician</t>
   </si>
   <si>
     <t>Electromechanical Technology</t>
   </si>
   <si>
     <t>Machine Tool Technology/Technician</t>
   </si>
   <si>
     <t>48.0510</t>
   </si>
   <si>
     <t>Advanced Emergency Medical Technician, Emergency Medical Services</t>
   </si>
   <si>
-    <t>51.0910</t>
-[...1 lines deleted...]
-  <si>
     <t>Radiologic Technology/Science - Radiographer</t>
   </si>
   <si>
     <t>Business Professional</t>
   </si>
   <si>
     <t>Supply Chain and Logistics</t>
   </si>
   <si>
     <t>Accounting Management</t>
   </si>
   <si>
     <t>Administrative Assistant and Secretarial Science, General.</t>
   </si>
   <si>
     <t>01.0105</t>
   </si>
   <si>
     <t>01.0301</t>
   </si>
   <si>
     <t>01.8301</t>
   </si>
   <si>
     <t>Veterinary Technologists &amp; Technicians</t>
@@ -287,53 +284,50 @@
   <si>
     <t>Medical/Insurance Coding</t>
   </si>
   <si>
     <t>Clinical/Medical Laboratory Assistant</t>
   </si>
   <si>
     <t>Accounting Specialist, Accounting Assistant</t>
   </si>
   <si>
     <t>01.0302</t>
   </si>
   <si>
     <t>01.0399</t>
   </si>
   <si>
     <t>Chefs and Head Cooks</t>
   </si>
   <si>
     <t>Regional*</t>
   </si>
   <si>
     <t>Iowa Central Community College (ICCC)</t>
   </si>
   <si>
-    <t>15.0000</t>
-[...1 lines deleted...]
-  <si>
     <t>Engineering Technologies/Technicians, General.</t>
   </si>
   <si>
     <t>Industrial Robotics and Automation</t>
   </si>
   <si>
     <t>Police Patrol Officers</t>
   </si>
   <si>
     <t>Cyber/Computer Forensics and Counterterrorism.</t>
   </si>
   <si>
     <t>Plumbing Technology</t>
   </si>
   <si>
     <t>Dental Assistant</t>
   </si>
   <si>
     <t>Diagnostic Medical Sonography</t>
   </si>
   <si>
     <t>Business</t>
   </si>
   <si>
     <t>Supply Chain Management AAS</t>
@@ -389,53 +383,50 @@
   <si>
     <t>Agriculture, General.</t>
   </si>
   <si>
     <t>Advanced Manufacturing Technology</t>
   </si>
   <si>
     <t>Graphic Design.</t>
   </si>
   <si>
     <t>Esports Diploma</t>
   </si>
   <si>
     <t>Managers (All Other)</t>
   </si>
   <si>
     <t>01.0307</t>
   </si>
   <si>
     <t>03.0101</t>
   </si>
   <si>
     <t>Forest and Conservation Technicians</t>
   </si>
   <si>
-    <t>46.0000</t>
-[...1 lines deleted...]
-  <si>
     <t>First-Line Supervisors Construction Workers</t>
   </si>
   <si>
     <t>Gunsmith</t>
   </si>
   <si>
     <t>Iowa Western Community College (IWCC)</t>
   </si>
   <si>
     <t>Web Page, Digital/Multimedia and Information Resources Design.</t>
   </si>
   <si>
     <t>Industrial Engineering Technology</t>
   </si>
   <si>
     <t>Criminal Justice</t>
   </si>
   <si>
     <t>Paramedic/Fire Science</t>
   </si>
   <si>
     <t>Aviation Maintenance Technology</t>
   </si>
   <si>
     <t>Management &amp; Human Resources</t>
@@ -1040,88 +1031,106 @@
   <si>
     <t>CONSTRUCTION</t>
   </si>
   <si>
     <t>ELECTRICIAN</t>
   </si>
   <si>
     <t>PLUMBING SYSTEMS</t>
   </si>
   <si>
     <t>AIR CONDITIONING</t>
   </si>
   <si>
     <t>WELDING TECHNOLOGY</t>
   </si>
   <si>
     <t>MEDICAL CODING SPECIALIST</t>
   </si>
   <si>
     <t>PHARMACY TECHNICIAN DIPLOMA</t>
   </si>
   <si>
     <t>EMERGENCY MEDICAL SERVICES - PARAMEDIC</t>
   </si>
   <si>
-    <t>College has not finalized eligible regional programs</t>
-[...1 lines deleted...]
-  <si>
     <t>Regional"</t>
   </si>
   <si>
     <t>Computer Systems Networking and Telecommunications</t>
   </si>
   <si>
     <t>Mechanical Drafting and Mechanical Drafting CAD/CADD</t>
   </si>
   <si>
     <t>Lineworker</t>
   </si>
   <si>
     <t>Electrical and Power Transmission Installers, Other</t>
   </si>
   <si>
     <t>Automotive Service Technician and Mechanics</t>
   </si>
   <si>
     <t>Tool and Die Technology/Technician</t>
   </si>
   <si>
     <t>* New Program, ^ Regional Moved to State, " State Moved to Regional</t>
   </si>
   <si>
     <t>Pharmacy Technician/Assistant.</t>
+  </si>
+  <si>
+    <t>Sales Reps, Wholesale &amp; Manufacturing, Ex Technical &amp; Scientific Products</t>
+  </si>
+  <si>
+    <t>Chef's and Head Cooks</t>
+  </si>
+  <si>
+    <t>Criminal Justice/Police Science</t>
+  </si>
+  <si>
+    <t>Business Administration and Management</t>
+  </si>
+  <si>
+    <t>Farmers, Ranchers, and Other Agricultural Managers</t>
+  </si>
+  <si>
+    <t>Medical Laboratory Technician</t>
+  </si>
+  <si>
+    <t>Commercial Pilots</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0000"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Trebuchet MS"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Trebuchet MS"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -1138,110 +1147,98 @@
       <name val="Trebuchet MS"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...10 lines deleted...]
-    <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1"/>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1299,76 +1296,72 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="none"/>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1618,548 +1611,548 @@
         <v>11.010400000000001</v>
       </c>
       <c r="B3" s="41" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="40">
         <v>11.020099999999999</v>
       </c>
       <c r="B4" s="41" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="40">
         <v>11.020200000000001</v>
       </c>
       <c r="B5" s="41" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C5" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="40">
         <v>11.100099999999999</v>
       </c>
       <c r="B6" s="41" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C6" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="40">
         <v>11.100300000000001</v>
       </c>
       <c r="B7" s="41" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C7" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="40">
         <v>15.020099999999999</v>
       </c>
       <c r="B8" s="41" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C8" s="41" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="40">
         <v>15.0303</v>
       </c>
       <c r="B9" s="41" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C9" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="40">
         <v>15.0305</v>
       </c>
       <c r="B10" s="41" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C10" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="40">
         <v>15.0406</v>
       </c>
       <c r="B11" s="41" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C11" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="40">
         <v>15.130599999999999</v>
       </c>
       <c r="B12" s="41" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C12" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="40">
         <v>46.020099999999999</v>
       </c>
       <c r="B13" s="41" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C13" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="40">
         <v>46.030200000000001</v>
       </c>
       <c r="B14" s="41" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C14" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="40">
         <v>46.030299999999997</v>
       </c>
       <c r="B15" s="41" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C15" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="40">
         <v>47.020099999999999</v>
       </c>
       <c r="B16" s="41" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C16" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="40">
         <v>47.030299999999997</v>
       </c>
       <c r="B17" s="41" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C17" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="40">
         <v>47.060400000000001</v>
       </c>
       <c r="B18" s="41" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C18" s="41" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="40">
         <v>47.060499999999998</v>
       </c>
       <c r="B19" s="41" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C19" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="40">
         <v>48.0501</v>
       </c>
       <c r="B20" s="41" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C20" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="40">
         <v>48.050699999999999</v>
       </c>
       <c r="B21" s="41" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C21" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="40">
         <v>48.050800000000002</v>
       </c>
       <c r="B22" s="41" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C22" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="40">
         <v>51.070700000000002</v>
       </c>
       <c r="B23" s="41" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C23" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="40">
         <v>51.080500000000001</v>
       </c>
       <c r="B24" s="41" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C24" s="41" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="40">
         <v>51.080599999999997</v>
       </c>
       <c r="B25" s="41" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C25" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="40">
         <v>51.090400000000002</v>
       </c>
       <c r="B26" s="41" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C26" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="40">
         <v>51.090800000000002</v>
       </c>
       <c r="B27" s="41" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="C27" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="40">
         <v>51.090899999999998</v>
       </c>
       <c r="B28" s="41" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C28" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="40">
         <v>51.380099999999999</v>
       </c>
       <c r="B29" s="41" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C29" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="40">
         <v>51.390099999999997</v>
       </c>
       <c r="B30" s="41" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C30" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="40">
         <v>12.0503</v>
       </c>
       <c r="B31" s="41" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C31" s="41" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="40">
         <v>15.050599999999999</v>
       </c>
       <c r="B32" s="41" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>330</v>
+        <v>204</v>
+      </c>
+      <c r="C32" s="46" t="s">
+        <v>326</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="40">
         <v>43.020299999999999</v>
       </c>
       <c r="B33" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="C33" s="49" t="s">
-        <v>330</v>
+      <c r="C33" s="46" t="s">
+        <v>326</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="40">
         <v>47.060299999999998</v>
       </c>
       <c r="B34" s="41" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C34" s="41" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="40">
         <v>51.071599999999997</v>
       </c>
       <c r="B35" s="41" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C35" s="41" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="40"/>
       <c r="B36" s="41"/>
       <c r="C36" s="41"/>
     </row>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="48" t="s">
-        <v>337</v>
+      <c r="A37" s="45" t="s">
+        <v>333</v>
       </c>
       <c r="B37" s="42"/>
       <c r="C37" s="43"/>
     </row>
     <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="43"/>
       <c r="B38" s="43"/>
       <c r="C38" s="43"/>
     </row>
     <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="37" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B39" s="37"/>
       <c r="C39" s="37"/>
     </row>
     <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="40">
         <v>11.0801</v>
       </c>
       <c r="B40" s="41" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C40" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="41">
         <v>15.0403</v>
       </c>
       <c r="B41" s="41" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C41" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="41">
         <v>15.110300000000001</v>
       </c>
       <c r="B42" s="41" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C42" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="41">
         <v>15.1303</v>
       </c>
       <c r="B43" s="41" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C43" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="41">
         <v>15.1701</v>
       </c>
       <c r="B44" s="41" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C44" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="41">
         <v>22.030200000000001</v>
       </c>
       <c r="B45" s="41" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C45" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="41">
         <v>43.0107</v>
       </c>
       <c r="B46" s="41" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C46" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="41">
         <v>43.020099999999999</v>
       </c>
       <c r="B47" s="41" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="41">
         <v>47.010300000000001</v>
       </c>
       <c r="B48" s="41" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C48" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="41">
         <v>51.060099999999998</v>
       </c>
       <c r="B49" s="41" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C49" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="41">
         <v>51.060200000000002</v>
       </c>
       <c r="B50" s="41" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C50" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="41">
         <v>51.080100000000002</v>
       </c>
       <c r="B51" s="41" t="s">
         <v>22</v>
       </c>
       <c r="C51" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="41">
         <v>51.1004</v>
       </c>
       <c r="B52" s="41" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C52" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="41">
         <v>52.020099999999999</v>
       </c>
       <c r="B53" s="41" t="s">
         <v>28</v>
       </c>
       <c r="C53" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="41">
         <v>52.030200000000001</v>
       </c>
       <c r="B54" s="41" t="s">
         <v>29</v>
       </c>
       <c r="C54" s="41" t="s">
         <v>5</v>
@@ -3117,377 +3110,377 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:H994"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.5703125" customWidth="1"/>
     <col min="2" max="2" width="73.28515625" customWidth="1"/>
     <col min="3" max="3" width="13.28515625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020099999999999</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C3" s="31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.0901</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.100300000000001</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>11.1006</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C10" s="31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>48.050699999999999</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="61" t="s">
-        <v>103</v>
+      <c r="A17" s="58" t="s">
+        <v>101</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C17" s="33" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E17" s="9"/>
       <c r="H17" s="16"/>
     </row>
     <row r="18" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>49.010199999999998</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E18" s="9"/>
       <c r="H18" s="16"/>
     </row>
     <row r="19" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="E19" s="16"/>
     </row>
     <row r="20" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>52.070099999999996</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="48" t="s">
-        <v>337</v>
+      <c r="A24" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="6"/>
       <c r="B25" s="6"/>
       <c r="C25" s="6"/>
     </row>
     <row r="26" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
     </row>
     <row r="27" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>15.0303</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E28" s="9"/>
     </row>
     <row r="29" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3">
         <v>43.0107</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="9"/>
     </row>
     <row r="30" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E30" s="9"/>
       <c r="H30" s="16"/>
     </row>
     <row r="31" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -4439,509 +4432,509 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E989"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.42578125" customWidth="1"/>
     <col min="2" max="2" width="62.5703125" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E3" s="50"/>
+      <c r="E3" s="47"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.020200000000001</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="50"/>
+      <c r="E4" s="47"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.0901</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="50"/>
+      <c r="E5" s="47"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>15.080500000000001</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="50"/>
+      <c r="E6" s="47"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E7" s="50"/>
+      <c r="E7" s="47"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E8" s="50"/>
+      <c r="E8" s="47"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.0503</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E9" s="50"/>
+      <c r="E9" s="47"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E10" s="50"/>
+      <c r="E10" s="47"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E11" s="50"/>
+      <c r="E11" s="47"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C12" s="31" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="E12" s="50"/>
+        <v>68</v>
+      </c>
+      <c r="E12" s="47"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E13" s="50"/>
+      <c r="E13" s="47"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B14" s="31" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E14" s="50"/>
+      <c r="E14" s="47"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E15" s="50"/>
+      <c r="E15" s="47"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.070700000000002</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E16" s="50"/>
+      <c r="E16" s="47"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E17" s="50"/>
+      <c r="E17" s="47"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E18" s="50"/>
+      <c r="E18" s="47"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E19" s="50"/>
+      <c r="E19" s="47"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E20" s="50"/>
+      <c r="E20" s="47"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E21" s="50"/>
+      <c r="E21" s="47"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>43.0107</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C27" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C28" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="48" t="s">
-        <v>337</v>
+      <c r="A31" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>15.130100000000001</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="44"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>22.030200000000001</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="44"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>50.040900000000001</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E37" s="44"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
         <v>51.060099999999998</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E38" s="44"/>
     </row>
     <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>51.060200000000002</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E39" s="44"/>
     </row>
     <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E40" s="44"/>
     </row>
     <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>52.030200000000001</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E41" s="44"/>
     </row>
     <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E42" s="44"/>
     </row>
     <row r="43" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="3">
         <v>52.080100000000002</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E43" s="44"/>
     </row>
     <row r="44" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -5877,341 +5870,341 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E996"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="2" width="71.85546875" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.1006</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>15.0303</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="9"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="9"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>46.030299999999997</v>
       </c>
       <c r="B7" s="31" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9"/>
     </row>
     <row r="8" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="34">
         <v>47.060400000000001</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C8" s="33" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>51.070700000000002</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>51.080500000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C12" s="31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B16" s="27" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>11.0801</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>47.0105</v>
       </c>
       <c r="B18" s="27" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C18" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>49.020200000000003</v>
       </c>
       <c r="B19" s="27" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B20" s="27" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C20" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B21" s="27" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="48" t="s">
-        <v>337</v>
+      <c r="A23" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="6"/>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
     </row>
     <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
     </row>
     <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="7" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E27" s="9"/>
     </row>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B28" s="27" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="26"/>
       <c r="E28" s="9"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -7170,314 +7163,314 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C997"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.140625" customWidth="1"/>
     <col min="2" max="2" width="58.7109375" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.010300000000001</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B6" s="31" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C7" s="31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B8" s="31" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="35">
         <v>48.051000000000002</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B14" s="31" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="35">
         <v>13.121</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>47.060299999999998</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="48" t="s">
-        <v>337</v>
+      <c r="A21" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="6"/>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>15.040100000000001</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -8423,443 +8416,443 @@
     <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="988" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="994" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="995" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="996" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="997" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:H996"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A19" sqref="A19"/>
+      <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.7109375" customWidth="1"/>
     <col min="2" max="2" width="58.42578125" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
     </row>
     <row r="2" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
     </row>
     <row r="3" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.0901</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
     </row>
     <row r="4" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
     </row>
     <row r="5" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
     </row>
     <row r="6" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
     </row>
     <row r="7" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B7" s="31" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C7" s="31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
     </row>
     <row r="8" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B8" s="31" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
     </row>
     <row r="9" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
     </row>
     <row r="10" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
     </row>
     <row r="11" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>52.120100000000001</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
     </row>
     <row r="12" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="28" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
     </row>
     <row r="13" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="28" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
     </row>
     <row r="14" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>43.010399999999997</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
     </row>
     <row r="15" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>47.060299999999998</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
     </row>
     <row r="16" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C16" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
     </row>
     <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
     </row>
     <row r="18" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
     </row>
     <row r="19" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="48" t="s">
-        <v>337</v>
+      <c r="A19" s="45" t="s">
+        <v>333</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
     </row>
     <row r="20" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="6"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
     </row>
     <row r="21" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B21" s="1"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
     </row>
     <row r="22" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
     </row>
     <row r="23" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>11.0801</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
     </row>
     <row r="25" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>52.030200000000001</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
     </row>
     <row r="26" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="4"/>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
     </row>
     <row r="27" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
     </row>
     <row r="28" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
@@ -9831,511 +9824,511 @@
     <row r="986" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="988" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="994" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="995" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="996" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E990"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A30" sqref="A30:XFD31"/>
+      <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.140625" customWidth="1"/>
     <col min="2" max="2" width="66.85546875" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="24" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.100099999999999</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C3" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>15.0406</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C4" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>15.080500000000001</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C5" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C6" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>43.040300000000002</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C8" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C9" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>46.0503</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C10" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C11" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C12" s="36" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.0608</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C13" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C14" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.071300000000001</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.080500000000001</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C16" s="31" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>12.0503</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>43.0107</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>43.020299999999999</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C24" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>47.060299999999998</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="34">
         <v>51.060099999999998</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="48" t="s">
-        <v>337</v>
+      <c r="A28" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="6"/>
       <c r="B29" s="6"/>
       <c r="C29" s="6"/>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>15.0403</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C32" s="36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="3">
         <v>22.030200000000001</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
         <v>50.040100000000002</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C34" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>52.030200000000001</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>52.100099999999998</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>51.071599999999997</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -11273,85 +11266,85 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C1001"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.140625" customWidth="1"/>
     <col min="2" max="2" width="75.7109375" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="48" t="s">
-        <v>337</v>
+      <c r="A5" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="6"/>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="20" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="21" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -12337,185 +12330,185 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E1001"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="52.28515625" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B4" s="30" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="51" t="s">
-        <v>38</v>
+      <c r="A6" s="58">
+        <v>51.091000000000001</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>51.100499999999997</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="48" t="s">
-        <v>337</v>
+      <c r="A11" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="6"/>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.100499999999997</v>
       </c>
-      <c r="B15" s="62" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="62" t="s">
+      <c r="B15" s="59" t="s">
+        <v>176</v>
+      </c>
+      <c r="C15" s="59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="20" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="21" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="25" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="26" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="27" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="28" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="32" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -13488,107 +13481,107 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C1001"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="2" width="51.85546875" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="48" t="s">
-        <v>337</v>
+      <c r="A7" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="20" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="21" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="25" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="26" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="27" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="28" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -14552,466 +14545,501 @@
     <row r="988" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="994" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="995" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="996" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="997" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="998" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="999" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="1000" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="1001" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:K989"/>
+  <dimension ref="A1:E993"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.85546875" customWidth="1"/>
     <col min="2" max="2" width="70.85546875" customWidth="1"/>
     <col min="3" max="3" width="13.28515625" customWidth="1"/>
     <col min="4" max="4" width="15.140625" customWidth="1"/>
     <col min="5" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020099999999999</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.080399999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.100099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>15.0303</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>43.040300000000002</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="23">
         <v>47.060400000000001</v>
       </c>
       <c r="B11" s="24" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="7" t="s">
-        <v>36</v>
+      <c r="A14" s="35">
+        <v>48.051000000000002</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.070700000000002</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="18" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="19" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>38</v>
+    <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="35">
+        <v>51.091000000000001</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="20" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="21" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="23" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="C23" s="47" t="s">
+    <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="3">
+        <v>1.0105</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="C23" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="E23" s="45"/>
-[...14 lines deleted...]
-      <c r="A25" s="48" t="s">
+    </row>
+    <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="3">
+        <v>1.8301000000000001</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="3">
+        <v>12.0503</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="3">
+        <v>43.0107</v>
+      </c>
+      <c r="B26" s="4" t="s">
         <v>337</v>
       </c>
-      <c r="B25" s="5"/>
-[...18 lines deleted...]
-      <c r="A28" s="2" t="s">
+      <c r="C26" s="4" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="3">
+        <v>52.020099999999999</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="12"/>
+      <c r="B28" s="13"/>
+      <c r="C28" s="11"/>
+      <c r="E28" s="9"/>
+    </row>
+    <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="45" t="s">
+        <v>333</v>
+      </c>
+      <c r="B29" s="5"/>
+      <c r="C29" s="6"/>
+      <c r="E29" s="9"/>
+    </row>
+    <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="6"/>
+      <c r="B30" s="6"/>
+      <c r="C30" s="6"/>
+      <c r="E30" s="9"/>
+    </row>
+    <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="E31" s="9"/>
+    </row>
+    <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B28" s="8" t="s">
+      <c r="B32" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="C32" s="8" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="16.5" x14ac:dyDescent="0.3">
-      <c r="A29" s="3">
+    <row r="33" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
+      <c r="A33" s="3">
         <v>11.0801</v>
       </c>
-      <c r="B29" s="4" t="s">
+      <c r="B33" s="4" t="s">
         <v>8</v>
-      </c>
-[...42 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
-        <v>52.020099999999999</v>
+        <v>15.0403</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
-        <v>52.020299999999999</v>
+        <v>48.0501</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
-        <v>52.030200000000001</v>
+        <v>51.060099999999998</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
+        <v>51.080100000000002</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="3">
+        <v>52.020099999999999</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="3">
+        <v>52.020299999999999</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="3">
+        <v>52.030200000000001</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="3">
         <v>52.040100000000002</v>
       </c>
-      <c r="B37" s="4" t="s">
-[...14 lines deleted...]
-    <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="B41" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="10"/>
+      <c r="B42" s="11"/>
+      <c r="C42" s="11"/>
+    </row>
     <row r="43" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="63" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -15915,529 +15943,533 @@
     <row r="965" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="966" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="967" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="968" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="969" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="970" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="971" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="972" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="973" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="974" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="975" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="976" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="977" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="978" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="979" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="980" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="981" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="982" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="983" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="984" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="985" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="986" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="988" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <conditionalFormatting sqref="A25:C25">
+  <conditionalFormatting sqref="A29:C29">
     <cfRule type="notContainsBlanks" dxfId="0" priority="1">
-      <formula>LEN(TRIM(A25))&gt;0</formula>
+      <formula>LEN(TRIM(A29))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E990"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" customWidth="1"/>
     <col min="2" max="2" width="74" customWidth="1"/>
     <col min="3" max="3" width="19.28515625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="9"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.020099999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.0901</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="9"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>11.1006</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="14"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>15.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C7" s="31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E7" s="14"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>15.0303</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="15">
         <v>15.0406</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="7" t="s">
-        <v>36</v>
+      <c r="A15" s="35">
+        <v>48.051000000000002</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.071300000000001</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.080300000000001</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E19" s="9"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E20" s="9"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="9"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E22" s="9"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>43.0107</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C23" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>47.060299999999998</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>52.0901</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="48" t="s">
-        <v>337</v>
+      <c r="A29" s="45" t="s">
+        <v>333</v>
       </c>
       <c r="C29" s="4"/>
     </row>
     <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="6"/>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
     </row>
     <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
     </row>
     <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="32">
         <v>9.0701999999999998</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E33" s="9"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
         <v>11.0801</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E34" s="9"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>43.020299999999999</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="9"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>50.040900000000001</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>51.060099999999998</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E37" s="9"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
         <v>51.060200000000002</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E38" s="9"/>
     </row>
     <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>51.1004</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E39" s="9"/>
     </row>
     <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>52.100099999999998</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -17359,496 +17391,536 @@
     <row r="977" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="978" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="979" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="980" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="981" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="982" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="983" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="984" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="985" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="986" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="988" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:K983"/>
+  <dimension ref="A1:H987"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.5703125" customWidth="1"/>
     <col min="2" max="2" width="64" customWidth="1"/>
     <col min="3" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020200000000001</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9"/>
     </row>
     <row r="4" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.0901</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="9"/>
     </row>
     <row r="6" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="9"/>
     </row>
     <row r="7" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9"/>
     </row>
     <row r="8" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
       <c r="H9" s="9"/>
     </row>
     <row r="10" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.060699999999997</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>48.0501</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.071300000000001</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.080300000000001</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
-    <row r="17" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="9"/>
     </row>
-    <row r="18" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="9"/>
     </row>
-    <row r="19" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E19" s="9"/>
     </row>
-    <row r="20" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="C20" s="47" t="s">
+    <row r="20" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="3">
+        <v>1.1102000000000001</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="E20" s="9"/>
+    </row>
+    <row r="21" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="3">
+        <v>1.0302</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="C21" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="E20" s="45"/>
-[...32 lines deleted...]
-      <c r="A25" s="2" t="s">
+      <c r="E21" s="9"/>
+    </row>
+    <row r="22" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="3">
+        <v>1.0399</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E22" s="9"/>
+    </row>
+    <row r="23" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="3">
+        <v>51.1004</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="E23" s="9"/>
+    </row>
+    <row r="24" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="3">
+        <v>43.0107</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="E24" s="9"/>
+    </row>
+    <row r="25" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="3">
+        <v>49.010199999999998</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E25" s="9"/>
+    </row>
+    <row r="26" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="4"/>
+      <c r="C26" s="4"/>
+      <c r="H26" s="9"/>
+    </row>
+    <row r="27" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>333</v>
+      </c>
+      <c r="E27" s="1"/>
+    </row>
+    <row r="28" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="6"/>
+      <c r="B28" s="6"/>
+      <c r="C28" s="6"/>
+    </row>
+    <row r="29" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B29" s="1"/>
+      <c r="C29" s="1"/>
+    </row>
+    <row r="30" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B25" s="8" t="s">
+      <c r="B30" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="C30" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="E25" s="16"/>
-[...5 lines deleted...]
-      <c r="B26" s="4" t="s">
+      <c r="E30" s="16"/>
+    </row>
+    <row r="31" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="32">
+        <v>9.0701999999999998</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E31" s="9"/>
+    </row>
+    <row r="32" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="3">
+        <v>15.0304</v>
+      </c>
+      <c r="B32" s="4" t="s">
         <v>65</v>
-      </c>
-[...70 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E32" s="9"/>
     </row>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="3">
-        <v>51.060200000000002</v>
+        <v>15.0405</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E33" s="9"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
-        <v>51.070700000000002</v>
+        <v>15.1701</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E34" s="9"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
-        <v>51.080199999999998</v>
+        <v>43.0107</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="9"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
-        <v>51.1004</v>
+        <v>51.060099999999998</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
-        <v>52.030200000000001</v>
+        <v>51.060200000000002</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
+      <c r="E37" s="9"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
+        <v>51.070700000000002</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E38" s="9"/>
+    </row>
+    <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="3">
+        <v>51.080199999999998</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E39" s="9"/>
+    </row>
+    <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="3">
+        <v>51.1004</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E40" s="9"/>
+    </row>
+    <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="3">
+        <v>52.030200000000001</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="3">
         <v>52.040100000000002</v>
       </c>
-      <c r="B38" s="4" t="s">
-[...9 lines deleted...]
-    <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="B42" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
     <row r="43" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="63" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -18746,491 +18818,495 @@
     <row r="959" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="960" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="961" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="962" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="963" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="964" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="965" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="966" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="967" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="968" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="969" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="970" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="971" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="972" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="973" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="974" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="975" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="976" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="977" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="978" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="979" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="980" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="981" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="982" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="983" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="984" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="985" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="986" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C988"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="1"/>
     <col min="2" max="2" width="81.28515625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="24" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020099999999999</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.0901</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="7" t="s">
-        <v>78</v>
+      <c r="A5" s="35">
+        <v>15</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>43.040300000000002</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.0503</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="18">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C12" s="31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="7" t="s">
-        <v>36</v>
+      <c r="A15" s="35">
+        <v>48.051000000000002</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="7" t="s">
-        <v>38</v>
+      <c r="A17" s="35">
+        <v>51.091000000000001</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="7" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="17" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="18">
         <v>47.060299999999998</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>51.1004</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="48" t="s">
-        <v>337</v>
+      <c r="A27" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B31" s="4" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>11.0801</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="3">
         <v>15.0405</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
         <v>43.0107</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>43.020299999999999</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>51.060099999999998</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>51.060200000000002</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>52.020299999999999</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -20166,72 +20242,72 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C992"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="77.28515625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" s="4" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.020200000000001</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
@@ -20242,293 +20318,293 @@
         <v>46.030200000000001</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="21" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" s="4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="21" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>49.010100000000001</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C19" s="33" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3"/>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="48" t="s">
-        <v>337</v>
+      <c r="A21" s="45" t="s">
+        <v>333</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="6"/>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="4" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>11.1004</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>15.0403</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>15.050599999999999</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3">
         <v>22.030200000000001</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3">
         <v>43.0107</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -21487,367 +21563,367 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C991"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.42578125" customWidth="1"/>
     <col min="2" max="2" width="58.7109375" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="25" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.0901</v>
       </c>
-      <c r="B3" s="52" t="s">
-        <v>331</v>
+      <c r="B3" s="49" t="s">
+        <v>327</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>15.130599999999999</v>
       </c>
-      <c r="B4" s="52" t="s">
-        <v>332</v>
+      <c r="B4" s="49" t="s">
+        <v>328</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.030299999999997</v>
       </c>
-      <c r="B5" s="54" t="s">
-        <v>333</v>
+      <c r="B5" s="51" t="s">
+        <v>329</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>46.039900000000003</v>
       </c>
-      <c r="B6" s="54" t="s">
-        <v>334</v>
+      <c r="B6" s="51" t="s">
+        <v>330</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.030299999999997</v>
       </c>
-      <c r="B7" s="55" t="s">
-        <v>68</v>
+      <c r="B7" s="52" t="s">
+        <v>67</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>47.060400000000001</v>
       </c>
-      <c r="B8" s="56" t="s">
-        <v>335</v>
+      <c r="B8" s="53" t="s">
+        <v>331</v>
       </c>
       <c r="C8" s="20" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>48.0501</v>
       </c>
-      <c r="B9" s="57" t="s">
-        <v>105</v>
+      <c r="B9" s="54" t="s">
+        <v>103</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>48.050699999999999</v>
       </c>
-      <c r="B10" s="57" t="s">
-        <v>336</v>
+      <c r="B10" s="54" t="s">
+        <v>332</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>48.050800000000002</v>
       </c>
-      <c r="B11" s="57" t="s">
+      <c r="B11" s="54" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="51" t="s">
-[...3 lines deleted...]
-        <v>104</v>
+      <c r="A14" s="48" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" s="55" t="s">
+        <v>102</v>
       </c>
       <c r="C14" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>47.040199999999999</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.060099999999998</v>
       </c>
-      <c r="B19" s="59" t="s">
+      <c r="B19" s="56" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>52.020099999999999</v>
       </c>
-      <c r="B20" s="60" t="s">
-        <v>108</v>
+      <c r="B20" s="57" t="s">
+        <v>106</v>
       </c>
       <c r="C20" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="4"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="48" t="s">
-        <v>337</v>
+      <c r="A22" s="45" t="s">
+        <v>333</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="1"/>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>43.0107</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>50.040900000000001</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3">
         <v>52.010100000000001</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="21" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="21" t="s">
-        <v>112</v>
+      <c r="A32" s="60">
+        <v>46</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -22795,454 +22871,454 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E988"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.140625" customWidth="1"/>
     <col min="2" max="2" width="65.42578125" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="22"/>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="18">
         <v>11.020099999999999</v>
       </c>
       <c r="B3" s="22" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E3" s="53"/>
+      <c r="E3" s="50"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="18">
         <v>11.020200000000001</v>
       </c>
       <c r="B4" s="22" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="53"/>
+      <c r="E4" s="50"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="18">
         <v>11.0901</v>
       </c>
       <c r="B5" s="22" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="53"/>
+      <c r="E5" s="50"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="18">
         <v>11.100300000000001</v>
       </c>
       <c r="B6" s="22" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="53"/>
+      <c r="E6" s="50"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="18">
         <v>15.0303</v>
       </c>
       <c r="B7" s="22" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E7" s="53"/>
+      <c r="E7" s="50"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="18">
         <v>15.1302</v>
       </c>
       <c r="B8" s="22" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E8" s="53"/>
+      <c r="E8" s="50"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="18">
         <v>46.030200000000001</v>
       </c>
       <c r="B9" s="22" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E9" s="53"/>
+      <c r="E9" s="50"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="18">
         <v>46.0503</v>
       </c>
       <c r="B10" s="22" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E10" s="53"/>
+      <c r="E10" s="50"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="18">
         <v>47.020099999999999</v>
       </c>
       <c r="B11" s="22" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E11" s="53"/>
+      <c r="E11" s="50"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="18">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="E12" s="53"/>
+        <v>68</v>
+      </c>
+      <c r="E12" s="50"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="18">
         <v>47.060499999999998</v>
       </c>
       <c r="B13" s="22" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E13" s="53"/>
+      <c r="E13" s="50"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="18">
         <v>47.060699999999997</v>
       </c>
       <c r="B14" s="22" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E14" s="53"/>
+      <c r="E14" s="50"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="18">
         <v>47.0608</v>
       </c>
       <c r="B15" s="22" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E15" s="53"/>
+      <c r="E15" s="50"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="18">
         <v>48.050800000000002</v>
       </c>
       <c r="B16" s="22" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E16" s="53"/>
+      <c r="E16" s="50"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="18">
         <v>51.090899999999998</v>
       </c>
       <c r="B17" s="22" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E17" s="53"/>
+      <c r="E17" s="50"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="18">
         <v>51.380099999999999</v>
       </c>
       <c r="B18" s="22" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E18" s="53"/>
+      <c r="E18" s="50"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="18">
         <v>51.390099999999997</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="4"/>
-      <c r="E19" s="53"/>
+      <c r="E19" s="50"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="12">
         <v>12.0503</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D20" s="4"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="18">
         <v>43.020299999999999</v>
       </c>
       <c r="B21" s="22" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C21" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D21" s="4"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="18">
         <v>51.060200000000002</v>
       </c>
       <c r="B22" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D22" s="4"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="18">
         <v>52.020099999999999</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C23" s="31" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="12">
         <v>52.200099999999999</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="4"/>
     </row>
     <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="23"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
     </row>
     <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="48" t="s">
-        <v>337</v>
+      <c r="A26" s="45" t="s">
+        <v>333</v>
       </c>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
     </row>
     <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="6"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
     </row>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D29" s="4"/>
     </row>
     <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B30" s="4" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D30" s="4"/>
     </row>
     <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="18">
         <v>11.0801</v>
       </c>
       <c r="B31" s="22" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="4"/>
     </row>
     <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="18">
         <v>15.0403</v>
       </c>
       <c r="B32" s="22" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="18">
         <v>43.0107</v>
       </c>
       <c r="B33" s="22" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C33" s="31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="18">
         <v>51.060099999999998</v>
       </c>
       <c r="B34" s="22" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="18">
         <v>51.080100000000002</v>
       </c>
       <c r="B35" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="17" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="23">
         <v>10.020300000000001</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -24182,489 +24258,489 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G988"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.42578125" customWidth="1"/>
     <col min="2" max="2" width="65.7109375" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020200000000001</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.100099999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.100300000000001</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C5" s="31" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="9"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>11.1006</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="9"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>15.0303</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>46.0503</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C13" s="31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>47.060699999999997</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C15" s="31" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="7" t="s">
-        <v>36</v>
+      <c r="A17" s="35">
+        <v>48.051000000000002</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.080300000000001</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C18" s="33" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.080500000000001</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C19" s="33" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E19" s="9"/>
     </row>
     <row r="20" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E20" s="9"/>
     </row>
     <row r="21" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.090299999999999</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="9"/>
     </row>
     <row r="22" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E22" s="9"/>
     </row>
     <row r="23" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E23" s="9"/>
     </row>
     <row r="24" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E24" s="9"/>
     </row>
     <row r="25" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E25" s="9"/>
     </row>
     <row r="26" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E26" s="9"/>
     </row>
     <row r="27" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>43.0107</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="33" t="s">
-        <v>76</v>
+        <v>326</v>
       </c>
       <c r="E27" s="9"/>
       <c r="G27" s="9"/>
     </row>
     <row r="28" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C28" s="33" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="E28" s="9"/>
       <c r="G28" s="9"/>
     </row>
     <row r="29" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="34">
         <v>52.080100000000002</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C29" s="33" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E29" s="9"/>
       <c r="G29" s="9"/>
     </row>
     <row r="30" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="3">
         <v>52.140099999999997</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>52.200099999999999</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="48" t="s">
-        <v>337</v>
+      <c r="A34" s="45" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="6"/>
       <c r="B35" s="6"/>
       <c r="C35" s="6"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B38" s="4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
     </row>
     <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>11.0801</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="4"/>
       <c r="E39" s="4"/>
     </row>
     <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>15.050599999999999</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
     </row>
     <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>15.1303</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D41" s="4"/>
       <c r="E41" s="4"/>
     </row>
     <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="3">
         <v>22.030200000000001</v>
       </c>
       <c r="B42" s="4" t="s">
@@ -24695,87 +24771,87 @@
       <c r="B44" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E44" s="9"/>
     </row>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="3">
         <v>51.060200000000002</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E45" s="9"/>
     </row>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="3">
         <v>51.071100000000001</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E46" s="9"/>
     </row>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E47" s="9"/>
     </row>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="3">
         <v>51.1004</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E48" s="9"/>
     </row>
     <row r="49" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="7"/>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
     </row>
     <row r="51" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="63" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>