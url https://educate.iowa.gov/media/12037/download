--- v1 (2026-02-09)
+++ v2 (2026-03-02)
@@ -19,83 +19,83 @@
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\ProgramAdmin\Iowa Student Financial Aid Guide\2026-2027\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\ProgramAdmin\Iowa Student Financial Aid Guide\2026-2027\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3971C5B7-13A6-459A-BDA9-2F8F126D207F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E195F98-2960-486F-8FB0-E522CB876ADD}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="7290" tabRatio="674" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="7290" tabRatio="674" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DMACC" sheetId="1" r:id="rId1"/>
     <sheet name="EICCD" sheetId="2" r:id="rId2"/>
     <sheet name="HCC" sheetId="3" r:id="rId3"/>
     <sheet name="IHCC" sheetId="4" r:id="rId4"/>
     <sheet name="ICCC" sheetId="5" r:id="rId5"/>
     <sheet name="ILCC" sheetId="6" r:id="rId6"/>
     <sheet name="IVCCD" sheetId="7" r:id="rId7"/>
     <sheet name="IWCC" sheetId="8" r:id="rId8"/>
     <sheet name="KCC" sheetId="9" r:id="rId9"/>
     <sheet name="NIACC" sheetId="10" r:id="rId10"/>
     <sheet name="NICC" sheetId="11" r:id="rId11"/>
     <sheet name="NWICC" sheetId="12" r:id="rId12"/>
     <sheet name="SCC" sheetId="13" r:id="rId13"/>
     <sheet name="SWCC" sheetId="14" r:id="rId14"/>
     <sheet name="WITCC" sheetId="15" r:id="rId15"/>
     <sheet name="Allen" sheetId="16" r:id="rId16"/>
     <sheet name="Mercy" sheetId="18" r:id="rId17"/>
     <sheet name="St. Lukes" sheetId="19" r:id="rId18"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1132" uniqueCount="342">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1128" uniqueCount="342">
   <si>
     <t>Des Moines Area Community College (DMACC)</t>
   </si>
   <si>
     <t>CIP</t>
   </si>
   <si>
     <t>Program Title</t>
   </si>
   <si>
     <t>State/Regional</t>
   </si>
   <si>
     <t>Informatics</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Computer Programming/Programmer, General</t>
   </si>
   <si>
     <t>Computer Programming, Specific Applications</t>
   </si>
   <si>
@@ -170,53 +170,50 @@
   <si>
     <t>Accountants and Auditors</t>
   </si>
   <si>
     <t>Eastern Iowa Community College (EICCD)</t>
   </si>
   <si>
     <t>Electrical, Electronic and Communications Engineering Technology/Technician</t>
   </si>
   <si>
     <t>Electromechanical Technology</t>
   </si>
   <si>
     <t>Machine Tool Technology/Technician</t>
   </si>
   <si>
     <t>48.0510</t>
   </si>
   <si>
     <t>Advanced Emergency Medical Technician, Emergency Medical Services</t>
   </si>
   <si>
     <t>Radiologic Technology/Science - Radiographer</t>
   </si>
   <si>
-    <t>Business Professional</t>
-[...1 lines deleted...]
-  <si>
     <t>Supply Chain and Logistics</t>
   </si>
   <si>
     <t>Accounting Management</t>
   </si>
   <si>
     <t>Administrative Assistant and Secretarial Science, General.</t>
   </si>
   <si>
     <t>01.0105</t>
   </si>
   <si>
     <t>01.0301</t>
   </si>
   <si>
     <t>01.8301</t>
   </si>
   <si>
     <t>Veterinary Technologists &amp; Technicians</t>
   </si>
   <si>
     <t>Hawkeye Community College (HCC)</t>
   </si>
   <si>
     <t>01.0204</t>
@@ -1077,112 +1074,124 @@
     <t>* New Program, ^ Regional Moved to State, " State Moved to Regional</t>
   </si>
   <si>
     <t>Pharmacy Technician/Assistant.</t>
   </si>
   <si>
     <t>Sales Reps, Wholesale &amp; Manufacturing, Ex Technical &amp; Scientific Products</t>
   </si>
   <si>
     <t>Chef's and Head Cooks</t>
   </si>
   <si>
     <t>Criminal Justice/Police Science</t>
   </si>
   <si>
     <t>Business Administration and Management</t>
   </si>
   <si>
     <t>Farmers, Ranchers, and Other Agricultural Managers</t>
   </si>
   <si>
     <t>Medical Laboratory Technician</t>
   </si>
   <si>
     <t>Commercial Pilots</t>
+  </si>
+  <si>
+    <t>Farmers, Ranchers &amp; Other Ag Managers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0000"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Trebuchet MS"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Trebuchet MS"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1194,51 +1203,51 @@
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1"/>
   </cellStyleXfs>
-  <cellXfs count="61">
+  <cellXfs count="62">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1317,50 +1326,53 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="none"/>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1553,51 +1565,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C991"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.85546875" style="38" customWidth="1"/>
     <col min="2" max="2" width="61.28515625" style="38" customWidth="1"/>
     <col min="3" max="3" width="16" style="38" bestFit="1" customWidth="1"/>
     <col min="4" max="21" width="12.7109375" style="38" customWidth="1"/>
     <col min="22" max="16384" width="12.7109375" style="38"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="37" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="37"/>
       <c r="C1" s="37"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="39" t="s">
         <v>2</v>
@@ -1611,548 +1623,548 @@
         <v>11.010400000000001</v>
       </c>
       <c r="B3" s="41" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="40">
         <v>11.020099999999999</v>
       </c>
       <c r="B4" s="41" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="40">
         <v>11.020200000000001</v>
       </c>
       <c r="B5" s="41" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C5" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="40">
         <v>11.100099999999999</v>
       </c>
       <c r="B6" s="41" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C6" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="40">
         <v>11.100300000000001</v>
       </c>
       <c r="B7" s="41" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C7" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="40">
         <v>15.020099999999999</v>
       </c>
       <c r="B8" s="41" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C8" s="41" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="40">
         <v>15.0303</v>
       </c>
       <c r="B9" s="41" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C9" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="40">
         <v>15.0305</v>
       </c>
       <c r="B10" s="41" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C10" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="40">
         <v>15.0406</v>
       </c>
       <c r="B11" s="41" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C11" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="40">
         <v>15.130599999999999</v>
       </c>
       <c r="B12" s="41" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C12" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="40">
         <v>46.020099999999999</v>
       </c>
       <c r="B13" s="41" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C13" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="40">
         <v>46.030200000000001</v>
       </c>
       <c r="B14" s="41" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C14" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="40">
         <v>46.030299999999997</v>
       </c>
       <c r="B15" s="41" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C15" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="40">
         <v>47.020099999999999</v>
       </c>
       <c r="B16" s="41" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C16" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="40">
         <v>47.030299999999997</v>
       </c>
       <c r="B17" s="41" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C17" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="40">
         <v>47.060400000000001</v>
       </c>
       <c r="B18" s="41" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C18" s="41" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="40">
         <v>47.060499999999998</v>
       </c>
       <c r="B19" s="41" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C19" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="40">
         <v>48.0501</v>
       </c>
       <c r="B20" s="41" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C20" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="40">
         <v>48.050699999999999</v>
       </c>
       <c r="B21" s="41" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C21" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="40">
         <v>48.050800000000002</v>
       </c>
       <c r="B22" s="41" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C22" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="40">
         <v>51.070700000000002</v>
       </c>
       <c r="B23" s="41" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C23" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="40">
         <v>51.080500000000001</v>
       </c>
       <c r="B24" s="41" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C24" s="41" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="40">
         <v>51.080599999999997</v>
       </c>
       <c r="B25" s="41" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C25" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="40">
         <v>51.090400000000002</v>
       </c>
       <c r="B26" s="41" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C26" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="40">
         <v>51.090800000000002</v>
       </c>
       <c r="B27" s="41" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C27" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="40">
         <v>51.090899999999998</v>
       </c>
       <c r="B28" s="41" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C28" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="40">
         <v>51.380099999999999</v>
       </c>
       <c r="B29" s="41" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C29" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="40">
         <v>51.390099999999997</v>
       </c>
       <c r="B30" s="41" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C30" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="40">
         <v>12.0503</v>
       </c>
       <c r="B31" s="41" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C31" s="41" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="40">
         <v>15.050599999999999</v>
       </c>
       <c r="B32" s="41" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C32" s="46" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="40">
         <v>43.020299999999999</v>
       </c>
       <c r="B33" s="41" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="46" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="40">
         <v>47.060299999999998</v>
       </c>
       <c r="B34" s="41" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C34" s="41" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="40">
         <v>51.071599999999997</v>
       </c>
       <c r="B35" s="41" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C35" s="41" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="40"/>
       <c r="B36" s="41"/>
       <c r="C36" s="41"/>
     </row>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B37" s="42"/>
       <c r="C37" s="43"/>
     </row>
     <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="43"/>
       <c r="B38" s="43"/>
       <c r="C38" s="43"/>
     </row>
     <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="37" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B39" s="37"/>
       <c r="C39" s="37"/>
     </row>
     <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="40">
         <v>11.0801</v>
       </c>
       <c r="B40" s="41" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C40" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="41">
         <v>15.0403</v>
       </c>
       <c r="B41" s="41" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C41" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="41">
         <v>15.110300000000001</v>
       </c>
       <c r="B42" s="41" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C42" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="41">
         <v>15.1303</v>
       </c>
       <c r="B43" s="41" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C43" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="41">
         <v>15.1701</v>
       </c>
       <c r="B44" s="41" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C44" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="41">
         <v>22.030200000000001</v>
       </c>
       <c r="B45" s="41" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C45" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="41">
         <v>43.0107</v>
       </c>
       <c r="B46" s="41" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C46" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="41">
         <v>43.020099999999999</v>
       </c>
       <c r="B47" s="41" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="41">
         <v>47.010300000000001</v>
       </c>
       <c r="B48" s="41" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C48" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="41">
         <v>51.060099999999998</v>
       </c>
       <c r="B49" s="41" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C49" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="41">
         <v>51.060200000000002</v>
       </c>
       <c r="B50" s="41" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C50" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="41">
         <v>51.080100000000002</v>
       </c>
       <c r="B51" s="41" t="s">
         <v>22</v>
       </c>
       <c r="C51" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="41">
         <v>51.1004</v>
       </c>
       <c r="B52" s="41" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C52" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="41">
         <v>52.020099999999999</v>
       </c>
       <c r="B53" s="41" t="s">
         <v>28</v>
       </c>
       <c r="C53" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="41">
         <v>52.030200000000001</v>
       </c>
       <c r="B54" s="41" t="s">
         <v>29</v>
       </c>
       <c r="C54" s="41" t="s">
         <v>5</v>
@@ -3110,377 +3122,377 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:H994"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.5703125" customWidth="1"/>
     <col min="2" max="2" width="73.28515625" customWidth="1"/>
     <col min="3" max="3" width="13.28515625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020099999999999</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C3" s="31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.0901</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.100300000000001</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>11.1006</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C10" s="31" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>48.050699999999999</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="58" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="C17" s="33" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E17" s="9"/>
       <c r="H17" s="16"/>
     </row>
     <row r="18" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>49.010199999999998</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E18" s="9"/>
       <c r="H18" s="16"/>
     </row>
     <row r="19" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E19" s="16"/>
     </row>
     <row r="20" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>52.070099999999996</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="6"/>
       <c r="B25" s="6"/>
       <c r="C25" s="6"/>
     </row>
     <row r="26" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
     </row>
     <row r="27" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>15.0303</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E28" s="9"/>
     </row>
     <row r="29" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3">
         <v>43.0107</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="9"/>
     </row>
     <row r="30" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E30" s="9"/>
       <c r="H30" s="16"/>
     </row>
     <row r="31" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -4432,509 +4444,509 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E989"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.42578125" customWidth="1"/>
     <col min="2" max="2" width="62.5703125" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="7" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="47"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.020200000000001</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="47"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.0901</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="47"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>15.080500000000001</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="47"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="47"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="47"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.0503</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="47"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="47"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="47"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="C12" s="31" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E12" s="47"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="47"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B14" s="31" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="47"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="47"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.070700000000002</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="47"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="47"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="47"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E19" s="47"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E20" s="47"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="47"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="B26" s="4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>43.0107</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C27" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C28" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>15.130100000000001</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="44"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>22.030200000000001</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="44"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>50.040900000000001</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E37" s="44"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
         <v>51.060099999999998</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E38" s="44"/>
     </row>
     <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>51.060200000000002</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E39" s="44"/>
     </row>
     <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E40" s="44"/>
     </row>
     <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>52.030200000000001</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E41" s="44"/>
     </row>
     <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E42" s="44"/>
     </row>
     <row r="43" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="3">
         <v>52.080100000000002</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E43" s="44"/>
     </row>
     <row r="44" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -5870,341 +5882,341 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E996"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="2" width="71.85546875" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.1006</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>15.0303</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="9"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="9"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>46.030299999999997</v>
       </c>
       <c r="B7" s="31" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9"/>
     </row>
     <row r="8" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="34">
         <v>47.060400000000001</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C8" s="33" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>51.070700000000002</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>51.080500000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="C12" s="31" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B16" s="27" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>11.0801</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>47.0105</v>
       </c>
       <c r="B18" s="27" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C18" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>49.020200000000003</v>
       </c>
       <c r="B19" s="27" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B20" s="27" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C20" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B21" s="27" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="6"/>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
     </row>
     <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
     </row>
     <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" s="4" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E27" s="9"/>
     </row>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B28" s="27" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="26"/>
       <c r="E28" s="9"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -7163,314 +7175,314 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C997"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.140625" customWidth="1"/>
     <col min="2" max="2" width="58.7109375" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.010300000000001</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B6" s="31" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C7" s="31" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B8" s="31" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="35">
         <v>48.051000000000002</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B14" s="31" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="35">
         <v>13.121</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>47.060299999999998</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="6"/>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>15.040100000000001</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -8429,430 +8441,430 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:H996"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.7109375" customWidth="1"/>
     <col min="2" max="2" width="58.42578125" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
     </row>
     <row r="2" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
     </row>
     <row r="3" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.0901</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
     </row>
     <row r="4" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
     </row>
     <row r="5" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
     </row>
     <row r="6" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
     </row>
     <row r="7" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B7" s="31" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="C7" s="31" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
     </row>
     <row r="8" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B8" s="31" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
     </row>
     <row r="9" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
     </row>
     <row r="10" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
     </row>
     <row r="11" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>52.120100000000001</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
     </row>
     <row r="12" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="28" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" s="4" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
     </row>
     <row r="13" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="28" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
     </row>
     <row r="14" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>43.010399999999997</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
     </row>
     <row r="15" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>47.060299999999998</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
     </row>
     <row r="16" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C16" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
     </row>
     <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
     </row>
     <row r="18" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
     </row>
     <row r="19" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
     </row>
     <row r="20" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="6"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
     </row>
     <row r="21" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B21" s="1"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
     </row>
     <row r="22" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
     </row>
     <row r="23" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>11.0801</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
     </row>
     <row r="25" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>52.030200000000001</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
     </row>
     <row r="26" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="4"/>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
     </row>
     <row r="27" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
     </row>
     <row r="28" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
@@ -9837,498 +9849,498 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E990"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.140625" customWidth="1"/>
     <col min="2" max="2" width="66.85546875" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="24" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.100099999999999</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="C3" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>15.0406</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C4" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>15.080500000000001</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="C5" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C6" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>43.040300000000002</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C8" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C9" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>46.0503</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C10" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="C11" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C12" s="36" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.0608</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C13" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C14" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.071300000000001</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.080500000000001</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C16" s="31" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>12.0503</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>43.0107</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>43.020299999999999</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C24" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>47.060299999999998</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="34">
         <v>51.060099999999998</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="6"/>
       <c r="B29" s="6"/>
       <c r="C29" s="6"/>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>15.0403</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C32" s="36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="3">
         <v>22.030200000000001</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
         <v>50.040100000000002</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C34" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>52.030200000000001</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>52.100099999999998</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>51.071599999999997</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -11266,85 +11278,85 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C1001"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.140625" customWidth="1"/>
     <col min="2" max="2" width="75.7109375" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="6"/>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="20" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="21" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -12330,183 +12342,183 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E1001"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="52.28515625" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B4" s="30" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="58">
         <v>51.091000000000001</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>51.100499999999997</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="6"/>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.100499999999997</v>
       </c>
       <c r="B15" s="59" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C15" s="59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="20" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="21" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="25" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="26" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="27" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="28" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="32" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -13481,107 +13493,107 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C1001"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="2" width="51.85546875" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="20" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="21" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="25" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="26" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="27" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="28" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -14547,489 +14559,489 @@
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="994" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="995" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="996" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="997" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="998" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="999" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="1000" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="1001" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E993"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+    <sheetView tabSelected="1" topLeftCell="A22" workbookViewId="0">
+      <selection activeCell="C33" sqref="C33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.85546875" customWidth="1"/>
     <col min="2" max="2" width="70.85546875" customWidth="1"/>
     <col min="3" max="3" width="13.28515625" customWidth="1"/>
     <col min="4" max="4" width="15.140625" customWidth="1"/>
     <col min="5" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020099999999999</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.080399999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.100099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>15.0303</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>43.040300000000002</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="23">
         <v>47.060400000000001</v>
       </c>
       <c r="B11" s="24" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="35">
         <v>48.051000000000002</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.070700000000002</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="35">
         <v>51.091000000000001</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>1.0105</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>1.8301000000000001</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>12.0503</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>43.0107</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="12"/>
       <c r="B28" s="13"/>
       <c r="C28" s="11"/>
       <c r="E28" s="9"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="6"/>
       <c r="E29" s="9"/>
     </row>
     <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="6"/>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
       <c r="E30" s="9"/>
     </row>
     <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="E31" s="9"/>
     </row>
     <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="33" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
-      <c r="A33" s="3">
+    <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="61">
+        <v>1.0301</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
+      <c r="A34" s="3">
         <v>11.0801</v>
       </c>
-      <c r="B33" s="4" t="s">
+      <c r="B34" s="4" t="s">
         <v>8</v>
-      </c>
-[...9 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
-        <v>48.0501</v>
+        <v>15.0403</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
-        <v>51.060099999999998</v>
+        <v>48.0501</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
-        <v>51.080100000000002</v>
+        <v>51.060099999999998</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
-        <v>52.020099999999999</v>
+        <v>51.080100000000002</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>52.020299999999999</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>52.030200000000001</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="10"/>
       <c r="B42" s="11"/>
       <c r="C42" s="11"/>
     </row>
     <row r="43" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -15979,497 +15991,497 @@
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E990"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" customWidth="1"/>
     <col min="2" max="2" width="74" customWidth="1"/>
     <col min="3" max="3" width="19.28515625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="9"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="7" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.020099999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.0901</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="9"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>11.1006</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="14"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>15.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C7" s="31" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E7" s="14"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>15.0303</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="15">
         <v>15.0406</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="35">
         <v>48.051000000000002</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.071300000000001</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.080300000000001</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E19" s="9"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E20" s="9"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="9"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E22" s="9"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>43.0107</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C23" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>47.060299999999998</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>52.0901</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C29" s="4"/>
     </row>
     <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="6"/>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
     </row>
     <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
     </row>
     <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="32">
         <v>9.0701999999999998</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E33" s="9"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
         <v>11.0801</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E34" s="9"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>43.020299999999999</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="9"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>50.040900000000001</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>51.060099999999998</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E37" s="9"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
         <v>51.060200000000002</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E38" s="9"/>
     </row>
     <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>51.1004</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E39" s="9"/>
     </row>
     <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>52.100099999999998</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -17391,536 +17403,514 @@
     <row r="977" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="978" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="979" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="980" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="981" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="982" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="983" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="984" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="985" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="986" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="988" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:H987"/>
+  <dimension ref="A1:H985"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.5703125" customWidth="1"/>
     <col min="2" max="2" width="64" customWidth="1"/>
     <col min="3" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020200000000001</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9"/>
     </row>
     <row r="4" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.0901</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="9"/>
     </row>
     <row r="6" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="9"/>
     </row>
     <row r="7" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9"/>
     </row>
     <row r="8" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
       <c r="H9" s="9"/>
     </row>
     <row r="10" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.060699999999997</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>48.0501</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.071300000000001</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.080300000000001</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E19" s="9"/>
     </row>
     <row r="20" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>1.1102000000000001</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E20" s="9"/>
     </row>
     <row r="21" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>1.0302</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E21" s="9"/>
     </row>
     <row r="22" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>1.0399</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E22" s="9"/>
     </row>
     <row r="23" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>51.1004</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E23" s="9"/>
     </row>
     <row r="24" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>43.0107</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E24" s="9"/>
     </row>
     <row r="25" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>49.010199999999998</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E25" s="9"/>
     </row>
     <row r="26" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="H26" s="9"/>
     </row>
     <row r="27" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="E27" s="1"/>
     </row>
     <row r="28" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="6"/>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
     </row>
     <row r="29" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
     </row>
     <row r="30" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E30" s="16"/>
     </row>
     <row r="31" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="32">
         <v>9.0701999999999998</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E31" s="9"/>
     </row>
     <row r="32" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>15.0304</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E32" s="9"/>
     </row>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="3">
         <v>15.0405</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E33" s="9"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
         <v>15.1701</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E34" s="9"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
-        <v>43.0107</v>
+        <v>51.060099999999998</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="9"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
-        <v>51.060099999999998</v>
+        <v>51.060200000000002</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
-        <v>51.060200000000002</v>
+        <v>51.070700000000002</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E37" s="9"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
-        <v>51.070700000000002</v>
+        <v>51.080199999999998</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E38" s="9"/>
     </row>
     <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
-        <v>51.080199999999998</v>
+        <v>52.030200000000001</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E39" s="9"/>
     </row>
     <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
-        <v>51.1004</v>
+        <v>52.040100000000002</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E40" s="9"/>
-[...22 lines deleted...]
-    </row>
+    </row>
+    <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="63" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -18820,493 +18810,491 @@
     <row r="961" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="962" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="963" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="964" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="965" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="966" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="967" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="968" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="969" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="970" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="971" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="972" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="973" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="974" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="975" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="976" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="977" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="978" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="979" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="980" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="981" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="982" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="983" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="984" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="985" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="986" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C988"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="1"/>
     <col min="2" max="2" width="81.28515625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="24" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020099999999999</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.0901</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="35">
         <v>15</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>43.040300000000002</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>46.030200000000001</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.0503</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="18">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C12" s="31" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="35">
         <v>48.051000000000002</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="35">
         <v>51.091000000000001</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.091099999999997</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="4" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="B22" s="4" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="18">
         <v>47.060299999999998</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>51.1004</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B31" s="4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>11.0801</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="3">
         <v>15.0405</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
         <v>43.0107</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>43.020299999999999</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>51.060099999999998</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>51.060200000000002</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>52.020299999999999</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -20242,72 +20230,72 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C992"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="77.28515625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.020200000000001</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
@@ -20318,293 +20306,293 @@
         <v>46.030200000000001</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="21" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B16" s="4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" s="4" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>49.010100000000001</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C19" s="33" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3"/>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="6"/>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
     </row>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>11.1004</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>15.0403</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>15.050599999999999</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3">
         <v>22.030200000000001</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3">
         <v>43.0107</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -21563,367 +21551,367 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:C991"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.42578125" customWidth="1"/>
     <col min="2" max="2" width="58.7109375" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="25" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.0901</v>
       </c>
       <c r="B3" s="49" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B4" s="49" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>46.030299999999997</v>
       </c>
       <c r="B5" s="51" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>46.039900000000003</v>
       </c>
       <c r="B6" s="51" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B7" s="52" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B8" s="53" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C8" s="20" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>48.0501</v>
       </c>
       <c r="B9" s="54" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>48.050699999999999</v>
       </c>
       <c r="B10" s="54" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B11" s="54" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="48" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" s="55" t="s">
         <v>101</v>
       </c>
-      <c r="B14" s="55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>47.040199999999999</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.060099999999998</v>
       </c>
       <c r="B19" s="56" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B20" s="57" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C20" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="4"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
     </row>
     <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="1"/>
     </row>
     <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>43.0107</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>50.040900000000001</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3">
         <v>52.010100000000001</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="B31" s="4" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="60">
         <v>46</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -22871,454 +22859,454 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:E988"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.140625" customWidth="1"/>
     <col min="2" max="2" width="65.42578125" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="22"/>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="18">
         <v>11.020099999999999</v>
       </c>
       <c r="B3" s="22" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="50"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="18">
         <v>11.020200000000001</v>
       </c>
       <c r="B4" s="22" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="50"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="18">
         <v>11.0901</v>
       </c>
       <c r="B5" s="22" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="50"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="18">
         <v>11.100300000000001</v>
       </c>
       <c r="B6" s="22" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="50"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="18">
         <v>15.0303</v>
       </c>
       <c r="B7" s="22" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="50"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="18">
         <v>15.1302</v>
       </c>
       <c r="B8" s="22" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="50"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="18">
         <v>46.030200000000001</v>
       </c>
       <c r="B9" s="22" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="50"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="18">
         <v>46.0503</v>
       </c>
       <c r="B10" s="22" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="50"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="18">
         <v>47.020099999999999</v>
       </c>
       <c r="B11" s="22" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="50"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="18">
         <v>47.060400000000001</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E12" s="50"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="18">
         <v>47.060499999999998</v>
       </c>
       <c r="B13" s="22" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="50"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="18">
         <v>47.060699999999997</v>
       </c>
       <c r="B14" s="22" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="50"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="18">
         <v>47.0608</v>
       </c>
       <c r="B15" s="22" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="50"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="18">
         <v>48.050800000000002</v>
       </c>
       <c r="B16" s="22" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="50"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="18">
         <v>51.090899999999998</v>
       </c>
       <c r="B17" s="22" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="50"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="18">
         <v>51.380099999999999</v>
       </c>
       <c r="B18" s="22" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="50"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="18">
         <v>51.390099999999997</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="4"/>
       <c r="E19" s="50"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="12">
         <v>12.0503</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D20" s="4"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="18">
         <v>43.020299999999999</v>
       </c>
       <c r="B21" s="22" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C21" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="D21" s="4"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="18">
         <v>51.060200000000002</v>
       </c>
       <c r="B22" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="D22" s="4"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="18">
         <v>52.020099999999999</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C23" s="31" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="D23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="12">
         <v>52.200099999999999</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="4"/>
     </row>
     <row r="25" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="23"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
     </row>
     <row r="26" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
     </row>
     <row r="27" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="6"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
     </row>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
     </row>
     <row r="29" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D29" s="4"/>
     </row>
     <row r="30" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B30" s="4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D30" s="4"/>
     </row>
     <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="18">
         <v>11.0801</v>
       </c>
       <c r="B31" s="22" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="4"/>
     </row>
     <row r="32" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="18">
         <v>15.0403</v>
       </c>
       <c r="B32" s="22" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="18">
         <v>43.0107</v>
       </c>
       <c r="B33" s="22" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C33" s="31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="18">
         <v>51.060099999999998</v>
       </c>
       <c r="B34" s="22" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="18">
         <v>51.080100000000002</v>
       </c>
       <c r="B35" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="17" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="23">
         <v>10.020300000000001</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -24258,489 +24246,489 @@
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:G988"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.42578125" customWidth="1"/>
     <col min="2" max="2" width="65.7109375" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="26" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>11.020200000000001</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>11.100099999999999</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="9"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>11.100300000000001</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C5" s="31" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="9"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>11.1006</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="9"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>15.0303</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>15.130599999999999</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>46.020099999999999</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>46.0503</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>47.020099999999999</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>47.030299999999997</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>47.060400000000001</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C13" s="31" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>47.060499999999998</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>47.060699999999997</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C15" s="31" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>48.050800000000002</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="35">
         <v>48.051000000000002</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>51.080300000000001</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C18" s="33" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>51.080500000000001</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C19" s="33" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E19" s="9"/>
     </row>
     <row r="20" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>51.080599999999997</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E20" s="9"/>
     </row>
     <row r="21" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>51.090299999999999</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="9"/>
     </row>
     <row r="22" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>51.090400000000002</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E22" s="9"/>
     </row>
     <row r="23" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>51.090800000000002</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E23" s="9"/>
     </row>
     <row r="24" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>51.090899999999998</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E24" s="9"/>
     </row>
     <row r="25" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>51.380099999999999</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E25" s="9"/>
     </row>
     <row r="26" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>51.390099999999997</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E26" s="9"/>
     </row>
     <row r="27" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>43.0107</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="33" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E27" s="9"/>
       <c r="G27" s="9"/>
     </row>
     <row r="28" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>52.020099999999999</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C28" s="33" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E28" s="9"/>
       <c r="G28" s="9"/>
     </row>
     <row r="29" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="34">
         <v>52.080100000000002</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C29" s="33" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E29" s="9"/>
       <c r="G29" s="9"/>
     </row>
     <row r="30" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3">
         <v>52.030099999999997</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="3">
         <v>52.140099999999997</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>52.200099999999999</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="45" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="6"/>
       <c r="B35" s="6"/>
       <c r="C35" s="6"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
     </row>
     <row r="39" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>11.0801</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="4"/>
       <c r="E39" s="4"/>
     </row>
     <row r="40" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>15.050599999999999</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
     </row>
     <row r="41" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>15.1303</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D41" s="4"/>
       <c r="E41" s="4"/>
     </row>
     <row r="42" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="3">
         <v>22.030200000000001</v>
       </c>
       <c r="B42" s="4" t="s">
@@ -24771,87 +24759,87 @@
       <c r="B44" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E44" s="9"/>
     </row>
     <row r="45" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="3">
         <v>51.060200000000002</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E45" s="9"/>
     </row>
     <row r="46" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="3">
         <v>51.071100000000001</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E46" s="9"/>
     </row>
     <row r="47" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="3">
         <v>51.080100000000002</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E47" s="9"/>
     </row>
     <row r="48" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="3">
         <v>51.1004</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E48" s="9"/>
     </row>
     <row r="49" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="3">
         <v>52.040100000000002</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="7"/>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
     </row>
     <row r="51" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="63" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>