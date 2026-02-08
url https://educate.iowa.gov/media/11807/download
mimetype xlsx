--- v0 (2025-10-06)
+++ v1 (2026-02-08)
@@ -9,74 +9,77 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iarzola\Desktop\August 2025\August 2025\Federal Programs\2025-2026 allocations\III\EL\Website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iarzola\Desktop\August 2025\August 2025\ESEA 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E03EBC96-DED1-4189-86F1-DD6599FCC8EA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{80AE24AB-452E-4DB3-8271-B53192C92B6D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="14380" windowHeight="4880" tabRatio="766" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="8010" tabRatio="766" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Information" sheetId="1" r:id="rId1"/>
     <sheet name="Allocations" sheetId="2" r:id="rId2"/>
     <sheet name="Amounts for Equitable Services" sheetId="3" r:id="rId3"/>
     <sheet name="Consortium Funds by LEA" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId13" roundtripDataChecksum="Mkrb0bn4uRyTqFU5jsC8WGEq0mrTjdAggRg1c+7H0MQ="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2076" uniqueCount="962">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2077" uniqueCount="962">
   <si>
     <t>Information</t>
   </si>
   <si>
     <t>Allocations</t>
   </si>
   <si>
     <t>District allocations are in the Allocations tab.</t>
   </si>
   <si>
     <t>Amounts Available for Equitable Services to Nonpublic Students</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">See the amounts available for equitable services to eligible nonpublic school students in the Amounts for Equitable Services tab. </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -31317,51 +31320,51 @@
       <c r="N997" s="1"/>
       <c r="O997" s="1"/>
       <c r="P997" s="1"/>
       <c r="Q997" s="1"/>
       <c r="R997" s="1"/>
       <c r="S997" s="1"/>
       <c r="T997" s="1"/>
       <c r="U997" s="1"/>
       <c r="V997" s="1"/>
       <c r="W997" s="1"/>
       <c r="X997" s="1"/>
       <c r="Y997" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:M42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A33" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D46" sqref="D46"/>
+      <selection pane="bottomLeft" activeCell="D38" sqref="D38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.58203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.08203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.75" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.08203125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="37.25" bestFit="1" customWidth="1"/>
     <col min="5" max="19" width="11.75" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="14" x14ac:dyDescent="0.3">
       <c r="A1" s="23" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C1" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D1" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E1" s="10"/>
@@ -32191,51 +32194,51 @@
       </c>
       <c r="D37" s="31">
         <v>796.8</v>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
     </row>
     <row r="38" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="26" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C38" s="29">
         <v>132932.04</v>
       </c>
       <c r="D38" s="31">
-        <v>5976</v>
+        <v>3187.2</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
       <c r="M38" s="2"/>
     </row>
     <row r="39" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="26" t="s">
         <v>36</v>
       </c>
       <c r="B39" s="30" t="s">
         <v>37</v>
       </c>
       <c r="C39" s="29">
         <v>130696.18</v>
       </c>
       <c r="D39" s="31">
         <v>199.2</v>
       </c>
       <c r="E39" s="2"/>
@@ -32260,52 +32263,52 @@
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
       <c r="K42" s="2"/>
       <c r="L42" s="2"/>
       <c r="M42" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H217"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="104" zoomScaleNormal="200" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A41" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G57" sqref="G57"/>
+      <pane ySplit="1" topLeftCell="A113" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="G142" sqref="G142"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.58203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.08203125" style="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.83203125" style="12" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.83203125" style="12" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.08203125" style="12" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.08203125" style="12" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.08203125" style="12" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="37.25" style="32" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14" x14ac:dyDescent="0.3">
       <c r="A1" s="39" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C1" s="14" t="s">
         <v>224</v>
       </c>
       <c r="D1" s="14" t="s">
         <v>225</v>
@@ -35539,52 +35542,52 @@
         <v>610</v>
       </c>
       <c r="G141" s="18" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="142" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A142" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B142" s="16" t="s">
         <v>35</v>
       </c>
       <c r="C142" s="16" t="s">
         <v>148</v>
       </c>
       <c r="D142" s="17" t="s">
         <v>149</v>
       </c>
       <c r="E142" s="17" t="s">
         <v>336</v>
       </c>
       <c r="F142" s="17" t="s">
         <v>611</v>
       </c>
-      <c r="G142" s="18">
-        <v>2788.8</v>
+      <c r="G142" s="18" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="143" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A143" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B143" s="16" t="s">
         <v>23</v>
       </c>
       <c r="C143" s="16" t="s">
         <v>150</v>
       </c>
       <c r="D143" s="17" t="s">
         <v>151</v>
       </c>
       <c r="E143" s="17" t="s">
         <v>337</v>
       </c>
       <c r="F143" s="17" t="s">
         <v>466</v>
       </c>
       <c r="G143" s="18">
         <v>99.6</v>
       </c>
     </row>
@@ -37282,52 +37285,52 @@
         <v>223</v>
       </c>
       <c r="E217" s="21" t="s">
         <v>548</v>
       </c>
       <c r="F217" s="21" t="s">
         <v>549</v>
       </c>
       <c r="G217" s="37" t="s">
         <v>640</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89FD1FDB-DDC2-4B9B-8F64-642EDA3128A4}">
   <dimension ref="A1:E299"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A161" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="D174" sqref="D174"/>
+    <sheetView tabSelected="1" topLeftCell="A53" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="E62" sqref="E62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.25" style="40" customWidth="1"/>
     <col min="2" max="2" width="22.33203125" style="41" customWidth="1"/>
     <col min="3" max="3" width="9.5" style="41" customWidth="1"/>
     <col min="4" max="4" width="52.5" style="41" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="66" customWidth="1"/>
     <col min="6" max="16384" width="9" style="41"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="71" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="68" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="69" t="s">
         <v>649</v>
       </c>
       <c r="C1" s="70" t="s">
         <v>650</v>
       </c>
       <c r="D1" s="67" t="s">
         <v>225</v>
       </c>
@@ -38347,68 +38350,68 @@
       </c>
       <c r="C61" s="44">
         <v>20970000</v>
       </c>
       <c r="D61" s="45" t="s">
         <v>709</v>
       </c>
       <c r="E61" s="64">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="40">
         <v>92100000</v>
       </c>
       <c r="B62" s="42" t="s">
         <v>23</v>
       </c>
       <c r="C62" s="44">
         <v>29770000</v>
       </c>
       <c r="D62" s="45" t="s">
         <v>711</v>
       </c>
       <c r="E62" s="64">
-        <v>0</v>
+        <v>1219.56</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="40">
         <v>92100000</v>
       </c>
       <c r="B63" s="42" t="s">
         <v>23</v>
       </c>
       <c r="C63" s="44">
         <v>27660000</v>
       </c>
       <c r="D63" s="45" t="s">
         <v>710</v>
       </c>
-      <c r="E63" s="64">
-        <v>1219.56</v>
+      <c r="E63" s="72">
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="40">
         <v>92100000</v>
       </c>
       <c r="B64" s="42" t="s">
         <v>23</v>
       </c>
       <c r="C64" s="44">
         <v>31540000</v>
       </c>
       <c r="D64" s="45" t="s">
         <v>712</v>
       </c>
       <c r="E64" s="64">
         <v>406.52</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A65" s="40">
         <v>92100000</v>
       </c>
       <c r="B65" s="42" t="s">
         <v>23</v>