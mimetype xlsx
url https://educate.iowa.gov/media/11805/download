--- v0 (2025-10-06)
+++ v1 (2025-11-24)
@@ -9,70 +9,70 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iarzola\Desktop\August 2025\August 2025\Federal Programs\2025-2026 allocations\IIA\Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7EBDCA90-33B7-403B-A743-174E088FED44}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E551154D-6CC7-47A4-9FB5-9F247A6366BA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="8010" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="8070" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Information" sheetId="1" r:id="rId1"/>
     <sheet name="Allocations" sheetId="2" r:id="rId2"/>
     <sheet name="Amounts for Equitable Services" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId7" roundtripDataChecksum="Eubgr40y1RP9cXaHD4Ckvj9jwyxyEBOfvnP+CQij07o="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1581" uniqueCount="1101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1580" uniqueCount="1100">
   <si>
     <t>Information</t>
   </si>
   <si>
     <t>Allocations</t>
   </si>
   <si>
     <t>District allocations are in the Allocations tab.</t>
   </si>
   <si>
     <t>Amounts Available for Equitable Services to Nonpublic Students</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">See the amounts available for equitable services to eligible nonpublic school students in the Amounts for Equitable Services tab. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -106,53 +106,50 @@
     <t>Program Title:</t>
   </si>
   <si>
     <t>Title II, Part A, Supporting Effective Instruction</t>
   </si>
   <si>
     <t>CFDA Number:</t>
   </si>
   <si>
     <t>84.367A</t>
   </si>
   <si>
     <t>Award Number:</t>
   </si>
   <si>
     <t>S367A250014</t>
   </si>
   <si>
     <t>Award Period:</t>
   </si>
   <si>
     <t>07/01/2025 - 09/30/2026</t>
   </si>
   <si>
     <t>Award Amount:</t>
-  </si>
-[...1 lines deleted...]
-    <t>The final notification award will be available after 10/01/2025</t>
   </si>
   <si>
     <t>Agency Code</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Allocation</t>
   </si>
   <si>
     <t>Amount Available for Equitable Services</t>
   </si>
   <si>
     <t>00180000</t>
   </si>
   <si>
     <t>Adair-Casey</t>
   </si>
   <si>
     <t>00270000</t>
   </si>
   <si>
     <t>Adel DeSoto Minburn</t>
   </si>
@@ -3526,104 +3523,100 @@
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="6">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFB4C6E7"/>
           <bgColor rgb="FFB4C6E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFDEEAF6"/>
           <bgColor rgb="FFDEEAF6"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
@@ -3895,51 +3888,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Z1000"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.453125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9" customWidth="1"/>
     <col min="2" max="2" width="26.54296875" customWidth="1"/>
     <col min="3" max="3" width="57.08984375" customWidth="1"/>
     <col min="4" max="4" width="26.54296875" customWidth="1"/>
     <col min="5" max="23" width="9.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="2"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
@@ -4339,53 +4332,51 @@
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
     </row>
     <row r="15" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
-      <c r="C15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
     </row>
     <row r="16" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
@@ -10897,11668 +10888,11668 @@
     <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="988" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="994" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="995" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="996" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="997" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="998" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="999" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="1000" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Y1000"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A203" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.453125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.81640625" customWidth="1"/>
     <col min="2" max="2" width="42.453125" customWidth="1"/>
     <col min="3" max="3" width="15.54296875" customWidth="1"/>
     <col min="4" max="4" width="44.81640625" customWidth="1"/>
     <col min="5" max="23" width="9.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="9" t="s">
+      <c r="C1" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="9" t="s">
+      <c r="D1" s="9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="10"/>
       <c r="O1" s="10"/>
       <c r="P1" s="10"/>
       <c r="Q1" s="10"/>
       <c r="R1" s="10"/>
       <c r="S1" s="10"/>
       <c r="T1" s="10"/>
       <c r="U1" s="10"/>
       <c r="V1" s="10"/>
       <c r="W1" s="10"/>
       <c r="X1" s="10"/>
       <c r="Y1" s="10"/>
     </row>
     <row r="2" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" s="12" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C2" s="13">
         <v>10677.96</v>
       </c>
       <c r="D2" s="13">
         <v>0</v>
       </c>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
     </row>
     <row r="3" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" s="12" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C3" s="13">
         <v>36961.49</v>
       </c>
       <c r="D3" s="13">
         <v>0</v>
       </c>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
     </row>
     <row r="4" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C4" s="13">
         <v>18528.57</v>
       </c>
       <c r="D4" s="13">
         <v>1420.16</v>
       </c>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
     </row>
     <row r="5" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" s="12" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C5" s="13">
         <v>20321.939999999999</v>
       </c>
       <c r="D5" s="13">
         <v>0</v>
       </c>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
     </row>
     <row r="6" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C6" s="13">
         <v>14258.6</v>
       </c>
       <c r="D6" s="13">
         <v>0</v>
       </c>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
       <c r="X6" s="1"/>
       <c r="Y6" s="1"/>
     </row>
     <row r="7" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" s="12" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C7" s="13">
         <v>11309.91</v>
       </c>
       <c r="D7" s="13">
         <v>0</v>
       </c>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="1"/>
       <c r="Y7" s="1"/>
     </row>
     <row r="8" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C8" s="13">
         <v>35361.440000000002</v>
       </c>
       <c r="D8" s="13">
         <v>0</v>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
     </row>
     <row r="9" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="12" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C9" s="13">
         <v>7103.89</v>
       </c>
       <c r="D9" s="13">
         <v>0</v>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="1"/>
       <c r="Y9" s="1"/>
     </row>
     <row r="10" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="12" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C10" s="13">
         <v>5729.85</v>
       </c>
       <c r="D10" s="13">
         <v>0</v>
       </c>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
       <c r="X10" s="1"/>
       <c r="Y10" s="1"/>
     </row>
     <row r="11" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" s="12" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C11" s="13">
         <v>47143.37</v>
       </c>
       <c r="D11" s="13">
         <v>9756.6</v>
       </c>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
     </row>
     <row r="12" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="12" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C12" s="13">
         <v>53584.74</v>
       </c>
       <c r="D12" s="13">
         <v>6508.32</v>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
     </row>
     <row r="13" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="12" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C13" s="13">
         <v>25580.14</v>
       </c>
       <c r="D13" s="13">
         <v>0</v>
       </c>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
       <c r="X13" s="1"/>
       <c r="Y13" s="1"/>
     </row>
     <row r="14" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="12" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C14" s="13">
         <v>138436.01999999999</v>
       </c>
       <c r="D14" s="13">
         <v>5920.59</v>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
     </row>
     <row r="15" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" s="12" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C15" s="13">
         <v>38229.53</v>
       </c>
       <c r="D15" s="13">
         <v>1538.9</v>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
     </row>
     <row r="16" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" s="12" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C16" s="13">
         <v>6902.3</v>
       </c>
       <c r="D16" s="13">
         <v>0</v>
       </c>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
     </row>
     <row r="17" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" s="12" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C17" s="13">
         <v>205423.97</v>
       </c>
       <c r="D17" s="13">
         <v>12279.96</v>
       </c>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
       <c r="X17" s="1"/>
       <c r="Y17" s="1"/>
     </row>
     <row r="18" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" s="12" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C18" s="13">
         <v>14753.18</v>
       </c>
       <c r="D18" s="13">
         <v>0</v>
       </c>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
     </row>
     <row r="19" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B19" s="12" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C19" s="13">
         <v>8005.77</v>
       </c>
       <c r="D19" s="13">
         <v>0</v>
       </c>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
       <c r="X19" s="1"/>
       <c r="Y19" s="1"/>
     </row>
     <row r="20" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="12" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C20" s="13">
         <v>64193.13</v>
       </c>
       <c r="D20" s="13">
         <v>0</v>
       </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
     </row>
     <row r="21" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B21" s="12" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C21" s="13">
         <v>14005.6</v>
       </c>
       <c r="D21" s="13">
         <v>0</v>
       </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
       <c r="X21" s="1"/>
       <c r="Y21" s="1"/>
     </row>
     <row r="22" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="12" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C22" s="13">
         <v>23105.02</v>
       </c>
       <c r="D22" s="13">
         <v>0</v>
       </c>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
     </row>
     <row r="23" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="B23" s="12" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C23" s="13">
         <v>9775.81</v>
       </c>
       <c r="D23" s="13">
         <v>0</v>
       </c>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
       <c r="X23" s="1"/>
       <c r="Y23" s="1"/>
     </row>
     <row r="24" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="B24" s="12" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C24" s="13">
         <v>13344.77</v>
       </c>
       <c r="D24" s="13">
         <v>0</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
       <c r="X24" s="1"/>
       <c r="Y24" s="1"/>
     </row>
     <row r="25" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B25" s="12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="C25" s="13">
         <v>20430.509999999998</v>
       </c>
       <c r="D25" s="13">
         <v>0</v>
       </c>
       <c r="E25" s="1"/>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
       <c r="X25" s="1"/>
       <c r="Y25" s="1"/>
     </row>
     <row r="26" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="12" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="C26" s="13">
         <v>15476.85</v>
       </c>
       <c r="D26" s="13">
         <v>0</v>
       </c>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
     </row>
     <row r="27" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B27" s="12" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C27" s="13">
         <v>15098.15</v>
       </c>
       <c r="D27" s="13">
         <v>4172.49</v>
       </c>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="X27" s="1"/>
       <c r="Y27" s="1"/>
     </row>
     <row r="28" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="12" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C28" s="13">
         <v>24861.5</v>
       </c>
       <c r="D28" s="13">
         <v>0</v>
       </c>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
       <c r="X28" s="1"/>
       <c r="Y28" s="1"/>
     </row>
     <row r="29" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B29" s="12" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C29" s="13">
         <v>4632.2</v>
       </c>
       <c r="D29" s="13">
         <v>0</v>
       </c>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
       <c r="X29" s="1"/>
       <c r="Y29" s="1"/>
     </row>
     <row r="30" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B30" s="12" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C30" s="13">
         <v>25587.37</v>
       </c>
       <c r="D30" s="13">
         <v>2041.2</v>
       </c>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
       <c r="X30" s="1"/>
       <c r="Y30" s="1"/>
     </row>
     <row r="31" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B31" s="12" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C31" s="13">
         <v>97477.93</v>
       </c>
       <c r="D31" s="13">
         <v>2551.36</v>
       </c>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
       <c r="X31" s="1"/>
       <c r="Y31" s="1"/>
     </row>
     <row r="32" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B32" s="12" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="C32" s="13">
         <v>41041.69</v>
       </c>
       <c r="D32" s="13">
         <v>0</v>
       </c>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
     </row>
     <row r="33" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B33" s="12" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C33" s="13">
         <v>49637.8</v>
       </c>
       <c r="D33" s="13">
         <v>3972.78</v>
       </c>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
       <c r="X33" s="1"/>
       <c r="Y33" s="1"/>
     </row>
     <row r="34" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B34" s="12" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C34" s="13">
         <v>20017.580000000002</v>
       </c>
       <c r="D34" s="13">
         <v>0</v>
       </c>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
       <c r="X34" s="1"/>
       <c r="Y34" s="1"/>
     </row>
     <row r="35" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B35" s="12" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C35" s="13">
         <v>10476.94</v>
       </c>
       <c r="D35" s="13">
         <v>0</v>
       </c>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
       <c r="X35" s="1"/>
       <c r="Y35" s="1"/>
     </row>
     <row r="36" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B36" s="12" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C36" s="13">
         <v>9477.27</v>
       </c>
       <c r="D36" s="13">
         <v>0</v>
       </c>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
       <c r="X36" s="1"/>
       <c r="Y36" s="1"/>
     </row>
     <row r="37" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B37" s="12" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C37" s="13">
         <v>212750.51</v>
       </c>
       <c r="D37" s="13">
         <v>18963.22</v>
       </c>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
       <c r="X37" s="1"/>
       <c r="Y37" s="1"/>
     </row>
     <row r="38" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B38" s="12" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C38" s="13">
         <v>7948.15</v>
       </c>
       <c r="D38" s="13">
         <v>942.59</v>
       </c>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
       <c r="X38" s="1"/>
       <c r="Y38" s="1"/>
     </row>
     <row r="39" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B39" s="12" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C39" s="13">
         <v>7781.77</v>
       </c>
       <c r="D39" s="13">
         <v>0</v>
       </c>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
       <c r="X39" s="1"/>
       <c r="Y39" s="1"/>
     </row>
     <row r="40" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B40" s="12" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C40" s="13">
         <v>16206.66</v>
       </c>
       <c r="D40" s="13">
         <v>0</v>
       </c>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
       <c r="X40" s="1"/>
       <c r="Y40" s="1"/>
     </row>
     <row r="41" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B41" s="12" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C41" s="13">
         <v>25137.69</v>
       </c>
       <c r="D41" s="13">
         <v>0</v>
       </c>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
       <c r="X41" s="1"/>
       <c r="Y41" s="1"/>
     </row>
     <row r="42" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="B42" s="12" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C42" s="13">
         <v>17407.79</v>
       </c>
       <c r="D42" s="13">
         <v>0</v>
       </c>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
     </row>
     <row r="43" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="B43" s="12" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C43" s="13">
         <v>34834.58</v>
       </c>
       <c r="D43" s="13">
         <v>0</v>
       </c>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="1"/>
     </row>
     <row r="44" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="11" t="s">
+        <v>106</v>
+      </c>
+      <c r="B44" s="12" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C44" s="13">
         <v>55270.84</v>
       </c>
       <c r="D44" s="13">
         <v>21718.28</v>
       </c>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
       <c r="X44" s="1"/>
       <c r="Y44" s="1"/>
     </row>
     <row r="45" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B45" s="12" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C45" s="13">
         <v>110307.53</v>
       </c>
       <c r="D45" s="13">
         <v>6486.47</v>
       </c>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
       <c r="X45" s="1"/>
       <c r="Y45" s="1"/>
     </row>
     <row r="46" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B46" s="12" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C46" s="13">
         <v>612102.63</v>
       </c>
       <c r="D46" s="13">
         <v>80232.88</v>
       </c>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
       <c r="X46" s="1"/>
       <c r="Y46" s="1"/>
     </row>
     <row r="47" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="B47" s="12" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C47" s="13">
         <v>14012.71</v>
       </c>
       <c r="D47" s="13">
         <v>0</v>
       </c>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
       <c r="X47" s="1"/>
       <c r="Y47" s="1"/>
     </row>
     <row r="48" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="B48" s="12" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C48" s="13">
         <v>57986.68</v>
       </c>
       <c r="D48" s="13">
         <v>0</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
       <c r="X48" s="1"/>
       <c r="Y48" s="1"/>
     </row>
     <row r="49" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="B49" s="12" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C49" s="13">
         <v>10333.42</v>
       </c>
       <c r="D49" s="13">
         <v>0</v>
       </c>
       <c r="E49" s="1"/>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
       <c r="X49" s="1"/>
       <c r="Y49" s="1"/>
     </row>
     <row r="50" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="B50" s="12" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C50" s="13">
         <v>7873.81</v>
       </c>
       <c r="D50" s="13">
         <v>0</v>
       </c>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
       <c r="X50" s="1"/>
       <c r="Y50" s="1"/>
     </row>
     <row r="51" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="B51" s="12" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C51" s="13">
         <v>31039.15</v>
       </c>
       <c r="D51" s="13">
         <v>0</v>
       </c>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
       <c r="X51" s="1"/>
       <c r="Y51" s="1"/>
     </row>
     <row r="52" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="B52" s="12" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C52" s="13">
         <v>35822.29</v>
       </c>
       <c r="D52" s="13">
         <v>3180.84</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
       <c r="X52" s="1"/>
       <c r="Y52" s="1"/>
     </row>
     <row r="53" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B53" s="12" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C53" s="13">
         <v>20430.96</v>
       </c>
       <c r="D53" s="13">
         <v>0</v>
       </c>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
       <c r="X53" s="1"/>
       <c r="Y53" s="1"/>
     </row>
     <row r="54" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="B54" s="12" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C54" s="13">
         <v>19109.560000000001</v>
       </c>
       <c r="D54" s="13">
         <v>0</v>
       </c>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
       <c r="X54" s="1"/>
       <c r="Y54" s="1"/>
     </row>
     <row r="55" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="B55" s="12" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C55" s="13">
         <v>20511.57</v>
       </c>
       <c r="D55" s="13">
         <v>0</v>
       </c>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
       <c r="X55" s="1"/>
       <c r="Y55" s="1"/>
     </row>
     <row r="56" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="B56" s="12" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C56" s="13">
         <v>61176.1</v>
       </c>
       <c r="D56" s="13">
         <v>0</v>
       </c>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
       <c r="X56" s="1"/>
       <c r="Y56" s="1"/>
     </row>
     <row r="57" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="B57" s="12" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C57" s="13">
         <v>73003.570000000007</v>
       </c>
       <c r="D57" s="13">
         <v>7774.8</v>
       </c>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
       <c r="X57" s="1"/>
       <c r="Y57" s="1"/>
     </row>
     <row r="58" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="B58" s="12" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C58" s="13">
         <v>8459.58</v>
       </c>
       <c r="D58" s="13">
         <v>0</v>
       </c>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
       <c r="X58" s="1"/>
       <c r="Y58" s="1"/>
     </row>
     <row r="59" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="B59" s="12" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C59" s="13">
         <v>37700.199999999997</v>
       </c>
       <c r="D59" s="13">
         <v>0</v>
       </c>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
       <c r="X59" s="1"/>
       <c r="Y59" s="1"/>
     </row>
     <row r="60" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="B60" s="12" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C60" s="13">
         <v>5821.96</v>
       </c>
       <c r="D60" s="13">
         <v>0</v>
       </c>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
       <c r="X60" s="1"/>
       <c r="Y60" s="1"/>
     </row>
     <row r="61" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="B61" s="12" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C61" s="13">
         <v>31706.31</v>
       </c>
       <c r="D61" s="13">
         <v>0</v>
       </c>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
       <c r="X61" s="1"/>
       <c r="Y61" s="1"/>
     </row>
     <row r="62" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="11" t="s">
+        <v>142</v>
+      </c>
+      <c r="B62" s="12" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C62" s="13">
         <v>32867.269999999997</v>
       </c>
       <c r="D62" s="13">
         <v>0</v>
       </c>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
       <c r="X62" s="1"/>
       <c r="Y62" s="1"/>
     </row>
     <row r="63" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="B63" s="12" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C63" s="13">
         <v>42470.75</v>
       </c>
       <c r="D63" s="13">
         <v>0</v>
       </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
       <c r="X63" s="1"/>
       <c r="Y63" s="1"/>
     </row>
     <row r="64" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="B64" s="12" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C64" s="13">
         <v>7195.48</v>
       </c>
       <c r="D64" s="13">
         <v>0</v>
       </c>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
     </row>
     <row r="65" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="B65" s="12" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="C65" s="13">
         <v>11678.01</v>
       </c>
       <c r="D65" s="13">
         <v>0</v>
       </c>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
     </row>
     <row r="66" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="B66" s="12" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C66" s="13">
         <v>18856.169999999998</v>
       </c>
       <c r="D66" s="13">
         <v>0</v>
       </c>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
       <c r="X66" s="1"/>
       <c r="Y66" s="1"/>
     </row>
     <row r="67" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="B67" s="12" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C67" s="13">
         <v>50753.93</v>
       </c>
       <c r="D67" s="13">
         <v>0</v>
       </c>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
       <c r="X67" s="1"/>
       <c r="Y67" s="1"/>
     </row>
     <row r="68" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="B68" s="12" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C68" s="13">
         <v>27965.73</v>
       </c>
       <c r="D68" s="13">
         <v>0</v>
       </c>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
       <c r="X68" s="1"/>
       <c r="Y68" s="1"/>
     </row>
     <row r="69" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B69" s="12" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C69" s="13">
         <v>203026.11</v>
       </c>
       <c r="D69" s="13">
         <v>10432.52</v>
       </c>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
       <c r="X69" s="1"/>
       <c r="Y69" s="1"/>
     </row>
     <row r="70" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="11" t="s">
+        <v>158</v>
+      </c>
+      <c r="B70" s="12" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C70" s="13">
         <v>18856.37</v>
       </c>
       <c r="D70" s="13">
         <v>0</v>
       </c>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
       <c r="X70" s="1"/>
       <c r="Y70" s="1"/>
     </row>
     <row r="71" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A71" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="B71" s="12" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="C71" s="13">
         <v>117759.49</v>
       </c>
       <c r="D71" s="13">
         <v>0</v>
       </c>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
       <c r="X71" s="1"/>
       <c r="Y71" s="1"/>
     </row>
     <row r="72" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A72" s="11" t="s">
+        <v>162</v>
+      </c>
+      <c r="B72" s="12" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C72" s="13">
         <v>9057.76</v>
       </c>
       <c r="D72" s="13">
         <v>0</v>
       </c>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
       <c r="X72" s="1"/>
       <c r="Y72" s="1"/>
     </row>
     <row r="73" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A73" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="B73" s="12" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="C73" s="13">
         <v>12442.7</v>
       </c>
       <c r="D73" s="13">
         <v>0</v>
       </c>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
       <c r="X73" s="1"/>
       <c r="Y73" s="1"/>
     </row>
     <row r="74" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="11" t="s">
+        <v>166</v>
+      </c>
+      <c r="B74" s="12" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C74" s="13">
         <v>23194.93</v>
       </c>
       <c r="D74" s="13">
         <v>0</v>
       </c>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
       <c r="X74" s="1"/>
       <c r="Y74" s="1"/>
     </row>
     <row r="75" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A75" s="11" t="s">
+        <v>168</v>
+      </c>
+      <c r="B75" s="12" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="C75" s="13">
         <v>18085.669999999998</v>
       </c>
       <c r="D75" s="13">
         <v>0</v>
       </c>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
       <c r="X75" s="1"/>
       <c r="Y75" s="1"/>
     </row>
     <row r="76" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A76" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="B76" s="12" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C76" s="13">
         <v>13528.47</v>
       </c>
       <c r="D76" s="13">
         <v>0</v>
       </c>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
       <c r="X76" s="1"/>
       <c r="Y76" s="1"/>
     </row>
     <row r="77" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A77" s="11" t="s">
+        <v>172</v>
+      </c>
+      <c r="B77" s="12" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C77" s="13">
         <v>397234.17</v>
       </c>
       <c r="D77" s="13">
         <v>26492.880000000001</v>
       </c>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
       <c r="X77" s="1"/>
       <c r="Y77" s="1"/>
     </row>
     <row r="78" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A78" s="11" t="s">
+        <v>174</v>
+      </c>
+      <c r="B78" s="12" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C78" s="13">
         <v>59280.04</v>
       </c>
       <c r="D78" s="13">
         <v>5326.56</v>
       </c>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
       <c r="X78" s="1"/>
       <c r="Y78" s="1"/>
     </row>
     <row r="79" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A79" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="B79" s="12" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C79" s="13">
         <v>57634.41</v>
       </c>
       <c r="D79" s="13">
         <v>0</v>
       </c>
       <c r="E79" s="1"/>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
       <c r="Q79" s="1"/>
       <c r="R79" s="1"/>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
       <c r="X79" s="1"/>
       <c r="Y79" s="1"/>
     </row>
     <row r="80" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A80" s="11" t="s">
+        <v>178</v>
+      </c>
+      <c r="B80" s="12" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C80" s="13">
         <v>9971.4599999999991</v>
       </c>
       <c r="D80" s="13">
         <v>0</v>
       </c>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
       <c r="X80" s="1"/>
       <c r="Y80" s="1"/>
     </row>
     <row r="81" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="B81" s="12" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C81" s="13">
         <v>647803.41</v>
       </c>
       <c r="D81" s="13">
         <v>76236.899999999994</v>
       </c>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
       <c r="X81" s="1"/>
       <c r="Y81" s="1"/>
     </row>
     <row r="82" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A82" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="B82" s="12" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C82" s="13">
         <v>66326.05</v>
       </c>
       <c r="D82" s="13">
         <v>0</v>
       </c>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
       <c r="X82" s="1"/>
       <c r="Y82" s="1"/>
     </row>
     <row r="83" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A83" s="11" t="s">
+        <v>184</v>
+      </c>
+      <c r="B83" s="12" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="C83" s="13">
         <v>34799.300000000003</v>
       </c>
       <c r="D83" s="13">
         <v>3055.41</v>
       </c>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
       <c r="X83" s="1"/>
       <c r="Y83" s="1"/>
     </row>
     <row r="84" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A84" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="B84" s="12" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="C84" s="13">
         <v>5505.71</v>
       </c>
       <c r="D84" s="13">
         <v>0</v>
       </c>
       <c r="E84" s="1"/>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
       <c r="X84" s="1"/>
       <c r="Y84" s="1"/>
     </row>
     <row r="85" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A85" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="B85" s="12" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="C85" s="13">
         <v>59056.49</v>
       </c>
       <c r="D85" s="13">
         <v>4373.4399999999996</v>
       </c>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
       <c r="X85" s="1"/>
       <c r="Y85" s="1"/>
     </row>
     <row r="86" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A86" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B86" s="12" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C86" s="13">
         <v>10535.27</v>
       </c>
       <c r="D86" s="13">
         <v>0</v>
       </c>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
       <c r="X86" s="1"/>
       <c r="Y86" s="1"/>
     </row>
     <row r="87" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A87" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="B87" s="12" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="C87" s="13">
         <v>1741361.38</v>
       </c>
       <c r="D87" s="13">
         <v>132399.48000000001</v>
       </c>
       <c r="E87" s="1"/>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
       <c r="X87" s="1"/>
       <c r="Y87" s="1"/>
     </row>
     <row r="88" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A88" s="11" t="s">
+        <v>194</v>
+      </c>
+      <c r="B88" s="12" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="C88" s="13">
         <v>6246.9</v>
       </c>
       <c r="D88" s="13">
         <v>0</v>
       </c>
       <c r="E88" s="1"/>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
       <c r="X88" s="1"/>
       <c r="Y88" s="1"/>
     </row>
     <row r="89" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A89" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="B89" s="12" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="C89" s="13">
         <v>13167.21</v>
       </c>
       <c r="D89" s="13">
         <v>0</v>
       </c>
       <c r="E89" s="1"/>
       <c r="F89" s="1"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
       <c r="X89" s="1"/>
       <c r="Y89" s="1"/>
     </row>
     <row r="90" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A90" s="11" t="s">
+        <v>198</v>
+      </c>
+      <c r="B90" s="12" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C90" s="13">
         <v>340951.43</v>
       </c>
       <c r="D90" s="13">
         <v>50118.75</v>
       </c>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
       <c r="X90" s="1"/>
       <c r="Y90" s="1"/>
     </row>
     <row r="91" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A91" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="B91" s="12" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="C91" s="13">
         <v>7913.99</v>
       </c>
       <c r="D91" s="13">
         <v>0</v>
       </c>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
       <c r="X91" s="1"/>
       <c r="Y91" s="1"/>
     </row>
     <row r="92" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A92" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="B92" s="12" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="C92" s="13">
         <v>10287.57</v>
       </c>
       <c r="D92" s="13">
         <v>0</v>
       </c>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
       <c r="X92" s="1"/>
       <c r="Y92" s="1"/>
     </row>
     <row r="93" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A93" s="11" t="s">
+        <v>204</v>
+      </c>
+      <c r="B93" s="12" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="C93" s="13">
         <v>35378.300000000003</v>
       </c>
       <c r="D93" s="13">
         <v>0</v>
       </c>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
       <c r="X93" s="1"/>
       <c r="Y93" s="1"/>
     </row>
     <row r="94" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A94" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="B94" s="12" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="C94" s="13">
         <v>9098.26</v>
       </c>
       <c r="D94" s="13">
         <v>0</v>
       </c>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
       <c r="X94" s="1"/>
       <c r="Y94" s="1"/>
     </row>
     <row r="95" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A95" s="11" t="s">
+        <v>208</v>
+      </c>
+      <c r="B95" s="12" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="C95" s="13">
         <v>11333.55</v>
       </c>
       <c r="D95" s="13">
         <v>0</v>
       </c>
       <c r="E95" s="1"/>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
       <c r="X95" s="1"/>
       <c r="Y95" s="1"/>
     </row>
     <row r="96" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A96" s="11" t="s">
+        <v>210</v>
+      </c>
+      <c r="B96" s="12" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="C96" s="13">
         <v>15230.05</v>
       </c>
       <c r="D96" s="13">
         <v>0</v>
       </c>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
       <c r="X96" s="1"/>
       <c r="Y96" s="1"/>
     </row>
     <row r="97" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A97" s="11" t="s">
+        <v>212</v>
+      </c>
+      <c r="B97" s="12" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="C97" s="13">
         <v>14994.1</v>
       </c>
       <c r="D97" s="13">
         <v>0</v>
       </c>
       <c r="E97" s="1"/>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
       <c r="X97" s="1"/>
       <c r="Y97" s="1"/>
     </row>
     <row r="98" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A98" s="11" t="s">
+        <v>214</v>
+      </c>
+      <c r="B98" s="12" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="C98" s="13">
         <v>27534.01</v>
       </c>
       <c r="D98" s="13">
         <v>0</v>
       </c>
       <c r="E98" s="1"/>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
       <c r="X98" s="1"/>
       <c r="Y98" s="1"/>
     </row>
     <row r="99" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A99" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="B99" s="12" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="C99" s="13">
         <v>20602.900000000001</v>
       </c>
       <c r="D99" s="13">
         <v>0</v>
       </c>
       <c r="E99" s="1"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
       <c r="X99" s="1"/>
       <c r="Y99" s="1"/>
     </row>
     <row r="100" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A100" s="11" t="s">
+        <v>218</v>
+      </c>
+      <c r="B100" s="12" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="C100" s="13">
         <v>14281.28</v>
       </c>
       <c r="D100" s="13">
         <v>0</v>
       </c>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
     </row>
     <row r="101" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A101" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="B101" s="12" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="C101" s="13">
         <v>14925.24</v>
       </c>
       <c r="D101" s="13">
         <v>0</v>
       </c>
       <c r="E101" s="1"/>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
       <c r="X101" s="1"/>
       <c r="Y101" s="1"/>
     </row>
     <row r="102" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A102" s="11" t="s">
+        <v>222</v>
+      </c>
+      <c r="B102" s="12" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="C102" s="13">
         <v>24034.42</v>
       </c>
       <c r="D102" s="13">
         <v>0</v>
       </c>
       <c r="E102" s="1"/>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
       <c r="X102" s="1"/>
       <c r="Y102" s="1"/>
     </row>
     <row r="103" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A103" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="B103" s="12" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="C103" s="13">
         <v>16948.03</v>
       </c>
       <c r="D103" s="13">
         <v>0</v>
       </c>
       <c r="E103" s="1"/>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
       <c r="X103" s="1"/>
       <c r="Y103" s="1"/>
     </row>
     <row r="104" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A104" s="11" t="s">
+        <v>226</v>
+      </c>
+      <c r="B104" s="12" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C104" s="13">
         <v>23476.35</v>
       </c>
       <c r="D104" s="13">
         <v>0</v>
       </c>
       <c r="E104" s="1"/>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
       <c r="X104" s="1"/>
       <c r="Y104" s="1"/>
     </row>
     <row r="105" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A105" s="11" t="s">
+        <v>228</v>
+      </c>
+      <c r="B105" s="12" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="C105" s="13">
         <v>21166.45</v>
       </c>
       <c r="D105" s="13">
         <v>2551.64</v>
       </c>
       <c r="E105" s="1"/>
       <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
       <c r="X105" s="1"/>
       <c r="Y105" s="1"/>
     </row>
     <row r="106" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A106" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="B106" s="12" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C106" s="13">
         <v>4971.17</v>
       </c>
       <c r="D106" s="13">
         <v>0</v>
       </c>
       <c r="E106" s="1"/>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
       <c r="X106" s="1"/>
       <c r="Y106" s="1"/>
     </row>
     <row r="107" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A107" s="11" t="s">
+        <v>232</v>
+      </c>
+      <c r="B107" s="12" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C107" s="13">
         <v>18695.02</v>
       </c>
       <c r="D107" s="13">
         <v>0</v>
       </c>
       <c r="E107" s="1"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
       <c r="X107" s="1"/>
       <c r="Y107" s="1"/>
     </row>
     <row r="108" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A108" s="11" t="s">
+        <v>234</v>
+      </c>
+      <c r="B108" s="12" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="C108" s="13">
         <v>4109.2</v>
       </c>
       <c r="D108" s="13">
         <v>0</v>
       </c>
       <c r="E108" s="1"/>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
       <c r="X108" s="1"/>
       <c r="Y108" s="1"/>
     </row>
     <row r="109" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A109" s="11" t="s">
+        <v>236</v>
+      </c>
+      <c r="B109" s="12" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C109" s="13">
         <v>38504.81</v>
       </c>
       <c r="D109" s="13">
         <v>0</v>
       </c>
       <c r="E109" s="1"/>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
       <c r="X109" s="1"/>
       <c r="Y109" s="1"/>
     </row>
     <row r="110" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A110" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="B110" s="12" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C110" s="13">
         <v>14321.64</v>
       </c>
       <c r="D110" s="13">
         <v>0</v>
       </c>
       <c r="E110" s="1"/>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
       <c r="X110" s="1"/>
       <c r="Y110" s="1"/>
     </row>
     <row r="111" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A111" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="B111" s="12" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C111" s="13">
         <v>71974.64</v>
       </c>
       <c r="D111" s="13">
         <v>5574.64</v>
       </c>
       <c r="E111" s="1"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
       <c r="X111" s="1"/>
       <c r="Y111" s="1"/>
     </row>
     <row r="112" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A112" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="B112" s="12" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C112" s="13">
         <v>38924.65</v>
       </c>
       <c r="D112" s="13">
         <v>0</v>
       </c>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
       <c r="X112" s="1"/>
       <c r="Y112" s="1"/>
     </row>
     <row r="113" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A113" s="11" t="s">
+        <v>244</v>
+      </c>
+      <c r="B113" s="12" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C113" s="13">
         <v>166759.51</v>
       </c>
       <c r="D113" s="13">
         <v>29035.66</v>
       </c>
       <c r="E113" s="1"/>
       <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
       <c r="X113" s="1"/>
       <c r="Y113" s="1"/>
     </row>
     <row r="114" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A114" s="11" t="s">
+        <v>246</v>
+      </c>
+      <c r="B114" s="12" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C114" s="13">
         <v>89589.71</v>
       </c>
       <c r="D114" s="13">
         <v>10870.4</v>
       </c>
       <c r="E114" s="1"/>
       <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
       <c r="X114" s="1"/>
       <c r="Y114" s="1"/>
     </row>
     <row r="115" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A115" s="11" t="s">
+        <v>248</v>
+      </c>
+      <c r="B115" s="12" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="C115" s="13">
         <v>9586.24</v>
       </c>
       <c r="D115" s="13">
         <v>0</v>
       </c>
       <c r="E115" s="1"/>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
       <c r="X115" s="1"/>
       <c r="Y115" s="1"/>
     </row>
     <row r="116" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A116" s="11" t="s">
+        <v>250</v>
+      </c>
+      <c r="B116" s="12" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="C116" s="13">
         <v>10787.44</v>
       </c>
       <c r="D116" s="13">
         <v>0</v>
       </c>
       <c r="E116" s="1"/>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
       <c r="X116" s="1"/>
       <c r="Y116" s="1"/>
     </row>
     <row r="117" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A117" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="B117" s="12" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="C117" s="13">
         <v>19316.39</v>
       </c>
       <c r="D117" s="13">
         <v>0</v>
       </c>
       <c r="E117" s="1"/>
       <c r="F117" s="1"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1"/>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
       <c r="X117" s="1"/>
       <c r="Y117" s="1"/>
     </row>
     <row r="118" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A118" s="11" t="s">
+        <v>254</v>
+      </c>
+      <c r="B118" s="12" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="C118" s="13">
         <v>14821.57</v>
       </c>
       <c r="D118" s="13">
         <v>0</v>
       </c>
       <c r="E118" s="1"/>
       <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
       <c r="X118" s="1"/>
       <c r="Y118" s="1"/>
     </row>
     <row r="119" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A119" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="B119" s="12" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="C119" s="13">
         <v>18357.93</v>
       </c>
       <c r="D119" s="13">
         <v>0</v>
       </c>
       <c r="E119" s="1"/>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
       <c r="X119" s="1"/>
       <c r="Y119" s="1"/>
     </row>
     <row r="120" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A120" s="11" t="s">
+        <v>258</v>
+      </c>
+      <c r="B120" s="12" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C120" s="13">
         <v>3252.92</v>
       </c>
       <c r="D120" s="13">
         <v>0</v>
       </c>
       <c r="E120" s="1"/>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
       <c r="X120" s="1"/>
       <c r="Y120" s="1"/>
     </row>
     <row r="121" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A121" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="B121" s="12" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C121" s="13">
         <v>15143.76</v>
       </c>
       <c r="D121" s="13">
         <v>0</v>
       </c>
       <c r="E121" s="1"/>
       <c r="F121" s="1"/>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
       <c r="X121" s="1"/>
       <c r="Y121" s="1"/>
     </row>
     <row r="122" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A122" s="11" t="s">
+        <v>262</v>
+      </c>
+      <c r="B122" s="12" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="C122" s="13">
         <v>43017.58</v>
       </c>
       <c r="D122" s="13">
         <v>0</v>
       </c>
       <c r="E122" s="1"/>
       <c r="F122" s="1"/>
       <c r="G122" s="1"/>
       <c r="H122" s="1"/>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
       <c r="X122" s="1"/>
       <c r="Y122" s="1"/>
     </row>
     <row r="123" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A123" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="B123" s="12" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="C123" s="13">
         <v>6569.14</v>
       </c>
       <c r="D123" s="13">
         <v>0</v>
       </c>
       <c r="E123" s="1"/>
       <c r="F123" s="1"/>
       <c r="G123" s="1"/>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
       <c r="X123" s="1"/>
       <c r="Y123" s="1"/>
     </row>
     <row r="124" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A124" s="11" t="s">
+        <v>266</v>
+      </c>
+      <c r="B124" s="12" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="C124" s="13">
         <v>8212.52</v>
       </c>
       <c r="D124" s="13">
         <v>0</v>
       </c>
       <c r="E124" s="1"/>
       <c r="F124" s="1"/>
       <c r="G124" s="1"/>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
       <c r="X124" s="1"/>
       <c r="Y124" s="1"/>
     </row>
     <row r="125" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A125" s="11" t="s">
+        <v>268</v>
+      </c>
+      <c r="B125" s="12" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="C125" s="13">
         <v>8971.34</v>
       </c>
       <c r="D125" s="13">
         <v>0</v>
       </c>
       <c r="E125" s="1"/>
       <c r="F125" s="1"/>
       <c r="G125" s="1"/>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
       <c r="X125" s="1"/>
       <c r="Y125" s="1"/>
     </row>
     <row r="126" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A126" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="B126" s="12" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="C126" s="13">
         <v>4200.9799999999996</v>
       </c>
       <c r="D126" s="13">
         <v>0</v>
       </c>
       <c r="E126" s="1"/>
       <c r="F126" s="1"/>
       <c r="G126" s="1"/>
       <c r="H126" s="1"/>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
       <c r="X126" s="1"/>
       <c r="Y126" s="1"/>
     </row>
     <row r="127" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
+        <v>272</v>
+      </c>
+      <c r="B127" s="12" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="C127" s="13">
         <v>42780.65</v>
       </c>
       <c r="D127" s="13">
         <v>0</v>
       </c>
       <c r="E127" s="1"/>
       <c r="F127" s="1"/>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
       <c r="X127" s="1"/>
       <c r="Y127" s="1"/>
     </row>
     <row r="128" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
+        <v>274</v>
+      </c>
+      <c r="B128" s="12" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="C128" s="13">
         <v>43149.34</v>
       </c>
       <c r="D128" s="13">
         <v>0</v>
       </c>
       <c r="E128" s="1"/>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
       <c r="X128" s="1"/>
       <c r="Y128" s="1"/>
     </row>
     <row r="129" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
+        <v>276</v>
+      </c>
+      <c r="B129" s="12" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="C129" s="13">
         <v>15695.17</v>
       </c>
       <c r="D129" s="13">
         <v>0</v>
       </c>
       <c r="E129" s="1"/>
       <c r="F129" s="1"/>
       <c r="G129" s="1"/>
       <c r="H129" s="1"/>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
       <c r="X129" s="1"/>
       <c r="Y129" s="1"/>
     </row>
     <row r="130" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="B130" s="12" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="C130" s="13">
         <v>11431.4</v>
       </c>
       <c r="D130" s="13">
         <v>0</v>
       </c>
       <c r="E130" s="1"/>
       <c r="F130" s="1"/>
       <c r="G130" s="1"/>
       <c r="H130" s="1"/>
       <c r="I130" s="1"/>
       <c r="J130" s="1"/>
       <c r="K130" s="1"/>
       <c r="L130" s="1"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
       <c r="X130" s="1"/>
       <c r="Y130" s="1"/>
     </row>
     <row r="131" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A131" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="B131" s="12" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C131" s="13">
         <v>12471.12</v>
       </c>
       <c r="D131" s="13">
         <v>0</v>
       </c>
       <c r="E131" s="1"/>
       <c r="F131" s="1"/>
       <c r="G131" s="1"/>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
       <c r="X131" s="1"/>
       <c r="Y131" s="1"/>
     </row>
     <row r="132" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A132" s="11" t="s">
+        <v>282</v>
+      </c>
+      <c r="B132" s="12" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C132" s="13">
         <v>7907.79</v>
       </c>
       <c r="D132" s="13">
         <v>0</v>
       </c>
       <c r="E132" s="1"/>
       <c r="F132" s="1"/>
       <c r="G132" s="1"/>
       <c r="H132" s="1"/>
       <c r="I132" s="1"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
       <c r="X132" s="1"/>
       <c r="Y132" s="1"/>
     </row>
     <row r="133" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A133" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="B133" s="12" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="C133" s="13">
         <v>45889.47</v>
       </c>
       <c r="D133" s="13">
         <v>0</v>
       </c>
       <c r="E133" s="1"/>
       <c r="F133" s="1"/>
       <c r="G133" s="1"/>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
       <c r="X133" s="1"/>
       <c r="Y133" s="1"/>
     </row>
     <row r="134" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A134" s="11" t="s">
+        <v>286</v>
+      </c>
+      <c r="B134" s="12" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="C134" s="13">
         <v>38120.49</v>
       </c>
       <c r="D134" s="13">
         <v>2013.1</v>
       </c>
       <c r="E134" s="1"/>
       <c r="F134" s="1"/>
       <c r="G134" s="1"/>
       <c r="H134" s="1"/>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
       <c r="X134" s="1"/>
       <c r="Y134" s="1"/>
     </row>
     <row r="135" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A135" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="B135" s="12" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="C135" s="13">
         <v>5879.44</v>
       </c>
       <c r="D135" s="13">
         <v>0</v>
       </c>
       <c r="E135" s="1"/>
       <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
       <c r="X135" s="1"/>
       <c r="Y135" s="1"/>
     </row>
     <row r="136" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A136" s="11" t="s">
+        <v>290</v>
+      </c>
+      <c r="B136" s="12" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="C136" s="13">
         <v>16879.439999999999</v>
       </c>
       <c r="D136" s="13">
         <v>2352.66</v>
       </c>
       <c r="E136" s="1"/>
       <c r="F136" s="1"/>
       <c r="G136" s="1"/>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
       <c r="X136" s="1"/>
       <c r="Y136" s="1"/>
     </row>
     <row r="137" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A137" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="B137" s="12" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="C137" s="13">
         <v>11603.8</v>
       </c>
       <c r="D137" s="13">
         <v>0</v>
       </c>
       <c r="E137" s="1"/>
       <c r="F137" s="1"/>
       <c r="G137" s="1"/>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
       <c r="X137" s="1"/>
       <c r="Y137" s="1"/>
     </row>
     <row r="138" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="B138" s="12" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="C138" s="13">
         <v>7793.59</v>
       </c>
       <c r="D138" s="13">
         <v>0</v>
       </c>
       <c r="E138" s="1"/>
       <c r="F138" s="1"/>
       <c r="G138" s="1"/>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
       <c r="X138" s="1"/>
       <c r="Y138" s="1"/>
     </row>
     <row r="139" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="B139" s="12" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C139" s="13">
         <v>6672.55</v>
       </c>
       <c r="D139" s="13">
         <v>0</v>
       </c>
       <c r="E139" s="1"/>
       <c r="F139" s="1"/>
       <c r="G139" s="1"/>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
       <c r="X139" s="1"/>
       <c r="Y139" s="1"/>
     </row>
     <row r="140" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
+        <v>298</v>
+      </c>
+      <c r="B140" s="12" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="C140" s="13">
         <v>4155.0600000000004</v>
       </c>
       <c r="D140" s="13">
         <v>0</v>
       </c>
       <c r="E140" s="1"/>
       <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
       <c r="X140" s="1"/>
       <c r="Y140" s="1"/>
     </row>
     <row r="141" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
+        <v>300</v>
+      </c>
+      <c r="B141" s="12" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="C141" s="13">
         <v>8832.98</v>
       </c>
       <c r="D141" s="13">
         <v>0</v>
       </c>
       <c r="E141" s="1"/>
       <c r="F141" s="1"/>
       <c r="G141" s="1"/>
       <c r="H141" s="1"/>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
       <c r="X141" s="1"/>
       <c r="Y141" s="1"/>
     </row>
     <row r="142" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A142" s="11" t="s">
+        <v>302</v>
+      </c>
+      <c r="B142" s="12" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="C142" s="13">
         <v>45217.919999999998</v>
       </c>
       <c r="D142" s="13">
         <v>3489.15</v>
       </c>
       <c r="E142" s="1"/>
       <c r="F142" s="1"/>
       <c r="G142" s="1"/>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
       <c r="X142" s="1"/>
       <c r="Y142" s="1"/>
     </row>
     <row r="143" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A143" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="B143" s="12" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="C143" s="13">
         <v>5552.03</v>
       </c>
       <c r="D143" s="13">
         <v>0</v>
       </c>
       <c r="E143" s="1"/>
       <c r="F143" s="1"/>
       <c r="G143" s="1"/>
       <c r="H143" s="1"/>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
       <c r="X143" s="1"/>
       <c r="Y143" s="1"/>
     </row>
     <row r="144" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A144" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="B144" s="12" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="C144" s="13">
         <v>11667.16</v>
       </c>
       <c r="D144" s="13">
         <v>0</v>
       </c>
       <c r="E144" s="1"/>
       <c r="F144" s="1"/>
       <c r="G144" s="1"/>
       <c r="H144" s="1"/>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1"/>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
       <c r="X144" s="1"/>
       <c r="Y144" s="1"/>
     </row>
     <row r="145" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A145" s="11" t="s">
+        <v>308</v>
+      </c>
+      <c r="B145" s="12" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="C145" s="13">
         <v>34976.800000000003</v>
       </c>
       <c r="D145" s="13">
         <v>3556.63</v>
       </c>
       <c r="E145" s="1"/>
       <c r="F145" s="1"/>
       <c r="G145" s="1"/>
       <c r="H145" s="1"/>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1"/>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
       <c r="X145" s="1"/>
       <c r="Y145" s="1"/>
     </row>
     <row r="146" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A146" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="B146" s="12" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="C146" s="13">
         <v>18362.05</v>
       </c>
       <c r="D146" s="13">
         <v>0</v>
       </c>
       <c r="E146" s="1"/>
       <c r="F146" s="1"/>
       <c r="G146" s="1"/>
       <c r="H146" s="1"/>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1"/>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
       <c r="X146" s="1"/>
       <c r="Y146" s="1"/>
     </row>
     <row r="147" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A147" s="11" t="s">
+        <v>312</v>
+      </c>
+      <c r="B147" s="12" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="C147" s="13">
         <v>33661.279999999999</v>
       </c>
       <c r="D147" s="13">
         <v>2769.06</v>
       </c>
       <c r="E147" s="1"/>
       <c r="F147" s="1"/>
       <c r="G147" s="1"/>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
       <c r="P147" s="1"/>
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
       <c r="X147" s="1"/>
       <c r="Y147" s="1"/>
     </row>
     <row r="148" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A148" s="11" t="s">
+        <v>314</v>
+      </c>
+      <c r="B148" s="12" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="C148" s="13">
         <v>64484.84</v>
       </c>
       <c r="D148" s="13">
         <v>2596.7800000000002</v>
       </c>
       <c r="E148" s="1"/>
       <c r="F148" s="1"/>
       <c r="G148" s="1"/>
       <c r="H148" s="1"/>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
       <c r="X148" s="1"/>
       <c r="Y148" s="1"/>
     </row>
     <row r="149" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A149" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="B149" s="12" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="C149" s="13">
         <v>15822.35</v>
       </c>
       <c r="D149" s="13">
         <v>0</v>
       </c>
       <c r="E149" s="1"/>
       <c r="F149" s="1"/>
       <c r="G149" s="1"/>
       <c r="H149" s="1"/>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
       <c r="X149" s="1"/>
       <c r="Y149" s="1"/>
     </row>
     <row r="150" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A150" s="11" t="s">
+        <v>318</v>
+      </c>
+      <c r="B150" s="12" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C150" s="13">
         <v>452007.03</v>
       </c>
       <c r="D150" s="13">
         <v>29751.34</v>
       </c>
       <c r="E150" s="1"/>
       <c r="F150" s="1"/>
       <c r="G150" s="1"/>
       <c r="H150" s="1"/>
       <c r="I150" s="1"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
       <c r="X150" s="1"/>
       <c r="Y150" s="1"/>
     </row>
     <row r="151" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A151" s="11" t="s">
+        <v>320</v>
+      </c>
+      <c r="B151" s="12" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="C151" s="13">
         <v>25603.14</v>
       </c>
       <c r="D151" s="13">
         <v>0</v>
       </c>
       <c r="E151" s="1"/>
       <c r="F151" s="1"/>
       <c r="G151" s="1"/>
       <c r="H151" s="1"/>
       <c r="I151" s="1"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1"/>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1"/>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
       <c r="X151" s="1"/>
       <c r="Y151" s="1"/>
     </row>
     <row r="152" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A152" s="11" t="s">
+        <v>322</v>
+      </c>
+      <c r="B152" s="12" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="C152" s="13">
         <v>12103.6</v>
       </c>
       <c r="D152" s="13">
         <v>0</v>
       </c>
       <c r="E152" s="1"/>
       <c r="F152" s="1"/>
       <c r="G152" s="1"/>
       <c r="H152" s="1"/>
       <c r="I152" s="1"/>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
       <c r="P152" s="1"/>
       <c r="Q152" s="1"/>
       <c r="R152" s="1"/>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
       <c r="X152" s="1"/>
       <c r="Y152" s="1"/>
     </row>
     <row r="153" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A153" s="11" t="s">
+        <v>324</v>
+      </c>
+      <c r="B153" s="12" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="C153" s="13">
         <v>6707.17</v>
       </c>
       <c r="D153" s="13">
         <v>0</v>
       </c>
       <c r="E153" s="1"/>
       <c r="F153" s="1"/>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
       <c r="X153" s="1"/>
       <c r="Y153" s="1"/>
     </row>
     <row r="154" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A154" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="B154" s="12" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="C154" s="13">
         <v>24126.58</v>
       </c>
       <c r="D154" s="13">
         <v>1848.6</v>
       </c>
       <c r="E154" s="1"/>
       <c r="F154" s="1"/>
       <c r="G154" s="1"/>
       <c r="H154" s="1"/>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
       <c r="X154" s="1"/>
       <c r="Y154" s="1"/>
     </row>
     <row r="155" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A155" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="B155" s="12" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="C155" s="13">
         <v>149325.71</v>
       </c>
       <c r="D155" s="13">
         <v>0</v>
       </c>
       <c r="E155" s="1"/>
       <c r="F155" s="1"/>
       <c r="G155" s="1"/>
       <c r="H155" s="1"/>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
       <c r="X155" s="1"/>
       <c r="Y155" s="1"/>
     </row>
     <row r="156" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A156" s="11" t="s">
+        <v>330</v>
+      </c>
+      <c r="B156" s="12" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="C156" s="13">
         <v>94634.18</v>
       </c>
       <c r="D156" s="13">
         <v>2871.88</v>
       </c>
       <c r="E156" s="1"/>
       <c r="F156" s="1"/>
       <c r="G156" s="1"/>
       <c r="H156" s="1"/>
       <c r="I156" s="1"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1"/>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1"/>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
       <c r="X156" s="1"/>
       <c r="Y156" s="1"/>
     </row>
     <row r="157" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A157" s="11" t="s">
+        <v>332</v>
+      </c>
+      <c r="B157" s="12" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="C157" s="13">
         <v>11223.87</v>
       </c>
       <c r="D157" s="13">
         <v>0</v>
       </c>
       <c r="E157" s="1"/>
       <c r="F157" s="1"/>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
       <c r="X157" s="1"/>
       <c r="Y157" s="1"/>
     </row>
     <row r="158" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A158" s="11" t="s">
+        <v>334</v>
+      </c>
+      <c r="B158" s="12" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="C158" s="13">
         <v>14229.66</v>
       </c>
       <c r="D158" s="13">
         <v>0</v>
       </c>
       <c r="E158" s="1"/>
       <c r="F158" s="1"/>
       <c r="G158" s="1"/>
       <c r="H158" s="1"/>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
       <c r="X158" s="1"/>
       <c r="Y158" s="1"/>
     </row>
     <row r="159" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A159" s="11" t="s">
+        <v>336</v>
+      </c>
+      <c r="B159" s="12" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="C159" s="13">
         <v>58746.32</v>
       </c>
       <c r="D159" s="13">
         <v>0</v>
       </c>
       <c r="E159" s="1"/>
       <c r="F159" s="1"/>
       <c r="G159" s="1"/>
       <c r="H159" s="1"/>
       <c r="I159" s="1"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
       <c r="X159" s="1"/>
       <c r="Y159" s="1"/>
     </row>
     <row r="160" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A160" s="11" t="s">
+        <v>338</v>
+      </c>
+      <c r="B160" s="12" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C160" s="13">
         <v>19315.8</v>
       </c>
       <c r="D160" s="13">
         <v>0</v>
       </c>
       <c r="E160" s="1"/>
       <c r="F160" s="1"/>
       <c r="G160" s="1"/>
       <c r="H160" s="1"/>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
       <c r="X160" s="1"/>
       <c r="Y160" s="1"/>
     </row>
     <row r="161" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A161" s="11" t="s">
+        <v>340</v>
+      </c>
+      <c r="B161" s="12" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="C161" s="13">
         <v>27860.77</v>
       </c>
       <c r="D161" s="13">
         <v>0</v>
       </c>
       <c r="E161" s="1"/>
       <c r="F161" s="1"/>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
       <c r="X161" s="1"/>
       <c r="Y161" s="1"/>
     </row>
     <row r="162" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A162" s="11" t="s">
+        <v>342</v>
+      </c>
+      <c r="B162" s="12" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C162" s="13">
         <v>14936.29</v>
       </c>
       <c r="D162" s="13">
         <v>0</v>
       </c>
       <c r="E162" s="1"/>
       <c r="F162" s="1"/>
       <c r="G162" s="1"/>
       <c r="H162" s="1"/>
       <c r="I162" s="1"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
       <c r="X162" s="1"/>
       <c r="Y162" s="1"/>
     </row>
     <row r="163" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A163" s="11" t="s">
+        <v>344</v>
+      </c>
+      <c r="B163" s="12" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="C163" s="13">
         <v>10299.26</v>
       </c>
       <c r="D163" s="13">
         <v>1872.2</v>
       </c>
       <c r="E163" s="1"/>
       <c r="F163" s="1"/>
       <c r="G163" s="1"/>
       <c r="H163" s="1"/>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
       <c r="X163" s="1"/>
       <c r="Y163" s="1"/>
     </row>
     <row r="164" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A164" s="11" t="s">
+        <v>346</v>
+      </c>
+      <c r="B164" s="12" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="C164" s="13">
         <v>79602.289999999994</v>
       </c>
       <c r="D164" s="13">
         <v>15141.39</v>
       </c>
       <c r="E164" s="1"/>
       <c r="F164" s="1"/>
       <c r="G164" s="1"/>
       <c r="H164" s="1"/>
       <c r="I164" s="1"/>
       <c r="J164" s="1"/>
       <c r="K164" s="1"/>
       <c r="L164" s="1"/>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1"/>
       <c r="P164" s="1"/>
       <c r="Q164" s="1"/>
       <c r="R164" s="1"/>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
       <c r="X164" s="1"/>
       <c r="Y164" s="1"/>
     </row>
     <row r="165" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A165" s="11" t="s">
+        <v>348</v>
+      </c>
+      <c r="B165" s="12" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="C165" s="13">
         <v>13597.45</v>
       </c>
       <c r="D165" s="13">
         <v>0</v>
       </c>
       <c r="E165" s="1"/>
       <c r="F165" s="1"/>
       <c r="G165" s="1"/>
       <c r="H165" s="1"/>
       <c r="I165" s="1"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
       <c r="X165" s="1"/>
       <c r="Y165" s="1"/>
     </row>
     <row r="166" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A166" s="11" t="s">
+        <v>350</v>
+      </c>
+      <c r="B166" s="12" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="C166" s="13">
         <v>73005.710000000006</v>
       </c>
       <c r="D166" s="13">
         <v>0</v>
       </c>
       <c r="E166" s="1"/>
       <c r="F166" s="1"/>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
       <c r="X166" s="1"/>
       <c r="Y166" s="1"/>
     </row>
     <row r="167" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A167" s="11" t="s">
+        <v>352</v>
+      </c>
+      <c r="B167" s="12" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="C167" s="13">
         <v>131487.89000000001</v>
       </c>
       <c r="D167" s="13">
         <v>0</v>
       </c>
       <c r="E167" s="1"/>
       <c r="F167" s="1"/>
       <c r="G167" s="1"/>
       <c r="H167" s="1"/>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
       <c r="X167" s="1"/>
       <c r="Y167" s="1"/>
     </row>
     <row r="168" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A168" s="11" t="s">
+        <v>354</v>
+      </c>
+      <c r="B168" s="12" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="C168" s="13">
         <v>10925.66</v>
       </c>
       <c r="D168" s="13">
         <v>0</v>
       </c>
       <c r="E168" s="1"/>
       <c r="F168" s="1"/>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
       <c r="X168" s="1"/>
       <c r="Y168" s="1"/>
     </row>
     <row r="169" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A169" s="11" t="s">
+        <v>356</v>
+      </c>
+      <c r="B169" s="12" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="C169" s="13">
         <v>14379.26</v>
       </c>
       <c r="D169" s="13">
         <v>0</v>
       </c>
       <c r="E169" s="1"/>
       <c r="F169" s="1"/>
       <c r="G169" s="1"/>
       <c r="H169" s="1"/>
       <c r="I169" s="1"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
       <c r="X169" s="1"/>
       <c r="Y169" s="1"/>
     </row>
     <row r="170" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A170" s="11" t="s">
+        <v>358</v>
+      </c>
+      <c r="B170" s="12" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="C170" s="13">
         <v>9011.58</v>
       </c>
       <c r="D170" s="13">
         <v>0</v>
       </c>
       <c r="E170" s="1"/>
       <c r="F170" s="1"/>
       <c r="G170" s="1"/>
       <c r="H170" s="1"/>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
       <c r="X170" s="1"/>
       <c r="Y170" s="1"/>
     </row>
     <row r="171" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A171" s="11" t="s">
+        <v>360</v>
+      </c>
+      <c r="B171" s="12" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="C171" s="13">
         <v>15367.88</v>
       </c>
       <c r="D171" s="13">
         <v>0</v>
       </c>
       <c r="E171" s="1"/>
       <c r="F171" s="1"/>
       <c r="G171" s="1"/>
       <c r="H171" s="1"/>
       <c r="I171" s="1"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
       <c r="X171" s="1"/>
       <c r="Y171" s="1"/>
     </row>
     <row r="172" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A172" s="11" t="s">
+        <v>362</v>
+      </c>
+      <c r="B172" s="12" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="C172" s="13">
         <v>11678.33</v>
       </c>
       <c r="D172" s="13">
         <v>1068.31</v>
       </c>
       <c r="E172" s="1"/>
       <c r="F172" s="1"/>
       <c r="G172" s="1"/>
       <c r="H172" s="1"/>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
       <c r="X172" s="1"/>
       <c r="Y172" s="1"/>
     </row>
     <row r="173" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A173" s="11" t="s">
+        <v>364</v>
+      </c>
+      <c r="B173" s="12" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C173" s="13">
         <v>11373.91</v>
       </c>
       <c r="D173" s="13">
         <v>0</v>
       </c>
       <c r="E173" s="1"/>
       <c r="F173" s="1"/>
       <c r="G173" s="1"/>
       <c r="H173" s="1"/>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
       <c r="X173" s="1"/>
       <c r="Y173" s="1"/>
     </row>
     <row r="174" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A174" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="B174" s="12" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C174" s="13">
         <v>17528.84</v>
       </c>
       <c r="D174" s="13">
         <v>0</v>
       </c>
       <c r="E174" s="1"/>
       <c r="F174" s="1"/>
       <c r="G174" s="1"/>
       <c r="H174" s="1"/>
       <c r="I174" s="1"/>
       <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
       <c r="X174" s="1"/>
       <c r="Y174" s="1"/>
     </row>
     <row r="175" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A175" s="11" t="s">
+        <v>368</v>
+      </c>
+      <c r="B175" s="12" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="C175" s="13">
         <v>21183.5</v>
       </c>
       <c r="D175" s="13">
         <v>1389.33</v>
       </c>
       <c r="E175" s="1"/>
       <c r="F175" s="1"/>
       <c r="G175" s="1"/>
       <c r="H175" s="1"/>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
       <c r="X175" s="1"/>
       <c r="Y175" s="1"/>
     </row>
     <row r="176" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A176" s="11" t="s">
+        <v>370</v>
+      </c>
+      <c r="B176" s="12" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="C176" s="13">
         <v>50630.95</v>
       </c>
       <c r="D176" s="13">
         <v>4391.25</v>
       </c>
       <c r="E176" s="1"/>
       <c r="F176" s="1"/>
       <c r="G176" s="1"/>
       <c r="H176" s="1"/>
       <c r="I176" s="1"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
       <c r="X176" s="1"/>
       <c r="Y176" s="1"/>
     </row>
     <row r="177" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A177" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="B177" s="12" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C177" s="13">
         <v>22626.2</v>
       </c>
       <c r="D177" s="13">
         <v>0</v>
       </c>
       <c r="E177" s="1"/>
       <c r="F177" s="1"/>
       <c r="G177" s="1"/>
       <c r="H177" s="1"/>
       <c r="I177" s="1"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
       <c r="X177" s="1"/>
       <c r="Y177" s="1"/>
     </row>
     <row r="178" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A178" s="11" t="s">
+        <v>374</v>
+      </c>
+      <c r="B178" s="12" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="C178" s="13">
         <v>10672.59</v>
       </c>
       <c r="D178" s="13">
         <v>0</v>
       </c>
       <c r="E178" s="1"/>
       <c r="F178" s="1"/>
       <c r="G178" s="1"/>
       <c r="H178" s="1"/>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
       <c r="X178" s="1"/>
       <c r="Y178" s="1"/>
     </row>
     <row r="179" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A179" s="11" t="s">
+        <v>376</v>
+      </c>
+      <c r="B179" s="12" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="C179" s="13">
         <v>48959.73</v>
       </c>
       <c r="D179" s="13">
         <v>4745.6099999999997</v>
       </c>
       <c r="E179" s="1"/>
       <c r="F179" s="1"/>
       <c r="G179" s="1"/>
       <c r="H179" s="1"/>
       <c r="I179" s="1"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
       <c r="X179" s="1"/>
       <c r="Y179" s="1"/>
     </row>
     <row r="180" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A180" s="11" t="s">
+        <v>378</v>
+      </c>
+      <c r="B180" s="12" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C180" s="13">
         <v>223849.92</v>
       </c>
       <c r="D180" s="13">
         <v>7595.22</v>
       </c>
       <c r="E180" s="1"/>
       <c r="F180" s="1"/>
       <c r="G180" s="1"/>
       <c r="H180" s="1"/>
       <c r="I180" s="1"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
       <c r="X180" s="1"/>
       <c r="Y180" s="1"/>
     </row>
     <row r="181" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A181" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="B181" s="12" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="C181" s="13">
         <v>7149.88</v>
       </c>
       <c r="D181" s="13">
         <v>0</v>
       </c>
       <c r="E181" s="1"/>
       <c r="F181" s="1"/>
       <c r="G181" s="1"/>
       <c r="H181" s="1"/>
       <c r="I181" s="1"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
       <c r="X181" s="1"/>
       <c r="Y181" s="1"/>
     </row>
     <row r="182" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A182" s="11" t="s">
+        <v>382</v>
+      </c>
+      <c r="B182" s="12" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C182" s="13">
         <v>147852.89000000001</v>
       </c>
       <c r="D182" s="13">
         <v>23618.92</v>
       </c>
       <c r="E182" s="1"/>
       <c r="F182" s="1"/>
       <c r="G182" s="1"/>
       <c r="H182" s="1"/>
       <c r="I182" s="1"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
       <c r="X182" s="1"/>
       <c r="Y182" s="1"/>
     </row>
     <row r="183" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A183" s="11" t="s">
+        <v>384</v>
+      </c>
+      <c r="B183" s="12" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="C183" s="13">
         <v>16144.21</v>
       </c>
       <c r="D183" s="13">
         <v>0</v>
       </c>
       <c r="E183" s="1"/>
       <c r="F183" s="1"/>
       <c r="G183" s="1"/>
       <c r="H183" s="1"/>
       <c r="I183" s="1"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
       <c r="X183" s="1"/>
       <c r="Y183" s="1"/>
     </row>
     <row r="184" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A184" s="11" t="s">
+        <v>386</v>
+      </c>
+      <c r="B184" s="12" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C184" s="13">
         <v>5293.34</v>
       </c>
       <c r="D184" s="13">
         <v>0</v>
       </c>
       <c r="E184" s="1"/>
       <c r="F184" s="1"/>
       <c r="G184" s="1"/>
       <c r="H184" s="1"/>
       <c r="I184" s="1"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
       <c r="X184" s="1"/>
       <c r="Y184" s="1"/>
     </row>
     <row r="185" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A185" s="11" t="s">
+        <v>388</v>
+      </c>
+      <c r="B185" s="12" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C185" s="13">
         <v>18454.099999999999</v>
       </c>
       <c r="D185" s="13">
         <v>0</v>
       </c>
       <c r="E185" s="1"/>
       <c r="F185" s="1"/>
       <c r="G185" s="1"/>
       <c r="H185" s="1"/>
       <c r="I185" s="1"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
       <c r="X185" s="1"/>
       <c r="Y185" s="1"/>
     </row>
     <row r="186" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A186" s="11" t="s">
+        <v>390</v>
+      </c>
+      <c r="B186" s="12" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C186" s="13">
         <v>17873.16</v>
       </c>
       <c r="D186" s="13">
         <v>0</v>
       </c>
       <c r="E186" s="1"/>
       <c r="F186" s="1"/>
       <c r="G186" s="1"/>
       <c r="H186" s="1"/>
       <c r="I186" s="1"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
       <c r="X186" s="1"/>
       <c r="Y186" s="1"/>
     </row>
     <row r="187" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A187" s="11" t="s">
+        <v>392</v>
+      </c>
+      <c r="B187" s="12" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="C187" s="13">
         <v>72756.649999999994</v>
       </c>
       <c r="D187" s="13">
         <v>8326.2800000000007</v>
       </c>
       <c r="E187" s="1"/>
       <c r="F187" s="1"/>
       <c r="G187" s="1"/>
       <c r="H187" s="1"/>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
       <c r="X187" s="1"/>
       <c r="Y187" s="1"/>
     </row>
     <row r="188" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A188" s="11" t="s">
+        <v>394</v>
+      </c>
+      <c r="B188" s="12" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="C188" s="13">
         <v>21867.66</v>
       </c>
       <c r="D188" s="13">
         <v>0</v>
       </c>
       <c r="E188" s="1"/>
       <c r="F188" s="1"/>
       <c r="G188" s="1"/>
       <c r="H188" s="1"/>
       <c r="I188" s="1"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
       <c r="P188" s="1"/>
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
       <c r="X188" s="1"/>
       <c r="Y188" s="1"/>
     </row>
     <row r="189" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A189" s="11" t="s">
+        <v>396</v>
+      </c>
+      <c r="B189" s="12" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="C189" s="13">
         <v>29300.38</v>
       </c>
       <c r="D189" s="13">
         <v>8214.2000000000007</v>
       </c>
       <c r="E189" s="1"/>
       <c r="F189" s="1"/>
       <c r="G189" s="1"/>
       <c r="H189" s="1"/>
       <c r="I189" s="1"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1"/>
       <c r="Q189" s="1"/>
       <c r="R189" s="1"/>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
       <c r="X189" s="1"/>
       <c r="Y189" s="1"/>
     </row>
     <row r="190" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A190" s="11" t="s">
+        <v>398</v>
+      </c>
+      <c r="B190" s="12" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C190" s="13">
         <v>12988.42</v>
       </c>
       <c r="D190" s="13">
         <v>0</v>
       </c>
       <c r="E190" s="1"/>
       <c r="F190" s="1"/>
       <c r="G190" s="1"/>
       <c r="H190" s="1"/>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1"/>
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
       <c r="X190" s="1"/>
       <c r="Y190" s="1"/>
     </row>
     <row r="191" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A191" s="11" t="s">
+        <v>400</v>
+      </c>
+      <c r="B191" s="12" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C191" s="13">
         <v>23505.87</v>
       </c>
       <c r="D191" s="13">
         <v>796.61</v>
       </c>
       <c r="E191" s="1"/>
       <c r="F191" s="1"/>
       <c r="G191" s="1"/>
       <c r="H191" s="1"/>
       <c r="I191" s="1"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
       <c r="X191" s="1"/>
       <c r="Y191" s="1"/>
     </row>
     <row r="192" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A192" s="11" t="s">
+        <v>402</v>
+      </c>
+      <c r="B192" s="12" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="C192" s="13">
         <v>15171.92</v>
       </c>
       <c r="D192" s="13">
         <v>0</v>
       </c>
       <c r="E192" s="1"/>
       <c r="F192" s="1"/>
       <c r="G192" s="1"/>
       <c r="H192" s="1"/>
       <c r="I192" s="1"/>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1"/>
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
       <c r="X192" s="1"/>
       <c r="Y192" s="1"/>
     </row>
     <row r="193" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A193" s="11" t="s">
+        <v>404</v>
+      </c>
+      <c r="B193" s="12" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="C193" s="13">
         <v>13493.72</v>
       </c>
       <c r="D193" s="13">
         <v>0</v>
       </c>
       <c r="E193" s="1"/>
       <c r="F193" s="1"/>
       <c r="G193" s="1"/>
       <c r="H193" s="1"/>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
       <c r="X193" s="1"/>
       <c r="Y193" s="1"/>
     </row>
     <row r="194" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A194" s="11" t="s">
+        <v>406</v>
+      </c>
+      <c r="B194" s="12" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="C194" s="13">
         <v>4212.67</v>
       </c>
       <c r="D194" s="13">
         <v>0</v>
       </c>
       <c r="E194" s="1"/>
       <c r="F194" s="1"/>
       <c r="G194" s="1"/>
       <c r="H194" s="1"/>
       <c r="I194" s="1"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
       <c r="X194" s="1"/>
       <c r="Y194" s="1"/>
     </row>
     <row r="195" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A195" s="11" t="s">
+        <v>408</v>
+      </c>
+      <c r="B195" s="12" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="C195" s="13">
         <v>9476.76</v>
       </c>
       <c r="D195" s="13">
         <v>0</v>
       </c>
       <c r="E195" s="1"/>
       <c r="F195" s="1"/>
       <c r="G195" s="1"/>
       <c r="H195" s="1"/>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
       <c r="X195" s="1"/>
       <c r="Y195" s="1"/>
     </row>
     <row r="196" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A196" s="11" t="s">
+        <v>410</v>
+      </c>
+      <c r="B196" s="12" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="C196" s="13">
         <v>25010.76</v>
       </c>
       <c r="D196" s="13">
         <v>0</v>
       </c>
       <c r="E196" s="1"/>
       <c r="F196" s="1"/>
       <c r="G196" s="1"/>
       <c r="H196" s="1"/>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
       <c r="X196" s="1"/>
       <c r="Y196" s="1"/>
     </row>
     <row r="197" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A197" s="11" t="s">
+        <v>412</v>
+      </c>
+      <c r="B197" s="12" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="C197" s="13">
         <v>74359.98</v>
       </c>
       <c r="D197" s="13">
         <v>0</v>
       </c>
       <c r="E197" s="1"/>
       <c r="F197" s="1"/>
       <c r="G197" s="1"/>
       <c r="H197" s="1"/>
       <c r="I197" s="1"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1"/>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
       <c r="Q197" s="1"/>
       <c r="R197" s="1"/>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
       <c r="X197" s="1"/>
       <c r="Y197" s="1"/>
     </row>
     <row r="198" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A198" s="11" t="s">
+        <v>414</v>
+      </c>
+      <c r="B198" s="12" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="C198" s="13">
         <v>18138.580000000002</v>
       </c>
       <c r="D198" s="13">
         <v>0</v>
       </c>
       <c r="E198" s="1"/>
       <c r="F198" s="1"/>
       <c r="G198" s="1"/>
       <c r="H198" s="1"/>
       <c r="I198" s="1"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
       <c r="X198" s="1"/>
       <c r="Y198" s="1"/>
     </row>
     <row r="199" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A199" s="11" t="s">
+        <v>416</v>
+      </c>
+      <c r="B199" s="12" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="C199" s="13">
         <v>20206.05</v>
       </c>
       <c r="D199" s="13">
         <v>0</v>
       </c>
       <c r="E199" s="1"/>
       <c r="F199" s="1"/>
       <c r="G199" s="1"/>
       <c r="H199" s="1"/>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1"/>
       <c r="Q199" s="1"/>
       <c r="R199" s="1"/>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
       <c r="X199" s="1"/>
       <c r="Y199" s="1"/>
     </row>
     <row r="200" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A200" s="11" t="s">
+        <v>418</v>
+      </c>
+      <c r="B200" s="12" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="C200" s="13">
         <v>165450.57999999999</v>
       </c>
       <c r="D200" s="13">
         <v>8711.5</v>
       </c>
       <c r="E200" s="1"/>
       <c r="F200" s="1"/>
       <c r="G200" s="1"/>
       <c r="H200" s="1"/>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1"/>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1"/>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
       <c r="X200" s="1"/>
       <c r="Y200" s="1"/>
     </row>
     <row r="201" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A201" s="11" t="s">
+        <v>420</v>
+      </c>
+      <c r="B201" s="12" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="C201" s="13">
         <v>13276.05</v>
       </c>
       <c r="D201" s="13">
         <v>0</v>
       </c>
       <c r="E201" s="1"/>
       <c r="F201" s="1"/>
       <c r="G201" s="1"/>
       <c r="H201" s="1"/>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1"/>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
       <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1"/>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
       <c r="X201" s="1"/>
       <c r="Y201" s="1"/>
     </row>
     <row r="202" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A202" s="11" t="s">
+        <v>422</v>
+      </c>
+      <c r="B202" s="12" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="C202" s="13">
         <v>31201.53</v>
       </c>
       <c r="D202" s="13">
         <v>0</v>
       </c>
       <c r="E202" s="1"/>
       <c r="F202" s="1"/>
       <c r="G202" s="1"/>
       <c r="H202" s="1"/>
       <c r="I202" s="1"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1"/>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1"/>
       <c r="P202" s="1"/>
       <c r="Q202" s="1"/>
       <c r="R202" s="1"/>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
       <c r="X202" s="1"/>
       <c r="Y202" s="1"/>
     </row>
     <row r="203" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A203" s="11" t="s">
+        <v>424</v>
+      </c>
+      <c r="B203" s="12" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="C203" s="13">
         <v>23253.26</v>
       </c>
       <c r="D203" s="13">
         <v>1632.62</v>
       </c>
       <c r="E203" s="1"/>
       <c r="F203" s="1"/>
       <c r="G203" s="1"/>
       <c r="H203" s="1"/>
       <c r="I203" s="1"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1"/>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
       <c r="X203" s="1"/>
       <c r="Y203" s="1"/>
     </row>
     <row r="204" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A204" s="11" t="s">
+        <v>426</v>
+      </c>
+      <c r="B204" s="12" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="C204" s="13">
         <v>13270.1</v>
       </c>
       <c r="D204" s="13">
         <v>0</v>
       </c>
       <c r="E204" s="1"/>
       <c r="F204" s="1"/>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1"/>
       <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1"/>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
       <c r="X204" s="1"/>
       <c r="Y204" s="1"/>
     </row>
     <row r="205" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A205" s="11" t="s">
+        <v>428</v>
+      </c>
+      <c r="B205" s="12" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="C205" s="13">
         <v>17034.13</v>
       </c>
       <c r="D205" s="13">
         <v>0</v>
       </c>
       <c r="E205" s="1"/>
       <c r="F205" s="1"/>
       <c r="G205" s="1"/>
       <c r="H205" s="1"/>
       <c r="I205" s="1"/>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1"/>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
       <c r="P205" s="1"/>
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
       <c r="X205" s="1"/>
       <c r="Y205" s="1"/>
     </row>
     <row r="206" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A206" s="11" t="s">
+        <v>430</v>
+      </c>
+      <c r="B206" s="12" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="C206" s="13">
         <v>107607.03999999999</v>
       </c>
       <c r="D206" s="13">
         <v>2807.89</v>
       </c>
       <c r="E206" s="1"/>
       <c r="F206" s="1"/>
       <c r="G206" s="1"/>
       <c r="H206" s="1"/>
       <c r="I206" s="1"/>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1"/>
       <c r="P206" s="1"/>
       <c r="Q206" s="1"/>
       <c r="R206" s="1"/>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
       <c r="X206" s="1"/>
       <c r="Y206" s="1"/>
     </row>
     <row r="207" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A207" s="11" t="s">
+        <v>432</v>
+      </c>
+      <c r="B207" s="12" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="C207" s="13">
         <v>20235.38</v>
       </c>
       <c r="D207" s="13">
         <v>0</v>
       </c>
       <c r="E207" s="1"/>
       <c r="F207" s="1"/>
       <c r="G207" s="1"/>
       <c r="H207" s="1"/>
       <c r="I207" s="1"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1"/>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1"/>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
       <c r="X207" s="1"/>
       <c r="Y207" s="1"/>
     </row>
     <row r="208" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A208" s="11" t="s">
+        <v>434</v>
+      </c>
+      <c r="B208" s="12" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="C208" s="13">
         <v>13120.71</v>
       </c>
       <c r="D208" s="13">
         <v>0</v>
       </c>
       <c r="E208" s="1"/>
       <c r="F208" s="1"/>
       <c r="G208" s="1"/>
       <c r="H208" s="1"/>
       <c r="I208" s="1"/>
       <c r="J208" s="1"/>
       <c r="K208" s="1"/>
       <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1"/>
       <c r="Q208" s="1"/>
       <c r="R208" s="1"/>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
       <c r="X208" s="1"/>
       <c r="Y208" s="1"/>
     </row>
     <row r="209" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A209" s="11" t="s">
+        <v>436</v>
+      </c>
+      <c r="B209" s="12" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="C209" s="13">
         <v>20379.29</v>
       </c>
       <c r="D209" s="13">
         <v>0</v>
       </c>
       <c r="E209" s="1"/>
       <c r="F209" s="1"/>
       <c r="G209" s="1"/>
       <c r="H209" s="1"/>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1"/>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
       <c r="X209" s="1"/>
       <c r="Y209" s="1"/>
     </row>
     <row r="210" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A210" s="11" t="s">
+        <v>438</v>
+      </c>
+      <c r="B210" s="12" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="C210" s="13">
         <v>44562.2</v>
       </c>
       <c r="D210" s="13">
         <v>0</v>
       </c>
       <c r="E210" s="1"/>
       <c r="F210" s="1"/>
       <c r="G210" s="1"/>
       <c r="H210" s="1"/>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
       <c r="X210" s="1"/>
       <c r="Y210" s="1"/>
     </row>
     <row r="211" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A211" s="11" t="s">
+        <v>440</v>
+      </c>
+      <c r="B211" s="12" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="C211" s="13">
         <v>17551.240000000002</v>
       </c>
       <c r="D211" s="13">
         <v>0</v>
       </c>
       <c r="E211" s="1"/>
       <c r="F211" s="1"/>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
       <c r="X211" s="1"/>
       <c r="Y211" s="1"/>
     </row>
     <row r="212" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A212" s="11" t="s">
+        <v>442</v>
+      </c>
+      <c r="B212" s="12" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="C212" s="13">
         <v>8827.49</v>
       </c>
       <c r="D212" s="13">
         <v>0</v>
       </c>
       <c r="E212" s="1"/>
       <c r="F212" s="1"/>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1"/>
       <c r="J212" s="1"/>
       <c r="K212" s="1"/>
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
       <c r="X212" s="1"/>
       <c r="Y212" s="1"/>
     </row>
     <row r="213" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A213" s="11" t="s">
+        <v>444</v>
+      </c>
+      <c r="B213" s="12" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="C213" s="13">
         <v>11046.38</v>
       </c>
       <c r="D213" s="13">
         <v>0</v>
       </c>
       <c r="E213" s="1"/>
       <c r="F213" s="1"/>
       <c r="G213" s="1"/>
       <c r="H213" s="1"/>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
       <c r="X213" s="1"/>
       <c r="Y213" s="1"/>
     </row>
     <row r="214" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A214" s="11" t="s">
+        <v>446</v>
+      </c>
+      <c r="B214" s="12" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="C214" s="13">
         <v>9063.51</v>
       </c>
       <c r="D214" s="13">
         <v>0</v>
       </c>
       <c r="E214" s="1"/>
       <c r="F214" s="1"/>
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
       <c r="I214" s="1"/>
       <c r="J214" s="1"/>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
       <c r="X214" s="1"/>
       <c r="Y214" s="1"/>
     </row>
     <row r="215" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A215" s="11" t="s">
+        <v>448</v>
+      </c>
+      <c r="B215" s="12" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="C215" s="13">
         <v>22800.87</v>
       </c>
       <c r="D215" s="13">
         <v>0</v>
       </c>
       <c r="E215" s="1"/>
       <c r="F215" s="1"/>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1"/>
       <c r="J215" s="1"/>
       <c r="K215" s="1"/>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1"/>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
       <c r="X215" s="1"/>
       <c r="Y215" s="1"/>
     </row>
     <row r="216" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A216" s="11" t="s">
+        <v>450</v>
+      </c>
+      <c r="B216" s="12" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="C216" s="13">
         <v>52019.15</v>
       </c>
       <c r="D216" s="13">
         <v>0</v>
       </c>
       <c r="E216" s="1"/>
       <c r="F216" s="1"/>
       <c r="G216" s="1"/>
       <c r="H216" s="1"/>
       <c r="I216" s="1"/>
       <c r="J216" s="1"/>
       <c r="K216" s="1"/>
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
       <c r="X216" s="1"/>
       <c r="Y216" s="1"/>
     </row>
     <row r="217" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A217" s="11" t="s">
+        <v>452</v>
+      </c>
+      <c r="B217" s="12" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="C217" s="13">
         <v>16666.29</v>
       </c>
       <c r="D217" s="13">
         <v>0</v>
       </c>
       <c r="E217" s="1"/>
       <c r="F217" s="1"/>
       <c r="G217" s="1"/>
       <c r="H217" s="1"/>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
       <c r="X217" s="1"/>
       <c r="Y217" s="1"/>
     </row>
     <row r="218" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A218" s="11" t="s">
+        <v>454</v>
+      </c>
+      <c r="B218" s="12" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="C218" s="13">
         <v>12482.49</v>
       </c>
       <c r="D218" s="13">
         <v>0</v>
       </c>
       <c r="E218" s="1"/>
       <c r="F218" s="1"/>
       <c r="G218" s="1"/>
       <c r="H218" s="1"/>
       <c r="I218" s="1"/>
       <c r="J218" s="1"/>
       <c r="K218" s="1"/>
       <c r="L218" s="1"/>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1"/>
       <c r="Q218" s="1"/>
       <c r="R218" s="1"/>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
       <c r="X218" s="1"/>
       <c r="Y218" s="1"/>
     </row>
     <row r="219" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A219" s="11" t="s">
+        <v>456</v>
+      </c>
+      <c r="B219" s="12" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="C219" s="13">
         <v>10207.09</v>
       </c>
       <c r="D219" s="13">
         <v>0</v>
       </c>
       <c r="E219" s="1"/>
       <c r="F219" s="1"/>
       <c r="G219" s="1"/>
       <c r="H219" s="1"/>
       <c r="I219" s="1"/>
       <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
       <c r="X219" s="1"/>
       <c r="Y219" s="1"/>
     </row>
     <row r="220" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A220" s="11" t="s">
+        <v>458</v>
+      </c>
+      <c r="B220" s="12" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
       <c r="C220" s="13">
         <v>18080.05</v>
       </c>
       <c r="D220" s="13">
         <v>0</v>
       </c>
       <c r="E220" s="1"/>
       <c r="F220" s="1"/>
       <c r="G220" s="1"/>
       <c r="H220" s="1"/>
       <c r="I220" s="1"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
       <c r="X220" s="1"/>
       <c r="Y220" s="1"/>
     </row>
     <row r="221" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A221" s="11" t="s">
+        <v>460</v>
+      </c>
+      <c r="B221" s="12" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="C221" s="13">
         <v>45054.78</v>
       </c>
-      <c r="D221" s="14">
+      <c r="D221" s="13">
         <v>0</v>
       </c>
       <c r="E221" s="1"/>
       <c r="F221" s="1"/>
       <c r="G221" s="1"/>
       <c r="H221" s="1"/>
       <c r="I221" s="1"/>
       <c r="J221" s="1"/>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
       <c r="X221" s="1"/>
       <c r="Y221" s="1"/>
     </row>
     <row r="222" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A222" s="11" t="s">
+        <v>462</v>
+      </c>
+      <c r="B222" s="12" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="C222" s="13">
         <v>33798.21</v>
       </c>
       <c r="D222" s="13">
         <v>0</v>
       </c>
       <c r="E222" s="1"/>
       <c r="F222" s="1"/>
       <c r="G222" s="1"/>
       <c r="H222" s="1"/>
       <c r="I222" s="1"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
       <c r="X222" s="1"/>
       <c r="Y222" s="1"/>
     </row>
     <row r="223" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A223" s="11" t="s">
+        <v>464</v>
+      </c>
+      <c r="B223" s="12" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="C223" s="13">
         <v>74560.08</v>
       </c>
       <c r="D223" s="13">
         <v>0</v>
       </c>
       <c r="E223" s="1"/>
       <c r="F223" s="1"/>
       <c r="G223" s="1"/>
       <c r="H223" s="1"/>
       <c r="I223" s="1"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
       <c r="X223" s="1"/>
       <c r="Y223" s="1"/>
     </row>
     <row r="224" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A224" s="11" t="s">
+        <v>466</v>
+      </c>
+      <c r="B224" s="12" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="C224" s="13">
         <v>10172.200000000001</v>
       </c>
       <c r="D224" s="13">
         <v>0</v>
       </c>
       <c r="E224" s="1"/>
       <c r="F224" s="1"/>
       <c r="G224" s="1"/>
       <c r="H224" s="1"/>
       <c r="I224" s="1"/>
       <c r="J224" s="1"/>
       <c r="K224" s="1"/>
       <c r="L224" s="1"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
       <c r="X224" s="1"/>
       <c r="Y224" s="1"/>
     </row>
     <row r="225" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A225" s="11" t="s">
+        <v>468</v>
+      </c>
+      <c r="B225" s="12" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="C225" s="13">
         <v>7281.31</v>
       </c>
       <c r="D225" s="13">
         <v>0</v>
       </c>
       <c r="E225" s="1"/>
       <c r="F225" s="1"/>
       <c r="G225" s="1"/>
       <c r="H225" s="1"/>
       <c r="I225" s="1"/>
       <c r="J225" s="1"/>
       <c r="K225" s="1"/>
       <c r="L225" s="1"/>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
       <c r="X225" s="1"/>
       <c r="Y225" s="1"/>
     </row>
     <row r="226" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A226" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="B226" s="12" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
       <c r="C226" s="13">
         <v>10006.08</v>
       </c>
       <c r="D226" s="13">
         <v>0</v>
       </c>
       <c r="E226" s="1"/>
       <c r="F226" s="1"/>
       <c r="G226" s="1"/>
       <c r="H226" s="1"/>
       <c r="I226" s="1"/>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
       <c r="X226" s="1"/>
       <c r="Y226" s="1"/>
     </row>
     <row r="227" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A227" s="11" t="s">
+        <v>472</v>
+      </c>
+      <c r="B227" s="12" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="C227" s="13">
         <v>25827.52</v>
       </c>
       <c r="D227" s="13">
         <v>0</v>
       </c>
       <c r="E227" s="1"/>
       <c r="F227" s="1"/>
       <c r="G227" s="1"/>
       <c r="H227" s="1"/>
       <c r="I227" s="1"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
       <c r="X227" s="1"/>
       <c r="Y227" s="1"/>
     </row>
     <row r="228" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A228" s="11" t="s">
+        <v>474</v>
+      </c>
+      <c r="B228" s="12" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="C228" s="13">
         <v>5201.17</v>
       </c>
       <c r="D228" s="13">
         <v>0</v>
       </c>
       <c r="E228" s="1"/>
       <c r="F228" s="1"/>
       <c r="G228" s="1"/>
       <c r="H228" s="1"/>
       <c r="I228" s="1"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1"/>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
       <c r="X228" s="1"/>
       <c r="Y228" s="1"/>
     </row>
     <row r="229" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A229" s="11" t="s">
+        <v>476</v>
+      </c>
+      <c r="B229" s="12" t="s">
         <v>477</v>
       </c>
-      <c r="B229" s="12" t="s">
-[...3 lines deleted...]
-        <v>7637.73</v>
+      <c r="C229" s="14">
+        <v>0</v>
       </c>
       <c r="D229" s="13">
         <v>0</v>
       </c>
       <c r="E229" s="1"/>
       <c r="F229" s="1"/>
       <c r="G229" s="1"/>
       <c r="H229" s="1"/>
       <c r="I229" s="1"/>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
       <c r="X229" s="1"/>
       <c r="Y229" s="1"/>
     </row>
     <row r="230" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A230" s="11" t="s">
+        <v>478</v>
+      </c>
+      <c r="B230" s="12" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="C230" s="13">
         <v>32602.83</v>
       </c>
       <c r="D230" s="13">
         <v>0</v>
       </c>
       <c r="E230" s="1"/>
       <c r="F230" s="1"/>
       <c r="G230" s="1"/>
       <c r="H230" s="1"/>
       <c r="I230" s="1"/>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1"/>
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
       <c r="X230" s="1"/>
       <c r="Y230" s="1"/>
     </row>
     <row r="231" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A231" s="11" t="s">
+        <v>480</v>
+      </c>
+      <c r="B231" s="12" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="C231" s="13">
         <v>94578.11</v>
       </c>
       <c r="D231" s="13">
         <v>6626.41</v>
       </c>
       <c r="E231" s="1"/>
       <c r="F231" s="1"/>
       <c r="G231" s="1"/>
       <c r="H231" s="1"/>
       <c r="I231" s="1"/>
       <c r="J231" s="1"/>
       <c r="K231" s="1"/>
       <c r="L231" s="1"/>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
       <c r="X231" s="1"/>
       <c r="Y231" s="1"/>
     </row>
     <row r="232" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A232" s="11" t="s">
+        <v>482</v>
+      </c>
+      <c r="B232" s="12" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
       <c r="C232" s="13">
         <v>200241.16</v>
       </c>
       <c r="D232" s="13">
         <v>6454.2</v>
       </c>
       <c r="E232" s="1"/>
       <c r="F232" s="1"/>
       <c r="G232" s="1"/>
       <c r="H232" s="1"/>
       <c r="I232" s="1"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
       <c r="X232" s="1"/>
       <c r="Y232" s="1"/>
     </row>
     <row r="233" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A233" s="11" t="s">
+        <v>484</v>
+      </c>
+      <c r="B233" s="12" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="C233" s="13">
         <v>17758.580000000002</v>
       </c>
       <c r="D233" s="13">
         <v>0</v>
       </c>
       <c r="E233" s="1"/>
       <c r="F233" s="1"/>
       <c r="G233" s="1"/>
       <c r="H233" s="1"/>
       <c r="I233" s="1"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
       <c r="X233" s="1"/>
       <c r="Y233" s="1"/>
     </row>
     <row r="234" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A234" s="11" t="s">
+        <v>486</v>
+      </c>
+      <c r="B234" s="12" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="C234" s="13">
         <v>4764.34</v>
       </c>
       <c r="D234" s="13">
         <v>0</v>
       </c>
       <c r="E234" s="1"/>
       <c r="F234" s="1"/>
       <c r="G234" s="1"/>
       <c r="H234" s="1"/>
       <c r="I234" s="1"/>
       <c r="J234" s="1"/>
       <c r="K234" s="1"/>
       <c r="L234" s="1"/>
       <c r="M234" s="1"/>
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
       <c r="X234" s="1"/>
       <c r="Y234" s="1"/>
     </row>
     <row r="235" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A235" s="11" t="s">
+        <v>488</v>
+      </c>
+      <c r="B235" s="12" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="C235" s="13">
         <v>22057.88</v>
       </c>
       <c r="D235" s="13">
         <v>0</v>
       </c>
       <c r="E235" s="1"/>
       <c r="F235" s="1"/>
       <c r="G235" s="1"/>
       <c r="H235" s="1"/>
       <c r="I235" s="1"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1"/>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
       <c r="X235" s="1"/>
       <c r="Y235" s="1"/>
     </row>
     <row r="236" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A236" s="11" t="s">
+        <v>490</v>
+      </c>
+      <c r="B236" s="12" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="C236" s="13">
         <v>17660.72</v>
       </c>
       <c r="D236" s="13">
         <v>0</v>
       </c>
       <c r="E236" s="1"/>
       <c r="F236" s="1"/>
       <c r="G236" s="1"/>
       <c r="H236" s="1"/>
       <c r="I236" s="1"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1"/>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
       <c r="X236" s="1"/>
       <c r="Y236" s="1"/>
     </row>
     <row r="237" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A237" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="B237" s="12" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="C237" s="13">
         <v>47300.6</v>
       </c>
       <c r="D237" s="13">
         <v>5916.96</v>
       </c>
       <c r="E237" s="1"/>
       <c r="F237" s="1"/>
       <c r="G237" s="1"/>
       <c r="H237" s="1"/>
       <c r="I237" s="1"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1"/>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
       <c r="X237" s="1"/>
       <c r="Y237" s="1"/>
     </row>
     <row r="238" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A238" s="11" t="s">
+        <v>494</v>
+      </c>
+      <c r="B238" s="12" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="C238" s="13">
         <v>62964.56</v>
       </c>
       <c r="D238" s="13">
         <v>2947.83</v>
       </c>
       <c r="E238" s="1"/>
       <c r="F238" s="1"/>
       <c r="G238" s="1"/>
       <c r="H238" s="1"/>
       <c r="I238" s="1"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
       <c r="X238" s="1"/>
       <c r="Y238" s="1"/>
     </row>
     <row r="239" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A239" s="11" t="s">
+        <v>496</v>
+      </c>
+      <c r="B239" s="12" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="C239" s="13">
         <v>61729.599999999999</v>
       </c>
       <c r="D239" s="13">
         <v>2828.16</v>
       </c>
       <c r="E239" s="1"/>
       <c r="F239" s="1"/>
       <c r="G239" s="1"/>
       <c r="H239" s="1"/>
       <c r="I239" s="1"/>
       <c r="J239" s="1"/>
       <c r="K239" s="1"/>
       <c r="L239" s="1"/>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1"/>
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
       <c r="X239" s="1"/>
       <c r="Y239" s="1"/>
     </row>
     <row r="240" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A240" s="11" t="s">
+        <v>498</v>
+      </c>
+      <c r="B240" s="12" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="C240" s="13">
         <v>13701.38</v>
       </c>
       <c r="D240" s="13">
         <v>0</v>
       </c>
       <c r="E240" s="1"/>
       <c r="F240" s="1"/>
       <c r="G240" s="1"/>
       <c r="H240" s="1"/>
       <c r="I240" s="1"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1"/>
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
       <c r="X240" s="1"/>
       <c r="Y240" s="1"/>
     </row>
     <row r="241" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A241" s="11" t="s">
+        <v>500</v>
+      </c>
+      <c r="B241" s="12" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="C241" s="13">
         <v>27930.33</v>
       </c>
       <c r="D241" s="13">
         <v>3175.02</v>
       </c>
       <c r="E241" s="1"/>
       <c r="F241" s="1"/>
       <c r="G241" s="1"/>
       <c r="H241" s="1"/>
       <c r="I241" s="1"/>
       <c r="J241" s="1"/>
       <c r="K241" s="1"/>
       <c r="L241" s="1"/>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
       <c r="P241" s="1"/>
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
       <c r="X241" s="1"/>
       <c r="Y241" s="1"/>
     </row>
     <row r="242" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A242" s="11" t="s">
+        <v>502</v>
+      </c>
+      <c r="B242" s="12" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="C242" s="13">
         <v>36211.25</v>
       </c>
       <c r="D242" s="13">
         <v>0</v>
       </c>
       <c r="E242" s="1"/>
       <c r="F242" s="1"/>
       <c r="G242" s="1"/>
       <c r="H242" s="1"/>
       <c r="I242" s="1"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1"/>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1"/>
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
       <c r="X242" s="1"/>
       <c r="Y242" s="1"/>
     </row>
     <row r="243" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A243" s="11" t="s">
+        <v>504</v>
+      </c>
+      <c r="B243" s="12" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="C243" s="13">
         <v>42349.440000000002</v>
       </c>
       <c r="D243" s="13">
         <v>0</v>
       </c>
       <c r="E243" s="1"/>
       <c r="F243" s="1"/>
       <c r="G243" s="1"/>
       <c r="H243" s="1"/>
       <c r="I243" s="1"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1"/>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
       <c r="X243" s="1"/>
       <c r="Y243" s="1"/>
     </row>
     <row r="244" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A244" s="11" t="s">
+        <v>506</v>
+      </c>
+      <c r="B244" s="12" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="C244" s="13">
         <v>10839.3</v>
       </c>
       <c r="D244" s="13">
         <v>3550.2</v>
       </c>
       <c r="E244" s="1"/>
       <c r="F244" s="1"/>
       <c r="G244" s="1"/>
       <c r="H244" s="1"/>
       <c r="I244" s="1"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1"/>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
       <c r="X244" s="1"/>
       <c r="Y244" s="1"/>
     </row>
     <row r="245" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A245" s="11" t="s">
+        <v>508</v>
+      </c>
+      <c r="B245" s="12" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="C245" s="13">
         <v>18097.240000000002</v>
       </c>
       <c r="D245" s="13">
         <v>0</v>
       </c>
       <c r="E245" s="1"/>
       <c r="F245" s="1"/>
       <c r="G245" s="1"/>
       <c r="H245" s="1"/>
       <c r="I245" s="1"/>
       <c r="J245" s="1"/>
       <c r="K245" s="1"/>
       <c r="L245" s="1"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1"/>
       <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
       <c r="X245" s="1"/>
       <c r="Y245" s="1"/>
     </row>
     <row r="246" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A246" s="11" t="s">
+        <v>510</v>
+      </c>
+      <c r="B246" s="12" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="C246" s="13">
         <v>11431.02</v>
       </c>
       <c r="D246" s="13">
         <v>0</v>
       </c>
       <c r="E246" s="1"/>
       <c r="F246" s="1"/>
       <c r="G246" s="1"/>
       <c r="H246" s="1"/>
       <c r="I246" s="1"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
       <c r="X246" s="1"/>
       <c r="Y246" s="1"/>
     </row>
     <row r="247" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A247" s="11" t="s">
+        <v>512</v>
+      </c>
+      <c r="B247" s="12" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="C247" s="13">
         <v>15597.83</v>
       </c>
       <c r="D247" s="13">
         <v>0</v>
       </c>
       <c r="E247" s="1"/>
       <c r="F247" s="1"/>
       <c r="G247" s="1"/>
       <c r="H247" s="1"/>
       <c r="I247" s="1"/>
       <c r="J247" s="1"/>
       <c r="K247" s="1"/>
       <c r="L247" s="1"/>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1"/>
       <c r="P247" s="1"/>
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
       <c r="X247" s="1"/>
       <c r="Y247" s="1"/>
     </row>
     <row r="248" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A248" s="11" t="s">
+        <v>514</v>
+      </c>
+      <c r="B248" s="12" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="C248" s="13">
         <v>20989.15</v>
       </c>
       <c r="D248" s="13">
         <v>8377.48</v>
       </c>
       <c r="E248" s="1"/>
       <c r="F248" s="1"/>
       <c r="G248" s="1"/>
       <c r="H248" s="1"/>
       <c r="I248" s="1"/>
       <c r="J248" s="1"/>
       <c r="K248" s="1"/>
       <c r="L248" s="1"/>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
       <c r="O248" s="1"/>
       <c r="P248" s="1"/>
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
       <c r="X248" s="1"/>
       <c r="Y248" s="1"/>
     </row>
     <row r="249" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A249" s="11" t="s">
+        <v>516</v>
+      </c>
+      <c r="B249" s="12" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="C249" s="13">
         <v>20396.93</v>
       </c>
       <c r="D249" s="13">
         <v>0</v>
       </c>
       <c r="E249" s="1"/>
       <c r="F249" s="1"/>
       <c r="G249" s="1"/>
       <c r="H249" s="1"/>
       <c r="I249" s="1"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
       <c r="X249" s="1"/>
       <c r="Y249" s="1"/>
     </row>
     <row r="250" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A250" s="11" t="s">
+        <v>518</v>
+      </c>
+      <c r="B250" s="12" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="C250" s="13">
         <v>12402.2</v>
       </c>
       <c r="D250" s="13">
         <v>0</v>
       </c>
       <c r="E250" s="1"/>
       <c r="F250" s="1"/>
       <c r="G250" s="1"/>
       <c r="H250" s="1"/>
       <c r="I250" s="1"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
       <c r="X250" s="1"/>
       <c r="Y250" s="1"/>
     </row>
     <row r="251" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A251" s="11" t="s">
+        <v>520</v>
+      </c>
+      <c r="B251" s="12" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="C251" s="13">
         <v>8959.51</v>
       </c>
       <c r="D251" s="13">
         <v>0</v>
       </c>
       <c r="E251" s="1"/>
       <c r="F251" s="1"/>
       <c r="G251" s="1"/>
       <c r="H251" s="1"/>
       <c r="I251" s="1"/>
       <c r="J251" s="1"/>
       <c r="K251" s="1"/>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
       <c r="X251" s="1"/>
       <c r="Y251" s="1"/>
     </row>
     <row r="252" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A252" s="11" t="s">
+        <v>522</v>
+      </c>
+      <c r="B252" s="12" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="C252" s="13">
         <v>13850.78</v>
       </c>
       <c r="D252" s="13">
         <v>0</v>
       </c>
       <c r="E252" s="1"/>
       <c r="F252" s="1"/>
       <c r="G252" s="1"/>
       <c r="H252" s="1"/>
       <c r="I252" s="1"/>
       <c r="J252" s="1"/>
       <c r="K252" s="1"/>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
       <c r="X252" s="1"/>
       <c r="Y252" s="1"/>
     </row>
     <row r="253" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A253" s="11" t="s">
+        <v>524</v>
+      </c>
+      <c r="B253" s="12" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="C253" s="13">
         <v>43958.73</v>
       </c>
       <c r="D253" s="13">
         <v>0</v>
       </c>
       <c r="E253" s="1"/>
       <c r="F253" s="1"/>
       <c r="G253" s="1"/>
       <c r="H253" s="1"/>
       <c r="I253" s="1"/>
       <c r="J253" s="1"/>
       <c r="K253" s="1"/>
       <c r="L253" s="1"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
       <c r="X253" s="1"/>
       <c r="Y253" s="1"/>
     </row>
     <row r="254" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A254" s="11" t="s">
+        <v>526</v>
+      </c>
+      <c r="B254" s="12" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="C254" s="13">
         <v>11959.56</v>
       </c>
       <c r="D254" s="13">
         <v>0</v>
       </c>
       <c r="E254" s="1"/>
       <c r="F254" s="1"/>
       <c r="G254" s="1"/>
       <c r="H254" s="1"/>
       <c r="I254" s="1"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1"/>
       <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1"/>
       <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
       <c r="X254" s="1"/>
       <c r="Y254" s="1"/>
     </row>
     <row r="255" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A255" s="11" t="s">
+        <v>528</v>
+      </c>
+      <c r="B255" s="12" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="C255" s="13">
         <v>6258.59</v>
       </c>
       <c r="D255" s="13">
         <v>0</v>
       </c>
       <c r="E255" s="1"/>
       <c r="F255" s="1"/>
       <c r="G255" s="1"/>
       <c r="H255" s="1"/>
       <c r="I255" s="1"/>
       <c r="J255" s="1"/>
       <c r="K255" s="1"/>
       <c r="L255" s="1"/>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
       <c r="O255" s="1"/>
       <c r="P255" s="1"/>
       <c r="Q255" s="1"/>
       <c r="R255" s="1"/>
       <c r="S255" s="1"/>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
       <c r="X255" s="1"/>
       <c r="Y255" s="1"/>
     </row>
     <row r="256" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A256" s="11" t="s">
+        <v>530</v>
+      </c>
+      <c r="B256" s="12" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="C256" s="13">
         <v>30724.47</v>
       </c>
       <c r="D256" s="13">
         <v>0</v>
       </c>
       <c r="E256" s="1"/>
       <c r="F256" s="1"/>
       <c r="G256" s="1"/>
       <c r="H256" s="1"/>
       <c r="I256" s="1"/>
       <c r="J256" s="1"/>
       <c r="K256" s="1"/>
       <c r="L256" s="1"/>
       <c r="M256" s="1"/>
       <c r="N256" s="1"/>
       <c r="O256" s="1"/>
       <c r="P256" s="1"/>
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
       <c r="X256" s="1"/>
       <c r="Y256" s="1"/>
     </row>
     <row r="257" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A257" s="11" t="s">
+        <v>532</v>
+      </c>
+      <c r="B257" s="12" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
       <c r="C257" s="13">
         <v>47359.62</v>
       </c>
       <c r="D257" s="13">
         <v>0</v>
       </c>
       <c r="E257" s="1"/>
       <c r="F257" s="1"/>
       <c r="G257" s="1"/>
       <c r="H257" s="1"/>
       <c r="I257" s="1"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
       <c r="X257" s="1"/>
       <c r="Y257" s="1"/>
     </row>
     <row r="258" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A258" s="11" t="s">
+        <v>534</v>
+      </c>
+      <c r="B258" s="12" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="C258" s="13">
         <v>35453.800000000003</v>
       </c>
       <c r="D258" s="13">
         <v>3609.64</v>
       </c>
       <c r="E258" s="1"/>
       <c r="F258" s="1"/>
       <c r="G258" s="1"/>
       <c r="H258" s="1"/>
       <c r="I258" s="1"/>
       <c r="J258" s="1"/>
       <c r="K258" s="1"/>
       <c r="L258" s="1"/>
       <c r="M258" s="1"/>
       <c r="N258" s="1"/>
       <c r="O258" s="1"/>
       <c r="P258" s="1"/>
       <c r="Q258" s="1"/>
       <c r="R258" s="1"/>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
       <c r="X258" s="1"/>
       <c r="Y258" s="1"/>
     </row>
     <row r="259" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A259" s="11" t="s">
+        <v>536</v>
+      </c>
+      <c r="B259" s="12" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="C259" s="13">
         <v>37590.85</v>
       </c>
       <c r="D259" s="13">
         <v>0</v>
       </c>
       <c r="E259" s="1"/>
       <c r="F259" s="1"/>
       <c r="G259" s="1"/>
       <c r="H259" s="1"/>
       <c r="I259" s="1"/>
       <c r="J259" s="1"/>
       <c r="K259" s="1"/>
       <c r="L259" s="1"/>
       <c r="M259" s="1"/>
       <c r="N259" s="1"/>
       <c r="O259" s="1"/>
       <c r="P259" s="1"/>
       <c r="Q259" s="1"/>
       <c r="R259" s="1"/>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
       <c r="X259" s="1"/>
       <c r="Y259" s="1"/>
     </row>
     <row r="260" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A260" s="11" t="s">
+        <v>538</v>
+      </c>
+      <c r="B260" s="12" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="C260" s="13">
         <v>28160.080000000002</v>
       </c>
       <c r="D260" s="13">
         <v>0</v>
       </c>
       <c r="E260" s="1"/>
       <c r="F260" s="1"/>
       <c r="G260" s="1"/>
       <c r="H260" s="1"/>
       <c r="I260" s="1"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1"/>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
       <c r="X260" s="1"/>
       <c r="Y260" s="1"/>
     </row>
     <row r="261" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A261" s="11" t="s">
+        <v>540</v>
+      </c>
+      <c r="B261" s="12" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="C261" s="13">
         <v>10442.450000000001</v>
       </c>
       <c r="D261" s="13">
         <v>0</v>
       </c>
       <c r="E261" s="1"/>
       <c r="F261" s="1"/>
       <c r="G261" s="1"/>
       <c r="H261" s="1"/>
       <c r="I261" s="1"/>
       <c r="J261" s="1"/>
       <c r="K261" s="1"/>
       <c r="L261" s="1"/>
       <c r="M261" s="1"/>
       <c r="N261" s="1"/>
       <c r="O261" s="1"/>
       <c r="P261" s="1"/>
       <c r="Q261" s="1"/>
       <c r="R261" s="1"/>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
       <c r="X261" s="1"/>
       <c r="Y261" s="1"/>
     </row>
     <row r="262" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A262" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="B262" s="12" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
       <c r="C262" s="13">
         <v>18447.900000000001</v>
       </c>
       <c r="D262" s="13">
         <v>0</v>
       </c>
       <c r="E262" s="1"/>
       <c r="F262" s="1"/>
       <c r="G262" s="1"/>
       <c r="H262" s="1"/>
       <c r="I262" s="1"/>
       <c r="J262" s="1"/>
       <c r="K262" s="1"/>
       <c r="L262" s="1"/>
       <c r="M262" s="1"/>
       <c r="N262" s="1"/>
       <c r="O262" s="1"/>
       <c r="P262" s="1"/>
       <c r="Q262" s="1"/>
       <c r="R262" s="1"/>
       <c r="S262" s="1"/>
       <c r="T262" s="1"/>
       <c r="U262" s="1"/>
       <c r="V262" s="1"/>
       <c r="W262" s="1"/>
       <c r="X262" s="1"/>
       <c r="Y262" s="1"/>
     </row>
     <row r="263" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A263" s="11" t="s">
+        <v>544</v>
+      </c>
+      <c r="B263" s="12" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
       <c r="C263" s="13">
         <v>39443.449999999997</v>
       </c>
       <c r="D263" s="13">
         <v>8892.18</v>
       </c>
       <c r="E263" s="1"/>
       <c r="F263" s="1"/>
       <c r="G263" s="1"/>
       <c r="H263" s="1"/>
       <c r="I263" s="1"/>
       <c r="J263" s="1"/>
       <c r="K263" s="1"/>
       <c r="L263" s="1"/>
       <c r="M263" s="1"/>
       <c r="N263" s="1"/>
       <c r="O263" s="1"/>
       <c r="P263" s="1"/>
       <c r="Q263" s="1"/>
       <c r="R263" s="1"/>
       <c r="S263" s="1"/>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
       <c r="X263" s="1"/>
       <c r="Y263" s="1"/>
     </row>
     <row r="264" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A264" s="11" t="s">
+        <v>546</v>
+      </c>
+      <c r="B264" s="12" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="C264" s="13">
         <v>14172.25</v>
       </c>
       <c r="D264" s="13">
         <v>0</v>
       </c>
       <c r="E264" s="1"/>
       <c r="F264" s="1"/>
       <c r="G264" s="1"/>
       <c r="H264" s="1"/>
       <c r="I264" s="1"/>
       <c r="J264" s="1"/>
       <c r="K264" s="1"/>
       <c r="L264" s="1"/>
       <c r="M264" s="1"/>
       <c r="N264" s="1"/>
       <c r="O264" s="1"/>
       <c r="P264" s="1"/>
       <c r="Q264" s="1"/>
       <c r="R264" s="1"/>
       <c r="S264" s="1"/>
       <c r="T264" s="1"/>
       <c r="U264" s="1"/>
       <c r="V264" s="1"/>
       <c r="W264" s="1"/>
       <c r="X264" s="1"/>
       <c r="Y264" s="1"/>
     </row>
     <row r="265" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A265" s="11" t="s">
+        <v>548</v>
+      </c>
+      <c r="B265" s="12" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="C265" s="13">
         <v>623516.64</v>
       </c>
       <c r="D265" s="13">
         <v>59086.39</v>
       </c>
       <c r="E265" s="1"/>
       <c r="F265" s="1"/>
       <c r="G265" s="1"/>
       <c r="H265" s="1"/>
       <c r="I265" s="1"/>
       <c r="J265" s="1"/>
       <c r="K265" s="1"/>
       <c r="L265" s="1"/>
       <c r="M265" s="1"/>
       <c r="N265" s="1"/>
       <c r="O265" s="1"/>
       <c r="P265" s="1"/>
       <c r="Q265" s="1"/>
       <c r="R265" s="1"/>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
       <c r="X265" s="1"/>
       <c r="Y265" s="1"/>
     </row>
     <row r="266" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A266" s="11" t="s">
+        <v>550</v>
+      </c>
+      <c r="B266" s="12" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="C266" s="13">
         <v>15346.58</v>
       </c>
       <c r="D266" s="13">
         <v>0</v>
       </c>
       <c r="E266" s="1"/>
       <c r="F266" s="1"/>
       <c r="G266" s="1"/>
       <c r="H266" s="1"/>
       <c r="I266" s="1"/>
       <c r="J266" s="1"/>
       <c r="K266" s="1"/>
       <c r="L266" s="1"/>
       <c r="M266" s="1"/>
       <c r="N266" s="1"/>
       <c r="O266" s="1"/>
       <c r="P266" s="1"/>
       <c r="Q266" s="1"/>
       <c r="R266" s="1"/>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
       <c r="X266" s="1"/>
       <c r="Y266" s="1"/>
     </row>
     <row r="267" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A267" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="B267" s="12" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="C267" s="13">
         <v>34861.379999999997</v>
       </c>
       <c r="D267" s="13">
         <v>0</v>
       </c>
       <c r="E267" s="1"/>
       <c r="F267" s="1"/>
       <c r="G267" s="1"/>
       <c r="H267" s="1"/>
       <c r="I267" s="1"/>
       <c r="J267" s="1"/>
       <c r="K267" s="1"/>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1"/>
       <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
       <c r="X267" s="1"/>
       <c r="Y267" s="1"/>
     </row>
     <row r="268" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A268" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="B268" s="12" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
       <c r="C268" s="13">
         <v>13454.32</v>
       </c>
       <c r="D268" s="13">
         <v>0</v>
       </c>
       <c r="E268" s="1"/>
       <c r="F268" s="1"/>
       <c r="G268" s="1"/>
       <c r="H268" s="1"/>
       <c r="I268" s="1"/>
       <c r="J268" s="1"/>
       <c r="K268" s="1"/>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
       <c r="N268" s="1"/>
       <c r="O268" s="1"/>
       <c r="P268" s="1"/>
       <c r="Q268" s="1"/>
       <c r="R268" s="1"/>
       <c r="S268" s="1"/>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
       <c r="X268" s="1"/>
       <c r="Y268" s="1"/>
     </row>
     <row r="269" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A269" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="B269" s="12" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="C269" s="13">
         <v>18563.13</v>
       </c>
       <c r="D269" s="13">
         <v>2015.09</v>
       </c>
       <c r="E269" s="1"/>
       <c r="F269" s="1"/>
       <c r="G269" s="1"/>
       <c r="H269" s="1"/>
       <c r="I269" s="1"/>
       <c r="J269" s="1"/>
       <c r="K269" s="1"/>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
       <c r="X269" s="1"/>
       <c r="Y269" s="1"/>
     </row>
     <row r="270" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A270" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="B270" s="12" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="C270" s="13">
         <v>7499.76</v>
       </c>
       <c r="D270" s="13">
         <v>0</v>
       </c>
       <c r="E270" s="1"/>
       <c r="F270" s="1"/>
       <c r="G270" s="1"/>
       <c r="H270" s="1"/>
       <c r="I270" s="1"/>
       <c r="J270" s="1"/>
       <c r="K270" s="1"/>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
       <c r="N270" s="1"/>
       <c r="O270" s="1"/>
       <c r="P270" s="1"/>
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
       <c r="X270" s="1"/>
       <c r="Y270" s="1"/>
     </row>
     <row r="271" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A271" s="11" t="s">
+        <v>560</v>
+      </c>
+      <c r="B271" s="12" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="C271" s="13">
         <v>69457.539999999994</v>
       </c>
       <c r="D271" s="13">
         <v>0</v>
       </c>
       <c r="E271" s="1"/>
       <c r="F271" s="1"/>
       <c r="G271" s="1"/>
       <c r="H271" s="1"/>
       <c r="I271" s="1"/>
       <c r="J271" s="1"/>
       <c r="K271" s="1"/>
       <c r="L271" s="1"/>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
       <c r="O271" s="1"/>
       <c r="P271" s="1"/>
       <c r="Q271" s="1"/>
       <c r="R271" s="1"/>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
       <c r="X271" s="1"/>
       <c r="Y271" s="1"/>
     </row>
     <row r="272" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A272" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="B272" s="12" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
       <c r="C272" s="13">
         <v>11919.97</v>
       </c>
       <c r="D272" s="13">
         <v>2689.75</v>
       </c>
       <c r="E272" s="1"/>
       <c r="F272" s="1"/>
       <c r="G272" s="1"/>
       <c r="H272" s="1"/>
       <c r="I272" s="1"/>
       <c r="J272" s="1"/>
       <c r="K272" s="1"/>
       <c r="L272" s="1"/>
       <c r="M272" s="1"/>
       <c r="N272" s="1"/>
       <c r="O272" s="1"/>
       <c r="P272" s="1"/>
       <c r="Q272" s="1"/>
       <c r="R272" s="1"/>
       <c r="S272" s="1"/>
       <c r="T272" s="1"/>
       <c r="U272" s="1"/>
       <c r="V272" s="1"/>
       <c r="W272" s="1"/>
       <c r="X272" s="1"/>
       <c r="Y272" s="1"/>
     </row>
     <row r="273" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A273" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="B273" s="12" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="C273" s="13">
         <v>176167.49</v>
       </c>
       <c r="D273" s="13">
         <v>0</v>
       </c>
       <c r="E273" s="1"/>
       <c r="F273" s="1"/>
       <c r="G273" s="1"/>
       <c r="H273" s="1"/>
       <c r="I273" s="1"/>
       <c r="J273" s="1"/>
       <c r="K273" s="1"/>
       <c r="L273" s="1"/>
       <c r="M273" s="1"/>
       <c r="N273" s="1"/>
       <c r="O273" s="1"/>
       <c r="P273" s="1"/>
       <c r="Q273" s="1"/>
       <c r="R273" s="1"/>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
       <c r="X273" s="1"/>
       <c r="Y273" s="1"/>
     </row>
     <row r="274" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A274" s="11" t="s">
+        <v>566</v>
+      </c>
+      <c r="B274" s="12" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="C274" s="13">
         <v>27798.9</v>
       </c>
       <c r="D274" s="13">
         <v>0</v>
       </c>
       <c r="E274" s="1"/>
       <c r="F274" s="1"/>
       <c r="G274" s="1"/>
       <c r="H274" s="1"/>
       <c r="I274" s="1"/>
       <c r="J274" s="1"/>
       <c r="K274" s="1"/>
       <c r="L274" s="1"/>
       <c r="M274" s="1"/>
       <c r="N274" s="1"/>
       <c r="O274" s="1"/>
       <c r="P274" s="1"/>
       <c r="Q274" s="1"/>
       <c r="R274" s="1"/>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
       <c r="X274" s="1"/>
       <c r="Y274" s="1"/>
     </row>
     <row r="275" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A275" s="11" t="s">
+        <v>568</v>
+      </c>
+      <c r="B275" s="12" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="C275" s="13">
         <v>8759.0300000000007</v>
       </c>
       <c r="D275" s="13">
         <v>0</v>
       </c>
       <c r="E275" s="1"/>
       <c r="F275" s="1"/>
       <c r="G275" s="1"/>
       <c r="H275" s="1"/>
       <c r="I275" s="1"/>
       <c r="J275" s="1"/>
       <c r="K275" s="1"/>
       <c r="L275" s="1"/>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
       <c r="X275" s="1"/>
       <c r="Y275" s="1"/>
     </row>
     <row r="276" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A276" s="11" t="s">
+        <v>570</v>
+      </c>
+      <c r="B276" s="12" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
       <c r="C276" s="13">
         <v>67268.95</v>
       </c>
       <c r="D276" s="13">
         <v>8240.44</v>
       </c>
       <c r="E276" s="1"/>
       <c r="F276" s="1"/>
       <c r="G276" s="1"/>
       <c r="H276" s="1"/>
       <c r="I276" s="1"/>
       <c r="J276" s="1"/>
       <c r="K276" s="1"/>
       <c r="L276" s="1"/>
       <c r="M276" s="1"/>
       <c r="N276" s="1"/>
       <c r="O276" s="1"/>
       <c r="P276" s="1"/>
       <c r="Q276" s="1"/>
       <c r="R276" s="1"/>
       <c r="S276" s="1"/>
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
       <c r="X276" s="1"/>
       <c r="Y276" s="1"/>
     </row>
     <row r="277" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A277" s="11" t="s">
+        <v>572</v>
+      </c>
+      <c r="B277" s="12" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
       <c r="C277" s="13">
         <v>22690.22</v>
       </c>
       <c r="D277" s="13">
         <v>0</v>
       </c>
       <c r="E277" s="1"/>
       <c r="F277" s="1"/>
       <c r="G277" s="1"/>
       <c r="H277" s="1"/>
       <c r="I277" s="1"/>
       <c r="J277" s="1"/>
       <c r="K277" s="1"/>
       <c r="L277" s="1"/>
       <c r="M277" s="1"/>
       <c r="N277" s="1"/>
       <c r="O277" s="1"/>
       <c r="P277" s="1"/>
       <c r="Q277" s="1"/>
       <c r="R277" s="1"/>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
       <c r="X277" s="1"/>
       <c r="Y277" s="1"/>
     </row>
     <row r="278" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A278" s="11" t="s">
+        <v>574</v>
+      </c>
+      <c r="B278" s="12" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
       <c r="C278" s="13">
         <v>5230.3</v>
       </c>
       <c r="D278" s="13">
         <v>0</v>
       </c>
       <c r="E278" s="1"/>
       <c r="F278" s="1"/>
       <c r="G278" s="1"/>
       <c r="H278" s="1"/>
       <c r="I278" s="1"/>
       <c r="J278" s="1"/>
       <c r="K278" s="1"/>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1"/>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
       <c r="X278" s="1"/>
       <c r="Y278" s="1"/>
     </row>
     <row r="279" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A279" s="11" t="s">
+        <v>576</v>
+      </c>
+      <c r="B279" s="12" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
       <c r="C279" s="13">
         <v>4218.42</v>
       </c>
       <c r="D279" s="13">
         <v>0</v>
       </c>
       <c r="E279" s="1"/>
       <c r="F279" s="1"/>
       <c r="G279" s="1"/>
       <c r="H279" s="1"/>
       <c r="I279" s="1"/>
       <c r="J279" s="1"/>
       <c r="K279" s="1"/>
       <c r="L279" s="1"/>
       <c r="M279" s="1"/>
       <c r="N279" s="1"/>
       <c r="O279" s="1"/>
       <c r="P279" s="1"/>
       <c r="Q279" s="1"/>
       <c r="R279" s="1"/>
       <c r="S279" s="1"/>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
       <c r="X279" s="1"/>
       <c r="Y279" s="1"/>
     </row>
     <row r="280" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A280" s="11" t="s">
+        <v>578</v>
+      </c>
+      <c r="B280" s="12" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="C280" s="13">
         <v>16545.830000000002</v>
       </c>
       <c r="D280" s="13">
         <v>0</v>
       </c>
       <c r="E280" s="1"/>
       <c r="F280" s="1"/>
       <c r="G280" s="1"/>
       <c r="H280" s="1"/>
       <c r="I280" s="1"/>
       <c r="J280" s="1"/>
       <c r="K280" s="1"/>
       <c r="L280" s="1"/>
       <c r="M280" s="1"/>
       <c r="N280" s="1"/>
       <c r="O280" s="1"/>
       <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1"/>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
       <c r="X280" s="1"/>
       <c r="Y280" s="1"/>
     </row>
     <row r="281" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A281" s="11" t="s">
+        <v>580</v>
+      </c>
+      <c r="B281" s="12" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
       <c r="C281" s="13">
         <v>86141.72</v>
       </c>
       <c r="D281" s="13">
         <v>7102.82</v>
       </c>
       <c r="E281" s="1"/>
       <c r="F281" s="1"/>
       <c r="G281" s="1"/>
       <c r="H281" s="1"/>
       <c r="I281" s="1"/>
       <c r="J281" s="1"/>
       <c r="K281" s="1"/>
       <c r="L281" s="1"/>
       <c r="M281" s="1"/>
       <c r="N281" s="1"/>
       <c r="O281" s="1"/>
       <c r="P281" s="1"/>
       <c r="Q281" s="1"/>
       <c r="R281" s="1"/>
       <c r="S281" s="1"/>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
       <c r="X281" s="1"/>
       <c r="Y281" s="1"/>
     </row>
     <row r="282" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A282" s="11" t="s">
+        <v>582</v>
+      </c>
+      <c r="B282" s="12" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="C282" s="13">
         <v>4132.1899999999996</v>
       </c>
       <c r="D282" s="13">
         <v>0</v>
       </c>
       <c r="E282" s="1"/>
       <c r="F282" s="1"/>
       <c r="G282" s="1"/>
       <c r="H282" s="1"/>
       <c r="I282" s="1"/>
       <c r="J282" s="1"/>
       <c r="K282" s="1"/>
       <c r="L282" s="1"/>
       <c r="M282" s="1"/>
       <c r="N282" s="1"/>
       <c r="O282" s="1"/>
       <c r="P282" s="1"/>
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
       <c r="X282" s="1"/>
       <c r="Y282" s="1"/>
     </row>
     <row r="283" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A283" s="11" t="s">
+        <v>584</v>
+      </c>
+      <c r="B283" s="12" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
       <c r="C283" s="13">
         <v>21959.63</v>
       </c>
       <c r="D283" s="13">
         <v>0</v>
       </c>
       <c r="E283" s="1"/>
       <c r="F283" s="1"/>
       <c r="G283" s="1"/>
       <c r="H283" s="1"/>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1"/>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1"/>
       <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1"/>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
       <c r="X283" s="1"/>
       <c r="Y283" s="1"/>
     </row>
     <row r="284" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A284" s="11" t="s">
+        <v>586</v>
+      </c>
+      <c r="B284" s="12" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="C284" s="13">
         <v>21522.799999999999</v>
       </c>
       <c r="D284" s="13">
         <v>0</v>
       </c>
       <c r="E284" s="1"/>
       <c r="F284" s="1"/>
       <c r="G284" s="1"/>
       <c r="H284" s="1"/>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1"/>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
       <c r="X284" s="1"/>
       <c r="Y284" s="1"/>
     </row>
     <row r="285" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A285" s="11" t="s">
+        <v>588</v>
+      </c>
+      <c r="B285" s="12" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
       <c r="C285" s="13">
         <v>7920.25</v>
       </c>
       <c r="D285" s="13">
         <v>0</v>
       </c>
       <c r="E285" s="1"/>
       <c r="F285" s="1"/>
       <c r="G285" s="1"/>
       <c r="H285" s="1"/>
       <c r="I285" s="1"/>
       <c r="J285" s="1"/>
       <c r="K285" s="1"/>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
       <c r="X285" s="1"/>
       <c r="Y285" s="1"/>
     </row>
     <row r="286" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A286" s="11" t="s">
+        <v>590</v>
+      </c>
+      <c r="B286" s="12" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="C286" s="13">
         <v>14396.83</v>
       </c>
       <c r="D286" s="13">
         <v>0</v>
       </c>
       <c r="E286" s="1"/>
       <c r="F286" s="1"/>
       <c r="G286" s="1"/>
       <c r="H286" s="1"/>
       <c r="I286" s="1"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1"/>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1"/>
       <c r="P286" s="1"/>
       <c r="Q286" s="1"/>
       <c r="R286" s="1"/>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
       <c r="X286" s="1"/>
       <c r="Y286" s="1"/>
     </row>
     <row r="287" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A287" s="11" t="s">
+        <v>592</v>
+      </c>
+      <c r="B287" s="12" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="C287" s="13">
         <v>11637.58</v>
       </c>
       <c r="D287" s="13">
         <v>0</v>
       </c>
       <c r="E287" s="1"/>
       <c r="F287" s="1"/>
       <c r="G287" s="1"/>
       <c r="H287" s="1"/>
       <c r="I287" s="1"/>
       <c r="J287" s="1"/>
       <c r="K287" s="1"/>
       <c r="L287" s="1"/>
       <c r="M287" s="1"/>
       <c r="N287" s="1"/>
       <c r="O287" s="1"/>
       <c r="P287" s="1"/>
       <c r="Q287" s="1"/>
       <c r="R287" s="1"/>
       <c r="S287" s="1"/>
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
       <c r="X287" s="1"/>
       <c r="Y287" s="1"/>
     </row>
     <row r="288" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A288" s="11" t="s">
+        <v>594</v>
+      </c>
+      <c r="B288" s="12" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
       <c r="C288" s="13">
         <v>7396.74</v>
       </c>
       <c r="D288" s="13">
         <v>0</v>
       </c>
       <c r="E288" s="1"/>
       <c r="F288" s="1"/>
       <c r="G288" s="1"/>
       <c r="H288" s="1"/>
       <c r="I288" s="1"/>
       <c r="J288" s="1"/>
       <c r="K288" s="1"/>
       <c r="L288" s="1"/>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
       <c r="O288" s="1"/>
       <c r="P288" s="1"/>
       <c r="Q288" s="1"/>
       <c r="R288" s="1"/>
       <c r="S288" s="1"/>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
       <c r="X288" s="1"/>
       <c r="Y288" s="1"/>
     </row>
     <row r="289" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A289" s="11" t="s">
+        <v>596</v>
+      </c>
+      <c r="B289" s="12" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="C289" s="13">
         <v>9258.77</v>
       </c>
       <c r="D289" s="13">
         <v>1119.96</v>
       </c>
       <c r="E289" s="1"/>
       <c r="F289" s="1"/>
       <c r="G289" s="1"/>
       <c r="H289" s="1"/>
       <c r="I289" s="1"/>
       <c r="J289" s="1"/>
       <c r="K289" s="1"/>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1"/>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
       <c r="X289" s="1"/>
       <c r="Y289" s="1"/>
     </row>
     <row r="290" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A290" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="B290" s="12" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
       <c r="C290" s="13">
         <v>8741.39</v>
       </c>
       <c r="D290" s="13">
         <v>0</v>
       </c>
       <c r="E290" s="1"/>
       <c r="F290" s="1"/>
       <c r="G290" s="1"/>
       <c r="H290" s="1"/>
       <c r="I290" s="1"/>
       <c r="J290" s="1"/>
       <c r="K290" s="1"/>
       <c r="L290" s="1"/>
       <c r="M290" s="1"/>
       <c r="N290" s="1"/>
       <c r="O290" s="1"/>
       <c r="P290" s="1"/>
       <c r="Q290" s="1"/>
       <c r="R290" s="1"/>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
       <c r="X290" s="1"/>
       <c r="Y290" s="1"/>
     </row>
     <row r="291" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A291" s="11" t="s">
+        <v>600</v>
+      </c>
+      <c r="B291" s="12" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="C291" s="13">
         <v>6844.68</v>
       </c>
       <c r="D291" s="13">
         <v>0</v>
       </c>
       <c r="E291" s="1"/>
       <c r="F291" s="1"/>
       <c r="G291" s="1"/>
       <c r="H291" s="1"/>
       <c r="I291" s="1"/>
       <c r="J291" s="1"/>
       <c r="K291" s="1"/>
       <c r="L291" s="1"/>
       <c r="M291" s="1"/>
       <c r="N291" s="1"/>
       <c r="O291" s="1"/>
       <c r="P291" s="1"/>
       <c r="Q291" s="1"/>
       <c r="R291" s="1"/>
       <c r="S291" s="1"/>
       <c r="T291" s="1"/>
       <c r="U291" s="1"/>
       <c r="V291" s="1"/>
       <c r="W291" s="1"/>
       <c r="X291" s="1"/>
       <c r="Y291" s="1"/>
     </row>
     <row r="292" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A292" s="11" t="s">
+        <v>602</v>
+      </c>
+      <c r="B292" s="12" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="C292" s="13">
         <v>11477.66</v>
       </c>
       <c r="D292" s="13">
         <v>0</v>
       </c>
       <c r="E292" s="1"/>
       <c r="F292" s="1"/>
       <c r="G292" s="1"/>
       <c r="H292" s="1"/>
       <c r="I292" s="1"/>
       <c r="J292" s="1"/>
       <c r="K292" s="1"/>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
       <c r="X292" s="1"/>
       <c r="Y292" s="1"/>
     </row>
     <row r="293" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A293" s="11" t="s">
+        <v>604</v>
+      </c>
+      <c r="B293" s="12" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="C293" s="13">
         <v>15391.14</v>
       </c>
       <c r="D293" s="13">
         <v>0</v>
       </c>
       <c r="E293" s="1"/>
       <c r="F293" s="1"/>
       <c r="G293" s="1"/>
       <c r="H293" s="1"/>
       <c r="I293" s="1"/>
       <c r="J293" s="1"/>
       <c r="K293" s="1"/>
       <c r="L293" s="1"/>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1"/>
       <c r="P293" s="1"/>
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
       <c r="X293" s="1"/>
       <c r="Y293" s="1"/>
     </row>
     <row r="294" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A294" s="11" t="s">
+        <v>606</v>
+      </c>
+      <c r="B294" s="12" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
       <c r="C294" s="13">
         <v>7574.94</v>
       </c>
       <c r="D294" s="13">
         <v>0</v>
       </c>
       <c r="E294" s="1"/>
       <c r="F294" s="1"/>
       <c r="G294" s="1"/>
       <c r="H294" s="1"/>
       <c r="I294" s="1"/>
       <c r="J294" s="1"/>
       <c r="K294" s="1"/>
       <c r="L294" s="1"/>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
       <c r="X294" s="1"/>
       <c r="Y294" s="1"/>
     </row>
     <row r="295" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A295" s="11" t="s">
+        <v>608</v>
+      </c>
+      <c r="B295" s="12" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="C295" s="13">
         <v>96109.37</v>
       </c>
       <c r="D295" s="13">
         <v>28560.68</v>
       </c>
       <c r="E295" s="1"/>
       <c r="F295" s="1"/>
       <c r="G295" s="1"/>
       <c r="H295" s="1"/>
       <c r="I295" s="1"/>
       <c r="J295" s="1"/>
       <c r="K295" s="1"/>
       <c r="L295" s="1"/>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
       <c r="O295" s="1"/>
       <c r="P295" s="1"/>
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
       <c r="X295" s="1"/>
       <c r="Y295" s="1"/>
     </row>
     <row r="296" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A296" s="11" t="s">
+        <v>610</v>
+      </c>
+      <c r="B296" s="12" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
       <c r="C296" s="13">
         <v>62555.040000000001</v>
       </c>
       <c r="D296" s="13">
         <v>0</v>
       </c>
       <c r="E296" s="1"/>
       <c r="F296" s="1"/>
       <c r="G296" s="1"/>
       <c r="H296" s="1"/>
       <c r="I296" s="1"/>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
       <c r="X296" s="1"/>
       <c r="Y296" s="1"/>
     </row>
     <row r="297" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A297" s="11" t="s">
+        <v>612</v>
+      </c>
+      <c r="B297" s="12" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="C297" s="13">
         <v>9368.9599999999991</v>
       </c>
       <c r="D297" s="13">
         <v>0</v>
       </c>
       <c r="E297" s="1"/>
       <c r="F297" s="1"/>
       <c r="G297" s="1"/>
       <c r="H297" s="1"/>
       <c r="I297" s="1"/>
       <c r="J297" s="1"/>
       <c r="K297" s="1"/>
       <c r="L297" s="1"/>
       <c r="M297" s="1"/>
       <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1"/>
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
       <c r="X297" s="1"/>
       <c r="Y297" s="1"/>
     </row>
     <row r="298" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A298" s="11" t="s">
+        <v>614</v>
+      </c>
+      <c r="B298" s="12" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
       <c r="C298" s="13">
         <v>14091.44</v>
       </c>
       <c r="D298" s="13">
         <v>0</v>
       </c>
       <c r="E298" s="1"/>
       <c r="F298" s="1"/>
       <c r="G298" s="1"/>
       <c r="H298" s="1"/>
       <c r="I298" s="1"/>
       <c r="J298" s="1"/>
       <c r="K298" s="1"/>
       <c r="L298" s="1"/>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
       <c r="P298" s="1"/>
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
       <c r="X298" s="1"/>
       <c r="Y298" s="1"/>
     </row>
     <row r="299" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A299" s="11" t="s">
+        <v>616</v>
+      </c>
+      <c r="B299" s="12" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
       <c r="C299" s="13">
         <v>51958.87</v>
       </c>
       <c r="D299" s="13">
         <v>0</v>
       </c>
       <c r="E299" s="1"/>
       <c r="F299" s="1"/>
       <c r="G299" s="1"/>
       <c r="H299" s="1"/>
       <c r="I299" s="1"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1"/>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1"/>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
       <c r="X299" s="1"/>
       <c r="Y299" s="1"/>
     </row>
     <row r="300" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A300" s="11" t="s">
+        <v>618</v>
+      </c>
+      <c r="B300" s="12" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
       <c r="C300" s="13">
         <v>18016.82</v>
       </c>
       <c r="D300" s="13">
         <v>0</v>
       </c>
       <c r="E300" s="1"/>
       <c r="F300" s="1"/>
       <c r="G300" s="1"/>
       <c r="H300" s="1"/>
       <c r="I300" s="1"/>
       <c r="J300" s="1"/>
       <c r="K300" s="1"/>
       <c r="L300" s="1"/>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1"/>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
       <c r="X300" s="1"/>
       <c r="Y300" s="1"/>
     </row>
     <row r="301" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A301" s="11" t="s">
+        <v>620</v>
+      </c>
+      <c r="B301" s="12" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="C301" s="13">
         <v>14453.93</v>
       </c>
       <c r="D301" s="13">
         <v>0</v>
       </c>
       <c r="E301" s="1"/>
       <c r="F301" s="1"/>
       <c r="G301" s="1"/>
       <c r="H301" s="1"/>
       <c r="I301" s="1"/>
       <c r="J301" s="1"/>
       <c r="K301" s="1"/>
       <c r="L301" s="1"/>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1"/>
       <c r="P301" s="1"/>
       <c r="Q301" s="1"/>
       <c r="R301" s="1"/>
       <c r="S301" s="1"/>
       <c r="T301" s="1"/>
       <c r="U301" s="1"/>
       <c r="V301" s="1"/>
       <c r="W301" s="1"/>
       <c r="X301" s="1"/>
       <c r="Y301" s="1"/>
     </row>
     <row r="302" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A302" s="11" t="s">
+        <v>622</v>
+      </c>
+      <c r="B302" s="12" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
       <c r="C302" s="13">
         <v>20126.29</v>
       </c>
       <c r="D302" s="13">
         <v>1293.1600000000001</v>
       </c>
       <c r="E302" s="1"/>
       <c r="F302" s="1"/>
       <c r="G302" s="1"/>
       <c r="H302" s="1"/>
       <c r="I302" s="1"/>
       <c r="J302" s="1"/>
       <c r="K302" s="1"/>
       <c r="L302" s="1"/>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
       <c r="O302" s="1"/>
       <c r="P302" s="1"/>
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
       <c r="X302" s="1"/>
       <c r="Y302" s="1"/>
     </row>
     <row r="303" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A303" s="11" t="s">
+        <v>624</v>
+      </c>
+      <c r="B303" s="12" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
       <c r="C303" s="13">
         <v>59918.39</v>
       </c>
       <c r="D303" s="13">
         <v>3163.44</v>
       </c>
       <c r="E303" s="1"/>
       <c r="F303" s="1"/>
       <c r="G303" s="1"/>
       <c r="H303" s="1"/>
       <c r="I303" s="1"/>
       <c r="J303" s="1"/>
       <c r="K303" s="1"/>
       <c r="L303" s="1"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1"/>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
       <c r="X303" s="1"/>
       <c r="Y303" s="1"/>
     </row>
     <row r="304" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A304" s="11" t="s">
+        <v>626</v>
+      </c>
+      <c r="B304" s="12" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
       <c r="C304" s="13">
         <v>507535.29</v>
       </c>
       <c r="D304" s="13">
         <v>44116.08</v>
       </c>
       <c r="E304" s="1"/>
       <c r="F304" s="1"/>
       <c r="G304" s="1"/>
       <c r="H304" s="1"/>
       <c r="I304" s="1"/>
       <c r="J304" s="1"/>
       <c r="K304" s="1"/>
       <c r="L304" s="1"/>
       <c r="M304" s="1"/>
       <c r="N304" s="1"/>
       <c r="O304" s="1"/>
       <c r="P304" s="1"/>
       <c r="Q304" s="1"/>
       <c r="R304" s="1"/>
       <c r="S304" s="1"/>
       <c r="T304" s="1"/>
       <c r="U304" s="1"/>
       <c r="V304" s="1"/>
       <c r="W304" s="1"/>
       <c r="X304" s="1"/>
       <c r="Y304" s="1"/>
     </row>
     <row r="305" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A305" s="11" t="s">
+        <v>628</v>
+      </c>
+      <c r="B305" s="12" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="C305" s="13">
         <v>201557.64</v>
       </c>
       <c r="D305" s="13">
         <v>8487.36</v>
       </c>
       <c r="E305" s="1"/>
       <c r="F305" s="1"/>
       <c r="G305" s="1"/>
       <c r="H305" s="1"/>
       <c r="I305" s="1"/>
       <c r="J305" s="1"/>
       <c r="K305" s="1"/>
       <c r="L305" s="1"/>
       <c r="M305" s="1"/>
       <c r="N305" s="1"/>
       <c r="O305" s="1"/>
       <c r="P305" s="1"/>
       <c r="Q305" s="1"/>
       <c r="R305" s="1"/>
       <c r="S305" s="1"/>
       <c r="T305" s="1"/>
       <c r="U305" s="1"/>
       <c r="V305" s="1"/>
       <c r="W305" s="1"/>
       <c r="X305" s="1"/>
       <c r="Y305" s="1"/>
     </row>
     <row r="306" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A306" s="11" t="s">
+        <v>630</v>
+      </c>
+      <c r="B306" s="12" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
       <c r="C306" s="13">
         <v>40535.879999999997</v>
       </c>
       <c r="D306" s="13">
         <v>2918.24</v>
       </c>
       <c r="E306" s="1"/>
       <c r="F306" s="1"/>
       <c r="G306" s="1"/>
       <c r="H306" s="1"/>
       <c r="I306" s="1"/>
       <c r="J306" s="1"/>
       <c r="K306" s="1"/>
       <c r="L306" s="1"/>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
       <c r="X306" s="1"/>
       <c r="Y306" s="1"/>
     </row>
     <row r="307" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A307" s="11" t="s">
+        <v>632</v>
+      </c>
+      <c r="B307" s="12" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
       <c r="C307" s="13">
         <v>24062.58</v>
       </c>
       <c r="D307" s="13">
         <v>0</v>
       </c>
       <c r="E307" s="1"/>
       <c r="F307" s="1"/>
       <c r="G307" s="1"/>
       <c r="H307" s="1"/>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
       <c r="X307" s="1"/>
       <c r="Y307" s="1"/>
     </row>
     <row r="308" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A308" s="11" t="s">
+        <v>634</v>
+      </c>
+      <c r="B308" s="12" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
       <c r="C308" s="13">
         <v>53355.58</v>
       </c>
       <c r="D308" s="13">
         <v>2177.2800000000002</v>
       </c>
       <c r="E308" s="1"/>
       <c r="F308" s="1"/>
       <c r="G308" s="1"/>
       <c r="H308" s="1"/>
       <c r="I308" s="1"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1"/>
       <c r="L308" s="1"/>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
       <c r="X308" s="1"/>
       <c r="Y308" s="1"/>
     </row>
     <row r="309" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A309" s="11" t="s">
+        <v>636</v>
+      </c>
+      <c r="B309" s="12" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
       <c r="C309" s="13">
         <v>9953.89</v>
       </c>
       <c r="D309" s="13">
         <v>0</v>
       </c>
       <c r="E309" s="1"/>
       <c r="F309" s="1"/>
       <c r="G309" s="1"/>
       <c r="H309" s="1"/>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1"/>
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
       <c r="X309" s="1"/>
       <c r="Y309" s="1"/>
     </row>
     <row r="310" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A310" s="11" t="s">
+        <v>638</v>
+      </c>
+      <c r="B310" s="12" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
       <c r="C310" s="13">
         <v>12965.82</v>
       </c>
       <c r="D310" s="13">
         <v>0</v>
       </c>
       <c r="E310" s="1"/>
       <c r="F310" s="1"/>
       <c r="G310" s="1"/>
       <c r="H310" s="1"/>
       <c r="I310" s="1"/>
       <c r="J310" s="1"/>
       <c r="K310" s="1"/>
       <c r="L310" s="1"/>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
       <c r="O310" s="1"/>
       <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1"/>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
       <c r="X310" s="1"/>
       <c r="Y310" s="1"/>
     </row>
     <row r="311" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A311" s="11" t="s">
+        <v>640</v>
+      </c>
+      <c r="B311" s="12" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
       <c r="C311" s="13">
         <v>13315.91</v>
       </c>
       <c r="D311" s="13">
         <v>0</v>
       </c>
       <c r="E311" s="1"/>
       <c r="F311" s="1"/>
       <c r="G311" s="1"/>
       <c r="H311" s="1"/>
       <c r="I311" s="1"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1"/>
       <c r="L311" s="1"/>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1"/>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
       <c r="X311" s="1"/>
       <c r="Y311" s="1"/>
     </row>
     <row r="312" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A312" s="11" t="s">
+        <v>642</v>
+      </c>
+      <c r="B312" s="12" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
       <c r="C312" s="13">
         <v>8999.82</v>
       </c>
       <c r="D312" s="13">
         <v>0</v>
       </c>
       <c r="E312" s="1"/>
       <c r="F312" s="1"/>
       <c r="G312" s="1"/>
       <c r="H312" s="1"/>
       <c r="I312" s="1"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1"/>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1"/>
       <c r="P312" s="1"/>
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
       <c r="X312" s="1"/>
       <c r="Y312" s="1"/>
     </row>
     <row r="313" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A313" s="11" t="s">
+        <v>644</v>
+      </c>
+      <c r="B313" s="12" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
       <c r="C313" s="13">
         <v>19322.259999999998</v>
       </c>
       <c r="D313" s="13">
         <v>0</v>
       </c>
       <c r="E313" s="1"/>
       <c r="F313" s="1"/>
       <c r="G313" s="1"/>
       <c r="H313" s="1"/>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
       <c r="X313" s="1"/>
       <c r="Y313" s="1"/>
     </row>
     <row r="314" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A314" s="11" t="s">
+        <v>646</v>
+      </c>
+      <c r="B314" s="12" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
       <c r="C314" s="13">
         <v>35810.480000000003</v>
       </c>
       <c r="D314" s="13">
         <v>0</v>
       </c>
       <c r="E314" s="1"/>
       <c r="F314" s="1"/>
       <c r="G314" s="1"/>
       <c r="H314" s="1"/>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1"/>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
       <c r="X314" s="1"/>
       <c r="Y314" s="1"/>
     </row>
     <row r="315" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A315" s="11" t="s">
+        <v>648</v>
+      </c>
+      <c r="B315" s="12" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="C315" s="13">
         <v>261954.55</v>
       </c>
       <c r="D315" s="13">
         <v>46342.36</v>
       </c>
       <c r="E315" s="1"/>
       <c r="F315" s="1"/>
       <c r="G315" s="1"/>
       <c r="H315" s="1"/>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1"/>
       <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1"/>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
       <c r="X315" s="1"/>
       <c r="Y315" s="1"/>
     </row>
     <row r="316" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A316" s="11" t="s">
+        <v>650</v>
+      </c>
+      <c r="B316" s="12" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="C316" s="13">
         <v>16029.1</v>
       </c>
       <c r="D316" s="13">
         <v>0</v>
       </c>
       <c r="E316" s="1"/>
       <c r="F316" s="1"/>
       <c r="G316" s="1"/>
       <c r="H316" s="1"/>
       <c r="I316" s="1"/>
       <c r="J316" s="1"/>
       <c r="K316" s="1"/>
       <c r="L316" s="1"/>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
       <c r="P316" s="1"/>
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
       <c r="X316" s="1"/>
       <c r="Y316" s="1"/>
     </row>
     <row r="317" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A317" s="11" t="s">
+        <v>652</v>
+      </c>
+      <c r="B317" s="12" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
       <c r="C317" s="13">
         <v>16913.54</v>
       </c>
       <c r="D317" s="13">
         <v>0</v>
       </c>
       <c r="E317" s="1"/>
       <c r="F317" s="1"/>
       <c r="G317" s="1"/>
       <c r="H317" s="1"/>
       <c r="I317" s="1"/>
       <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1"/>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
       <c r="X317" s="1"/>
       <c r="Y317" s="1"/>
     </row>
     <row r="318" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A318" s="11" t="s">
+        <v>654</v>
+      </c>
+      <c r="B318" s="12" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="C318" s="13">
         <v>14838.76</v>
       </c>
       <c r="D318" s="13">
         <v>0</v>
       </c>
       <c r="E318" s="1"/>
       <c r="F318" s="1"/>
       <c r="G318" s="1"/>
       <c r="H318" s="1"/>
       <c r="I318" s="1"/>
       <c r="J318" s="1"/>
       <c r="K318" s="1"/>
       <c r="L318" s="1"/>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
       <c r="P318" s="1"/>
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
       <c r="X318" s="1"/>
       <c r="Y318" s="1"/>
     </row>
     <row r="319" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A319" s="11" t="s">
+        <v>656</v>
+      </c>
+      <c r="B319" s="12" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
       <c r="C319" s="13">
         <v>28465.599999999999</v>
       </c>
       <c r="D319" s="13">
         <v>0</v>
       </c>
       <c r="E319" s="1"/>
       <c r="F319" s="1"/>
       <c r="G319" s="1"/>
       <c r="H319" s="1"/>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
       <c r="X319" s="1"/>
       <c r="Y319" s="1"/>
     </row>
     <row r="320" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A320" s="11" t="s">
+        <v>658</v>
+      </c>
+      <c r="B320" s="12" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
       <c r="C320" s="13">
         <v>19598.259999999998</v>
       </c>
       <c r="D320" s="13">
         <v>730.8</v>
       </c>
       <c r="E320" s="1"/>
       <c r="F320" s="1"/>
       <c r="G320" s="1"/>
       <c r="H320" s="1"/>
       <c r="I320" s="1"/>
       <c r="J320" s="1"/>
       <c r="K320" s="1"/>
       <c r="L320" s="1"/>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
       <c r="X320" s="1"/>
       <c r="Y320" s="1"/>
     </row>
     <row r="321" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A321" s="11" t="s">
+        <v>660</v>
+      </c>
+      <c r="B321" s="12" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="C321" s="13">
         <v>17247.47</v>
       </c>
       <c r="D321" s="13">
         <v>0</v>
       </c>
       <c r="E321" s="1"/>
       <c r="F321" s="1"/>
       <c r="G321" s="1"/>
       <c r="H321" s="1"/>
       <c r="I321" s="1"/>
       <c r="J321" s="1"/>
       <c r="K321" s="1"/>
       <c r="L321" s="1"/>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1"/>
       <c r="P321" s="1"/>
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
       <c r="X321" s="1"/>
       <c r="Y321" s="1"/>
     </row>
     <row r="322" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A322" s="11" t="s">
+        <v>662</v>
+      </c>
+      <c r="B322" s="12" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
       <c r="C322" s="13">
         <v>24688.98</v>
       </c>
       <c r="D322" s="13">
         <v>0</v>
       </c>
       <c r="E322" s="1"/>
       <c r="F322" s="1"/>
       <c r="G322" s="1"/>
       <c r="H322" s="1"/>
       <c r="I322" s="1"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1"/>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1"/>
       <c r="Q322" s="1"/>
       <c r="R322" s="1"/>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
       <c r="X322" s="1"/>
       <c r="Y322" s="1"/>
     </row>
     <row r="323" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A323" s="11" t="s">
+        <v>664</v>
+      </c>
+      <c r="B323" s="12" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="C323" s="13">
         <v>17724.349999999999</v>
       </c>
       <c r="D323" s="13">
         <v>1550.01</v>
       </c>
       <c r="E323" s="1"/>
       <c r="F323" s="1"/>
       <c r="G323" s="1"/>
       <c r="H323" s="1"/>
       <c r="I323" s="1"/>
       <c r="J323" s="1"/>
       <c r="K323" s="1"/>
       <c r="L323" s="1"/>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
       <c r="O323" s="1"/>
       <c r="P323" s="1"/>
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
       <c r="X323" s="1"/>
       <c r="Y323" s="1"/>
     </row>
     <row r="324" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A324" s="11" t="s">
+        <v>666</v>
+      </c>
+      <c r="B324" s="12" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="C324" s="13">
         <v>68721.22</v>
       </c>
       <c r="D324" s="13">
         <v>16763.91</v>
       </c>
       <c r="E324" s="1"/>
       <c r="F324" s="1"/>
       <c r="G324" s="1"/>
       <c r="H324" s="1"/>
       <c r="I324" s="1"/>
       <c r="J324" s="1"/>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
       <c r="X324" s="1"/>
       <c r="Y324" s="1"/>
     </row>
     <row r="325" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A325" s="11" t="s">
+        <v>668</v>
+      </c>
+      <c r="B325" s="12" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="C325" s="13">
         <v>11477.19</v>
       </c>
       <c r="D325" s="13">
         <v>0</v>
       </c>
       <c r="E325" s="1"/>
       <c r="F325" s="1"/>
       <c r="G325" s="1"/>
       <c r="H325" s="1"/>
       <c r="I325" s="1"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1"/>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
       <c r="X325" s="1"/>
       <c r="Y325" s="1"/>
     </row>
     <row r="326" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A326" s="11" t="s">
+        <v>670</v>
+      </c>
+      <c r="B326" s="12" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
       <c r="C326" s="13">
         <v>5942.42</v>
       </c>
       <c r="D326" s="13">
         <v>0</v>
       </c>
       <c r="E326" s="1"/>
       <c r="F326" s="1"/>
       <c r="G326" s="1"/>
       <c r="H326" s="1"/>
       <c r="I326" s="1"/>
       <c r="J326" s="1"/>
       <c r="K326" s="1"/>
       <c r="L326" s="1"/>
       <c r="M326" s="1"/>
       <c r="N326" s="1"/>
       <c r="O326" s="1"/>
       <c r="P326" s="1"/>
       <c r="Q326" s="1"/>
       <c r="R326" s="1"/>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
       <c r="X326" s="1"/>
       <c r="Y326" s="1"/>
     </row>
     <row r="327" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A327" s="11" t="s">
+        <v>672</v>
+      </c>
+      <c r="B327" s="12" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>674</v>
       </c>
       <c r="C327" s="13">
         <v>18127.34</v>
       </c>
       <c r="D327" s="13">
         <v>1204.8599999999999</v>
       </c>
       <c r="E327" s="1"/>
       <c r="F327" s="1"/>
       <c r="G327" s="1"/>
       <c r="H327" s="1"/>
       <c r="I327" s="1"/>
       <c r="J327" s="1"/>
       <c r="K327" s="1"/>
       <c r="L327" s="1"/>
       <c r="M327" s="1"/>
       <c r="N327" s="1"/>
       <c r="O327" s="1"/>
       <c r="P327" s="1"/>
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
       <c r="X327" s="1"/>
       <c r="Y327" s="1"/>
     </row>
     <row r="328" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A328" s="11" t="s">
+        <v>674</v>
+      </c>
+      <c r="B328" s="12" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
       <c r="C328" s="15">
         <v>18500.21</v>
       </c>
       <c r="D328" s="13">
         <v>0</v>
       </c>
       <c r="E328" s="1"/>
       <c r="F328" s="1"/>
       <c r="G328" s="1"/>
       <c r="H328" s="1"/>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1"/>
       <c r="O328" s="1"/>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
       <c r="X328" s="1"/>
       <c r="Y328" s="1"/>
     </row>
     <row r="329" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A329" s="11" t="s">
+        <v>676</v>
+      </c>
+      <c r="B329" s="12" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="C329" s="15">
         <v>7339.13</v>
       </c>
       <c r="D329" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A330" s="11" t="s">
+        <v>678</v>
+      </c>
+      <c r="B330" s="12" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="C330" s="15">
         <v>37104.17</v>
       </c>
       <c r="D330" s="13">
         <v>0</v>
       </c>
       <c r="E330" s="1"/>
       <c r="F330" s="1"/>
       <c r="G330" s="1"/>
       <c r="H330" s="1"/>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
       <c r="X330" s="1"/>
       <c r="Y330" s="1"/>
     </row>
     <row r="331" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A331" s="11" t="s">
+        <v>680</v>
+      </c>
+      <c r="B331" s="12" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>682</v>
       </c>
       <c r="C331" s="13">
         <v>13367.71</v>
       </c>
       <c r="D331" s="13">
         <v>0</v>
       </c>
       <c r="E331" s="1"/>
       <c r="F331" s="1"/>
       <c r="G331" s="1"/>
       <c r="H331" s="1"/>
       <c r="I331" s="1"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1"/>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
       <c r="X331" s="1"/>
       <c r="Y331" s="1"/>
     </row>
     <row r="332" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A332" s="11" t="s">
+        <v>682</v>
+      </c>
+      <c r="B332" s="12" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="C332" s="13">
         <v>9684.2800000000007</v>
       </c>
       <c r="D332" s="13">
         <v>0</v>
       </c>
       <c r="E332" s="1"/>
       <c r="F332" s="1"/>
       <c r="G332" s="1"/>
       <c r="H332" s="1"/>
       <c r="I332" s="1"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1"/>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
       <c r="X332" s="1"/>
       <c r="Y332" s="1"/>
     </row>
     <row r="333" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A333" s="11" t="s">
+        <v>684</v>
+      </c>
+      <c r="B333" s="12" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
       <c r="C333" s="13">
         <v>17179.14</v>
       </c>
       <c r="D333" s="13">
         <v>0</v>
       </c>
       <c r="E333" s="1"/>
       <c r="F333" s="1"/>
       <c r="G333" s="1"/>
       <c r="H333" s="1"/>
       <c r="I333" s="1"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
@@ -23224,10521 +23215,10521 @@
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="994" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="995" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="996" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="997" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="998" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="999" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="1000" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:Z992"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A133" activePane="bottomLeft" state="frozen"/>
+    <sheetView workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.453125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14" customWidth="1"/>
     <col min="2" max="2" width="21.26953125" customWidth="1"/>
     <col min="3" max="3" width="12.453125" customWidth="1"/>
     <col min="4" max="4" width="39" customWidth="1"/>
     <col min="5" max="5" width="44.08984375" customWidth="1"/>
     <col min="6" max="15" width="8.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="B1" s="16" t="s">
         <v>687</v>
       </c>
-      <c r="B1" s="16" t="s">
+      <c r="C1" s="16" t="s">
         <v>688</v>
       </c>
-      <c r="C1" s="16" t="s">
+      <c r="D1" s="16" t="s">
         <v>689</v>
       </c>
-      <c r="D1" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1" s="17" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
       <c r="I1" s="18"/>
       <c r="J1" s="18"/>
       <c r="K1" s="18"/>
       <c r="L1" s="18"/>
       <c r="M1" s="18"/>
       <c r="N1" s="18"/>
       <c r="O1" s="18"/>
     </row>
     <row r="2" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="B2" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" s="19" t="s">
+        <v>690</v>
+      </c>
+      <c r="D2" s="19" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
       <c r="E2" s="20">
         <v>1420.16</v>
       </c>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="B3" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" s="19" t="s">
+        <v>692</v>
+      </c>
+      <c r="D3" s="19" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
       <c r="E3" s="20">
         <v>2392.69</v>
       </c>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" s="19" t="s">
+        <v>694</v>
+      </c>
+      <c r="D4" s="19" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="E4" s="20">
         <v>7363.91</v>
       </c>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="19" t="s">
+        <v>696</v>
+      </c>
+      <c r="D5" s="19" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
       <c r="E5" s="20">
         <v>6508.32</v>
       </c>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="B6" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="19" t="s">
+        <v>698</v>
+      </c>
+      <c r="D6" s="19" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
       <c r="E6" s="20">
         <v>2679</v>
       </c>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="B7" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="19" t="s">
+        <v>700</v>
+      </c>
+      <c r="D7" s="19" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
       <c r="E7" s="20">
         <v>3241.59</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B8" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="B8" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="19" t="s">
+        <v>702</v>
+      </c>
+      <c r="D8" s="19" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
       <c r="E8" s="20">
         <v>1538.9</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="B9" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="B9" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="19" t="s">
+        <v>704</v>
+      </c>
+      <c r="D9" s="19" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="E9" s="20">
         <v>5211.3599999999997</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="B10" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="19" t="s">
+        <v>706</v>
+      </c>
+      <c r="D10" s="19" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="E10" s="20">
         <v>3173.94</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="B11" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="19" t="s">
+        <v>708</v>
+      </c>
+      <c r="D11" s="19" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
       <c r="E11" s="20">
         <v>3894.66</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12" s="19" t="s">
         <v>73</v>
       </c>
-      <c r="B12" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="19" t="s">
+        <v>710</v>
+      </c>
+      <c r="D12" s="19" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="E12" s="20">
         <v>3077.01</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="B13" s="19" t="s">
         <v>73</v>
       </c>
-      <c r="B13" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="19" t="s">
+        <v>712</v>
+      </c>
+      <c r="D13" s="19" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
       <c r="E13" s="20">
         <v>1095.48</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" s="19" t="s">
         <v>79</v>
       </c>
-      <c r="B14" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="19" t="s">
+        <v>714</v>
+      </c>
+      <c r="D14" s="19" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
       <c r="E14" s="20">
         <v>2041.2</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" s="19" t="s">
         <v>81</v>
       </c>
-      <c r="B15" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="19" t="s">
+        <v>716</v>
+      </c>
+      <c r="D15" s="19" t="s">
         <v>717</v>
       </c>
-      <c r="D15" s="19" t="s">
+      <c r="E15" s="20" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
     </row>
     <row r="16" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B16" s="19" t="s">
         <v>81</v>
       </c>
-      <c r="B16" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="19" t="s">
+        <v>719</v>
+      </c>
+      <c r="D16" s="19" t="s">
         <v>720</v>
       </c>
-      <c r="D16" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
     </row>
     <row r="17" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B17" s="19" t="s">
         <v>81</v>
       </c>
-      <c r="B17" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="19" t="s">
+        <v>721</v>
+      </c>
+      <c r="D17" s="19" t="s">
         <v>722</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
       <c r="E17" s="20">
         <v>2551.36</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
     </row>
     <row r="18" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" s="19" t="s">
         <v>81</v>
       </c>
-      <c r="B18" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="19" t="s">
+        <v>723</v>
+      </c>
+      <c r="D18" s="19" t="s">
         <v>724</v>
       </c>
-      <c r="D18" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
     </row>
     <row r="19" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="B19" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="19" t="s">
+        <v>725</v>
+      </c>
+      <c r="D19" s="19" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
       <c r="E19" s="20">
         <v>1429.36</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
     </row>
     <row r="20" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="B20" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="19" t="s">
+        <v>727</v>
+      </c>
+      <c r="D20" s="19" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
       <c r="E20" s="20">
         <v>2543.42</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
     </row>
     <row r="21" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="B21" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="19" t="s">
+        <v>729</v>
+      </c>
+      <c r="D21" s="19" t="s">
         <v>730</v>
       </c>
-      <c r="D21" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
     </row>
     <row r="22" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B22" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="B22" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="19" t="s">
+        <v>731</v>
+      </c>
+      <c r="D22" s="19" t="s">
         <v>732</v>
       </c>
-      <c r="D22" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
     </row>
     <row r="23" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="B23" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="19" t="s">
+        <v>733</v>
+      </c>
+      <c r="D23" s="19" t="s">
         <v>734</v>
       </c>
-      <c r="D23" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
     </row>
     <row r="24" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B24" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="B24" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="19" t="s">
+        <v>735</v>
+      </c>
+      <c r="D24" s="19" t="s">
         <v>736</v>
       </c>
-      <c r="D24" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
     </row>
     <row r="25" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B25" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="B25" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="19" t="s">
+        <v>737</v>
+      </c>
+      <c r="D25" s="19" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
       <c r="E25" s="20">
         <v>10588.6</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
     </row>
     <row r="26" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B26" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="B26" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="19" t="s">
+        <v>739</v>
+      </c>
+      <c r="D26" s="19" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
       <c r="E26" s="20">
         <v>6786.33</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
     </row>
     <row r="27" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B27" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="B27" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="19" t="s">
+        <v>741</v>
+      </c>
+      <c r="D27" s="19" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
       <c r="E27" s="20">
         <v>1588.29</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
     </row>
     <row r="28" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="19" t="s">
+        <v>94</v>
+      </c>
+      <c r="B28" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="B28" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="19" t="s">
+        <v>743</v>
+      </c>
+      <c r="D28" s="19" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="E28" s="20">
         <v>942.59</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
     </row>
     <row r="29" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="B29" s="19" t="s">
         <v>107</v>
       </c>
-      <c r="B29" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="19" t="s">
+        <v>745</v>
+      </c>
+      <c r="D29" s="19" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
       <c r="E29" s="20">
         <v>9014.7800000000007</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
     </row>
     <row r="30" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="B30" s="19" t="s">
         <v>107</v>
       </c>
-      <c r="B30" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="19" t="s">
+        <v>747</v>
+      </c>
+      <c r="D30" s="19" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
       <c r="E30" s="20">
         <v>12703.5</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
     </row>
     <row r="31" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="19" t="s">
+        <v>108</v>
+      </c>
+      <c r="B31" s="19" t="s">
         <v>109</v>
       </c>
-      <c r="B31" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="19" t="s">
+        <v>749</v>
+      </c>
+      <c r="D31" s="19" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
       <c r="E31" s="20">
         <v>3078.03</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
     </row>
     <row r="32" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="19" t="s">
+        <v>108</v>
+      </c>
+      <c r="B32" s="19" t="s">
         <v>109</v>
       </c>
-      <c r="B32" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="19" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="D32" s="19" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="E32" s="20">
         <v>3408.44</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
     </row>
     <row r="33" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B33" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B33" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="19" t="s">
+        <v>752</v>
+      </c>
+      <c r="D33" s="19" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>754</v>
       </c>
       <c r="E33" s="20">
         <v>3385.48</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
     </row>
     <row r="34" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B34" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B34" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="19" t="s">
+        <v>754</v>
+      </c>
+      <c r="D34" s="19" t="s">
         <v>755</v>
       </c>
-      <c r="D34" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
     </row>
     <row r="35" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B35" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B35" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="19" t="s">
+        <v>756</v>
+      </c>
+      <c r="D35" s="19" t="s">
         <v>757</v>
-      </c>
-[...1 lines deleted...]
-        <v>758</v>
       </c>
       <c r="E35" s="20">
         <v>18065.88</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
     </row>
     <row r="36" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B36" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B36" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="19" t="s">
+        <v>758</v>
+      </c>
+      <c r="D36" s="19" t="s">
         <v>759</v>
-      </c>
-[...1 lines deleted...]
-        <v>760</v>
       </c>
       <c r="E36" s="20">
         <v>7010.64</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B37" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B37" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="19" t="s">
+        <v>760</v>
+      </c>
+      <c r="D37" s="19" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
       <c r="E37" s="20">
         <v>10695.72</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
     </row>
     <row r="38" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B38" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="19" t="s">
+        <v>762</v>
+      </c>
+      <c r="D38" s="19" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
       <c r="E38" s="20">
         <v>5992</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
     </row>
     <row r="39" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B39" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B39" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="19" t="s">
+        <v>764</v>
+      </c>
+      <c r="D39" s="19" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
       <c r="E39" s="20">
         <v>3355.52</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
     </row>
     <row r="40" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B40" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B40" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="19" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="D40" s="19" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="E40" s="20">
         <v>5722.36</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
     </row>
     <row r="41" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B41" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B41" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="19" t="s">
+        <v>767</v>
+      </c>
+      <c r="D41" s="19" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
       <c r="E41" s="20">
         <v>9047.92</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
     </row>
     <row r="42" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B42" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B42" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="19" t="s">
+        <v>769</v>
+      </c>
+      <c r="D42" s="19" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E42" s="20">
         <v>5033.28</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
     </row>
     <row r="43" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B43" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="B43" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="19" t="s">
+        <v>771</v>
+      </c>
+      <c r="D43" s="19" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
       <c r="E43" s="20">
         <v>11924.08</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
     </row>
     <row r="44" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="19" t="s">
+        <v>122</v>
+      </c>
+      <c r="B44" s="19" t="s">
         <v>123</v>
       </c>
-      <c r="B44" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="19" t="s">
+        <v>773</v>
+      </c>
+      <c r="D44" s="19" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
       <c r="E44" s="20">
         <v>3180.84</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
     </row>
     <row r="45" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B45" s="19" t="s">
         <v>127</v>
       </c>
-      <c r="B45" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="19" t="s">
+        <v>775</v>
+      </c>
+      <c r="D45" s="19" t="s">
         <v>776</v>
       </c>
-      <c r="D45" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
     </row>
     <row r="46" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B46" s="19" t="s">
         <v>133</v>
       </c>
-      <c r="B46" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="19" t="s">
+        <v>777</v>
+      </c>
+      <c r="D46" s="19" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
       <c r="E46" s="20">
         <v>7774.8</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
     </row>
     <row r="47" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B47" s="19" t="s">
         <v>133</v>
       </c>
-      <c r="B47" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="19" t="s">
+        <v>779</v>
+      </c>
+      <c r="D47" s="19" t="s">
         <v>780</v>
       </c>
-      <c r="D47" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
     </row>
     <row r="48" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" s="19" t="s">
         <v>141</v>
       </c>
-      <c r="B48" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="19" t="s">
+        <v>781</v>
+      </c>
+      <c r="D48" s="19" t="s">
         <v>782</v>
       </c>
-      <c r="D48" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
     </row>
     <row r="49" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B49" s="19" t="s">
         <v>155</v>
       </c>
-      <c r="B49" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="19" t="s">
+        <v>783</v>
+      </c>
+      <c r="D49" s="19" t="s">
         <v>784</v>
       </c>
-      <c r="D49" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
     </row>
     <row r="50" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B50" s="19" t="s">
         <v>155</v>
       </c>
-      <c r="B50" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="19" t="s">
+        <v>785</v>
+      </c>
+      <c r="D50" s="19" t="s">
         <v>786</v>
       </c>
-      <c r="D50" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
     </row>
     <row r="51" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B51" s="19" t="s">
         <v>157</v>
       </c>
-      <c r="B51" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="19" t="s">
+        <v>787</v>
+      </c>
+      <c r="D51" s="19" t="s">
         <v>788</v>
-      </c>
-[...1 lines deleted...]
-        <v>789</v>
       </c>
       <c r="E51" s="20">
         <v>5314.68</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
     </row>
     <row r="52" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B52" s="19" t="s">
         <v>157</v>
       </c>
-      <c r="B52" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="19" t="s">
+        <v>789</v>
+      </c>
+      <c r="D52" s="19" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="E52" s="20">
         <v>5117.84</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
     </row>
     <row r="53" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B53" s="19" t="s">
         <v>157</v>
       </c>
-      <c r="B53" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="19" t="s">
+        <v>791</v>
+      </c>
+      <c r="D53" s="19" t="s">
         <v>792</v>
       </c>
-      <c r="D53" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
     </row>
     <row r="54" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B54" s="19" t="s">
         <v>157</v>
       </c>
-      <c r="B54" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="19" t="s">
+        <v>793</v>
+      </c>
+      <c r="D54" s="19" t="s">
         <v>794</v>
       </c>
-      <c r="D54" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
     </row>
     <row r="55" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="19" t="s">
+        <v>172</v>
+      </c>
+      <c r="B55" s="19" t="s">
         <v>173</v>
       </c>
-      <c r="B55" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="19" t="s">
+        <v>795</v>
+      </c>
+      <c r="D55" s="19" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
       <c r="E55" s="20">
         <v>25891.68</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
     </row>
     <row r="56" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="19" t="s">
+        <v>172</v>
+      </c>
+      <c r="B56" s="19" t="s">
         <v>173</v>
       </c>
-      <c r="B56" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="19" t="s">
+        <v>797</v>
+      </c>
+      <c r="D56" s="19" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
       <c r="E56" s="20">
         <v>601.20000000000005</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
     </row>
     <row r="57" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="19" t="s">
+        <v>174</v>
+      </c>
+      <c r="B57" s="19" t="s">
         <v>175</v>
       </c>
-      <c r="B57" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="19" t="s">
+        <v>799</v>
+      </c>
+      <c r="D57" s="19" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="E57" s="20">
         <v>5326.56</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
     </row>
     <row r="58" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="19" t="s">
+        <v>180</v>
+      </c>
+      <c r="B58" s="19" t="s">
         <v>181</v>
       </c>
-      <c r="B58" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="19" t="s">
+        <v>801</v>
+      </c>
+      <c r="D58" s="19" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
       <c r="E58" s="20">
         <v>16588.23</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
     </row>
     <row r="59" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="19" t="s">
+        <v>180</v>
+      </c>
+      <c r="B59" s="19" t="s">
         <v>181</v>
       </c>
-      <c r="B59" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="19" t="s">
+        <v>803</v>
+      </c>
+      <c r="D59" s="19" t="s">
         <v>804</v>
-      </c>
-[...1 lines deleted...]
-        <v>805</v>
       </c>
       <c r="E59" s="20">
         <v>14442.87</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
     </row>
     <row r="60" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="19" t="s">
+        <v>180</v>
+      </c>
+      <c r="B60" s="19" t="s">
         <v>181</v>
       </c>
-      <c r="B60" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="19" t="s">
+        <v>805</v>
+      </c>
+      <c r="D60" s="19" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="E60" s="20">
         <v>15553.86</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
     </row>
     <row r="61" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="19" t="s">
+        <v>180</v>
+      </c>
+      <c r="B61" s="19" t="s">
         <v>181</v>
       </c>
-      <c r="B61" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="19" t="s">
+        <v>807</v>
+      </c>
+      <c r="D61" s="19" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
       <c r="E61" s="20">
         <v>15400.62</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
     </row>
     <row r="62" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="19" t="s">
+        <v>180</v>
+      </c>
+      <c r="B62" s="19" t="s">
         <v>181</v>
       </c>
-      <c r="B62" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="19" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="D62" s="19" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="E62" s="20">
         <v>14251.32</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
     </row>
     <row r="63" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="19" t="s">
+        <v>184</v>
+      </c>
+      <c r="B63" s="19" t="s">
         <v>185</v>
       </c>
-      <c r="B63" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="19" t="s">
+        <v>810</v>
+      </c>
+      <c r="D63" s="19" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
       <c r="E63" s="20">
         <v>3055.41</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
     </row>
     <row r="64" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="19" t="s">
+        <v>184</v>
+      </c>
+      <c r="B64" s="19" t="s">
         <v>185</v>
       </c>
-      <c r="B64" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="19" t="s">
+        <v>812</v>
+      </c>
+      <c r="D64" s="19" t="s">
         <v>813</v>
       </c>
-      <c r="D64" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
     </row>
     <row r="65" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="19" t="s">
+        <v>188</v>
+      </c>
+      <c r="B65" s="19" t="s">
         <v>189</v>
       </c>
-      <c r="B65" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="19" t="s">
+        <v>814</v>
+      </c>
+      <c r="D65" s="19" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
       <c r="E65" s="20">
         <v>2351.04</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
     </row>
     <row r="66" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="19" t="s">
+        <v>188</v>
+      </c>
+      <c r="B66" s="19" t="s">
         <v>189</v>
       </c>
-      <c r="B66" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="19" t="s">
+        <v>816</v>
+      </c>
+      <c r="D66" s="19" t="s">
         <v>817</v>
-      </c>
-[...1 lines deleted...]
-        <v>818</v>
       </c>
       <c r="E66" s="20">
         <v>2022.4</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
     </row>
     <row r="67" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B67" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B67" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="19" t="s">
+        <v>818</v>
+      </c>
+      <c r="D67" s="19" t="s">
         <v>819</v>
-      </c>
-[...1 lines deleted...]
-        <v>820</v>
       </c>
       <c r="E67" s="20">
         <v>7339.64</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
     </row>
     <row r="68" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B68" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B68" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="19" t="s">
+        <v>820</v>
+      </c>
+      <c r="D68" s="19" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
       <c r="E68" s="20">
         <v>1954.06</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
     </row>
     <row r="69" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B69" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B69" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="19" t="s">
+        <v>822</v>
+      </c>
+      <c r="D69" s="19" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
       <c r="E69" s="20">
         <v>1858.74</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
     </row>
     <row r="70" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B70" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B70" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="19" t="s">
+        <v>824</v>
+      </c>
+      <c r="D70" s="19" t="s">
         <v>825</v>
-      </c>
-[...1 lines deleted...]
-        <v>826</v>
       </c>
       <c r="E70" s="20">
         <v>17681.86</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
     </row>
     <row r="71" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A71" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B71" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B71" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="19" t="s">
+        <v>826</v>
+      </c>
+      <c r="D71" s="19" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
       <c r="E71" s="20">
         <v>13392.46</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
     </row>
     <row r="72" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A72" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B72" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B72" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="19" t="s">
+        <v>828</v>
+      </c>
+      <c r="D72" s="19" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="E72" s="20">
         <v>12057.98</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
     </row>
     <row r="73" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A73" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B73" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B73" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="19" t="s">
+        <v>830</v>
+      </c>
+      <c r="D73" s="19" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>832</v>
       </c>
       <c r="E73" s="20">
         <v>9436.68</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
     </row>
     <row r="74" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B74" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B74" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="19" t="s">
+        <v>832</v>
+      </c>
+      <c r="D74" s="19" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
       <c r="E74" s="20">
         <v>12486.92</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
     </row>
     <row r="75" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A75" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B75" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B75" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="19" t="s">
+        <v>834</v>
+      </c>
+      <c r="D75" s="19" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
       <c r="E75" s="20">
         <v>10485.200000000001</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
     </row>
     <row r="76" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A76" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B76" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B76" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="19" t="s">
+        <v>836</v>
+      </c>
+      <c r="D76" s="19" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
       <c r="E76" s="20">
         <v>17014.62</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
     </row>
     <row r="77" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A77" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B77" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B77" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="19" t="s">
+        <v>838</v>
+      </c>
+      <c r="D77" s="19" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
       <c r="E77" s="20">
         <v>1286.82</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
     </row>
     <row r="78" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A78" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B78" s="19" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="C78" s="21">
         <v>17378121</v>
       </c>
       <c r="D78" s="19" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="E78" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
     </row>
     <row r="79" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A79" s="21">
         <v>17370000</v>
       </c>
       <c r="B79" s="19" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C79" s="21">
         <v>17378122</v>
       </c>
       <c r="D79" s="19" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="E79" s="20">
         <v>95.32</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
     </row>
     <row r="80" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A80" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B80" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B80" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="19" t="s">
+        <v>842</v>
+      </c>
+      <c r="D80" s="19" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
       <c r="E80" s="20">
         <v>3002.58</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
     </row>
     <row r="81" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B81" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B81" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="19" t="s">
+        <v>844</v>
+      </c>
+      <c r="D81" s="19" t="s">
         <v>845</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
       <c r="E81" s="20">
         <v>10818.82</v>
       </c>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
     </row>
     <row r="82" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A82" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B82" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B82" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="19" t="s">
+        <v>846</v>
+      </c>
+      <c r="D82" s="19" t="s">
         <v>847</v>
       </c>
-      <c r="D82" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
     </row>
     <row r="83" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A83" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B83" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B83" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="19" t="s">
+        <v>848</v>
+      </c>
+      <c r="D83" s="19" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
       <c r="E83" s="20">
         <v>13487.78</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
     </row>
     <row r="84" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A84" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B84" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="B84" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="19" t="s">
+        <v>850</v>
+      </c>
+      <c r="D84" s="19" t="s">
         <v>851</v>
       </c>
-      <c r="D84" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
     </row>
     <row r="85" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A85" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="B85" s="19" t="s">
         <v>199</v>
       </c>
-      <c r="B85" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="19" t="s">
+        <v>852</v>
+      </c>
+      <c r="D85" s="19" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
       <c r="E85" s="20">
         <v>7270.56</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
     </row>
     <row r="86" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A86" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="B86" s="19" t="s">
         <v>199</v>
       </c>
-      <c r="B86" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="19" t="s">
+        <v>854</v>
+      </c>
+      <c r="D86" s="19" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="E86" s="20">
         <v>7136.91</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
     </row>
     <row r="87" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A87" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="B87" s="19" t="s">
         <v>199</v>
       </c>
-      <c r="B87" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="19" t="s">
+        <v>856</v>
+      </c>
+      <c r="D87" s="19" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="E87" s="20">
         <v>9596.07</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
     </row>
     <row r="88" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A88" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="B88" s="19" t="s">
         <v>199</v>
       </c>
-      <c r="B88" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="19" t="s">
+        <v>858</v>
+      </c>
+      <c r="D88" s="19" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
       <c r="E88" s="20">
         <v>11333.52</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
     </row>
     <row r="89" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A89" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="B89" s="19" t="s">
         <v>199</v>
       </c>
-      <c r="B89" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="19" t="s">
+        <v>860</v>
+      </c>
+      <c r="D89" s="19" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
       <c r="E89" s="20">
         <v>7992.27</v>
       </c>
       <c r="F89" s="1"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
     </row>
     <row r="90" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A90" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="B90" s="19" t="s">
         <v>199</v>
       </c>
-      <c r="B90" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="19" t="s">
+        <v>862</v>
+      </c>
+      <c r="D90" s="19" t="s">
         <v>863</v>
-      </c>
-[...1 lines deleted...]
-        <v>864</v>
       </c>
       <c r="E90" s="20">
         <v>1978.02</v>
       </c>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
     </row>
     <row r="91" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A91" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="B91" s="19" t="s">
         <v>199</v>
       </c>
-      <c r="B91" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="19" t="s">
+        <v>864</v>
+      </c>
+      <c r="D91" s="19" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
       <c r="E91" s="20">
         <v>2405.6999999999998</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
     </row>
     <row r="92" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A92" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="B92" s="19" t="s">
         <v>199</v>
       </c>
-      <c r="B92" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="19" t="s">
+        <v>866</v>
+      </c>
+      <c r="D92" s="19" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
       <c r="E92" s="20">
         <v>2405.6999999999998</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
     </row>
     <row r="93" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A93" s="19" t="s">
+        <v>228</v>
+      </c>
+      <c r="B93" s="19" t="s">
         <v>229</v>
       </c>
-      <c r="B93" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="19" t="s">
+        <v>868</v>
+      </c>
+      <c r="D93" s="19" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>870</v>
       </c>
       <c r="E93" s="20">
         <v>2551.64</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
     </row>
     <row r="94" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A94" s="19" t="s">
+        <v>240</v>
+      </c>
+      <c r="B94" s="19" t="s">
         <v>241</v>
       </c>
-      <c r="B94" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="19" t="s">
+        <v>870</v>
+      </c>
+      <c r="D94" s="19" t="s">
         <v>871</v>
-      </c>
-[...1 lines deleted...]
-        <v>872</v>
       </c>
       <c r="E94" s="20">
         <v>5574.64</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
     </row>
     <row r="95" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A95" s="19" t="s">
+        <v>244</v>
+      </c>
+      <c r="B95" s="19" t="s">
         <v>245</v>
       </c>
-      <c r="B95" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="19" t="s">
+        <v>872</v>
+      </c>
+      <c r="D95" s="19" t="s">
         <v>873</v>
-      </c>
-[...1 lines deleted...]
-        <v>874</v>
       </c>
       <c r="E95" s="20">
         <v>22785.18</v>
       </c>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
     </row>
     <row r="96" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A96" s="19" t="s">
+        <v>244</v>
+      </c>
+      <c r="B96" s="19" t="s">
         <v>245</v>
       </c>
-      <c r="B96" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="19" t="s">
+        <v>874</v>
+      </c>
+      <c r="D96" s="19" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
       <c r="E96" s="20">
         <v>3524.98</v>
       </c>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
     </row>
     <row r="97" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A97" s="19" t="s">
+        <v>244</v>
+      </c>
+      <c r="B97" s="19" t="s">
         <v>245</v>
       </c>
-      <c r="B97" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="19" t="s">
+        <v>876</v>
+      </c>
+      <c r="D97" s="19" t="s">
         <v>877</v>
-      </c>
-[...1 lines deleted...]
-        <v>878</v>
       </c>
       <c r="E97" s="20">
         <v>2725.5</v>
       </c>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
     </row>
     <row r="98" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A98" s="19" t="s">
+        <v>246</v>
+      </c>
+      <c r="B98" s="19" t="s">
         <v>247</v>
       </c>
-      <c r="B98" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="19" t="s">
+        <v>878</v>
+      </c>
+      <c r="D98" s="19" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
       <c r="E98" s="20">
         <v>4781.6000000000004</v>
       </c>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
     </row>
     <row r="99" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A99" s="19" t="s">
+        <v>246</v>
+      </c>
+      <c r="B99" s="19" t="s">
         <v>247</v>
       </c>
-      <c r="B99" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="19" t="s">
+        <v>880</v>
+      </c>
+      <c r="D99" s="19" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
       <c r="E99" s="20">
         <v>6088.8</v>
       </c>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
     </row>
     <row r="100" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A100" s="19" t="s">
+        <v>252</v>
+      </c>
+      <c r="B100" s="19" t="s">
         <v>253</v>
       </c>
-      <c r="B100" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="19" t="s">
+        <v>882</v>
+      </c>
+      <c r="D100" s="19" t="s">
         <v>883</v>
       </c>
-      <c r="D100" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
     </row>
     <row r="101" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A101" s="19" t="s">
+        <v>274</v>
+      </c>
+      <c r="B101" s="19" t="s">
         <v>275</v>
       </c>
-      <c r="B101" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="19" t="s">
+        <v>884</v>
+      </c>
+      <c r="D101" s="19" t="s">
         <v>885</v>
       </c>
-      <c r="D101" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
     </row>
     <row r="102" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A102" s="19" t="s">
+        <v>286</v>
+      </c>
+      <c r="B102" s="19" t="s">
         <v>287</v>
       </c>
-      <c r="B102" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="19" t="s">
+        <v>886</v>
+      </c>
+      <c r="D102" s="19" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>888</v>
       </c>
       <c r="E102" s="20">
         <v>2013.1</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
     </row>
     <row r="103" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A103" s="19" t="s">
+        <v>290</v>
+      </c>
+      <c r="B103" s="19" t="s">
         <v>291</v>
       </c>
-      <c r="B103" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="19" t="s">
+        <v>888</v>
+      </c>
+      <c r="D103" s="19" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
       <c r="E103" s="20">
         <v>2352.66</v>
       </c>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
     </row>
     <row r="104" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A104" s="19" t="s">
+        <v>302</v>
+      </c>
+      <c r="B104" s="19" t="s">
         <v>303</v>
       </c>
-      <c r="B104" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="19" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="D104" s="19" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="E104" s="20">
         <v>3489.15</v>
       </c>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
     </row>
     <row r="105" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A105" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="B105" s="19" t="s">
         <v>309</v>
       </c>
-      <c r="B105" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="19" t="s">
+        <v>891</v>
+      </c>
+      <c r="D105" s="19" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
       <c r="E105" s="20">
         <v>3556.63</v>
       </c>
       <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
     </row>
     <row r="106" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A106" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="B106" s="19" t="s">
         <v>313</v>
       </c>
-      <c r="B106" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="19" t="s">
+        <v>893</v>
+      </c>
+      <c r="D106" s="19" t="s">
         <v>894</v>
-      </c>
-[...1 lines deleted...]
-        <v>895</v>
       </c>
       <c r="E106" s="20">
         <v>2769.06</v>
       </c>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
     </row>
     <row r="107" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A107" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="B107" s="19" t="s">
         <v>313</v>
       </c>
-      <c r="B107" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="19" t="s">
+        <v>895</v>
+      </c>
+      <c r="D107" s="19" t="s">
         <v>896</v>
       </c>
-      <c r="D107" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
     </row>
     <row r="108" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A108" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="B108" s="19" t="s">
         <v>315</v>
       </c>
-      <c r="B108" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="19" t="s">
+        <v>897</v>
+      </c>
+      <c r="D108" s="19" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
       <c r="E108" s="20">
         <v>2596.7800000000002</v>
       </c>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
     </row>
     <row r="109" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A109" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="B109" s="19" t="s">
         <v>315</v>
       </c>
-      <c r="B109" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="19" t="s">
+        <v>899</v>
+      </c>
+      <c r="D109" s="19" t="s">
         <v>900</v>
       </c>
-      <c r="D109" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
     </row>
     <row r="110" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A110" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B110" s="19" t="s">
         <v>319</v>
       </c>
-      <c r="B110" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="19" t="s">
+        <v>901</v>
+      </c>
+      <c r="D110" s="19" t="s">
         <v>902</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
       <c r="E110" s="20">
         <v>1672.02</v>
       </c>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
     </row>
     <row r="111" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A111" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B111" s="19" t="s">
         <v>319</v>
       </c>
-      <c r="B111" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="19" t="s">
+        <v>903</v>
+      </c>
+      <c r="D111" s="19" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
       <c r="E111" s="20">
         <v>3131.72</v>
       </c>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
     </row>
     <row r="112" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A112" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B112" s="19" t="s">
         <v>319</v>
       </c>
-      <c r="B112" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="19" t="s">
+        <v>905</v>
+      </c>
+      <c r="D112" s="19" t="s">
         <v>906</v>
-      </c>
-[...1 lines deleted...]
-        <v>907</v>
       </c>
       <c r="E112" s="20">
         <v>10854.86</v>
       </c>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
     </row>
     <row r="113" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A113" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B113" s="19" t="s">
         <v>319</v>
       </c>
-      <c r="B113" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="19" t="s">
+        <v>907</v>
+      </c>
+      <c r="D113" s="19" t="s">
         <v>908</v>
       </c>
-      <c r="D113" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
     </row>
     <row r="114" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A114" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B114" s="19" t="s">
         <v>319</v>
       </c>
-      <c r="B114" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="19" t="s">
+        <v>909</v>
+      </c>
+      <c r="D114" s="19" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
       <c r="E114" s="20">
         <v>14092.74</v>
       </c>
       <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
     </row>
     <row r="115" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A115" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B115" s="19" t="s">
         <v>319</v>
       </c>
-      <c r="B115" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="19" t="s">
+        <v>911</v>
+      </c>
+      <c r="D115" s="19" t="s">
         <v>912</v>
       </c>
-      <c r="D115" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E115" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
     </row>
     <row r="116" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A116" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B116" s="19" t="s">
         <v>319</v>
       </c>
-      <c r="B116" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="19" t="s">
+        <v>913</v>
+      </c>
+      <c r="D116" s="19" t="s">
         <v>914</v>
       </c>
-      <c r="D116" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
     </row>
     <row r="117" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A117" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B117" s="19" t="s">
         <v>319</v>
       </c>
-      <c r="B117" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="19" t="s">
+        <v>915</v>
+      </c>
+      <c r="D117" s="19" t="s">
         <v>916</v>
       </c>
-      <c r="D117" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F117" s="1"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1"/>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
     </row>
     <row r="118" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A118" s="19" t="s">
+        <v>326</v>
+      </c>
+      <c r="B118" s="19" t="s">
         <v>327</v>
       </c>
-      <c r="B118" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="19" t="s">
+        <v>917</v>
+      </c>
+      <c r="D118" s="19" t="s">
         <v>918</v>
-      </c>
-[...1 lines deleted...]
-        <v>919</v>
       </c>
       <c r="E118" s="20">
         <v>1848.6</v>
       </c>
       <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
     </row>
     <row r="119" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A119" s="19" t="s">
+        <v>328</v>
+      </c>
+      <c r="B119" s="19" t="s">
         <v>329</v>
       </c>
-      <c r="B119" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="19" t="s">
+        <v>919</v>
+      </c>
+      <c r="D119" s="19" t="s">
         <v>920</v>
       </c>
-      <c r="D119" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
     </row>
     <row r="120" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A120" s="19" t="s">
+        <v>330</v>
+      </c>
+      <c r="B120" s="19" t="s">
         <v>331</v>
       </c>
-      <c r="B120" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="19" t="s">
+        <v>921</v>
+      </c>
+      <c r="D120" s="19" t="s">
         <v>922</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
       <c r="E120" s="20">
         <v>2871.88</v>
       </c>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
     </row>
     <row r="121" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A121" s="19" t="s">
+        <v>330</v>
+      </c>
+      <c r="B121" s="19" t="s">
         <v>331</v>
       </c>
-      <c r="B121" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="19" t="s">
+        <v>923</v>
+      </c>
+      <c r="D121" s="19" t="s">
         <v>924</v>
       </c>
-      <c r="D121" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F121" s="1"/>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
     </row>
     <row r="122" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A122" s="21">
         <v>35550000</v>
       </c>
       <c r="B122" s="19" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="C122" s="21">
         <v>35558101</v>
       </c>
       <c r="D122" s="19" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="E122" s="20">
         <v>1872.2</v>
       </c>
       <c r="F122" s="1"/>
       <c r="G122" s="1"/>
       <c r="H122" s="1"/>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
     </row>
     <row r="123" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A123" s="19" t="s">
+        <v>346</v>
+      </c>
+      <c r="B123" s="19" t="s">
         <v>347</v>
       </c>
-      <c r="B123" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="19" t="s">
+        <v>927</v>
+      </c>
+      <c r="D123" s="19" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
       <c r="E123" s="20">
         <v>5964.79</v>
       </c>
       <c r="F123" s="1"/>
       <c r="G123" s="1"/>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
     </row>
     <row r="124" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A124" s="19" t="s">
+        <v>346</v>
+      </c>
+      <c r="B124" s="19" t="s">
         <v>347</v>
       </c>
-      <c r="B124" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="19" t="s">
+        <v>929</v>
+      </c>
+      <c r="D124" s="19" t="s">
         <v>930</v>
-      </c>
-[...1 lines deleted...]
-        <v>931</v>
       </c>
       <c r="E124" s="20">
         <v>9176.6</v>
       </c>
       <c r="F124" s="1"/>
       <c r="G124" s="1"/>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
     </row>
     <row r="125" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A125" s="19" t="s">
+        <v>350</v>
+      </c>
+      <c r="B125" s="19" t="s">
         <v>351</v>
       </c>
-      <c r="B125" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="19" t="s">
+        <v>931</v>
+      </c>
+      <c r="D125" s="19" t="s">
         <v>932</v>
       </c>
-      <c r="D125" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E125" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F125" s="1"/>
       <c r="G125" s="1"/>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
     </row>
     <row r="126" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A126" s="19" t="s">
+        <v>352</v>
+      </c>
+      <c r="B126" s="19" t="s">
         <v>353</v>
       </c>
-      <c r="B126" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="19" t="s">
+        <v>933</v>
+      </c>
+      <c r="D126" s="19" t="s">
         <v>934</v>
       </c>
-      <c r="D126" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F126" s="1"/>
       <c r="G126" s="1"/>
       <c r="H126" s="1"/>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
     </row>
     <row r="127" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A127" s="19" t="s">
+        <v>352</v>
+      </c>
+      <c r="B127" s="19" t="s">
         <v>353</v>
       </c>
-      <c r="B127" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="19" t="s">
+        <v>935</v>
+      </c>
+      <c r="D127" s="19" t="s">
         <v>936</v>
       </c>
-      <c r="D127" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E127" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F127" s="1"/>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
     </row>
     <row r="128" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A128" s="19" t="s">
+        <v>362</v>
+      </c>
+      <c r="B128" s="19" t="s">
         <v>363</v>
       </c>
-      <c r="B128" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="19" t="s">
+        <v>937</v>
+      </c>
+      <c r="D128" s="19" t="s">
         <v>938</v>
-      </c>
-[...1 lines deleted...]
-        <v>939</v>
       </c>
       <c r="E128" s="20">
         <v>1068.31</v>
       </c>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
     </row>
     <row r="129" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A129" s="19" t="s">
+        <v>368</v>
+      </c>
+      <c r="B129" s="19" t="s">
         <v>369</v>
       </c>
-      <c r="B129" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="19" t="s">
+        <v>939</v>
+      </c>
+      <c r="D129" s="19" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
       <c r="E129" s="20">
         <v>1389.33</v>
       </c>
       <c r="F129" s="1"/>
       <c r="G129" s="1"/>
       <c r="H129" s="1"/>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
     </row>
     <row r="130" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A130" s="19" t="s">
+        <v>370</v>
+      </c>
+      <c r="B130" s="19" t="s">
         <v>371</v>
       </c>
-      <c r="B130" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="19" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="D130" s="19" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="E130" s="20">
         <v>4391.25</v>
       </c>
       <c r="F130" s="1"/>
       <c r="G130" s="1"/>
       <c r="H130" s="1"/>
       <c r="I130" s="1"/>
       <c r="J130" s="1"/>
       <c r="K130" s="1"/>
       <c r="L130" s="1"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
     </row>
     <row r="131" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A131" s="19" t="s">
+        <v>376</v>
+      </c>
+      <c r="B131" s="19" t="s">
         <v>377</v>
       </c>
-      <c r="B131" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="19" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="D131" s="19" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="E131" s="20">
         <v>4745.6099999999997</v>
       </c>
       <c r="F131" s="1"/>
       <c r="G131" s="1"/>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
     </row>
     <row r="132" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A132" s="19" t="s">
+        <v>378</v>
+      </c>
+      <c r="B132" s="19" t="s">
         <v>379</v>
       </c>
-      <c r="B132" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="19" t="s">
+        <v>943</v>
+      </c>
+      <c r="D132" s="19" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
       <c r="E132" s="20">
         <v>7595.22</v>
       </c>
       <c r="F132" s="1"/>
       <c r="G132" s="1"/>
       <c r="H132" s="1"/>
       <c r="I132" s="1"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
     </row>
     <row r="133" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A133" s="19" t="s">
+        <v>378</v>
+      </c>
+      <c r="B133" s="19" t="s">
         <v>379</v>
       </c>
-      <c r="B133" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="19" t="s">
+        <v>945</v>
+      </c>
+      <c r="D133" s="19" t="s">
         <v>946</v>
       </c>
-      <c r="D133" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F133" s="1"/>
       <c r="G133" s="1"/>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
     </row>
     <row r="134" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A134" s="19" t="s">
+        <v>382</v>
+      </c>
+      <c r="B134" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="B134" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="19" t="s">
+        <v>947</v>
+      </c>
+      <c r="D134" s="19" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
       <c r="E134" s="20">
         <v>10455.4</v>
       </c>
       <c r="F134" s="1"/>
       <c r="G134" s="1"/>
       <c r="H134" s="1"/>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
     </row>
     <row r="135" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A135" s="19" t="s">
+        <v>382</v>
+      </c>
+      <c r="B135" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="B135" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="19" t="s">
+        <v>949</v>
+      </c>
+      <c r="D135" s="19" t="s">
         <v>950</v>
-      </c>
-[...1 lines deleted...]
-        <v>951</v>
       </c>
       <c r="E135" s="20">
         <v>10146.879999999999</v>
       </c>
       <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
     </row>
     <row r="136" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A136" s="19" t="s">
+        <v>382</v>
+      </c>
+      <c r="B136" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="B136" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="19" t="s">
+        <v>951</v>
+      </c>
+      <c r="D136" s="19" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
       <c r="E136" s="20">
         <v>3016.64</v>
       </c>
       <c r="F136" s="1"/>
       <c r="G136" s="1"/>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
     </row>
     <row r="137" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A137" s="19" t="s">
+        <v>396</v>
+      </c>
+      <c r="B137" s="19" t="s">
         <v>397</v>
       </c>
-      <c r="B137" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="19" t="s">
+        <v>953</v>
+      </c>
+      <c r="D137" s="19" t="s">
         <v>954</v>
       </c>
-      <c r="D137" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E137" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F137" s="1"/>
       <c r="G137" s="1"/>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
     </row>
     <row r="138" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A138" s="19" t="s">
+        <v>396</v>
+      </c>
+      <c r="B138" s="19" t="s">
         <v>397</v>
       </c>
-      <c r="B138" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="19" t="s">
+        <v>955</v>
+      </c>
+      <c r="D138" s="19" t="s">
         <v>956</v>
-      </c>
-[...1 lines deleted...]
-        <v>957</v>
       </c>
       <c r="E138" s="20">
         <v>3812.86</v>
       </c>
       <c r="F138" s="1"/>
       <c r="G138" s="1"/>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
     </row>
     <row r="139" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A139" s="19" t="s">
+        <v>396</v>
+      </c>
+      <c r="B139" s="19" t="s">
         <v>397</v>
       </c>
-      <c r="B139" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="19" t="s">
+        <v>957</v>
+      </c>
+      <c r="D139" s="19" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
       <c r="E139" s="20">
         <v>4401.34</v>
       </c>
       <c r="F139" s="1"/>
       <c r="G139" s="1"/>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
     </row>
     <row r="140" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A140" s="19" t="s">
+        <v>392</v>
+      </c>
+      <c r="B140" s="19" t="s">
         <v>393</v>
       </c>
-      <c r="B140" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="19" t="s">
+        <v>959</v>
+      </c>
+      <c r="D140" s="19" t="s">
         <v>960</v>
       </c>
-      <c r="D140" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E140" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
     </row>
     <row r="141" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A141" s="19" t="s">
+        <v>392</v>
+      </c>
+      <c r="B141" s="19" t="s">
         <v>393</v>
       </c>
-      <c r="B141" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="19" t="s">
+        <v>961</v>
+      </c>
+      <c r="D141" s="19" t="s">
         <v>962</v>
-      </c>
-[...1 lines deleted...]
-        <v>963</v>
       </c>
       <c r="E141" s="20">
         <v>8326.2800000000007</v>
       </c>
       <c r="F141" s="1"/>
       <c r="G141" s="1"/>
       <c r="H141" s="1"/>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
     </row>
     <row r="142" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A142" s="19" t="s">
+        <v>400</v>
+      </c>
+      <c r="B142" s="19" t="s">
         <v>401</v>
       </c>
-      <c r="B142" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="19" t="s">
+        <v>963</v>
+      </c>
+      <c r="D142" s="19" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
       <c r="E142" s="20">
         <v>796.61</v>
       </c>
       <c r="F142" s="1"/>
       <c r="G142" s="1"/>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
     </row>
     <row r="143" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A143" s="19" t="s">
+        <v>418</v>
+      </c>
+      <c r="B143" s="19" t="s">
         <v>419</v>
       </c>
-      <c r="B143" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="19" t="s">
+        <v>965</v>
+      </c>
+      <c r="D143" s="19" t="s">
         <v>966</v>
-      </c>
-[...1 lines deleted...]
-        <v>967</v>
       </c>
       <c r="E143" s="20">
         <v>7448</v>
       </c>
       <c r="F143" s="1"/>
       <c r="G143" s="1"/>
       <c r="H143" s="1"/>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
     </row>
     <row r="144" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A144" s="19" t="s">
+        <v>418</v>
+      </c>
+      <c r="B144" s="19" t="s">
         <v>419</v>
       </c>
-      <c r="B144" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="19" t="s">
+        <v>967</v>
+      </c>
+      <c r="D144" s="19" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
       <c r="E144" s="20">
         <v>1263.5</v>
       </c>
       <c r="F144" s="1"/>
       <c r="G144" s="1"/>
       <c r="H144" s="1"/>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
     </row>
     <row r="145" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A145" s="19" t="s">
+        <v>424</v>
+      </c>
+      <c r="B145" s="19" t="s">
         <v>425</v>
       </c>
-      <c r="B145" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="19" t="s">
+        <v>969</v>
+      </c>
+      <c r="D145" s="19" t="s">
         <v>970</v>
-      </c>
-[...1 lines deleted...]
-        <v>971</v>
       </c>
       <c r="E145" s="20">
         <v>1632.62</v>
       </c>
       <c r="F145" s="1"/>
       <c r="G145" s="1"/>
       <c r="H145" s="1"/>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
     </row>
     <row r="146" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A146" s="19" t="s">
+        <v>430</v>
+      </c>
+      <c r="B146" s="19" t="s">
         <v>431</v>
       </c>
-      <c r="B146" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="19" t="s">
+        <v>971</v>
+      </c>
+      <c r="D146" s="19" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
       <c r="E146" s="20">
         <v>2807.89</v>
       </c>
       <c r="F146" s="1"/>
       <c r="G146" s="1"/>
       <c r="H146" s="1"/>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
     </row>
     <row r="147" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A147" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="B147" s="19" t="s">
         <v>461</v>
       </c>
-      <c r="B147" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="19" t="s">
+        <v>973</v>
+      </c>
+      <c r="D147" s="19" t="s">
         <v>974</v>
       </c>
-      <c r="D147" s="19" t="s">
-[...3 lines deleted...]
-        <v>719</v>
+      <c r="E147" s="20" t="s">
+        <v>718</v>
       </c>
       <c r="F147" s="1"/>
       <c r="G147" s="1"/>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
     </row>
     <row r="148" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A148" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="B148" s="19" t="s">
         <v>461</v>
       </c>
-      <c r="B148" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="19" t="s">
+        <v>975</v>
+      </c>
+      <c r="D148" s="19" t="s">
         <v>976</v>
       </c>
-      <c r="D148" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E148" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F148" s="1"/>
       <c r="G148" s="1"/>
       <c r="H148" s="1"/>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
     </row>
     <row r="149" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A149" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="B149" s="19" t="s">
         <v>461</v>
       </c>
-      <c r="B149" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="19" t="s">
+        <v>977</v>
+      </c>
+      <c r="D149" s="19" t="s">
         <v>978</v>
       </c>
-      <c r="D149" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E149" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F149" s="1"/>
       <c r="G149" s="1"/>
       <c r="H149" s="1"/>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
     </row>
     <row r="150" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A150" s="19" t="s">
+        <v>480</v>
+      </c>
+      <c r="B150" s="19" t="s">
         <v>481</v>
       </c>
-      <c r="B150" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="19" t="s">
+        <v>979</v>
+      </c>
+      <c r="D150" s="19" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
       <c r="E150" s="20">
         <v>6626.41</v>
       </c>
       <c r="F150" s="1"/>
       <c r="G150" s="1"/>
       <c r="H150" s="1"/>
       <c r="I150" s="1"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
     </row>
     <row r="151" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A151" s="19" t="s">
+        <v>482</v>
+      </c>
+      <c r="B151" s="19" t="s">
         <v>483</v>
       </c>
-      <c r="B151" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="19" t="s">
+        <v>981</v>
+      </c>
+      <c r="D151" s="19" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
       <c r="E151" s="20">
         <v>2533.1</v>
       </c>
       <c r="F151" s="1"/>
       <c r="G151" s="1"/>
       <c r="H151" s="1"/>
       <c r="I151" s="1"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1"/>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
     </row>
     <row r="152" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A152" s="19" t="s">
+        <v>482</v>
+      </c>
+      <c r="B152" s="19" t="s">
         <v>483</v>
       </c>
-      <c r="B152" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="19" t="s">
+        <v>983</v>
+      </c>
+      <c r="D152" s="19" t="s">
         <v>984</v>
-      </c>
-[...1 lines deleted...]
-        <v>985</v>
       </c>
       <c r="E152" s="20">
         <v>3921.1</v>
       </c>
       <c r="F152" s="1"/>
       <c r="G152" s="1"/>
       <c r="H152" s="1"/>
       <c r="I152" s="1"/>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
     </row>
     <row r="153" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A153" s="19" t="s">
+        <v>490</v>
+      </c>
+      <c r="B153" s="19" t="s">
         <v>491</v>
       </c>
-      <c r="B153" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="19" t="s">
+        <v>985</v>
+      </c>
+      <c r="D153" s="19" t="s">
         <v>986</v>
       </c>
-      <c r="D153" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E153" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F153" s="1"/>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
     </row>
     <row r="154" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A154" s="19" t="s">
+        <v>492</v>
+      </c>
+      <c r="B154" s="19" t="s">
         <v>493</v>
       </c>
-      <c r="B154" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="19" t="s">
+        <v>987</v>
+      </c>
+      <c r="D154" s="19" t="s">
         <v>988</v>
       </c>
-      <c r="D154" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E154" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F154" s="1"/>
       <c r="G154" s="1"/>
       <c r="H154" s="1"/>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
     </row>
     <row r="155" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A155" s="19" t="s">
+        <v>492</v>
+      </c>
+      <c r="B155" s="19" t="s">
         <v>493</v>
       </c>
-      <c r="B155" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="19" t="s">
+        <v>989</v>
+      </c>
+      <c r="D155" s="19" t="s">
         <v>990</v>
-      </c>
-[...1 lines deleted...]
-        <v>991</v>
       </c>
       <c r="E155" s="20">
         <v>5159.7299999999996</v>
       </c>
       <c r="F155" s="1"/>
       <c r="G155" s="1"/>
       <c r="H155" s="1"/>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
     </row>
     <row r="156" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A156" s="19" t="s">
+        <v>492</v>
+      </c>
+      <c r="B156" s="19" t="s">
         <v>493</v>
       </c>
-      <c r="B156" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="19" t="s">
+        <v>991</v>
+      </c>
+      <c r="D156" s="19" t="s">
         <v>992</v>
-      </c>
-[...1 lines deleted...]
-        <v>993</v>
       </c>
       <c r="E156" s="20">
         <v>757.23</v>
       </c>
       <c r="F156" s="1"/>
       <c r="G156" s="1"/>
       <c r="H156" s="1"/>
       <c r="I156" s="1"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1"/>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
     </row>
     <row r="157" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A157" s="19" t="s">
+        <v>494</v>
+      </c>
+      <c r="B157" s="19" t="s">
         <v>495</v>
       </c>
-      <c r="B157" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="19" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="D157" s="19" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="E157" s="20">
         <v>2947.83</v>
       </c>
       <c r="F157" s="1"/>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
     </row>
     <row r="158" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A158" s="21">
         <v>52500000</v>
       </c>
-      <c r="B158" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C158" s="24">
+      <c r="B158" s="22" t="s">
+        <v>497</v>
+      </c>
+      <c r="C158" s="21">
         <v>52508101</v>
       </c>
-      <c r="D158" s="23" t="s">
-        <v>995</v>
+      <c r="D158" s="22" t="s">
+        <v>994</v>
       </c>
       <c r="E158" s="20">
         <v>2828.16</v>
       </c>
-      <c r="F158" s="25"/>
-[...19 lines deleted...]
-      <c r="Z158" s="25"/>
+      <c r="F158" s="23"/>
+      <c r="G158" s="23"/>
+      <c r="H158" s="23"/>
+      <c r="I158" s="23"/>
+      <c r="J158" s="23"/>
+      <c r="K158" s="23"/>
+      <c r="L158" s="23"/>
+      <c r="M158" s="23"/>
+      <c r="N158" s="23"/>
+      <c r="O158" s="23"/>
+      <c r="P158" s="23"/>
+      <c r="Q158" s="23"/>
+      <c r="R158" s="23"/>
+      <c r="S158" s="23"/>
+      <c r="T158" s="23"/>
+      <c r="U158" s="23"/>
+      <c r="V158" s="23"/>
+      <c r="W158" s="23"/>
+      <c r="X158" s="23"/>
+      <c r="Y158" s="23"/>
+      <c r="Z158" s="23"/>
     </row>
     <row r="159" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A159" s="19" t="s">
+        <v>500</v>
+      </c>
+      <c r="B159" s="19" t="s">
         <v>501</v>
       </c>
-      <c r="B159" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="19" t="s">
+        <v>995</v>
+      </c>
+      <c r="D159" s="19" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
       <c r="E159" s="20">
         <v>3175.02</v>
       </c>
       <c r="F159" s="1"/>
       <c r="G159" s="1"/>
       <c r="H159" s="1"/>
       <c r="I159" s="1"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
     </row>
     <row r="160" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A160" s="19" t="s">
+        <v>506</v>
+      </c>
+      <c r="B160" s="19" t="s">
         <v>507</v>
       </c>
-      <c r="B160" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="19" t="s">
+        <v>997</v>
+      </c>
+      <c r="D160" s="19" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>999</v>
       </c>
       <c r="E160" s="20">
         <v>1493.8</v>
       </c>
       <c r="F160" s="1"/>
       <c r="G160" s="1"/>
       <c r="H160" s="1"/>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
     </row>
     <row r="161" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A161" s="19" t="s">
+        <v>506</v>
+      </c>
+      <c r="B161" s="19" t="s">
         <v>507</v>
       </c>
-      <c r="B161" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="19" t="s">
+        <v>999</v>
+      </c>
+      <c r="D161" s="19" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="E161" s="20">
         <v>2056.4</v>
       </c>
       <c r="F161" s="1"/>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
     </row>
     <row r="162" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A162" s="19" t="s">
+        <v>514</v>
+      </c>
+      <c r="B162" s="19" t="s">
         <v>515</v>
       </c>
-      <c r="B162" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="19" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D162" s="19" t="s">
         <v>1002</v>
-      </c>
-[...1 lines deleted...]
-        <v>1003</v>
       </c>
       <c r="E162" s="20">
         <v>2787.87</v>
       </c>
       <c r="F162" s="1"/>
       <c r="G162" s="1"/>
       <c r="H162" s="1"/>
       <c r="I162" s="1"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
     </row>
     <row r="163" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A163" s="19" t="s">
+        <v>514</v>
+      </c>
+      <c r="B163" s="19" t="s">
         <v>515</v>
       </c>
-      <c r="B163" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="19" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D163" s="19" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="E163" s="20">
         <v>5589.61</v>
       </c>
       <c r="F163" s="1"/>
       <c r="G163" s="1"/>
       <c r="H163" s="1"/>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
     </row>
     <row r="164" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A164" s="19" t="s">
+        <v>524</v>
+      </c>
+      <c r="B164" s="19" t="s">
         <v>525</v>
       </c>
-      <c r="B164" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="19" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D164" s="19" t="s">
         <v>1006</v>
       </c>
-      <c r="D164" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E164" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F164" s="1"/>
       <c r="G164" s="1"/>
       <c r="H164" s="1"/>
       <c r="I164" s="1"/>
       <c r="J164" s="1"/>
       <c r="K164" s="1"/>
       <c r="L164" s="1"/>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1"/>
     </row>
     <row r="165" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A165" s="19" t="s">
+        <v>534</v>
+      </c>
+      <c r="B165" s="19" t="s">
         <v>535</v>
       </c>
-      <c r="B165" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="19" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D165" s="19" t="s">
         <v>1008</v>
-      </c>
-[...1 lines deleted...]
-        <v>1009</v>
       </c>
       <c r="E165" s="20">
         <v>991.38</v>
       </c>
       <c r="F165" s="1"/>
       <c r="G165" s="1"/>
       <c r="H165" s="1"/>
       <c r="I165" s="1"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
     </row>
     <row r="166" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A166" s="19" t="s">
+        <v>534</v>
+      </c>
+      <c r="B166" s="19" t="s">
         <v>535</v>
       </c>
-      <c r="B166" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="19" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D166" s="19" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="E166" s="20">
         <v>2618.2600000000002</v>
       </c>
       <c r="F166" s="1"/>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
     </row>
     <row r="167" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A167" s="19" t="s">
+        <v>544</v>
+      </c>
+      <c r="B167" s="19" t="s">
         <v>545</v>
       </c>
-      <c r="B167" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="19" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D167" s="19" t="s">
         <v>1012</v>
-      </c>
-[...1 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="E167" s="20">
         <v>8892.18</v>
       </c>
       <c r="F167" s="1"/>
       <c r="G167" s="1"/>
       <c r="H167" s="1"/>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
     </row>
     <row r="168" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A168" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B168" s="19" t="s">
         <v>549</v>
       </c>
-      <c r="B168" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C168" s="24">
+      <c r="C168" s="21">
         <v>60398103</v>
       </c>
       <c r="D168" s="19" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="E168" s="20">
         <v>10339.23</v>
       </c>
       <c r="F168" s="1"/>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
     </row>
     <row r="169" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A169" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B169" s="19" t="s">
         <v>549</v>
       </c>
-      <c r="B169" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="19" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D169" s="19" t="s">
         <v>1015</v>
-      </c>
-[...1 lines deleted...]
-        <v>1016</v>
       </c>
       <c r="E169" s="20">
         <v>8242.9599999999991</v>
       </c>
       <c r="F169" s="1"/>
       <c r="G169" s="1"/>
       <c r="H169" s="1"/>
       <c r="I169" s="1"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
     </row>
     <row r="170" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A170" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B170" s="19" t="s">
         <v>549</v>
       </c>
-      <c r="B170" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" s="19" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D170" s="19" t="s">
         <v>1017</v>
-      </c>
-[...1 lines deleted...]
-        <v>1018</v>
       </c>
       <c r="E170" s="20">
         <v>15384.49</v>
       </c>
       <c r="F170" s="1"/>
       <c r="G170" s="1"/>
       <c r="H170" s="1"/>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
     </row>
     <row r="171" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A171" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B171" s="19" t="s">
         <v>549</v>
       </c>
-      <c r="B171" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" s="19" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D171" s="19" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1020</v>
       </c>
       <c r="E171" s="20">
         <v>2487.1</v>
       </c>
       <c r="F171" s="1"/>
       <c r="G171" s="1"/>
       <c r="H171" s="1"/>
       <c r="I171" s="1"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
     </row>
     <row r="172" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A172" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B172" s="19" t="s">
         <v>549</v>
       </c>
-      <c r="B172" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172" s="19" t="s">
-        <v>1021</v>
+        <v>1020</v>
       </c>
       <c r="D172" s="19" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="E172" s="20">
         <v>9379.92</v>
       </c>
       <c r="F172" s="1"/>
       <c r="G172" s="1"/>
       <c r="H172" s="1"/>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
     </row>
     <row r="173" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A173" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B173" s="19" t="s">
         <v>549</v>
       </c>
-      <c r="B173" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" s="19" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D173" s="19" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="E173" s="20">
         <v>3162.17</v>
       </c>
       <c r="F173" s="1"/>
       <c r="G173" s="1"/>
       <c r="H173" s="1"/>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
     </row>
     <row r="174" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A174" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B174" s="19" t="s">
         <v>549</v>
       </c>
-      <c r="B174" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="19" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D174" s="19" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="E174" s="20">
         <v>4761.0200000000004</v>
       </c>
       <c r="F174" s="1"/>
       <c r="G174" s="1"/>
       <c r="H174" s="1"/>
       <c r="I174" s="1"/>
       <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
     </row>
     <row r="175" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A175" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B175" s="19" t="s">
         <v>549</v>
       </c>
-      <c r="B175" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="19" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D175" s="19" t="s">
         <v>1026</v>
-      </c>
-[...1 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="E175" s="20">
         <v>4405.72</v>
       </c>
       <c r="F175" s="1"/>
       <c r="G175" s="1"/>
       <c r="H175" s="1"/>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
     </row>
     <row r="176" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A176" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B176" s="19" t="s">
         <v>549</v>
       </c>
-      <c r="B176" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="19" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="D176" s="19" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="E176" s="20">
         <v>923.78</v>
       </c>
       <c r="F176" s="1"/>
       <c r="G176" s="1"/>
       <c r="H176" s="1"/>
       <c r="I176" s="1"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
     </row>
     <row r="177" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A177" s="19" t="s">
+        <v>556</v>
+      </c>
+      <c r="B177" s="19" t="s">
         <v>557</v>
       </c>
-      <c r="B177" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" s="19" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D177" s="19" t="s">
         <v>1029</v>
-      </c>
-[...1 lines deleted...]
-        <v>1030</v>
       </c>
       <c r="E177" s="20">
         <v>2015.09</v>
       </c>
       <c r="F177" s="1"/>
       <c r="G177" s="1"/>
       <c r="H177" s="1"/>
       <c r="I177" s="1"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
     </row>
     <row r="178" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A178" s="19" t="s">
+        <v>562</v>
+      </c>
+      <c r="B178" s="19" t="s">
         <v>563</v>
       </c>
-      <c r="B178" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" s="19" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D178" s="19" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
       <c r="E178" s="20">
         <v>645.54</v>
       </c>
       <c r="F178" s="1"/>
       <c r="G178" s="1"/>
       <c r="H178" s="1"/>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
     </row>
     <row r="179" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A179" s="19" t="s">
+        <v>562</v>
+      </c>
+      <c r="B179" s="19" t="s">
         <v>563</v>
       </c>
-      <c r="B179" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="19" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D179" s="19" t="s">
         <v>1033</v>
-      </c>
-[...1 lines deleted...]
-        <v>1034</v>
       </c>
       <c r="E179" s="20">
         <v>2044.21</v>
       </c>
       <c r="F179" s="1"/>
       <c r="G179" s="1"/>
       <c r="H179" s="1"/>
       <c r="I179" s="1"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
     </row>
     <row r="180" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A180" s="19" t="s">
+        <v>570</v>
+      </c>
+      <c r="B180" s="19" t="s">
         <v>571</v>
       </c>
-      <c r="B180" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="19" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="D180" s="19" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="E180" s="20">
         <v>4547.3999999999996</v>
       </c>
       <c r="F180" s="1"/>
       <c r="G180" s="1"/>
       <c r="H180" s="1"/>
       <c r="I180" s="1"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
     </row>
     <row r="181" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A181" s="19" t="s">
+        <v>570</v>
+      </c>
+      <c r="B181" s="19" t="s">
         <v>571</v>
       </c>
-      <c r="B181" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" s="19" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D181" s="19" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="E181" s="20">
         <v>3693.04</v>
       </c>
       <c r="F181" s="1"/>
       <c r="G181" s="1"/>
       <c r="H181" s="1"/>
       <c r="I181" s="1"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
     </row>
     <row r="182" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A182" s="19" t="s">
+        <v>580</v>
+      </c>
+      <c r="B182" s="19" t="s">
         <v>581</v>
       </c>
-      <c r="B182" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182" s="19" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D182" s="19" t="s">
         <v>1038</v>
-      </c>
-[...1 lines deleted...]
-        <v>1039</v>
       </c>
       <c r="E182" s="20">
         <v>3226.09</v>
       </c>
       <c r="F182" s="1"/>
       <c r="G182" s="1"/>
       <c r="H182" s="1"/>
       <c r="I182" s="1"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
     </row>
     <row r="183" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A183" s="19" t="s">
+        <v>580</v>
+      </c>
+      <c r="B183" s="19" t="s">
         <v>581</v>
       </c>
-      <c r="B183" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" s="19" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D183" s="19" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="E183" s="20">
         <v>3876.73</v>
       </c>
       <c r="F183" s="1"/>
       <c r="G183" s="1"/>
       <c r="H183" s="1"/>
       <c r="I183" s="1"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
     </row>
     <row r="184" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A184" s="19" t="s">
+        <v>596</v>
+      </c>
+      <c r="B184" s="19" t="s">
         <v>597</v>
       </c>
-      <c r="B184" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="19" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D184" s="19" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
       <c r="E184" s="20">
         <v>1119.96</v>
       </c>
       <c r="F184" s="1"/>
       <c r="G184" s="1"/>
       <c r="H184" s="1"/>
       <c r="I184" s="1"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
     </row>
     <row r="185" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A185" s="19" t="s">
+        <v>608</v>
+      </c>
+      <c r="B185" s="19" t="s">
         <v>609</v>
       </c>
-      <c r="B185" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" s="19" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D185" s="19" t="s">
         <v>1044</v>
-      </c>
-[...1 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="E185" s="20">
         <v>6391.08</v>
       </c>
       <c r="F185" s="1"/>
       <c r="G185" s="1"/>
       <c r="H185" s="1"/>
       <c r="I185" s="1"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
     </row>
     <row r="186" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A186" s="19" t="s">
+        <v>608</v>
+      </c>
+      <c r="B186" s="19" t="s">
         <v>609</v>
       </c>
-      <c r="B186" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="19" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="D186" s="19" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="E186" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F186" s="1"/>
       <c r="G186" s="1"/>
       <c r="H186" s="1"/>
       <c r="I186" s="1"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
     </row>
     <row r="187" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A187" s="19" t="s">
+        <v>608</v>
+      </c>
+      <c r="B187" s="19" t="s">
         <v>609</v>
       </c>
-      <c r="B187" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" s="19" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D187" s="19" t="s">
         <v>1047</v>
-      </c>
-[...1 lines deleted...]
-        <v>1048</v>
       </c>
       <c r="E187" s="20">
         <v>8850.52</v>
       </c>
       <c r="F187" s="1"/>
       <c r="G187" s="1"/>
       <c r="H187" s="1"/>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
     </row>
     <row r="188" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A188" s="19" t="s">
+        <v>608</v>
+      </c>
+      <c r="B188" s="19" t="s">
         <v>609</v>
       </c>
-      <c r="B188" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="19" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D188" s="19" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="E188" s="20">
         <v>13319.08</v>
       </c>
       <c r="F188" s="1"/>
       <c r="G188" s="1"/>
       <c r="H188" s="1"/>
       <c r="I188" s="1"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
     </row>
     <row r="189" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A189" s="19" t="s">
+        <v>622</v>
+      </c>
+      <c r="B189" s="19" t="s">
         <v>623</v>
       </c>
-      <c r="B189" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189" s="19" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D189" s="19" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
       <c r="E189" s="20">
         <v>1293.1600000000001</v>
       </c>
       <c r="F189" s="1"/>
       <c r="G189" s="1"/>
       <c r="H189" s="1"/>
       <c r="I189" s="1"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
     </row>
     <row r="190" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A190" s="19" t="s">
+        <v>624</v>
+      </c>
+      <c r="B190" s="19" t="s">
         <v>625</v>
       </c>
-      <c r="B190" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" s="19" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D190" s="19" t="s">
         <v>1053</v>
-      </c>
-[...1 lines deleted...]
-        <v>1054</v>
       </c>
       <c r="E190" s="20">
         <v>3163.44</v>
       </c>
       <c r="F190" s="1"/>
       <c r="G190" s="1"/>
       <c r="H190" s="1"/>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
     </row>
     <row r="191" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A191" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B191" s="19" t="s">
         <v>627</v>
       </c>
-      <c r="B191" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="19" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D191" s="19" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
       <c r="E191" s="20">
         <v>13414.73</v>
       </c>
       <c r="F191" s="1"/>
       <c r="G191" s="1"/>
       <c r="H191" s="1"/>
       <c r="I191" s="1"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
     </row>
     <row r="192" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A192" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B192" s="19" t="s">
         <v>627</v>
       </c>
-      <c r="B192" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="19" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D192" s="19" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
       <c r="E192" s="20">
         <v>7978.44</v>
       </c>
       <c r="F192" s="1"/>
       <c r="G192" s="1"/>
       <c r="H192" s="1"/>
       <c r="I192" s="1"/>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
     </row>
     <row r="193" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A193" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B193" s="19" t="s">
         <v>627</v>
       </c>
-      <c r="B193" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="19" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D193" s="19" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
       <c r="E193" s="20">
         <v>7430.9</v>
       </c>
       <c r="F193" s="1"/>
       <c r="G193" s="1"/>
       <c r="H193" s="1"/>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
     </row>
     <row r="194" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A194" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B194" s="19" t="s">
         <v>627</v>
       </c>
-      <c r="B194" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="19" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D194" s="19" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="E194" s="20">
         <v>9464.6200000000008</v>
       </c>
       <c r="F194" s="1"/>
       <c r="G194" s="1"/>
       <c r="H194" s="1"/>
       <c r="I194" s="1"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
     </row>
     <row r="195" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A195" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B195" s="19" t="s">
         <v>627</v>
       </c>
-      <c r="B195" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="19" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D195" s="19" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
       <c r="E195" s="20">
         <v>4458.54</v>
       </c>
       <c r="F195" s="1"/>
       <c r="G195" s="1"/>
       <c r="H195" s="1"/>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
     </row>
     <row r="196" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A196" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B196" s="19" t="s">
         <v>627</v>
       </c>
-      <c r="B196" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="19" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D196" s="19" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
       <c r="E196" s="20">
         <v>1368.85</v>
       </c>
       <c r="F196" s="1"/>
       <c r="G196" s="1"/>
       <c r="H196" s="1"/>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
     </row>
     <row r="197" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A197" s="19" t="s">
+        <v>628</v>
+      </c>
+      <c r="B197" s="19" t="s">
         <v>629</v>
       </c>
-      <c r="B197" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="19" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D197" s="19" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
       <c r="E197" s="20">
         <v>8487.36</v>
       </c>
       <c r="F197" s="1"/>
       <c r="G197" s="1"/>
       <c r="H197" s="1"/>
       <c r="I197" s="1"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1"/>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
     </row>
     <row r="198" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A198" s="19" t="s">
+        <v>630</v>
+      </c>
+      <c r="B198" s="19" t="s">
         <v>631</v>
       </c>
-      <c r="B198" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" s="19" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="D198" s="19" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="E198" s="20">
         <v>2918.24</v>
       </c>
       <c r="F198" s="1"/>
       <c r="G198" s="1"/>
       <c r="H198" s="1"/>
       <c r="I198" s="1"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
     </row>
     <row r="199" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A199" s="19" t="s">
+        <v>634</v>
+      </c>
+      <c r="B199" s="19" t="s">
         <v>635</v>
       </c>
-      <c r="B199" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="19" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D199" s="19" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="E199" s="20">
         <v>2177.2800000000002</v>
       </c>
       <c r="F199" s="1"/>
       <c r="G199" s="1"/>
       <c r="H199" s="1"/>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
     </row>
     <row r="200" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A200" s="19" t="s">
+        <v>638</v>
+      </c>
+      <c r="B200" s="19" t="s">
         <v>639</v>
       </c>
-      <c r="B200" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" s="19" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D200" s="19" t="s">
         <v>1072</v>
       </c>
-      <c r="D200" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E200" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F200" s="1"/>
       <c r="G200" s="1"/>
       <c r="H200" s="1"/>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1"/>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
     </row>
     <row r="201" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A201" s="19" t="s">
+        <v>646</v>
+      </c>
+      <c r="B201" s="19" t="s">
         <v>647</v>
       </c>
-      <c r="B201" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201" s="19" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D201" s="19" t="s">
         <v>1074</v>
       </c>
-      <c r="D201" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E201" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F201" s="1"/>
       <c r="G201" s="1"/>
       <c r="H201" s="1"/>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1"/>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
     </row>
     <row r="202" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A202" s="19" t="s">
+        <v>648</v>
+      </c>
+      <c r="B202" s="19" t="s">
         <v>649</v>
       </c>
-      <c r="B202" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C202" s="19" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D202" s="19" t="s">
         <v>1076</v>
-      </c>
-[...1 lines deleted...]
-        <v>1077</v>
       </c>
       <c r="E202" s="20">
         <v>32067.360000000001</v>
       </c>
       <c r="F202" s="1"/>
       <c r="G202" s="1"/>
       <c r="H202" s="1"/>
       <c r="I202" s="1"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1"/>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1"/>
     </row>
     <row r="203" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A203" s="19" t="s">
+        <v>648</v>
+      </c>
+      <c r="B203" s="19" t="s">
         <v>649</v>
       </c>
-      <c r="B203" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" s="19" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
       <c r="D203" s="19" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="E203" s="20">
         <v>11145.92</v>
       </c>
       <c r="F203" s="1"/>
       <c r="G203" s="1"/>
       <c r="H203" s="1"/>
       <c r="I203" s="1"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
     </row>
     <row r="204" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A204" s="19" t="s">
+        <v>648</v>
+      </c>
+      <c r="B204" s="19" t="s">
         <v>649</v>
       </c>
-      <c r="B204" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" s="19" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D204" s="19" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="E204" s="20">
         <v>3129.08</v>
       </c>
       <c r="F204" s="1"/>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1"/>
       <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
     </row>
     <row r="205" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A205" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="B205" s="19" t="s">
         <v>667</v>
       </c>
-      <c r="B205" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C205" s="19" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D205" s="19" t="s">
         <v>1081</v>
-      </c>
-[...1 lines deleted...]
-        <v>1082</v>
       </c>
       <c r="E205" s="20">
         <v>4333.2299999999996</v>
       </c>
       <c r="F205" s="1"/>
       <c r="G205" s="1"/>
       <c r="H205" s="1"/>
       <c r="I205" s="1"/>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1"/>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
     </row>
     <row r="206" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A206" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="B206" s="19" t="s">
         <v>667</v>
       </c>
-      <c r="B206" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" s="19" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D206" s="19" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="E206" s="20">
         <v>4858.47</v>
       </c>
       <c r="F206" s="1"/>
       <c r="G206" s="1"/>
       <c r="H206" s="1"/>
       <c r="I206" s="1"/>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1"/>
     </row>
     <row r="207" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A207" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="B207" s="19" t="s">
         <v>667</v>
       </c>
-      <c r="B207" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C207" s="19" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D207" s="19" t="s">
         <v>1085</v>
-      </c>
-[...1 lines deleted...]
-        <v>1086</v>
       </c>
       <c r="E207" s="20">
         <v>846.22</v>
       </c>
       <c r="F207" s="1"/>
       <c r="G207" s="1"/>
       <c r="H207" s="1"/>
       <c r="I207" s="1"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1"/>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
     </row>
     <row r="208" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A208" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="B208" s="19" t="s">
         <v>667</v>
       </c>
-      <c r="B208" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C208" s="19" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D208" s="19" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="E208" s="20">
         <v>2757.51</v>
       </c>
       <c r="F208" s="1"/>
       <c r="G208" s="1"/>
       <c r="H208" s="1"/>
       <c r="I208" s="1"/>
       <c r="J208" s="1"/>
       <c r="K208" s="1"/>
       <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
     </row>
     <row r="209" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A209" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="B209" s="19" t="s">
         <v>667</v>
       </c>
-      <c r="B209" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C209" s="19" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D209" s="19" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="E209" s="20">
         <v>1429.82</v>
       </c>
       <c r="F209" s="1"/>
       <c r="G209" s="1"/>
       <c r="H209" s="1"/>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
     </row>
     <row r="210" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A210" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="B210" s="19" t="s">
         <v>667</v>
       </c>
-      <c r="B210" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C210" s="19" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D210" s="19" t="s">
         <v>1091</v>
-      </c>
-[...1 lines deleted...]
-        <v>1092</v>
       </c>
       <c r="E210" s="20">
         <v>2538.66</v>
       </c>
       <c r="F210" s="1"/>
       <c r="G210" s="1"/>
       <c r="H210" s="1"/>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
     </row>
     <row r="211" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A211" s="19" t="s">
+        <v>658</v>
+      </c>
+      <c r="B211" s="19" t="s">
         <v>659</v>
       </c>
-      <c r="B211" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C211" s="19" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D211" s="19" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="E211" s="20">
         <v>730.8</v>
       </c>
       <c r="F211" s="1"/>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
     </row>
     <row r="212" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A212" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="B212" s="19" t="s">
         <v>665</v>
       </c>
-      <c r="B212" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C212" s="19" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D212" s="19" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>1096</v>
       </c>
       <c r="E212" s="20">
         <v>1550.01</v>
       </c>
       <c r="F212" s="1"/>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1"/>
       <c r="J212" s="1"/>
       <c r="K212" s="1"/>
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
     </row>
     <row r="213" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A213" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="B213" s="19" t="s">
         <v>673</v>
       </c>
-      <c r="B213" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" s="19" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D213" s="19" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="E213" s="20">
         <v>1204.8599999999999</v>
       </c>
       <c r="F213" s="1"/>
       <c r="G213" s="1"/>
       <c r="H213" s="1"/>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
     </row>
     <row r="214" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A214" s="19" t="s">
+        <v>678</v>
+      </c>
+      <c r="B214" s="19" t="s">
         <v>679</v>
       </c>
-      <c r="B214" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" s="19" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D214" s="19" t="s">
         <v>1099</v>
       </c>
-      <c r="D214" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E214" s="20" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F214" s="1"/>
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
       <c r="I214" s="1"/>
       <c r="J214" s="1"/>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
     </row>
     <row r="215" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A215" s="25"/>
-[...2 lines deleted...]
-      <c r="D215" s="25"/>
+      <c r="A215" s="23"/>
+      <c r="B215" s="23"/>
+      <c r="C215" s="23"/>
+      <c r="D215" s="23"/>
     </row>
     <row r="216" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A216" s="25"/>
-[...2 lines deleted...]
-      <c r="D216" s="25"/>
+      <c r="A216" s="23"/>
+      <c r="B216" s="23"/>
+      <c r="C216" s="23"/>
+      <c r="D216" s="23"/>
     </row>
     <row r="217" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A217" s="25"/>
-[...2 lines deleted...]
-      <c r="D217" s="25"/>
+      <c r="A217" s="23"/>
+      <c r="B217" s="23"/>
+      <c r="C217" s="23"/>
+      <c r="D217" s="23"/>
     </row>
     <row r="218" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A218" s="25"/>
-[...2 lines deleted...]
-      <c r="D218" s="25"/>
+      <c r="A218" s="23"/>
+      <c r="B218" s="23"/>
+      <c r="C218" s="23"/>
+      <c r="D218" s="23"/>
     </row>
     <row r="219" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A219" s="25"/>
-[...2 lines deleted...]
-      <c r="D219" s="25"/>
+      <c r="A219" s="23"/>
+      <c r="B219" s="23"/>
+      <c r="C219" s="23"/>
+      <c r="D219" s="23"/>
     </row>
     <row r="220" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A220" s="25"/>
-[...2 lines deleted...]
-      <c r="D220" s="25"/>
+      <c r="A220" s="23"/>
+      <c r="B220" s="23"/>
+      <c r="C220" s="23"/>
+      <c r="D220" s="23"/>
     </row>
     <row r="221" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A221" s="25"/>
-[...2 lines deleted...]
-      <c r="D221" s="25"/>
+      <c r="A221" s="23"/>
+      <c r="B221" s="23"/>
+      <c r="C221" s="23"/>
+      <c r="D221" s="23"/>
     </row>
     <row r="222" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A222" s="25"/>
-[...2 lines deleted...]
-      <c r="D222" s="25"/>
+      <c r="A222" s="23"/>
+      <c r="B222" s="23"/>
+      <c r="C222" s="23"/>
+      <c r="D222" s="23"/>
     </row>
     <row r="223" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A223" s="25"/>
-[...2 lines deleted...]
-      <c r="D223" s="25"/>
+      <c r="A223" s="23"/>
+      <c r="B223" s="23"/>
+      <c r="C223" s="23"/>
+      <c r="D223" s="23"/>
     </row>
     <row r="224" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A224" s="25"/>
-[...2 lines deleted...]
-      <c r="D224" s="25"/>
+      <c r="A224" s="23"/>
+      <c r="B224" s="23"/>
+      <c r="C224" s="23"/>
+      <c r="D224" s="23"/>
     </row>
     <row r="225" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A225" s="25"/>
-[...2 lines deleted...]
-      <c r="D225" s="25"/>
+      <c r="A225" s="23"/>
+      <c r="B225" s="23"/>
+      <c r="C225" s="23"/>
+      <c r="D225" s="23"/>
     </row>
     <row r="226" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A226" s="25"/>
-[...2 lines deleted...]
-      <c r="D226" s="25"/>
+      <c r="A226" s="23"/>
+      <c r="B226" s="23"/>
+      <c r="C226" s="23"/>
+      <c r="D226" s="23"/>
     </row>
     <row r="227" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A227" s="25"/>
-[...2 lines deleted...]
-      <c r="D227" s="25"/>
+      <c r="A227" s="23"/>
+      <c r="B227" s="23"/>
+      <c r="C227" s="23"/>
+      <c r="D227" s="23"/>
     </row>
     <row r="228" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A228" s="25"/>
-[...2 lines deleted...]
-      <c r="D228" s="25"/>
+      <c r="A228" s="23"/>
+      <c r="B228" s="23"/>
+      <c r="C228" s="23"/>
+      <c r="D228" s="23"/>
     </row>
     <row r="229" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A229" s="25"/>
-[...2 lines deleted...]
-      <c r="D229" s="25"/>
+      <c r="A229" s="23"/>
+      <c r="B229" s="23"/>
+      <c r="C229" s="23"/>
+      <c r="D229" s="23"/>
     </row>
     <row r="230" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A230" s="25"/>
-[...2 lines deleted...]
-      <c r="D230" s="25"/>
+      <c r="A230" s="23"/>
+      <c r="B230" s="23"/>
+      <c r="C230" s="23"/>
+      <c r="D230" s="23"/>
     </row>
     <row r="231" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A231" s="25"/>
-[...2 lines deleted...]
-      <c r="D231" s="25"/>
+      <c r="A231" s="23"/>
+      <c r="B231" s="23"/>
+      <c r="C231" s="23"/>
+      <c r="D231" s="23"/>
     </row>
     <row r="232" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A232" s="25"/>
-[...2 lines deleted...]
-      <c r="D232" s="25"/>
+      <c r="A232" s="23"/>
+      <c r="B232" s="23"/>
+      <c r="C232" s="23"/>
+      <c r="D232" s="23"/>
     </row>
     <row r="233" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A233" s="25"/>
-[...2 lines deleted...]
-      <c r="D233" s="25"/>
+      <c r="A233" s="23"/>
+      <c r="B233" s="23"/>
+      <c r="C233" s="23"/>
+      <c r="D233" s="23"/>
     </row>
     <row r="234" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A234" s="25"/>
-[...2 lines deleted...]
-      <c r="D234" s="25"/>
+      <c r="A234" s="23"/>
+      <c r="B234" s="23"/>
+      <c r="C234" s="23"/>
+      <c r="D234" s="23"/>
     </row>
     <row r="235" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A235" s="25"/>
-[...2 lines deleted...]
-      <c r="D235" s="25"/>
+      <c r="A235" s="23"/>
+      <c r="B235" s="23"/>
+      <c r="C235" s="23"/>
+      <c r="D235" s="23"/>
     </row>
     <row r="236" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A236" s="25"/>
-[...2 lines deleted...]
-      <c r="D236" s="25"/>
+      <c r="A236" s="23"/>
+      <c r="B236" s="23"/>
+      <c r="C236" s="23"/>
+      <c r="D236" s="23"/>
     </row>
     <row r="237" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A237" s="25"/>
-[...2 lines deleted...]
-      <c r="D237" s="25"/>
+      <c r="A237" s="23"/>
+      <c r="B237" s="23"/>
+      <c r="C237" s="23"/>
+      <c r="D237" s="23"/>
     </row>
     <row r="238" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A238" s="25"/>
-[...2 lines deleted...]
-      <c r="D238" s="25"/>
+      <c r="A238" s="23"/>
+      <c r="B238" s="23"/>
+      <c r="C238" s="23"/>
+      <c r="D238" s="23"/>
     </row>
     <row r="239" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A239" s="25"/>
-[...2 lines deleted...]
-      <c r="D239" s="25"/>
+      <c r="A239" s="23"/>
+      <c r="B239" s="23"/>
+      <c r="C239" s="23"/>
+      <c r="D239" s="23"/>
     </row>
     <row r="240" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A240" s="25"/>
-[...2 lines deleted...]
-      <c r="D240" s="25"/>
+      <c r="A240" s="23"/>
+      <c r="B240" s="23"/>
+      <c r="C240" s="23"/>
+      <c r="D240" s="23"/>
     </row>
     <row r="241" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A241" s="25"/>
-[...2 lines deleted...]
-      <c r="D241" s="25"/>
+      <c r="A241" s="23"/>
+      <c r="B241" s="23"/>
+      <c r="C241" s="23"/>
+      <c r="D241" s="23"/>
     </row>
     <row r="242" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A242" s="25"/>
-[...2 lines deleted...]
-      <c r="D242" s="25"/>
+      <c r="A242" s="23"/>
+      <c r="B242" s="23"/>
+      <c r="C242" s="23"/>
+      <c r="D242" s="23"/>
     </row>
     <row r="243" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A243" s="25"/>
-[...2 lines deleted...]
-      <c r="D243" s="25"/>
+      <c r="A243" s="23"/>
+      <c r="B243" s="23"/>
+      <c r="C243" s="23"/>
+      <c r="D243" s="23"/>
     </row>
     <row r="244" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A244" s="25"/>
-[...2 lines deleted...]
-      <c r="D244" s="25"/>
+      <c r="A244" s="23"/>
+      <c r="B244" s="23"/>
+      <c r="C244" s="23"/>
+      <c r="D244" s="23"/>
     </row>
     <row r="245" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A245" s="25"/>
-[...2 lines deleted...]
-      <c r="D245" s="25"/>
+      <c r="A245" s="23"/>
+      <c r="B245" s="23"/>
+      <c r="C245" s="23"/>
+      <c r="D245" s="23"/>
     </row>
     <row r="246" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A246" s="25"/>
-[...2 lines deleted...]
-      <c r="D246" s="25"/>
+      <c r="A246" s="23"/>
+      <c r="B246" s="23"/>
+      <c r="C246" s="23"/>
+      <c r="D246" s="23"/>
     </row>
     <row r="247" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A247" s="25"/>
-[...2 lines deleted...]
-      <c r="D247" s="25"/>
+      <c r="A247" s="23"/>
+      <c r="B247" s="23"/>
+      <c r="C247" s="23"/>
+      <c r="D247" s="23"/>
     </row>
     <row r="248" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A248" s="25"/>
-[...2 lines deleted...]
-      <c r="D248" s="25"/>
+      <c r="A248" s="23"/>
+      <c r="B248" s="23"/>
+      <c r="C248" s="23"/>
+      <c r="D248" s="23"/>
     </row>
     <row r="249" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A249" s="25"/>
-[...2 lines deleted...]
-      <c r="D249" s="25"/>
+      <c r="A249" s="23"/>
+      <c r="B249" s="23"/>
+      <c r="C249" s="23"/>
+      <c r="D249" s="23"/>
     </row>
     <row r="250" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A250" s="25"/>
-[...2 lines deleted...]
-      <c r="D250" s="25"/>
+      <c r="A250" s="23"/>
+      <c r="B250" s="23"/>
+      <c r="C250" s="23"/>
+      <c r="D250" s="23"/>
     </row>
     <row r="251" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A251" s="25"/>
-[...2 lines deleted...]
-      <c r="D251" s="25"/>
+      <c r="A251" s="23"/>
+      <c r="B251" s="23"/>
+      <c r="C251" s="23"/>
+      <c r="D251" s="23"/>
     </row>
     <row r="252" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A252" s="25"/>
-[...2 lines deleted...]
-      <c r="D252" s="25"/>
+      <c r="A252" s="23"/>
+      <c r="B252" s="23"/>
+      <c r="C252" s="23"/>
+      <c r="D252" s="23"/>
     </row>
     <row r="253" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A253" s="25"/>
-[...2 lines deleted...]
-      <c r="D253" s="25"/>
+      <c r="A253" s="23"/>
+      <c r="B253" s="23"/>
+      <c r="C253" s="23"/>
+      <c r="D253" s="23"/>
     </row>
     <row r="254" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A254" s="25"/>
-[...2 lines deleted...]
-      <c r="D254" s="25"/>
+      <c r="A254" s="23"/>
+      <c r="B254" s="23"/>
+      <c r="C254" s="23"/>
+      <c r="D254" s="23"/>
     </row>
     <row r="255" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A255" s="25"/>
-[...2 lines deleted...]
-      <c r="D255" s="25"/>
+      <c r="A255" s="23"/>
+      <c r="B255" s="23"/>
+      <c r="C255" s="23"/>
+      <c r="D255" s="23"/>
     </row>
     <row r="256" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A256" s="25"/>
-[...2 lines deleted...]
-      <c r="D256" s="25"/>
+      <c r="A256" s="23"/>
+      <c r="B256" s="23"/>
+      <c r="C256" s="23"/>
+      <c r="D256" s="23"/>
     </row>
     <row r="257" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A257" s="25"/>
-[...2 lines deleted...]
-      <c r="D257" s="25"/>
+      <c r="A257" s="23"/>
+      <c r="B257" s="23"/>
+      <c r="C257" s="23"/>
+      <c r="D257" s="23"/>
     </row>
     <row r="258" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A258" s="25"/>
-[...2 lines deleted...]
-      <c r="D258" s="25"/>
+      <c r="A258" s="23"/>
+      <c r="B258" s="23"/>
+      <c r="C258" s="23"/>
+      <c r="D258" s="23"/>
     </row>
     <row r="259" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A259" s="25"/>
-[...2 lines deleted...]
-      <c r="D259" s="25"/>
+      <c r="A259" s="23"/>
+      <c r="B259" s="23"/>
+      <c r="C259" s="23"/>
+      <c r="D259" s="23"/>
     </row>
     <row r="260" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A260" s="25"/>
-[...2 lines deleted...]
-      <c r="D260" s="25"/>
+      <c r="A260" s="23"/>
+      <c r="B260" s="23"/>
+      <c r="C260" s="23"/>
+      <c r="D260" s="23"/>
     </row>
     <row r="261" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A261" s="25"/>
-[...2 lines deleted...]
-      <c r="D261" s="25"/>
+      <c r="A261" s="23"/>
+      <c r="B261" s="23"/>
+      <c r="C261" s="23"/>
+      <c r="D261" s="23"/>
     </row>
     <row r="262" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A262" s="25"/>
-[...2 lines deleted...]
-      <c r="D262" s="25"/>
+      <c r="A262" s="23"/>
+      <c r="B262" s="23"/>
+      <c r="C262" s="23"/>
+      <c r="D262" s="23"/>
     </row>
     <row r="263" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A263" s="25"/>
-[...2 lines deleted...]
-      <c r="D263" s="25"/>
+      <c r="A263" s="23"/>
+      <c r="B263" s="23"/>
+      <c r="C263" s="23"/>
+      <c r="D263" s="23"/>
     </row>
     <row r="264" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A264" s="25"/>
-[...2 lines deleted...]
-      <c r="D264" s="25"/>
+      <c r="A264" s="23"/>
+      <c r="B264" s="23"/>
+      <c r="C264" s="23"/>
+      <c r="D264" s="23"/>
     </row>
     <row r="265" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A265" s="25"/>
-[...2 lines deleted...]
-      <c r="D265" s="25"/>
+      <c r="A265" s="23"/>
+      <c r="B265" s="23"/>
+      <c r="C265" s="23"/>
+      <c r="D265" s="23"/>
     </row>
     <row r="266" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A266" s="25"/>
-[...2 lines deleted...]
-      <c r="D266" s="25"/>
+      <c r="A266" s="23"/>
+      <c r="B266" s="23"/>
+      <c r="C266" s="23"/>
+      <c r="D266" s="23"/>
     </row>
     <row r="267" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A267" s="25"/>
-[...2 lines deleted...]
-      <c r="D267" s="25"/>
+      <c r="A267" s="23"/>
+      <c r="B267" s="23"/>
+      <c r="C267" s="23"/>
+      <c r="D267" s="23"/>
     </row>
     <row r="268" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A268" s="25"/>
-[...2 lines deleted...]
-      <c r="D268" s="25"/>
+      <c r="A268" s="23"/>
+      <c r="B268" s="23"/>
+      <c r="C268" s="23"/>
+      <c r="D268" s="23"/>
     </row>
     <row r="269" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A269" s="25"/>
-[...2 lines deleted...]
-      <c r="D269" s="25"/>
+      <c r="A269" s="23"/>
+      <c r="B269" s="23"/>
+      <c r="C269" s="23"/>
+      <c r="D269" s="23"/>
     </row>
     <row r="270" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A270" s="25"/>
-[...2 lines deleted...]
-      <c r="D270" s="25"/>
+      <c r="A270" s="23"/>
+      <c r="B270" s="23"/>
+      <c r="C270" s="23"/>
+      <c r="D270" s="23"/>
     </row>
     <row r="271" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A271" s="25"/>
-[...2 lines deleted...]
-      <c r="D271" s="25"/>
+      <c r="A271" s="23"/>
+      <c r="B271" s="23"/>
+      <c r="C271" s="23"/>
+      <c r="D271" s="23"/>
     </row>
     <row r="272" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A272" s="25"/>
-[...2 lines deleted...]
-      <c r="D272" s="25"/>
+      <c r="A272" s="23"/>
+      <c r="B272" s="23"/>
+      <c r="C272" s="23"/>
+      <c r="D272" s="23"/>
     </row>
     <row r="273" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A273" s="25"/>
-[...2 lines deleted...]
-      <c r="D273" s="25"/>
+      <c r="A273" s="23"/>
+      <c r="B273" s="23"/>
+      <c r="C273" s="23"/>
+      <c r="D273" s="23"/>
     </row>
     <row r="274" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A274" s="25"/>
-[...2 lines deleted...]
-      <c r="D274" s="25"/>
+      <c r="A274" s="23"/>
+      <c r="B274" s="23"/>
+      <c r="C274" s="23"/>
+      <c r="D274" s="23"/>
     </row>
     <row r="275" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A275" s="25"/>
-[...2 lines deleted...]
-      <c r="D275" s="25"/>
+      <c r="A275" s="23"/>
+      <c r="B275" s="23"/>
+      <c r="C275" s="23"/>
+      <c r="D275" s="23"/>
     </row>
     <row r="276" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A276" s="25"/>
-[...2 lines deleted...]
-      <c r="D276" s="25"/>
+      <c r="A276" s="23"/>
+      <c r="B276" s="23"/>
+      <c r="C276" s="23"/>
+      <c r="D276" s="23"/>
     </row>
     <row r="277" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A277" s="25"/>
-[...2 lines deleted...]
-      <c r="D277" s="25"/>
+      <c r="A277" s="23"/>
+      <c r="B277" s="23"/>
+      <c r="C277" s="23"/>
+      <c r="D277" s="23"/>
     </row>
     <row r="278" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A278" s="25"/>
-[...2 lines deleted...]
-      <c r="D278" s="25"/>
+      <c r="A278" s="23"/>
+      <c r="B278" s="23"/>
+      <c r="C278" s="23"/>
+      <c r="D278" s="23"/>
     </row>
     <row r="279" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A279" s="25"/>
-[...2 lines deleted...]
-      <c r="D279" s="25"/>
+      <c r="A279" s="23"/>
+      <c r="B279" s="23"/>
+      <c r="C279" s="23"/>
+      <c r="D279" s="23"/>
     </row>
     <row r="280" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A280" s="25"/>
-[...2 lines deleted...]
-      <c r="D280" s="25"/>
+      <c r="A280" s="23"/>
+      <c r="B280" s="23"/>
+      <c r="C280" s="23"/>
+      <c r="D280" s="23"/>
     </row>
     <row r="281" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A281" s="25"/>
-[...2 lines deleted...]
-      <c r="D281" s="25"/>
+      <c r="A281" s="23"/>
+      <c r="B281" s="23"/>
+      <c r="C281" s="23"/>
+      <c r="D281" s="23"/>
     </row>
     <row r="282" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A282" s="25"/>
-[...2 lines deleted...]
-      <c r="D282" s="25"/>
+      <c r="A282" s="23"/>
+      <c r="B282" s="23"/>
+      <c r="C282" s="23"/>
+      <c r="D282" s="23"/>
     </row>
     <row r="283" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A283" s="25"/>
-[...2 lines deleted...]
-      <c r="D283" s="25"/>
+      <c r="A283" s="23"/>
+      <c r="B283" s="23"/>
+      <c r="C283" s="23"/>
+      <c r="D283" s="23"/>
     </row>
     <row r="284" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A284" s="25"/>
-[...2 lines deleted...]
-      <c r="D284" s="25"/>
+      <c r="A284" s="23"/>
+      <c r="B284" s="23"/>
+      <c r="C284" s="23"/>
+      <c r="D284" s="23"/>
     </row>
     <row r="285" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A285" s="25"/>
-[...2 lines deleted...]
-      <c r="D285" s="25"/>
+      <c r="A285" s="23"/>
+      <c r="B285" s="23"/>
+      <c r="C285" s="23"/>
+      <c r="D285" s="23"/>
     </row>
     <row r="286" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A286" s="25"/>
-[...2 lines deleted...]
-      <c r="D286" s="25"/>
+      <c r="A286" s="23"/>
+      <c r="B286" s="23"/>
+      <c r="C286" s="23"/>
+      <c r="D286" s="23"/>
     </row>
     <row r="287" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A287" s="25"/>
-[...2 lines deleted...]
-      <c r="D287" s="25"/>
+      <c r="A287" s="23"/>
+      <c r="B287" s="23"/>
+      <c r="C287" s="23"/>
+      <c r="D287" s="23"/>
     </row>
     <row r="288" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A288" s="25"/>
-[...2 lines deleted...]
-      <c r="D288" s="25"/>
+      <c r="A288" s="23"/>
+      <c r="B288" s="23"/>
+      <c r="C288" s="23"/>
+      <c r="D288" s="23"/>
     </row>
     <row r="289" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A289" s="25"/>
-[...2 lines deleted...]
-      <c r="D289" s="25"/>
+      <c r="A289" s="23"/>
+      <c r="B289" s="23"/>
+      <c r="C289" s="23"/>
+      <c r="D289" s="23"/>
     </row>
     <row r="290" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A290" s="25"/>
-[...2 lines deleted...]
-      <c r="D290" s="25"/>
+      <c r="A290" s="23"/>
+      <c r="B290" s="23"/>
+      <c r="C290" s="23"/>
+      <c r="D290" s="23"/>
     </row>
     <row r="291" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A291" s="25"/>
-[...2 lines deleted...]
-      <c r="D291" s="25"/>
+      <c r="A291" s="23"/>
+      <c r="B291" s="23"/>
+      <c r="C291" s="23"/>
+      <c r="D291" s="23"/>
     </row>
     <row r="292" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A292" s="25"/>
-[...2 lines deleted...]
-      <c r="D292" s="25"/>
+      <c r="A292" s="23"/>
+      <c r="B292" s="23"/>
+      <c r="C292" s="23"/>
+      <c r="D292" s="23"/>
     </row>
     <row r="293" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A293" s="25"/>
-[...2 lines deleted...]
-      <c r="D293" s="25"/>
+      <c r="A293" s="23"/>
+      <c r="B293" s="23"/>
+      <c r="C293" s="23"/>
+      <c r="D293" s="23"/>
     </row>
     <row r="294" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A294" s="25"/>
-[...2 lines deleted...]
-      <c r="D294" s="25"/>
+      <c r="A294" s="23"/>
+      <c r="B294" s="23"/>
+      <c r="C294" s="23"/>
+      <c r="D294" s="23"/>
     </row>
     <row r="295" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A295" s="25"/>
-[...2 lines deleted...]
-      <c r="D295" s="25"/>
+      <c r="A295" s="23"/>
+      <c r="B295" s="23"/>
+      <c r="C295" s="23"/>
+      <c r="D295" s="23"/>
     </row>
     <row r="296" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A296" s="25"/>
-[...2 lines deleted...]
-      <c r="D296" s="25"/>
+      <c r="A296" s="23"/>
+      <c r="B296" s="23"/>
+      <c r="C296" s="23"/>
+      <c r="D296" s="23"/>
     </row>
     <row r="297" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A297" s="25"/>
-[...2 lines deleted...]
-      <c r="D297" s="25"/>
+      <c r="A297" s="23"/>
+      <c r="B297" s="23"/>
+      <c r="C297" s="23"/>
+      <c r="D297" s="23"/>
     </row>
     <row r="298" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A298" s="25"/>
-[...2 lines deleted...]
-      <c r="D298" s="25"/>
+      <c r="A298" s="23"/>
+      <c r="B298" s="23"/>
+      <c r="C298" s="23"/>
+      <c r="D298" s="23"/>
     </row>
     <row r="299" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A299" s="25"/>
-[...2 lines deleted...]
-      <c r="D299" s="25"/>
+      <c r="A299" s="23"/>
+      <c r="B299" s="23"/>
+      <c r="C299" s="23"/>
+      <c r="D299" s="23"/>
     </row>
     <row r="300" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A300" s="25"/>
-[...2 lines deleted...]
-      <c r="D300" s="25"/>
+      <c r="A300" s="23"/>
+      <c r="B300" s="23"/>
+      <c r="C300" s="23"/>
+      <c r="D300" s="23"/>
     </row>
     <row r="301" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A301" s="25"/>
-[...2 lines deleted...]
-      <c r="D301" s="25"/>
+      <c r="A301" s="23"/>
+      <c r="B301" s="23"/>
+      <c r="C301" s="23"/>
+      <c r="D301" s="23"/>
     </row>
     <row r="302" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A302" s="25"/>
-[...2 lines deleted...]
-      <c r="D302" s="25"/>
+      <c r="A302" s="23"/>
+      <c r="B302" s="23"/>
+      <c r="C302" s="23"/>
+      <c r="D302" s="23"/>
     </row>
     <row r="303" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A303" s="25"/>
-[...2 lines deleted...]
-      <c r="D303" s="25"/>
+      <c r="A303" s="23"/>
+      <c r="B303" s="23"/>
+      <c r="C303" s="23"/>
+      <c r="D303" s="23"/>
     </row>
     <row r="304" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A304" s="25"/>
-[...2 lines deleted...]
-      <c r="D304" s="25"/>
+      <c r="A304" s="23"/>
+      <c r="B304" s="23"/>
+      <c r="C304" s="23"/>
+      <c r="D304" s="23"/>
     </row>
     <row r="305" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A305" s="25"/>
-[...2 lines deleted...]
-      <c r="D305" s="25"/>
+      <c r="A305" s="23"/>
+      <c r="B305" s="23"/>
+      <c r="C305" s="23"/>
+      <c r="D305" s="23"/>
     </row>
     <row r="306" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A306" s="25"/>
-[...2 lines deleted...]
-      <c r="D306" s="25"/>
+      <c r="A306" s="23"/>
+      <c r="B306" s="23"/>
+      <c r="C306" s="23"/>
+      <c r="D306" s="23"/>
     </row>
     <row r="307" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A307" s="25"/>
-[...2 lines deleted...]
-      <c r="D307" s="25"/>
+      <c r="A307" s="23"/>
+      <c r="B307" s="23"/>
+      <c r="C307" s="23"/>
+      <c r="D307" s="23"/>
     </row>
     <row r="308" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A308" s="25"/>
-[...2 lines deleted...]
-      <c r="D308" s="25"/>
+      <c r="A308" s="23"/>
+      <c r="B308" s="23"/>
+      <c r="C308" s="23"/>
+      <c r="D308" s="23"/>
     </row>
     <row r="309" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A309" s="25"/>
-[...2 lines deleted...]
-      <c r="D309" s="25"/>
+      <c r="A309" s="23"/>
+      <c r="B309" s="23"/>
+      <c r="C309" s="23"/>
+      <c r="D309" s="23"/>
     </row>
     <row r="310" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A310" s="25"/>
-[...2 lines deleted...]
-      <c r="D310" s="25"/>
+      <c r="A310" s="23"/>
+      <c r="B310" s="23"/>
+      <c r="C310" s="23"/>
+      <c r="D310" s="23"/>
     </row>
     <row r="311" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A311" s="25"/>
-[...2 lines deleted...]
-      <c r="D311" s="25"/>
+      <c r="A311" s="23"/>
+      <c r="B311" s="23"/>
+      <c r="C311" s="23"/>
+      <c r="D311" s="23"/>
     </row>
     <row r="312" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A312" s="25"/>
-[...2 lines deleted...]
-      <c r="D312" s="25"/>
+      <c r="A312" s="23"/>
+      <c r="B312" s="23"/>
+      <c r="C312" s="23"/>
+      <c r="D312" s="23"/>
     </row>
     <row r="313" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A313" s="25"/>
-[...2 lines deleted...]
-      <c r="D313" s="25"/>
+      <c r="A313" s="23"/>
+      <c r="B313" s="23"/>
+      <c r="C313" s="23"/>
+      <c r="D313" s="23"/>
     </row>
     <row r="314" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A314" s="25"/>
-[...2 lines deleted...]
-      <c r="D314" s="25"/>
+      <c r="A314" s="23"/>
+      <c r="B314" s="23"/>
+      <c r="C314" s="23"/>
+      <c r="D314" s="23"/>
     </row>
     <row r="315" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A315" s="25"/>
-[...2 lines deleted...]
-      <c r="D315" s="25"/>
+      <c r="A315" s="23"/>
+      <c r="B315" s="23"/>
+      <c r="C315" s="23"/>
+      <c r="D315" s="23"/>
     </row>
     <row r="316" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A316" s="25"/>
-[...2 lines deleted...]
-      <c r="D316" s="25"/>
+      <c r="A316" s="23"/>
+      <c r="B316" s="23"/>
+      <c r="C316" s="23"/>
+      <c r="D316" s="23"/>
     </row>
     <row r="317" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A317" s="25"/>
-[...2 lines deleted...]
-      <c r="D317" s="25"/>
+      <c r="A317" s="23"/>
+      <c r="B317" s="23"/>
+      <c r="C317" s="23"/>
+      <c r="D317" s="23"/>
     </row>
     <row r="318" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A318" s="25"/>
-[...2 lines deleted...]
-      <c r="D318" s="25"/>
+      <c r="A318" s="23"/>
+      <c r="B318" s="23"/>
+      <c r="C318" s="23"/>
+      <c r="D318" s="23"/>
     </row>
     <row r="319" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A319" s="25"/>
-[...2 lines deleted...]
-      <c r="D319" s="25"/>
+      <c r="A319" s="23"/>
+      <c r="B319" s="23"/>
+      <c r="C319" s="23"/>
+      <c r="D319" s="23"/>
     </row>
     <row r="320" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A320" s="25"/>
-[...2 lines deleted...]
-      <c r="D320" s="25"/>
+      <c r="A320" s="23"/>
+      <c r="B320" s="23"/>
+      <c r="C320" s="23"/>
+      <c r="D320" s="23"/>
     </row>
     <row r="321" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A321" s="25"/>
-[...2 lines deleted...]
-      <c r="D321" s="25"/>
+      <c r="A321" s="23"/>
+      <c r="B321" s="23"/>
+      <c r="C321" s="23"/>
+      <c r="D321" s="23"/>
     </row>
     <row r="322" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A322" s="25"/>
-[...2 lines deleted...]
-      <c r="D322" s="25"/>
+      <c r="A322" s="23"/>
+      <c r="B322" s="23"/>
+      <c r="C322" s="23"/>
+      <c r="D322" s="23"/>
     </row>
     <row r="323" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A323" s="25"/>
-[...2 lines deleted...]
-      <c r="D323" s="25"/>
+      <c r="A323" s="23"/>
+      <c r="B323" s="23"/>
+      <c r="C323" s="23"/>
+      <c r="D323" s="23"/>
     </row>
     <row r="324" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A324" s="25"/>
-[...2 lines deleted...]
-      <c r="D324" s="25"/>
+      <c r="A324" s="23"/>
+      <c r="B324" s="23"/>
+      <c r="C324" s="23"/>
+      <c r="D324" s="23"/>
     </row>
     <row r="325" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A325" s="25"/>
-[...2 lines deleted...]
-      <c r="D325" s="25"/>
+      <c r="A325" s="23"/>
+      <c r="B325" s="23"/>
+      <c r="C325" s="23"/>
+      <c r="D325" s="23"/>
     </row>
     <row r="326" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A326" s="25"/>
-[...2 lines deleted...]
-      <c r="D326" s="25"/>
+      <c r="A326" s="23"/>
+      <c r="B326" s="23"/>
+      <c r="C326" s="23"/>
+      <c r="D326" s="23"/>
     </row>
     <row r="327" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A327" s="25"/>
-[...2 lines deleted...]
-      <c r="D327" s="25"/>
+      <c r="A327" s="23"/>
+      <c r="B327" s="23"/>
+      <c r="C327" s="23"/>
+      <c r="D327" s="23"/>
     </row>
     <row r="328" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A328" s="25"/>
-[...2 lines deleted...]
-      <c r="D328" s="25"/>
+      <c r="A328" s="23"/>
+      <c r="B328" s="23"/>
+      <c r="C328" s="23"/>
+      <c r="D328" s="23"/>
     </row>
     <row r="329" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A329" s="25"/>
-[...2 lines deleted...]
-      <c r="D329" s="25"/>
+      <c r="A329" s="23"/>
+      <c r="B329" s="23"/>
+      <c r="C329" s="23"/>
+      <c r="D329" s="23"/>
     </row>
     <row r="330" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A330" s="25"/>
-[...2 lines deleted...]
-      <c r="D330" s="25"/>
+      <c r="A330" s="23"/>
+      <c r="B330" s="23"/>
+      <c r="C330" s="23"/>
+      <c r="D330" s="23"/>
     </row>
     <row r="331" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A331" s="25"/>
-[...2 lines deleted...]
-      <c r="D331" s="25"/>
+      <c r="A331" s="23"/>
+      <c r="B331" s="23"/>
+      <c r="C331" s="23"/>
+      <c r="D331" s="23"/>
     </row>
     <row r="332" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A332" s="25"/>
-[...2 lines deleted...]
-      <c r="D332" s="25"/>
+      <c r="A332" s="23"/>
+      <c r="B332" s="23"/>
+      <c r="C332" s="23"/>
+      <c r="D332" s="23"/>
     </row>
     <row r="333" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A333" s="25"/>
-[...2 lines deleted...]
-      <c r="D333" s="25"/>
+      <c r="A333" s="23"/>
+      <c r="B333" s="23"/>
+      <c r="C333" s="23"/>
+      <c r="D333" s="23"/>
     </row>
     <row r="334" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A334" s="25"/>
-[...2 lines deleted...]
-      <c r="D334" s="25"/>
+      <c r="A334" s="23"/>
+      <c r="B334" s="23"/>
+      <c r="C334" s="23"/>
+      <c r="D334" s="23"/>
     </row>
     <row r="335" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A335" s="25"/>
-[...2 lines deleted...]
-      <c r="D335" s="25"/>
+      <c r="A335" s="23"/>
+      <c r="B335" s="23"/>
+      <c r="C335" s="23"/>
+      <c r="D335" s="23"/>
     </row>
     <row r="336" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A336" s="25"/>
-[...2 lines deleted...]
-      <c r="D336" s="25"/>
+      <c r="A336" s="23"/>
+      <c r="B336" s="23"/>
+      <c r="C336" s="23"/>
+      <c r="D336" s="23"/>
     </row>
     <row r="337" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A337" s="25"/>
-[...2 lines deleted...]
-      <c r="D337" s="25"/>
+      <c r="A337" s="23"/>
+      <c r="B337" s="23"/>
+      <c r="C337" s="23"/>
+      <c r="D337" s="23"/>
     </row>
     <row r="338" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A338" s="25"/>
-[...2 lines deleted...]
-      <c r="D338" s="25"/>
+      <c r="A338" s="23"/>
+      <c r="B338" s="23"/>
+      <c r="C338" s="23"/>
+      <c r="D338" s="23"/>
     </row>
     <row r="339" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A339" s="25"/>
-[...2 lines deleted...]
-      <c r="D339" s="25"/>
+      <c r="A339" s="23"/>
+      <c r="B339" s="23"/>
+      <c r="C339" s="23"/>
+      <c r="D339" s="23"/>
     </row>
     <row r="340" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A340" s="25"/>
-[...2 lines deleted...]
-      <c r="D340" s="25"/>
+      <c r="A340" s="23"/>
+      <c r="B340" s="23"/>
+      <c r="C340" s="23"/>
+      <c r="D340" s="23"/>
     </row>
     <row r="341" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A341" s="25"/>
-[...2 lines deleted...]
-      <c r="D341" s="25"/>
+      <c r="A341" s="23"/>
+      <c r="B341" s="23"/>
+      <c r="C341" s="23"/>
+      <c r="D341" s="23"/>
     </row>
     <row r="342" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A342" s="25"/>
-[...2 lines deleted...]
-      <c r="D342" s="25"/>
+      <c r="A342" s="23"/>
+      <c r="B342" s="23"/>
+      <c r="C342" s="23"/>
+      <c r="D342" s="23"/>
     </row>
     <row r="343" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A343" s="25"/>
-[...2 lines deleted...]
-      <c r="D343" s="25"/>
+      <c r="A343" s="23"/>
+      <c r="B343" s="23"/>
+      <c r="C343" s="23"/>
+      <c r="D343" s="23"/>
     </row>
     <row r="344" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A344" s="25"/>
-[...2 lines deleted...]
-      <c r="D344" s="25"/>
+      <c r="A344" s="23"/>
+      <c r="B344" s="23"/>
+      <c r="C344" s="23"/>
+      <c r="D344" s="23"/>
     </row>
     <row r="345" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A345" s="25"/>
-[...2 lines deleted...]
-      <c r="D345" s="25"/>
+      <c r="A345" s="23"/>
+      <c r="B345" s="23"/>
+      <c r="C345" s="23"/>
+      <c r="D345" s="23"/>
     </row>
     <row r="346" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A346" s="25"/>
-[...2 lines deleted...]
-      <c r="D346" s="25"/>
+      <c r="A346" s="23"/>
+      <c r="B346" s="23"/>
+      <c r="C346" s="23"/>
+      <c r="D346" s="23"/>
     </row>
     <row r="347" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A347" s="25"/>
-[...2 lines deleted...]
-      <c r="D347" s="25"/>
+      <c r="A347" s="23"/>
+      <c r="B347" s="23"/>
+      <c r="C347" s="23"/>
+      <c r="D347" s="23"/>
     </row>
     <row r="348" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A348" s="25"/>
-[...2 lines deleted...]
-      <c r="D348" s="25"/>
+      <c r="A348" s="23"/>
+      <c r="B348" s="23"/>
+      <c r="C348" s="23"/>
+      <c r="D348" s="23"/>
     </row>
     <row r="349" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A349" s="25"/>
-[...2 lines deleted...]
-      <c r="D349" s="25"/>
+      <c r="A349" s="23"/>
+      <c r="B349" s="23"/>
+      <c r="C349" s="23"/>
+      <c r="D349" s="23"/>
     </row>
     <row r="350" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A350" s="25"/>
-[...2 lines deleted...]
-      <c r="D350" s="25"/>
+      <c r="A350" s="23"/>
+      <c r="B350" s="23"/>
+      <c r="C350" s="23"/>
+      <c r="D350" s="23"/>
     </row>
     <row r="351" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A351" s="25"/>
-[...2 lines deleted...]
-      <c r="D351" s="25"/>
+      <c r="A351" s="23"/>
+      <c r="B351" s="23"/>
+      <c r="C351" s="23"/>
+      <c r="D351" s="23"/>
     </row>
     <row r="352" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A352" s="25"/>
-[...2 lines deleted...]
-      <c r="D352" s="25"/>
+      <c r="A352" s="23"/>
+      <c r="B352" s="23"/>
+      <c r="C352" s="23"/>
+      <c r="D352" s="23"/>
     </row>
     <row r="353" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A353" s="25"/>
-[...2 lines deleted...]
-      <c r="D353" s="25"/>
+      <c r="A353" s="23"/>
+      <c r="B353" s="23"/>
+      <c r="C353" s="23"/>
+      <c r="D353" s="23"/>
     </row>
     <row r="354" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A354" s="25"/>
-[...2 lines deleted...]
-      <c r="D354" s="25"/>
+      <c r="A354" s="23"/>
+      <c r="B354" s="23"/>
+      <c r="C354" s="23"/>
+      <c r="D354" s="23"/>
     </row>
     <row r="355" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A355" s="25"/>
-[...2 lines deleted...]
-      <c r="D355" s="25"/>
+      <c r="A355" s="23"/>
+      <c r="B355" s="23"/>
+      <c r="C355" s="23"/>
+      <c r="D355" s="23"/>
     </row>
     <row r="356" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A356" s="25"/>
-[...2 lines deleted...]
-      <c r="D356" s="25"/>
+      <c r="A356" s="23"/>
+      <c r="B356" s="23"/>
+      <c r="C356" s="23"/>
+      <c r="D356" s="23"/>
     </row>
     <row r="357" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A357" s="25"/>
-[...2 lines deleted...]
-      <c r="D357" s="25"/>
+      <c r="A357" s="23"/>
+      <c r="B357" s="23"/>
+      <c r="C357" s="23"/>
+      <c r="D357" s="23"/>
     </row>
     <row r="358" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A358" s="25"/>
-[...2 lines deleted...]
-      <c r="D358" s="25"/>
+      <c r="A358" s="23"/>
+      <c r="B358" s="23"/>
+      <c r="C358" s="23"/>
+      <c r="D358" s="23"/>
     </row>
     <row r="359" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A359" s="25"/>
-[...2 lines deleted...]
-      <c r="D359" s="25"/>
+      <c r="A359" s="23"/>
+      <c r="B359" s="23"/>
+      <c r="C359" s="23"/>
+      <c r="D359" s="23"/>
     </row>
     <row r="360" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A360" s="25"/>
-[...2 lines deleted...]
-      <c r="D360" s="25"/>
+      <c r="A360" s="23"/>
+      <c r="B360" s="23"/>
+      <c r="C360" s="23"/>
+      <c r="D360" s="23"/>
     </row>
     <row r="361" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A361" s="25"/>
-[...2 lines deleted...]
-      <c r="D361" s="25"/>
+      <c r="A361" s="23"/>
+      <c r="B361" s="23"/>
+      <c r="C361" s="23"/>
+      <c r="D361" s="23"/>
     </row>
     <row r="362" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A362" s="25"/>
-[...2 lines deleted...]
-      <c r="D362" s="25"/>
+      <c r="A362" s="23"/>
+      <c r="B362" s="23"/>
+      <c r="C362" s="23"/>
+      <c r="D362" s="23"/>
     </row>
     <row r="363" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A363" s="25"/>
-[...2 lines deleted...]
-      <c r="D363" s="25"/>
+      <c r="A363" s="23"/>
+      <c r="B363" s="23"/>
+      <c r="C363" s="23"/>
+      <c r="D363" s="23"/>
     </row>
     <row r="364" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A364" s="25"/>
-[...2 lines deleted...]
-      <c r="D364" s="25"/>
+      <c r="A364" s="23"/>
+      <c r="B364" s="23"/>
+      <c r="C364" s="23"/>
+      <c r="D364" s="23"/>
     </row>
     <row r="365" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A365" s="25"/>
-[...2 lines deleted...]
-      <c r="D365" s="25"/>
+      <c r="A365" s="23"/>
+      <c r="B365" s="23"/>
+      <c r="C365" s="23"/>
+      <c r="D365" s="23"/>
     </row>
     <row r="366" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A366" s="25"/>
-[...2 lines deleted...]
-      <c r="D366" s="25"/>
+      <c r="A366" s="23"/>
+      <c r="B366" s="23"/>
+      <c r="C366" s="23"/>
+      <c r="D366" s="23"/>
     </row>
     <row r="367" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A367" s="25"/>
-[...2 lines deleted...]
-      <c r="D367" s="25"/>
+      <c r="A367" s="23"/>
+      <c r="B367" s="23"/>
+      <c r="C367" s="23"/>
+      <c r="D367" s="23"/>
     </row>
     <row r="368" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A368" s="25"/>
-[...2 lines deleted...]
-      <c r="D368" s="25"/>
+      <c r="A368" s="23"/>
+      <c r="B368" s="23"/>
+      <c r="C368" s="23"/>
+      <c r="D368" s="23"/>
     </row>
     <row r="369" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A369" s="25"/>
-[...2 lines deleted...]
-      <c r="D369" s="25"/>
+      <c r="A369" s="23"/>
+      <c r="B369" s="23"/>
+      <c r="C369" s="23"/>
+      <c r="D369" s="23"/>
     </row>
     <row r="370" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A370" s="25"/>
-[...2 lines deleted...]
-      <c r="D370" s="25"/>
+      <c r="A370" s="23"/>
+      <c r="B370" s="23"/>
+      <c r="C370" s="23"/>
+      <c r="D370" s="23"/>
     </row>
     <row r="371" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A371" s="25"/>
-[...2 lines deleted...]
-      <c r="D371" s="25"/>
+      <c r="A371" s="23"/>
+      <c r="B371" s="23"/>
+      <c r="C371" s="23"/>
+      <c r="D371" s="23"/>
     </row>
     <row r="372" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A372" s="25"/>
-[...2 lines deleted...]
-      <c r="D372" s="25"/>
+      <c r="A372" s="23"/>
+      <c r="B372" s="23"/>
+      <c r="C372" s="23"/>
+      <c r="D372" s="23"/>
     </row>
     <row r="373" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A373" s="25"/>
-[...2 lines deleted...]
-      <c r="D373" s="25"/>
+      <c r="A373" s="23"/>
+      <c r="B373" s="23"/>
+      <c r="C373" s="23"/>
+      <c r="D373" s="23"/>
     </row>
     <row r="374" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A374" s="25"/>
-[...2 lines deleted...]
-      <c r="D374" s="25"/>
+      <c r="A374" s="23"/>
+      <c r="B374" s="23"/>
+      <c r="C374" s="23"/>
+      <c r="D374" s="23"/>
     </row>
     <row r="375" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A375" s="25"/>
-[...2 lines deleted...]
-      <c r="D375" s="25"/>
+      <c r="A375" s="23"/>
+      <c r="B375" s="23"/>
+      <c r="C375" s="23"/>
+      <c r="D375" s="23"/>
     </row>
     <row r="376" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A376" s="25"/>
-[...2 lines deleted...]
-      <c r="D376" s="25"/>
+      <c r="A376" s="23"/>
+      <c r="B376" s="23"/>
+      <c r="C376" s="23"/>
+      <c r="D376" s="23"/>
     </row>
     <row r="377" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A377" s="25"/>
-[...2 lines deleted...]
-      <c r="D377" s="25"/>
+      <c r="A377" s="23"/>
+      <c r="B377" s="23"/>
+      <c r="C377" s="23"/>
+      <c r="D377" s="23"/>
     </row>
     <row r="378" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A378" s="25"/>
-[...2 lines deleted...]
-      <c r="D378" s="25"/>
+      <c r="A378" s="23"/>
+      <c r="B378" s="23"/>
+      <c r="C378" s="23"/>
+      <c r="D378" s="23"/>
     </row>
     <row r="379" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A379" s="25"/>
-[...2 lines deleted...]
-      <c r="D379" s="25"/>
+      <c r="A379" s="23"/>
+      <c r="B379" s="23"/>
+      <c r="C379" s="23"/>
+      <c r="D379" s="23"/>
     </row>
     <row r="380" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A380" s="25"/>
-[...2 lines deleted...]
-      <c r="D380" s="25"/>
+      <c r="A380" s="23"/>
+      <c r="B380" s="23"/>
+      <c r="C380" s="23"/>
+      <c r="D380" s="23"/>
     </row>
     <row r="381" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A381" s="25"/>
-[...2 lines deleted...]
-      <c r="D381" s="25"/>
+      <c r="A381" s="23"/>
+      <c r="B381" s="23"/>
+      <c r="C381" s="23"/>
+      <c r="D381" s="23"/>
     </row>
     <row r="382" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A382" s="25"/>
-[...2 lines deleted...]
-      <c r="D382" s="25"/>
+      <c r="A382" s="23"/>
+      <c r="B382" s="23"/>
+      <c r="C382" s="23"/>
+      <c r="D382" s="23"/>
     </row>
     <row r="383" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A383" s="25"/>
-[...2 lines deleted...]
-      <c r="D383" s="25"/>
+      <c r="A383" s="23"/>
+      <c r="B383" s="23"/>
+      <c r="C383" s="23"/>
+      <c r="D383" s="23"/>
     </row>
     <row r="384" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A384" s="25"/>
-[...2 lines deleted...]
-      <c r="D384" s="25"/>
+      <c r="A384" s="23"/>
+      <c r="B384" s="23"/>
+      <c r="C384" s="23"/>
+      <c r="D384" s="23"/>
     </row>
     <row r="385" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A385" s="25"/>
-[...2 lines deleted...]
-      <c r="D385" s="25"/>
+      <c r="A385" s="23"/>
+      <c r="B385" s="23"/>
+      <c r="C385" s="23"/>
+      <c r="D385" s="23"/>
     </row>
     <row r="386" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A386" s="25"/>
-[...2 lines deleted...]
-      <c r="D386" s="25"/>
+      <c r="A386" s="23"/>
+      <c r="B386" s="23"/>
+      <c r="C386" s="23"/>
+      <c r="D386" s="23"/>
     </row>
     <row r="387" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A387" s="25"/>
-[...2 lines deleted...]
-      <c r="D387" s="25"/>
+      <c r="A387" s="23"/>
+      <c r="B387" s="23"/>
+      <c r="C387" s="23"/>
+      <c r="D387" s="23"/>
     </row>
     <row r="388" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A388" s="25"/>
-[...2 lines deleted...]
-      <c r="D388" s="25"/>
+      <c r="A388" s="23"/>
+      <c r="B388" s="23"/>
+      <c r="C388" s="23"/>
+      <c r="D388" s="23"/>
     </row>
     <row r="389" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A389" s="25"/>
-[...2 lines deleted...]
-      <c r="D389" s="25"/>
+      <c r="A389" s="23"/>
+      <c r="B389" s="23"/>
+      <c r="C389" s="23"/>
+      <c r="D389" s="23"/>
     </row>
     <row r="390" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A390" s="25"/>
-[...2 lines deleted...]
-      <c r="D390" s="25"/>
+      <c r="A390" s="23"/>
+      <c r="B390" s="23"/>
+      <c r="C390" s="23"/>
+      <c r="D390" s="23"/>
     </row>
     <row r="391" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A391" s="25"/>
-[...2 lines deleted...]
-      <c r="D391" s="25"/>
+      <c r="A391" s="23"/>
+      <c r="B391" s="23"/>
+      <c r="C391" s="23"/>
+      <c r="D391" s="23"/>
     </row>
     <row r="392" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A392" s="25"/>
-[...2 lines deleted...]
-      <c r="D392" s="25"/>
+      <c r="A392" s="23"/>
+      <c r="B392" s="23"/>
+      <c r="C392" s="23"/>
+      <c r="D392" s="23"/>
     </row>
     <row r="393" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A393" s="25"/>
-[...2 lines deleted...]
-      <c r="D393" s="25"/>
+      <c r="A393" s="23"/>
+      <c r="B393" s="23"/>
+      <c r="C393" s="23"/>
+      <c r="D393" s="23"/>
     </row>
     <row r="394" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A394" s="25"/>
-[...2 lines deleted...]
-      <c r="D394" s="25"/>
+      <c r="A394" s="23"/>
+      <c r="B394" s="23"/>
+      <c r="C394" s="23"/>
+      <c r="D394" s="23"/>
     </row>
     <row r="395" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A395" s="25"/>
-[...2 lines deleted...]
-      <c r="D395" s="25"/>
+      <c r="A395" s="23"/>
+      <c r="B395" s="23"/>
+      <c r="C395" s="23"/>
+      <c r="D395" s="23"/>
     </row>
     <row r="396" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A396" s="25"/>
-[...2 lines deleted...]
-      <c r="D396" s="25"/>
+      <c r="A396" s="23"/>
+      <c r="B396" s="23"/>
+      <c r="C396" s="23"/>
+      <c r="D396" s="23"/>
     </row>
     <row r="397" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A397" s="25"/>
-[...2 lines deleted...]
-      <c r="D397" s="25"/>
+      <c r="A397" s="23"/>
+      <c r="B397" s="23"/>
+      <c r="C397" s="23"/>
+      <c r="D397" s="23"/>
     </row>
     <row r="398" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A398" s="25"/>
-[...2 lines deleted...]
-      <c r="D398" s="25"/>
+      <c r="A398" s="23"/>
+      <c r="B398" s="23"/>
+      <c r="C398" s="23"/>
+      <c r="D398" s="23"/>
     </row>
     <row r="399" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A399" s="25"/>
-[...2 lines deleted...]
-      <c r="D399" s="25"/>
+      <c r="A399" s="23"/>
+      <c r="B399" s="23"/>
+      <c r="C399" s="23"/>
+      <c r="D399" s="23"/>
     </row>
     <row r="400" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A400" s="25"/>
-[...2 lines deleted...]
-      <c r="D400" s="25"/>
+      <c r="A400" s="23"/>
+      <c r="B400" s="23"/>
+      <c r="C400" s="23"/>
+      <c r="D400" s="23"/>
     </row>
     <row r="401" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A401" s="25"/>
-[...2 lines deleted...]
-      <c r="D401" s="25"/>
+      <c r="A401" s="23"/>
+      <c r="B401" s="23"/>
+      <c r="C401" s="23"/>
+      <c r="D401" s="23"/>
     </row>
     <row r="402" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A402" s="25"/>
-[...2 lines deleted...]
-      <c r="D402" s="25"/>
+      <c r="A402" s="23"/>
+      <c r="B402" s="23"/>
+      <c r="C402" s="23"/>
+      <c r="D402" s="23"/>
     </row>
     <row r="403" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A403" s="25"/>
-[...2 lines deleted...]
-      <c r="D403" s="25"/>
+      <c r="A403" s="23"/>
+      <c r="B403" s="23"/>
+      <c r="C403" s="23"/>
+      <c r="D403" s="23"/>
     </row>
     <row r="404" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A404" s="25"/>
-[...2 lines deleted...]
-      <c r="D404" s="25"/>
+      <c r="A404" s="23"/>
+      <c r="B404" s="23"/>
+      <c r="C404" s="23"/>
+      <c r="D404" s="23"/>
     </row>
     <row r="405" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A405" s="25"/>
-[...2 lines deleted...]
-      <c r="D405" s="25"/>
+      <c r="A405" s="23"/>
+      <c r="B405" s="23"/>
+      <c r="C405" s="23"/>
+      <c r="D405" s="23"/>
     </row>
     <row r="406" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A406" s="25"/>
-[...2 lines deleted...]
-      <c r="D406" s="25"/>
+      <c r="A406" s="23"/>
+      <c r="B406" s="23"/>
+      <c r="C406" s="23"/>
+      <c r="D406" s="23"/>
     </row>
     <row r="407" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A407" s="25"/>
-[...2 lines deleted...]
-      <c r="D407" s="25"/>
+      <c r="A407" s="23"/>
+      <c r="B407" s="23"/>
+      <c r="C407" s="23"/>
+      <c r="D407" s="23"/>
     </row>
     <row r="408" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A408" s="25"/>
-[...2 lines deleted...]
-      <c r="D408" s="25"/>
+      <c r="A408" s="23"/>
+      <c r="B408" s="23"/>
+      <c r="C408" s="23"/>
+      <c r="D408" s="23"/>
     </row>
     <row r="409" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A409" s="25"/>
-[...2 lines deleted...]
-      <c r="D409" s="25"/>
+      <c r="A409" s="23"/>
+      <c r="B409" s="23"/>
+      <c r="C409" s="23"/>
+      <c r="D409" s="23"/>
     </row>
     <row r="410" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A410" s="25"/>
-[...2 lines deleted...]
-      <c r="D410" s="25"/>
+      <c r="A410" s="23"/>
+      <c r="B410" s="23"/>
+      <c r="C410" s="23"/>
+      <c r="D410" s="23"/>
     </row>
     <row r="411" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A411" s="25"/>
-[...2 lines deleted...]
-      <c r="D411" s="25"/>
+      <c r="A411" s="23"/>
+      <c r="B411" s="23"/>
+      <c r="C411" s="23"/>
+      <c r="D411" s="23"/>
     </row>
     <row r="412" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A412" s="25"/>
-[...2 lines deleted...]
-      <c r="D412" s="25"/>
+      <c r="A412" s="23"/>
+      <c r="B412" s="23"/>
+      <c r="C412" s="23"/>
+      <c r="D412" s="23"/>
     </row>
     <row r="413" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A413" s="25"/>
-[...2 lines deleted...]
-      <c r="D413" s="25"/>
+      <c r="A413" s="23"/>
+      <c r="B413" s="23"/>
+      <c r="C413" s="23"/>
+      <c r="D413" s="23"/>
     </row>
     <row r="414" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A414" s="25"/>
-[...2 lines deleted...]
-      <c r="D414" s="25"/>
+      <c r="A414" s="23"/>
+      <c r="B414" s="23"/>
+      <c r="C414" s="23"/>
+      <c r="D414" s="23"/>
     </row>
     <row r="415" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A415" s="25"/>
-[...2 lines deleted...]
-      <c r="D415" s="25"/>
+      <c r="A415" s="23"/>
+      <c r="B415" s="23"/>
+      <c r="C415" s="23"/>
+      <c r="D415" s="23"/>
     </row>
     <row r="416" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A416" s="25"/>
-[...2 lines deleted...]
-      <c r="D416" s="25"/>
+      <c r="A416" s="23"/>
+      <c r="B416" s="23"/>
+      <c r="C416" s="23"/>
+      <c r="D416" s="23"/>
     </row>
     <row r="417" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A417" s="25"/>
-[...2 lines deleted...]
-      <c r="D417" s="25"/>
+      <c r="A417" s="23"/>
+      <c r="B417" s="23"/>
+      <c r="C417" s="23"/>
+      <c r="D417" s="23"/>
     </row>
     <row r="418" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A418" s="25"/>
-[...2 lines deleted...]
-      <c r="D418" s="25"/>
+      <c r="A418" s="23"/>
+      <c r="B418" s="23"/>
+      <c r="C418" s="23"/>
+      <c r="D418" s="23"/>
     </row>
     <row r="419" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A419" s="25"/>
-[...2 lines deleted...]
-      <c r="D419" s="25"/>
+      <c r="A419" s="23"/>
+      <c r="B419" s="23"/>
+      <c r="C419" s="23"/>
+      <c r="D419" s="23"/>
     </row>
     <row r="420" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A420" s="25"/>
-[...2 lines deleted...]
-      <c r="D420" s="25"/>
+      <c r="A420" s="23"/>
+      <c r="B420" s="23"/>
+      <c r="C420" s="23"/>
+      <c r="D420" s="23"/>
     </row>
     <row r="421" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A421" s="25"/>
-[...2 lines deleted...]
-      <c r="D421" s="25"/>
+      <c r="A421" s="23"/>
+      <c r="B421" s="23"/>
+      <c r="C421" s="23"/>
+      <c r="D421" s="23"/>
     </row>
     <row r="422" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A422" s="25"/>
-[...2 lines deleted...]
-      <c r="D422" s="25"/>
+      <c r="A422" s="23"/>
+      <c r="B422" s="23"/>
+      <c r="C422" s="23"/>
+      <c r="D422" s="23"/>
     </row>
     <row r="423" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A423" s="25"/>
-[...2 lines deleted...]
-      <c r="D423" s="25"/>
+      <c r="A423" s="23"/>
+      <c r="B423" s="23"/>
+      <c r="C423" s="23"/>
+      <c r="D423" s="23"/>
     </row>
     <row r="424" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A424" s="25"/>
-[...2 lines deleted...]
-      <c r="D424" s="25"/>
+      <c r="A424" s="23"/>
+      <c r="B424" s="23"/>
+      <c r="C424" s="23"/>
+      <c r="D424" s="23"/>
     </row>
     <row r="425" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A425" s="25"/>
-[...2 lines deleted...]
-      <c r="D425" s="25"/>
+      <c r="A425" s="23"/>
+      <c r="B425" s="23"/>
+      <c r="C425" s="23"/>
+      <c r="D425" s="23"/>
     </row>
     <row r="426" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A426" s="25"/>
-[...2 lines deleted...]
-      <c r="D426" s="25"/>
+      <c r="A426" s="23"/>
+      <c r="B426" s="23"/>
+      <c r="C426" s="23"/>
+      <c r="D426" s="23"/>
     </row>
     <row r="427" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A427" s="25"/>
-[...2 lines deleted...]
-      <c r="D427" s="25"/>
+      <c r="A427" s="23"/>
+      <c r="B427" s="23"/>
+      <c r="C427" s="23"/>
+      <c r="D427" s="23"/>
     </row>
     <row r="428" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A428" s="25"/>
-[...2 lines deleted...]
-      <c r="D428" s="25"/>
+      <c r="A428" s="23"/>
+      <c r="B428" s="23"/>
+      <c r="C428" s="23"/>
+      <c r="D428" s="23"/>
     </row>
     <row r="429" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A429" s="25"/>
-[...2 lines deleted...]
-      <c r="D429" s="25"/>
+      <c r="A429" s="23"/>
+      <c r="B429" s="23"/>
+      <c r="C429" s="23"/>
+      <c r="D429" s="23"/>
     </row>
     <row r="430" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A430" s="25"/>
-[...2 lines deleted...]
-      <c r="D430" s="25"/>
+      <c r="A430" s="23"/>
+      <c r="B430" s="23"/>
+      <c r="C430" s="23"/>
+      <c r="D430" s="23"/>
     </row>
     <row r="431" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A431" s="25"/>
-[...2 lines deleted...]
-      <c r="D431" s="25"/>
+      <c r="A431" s="23"/>
+      <c r="B431" s="23"/>
+      <c r="C431" s="23"/>
+      <c r="D431" s="23"/>
     </row>
     <row r="432" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A432" s="25"/>
-[...2 lines deleted...]
-      <c r="D432" s="25"/>
+      <c r="A432" s="23"/>
+      <c r="B432" s="23"/>
+      <c r="C432" s="23"/>
+      <c r="D432" s="23"/>
     </row>
     <row r="433" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A433" s="25"/>
-[...2 lines deleted...]
-      <c r="D433" s="25"/>
+      <c r="A433" s="23"/>
+      <c r="B433" s="23"/>
+      <c r="C433" s="23"/>
+      <c r="D433" s="23"/>
     </row>
     <row r="434" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A434" s="25"/>
-[...2 lines deleted...]
-      <c r="D434" s="25"/>
+      <c r="A434" s="23"/>
+      <c r="B434" s="23"/>
+      <c r="C434" s="23"/>
+      <c r="D434" s="23"/>
     </row>
     <row r="435" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A435" s="25"/>
-[...2 lines deleted...]
-      <c r="D435" s="25"/>
+      <c r="A435" s="23"/>
+      <c r="B435" s="23"/>
+      <c r="C435" s="23"/>
+      <c r="D435" s="23"/>
     </row>
     <row r="436" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A436" s="25"/>
-[...2 lines deleted...]
-      <c r="D436" s="25"/>
+      <c r="A436" s="23"/>
+      <c r="B436" s="23"/>
+      <c r="C436" s="23"/>
+      <c r="D436" s="23"/>
     </row>
     <row r="437" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A437" s="25"/>
-[...2 lines deleted...]
-      <c r="D437" s="25"/>
+      <c r="A437" s="23"/>
+      <c r="B437" s="23"/>
+      <c r="C437" s="23"/>
+      <c r="D437" s="23"/>
     </row>
     <row r="438" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A438" s="25"/>
-[...2 lines deleted...]
-      <c r="D438" s="25"/>
+      <c r="A438" s="23"/>
+      <c r="B438" s="23"/>
+      <c r="C438" s="23"/>
+      <c r="D438" s="23"/>
     </row>
     <row r="439" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A439" s="25"/>
-[...2 lines deleted...]
-      <c r="D439" s="25"/>
+      <c r="A439" s="23"/>
+      <c r="B439" s="23"/>
+      <c r="C439" s="23"/>
+      <c r="D439" s="23"/>
     </row>
     <row r="440" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A440" s="25"/>
-[...2 lines deleted...]
-      <c r="D440" s="25"/>
+      <c r="A440" s="23"/>
+      <c r="B440" s="23"/>
+      <c r="C440" s="23"/>
+      <c r="D440" s="23"/>
     </row>
     <row r="441" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A441" s="25"/>
-[...2 lines deleted...]
-      <c r="D441" s="25"/>
+      <c r="A441" s="23"/>
+      <c r="B441" s="23"/>
+      <c r="C441" s="23"/>
+      <c r="D441" s="23"/>
     </row>
     <row r="442" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A442" s="25"/>
-[...2 lines deleted...]
-      <c r="D442" s="25"/>
+      <c r="A442" s="23"/>
+      <c r="B442" s="23"/>
+      <c r="C442" s="23"/>
+      <c r="D442" s="23"/>
     </row>
     <row r="443" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A443" s="25"/>
-[...2 lines deleted...]
-      <c r="D443" s="25"/>
+      <c r="A443" s="23"/>
+      <c r="B443" s="23"/>
+      <c r="C443" s="23"/>
+      <c r="D443" s="23"/>
     </row>
     <row r="444" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A444" s="25"/>
-[...2 lines deleted...]
-      <c r="D444" s="25"/>
+      <c r="A444" s="23"/>
+      <c r="B444" s="23"/>
+      <c r="C444" s="23"/>
+      <c r="D444" s="23"/>
     </row>
     <row r="445" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A445" s="25"/>
-[...2 lines deleted...]
-      <c r="D445" s="25"/>
+      <c r="A445" s="23"/>
+      <c r="B445" s="23"/>
+      <c r="C445" s="23"/>
+      <c r="D445" s="23"/>
     </row>
     <row r="446" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A446" s="25"/>
-[...2 lines deleted...]
-      <c r="D446" s="25"/>
+      <c r="A446" s="23"/>
+      <c r="B446" s="23"/>
+      <c r="C446" s="23"/>
+      <c r="D446" s="23"/>
     </row>
     <row r="447" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A447" s="25"/>
-[...2 lines deleted...]
-      <c r="D447" s="25"/>
+      <c r="A447" s="23"/>
+      <c r="B447" s="23"/>
+      <c r="C447" s="23"/>
+      <c r="D447" s="23"/>
     </row>
     <row r="448" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A448" s="25"/>
-[...2 lines deleted...]
-      <c r="D448" s="25"/>
+      <c r="A448" s="23"/>
+      <c r="B448" s="23"/>
+      <c r="C448" s="23"/>
+      <c r="D448" s="23"/>
     </row>
     <row r="449" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A449" s="25"/>
-[...2 lines deleted...]
-      <c r="D449" s="25"/>
+      <c r="A449" s="23"/>
+      <c r="B449" s="23"/>
+      <c r="C449" s="23"/>
+      <c r="D449" s="23"/>
     </row>
     <row r="450" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A450" s="25"/>
-[...2 lines deleted...]
-      <c r="D450" s="25"/>
+      <c r="A450" s="23"/>
+      <c r="B450" s="23"/>
+      <c r="C450" s="23"/>
+      <c r="D450" s="23"/>
     </row>
     <row r="451" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A451" s="25"/>
-[...2 lines deleted...]
-      <c r="D451" s="25"/>
+      <c r="A451" s="23"/>
+      <c r="B451" s="23"/>
+      <c r="C451" s="23"/>
+      <c r="D451" s="23"/>
     </row>
     <row r="452" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A452" s="25"/>
-[...2 lines deleted...]
-      <c r="D452" s="25"/>
+      <c r="A452" s="23"/>
+      <c r="B452" s="23"/>
+      <c r="C452" s="23"/>
+      <c r="D452" s="23"/>
     </row>
     <row r="453" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A453" s="25"/>
-[...2 lines deleted...]
-      <c r="D453" s="25"/>
+      <c r="A453" s="23"/>
+      <c r="B453" s="23"/>
+      <c r="C453" s="23"/>
+      <c r="D453" s="23"/>
     </row>
     <row r="454" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A454" s="25"/>
-[...2 lines deleted...]
-      <c r="D454" s="25"/>
+      <c r="A454" s="23"/>
+      <c r="B454" s="23"/>
+      <c r="C454" s="23"/>
+      <c r="D454" s="23"/>
     </row>
     <row r="455" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A455" s="25"/>
-[...2 lines deleted...]
-      <c r="D455" s="25"/>
+      <c r="A455" s="23"/>
+      <c r="B455" s="23"/>
+      <c r="C455" s="23"/>
+      <c r="D455" s="23"/>
     </row>
     <row r="456" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A456" s="25"/>
-[...2 lines deleted...]
-      <c r="D456" s="25"/>
+      <c r="A456" s="23"/>
+      <c r="B456" s="23"/>
+      <c r="C456" s="23"/>
+      <c r="D456" s="23"/>
     </row>
     <row r="457" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A457" s="25"/>
-[...2 lines deleted...]
-      <c r="D457" s="25"/>
+      <c r="A457" s="23"/>
+      <c r="B457" s="23"/>
+      <c r="C457" s="23"/>
+      <c r="D457" s="23"/>
     </row>
     <row r="458" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A458" s="25"/>
-[...2 lines deleted...]
-      <c r="D458" s="25"/>
+      <c r="A458" s="23"/>
+      <c r="B458" s="23"/>
+      <c r="C458" s="23"/>
+      <c r="D458" s="23"/>
     </row>
     <row r="459" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A459" s="25"/>
-[...2 lines deleted...]
-      <c r="D459" s="25"/>
+      <c r="A459" s="23"/>
+      <c r="B459" s="23"/>
+      <c r="C459" s="23"/>
+      <c r="D459" s="23"/>
     </row>
     <row r="460" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A460" s="25"/>
-[...2 lines deleted...]
-      <c r="D460" s="25"/>
+      <c r="A460" s="23"/>
+      <c r="B460" s="23"/>
+      <c r="C460" s="23"/>
+      <c r="D460" s="23"/>
     </row>
     <row r="461" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A461" s="25"/>
-[...2 lines deleted...]
-      <c r="D461" s="25"/>
+      <c r="A461" s="23"/>
+      <c r="B461" s="23"/>
+      <c r="C461" s="23"/>
+      <c r="D461" s="23"/>
     </row>
     <row r="462" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A462" s="25"/>
-[...2 lines deleted...]
-      <c r="D462" s="25"/>
+      <c r="A462" s="23"/>
+      <c r="B462" s="23"/>
+      <c r="C462" s="23"/>
+      <c r="D462" s="23"/>
     </row>
     <row r="463" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A463" s="25"/>
-[...2 lines deleted...]
-      <c r="D463" s="25"/>
+      <c r="A463" s="23"/>
+      <c r="B463" s="23"/>
+      <c r="C463" s="23"/>
+      <c r="D463" s="23"/>
     </row>
     <row r="464" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A464" s="25"/>
-[...2 lines deleted...]
-      <c r="D464" s="25"/>
+      <c r="A464" s="23"/>
+      <c r="B464" s="23"/>
+      <c r="C464" s="23"/>
+      <c r="D464" s="23"/>
     </row>
     <row r="465" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A465" s="25"/>
-[...2 lines deleted...]
-      <c r="D465" s="25"/>
+      <c r="A465" s="23"/>
+      <c r="B465" s="23"/>
+      <c r="C465" s="23"/>
+      <c r="D465" s="23"/>
     </row>
     <row r="466" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A466" s="25"/>
-[...2 lines deleted...]
-      <c r="D466" s="25"/>
+      <c r="A466" s="23"/>
+      <c r="B466" s="23"/>
+      <c r="C466" s="23"/>
+      <c r="D466" s="23"/>
     </row>
     <row r="467" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A467" s="25"/>
-[...2 lines deleted...]
-      <c r="D467" s="25"/>
+      <c r="A467" s="23"/>
+      <c r="B467" s="23"/>
+      <c r="C467" s="23"/>
+      <c r="D467" s="23"/>
     </row>
     <row r="468" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A468" s="25"/>
-[...2 lines deleted...]
-      <c r="D468" s="25"/>
+      <c r="A468" s="23"/>
+      <c r="B468" s="23"/>
+      <c r="C468" s="23"/>
+      <c r="D468" s="23"/>
     </row>
     <row r="469" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A469" s="25"/>
-[...2 lines deleted...]
-      <c r="D469" s="25"/>
+      <c r="A469" s="23"/>
+      <c r="B469" s="23"/>
+      <c r="C469" s="23"/>
+      <c r="D469" s="23"/>
     </row>
     <row r="470" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A470" s="25"/>
-[...2 lines deleted...]
-      <c r="D470" s="25"/>
+      <c r="A470" s="23"/>
+      <c r="B470" s="23"/>
+      <c r="C470" s="23"/>
+      <c r="D470" s="23"/>
     </row>
     <row r="471" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A471" s="25"/>
-[...2 lines deleted...]
-      <c r="D471" s="25"/>
+      <c r="A471" s="23"/>
+      <c r="B471" s="23"/>
+      <c r="C471" s="23"/>
+      <c r="D471" s="23"/>
     </row>
     <row r="472" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A472" s="25"/>
-[...2 lines deleted...]
-      <c r="D472" s="25"/>
+      <c r="A472" s="23"/>
+      <c r="B472" s="23"/>
+      <c r="C472" s="23"/>
+      <c r="D472" s="23"/>
     </row>
     <row r="473" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A473" s="25"/>
-[...2 lines deleted...]
-      <c r="D473" s="25"/>
+      <c r="A473" s="23"/>
+      <c r="B473" s="23"/>
+      <c r="C473" s="23"/>
+      <c r="D473" s="23"/>
     </row>
     <row r="474" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A474" s="25"/>
-[...2 lines deleted...]
-      <c r="D474" s="25"/>
+      <c r="A474" s="23"/>
+      <c r="B474" s="23"/>
+      <c r="C474" s="23"/>
+      <c r="D474" s="23"/>
     </row>
     <row r="475" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A475" s="25"/>
-[...2 lines deleted...]
-      <c r="D475" s="25"/>
+      <c r="A475" s="23"/>
+      <c r="B475" s="23"/>
+      <c r="C475" s="23"/>
+      <c r="D475" s="23"/>
     </row>
     <row r="476" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A476" s="25"/>
-[...2 lines deleted...]
-      <c r="D476" s="25"/>
+      <c r="A476" s="23"/>
+      <c r="B476" s="23"/>
+      <c r="C476" s="23"/>
+      <c r="D476" s="23"/>
     </row>
     <row r="477" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A477" s="25"/>
-[...2 lines deleted...]
-      <c r="D477" s="25"/>
+      <c r="A477" s="23"/>
+      <c r="B477" s="23"/>
+      <c r="C477" s="23"/>
+      <c r="D477" s="23"/>
     </row>
     <row r="478" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A478" s="25"/>
-[...2 lines deleted...]
-      <c r="D478" s="25"/>
+      <c r="A478" s="23"/>
+      <c r="B478" s="23"/>
+      <c r="C478" s="23"/>
+      <c r="D478" s="23"/>
     </row>
     <row r="479" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A479" s="25"/>
-[...2 lines deleted...]
-      <c r="D479" s="25"/>
+      <c r="A479" s="23"/>
+      <c r="B479" s="23"/>
+      <c r="C479" s="23"/>
+      <c r="D479" s="23"/>
     </row>
     <row r="480" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A480" s="25"/>
-[...2 lines deleted...]
-      <c r="D480" s="25"/>
+      <c r="A480" s="23"/>
+      <c r="B480" s="23"/>
+      <c r="C480" s="23"/>
+      <c r="D480" s="23"/>
     </row>
     <row r="481" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A481" s="25"/>
-[...2 lines deleted...]
-      <c r="D481" s="25"/>
+      <c r="A481" s="23"/>
+      <c r="B481" s="23"/>
+      <c r="C481" s="23"/>
+      <c r="D481" s="23"/>
     </row>
     <row r="482" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A482" s="25"/>
-[...2 lines deleted...]
-      <c r="D482" s="25"/>
+      <c r="A482" s="23"/>
+      <c r="B482" s="23"/>
+      <c r="C482" s="23"/>
+      <c r="D482" s="23"/>
     </row>
     <row r="483" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A483" s="25"/>
-[...2 lines deleted...]
-      <c r="D483" s="25"/>
+      <c r="A483" s="23"/>
+      <c r="B483" s="23"/>
+      <c r="C483" s="23"/>
+      <c r="D483" s="23"/>
     </row>
     <row r="484" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A484" s="25"/>
-[...2 lines deleted...]
-      <c r="D484" s="25"/>
+      <c r="A484" s="23"/>
+      <c r="B484" s="23"/>
+      <c r="C484" s="23"/>
+      <c r="D484" s="23"/>
     </row>
     <row r="485" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A485" s="25"/>
-[...2 lines deleted...]
-      <c r="D485" s="25"/>
+      <c r="A485" s="23"/>
+      <c r="B485" s="23"/>
+      <c r="C485" s="23"/>
+      <c r="D485" s="23"/>
     </row>
     <row r="486" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A486" s="25"/>
-[...2 lines deleted...]
-      <c r="D486" s="25"/>
+      <c r="A486" s="23"/>
+      <c r="B486" s="23"/>
+      <c r="C486" s="23"/>
+      <c r="D486" s="23"/>
     </row>
     <row r="487" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A487" s="25"/>
-[...2 lines deleted...]
-      <c r="D487" s="25"/>
+      <c r="A487" s="23"/>
+      <c r="B487" s="23"/>
+      <c r="C487" s="23"/>
+      <c r="D487" s="23"/>
     </row>
     <row r="488" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A488" s="25"/>
-[...2 lines deleted...]
-      <c r="D488" s="25"/>
+      <c r="A488" s="23"/>
+      <c r="B488" s="23"/>
+      <c r="C488" s="23"/>
+      <c r="D488" s="23"/>
     </row>
     <row r="489" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A489" s="25"/>
-[...2 lines deleted...]
-      <c r="D489" s="25"/>
+      <c r="A489" s="23"/>
+      <c r="B489" s="23"/>
+      <c r="C489" s="23"/>
+      <c r="D489" s="23"/>
     </row>
     <row r="490" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A490" s="25"/>
-[...2 lines deleted...]
-      <c r="D490" s="25"/>
+      <c r="A490" s="23"/>
+      <c r="B490" s="23"/>
+      <c r="C490" s="23"/>
+      <c r="D490" s="23"/>
     </row>
     <row r="491" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A491" s="25"/>
-[...2 lines deleted...]
-      <c r="D491" s="25"/>
+      <c r="A491" s="23"/>
+      <c r="B491" s="23"/>
+      <c r="C491" s="23"/>
+      <c r="D491" s="23"/>
     </row>
     <row r="492" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A492" s="25"/>
-[...2 lines deleted...]
-      <c r="D492" s="25"/>
+      <c r="A492" s="23"/>
+      <c r="B492" s="23"/>
+      <c r="C492" s="23"/>
+      <c r="D492" s="23"/>
     </row>
     <row r="493" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A493" s="25"/>
-[...2 lines deleted...]
-      <c r="D493" s="25"/>
+      <c r="A493" s="23"/>
+      <c r="B493" s="23"/>
+      <c r="C493" s="23"/>
+      <c r="D493" s="23"/>
     </row>
     <row r="494" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A494" s="25"/>
-[...2 lines deleted...]
-      <c r="D494" s="25"/>
+      <c r="A494" s="23"/>
+      <c r="B494" s="23"/>
+      <c r="C494" s="23"/>
+      <c r="D494" s="23"/>
     </row>
     <row r="495" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A495" s="25"/>
-[...2 lines deleted...]
-      <c r="D495" s="25"/>
+      <c r="A495" s="23"/>
+      <c r="B495" s="23"/>
+      <c r="C495" s="23"/>
+      <c r="D495" s="23"/>
     </row>
     <row r="496" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A496" s="25"/>
-[...2 lines deleted...]
-      <c r="D496" s="25"/>
+      <c r="A496" s="23"/>
+      <c r="B496" s="23"/>
+      <c r="C496" s="23"/>
+      <c r="D496" s="23"/>
     </row>
     <row r="497" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A497" s="25"/>
-[...2 lines deleted...]
-      <c r="D497" s="25"/>
+      <c r="A497" s="23"/>
+      <c r="B497" s="23"/>
+      <c r="C497" s="23"/>
+      <c r="D497" s="23"/>
     </row>
     <row r="498" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A498" s="25"/>
-[...2 lines deleted...]
-      <c r="D498" s="25"/>
+      <c r="A498" s="23"/>
+      <c r="B498" s="23"/>
+      <c r="C498" s="23"/>
+      <c r="D498" s="23"/>
     </row>
     <row r="499" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A499" s="25"/>
-[...2 lines deleted...]
-      <c r="D499" s="25"/>
+      <c r="A499" s="23"/>
+      <c r="B499" s="23"/>
+      <c r="C499" s="23"/>
+      <c r="D499" s="23"/>
     </row>
     <row r="500" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A500" s="25"/>
-[...2 lines deleted...]
-      <c r="D500" s="25"/>
+      <c r="A500" s="23"/>
+      <c r="B500" s="23"/>
+      <c r="C500" s="23"/>
+      <c r="D500" s="23"/>
     </row>
     <row r="501" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A501" s="25"/>
-[...2 lines deleted...]
-      <c r="D501" s="25"/>
+      <c r="A501" s="23"/>
+      <c r="B501" s="23"/>
+      <c r="C501" s="23"/>
+      <c r="D501" s="23"/>
     </row>
     <row r="502" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A502" s="25"/>
-[...2 lines deleted...]
-      <c r="D502" s="25"/>
+      <c r="A502" s="23"/>
+      <c r="B502" s="23"/>
+      <c r="C502" s="23"/>
+      <c r="D502" s="23"/>
     </row>
     <row r="503" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A503" s="25"/>
-[...2 lines deleted...]
-      <c r="D503" s="25"/>
+      <c r="A503" s="23"/>
+      <c r="B503" s="23"/>
+      <c r="C503" s="23"/>
+      <c r="D503" s="23"/>
     </row>
     <row r="504" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A504" s="25"/>
-[...2 lines deleted...]
-      <c r="D504" s="25"/>
+      <c r="A504" s="23"/>
+      <c r="B504" s="23"/>
+      <c r="C504" s="23"/>
+      <c r="D504" s="23"/>
     </row>
     <row r="505" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A505" s="25"/>
-[...2 lines deleted...]
-      <c r="D505" s="25"/>
+      <c r="A505" s="23"/>
+      <c r="B505" s="23"/>
+      <c r="C505" s="23"/>
+      <c r="D505" s="23"/>
     </row>
     <row r="506" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A506" s="25"/>
-[...2 lines deleted...]
-      <c r="D506" s="25"/>
+      <c r="A506" s="23"/>
+      <c r="B506" s="23"/>
+      <c r="C506" s="23"/>
+      <c r="D506" s="23"/>
     </row>
     <row r="507" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A507" s="25"/>
-[...2 lines deleted...]
-      <c r="D507" s="25"/>
+      <c r="A507" s="23"/>
+      <c r="B507" s="23"/>
+      <c r="C507" s="23"/>
+      <c r="D507" s="23"/>
     </row>
     <row r="508" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A508" s="25"/>
-[...2 lines deleted...]
-      <c r="D508" s="25"/>
+      <c r="A508" s="23"/>
+      <c r="B508" s="23"/>
+      <c r="C508" s="23"/>
+      <c r="D508" s="23"/>
     </row>
     <row r="509" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A509" s="25"/>
-[...2 lines deleted...]
-      <c r="D509" s="25"/>
+      <c r="A509" s="23"/>
+      <c r="B509" s="23"/>
+      <c r="C509" s="23"/>
+      <c r="D509" s="23"/>
     </row>
     <row r="510" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A510" s="25"/>
-[...2 lines deleted...]
-      <c r="D510" s="25"/>
+      <c r="A510" s="23"/>
+      <c r="B510" s="23"/>
+      <c r="C510" s="23"/>
+      <c r="D510" s="23"/>
     </row>
     <row r="511" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A511" s="25"/>
-[...2 lines deleted...]
-      <c r="D511" s="25"/>
+      <c r="A511" s="23"/>
+      <c r="B511" s="23"/>
+      <c r="C511" s="23"/>
+      <c r="D511" s="23"/>
     </row>
     <row r="512" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A512" s="25"/>
-[...2 lines deleted...]
-      <c r="D512" s="25"/>
+      <c r="A512" s="23"/>
+      <c r="B512" s="23"/>
+      <c r="C512" s="23"/>
+      <c r="D512" s="23"/>
     </row>
     <row r="513" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A513" s="25"/>
-[...2 lines deleted...]
-      <c r="D513" s="25"/>
+      <c r="A513" s="23"/>
+      <c r="B513" s="23"/>
+      <c r="C513" s="23"/>
+      <c r="D513" s="23"/>
     </row>
     <row r="514" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A514" s="25"/>
-[...2 lines deleted...]
-      <c r="D514" s="25"/>
+      <c r="A514" s="23"/>
+      <c r="B514" s="23"/>
+      <c r="C514" s="23"/>
+      <c r="D514" s="23"/>
     </row>
     <row r="515" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A515" s="25"/>
-[...2 lines deleted...]
-      <c r="D515" s="25"/>
+      <c r="A515" s="23"/>
+      <c r="B515" s="23"/>
+      <c r="C515" s="23"/>
+      <c r="D515" s="23"/>
     </row>
     <row r="516" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A516" s="25"/>
-[...2 lines deleted...]
-      <c r="D516" s="25"/>
+      <c r="A516" s="23"/>
+      <c r="B516" s="23"/>
+      <c r="C516" s="23"/>
+      <c r="D516" s="23"/>
     </row>
     <row r="517" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A517" s="25"/>
-[...2 lines deleted...]
-      <c r="D517" s="25"/>
+      <c r="A517" s="23"/>
+      <c r="B517" s="23"/>
+      <c r="C517" s="23"/>
+      <c r="D517" s="23"/>
     </row>
     <row r="518" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A518" s="25"/>
-[...2 lines deleted...]
-      <c r="D518" s="25"/>
+      <c r="A518" s="23"/>
+      <c r="B518" s="23"/>
+      <c r="C518" s="23"/>
+      <c r="D518" s="23"/>
     </row>
     <row r="519" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A519" s="25"/>
-[...2 lines deleted...]
-      <c r="D519" s="25"/>
+      <c r="A519" s="23"/>
+      <c r="B519" s="23"/>
+      <c r="C519" s="23"/>
+      <c r="D519" s="23"/>
     </row>
     <row r="520" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A520" s="25"/>
-[...2 lines deleted...]
-      <c r="D520" s="25"/>
+      <c r="A520" s="23"/>
+      <c r="B520" s="23"/>
+      <c r="C520" s="23"/>
+      <c r="D520" s="23"/>
     </row>
     <row r="521" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A521" s="25"/>
-[...2 lines deleted...]
-      <c r="D521" s="25"/>
+      <c r="A521" s="23"/>
+      <c r="B521" s="23"/>
+      <c r="C521" s="23"/>
+      <c r="D521" s="23"/>
     </row>
     <row r="522" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A522" s="25"/>
-[...2 lines deleted...]
-      <c r="D522" s="25"/>
+      <c r="A522" s="23"/>
+      <c r="B522" s="23"/>
+      <c r="C522" s="23"/>
+      <c r="D522" s="23"/>
     </row>
     <row r="523" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A523" s="25"/>
-[...2 lines deleted...]
-      <c r="D523" s="25"/>
+      <c r="A523" s="23"/>
+      <c r="B523" s="23"/>
+      <c r="C523" s="23"/>
+      <c r="D523" s="23"/>
     </row>
     <row r="524" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A524" s="25"/>
-[...2 lines deleted...]
-      <c r="D524" s="25"/>
+      <c r="A524" s="23"/>
+      <c r="B524" s="23"/>
+      <c r="C524" s="23"/>
+      <c r="D524" s="23"/>
     </row>
     <row r="525" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A525" s="25"/>
-[...2 lines deleted...]
-      <c r="D525" s="25"/>
+      <c r="A525" s="23"/>
+      <c r="B525" s="23"/>
+      <c r="C525" s="23"/>
+      <c r="D525" s="23"/>
     </row>
     <row r="526" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A526" s="25"/>
-[...2 lines deleted...]
-      <c r="D526" s="25"/>
+      <c r="A526" s="23"/>
+      <c r="B526" s="23"/>
+      <c r="C526" s="23"/>
+      <c r="D526" s="23"/>
     </row>
     <row r="527" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A527" s="25"/>
-[...2 lines deleted...]
-      <c r="D527" s="25"/>
+      <c r="A527" s="23"/>
+      <c r="B527" s="23"/>
+      <c r="C527" s="23"/>
+      <c r="D527" s="23"/>
     </row>
     <row r="528" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A528" s="25"/>
-[...2 lines deleted...]
-      <c r="D528" s="25"/>
+      <c r="A528" s="23"/>
+      <c r="B528" s="23"/>
+      <c r="C528" s="23"/>
+      <c r="D528" s="23"/>
     </row>
     <row r="529" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A529" s="25"/>
-[...2 lines deleted...]
-      <c r="D529" s="25"/>
+      <c r="A529" s="23"/>
+      <c r="B529" s="23"/>
+      <c r="C529" s="23"/>
+      <c r="D529" s="23"/>
     </row>
     <row r="530" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A530" s="25"/>
-[...2 lines deleted...]
-      <c r="D530" s="25"/>
+      <c r="A530" s="23"/>
+      <c r="B530" s="23"/>
+      <c r="C530" s="23"/>
+      <c r="D530" s="23"/>
     </row>
     <row r="531" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A531" s="25"/>
-[...2 lines deleted...]
-      <c r="D531" s="25"/>
+      <c r="A531" s="23"/>
+      <c r="B531" s="23"/>
+      <c r="C531" s="23"/>
+      <c r="D531" s="23"/>
     </row>
     <row r="532" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A532" s="25"/>
-[...2 lines deleted...]
-      <c r="D532" s="25"/>
+      <c r="A532" s="23"/>
+      <c r="B532" s="23"/>
+      <c r="C532" s="23"/>
+      <c r="D532" s="23"/>
     </row>
     <row r="533" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A533" s="25"/>
-[...2 lines deleted...]
-      <c r="D533" s="25"/>
+      <c r="A533" s="23"/>
+      <c r="B533" s="23"/>
+      <c r="C533" s="23"/>
+      <c r="D533" s="23"/>
     </row>
     <row r="534" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A534" s="25"/>
-[...2 lines deleted...]
-      <c r="D534" s="25"/>
+      <c r="A534" s="23"/>
+      <c r="B534" s="23"/>
+      <c r="C534" s="23"/>
+      <c r="D534" s="23"/>
     </row>
     <row r="535" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A535" s="25"/>
-[...2 lines deleted...]
-      <c r="D535" s="25"/>
+      <c r="A535" s="23"/>
+      <c r="B535" s="23"/>
+      <c r="C535" s="23"/>
+      <c r="D535" s="23"/>
     </row>
     <row r="536" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A536" s="25"/>
-[...2 lines deleted...]
-      <c r="D536" s="25"/>
+      <c r="A536" s="23"/>
+      <c r="B536" s="23"/>
+      <c r="C536" s="23"/>
+      <c r="D536" s="23"/>
     </row>
     <row r="537" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A537" s="25"/>
-[...2 lines deleted...]
-      <c r="D537" s="25"/>
+      <c r="A537" s="23"/>
+      <c r="B537" s="23"/>
+      <c r="C537" s="23"/>
+      <c r="D537" s="23"/>
     </row>
     <row r="538" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A538" s="25"/>
-[...2 lines deleted...]
-      <c r="D538" s="25"/>
+      <c r="A538" s="23"/>
+      <c r="B538" s="23"/>
+      <c r="C538" s="23"/>
+      <c r="D538" s="23"/>
     </row>
     <row r="539" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A539" s="25"/>
-[...2 lines deleted...]
-      <c r="D539" s="25"/>
+      <c r="A539" s="23"/>
+      <c r="B539" s="23"/>
+      <c r="C539" s="23"/>
+      <c r="D539" s="23"/>
     </row>
     <row r="540" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A540" s="25"/>
-[...2 lines deleted...]
-      <c r="D540" s="25"/>
+      <c r="A540" s="23"/>
+      <c r="B540" s="23"/>
+      <c r="C540" s="23"/>
+      <c r="D540" s="23"/>
     </row>
     <row r="541" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A541" s="25"/>
-[...2 lines deleted...]
-      <c r="D541" s="25"/>
+      <c r="A541" s="23"/>
+      <c r="B541" s="23"/>
+      <c r="C541" s="23"/>
+      <c r="D541" s="23"/>
     </row>
     <row r="542" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A542" s="25"/>
-[...2 lines deleted...]
-      <c r="D542" s="25"/>
+      <c r="A542" s="23"/>
+      <c r="B542" s="23"/>
+      <c r="C542" s="23"/>
+      <c r="D542" s="23"/>
     </row>
     <row r="543" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A543" s="25"/>
-[...2 lines deleted...]
-      <c r="D543" s="25"/>
+      <c r="A543" s="23"/>
+      <c r="B543" s="23"/>
+      <c r="C543" s="23"/>
+      <c r="D543" s="23"/>
     </row>
     <row r="544" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A544" s="25"/>
-[...2 lines deleted...]
-      <c r="D544" s="25"/>
+      <c r="A544" s="23"/>
+      <c r="B544" s="23"/>
+      <c r="C544" s="23"/>
+      <c r="D544" s="23"/>
     </row>
     <row r="545" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A545" s="25"/>
-[...2 lines deleted...]
-      <c r="D545" s="25"/>
+      <c r="A545" s="23"/>
+      <c r="B545" s="23"/>
+      <c r="C545" s="23"/>
+      <c r="D545" s="23"/>
     </row>
     <row r="546" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A546" s="25"/>
-[...2 lines deleted...]
-      <c r="D546" s="25"/>
+      <c r="A546" s="23"/>
+      <c r="B546" s="23"/>
+      <c r="C546" s="23"/>
+      <c r="D546" s="23"/>
     </row>
     <row r="547" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A547" s="25"/>
-[...2 lines deleted...]
-      <c r="D547" s="25"/>
+      <c r="A547" s="23"/>
+      <c r="B547" s="23"/>
+      <c r="C547" s="23"/>
+      <c r="D547" s="23"/>
     </row>
     <row r="548" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A548" s="25"/>
-[...2 lines deleted...]
-      <c r="D548" s="25"/>
+      <c r="A548" s="23"/>
+      <c r="B548" s="23"/>
+      <c r="C548" s="23"/>
+      <c r="D548" s="23"/>
     </row>
     <row r="549" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A549" s="25"/>
-[...2 lines deleted...]
-      <c r="D549" s="25"/>
+      <c r="A549" s="23"/>
+      <c r="B549" s="23"/>
+      <c r="C549" s="23"/>
+      <c r="D549" s="23"/>
     </row>
     <row r="550" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A550" s="25"/>
-[...2 lines deleted...]
-      <c r="D550" s="25"/>
+      <c r="A550" s="23"/>
+      <c r="B550" s="23"/>
+      <c r="C550" s="23"/>
+      <c r="D550" s="23"/>
     </row>
     <row r="551" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A551" s="25"/>
-[...2 lines deleted...]
-      <c r="D551" s="25"/>
+      <c r="A551" s="23"/>
+      <c r="B551" s="23"/>
+      <c r="C551" s="23"/>
+      <c r="D551" s="23"/>
     </row>
     <row r="552" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A552" s="25"/>
-[...2 lines deleted...]
-      <c r="D552" s="25"/>
+      <c r="A552" s="23"/>
+      <c r="B552" s="23"/>
+      <c r="C552" s="23"/>
+      <c r="D552" s="23"/>
     </row>
     <row r="553" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A553" s="25"/>
-[...2 lines deleted...]
-      <c r="D553" s="25"/>
+      <c r="A553" s="23"/>
+      <c r="B553" s="23"/>
+      <c r="C553" s="23"/>
+      <c r="D553" s="23"/>
     </row>
     <row r="554" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A554" s="25"/>
-[...2 lines deleted...]
-      <c r="D554" s="25"/>
+      <c r="A554" s="23"/>
+      <c r="B554" s="23"/>
+      <c r="C554" s="23"/>
+      <c r="D554" s="23"/>
     </row>
     <row r="555" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A555" s="25"/>
-[...2 lines deleted...]
-      <c r="D555" s="25"/>
+      <c r="A555" s="23"/>
+      <c r="B555" s="23"/>
+      <c r="C555" s="23"/>
+      <c r="D555" s="23"/>
     </row>
     <row r="556" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A556" s="25"/>
-[...2 lines deleted...]
-      <c r="D556" s="25"/>
+      <c r="A556" s="23"/>
+      <c r="B556" s="23"/>
+      <c r="C556" s="23"/>
+      <c r="D556" s="23"/>
     </row>
     <row r="557" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A557" s="25"/>
-[...2 lines deleted...]
-      <c r="D557" s="25"/>
+      <c r="A557" s="23"/>
+      <c r="B557" s="23"/>
+      <c r="C557" s="23"/>
+      <c r="D557" s="23"/>
     </row>
     <row r="558" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A558" s="25"/>
-[...2 lines deleted...]
-      <c r="D558" s="25"/>
+      <c r="A558" s="23"/>
+      <c r="B558" s="23"/>
+      <c r="C558" s="23"/>
+      <c r="D558" s="23"/>
     </row>
     <row r="559" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A559" s="25"/>
-[...2 lines deleted...]
-      <c r="D559" s="25"/>
+      <c r="A559" s="23"/>
+      <c r="B559" s="23"/>
+      <c r="C559" s="23"/>
+      <c r="D559" s="23"/>
     </row>
     <row r="560" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A560" s="25"/>
-[...2 lines deleted...]
-      <c r="D560" s="25"/>
+      <c r="A560" s="23"/>
+      <c r="B560" s="23"/>
+      <c r="C560" s="23"/>
+      <c r="D560" s="23"/>
     </row>
     <row r="561" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A561" s="25"/>
-[...2 lines deleted...]
-      <c r="D561" s="25"/>
+      <c r="A561" s="23"/>
+      <c r="B561" s="23"/>
+      <c r="C561" s="23"/>
+      <c r="D561" s="23"/>
     </row>
     <row r="562" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A562" s="25"/>
-[...2 lines deleted...]
-      <c r="D562" s="25"/>
+      <c r="A562" s="23"/>
+      <c r="B562" s="23"/>
+      <c r="C562" s="23"/>
+      <c r="D562" s="23"/>
     </row>
     <row r="563" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A563" s="25"/>
-[...2 lines deleted...]
-      <c r="D563" s="25"/>
+      <c r="A563" s="23"/>
+      <c r="B563" s="23"/>
+      <c r="C563" s="23"/>
+      <c r="D563" s="23"/>
     </row>
     <row r="564" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A564" s="25"/>
-[...2 lines deleted...]
-      <c r="D564" s="25"/>
+      <c r="A564" s="23"/>
+      <c r="B564" s="23"/>
+      <c r="C564" s="23"/>
+      <c r="D564" s="23"/>
     </row>
     <row r="565" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A565" s="25"/>
-[...2 lines deleted...]
-      <c r="D565" s="25"/>
+      <c r="A565" s="23"/>
+      <c r="B565" s="23"/>
+      <c r="C565" s="23"/>
+      <c r="D565" s="23"/>
     </row>
     <row r="566" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A566" s="25"/>
-[...2 lines deleted...]
-      <c r="D566" s="25"/>
+      <c r="A566" s="23"/>
+      <c r="B566" s="23"/>
+      <c r="C566" s="23"/>
+      <c r="D566" s="23"/>
     </row>
     <row r="567" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A567" s="25"/>
-[...2 lines deleted...]
-      <c r="D567" s="25"/>
+      <c r="A567" s="23"/>
+      <c r="B567" s="23"/>
+      <c r="C567" s="23"/>
+      <c r="D567" s="23"/>
     </row>
     <row r="568" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A568" s="25"/>
-[...2 lines deleted...]
-      <c r="D568" s="25"/>
+      <c r="A568" s="23"/>
+      <c r="B568" s="23"/>
+      <c r="C568" s="23"/>
+      <c r="D568" s="23"/>
     </row>
     <row r="569" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A569" s="25"/>
-[...2 lines deleted...]
-      <c r="D569" s="25"/>
+      <c r="A569" s="23"/>
+      <c r="B569" s="23"/>
+      <c r="C569" s="23"/>
+      <c r="D569" s="23"/>
     </row>
     <row r="570" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A570" s="25"/>
-[...2 lines deleted...]
-      <c r="D570" s="25"/>
+      <c r="A570" s="23"/>
+      <c r="B570" s="23"/>
+      <c r="C570" s="23"/>
+      <c r="D570" s="23"/>
     </row>
     <row r="571" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A571" s="25"/>
-[...2 lines deleted...]
-      <c r="D571" s="25"/>
+      <c r="A571" s="23"/>
+      <c r="B571" s="23"/>
+      <c r="C571" s="23"/>
+      <c r="D571" s="23"/>
     </row>
     <row r="572" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A572" s="25"/>
-[...2 lines deleted...]
-      <c r="D572" s="25"/>
+      <c r="A572" s="23"/>
+      <c r="B572" s="23"/>
+      <c r="C572" s="23"/>
+      <c r="D572" s="23"/>
     </row>
     <row r="573" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A573" s="25"/>
-[...2 lines deleted...]
-      <c r="D573" s="25"/>
+      <c r="A573" s="23"/>
+      <c r="B573" s="23"/>
+      <c r="C573" s="23"/>
+      <c r="D573" s="23"/>
     </row>
     <row r="574" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A574" s="25"/>
-[...2 lines deleted...]
-      <c r="D574" s="25"/>
+      <c r="A574" s="23"/>
+      <c r="B574" s="23"/>
+      <c r="C574" s="23"/>
+      <c r="D574" s="23"/>
     </row>
     <row r="575" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A575" s="25"/>
-[...2 lines deleted...]
-      <c r="D575" s="25"/>
+      <c r="A575" s="23"/>
+      <c r="B575" s="23"/>
+      <c r="C575" s="23"/>
+      <c r="D575" s="23"/>
     </row>
     <row r="576" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A576" s="25"/>
-[...2 lines deleted...]
-      <c r="D576" s="25"/>
+      <c r="A576" s="23"/>
+      <c r="B576" s="23"/>
+      <c r="C576" s="23"/>
+      <c r="D576" s="23"/>
     </row>
     <row r="577" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A577" s="25"/>
-[...2 lines deleted...]
-      <c r="D577" s="25"/>
+      <c r="A577" s="23"/>
+      <c r="B577" s="23"/>
+      <c r="C577" s="23"/>
+      <c r="D577" s="23"/>
     </row>
     <row r="578" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A578" s="25"/>
-[...2 lines deleted...]
-      <c r="D578" s="25"/>
+      <c r="A578" s="23"/>
+      <c r="B578" s="23"/>
+      <c r="C578" s="23"/>
+      <c r="D578" s="23"/>
     </row>
     <row r="579" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A579" s="25"/>
-[...2 lines deleted...]
-      <c r="D579" s="25"/>
+      <c r="A579" s="23"/>
+      <c r="B579" s="23"/>
+      <c r="C579" s="23"/>
+      <c r="D579" s="23"/>
     </row>
     <row r="580" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A580" s="25"/>
-[...2 lines deleted...]
-      <c r="D580" s="25"/>
+      <c r="A580" s="23"/>
+      <c r="B580" s="23"/>
+      <c r="C580" s="23"/>
+      <c r="D580" s="23"/>
     </row>
     <row r="581" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A581" s="25"/>
-[...2 lines deleted...]
-      <c r="D581" s="25"/>
+      <c r="A581" s="23"/>
+      <c r="B581" s="23"/>
+      <c r="C581" s="23"/>
+      <c r="D581" s="23"/>
     </row>
     <row r="582" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A582" s="25"/>
-[...2 lines deleted...]
-      <c r="D582" s="25"/>
+      <c r="A582" s="23"/>
+      <c r="B582" s="23"/>
+      <c r="C582" s="23"/>
+      <c r="D582" s="23"/>
     </row>
     <row r="583" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A583" s="25"/>
-[...2 lines deleted...]
-      <c r="D583" s="25"/>
+      <c r="A583" s="23"/>
+      <c r="B583" s="23"/>
+      <c r="C583" s="23"/>
+      <c r="D583" s="23"/>
     </row>
     <row r="584" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A584" s="25"/>
-[...2 lines deleted...]
-      <c r="D584" s="25"/>
+      <c r="A584" s="23"/>
+      <c r="B584" s="23"/>
+      <c r="C584" s="23"/>
+      <c r="D584" s="23"/>
     </row>
     <row r="585" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A585" s="25"/>
-[...2 lines deleted...]
-      <c r="D585" s="25"/>
+      <c r="A585" s="23"/>
+      <c r="B585" s="23"/>
+      <c r="C585" s="23"/>
+      <c r="D585" s="23"/>
     </row>
     <row r="586" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A586" s="25"/>
-[...2 lines deleted...]
-      <c r="D586" s="25"/>
+      <c r="A586" s="23"/>
+      <c r="B586" s="23"/>
+      <c r="C586" s="23"/>
+      <c r="D586" s="23"/>
     </row>
     <row r="587" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A587" s="25"/>
-[...2 lines deleted...]
-      <c r="D587" s="25"/>
+      <c r="A587" s="23"/>
+      <c r="B587" s="23"/>
+      <c r="C587" s="23"/>
+      <c r="D587" s="23"/>
     </row>
     <row r="588" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A588" s="25"/>
-[...2 lines deleted...]
-      <c r="D588" s="25"/>
+      <c r="A588" s="23"/>
+      <c r="B588" s="23"/>
+      <c r="C588" s="23"/>
+      <c r="D588" s="23"/>
     </row>
     <row r="589" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A589" s="25"/>
-[...2 lines deleted...]
-      <c r="D589" s="25"/>
+      <c r="A589" s="23"/>
+      <c r="B589" s="23"/>
+      <c r="C589" s="23"/>
+      <c r="D589" s="23"/>
     </row>
     <row r="590" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A590" s="25"/>
-[...2 lines deleted...]
-      <c r="D590" s="25"/>
+      <c r="A590" s="23"/>
+      <c r="B590" s="23"/>
+      <c r="C590" s="23"/>
+      <c r="D590" s="23"/>
     </row>
     <row r="591" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A591" s="25"/>
-[...2 lines deleted...]
-      <c r="D591" s="25"/>
+      <c r="A591" s="23"/>
+      <c r="B591" s="23"/>
+      <c r="C591" s="23"/>
+      <c r="D591" s="23"/>
     </row>
     <row r="592" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A592" s="25"/>
-[...2 lines deleted...]
-      <c r="D592" s="25"/>
+      <c r="A592" s="23"/>
+      <c r="B592" s="23"/>
+      <c r="C592" s="23"/>
+      <c r="D592" s="23"/>
     </row>
     <row r="593" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A593" s="25"/>
-[...2 lines deleted...]
-      <c r="D593" s="25"/>
+      <c r="A593" s="23"/>
+      <c r="B593" s="23"/>
+      <c r="C593" s="23"/>
+      <c r="D593" s="23"/>
     </row>
     <row r="594" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A594" s="25"/>
-[...2 lines deleted...]
-      <c r="D594" s="25"/>
+      <c r="A594" s="23"/>
+      <c r="B594" s="23"/>
+      <c r="C594" s="23"/>
+      <c r="D594" s="23"/>
     </row>
     <row r="595" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A595" s="25"/>
-[...2 lines deleted...]
-      <c r="D595" s="25"/>
+      <c r="A595" s="23"/>
+      <c r="B595" s="23"/>
+      <c r="C595" s="23"/>
+      <c r="D595" s="23"/>
     </row>
     <row r="596" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A596" s="25"/>
-[...2 lines deleted...]
-      <c r="D596" s="25"/>
+      <c r="A596" s="23"/>
+      <c r="B596" s="23"/>
+      <c r="C596" s="23"/>
+      <c r="D596" s="23"/>
     </row>
     <row r="597" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A597" s="25"/>
-[...2 lines deleted...]
-      <c r="D597" s="25"/>
+      <c r="A597" s="23"/>
+      <c r="B597" s="23"/>
+      <c r="C597" s="23"/>
+      <c r="D597" s="23"/>
     </row>
     <row r="598" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A598" s="25"/>
-[...2 lines deleted...]
-      <c r="D598" s="25"/>
+      <c r="A598" s="23"/>
+      <c r="B598" s="23"/>
+      <c r="C598" s="23"/>
+      <c r="D598" s="23"/>
     </row>
     <row r="599" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A599" s="25"/>
-[...2 lines deleted...]
-      <c r="D599" s="25"/>
+      <c r="A599" s="23"/>
+      <c r="B599" s="23"/>
+      <c r="C599" s="23"/>
+      <c r="D599" s="23"/>
     </row>
     <row r="600" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A600" s="25"/>
-[...2 lines deleted...]
-      <c r="D600" s="25"/>
+      <c r="A600" s="23"/>
+      <c r="B600" s="23"/>
+      <c r="C600" s="23"/>
+      <c r="D600" s="23"/>
     </row>
     <row r="601" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A601" s="25"/>
-[...2 lines deleted...]
-      <c r="D601" s="25"/>
+      <c r="A601" s="23"/>
+      <c r="B601" s="23"/>
+      <c r="C601" s="23"/>
+      <c r="D601" s="23"/>
     </row>
     <row r="602" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A602" s="25"/>
-[...2 lines deleted...]
-      <c r="D602" s="25"/>
+      <c r="A602" s="23"/>
+      <c r="B602" s="23"/>
+      <c r="C602" s="23"/>
+      <c r="D602" s="23"/>
     </row>
     <row r="603" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A603" s="25"/>
-[...2 lines deleted...]
-      <c r="D603" s="25"/>
+      <c r="A603" s="23"/>
+      <c r="B603" s="23"/>
+      <c r="C603" s="23"/>
+      <c r="D603" s="23"/>
     </row>
     <row r="604" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A604" s="25"/>
-[...2 lines deleted...]
-      <c r="D604" s="25"/>
+      <c r="A604" s="23"/>
+      <c r="B604" s="23"/>
+      <c r="C604" s="23"/>
+      <c r="D604" s="23"/>
     </row>
     <row r="605" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A605" s="25"/>
-[...2 lines deleted...]
-      <c r="D605" s="25"/>
+      <c r="A605" s="23"/>
+      <c r="B605" s="23"/>
+      <c r="C605" s="23"/>
+      <c r="D605" s="23"/>
     </row>
     <row r="606" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A606" s="25"/>
-[...2 lines deleted...]
-      <c r="D606" s="25"/>
+      <c r="A606" s="23"/>
+      <c r="B606" s="23"/>
+      <c r="C606" s="23"/>
+      <c r="D606" s="23"/>
     </row>
     <row r="607" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A607" s="25"/>
-[...2 lines deleted...]
-      <c r="D607" s="25"/>
+      <c r="A607" s="23"/>
+      <c r="B607" s="23"/>
+      <c r="C607" s="23"/>
+      <c r="D607" s="23"/>
     </row>
     <row r="608" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A608" s="25"/>
-[...2 lines deleted...]
-      <c r="D608" s="25"/>
+      <c r="A608" s="23"/>
+      <c r="B608" s="23"/>
+      <c r="C608" s="23"/>
+      <c r="D608" s="23"/>
     </row>
     <row r="609" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A609" s="25"/>
-[...2 lines deleted...]
-      <c r="D609" s="25"/>
+      <c r="A609" s="23"/>
+      <c r="B609" s="23"/>
+      <c r="C609" s="23"/>
+      <c r="D609" s="23"/>
     </row>
     <row r="610" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A610" s="25"/>
-[...2 lines deleted...]
-      <c r="D610" s="25"/>
+      <c r="A610" s="23"/>
+      <c r="B610" s="23"/>
+      <c r="C610" s="23"/>
+      <c r="D610" s="23"/>
     </row>
     <row r="611" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A611" s="25"/>
-[...2 lines deleted...]
-      <c r="D611" s="25"/>
+      <c r="A611" s="23"/>
+      <c r="B611" s="23"/>
+      <c r="C611" s="23"/>
+      <c r="D611" s="23"/>
     </row>
     <row r="612" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A612" s="25"/>
-[...2 lines deleted...]
-      <c r="D612" s="25"/>
+      <c r="A612" s="23"/>
+      <c r="B612" s="23"/>
+      <c r="C612" s="23"/>
+      <c r="D612" s="23"/>
     </row>
     <row r="613" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A613" s="25"/>
-[...2 lines deleted...]
-      <c r="D613" s="25"/>
+      <c r="A613" s="23"/>
+      <c r="B613" s="23"/>
+      <c r="C613" s="23"/>
+      <c r="D613" s="23"/>
     </row>
     <row r="614" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A614" s="25"/>
-[...2 lines deleted...]
-      <c r="D614" s="25"/>
+      <c r="A614" s="23"/>
+      <c r="B614" s="23"/>
+      <c r="C614" s="23"/>
+      <c r="D614" s="23"/>
     </row>
     <row r="615" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A615" s="25"/>
-[...2 lines deleted...]
-      <c r="D615" s="25"/>
+      <c r="A615" s="23"/>
+      <c r="B615" s="23"/>
+      <c r="C615" s="23"/>
+      <c r="D615" s="23"/>
     </row>
     <row r="616" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A616" s="25"/>
-[...2 lines deleted...]
-      <c r="D616" s="25"/>
+      <c r="A616" s="23"/>
+      <c r="B616" s="23"/>
+      <c r="C616" s="23"/>
+      <c r="D616" s="23"/>
     </row>
     <row r="617" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A617" s="25"/>
-[...2 lines deleted...]
-      <c r="D617" s="25"/>
+      <c r="A617" s="23"/>
+      <c r="B617" s="23"/>
+      <c r="C617" s="23"/>
+      <c r="D617" s="23"/>
     </row>
     <row r="618" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A618" s="25"/>
-[...2 lines deleted...]
-      <c r="D618" s="25"/>
+      <c r="A618" s="23"/>
+      <c r="B618" s="23"/>
+      <c r="C618" s="23"/>
+      <c r="D618" s="23"/>
     </row>
     <row r="619" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A619" s="25"/>
-[...2 lines deleted...]
-      <c r="D619" s="25"/>
+      <c r="A619" s="23"/>
+      <c r="B619" s="23"/>
+      <c r="C619" s="23"/>
+      <c r="D619" s="23"/>
     </row>
     <row r="620" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A620" s="25"/>
-[...2 lines deleted...]
-      <c r="D620" s="25"/>
+      <c r="A620" s="23"/>
+      <c r="B620" s="23"/>
+      <c r="C620" s="23"/>
+      <c r="D620" s="23"/>
     </row>
     <row r="621" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A621" s="25"/>
-[...2 lines deleted...]
-      <c r="D621" s="25"/>
+      <c r="A621" s="23"/>
+      <c r="B621" s="23"/>
+      <c r="C621" s="23"/>
+      <c r="D621" s="23"/>
     </row>
     <row r="622" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A622" s="25"/>
-[...2 lines deleted...]
-      <c r="D622" s="25"/>
+      <c r="A622" s="23"/>
+      <c r="B622" s="23"/>
+      <c r="C622" s="23"/>
+      <c r="D622" s="23"/>
     </row>
     <row r="623" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A623" s="25"/>
-[...2 lines deleted...]
-      <c r="D623" s="25"/>
+      <c r="A623" s="23"/>
+      <c r="B623" s="23"/>
+      <c r="C623" s="23"/>
+      <c r="D623" s="23"/>
     </row>
     <row r="624" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A624" s="25"/>
-[...2 lines deleted...]
-      <c r="D624" s="25"/>
+      <c r="A624" s="23"/>
+      <c r="B624" s="23"/>
+      <c r="C624" s="23"/>
+      <c r="D624" s="23"/>
     </row>
     <row r="625" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A625" s="25"/>
-[...2 lines deleted...]
-      <c r="D625" s="25"/>
+      <c r="A625" s="23"/>
+      <c r="B625" s="23"/>
+      <c r="C625" s="23"/>
+      <c r="D625" s="23"/>
     </row>
     <row r="626" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A626" s="25"/>
-[...2 lines deleted...]
-      <c r="D626" s="25"/>
+      <c r="A626" s="23"/>
+      <c r="B626" s="23"/>
+      <c r="C626" s="23"/>
+      <c r="D626" s="23"/>
     </row>
     <row r="627" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A627" s="25"/>
-[...2 lines deleted...]
-      <c r="D627" s="25"/>
+      <c r="A627" s="23"/>
+      <c r="B627" s="23"/>
+      <c r="C627" s="23"/>
+      <c r="D627" s="23"/>
     </row>
     <row r="628" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A628" s="25"/>
-[...2 lines deleted...]
-      <c r="D628" s="25"/>
+      <c r="A628" s="23"/>
+      <c r="B628" s="23"/>
+      <c r="C628" s="23"/>
+      <c r="D628" s="23"/>
     </row>
     <row r="629" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A629" s="25"/>
-[...2 lines deleted...]
-      <c r="D629" s="25"/>
+      <c r="A629" s="23"/>
+      <c r="B629" s="23"/>
+      <c r="C629" s="23"/>
+      <c r="D629" s="23"/>
     </row>
     <row r="630" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A630" s="25"/>
-[...2 lines deleted...]
-      <c r="D630" s="25"/>
+      <c r="A630" s="23"/>
+      <c r="B630" s="23"/>
+      <c r="C630" s="23"/>
+      <c r="D630" s="23"/>
     </row>
     <row r="631" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A631" s="25"/>
-[...2 lines deleted...]
-      <c r="D631" s="25"/>
+      <c r="A631" s="23"/>
+      <c r="B631" s="23"/>
+      <c r="C631" s="23"/>
+      <c r="D631" s="23"/>
     </row>
     <row r="632" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A632" s="25"/>
-[...2 lines deleted...]
-      <c r="D632" s="25"/>
+      <c r="A632" s="23"/>
+      <c r="B632" s="23"/>
+      <c r="C632" s="23"/>
+      <c r="D632" s="23"/>
     </row>
     <row r="633" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A633" s="25"/>
-[...2 lines deleted...]
-      <c r="D633" s="25"/>
+      <c r="A633" s="23"/>
+      <c r="B633" s="23"/>
+      <c r="C633" s="23"/>
+      <c r="D633" s="23"/>
     </row>
     <row r="634" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A634" s="25"/>
-[...2 lines deleted...]
-      <c r="D634" s="25"/>
+      <c r="A634" s="23"/>
+      <c r="B634" s="23"/>
+      <c r="C634" s="23"/>
+      <c r="D634" s="23"/>
     </row>
     <row r="635" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A635" s="25"/>
-[...2 lines deleted...]
-      <c r="D635" s="25"/>
+      <c r="A635" s="23"/>
+      <c r="B635" s="23"/>
+      <c r="C635" s="23"/>
+      <c r="D635" s="23"/>
     </row>
     <row r="636" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A636" s="25"/>
-[...2 lines deleted...]
-      <c r="D636" s="25"/>
+      <c r="A636" s="23"/>
+      <c r="B636" s="23"/>
+      <c r="C636" s="23"/>
+      <c r="D636" s="23"/>
     </row>
     <row r="637" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A637" s="25"/>
-[...2 lines deleted...]
-      <c r="D637" s="25"/>
+      <c r="A637" s="23"/>
+      <c r="B637" s="23"/>
+      <c r="C637" s="23"/>
+      <c r="D637" s="23"/>
     </row>
     <row r="638" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A638" s="25"/>
-[...2 lines deleted...]
-      <c r="D638" s="25"/>
+      <c r="A638" s="23"/>
+      <c r="B638" s="23"/>
+      <c r="C638" s="23"/>
+      <c r="D638" s="23"/>
     </row>
     <row r="639" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A639" s="25"/>
-[...2 lines deleted...]
-      <c r="D639" s="25"/>
+      <c r="A639" s="23"/>
+      <c r="B639" s="23"/>
+      <c r="C639" s="23"/>
+      <c r="D639" s="23"/>
     </row>
     <row r="640" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A640" s="25"/>
-[...2 lines deleted...]
-      <c r="D640" s="25"/>
+      <c r="A640" s="23"/>
+      <c r="B640" s="23"/>
+      <c r="C640" s="23"/>
+      <c r="D640" s="23"/>
     </row>
     <row r="641" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A641" s="25"/>
-[...2 lines deleted...]
-      <c r="D641" s="25"/>
+      <c r="A641" s="23"/>
+      <c r="B641" s="23"/>
+      <c r="C641" s="23"/>
+      <c r="D641" s="23"/>
     </row>
     <row r="642" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A642" s="25"/>
-[...2 lines deleted...]
-      <c r="D642" s="25"/>
+      <c r="A642" s="23"/>
+      <c r="B642" s="23"/>
+      <c r="C642" s="23"/>
+      <c r="D642" s="23"/>
     </row>
     <row r="643" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A643" s="25"/>
-[...2 lines deleted...]
-      <c r="D643" s="25"/>
+      <c r="A643" s="23"/>
+      <c r="B643" s="23"/>
+      <c r="C643" s="23"/>
+      <c r="D643" s="23"/>
     </row>
     <row r="644" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A644" s="25"/>
-[...2 lines deleted...]
-      <c r="D644" s="25"/>
+      <c r="A644" s="23"/>
+      <c r="B644" s="23"/>
+      <c r="C644" s="23"/>
+      <c r="D644" s="23"/>
     </row>
     <row r="645" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A645" s="25"/>
-[...2 lines deleted...]
-      <c r="D645" s="25"/>
+      <c r="A645" s="23"/>
+      <c r="B645" s="23"/>
+      <c r="C645" s="23"/>
+      <c r="D645" s="23"/>
     </row>
     <row r="646" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A646" s="25"/>
-[...2 lines deleted...]
-      <c r="D646" s="25"/>
+      <c r="A646" s="23"/>
+      <c r="B646" s="23"/>
+      <c r="C646" s="23"/>
+      <c r="D646" s="23"/>
     </row>
     <row r="647" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A647" s="25"/>
-[...2 lines deleted...]
-      <c r="D647" s="25"/>
+      <c r="A647" s="23"/>
+      <c r="B647" s="23"/>
+      <c r="C647" s="23"/>
+      <c r="D647" s="23"/>
     </row>
     <row r="648" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A648" s="25"/>
-[...2 lines deleted...]
-      <c r="D648" s="25"/>
+      <c r="A648" s="23"/>
+      <c r="B648" s="23"/>
+      <c r="C648" s="23"/>
+      <c r="D648" s="23"/>
     </row>
     <row r="649" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A649" s="25"/>
-[...2 lines deleted...]
-      <c r="D649" s="25"/>
+      <c r="A649" s="23"/>
+      <c r="B649" s="23"/>
+      <c r="C649" s="23"/>
+      <c r="D649" s="23"/>
     </row>
     <row r="650" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A650" s="25"/>
-[...2 lines deleted...]
-      <c r="D650" s="25"/>
+      <c r="A650" s="23"/>
+      <c r="B650" s="23"/>
+      <c r="C650" s="23"/>
+      <c r="D650" s="23"/>
     </row>
     <row r="651" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A651" s="25"/>
-[...2 lines deleted...]
-      <c r="D651" s="25"/>
+      <c r="A651" s="23"/>
+      <c r="B651" s="23"/>
+      <c r="C651" s="23"/>
+      <c r="D651" s="23"/>
     </row>
     <row r="652" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A652" s="25"/>
-[...2 lines deleted...]
-      <c r="D652" s="25"/>
+      <c r="A652" s="23"/>
+      <c r="B652" s="23"/>
+      <c r="C652" s="23"/>
+      <c r="D652" s="23"/>
     </row>
     <row r="653" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A653" s="25"/>
-[...2 lines deleted...]
-      <c r="D653" s="25"/>
+      <c r="A653" s="23"/>
+      <c r="B653" s="23"/>
+      <c r="C653" s="23"/>
+      <c r="D653" s="23"/>
     </row>
     <row r="654" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A654" s="25"/>
-[...2 lines deleted...]
-      <c r="D654" s="25"/>
+      <c r="A654" s="23"/>
+      <c r="B654" s="23"/>
+      <c r="C654" s="23"/>
+      <c r="D654" s="23"/>
     </row>
     <row r="655" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A655" s="25"/>
-[...2 lines deleted...]
-      <c r="D655" s="25"/>
+      <c r="A655" s="23"/>
+      <c r="B655" s="23"/>
+      <c r="C655" s="23"/>
+      <c r="D655" s="23"/>
     </row>
     <row r="656" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A656" s="25"/>
-[...2 lines deleted...]
-      <c r="D656" s="25"/>
+      <c r="A656" s="23"/>
+      <c r="B656" s="23"/>
+      <c r="C656" s="23"/>
+      <c r="D656" s="23"/>
     </row>
     <row r="657" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A657" s="25"/>
-[...2 lines deleted...]
-      <c r="D657" s="25"/>
+      <c r="A657" s="23"/>
+      <c r="B657" s="23"/>
+      <c r="C657" s="23"/>
+      <c r="D657" s="23"/>
     </row>
     <row r="658" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A658" s="25"/>
-[...2 lines deleted...]
-      <c r="D658" s="25"/>
+      <c r="A658" s="23"/>
+      <c r="B658" s="23"/>
+      <c r="C658" s="23"/>
+      <c r="D658" s="23"/>
     </row>
     <row r="659" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A659" s="25"/>
-[...2 lines deleted...]
-      <c r="D659" s="25"/>
+      <c r="A659" s="23"/>
+      <c r="B659" s="23"/>
+      <c r="C659" s="23"/>
+      <c r="D659" s="23"/>
     </row>
     <row r="660" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A660" s="25"/>
-[...2 lines deleted...]
-      <c r="D660" s="25"/>
+      <c r="A660" s="23"/>
+      <c r="B660" s="23"/>
+      <c r="C660" s="23"/>
+      <c r="D660" s="23"/>
     </row>
     <row r="661" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A661" s="25"/>
-[...2 lines deleted...]
-      <c r="D661" s="25"/>
+      <c r="A661" s="23"/>
+      <c r="B661" s="23"/>
+      <c r="C661" s="23"/>
+      <c r="D661" s="23"/>
     </row>
     <row r="662" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A662" s="25"/>
-[...2 lines deleted...]
-      <c r="D662" s="25"/>
+      <c r="A662" s="23"/>
+      <c r="B662" s="23"/>
+      <c r="C662" s="23"/>
+      <c r="D662" s="23"/>
     </row>
     <row r="663" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A663" s="25"/>
-[...2 lines deleted...]
-      <c r="D663" s="25"/>
+      <c r="A663" s="23"/>
+      <c r="B663" s="23"/>
+      <c r="C663" s="23"/>
+      <c r="D663" s="23"/>
     </row>
     <row r="664" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A664" s="25"/>
-[...2 lines deleted...]
-      <c r="D664" s="25"/>
+      <c r="A664" s="23"/>
+      <c r="B664" s="23"/>
+      <c r="C664" s="23"/>
+      <c r="D664" s="23"/>
     </row>
     <row r="665" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A665" s="25"/>
-[...2 lines deleted...]
-      <c r="D665" s="25"/>
+      <c r="A665" s="23"/>
+      <c r="B665" s="23"/>
+      <c r="C665" s="23"/>
+      <c r="D665" s="23"/>
     </row>
     <row r="666" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A666" s="25"/>
-[...2 lines deleted...]
-      <c r="D666" s="25"/>
+      <c r="A666" s="23"/>
+      <c r="B666" s="23"/>
+      <c r="C666" s="23"/>
+      <c r="D666" s="23"/>
     </row>
     <row r="667" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A667" s="25"/>
-[...2 lines deleted...]
-      <c r="D667" s="25"/>
+      <c r="A667" s="23"/>
+      <c r="B667" s="23"/>
+      <c r="C667" s="23"/>
+      <c r="D667" s="23"/>
     </row>
     <row r="668" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A668" s="25"/>
-[...2 lines deleted...]
-      <c r="D668" s="25"/>
+      <c r="A668" s="23"/>
+      <c r="B668" s="23"/>
+      <c r="C668" s="23"/>
+      <c r="D668" s="23"/>
     </row>
     <row r="669" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A669" s="25"/>
-[...2 lines deleted...]
-      <c r="D669" s="25"/>
+      <c r="A669" s="23"/>
+      <c r="B669" s="23"/>
+      <c r="C669" s="23"/>
+      <c r="D669" s="23"/>
     </row>
     <row r="670" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A670" s="25"/>
-[...2 lines deleted...]
-      <c r="D670" s="25"/>
+      <c r="A670" s="23"/>
+      <c r="B670" s="23"/>
+      <c r="C670" s="23"/>
+      <c r="D670" s="23"/>
     </row>
     <row r="671" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A671" s="25"/>
-[...2 lines deleted...]
-      <c r="D671" s="25"/>
+      <c r="A671" s="23"/>
+      <c r="B671" s="23"/>
+      <c r="C671" s="23"/>
+      <c r="D671" s="23"/>
     </row>
     <row r="672" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A672" s="25"/>
-[...2 lines deleted...]
-      <c r="D672" s="25"/>
+      <c r="A672" s="23"/>
+      <c r="B672" s="23"/>
+      <c r="C672" s="23"/>
+      <c r="D672" s="23"/>
     </row>
     <row r="673" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A673" s="25"/>
-[...2 lines deleted...]
-      <c r="D673" s="25"/>
+      <c r="A673" s="23"/>
+      <c r="B673" s="23"/>
+      <c r="C673" s="23"/>
+      <c r="D673" s="23"/>
     </row>
     <row r="674" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A674" s="25"/>
-[...2 lines deleted...]
-      <c r="D674" s="25"/>
+      <c r="A674" s="23"/>
+      <c r="B674" s="23"/>
+      <c r="C674" s="23"/>
+      <c r="D674" s="23"/>
     </row>
     <row r="675" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A675" s="25"/>
-[...2 lines deleted...]
-      <c r="D675" s="25"/>
+      <c r="A675" s="23"/>
+      <c r="B675" s="23"/>
+      <c r="C675" s="23"/>
+      <c r="D675" s="23"/>
     </row>
     <row r="676" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A676" s="25"/>
-[...2 lines deleted...]
-      <c r="D676" s="25"/>
+      <c r="A676" s="23"/>
+      <c r="B676" s="23"/>
+      <c r="C676" s="23"/>
+      <c r="D676" s="23"/>
     </row>
     <row r="677" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A677" s="25"/>
-[...2 lines deleted...]
-      <c r="D677" s="25"/>
+      <c r="A677" s="23"/>
+      <c r="B677" s="23"/>
+      <c r="C677" s="23"/>
+      <c r="D677" s="23"/>
     </row>
     <row r="678" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A678" s="25"/>
-[...2 lines deleted...]
-      <c r="D678" s="25"/>
+      <c r="A678" s="23"/>
+      <c r="B678" s="23"/>
+      <c r="C678" s="23"/>
+      <c r="D678" s="23"/>
     </row>
     <row r="679" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A679" s="25"/>
-[...2 lines deleted...]
-      <c r="D679" s="25"/>
+      <c r="A679" s="23"/>
+      <c r="B679" s="23"/>
+      <c r="C679" s="23"/>
+      <c r="D679" s="23"/>
     </row>
     <row r="680" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A680" s="25"/>
-[...2 lines deleted...]
-      <c r="D680" s="25"/>
+      <c r="A680" s="23"/>
+      <c r="B680" s="23"/>
+      <c r="C680" s="23"/>
+      <c r="D680" s="23"/>
     </row>
     <row r="681" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A681" s="25"/>
-[...2 lines deleted...]
-      <c r="D681" s="25"/>
+      <c r="A681" s="23"/>
+      <c r="B681" s="23"/>
+      <c r="C681" s="23"/>
+      <c r="D681" s="23"/>
     </row>
     <row r="682" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A682" s="25"/>
-[...2 lines deleted...]
-      <c r="D682" s="25"/>
+      <c r="A682" s="23"/>
+      <c r="B682" s="23"/>
+      <c r="C682" s="23"/>
+      <c r="D682" s="23"/>
     </row>
     <row r="683" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A683" s="25"/>
-[...2 lines deleted...]
-      <c r="D683" s="25"/>
+      <c r="A683" s="23"/>
+      <c r="B683" s="23"/>
+      <c r="C683" s="23"/>
+      <c r="D683" s="23"/>
     </row>
     <row r="684" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A684" s="25"/>
-[...2 lines deleted...]
-      <c r="D684" s="25"/>
+      <c r="A684" s="23"/>
+      <c r="B684" s="23"/>
+      <c r="C684" s="23"/>
+      <c r="D684" s="23"/>
     </row>
     <row r="685" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A685" s="25"/>
-[...2 lines deleted...]
-      <c r="D685" s="25"/>
+      <c r="A685" s="23"/>
+      <c r="B685" s="23"/>
+      <c r="C685" s="23"/>
+      <c r="D685" s="23"/>
     </row>
     <row r="686" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A686" s="25"/>
-[...2 lines deleted...]
-      <c r="D686" s="25"/>
+      <c r="A686" s="23"/>
+      <c r="B686" s="23"/>
+      <c r="C686" s="23"/>
+      <c r="D686" s="23"/>
     </row>
     <row r="687" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A687" s="25"/>
-[...2 lines deleted...]
-      <c r="D687" s="25"/>
+      <c r="A687" s="23"/>
+      <c r="B687" s="23"/>
+      <c r="C687" s="23"/>
+      <c r="D687" s="23"/>
     </row>
     <row r="688" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A688" s="25"/>
-[...2 lines deleted...]
-      <c r="D688" s="25"/>
+      <c r="A688" s="23"/>
+      <c r="B688" s="23"/>
+      <c r="C688" s="23"/>
+      <c r="D688" s="23"/>
     </row>
     <row r="689" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A689" s="25"/>
-[...2 lines deleted...]
-      <c r="D689" s="25"/>
+      <c r="A689" s="23"/>
+      <c r="B689" s="23"/>
+      <c r="C689" s="23"/>
+      <c r="D689" s="23"/>
     </row>
     <row r="690" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A690" s="25"/>
-[...2 lines deleted...]
-      <c r="D690" s="25"/>
+      <c r="A690" s="23"/>
+      <c r="B690" s="23"/>
+      <c r="C690" s="23"/>
+      <c r="D690" s="23"/>
     </row>
     <row r="691" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A691" s="25"/>
-[...2 lines deleted...]
-      <c r="D691" s="25"/>
+      <c r="A691" s="23"/>
+      <c r="B691" s="23"/>
+      <c r="C691" s="23"/>
+      <c r="D691" s="23"/>
     </row>
     <row r="692" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A692" s="25"/>
-[...2 lines deleted...]
-      <c r="D692" s="25"/>
+      <c r="A692" s="23"/>
+      <c r="B692" s="23"/>
+      <c r="C692" s="23"/>
+      <c r="D692" s="23"/>
     </row>
     <row r="693" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A693" s="25"/>
-[...2 lines deleted...]
-      <c r="D693" s="25"/>
+      <c r="A693" s="23"/>
+      <c r="B693" s="23"/>
+      <c r="C693" s="23"/>
+      <c r="D693" s="23"/>
     </row>
     <row r="694" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A694" s="25"/>
-[...2 lines deleted...]
-      <c r="D694" s="25"/>
+      <c r="A694" s="23"/>
+      <c r="B694" s="23"/>
+      <c r="C694" s="23"/>
+      <c r="D694" s="23"/>
     </row>
     <row r="695" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A695" s="25"/>
-[...2 lines deleted...]
-      <c r="D695" s="25"/>
+      <c r="A695" s="23"/>
+      <c r="B695" s="23"/>
+      <c r="C695" s="23"/>
+      <c r="D695" s="23"/>
     </row>
     <row r="696" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A696" s="25"/>
-[...2 lines deleted...]
-      <c r="D696" s="25"/>
+      <c r="A696" s="23"/>
+      <c r="B696" s="23"/>
+      <c r="C696" s="23"/>
+      <c r="D696" s="23"/>
     </row>
     <row r="697" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A697" s="25"/>
-[...2 lines deleted...]
-      <c r="D697" s="25"/>
+      <c r="A697" s="23"/>
+      <c r="B697" s="23"/>
+      <c r="C697" s="23"/>
+      <c r="D697" s="23"/>
     </row>
     <row r="698" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A698" s="25"/>
-[...2 lines deleted...]
-      <c r="D698" s="25"/>
+      <c r="A698" s="23"/>
+      <c r="B698" s="23"/>
+      <c r="C698" s="23"/>
+      <c r="D698" s="23"/>
     </row>
     <row r="699" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A699" s="25"/>
-[...2 lines deleted...]
-      <c r="D699" s="25"/>
+      <c r="A699" s="23"/>
+      <c r="B699" s="23"/>
+      <c r="C699" s="23"/>
+      <c r="D699" s="23"/>
     </row>
     <row r="700" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A700" s="25"/>
-[...2 lines deleted...]
-      <c r="D700" s="25"/>
+      <c r="A700" s="23"/>
+      <c r="B700" s="23"/>
+      <c r="C700" s="23"/>
+      <c r="D700" s="23"/>
     </row>
     <row r="701" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A701" s="25"/>
-[...2 lines deleted...]
-      <c r="D701" s="25"/>
+      <c r="A701" s="23"/>
+      <c r="B701" s="23"/>
+      <c r="C701" s="23"/>
+      <c r="D701" s="23"/>
     </row>
     <row r="702" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A702" s="25"/>
-[...2 lines deleted...]
-      <c r="D702" s="25"/>
+      <c r="A702" s="23"/>
+      <c r="B702" s="23"/>
+      <c r="C702" s="23"/>
+      <c r="D702" s="23"/>
     </row>
     <row r="703" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A703" s="25"/>
-[...2 lines deleted...]
-      <c r="D703" s="25"/>
+      <c r="A703" s="23"/>
+      <c r="B703" s="23"/>
+      <c r="C703" s="23"/>
+      <c r="D703" s="23"/>
     </row>
     <row r="704" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A704" s="25"/>
-[...2 lines deleted...]
-      <c r="D704" s="25"/>
+      <c r="A704" s="23"/>
+      <c r="B704" s="23"/>
+      <c r="C704" s="23"/>
+      <c r="D704" s="23"/>
     </row>
     <row r="705" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A705" s="25"/>
-[...2 lines deleted...]
-      <c r="D705" s="25"/>
+      <c r="A705" s="23"/>
+      <c r="B705" s="23"/>
+      <c r="C705" s="23"/>
+      <c r="D705" s="23"/>
     </row>
     <row r="706" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A706" s="25"/>
-[...2 lines deleted...]
-      <c r="D706" s="25"/>
+      <c r="A706" s="23"/>
+      <c r="B706" s="23"/>
+      <c r="C706" s="23"/>
+      <c r="D706" s="23"/>
     </row>
     <row r="707" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A707" s="25"/>
-[...2 lines deleted...]
-      <c r="D707" s="25"/>
+      <c r="A707" s="23"/>
+      <c r="B707" s="23"/>
+      <c r="C707" s="23"/>
+      <c r="D707" s="23"/>
     </row>
     <row r="708" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A708" s="25"/>
-[...2 lines deleted...]
-      <c r="D708" s="25"/>
+      <c r="A708" s="23"/>
+      <c r="B708" s="23"/>
+      <c r="C708" s="23"/>
+      <c r="D708" s="23"/>
     </row>
     <row r="709" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A709" s="25"/>
-[...2 lines deleted...]
-      <c r="D709" s="25"/>
+      <c r="A709" s="23"/>
+      <c r="B709" s="23"/>
+      <c r="C709" s="23"/>
+      <c r="D709" s="23"/>
     </row>
     <row r="710" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A710" s="25"/>
-[...2 lines deleted...]
-      <c r="D710" s="25"/>
+      <c r="A710" s="23"/>
+      <c r="B710" s="23"/>
+      <c r="C710" s="23"/>
+      <c r="D710" s="23"/>
     </row>
     <row r="711" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A711" s="25"/>
-[...2 lines deleted...]
-      <c r="D711" s="25"/>
+      <c r="A711" s="23"/>
+      <c r="B711" s="23"/>
+      <c r="C711" s="23"/>
+      <c r="D711" s="23"/>
     </row>
     <row r="712" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A712" s="25"/>
-[...2 lines deleted...]
-      <c r="D712" s="25"/>
+      <c r="A712" s="23"/>
+      <c r="B712" s="23"/>
+      <c r="C712" s="23"/>
+      <c r="D712" s="23"/>
     </row>
     <row r="713" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A713" s="25"/>
-[...2 lines deleted...]
-      <c r="D713" s="25"/>
+      <c r="A713" s="23"/>
+      <c r="B713" s="23"/>
+      <c r="C713" s="23"/>
+      <c r="D713" s="23"/>
     </row>
     <row r="714" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A714" s="25"/>
-[...2 lines deleted...]
-      <c r="D714" s="25"/>
+      <c r="A714" s="23"/>
+      <c r="B714" s="23"/>
+      <c r="C714" s="23"/>
+      <c r="D714" s="23"/>
     </row>
     <row r="715" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A715" s="25"/>
-[...2 lines deleted...]
-      <c r="D715" s="25"/>
+      <c r="A715" s="23"/>
+      <c r="B715" s="23"/>
+      <c r="C715" s="23"/>
+      <c r="D715" s="23"/>
     </row>
     <row r="716" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A716" s="25"/>
-[...2 lines deleted...]
-      <c r="D716" s="25"/>
+      <c r="A716" s="23"/>
+      <c r="B716" s="23"/>
+      <c r="C716" s="23"/>
+      <c r="D716" s="23"/>
     </row>
     <row r="717" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A717" s="25"/>
-[...2 lines deleted...]
-      <c r="D717" s="25"/>
+      <c r="A717" s="23"/>
+      <c r="B717" s="23"/>
+      <c r="C717" s="23"/>
+      <c r="D717" s="23"/>
     </row>
     <row r="718" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A718" s="25"/>
-[...2 lines deleted...]
-      <c r="D718" s="25"/>
+      <c r="A718" s="23"/>
+      <c r="B718" s="23"/>
+      <c r="C718" s="23"/>
+      <c r="D718" s="23"/>
     </row>
     <row r="719" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A719" s="25"/>
-[...2 lines deleted...]
-      <c r="D719" s="25"/>
+      <c r="A719" s="23"/>
+      <c r="B719" s="23"/>
+      <c r="C719" s="23"/>
+      <c r="D719" s="23"/>
     </row>
     <row r="720" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A720" s="25"/>
-[...2 lines deleted...]
-      <c r="D720" s="25"/>
+      <c r="A720" s="23"/>
+      <c r="B720" s="23"/>
+      <c r="C720" s="23"/>
+      <c r="D720" s="23"/>
     </row>
     <row r="721" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A721" s="25"/>
-[...2 lines deleted...]
-      <c r="D721" s="25"/>
+      <c r="A721" s="23"/>
+      <c r="B721" s="23"/>
+      <c r="C721" s="23"/>
+      <c r="D721" s="23"/>
     </row>
     <row r="722" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A722" s="25"/>
-[...2 lines deleted...]
-      <c r="D722" s="25"/>
+      <c r="A722" s="23"/>
+      <c r="B722" s="23"/>
+      <c r="C722" s="23"/>
+      <c r="D722" s="23"/>
     </row>
     <row r="723" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A723" s="25"/>
-[...2 lines deleted...]
-      <c r="D723" s="25"/>
+      <c r="A723" s="23"/>
+      <c r="B723" s="23"/>
+      <c r="C723" s="23"/>
+      <c r="D723" s="23"/>
     </row>
     <row r="724" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A724" s="25"/>
-[...2 lines deleted...]
-      <c r="D724" s="25"/>
+      <c r="A724" s="23"/>
+      <c r="B724" s="23"/>
+      <c r="C724" s="23"/>
+      <c r="D724" s="23"/>
     </row>
     <row r="725" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A725" s="25"/>
-[...2 lines deleted...]
-      <c r="D725" s="25"/>
+      <c r="A725" s="23"/>
+      <c r="B725" s="23"/>
+      <c r="C725" s="23"/>
+      <c r="D725" s="23"/>
     </row>
     <row r="726" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A726" s="25"/>
-[...2 lines deleted...]
-      <c r="D726" s="25"/>
+      <c r="A726" s="23"/>
+      <c r="B726" s="23"/>
+      <c r="C726" s="23"/>
+      <c r="D726" s="23"/>
     </row>
     <row r="727" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A727" s="25"/>
-[...2 lines deleted...]
-      <c r="D727" s="25"/>
+      <c r="A727" s="23"/>
+      <c r="B727" s="23"/>
+      <c r="C727" s="23"/>
+      <c r="D727" s="23"/>
     </row>
     <row r="728" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A728" s="25"/>
-[...2 lines deleted...]
-      <c r="D728" s="25"/>
+      <c r="A728" s="23"/>
+      <c r="B728" s="23"/>
+      <c r="C728" s="23"/>
+      <c r="D728" s="23"/>
     </row>
     <row r="729" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A729" s="25"/>
-[...2 lines deleted...]
-      <c r="D729" s="25"/>
+      <c r="A729" s="23"/>
+      <c r="B729" s="23"/>
+      <c r="C729" s="23"/>
+      <c r="D729" s="23"/>
     </row>
     <row r="730" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A730" s="25"/>
-[...2 lines deleted...]
-      <c r="D730" s="25"/>
+      <c r="A730" s="23"/>
+      <c r="B730" s="23"/>
+      <c r="C730" s="23"/>
+      <c r="D730" s="23"/>
     </row>
     <row r="731" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A731" s="25"/>
-[...2 lines deleted...]
-      <c r="D731" s="25"/>
+      <c r="A731" s="23"/>
+      <c r="B731" s="23"/>
+      <c r="C731" s="23"/>
+      <c r="D731" s="23"/>
     </row>
     <row r="732" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A732" s="25"/>
-[...2 lines deleted...]
-      <c r="D732" s="25"/>
+      <c r="A732" s="23"/>
+      <c r="B732" s="23"/>
+      <c r="C732" s="23"/>
+      <c r="D732" s="23"/>
     </row>
     <row r="733" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A733" s="25"/>
-[...2 lines deleted...]
-      <c r="D733" s="25"/>
+      <c r="A733" s="23"/>
+      <c r="B733" s="23"/>
+      <c r="C733" s="23"/>
+      <c r="D733" s="23"/>
     </row>
     <row r="734" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A734" s="25"/>
-[...2 lines deleted...]
-      <c r="D734" s="25"/>
+      <c r="A734" s="23"/>
+      <c r="B734" s="23"/>
+      <c r="C734" s="23"/>
+      <c r="D734" s="23"/>
     </row>
     <row r="735" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A735" s="25"/>
-[...2 lines deleted...]
-      <c r="D735" s="25"/>
+      <c r="A735" s="23"/>
+      <c r="B735" s="23"/>
+      <c r="C735" s="23"/>
+      <c r="D735" s="23"/>
     </row>
     <row r="736" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A736" s="25"/>
-[...2 lines deleted...]
-      <c r="D736" s="25"/>
+      <c r="A736" s="23"/>
+      <c r="B736" s="23"/>
+      <c r="C736" s="23"/>
+      <c r="D736" s="23"/>
     </row>
     <row r="737" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A737" s="25"/>
-[...2 lines deleted...]
-      <c r="D737" s="25"/>
+      <c r="A737" s="23"/>
+      <c r="B737" s="23"/>
+      <c r="C737" s="23"/>
+      <c r="D737" s="23"/>
     </row>
     <row r="738" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A738" s="25"/>
-[...2 lines deleted...]
-      <c r="D738" s="25"/>
+      <c r="A738" s="23"/>
+      <c r="B738" s="23"/>
+      <c r="C738" s="23"/>
+      <c r="D738" s="23"/>
     </row>
     <row r="739" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A739" s="25"/>
-[...2 lines deleted...]
-      <c r="D739" s="25"/>
+      <c r="A739" s="23"/>
+      <c r="B739" s="23"/>
+      <c r="C739" s="23"/>
+      <c r="D739" s="23"/>
     </row>
     <row r="740" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A740" s="25"/>
-[...2 lines deleted...]
-      <c r="D740" s="25"/>
+      <c r="A740" s="23"/>
+      <c r="B740" s="23"/>
+      <c r="C740" s="23"/>
+      <c r="D740" s="23"/>
     </row>
     <row r="741" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A741" s="25"/>
-[...2 lines deleted...]
-      <c r="D741" s="25"/>
+      <c r="A741" s="23"/>
+      <c r="B741" s="23"/>
+      <c r="C741" s="23"/>
+      <c r="D741" s="23"/>
     </row>
     <row r="742" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A742" s="25"/>
-[...2 lines deleted...]
-      <c r="D742" s="25"/>
+      <c r="A742" s="23"/>
+      <c r="B742" s="23"/>
+      <c r="C742" s="23"/>
+      <c r="D742" s="23"/>
     </row>
     <row r="743" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A743" s="25"/>
-[...2 lines deleted...]
-      <c r="D743" s="25"/>
+      <c r="A743" s="23"/>
+      <c r="B743" s="23"/>
+      <c r="C743" s="23"/>
+      <c r="D743" s="23"/>
     </row>
     <row r="744" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A744" s="25"/>
-[...2 lines deleted...]
-      <c r="D744" s="25"/>
+      <c r="A744" s="23"/>
+      <c r="B744" s="23"/>
+      <c r="C744" s="23"/>
+      <c r="D744" s="23"/>
     </row>
     <row r="745" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A745" s="25"/>
-[...2 lines deleted...]
-      <c r="D745" s="25"/>
+      <c r="A745" s="23"/>
+      <c r="B745" s="23"/>
+      <c r="C745" s="23"/>
+      <c r="D745" s="23"/>
     </row>
     <row r="746" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A746" s="25"/>
-[...2 lines deleted...]
-      <c r="D746" s="25"/>
+      <c r="A746" s="23"/>
+      <c r="B746" s="23"/>
+      <c r="C746" s="23"/>
+      <c r="D746" s="23"/>
     </row>
     <row r="747" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A747" s="25"/>
-[...2 lines deleted...]
-      <c r="D747" s="25"/>
+      <c r="A747" s="23"/>
+      <c r="B747" s="23"/>
+      <c r="C747" s="23"/>
+      <c r="D747" s="23"/>
     </row>
     <row r="748" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A748" s="25"/>
-[...2 lines deleted...]
-      <c r="D748" s="25"/>
+      <c r="A748" s="23"/>
+      <c r="B748" s="23"/>
+      <c r="C748" s="23"/>
+      <c r="D748" s="23"/>
     </row>
     <row r="749" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A749" s="25"/>
-[...2 lines deleted...]
-      <c r="D749" s="25"/>
+      <c r="A749" s="23"/>
+      <c r="B749" s="23"/>
+      <c r="C749" s="23"/>
+      <c r="D749" s="23"/>
     </row>
     <row r="750" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A750" s="25"/>
-[...2 lines deleted...]
-      <c r="D750" s="25"/>
+      <c r="A750" s="23"/>
+      <c r="B750" s="23"/>
+      <c r="C750" s="23"/>
+      <c r="D750" s="23"/>
     </row>
     <row r="751" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A751" s="25"/>
-[...2 lines deleted...]
-      <c r="D751" s="25"/>
+      <c r="A751" s="23"/>
+      <c r="B751" s="23"/>
+      <c r="C751" s="23"/>
+      <c r="D751" s="23"/>
     </row>
     <row r="752" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A752" s="25"/>
-[...2 lines deleted...]
-      <c r="D752" s="25"/>
+      <c r="A752" s="23"/>
+      <c r="B752" s="23"/>
+      <c r="C752" s="23"/>
+      <c r="D752" s="23"/>
     </row>
     <row r="753" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A753" s="25"/>
-[...2 lines deleted...]
-      <c r="D753" s="25"/>
+      <c r="A753" s="23"/>
+      <c r="B753" s="23"/>
+      <c r="C753" s="23"/>
+      <c r="D753" s="23"/>
     </row>
     <row r="754" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A754" s="25"/>
-[...2 lines deleted...]
-      <c r="D754" s="25"/>
+      <c r="A754" s="23"/>
+      <c r="B754" s="23"/>
+      <c r="C754" s="23"/>
+      <c r="D754" s="23"/>
     </row>
     <row r="755" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A755" s="25"/>
-[...2 lines deleted...]
-      <c r="D755" s="25"/>
+      <c r="A755" s="23"/>
+      <c r="B755" s="23"/>
+      <c r="C755" s="23"/>
+      <c r="D755" s="23"/>
     </row>
     <row r="756" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A756" s="25"/>
-[...2 lines deleted...]
-      <c r="D756" s="25"/>
+      <c r="A756" s="23"/>
+      <c r="B756" s="23"/>
+      <c r="C756" s="23"/>
+      <c r="D756" s="23"/>
     </row>
     <row r="757" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A757" s="25"/>
-[...2 lines deleted...]
-      <c r="D757" s="25"/>
+      <c r="A757" s="23"/>
+      <c r="B757" s="23"/>
+      <c r="C757" s="23"/>
+      <c r="D757" s="23"/>
     </row>
     <row r="758" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A758" s="25"/>
-[...2 lines deleted...]
-      <c r="D758" s="25"/>
+      <c r="A758" s="23"/>
+      <c r="B758" s="23"/>
+      <c r="C758" s="23"/>
+      <c r="D758" s="23"/>
     </row>
     <row r="759" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A759" s="25"/>
-[...2 lines deleted...]
-      <c r="D759" s="25"/>
+      <c r="A759" s="23"/>
+      <c r="B759" s="23"/>
+      <c r="C759" s="23"/>
+      <c r="D759" s="23"/>
     </row>
     <row r="760" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A760" s="25"/>
-[...2 lines deleted...]
-      <c r="D760" s="25"/>
+      <c r="A760" s="23"/>
+      <c r="B760" s="23"/>
+      <c r="C760" s="23"/>
+      <c r="D760" s="23"/>
     </row>
     <row r="761" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A761" s="25"/>
-[...2 lines deleted...]
-      <c r="D761" s="25"/>
+      <c r="A761" s="23"/>
+      <c r="B761" s="23"/>
+      <c r="C761" s="23"/>
+      <c r="D761" s="23"/>
     </row>
     <row r="762" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A762" s="25"/>
-[...2 lines deleted...]
-      <c r="D762" s="25"/>
+      <c r="A762" s="23"/>
+      <c r="B762" s="23"/>
+      <c r="C762" s="23"/>
+      <c r="D762" s="23"/>
     </row>
     <row r="763" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A763" s="25"/>
-[...2 lines deleted...]
-      <c r="D763" s="25"/>
+      <c r="A763" s="23"/>
+      <c r="B763" s="23"/>
+      <c r="C763" s="23"/>
+      <c r="D763" s="23"/>
     </row>
     <row r="764" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A764" s="25"/>
-[...2 lines deleted...]
-      <c r="D764" s="25"/>
+      <c r="A764" s="23"/>
+      <c r="B764" s="23"/>
+      <c r="C764" s="23"/>
+      <c r="D764" s="23"/>
     </row>
     <row r="765" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A765" s="25"/>
-[...2 lines deleted...]
-      <c r="D765" s="25"/>
+      <c r="A765" s="23"/>
+      <c r="B765" s="23"/>
+      <c r="C765" s="23"/>
+      <c r="D765" s="23"/>
     </row>
     <row r="766" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A766" s="25"/>
-[...2 lines deleted...]
-      <c r="D766" s="25"/>
+      <c r="A766" s="23"/>
+      <c r="B766" s="23"/>
+      <c r="C766" s="23"/>
+      <c r="D766" s="23"/>
     </row>
     <row r="767" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A767" s="25"/>
-[...2 lines deleted...]
-      <c r="D767" s="25"/>
+      <c r="A767" s="23"/>
+      <c r="B767" s="23"/>
+      <c r="C767" s="23"/>
+      <c r="D767" s="23"/>
     </row>
     <row r="768" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A768" s="25"/>
-[...2 lines deleted...]
-      <c r="D768" s="25"/>
+      <c r="A768" s="23"/>
+      <c r="B768" s="23"/>
+      <c r="C768" s="23"/>
+      <c r="D768" s="23"/>
     </row>
     <row r="769" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A769" s="25"/>
-[...2 lines deleted...]
-      <c r="D769" s="25"/>
+      <c r="A769" s="23"/>
+      <c r="B769" s="23"/>
+      <c r="C769" s="23"/>
+      <c r="D769" s="23"/>
     </row>
     <row r="770" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A770" s="25"/>
-[...2 lines deleted...]
-      <c r="D770" s="25"/>
+      <c r="A770" s="23"/>
+      <c r="B770" s="23"/>
+      <c r="C770" s="23"/>
+      <c r="D770" s="23"/>
     </row>
     <row r="771" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A771" s="25"/>
-[...2 lines deleted...]
-      <c r="D771" s="25"/>
+      <c r="A771" s="23"/>
+      <c r="B771" s="23"/>
+      <c r="C771" s="23"/>
+      <c r="D771" s="23"/>
     </row>
     <row r="772" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A772" s="25"/>
-[...2 lines deleted...]
-      <c r="D772" s="25"/>
+      <c r="A772" s="23"/>
+      <c r="B772" s="23"/>
+      <c r="C772" s="23"/>
+      <c r="D772" s="23"/>
     </row>
     <row r="773" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A773" s="25"/>
-[...2 lines deleted...]
-      <c r="D773" s="25"/>
+      <c r="A773" s="23"/>
+      <c r="B773" s="23"/>
+      <c r="C773" s="23"/>
+      <c r="D773" s="23"/>
     </row>
     <row r="774" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A774" s="25"/>
-[...2 lines deleted...]
-      <c r="D774" s="25"/>
+      <c r="A774" s="23"/>
+      <c r="B774" s="23"/>
+      <c r="C774" s="23"/>
+      <c r="D774" s="23"/>
     </row>
     <row r="775" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A775" s="25"/>
-[...2 lines deleted...]
-      <c r="D775" s="25"/>
+      <c r="A775" s="23"/>
+      <c r="B775" s="23"/>
+      <c r="C775" s="23"/>
+      <c r="D775" s="23"/>
     </row>
     <row r="776" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A776" s="25"/>
-[...2 lines deleted...]
-      <c r="D776" s="25"/>
+      <c r="A776" s="23"/>
+      <c r="B776" s="23"/>
+      <c r="C776" s="23"/>
+      <c r="D776" s="23"/>
     </row>
     <row r="777" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A777" s="25"/>
-[...2 lines deleted...]
-      <c r="D777" s="25"/>
+      <c r="A777" s="23"/>
+      <c r="B777" s="23"/>
+      <c r="C777" s="23"/>
+      <c r="D777" s="23"/>
     </row>
     <row r="778" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A778" s="25"/>
-[...2 lines deleted...]
-      <c r="D778" s="25"/>
+      <c r="A778" s="23"/>
+      <c r="B778" s="23"/>
+      <c r="C778" s="23"/>
+      <c r="D778" s="23"/>
     </row>
     <row r="779" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A779" s="25"/>
-[...2 lines deleted...]
-      <c r="D779" s="25"/>
+      <c r="A779" s="23"/>
+      <c r="B779" s="23"/>
+      <c r="C779" s="23"/>
+      <c r="D779" s="23"/>
     </row>
     <row r="780" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A780" s="25"/>
-[...2 lines deleted...]
-      <c r="D780" s="25"/>
+      <c r="A780" s="23"/>
+      <c r="B780" s="23"/>
+      <c r="C780" s="23"/>
+      <c r="D780" s="23"/>
     </row>
     <row r="781" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A781" s="25"/>
-[...2 lines deleted...]
-      <c r="D781" s="25"/>
+      <c r="A781" s="23"/>
+      <c r="B781" s="23"/>
+      <c r="C781" s="23"/>
+      <c r="D781" s="23"/>
     </row>
     <row r="782" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A782" s="25"/>
-[...2 lines deleted...]
-      <c r="D782" s="25"/>
+      <c r="A782" s="23"/>
+      <c r="B782" s="23"/>
+      <c r="C782" s="23"/>
+      <c r="D782" s="23"/>
     </row>
     <row r="783" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A783" s="25"/>
-[...2 lines deleted...]
-      <c r="D783" s="25"/>
+      <c r="A783" s="23"/>
+      <c r="B783" s="23"/>
+      <c r="C783" s="23"/>
+      <c r="D783" s="23"/>
     </row>
     <row r="784" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A784" s="25"/>
-[...2 lines deleted...]
-      <c r="D784" s="25"/>
+      <c r="A784" s="23"/>
+      <c r="B784" s="23"/>
+      <c r="C784" s="23"/>
+      <c r="D784" s="23"/>
     </row>
     <row r="785" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A785" s="25"/>
-[...2 lines deleted...]
-      <c r="D785" s="25"/>
+      <c r="A785" s="23"/>
+      <c r="B785" s="23"/>
+      <c r="C785" s="23"/>
+      <c r="D785" s="23"/>
     </row>
     <row r="786" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A786" s="25"/>
-[...2 lines deleted...]
-      <c r="D786" s="25"/>
+      <c r="A786" s="23"/>
+      <c r="B786" s="23"/>
+      <c r="C786" s="23"/>
+      <c r="D786" s="23"/>
     </row>
     <row r="787" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A787" s="25"/>
-[...2 lines deleted...]
-      <c r="D787" s="25"/>
+      <c r="A787" s="23"/>
+      <c r="B787" s="23"/>
+      <c r="C787" s="23"/>
+      <c r="D787" s="23"/>
     </row>
     <row r="788" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A788" s="25"/>
-[...2 lines deleted...]
-      <c r="D788" s="25"/>
+      <c r="A788" s="23"/>
+      <c r="B788" s="23"/>
+      <c r="C788" s="23"/>
+      <c r="D788" s="23"/>
     </row>
     <row r="789" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A789" s="25"/>
-[...2 lines deleted...]
-      <c r="D789" s="25"/>
+      <c r="A789" s="23"/>
+      <c r="B789" s="23"/>
+      <c r="C789" s="23"/>
+      <c r="D789" s="23"/>
     </row>
     <row r="790" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A790" s="25"/>
-[...2 lines deleted...]
-      <c r="D790" s="25"/>
+      <c r="A790" s="23"/>
+      <c r="B790" s="23"/>
+      <c r="C790" s="23"/>
+      <c r="D790" s="23"/>
     </row>
     <row r="791" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A791" s="25"/>
-[...2 lines deleted...]
-      <c r="D791" s="25"/>
+      <c r="A791" s="23"/>
+      <c r="B791" s="23"/>
+      <c r="C791" s="23"/>
+      <c r="D791" s="23"/>
     </row>
     <row r="792" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A792" s="25"/>
-[...2 lines deleted...]
-      <c r="D792" s="25"/>
+      <c r="A792" s="23"/>
+      <c r="B792" s="23"/>
+      <c r="C792" s="23"/>
+      <c r="D792" s="23"/>
     </row>
     <row r="793" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A793" s="25"/>
-[...2 lines deleted...]
-      <c r="D793" s="25"/>
+      <c r="A793" s="23"/>
+      <c r="B793" s="23"/>
+      <c r="C793" s="23"/>
+      <c r="D793" s="23"/>
     </row>
     <row r="794" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A794" s="25"/>
-[...2 lines deleted...]
-      <c r="D794" s="25"/>
+      <c r="A794" s="23"/>
+      <c r="B794" s="23"/>
+      <c r="C794" s="23"/>
+      <c r="D794" s="23"/>
     </row>
     <row r="795" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A795" s="25"/>
-[...2 lines deleted...]
-      <c r="D795" s="25"/>
+      <c r="A795" s="23"/>
+      <c r="B795" s="23"/>
+      <c r="C795" s="23"/>
+      <c r="D795" s="23"/>
     </row>
     <row r="796" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A796" s="25"/>
-[...2 lines deleted...]
-      <c r="D796" s="25"/>
+      <c r="A796" s="23"/>
+      <c r="B796" s="23"/>
+      <c r="C796" s="23"/>
+      <c r="D796" s="23"/>
     </row>
     <row r="797" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A797" s="25"/>
-[...2 lines deleted...]
-      <c r="D797" s="25"/>
+      <c r="A797" s="23"/>
+      <c r="B797" s="23"/>
+      <c r="C797" s="23"/>
+      <c r="D797" s="23"/>
     </row>
     <row r="798" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A798" s="25"/>
-[...2 lines deleted...]
-      <c r="D798" s="25"/>
+      <c r="A798" s="23"/>
+      <c r="B798" s="23"/>
+      <c r="C798" s="23"/>
+      <c r="D798" s="23"/>
     </row>
     <row r="799" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A799" s="25"/>
-[...2 lines deleted...]
-      <c r="D799" s="25"/>
+      <c r="A799" s="23"/>
+      <c r="B799" s="23"/>
+      <c r="C799" s="23"/>
+      <c r="D799" s="23"/>
     </row>
     <row r="800" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A800" s="25"/>
-[...2 lines deleted...]
-      <c r="D800" s="25"/>
+      <c r="A800" s="23"/>
+      <c r="B800" s="23"/>
+      <c r="C800" s="23"/>
+      <c r="D800" s="23"/>
     </row>
     <row r="801" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A801" s="25"/>
-[...2 lines deleted...]
-      <c r="D801" s="25"/>
+      <c r="A801" s="23"/>
+      <c r="B801" s="23"/>
+      <c r="C801" s="23"/>
+      <c r="D801" s="23"/>
     </row>
     <row r="802" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A802" s="25"/>
-[...2 lines deleted...]
-      <c r="D802" s="25"/>
+      <c r="A802" s="23"/>
+      <c r="B802" s="23"/>
+      <c r="C802" s="23"/>
+      <c r="D802" s="23"/>
     </row>
     <row r="803" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A803" s="25"/>
-[...2 lines deleted...]
-      <c r="D803" s="25"/>
+      <c r="A803" s="23"/>
+      <c r="B803" s="23"/>
+      <c r="C803" s="23"/>
+      <c r="D803" s="23"/>
     </row>
     <row r="804" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A804" s="25"/>
-[...2 lines deleted...]
-      <c r="D804" s="25"/>
+      <c r="A804" s="23"/>
+      <c r="B804" s="23"/>
+      <c r="C804" s="23"/>
+      <c r="D804" s="23"/>
     </row>
     <row r="805" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A805" s="25"/>
-[...2 lines deleted...]
-      <c r="D805" s="25"/>
+      <c r="A805" s="23"/>
+      <c r="B805" s="23"/>
+      <c r="C805" s="23"/>
+      <c r="D805" s="23"/>
     </row>
     <row r="806" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A806" s="25"/>
-[...2 lines deleted...]
-      <c r="D806" s="25"/>
+      <c r="A806" s="23"/>
+      <c r="B806" s="23"/>
+      <c r="C806" s="23"/>
+      <c r="D806" s="23"/>
     </row>
     <row r="807" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A807" s="25"/>
-[...2 lines deleted...]
-      <c r="D807" s="25"/>
+      <c r="A807" s="23"/>
+      <c r="B807" s="23"/>
+      <c r="C807" s="23"/>
+      <c r="D807" s="23"/>
     </row>
     <row r="808" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A808" s="25"/>
-[...2 lines deleted...]
-      <c r="D808" s="25"/>
+      <c r="A808" s="23"/>
+      <c r="B808" s="23"/>
+      <c r="C808" s="23"/>
+      <c r="D808" s="23"/>
     </row>
     <row r="809" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A809" s="25"/>
-[...2 lines deleted...]
-      <c r="D809" s="25"/>
+      <c r="A809" s="23"/>
+      <c r="B809" s="23"/>
+      <c r="C809" s="23"/>
+      <c r="D809" s="23"/>
     </row>
     <row r="810" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A810" s="25"/>
-[...2 lines deleted...]
-      <c r="D810" s="25"/>
+      <c r="A810" s="23"/>
+      <c r="B810" s="23"/>
+      <c r="C810" s="23"/>
+      <c r="D810" s="23"/>
     </row>
     <row r="811" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A811" s="25"/>
-[...2 lines deleted...]
-      <c r="D811" s="25"/>
+      <c r="A811" s="23"/>
+      <c r="B811" s="23"/>
+      <c r="C811" s="23"/>
+      <c r="D811" s="23"/>
     </row>
     <row r="812" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A812" s="25"/>
-[...2 lines deleted...]
-      <c r="D812" s="25"/>
+      <c r="A812" s="23"/>
+      <c r="B812" s="23"/>
+      <c r="C812" s="23"/>
+      <c r="D812" s="23"/>
     </row>
     <row r="813" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A813" s="25"/>
-[...2 lines deleted...]
-      <c r="D813" s="25"/>
+      <c r="A813" s="23"/>
+      <c r="B813" s="23"/>
+      <c r="C813" s="23"/>
+      <c r="D813" s="23"/>
     </row>
     <row r="814" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A814" s="25"/>
-[...2 lines deleted...]
-      <c r="D814" s="25"/>
+      <c r="A814" s="23"/>
+      <c r="B814" s="23"/>
+      <c r="C814" s="23"/>
+      <c r="D814" s="23"/>
     </row>
     <row r="815" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A815" s="25"/>
-[...2 lines deleted...]
-      <c r="D815" s="25"/>
+      <c r="A815" s="23"/>
+      <c r="B815" s="23"/>
+      <c r="C815" s="23"/>
+      <c r="D815" s="23"/>
     </row>
     <row r="816" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A816" s="25"/>
-[...2 lines deleted...]
-      <c r="D816" s="25"/>
+      <c r="A816" s="23"/>
+      <c r="B816" s="23"/>
+      <c r="C816" s="23"/>
+      <c r="D816" s="23"/>
     </row>
     <row r="817" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A817" s="25"/>
-[...2 lines deleted...]
-      <c r="D817" s="25"/>
+      <c r="A817" s="23"/>
+      <c r="B817" s="23"/>
+      <c r="C817" s="23"/>
+      <c r="D817" s="23"/>
     </row>
     <row r="818" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A818" s="25"/>
-[...2 lines deleted...]
-      <c r="D818" s="25"/>
+      <c r="A818" s="23"/>
+      <c r="B818" s="23"/>
+      <c r="C818" s="23"/>
+      <c r="D818" s="23"/>
     </row>
     <row r="819" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A819" s="25"/>
-[...2 lines deleted...]
-      <c r="D819" s="25"/>
+      <c r="A819" s="23"/>
+      <c r="B819" s="23"/>
+      <c r="C819" s="23"/>
+      <c r="D819" s="23"/>
     </row>
     <row r="820" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A820" s="25"/>
-[...2 lines deleted...]
-      <c r="D820" s="25"/>
+      <c r="A820" s="23"/>
+      <c r="B820" s="23"/>
+      <c r="C820" s="23"/>
+      <c r="D820" s="23"/>
     </row>
     <row r="821" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A821" s="25"/>
-[...2 lines deleted...]
-      <c r="D821" s="25"/>
+      <c r="A821" s="23"/>
+      <c r="B821" s="23"/>
+      <c r="C821" s="23"/>
+      <c r="D821" s="23"/>
     </row>
     <row r="822" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A822" s="25"/>
-[...2 lines deleted...]
-      <c r="D822" s="25"/>
+      <c r="A822" s="23"/>
+      <c r="B822" s="23"/>
+      <c r="C822" s="23"/>
+      <c r="D822" s="23"/>
     </row>
     <row r="823" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A823" s="25"/>
-[...2 lines deleted...]
-      <c r="D823" s="25"/>
+      <c r="A823" s="23"/>
+      <c r="B823" s="23"/>
+      <c r="C823" s="23"/>
+      <c r="D823" s="23"/>
     </row>
     <row r="824" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A824" s="25"/>
-[...2 lines deleted...]
-      <c r="D824" s="25"/>
+      <c r="A824" s="23"/>
+      <c r="B824" s="23"/>
+      <c r="C824" s="23"/>
+      <c r="D824" s="23"/>
     </row>
     <row r="825" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A825" s="25"/>
-[...2 lines deleted...]
-      <c r="D825" s="25"/>
+      <c r="A825" s="23"/>
+      <c r="B825" s="23"/>
+      <c r="C825" s="23"/>
+      <c r="D825" s="23"/>
     </row>
     <row r="826" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A826" s="25"/>
-[...2 lines deleted...]
-      <c r="D826" s="25"/>
+      <c r="A826" s="23"/>
+      <c r="B826" s="23"/>
+      <c r="C826" s="23"/>
+      <c r="D826" s="23"/>
     </row>
     <row r="827" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A827" s="25"/>
-[...2 lines deleted...]
-      <c r="D827" s="25"/>
+      <c r="A827" s="23"/>
+      <c r="B827" s="23"/>
+      <c r="C827" s="23"/>
+      <c r="D827" s="23"/>
     </row>
     <row r="828" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A828" s="25"/>
-[...2 lines deleted...]
-      <c r="D828" s="25"/>
+      <c r="A828" s="23"/>
+      <c r="B828" s="23"/>
+      <c r="C828" s="23"/>
+      <c r="D828" s="23"/>
     </row>
     <row r="829" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A829" s="25"/>
-[...2 lines deleted...]
-      <c r="D829" s="25"/>
+      <c r="A829" s="23"/>
+      <c r="B829" s="23"/>
+      <c r="C829" s="23"/>
+      <c r="D829" s="23"/>
     </row>
     <row r="830" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A830" s="25"/>
-[...2 lines deleted...]
-      <c r="D830" s="25"/>
+      <c r="A830" s="23"/>
+      <c r="B830" s="23"/>
+      <c r="C830" s="23"/>
+      <c r="D830" s="23"/>
     </row>
     <row r="831" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A831" s="25"/>
-[...2 lines deleted...]
-      <c r="D831" s="25"/>
+      <c r="A831" s="23"/>
+      <c r="B831" s="23"/>
+      <c r="C831" s="23"/>
+      <c r="D831" s="23"/>
     </row>
     <row r="832" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A832" s="25"/>
-[...2 lines deleted...]
-      <c r="D832" s="25"/>
+      <c r="A832" s="23"/>
+      <c r="B832" s="23"/>
+      <c r="C832" s="23"/>
+      <c r="D832" s="23"/>
     </row>
     <row r="833" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A833" s="25"/>
-[...2 lines deleted...]
-      <c r="D833" s="25"/>
+      <c r="A833" s="23"/>
+      <c r="B833" s="23"/>
+      <c r="C833" s="23"/>
+      <c r="D833" s="23"/>
     </row>
     <row r="834" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A834" s="25"/>
-[...2 lines deleted...]
-      <c r="D834" s="25"/>
+      <c r="A834" s="23"/>
+      <c r="B834" s="23"/>
+      <c r="C834" s="23"/>
+      <c r="D834" s="23"/>
     </row>
     <row r="835" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A835" s="25"/>
-[...2 lines deleted...]
-      <c r="D835" s="25"/>
+      <c r="A835" s="23"/>
+      <c r="B835" s="23"/>
+      <c r="C835" s="23"/>
+      <c r="D835" s="23"/>
     </row>
     <row r="836" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A836" s="25"/>
-[...2 lines deleted...]
-      <c r="D836" s="25"/>
+      <c r="A836" s="23"/>
+      <c r="B836" s="23"/>
+      <c r="C836" s="23"/>
+      <c r="D836" s="23"/>
     </row>
     <row r="837" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A837" s="25"/>
-[...2 lines deleted...]
-      <c r="D837" s="25"/>
+      <c r="A837" s="23"/>
+      <c r="B837" s="23"/>
+      <c r="C837" s="23"/>
+      <c r="D837" s="23"/>
     </row>
     <row r="838" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A838" s="25"/>
-[...2 lines deleted...]
-      <c r="D838" s="25"/>
+      <c r="A838" s="23"/>
+      <c r="B838" s="23"/>
+      <c r="C838" s="23"/>
+      <c r="D838" s="23"/>
     </row>
     <row r="839" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A839" s="25"/>
-[...2 lines deleted...]
-      <c r="D839" s="25"/>
+      <c r="A839" s="23"/>
+      <c r="B839" s="23"/>
+      <c r="C839" s="23"/>
+      <c r="D839" s="23"/>
     </row>
     <row r="840" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A840" s="25"/>
-[...2 lines deleted...]
-      <c r="D840" s="25"/>
+      <c r="A840" s="23"/>
+      <c r="B840" s="23"/>
+      <c r="C840" s="23"/>
+      <c r="D840" s="23"/>
     </row>
     <row r="841" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A841" s="25"/>
-[...2 lines deleted...]
-      <c r="D841" s="25"/>
+      <c r="A841" s="23"/>
+      <c r="B841" s="23"/>
+      <c r="C841" s="23"/>
+      <c r="D841" s="23"/>
     </row>
     <row r="842" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A842" s="25"/>
-[...2 lines deleted...]
-      <c r="D842" s="25"/>
+      <c r="A842" s="23"/>
+      <c r="B842" s="23"/>
+      <c r="C842" s="23"/>
+      <c r="D842" s="23"/>
     </row>
     <row r="843" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A843" s="25"/>
-[...2 lines deleted...]
-      <c r="D843" s="25"/>
+      <c r="A843" s="23"/>
+      <c r="B843" s="23"/>
+      <c r="C843" s="23"/>
+      <c r="D843" s="23"/>
     </row>
     <row r="844" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A844" s="25"/>
-[...2 lines deleted...]
-      <c r="D844" s="25"/>
+      <c r="A844" s="23"/>
+      <c r="B844" s="23"/>
+      <c r="C844" s="23"/>
+      <c r="D844" s="23"/>
     </row>
     <row r="845" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A845" s="25"/>
-[...2 lines deleted...]
-      <c r="D845" s="25"/>
+      <c r="A845" s="23"/>
+      <c r="B845" s="23"/>
+      <c r="C845" s="23"/>
+      <c r="D845" s="23"/>
     </row>
     <row r="846" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A846" s="25"/>
-[...2 lines deleted...]
-      <c r="D846" s="25"/>
+      <c r="A846" s="23"/>
+      <c r="B846" s="23"/>
+      <c r="C846" s="23"/>
+      <c r="D846" s="23"/>
     </row>
     <row r="847" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A847" s="25"/>
-[...2 lines deleted...]
-      <c r="D847" s="25"/>
+      <c r="A847" s="23"/>
+      <c r="B847" s="23"/>
+      <c r="C847" s="23"/>
+      <c r="D847" s="23"/>
     </row>
     <row r="848" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A848" s="25"/>
-[...2 lines deleted...]
-      <c r="D848" s="25"/>
+      <c r="A848" s="23"/>
+      <c r="B848" s="23"/>
+      <c r="C848" s="23"/>
+      <c r="D848" s="23"/>
     </row>
     <row r="849" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A849" s="25"/>
-[...2 lines deleted...]
-      <c r="D849" s="25"/>
+      <c r="A849" s="23"/>
+      <c r="B849" s="23"/>
+      <c r="C849" s="23"/>
+      <c r="D849" s="23"/>
     </row>
     <row r="850" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A850" s="25"/>
-[...2 lines deleted...]
-      <c r="D850" s="25"/>
+      <c r="A850" s="23"/>
+      <c r="B850" s="23"/>
+      <c r="C850" s="23"/>
+      <c r="D850" s="23"/>
     </row>
     <row r="851" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A851" s="25"/>
-[...2 lines deleted...]
-      <c r="D851" s="25"/>
+      <c r="A851" s="23"/>
+      <c r="B851" s="23"/>
+      <c r="C851" s="23"/>
+      <c r="D851" s="23"/>
     </row>
     <row r="852" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A852" s="25"/>
-[...2 lines deleted...]
-      <c r="D852" s="25"/>
+      <c r="A852" s="23"/>
+      <c r="B852" s="23"/>
+      <c r="C852" s="23"/>
+      <c r="D852" s="23"/>
     </row>
     <row r="853" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A853" s="25"/>
-[...2 lines deleted...]
-      <c r="D853" s="25"/>
+      <c r="A853" s="23"/>
+      <c r="B853" s="23"/>
+      <c r="C853" s="23"/>
+      <c r="D853" s="23"/>
     </row>
     <row r="854" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A854" s="25"/>
-[...2 lines deleted...]
-      <c r="D854" s="25"/>
+      <c r="A854" s="23"/>
+      <c r="B854" s="23"/>
+      <c r="C854" s="23"/>
+      <c r="D854" s="23"/>
     </row>
     <row r="855" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A855" s="25"/>
-[...2 lines deleted...]
-      <c r="D855" s="25"/>
+      <c r="A855" s="23"/>
+      <c r="B855" s="23"/>
+      <c r="C855" s="23"/>
+      <c r="D855" s="23"/>
     </row>
     <row r="856" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A856" s="25"/>
-[...2 lines deleted...]
-      <c r="D856" s="25"/>
+      <c r="A856" s="23"/>
+      <c r="B856" s="23"/>
+      <c r="C856" s="23"/>
+      <c r="D856" s="23"/>
     </row>
     <row r="857" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A857" s="25"/>
-[...2 lines deleted...]
-      <c r="D857" s="25"/>
+      <c r="A857" s="23"/>
+      <c r="B857" s="23"/>
+      <c r="C857" s="23"/>
+      <c r="D857" s="23"/>
     </row>
     <row r="858" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A858" s="25"/>
-[...2 lines deleted...]
-      <c r="D858" s="25"/>
+      <c r="A858" s="23"/>
+      <c r="B858" s="23"/>
+      <c r="C858" s="23"/>
+      <c r="D858" s="23"/>
     </row>
     <row r="859" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A859" s="25"/>
-[...2 lines deleted...]
-      <c r="D859" s="25"/>
+      <c r="A859" s="23"/>
+      <c r="B859" s="23"/>
+      <c r="C859" s="23"/>
+      <c r="D859" s="23"/>
     </row>
     <row r="860" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A860" s="25"/>
-[...2 lines deleted...]
-      <c r="D860" s="25"/>
+      <c r="A860" s="23"/>
+      <c r="B860" s="23"/>
+      <c r="C860" s="23"/>
+      <c r="D860" s="23"/>
     </row>
     <row r="861" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A861" s="25"/>
-[...2 lines deleted...]
-      <c r="D861" s="25"/>
+      <c r="A861" s="23"/>
+      <c r="B861" s="23"/>
+      <c r="C861" s="23"/>
+      <c r="D861" s="23"/>
     </row>
     <row r="862" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A862" s="25"/>
-[...2 lines deleted...]
-      <c r="D862" s="25"/>
+      <c r="A862" s="23"/>
+      <c r="B862" s="23"/>
+      <c r="C862" s="23"/>
+      <c r="D862" s="23"/>
     </row>
     <row r="863" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A863" s="25"/>
-[...2 lines deleted...]
-      <c r="D863" s="25"/>
+      <c r="A863" s="23"/>
+      <c r="B863" s="23"/>
+      <c r="C863" s="23"/>
+      <c r="D863" s="23"/>
     </row>
     <row r="864" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A864" s="25"/>
-[...2 lines deleted...]
-      <c r="D864" s="25"/>
+      <c r="A864" s="23"/>
+      <c r="B864" s="23"/>
+      <c r="C864" s="23"/>
+      <c r="D864" s="23"/>
     </row>
     <row r="865" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A865" s="25"/>
-[...2 lines deleted...]
-      <c r="D865" s="25"/>
+      <c r="A865" s="23"/>
+      <c r="B865" s="23"/>
+      <c r="C865" s="23"/>
+      <c r="D865" s="23"/>
     </row>
     <row r="866" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A866" s="25"/>
-[...2 lines deleted...]
-      <c r="D866" s="25"/>
+      <c r="A866" s="23"/>
+      <c r="B866" s="23"/>
+      <c r="C866" s="23"/>
+      <c r="D866" s="23"/>
     </row>
     <row r="867" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A867" s="25"/>
-[...2 lines deleted...]
-      <c r="D867" s="25"/>
+      <c r="A867" s="23"/>
+      <c r="B867" s="23"/>
+      <c r="C867" s="23"/>
+      <c r="D867" s="23"/>
     </row>
     <row r="868" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A868" s="25"/>
-[...2 lines deleted...]
-      <c r="D868" s="25"/>
+      <c r="A868" s="23"/>
+      <c r="B868" s="23"/>
+      <c r="C868" s="23"/>
+      <c r="D868" s="23"/>
     </row>
     <row r="869" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A869" s="25"/>
-[...2 lines deleted...]
-      <c r="D869" s="25"/>
+      <c r="A869" s="23"/>
+      <c r="B869" s="23"/>
+      <c r="C869" s="23"/>
+      <c r="D869" s="23"/>
     </row>
     <row r="870" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A870" s="25"/>
-[...2 lines deleted...]
-      <c r="D870" s="25"/>
+      <c r="A870" s="23"/>
+      <c r="B870" s="23"/>
+      <c r="C870" s="23"/>
+      <c r="D870" s="23"/>
     </row>
     <row r="871" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A871" s="25"/>
-[...2 lines deleted...]
-      <c r="D871" s="25"/>
+      <c r="A871" s="23"/>
+      <c r="B871" s="23"/>
+      <c r="C871" s="23"/>
+      <c r="D871" s="23"/>
     </row>
     <row r="872" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A872" s="25"/>
-[...2 lines deleted...]
-      <c r="D872" s="25"/>
+      <c r="A872" s="23"/>
+      <c r="B872" s="23"/>
+      <c r="C872" s="23"/>
+      <c r="D872" s="23"/>
     </row>
     <row r="873" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A873" s="25"/>
-[...2 lines deleted...]
-      <c r="D873" s="25"/>
+      <c r="A873" s="23"/>
+      <c r="B873" s="23"/>
+      <c r="C873" s="23"/>
+      <c r="D873" s="23"/>
     </row>
     <row r="874" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A874" s="25"/>
-[...2 lines deleted...]
-      <c r="D874" s="25"/>
+      <c r="A874" s="23"/>
+      <c r="B874" s="23"/>
+      <c r="C874" s="23"/>
+      <c r="D874" s="23"/>
     </row>
     <row r="875" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A875" s="25"/>
-[...2 lines deleted...]
-      <c r="D875" s="25"/>
+      <c r="A875" s="23"/>
+      <c r="B875" s="23"/>
+      <c r="C875" s="23"/>
+      <c r="D875" s="23"/>
     </row>
     <row r="876" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A876" s="25"/>
-[...2 lines deleted...]
-      <c r="D876" s="25"/>
+      <c r="A876" s="23"/>
+      <c r="B876" s="23"/>
+      <c r="C876" s="23"/>
+      <c r="D876" s="23"/>
     </row>
     <row r="877" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A877" s="25"/>
-[...2 lines deleted...]
-      <c r="D877" s="25"/>
+      <c r="A877" s="23"/>
+      <c r="B877" s="23"/>
+      <c r="C877" s="23"/>
+      <c r="D877" s="23"/>
     </row>
     <row r="878" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A878" s="25"/>
-[...2 lines deleted...]
-      <c r="D878" s="25"/>
+      <c r="A878" s="23"/>
+      <c r="B878" s="23"/>
+      <c r="C878" s="23"/>
+      <c r="D878" s="23"/>
     </row>
     <row r="879" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A879" s="25"/>
-[...2 lines deleted...]
-      <c r="D879" s="25"/>
+      <c r="A879" s="23"/>
+      <c r="B879" s="23"/>
+      <c r="C879" s="23"/>
+      <c r="D879" s="23"/>
     </row>
     <row r="880" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A880" s="25"/>
-[...2 lines deleted...]
-      <c r="D880" s="25"/>
+      <c r="A880" s="23"/>
+      <c r="B880" s="23"/>
+      <c r="C880" s="23"/>
+      <c r="D880" s="23"/>
     </row>
     <row r="881" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A881" s="25"/>
-[...2 lines deleted...]
-      <c r="D881" s="25"/>
+      <c r="A881" s="23"/>
+      <c r="B881" s="23"/>
+      <c r="C881" s="23"/>
+      <c r="D881" s="23"/>
     </row>
     <row r="882" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A882" s="25"/>
-[...2 lines deleted...]
-      <c r="D882" s="25"/>
+      <c r="A882" s="23"/>
+      <c r="B882" s="23"/>
+      <c r="C882" s="23"/>
+      <c r="D882" s="23"/>
     </row>
     <row r="883" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A883" s="25"/>
-[...2 lines deleted...]
-      <c r="D883" s="25"/>
+      <c r="A883" s="23"/>
+      <c r="B883" s="23"/>
+      <c r="C883" s="23"/>
+      <c r="D883" s="23"/>
     </row>
     <row r="884" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A884" s="25"/>
-[...2 lines deleted...]
-      <c r="D884" s="25"/>
+      <c r="A884" s="23"/>
+      <c r="B884" s="23"/>
+      <c r="C884" s="23"/>
+      <c r="D884" s="23"/>
     </row>
     <row r="885" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A885" s="25"/>
-[...2 lines deleted...]
-      <c r="D885" s="25"/>
+      <c r="A885" s="23"/>
+      <c r="B885" s="23"/>
+      <c r="C885" s="23"/>
+      <c r="D885" s="23"/>
     </row>
     <row r="886" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A886" s="25"/>
-[...2 lines deleted...]
-      <c r="D886" s="25"/>
+      <c r="A886" s="23"/>
+      <c r="B886" s="23"/>
+      <c r="C886" s="23"/>
+      <c r="D886" s="23"/>
     </row>
     <row r="887" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A887" s="25"/>
-[...2 lines deleted...]
-      <c r="D887" s="25"/>
+      <c r="A887" s="23"/>
+      <c r="B887" s="23"/>
+      <c r="C887" s="23"/>
+      <c r="D887" s="23"/>
     </row>
     <row r="888" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A888" s="25"/>
-[...2 lines deleted...]
-      <c r="D888" s="25"/>
+      <c r="A888" s="23"/>
+      <c r="B888" s="23"/>
+      <c r="C888" s="23"/>
+      <c r="D888" s="23"/>
     </row>
     <row r="889" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A889" s="25"/>
-[...2 lines deleted...]
-      <c r="D889" s="25"/>
+      <c r="A889" s="23"/>
+      <c r="B889" s="23"/>
+      <c r="C889" s="23"/>
+      <c r="D889" s="23"/>
     </row>
     <row r="890" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A890" s="25"/>
-[...2 lines deleted...]
-      <c r="D890" s="25"/>
+      <c r="A890" s="23"/>
+      <c r="B890" s="23"/>
+      <c r="C890" s="23"/>
+      <c r="D890" s="23"/>
     </row>
     <row r="891" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A891" s="25"/>
-[...2 lines deleted...]
-      <c r="D891" s="25"/>
+      <c r="A891" s="23"/>
+      <c r="B891" s="23"/>
+      <c r="C891" s="23"/>
+      <c r="D891" s="23"/>
     </row>
     <row r="892" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A892" s="25"/>
-[...2 lines deleted...]
-      <c r="D892" s="25"/>
+      <c r="A892" s="23"/>
+      <c r="B892" s="23"/>
+      <c r="C892" s="23"/>
+      <c r="D892" s="23"/>
     </row>
     <row r="893" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A893" s="25"/>
-[...2 lines deleted...]
-      <c r="D893" s="25"/>
+      <c r="A893" s="23"/>
+      <c r="B893" s="23"/>
+      <c r="C893" s="23"/>
+      <c r="D893" s="23"/>
     </row>
     <row r="894" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A894" s="25"/>
-[...2 lines deleted...]
-      <c r="D894" s="25"/>
+      <c r="A894" s="23"/>
+      <c r="B894" s="23"/>
+      <c r="C894" s="23"/>
+      <c r="D894" s="23"/>
     </row>
     <row r="895" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A895" s="25"/>
-[...2 lines deleted...]
-      <c r="D895" s="25"/>
+      <c r="A895" s="23"/>
+      <c r="B895" s="23"/>
+      <c r="C895" s="23"/>
+      <c r="D895" s="23"/>
     </row>
     <row r="896" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A896" s="25"/>
-[...2 lines deleted...]
-      <c r="D896" s="25"/>
+      <c r="A896" s="23"/>
+      <c r="B896" s="23"/>
+      <c r="C896" s="23"/>
+      <c r="D896" s="23"/>
     </row>
     <row r="897" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A897" s="25"/>
-[...2 lines deleted...]
-      <c r="D897" s="25"/>
+      <c r="A897" s="23"/>
+      <c r="B897" s="23"/>
+      <c r="C897" s="23"/>
+      <c r="D897" s="23"/>
     </row>
     <row r="898" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A898" s="25"/>
-[...2 lines deleted...]
-      <c r="D898" s="25"/>
+      <c r="A898" s="23"/>
+      <c r="B898" s="23"/>
+      <c r="C898" s="23"/>
+      <c r="D898" s="23"/>
     </row>
     <row r="899" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A899" s="25"/>
-[...2 lines deleted...]
-      <c r="D899" s="25"/>
+      <c r="A899" s="23"/>
+      <c r="B899" s="23"/>
+      <c r="C899" s="23"/>
+      <c r="D899" s="23"/>
     </row>
     <row r="900" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A900" s="25"/>
-[...2 lines deleted...]
-      <c r="D900" s="25"/>
+      <c r="A900" s="23"/>
+      <c r="B900" s="23"/>
+      <c r="C900" s="23"/>
+      <c r="D900" s="23"/>
     </row>
     <row r="901" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A901" s="25"/>
-[...2 lines deleted...]
-      <c r="D901" s="25"/>
+      <c r="A901" s="23"/>
+      <c r="B901" s="23"/>
+      <c r="C901" s="23"/>
+      <c r="D901" s="23"/>
     </row>
     <row r="902" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A902" s="25"/>
-[...2 lines deleted...]
-      <c r="D902" s="25"/>
+      <c r="A902" s="23"/>
+      <c r="B902" s="23"/>
+      <c r="C902" s="23"/>
+      <c r="D902" s="23"/>
     </row>
     <row r="903" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A903" s="25"/>
-[...2 lines deleted...]
-      <c r="D903" s="25"/>
+      <c r="A903" s="23"/>
+      <c r="B903" s="23"/>
+      <c r="C903" s="23"/>
+      <c r="D903" s="23"/>
     </row>
     <row r="904" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A904" s="25"/>
-[...2 lines deleted...]
-      <c r="D904" s="25"/>
+      <c r="A904" s="23"/>
+      <c r="B904" s="23"/>
+      <c r="C904" s="23"/>
+      <c r="D904" s="23"/>
     </row>
     <row r="905" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A905" s="25"/>
-[...2 lines deleted...]
-      <c r="D905" s="25"/>
+      <c r="A905" s="23"/>
+      <c r="B905" s="23"/>
+      <c r="C905" s="23"/>
+      <c r="D905" s="23"/>
     </row>
     <row r="906" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A906" s="25"/>
-[...2 lines deleted...]
-      <c r="D906" s="25"/>
+      <c r="A906" s="23"/>
+      <c r="B906" s="23"/>
+      <c r="C906" s="23"/>
+      <c r="D906" s="23"/>
     </row>
     <row r="907" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A907" s="25"/>
-[...2 lines deleted...]
-      <c r="D907" s="25"/>
+      <c r="A907" s="23"/>
+      <c r="B907" s="23"/>
+      <c r="C907" s="23"/>
+      <c r="D907" s="23"/>
     </row>
     <row r="908" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A908" s="25"/>
-[...2 lines deleted...]
-      <c r="D908" s="25"/>
+      <c r="A908" s="23"/>
+      <c r="B908" s="23"/>
+      <c r="C908" s="23"/>
+      <c r="D908" s="23"/>
     </row>
     <row r="909" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A909" s="25"/>
-[...2 lines deleted...]
-      <c r="D909" s="25"/>
+      <c r="A909" s="23"/>
+      <c r="B909" s="23"/>
+      <c r="C909" s="23"/>
+      <c r="D909" s="23"/>
     </row>
     <row r="910" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A910" s="25"/>
-[...2 lines deleted...]
-      <c r="D910" s="25"/>
+      <c r="A910" s="23"/>
+      <c r="B910" s="23"/>
+      <c r="C910" s="23"/>
+      <c r="D910" s="23"/>
     </row>
     <row r="911" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A911" s="25"/>
-[...2 lines deleted...]
-      <c r="D911" s="25"/>
+      <c r="A911" s="23"/>
+      <c r="B911" s="23"/>
+      <c r="C911" s="23"/>
+      <c r="D911" s="23"/>
     </row>
     <row r="912" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A912" s="25"/>
-[...2 lines deleted...]
-      <c r="D912" s="25"/>
+      <c r="A912" s="23"/>
+      <c r="B912" s="23"/>
+      <c r="C912" s="23"/>
+      <c r="D912" s="23"/>
     </row>
     <row r="913" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A913" s="25"/>
-[...2 lines deleted...]
-      <c r="D913" s="25"/>
+      <c r="A913" s="23"/>
+      <c r="B913" s="23"/>
+      <c r="C913" s="23"/>
+      <c r="D913" s="23"/>
     </row>
     <row r="914" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A914" s="25"/>
-[...2 lines deleted...]
-      <c r="D914" s="25"/>
+      <c r="A914" s="23"/>
+      <c r="B914" s="23"/>
+      <c r="C914" s="23"/>
+      <c r="D914" s="23"/>
     </row>
     <row r="915" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A915" s="25"/>
-[...2 lines deleted...]
-      <c r="D915" s="25"/>
+      <c r="A915" s="23"/>
+      <c r="B915" s="23"/>
+      <c r="C915" s="23"/>
+      <c r="D915" s="23"/>
     </row>
     <row r="916" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A916" s="25"/>
-[...2 lines deleted...]
-      <c r="D916" s="25"/>
+      <c r="A916" s="23"/>
+      <c r="B916" s="23"/>
+      <c r="C916" s="23"/>
+      <c r="D916" s="23"/>
     </row>
     <row r="917" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A917" s="25"/>
-[...2 lines deleted...]
-      <c r="D917" s="25"/>
+      <c r="A917" s="23"/>
+      <c r="B917" s="23"/>
+      <c r="C917" s="23"/>
+      <c r="D917" s="23"/>
     </row>
     <row r="918" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A918" s="25"/>
-[...2 lines deleted...]
-      <c r="D918" s="25"/>
+      <c r="A918" s="23"/>
+      <c r="B918" s="23"/>
+      <c r="C918" s="23"/>
+      <c r="D918" s="23"/>
     </row>
     <row r="919" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A919" s="25"/>
-[...2 lines deleted...]
-      <c r="D919" s="25"/>
+      <c r="A919" s="23"/>
+      <c r="B919" s="23"/>
+      <c r="C919" s="23"/>
+      <c r="D919" s="23"/>
     </row>
     <row r="920" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A920" s="25"/>
-[...2 lines deleted...]
-      <c r="D920" s="25"/>
+      <c r="A920" s="23"/>
+      <c r="B920" s="23"/>
+      <c r="C920" s="23"/>
+      <c r="D920" s="23"/>
     </row>
     <row r="921" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A921" s="25"/>
-[...2 lines deleted...]
-      <c r="D921" s="25"/>
+      <c r="A921" s="23"/>
+      <c r="B921" s="23"/>
+      <c r="C921" s="23"/>
+      <c r="D921" s="23"/>
     </row>
     <row r="922" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A922" s="25"/>
-[...2 lines deleted...]
-      <c r="D922" s="25"/>
+      <c r="A922" s="23"/>
+      <c r="B922" s="23"/>
+      <c r="C922" s="23"/>
+      <c r="D922" s="23"/>
     </row>
     <row r="923" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A923" s="25"/>
-[...2 lines deleted...]
-      <c r="D923" s="25"/>
+      <c r="A923" s="23"/>
+      <c r="B923" s="23"/>
+      <c r="C923" s="23"/>
+      <c r="D923" s="23"/>
     </row>
     <row r="924" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A924" s="25"/>
-[...2 lines deleted...]
-      <c r="D924" s="25"/>
+      <c r="A924" s="23"/>
+      <c r="B924" s="23"/>
+      <c r="C924" s="23"/>
+      <c r="D924" s="23"/>
     </row>
     <row r="925" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A925" s="25"/>
-[...2 lines deleted...]
-      <c r="D925" s="25"/>
+      <c r="A925" s="23"/>
+      <c r="B925" s="23"/>
+      <c r="C925" s="23"/>
+      <c r="D925" s="23"/>
     </row>
     <row r="926" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A926" s="25"/>
-[...2 lines deleted...]
-      <c r="D926" s="25"/>
+      <c r="A926" s="23"/>
+      <c r="B926" s="23"/>
+      <c r="C926" s="23"/>
+      <c r="D926" s="23"/>
     </row>
     <row r="927" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A927" s="25"/>
-[...2 lines deleted...]
-      <c r="D927" s="25"/>
+      <c r="A927" s="23"/>
+      <c r="B927" s="23"/>
+      <c r="C927" s="23"/>
+      <c r="D927" s="23"/>
     </row>
     <row r="928" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A928" s="25"/>
-[...2 lines deleted...]
-      <c r="D928" s="25"/>
+      <c r="A928" s="23"/>
+      <c r="B928" s="23"/>
+      <c r="C928" s="23"/>
+      <c r="D928" s="23"/>
     </row>
     <row r="929" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A929" s="25"/>
-[...2 lines deleted...]
-      <c r="D929" s="25"/>
+      <c r="A929" s="23"/>
+      <c r="B929" s="23"/>
+      <c r="C929" s="23"/>
+      <c r="D929" s="23"/>
     </row>
     <row r="930" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A930" s="25"/>
-[...2 lines deleted...]
-      <c r="D930" s="25"/>
+      <c r="A930" s="23"/>
+      <c r="B930" s="23"/>
+      <c r="C930" s="23"/>
+      <c r="D930" s="23"/>
     </row>
     <row r="931" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A931" s="25"/>
-[...2 lines deleted...]
-      <c r="D931" s="25"/>
+      <c r="A931" s="23"/>
+      <c r="B931" s="23"/>
+      <c r="C931" s="23"/>
+      <c r="D931" s="23"/>
     </row>
     <row r="932" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A932" s="25"/>
-[...2 lines deleted...]
-      <c r="D932" s="25"/>
+      <c r="A932" s="23"/>
+      <c r="B932" s="23"/>
+      <c r="C932" s="23"/>
+      <c r="D932" s="23"/>
     </row>
     <row r="933" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A933" s="25"/>
-[...2 lines deleted...]
-      <c r="D933" s="25"/>
+      <c r="A933" s="23"/>
+      <c r="B933" s="23"/>
+      <c r="C933" s="23"/>
+      <c r="D933" s="23"/>
     </row>
     <row r="934" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A934" s="25"/>
-[...2 lines deleted...]
-      <c r="D934" s="25"/>
+      <c r="A934" s="23"/>
+      <c r="B934" s="23"/>
+      <c r="C934" s="23"/>
+      <c r="D934" s="23"/>
     </row>
     <row r="935" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A935" s="25"/>
-[...2 lines deleted...]
-      <c r="D935" s="25"/>
+      <c r="A935" s="23"/>
+      <c r="B935" s="23"/>
+      <c r="C935" s="23"/>
+      <c r="D935" s="23"/>
     </row>
     <row r="936" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A936" s="25"/>
-[...2 lines deleted...]
-      <c r="D936" s="25"/>
+      <c r="A936" s="23"/>
+      <c r="B936" s="23"/>
+      <c r="C936" s="23"/>
+      <c r="D936" s="23"/>
     </row>
     <row r="937" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A937" s="25"/>
-[...2 lines deleted...]
-      <c r="D937" s="25"/>
+      <c r="A937" s="23"/>
+      <c r="B937" s="23"/>
+      <c r="C937" s="23"/>
+      <c r="D937" s="23"/>
     </row>
     <row r="938" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A938" s="25"/>
-[...2 lines deleted...]
-      <c r="D938" s="25"/>
+      <c r="A938" s="23"/>
+      <c r="B938" s="23"/>
+      <c r="C938" s="23"/>
+      <c r="D938" s="23"/>
     </row>
     <row r="939" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A939" s="25"/>
-[...2 lines deleted...]
-      <c r="D939" s="25"/>
+      <c r="A939" s="23"/>
+      <c r="B939" s="23"/>
+      <c r="C939" s="23"/>
+      <c r="D939" s="23"/>
     </row>
     <row r="940" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A940" s="25"/>
-[...2 lines deleted...]
-      <c r="D940" s="25"/>
+      <c r="A940" s="23"/>
+      <c r="B940" s="23"/>
+      <c r="C940" s="23"/>
+      <c r="D940" s="23"/>
     </row>
     <row r="941" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A941" s="25"/>
-[...2 lines deleted...]
-      <c r="D941" s="25"/>
+      <c r="A941" s="23"/>
+      <c r="B941" s="23"/>
+      <c r="C941" s="23"/>
+      <c r="D941" s="23"/>
     </row>
     <row r="942" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A942" s="25"/>
-[...2 lines deleted...]
-      <c r="D942" s="25"/>
+      <c r="A942" s="23"/>
+      <c r="B942" s="23"/>
+      <c r="C942" s="23"/>
+      <c r="D942" s="23"/>
     </row>
     <row r="943" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A943" s="25"/>
-[...2 lines deleted...]
-      <c r="D943" s="25"/>
+      <c r="A943" s="23"/>
+      <c r="B943" s="23"/>
+      <c r="C943" s="23"/>
+      <c r="D943" s="23"/>
     </row>
     <row r="944" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A944" s="25"/>
-[...2 lines deleted...]
-      <c r="D944" s="25"/>
+      <c r="A944" s="23"/>
+      <c r="B944" s="23"/>
+      <c r="C944" s="23"/>
+      <c r="D944" s="23"/>
     </row>
     <row r="945" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A945" s="25"/>
-[...2 lines deleted...]
-      <c r="D945" s="25"/>
+      <c r="A945" s="23"/>
+      <c r="B945" s="23"/>
+      <c r="C945" s="23"/>
+      <c r="D945" s="23"/>
     </row>
     <row r="946" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A946" s="25"/>
-[...2 lines deleted...]
-      <c r="D946" s="25"/>
+      <c r="A946" s="23"/>
+      <c r="B946" s="23"/>
+      <c r="C946" s="23"/>
+      <c r="D946" s="23"/>
     </row>
     <row r="947" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A947" s="25"/>
-[...2 lines deleted...]
-      <c r="D947" s="25"/>
+      <c r="A947" s="23"/>
+      <c r="B947" s="23"/>
+      <c r="C947" s="23"/>
+      <c r="D947" s="23"/>
     </row>
     <row r="948" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A948" s="25"/>
-[...2 lines deleted...]
-      <c r="D948" s="25"/>
+      <c r="A948" s="23"/>
+      <c r="B948" s="23"/>
+      <c r="C948" s="23"/>
+      <c r="D948" s="23"/>
     </row>
     <row r="949" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A949" s="25"/>
-[...2 lines deleted...]
-      <c r="D949" s="25"/>
+      <c r="A949" s="23"/>
+      <c r="B949" s="23"/>
+      <c r="C949" s="23"/>
+      <c r="D949" s="23"/>
     </row>
     <row r="950" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A950" s="25"/>
-[...2 lines deleted...]
-      <c r="D950" s="25"/>
+      <c r="A950" s="23"/>
+      <c r="B950" s="23"/>
+      <c r="C950" s="23"/>
+      <c r="D950" s="23"/>
     </row>
     <row r="951" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A951" s="25"/>
-[...2 lines deleted...]
-      <c r="D951" s="25"/>
+      <c r="A951" s="23"/>
+      <c r="B951" s="23"/>
+      <c r="C951" s="23"/>
+      <c r="D951" s="23"/>
     </row>
     <row r="952" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A952" s="25"/>
-[...2 lines deleted...]
-      <c r="D952" s="25"/>
+      <c r="A952" s="23"/>
+      <c r="B952" s="23"/>
+      <c r="C952" s="23"/>
+      <c r="D952" s="23"/>
     </row>
     <row r="953" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A953" s="25"/>
-[...2 lines deleted...]
-      <c r="D953" s="25"/>
+      <c r="A953" s="23"/>
+      <c r="B953" s="23"/>
+      <c r="C953" s="23"/>
+      <c r="D953" s="23"/>
     </row>
     <row r="954" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A954" s="25"/>
-[...2 lines deleted...]
-      <c r="D954" s="25"/>
+      <c r="A954" s="23"/>
+      <c r="B954" s="23"/>
+      <c r="C954" s="23"/>
+      <c r="D954" s="23"/>
     </row>
     <row r="955" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A955" s="25"/>
-[...2 lines deleted...]
-      <c r="D955" s="25"/>
+      <c r="A955" s="23"/>
+      <c r="B955" s="23"/>
+      <c r="C955" s="23"/>
+      <c r="D955" s="23"/>
     </row>
     <row r="956" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A956" s="25"/>
-[...2 lines deleted...]
-      <c r="D956" s="25"/>
+      <c r="A956" s="23"/>
+      <c r="B956" s="23"/>
+      <c r="C956" s="23"/>
+      <c r="D956" s="23"/>
     </row>
     <row r="957" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A957" s="25"/>
-[...2 lines deleted...]
-      <c r="D957" s="25"/>
+      <c r="A957" s="23"/>
+      <c r="B957" s="23"/>
+      <c r="C957" s="23"/>
+      <c r="D957" s="23"/>
     </row>
     <row r="958" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A958" s="25"/>
-[...2 lines deleted...]
-      <c r="D958" s="25"/>
+      <c r="A958" s="23"/>
+      <c r="B958" s="23"/>
+      <c r="C958" s="23"/>
+      <c r="D958" s="23"/>
     </row>
     <row r="959" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A959" s="25"/>
-[...2 lines deleted...]
-      <c r="D959" s="25"/>
+      <c r="A959" s="23"/>
+      <c r="B959" s="23"/>
+      <c r="C959" s="23"/>
+      <c r="D959" s="23"/>
     </row>
     <row r="960" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A960" s="25"/>
-[...2 lines deleted...]
-      <c r="D960" s="25"/>
+      <c r="A960" s="23"/>
+      <c r="B960" s="23"/>
+      <c r="C960" s="23"/>
+      <c r="D960" s="23"/>
     </row>
     <row r="961" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A961" s="25"/>
-[...2 lines deleted...]
-      <c r="D961" s="25"/>
+      <c r="A961" s="23"/>
+      <c r="B961" s="23"/>
+      <c r="C961" s="23"/>
+      <c r="D961" s="23"/>
     </row>
     <row r="962" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A962" s="25"/>
-[...2 lines deleted...]
-      <c r="D962" s="25"/>
+      <c r="A962" s="23"/>
+      <c r="B962" s="23"/>
+      <c r="C962" s="23"/>
+      <c r="D962" s="23"/>
     </row>
     <row r="963" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A963" s="25"/>
-[...2 lines deleted...]
-      <c r="D963" s="25"/>
+      <c r="A963" s="23"/>
+      <c r="B963" s="23"/>
+      <c r="C963" s="23"/>
+      <c r="D963" s="23"/>
     </row>
     <row r="964" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A964" s="25"/>
-[...2 lines deleted...]
-      <c r="D964" s="25"/>
+      <c r="A964" s="23"/>
+      <c r="B964" s="23"/>
+      <c r="C964" s="23"/>
+      <c r="D964" s="23"/>
     </row>
     <row r="965" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A965" s="25"/>
-[...2 lines deleted...]
-      <c r="D965" s="25"/>
+      <c r="A965" s="23"/>
+      <c r="B965" s="23"/>
+      <c r="C965" s="23"/>
+      <c r="D965" s="23"/>
     </row>
     <row r="966" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A966" s="25"/>
-[...2 lines deleted...]
-      <c r="D966" s="25"/>
+      <c r="A966" s="23"/>
+      <c r="B966" s="23"/>
+      <c r="C966" s="23"/>
+      <c r="D966" s="23"/>
     </row>
     <row r="967" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A967" s="25"/>
-[...2 lines deleted...]
-      <c r="D967" s="25"/>
+      <c r="A967" s="23"/>
+      <c r="B967" s="23"/>
+      <c r="C967" s="23"/>
+      <c r="D967" s="23"/>
     </row>
     <row r="968" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A968" s="25"/>
-[...2 lines deleted...]
-      <c r="D968" s="25"/>
+      <c r="A968" s="23"/>
+      <c r="B968" s="23"/>
+      <c r="C968" s="23"/>
+      <c r="D968" s="23"/>
     </row>
     <row r="969" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A969" s="25"/>
-[...2 lines deleted...]
-      <c r="D969" s="25"/>
+      <c r="A969" s="23"/>
+      <c r="B969" s="23"/>
+      <c r="C969" s="23"/>
+      <c r="D969" s="23"/>
     </row>
     <row r="970" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A970" s="25"/>
-[...2 lines deleted...]
-      <c r="D970" s="25"/>
+      <c r="A970" s="23"/>
+      <c r="B970" s="23"/>
+      <c r="C970" s="23"/>
+      <c r="D970" s="23"/>
     </row>
     <row r="971" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A971" s="25"/>
-[...2 lines deleted...]
-      <c r="D971" s="25"/>
+      <c r="A971" s="23"/>
+      <c r="B971" s="23"/>
+      <c r="C971" s="23"/>
+      <c r="D971" s="23"/>
     </row>
     <row r="972" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A972" s="25"/>
-[...2 lines deleted...]
-      <c r="D972" s="25"/>
+      <c r="A972" s="23"/>
+      <c r="B972" s="23"/>
+      <c r="C972" s="23"/>
+      <c r="D972" s="23"/>
     </row>
     <row r="973" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A973" s="25"/>
-[...2 lines deleted...]
-      <c r="D973" s="25"/>
+      <c r="A973" s="23"/>
+      <c r="B973" s="23"/>
+      <c r="C973" s="23"/>
+      <c r="D973" s="23"/>
     </row>
     <row r="974" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A974" s="25"/>
-[...2 lines deleted...]
-      <c r="D974" s="25"/>
+      <c r="A974" s="23"/>
+      <c r="B974" s="23"/>
+      <c r="C974" s="23"/>
+      <c r="D974" s="23"/>
     </row>
     <row r="975" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A975" s="25"/>
-[...2 lines deleted...]
-      <c r="D975" s="25"/>
+      <c r="A975" s="23"/>
+      <c r="B975" s="23"/>
+      <c r="C975" s="23"/>
+      <c r="D975" s="23"/>
     </row>
     <row r="976" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A976" s="25"/>
-[...2 lines deleted...]
-      <c r="D976" s="25"/>
+      <c r="A976" s="23"/>
+      <c r="B976" s="23"/>
+      <c r="C976" s="23"/>
+      <c r="D976" s="23"/>
     </row>
     <row r="977" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A977" s="25"/>
-[...2 lines deleted...]
-      <c r="D977" s="25"/>
+      <c r="A977" s="23"/>
+      <c r="B977" s="23"/>
+      <c r="C977" s="23"/>
+      <c r="D977" s="23"/>
     </row>
     <row r="978" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A978" s="25"/>
-[...2 lines deleted...]
-      <c r="D978" s="25"/>
+      <c r="A978" s="23"/>
+      <c r="B978" s="23"/>
+      <c r="C978" s="23"/>
+      <c r="D978" s="23"/>
     </row>
     <row r="979" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A979" s="25"/>
-[...2 lines deleted...]
-      <c r="D979" s="25"/>
+      <c r="A979" s="23"/>
+      <c r="B979" s="23"/>
+      <c r="C979" s="23"/>
+      <c r="D979" s="23"/>
     </row>
     <row r="980" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A980" s="25"/>
-[...2 lines deleted...]
-      <c r="D980" s="25"/>
+      <c r="A980" s="23"/>
+      <c r="B980" s="23"/>
+      <c r="C980" s="23"/>
+      <c r="D980" s="23"/>
     </row>
     <row r="981" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A981" s="25"/>
-[...2 lines deleted...]
-      <c r="D981" s="25"/>
+      <c r="A981" s="23"/>
+      <c r="B981" s="23"/>
+      <c r="C981" s="23"/>
+      <c r="D981" s="23"/>
     </row>
     <row r="982" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A982" s="25"/>
-[...2 lines deleted...]
-      <c r="D982" s="25"/>
+      <c r="A982" s="23"/>
+      <c r="B982" s="23"/>
+      <c r="C982" s="23"/>
+      <c r="D982" s="23"/>
     </row>
     <row r="983" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A983" s="25"/>
-[...2 lines deleted...]
-      <c r="D983" s="25"/>
+      <c r="A983" s="23"/>
+      <c r="B983" s="23"/>
+      <c r="C983" s="23"/>
+      <c r="D983" s="23"/>
     </row>
     <row r="984" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A984" s="25"/>
-[...2 lines deleted...]
-      <c r="D984" s="25"/>
+      <c r="A984" s="23"/>
+      <c r="B984" s="23"/>
+      <c r="C984" s="23"/>
+      <c r="D984" s="23"/>
     </row>
     <row r="985" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A985" s="25"/>
-[...2 lines deleted...]
-      <c r="D985" s="25"/>
+      <c r="A985" s="23"/>
+      <c r="B985" s="23"/>
+      <c r="C985" s="23"/>
+      <c r="D985" s="23"/>
     </row>
     <row r="986" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A986" s="25"/>
-[...2 lines deleted...]
-      <c r="D986" s="25"/>
+      <c r="A986" s="23"/>
+      <c r="B986" s="23"/>
+      <c r="C986" s="23"/>
+      <c r="D986" s="23"/>
     </row>
     <row r="987" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A987" s="25"/>
-[...2 lines deleted...]
-      <c r="D987" s="25"/>
+      <c r="A987" s="23"/>
+      <c r="B987" s="23"/>
+      <c r="C987" s="23"/>
+      <c r="D987" s="23"/>
     </row>
     <row r="988" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A988" s="25"/>
-[...2 lines deleted...]
-      <c r="D988" s="25"/>
+      <c r="A988" s="23"/>
+      <c r="B988" s="23"/>
+      <c r="C988" s="23"/>
+      <c r="D988" s="23"/>
     </row>
     <row r="989" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A989" s="25"/>
-[...2 lines deleted...]
-      <c r="D989" s="25"/>
+      <c r="A989" s="23"/>
+      <c r="B989" s="23"/>
+      <c r="C989" s="23"/>
+      <c r="D989" s="23"/>
     </row>
     <row r="990" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A990" s="25"/>
-[...2 lines deleted...]
-      <c r="D990" s="25"/>
+      <c r="A990" s="23"/>
+      <c r="B990" s="23"/>
+      <c r="C990" s="23"/>
+      <c r="D990" s="23"/>
     </row>
     <row r="991" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A991" s="25"/>
-[...2 lines deleted...]
-      <c r="D991" s="25"/>
+      <c r="A991" s="23"/>
+      <c r="B991" s="23"/>
+      <c r="C991" s="23"/>
+      <c r="D991" s="23"/>
     </row>
     <row r="992" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A992" s="25"/>
-[...2 lines deleted...]
-      <c r="D992" s="25"/>
+      <c r="A992" s="23"/>
+      <c r="B992" s="23"/>
+      <c r="C992" s="23"/>
+      <c r="D992" s="23"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>