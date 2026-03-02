--- v0 (2025-10-06)
+++ v1 (2026-03-02)
@@ -13,73 +13,73 @@
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iarzola\Desktop\August 2025\August 2025\Federal Programs\2025-2026 allocations\IA\Website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iarzola\Desktop\August 2025\August 2025\Federal Programs\2025-2026 allocations\IA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9D4F491C-E4C7-478A-83CD-CF3B75C489BC}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DAD946BB-863F-44D8-97C7-3C83A3014B79}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="8070" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="8010" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Information" sheetId="1" r:id="rId1"/>
     <sheet name="Allocations" sheetId="2" r:id="rId2"/>
     <sheet name="Amounts for Equitable Services" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId7" roundtripDataChecksum="s/gKc6XEStr2Nj7aklDCMJ61ilnEEkKItSS22wLtL2s="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId7" roundtripDataChecksum="B/yIhLqf9zAeP4Po0D1XR5tlpak1n3Uqoy70cCt/yzs="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2107" uniqueCount="1111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1726" uniqueCount="1146">
   <si>
     <t>Information</t>
   </si>
   <si>
     <t>Allocations</t>
   </si>
   <si>
     <t>District allocations are in the Allocations tab.</t>
   </si>
   <si>
     <t>Amounts Available for Equitable Services to Nonpublic Students</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">See the amounts available for equitable services to eligible nonpublic school students in the Amounts for Equitable Services tab. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -115,77 +115,71 @@
   <si>
     <t>Title I Grants to Local Education Agencies</t>
   </si>
   <si>
     <t>CFDA Number:</t>
   </si>
   <si>
     <t>84.010A</t>
   </si>
   <si>
     <t>Award Number:</t>
   </si>
   <si>
     <t>S0101A240015</t>
   </si>
   <si>
     <t>Award Period:</t>
   </si>
   <si>
     <t>07/01/2025 - 09/30/2026</t>
   </si>
   <si>
     <t>Award Amount:</t>
   </si>
   <si>
-    <t>Final allocations will be posted after October 1, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>District #</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Total Title IA</t>
   </si>
   <si>
     <t>Local Neglected</t>
   </si>
   <si>
     <t>Nonpublic Equitable Share for Services</t>
   </si>
   <si>
     <t>00180000</t>
   </si>
   <si>
     <t>Adair-Casey</t>
   </si>
   <si>
-    <t>Posted after Set-Asides and Building Shares Collection Closes</t>
-[...1 lines deleted...]
-  <si>
     <t>00270000</t>
   </si>
   <si>
     <t>Adel DeSoto Minburn</t>
   </si>
   <si>
     <t>00090000</t>
   </si>
   <si>
     <t>AGWSR</t>
   </si>
   <si>
     <t>04410000</t>
   </si>
   <si>
     <t>AHSTW</t>
   </si>
   <si>
     <t>00630000</t>
   </si>
   <si>
     <t>Akron Westfield</t>
   </si>
   <si>
     <t>00720000</t>
@@ -2137,1315 +2131,1426 @@
   <si>
     <t>Cedar Rapids Prep</t>
   </si>
   <si>
     <t>Des Moines Prep</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Building #</t>
   </si>
   <si>
     <t>Building Name</t>
   </si>
   <si>
     <t>Amount Available for Equitable Services</t>
   </si>
   <si>
     <t>00098302</t>
   </si>
   <si>
     <t>Timothy Christian School</t>
   </si>
   <si>
+    <t>01268101</t>
+  </si>
+  <si>
+    <t>Seton Grade School</t>
+  </si>
+  <si>
+    <t>01268108</t>
+  </si>
+  <si>
+    <t>Bishop Garrigan Campus</t>
+  </si>
+  <si>
+    <t>01358102</t>
+  </si>
+  <si>
+    <t>St Patrick School</t>
+  </si>
+  <si>
+    <t>02258102</t>
+  </si>
+  <si>
+    <t>Ames Christian School</t>
+  </si>
+  <si>
+    <t>02258104</t>
+  </si>
+  <si>
+    <t>St Cecilia School</t>
+  </si>
+  <si>
+    <t>02348102</t>
+  </si>
+  <si>
+    <t>St. Patrick School</t>
+  </si>
+  <si>
+    <t>02438888</t>
+  </si>
+  <si>
+    <t>Andrew - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>02618101</t>
+  </si>
+  <si>
+    <t>St Luke the Evangelist Catholic School</t>
+  </si>
+  <si>
+    <t>02618503</t>
+  </si>
+  <si>
+    <t>Ankeny Christian Academy</t>
+  </si>
+  <si>
+    <t>Declined or Ineligible</t>
+  </si>
+  <si>
+    <t>02618504</t>
+  </si>
+  <si>
+    <t>Ankeny Christian Academy Elementary</t>
+  </si>
+  <si>
+    <t>05858107</t>
+  </si>
+  <si>
+    <t>Marquette Catholic Elementary</t>
+  </si>
+  <si>
+    <t>05858109</t>
+  </si>
+  <si>
+    <t>Marquette Catholic High School</t>
+  </si>
+  <si>
+    <t>06098204</t>
+  </si>
+  <si>
+    <t>Central Lutheran School</t>
+  </si>
+  <si>
+    <t>06218106</t>
+  </si>
+  <si>
+    <t>Morning Star Academy</t>
+  </si>
+  <si>
+    <t>06218110</t>
+  </si>
+  <si>
+    <t>Rivermont Collegiate</t>
+  </si>
+  <si>
+    <t>06218114</t>
+  </si>
+  <si>
+    <t>Lourdes Catholic School</t>
+  </si>
+  <si>
+    <t>06218121</t>
+  </si>
+  <si>
+    <t>Coram Deo Academy</t>
+  </si>
+  <si>
+    <t>06218125</t>
+  </si>
+  <si>
+    <t>New City Classical Academy</t>
+  </si>
+  <si>
+    <t>07298103</t>
+  </si>
+  <si>
+    <t>Sacred Heart School</t>
+  </si>
+  <si>
+    <t>07298204</t>
+  </si>
+  <si>
+    <t>Trinity Lutheran School</t>
+  </si>
+  <si>
+    <t>07478109</t>
+  </si>
+  <si>
+    <t>Trinity Christian High School</t>
+  </si>
+  <si>
+    <t>07478305</t>
+  </si>
+  <si>
+    <t>Hull Christian School</t>
+  </si>
+  <si>
+    <t>07478306</t>
+  </si>
+  <si>
+    <t>Hull Protestant Reformed Christian School</t>
+  </si>
+  <si>
+    <t>07478309</t>
+  </si>
+  <si>
+    <t>Western Christian High School</t>
+  </si>
+  <si>
+    <t>08828101</t>
+  </si>
+  <si>
+    <t>Notre Dame High School</t>
+  </si>
+  <si>
+    <t>08828104</t>
+  </si>
+  <si>
+    <t>Notre Dame Elementary School</t>
+  </si>
+  <si>
+    <t>08828106</t>
+  </si>
+  <si>
+    <t>Great River Christian School</t>
+  </si>
+  <si>
+    <t>08828888</t>
+  </si>
+  <si>
+    <t>Burlington - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
     <t>09168201</t>
   </si>
   <si>
     <t>St Pauls Lutheran School</t>
   </si>
   <si>
+    <t>09998101</t>
+  </si>
+  <si>
+    <t>Kuemper High School</t>
+  </si>
+  <si>
+    <t>09998104</t>
+  </si>
+  <si>
+    <t>Kuemper Catholic Grade School</t>
+  </si>
+  <si>
+    <t>10448100</t>
+  </si>
+  <si>
+    <t>Valley Lutheran School</t>
+  </si>
+  <si>
     <t>10448113</t>
   </si>
   <si>
-    <t>St Patrick School</t>
-[...5 lines deleted...]
-    <t>Valley Lutheran School</t>
+    <t>10448888</t>
+  </si>
+  <si>
+    <t>Cedar Falls - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>10538101</t>
+  </si>
+  <si>
+    <t>All Saints School</t>
+  </si>
+  <si>
+    <t>10538102</t>
+  </si>
+  <si>
+    <t>Cedar Valley Christian School</t>
+  </si>
+  <si>
+    <t>10538105</t>
+  </si>
+  <si>
+    <t>Xavier High School</t>
+  </si>
+  <si>
+    <t>10538109</t>
+  </si>
+  <si>
+    <t>St Matthew School</t>
+  </si>
+  <si>
+    <t>10538116</t>
+  </si>
+  <si>
+    <t>St Pius X School</t>
+  </si>
+  <si>
+    <t>10538117</t>
+  </si>
+  <si>
+    <t>LaSalle Catholic Elementary School</t>
+  </si>
+  <si>
+    <t>10538200</t>
+  </si>
+  <si>
+    <t>Summit Schools Inc</t>
+  </si>
+  <si>
+    <t>10538214</t>
+  </si>
+  <si>
+    <t>10538216</t>
+  </si>
+  <si>
+    <t>Regis Middle School</t>
+  </si>
+  <si>
+    <t>10538217</t>
+  </si>
+  <si>
+    <t>LaSalle Catholic Middle School</t>
+  </si>
+  <si>
+    <t>10538220</t>
+  </si>
+  <si>
+    <t>Isaac Newton Christian Academy</t>
+  </si>
+  <si>
+    <t>10828109</t>
+  </si>
+  <si>
+    <t>St Joseph School</t>
+  </si>
+  <si>
+    <t>10958505</t>
+  </si>
+  <si>
+    <t>Northwest Iowa Protestant Reformed School</t>
   </si>
   <si>
     <t>11168102</t>
   </si>
   <si>
     <t>Immaculate Conception School</t>
   </si>
   <si>
     <t>11168106</t>
   </si>
   <si>
     <t>Lighthouse Christian Academy</t>
   </si>
   <si>
+    <t>11978202</t>
+  </si>
+  <si>
+    <t>Clarinda Lutheran School Association</t>
+  </si>
+  <si>
+    <t>12338102</t>
+  </si>
+  <si>
+    <t>Clear Lake Classical School</t>
+  </si>
+  <si>
     <t>12338103</t>
   </si>
   <si>
     <t>Clear Lake Classical - Church Campus</t>
   </si>
   <si>
-    <t>12338102</t>
-[...2 lines deleted...]
-    <t>Clear Lake Classical School</t>
+    <t>12788103</t>
+  </si>
+  <si>
+    <t>Prince of Peace Catholic Elementary Building</t>
+  </si>
+  <si>
+    <t>12788110</t>
+  </si>
+  <si>
+    <t>Prince of Peace Catholic High School</t>
+  </si>
+  <si>
+    <t>12788130</t>
+  </si>
+  <si>
+    <t>The Lighthouse Schools</t>
+  </si>
+  <si>
+    <t>12788136</t>
+  </si>
+  <si>
+    <t>Diamond Star Academy</t>
+  </si>
+  <si>
+    <t>14768108</t>
+  </si>
+  <si>
+    <t>Saint Albert School</t>
+  </si>
+  <si>
+    <t>14768109</t>
+  </si>
+  <si>
+    <t>OneSchool Global</t>
+  </si>
+  <si>
+    <t>15038101</t>
+  </si>
+  <si>
+    <t>St Malachy School</t>
+  </si>
+  <si>
+    <t>16118101</t>
+  </si>
+  <si>
+    <t>Assumption High School</t>
+  </si>
+  <si>
+    <t>16118103</t>
+  </si>
+  <si>
+    <t>All Saints Catholic School</t>
+  </si>
+  <si>
+    <t>16118109</t>
+  </si>
+  <si>
+    <t>St Paul The Apostle School</t>
+  </si>
+  <si>
+    <t>16118115</t>
+  </si>
+  <si>
+    <t>John F Kennedy Cath Sch</t>
+  </si>
+  <si>
+    <t>16118121</t>
+  </si>
+  <si>
+    <t>Davenport Christian School</t>
+  </si>
+  <si>
+    <t>16118212</t>
+  </si>
+  <si>
+    <t>16388102</t>
+  </si>
+  <si>
+    <t>St Benedict School</t>
+  </si>
+  <si>
+    <t>16388106</t>
+  </si>
+  <si>
+    <t>Northeast Iowa Montessori School</t>
+  </si>
+  <si>
+    <t>17018102</t>
+  </si>
+  <si>
+    <t>St Rose Of Lima School</t>
+  </si>
+  <si>
+    <t>17018201</t>
+  </si>
+  <si>
+    <t>Unity Ridge Lutheran School</t>
+  </si>
+  <si>
+    <t>17378014</t>
+  </si>
+  <si>
+    <t>Joshua Christian Academy Main</t>
+  </si>
+  <si>
+    <t>17378015</t>
+  </si>
+  <si>
+    <t>Joshua Christian Academy South</t>
+  </si>
+  <si>
+    <t>17378016</t>
+  </si>
+  <si>
+    <t>Joshua Christian Academy West</t>
+  </si>
+  <si>
+    <t>17378106</t>
+  </si>
+  <si>
+    <t>St Anthony School</t>
+  </si>
+  <si>
+    <t>17378107</t>
+  </si>
+  <si>
+    <t>St Augustin School</t>
+  </si>
+  <si>
+    <t>17378108</t>
+  </si>
+  <si>
+    <t>Holy Family School</t>
+  </si>
+  <si>
+    <t>17378110</t>
+  </si>
+  <si>
+    <t>St Joseph Elementary School</t>
+  </si>
+  <si>
+    <t>17378113</t>
+  </si>
+  <si>
+    <t>St Theresa School</t>
+  </si>
+  <si>
+    <t>17378117</t>
+  </si>
+  <si>
+    <t>Christ The King School</t>
+  </si>
+  <si>
+    <t>17378119</t>
+  </si>
+  <si>
+    <t>Holy Trinity School</t>
+  </si>
+  <si>
+    <t>17378120</t>
+  </si>
+  <si>
+    <t>OneSchool Global - Des Moines</t>
+  </si>
+  <si>
+    <t>17378130</t>
+  </si>
+  <si>
+    <t>Empigo Academy</t>
+  </si>
+  <si>
+    <t>17378133</t>
+  </si>
+  <si>
+    <t>JW Reed Christian Academy</t>
+  </si>
+  <si>
+    <t>17378221</t>
+  </si>
+  <si>
+    <t>Mt Olive Lutheran School</t>
+  </si>
+  <si>
+    <t>17378504</t>
+  </si>
+  <si>
+    <t>Grand View Christian High School</t>
+  </si>
+  <si>
+    <t>17378505</t>
+  </si>
+  <si>
+    <t>Bergman Academy</t>
+  </si>
+  <si>
+    <t>17378507</t>
+  </si>
+  <si>
+    <t>Grand View Christian Middle School</t>
+  </si>
+  <si>
+    <t>17378888</t>
+  </si>
+  <si>
+    <t>Des Moines - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>18638122</t>
+  </si>
+  <si>
+    <t>St Columbkille School</t>
+  </si>
+  <si>
+    <t>18638126</t>
+  </si>
+  <si>
+    <t>Our Lady of Guadalupe</t>
+  </si>
+  <si>
+    <t>18638128</t>
+  </si>
+  <si>
+    <t>Mazzuchelli Catholic Middle School</t>
+  </si>
+  <si>
+    <t>18638134</t>
+  </si>
+  <si>
+    <t>Wahlert Catholic High School</t>
+  </si>
+  <si>
+    <t>18638136</t>
+  </si>
+  <si>
+    <t>Resurrection Elementary</t>
+  </si>
+  <si>
+    <t>18638163</t>
+  </si>
+  <si>
+    <t>Tri-State Christian School (Secondary Campus)</t>
+  </si>
+  <si>
+    <t>18638165</t>
+  </si>
+  <si>
+    <t>Tri-State Christian School (Elementary Campus)</t>
+  </si>
+  <si>
+    <t>18638170</t>
+  </si>
+  <si>
+    <t>Dubuque Dream Center Academy</t>
+  </si>
+  <si>
+    <t>18638888</t>
+  </si>
+  <si>
+    <t>Dubuque - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>20888102</t>
+  </si>
+  <si>
+    <t>Emmetsburg Catholic School</t>
+  </si>
+  <si>
+    <t>20888888</t>
+  </si>
+  <si>
+    <t>Emmetsburg - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>21698165</t>
+  </si>
+  <si>
+    <t>Singing Cedars School</t>
+  </si>
+  <si>
+    <t>21698502</t>
+  </si>
+  <si>
+    <t>Maharishi School</t>
+  </si>
+  <si>
+    <t>23138104</t>
+  </si>
+  <si>
+    <t>St Edmond Catholic</t>
+  </si>
+  <si>
+    <t>23138206</t>
+  </si>
+  <si>
+    <t>St Paul Lutheran School</t>
+  </si>
+  <si>
+    <t>23138301</t>
+  </si>
+  <si>
+    <t>Community Christian School</t>
+  </si>
+  <si>
+    <t>23228105</t>
+  </si>
+  <si>
+    <t>Holy Trinity Jr-Sr High</t>
+  </si>
+  <si>
+    <t>23228602</t>
+  </si>
+  <si>
+    <t>Holy Trinity Elem</t>
+  </si>
+  <si>
+    <t>23228888</t>
+  </si>
+  <si>
+    <t>Fort Madison - Attending nonpublic outside of the district</t>
   </si>
   <si>
     <t>24038103</t>
   </si>
   <si>
     <t>Clear Lake Classical - Ventura Campus</t>
   </si>
   <si>
     <t>27098501</t>
   </si>
   <si>
     <t>Central Iowa Christian School</t>
   </si>
   <si>
+    <t>28268101</t>
+  </si>
+  <si>
+    <t>Shelby County Catholic School</t>
+  </si>
+  <si>
+    <t>28628304</t>
+  </si>
+  <si>
+    <t>Sanborn Christian School</t>
+  </si>
+  <si>
+    <t>30298104</t>
+  </si>
+  <si>
+    <t>30608101</t>
+  </si>
+  <si>
+    <t>St Mary School</t>
+  </si>
+  <si>
+    <t>31058105</t>
+  </si>
+  <si>
+    <t>St John Elementary School</t>
+  </si>
+  <si>
     <t>31058121</t>
   </si>
   <si>
     <t>Liberty Christian School</t>
   </si>
   <si>
-    <t>31058105</t>
-[...2 lines deleted...]
-    <t>St John Elementary School</t>
+    <t>31148102</t>
+  </si>
+  <si>
+    <t>Strong Roots Christian School</t>
+  </si>
+  <si>
+    <t>31148165</t>
+  </si>
+  <si>
+    <t>Victory Christian Academy</t>
+  </si>
+  <si>
+    <t>31418102</t>
+  </si>
+  <si>
+    <t>Willowwind School</t>
+  </si>
+  <si>
+    <t>31418103</t>
+  </si>
+  <si>
+    <t>Faith Academy</t>
+  </si>
+  <si>
+    <t>31418104</t>
+  </si>
+  <si>
+    <t>Regina Jr Sr High School</t>
+  </si>
+  <si>
+    <t>31418106</t>
+  </si>
+  <si>
+    <t>Heritage Christian</t>
+  </si>
+  <si>
+    <t>31418108</t>
+  </si>
+  <si>
+    <t>Regina Elementary School</t>
+  </si>
+  <si>
+    <t>31418121</t>
+  </si>
+  <si>
+    <t>Montessori School of Iowa City</t>
+  </si>
+  <si>
+    <t>31418165</t>
+  </si>
+  <si>
+    <t>Tamarack Discovery School</t>
+  </si>
+  <si>
+    <t>31418167</t>
+  </si>
+  <si>
+    <t>Hillside Christian School</t>
   </si>
   <si>
     <t>32048104</t>
   </si>
   <si>
     <t>St Athanasius School</t>
   </si>
   <si>
+    <t>32318121</t>
+  </si>
+  <si>
+    <t>Gospel Assembly Christian Academy</t>
+  </si>
+  <si>
+    <t>32318165</t>
+  </si>
+  <si>
+    <t>Xceed Oakmoor Academy</t>
+  </si>
+  <si>
+    <t>32318888</t>
+  </si>
+  <si>
+    <t>Johnston - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>33128115</t>
+  </si>
+  <si>
+    <t>Keokuk Catholic Schools St. Vincent's School</t>
+  </si>
+  <si>
+    <t>33128165</t>
+  </si>
+  <si>
+    <t>Keokuk Christian Academy</t>
+  </si>
+  <si>
+    <t>36008104</t>
+  </si>
+  <si>
+    <t>Gehlen Catholic High School</t>
+  </si>
+  <si>
+    <t>36008105</t>
+  </si>
+  <si>
+    <t>Gehlen Catholic Elementary School</t>
+  </si>
+  <si>
+    <t>36458100</t>
+  </si>
+  <si>
+    <t>Heartland Christian School</t>
+  </si>
+  <si>
+    <t>37158101</t>
+  </si>
+  <si>
+    <t>Montessori School of Marion</t>
+  </si>
+  <si>
+    <t>37158121</t>
+  </si>
+  <si>
+    <t>Calvary Christian Academy</t>
+  </si>
+  <si>
+    <t>39068303</t>
+  </si>
+  <si>
+    <t>Sully Christian School</t>
+  </si>
+  <si>
+    <t>40338103</t>
+  </si>
+  <si>
+    <t>Danbury Catholic School</t>
+  </si>
+  <si>
+    <t>40418108</t>
+  </si>
+  <si>
+    <t>40438888</t>
+  </si>
+  <si>
+    <t>Maquoketa Valley - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>40868106</t>
+  </si>
+  <si>
+    <t>41048103</t>
+  </si>
+  <si>
+    <t>St Francis Catholic School</t>
+  </si>
+  <si>
     <t>41048105</t>
   </si>
   <si>
     <t>Marshalltown Christian School</t>
   </si>
   <si>
-    <t>41048103</t>
-[...4 lines deleted...]
-  <si>
     <t>41318102</t>
   </si>
   <si>
     <t>Newman Catholic Elementary School</t>
   </si>
   <si>
     <t>41318105</t>
   </si>
   <si>
     <t>Newman Catholic High School</t>
   </si>
   <si>
     <t>41318401</t>
   </si>
   <si>
     <t>North Iowa Christian School</t>
   </si>
   <si>
+    <t>41318888</t>
+  </si>
+  <si>
+    <t>Mason City - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>41498104</t>
+  </si>
+  <si>
+    <t>Spalding Catholic School</t>
+  </si>
+  <si>
+    <t>41498308</t>
+  </si>
+  <si>
+    <t>Orange City Christian School</t>
+  </si>
+  <si>
+    <t>41498317</t>
+  </si>
+  <si>
+    <t>Unity Christian High School</t>
+  </si>
+  <si>
+    <t>42718106</t>
+  </si>
+  <si>
+    <t>Pathway Christian School</t>
+  </si>
+  <si>
+    <t>42718506</t>
+  </si>
+  <si>
+    <t>Iowa Mennonite School dba Hillcrest Academy</t>
+  </si>
+  <si>
+    <t>44468106</t>
+  </si>
+  <si>
+    <t>Sacred Heart Grade School</t>
+  </si>
+  <si>
+    <t>45818103</t>
+  </si>
+  <si>
+    <t>Saints Mary and Mathias Catholic School</t>
+  </si>
+  <si>
+    <t>45818165</t>
+  </si>
+  <si>
+    <t>Muscatine Christian Academy</t>
+  </si>
+  <si>
+    <t>46628106</t>
+  </si>
+  <si>
+    <t>St Joseph Community School</t>
+  </si>
+  <si>
+    <t>47258301</t>
+  </si>
+  <si>
+    <t>Newton Christian Day School</t>
+  </si>
+  <si>
+    <t>47978106</t>
+  </si>
+  <si>
+    <t>Norwalk Christian Academy</t>
+  </si>
+  <si>
+    <t>47978121</t>
+  </si>
+  <si>
+    <t>Main Street School</t>
+  </si>
+  <si>
+    <t>47978225</t>
+  </si>
+  <si>
+    <t>Jordahl Academy</t>
+  </si>
+  <si>
+    <t>50138301</t>
+  </si>
+  <si>
+    <t>Oskaloosa Christian School</t>
+  </si>
+  <si>
+    <t>50498101</t>
+  </si>
+  <si>
+    <t>Seton Catholic School</t>
+  </si>
+  <si>
+    <t>50498301</t>
+  </si>
+  <si>
+    <t>Ottumwa Christian School</t>
+  </si>
+  <si>
+    <t>51638106</t>
+  </si>
+  <si>
+    <t>Southeastern Christian School</t>
+  </si>
+  <si>
+    <t>51668301</t>
+  </si>
+  <si>
+    <t>Pella Christian Grade School</t>
+  </si>
+  <si>
+    <t>51668302</t>
+  </si>
+  <si>
+    <t>Pella Christian High School</t>
+  </si>
+  <si>
+    <t>51668305</t>
+  </si>
+  <si>
+    <t>Peoria Christian School</t>
+  </si>
+  <si>
+    <t>51848102</t>
+  </si>
+  <si>
+    <t>52508101</t>
+  </si>
+  <si>
+    <t>Pleasant Valley - Saint Joan of Arc</t>
+  </si>
+  <si>
+    <t>52838102</t>
+  </si>
+  <si>
+    <t>Pocahontas Catholic Grade School</t>
+  </si>
+  <si>
+    <t>54868102</t>
+  </si>
+  <si>
+    <t>St Mary's Grade School - RSM</t>
+  </si>
+  <si>
+    <t>54868103</t>
+  </si>
+  <si>
+    <t>St Marys High School - RSM</t>
+  </si>
+  <si>
+    <t>56078315</t>
+  </si>
+  <si>
+    <t>Rock Valley Christian School</t>
+  </si>
+  <si>
+    <t>56078319</t>
+  </si>
+  <si>
+    <t>Netherlands Reformed Christian School</t>
+  </si>
+  <si>
+    <t>56078888</t>
+  </si>
+  <si>
+    <t>Rock Valley - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>58058109</t>
+  </si>
+  <si>
+    <t>Grand View Christian Elementary School</t>
+  </si>
+  <si>
+    <t>59498101</t>
+  </si>
+  <si>
+    <t>St Patrick's School</t>
+  </si>
+  <si>
+    <t>59498305</t>
+  </si>
+  <si>
+    <t>Sheldon Christian School</t>
+  </si>
+  <si>
+    <t>60308314</t>
+  </si>
+  <si>
+    <t>Sioux Center Christian School</t>
+  </si>
+  <si>
+    <t>60398102</t>
+  </si>
+  <si>
+    <t>Siouxland Community Christian School</t>
+  </si>
+  <si>
+    <t>60398103</t>
+  </si>
+  <si>
+    <t>Sioux City - Siouxland Community Christian School</t>
+  </si>
+  <si>
+    <t>60398104</t>
+  </si>
+  <si>
+    <t>Holy Cross Blessed Sacrament School</t>
+  </si>
+  <si>
+    <t>60398106</t>
+  </si>
+  <si>
+    <t>Bishop Heelan Catholic High School</t>
+  </si>
+  <si>
+    <t>60398107</t>
+  </si>
+  <si>
+    <t>Dual Language Academy</t>
+  </si>
+  <si>
+    <t>60398111</t>
+  </si>
+  <si>
+    <t>60398114</t>
+  </si>
+  <si>
+    <t>Holy Cross St Michael School</t>
+  </si>
+  <si>
+    <t>60398115</t>
+  </si>
+  <si>
+    <t>Mater Dei Sch Immaculate Conception Center</t>
+  </si>
+  <si>
+    <t>60398116</t>
+  </si>
+  <si>
+    <t>Mater Dei School Nativity Center</t>
+  </si>
+  <si>
+    <t>60398217</t>
+  </si>
+  <si>
+    <t>60398888</t>
+  </si>
+  <si>
+    <t>Sioux City - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>60998203</t>
+  </si>
+  <si>
+    <t>Zion-St. John Lutheran School</t>
+  </si>
+  <si>
+    <t>61008101</t>
+  </si>
+  <si>
+    <t>St Teresa of Calcutta School - Spillville</t>
+  </si>
+  <si>
+    <t>61008105</t>
+  </si>
+  <si>
+    <t>St Teresa of Calcutta School - Ossian</t>
+  </si>
+  <si>
+    <t>61028101</t>
+  </si>
+  <si>
+    <t>61028102</t>
+  </si>
+  <si>
+    <t>Iowa Great Lakes Lutheran School</t>
+  </si>
+  <si>
+    <t>62198101</t>
+  </si>
+  <si>
+    <t>St Mary's High School</t>
+  </si>
+  <si>
+    <t>62198102</t>
+  </si>
+  <si>
+    <t>St. Mary's Elementary-Storm Lake</t>
+  </si>
+  <si>
+    <t>62198888</t>
+  </si>
+  <si>
+    <t>Storm Lake - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>65098109</t>
+  </si>
+  <si>
+    <t>Trinity Catholic School</t>
+  </si>
+  <si>
+    <t>65798112</t>
+  </si>
+  <si>
+    <t>St Pius X Catholic School</t>
+  </si>
+  <si>
+    <t>65798121</t>
+  </si>
+  <si>
+    <t>65798502</t>
+  </si>
+  <si>
+    <t>Des Moines Christian Elementary School</t>
+  </si>
+  <si>
+    <t>65798503</t>
+  </si>
+  <si>
+    <t>Des Moines Christian Secondary School</t>
+  </si>
+  <si>
     <t>67628203</t>
   </si>
   <si>
     <t>Community Lutheran School</t>
   </si>
   <si>
+    <t>67688103</t>
+  </si>
+  <si>
+    <t>St James Elem School</t>
+  </si>
+  <si>
+    <t>67958105</t>
+  </si>
+  <si>
+    <t>Saint Edward Elementary School</t>
+  </si>
+  <si>
+    <t>67958110</t>
+  </si>
+  <si>
+    <t>Immaculate Conception</t>
+  </si>
+  <si>
     <t>67958112</t>
   </si>
   <si>
     <t>Blessed Maria Assunta Pallotta Middle School</t>
   </si>
   <si>
     <t>67958114</t>
   </si>
   <si>
     <t>Columbus Catholic High School</t>
   </si>
   <si>
     <t>67958115</t>
   </si>
   <si>
     <t>Don Bosco High School</t>
   </si>
   <si>
-    <t>67958110</t>
-[...2 lines deleted...]
-    <t>Immaculate Conception</t>
+    <t>67958210</t>
+  </si>
+  <si>
+    <t>Waterloo - Diamond Star Academy - Waterloo</t>
   </si>
   <si>
     <t>67958401</t>
   </si>
   <si>
     <t>Royal Legacy Christian Academy</t>
   </si>
   <si>
-    <t>67958105</t>
-[...4 lines deleted...]
-  <si>
     <t>67958501</t>
   </si>
   <si>
     <t>Waterloo Christian Elementary School</t>
   </si>
   <si>
+    <t>67958502</t>
+  </si>
+  <si>
+    <t>Waterloo Christian Middle School</t>
+  </si>
+  <si>
     <t>67958503</t>
   </si>
   <si>
     <t>Waterloo Christian High School</t>
   </si>
   <si>
-    <t>67958502</t>
-[...2 lines deleted...]
-    <t>Waterloo Christian Middle School</t>
+    <t>67958888</t>
+  </si>
+  <si>
+    <t>Waterloo - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>68228101</t>
+  </si>
+  <si>
+    <t>St Francis of Assisi School</t>
   </si>
   <si>
     <t>68408207</t>
   </si>
   <si>
-    <t>02348102</t>
-[...164 lines deleted...]
-    <t>St James Elem School</t>
+    <t>68678102</t>
+  </si>
+  <si>
+    <t>St Thomas Aquinas School</t>
   </si>
   <si>
     <t>69308503</t>
   </si>
   <si>
     <t>Scattergood Friends School</t>
   </si>
   <si>
+    <t>69508104</t>
+  </si>
+  <si>
+    <t>St Marys School</t>
+  </si>
+  <si>
+    <t>69578103</t>
+  </si>
+  <si>
+    <t>Dowling Catholic High School</t>
+  </si>
+  <si>
+    <t>69578104</t>
+  </si>
+  <si>
+    <t>69578106</t>
+  </si>
+  <si>
+    <t>AlRazi Academy</t>
+  </si>
+  <si>
+    <t>69618103</t>
+  </si>
+  <si>
+    <t>St Francis Xavier School</t>
+  </si>
+  <si>
+    <t>69618146</t>
+  </si>
+  <si>
+    <t>Beckman Catholic HS</t>
+  </si>
+  <si>
+    <t>69618148</t>
+  </si>
+  <si>
+    <t>La Salle Catholic School</t>
+  </si>
+  <si>
+    <t>69618150</t>
+  </si>
+  <si>
+    <t>Aquin Elementary School</t>
+  </si>
+  <si>
+    <t>69618153</t>
+  </si>
+  <si>
+    <t>Seton Catholic Elem Sch Farley Center</t>
+  </si>
+  <si>
+    <t>69618157</t>
+  </si>
+  <si>
+    <t>Seton Catholic Elem Sch Peosta Center</t>
+  </si>
+  <si>
+    <t>69838303</t>
+  </si>
+  <si>
+    <t>Inwood Christian School</t>
+  </si>
+  <si>
+    <t>69838888</t>
+  </si>
+  <si>
+    <t>West Lyon - Attending nonpublic outside of the district</t>
+  </si>
+  <si>
+    <t>69908311</t>
+  </si>
+  <si>
+    <t>Ireton Christian School</t>
+  </si>
+  <si>
     <t>70298204</t>
   </si>
   <si>
     <t>Lutheran Interparish School</t>
   </si>
   <si>
-    <t>08828106</t>
-[...388 lines deleted...]
-  <si>
     <t>70568106</t>
   </si>
   <si>
     <t>Winterset Christian Academy</t>
-  </si>
-[...514 lines deleted...]
-    <t>St Thomas Aquinas School</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
-    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
-    <numFmt numFmtId="165" formatCode="00000000"/>
+    <numFmt numFmtId="165" formatCode="#,##0.00;\(#,##0.00\)"/>
+    <numFmt numFmtId="166" formatCode="00000000"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FF44546A"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF44546A"/>
       <name val="Arial"/>
     </font>
@@ -3604,51 +3709,51 @@
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -3661,102 +3766,109 @@
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="20">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFB4C6E7"/>
           <bgColor rgb="FFB4C6E7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFDEEAF6"/>
           <bgColor rgb="FFDEEAF6"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="8"/>
@@ -4039,51 +4151,51 @@
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0600-000001000000}" name="Column1"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0600-000002000000}" name="Column2"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0600-000003000000}" name="Column3"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0600-000004000000}" name="Column4"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0600-000005000000}" name="Column5"/>
   </tableColumns>
   <tableStyleInfo name="Allocations-style 7" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{00000000-000C-0000-FFFF-FFFF07000000}" name="Table_8" displayName="Table_8" ref="A333:E333" headerRowCount="0">
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0700-000001000000}" name="Column1"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0700-000002000000}" name="Column2"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0700-000003000000}" name="Column3"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0700-000004000000}" name="Column4"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0700-000005000000}" name="Column5"/>
   </tableColumns>
   <tableStyleInfo name="Allocations-style 8" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{00000000-000C-0000-FFFF-FFFF08000000}" name="Table_9" displayName="Table_9" ref="A1:E218">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{00000000-000C-0000-FFFF-FFFF08000000}" name="Table_9" displayName="Table_9" ref="A1:E236">
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0800-000001000000}" name="District #"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0800-000002000000}" name="District Name"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0800-000003000000}" name="Building #"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0800-000004000000}" name="Building Name"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0800-000005000000}" name="Amount Available for Equitable Services"/>
   </tableColumns>
   <tableStyleInfo name="Amounts for Equitable Services-style" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -4691,53 +4803,51 @@
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
     </row>
     <row r="15" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="1"/>
       <c r="B15" s="13"/>
-      <c r="C15" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C15" s="12"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
     </row>
     <row r="16" spans="1:25" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="1"/>
@@ -31336,5721 +31446,5721 @@
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00FF00"/>
   </sheetPr>
   <dimension ref="A1:E644"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.1640625" customWidth="1"/>
     <col min="2" max="2" width="32.9140625" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="17.4140625" customWidth="1"/>
-    <col min="5" max="5" width="52.9140625" customWidth="1"/>
+    <col min="5" max="5" width="35.4140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="16" t="s">
+      <c r="C1" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="16" t="s">
+      <c r="D1" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="D1" s="16" t="s">
+      <c r="E1" s="16" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" s="18" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C2" s="19">
         <v>149727.89000000001</v>
       </c>
       <c r="D2" s="19">
         <v>0</v>
       </c>
-      <c r="E2" s="20" t="s">
-        <v>26</v>
+      <c r="E2" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="17" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B3" s="18" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C3" s="19">
         <v>138050.73000000001</v>
       </c>
       <c r="D3" s="19">
         <v>0</v>
       </c>
-      <c r="E3" s="21" t="s">
-        <v>26</v>
+      <c r="E3" s="21">
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="17" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B4" s="18" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C4" s="19">
         <v>107649.04</v>
       </c>
       <c r="D4" s="19">
         <v>0</v>
       </c>
-      <c r="E4" s="20" t="s">
-        <v>26</v>
+      <c r="E4" s="20">
+        <v>5479.34</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="17" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B5" s="18" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C5" s="19">
         <v>113653.65</v>
       </c>
       <c r="D5" s="19">
         <v>0</v>
       </c>
-      <c r="E5" s="22" t="s">
-        <v>26</v>
+      <c r="E5" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="17" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B6" s="18" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C6" s="19">
         <v>59498.82</v>
       </c>
       <c r="D6" s="19">
         <v>0</v>
       </c>
-      <c r="E6" s="20" t="s">
-        <v>26</v>
+      <c r="E6" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="17" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B7" s="18" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C7" s="19">
         <v>57219.77</v>
       </c>
       <c r="D7" s="19">
         <v>0</v>
       </c>
-      <c r="E7" s="22" t="s">
-        <v>26</v>
+      <c r="E7" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B8" s="18" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C8" s="19">
         <v>202219.48</v>
       </c>
       <c r="D8" s="19">
         <v>0</v>
       </c>
-      <c r="E8" s="20" t="s">
-        <v>26</v>
+      <c r="E8" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B9" s="18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C9" s="19">
         <v>38754.76</v>
       </c>
       <c r="D9" s="19">
         <v>0</v>
       </c>
-      <c r="E9" s="22" t="s">
-        <v>26</v>
+      <c r="E9" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="17" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B10" s="18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C10" s="19">
         <v>58883.09</v>
       </c>
       <c r="D10" s="19">
         <v>0</v>
       </c>
-      <c r="E10" s="20" t="s">
-        <v>26</v>
+      <c r="E10" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B11" s="18" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C11" s="19">
         <v>219636.47</v>
       </c>
       <c r="D11" s="19">
         <v>0</v>
       </c>
-      <c r="E11" s="22" t="s">
-        <v>26</v>
+      <c r="E11" s="20">
+        <v>30178.05</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="17" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B12" s="18" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C12" s="19">
         <v>251545.15</v>
       </c>
       <c r="D12" s="19">
         <v>0</v>
       </c>
-      <c r="E12" s="20" t="s">
-        <v>26</v>
+      <c r="E12" s="20">
+        <v>50887.58</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="17" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B13" s="18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C13" s="19">
         <v>106833.78</v>
       </c>
       <c r="D13" s="19">
         <v>0</v>
       </c>
-      <c r="E13" s="22" t="s">
-        <v>26</v>
+      <c r="E13" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B14" s="18" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C14" s="19">
         <v>726812.06</v>
       </c>
       <c r="D14" s="19">
         <v>0</v>
       </c>
-      <c r="E14" s="20" t="s">
-        <v>26</v>
+      <c r="E14" s="20">
+        <v>26047.599999999999</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="17" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B15" s="18" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C15" s="19">
         <v>203809.73</v>
       </c>
       <c r="D15" s="19">
         <v>0</v>
       </c>
-      <c r="E15" s="22" t="s">
-        <v>26</v>
+      <c r="E15" s="20">
+        <v>8947.25</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="17" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B16" s="18" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C16" s="19">
         <v>36718.300000000003</v>
       </c>
       <c r="D16" s="19">
         <v>0</v>
       </c>
-      <c r="E16" s="20" t="s">
-        <v>26</v>
+      <c r="E16" s="20">
+        <v>3337.69</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="17" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B17" s="18" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C17" s="19">
         <v>391212.2</v>
       </c>
       <c r="D17" s="19">
         <v>0</v>
       </c>
-      <c r="E17" s="22" t="s">
-        <v>26</v>
+      <c r="E17" s="20">
+        <v>17213.34</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="17" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B18" s="18" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C18" s="19">
         <v>62877.29</v>
       </c>
       <c r="D18" s="19">
         <v>0</v>
       </c>
-      <c r="E18" s="20" t="s">
-        <v>26</v>
+      <c r="E18" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="17" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B19" s="18" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C19" s="19">
         <v>52504.21</v>
       </c>
       <c r="D19" s="19">
         <v>0</v>
       </c>
-      <c r="E19" s="22" t="s">
-        <v>26</v>
+      <c r="E19" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="17" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B20" s="18" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C20" s="19">
         <v>323122.58</v>
       </c>
       <c r="D20" s="19">
         <v>0</v>
       </c>
-      <c r="E20" s="20" t="s">
-        <v>26</v>
+      <c r="E20" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="17" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B21" s="18" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C21" s="19">
         <v>100155.01</v>
       </c>
       <c r="D21" s="19">
         <v>0</v>
       </c>
-      <c r="E21" s="22" t="s">
-        <v>26</v>
+      <c r="E21" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="17" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B22" s="18" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C22" s="19">
         <v>105161.56</v>
       </c>
       <c r="D22" s="19">
         <v>0</v>
       </c>
-      <c r="E22" s="20" t="s">
-        <v>26</v>
+      <c r="E22" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="17" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B23" s="18" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C23" s="19">
         <v>40867.96</v>
       </c>
       <c r="D23" s="19">
         <v>0</v>
       </c>
-      <c r="E23" s="22" t="s">
-        <v>26</v>
+      <c r="E23" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="17" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B24" s="18" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C24" s="19">
         <v>80845.13</v>
       </c>
       <c r="D24" s="19">
         <v>0</v>
       </c>
-      <c r="E24" s="20" t="s">
-        <v>26</v>
+      <c r="E24" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="17" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B25" s="18" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C25" s="19">
         <v>96815.02</v>
       </c>
       <c r="D25" s="19">
         <v>0</v>
       </c>
-      <c r="E25" s="22" t="s">
-        <v>26</v>
+      <c r="E25" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="17" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B26" s="18" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C26" s="19">
         <v>80499.100000000006</v>
       </c>
       <c r="D26" s="19">
         <v>0</v>
       </c>
-      <c r="E26" s="20" t="s">
-        <v>26</v>
+      <c r="E26" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="17" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B27" s="18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C27" s="19">
         <v>52161.81</v>
       </c>
       <c r="D27" s="19">
         <v>0</v>
       </c>
-      <c r="E27" s="22" t="s">
-        <v>26</v>
+      <c r="E27" s="20">
+        <v>4199.03</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="17" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B28" s="18" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C28" s="19">
         <v>154821.79999999999</v>
       </c>
       <c r="D28" s="19">
         <v>0</v>
       </c>
-      <c r="E28" s="20" t="s">
-        <v>26</v>
+      <c r="E28" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B29" s="18" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C29" s="19">
         <v>50095.43</v>
       </c>
       <c r="D29" s="19">
         <v>0</v>
       </c>
-      <c r="E29" s="22" t="s">
-        <v>26</v>
+      <c r="E29" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="17" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B30" s="18" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C30" s="19">
         <v>140172.35999999999</v>
       </c>
       <c r="D30" s="19">
         <v>0</v>
       </c>
-      <c r="E30" s="20" t="s">
-        <v>26</v>
+      <c r="E30" s="20">
+        <v>8326.24</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="17" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B31" s="18" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C31" s="19">
         <v>474231.98</v>
       </c>
       <c r="D31" s="19">
         <v>0</v>
       </c>
-      <c r="E31" s="22" t="s">
-        <v>26</v>
+      <c r="E31" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="17" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B32" s="18" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C32" s="19">
         <v>140983.51999999999</v>
       </c>
       <c r="D32" s="19">
         <v>0</v>
       </c>
-      <c r="E32" s="20" t="s">
-        <v>26</v>
+      <c r="E32" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="17" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B33" s="18" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C33" s="19">
         <v>319763.31</v>
       </c>
       <c r="D33" s="19">
         <v>0</v>
       </c>
-      <c r="E33" s="22" t="s">
-        <v>26</v>
+      <c r="E33" s="20">
+        <v>27883.360000000001</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="17" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B34" s="18" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C34" s="19">
         <v>87953.42</v>
       </c>
       <c r="D34" s="19">
         <v>0</v>
       </c>
-      <c r="E34" s="20" t="s">
-        <v>26</v>
+      <c r="E34" s="20">
+        <v>6323.85</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="17" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B35" s="18" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C35" s="19">
         <v>61173.13</v>
       </c>
       <c r="D35" s="19">
         <v>0</v>
       </c>
-      <c r="E35" s="22" t="s">
-        <v>26</v>
+      <c r="E35" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="17" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B36" s="18" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C36" s="19">
         <v>70020.89</v>
       </c>
       <c r="D36" s="19">
         <v>0</v>
       </c>
-      <c r="E36" s="20" t="s">
-        <v>26</v>
+      <c r="E36" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="17" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B37" s="18" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C37" s="19">
         <v>1546878.1</v>
       </c>
       <c r="D37" s="19">
         <v>0</v>
       </c>
-      <c r="E37" s="22" t="s">
-        <v>26</v>
+      <c r="E37" s="20">
+        <v>48698.720000000001</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="23" t="s">
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="A38" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B38" s="23" t="s">
+        <v>96</v>
       </c>
       <c r="C38" s="19">
         <v>71313.19</v>
       </c>
       <c r="D38" s="19">
         <v>0</v>
       </c>
-      <c r="E38" s="20" t="s">
-        <v>26</v>
+      <c r="E38" s="20">
+        <v>10012.370000000001</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="17" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B39" s="18" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C39" s="19">
         <v>56149.38</v>
       </c>
       <c r="D39" s="19">
         <v>0</v>
       </c>
-      <c r="E39" s="22" t="s">
-        <v>26</v>
+      <c r="E39" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="25" t="s">
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="A40" s="24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B40" s="25" t="s">
+        <v>100</v>
       </c>
       <c r="C40" s="19">
         <v>56979.97</v>
       </c>
       <c r="D40" s="19">
         <v>0</v>
       </c>
-      <c r="E40" s="20" t="s">
-        <v>26</v>
+      <c r="E40" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="17" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B41" s="18" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C41" s="19">
         <v>107919.99</v>
       </c>
       <c r="D41" s="19">
         <v>0</v>
       </c>
-      <c r="E41" s="22" t="s">
-        <v>26</v>
+      <c r="E41" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="17" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B42" s="18" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C42" s="19">
         <v>176722.8</v>
       </c>
       <c r="D42" s="19">
         <v>18782.13</v>
       </c>
-      <c r="E42" s="20" t="s">
-        <v>26</v>
+      <c r="E42" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="17" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B43" s="18" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C43" s="19">
         <v>192121.22</v>
       </c>
       <c r="D43" s="19">
         <v>0</v>
       </c>
-      <c r="E43" s="22" t="s">
-        <v>26</v>
+      <c r="E43" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="17" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B44" s="18" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C44" s="19">
         <v>264841.53000000003</v>
       </c>
       <c r="D44" s="19">
         <v>0</v>
       </c>
-      <c r="E44" s="20" t="s">
-        <v>26</v>
+      <c r="E44" s="20">
+        <v>27285.08</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="17" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B45" s="18" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C45" s="19">
         <v>599864.19999999995</v>
       </c>
       <c r="D45" s="19">
         <v>0</v>
       </c>
-      <c r="E45" s="22" t="s">
-        <v>26</v>
+      <c r="E45" s="20">
+        <v>25714.12</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="17" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B46" s="18" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C46" s="19">
         <v>4636859.45</v>
       </c>
       <c r="D46" s="19">
         <v>33394.74</v>
       </c>
-      <c r="E46" s="20" t="s">
-        <v>26</v>
+      <c r="E46" s="20">
+        <v>190505.67</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="17" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B47" s="18" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C47" s="19">
         <v>67663.710000000006</v>
       </c>
       <c r="D47" s="19">
         <v>0</v>
       </c>
-      <c r="E47" s="22" t="s">
-        <v>26</v>
+      <c r="E47" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="17" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B48" s="18" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C48" s="19">
         <v>377642.31</v>
       </c>
       <c r="D48" s="19">
         <v>0</v>
       </c>
-      <c r="E48" s="20" t="s">
-        <v>26</v>
+      <c r="E48" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="17" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B49" s="18" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C49" s="19">
         <v>90055.71</v>
       </c>
       <c r="D49" s="19">
         <v>0</v>
       </c>
-      <c r="E49" s="22" t="s">
-        <v>26</v>
+      <c r="E49" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="17" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B50" s="18" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C50" s="19">
         <v>62383.88</v>
       </c>
       <c r="D50" s="19">
         <v>0</v>
       </c>
-      <c r="E50" s="20" t="s">
-        <v>26</v>
+      <c r="E50" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="17" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B51" s="18" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C51" s="19">
         <v>228295.51</v>
       </c>
       <c r="D51" s="19">
         <v>0</v>
       </c>
-      <c r="E51" s="22" t="s">
-        <v>26</v>
+      <c r="E51" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="17" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B52" s="18" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C52" s="19">
         <v>178118.82</v>
       </c>
       <c r="D52" s="19">
         <v>0</v>
       </c>
-      <c r="E52" s="20" t="s">
-        <v>26</v>
+      <c r="E52" s="20">
+        <v>10722.75</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="17" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B53" s="18" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C53" s="19">
         <v>139876.6</v>
       </c>
       <c r="D53" s="19">
         <v>0</v>
       </c>
-      <c r="E53" s="22" t="s">
-        <v>26</v>
+      <c r="E53" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B54" s="18" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C54" s="19">
         <v>71012.02</v>
       </c>
       <c r="D54" s="19">
         <v>0</v>
       </c>
-      <c r="E54" s="20" t="s">
-        <v>26</v>
+      <c r="E54" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="17" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B55" s="18" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C55" s="19">
         <v>110795.79</v>
       </c>
       <c r="D55" s="19">
         <v>0</v>
       </c>
-      <c r="E55" s="22" t="s">
-        <v>26</v>
+      <c r="E55" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="17" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B56" s="18" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C56" s="19">
         <v>518071.81</v>
       </c>
       <c r="D56" s="19">
         <v>0</v>
       </c>
-      <c r="E56" s="20" t="s">
-        <v>26</v>
+      <c r="E56" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="17" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B57" s="18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C57" s="19">
         <v>421173.89</v>
       </c>
       <c r="D57" s="19">
         <v>0</v>
       </c>
-      <c r="E57" s="22" t="s">
-        <v>26</v>
+      <c r="E57" s="20">
+        <v>52941.56</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="17" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B58" s="18" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C58" s="19">
         <v>57846.68</v>
       </c>
       <c r="D58" s="19">
         <v>0</v>
       </c>
-      <c r="E58" s="20" t="s">
-        <v>26</v>
+      <c r="E58" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="17" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B59" s="18" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C59" s="19">
         <v>191222.02</v>
       </c>
       <c r="D59" s="19">
         <v>0</v>
       </c>
-      <c r="E59" s="22" t="s">
-        <v>26</v>
+      <c r="E59" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="17" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B60" s="18" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C60" s="19">
         <v>182915.54</v>
       </c>
       <c r="D60" s="19">
         <v>0</v>
       </c>
-      <c r="E60" s="20" t="s">
-        <v>26</v>
+      <c r="E60" s="20">
+        <v>12932.13</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="17" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B61" s="18" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C61" s="19">
         <v>221307.57</v>
       </c>
       <c r="D61" s="19">
         <v>0</v>
       </c>
-      <c r="E61" s="22" t="s">
-        <v>26</v>
+      <c r="E61" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="17" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B62" s="18" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C62" s="19">
         <v>401649.69</v>
       </c>
       <c r="D62" s="19">
         <v>0</v>
       </c>
-      <c r="E62" s="20" t="s">
-        <v>26</v>
+      <c r="E62" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="17" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B63" s="18" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C63" s="19">
         <v>31095.94</v>
       </c>
       <c r="D63" s="19">
         <v>0</v>
       </c>
-      <c r="E63" s="22" t="s">
-        <v>26</v>
+      <c r="E63" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="17" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B64" s="18" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C64" s="19">
         <v>64699.43</v>
       </c>
       <c r="D64" s="19">
         <v>0</v>
       </c>
-      <c r="E64" s="20" t="s">
-        <v>26</v>
+      <c r="E64" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="17" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B65" s="18" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C65" s="19">
         <v>59912.76</v>
       </c>
       <c r="D65" s="19">
         <v>0</v>
       </c>
-      <c r="E65" s="22" t="s">
-        <v>26</v>
+      <c r="E65" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="17" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B66" s="18" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C66" s="19">
         <v>217716.11</v>
       </c>
       <c r="D66" s="19">
         <v>0</v>
       </c>
-      <c r="E66" s="20" t="s">
-        <v>26</v>
+      <c r="E66" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="17" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B67" s="18" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C67" s="19">
         <v>137776.84</v>
       </c>
       <c r="D67" s="19">
         <v>0</v>
       </c>
-      <c r="E67" s="22" t="s">
-        <v>26</v>
+      <c r="E67" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="17" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B68" s="18" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C68" s="19">
         <v>1538811.56</v>
       </c>
       <c r="D68" s="19">
         <v>0</v>
       </c>
-      <c r="E68" s="20" t="s">
-        <v>26</v>
+      <c r="E68" s="20">
+        <v>29250.18</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="17" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B69" s="18" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C69" s="19">
         <v>108017.96</v>
       </c>
       <c r="D69" s="19">
         <v>0</v>
       </c>
-      <c r="E69" s="22" t="s">
-        <v>26</v>
+      <c r="E69" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="17" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B70" s="18" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C70" s="19">
         <v>649491.62</v>
       </c>
       <c r="D70" s="19">
         <v>51546.95</v>
       </c>
-      <c r="E70" s="20" t="s">
-        <v>26</v>
+      <c r="E70" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="17" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B71" s="18" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C71" s="19">
         <v>53044.65</v>
       </c>
       <c r="D71" s="19">
         <v>0</v>
       </c>
-      <c r="E71" s="22" t="s">
-        <v>26</v>
+      <c r="E71" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="17" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B72" s="18" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C72" s="19">
         <v>60730.94</v>
       </c>
       <c r="D72" s="19">
         <v>0</v>
       </c>
-      <c r="E72" s="20" t="s">
-        <v>26</v>
+      <c r="E72" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="17" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B73" s="18" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C73" s="19">
         <v>224922.13</v>
       </c>
       <c r="D73" s="19">
         <v>0</v>
       </c>
-      <c r="E73" s="22" t="s">
-        <v>26</v>
+      <c r="E73" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="17" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B74" s="18" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C74" s="19">
         <v>94342.49</v>
       </c>
       <c r="D74" s="19">
         <v>0</v>
       </c>
-      <c r="E74" s="20" t="s">
-        <v>26</v>
+      <c r="E74" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="17" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B75" s="18" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C75" s="19">
         <v>110995.45</v>
       </c>
       <c r="D75" s="19">
         <v>0</v>
       </c>
-      <c r="E75" s="22" t="s">
-        <v>26</v>
+      <c r="E75" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="17" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B76" s="18" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C76" s="19">
         <v>2952933.92</v>
       </c>
       <c r="D76" s="19">
         <v>6643.27</v>
       </c>
-      <c r="E76" s="20" t="s">
-        <v>26</v>
+      <c r="E76" s="20">
+        <v>59345.56</v>
       </c>
     </row>
     <row r="77" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="17" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B77" s="18" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C77" s="19">
         <v>379110.13</v>
       </c>
       <c r="D77" s="19">
         <v>0</v>
       </c>
-      <c r="E77" s="22" t="s">
-        <v>26</v>
+      <c r="E77" s="20">
+        <v>17072.87</v>
       </c>
     </row>
     <row r="78" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="17" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B78" s="18" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C78" s="19">
         <v>243318.68</v>
       </c>
       <c r="D78" s="19">
         <v>0</v>
       </c>
-      <c r="E78" s="20" t="s">
-        <v>26</v>
+      <c r="E78" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="17" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B79" s="18" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C79" s="19">
         <v>67426.5</v>
       </c>
       <c r="D79" s="19">
         <v>0</v>
       </c>
-      <c r="E79" s="22" t="s">
-        <v>26</v>
+      <c r="E79" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="17" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B80" s="18" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C80" s="19">
         <v>5167324.9400000004</v>
       </c>
       <c r="D80" s="19">
         <v>0</v>
       </c>
-      <c r="E80" s="20" t="s">
-        <v>26</v>
+      <c r="E80" s="20">
+        <v>263879.76</v>
       </c>
     </row>
     <row r="81" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="17" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B81" s="18" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C81" s="19">
         <v>371613.27</v>
       </c>
       <c r="D81" s="19">
         <v>0</v>
       </c>
-      <c r="E81" s="22" t="s">
-        <v>26</v>
+      <c r="E81" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="17" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B82" s="18" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C82" s="19">
         <v>136693.97</v>
       </c>
       <c r="D82" s="19">
         <v>0</v>
       </c>
-      <c r="E82" s="20" t="s">
-        <v>26</v>
+      <c r="E82" s="20">
+        <v>33503.69</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="17" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B83" s="18" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C83" s="19">
         <v>35191.879999999997</v>
       </c>
       <c r="D83" s="19">
         <v>0</v>
       </c>
-      <c r="E83" s="22" t="s">
-        <v>26</v>
+      <c r="E83" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="17" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B84" s="18" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C84" s="19">
         <v>647199.88</v>
       </c>
       <c r="D84" s="19">
         <v>0</v>
       </c>
-      <c r="E84" s="20" t="s">
-        <v>26</v>
+      <c r="E84" s="20">
+        <v>56448.31</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="17" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B85" s="18" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C85" s="19">
         <v>45248.800000000003</v>
       </c>
       <c r="D85" s="19">
         <v>0</v>
       </c>
-      <c r="E85" s="22" t="s">
-        <v>26</v>
+      <c r="E85" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="17" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B86" s="18" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C86" s="19">
         <v>16264565.609999999</v>
       </c>
       <c r="D86" s="19">
         <v>70088.62</v>
       </c>
-      <c r="E86" s="20" t="s">
-        <v>26</v>
+      <c r="E86" s="20">
+        <v>547465.23</v>
       </c>
     </row>
     <row r="87" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="17" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B87" s="18" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C87" s="19">
         <v>42786.8</v>
       </c>
       <c r="D87" s="19">
         <v>0</v>
       </c>
-      <c r="E87" s="22" t="s">
-        <v>26</v>
+      <c r="E87" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="17" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B88" s="18" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C88" s="19">
         <v>53339.98</v>
       </c>
       <c r="D88" s="19">
         <v>0</v>
       </c>
-      <c r="E88" s="20" t="s">
-        <v>26</v>
+      <c r="E88" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="17" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B89" s="18" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C89" s="19">
         <v>2032902.13</v>
       </c>
       <c r="D89" s="19">
         <v>2925.04</v>
       </c>
-      <c r="E89" s="22" t="s">
-        <v>26</v>
+      <c r="E89" s="20">
+        <v>185559.58</v>
       </c>
     </row>
     <row r="90" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="17" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B90" s="18" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C90" s="19">
         <v>56324.63</v>
       </c>
       <c r="D90" s="19">
         <v>0</v>
       </c>
-      <c r="E90" s="20" t="s">
-        <v>26</v>
+      <c r="E90" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="17" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B91" s="18" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C91" s="19">
         <v>52251.72</v>
       </c>
       <c r="D91" s="19">
         <v>0</v>
       </c>
-      <c r="E91" s="22" t="s">
-        <v>26</v>
+      <c r="E91" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="17" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B92" s="18" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C92" s="19">
         <v>265697.2</v>
       </c>
       <c r="D92" s="19">
         <v>0</v>
       </c>
-      <c r="E92" s="20" t="s">
-        <v>26</v>
+      <c r="E92" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="17" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B93" s="18" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C93" s="19">
         <v>37121.96</v>
       </c>
       <c r="D93" s="19">
         <v>0</v>
       </c>
-      <c r="E93" s="22" t="s">
-        <v>26</v>
+      <c r="E93" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="17" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B94" s="18" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C94" s="19">
         <v>59279.02</v>
       </c>
       <c r="D94" s="19">
         <v>0</v>
       </c>
-      <c r="E94" s="20" t="s">
-        <v>26</v>
+      <c r="E94" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="17" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B95" s="18" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C95" s="19">
         <v>77152.66</v>
       </c>
       <c r="D95" s="19">
         <v>0</v>
       </c>
-      <c r="E95" s="22" t="s">
-        <v>26</v>
+      <c r="E95" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="17" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B96" s="18" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C96" s="19">
         <v>116961.11</v>
       </c>
       <c r="D96" s="19">
         <v>0</v>
       </c>
-      <c r="E96" s="20" t="s">
-        <v>26</v>
+      <c r="E96" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="17" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B97" s="18" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C97" s="19">
         <v>139227.71</v>
       </c>
       <c r="D97" s="19">
         <v>0</v>
       </c>
-      <c r="E97" s="22" t="s">
-        <v>26</v>
+      <c r="E97" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="17" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B98" s="18" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C98" s="19">
         <v>134873.47</v>
       </c>
       <c r="D98" s="19">
         <v>0</v>
       </c>
-      <c r="E98" s="20" t="s">
-        <v>26</v>
+      <c r="E98" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="17" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B99" s="18" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C99" s="19">
         <v>64468.4</v>
       </c>
       <c r="D99" s="19">
         <v>0</v>
       </c>
-      <c r="E99" s="22" t="s">
-        <v>26</v>
+      <c r="E99" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="17" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B100" s="18" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C100" s="19">
         <v>90152.8</v>
       </c>
       <c r="D100" s="19">
         <v>0</v>
       </c>
-      <c r="E100" s="20" t="s">
-        <v>26</v>
+      <c r="E100" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="17" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B101" s="18" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C101" s="19">
         <v>117985.08</v>
       </c>
       <c r="D101" s="19">
         <v>0</v>
       </c>
-      <c r="E101" s="22" t="s">
-        <v>26</v>
+      <c r="E101" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="17" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B102" s="18" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C102" s="19">
         <v>85092.92</v>
       </c>
       <c r="D102" s="19">
         <v>0</v>
       </c>
-      <c r="E102" s="20" t="s">
-        <v>26</v>
+      <c r="E102" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="17" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B103" s="18" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C103" s="19">
         <v>138616.04</v>
       </c>
       <c r="D103" s="19">
         <v>0</v>
       </c>
-      <c r="E103" s="22" t="s">
-        <v>26</v>
+      <c r="E103" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="17" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B104" s="18" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C104" s="19">
         <v>115268.56</v>
       </c>
       <c r="D104" s="19">
         <v>0</v>
       </c>
-      <c r="E104" s="20" t="s">
-        <v>26</v>
+      <c r="E104" s="20">
+        <v>11895.72</v>
       </c>
     </row>
     <row r="105" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="17" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B105" s="18" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C105" s="19">
         <v>117879.53</v>
       </c>
       <c r="D105" s="19">
         <v>0</v>
       </c>
-      <c r="E105" s="22" t="s">
-        <v>26</v>
+      <c r="E105" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="17" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B106" s="18" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C106" s="19">
         <v>90742.9</v>
       </c>
       <c r="D106" s="19">
         <v>0</v>
       </c>
-      <c r="E106" s="20" t="s">
-        <v>26</v>
+      <c r="E106" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="17" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="B107" s="18" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C107" s="19">
         <v>271758.26</v>
       </c>
       <c r="D107" s="19">
         <v>0</v>
       </c>
-      <c r="E107" s="22" t="s">
-        <v>26</v>
+      <c r="E107" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="17" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B108" s="18" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C108" s="19">
         <v>76279.98</v>
       </c>
       <c r="D108" s="19">
         <v>0</v>
       </c>
-      <c r="E108" s="20" t="s">
-        <v>26</v>
+      <c r="E108" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="17" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B109" s="18" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C109" s="19">
         <v>442135.8</v>
       </c>
       <c r="D109" s="19">
         <v>0</v>
       </c>
-      <c r="E109" s="22" t="s">
-        <v>26</v>
+      <c r="E109" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="17" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B110" s="18" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C110" s="19">
         <v>189401.37</v>
       </c>
       <c r="D110" s="19">
         <v>0</v>
       </c>
-      <c r="E110" s="20" t="s">
-        <v>26</v>
+      <c r="E110" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="17" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B111" s="18" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C111" s="19">
         <v>1166430.8400000001</v>
       </c>
       <c r="D111" s="19">
         <v>29199.19</v>
       </c>
-      <c r="E111" s="22" t="s">
-        <v>26</v>
+      <c r="E111" s="20">
+        <v>112935.94</v>
       </c>
     </row>
     <row r="112" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="17" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B112" s="18" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C112" s="19">
         <v>529292.06000000006</v>
       </c>
       <c r="D112" s="19">
         <v>0</v>
       </c>
-      <c r="E112" s="20" t="s">
-        <v>26</v>
+      <c r="E112" s="20">
+        <v>15824.62</v>
       </c>
     </row>
     <row r="113" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A113" s="17" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B113" s="18" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C113" s="19">
         <v>57138.8</v>
       </c>
       <c r="D113" s="19">
         <v>0</v>
       </c>
-      <c r="E113" s="22" t="s">
-        <v>26</v>
+      <c r="E113" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="17" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B114" s="18" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C114" s="19">
         <v>81573.009999999995</v>
       </c>
       <c r="D114" s="19">
         <v>0</v>
       </c>
-      <c r="E114" s="20" t="s">
-        <v>26</v>
+      <c r="E114" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A115" s="17" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B115" s="18" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C115" s="19">
         <v>79268.89</v>
       </c>
       <c r="D115" s="19">
         <v>0</v>
       </c>
-      <c r="E115" s="22" t="s">
-        <v>26</v>
+      <c r="E115" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A116" s="17" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B116" s="18" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C116" s="19">
         <v>77062.92</v>
       </c>
       <c r="D116" s="19">
         <v>0</v>
       </c>
-      <c r="E116" s="20" t="s">
-        <v>26</v>
+      <c r="E116" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A117" s="17" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B117" s="18" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C117" s="19">
         <v>44620.34</v>
       </c>
       <c r="D117" s="19">
         <v>0</v>
       </c>
-      <c r="E117" s="22" t="s">
-        <v>26</v>
+      <c r="E117" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A118" s="17" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B118" s="18" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C118" s="19">
         <v>38115.89</v>
       </c>
       <c r="D118" s="19">
         <v>0</v>
       </c>
-      <c r="E118" s="20" t="s">
-        <v>26</v>
+      <c r="E118" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A119" s="17" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B119" s="18" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C119" s="19">
         <v>59400.88</v>
       </c>
       <c r="D119" s="19">
         <v>0</v>
       </c>
-      <c r="E119" s="22" t="s">
-        <v>26</v>
+      <c r="E119" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A120" s="17" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B120" s="18" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C120" s="19">
         <v>229983.69</v>
       </c>
       <c r="D120" s="19">
         <v>0</v>
       </c>
-      <c r="E120" s="20" t="s">
-        <v>26</v>
+      <c r="E120" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="17" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B121" s="18" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C121" s="19">
         <v>38263.1</v>
       </c>
       <c r="D121" s="19">
         <v>0</v>
       </c>
-      <c r="E121" s="22" t="s">
-        <v>26</v>
+      <c r="E121" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A122" s="17" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B122" s="18" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C122" s="19">
         <v>52293.88</v>
       </c>
       <c r="D122" s="19">
         <v>0</v>
       </c>
-      <c r="E122" s="20" t="s">
-        <v>26</v>
+      <c r="E122" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A123" s="17" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B123" s="18" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C123" s="19">
         <v>75175.259999999995</v>
       </c>
       <c r="D123" s="19">
         <v>0</v>
       </c>
-      <c r="E123" s="22" t="s">
-        <v>26</v>
+      <c r="E123" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A124" s="17" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B124" s="18" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C124" s="19">
         <v>269703.11</v>
       </c>
       <c r="D124" s="19">
         <v>0</v>
       </c>
-      <c r="E124" s="20" t="s">
-        <v>26</v>
+      <c r="E124" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A125" s="17" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B125" s="18" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C125" s="19">
         <v>195066.96</v>
       </c>
       <c r="D125" s="19">
         <v>0</v>
       </c>
-      <c r="E125" s="22" t="s">
-        <v>26</v>
+      <c r="E125" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A126" s="17" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B126" s="18" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C126" s="19">
         <v>72669.3</v>
       </c>
       <c r="D126" s="19">
         <v>0</v>
       </c>
-      <c r="E126" s="20" t="s">
-        <v>26</v>
+      <c r="E126" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A127" s="17" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B127" s="18" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C127" s="19">
         <v>57250.83</v>
       </c>
       <c r="D127" s="19">
         <v>0</v>
       </c>
-      <c r="E127" s="22" t="s">
-        <v>26</v>
+      <c r="E127" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A128" s="17" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B128" s="18" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C128" s="19">
         <v>64702.38</v>
       </c>
       <c r="D128" s="19">
         <v>0</v>
       </c>
-      <c r="E128" s="20" t="s">
-        <v>26</v>
+      <c r="E128" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="17" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B129" s="18" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="C129" s="27">
+        <v>278</v>
+      </c>
+      <c r="C129" s="19">
         <v>41864.050000000003</v>
       </c>
       <c r="D129" s="19">
         <v>0</v>
       </c>
-      <c r="E129" s="22" t="s">
-        <v>26</v>
+      <c r="E129" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A130" s="17" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="B130" s="18" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="C130" s="27">
+        <v>280</v>
+      </c>
+      <c r="C130" s="19">
         <v>81856.41</v>
       </c>
       <c r="D130" s="19">
         <v>0</v>
       </c>
-      <c r="E130" s="20" t="s">
-        <v>26</v>
+      <c r="E130" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A131" s="17" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B131" s="18" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="C131" s="27">
+        <v>282</v>
+      </c>
+      <c r="C131" s="19">
         <v>328398.56</v>
       </c>
       <c r="D131" s="19">
         <v>0</v>
       </c>
-      <c r="E131" s="22" t="s">
-        <v>26</v>
+      <c r="E131" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A132" s="17" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B132" s="18" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="C132" s="27">
+        <v>284</v>
+      </c>
+      <c r="C132" s="19">
         <v>232370.64</v>
       </c>
       <c r="D132" s="19">
         <v>0</v>
       </c>
-      <c r="E132" s="20" t="s">
-        <v>26</v>
+      <c r="E132" s="20">
+        <v>14987.91</v>
       </c>
     </row>
     <row r="133" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A133" s="17" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="B133" s="18" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="C133" s="27">
+        <v>286</v>
+      </c>
+      <c r="C133" s="19">
         <v>26142.71</v>
       </c>
       <c r="D133" s="19">
         <v>0</v>
       </c>
-      <c r="E133" s="22" t="s">
-        <v>26</v>
+      <c r="E133" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A134" s="17" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B134" s="18" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="C134" s="27">
+        <v>288</v>
+      </c>
+      <c r="C134" s="19">
         <v>103884.31</v>
       </c>
       <c r="D134" s="19">
         <v>0</v>
       </c>
-      <c r="E134" s="20" t="s">
-        <v>26</v>
+      <c r="E134" s="20">
+        <v>5308.49</v>
       </c>
     </row>
     <row r="135" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="17" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="B135" s="18" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="C135" s="27">
+        <v>290</v>
+      </c>
+      <c r="C135" s="19">
         <v>60535.65</v>
       </c>
       <c r="D135" s="19">
         <v>0</v>
       </c>
-      <c r="E135" s="22" t="s">
-        <v>26</v>
+      <c r="E135" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A136" s="17" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B136" s="18" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="C136" s="27">
+        <v>292</v>
+      </c>
+      <c r="C136" s="19">
         <v>29746.89</v>
       </c>
       <c r="D136" s="19">
         <v>0</v>
       </c>
-      <c r="E136" s="20" t="s">
-        <v>26</v>
+      <c r="E136" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A137" s="17" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B137" s="18" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="C137" s="19">
         <v>230111.27</v>
       </c>
       <c r="D137" s="19">
         <v>0</v>
       </c>
-      <c r="E137" s="22" t="s">
-        <v>26</v>
+      <c r="E137" s="20">
+        <v>23244.36</v>
       </c>
     </row>
     <row r="138" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A138" s="17" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="B138" s="18" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C138" s="19">
         <v>38381.81</v>
       </c>
       <c r="D138" s="19">
         <v>0</v>
       </c>
-      <c r="E138" s="20" t="s">
-        <v>26</v>
+      <c r="E138" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A139" s="17" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="B139" s="18" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="C139" s="19">
         <v>51900.68</v>
       </c>
       <c r="D139" s="19">
         <v>0</v>
       </c>
-      <c r="E139" s="22" t="s">
-        <v>26</v>
+      <c r="E139" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A140" s="17" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B140" s="18" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C140" s="19">
         <v>201701.48</v>
       </c>
       <c r="D140" s="19">
         <v>0</v>
       </c>
-      <c r="E140" s="20" t="s">
-        <v>26</v>
+      <c r="E140" s="20">
+        <v>16660.54</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A141" s="17" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B141" s="18" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C141" s="19">
         <v>93191.23</v>
       </c>
       <c r="D141" s="19">
         <v>0</v>
       </c>
-      <c r="E141" s="22" t="s">
-        <v>26</v>
+      <c r="E141" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A142" s="17" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B142" s="18" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C142" s="19">
         <v>209092.43</v>
       </c>
       <c r="D142" s="19">
         <v>7327.39</v>
       </c>
-      <c r="E142" s="20" t="s">
-        <v>26</v>
+      <c r="E142" s="20">
+        <v>16790.12</v>
       </c>
     </row>
     <row r="143" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A143" s="17" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B143" s="18" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C143" s="19">
         <v>288662.94</v>
       </c>
       <c r="D143" s="19">
         <v>0</v>
       </c>
-      <c r="E143" s="22" t="s">
-        <v>26</v>
+      <c r="E143" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A144" s="17" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B144" s="18" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C144" s="19">
         <v>71320.42</v>
       </c>
       <c r="D144" s="19">
         <v>0</v>
       </c>
-      <c r="E144" s="20" t="s">
-        <v>26</v>
+      <c r="E144" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A145" s="17" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B145" s="18" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C145" s="19">
         <v>2784714.87</v>
       </c>
       <c r="D145" s="19">
         <v>0</v>
       </c>
-      <c r="E145" s="22" t="s">
-        <v>26</v>
+      <c r="E145" s="20">
+        <v>95111.66</v>
       </c>
     </row>
     <row r="146" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A146" s="17" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B146" s="18" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C146" s="19">
         <v>167704.76</v>
       </c>
       <c r="D146" s="19">
         <v>0</v>
       </c>
-      <c r="E146" s="20" t="s">
-        <v>26</v>
+      <c r="E146" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A147" s="17" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B147" s="18" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C147" s="19">
         <v>77874.27</v>
       </c>
       <c r="D147" s="19">
         <v>0</v>
       </c>
-      <c r="E147" s="22" t="s">
-        <v>26</v>
+      <c r="E147" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A148" s="17" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B148" s="18" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C148" s="19">
         <v>26419.599999999999</v>
       </c>
       <c r="D148" s="19">
         <v>0</v>
       </c>
-      <c r="E148" s="20" t="s">
-        <v>26</v>
+      <c r="E148" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A149" s="17" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="B149" s="18" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C149" s="19">
         <v>88142.64</v>
       </c>
       <c r="D149" s="19">
         <v>0</v>
       </c>
-      <c r="E149" s="22" t="s">
-        <v>26</v>
+      <c r="E149" s="20">
+        <v>5411.96</v>
       </c>
     </row>
     <row r="150" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A150" s="17" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B150" s="18" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C150" s="19">
         <v>790991.75</v>
       </c>
       <c r="D150" s="19">
         <v>66825.17</v>
       </c>
-      <c r="E150" s="20" t="s">
-        <v>26</v>
+      <c r="E150" s="20">
+        <v>8849.2099999999991</v>
       </c>
     </row>
     <row r="151" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A151" s="17" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B151" s="18" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C151" s="19">
         <v>626650.5</v>
       </c>
       <c r="D151" s="19">
         <v>0</v>
       </c>
-      <c r="E151" s="22" t="s">
-        <v>26</v>
+      <c r="E151" s="20">
+        <v>28165.93</v>
       </c>
     </row>
     <row r="152" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A152" s="17" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B152" s="18" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C152" s="19">
         <v>54617.54</v>
       </c>
       <c r="D152" s="19">
         <v>0</v>
       </c>
-      <c r="E152" s="20" t="s">
-        <v>26</v>
+      <c r="E152" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A153" s="17" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="B153" s="18" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C153" s="19">
         <v>58379.53</v>
       </c>
       <c r="D153" s="19">
         <v>0</v>
       </c>
-      <c r="E153" s="22" t="s">
-        <v>26</v>
+      <c r="E153" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A154" s="17" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B154" s="18" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C154" s="19">
         <v>387138.27</v>
       </c>
       <c r="D154" s="19">
         <v>0</v>
       </c>
-      <c r="E154" s="20" t="s">
-        <v>26</v>
+      <c r="E154" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A155" s="17" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B155" s="18" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C155" s="19">
         <v>86915.54</v>
       </c>
       <c r="D155" s="19">
         <v>0</v>
       </c>
-      <c r="E155" s="22" t="s">
-        <v>26</v>
+      <c r="E155" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A156" s="17" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B156" s="18" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C156" s="19">
         <v>153817.04</v>
       </c>
       <c r="D156" s="19">
         <v>0</v>
       </c>
-      <c r="E156" s="20" t="s">
-        <v>26</v>
+      <c r="E156" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A157" s="17" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B157" s="18" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C157" s="19">
         <v>89194.29</v>
       </c>
       <c r="D157" s="19">
         <v>0</v>
       </c>
-      <c r="E157" s="22" t="s">
-        <v>26</v>
+      <c r="E157" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A158" s="17" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B158" s="18" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C158" s="19">
         <v>52442.23</v>
       </c>
       <c r="D158" s="19">
         <v>0</v>
       </c>
-      <c r="E158" s="20" t="s">
-        <v>26</v>
+      <c r="E158" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A159" s="17" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B159" s="18" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C159" s="19">
         <v>368039.88</v>
       </c>
       <c r="D159" s="19">
         <v>0</v>
       </c>
-      <c r="E159" s="22" t="s">
-        <v>26</v>
+      <c r="E159" s="20">
+        <v>33647.81</v>
       </c>
     </row>
     <row r="160" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A160" s="17" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B160" s="18" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C160" s="19">
         <v>106899.53</v>
       </c>
       <c r="D160" s="19">
         <v>0</v>
       </c>
-      <c r="E160" s="20" t="s">
-        <v>26</v>
+      <c r="E160" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A161" s="17" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B161" s="18" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C161" s="19">
         <v>321002.27</v>
       </c>
       <c r="D161" s="19">
         <v>0</v>
       </c>
-      <c r="E161" s="22" t="s">
-        <v>26</v>
+      <c r="E161" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A162" s="17" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B162" s="18" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C162" s="19">
         <v>583769.26</v>
       </c>
       <c r="D162" s="19">
         <v>0</v>
       </c>
-      <c r="E162" s="20" t="s">
-        <v>26</v>
+      <c r="E162" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A163" s="17" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B163" s="18" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C163" s="19">
         <v>65629.42</v>
       </c>
       <c r="D163" s="19">
         <v>0</v>
       </c>
-      <c r="E163" s="22" t="s">
-        <v>26</v>
+      <c r="E163" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A164" s="17" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="B164" s="18" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C164" s="19">
         <v>64518.49</v>
       </c>
       <c r="D164" s="19">
         <v>0</v>
       </c>
-      <c r="E164" s="20" t="s">
-        <v>26</v>
+      <c r="E164" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A165" s="17" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B165" s="18" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C165" s="19">
         <v>39673.050000000003</v>
       </c>
       <c r="D165" s="19">
         <v>0</v>
       </c>
-      <c r="E165" s="22" t="s">
-        <v>26</v>
+      <c r="E165" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A166" s="17" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B166" s="18" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C166" s="19">
         <v>91778.77</v>
       </c>
       <c r="D166" s="19">
         <v>0</v>
       </c>
-      <c r="E166" s="20" t="s">
-        <v>26</v>
+      <c r="E166" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A167" s="17" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B167" s="18" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C167" s="19">
         <v>32381.56</v>
       </c>
       <c r="D167" s="19">
         <v>0</v>
       </c>
-      <c r="E167" s="22" t="s">
-        <v>26</v>
+      <c r="E167" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A168" s="17" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="B168" s="18" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C168" s="19">
         <v>48734.26</v>
       </c>
       <c r="D168" s="19">
         <v>0</v>
       </c>
-      <c r="E168" s="20" t="s">
-        <v>26</v>
+      <c r="E168" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A169" s="17" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="B169" s="18" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="C169" s="19">
         <v>79649.990000000005</v>
       </c>
       <c r="D169" s="19">
         <v>0</v>
       </c>
-      <c r="E169" s="22" t="s">
-        <v>26</v>
+      <c r="E169" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A170" s="17" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="B170" s="18" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="C170" s="19">
         <v>167438.93</v>
       </c>
       <c r="D170" s="19">
         <v>0</v>
       </c>
-      <c r="E170" s="20" t="s">
-        <v>26</v>
+      <c r="E170" s="20">
+        <v>5023.17</v>
       </c>
     </row>
     <row r="171" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A171" s="17" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="B171" s="18" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C171" s="19">
         <v>332532.12</v>
       </c>
       <c r="D171" s="19">
         <v>0</v>
       </c>
-      <c r="E171" s="22" t="s">
-        <v>26</v>
+      <c r="E171" s="20">
+        <v>36811.31</v>
       </c>
     </row>
     <row r="172" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A172" s="17" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B172" s="18" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C172" s="19">
         <v>89303.99</v>
       </c>
       <c r="D172" s="19">
         <v>0</v>
       </c>
-      <c r="E172" s="20" t="s">
-        <v>26</v>
+      <c r="E172" s="20">
+        <v>6929.99</v>
       </c>
     </row>
     <row r="173" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A173" s="17" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B173" s="18" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="C173" s="19">
         <v>49236.82</v>
       </c>
       <c r="D173" s="19">
         <v>0</v>
       </c>
-      <c r="E173" s="22" t="s">
-        <v>26</v>
+      <c r="E173" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A174" s="17" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="B174" s="18" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C174" s="19">
         <v>293381.7</v>
       </c>
       <c r="D174" s="19">
         <v>0</v>
       </c>
-      <c r="E174" s="20" t="s">
-        <v>26</v>
+      <c r="E174" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A175" s="17" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B175" s="18" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C175" s="19">
         <v>1540134.46</v>
       </c>
       <c r="D175" s="19">
         <v>0</v>
       </c>
-      <c r="E175" s="22" t="s">
-        <v>26</v>
+      <c r="E175" s="20">
+        <v>39490.480000000003</v>
       </c>
     </row>
     <row r="176" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A176" s="17" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B176" s="18" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C176" s="19">
         <v>37249.33</v>
       </c>
       <c r="D176" s="19">
         <v>0</v>
       </c>
-      <c r="E176" s="20" t="s">
-        <v>26</v>
+      <c r="E176" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A177" s="17" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B177" s="18" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C177" s="19">
         <v>982038.6</v>
       </c>
       <c r="D177" s="19">
         <v>25644.63</v>
       </c>
-      <c r="E177" s="22" t="s">
-        <v>26</v>
+      <c r="E177" s="20">
+        <v>76610.64</v>
       </c>
     </row>
     <row r="178" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A178" s="17" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B178" s="18" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C178" s="19">
         <v>77890.83</v>
       </c>
       <c r="D178" s="19">
         <v>0</v>
       </c>
-      <c r="E178" s="20" t="s">
-        <v>26</v>
+      <c r="E178" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A179" s="17" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B179" s="18" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C179" s="19">
         <v>38503.79</v>
       </c>
       <c r="D179" s="19">
         <v>0</v>
       </c>
-      <c r="E179" s="22" t="s">
-        <v>26</v>
+      <c r="E179" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A180" s="28" t="s">
-        <v>381</v>
+      <c r="A180" s="26" t="s">
+        <v>379</v>
       </c>
       <c r="B180" s="18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C180" s="19">
         <v>98569.12</v>
       </c>
       <c r="D180" s="19">
         <v>0</v>
       </c>
-      <c r="E180" s="20" t="s">
-        <v>26</v>
+      <c r="E180" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A181" s="17" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B181" s="18" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C181" s="19">
         <v>93089.62</v>
       </c>
       <c r="D181" s="19">
         <v>0</v>
       </c>
-      <c r="E181" s="22" t="s">
-        <v>26</v>
+      <c r="E181" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A182" s="17" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B182" s="18" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C182" s="19">
         <v>295888.13</v>
       </c>
       <c r="D182" s="19">
         <v>0</v>
       </c>
-      <c r="E182" s="20" t="s">
-        <v>26</v>
+      <c r="E182" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A183" s="17" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B183" s="18" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C183" s="19">
         <v>127764.08</v>
       </c>
       <c r="D183" s="19">
         <v>0</v>
       </c>
-      <c r="E183" s="22" t="s">
-        <v>26</v>
+      <c r="E183" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A184" s="17" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B184" s="18" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="C184" s="19">
         <v>126529.05</v>
       </c>
       <c r="D184" s="19">
         <v>0</v>
       </c>
-      <c r="E184" s="20" t="s">
-        <v>26</v>
+      <c r="E184" s="20">
+        <v>20333.22</v>
       </c>
     </row>
     <row r="185" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A185" s="17" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B185" s="18" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C185" s="19">
         <v>62521.59</v>
       </c>
       <c r="D185" s="19">
         <v>0</v>
       </c>
-      <c r="E185" s="22" t="s">
-        <v>26</v>
+      <c r="E185" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A186" s="17" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B186" s="18" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="C186" s="19">
         <v>123722.25</v>
       </c>
       <c r="D186" s="19">
         <v>0</v>
       </c>
-      <c r="E186" s="20" t="s">
-        <v>26</v>
+      <c r="E186" s="20">
+        <v>12706.28</v>
       </c>
     </row>
     <row r="187" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A187" s="17" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B187" s="18" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="C187" s="19">
         <v>71410.05</v>
       </c>
       <c r="D187" s="19">
         <v>0</v>
       </c>
-      <c r="E187" s="22" t="s">
-        <v>26</v>
+      <c r="E187" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A188" s="17" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B188" s="18" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="C188" s="19">
         <v>62224.94</v>
       </c>
       <c r="D188" s="19">
         <v>0</v>
       </c>
-      <c r="E188" s="20" t="s">
-        <v>26</v>
+      <c r="E188" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A189" s="17" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B189" s="18" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C189" s="19">
         <v>29178.38</v>
       </c>
       <c r="D189" s="19">
         <v>0</v>
       </c>
-      <c r="E189" s="22" t="s">
-        <v>26</v>
+      <c r="E189" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A190" s="17" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B190" s="18" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="C190" s="19">
         <v>58192.85</v>
       </c>
       <c r="D190" s="19">
         <v>0</v>
       </c>
-      <c r="E190" s="20" t="s">
-        <v>26</v>
+      <c r="E190" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A191" s="17" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B191" s="18" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C191" s="19">
         <v>185471.4</v>
       </c>
       <c r="D191" s="19">
         <v>0</v>
       </c>
-      <c r="E191" s="22" t="s">
-        <v>26</v>
+      <c r="E191" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A192" s="17" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B192" s="18" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C192" s="19">
         <v>503027.08</v>
       </c>
       <c r="D192" s="19">
         <v>0</v>
       </c>
-      <c r="E192" s="20" t="s">
-        <v>26</v>
+      <c r="E192" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A193" s="17" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B193" s="18" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C193" s="19">
         <v>71015.47</v>
       </c>
       <c r="D193" s="19">
         <v>0</v>
       </c>
-      <c r="E193" s="22" t="s">
-        <v>26</v>
+      <c r="E193" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A194" s="17" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B194" s="18" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C194" s="19">
         <v>70067.649999999994</v>
       </c>
       <c r="D194" s="19">
         <v>0</v>
       </c>
-      <c r="E194" s="20" t="s">
-        <v>26</v>
+      <c r="E194" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A195" s="17" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B195" s="18" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C195" s="19">
         <v>1066261.53</v>
       </c>
       <c r="D195" s="19">
         <v>0</v>
       </c>
-      <c r="E195" s="22" t="s">
-        <v>26</v>
+      <c r="E195" s="20">
+        <v>15939.55</v>
       </c>
     </row>
     <row r="196" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A196" s="17" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B196" s="18" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C196" s="19">
         <v>62373.67</v>
       </c>
       <c r="D196" s="19">
         <v>0</v>
       </c>
-      <c r="E196" s="20" t="s">
-        <v>26</v>
+      <c r="E196" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A197" s="17" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B197" s="18" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="C197" s="19">
         <v>172183.55</v>
       </c>
       <c r="D197" s="19">
         <v>0</v>
       </c>
-      <c r="E197" s="22" t="s">
-        <v>26</v>
+      <c r="E197" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A198" s="17" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B198" s="18" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C198" s="19">
         <v>116545.58</v>
       </c>
       <c r="D198" s="19">
         <v>0</v>
       </c>
-      <c r="E198" s="20" t="s">
-        <v>26</v>
+      <c r="E198" s="20">
+        <v>9043.94</v>
       </c>
     </row>
     <row r="199" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A199" s="17" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B199" s="18" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="C199" s="19">
         <v>91743.53</v>
       </c>
       <c r="D199" s="19">
         <v>0</v>
       </c>
-      <c r="E199" s="22" t="s">
-        <v>26</v>
+      <c r="E199" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A200" s="17" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B200" s="18" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C200" s="19">
         <v>88844.88</v>
       </c>
       <c r="D200" s="19">
         <v>0</v>
       </c>
-      <c r="E200" s="20" t="s">
-        <v>26</v>
+      <c r="E200" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A201" s="17" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B201" s="18" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C201" s="19">
         <v>592789.97</v>
       </c>
       <c r="D201" s="19">
         <v>0</v>
       </c>
-      <c r="E201" s="22" t="s">
-        <v>26</v>
+      <c r="E201" s="20">
+        <v>14025.68</v>
       </c>
     </row>
     <row r="202" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A202" s="17" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B202" s="18" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="C202" s="19">
         <v>154273.82999999999</v>
       </c>
       <c r="D202" s="19">
         <v>0</v>
       </c>
-      <c r="E202" s="20" t="s">
-        <v>26</v>
+      <c r="E202" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A203" s="17" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B203" s="18" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C203" s="19">
         <v>56660.65</v>
       </c>
       <c r="D203" s="19">
         <v>0</v>
       </c>
-      <c r="E203" s="22" t="s">
-        <v>26</v>
+      <c r="E203" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A204" s="17" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B204" s="18" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="C204" s="19">
         <v>129463.42</v>
       </c>
       <c r="D204" s="19">
         <v>0</v>
       </c>
-      <c r="E204" s="20" t="s">
-        <v>26</v>
+      <c r="E204" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A205" s="17" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B205" s="18" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C205" s="19">
         <v>179832.95</v>
       </c>
       <c r="D205" s="19">
         <v>0</v>
       </c>
-      <c r="E205" s="22" t="s">
-        <v>26</v>
+      <c r="E205" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A206" s="17" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B206" s="18" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C206" s="19">
         <v>89527.79</v>
       </c>
       <c r="D206" s="19">
         <v>0</v>
       </c>
-      <c r="E206" s="20" t="s">
-        <v>26</v>
+      <c r="E206" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A207" s="17" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B207" s="18" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="C207" s="19">
         <v>62495.4</v>
       </c>
       <c r="D207" s="19">
         <v>0</v>
       </c>
-      <c r="E207" s="22" t="s">
-        <v>26</v>
+      <c r="E207" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A208" s="17" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="B208" s="18" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C208" s="19">
         <v>61054.42</v>
       </c>
       <c r="D208" s="19">
         <v>0</v>
       </c>
-      <c r="E208" s="20" t="s">
-        <v>26</v>
+      <c r="E208" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A209" s="17" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B209" s="18" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="C209" s="19">
         <v>58886.04</v>
       </c>
       <c r="D209" s="19">
         <v>0</v>
       </c>
-      <c r="E209" s="22" t="s">
-        <v>26</v>
+      <c r="E209" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A210" s="17" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B210" s="18" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C210" s="19">
         <v>92801.93</v>
       </c>
       <c r="D210" s="19">
         <v>0</v>
       </c>
-      <c r="E210" s="20" t="s">
-        <v>26</v>
+      <c r="E210" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A211" s="17" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B211" s="18" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C211" s="19">
         <v>300708.55</v>
       </c>
       <c r="D211" s="19">
         <v>0</v>
       </c>
-      <c r="E211" s="22" t="s">
-        <v>26</v>
+      <c r="E211" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A212" s="17" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B212" s="18" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C212" s="19">
         <v>79886.39</v>
       </c>
       <c r="D212" s="19">
         <v>0</v>
       </c>
-      <c r="E212" s="20" t="s">
-        <v>26</v>
+      <c r="E212" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A213" s="17" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="B213" s="18" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="C213" s="19">
         <v>80900.78</v>
       </c>
       <c r="D213" s="19">
         <v>0</v>
       </c>
-      <c r="E213" s="22" t="s">
-        <v>26</v>
+      <c r="E213" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A214" s="17" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="B214" s="18" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C214" s="19">
         <v>68146.97</v>
       </c>
       <c r="D214" s="19">
         <v>0</v>
       </c>
-      <c r="E214" s="20" t="s">
-        <v>26</v>
+      <c r="E214" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A215" s="17" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B215" s="18" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C215" s="19">
         <v>79821.45</v>
       </c>
       <c r="D215" s="19">
         <v>0</v>
       </c>
-      <c r="E215" s="22" t="s">
-        <v>26</v>
+      <c r="E215" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A216" s="17" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B216" s="18" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C216" s="19">
         <v>168845.05</v>
       </c>
       <c r="D216" s="19">
         <v>0</v>
       </c>
-      <c r="E216" s="20" t="s">
-        <v>26</v>
+      <c r="E216" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A217" s="17" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="B217" s="18" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C217" s="19">
         <v>172618.98</v>
       </c>
       <c r="D217" s="19">
         <v>0</v>
       </c>
-      <c r="E217" s="22" t="s">
-        <v>26</v>
+      <c r="E217" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A218" s="17" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="B218" s="18" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C218" s="19">
         <v>420765.72</v>
       </c>
       <c r="D218" s="19">
         <v>0</v>
       </c>
-      <c r="E218" s="20" t="s">
-        <v>26</v>
+      <c r="E218" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A219" s="17" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B219" s="18" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C219" s="19">
         <v>54773.37</v>
       </c>
       <c r="D219" s="19">
         <v>0</v>
       </c>
-      <c r="E219" s="22" t="s">
-        <v>26</v>
+      <c r="E219" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A220" s="17" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="B220" s="18" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="C220" s="19">
         <v>154621.84</v>
       </c>
       <c r="D220" s="19">
         <v>0</v>
       </c>
-      <c r="E220" s="20" t="s">
-        <v>26</v>
+      <c r="E220" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A221" s="17" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B221" s="18" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="C221" s="19">
         <v>39343.160000000003</v>
       </c>
       <c r="D221" s="19">
         <v>0</v>
       </c>
-      <c r="E221" s="22" t="s">
-        <v>26</v>
+      <c r="E221" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A222" s="17" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B222" s="18" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="C222" s="19"/>
       <c r="D222" s="19"/>
-      <c r="E222" s="20" t="s">
-        <v>26</v>
+      <c r="E222" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A223" s="17" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B223" s="18" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C223" s="19">
         <v>142655.07999999999</v>
       </c>
       <c r="D223" s="19">
         <v>0</v>
       </c>
-      <c r="E223" s="22" t="s">
-        <v>26</v>
+      <c r="E223" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A224" s="17" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B224" s="18" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C224" s="19">
         <v>455749.36</v>
       </c>
       <c r="D224" s="19">
         <v>0</v>
       </c>
-      <c r="E224" s="20" t="s">
-        <v>26</v>
+      <c r="E224" s="20">
+        <v>29395.83</v>
       </c>
     </row>
     <row r="225" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A225" s="17" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B225" s="18" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C225" s="19">
         <v>1475785.61</v>
       </c>
       <c r="D225" s="19">
         <v>0</v>
       </c>
-      <c r="E225" s="22" t="s">
-        <v>26</v>
+      <c r="E225" s="20">
+        <v>47921.77</v>
       </c>
     </row>
     <row r="226" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A226" s="17" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B226" s="18" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C226" s="19">
         <v>84330.15</v>
       </c>
       <c r="D226" s="19">
         <v>0</v>
       </c>
-      <c r="E226" s="20" t="s">
-        <v>26</v>
+      <c r="E226" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A227" s="17" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B227" s="18" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C227" s="19">
         <v>29195.01</v>
       </c>
       <c r="D227" s="19">
         <v>0</v>
       </c>
-      <c r="E227" s="22" t="s">
-        <v>26</v>
+      <c r="E227" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A228" s="17" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="B228" s="18" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C228" s="19">
         <v>99117.7</v>
       </c>
       <c r="D228" s="19">
         <v>0</v>
       </c>
-      <c r="E228" s="20" t="s">
-        <v>26</v>
+      <c r="E228" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A229" s="17" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B229" s="18" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C229" s="19">
         <v>112429.64</v>
       </c>
       <c r="D229" s="19">
         <v>0</v>
       </c>
-      <c r="E229" s="22" t="s">
-        <v>26</v>
+      <c r="E229" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A230" s="17" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B230" s="18" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C230" s="19">
         <v>143916.31</v>
       </c>
       <c r="D230" s="19">
         <v>0</v>
       </c>
-      <c r="E230" s="20" t="s">
-        <v>26</v>
+      <c r="E230" s="20">
+        <v>21774.54</v>
       </c>
     </row>
     <row r="231" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A231" s="17" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B231" s="18" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C231" s="19">
         <v>453691.77</v>
       </c>
       <c r="D231" s="19">
         <v>0</v>
       </c>
-      <c r="E231" s="22" t="s">
-        <v>26</v>
+      <c r="E231" s="20">
+        <v>25283.59</v>
       </c>
     </row>
     <row r="232" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A232" s="17" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B232" s="18" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C232" s="19">
         <v>94368.74</v>
       </c>
       <c r="D232" s="19">
         <v>0</v>
       </c>
-      <c r="E232" s="20" t="s">
-        <v>26</v>
+      <c r="E232" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A233" s="17" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B233" s="18" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C233" s="19">
         <v>77133.119999999995</v>
       </c>
       <c r="D233" s="19">
         <v>0</v>
       </c>
-      <c r="E233" s="22" t="s">
-        <v>26</v>
+      <c r="E233" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A234" s="17" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="B234" s="18" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C234" s="19">
         <v>215282.1</v>
       </c>
       <c r="D234" s="19">
         <v>0</v>
       </c>
-      <c r="E234" s="20" t="s">
-        <v>26</v>
+      <c r="E234" s="20">
+        <v>40279.279999999999</v>
       </c>
     </row>
     <row r="235" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A235" s="17" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B235" s="18" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C235" s="19">
         <v>289807.56</v>
       </c>
       <c r="D235" s="19">
         <v>0</v>
       </c>
-      <c r="E235" s="22" t="s">
-        <v>26</v>
+      <c r="E235" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A236" s="17" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="B236" s="18" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C236" s="19">
         <v>319135.90999999997</v>
       </c>
       <c r="D236" s="19">
         <v>0</v>
       </c>
-      <c r="E236" s="20" t="s">
-        <v>26</v>
+      <c r="E236" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A237" s="17" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B237" s="18" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="C237" s="19">
         <v>41455.08</v>
       </c>
       <c r="D237" s="19">
         <v>0</v>
       </c>
-      <c r="E237" s="22" t="s">
-        <v>26</v>
+      <c r="E237" s="20">
+        <v>9642.4500000000007</v>
       </c>
     </row>
     <row r="238" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A238" s="17" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="B238" s="18" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="C238" s="19">
         <v>114778.17</v>
       </c>
       <c r="D238" s="19">
         <v>0</v>
       </c>
-      <c r="E238" s="20" t="s">
-        <v>26</v>
+      <c r="E238" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A239" s="17" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="B239" s="18" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="C239" s="19">
         <v>79102.44</v>
       </c>
       <c r="D239" s="19">
         <v>0</v>
       </c>
-      <c r="E239" s="22" t="s">
-        <v>26</v>
+      <c r="E239" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A240" s="17" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="B240" s="18" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="C240" s="19">
         <v>95186.48</v>
       </c>
       <c r="D240" s="19">
         <v>0</v>
       </c>
-      <c r="E240" s="20" t="s">
-        <v>26</v>
+      <c r="E240" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A241" s="17" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B241" s="18" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="C241" s="19">
         <v>177982.52</v>
       </c>
       <c r="D241" s="19">
         <v>0</v>
       </c>
-      <c r="E241" s="22" t="s">
-        <v>26</v>
+      <c r="E241" s="20">
+        <v>43748.1</v>
       </c>
     </row>
     <row r="242" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A242" s="17" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B242" s="18" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C242" s="19">
         <v>85087.9</v>
       </c>
       <c r="D242" s="19">
         <v>0</v>
       </c>
-      <c r="E242" s="20" t="s">
-        <v>26</v>
+      <c r="E242" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A243" s="17" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B243" s="18" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="C243" s="19">
         <v>74268.11</v>
       </c>
       <c r="D243" s="19">
         <v>0</v>
       </c>
-      <c r="E243" s="22" t="s">
-        <v>26</v>
+      <c r="E243" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A244" s="17" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B244" s="18" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="C244" s="19">
         <v>44752.63</v>
       </c>
       <c r="D244" s="19">
         <v>0</v>
       </c>
-      <c r="E244" s="20" t="s">
-        <v>26</v>
+      <c r="E244" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A245" s="17" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B245" s="18" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C245" s="19">
         <v>64394.67</v>
       </c>
       <c r="D245" s="19">
         <v>0</v>
       </c>
-      <c r="E245" s="22" t="s">
-        <v>26</v>
+      <c r="E245" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A246" s="17" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B246" s="18" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C246" s="19">
         <v>201326.82</v>
       </c>
       <c r="D246" s="19">
         <v>0</v>
       </c>
-      <c r="E246" s="20" t="s">
-        <v>26</v>
+      <c r="E246" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A247" s="17" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="B247" s="18" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C247" s="19">
         <v>85924.62</v>
       </c>
       <c r="D247" s="19">
         <v>0</v>
       </c>
-      <c r="E247" s="22" t="s">
-        <v>26</v>
+      <c r="E247" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A248" s="17" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="B248" s="18" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C248" s="19">
         <v>43391.83</v>
       </c>
       <c r="D248" s="19">
         <v>0</v>
       </c>
-      <c r="E248" s="20" t="s">
-        <v>26</v>
+      <c r="E248" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A249" s="17" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B249" s="18" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C249" s="19">
         <v>183816.92</v>
       </c>
       <c r="D249" s="19">
         <v>0</v>
       </c>
-      <c r="E249" s="22" t="s">
-        <v>26</v>
+      <c r="E249" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A250" s="17" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="B250" s="18" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="C250" s="19">
         <v>192621.98</v>
       </c>
       <c r="D250" s="19">
         <v>0</v>
       </c>
-      <c r="E250" s="20" t="s">
-        <v>26</v>
+      <c r="E250" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A251" s="17" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B251" s="18" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C251" s="19">
         <v>200989.98</v>
       </c>
       <c r="D251" s="19">
         <v>0</v>
       </c>
-      <c r="E251" s="22" t="s">
-        <v>26</v>
+      <c r="E251" s="20">
+        <v>19114.150000000001</v>
       </c>
     </row>
     <row r="252" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A252" s="17" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="B252" s="18" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="C252" s="19">
         <v>254885.04</v>
       </c>
       <c r="D252" s="19">
         <v>0</v>
       </c>
-      <c r="E252" s="20" t="s">
-        <v>26</v>
+      <c r="E252" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A253" s="17" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="B253" s="18" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="C253" s="19">
         <v>146690.67000000001</v>
       </c>
       <c r="D253" s="19">
         <v>0</v>
       </c>
-      <c r="E253" s="22" t="s">
-        <v>26</v>
+      <c r="E253" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A254" s="17" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="B254" s="18" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="C254" s="19">
         <v>82056.58</v>
       </c>
       <c r="D254" s="19">
         <v>0</v>
       </c>
-      <c r="E254" s="20" t="s">
-        <v>26</v>
+      <c r="E254" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A255" s="17" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="B255" s="18" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C255" s="19">
         <v>113746.93</v>
       </c>
       <c r="D255" s="19">
         <v>0</v>
       </c>
-      <c r="E255" s="22" t="s">
-        <v>26</v>
+      <c r="E255" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A256" s="17" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="B256" s="18" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C256" s="19">
         <v>222588.21</v>
       </c>
       <c r="D256" s="19">
         <v>0</v>
       </c>
-      <c r="E256" s="20" t="s">
-        <v>26</v>
+      <c r="E256" s="20">
+        <v>23349.5</v>
       </c>
     </row>
     <row r="257" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A257" s="17" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="B257" s="18" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="C257" s="19">
         <v>98394.01</v>
       </c>
       <c r="D257" s="19">
         <v>13195.7</v>
       </c>
-      <c r="E257" s="22" t="s">
-        <v>26</v>
+      <c r="E257" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A258" s="17" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="B258" s="18" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="C258" s="19">
         <v>5386001.5199999996</v>
       </c>
       <c r="D258" s="19">
         <v>119218.88</v>
       </c>
-      <c r="E258" s="20" t="s">
-        <v>26</v>
+      <c r="E258" s="20">
+        <v>245811.67</v>
       </c>
     </row>
     <row r="259" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A259" s="17" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="B259" s="18" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="C259" s="19">
         <v>30375.35</v>
       </c>
       <c r="D259" s="19">
         <v>0</v>
       </c>
-      <c r="E259" s="22" t="s">
-        <v>26</v>
+      <c r="E259" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A260" s="17" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="B260" s="18" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="C260" s="19">
         <v>172128.12</v>
       </c>
       <c r="D260" s="19">
         <v>0</v>
       </c>
-      <c r="E260" s="20" t="s">
-        <v>26</v>
+      <c r="E260" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A261" s="17" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="B261" s="18" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="C261" s="19">
         <v>67987.350000000006</v>
       </c>
       <c r="D261" s="19">
         <v>0</v>
       </c>
-      <c r="E261" s="22" t="s">
-        <v>26</v>
+      <c r="E261" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A262" s="17" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="B262" s="18" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C262" s="19">
         <v>121126.25</v>
       </c>
       <c r="D262" s="19">
         <v>0</v>
       </c>
-      <c r="E262" s="20" t="s">
-        <v>26</v>
+      <c r="E262" s="20">
+        <v>24104.12</v>
       </c>
     </row>
     <row r="263" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A263" s="17" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="B263" s="18" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="C263" s="19">
         <v>58949.63</v>
       </c>
       <c r="D263" s="19">
         <v>0</v>
       </c>
-      <c r="E263" s="22" t="s">
-        <v>26</v>
+      <c r="E263" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A264" s="17" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="B264" s="18" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="C264" s="19">
         <v>414808.75</v>
       </c>
       <c r="D264" s="19">
         <v>0</v>
       </c>
-      <c r="E264" s="20" t="s">
-        <v>26</v>
+      <c r="E264" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A265" s="17" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="B265" s="18" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="C265" s="19">
         <v>57343.07</v>
       </c>
       <c r="D265" s="19">
         <v>0</v>
       </c>
-      <c r="E265" s="22" t="s">
-        <v>26</v>
+      <c r="E265" s="20">
+        <v>16532.009999999998</v>
       </c>
     </row>
     <row r="266" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A266" s="17" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="B266" s="18" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="C266" s="19">
         <v>882741.59</v>
       </c>
       <c r="D266" s="19">
         <v>0</v>
       </c>
-      <c r="E266" s="20" t="s">
-        <v>26</v>
+      <c r="E266" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A267" s="17" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="B267" s="18" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="C267" s="19">
         <v>157978.23000000001</v>
       </c>
       <c r="D267" s="19">
         <v>0</v>
       </c>
-      <c r="E267" s="22" t="s">
-        <v>26</v>
+      <c r="E267" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A268" s="17" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="B268" s="18" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="C268" s="19">
         <v>49612.25</v>
       </c>
       <c r="D268" s="19">
         <v>0</v>
       </c>
-      <c r="E268" s="20" t="s">
-        <v>26</v>
+      <c r="E268" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A269" s="17" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="B269" s="18" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="C269" s="19">
         <v>379453.85</v>
       </c>
       <c r="D269" s="19">
         <v>0</v>
       </c>
-      <c r="E269" s="22" t="s">
-        <v>26</v>
+      <c r="E269" s="20">
+        <v>28003.69</v>
       </c>
     </row>
     <row r="270" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A270" s="17" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="B270" s="18" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="C270" s="19">
         <v>109787.42</v>
       </c>
       <c r="D270" s="19">
         <v>0</v>
       </c>
-      <c r="E270" s="20" t="s">
-        <v>26</v>
+      <c r="E270" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A271" s="17" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="B271" s="18" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="C271" s="19">
         <v>33559.730000000003</v>
       </c>
       <c r="D271" s="19">
         <v>0</v>
       </c>
-      <c r="E271" s="22" t="s">
-        <v>26</v>
+      <c r="E271" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A272" s="17" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="B272" s="18" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="C272" s="19">
         <v>35318.449999999997</v>
       </c>
       <c r="D272" s="19">
         <v>0</v>
       </c>
-      <c r="E272" s="20" t="s">
-        <v>26</v>
+      <c r="E272" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A273" s="17" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B273" s="18" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="C273" s="19">
         <v>106136.02</v>
       </c>
       <c r="D273" s="19">
         <v>0</v>
       </c>
-      <c r="E273" s="22" t="s">
-        <v>26</v>
+      <c r="E273" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A274" s="17" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="B274" s="18" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="C274" s="19">
         <v>877118.44</v>
       </c>
       <c r="D274" s="19">
         <v>0</v>
       </c>
-      <c r="E274" s="20" t="s">
-        <v>26</v>
+      <c r="E274" s="20">
+        <v>57397.53</v>
       </c>
     </row>
     <row r="275" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A275" s="17" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="B275" s="18" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="C275" s="19">
         <v>23488.71</v>
       </c>
       <c r="D275" s="19">
         <v>0</v>
       </c>
-      <c r="E275" s="22" t="s">
-        <v>26</v>
+      <c r="E275" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A276" s="17" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="B276" s="18" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="C276" s="19">
         <v>104875.79</v>
       </c>
       <c r="D276" s="19">
         <v>0</v>
       </c>
-      <c r="E276" s="20" t="s">
-        <v>26</v>
+      <c r="E276" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A277" s="17" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="B277" s="18" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="C277" s="19">
         <v>89178.52</v>
       </c>
       <c r="D277" s="19">
         <v>0</v>
       </c>
-      <c r="E277" s="22" t="s">
-        <v>26</v>
+      <c r="E277" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A278" s="17" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="B278" s="18" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="C278" s="19">
         <v>24992.58</v>
       </c>
       <c r="D278" s="19">
         <v>0</v>
       </c>
-      <c r="E278" s="20" t="s">
-        <v>26</v>
+      <c r="E278" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A279" s="17" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B279" s="18" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="C279" s="19">
         <v>75030.89</v>
       </c>
       <c r="D279" s="19">
         <v>0</v>
       </c>
-      <c r="E279" s="22" t="s">
-        <v>26</v>
+      <c r="E279" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A280" s="17" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="B280" s="18" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C280" s="19">
         <v>79884.91</v>
       </c>
       <c r="D280" s="19">
         <v>0</v>
       </c>
-      <c r="E280" s="20" t="s">
-        <v>26</v>
+      <c r="E280" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A281" s="17" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B281" s="18" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C281" s="19">
         <v>57377.63</v>
       </c>
       <c r="D281" s="19">
         <v>0</v>
       </c>
-      <c r="E281" s="22" t="s">
-        <v>26</v>
+      <c r="E281" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A282" s="17" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="B282" s="18" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="C282" s="19">
         <v>52156.61</v>
       </c>
       <c r="D282" s="19">
         <v>0</v>
       </c>
-      <c r="E282" s="20" t="s">
-        <v>26</v>
+      <c r="E282" s="20">
+        <v>7557.49</v>
       </c>
     </row>
     <row r="283" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A283" s="17" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="B283" s="18" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="C283" s="19">
         <v>57608.25</v>
       </c>
       <c r="D283" s="19">
         <v>0</v>
       </c>
-      <c r="E283" s="22" t="s">
-        <v>26</v>
+      <c r="E283" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A284" s="17" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="B284" s="18" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="C284" s="19">
         <v>36042.29</v>
       </c>
       <c r="D284" s="19">
         <v>0</v>
       </c>
-      <c r="E284" s="20" t="s">
-        <v>26</v>
+      <c r="E284" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A285" s="17" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="B285" s="18" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="C285" s="19">
         <v>38964.239999999998</v>
       </c>
       <c r="D285" s="19">
         <v>0</v>
       </c>
-      <c r="E285" s="22" t="s">
-        <v>26</v>
+      <c r="E285" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A286" s="17" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="B286" s="18" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="C286" s="19">
         <v>88212.72</v>
       </c>
       <c r="D286" s="19">
         <v>0</v>
       </c>
-      <c r="E286" s="20" t="s">
-        <v>26</v>
+      <c r="E286" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A287" s="17" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B287" s="18" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C287" s="19">
         <v>21735.26</v>
       </c>
       <c r="D287" s="19">
         <v>0</v>
       </c>
-      <c r="E287" s="22" t="s">
-        <v>26</v>
+      <c r="E287" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A288" s="17" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="B288" s="18" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="C288" s="19">
         <v>487118.72</v>
       </c>
       <c r="D288" s="19">
         <v>0</v>
       </c>
-      <c r="E288" s="20" t="s">
-        <v>26</v>
+      <c r="E288" s="20">
+        <v>10911.46</v>
       </c>
     </row>
     <row r="289" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A289" s="17" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B289" s="18" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C289" s="19">
         <v>379426.87</v>
       </c>
       <c r="D289" s="19">
         <v>0</v>
       </c>
-      <c r="E289" s="22" t="s">
-        <v>26</v>
+      <c r="E289" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A290" s="17" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="B290" s="18" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="C290" s="19">
         <v>25976.16</v>
       </c>
       <c r="D290" s="19">
         <v>0</v>
       </c>
-      <c r="E290" s="20" t="s">
-        <v>26</v>
+      <c r="E290" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A291" s="17" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B291" s="18" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="C291" s="19">
         <v>79654.399999999994</v>
       </c>
       <c r="D291" s="19">
         <v>0</v>
       </c>
-      <c r="E291" s="22" t="s">
-        <v>26</v>
+      <c r="E291" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A292" s="17" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="B292" s="18" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C292" s="19">
         <v>251881.9</v>
       </c>
       <c r="D292" s="19">
         <v>0</v>
       </c>
-      <c r="E292" s="20" t="s">
-        <v>26</v>
+      <c r="E292" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A293" s="17" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B293" s="18" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="C293" s="19">
         <v>109989.11</v>
       </c>
       <c r="D293" s="19">
         <v>0</v>
       </c>
-      <c r="E293" s="22" t="s">
-        <v>26</v>
+      <c r="E293" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A294" s="17" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="B294" s="18" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C294" s="19">
         <v>112978.17</v>
       </c>
       <c r="D294" s="19">
         <v>0</v>
       </c>
-      <c r="E294" s="20" t="s">
-        <v>26</v>
+      <c r="E294" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A295" s="17" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="B295" s="18" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="C295" s="19">
         <v>55628.91</v>
       </c>
       <c r="D295" s="19">
         <v>0</v>
       </c>
-      <c r="E295" s="22" t="s">
-        <v>26</v>
+      <c r="E295" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A296" s="17" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="B296" s="18" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="C296" s="19">
         <v>407196.88</v>
       </c>
       <c r="D296" s="19">
         <v>0</v>
       </c>
-      <c r="E296" s="20" t="s">
-        <v>26</v>
+      <c r="E296" s="20">
+        <v>34367.42</v>
       </c>
     </row>
     <row r="297" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A297" s="17" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="B297" s="18" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="C297" s="19">
         <v>5223566.82</v>
       </c>
       <c r="D297" s="19">
         <v>0</v>
       </c>
-      <c r="E297" s="22" t="s">
-        <v>26</v>
+      <c r="E297" s="20">
+        <v>266323.69</v>
       </c>
     </row>
     <row r="298" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A298" s="17" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="B298" s="18" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="C298" s="19">
         <v>369113.19</v>
       </c>
       <c r="D298" s="19">
         <v>0</v>
       </c>
-      <c r="E298" s="20" t="s">
-        <v>26</v>
+      <c r="E298" s="20">
+        <v>664.4</v>
       </c>
     </row>
     <row r="299" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A299" s="17" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="B299" s="18" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="C299" s="19">
         <v>147191.93</v>
       </c>
       <c r="D299" s="19">
         <v>1817.18</v>
       </c>
-      <c r="E299" s="22" t="s">
-        <v>26</v>
+      <c r="E299" s="20">
+        <v>10097.370000000001</v>
       </c>
     </row>
     <row r="300" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A300" s="17" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="B300" s="18" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="C300" s="19">
         <v>202997.78</v>
       </c>
       <c r="D300" s="19">
         <v>0</v>
       </c>
-      <c r="E300" s="20" t="s">
-        <v>26</v>
+      <c r="E300" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A301" s="17" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="B301" s="18" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="C301" s="19">
         <v>373187.35</v>
       </c>
       <c r="D301" s="19">
         <v>0</v>
       </c>
-      <c r="E301" s="22" t="s">
-        <v>26</v>
+      <c r="E301" s="20">
+        <v>18174.22</v>
       </c>
     </row>
     <row r="302" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A302" s="17" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="B302" s="18" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C302" s="19">
         <v>64593.53</v>
       </c>
       <c r="D302" s="19">
         <v>0</v>
       </c>
-      <c r="E302" s="20" t="s">
-        <v>26</v>
+      <c r="E302" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A303" s="17" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="B303" s="18" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="C303" s="19">
         <v>62771.28</v>
       </c>
       <c r="D303" s="19">
         <v>0</v>
       </c>
-      <c r="E303" s="22" t="s">
-        <v>26</v>
+      <c r="E303" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A304" s="17" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="B304" s="18" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C304" s="19">
         <v>128632.37</v>
       </c>
       <c r="D304" s="19">
         <v>0</v>
       </c>
-      <c r="E304" s="20" t="s">
-        <v>26</v>
+      <c r="E304" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A305" s="17" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B305" s="18" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C305" s="19">
         <v>48776.51</v>
       </c>
       <c r="D305" s="19">
         <v>0</v>
       </c>
-      <c r="E305" s="22" t="s">
-        <v>26</v>
+      <c r="E305" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A306" s="17" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B306" s="18" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="C306" s="19">
         <v>103605.02</v>
       </c>
       <c r="D306" s="19">
         <v>0</v>
       </c>
-      <c r="E306" s="20" t="s">
-        <v>26</v>
+      <c r="E306" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A307" s="17" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="B307" s="18" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="C307" s="19">
         <v>189900.33</v>
       </c>
       <c r="D307" s="19">
         <v>0</v>
       </c>
-      <c r="E307" s="22" t="s">
-        <v>26</v>
+      <c r="E307" s="20">
+        <v>11280.08</v>
       </c>
     </row>
     <row r="308" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A308" s="17" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="B308" s="18" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="C308" s="19">
         <v>1444526.94</v>
       </c>
       <c r="D308" s="19">
         <v>0</v>
       </c>
-      <c r="E308" s="20" t="s">
-        <v>26</v>
+      <c r="E308" s="20">
+        <v>18590.849999999999</v>
       </c>
     </row>
     <row r="309" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A309" s="17" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="B309" s="18" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="C309" s="19">
         <v>86915.67</v>
       </c>
       <c r="D309" s="19">
         <v>0</v>
       </c>
-      <c r="E309" s="22" t="s">
-        <v>26</v>
+      <c r="E309" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A310" s="17" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="B310" s="18" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="C310" s="19">
         <v>89500.17</v>
       </c>
       <c r="D310" s="19">
         <v>0</v>
       </c>
-      <c r="E310" s="20" t="s">
-        <v>26</v>
+      <c r="E310" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A311" s="17" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="B311" s="18" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="C311" s="19">
         <v>72397.710000000006</v>
       </c>
       <c r="D311" s="19">
         <v>0</v>
       </c>
-      <c r="E311" s="22" t="s">
-        <v>26</v>
+      <c r="E311" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A312" s="17" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="B312" s="18" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="C312" s="19">
         <v>295608.59999999998</v>
       </c>
       <c r="D312" s="19">
         <v>0</v>
       </c>
-      <c r="E312" s="20" t="s">
-        <v>26</v>
+      <c r="E312" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A313" s="17" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="B313" s="18" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="C313" s="19">
         <v>94638.8</v>
       </c>
       <c r="D313" s="19">
         <v>0</v>
       </c>
-      <c r="E313" s="22" t="s">
-        <v>26</v>
+      <c r="E313" s="20">
+        <v>10183.129999999999</v>
       </c>
     </row>
     <row r="314" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A314" s="17" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="B314" s="18" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="C314" s="19">
         <v>86883.199999999997</v>
       </c>
       <c r="D314" s="19">
         <v>0</v>
       </c>
-      <c r="E314" s="20" t="s">
-        <v>26</v>
+      <c r="E314" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A315" s="17" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="B315" s="18" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="C315" s="19">
         <v>156399.35999999999</v>
       </c>
       <c r="D315" s="19">
         <v>0</v>
       </c>
-      <c r="E315" s="22" t="s">
-        <v>26</v>
+      <c r="E315" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A316" s="17" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="B316" s="18" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="C316" s="19">
         <v>140388.41</v>
       </c>
       <c r="D316" s="19">
         <v>0</v>
       </c>
-      <c r="E316" s="20" t="s">
-        <v>26</v>
+      <c r="E316" s="20">
+        <v>8507.5400000000009</v>
       </c>
     </row>
     <row r="317" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A317" s="17" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B317" s="18" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="C317" s="19">
         <v>313172.86</v>
       </c>
       <c r="D317" s="19">
         <v>0</v>
       </c>
-      <c r="E317" s="22" t="s">
-        <v>26</v>
+      <c r="E317" s="20">
+        <v>42184.38</v>
       </c>
     </row>
     <row r="318" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A318" s="17" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B318" s="18" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C318" s="19">
         <v>68850.14</v>
       </c>
       <c r="D318" s="19">
         <v>0</v>
       </c>
-      <c r="E318" s="20" t="s">
-        <v>26</v>
+      <c r="E318" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A319" s="17" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B319" s="18" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="C319" s="19">
         <v>43003.72</v>
       </c>
       <c r="D319" s="19">
         <v>0</v>
       </c>
-      <c r="E319" s="22" t="s">
-        <v>26</v>
+      <c r="E319" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A320" s="17" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B320" s="18" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C320" s="19">
         <v>93804.43</v>
       </c>
       <c r="D320" s="19">
         <v>0</v>
       </c>
-      <c r="E320" s="20" t="s">
-        <v>26</v>
+      <c r="E320" s="20">
+        <v>7607.54</v>
       </c>
     </row>
     <row r="321" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A321" s="17" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="B321" s="18" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="C321" s="19">
         <v>83025.33</v>
       </c>
       <c r="D321" s="19">
         <v>0</v>
       </c>
-      <c r="E321" s="22" t="s">
-        <v>26</v>
+      <c r="E321" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A322" s="23" t="s">
-[...3 lines deleted...]
-        <v>666</v>
+      <c r="A322" s="22" t="s">
+        <v>663</v>
+      </c>
+      <c r="B322" s="23" t="s">
+        <v>664</v>
       </c>
       <c r="C322" s="19">
         <v>74119.429999999993</v>
       </c>
       <c r="D322" s="19">
         <v>0</v>
       </c>
-      <c r="E322" s="20" t="s">
-        <v>26</v>
+      <c r="E322" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A323" s="17" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="B323" s="18" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="C323" s="19">
         <v>165965.04999999999</v>
       </c>
       <c r="D323" s="19">
         <v>0</v>
       </c>
-      <c r="E323" s="22" t="s">
-        <v>26</v>
+      <c r="E323" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A324" s="17" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="B324" s="18" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="C324" s="19">
         <v>77061.55</v>
       </c>
       <c r="D324" s="19">
         <v>0</v>
       </c>
-      <c r="E324" s="20" t="s">
-        <v>26</v>
+      <c r="E324" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A325" s="17" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="B325" s="18" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="C325" s="29">
+        <v>670</v>
+      </c>
+      <c r="C325" s="27">
         <v>98247.33</v>
       </c>
       <c r="D325" s="19">
         <v>0</v>
       </c>
-      <c r="E325" s="22" t="s">
-        <v>26</v>
+      <c r="E325" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A326" s="17" t="s">
+        <v>671</v>
+      </c>
+      <c r="B326" s="18" t="s">
+        <v>672</v>
+      </c>
+      <c r="C326" s="27">
+        <v>51416.04</v>
+      </c>
+      <c r="D326" s="19">
+        <v>0</v>
+      </c>
+      <c r="E326" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A327" s="26" t="s">
         <v>673</v>
       </c>
-      <c r="B326" s="18" t="s">
+      <c r="B327" s="18" t="s">
         <v>674</v>
       </c>
-      <c r="C326" s="29">
-[...10 lines deleted...]
-      <c r="A327" s="28" t="s">
+      <c r="C327" s="27">
+        <v>29505.89</v>
+      </c>
+      <c r="D327" s="19">
+        <v>0</v>
+      </c>
+      <c r="E327" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A328" s="26" t="s">
         <v>675</v>
       </c>
-      <c r="B327" s="18" t="s">
+      <c r="B328" s="18" t="s">
         <v>676</v>
       </c>
-      <c r="C327" s="29">
-[...16 lines deleted...]
-      <c r="C328" s="29">
+      <c r="C328" s="27">
         <v>81370.09</v>
       </c>
       <c r="D328" s="19">
         <v>0</v>
       </c>
-      <c r="E328" s="20" t="s">
-        <v>26</v>
+      <c r="E328" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="A329" s="17">
         <v>82250000</v>
       </c>
       <c r="B329" s="18" t="s">
+        <v>677</v>
+      </c>
+      <c r="C329" s="27">
+        <v>85222.2</v>
+      </c>
+      <c r="D329" s="19">
+        <v>0</v>
+      </c>
+      <c r="E329" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A330" s="26" t="s">
+        <v>678</v>
+      </c>
+      <c r="B330" s="18" t="s">
         <v>679</v>
       </c>
-      <c r="C329" s="29">
-[...10 lines deleted...]
-      <c r="A330" s="28" t="s">
+      <c r="C330" s="27">
+        <v>30763.57</v>
+      </c>
+      <c r="D330" s="19">
+        <v>0</v>
+      </c>
+      <c r="E330" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A331" s="26" t="s">
         <v>680</v>
       </c>
-      <c r="B330" s="18" t="s">
+      <c r="B331" s="18" t="s">
         <v>681</v>
       </c>
-      <c r="C330" s="29">
-[...16 lines deleted...]
-      <c r="C331" s="29">
+      <c r="C331" s="27">
         <v>42493.87</v>
       </c>
       <c r="D331" s="19">
         <v>0</v>
       </c>
-      <c r="E331" s="22" t="s">
-        <v>26</v>
+      <c r="E331" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="A332" s="17">
         <v>86000000</v>
       </c>
       <c r="B332" s="18" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="C332" s="29">
+        <v>682</v>
+      </c>
+      <c r="C332" s="27">
         <v>35770.97</v>
       </c>
       <c r="D332" s="19">
         <v>0</v>
       </c>
-      <c r="E332" s="20" t="s">
-        <v>26</v>
+      <c r="E332" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="A333" s="17">
         <v>86250000</v>
       </c>
       <c r="B333" s="18" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="C333" s="29">
+        <v>683</v>
+      </c>
+      <c r="C333" s="27">
         <v>65498.07</v>
       </c>
       <c r="D333" s="19">
         <v>0</v>
       </c>
-      <c r="E333" s="22" t="s">
-        <v>26</v>
+      <c r="E333" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E334" s="1"/>
     </row>
     <row r="335" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E335" s="1"/>
     </row>
     <row r="336" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E336" s="1"/>
     </row>
     <row r="337" spans="3:5" ht="14" x14ac:dyDescent="0.3">
-      <c r="C337" s="30"/>
+      <c r="C337" s="28"/>
       <c r="E337" s="1"/>
     </row>
     <row r="338" spans="3:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E338" s="1"/>
     </row>
     <row r="339" spans="3:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E339" s="1"/>
     </row>
     <row r="340" spans="3:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E340" s="1"/>
     </row>
     <row r="341" spans="3:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E341" s="1"/>
     </row>
     <row r="342" spans="3:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E342" s="1"/>
     </row>
     <row r="343" spans="3:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E343" s="1"/>
     </row>
     <row r="344" spans="3:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E344" s="1"/>
     </row>
     <row r="345" spans="3:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E345" s="1"/>
@@ -37951,6310 +38061,6069 @@
     </row>
     <row r="644" spans="5:5" ht="14" x14ac:dyDescent="0.3">
       <c r="E644" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="portrait"/>
   <tableParts count="8">
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
     <tablePart r:id="rId7"/>
     <tablePart r:id="rId8"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00FF00"/>
   </sheetPr>
-  <dimension ref="A1:P996"/>
+  <dimension ref="A1:N996"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.25" customWidth="1"/>
     <col min="2" max="2" width="20.1640625" customWidth="1"/>
     <col min="3" max="3" width="11.25" customWidth="1"/>
-    <col min="4" max="4" width="39.1640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="16" width="8.4140625" customWidth="1"/>
+    <col min="4" max="4" width="50.5" customWidth="1"/>
+    <col min="5" max="5" width="36.1640625" customWidth="1"/>
+    <col min="6" max="14" width="8.4140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B1" s="32" t="s">
+    <row r="1" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1" s="30" t="s">
+        <v>684</v>
+      </c>
+      <c r="C1" s="31" t="s">
+        <v>685</v>
+      </c>
+      <c r="D1" s="30" t="s">
         <v>686</v>
       </c>
-      <c r="C1" s="33" t="s">
+      <c r="E1" s="32" t="s">
         <v>687</v>
-      </c>
-[...4 lines deleted...]
-        <v>689</v>
       </c>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="10"/>
-      <c r="O1" s="10"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="2" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" s="35" t="s">
+        <v>688</v>
+      </c>
+      <c r="D2" s="34" t="s">
+        <v>689</v>
+      </c>
+      <c r="E2" s="36">
+        <v>5479.34</v>
       </c>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
-      <c r="O2" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="3" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="33" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" s="34" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" s="35" t="s">
+        <v>690</v>
+      </c>
+      <c r="D3" s="34" t="s">
+        <v>691</v>
+      </c>
+      <c r="E3" s="36">
+        <v>17690.61</v>
       </c>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
-      <c r="O3" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="4" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="33" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" s="34" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" s="35" t="s">
+        <v>692</v>
+      </c>
+      <c r="D4" s="34" t="s">
+        <v>693</v>
+      </c>
+      <c r="E4" s="36">
+        <v>12487.44</v>
       </c>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
-      <c r="O4" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="5" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" s="34" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" s="35" t="s">
+        <v>694</v>
+      </c>
+      <c r="D5" s="34" t="s">
+        <v>695</v>
+      </c>
+      <c r="E5" s="36">
+        <v>50887.58</v>
       </c>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
-      <c r="O5" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="6" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="34" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" s="35" t="s">
+        <v>696</v>
+      </c>
+      <c r="D6" s="34" t="s">
+        <v>697</v>
+      </c>
+      <c r="E6" s="36">
+        <v>6251.4</v>
       </c>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
-      <c r="O6" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="7" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="B7" s="34" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" s="35" t="s">
+        <v>698</v>
+      </c>
+      <c r="D7" s="34" t="s">
+        <v>699</v>
+      </c>
+      <c r="E7" s="36">
+        <v>19796.2</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
-      <c r="O7" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="8" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="33" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" s="34" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" s="35" t="s">
+        <v>700</v>
+      </c>
+      <c r="D8" s="34" t="s">
+        <v>701</v>
+      </c>
+      <c r="E8" s="36">
+        <v>8947.25</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
-      <c r="O8" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="9" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="33" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" s="34" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="35" t="s">
+        <v>702</v>
+      </c>
+      <c r="D9" s="34" t="s">
+        <v>703</v>
+      </c>
+      <c r="E9" s="36">
+        <v>3337.69</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
-      <c r="O9" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="10" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="33" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" s="34" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" s="35" t="s">
+        <v>704</v>
+      </c>
+      <c r="D10" s="34" t="s">
+        <v>705</v>
+      </c>
+      <c r="E10" s="36">
+        <v>5958.45</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
-      <c r="O10" s="1"/>
-[...9 lines deleted...]
-      <c r="C11" s="36" t="s">
+    </row>
+    <row r="11" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="33" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" s="34" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" s="35" t="s">
+        <v>706</v>
+      </c>
+      <c r="D11" s="34" t="s">
+        <v>707</v>
+      </c>
+      <c r="E11" s="37" t="s">
         <v>708</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
-      <c r="O11" s="1"/>
-[...9 lines deleted...]
-      <c r="C12" s="36" t="s">
+    </row>
+    <row r="12" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="33" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" s="34" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" s="35" t="s">
+        <v>709</v>
+      </c>
+      <c r="D12" s="34" t="s">
         <v>710</v>
       </c>
-      <c r="D12" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E12" s="36">
+        <v>11254.89</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
-      <c r="O12" s="1"/>
-[...9 lines deleted...]
-      <c r="C13" s="36" t="s">
+    </row>
+    <row r="13" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" s="34" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" s="35" t="s">
+        <v>711</v>
+      </c>
+      <c r="D13" s="34" t="s">
         <v>712</v>
       </c>
-      <c r="D13" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E13" s="36">
+        <v>4199.03</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
-      <c r="O13" s="1"/>
-[...9 lines deleted...]
-      <c r="C14" s="36" t="s">
+    </row>
+    <row r="14" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" s="34" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" s="35" t="s">
+        <v>713</v>
+      </c>
+      <c r="D14" s="34" t="s">
         <v>714</v>
       </c>
-      <c r="D14" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
-      <c r="O14" s="1"/>
-[...9 lines deleted...]
-      <c r="C15" s="36" t="s">
+    </row>
+    <row r="15" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="33" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" s="34" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" s="35" t="s">
+        <v>715</v>
+      </c>
+      <c r="D15" s="34" t="s">
         <v>716</v>
       </c>
-      <c r="D15" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E15" s="36">
+        <v>8326.24</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
-      <c r="O15" s="1"/>
-[...9 lines deleted...]
-      <c r="C16" s="36" t="s">
+    </row>
+    <row r="16" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="B16" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" s="35" t="s">
+        <v>717</v>
+      </c>
+      <c r="D16" s="34" t="s">
         <v>718</v>
       </c>
-      <c r="D16" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
-      <c r="O16" s="1"/>
-[...9 lines deleted...]
-      <c r="C17" s="36" t="s">
+    </row>
+    <row r="17" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="35" t="s">
+        <v>719</v>
+      </c>
+      <c r="D17" s="34" t="s">
         <v>720</v>
       </c>
-      <c r="D17" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
-      <c r="O17" s="1"/>
-[...9 lines deleted...]
-      <c r="C18" s="36" t="s">
+    </row>
+    <row r="18" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" s="35" t="s">
+        <v>721</v>
+      </c>
+      <c r="D18" s="34" t="s">
         <v>722</v>
       </c>
-      <c r="D18" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
-      <c r="O18" s="1"/>
-[...9 lines deleted...]
-      <c r="C19" s="36" t="s">
+    </row>
+    <row r="19" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" s="35" t="s">
+        <v>723</v>
+      </c>
+      <c r="D19" s="34" t="s">
         <v>724</v>
       </c>
-      <c r="D19" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
-      <c r="O19" s="1"/>
-[...9 lines deleted...]
-      <c r="C20" s="36" t="s">
+    </row>
+    <row r="20" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" s="35" t="s">
+        <v>725</v>
+      </c>
+      <c r="D20" s="34" t="s">
         <v>726</v>
       </c>
-      <c r="D20" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
-      <c r="O20" s="1"/>
-[...9 lines deleted...]
-      <c r="C21" s="36" t="s">
+    </row>
+    <row r="21" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="34" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="35" t="s">
+        <v>727</v>
+      </c>
+      <c r="D21" s="34" t="s">
         <v>728</v>
       </c>
-      <c r="D21" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E21" s="36">
+        <v>4979.1499999999996</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
-      <c r="O21" s="1"/>
-[...9 lines deleted...]
-      <c r="C22" s="36" t="s">
+    </row>
+    <row r="22" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" s="34" t="s">
+        <v>86</v>
+      </c>
+      <c r="C22" s="35" t="s">
+        <v>729</v>
+      </c>
+      <c r="D22" s="34" t="s">
         <v>730</v>
       </c>
-      <c r="D22" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E22" s="36">
+        <v>22904.21</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
-      <c r="O22" s="1"/>
-[...9 lines deleted...]
-      <c r="C23" s="36" t="s">
+    </row>
+    <row r="23" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="33" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="C23" s="35" t="s">
+        <v>731</v>
+      </c>
+      <c r="D23" s="34" t="s">
         <v>732</v>
       </c>
-      <c r="D23" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
-      <c r="O23" s="1"/>
-[...9 lines deleted...]
-      <c r="C24" s="36" t="s">
+    </row>
+    <row r="24" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="33" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="C24" s="35" t="s">
+        <v>733</v>
+      </c>
+      <c r="D24" s="34" t="s">
         <v>734</v>
       </c>
-      <c r="D24" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E24" s="36">
+        <v>6323.85</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
-      <c r="O24" s="1"/>
-[...9 lines deleted...]
-      <c r="C25" s="36" t="s">
+    </row>
+    <row r="25" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="33" t="s">
+        <v>87</v>
+      </c>
+      <c r="B25" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="C25" s="35" t="s">
+        <v>735</v>
+      </c>
+      <c r="D25" s="34" t="s">
         <v>736</v>
       </c>
-      <c r="D25" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
-      <c r="O25" s="1"/>
-[...9 lines deleted...]
-      <c r="C26" s="36" t="s">
+    </row>
+    <row r="26" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="33" t="s">
+        <v>87</v>
+      </c>
+      <c r="B26" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="C26" s="35" t="s">
+        <v>737</v>
+      </c>
+      <c r="D26" s="34" t="s">
         <v>738</v>
       </c>
-      <c r="D26" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
-      <c r="O26" s="1"/>
-[...9 lines deleted...]
-      <c r="C27" s="36" t="s">
+    </row>
+    <row r="27" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="B27" s="34" t="s">
+        <v>94</v>
+      </c>
+      <c r="C27" s="35" t="s">
+        <v>739</v>
+      </c>
+      <c r="D27" s="34" t="s">
         <v>740</v>
       </c>
-      <c r="D27" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
-      <c r="O27" s="1"/>
-[...9 lines deleted...]
-      <c r="C28" s="36" t="s">
+    </row>
+    <row r="28" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="B28" s="34" t="s">
+        <v>94</v>
+      </c>
+      <c r="C28" s="35" t="s">
+        <v>741</v>
+      </c>
+      <c r="D28" s="34" t="s">
         <v>742</v>
       </c>
-      <c r="D28" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E28" s="36">
+        <v>38046</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
-      <c r="O28" s="1"/>
-[...9 lines deleted...]
-      <c r="C29" s="36" t="s">
+    </row>
+    <row r="29" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="B29" s="34" t="s">
+        <v>94</v>
+      </c>
+      <c r="C29" s="35" t="s">
+        <v>743</v>
+      </c>
+      <c r="D29" s="34" t="s">
         <v>744</v>
       </c>
-      <c r="D29" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E29" s="36">
+        <v>3043.52</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
-      <c r="O29" s="1"/>
-[...9 lines deleted...]
-      <c r="C30" s="36" t="s">
+    </row>
+    <row r="30" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="B30" s="34" t="s">
+        <v>94</v>
+      </c>
+      <c r="C30" s="35" t="s">
+        <v>745</v>
+      </c>
+      <c r="D30" s="34" t="s">
         <v>746</v>
       </c>
-      <c r="D30" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E30" s="36">
+        <v>7609.2</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
-      <c r="O30" s="1"/>
-[...9 lines deleted...]
-      <c r="C31" s="36" t="s">
+    </row>
+    <row r="31" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="33" t="s">
+        <v>95</v>
+      </c>
+      <c r="B31" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="C31" s="35" t="s">
         <v>747</v>
       </c>
-      <c r="D31" s="36" t="s">
+      <c r="D31" s="34" t="s">
         <v>748</v>
       </c>
-      <c r="E31" s="37" t="s">
-        <v>26</v>
+      <c r="E31" s="36">
+        <v>10012.370000000001</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
-      <c r="O31" s="1"/>
-[...9 lines deleted...]
-      <c r="C32" s="36" t="s">
+    </row>
+    <row r="32" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="33" t="s">
+        <v>107</v>
+      </c>
+      <c r="B32" s="34" t="s">
+        <v>108</v>
+      </c>
+      <c r="C32" s="35" t="s">
         <v>749</v>
       </c>
-      <c r="D32" s="36" t="s">
+      <c r="D32" s="34" t="s">
         <v>750</v>
       </c>
       <c r="E32" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
-      <c r="O32" s="1"/>
-[...9 lines deleted...]
-      <c r="C33" s="36" t="s">
+    </row>
+    <row r="33" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="33" t="s">
+        <v>107</v>
+      </c>
+      <c r="B33" s="34" t="s">
+        <v>108</v>
+      </c>
+      <c r="C33" s="35" t="s">
         <v>751</v>
       </c>
-      <c r="D33" s="36" t="s">
+      <c r="D33" s="34" t="s">
         <v>752</v>
       </c>
-      <c r="E33" s="37" t="s">
-        <v>26</v>
+      <c r="E33" s="36">
+        <v>27285.08</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
-      <c r="O33" s="1"/>
-[...9 lines deleted...]
-      <c r="C34" s="36" t="s">
+    </row>
+    <row r="34" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="B34" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="C34" s="35" t="s">
         <v>753</v>
       </c>
-      <c r="D34" s="36" t="s">
+      <c r="D34" s="34" t="s">
         <v>754</v>
       </c>
-      <c r="E34" s="37" t="s">
-        <v>26</v>
+      <c r="E34" s="36">
+        <v>10640.39</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
-      <c r="O34" s="1"/>
-[...9 lines deleted...]
-      <c r="C35" s="36" t="s">
+    </row>
+    <row r="35" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="B35" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="C35" s="35" t="s">
         <v>755</v>
       </c>
-      <c r="D35" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="D35" s="34" t="s">
+        <v>695</v>
+      </c>
+      <c r="E35" s="36">
+        <v>9753.59</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
-      <c r="O35" s="1"/>
-[...9 lines deleted...]
-      <c r="C36" s="36" t="s">
+    </row>
+    <row r="36" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="B36" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="C36" s="35" t="s">
+        <v>756</v>
+      </c>
+      <c r="D36" s="34" t="s">
         <v>757</v>
       </c>
-      <c r="D36" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E36" s="36">
+        <v>5320.14</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
-      <c r="O36" s="1"/>
-[...9 lines deleted...]
-      <c r="C37" s="36" t="s">
+    </row>
+    <row r="37" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B37" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C37" s="35" t="s">
+        <v>758</v>
+      </c>
+      <c r="D37" s="34" t="s">
         <v>759</v>
       </c>
-      <c r="D37" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E37" s="36">
+        <v>27851.75</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
-      <c r="O37" s="1"/>
-[...9 lines deleted...]
-      <c r="C38" s="36" t="s">
+    </row>
+    <row r="38" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B38" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C38" s="35" t="s">
+        <v>760</v>
+      </c>
+      <c r="D38" s="34" t="s">
         <v>761</v>
       </c>
-      <c r="D38" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
-      <c r="O38" s="1"/>
-[...9 lines deleted...]
-      <c r="C39" s="36" t="s">
+    </row>
+    <row r="39" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B39" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" s="35" t="s">
+        <v>762</v>
+      </c>
+      <c r="D39" s="34" t="s">
         <v>763</v>
       </c>
-      <c r="D39" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
-      <c r="O39" s="1"/>
-[...9 lines deleted...]
-      <c r="C40" s="36" t="s">
+    </row>
+    <row r="40" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B40" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C40" s="35" t="s">
+        <v>764</v>
+      </c>
+      <c r="D40" s="34" t="s">
         <v>765</v>
       </c>
-      <c r="D40" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E40" s="36">
+        <v>59045.71</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
-      <c r="O40" s="1"/>
-[...9 lines deleted...]
-      <c r="C41" s="36" t="s">
+    </row>
+    <row r="41" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B41" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C41" s="35" t="s">
+        <v>766</v>
+      </c>
+      <c r="D41" s="34" t="s">
         <v>767</v>
       </c>
-      <c r="D41" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E41" s="36">
+        <v>13368.54</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
-      <c r="O41" s="1"/>
-[...9 lines deleted...]
-      <c r="C42" s="36" t="s">
+    </row>
+    <row r="42" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B42" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C42" s="35" t="s">
+        <v>768</v>
+      </c>
+      <c r="D42" s="34" t="s">
         <v>769</v>
       </c>
-      <c r="D42" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E42" s="36">
+        <v>59045.71</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
-      <c r="O42" s="1"/>
-[...9 lines deleted...]
-      <c r="C43" s="36" t="s">
+    </row>
+    <row r="43" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B43" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" s="35" t="s">
+        <v>770</v>
+      </c>
+      <c r="D43" s="34" t="s">
         <v>771</v>
       </c>
-      <c r="D43" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
-      <c r="O43" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="44" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B44" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" s="35" t="s">
+        <v>772</v>
+      </c>
+      <c r="D44" s="34" t="s">
+        <v>730</v>
+      </c>
+      <c r="E44" s="36">
+        <v>15596.98</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
-      <c r="O44" s="1"/>
-[...13 lines deleted...]
-        <v>776</v>
+    </row>
+    <row r="45" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B45" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C45" s="35" t="s">
+        <v>773</v>
+      </c>
+      <c r="D45" s="34" t="s">
+        <v>774</v>
       </c>
       <c r="E45" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
-      <c r="O45" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="46" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B46" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C46" s="35" t="s">
+        <v>775</v>
+      </c>
+      <c r="D46" s="34" t="s">
+        <v>776</v>
+      </c>
+      <c r="E46" s="36">
+        <v>15596.98</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
-      <c r="O46" s="1"/>
-[...13 lines deleted...]
-        <v>780</v>
+    </row>
+    <row r="47" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B47" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="C47" s="35" t="s">
+        <v>777</v>
+      </c>
+      <c r="D47" s="34" t="s">
+        <v>778</v>
       </c>
       <c r="E47" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
-      <c r="O47" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="48" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="B48" s="34" t="s">
+        <v>124</v>
+      </c>
+      <c r="C48" s="35" t="s">
+        <v>779</v>
+      </c>
+      <c r="D48" s="34" t="s">
+        <v>780</v>
+      </c>
+      <c r="E48" s="36">
+        <v>10722.75</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
-      <c r="O48" s="1"/>
-[...13 lines deleted...]
-        <v>784</v>
+    </row>
+    <row r="49" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="B49" s="34" t="s">
+        <v>128</v>
+      </c>
+      <c r="C49" s="35" t="s">
+        <v>781</v>
+      </c>
+      <c r="D49" s="34" t="s">
+        <v>782</v>
       </c>
       <c r="E49" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
-      <c r="O49" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="50" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="33" t="s">
+        <v>133</v>
+      </c>
+      <c r="B50" s="34" t="s">
+        <v>134</v>
+      </c>
+      <c r="C50" s="35" t="s">
+        <v>783</v>
+      </c>
+      <c r="D50" s="34" t="s">
+        <v>784</v>
+      </c>
+      <c r="E50" s="36">
+        <v>52941.56</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
-      <c r="O50" s="1"/>
-[...13 lines deleted...]
-        <v>788</v>
+    </row>
+    <row r="51" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="33" t="s">
+        <v>133</v>
+      </c>
+      <c r="B51" s="34" t="s">
+        <v>134</v>
+      </c>
+      <c r="C51" s="35" t="s">
+        <v>785</v>
+      </c>
+      <c r="D51" s="34" t="s">
+        <v>786</v>
       </c>
       <c r="E51" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
-      <c r="O51" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="52" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="33" t="s">
+        <v>139</v>
+      </c>
+      <c r="B52" s="34" t="s">
+        <v>140</v>
+      </c>
+      <c r="C52" s="35" t="s">
+        <v>787</v>
+      </c>
+      <c r="D52" s="34" t="s">
+        <v>788</v>
+      </c>
+      <c r="E52" s="36">
+        <v>12932.13</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
-      <c r="O52" s="1"/>
-[...13 lines deleted...]
-        <v>792</v>
+    </row>
+    <row r="53" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="33" t="s">
+        <v>153</v>
+      </c>
+      <c r="B53" s="34" t="s">
+        <v>154</v>
+      </c>
+      <c r="C53" s="35" t="s">
+        <v>789</v>
+      </c>
+      <c r="D53" s="34" t="s">
+        <v>790</v>
       </c>
       <c r="E53" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
-      <c r="O53" s="1"/>
-[...13 lines deleted...]
-        <v>794</v>
+    </row>
+    <row r="54" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="33" t="s">
+        <v>153</v>
+      </c>
+      <c r="B54" s="34" t="s">
+        <v>154</v>
+      </c>
+      <c r="C54" s="35" t="s">
+        <v>791</v>
+      </c>
+      <c r="D54" s="34" t="s">
+        <v>792</v>
       </c>
       <c r="E54" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
-      <c r="O54" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="55" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="33" t="s">
+        <v>155</v>
+      </c>
+      <c r="B55" s="34" t="s">
+        <v>156</v>
+      </c>
+      <c r="C55" s="35" t="s">
+        <v>793</v>
+      </c>
+      <c r="D55" s="34" t="s">
+        <v>794</v>
+      </c>
+      <c r="E55" s="36">
+        <v>29250.18</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
-      <c r="O55" s="1"/>
-[...13 lines deleted...]
-        <v>798</v>
+    </row>
+    <row r="56" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="33" t="s">
+        <v>155</v>
+      </c>
+      <c r="B56" s="34" t="s">
+        <v>156</v>
+      </c>
+      <c r="C56" s="35" t="s">
+        <v>795</v>
+      </c>
+      <c r="D56" s="34" t="s">
+        <v>796</v>
       </c>
       <c r="E56" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
-      <c r="O56" s="1"/>
-[...13 lines deleted...]
-        <v>800</v>
+    </row>
+    <row r="57" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="33" t="s">
+        <v>155</v>
+      </c>
+      <c r="B57" s="34" t="s">
+        <v>156</v>
+      </c>
+      <c r="C57" s="35" t="s">
+        <v>797</v>
+      </c>
+      <c r="D57" s="34" t="s">
+        <v>798</v>
       </c>
       <c r="E57" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
-      <c r="O57" s="1"/>
-[...13 lines deleted...]
-        <v>802</v>
+    </row>
+    <row r="58" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="33" t="s">
+        <v>155</v>
+      </c>
+      <c r="B58" s="34" t="s">
+        <v>156</v>
+      </c>
+      <c r="C58" s="35" t="s">
+        <v>799</v>
+      </c>
+      <c r="D58" s="34" t="s">
+        <v>800</v>
       </c>
       <c r="E58" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
-      <c r="O58" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="59" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="33" t="s">
+        <v>171</v>
+      </c>
+      <c r="B59" s="34" t="s">
+        <v>172</v>
+      </c>
+      <c r="C59" s="35" t="s">
+        <v>801</v>
+      </c>
+      <c r="D59" s="34" t="s">
+        <v>802</v>
+      </c>
+      <c r="E59" s="36">
+        <v>59345.56</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
-      <c r="O59" s="1"/>
-[...13 lines deleted...]
-        <v>806</v>
+    </row>
+    <row r="60" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="33" t="s">
+        <v>171</v>
+      </c>
+      <c r="B60" s="34" t="s">
+        <v>172</v>
+      </c>
+      <c r="C60" s="35" t="s">
+        <v>803</v>
+      </c>
+      <c r="D60" s="34" t="s">
+        <v>804</v>
       </c>
       <c r="E60" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
-      <c r="O60" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="61" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="33" t="s">
+        <v>173</v>
+      </c>
+      <c r="B61" s="34" t="s">
+        <v>174</v>
+      </c>
+      <c r="C61" s="35" t="s">
+        <v>805</v>
+      </c>
+      <c r="D61" s="34" t="s">
+        <v>806</v>
+      </c>
+      <c r="E61" s="36">
+        <v>17072.87</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
-      <c r="O61" s="1"/>
-[...13 lines deleted...]
-        <v>810</v>
+    </row>
+    <row r="62" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="B62" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C62" s="35" t="s">
+        <v>807</v>
+      </c>
+      <c r="D62" s="34" t="s">
+        <v>808</v>
       </c>
       <c r="E62" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
-      <c r="O62" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="63" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="B63" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C63" s="35" t="s">
+        <v>809</v>
+      </c>
+      <c r="D63" s="34" t="s">
+        <v>810</v>
+      </c>
+      <c r="E63" s="36">
+        <v>127467.9</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
-      <c r="O63" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="64" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="B64" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C64" s="35" t="s">
+        <v>811</v>
+      </c>
+      <c r="D64" s="34" t="s">
+        <v>812</v>
+      </c>
+      <c r="E64" s="36">
+        <v>19008.21</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
-      <c r="O64" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="65" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="B65" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C65" s="35" t="s">
+        <v>813</v>
+      </c>
+      <c r="D65" s="34" t="s">
+        <v>814</v>
+      </c>
+      <c r="E65" s="36">
+        <v>61497.15</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
-      <c r="O65" s="1"/>
-[...13 lines deleted...]
-        <v>818</v>
+    </row>
+    <row r="66" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="B66" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C66" s="35" t="s">
+        <v>815</v>
+      </c>
+      <c r="D66" s="34" t="s">
+        <v>816</v>
       </c>
       <c r="E66" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
-      <c r="O66" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="67" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="B67" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C67" s="35" t="s">
+        <v>817</v>
+      </c>
+      <c r="D67" s="34" t="s">
+        <v>730</v>
+      </c>
+      <c r="E67" s="36">
+        <v>55906.5</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
-      <c r="O67" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="68" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="33" t="s">
+        <v>183</v>
+      </c>
+      <c r="B68" s="34" t="s">
+        <v>184</v>
+      </c>
+      <c r="C68" s="35" t="s">
+        <v>818</v>
+      </c>
+      <c r="D68" s="34" t="s">
+        <v>819</v>
+      </c>
+      <c r="E68" s="36">
+        <v>33503.69</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
-      <c r="O68" s="1"/>
-[...13 lines deleted...]
-        <v>824</v>
+    </row>
+    <row r="69" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="33" t="s">
+        <v>183</v>
+      </c>
+      <c r="B69" s="34" t="s">
+        <v>184</v>
+      </c>
+      <c r="C69" s="35" t="s">
+        <v>820</v>
+      </c>
+      <c r="D69" s="34" t="s">
+        <v>821</v>
       </c>
       <c r="E69" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
-      <c r="O69" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="70" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B70" s="34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C70" s="35" t="s">
+        <v>822</v>
+      </c>
+      <c r="D70" s="34" t="s">
+        <v>823</v>
+      </c>
+      <c r="E70" s="36">
+        <v>35562.550000000003</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
-      <c r="O70" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="71" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B71" s="34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C71" s="35" t="s">
+        <v>824</v>
+      </c>
+      <c r="D71" s="34" t="s">
+        <v>825</v>
+      </c>
+      <c r="E71" s="36">
+        <v>20885.759999999998</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
-      <c r="O71" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="72" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B72" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C72" s="35" t="s">
+        <v>826</v>
+      </c>
+      <c r="D72" s="34" t="s">
+        <v>827</v>
+      </c>
+      <c r="E72" s="36">
+        <v>59381.120000000003</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
-      <c r="O72" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="73" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B73" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C73" s="35" t="s">
+        <v>828</v>
+      </c>
+      <c r="D73" s="34" t="s">
+        <v>829</v>
+      </c>
+      <c r="E73" s="36">
+        <v>13759.04</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
-      <c r="O73" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="74" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B74" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C74" s="35" t="s">
+        <v>830</v>
+      </c>
+      <c r="D74" s="34" t="s">
+        <v>831</v>
+      </c>
+      <c r="E74" s="36">
+        <v>9414.08</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
-      <c r="O74" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="75" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B75" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C75" s="35" t="s">
+        <v>832</v>
+      </c>
+      <c r="D75" s="34" t="s">
+        <v>833</v>
+      </c>
+      <c r="E75" s="36">
+        <v>126004.11</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
-      <c r="O75" s="1"/>
-[...13 lines deleted...]
-        <v>838</v>
+    </row>
+    <row r="76" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B76" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C76" s="35" t="s">
+        <v>834</v>
+      </c>
+      <c r="D76" s="34" t="s">
+        <v>835</v>
       </c>
       <c r="E76" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
-      <c r="O76" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="77" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B77" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C77" s="35" t="s">
+        <v>836</v>
+      </c>
+      <c r="D77" s="34" t="s">
+        <v>837</v>
+      </c>
+      <c r="E77" s="36">
+        <v>84002.559999999998</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
-      <c r="O77" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="78" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B78" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C78" s="35" t="s">
+        <v>838</v>
+      </c>
+      <c r="D78" s="34" t="s">
+        <v>839</v>
+      </c>
+      <c r="E78" s="36">
+        <v>59381.120000000003</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
-      <c r="O78" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="79" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B79" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C79" s="35" t="s">
+        <v>840</v>
+      </c>
+      <c r="D79" s="34" t="s">
+        <v>841</v>
+      </c>
+      <c r="E79" s="36">
+        <v>26069.759999999998</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
-      <c r="O79" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="80" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B80" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C80" s="35" t="s">
+        <v>842</v>
+      </c>
+      <c r="D80" s="34" t="s">
+        <v>843</v>
+      </c>
+      <c r="E80" s="36">
+        <v>70967.679999999993</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
-      <c r="O80" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="81" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B81" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C81" s="35" t="s">
+        <v>844</v>
+      </c>
+      <c r="D81" s="34" t="s">
+        <v>845</v>
+      </c>
+      <c r="E81" s="36">
+        <v>36932.160000000003</v>
       </c>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
-      <c r="O81" s="1"/>
-[...13 lines deleted...]
-        <v>850</v>
+    </row>
+    <row r="82" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B82" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C82" s="35" t="s">
+        <v>846</v>
+      </c>
+      <c r="D82" s="34" t="s">
+        <v>847</v>
       </c>
       <c r="E82" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
-      <c r="O82" s="1"/>
-[...13 lines deleted...]
-        <v>852</v>
+    </row>
+    <row r="83" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B83" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C83" s="35" t="s">
+        <v>848</v>
+      </c>
+      <c r="D83" s="34" t="s">
+        <v>849</v>
       </c>
       <c r="E83" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
-      <c r="O83" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="84" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B84" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C84" s="35" t="s">
+        <v>850</v>
+      </c>
+      <c r="D84" s="34" t="s">
+        <v>851</v>
+      </c>
+      <c r="E84" s="36">
+        <v>7965.76</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
-      <c r="O84" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="85" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B85" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C85" s="35" t="s">
+        <v>852</v>
+      </c>
+      <c r="D85" s="34" t="s">
+        <v>853</v>
+      </c>
+      <c r="E85" s="36">
+        <v>16655.68</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
-      <c r="O85" s="1"/>
-[...13 lines deleted...]
-        <v>770</v>
+    </row>
+    <row r="86" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B86" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C86" s="35" t="s">
+        <v>854</v>
+      </c>
+      <c r="D86" s="34" t="s">
+        <v>855</v>
       </c>
       <c r="E86" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
-      <c r="O86" s="1"/>
-[...13 lines deleted...]
-        <v>859</v>
+    </row>
+    <row r="87" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B87" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C87" s="35" t="s">
+        <v>856</v>
+      </c>
+      <c r="D87" s="34" t="s">
+        <v>857</v>
       </c>
       <c r="E87" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
-      <c r="O87" s="1"/>
-[...13 lines deleted...]
-        <v>861</v>
+    </row>
+    <row r="88" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B88" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C88" s="35" t="s">
+        <v>858</v>
+      </c>
+      <c r="D88" s="34" t="s">
+        <v>859</v>
       </c>
       <c r="E88" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
-      <c r="O88" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="89" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B89" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C89" s="35" t="s">
+        <v>860</v>
+      </c>
+      <c r="D89" s="34" t="s">
+        <v>861</v>
+      </c>
+      <c r="E89" s="36">
+        <v>36932.160000000003</v>
       </c>
       <c r="F89" s="1"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
-      <c r="O89" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="90" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B90" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C90" s="35" t="s">
+        <v>862</v>
+      </c>
+      <c r="D90" s="34" t="s">
+        <v>863</v>
+      </c>
+      <c r="E90" s="36">
+        <v>32625.919999999998</v>
       </c>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
-      <c r="O90" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="91" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B91" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C91" s="35" t="s">
+        <v>864</v>
+      </c>
+      <c r="D91" s="34" t="s">
+        <v>865</v>
+      </c>
+      <c r="E91" s="36">
+        <v>24469.439999999999</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
-      <c r="O91" s="1"/>
-[...13 lines deleted...]
-        <v>869</v>
+    </row>
+    <row r="92" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B92" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C92" s="35" t="s">
+        <v>866</v>
+      </c>
+      <c r="D92" s="34" t="s">
+        <v>867</v>
       </c>
       <c r="E92" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
-      <c r="O92" s="1"/>
-[...13 lines deleted...]
-        <v>871</v>
+    </row>
+    <row r="93" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B93" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C93" s="35" t="s">
+        <v>868</v>
+      </c>
+      <c r="D93" s="34" t="s">
+        <v>869</v>
       </c>
       <c r="E93" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
-      <c r="O93" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="94" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B94" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C94" s="35" t="s">
+        <v>870</v>
+      </c>
+      <c r="D94" s="34" t="s">
+        <v>871</v>
+      </c>
+      <c r="E94" s="36">
+        <v>34665.040000000001</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
-      <c r="O94" s="1"/>
-[...13 lines deleted...]
-        <v>875</v>
+    </row>
+    <row r="95" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B95" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C95" s="35" t="s">
+        <v>872</v>
+      </c>
+      <c r="D95" s="34" t="s">
+        <v>873</v>
       </c>
       <c r="E95" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
-      <c r="O95" s="1"/>
-[...13 lines deleted...]
-        <v>877</v>
+    </row>
+    <row r="96" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B96" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C96" s="35" t="s">
+        <v>874</v>
+      </c>
+      <c r="D96" s="34" t="s">
+        <v>875</v>
       </c>
       <c r="E96" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
-      <c r="O96" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="97" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C97" s="35" t="s">
+        <v>876</v>
+      </c>
+      <c r="D97" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="E97" s="36">
+        <v>91760.4</v>
       </c>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
-      <c r="O97" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="98" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B98" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C98" s="35" t="s">
+        <v>878</v>
+      </c>
+      <c r="D98" s="34" t="s">
+        <v>879</v>
+      </c>
+      <c r="E98" s="36">
+        <v>2038.78</v>
       </c>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
-      <c r="O98" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="99" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="33" t="s">
+        <v>227</v>
+      </c>
+      <c r="B99" s="34" t="s">
+        <v>228</v>
+      </c>
+      <c r="C99" s="35" t="s">
+        <v>880</v>
+      </c>
+      <c r="D99" s="34" t="s">
+        <v>881</v>
+      </c>
+      <c r="E99" s="36">
+        <v>9665.2800000000007</v>
       </c>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
-      <c r="O99" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="100" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="33" t="s">
+        <v>227</v>
+      </c>
+      <c r="B100" s="34" t="s">
+        <v>228</v>
+      </c>
+      <c r="C100" s="35" t="s">
+        <v>882</v>
+      </c>
+      <c r="D100" s="34" t="s">
+        <v>883</v>
+      </c>
+      <c r="E100" s="36">
+        <v>2230.44</v>
       </c>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
-      <c r="O100" s="1"/>
-[...13 lines deleted...]
-        <v>887</v>
+    </row>
+    <row r="101" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="33" t="s">
+        <v>237</v>
+      </c>
+      <c r="B101" s="34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C101" s="35" t="s">
+        <v>884</v>
+      </c>
+      <c r="D101" s="34" t="s">
+        <v>885</v>
       </c>
       <c r="E101" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
-      <c r="O101" s="1"/>
-[...13 lines deleted...]
-        <v>889</v>
+    </row>
+    <row r="102" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="33" t="s">
+        <v>237</v>
+      </c>
+      <c r="B102" s="34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C102" s="35" t="s">
+        <v>886</v>
+      </c>
+      <c r="D102" s="34" t="s">
+        <v>887</v>
       </c>
       <c r="E102" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
-      <c r="O102" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="103" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="33" t="s">
+        <v>241</v>
+      </c>
+      <c r="B103" s="34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C103" s="35" t="s">
+        <v>888</v>
+      </c>
+      <c r="D103" s="34" t="s">
+        <v>889</v>
+      </c>
+      <c r="E103" s="36">
+        <v>55873.599999999999</v>
       </c>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
-      <c r="O103" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="104" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="33" t="s">
+        <v>241</v>
+      </c>
+      <c r="B104" s="34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C104" s="35" t="s">
+        <v>890</v>
+      </c>
+      <c r="D104" s="34" t="s">
+        <v>891</v>
+      </c>
+      <c r="E104" s="36">
+        <v>35664</v>
       </c>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
-      <c r="O104" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="105" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="33" t="s">
+        <v>241</v>
+      </c>
+      <c r="B105" s="34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C105" s="35" t="s">
+        <v>892</v>
+      </c>
+      <c r="D105" s="34" t="s">
+        <v>893</v>
+      </c>
+      <c r="E105" s="36">
+        <v>21398.34</v>
       </c>
       <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
-      <c r="O105" s="1"/>
-[...13 lines deleted...]
-        <v>897</v>
+    </row>
+    <row r="106" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="33" t="s">
+        <v>243</v>
+      </c>
+      <c r="B106" s="34" t="s">
+        <v>244</v>
+      </c>
+      <c r="C106" s="35" t="s">
+        <v>894</v>
+      </c>
+      <c r="D106" s="34" t="s">
+        <v>895</v>
       </c>
       <c r="E106" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
-      <c r="O106" s="1"/>
-[...13 lines deleted...]
-        <v>899</v>
+    </row>
+    <row r="107" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="33" t="s">
+        <v>243</v>
+      </c>
+      <c r="B107" s="34" t="s">
+        <v>244</v>
+      </c>
+      <c r="C107" s="35" t="s">
+        <v>896</v>
+      </c>
+      <c r="D107" s="34" t="s">
+        <v>897</v>
       </c>
       <c r="E107" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
-      <c r="O107" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="108" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="33" t="s">
+        <v>243</v>
+      </c>
+      <c r="B108" s="34" t="s">
+        <v>244</v>
+      </c>
+      <c r="C108" s="35" t="s">
+        <v>898</v>
+      </c>
+      <c r="D108" s="34" t="s">
+        <v>899</v>
+      </c>
+      <c r="E108" s="36">
+        <v>15824.62</v>
       </c>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
-      <c r="O108" s="1"/>
-[...13 lines deleted...]
-        <v>903</v>
+    </row>
+    <row r="109" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="33" t="s">
+        <v>249</v>
+      </c>
+      <c r="B109" s="34" t="s">
+        <v>250</v>
+      </c>
+      <c r="C109" s="35" t="s">
+        <v>900</v>
+      </c>
+      <c r="D109" s="34" t="s">
+        <v>901</v>
       </c>
       <c r="E109" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
-      <c r="O109" s="1"/>
-[...13 lines deleted...]
-        <v>905</v>
+    </row>
+    <row r="110" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="33" t="s">
+        <v>269</v>
+      </c>
+      <c r="B110" s="34" t="s">
+        <v>270</v>
+      </c>
+      <c r="C110" s="35" t="s">
+        <v>902</v>
+      </c>
+      <c r="D110" s="34" t="s">
+        <v>903</v>
       </c>
       <c r="E110" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
-      <c r="O110" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="111" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="33" t="s">
+        <v>283</v>
+      </c>
+      <c r="B111" s="34" t="s">
+        <v>284</v>
+      </c>
+      <c r="C111" s="35" t="s">
+        <v>904</v>
+      </c>
+      <c r="D111" s="34" t="s">
+        <v>905</v>
+      </c>
+      <c r="E111" s="36">
+        <v>14987.91</v>
       </c>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
-      <c r="O111" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="112" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="33" t="s">
+        <v>287</v>
+      </c>
+      <c r="B112" s="34" t="s">
+        <v>288</v>
+      </c>
+      <c r="C112" s="35" t="s">
+        <v>906</v>
+      </c>
+      <c r="D112" s="34" t="s">
+        <v>907</v>
+      </c>
+      <c r="E112" s="36">
+        <v>5308.49</v>
       </c>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
-      <c r="O112" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="113" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="33" t="s">
+        <v>293</v>
+      </c>
+      <c r="B113" s="34" t="s">
+        <v>294</v>
+      </c>
+      <c r="C113" s="35" t="s">
+        <v>908</v>
+      </c>
+      <c r="D113" s="34" t="s">
+        <v>742</v>
+      </c>
+      <c r="E113" s="36">
+        <v>23244.36</v>
       </c>
       <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
-      <c r="O113" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="114" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="33" t="s">
+        <v>299</v>
+      </c>
+      <c r="B114" s="34" t="s">
+        <v>300</v>
+      </c>
+      <c r="C114" s="35" t="s">
+        <v>909</v>
+      </c>
+      <c r="D114" s="34" t="s">
+        <v>910</v>
+      </c>
+      <c r="E114" s="36">
+        <v>16660.54</v>
       </c>
       <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
-      <c r="O114" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="115" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="33" t="s">
+        <v>303</v>
+      </c>
+      <c r="B115" s="34" t="s">
+        <v>304</v>
+      </c>
+      <c r="C115" s="35" t="s">
+        <v>911</v>
+      </c>
+      <c r="D115" s="34" t="s">
+        <v>912</v>
+      </c>
+      <c r="E115" s="36">
+        <v>16790.12</v>
       </c>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
-      <c r="O115" s="1"/>
-[...13 lines deleted...]
-        <v>917</v>
+    </row>
+    <row r="116" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="33" t="s">
+        <v>303</v>
+      </c>
+      <c r="B116" s="34" t="s">
+        <v>304</v>
+      </c>
+      <c r="C116" s="35" t="s">
+        <v>913</v>
+      </c>
+      <c r="D116" s="34" t="s">
+        <v>914</v>
       </c>
       <c r="E116" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
-      <c r="O116" s="1"/>
-[...13 lines deleted...]
-        <v>919</v>
+    </row>
+    <row r="117" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="33" t="s">
+        <v>305</v>
+      </c>
+      <c r="B117" s="34" t="s">
+        <v>306</v>
+      </c>
+      <c r="C117" s="35" t="s">
+        <v>915</v>
+      </c>
+      <c r="D117" s="34" t="s">
+        <v>916</v>
       </c>
       <c r="E117" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F117" s="1"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1"/>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
-      <c r="O117" s="1"/>
-[...13 lines deleted...]
-        <v>695</v>
+    </row>
+    <row r="118" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="33" t="s">
+        <v>305</v>
+      </c>
+      <c r="B118" s="34" t="s">
+        <v>306</v>
+      </c>
+      <c r="C118" s="35" t="s">
+        <v>917</v>
+      </c>
+      <c r="D118" s="34" t="s">
+        <v>918</v>
       </c>
       <c r="E118" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
-      <c r="O118" s="1"/>
-[...13 lines deleted...]
-        <v>922</v>
+    </row>
+    <row r="119" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="B119" s="34" t="s">
+        <v>310</v>
+      </c>
+      <c r="C119" s="35" t="s">
+        <v>919</v>
+      </c>
+      <c r="D119" s="34" t="s">
+        <v>920</v>
       </c>
       <c r="E119" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
-      <c r="O119" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="120" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="B120" s="34" t="s">
+        <v>310</v>
+      </c>
+      <c r="C120" s="35" t="s">
+        <v>921</v>
+      </c>
+      <c r="D120" s="34" t="s">
+        <v>922</v>
+      </c>
+      <c r="E120" s="36">
+        <v>57067.199999999997</v>
       </c>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
-      <c r="O120" s="1"/>
-[...13 lines deleted...]
-        <v>926</v>
+    </row>
+    <row r="121" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="B121" s="34" t="s">
+        <v>310</v>
+      </c>
+      <c r="C121" s="35" t="s">
+        <v>923</v>
+      </c>
+      <c r="D121" s="34" t="s">
+        <v>924</v>
       </c>
       <c r="E121" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F121" s="1"/>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
-      <c r="O121" s="1"/>
-[...13 lines deleted...]
-        <v>901</v>
+    </row>
+    <row r="122" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="B122" s="34" t="s">
+        <v>310</v>
+      </c>
+      <c r="C122" s="35" t="s">
+        <v>925</v>
+      </c>
+      <c r="D122" s="34" t="s">
+        <v>926</v>
       </c>
       <c r="E122" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F122" s="1"/>
       <c r="G122" s="1"/>
       <c r="H122" s="1"/>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
-      <c r="O122" s="1"/>
-[...9 lines deleted...]
-      <c r="C123" s="36" t="s">
+    </row>
+    <row r="123" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="B123" s="34" t="s">
+        <v>310</v>
+      </c>
+      <c r="C123" s="35" t="s">
+        <v>927</v>
+      </c>
+      <c r="D123" s="34" t="s">
         <v>928</v>
       </c>
-      <c r="D123" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E123" s="36">
+        <v>38044.46</v>
       </c>
       <c r="F123" s="1"/>
       <c r="G123" s="1"/>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
-      <c r="O123" s="1"/>
-[...9 lines deleted...]
-      <c r="C124" s="36" t="s">
+    </row>
+    <row r="124" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="B124" s="34" t="s">
+        <v>310</v>
+      </c>
+      <c r="C124" s="35" t="s">
+        <v>929</v>
+      </c>
+      <c r="D124" s="34" t="s">
         <v>930</v>
       </c>
-      <c r="D124" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E124" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F124" s="1"/>
       <c r="G124" s="1"/>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
-      <c r="O124" s="1"/>
-[...9 lines deleted...]
-      <c r="C125" s="36" t="s">
+    </row>
+    <row r="125" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="B125" s="34" t="s">
+        <v>310</v>
+      </c>
+      <c r="C125" s="35" t="s">
+        <v>931</v>
+      </c>
+      <c r="D125" s="34" t="s">
         <v>932</v>
       </c>
-      <c r="D125" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E125" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F125" s="1"/>
       <c r="G125" s="1"/>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
-      <c r="O125" s="1"/>
-[...9 lines deleted...]
-      <c r="C126" s="36" t="s">
+    </row>
+    <row r="126" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="B126" s="34" t="s">
+        <v>310</v>
+      </c>
+      <c r="C126" s="35" t="s">
+        <v>933</v>
+      </c>
+      <c r="D126" s="34" t="s">
         <v>934</v>
       </c>
-      <c r="D126" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F126" s="1"/>
       <c r="G126" s="1"/>
       <c r="H126" s="1"/>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
-      <c r="O126" s="1"/>
-[...9 lines deleted...]
-      <c r="C127" s="36" t="s">
+    </row>
+    <row r="127" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="33" t="s">
+        <v>317</v>
+      </c>
+      <c r="B127" s="34" t="s">
+        <v>318</v>
+      </c>
+      <c r="C127" s="35" t="s">
+        <v>935</v>
+      </c>
+      <c r="D127" s="34" t="s">
         <v>936</v>
       </c>
-      <c r="D127" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E127" s="36">
+        <v>5411.96</v>
       </c>
       <c r="F127" s="1"/>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
-      <c r="O127" s="1"/>
-[...9 lines deleted...]
-      <c r="C128" s="36" t="s">
+    </row>
+    <row r="128" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="33" t="s">
+        <v>319</v>
+      </c>
+      <c r="B128" s="34" t="s">
+        <v>320</v>
+      </c>
+      <c r="C128" s="35" t="s">
         <v>937</v>
       </c>
-      <c r="D128" s="36" t="s">
+      <c r="D128" s="34" t="s">
         <v>938</v>
       </c>
       <c r="E128" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
-      <c r="O128" s="1"/>
-[...9 lines deleted...]
-      <c r="C129" s="36" t="s">
+    </row>
+    <row r="129" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="33" t="s">
+        <v>319</v>
+      </c>
+      <c r="B129" s="34" t="s">
+        <v>320</v>
+      </c>
+      <c r="C129" s="35" t="s">
         <v>939</v>
       </c>
-      <c r="D129" s="36" t="s">
-        <v>695</v>
+      <c r="D129" s="34" t="s">
+        <v>940</v>
       </c>
       <c r="E129" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F129" s="1"/>
       <c r="G129" s="1"/>
       <c r="H129" s="1"/>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
-      <c r="O129" s="1"/>
-[...12 lines deleted...]
-      <c r="D130" s="36" t="s">
+    </row>
+    <row r="130" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="33" t="s">
+        <v>319</v>
+      </c>
+      <c r="B130" s="34" t="s">
+        <v>320</v>
+      </c>
+      <c r="C130" s="35" t="s">
         <v>941</v>
       </c>
-      <c r="E130" s="37" t="s">
-        <v>26</v>
+      <c r="D130" s="34" t="s">
+        <v>942</v>
+      </c>
+      <c r="E130" s="36">
+        <v>8849.2099999999991</v>
       </c>
       <c r="F130" s="1"/>
       <c r="G130" s="1"/>
       <c r="H130" s="1"/>
       <c r="I130" s="1"/>
       <c r="J130" s="1"/>
       <c r="K130" s="1"/>
       <c r="L130" s="1"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
-      <c r="O130" s="1"/>
-[...12 lines deleted...]
-      <c r="D131" s="36" t="s">
+    </row>
+    <row r="131" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="B131" s="34" t="s">
+        <v>322</v>
+      </c>
+      <c r="C131" s="35" t="s">
         <v>943</v>
       </c>
-      <c r="E131" s="37" t="s">
-        <v>26</v>
+      <c r="D131" s="34" t="s">
+        <v>944</v>
+      </c>
+      <c r="E131" s="36">
+        <v>28165.93</v>
       </c>
       <c r="F131" s="1"/>
       <c r="G131" s="1"/>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
-      <c r="O131" s="1"/>
-[...12 lines deleted...]
-      <c r="D132" s="36" t="s">
+    </row>
+    <row r="132" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="B132" s="34" t="s">
+        <v>322</v>
+      </c>
+      <c r="C132" s="35" t="s">
         <v>945</v>
       </c>
+      <c r="D132" s="34" t="s">
+        <v>946</v>
+      </c>
       <c r="E132" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F132" s="1"/>
       <c r="G132" s="1"/>
       <c r="H132" s="1"/>
       <c r="I132" s="1"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
-      <c r="O132" s="1"/>
-[...12 lines deleted...]
-      <c r="D133" s="36" t="s">
+    </row>
+    <row r="133" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="33" t="s">
+        <v>337</v>
+      </c>
+      <c r="B133" s="34" t="s">
+        <v>338</v>
+      </c>
+      <c r="C133" s="35" t="s">
         <v>947</v>
       </c>
-      <c r="E133" s="37" t="s">
-        <v>26</v>
+      <c r="D133" s="34" t="s">
+        <v>948</v>
+      </c>
+      <c r="E133" s="36">
+        <v>8411.94</v>
       </c>
       <c r="F133" s="1"/>
       <c r="G133" s="1"/>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
-      <c r="O133" s="1"/>
-[...12 lines deleted...]
-      <c r="D134" s="36" t="s">
+    </row>
+    <row r="134" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="33" t="s">
+        <v>337</v>
+      </c>
+      <c r="B134" s="34" t="s">
+        <v>338</v>
+      </c>
+      <c r="C134" s="35" t="s">
         <v>949</v>
       </c>
-      <c r="E134" s="37" t="s">
-        <v>26</v>
+      <c r="D134" s="34" t="s">
+        <v>950</v>
+      </c>
+      <c r="E134" s="36">
+        <v>25235.87</v>
       </c>
       <c r="F134" s="1"/>
       <c r="G134" s="1"/>
       <c r="H134" s="1"/>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
-      <c r="O134" s="1"/>
-[...12 lines deleted...]
-      <c r="D135" s="36" t="s">
+    </row>
+    <row r="135" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="33" t="s">
+        <v>341</v>
+      </c>
+      <c r="B135" s="34" t="s">
+        <v>342</v>
+      </c>
+      <c r="C135" s="35" t="s">
         <v>951</v>
       </c>
+      <c r="D135" s="34" t="s">
+        <v>952</v>
+      </c>
       <c r="E135" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
-      <c r="O135" s="1"/>
-[...12 lines deleted...]
-      <c r="D136" s="36" t="s">
+    </row>
+    <row r="136" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="33" t="s">
+        <v>343</v>
+      </c>
+      <c r="B136" s="34" t="s">
+        <v>344</v>
+      </c>
+      <c r="C136" s="35" t="s">
         <v>953</v>
       </c>
+      <c r="D136" s="34" t="s">
+        <v>954</v>
+      </c>
       <c r="E136" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F136" s="1"/>
       <c r="G136" s="1"/>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
-      <c r="O136" s="1"/>
-[...12 lines deleted...]
-      <c r="D137" s="36" t="s">
+    </row>
+    <row r="137" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="33" t="s">
+        <v>343</v>
+      </c>
+      <c r="B137" s="34" t="s">
+        <v>344</v>
+      </c>
+      <c r="C137" s="35" t="s">
         <v>955</v>
       </c>
+      <c r="D137" s="34" t="s">
+        <v>956</v>
+      </c>
       <c r="E137" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F137" s="1"/>
       <c r="G137" s="1"/>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
-      <c r="O137" s="1"/>
-[...12 lines deleted...]
-      <c r="D138" s="36" t="s">
+    </row>
+    <row r="138" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="33" t="s">
+        <v>353</v>
+      </c>
+      <c r="B138" s="34" t="s">
+        <v>354</v>
+      </c>
+      <c r="C138" s="35" t="s">
         <v>957</v>
       </c>
+      <c r="D138" s="34" t="s">
+        <v>958</v>
+      </c>
       <c r="E138" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F138" s="1"/>
       <c r="G138" s="1"/>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
-      <c r="O138" s="1"/>
-[...12 lines deleted...]
-      <c r="D139" s="36" t="s">
+    </row>
+    <row r="139" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="33" t="s">
+        <v>359</v>
+      </c>
+      <c r="B139" s="34" t="s">
+        <v>360</v>
+      </c>
+      <c r="C139" s="35" t="s">
         <v>959</v>
       </c>
-      <c r="E139" s="37" t="s">
-        <v>26</v>
+      <c r="D139" s="34" t="s">
+        <v>960</v>
+      </c>
+      <c r="E139" s="36">
+        <v>5023.17</v>
       </c>
       <c r="F139" s="1"/>
       <c r="G139" s="1"/>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
-      <c r="O139" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="140" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="B140" s="34" t="s">
+        <v>362</v>
+      </c>
+      <c r="C140" s="35" t="s">
+        <v>961</v>
+      </c>
+      <c r="D140" s="34" t="s">
+        <v>728</v>
+      </c>
+      <c r="E140" s="36">
+        <v>36811.31</v>
       </c>
       <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
-      <c r="O140" s="1"/>
-[...12 lines deleted...]
-      <c r="D141" s="36" t="s">
+    </row>
+    <row r="141" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="B141" s="34" t="s">
+        <v>364</v>
+      </c>
+      <c r="C141" s="35" t="s">
         <v>962</v>
       </c>
-      <c r="E141" s="37" t="s">
-        <v>26</v>
+      <c r="D141" s="34" t="s">
+        <v>963</v>
+      </c>
+      <c r="E141" s="36">
+        <v>6929.99</v>
       </c>
       <c r="F141" s="1"/>
       <c r="G141" s="1"/>
       <c r="H141" s="1"/>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
-      <c r="O141" s="1"/>
-[...12 lines deleted...]
-      <c r="D142" s="36" t="s">
+    </row>
+    <row r="142" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="33" t="s">
+        <v>367</v>
+      </c>
+      <c r="B142" s="34" t="s">
+        <v>368</v>
+      </c>
+      <c r="C142" s="35" t="s">
         <v>964</v>
       </c>
+      <c r="D142" s="34" t="s">
+        <v>780</v>
+      </c>
       <c r="E142" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F142" s="1"/>
       <c r="G142" s="1"/>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
-      <c r="O142" s="1"/>
-[...9 lines deleted...]
-      <c r="C143" s="36" t="s">
+    </row>
+    <row r="143" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="33" t="s">
+        <v>369</v>
+      </c>
+      <c r="B143" s="34" t="s">
+        <v>370</v>
+      </c>
+      <c r="C143" s="35" t="s">
         <v>965</v>
       </c>
-      <c r="D143" s="36" t="s">
+      <c r="D143" s="34" t="s">
         <v>966</v>
       </c>
-      <c r="E143" s="37" t="s">
-        <v>26</v>
+      <c r="E143" s="36">
+        <v>39490.480000000003</v>
       </c>
       <c r="F143" s="1"/>
       <c r="G143" s="1"/>
       <c r="H143" s="1"/>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
-      <c r="O143" s="1"/>
-[...9 lines deleted...]
-      <c r="C144" s="36" t="s">
+    </row>
+    <row r="144" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="33" t="s">
+        <v>369</v>
+      </c>
+      <c r="B144" s="34" t="s">
+        <v>370</v>
+      </c>
+      <c r="C144" s="35" t="s">
         <v>967</v>
       </c>
-      <c r="D144" s="36" t="s">
+      <c r="D144" s="34" t="s">
         <v>968</v>
       </c>
       <c r="E144" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F144" s="1"/>
       <c r="G144" s="1"/>
       <c r="H144" s="1"/>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
-      <c r="O144" s="1"/>
-[...9 lines deleted...]
-      <c r="C145" s="36" t="s">
+    </row>
+    <row r="145" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="33" t="s">
+        <v>373</v>
+      </c>
+      <c r="B145" s="34" t="s">
+        <v>374</v>
+      </c>
+      <c r="C145" s="35" t="s">
         <v>969</v>
       </c>
-      <c r="D145" s="36" t="s">
+      <c r="D145" s="34" t="s">
         <v>970</v>
       </c>
-      <c r="E145" s="37" t="s">
-        <v>26</v>
+      <c r="E145" s="36">
+        <v>68838.600000000006</v>
       </c>
       <c r="F145" s="1"/>
       <c r="G145" s="1"/>
       <c r="H145" s="1"/>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
-      <c r="O145" s="1"/>
-[...9 lines deleted...]
-      <c r="C146" s="36" t="s">
+    </row>
+    <row r="146" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="33" t="s">
+        <v>373</v>
+      </c>
+      <c r="B146" s="34" t="s">
+        <v>374</v>
+      </c>
+      <c r="C146" s="35" t="s">
         <v>971</v>
       </c>
-      <c r="D146" s="36" t="s">
+      <c r="D146" s="34" t="s">
         <v>972</v>
       </c>
       <c r="E146" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F146" s="1"/>
       <c r="G146" s="1"/>
       <c r="H146" s="1"/>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
-      <c r="O146" s="1"/>
-[...9 lines deleted...]
-      <c r="C147" s="36" t="s">
+    </row>
+    <row r="147" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="33" t="s">
+        <v>373</v>
+      </c>
+      <c r="B147" s="34" t="s">
+        <v>374</v>
+      </c>
+      <c r="C147" s="35" t="s">
         <v>973</v>
       </c>
-      <c r="D147" s="36" t="s">
+      <c r="D147" s="34" t="s">
         <v>974</v>
       </c>
       <c r="E147" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F147" s="1"/>
       <c r="G147" s="1"/>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
-      <c r="O147" s="1"/>
-[...9 lines deleted...]
-      <c r="C148" s="36" t="s">
+    </row>
+    <row r="148" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="33" t="s">
+        <v>373</v>
+      </c>
+      <c r="B148" s="34" t="s">
+        <v>374</v>
+      </c>
+      <c r="C148" s="35" t="s">
         <v>975</v>
       </c>
-      <c r="D148" s="36" t="s">
+      <c r="D148" s="34" t="s">
         <v>976</v>
       </c>
-      <c r="E148" s="37" t="s">
-        <v>26</v>
+      <c r="E148" s="36">
+        <v>7772.04</v>
       </c>
       <c r="F148" s="1"/>
       <c r="G148" s="1"/>
       <c r="H148" s="1"/>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
-      <c r="O148" s="1"/>
-[...9 lines deleted...]
-      <c r="C149" s="36" t="s">
+    </row>
+    <row r="149" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="33" t="s">
+        <v>387</v>
+      </c>
+      <c r="B149" s="34" t="s">
+        <v>388</v>
+      </c>
+      <c r="C149" s="35" t="s">
         <v>977</v>
       </c>
-      <c r="D149" s="36" t="s">
+      <c r="D149" s="34" t="s">
         <v>978</v>
       </c>
       <c r="E149" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F149" s="1"/>
       <c r="G149" s="1"/>
       <c r="H149" s="1"/>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
-      <c r="O149" s="1"/>
-[...9 lines deleted...]
-      <c r="C150" s="36" t="s">
+    </row>
+    <row r="150" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="33" t="s">
+        <v>387</v>
+      </c>
+      <c r="B150" s="34" t="s">
+        <v>388</v>
+      </c>
+      <c r="C150" s="35" t="s">
         <v>979</v>
       </c>
-      <c r="D150" s="36" t="s">
+      <c r="D150" s="34" t="s">
         <v>980</v>
       </c>
-      <c r="E150" s="37" t="s">
-        <v>26</v>
+      <c r="E150" s="36">
+        <v>20333.22</v>
       </c>
       <c r="F150" s="1"/>
       <c r="G150" s="1"/>
       <c r="H150" s="1"/>
       <c r="I150" s="1"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
-      <c r="O150" s="1"/>
-[...9 lines deleted...]
-      <c r="C151" s="36" t="s">
+    </row>
+    <row r="151" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="33" t="s">
+        <v>387</v>
+      </c>
+      <c r="B151" s="34" t="s">
+        <v>388</v>
+      </c>
+      <c r="C151" s="35" t="s">
         <v>981</v>
       </c>
-      <c r="D151" s="36" t="s">
+      <c r="D151" s="34" t="s">
         <v>982</v>
       </c>
       <c r="E151" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F151" s="1"/>
       <c r="G151" s="1"/>
       <c r="H151" s="1"/>
       <c r="I151" s="1"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1"/>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
-      <c r="O151" s="1"/>
-[...9 lines deleted...]
-      <c r="C152" s="36" t="s">
+    </row>
+    <row r="152" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="33" t="s">
+        <v>381</v>
+      </c>
+      <c r="B152" s="34" t="s">
+        <v>382</v>
+      </c>
+      <c r="C152" s="35" t="s">
         <v>983</v>
       </c>
-      <c r="D152" s="36" t="s">
+      <c r="D152" s="34" t="s">
         <v>984</v>
       </c>
       <c r="E152" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F152" s="1"/>
       <c r="G152" s="1"/>
       <c r="H152" s="1"/>
       <c r="I152" s="1"/>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
-      <c r="O152" s="1"/>
-[...9 lines deleted...]
-      <c r="C153" s="36" t="s">
+    </row>
+    <row r="153" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="33" t="s">
+        <v>381</v>
+      </c>
+      <c r="B153" s="34" t="s">
+        <v>382</v>
+      </c>
+      <c r="C153" s="35" t="s">
         <v>985</v>
       </c>
-      <c r="D153" s="36" t="s">
+      <c r="D153" s="34" t="s">
         <v>986</v>
       </c>
       <c r="E153" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F153" s="1"/>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
-      <c r="O153" s="1"/>
-[...9 lines deleted...]
-      <c r="C154" s="36" t="s">
+    </row>
+    <row r="154" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="33" t="s">
+        <v>391</v>
+      </c>
+      <c r="B154" s="34" t="s">
+        <v>392</v>
+      </c>
+      <c r="C154" s="35" t="s">
         <v>987</v>
       </c>
-      <c r="D154" s="36" t="s">
+      <c r="D154" s="34" t="s">
         <v>988</v>
       </c>
-      <c r="E154" s="37" t="s">
-        <v>26</v>
+      <c r="E154" s="36">
+        <v>12706.28</v>
       </c>
       <c r="F154" s="1"/>
       <c r="G154" s="1"/>
       <c r="H154" s="1"/>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
-      <c r="O154" s="1"/>
-[...9 lines deleted...]
-      <c r="C155" s="36" t="s">
+    </row>
+    <row r="155" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="33" t="s">
+        <v>409</v>
+      </c>
+      <c r="B155" s="34" t="s">
+        <v>410</v>
+      </c>
+      <c r="C155" s="35" t="s">
         <v>989</v>
       </c>
-      <c r="D155" s="36" t="s">
+      <c r="D155" s="34" t="s">
         <v>990</v>
       </c>
-      <c r="E155" s="37" t="s">
-        <v>26</v>
+      <c r="E155" s="36">
+        <v>15939.55</v>
       </c>
       <c r="F155" s="1"/>
       <c r="G155" s="1"/>
       <c r="H155" s="1"/>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
-      <c r="O155" s="1"/>
-[...9 lines deleted...]
-      <c r="C156" s="36" t="s">
+    </row>
+    <row r="156" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="33" t="s">
+        <v>409</v>
+      </c>
+      <c r="B156" s="34" t="s">
+        <v>410</v>
+      </c>
+      <c r="C156" s="35" t="s">
         <v>991</v>
       </c>
-      <c r="D156" s="36" t="s">
+      <c r="D156" s="34" t="s">
         <v>992</v>
       </c>
       <c r="E156" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F156" s="1"/>
       <c r="G156" s="1"/>
       <c r="H156" s="1"/>
       <c r="I156" s="1"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1"/>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
-      <c r="O156" s="1"/>
-[...9 lines deleted...]
-      <c r="C157" s="36" t="s">
+    </row>
+    <row r="157" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="33" t="s">
+        <v>415</v>
+      </c>
+      <c r="B157" s="34" t="s">
+        <v>416</v>
+      </c>
+      <c r="C157" s="35" t="s">
         <v>993</v>
       </c>
-      <c r="D157" s="36" t="s">
+      <c r="D157" s="34" t="s">
         <v>994</v>
       </c>
-      <c r="E157" s="37" t="s">
-        <v>26</v>
+      <c r="E157" s="36">
+        <v>9043.94</v>
       </c>
       <c r="F157" s="1"/>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
-      <c r="O157" s="1"/>
-[...9 lines deleted...]
-      <c r="C158" s="36" t="s">
+    </row>
+    <row r="158" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="33" t="s">
+        <v>421</v>
+      </c>
+      <c r="B158" s="34" t="s">
+        <v>422</v>
+      </c>
+      <c r="C158" s="35" t="s">
         <v>995</v>
       </c>
-      <c r="D158" s="36" t="s">
+      <c r="D158" s="34" t="s">
         <v>996</v>
       </c>
-      <c r="E158" s="37" t="s">
-        <v>26</v>
+      <c r="E158" s="36">
+        <v>14025.68</v>
       </c>
       <c r="F158" s="1"/>
       <c r="G158" s="1"/>
       <c r="H158" s="1"/>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
-      <c r="O158" s="1"/>
-[...9 lines deleted...]
-      <c r="C159" s="36" t="s">
+    </row>
+    <row r="159" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="33" t="s">
+        <v>451</v>
+      </c>
+      <c r="B159" s="34" t="s">
+        <v>452</v>
+      </c>
+      <c r="C159" s="35" t="s">
         <v>997</v>
       </c>
-      <c r="D159" s="36" t="s">
-        <v>794</v>
+      <c r="D159" s="34" t="s">
+        <v>998</v>
       </c>
       <c r="E159" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F159" s="1"/>
       <c r="G159" s="1"/>
       <c r="H159" s="1"/>
       <c r="I159" s="1"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
-      <c r="O159" s="1"/>
-[...12 lines deleted...]
-      <c r="D160" s="36" t="s">
+    </row>
+    <row r="160" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="33" t="s">
+        <v>451</v>
+      </c>
+      <c r="B160" s="34" t="s">
+        <v>452</v>
+      </c>
+      <c r="C160" s="35" t="s">
         <v>999</v>
       </c>
+      <c r="D160" s="34" t="s">
+        <v>1000</v>
+      </c>
       <c r="E160" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F160" s="1"/>
       <c r="G160" s="1"/>
       <c r="H160" s="1"/>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
-      <c r="O160" s="1"/>
-[...12 lines deleted...]
-      <c r="D161" s="36" t="s">
+    </row>
+    <row r="161" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="33" t="s">
+        <v>451</v>
+      </c>
+      <c r="B161" s="34" t="s">
+        <v>452</v>
+      </c>
+      <c r="C161" s="35" t="s">
         <v>1001</v>
       </c>
+      <c r="D161" s="34" t="s">
+        <v>1002</v>
+      </c>
       <c r="E161" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F161" s="1"/>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
-      <c r="O161" s="1"/>
-[...12 lines deleted...]
-      <c r="D162" s="36" t="s">
+    </row>
+    <row r="162" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="33" t="s">
+        <v>467</v>
+      </c>
+      <c r="B162" s="34" t="s">
+        <v>468</v>
+      </c>
+      <c r="C162" s="35" t="s">
         <v>1003</v>
       </c>
-      <c r="E162" s="37" t="s">
-        <v>26</v>
+      <c r="D162" s="34" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E162" s="36">
+        <v>29395.83</v>
       </c>
       <c r="F162" s="1"/>
       <c r="G162" s="1"/>
       <c r="H162" s="1"/>
       <c r="I162" s="1"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
-      <c r="O162" s="1"/>
-[...12 lines deleted...]
-      <c r="D163" s="36" t="s">
+    </row>
+    <row r="163" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="33" t="s">
+        <v>469</v>
+      </c>
+      <c r="B163" s="34" t="s">
+        <v>470</v>
+      </c>
+      <c r="C163" s="35" t="s">
         <v>1005</v>
       </c>
-      <c r="E163" s="37" t="s">
-        <v>26</v>
+      <c r="D163" s="34" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E163" s="36">
+        <v>14487.97</v>
       </c>
       <c r="F163" s="1"/>
       <c r="G163" s="1"/>
       <c r="H163" s="1"/>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
-      <c r="O163" s="1"/>
-[...12 lines deleted...]
-      <c r="D164" s="36" t="s">
+    </row>
+    <row r="164" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="33" t="s">
+        <v>469</v>
+      </c>
+      <c r="B164" s="34" t="s">
+        <v>470</v>
+      </c>
+      <c r="C164" s="35" t="s">
         <v>1007</v>
       </c>
-      <c r="E164" s="37" t="s">
-        <v>26</v>
+      <c r="D164" s="34" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E164" s="36">
+        <v>33433.800000000003</v>
       </c>
       <c r="F164" s="1"/>
       <c r="G164" s="1"/>
       <c r="H164" s="1"/>
       <c r="I164" s="1"/>
       <c r="J164" s="1"/>
       <c r="K164" s="1"/>
       <c r="L164" s="1"/>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
-      <c r="O164" s="1"/>
-[...12 lines deleted...]
-      <c r="D165" s="36" t="s">
+    </row>
+    <row r="165" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="33" t="s">
+        <v>477</v>
+      </c>
+      <c r="B165" s="34" t="s">
+        <v>478</v>
+      </c>
+      <c r="C165" s="35" t="s">
         <v>1009</v>
       </c>
+      <c r="D165" s="34" t="s">
+        <v>1010</v>
+      </c>
       <c r="E165" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F165" s="1"/>
       <c r="G165" s="1"/>
       <c r="H165" s="1"/>
       <c r="I165" s="1"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
-      <c r="O165" s="1"/>
-[...12 lines deleted...]
-      <c r="D166" s="36" t="s">
+    </row>
+    <row r="166" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="33" t="s">
+        <v>479</v>
+      </c>
+      <c r="B166" s="34" t="s">
+        <v>480</v>
+      </c>
+      <c r="C166" s="35" t="s">
         <v>1011</v>
       </c>
-      <c r="E166" s="37" t="s">
-        <v>26</v>
+      <c r="D166" s="34" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E166" s="36">
+        <v>21774.54</v>
       </c>
       <c r="F166" s="1"/>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
-      <c r="O166" s="1"/>
-[...12 lines deleted...]
-      <c r="D167" s="36" t="s">
+    </row>
+    <row r="167" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="33" t="s">
+        <v>479</v>
+      </c>
+      <c r="B167" s="34" t="s">
+        <v>480</v>
+      </c>
+      <c r="C167" s="35" t="s">
         <v>1013</v>
       </c>
+      <c r="D167" s="34" t="s">
+        <v>1014</v>
+      </c>
       <c r="E167" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F167" s="1"/>
       <c r="G167" s="1"/>
       <c r="H167" s="1"/>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
-      <c r="O167" s="1"/>
-[...12 lines deleted...]
-      <c r="D168" s="36" t="s">
+    </row>
+    <row r="168" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="33" t="s">
+        <v>479</v>
+      </c>
+      <c r="B168" s="34" t="s">
+        <v>480</v>
+      </c>
+      <c r="C168" s="35" t="s">
         <v>1015</v>
       </c>
+      <c r="D168" s="34" t="s">
+        <v>1016</v>
+      </c>
       <c r="E168" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F168" s="1"/>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
-      <c r="O168" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="169" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="33" t="s">
+        <v>481</v>
+      </c>
+      <c r="B169" s="34" t="s">
+        <v>482</v>
+      </c>
+      <c r="C169" s="35" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D169" s="34" t="s">
+        <v>695</v>
+      </c>
+      <c r="E169" s="36">
+        <v>25283.59</v>
       </c>
       <c r="F169" s="1"/>
       <c r="G169" s="1"/>
       <c r="H169" s="1"/>
       <c r="I169" s="1"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
-      <c r="O169" s="1"/>
-[...13 lines deleted...]
-        <v>856</v>
+    </row>
+    <row r="170" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="33" t="s">
+        <v>483</v>
+      </c>
+      <c r="B170" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="C170" s="35" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D170" s="34" t="s">
+        <v>1019</v>
       </c>
       <c r="E170" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F170" s="1"/>
       <c r="G170" s="1"/>
       <c r="H170" s="1"/>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
-      <c r="O170" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="171" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="33" t="s">
+        <v>487</v>
+      </c>
+      <c r="B171" s="34" t="s">
+        <v>488</v>
+      </c>
+      <c r="C171" s="35" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D171" s="34" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E171" s="36">
+        <v>40279.279999999999</v>
       </c>
       <c r="F171" s="1"/>
       <c r="G171" s="1"/>
       <c r="H171" s="1"/>
       <c r="I171" s="1"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
-      <c r="O171" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="172" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="33" t="s">
+        <v>493</v>
+      </c>
+      <c r="B172" s="34" t="s">
+        <v>494</v>
+      </c>
+      <c r="C172" s="35" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D172" s="34" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E172" s="36">
+        <v>9642.4500000000007</v>
       </c>
       <c r="F172" s="1"/>
       <c r="G172" s="1"/>
       <c r="H172" s="1"/>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
-      <c r="O172" s="1"/>
-[...13 lines deleted...]
-        <v>1023</v>
+    </row>
+    <row r="173" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="33" t="s">
+        <v>493</v>
+      </c>
+      <c r="B173" s="34" t="s">
+        <v>494</v>
+      </c>
+      <c r="C173" s="35" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D173" s="34" t="s">
+        <v>1025</v>
       </c>
       <c r="E173" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F173" s="1"/>
       <c r="G173" s="1"/>
       <c r="H173" s="1"/>
       <c r="I173" s="1"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
-      <c r="O173" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="174" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="33" t="s">
+        <v>501</v>
+      </c>
+      <c r="B174" s="34" t="s">
+        <v>502</v>
+      </c>
+      <c r="C174" s="35" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D174" s="34" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E174" s="36">
+        <v>12925.64</v>
       </c>
       <c r="F174" s="1"/>
       <c r="G174" s="1"/>
       <c r="H174" s="1"/>
       <c r="I174" s="1"/>
       <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
-      <c r="O174" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="175" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="33" t="s">
+        <v>501</v>
+      </c>
+      <c r="B175" s="34" t="s">
+        <v>502</v>
+      </c>
+      <c r="C175" s="35" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D175" s="34" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E175" s="36">
+        <v>18394.18</v>
       </c>
       <c r="F175" s="1"/>
       <c r="G175" s="1"/>
       <c r="H175" s="1"/>
       <c r="I175" s="1"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
-      <c r="O175" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="176" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="33" t="s">
+        <v>501</v>
+      </c>
+      <c r="B176" s="34" t="s">
+        <v>502</v>
+      </c>
+      <c r="C176" s="35" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D176" s="34" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E176" s="36">
+        <v>12428.28</v>
       </c>
       <c r="F176" s="1"/>
       <c r="G176" s="1"/>
       <c r="H176" s="1"/>
       <c r="I176" s="1"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
-      <c r="O176" s="1"/>
-[...13 lines deleted...]
-        <v>1031</v>
+    </row>
+    <row r="177" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="33" t="s">
+        <v>511</v>
+      </c>
+      <c r="B177" s="34" t="s">
+        <v>512</v>
+      </c>
+      <c r="C177" s="35" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D177" s="34" t="s">
+        <v>1033</v>
       </c>
       <c r="E177" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F177" s="1"/>
       <c r="G177" s="1"/>
       <c r="H177" s="1"/>
       <c r="I177" s="1"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
-      <c r="O177" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="178" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="33" t="s">
+        <v>521</v>
+      </c>
+      <c r="B178" s="34" t="s">
+        <v>522</v>
+      </c>
+      <c r="C178" s="35" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D178" s="34" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E178" s="36">
+        <v>11113</v>
       </c>
       <c r="F178" s="1"/>
       <c r="G178" s="1"/>
       <c r="H178" s="1"/>
       <c r="I178" s="1"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
-      <c r="O178" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="179" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="33" t="s">
+        <v>521</v>
+      </c>
+      <c r="B179" s="34" t="s">
+        <v>522</v>
+      </c>
+      <c r="C179" s="35" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D179" s="34" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E179" s="36">
+        <v>8001.15</v>
       </c>
       <c r="F179" s="1"/>
       <c r="G179" s="1"/>
       <c r="H179" s="1"/>
       <c r="I179" s="1"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
-      <c r="O179" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="180" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="33" t="s">
+        <v>531</v>
+      </c>
+      <c r="B180" s="34" t="s">
+        <v>532</v>
+      </c>
+      <c r="C180" s="35" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D180" s="34" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E180" s="36">
+        <v>23349.5</v>
       </c>
       <c r="F180" s="1"/>
       <c r="G180" s="1"/>
       <c r="H180" s="1"/>
       <c r="I180" s="1"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
-      <c r="O180" s="1"/>
-[...13 lines deleted...]
-        <v>1039</v>
+    </row>
+    <row r="181" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B181" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C181" s="35" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D181" s="34" t="s">
+        <v>1041</v>
       </c>
       <c r="E181" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F181" s="1"/>
       <c r="G181" s="1"/>
       <c r="H181" s="1"/>
       <c r="I181" s="1"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
-      <c r="O181" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="182" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B182" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C182" s="35" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D182" s="34" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E182" s="36">
+        <v>63296.59</v>
       </c>
       <c r="F182" s="1"/>
       <c r="G182" s="1"/>
       <c r="H182" s="1"/>
       <c r="I182" s="1"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
-      <c r="O182" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="183" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B183" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C183" s="35" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D183" s="34" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E183" s="36">
+        <v>36257.269999999997</v>
       </c>
       <c r="F183" s="1"/>
       <c r="G183" s="1"/>
       <c r="H183" s="1"/>
       <c r="I183" s="1"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
-      <c r="O183" s="1"/>
-[...13 lines deleted...]
-        <v>1045</v>
+    </row>
+    <row r="184" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B184" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C184" s="35" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D184" s="34" t="s">
+        <v>1047</v>
       </c>
       <c r="E184" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F184" s="1"/>
       <c r="G184" s="1"/>
       <c r="H184" s="1"/>
       <c r="I184" s="1"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
-      <c r="O184" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="185" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B185" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C185" s="35" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D185" s="34" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E185" s="36">
+        <v>22123.08</v>
       </c>
       <c r="F185" s="1"/>
       <c r="G185" s="1"/>
       <c r="H185" s="1"/>
       <c r="I185" s="1"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
-      <c r="O185" s="1"/>
-[...16 lines deleted...]
-        <v>26</v>
+    </row>
+    <row r="186" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B186" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C186" s="35" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D186" s="34" t="s">
+        <v>728</v>
+      </c>
+      <c r="E186" s="36">
+        <v>71900.009999999995</v>
       </c>
       <c r="F186" s="1"/>
       <c r="G186" s="1"/>
       <c r="H186" s="1"/>
       <c r="I186" s="1"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
-      <c r="O186" s="1"/>
-[...12 lines deleted...]
-      <c r="D187" s="36" t="s">
+    </row>
+    <row r="187" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B187" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C187" s="35" t="s">
         <v>1051</v>
       </c>
-      <c r="E187" s="37" t="s">
-        <v>26</v>
+      <c r="D187" s="34" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E187" s="36">
+        <v>15977.78</v>
       </c>
       <c r="F187" s="1"/>
       <c r="G187" s="1"/>
       <c r="H187" s="1"/>
       <c r="I187" s="1"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
-      <c r="O187" s="1"/>
-[...12 lines deleted...]
-      <c r="D188" s="36" t="s">
+    </row>
+    <row r="188" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B188" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C188" s="35" t="s">
         <v>1053</v>
       </c>
-      <c r="E188" s="37" t="s">
-        <v>26</v>
+      <c r="D188" s="34" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E188" s="36">
+        <v>17821.37</v>
       </c>
       <c r="F188" s="1"/>
       <c r="G188" s="1"/>
       <c r="H188" s="1"/>
       <c r="I188" s="1"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
-      <c r="O188" s="1"/>
-[...12 lines deleted...]
-      <c r="D189" s="36" t="s">
+    </row>
+    <row r="189" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B189" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C189" s="35" t="s">
         <v>1055</v>
       </c>
-      <c r="E189" s="37" t="s">
-        <v>26</v>
+      <c r="D189" s="34" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E189" s="36">
+        <v>9832.48</v>
       </c>
       <c r="F189" s="1"/>
       <c r="G189" s="1"/>
       <c r="H189" s="1"/>
       <c r="I189" s="1"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
-      <c r="O189" s="1"/>
-[...12 lines deleted...]
-      <c r="D190" s="36" t="s">
+    </row>
+    <row r="190" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B190" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C190" s="35" t="s">
         <v>1057</v>
       </c>
-      <c r="E190" s="37" t="s">
-        <v>26</v>
+      <c r="D190" s="34" t="s">
+        <v>748</v>
+      </c>
+      <c r="E190" s="36">
+        <v>6145.3</v>
       </c>
       <c r="F190" s="1"/>
       <c r="G190" s="1"/>
       <c r="H190" s="1"/>
       <c r="I190" s="1"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
-      <c r="O190" s="1"/>
-[...9 lines deleted...]
-      <c r="C191" s="36" t="s">
+    </row>
+    <row r="191" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="33" t="s">
+        <v>535</v>
+      </c>
+      <c r="B191" s="34" t="s">
+        <v>536</v>
+      </c>
+      <c r="C191" s="35" t="s">
         <v>1058</v>
       </c>
-      <c r="D191" s="36" t="s">
+      <c r="D191" s="34" t="s">
         <v>1059</v>
       </c>
-      <c r="E191" s="37" t="s">
-        <v>26</v>
+      <c r="E191" s="36">
+        <v>2457.79</v>
       </c>
       <c r="F191" s="1"/>
       <c r="G191" s="1"/>
       <c r="H191" s="1"/>
       <c r="I191" s="1"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
-      <c r="O191" s="1"/>
-[...9 lines deleted...]
-      <c r="C192" s="36" t="s">
+    </row>
+    <row r="192" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A192" s="33" t="s">
+        <v>543</v>
+      </c>
+      <c r="B192" s="34" t="s">
+        <v>544</v>
+      </c>
+      <c r="C192" s="35" t="s">
         <v>1060</v>
       </c>
-      <c r="D192" s="36" t="s">
+      <c r="D192" s="34" t="s">
         <v>1061</v>
       </c>
-      <c r="E192" s="37" t="s">
-        <v>26</v>
+      <c r="E192" s="36">
+        <v>24104.12</v>
       </c>
       <c r="F192" s="1"/>
       <c r="G192" s="1"/>
       <c r="H192" s="1"/>
       <c r="I192" s="1"/>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
-      <c r="O192" s="1"/>
-[...9 lines deleted...]
-      <c r="C193" s="36" t="s">
+    </row>
+    <row r="193" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="33" t="s">
+        <v>549</v>
+      </c>
+      <c r="B193" s="34" t="s">
+        <v>550</v>
+      </c>
+      <c r="C193" s="35" t="s">
         <v>1062</v>
       </c>
-      <c r="D193" s="36" t="s">
+      <c r="D193" s="34" t="s">
         <v>1063</v>
       </c>
-      <c r="E193" s="37" t="s">
-        <v>26</v>
+      <c r="E193" s="36">
+        <v>6199.41</v>
       </c>
       <c r="F193" s="1"/>
       <c r="G193" s="1"/>
       <c r="H193" s="1"/>
       <c r="I193" s="1"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
-      <c r="O193" s="1"/>
-[...9 lines deleted...]
-      <c r="C194" s="36" t="s">
+    </row>
+    <row r="194" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="33" t="s">
+        <v>549</v>
+      </c>
+      <c r="B194" s="34" t="s">
+        <v>550</v>
+      </c>
+      <c r="C194" s="35" t="s">
         <v>1064</v>
       </c>
-      <c r="D194" s="36" t="s">
+      <c r="D194" s="34" t="s">
         <v>1065</v>
       </c>
-      <c r="E194" s="37" t="s">
-        <v>26</v>
+      <c r="E194" s="36">
+        <v>10332.6</v>
       </c>
       <c r="F194" s="1"/>
       <c r="G194" s="1"/>
       <c r="H194" s="1"/>
       <c r="I194" s="1"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
-      <c r="O194" s="1"/>
-[...9 lines deleted...]
-      <c r="C195" s="36" t="s">
+    </row>
+    <row r="195" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="33" t="s">
+        <v>557</v>
+      </c>
+      <c r="B195" s="34" t="s">
+        <v>558</v>
+      </c>
+      <c r="C195" s="35" t="s">
         <v>1066</v>
       </c>
-      <c r="D195" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="D195" s="34" t="s">
+        <v>728</v>
+      </c>
+      <c r="E195" s="36">
+        <v>8236.35</v>
       </c>
       <c r="F195" s="1"/>
       <c r="G195" s="1"/>
       <c r="H195" s="1"/>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
-      <c r="O195" s="1"/>
-[...9 lines deleted...]
-      <c r="C196" s="36" t="s">
+    </row>
+    <row r="196" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="33" t="s">
+        <v>557</v>
+      </c>
+      <c r="B196" s="34" t="s">
+        <v>558</v>
+      </c>
+      <c r="C196" s="35" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D196" s="34" t="s">
         <v>1068</v>
       </c>
-      <c r="D196" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E196" s="36">
+        <v>19767.34</v>
       </c>
       <c r="F196" s="1"/>
       <c r="G196" s="1"/>
       <c r="H196" s="1"/>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
-      <c r="O196" s="1"/>
-[...9 lines deleted...]
-      <c r="C197" s="36" t="s">
+    </row>
+    <row r="197" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="33" t="s">
+        <v>567</v>
+      </c>
+      <c r="B197" s="34" t="s">
+        <v>568</v>
+      </c>
+      <c r="C197" s="35" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D197" s="34" t="s">
         <v>1070</v>
       </c>
-      <c r="D197" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E197" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F197" s="1"/>
       <c r="G197" s="1"/>
       <c r="H197" s="1"/>
       <c r="I197" s="1"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1"/>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
-      <c r="O197" s="1"/>
-[...9 lines deleted...]
-      <c r="C198" s="36" t="s">
+    </row>
+    <row r="198" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="33" t="s">
+        <v>567</v>
+      </c>
+      <c r="B198" s="34" t="s">
+        <v>568</v>
+      </c>
+      <c r="C198" s="35" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D198" s="34" t="s">
         <v>1072</v>
       </c>
-      <c r="D198" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E198" s="36">
+        <v>32950.519999999997</v>
       </c>
       <c r="F198" s="1"/>
       <c r="G198" s="1"/>
       <c r="H198" s="1"/>
       <c r="I198" s="1"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
-      <c r="O198" s="1"/>
-[...9 lines deleted...]
-      <c r="C199" s="36" t="s">
+    </row>
+    <row r="199" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="33" t="s">
+        <v>567</v>
+      </c>
+      <c r="B199" s="34" t="s">
+        <v>568</v>
+      </c>
+      <c r="C199" s="35" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D199" s="34" t="s">
         <v>1074</v>
       </c>
-      <c r="D199" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E199" s="36">
+        <v>24447.01</v>
       </c>
       <c r="F199" s="1"/>
       <c r="G199" s="1"/>
       <c r="H199" s="1"/>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
-      <c r="O199" s="1"/>
-[...9 lines deleted...]
-      <c r="C200" s="36" t="s">
+    </row>
+    <row r="200" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="33" t="s">
+        <v>583</v>
+      </c>
+      <c r="B200" s="34" t="s">
+        <v>584</v>
+      </c>
+      <c r="C200" s="35" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D200" s="34" t="s">
         <v>1076</v>
       </c>
-      <c r="D200" s="36" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E200" s="36">
+        <v>7557.49</v>
       </c>
       <c r="F200" s="1"/>
       <c r="G200" s="1"/>
       <c r="H200" s="1"/>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1"/>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
-      <c r="O200" s="1"/>
-[...9 lines deleted...]
-      <c r="C201" s="36" t="s">
+    </row>
+    <row r="201" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="33" t="s">
+        <v>595</v>
+      </c>
+      <c r="B201" s="34" t="s">
+        <v>596</v>
+      </c>
+      <c r="C201" s="35" t="s">
         <v>1077</v>
       </c>
-      <c r="D201" s="36" t="s">
+      <c r="D201" s="34" t="s">
         <v>1078</v>
       </c>
-      <c r="E201" s="37" t="s">
-        <v>26</v>
+      <c r="E201" s="36">
+        <v>10911.46</v>
       </c>
       <c r="F201" s="1"/>
       <c r="G201" s="1"/>
       <c r="H201" s="1"/>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1"/>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
-      <c r="O201" s="1"/>
-[...9 lines deleted...]
-      <c r="C202" s="36" t="s">
+    </row>
+    <row r="202" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="33" t="s">
+        <v>595</v>
+      </c>
+      <c r="B202" s="34" t="s">
+        <v>596</v>
+      </c>
+      <c r="C202" s="35" t="s">
         <v>1079</v>
       </c>
-      <c r="D202" s="36" t="s">
-        <v>693</v>
+      <c r="D202" s="34" t="s">
+        <v>938</v>
       </c>
       <c r="E202" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F202" s="1"/>
       <c r="G202" s="1"/>
       <c r="H202" s="1"/>
       <c r="I202" s="1"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1"/>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
-      <c r="O202" s="1"/>
-[...9 lines deleted...]
-      <c r="C203" s="36" t="s">
+    </row>
+    <row r="203" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A203" s="33" t="s">
+        <v>595</v>
+      </c>
+      <c r="B203" s="34" t="s">
+        <v>596</v>
+      </c>
+      <c r="C203" s="35" t="s">
         <v>1080</v>
       </c>
-      <c r="D203" s="36" t="s">
+      <c r="D203" s="34" t="s">
         <v>1081</v>
       </c>
       <c r="E203" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F203" s="1"/>
       <c r="G203" s="1"/>
       <c r="H203" s="1"/>
       <c r="I203" s="1"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
-      <c r="O203" s="1"/>
-[...9 lines deleted...]
-      <c r="C204" s="36" t="s">
+    </row>
+    <row r="204" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A204" s="33" t="s">
+        <v>595</v>
+      </c>
+      <c r="B204" s="34" t="s">
+        <v>596</v>
+      </c>
+      <c r="C204" s="35" t="s">
         <v>1082</v>
       </c>
-      <c r="D204" s="36" t="s">
+      <c r="D204" s="34" t="s">
         <v>1083</v>
       </c>
       <c r="E204" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F204" s="1"/>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1"/>
       <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
-      <c r="O204" s="1"/>
-[...9 lines deleted...]
-      <c r="C205" s="36" t="s">
+    </row>
+    <row r="205" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="33" t="s">
+        <v>609</v>
+      </c>
+      <c r="B205" s="34" t="s">
+        <v>610</v>
+      </c>
+      <c r="C205" s="35" t="s">
         <v>1084</v>
       </c>
-      <c r="D205" s="36" t="s">
+      <c r="D205" s="34" t="s">
         <v>1085</v>
       </c>
       <c r="E205" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F205" s="1"/>
       <c r="G205" s="1"/>
       <c r="H205" s="1"/>
       <c r="I205" s="1"/>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1"/>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
-      <c r="O205" s="1"/>
-[...9 lines deleted...]
-      <c r="C206" s="36" t="s">
+    </row>
+    <row r="206" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A206" s="33" t="s">
+        <v>611</v>
+      </c>
+      <c r="B206" s="34" t="s">
+        <v>612</v>
+      </c>
+      <c r="C206" s="35" t="s">
         <v>1086</v>
       </c>
-      <c r="D206" s="36" t="s">
+      <c r="D206" s="34" t="s">
         <v>1087</v>
       </c>
-      <c r="E206" s="37" t="s">
-        <v>26</v>
+      <c r="E206" s="36">
+        <v>34367.42</v>
       </c>
       <c r="F206" s="1"/>
       <c r="G206" s="1"/>
       <c r="H206" s="1"/>
       <c r="I206" s="1"/>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
-      <c r="O206" s="1"/>
-[...9 lines deleted...]
-      <c r="C207" s="36" t="s">
+    </row>
+    <row r="207" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A207" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B207" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C207" s="35" t="s">
         <v>1088</v>
       </c>
-      <c r="D207" s="36" t="s">
+      <c r="D207" s="34" t="s">
         <v>1089</v>
       </c>
-      <c r="E207" s="37" t="s">
-        <v>26</v>
+      <c r="E207" s="36">
+        <v>167646.04</v>
       </c>
       <c r="F207" s="1"/>
       <c r="G207" s="1"/>
       <c r="H207" s="1"/>
       <c r="I207" s="1"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1"/>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
-      <c r="O207" s="1"/>
-[...9 lines deleted...]
-      <c r="C208" s="36" t="s">
+    </row>
+    <row r="208" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B208" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C208" s="35" t="s">
         <v>1090</v>
       </c>
-      <c r="D208" s="36" t="s">
+      <c r="D208" s="34" t="s">
         <v>1091</v>
       </c>
-      <c r="E208" s="37" t="s">
-        <v>26</v>
+      <c r="E208" s="36">
+        <v>30770.45</v>
       </c>
       <c r="F208" s="1"/>
       <c r="G208" s="1"/>
       <c r="H208" s="1"/>
       <c r="I208" s="1"/>
       <c r="J208" s="1"/>
       <c r="K208" s="1"/>
       <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
-      <c r="O208" s="1"/>
-[...9 lines deleted...]
-      <c r="C209" s="36" t="s">
+    </row>
+    <row r="209" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B209" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C209" s="35" t="s">
         <v>1092</v>
       </c>
-      <c r="D209" s="36" t="s">
+      <c r="D209" s="34" t="s">
         <v>1093</v>
       </c>
-      <c r="E209" s="37" t="s">
-        <v>26</v>
+      <c r="E209" s="36">
+        <v>45625.15</v>
       </c>
       <c r="F209" s="1"/>
       <c r="G209" s="1"/>
       <c r="H209" s="1"/>
       <c r="I209" s="1"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
-      <c r="O209" s="1"/>
-[...9 lines deleted...]
-      <c r="C210" s="36" t="s">
+    </row>
+    <row r="210" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A210" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B210" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C210" s="35" t="s">
         <v>1094</v>
       </c>
-      <c r="D210" s="36" t="s">
+      <c r="D210" s="34" t="s">
         <v>1095</v>
       </c>
       <c r="E210" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F210" s="1"/>
       <c r="G210" s="1"/>
       <c r="H210" s="1"/>
       <c r="I210" s="1"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
-      <c r="O210" s="1"/>
-[...9 lines deleted...]
-      <c r="C211" s="36" t="s">
+    </row>
+    <row r="211" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A211" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B211" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C211" s="35" t="s">
         <v>1096</v>
       </c>
-      <c r="D211" s="36" t="s">
+      <c r="D211" s="34" t="s">
         <v>1097</v>
       </c>
       <c r="E211" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F211" s="1"/>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
-      <c r="O211" s="1"/>
-[...9 lines deleted...]
-      <c r="C212" s="36" t="s">
+    </row>
+    <row r="212" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B212" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C212" s="35" t="s">
         <v>1098</v>
       </c>
-      <c r="D212" s="36" t="s">
+      <c r="D212" s="34" t="s">
         <v>1099</v>
       </c>
       <c r="E212" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F212" s="1"/>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1"/>
       <c r="J212" s="1"/>
       <c r="K212" s="1"/>
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
-      <c r="O212" s="1"/>
-[...9 lines deleted...]
-      <c r="C213" s="36" t="s">
+    </row>
+    <row r="213" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A213" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B213" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C213" s="35" t="s">
         <v>1100</v>
       </c>
-      <c r="D213" s="36" t="s">
+      <c r="D213" s="34" t="s">
         <v>1101</v>
       </c>
-      <c r="E213" s="37" t="s">
-        <v>26</v>
+      <c r="E213" s="36">
+        <v>21221</v>
       </c>
       <c r="F213" s="1"/>
       <c r="G213" s="1"/>
       <c r="H213" s="1"/>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
-      <c r="O213" s="1"/>
-[...9 lines deleted...]
-      <c r="C214" s="36" t="s">
+    </row>
+    <row r="214" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B214" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C214" s="35" t="s">
         <v>1102</v>
       </c>
-      <c r="D214" s="36" t="s">
+      <c r="D214" s="34" t="s">
         <v>1103</v>
       </c>
       <c r="E214" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F214" s="1"/>
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
       <c r="I214" s="1"/>
       <c r="J214" s="1"/>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
-      <c r="O214" s="1"/>
-[...9 lines deleted...]
-      <c r="C215" s="36" t="s">
+    </row>
+    <row r="215" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A215" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B215" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C215" s="35" t="s">
         <v>1104</v>
       </c>
-      <c r="D215" s="36" t="s">
-        <v>856</v>
+      <c r="D215" s="34" t="s">
+        <v>1105</v>
       </c>
       <c r="E215" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F215" s="1"/>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1"/>
       <c r="J215" s="1"/>
       <c r="K215" s="1"/>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
-      <c r="O215" s="1"/>
-[...12 lines deleted...]
-      <c r="D216" s="36" t="s">
+    </row>
+    <row r="216" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A216" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B216" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C216" s="35" t="s">
         <v>1106</v>
       </c>
+      <c r="D216" s="34" t="s">
+        <v>1107</v>
+      </c>
       <c r="E216" s="37" t="s">
-        <v>26</v>
+        <v>708</v>
       </c>
       <c r="F216" s="1"/>
       <c r="G216" s="1"/>
       <c r="H216" s="1"/>
       <c r="I216" s="1"/>
       <c r="J216" s="1"/>
       <c r="K216" s="1"/>
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
-      <c r="O216" s="1"/>
-[...12 lines deleted...]
-      <c r="D217" s="36" t="s">
+    </row>
+    <row r="217" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="B217" s="34" t="s">
+        <v>614</v>
+      </c>
+      <c r="C217" s="35" t="s">
         <v>1108</v>
       </c>
-      <c r="E217" s="37" t="s">
-        <v>26</v>
+      <c r="D217" s="34" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E217" s="36">
+        <v>1061.05</v>
       </c>
       <c r="F217" s="1"/>
       <c r="G217" s="1"/>
       <c r="H217" s="1"/>
       <c r="I217" s="1"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
-      <c r="O217" s="1"/>
-[...2 lines deleted...]
-    <row r="218" spans="1:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="218" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A218" s="38" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="B218" s="39" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-        <v>1109</v>
+        <v>616</v>
+      </c>
+      <c r="C218" s="40" t="s">
+        <v>1110</v>
       </c>
       <c r="D218" s="39" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>1111</v>
+      </c>
+      <c r="E218" s="37">
+        <v>664.4</v>
       </c>
       <c r="F218" s="1"/>
       <c r="G218" s="1"/>
       <c r="H218" s="1"/>
       <c r="I218" s="1"/>
       <c r="J218" s="1"/>
       <c r="K218" s="1"/>
       <c r="L218" s="1"/>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
-      <c r="O218" s="1"/>
-[...7 lines deleted...]
-      <c r="E219" s="1"/>
+    </row>
+    <row r="219" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="41" t="s">
+        <v>617</v>
+      </c>
+      <c r="B219" s="42" t="s">
+        <v>618</v>
+      </c>
+      <c r="C219" s="41" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D219" s="42" t="s">
+        <v>748</v>
+      </c>
+      <c r="E219" s="43">
+        <v>10097.370000000001</v>
+      </c>
       <c r="F219" s="1"/>
       <c r="G219" s="1"/>
       <c r="H219" s="1"/>
       <c r="I219" s="1"/>
       <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
-      <c r="O219" s="1"/>
-[...104 lines deleted...]
-    <row r="237" spans="1:4" ht="14" x14ac:dyDescent="0.3">
+    </row>
+    <row r="220" spans="1:14" ht="14" x14ac:dyDescent="0.3">
+      <c r="A220" s="41" t="s">
+        <v>621</v>
+      </c>
+      <c r="B220" s="42" t="s">
+        <v>622</v>
+      </c>
+      <c r="C220" s="41" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D220" s="42" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E220" s="43">
+        <v>18174.22</v>
+      </c>
+    </row>
+    <row r="221" spans="1:14" ht="14" x14ac:dyDescent="0.3">
+      <c r="A221" s="41" t="s">
+        <v>625</v>
+      </c>
+      <c r="B221" s="42" t="s">
+        <v>626</v>
+      </c>
+      <c r="C221" s="41" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D221" s="42" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E221" s="44" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="222" spans="1:14" ht="14" x14ac:dyDescent="0.3">
+      <c r="A222" s="41" t="s">
+        <v>633</v>
+      </c>
+      <c r="B222" s="42" t="s">
+        <v>634</v>
+      </c>
+      <c r="C222" s="41" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D222" s="42" t="s">
+        <v>1118</v>
+      </c>
+      <c r="E222" s="43">
+        <v>11280.08</v>
+      </c>
+    </row>
+    <row r="223" spans="1:14" ht="14" x14ac:dyDescent="0.3">
+      <c r="A223" s="41" t="s">
+        <v>635</v>
+      </c>
+      <c r="B223" s="42" t="s">
+        <v>636</v>
+      </c>
+      <c r="C223" s="41" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D223" s="42" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E223" s="44" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="224" spans="1:14" ht="14" x14ac:dyDescent="0.3">
+      <c r="A224" s="41" t="s">
+        <v>635</v>
+      </c>
+      <c r="B224" s="42" t="s">
+        <v>636</v>
+      </c>
+      <c r="C224" s="41" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D224" s="42" t="s">
+        <v>728</v>
+      </c>
+      <c r="E224" s="43">
+        <v>10623.36</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A225" s="41" t="s">
+        <v>635</v>
+      </c>
+      <c r="B225" s="42" t="s">
+        <v>636</v>
+      </c>
+      <c r="C225" s="41" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D225" s="42" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E225" s="43">
+        <v>7967.49</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A226" s="41" t="s">
+        <v>653</v>
+      </c>
+      <c r="B226" s="42" t="s">
+        <v>654</v>
+      </c>
+      <c r="C226" s="41" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D226" s="42" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E226" s="43">
+        <v>23435.78</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A227" s="41" t="s">
+        <v>653</v>
+      </c>
+      <c r="B227" s="42" t="s">
+        <v>654</v>
+      </c>
+      <c r="C227" s="41" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D227" s="42" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E227" s="44" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A228" s="41" t="s">
+        <v>653</v>
+      </c>
+      <c r="B228" s="42" t="s">
+        <v>654</v>
+      </c>
+      <c r="C228" s="41" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D228" s="42" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E228" s="44">
+        <v>937.43</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A229" s="41" t="s">
+        <v>653</v>
+      </c>
+      <c r="B229" s="42" t="s">
+        <v>654</v>
+      </c>
+      <c r="C229" s="41" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D229" s="42" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E229" s="43">
+        <v>10311.73</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A230" s="41" t="s">
+        <v>653</v>
+      </c>
+      <c r="B230" s="42" t="s">
+        <v>654</v>
+      </c>
+      <c r="C230" s="41" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D230" s="42" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E230" s="44" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A231" s="41" t="s">
+        <v>653</v>
+      </c>
+      <c r="B231" s="42" t="s">
+        <v>654</v>
+      </c>
+      <c r="C231" s="41" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D231" s="42" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E231" s="43">
+        <v>7499.44</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A232" s="41" t="s">
+        <v>645</v>
+      </c>
+      <c r="B232" s="42" t="s">
+        <v>646</v>
+      </c>
+      <c r="C232" s="41" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D232" s="42" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E232" s="44" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A233" s="41" t="s">
+        <v>645</v>
+      </c>
+      <c r="B233" s="42" t="s">
+        <v>646</v>
+      </c>
+      <c r="C233" s="41" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D233" s="42" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E233" s="43">
+        <v>10183.129999999999</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A234" s="41" t="s">
+        <v>651</v>
+      </c>
+      <c r="B234" s="42" t="s">
+        <v>652</v>
+      </c>
+      <c r="C234" s="41" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D234" s="42" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E234" s="43">
+        <v>8507.5400000000009</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A235" s="41" t="s">
+        <v>659</v>
+      </c>
+      <c r="B235" s="42" t="s">
+        <v>660</v>
+      </c>
+      <c r="C235" s="41" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D235" s="42" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E235" s="43">
+        <v>7607.54</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="A236" s="41" t="s">
+        <v>665</v>
+      </c>
+      <c r="B236" s="42" t="s">
+        <v>666</v>
+      </c>
+      <c r="C236" s="41" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D236" s="42" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E236" s="44" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="A237" s="4"/>
       <c r="B237" s="4"/>
       <c r="C237" s="4"/>
       <c r="D237" s="4"/>
     </row>
-    <row r="238" spans="1:4" ht="14" x14ac:dyDescent="0.3">
+    <row r="238" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="A238" s="4"/>
       <c r="B238" s="4"/>
       <c r="C238" s="4"/>
       <c r="D238" s="4"/>
     </row>
-    <row r="239" spans="1:4" ht="14" x14ac:dyDescent="0.3">
+    <row r="239" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="A239" s="4"/>
       <c r="B239" s="4"/>
       <c r="C239" s="4"/>
       <c r="D239" s="4"/>
     </row>
-    <row r="240" spans="1:4" ht="14" x14ac:dyDescent="0.3">
+    <row r="240" spans="1:5" ht="14" x14ac:dyDescent="0.3">
       <c r="A240" s="4"/>
       <c r="B240" s="4"/>
       <c r="C240" s="4"/>
       <c r="D240" s="4"/>
     </row>
     <row r="241" spans="1:4" ht="14" x14ac:dyDescent="0.3">
       <c r="A241" s="4"/>
       <c r="B241" s="4"/>
       <c r="C241" s="4"/>
       <c r="D241" s="4"/>
     </row>
     <row r="242" spans="1:4" ht="14" x14ac:dyDescent="0.3">
       <c r="A242" s="4"/>
       <c r="B242" s="4"/>
       <c r="C242" s="4"/>
       <c r="D242" s="4"/>
     </row>
     <row r="243" spans="1:4" ht="14" x14ac:dyDescent="0.3">
       <c r="A243" s="4"/>
       <c r="B243" s="4"/>
       <c r="C243" s="4"/>
       <c r="D243" s="4"/>
     </row>
     <row r="244" spans="1:4" ht="14" x14ac:dyDescent="0.3">
       <c r="A244" s="4"/>