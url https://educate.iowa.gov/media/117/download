--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -10,50 +10,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00187217" w:rsidRPr="009F68F2" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="009F68F2">
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7772400" cy="667512"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="image1.jpg" descr="Iowa Department of Education"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.jpg" descr="Iowa Department of Education"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
@@ -66,139 +67,128 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7772400" cy="667512"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009F68F2">
         <w:t xml:space="preserve">Teacher Librarian </w:t>
       </w:r>
       <w:r w:rsidR="009F68F2">
         <w:t xml:space="preserve">Endorsement </w:t>
       </w:r>
       <w:r w:rsidRPr="009F68F2">
         <w:t>Worksheet</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidR="00187217" w:rsidRPr="009F68F2" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F68F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Endorsement 108: K-8, 109: 5-12, or 174: K-12 Teacher Librarian. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRPr="009F68F2" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F68F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Completion of 24 semester hours in school library coursework to include the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:r>
         <w:t>(1) Literacy and reading. This requirement includes the following competencies at the elementary level for K-8 and secondary level for 5-12:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Practitioners collaborate with other teachers to integrate developmentally appropriate literature in multiple forma</w:t>
-[...2 lines deleted...]
-        <w:t>ts to support literacy for youth.</w:t>
+        <w:t>Practitioners collaborate with other teachers to integrate developmentally appropriate literature in multiple formats to support literacy for youth.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners demonstrate knowledge of resources and strategies to foster leisure reading and model personal enjoyment of reading, based on familiarity with selection tools and current trends in literature for youth.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Pract</w:t>
-[...2 lines deleted...]
-        <w:t>itioners understand how to develop a collection of reading and informational materials in print and digital formats that supports the diverse developmental, cultural, social and linguistic needs of all learners and their communities.</w:t>
+        <w:t>Practitioners understand how to develop a collection of reading and informational materials in print and digital formats that supports the diverse developmental, cultural, social and linguistic needs of all learners and their communities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F68F2" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Practitioners model an</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Practitioners model and teach reading comprehension strategies to create meaning from text for youth.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
         <w:gridCol w:w="1970"/>
       </w:tblGrid>
       <w:tr w:rsidR="009F68F2" w:rsidTr="00C56101">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
@@ -697,139 +687,124 @@
       <w:r>
         <w:t>Information and knowledge. This requirement includes the following competencies:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners teach multiple strategies to locate, analyze, evaluate, and ethically use information in the context of inquiry-based learning.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Practitioners advocate for flexi</w:t>
-[...2 lines deleted...]
-        <w:t>ble and open access to library resources, both physical and virtual.</w:t>
+        <w:t>Practitioners advocate for flexible and open access to library resources, both physical and virtual.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners uphold and promote the legal and ethical codes of their profession, including privacy, confidentiality, freedom and equity of access to information.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Practitioners use skills</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> and knowledge to assess reference sources, services, and tools in order to mediate between information needs and resources to assist learners in determining what they need.</w:t>
+        <w:t>Practitioners use skills and knowledge to assess reference sources, services, and tools in order to mediate between information needs and resources to assist learners in determining what they need.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Practitioners model and facilitate authentic learning with current and emerging di</w:t>
-[...2 lines deleted...]
-        <w:t>gital tools for locating, analyzing, evaluating and ethically using information resources to support research, learning, creating, and communicating in a digital society.</w:t>
+        <w:t>Practitioners model and facilitate authentic learning with current and emerging digital tools for locating, analyzing, evaluating and ethically using information resources to support research, learning, creating, and communicating in a digital society.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Practitioners demonstrate knowledge of creative and innovative uses of technologies t</w:t>
-[...2 lines deleted...]
-        <w:t>o engage students and facilitate higher-level thinking.</w:t>
+        <w:t>Practitioners demonstrate knowledge of creative and innovative uses of technologies to engage students and facilitate higher-level thinking.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners develop an articulated information literacy curriculum grounded in research related to the information search process.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Practitioners understand the process of collecting, interpreting, a</w:t>
-[...2 lines deleted...]
-        <w:t>nd using data to develop new knowledge to improve the school library program.</w:t>
+        <w:t>Practitioners understand the process of collecting, interpreting, and using data to develop new knowledge to improve the school library program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners employ the methods of research in library and information science.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
@@ -1310,126 +1285,111 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="009F68F2" w:rsidRPr="00C12CF2" w:rsidRDefault="009F68F2" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00187217" w:rsidRDefault="00187217" w:rsidP="009F68F2"/>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:r>
-        <w:t xml:space="preserve">(3) </w:t>
-[...2 lines deleted...]
-        <w:t>Program administration and leadership. This requirement includes the following competencies:</w:t>
+        <w:t>(3) Program administration and leadership. This requirement includes the following competencies:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Practitioners evaluate and select print, nonprint, and digital resources using professional selection tools and evaluation criteria to develop and manage a quality collection designed to meet the diverse curricular, personal, and professional needs of the </w:t>
-[...2 lines deleted...]
-        <w:t>educational community.</w:t>
+        <w:t>Practitioners evaluate and select print, nonprint, and digital resources using professional selection tools and evaluation criteria to develop and manage a quality collection designed to meet the diverse curricular, personal, and professional needs of the educational community.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners demonstrate knowledge necessary to organize the library collections according to current standard library cataloging and classification principles.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Practitioners develop policies and procedures to support ethical use of</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> information, intellectual freedom, selection and reconsideration of library materials, and the privacy of users of all ages.</w:t>
+        <w:t>Practitioners develop policies and procedures to support ethical use of information, intellectual freedom, selection and reconsideration of library materials, and the privacy of users of all ages.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Practitioners develop strategies for working with regular classroom teachers, support services personnel, paraprofessionals, and o</w:t>
-[...2 lines deleted...]
-        <w:t>ther individuals involved in the educational program.</w:t>
+        <w:t>Practitioners develop strategies for working with regular classroom teachers, support services personnel, paraprofessionals, and other individuals involved in the educational program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Practitioners demonstrate knowledge of best practices related to planning, budgeting (including alternative funding), organizing, and evaluating human and information resources and facilities to ensure </w:t>
-[...2 lines deleted...]
-        <w:t>equitable access.</w:t>
+        <w:t>Practitioners demonstrate knowledge of best practices related to planning, budgeting (including alternative funding), organizing, and evaluating human and information resources and facilities to ensure equitable access.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners understand strategic planning to ensure that the school library program addresses the needs of diverse communities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners advocate for school library and information programs, resources, and services among stakeholders.</w:t>
       </w:r>
@@ -1958,69 +1918,63 @@
         <w:lastRenderedPageBreak/>
         <w:t>(4) Practicum. This requirement includes the following competencies at the elementary level for K-8 and secondary level for 5-12:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners apply knowledge of learning styles, stages of human growth and development, and cultural influences of learning at the elementary or secondary levels.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Practitioners implement the principles of effective teaching and learning that contribute t</w:t>
-[...2 lines deleted...]
-        <w:t>o an active, inquiry-based approach to learning in a digital environment at the elementary or secondary levels.</w:t>
+        <w:t>Practitioners implement the principles of effective teaching and learning that contribute to an active, inquiry-based approach to learning in a digital environment at the elementary or secondary levels.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Practitioners understand the teacher librarian role in curriculum development and the school improvement process at the elementary or secondary </w:t>
-[...2 lines deleted...]
-        <w:t>levels.</w:t>
+        <w:t>Practitioners understand the teacher librarian role in curriculum development and the school improvement process at the elementary or secondary levels.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Practitioners collaborate to integrate information literacy and emerging technologies into content area curricula.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
@@ -2506,96 +2460,84 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="009F68F2" w:rsidRPr="00C12CF2" w:rsidRDefault="009F68F2" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="009F68F2" w:rsidRDefault="009F68F2" w:rsidP="009F68F2"/>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:r>
         <w:t xml:space="preserve">21.3(1) Adding an endorsement. To add an endorsement to an existing license, the applicant will follow one of these options: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:r>
-        <w:t>a. Option 1. Receive the Iowa education institution’s recommendation that the current approved program requirements or state minim</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">um requirements for the endorsement have been met. </w:t>
+        <w:t xml:space="preserve">a. Option 1. Receive the Iowa education institution’s recommendation that the current approved program requirements or state minimum requirements for the endorsement have been met. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00187217" w:rsidRDefault="00034C28" w:rsidP="009F68F2">
       <w:r>
-        <w:t>b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been m</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> content area successfully while holding a Class B license. </w:t>
+        <w:t xml:space="preserve">b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been met. Applicants will have achieved a C- grade or higher in the courses that will be considered for an endorsement. The methods course can be waived if the practitioner holds an endorsement in the same content area at a different level and teaches in the new content area successfully while holding a Class B license. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187217" w:rsidRDefault="00187217" w:rsidP="009F68F2">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00187217" w:rsidRDefault="00187217" w:rsidP="009F68F2"/>
     <w:sectPr w:rsidR="00187217">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="187" w:footer="446" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00034C28" w:rsidRDefault="00034C28">
+    <w:p w:rsidR="00F724A7" w:rsidRDefault="00F724A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00034C28" w:rsidRDefault="00034C28">
+    <w:p w:rsidR="00F724A7" w:rsidRDefault="00F724A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2636,87 +2578,87 @@
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r w:rsidR="009F68F2">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009F68F2">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00034C28" w:rsidRDefault="00034C28">
+    <w:p w:rsidR="00F724A7" w:rsidRDefault="00F724A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00034C28" w:rsidRDefault="00034C28">
+    <w:p w:rsidR="00F724A7" w:rsidRDefault="00F724A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04711B61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08C23ADC"/>
     <w:lvl w:ilvl="0" w:tplc="53ECFF4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="893" w:hanging="360"/>
       </w:pPr>
@@ -3871,76 +3813,77 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00187217"/>
     <w:rsid w:val="00034C28"/>
     <w:rsid w:val="00187217"/>
+    <w:rsid w:val="00263774"/>
     <w:rsid w:val="009F68F2"/>
+    <w:rsid w:val="00F724A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="57EBBDA1"/>
   <w15:docId w15:val="{581F8E69-5543-40D8-9FA7-C71DB26F78A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="173"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5181,68 +5124,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mj9hHy4jEfDMCXrV1CkJctK9wNDUA==">CgMxLjAyCGguZ2pkZ3hzOAByITFMMVZyQTA2VjZDamgwV3g5U1dzX0RHOHB1emk5cnhmVQ==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>889</Words>
   <Characters>5069</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5947</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Teacher Librarian Endorsement Worksheet</dc:title>
   <dc:creator>Tubbs, Joanne [BOEE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>