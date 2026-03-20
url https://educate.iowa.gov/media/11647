--- v0 (2026-01-27)
+++ v1 (2026-03-20)
@@ -1,74 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Planning, Research and Evaluation\JasonC\Education Statistics\2025-26\Directories\Data\Web Postings\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\My Drive\Directory Webpages\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E5EEAC72-66BB-493C-98C5-253BE384B91C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C7918568-86DB-4E7C-97CE-862FE4AE463B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{1115CC85-1507-4971-AB3F-C7032D78F3E6}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1115CC85-1507-4971-AB3F-C7032D78F3E6}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$7:$Z$241</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$7:$AA$242</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6141" uniqueCount="1950">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6377" uniqueCount="1963">
   <si>
     <t>Note 1:  Schools have been assigned to the county in which they are physically located and may not match the school district's county number.</t>
   </si>
   <si>
     <t>County Name</t>
   </si>
   <si>
     <t>P.O. Box</t>
   </si>
   <si>
     <t>Mailing Street</t>
   </si>
   <si>
     <t>Mailing City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Physical Street</t>
   </si>
   <si>
     <t>Physical City</t>
   </si>
   <si>
@@ -5285,53 +5299,50 @@
   <si>
     <t>60 East Green Street</t>
   </si>
   <si>
     <t>Winterset</t>
   </si>
   <si>
     <t>50273</t>
   </si>
   <si>
     <t>5154680384</t>
   </si>
   <si>
     <t>Virtual School?</t>
   </si>
   <si>
     <t>St Teresa of Calcutta School - Calmar</t>
   </si>
   <si>
     <t>DBQE58@dbqarch.org</t>
   </si>
   <si>
     <t>2025-26 Iowa Nonpublic School Building Directory (Final)</t>
   </si>
   <si>
-    <t>Source: Iowa Department of Education, Bureau of Performance and Analytics, School Information Update, Address File 10/01/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Website</t>
   </si>
   <si>
     <t>Administrator Start Year</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>www.timothychristianschool.net</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>www.bishopgarrigan.org</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>www.stpatswaukon.com</t>
@@ -5874,50 +5885,92 @@
     <t>www.alraziacademy.org</t>
   </si>
   <si>
     <t>www.xavier.pvt.k12.ia.us</t>
   </si>
   <si>
     <t>www.beckmancatholic.org</t>
   </si>
   <si>
     <t>https://lasallecatholicschool.org/</t>
   </si>
   <si>
     <t>http://www.aquin.org</t>
   </si>
   <si>
     <t>www.setonschool.org</t>
   </si>
   <si>
     <t>http://www.setonschool.org/</t>
   </si>
   <si>
     <t>www.inwoodchristian.com</t>
   </si>
   <si>
     <t>www.lutheraninterparish.com</t>
+  </si>
+  <si>
+    <t>CSI</t>
+  </si>
+  <si>
+    <t>ACSI</t>
+  </si>
+  <si>
+    <t>Specially/CSI</t>
+  </si>
+  <si>
+    <t>NLSA</t>
+  </si>
+  <si>
+    <t>ISACS/Cognia</t>
+  </si>
+  <si>
+    <t>MSA</t>
+  </si>
+  <si>
+    <t>Cognia</t>
+  </si>
+  <si>
+    <t>AMS</t>
+  </si>
+  <si>
+    <t>ACCS</t>
+  </si>
+  <si>
+    <t>ISACS</t>
+  </si>
+  <si>
+    <t>ACS, WASC</t>
+  </si>
+  <si>
+    <t>State of Iowa</t>
+  </si>
+  <si>
+    <t>Accrediting Agency</t>
+  </si>
+  <si>
+    <t>Source: Iowa Department of Education, Bureau of Performance and Analytics, School Information Update, Address File 3/16/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="20"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -5949,160 +6002,161 @@
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -6164,51 +6218,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -6306,289 +6360,287 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9CB91FC-9CEB-4FD4-AE41-CE3DDE3DB863}">
-  <dimension ref="A1:AC242"/>
+  <dimension ref="A1:AB242"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="7" style="16" customWidth="1"/>
-    <col min="2" max="2" width="12.5703125" style="16" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="6" width="7.140625" style="16" customWidth="1"/>
+    <col min="2" max="2" width="12.54296875" style="16" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="5.453125" style="16" customWidth="1"/>
+    <col min="4" max="4" width="17.1796875" style="16" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="7.1796875" style="16" customWidth="1"/>
     <col min="7" max="7" width="38" style="16" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="10.7109375" style="16" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="27" max="16384" width="8.85546875" style="16"/>
+    <col min="8" max="8" width="10.7265625" style="16" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="16" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="14.453125" style="16" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="7.7265625" style="16" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.26953125" style="16" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="20.54296875" style="16" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="14.453125" style="16" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.54296875" style="16" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="10.81640625" style="16" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="18.81640625" style="16" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.54296875" style="16" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="13.26953125" style="16" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="10.7265625" style="16" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="38.1796875" style="16" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="38.1796875" style="16" customWidth="1"/>
+    <col min="23" max="23" width="27.54296875" style="17" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="8.453125" style="17" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="12.453125" style="16" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="14.26953125" style="16" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="12.81640625" style="16" bestFit="1" customWidth="1"/>
+    <col min="28" max="16384" width="8.81640625" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" s="12" customFormat="1" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:28" s="12" customFormat="1" ht="26" x14ac:dyDescent="0.6">
       <c r="A1" s="1" t="s">
         <v>1752</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="9"/>
       <c r="K1" s="3"/>
       <c r="L1" s="10"/>
       <c r="M1" s="11"/>
       <c r="N1" s="10"/>
       <c r="O1" s="10"/>
       <c r="P1" s="10"/>
       <c r="Q1" s="11"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="11"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="9"/>
       <c r="AA1" s="9"/>
       <c r="AB1" s="9"/>
-      <c r="AC1" s="9"/>
     </row>
-    <row r="2" spans="1:29" s="12" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:28" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
-        <v>1753</v>
+        <v>1962</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="6"/>
       <c r="M2" s="4"/>
       <c r="N2" s="6"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="5"/>
       <c r="S2" s="5"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
       <c r="V2" s="4"/>
       <c r="W2" s="5"/>
       <c r="X2" s="5"/>
       <c r="Y2" s="5"/>
       <c r="Z2" s="4"/>
       <c r="AA2" s="4"/>
       <c r="AB2" s="4"/>
-      <c r="AC2" s="4"/>
     </row>
-    <row r="3" spans="1:29" s="12" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:28" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="6"/>
       <c r="M3" s="4"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
       <c r="U3" s="4"/>
       <c r="V3" s="4"/>
       <c r="W3" s="5"/>
       <c r="X3" s="5"/>
       <c r="Y3" s="5"/>
       <c r="Z3" s="4"/>
       <c r="AA3" s="4"/>
       <c r="AB3" s="4"/>
-      <c r="AC3" s="4"/>
     </row>
-    <row r="4" spans="1:29" s="12" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:28" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>1526</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="7"/>
       <c r="K4" s="5"/>
       <c r="L4" s="6"/>
       <c r="M4" s="4"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5"/>
       <c r="T4" s="4"/>
       <c r="U4" s="7"/>
       <c r="V4" s="7"/>
       <c r="W4" s="5"/>
       <c r="X4" s="5"/>
       <c r="Y4" s="5"/>
       <c r="Z4" s="4"/>
       <c r="AA4" s="4"/>
       <c r="AB4" s="4"/>
-      <c r="AC4" s="4"/>
     </row>
-    <row r="5" spans="1:29" s="12" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:28" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A5" s="7" t="s">
         <v>1527</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="8"/>
       <c r="L5" s="13"/>
       <c r="M5" s="7"/>
       <c r="N5" s="13"/>
       <c r="O5" s="13"/>
       <c r="P5" s="13"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="7"/>
       <c r="U5" s="7"/>
       <c r="V5" s="7"/>
       <c r="W5" s="8"/>
       <c r="X5" s="8"/>
       <c r="Y5" s="8"/>
       <c r="Z5" s="7"/>
       <c r="AA5" s="7"/>
       <c r="AB5" s="7"/>
-      <c r="AC5" s="7"/>
     </row>
-    <row r="6" spans="1:29" s="12" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:28" s="12" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="8"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
       <c r="K6" s="8"/>
       <c r="L6" s="13"/>
       <c r="M6" s="7"/>
       <c r="N6" s="13"/>
       <c r="O6" s="13"/>
       <c r="P6" s="13"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="7"/>
       <c r="U6" s="7"/>
       <c r="V6" s="7"/>
       <c r="W6" s="8"/>
       <c r="X6" s="8"/>
       <c r="Y6" s="8"/>
       <c r="Z6" s="7"/>
       <c r="AA6" s="7"/>
       <c r="AB6" s="7"/>
-      <c r="AC6" s="7"/>
     </row>
-    <row r="7" spans="1:29" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:28" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="14" t="s">
         <v>738</v>
       </c>
       <c r="B7" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="14" t="s">
         <v>739</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>740</v>
       </c>
       <c r="E7" s="14" t="s">
         <v>741</v>
       </c>
       <c r="F7" s="14" t="s">
         <v>742</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>743</v>
       </c>
       <c r="H7" s="14" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="14" t="s">
@@ -6600,78 +6652,79 @@
       <c r="K7" s="14" t="s">
         <v>744</v>
       </c>
       <c r="L7" s="14" t="s">
         <v>745</v>
       </c>
       <c r="M7" s="14" t="s">
         <v>6</v>
       </c>
       <c r="N7" s="14" t="s">
         <v>7</v>
       </c>
       <c r="O7" s="14" t="s">
         <v>8</v>
       </c>
       <c r="P7" s="14" t="s">
         <v>746</v>
       </c>
       <c r="Q7" s="14" t="s">
         <v>9</v>
       </c>
       <c r="R7" s="14" t="s">
         <v>10</v>
       </c>
       <c r="S7" s="14" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="T7" s="14" t="s">
         <v>11</v>
       </c>
       <c r="U7" s="14" t="s">
         <v>12</v>
       </c>
       <c r="V7" s="14" t="s">
-        <v>1754</v>
+        <v>1753</v>
       </c>
       <c r="W7" s="14" t="s">
         <v>747</v>
       </c>
       <c r="X7" s="14" t="s">
         <v>1749</v>
       </c>
       <c r="Y7" s="18" t="s">
         <v>13</v>
       </c>
       <c r="Z7" s="18" t="s">
         <v>748</v>
       </c>
-      <c r="AA7" s="15"/>
+      <c r="AA7" s="18" t="s">
+        <v>1961</v>
+      </c>
       <c r="AB7" s="15"/>
-      <c r="AC7" s="15"/>
     </row>
-    <row r="8" spans="1:29" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>749</v>
       </c>
       <c r="B8" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D8" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>752</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>753</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>754</v>
       </c>
       <c r="H8" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="19" t="s">
@@ -6683,75 +6736,78 @@
       <c r="K8" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="19" t="s">
         <v>755</v>
       </c>
       <c r="M8" s="19" t="s">
         <v>16</v>
       </c>
       <c r="N8" s="19" t="s">
         <v>17</v>
       </c>
       <c r="O8" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P8" s="19" t="s">
         <v>755</v>
       </c>
       <c r="Q8" s="19" t="s">
         <v>19</v>
       </c>
       <c r="R8" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S8" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T8" s="19" t="s">
         <v>756</v>
       </c>
       <c r="U8" s="19" t="s">
         <v>21</v>
       </c>
       <c r="V8" s="19" t="s">
-        <v>1757</v>
+        <v>1756</v>
       </c>
       <c r="W8" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X8" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y8" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z8" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA8" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="9" spans="1:29" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>758</v>
       </c>
       <c r="B9" s="19" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D9" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E9" s="19" t="s">
         <v>761</v>
       </c>
       <c r="F9" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G9" s="19" t="s">
         <v>763</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="19" t="s">
@@ -6763,75 +6819,78 @@
       <c r="K9" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="19" t="s">
         <v>764</v>
       </c>
       <c r="M9" s="19" t="s">
         <v>26</v>
       </c>
       <c r="N9" s="19" t="s">
         <v>25</v>
       </c>
       <c r="O9" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P9" s="19" t="s">
         <v>764</v>
       </c>
       <c r="Q9" s="19" t="s">
         <v>765</v>
       </c>
       <c r="R9" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S9" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T9" s="19" t="s">
         <v>766</v>
       </c>
       <c r="U9" s="19" t="s">
         <v>767</v>
       </c>
       <c r="V9" s="19" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
       <c r="W9" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X9" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y9" s="19" t="s">
         <v>729</v>
       </c>
       <c r="Z9" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA9" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="10" spans="1:29" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
         <v>758</v>
       </c>
       <c r="B10" s="19" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D10" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E10" s="19" t="s">
         <v>761</v>
       </c>
       <c r="F10" s="19" t="s">
         <v>768</v>
       </c>
       <c r="G10" s="19" t="s">
         <v>769</v>
       </c>
       <c r="H10" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I10" s="19" t="s">
@@ -6843,75 +6902,78 @@
       <c r="K10" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="19" t="s">
         <v>764</v>
       </c>
       <c r="M10" s="19" t="s">
         <v>27</v>
       </c>
       <c r="N10" s="19" t="s">
         <v>25</v>
       </c>
       <c r="O10" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P10" s="19" t="s">
         <v>764</v>
       </c>
       <c r="Q10" s="19" t="s">
         <v>28</v>
       </c>
       <c r="R10" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S10" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T10" s="19" t="s">
         <v>771</v>
       </c>
       <c r="U10" s="19" t="s">
         <v>29</v>
       </c>
       <c r="V10" s="19" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
       <c r="W10" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X10" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y10" s="19" t="s">
         <v>772</v>
       </c>
       <c r="Z10" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA10" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="11" spans="1:29" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A11" s="19" t="s">
         <v>773</v>
       </c>
       <c r="B11" s="19" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D11" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E11" s="19" t="s">
         <v>776</v>
       </c>
       <c r="F11" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G11" s="19" t="s">
         <v>778</v>
       </c>
       <c r="H11" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I11" s="19" t="s">
@@ -6923,75 +6985,78 @@
       <c r="K11" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="19" t="s">
         <v>779</v>
       </c>
       <c r="M11" s="19" t="s">
         <v>31</v>
       </c>
       <c r="N11" s="19" t="s">
         <v>32</v>
       </c>
       <c r="O11" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P11" s="19" t="s">
         <v>779</v>
       </c>
       <c r="Q11" s="19" t="s">
         <v>1529</v>
       </c>
       <c r="R11" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S11" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T11" s="19" t="s">
         <v>780</v>
       </c>
       <c r="U11" s="19" t="s">
         <v>1530</v>
       </c>
       <c r="V11" s="19" t="s">
-        <v>1762</v>
+        <v>1761</v>
       </c>
       <c r="W11" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X11" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y11" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z11" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA11" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="12" spans="1:29" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A12" s="19" t="s">
         <v>781</v>
       </c>
       <c r="B12" s="19" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D12" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E12" s="19" t="s">
         <v>784</v>
       </c>
       <c r="F12" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G12" s="19" t="s">
         <v>785</v>
       </c>
       <c r="H12" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I12" s="19" t="s">
@@ -7003,75 +7068,78 @@
       <c r="K12" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="19" t="s">
         <v>786</v>
       </c>
       <c r="M12" s="19" t="s">
         <v>34</v>
       </c>
       <c r="N12" s="19" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="19" t="s">
         <v>786</v>
       </c>
       <c r="Q12" s="19" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S12" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T12" s="19" t="s">
         <v>787</v>
       </c>
       <c r="U12" s="19" t="s">
         <v>37</v>
       </c>
       <c r="V12" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W12" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X12" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y12" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z12" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA12" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="13" spans="1:29" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
         <v>781</v>
       </c>
       <c r="B13" s="19" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D13" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E13" s="19" t="s">
         <v>784</v>
       </c>
       <c r="F13" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G13" s="19" t="s">
         <v>789</v>
       </c>
       <c r="H13" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I13" s="19" t="s">
@@ -7083,75 +7151,78 @@
       <c r="K13" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="19" t="s">
         <v>786</v>
       </c>
       <c r="M13" s="19" t="s">
         <v>38</v>
       </c>
       <c r="N13" s="19" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P13" s="19" t="s">
         <v>786</v>
       </c>
       <c r="Q13" s="19" t="s">
         <v>39</v>
       </c>
       <c r="R13" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S13" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T13" s="19" t="s">
         <v>790</v>
       </c>
       <c r="U13" s="19" t="s">
         <v>40</v>
       </c>
       <c r="V13" s="19" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="W13" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X13" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y13" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z13" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA13" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="14" spans="1:29" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A14" s="19" t="s">
         <v>791</v>
       </c>
       <c r="B14" s="19" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D14" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E14" s="19" t="s">
         <v>794</v>
       </c>
       <c r="F14" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G14" s="19" t="s">
         <v>795</v>
       </c>
       <c r="H14" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I14" s="19" t="s">
@@ -7163,75 +7234,78 @@
       <c r="K14" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="19" t="s">
         <v>796</v>
       </c>
       <c r="M14" s="19" t="s">
         <v>42</v>
       </c>
       <c r="N14" s="19" t="s">
         <v>43</v>
       </c>
       <c r="O14" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P14" s="19" t="s">
         <v>796</v>
       </c>
       <c r="Q14" s="19" t="s">
         <v>44</v>
       </c>
       <c r="R14" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S14" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T14" s="19" t="s">
         <v>797</v>
       </c>
       <c r="U14" s="19" t="s">
         <v>45</v>
       </c>
       <c r="V14" s="19" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
       <c r="W14" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X14" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y14" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z14" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA14" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="15" spans="1:29" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A15" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B15" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D15" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E15" s="19" t="s">
         <v>799</v>
       </c>
       <c r="F15" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G15" s="19" t="s">
         <v>800</v>
       </c>
       <c r="H15" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I15" s="19" t="s">
@@ -7243,155 +7317,161 @@
       <c r="K15" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="19" t="s">
         <v>801</v>
       </c>
       <c r="M15" s="19" t="s">
         <v>47</v>
       </c>
       <c r="N15" s="19" t="s">
         <v>48</v>
       </c>
       <c r="O15" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P15" s="19" t="s">
         <v>801</v>
       </c>
       <c r="Q15" s="19" t="s">
         <v>49</v>
       </c>
       <c r="R15" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S15" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T15" s="19" t="s">
         <v>802</v>
       </c>
       <c r="U15" s="19" t="s">
         <v>50</v>
       </c>
       <c r="V15" s="19" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="W15" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X15" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y15" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z15" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA15" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="16" spans="1:29" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A16" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B16" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D16" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>799</v>
       </c>
       <c r="F16" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G16" s="19" t="s">
         <v>1704</v>
       </c>
       <c r="H16" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I16" s="19" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="J16" s="19" t="s">
         <v>48</v>
       </c>
       <c r="K16" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="19" t="s">
         <v>801</v>
       </c>
       <c r="M16" s="19" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="N16" s="19" t="s">
         <v>48</v>
       </c>
       <c r="O16" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P16" s="19" t="s">
         <v>801</v>
       </c>
       <c r="Q16" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R16" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S16" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T16" s="19" t="s">
         <v>1705</v>
       </c>
       <c r="U16" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V16" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W16" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X16" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y16" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z16" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA16" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="17" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A17" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B17" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D17" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E17" s="19" t="s">
         <v>799</v>
       </c>
       <c r="F17" s="19" t="s">
         <v>803</v>
       </c>
       <c r="G17" s="19" t="s">
         <v>804</v>
       </c>
       <c r="H17" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I17" s="19" t="s">
@@ -7403,75 +7483,78 @@
       <c r="K17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="19" t="s">
         <v>52</v>
       </c>
       <c r="M17" s="19" t="s">
         <v>53</v>
       </c>
       <c r="N17" s="19" t="s">
         <v>48</v>
       </c>
       <c r="O17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P17" s="19" t="s">
         <v>52</v>
       </c>
       <c r="Q17" s="19" t="s">
         <v>54</v>
       </c>
       <c r="R17" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S17" s="19" t="s">
-        <v>1768</v>
+        <v>1767</v>
       </c>
       <c r="T17" s="19" t="s">
         <v>805</v>
       </c>
       <c r="U17" s="19" t="s">
         <v>55</v>
       </c>
       <c r="V17" s="19" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="W17" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X17" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y17" s="19" t="s">
         <v>806</v>
       </c>
       <c r="Z17" s="19" t="s">
         <v>807</v>
       </c>
+      <c r="AA17" s="20" t="s">
+        <v>1951</v>
+      </c>
     </row>
-    <row r="18" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A18" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B18" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D18" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E18" s="19" t="s">
         <v>799</v>
       </c>
       <c r="F18" s="19" t="s">
         <v>808</v>
       </c>
       <c r="G18" s="19" t="s">
         <v>809</v>
       </c>
       <c r="H18" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I18" s="19" t="s">
@@ -7483,75 +7566,78 @@
       <c r="K18" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="19" t="s">
         <v>52</v>
       </c>
       <c r="M18" s="19" t="s">
         <v>56</v>
       </c>
       <c r="N18" s="19" t="s">
         <v>48</v>
       </c>
       <c r="O18" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P18" s="19" t="s">
         <v>52</v>
       </c>
       <c r="Q18" s="19" t="s">
         <v>810</v>
       </c>
       <c r="R18" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S18" s="19" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="T18" s="19" t="s">
         <v>805</v>
       </c>
       <c r="U18" s="19" t="s">
         <v>811</v>
       </c>
       <c r="V18" s="19" t="s">
-        <v>1771</v>
+        <v>1770</v>
       </c>
       <c r="W18" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X18" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y18" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z18" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA18" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="19" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A19" s="19" t="s">
         <v>812</v>
       </c>
       <c r="B19" s="19" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E19" s="19" t="s">
         <v>815</v>
       </c>
       <c r="F19" s="19" t="s">
         <v>816</v>
       </c>
       <c r="G19" s="19" t="s">
         <v>817</v>
       </c>
       <c r="H19" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I19" s="19" t="s">
@@ -7563,75 +7649,78 @@
       <c r="K19" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="19" t="s">
         <v>818</v>
       </c>
       <c r="M19" s="19" t="s">
         <v>58</v>
       </c>
       <c r="N19" s="19" t="s">
         <v>59</v>
       </c>
       <c r="O19" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P19" s="19" t="s">
         <v>818</v>
       </c>
       <c r="Q19" s="19" t="s">
         <v>60</v>
       </c>
       <c r="R19" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S19" s="19" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="T19" s="19" t="s">
         <v>819</v>
       </c>
       <c r="U19" s="19" t="s">
         <v>61</v>
       </c>
       <c r="V19" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W19" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X19" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y19" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z19" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA19" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="20" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A20" s="19" t="s">
         <v>812</v>
       </c>
       <c r="B20" s="19" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D20" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E20" s="19" t="s">
         <v>815</v>
       </c>
       <c r="F20" s="19" t="s">
         <v>820</v>
       </c>
       <c r="G20" s="19" t="s">
         <v>821</v>
       </c>
       <c r="H20" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I20" s="19" t="s">
@@ -7643,75 +7732,78 @@
       <c r="K20" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="19" t="s">
         <v>818</v>
       </c>
       <c r="M20" s="19" t="s">
         <v>63</v>
       </c>
       <c r="N20" s="19" t="s">
         <v>59</v>
       </c>
       <c r="O20" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P20" s="19" t="s">
         <v>818</v>
       </c>
       <c r="Q20" s="19" t="s">
         <v>64</v>
       </c>
       <c r="R20" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S20" s="19" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="T20" s="19" t="s">
         <v>822</v>
       </c>
       <c r="U20" s="19" t="s">
         <v>65</v>
       </c>
       <c r="V20" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W20" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X20" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y20" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z20" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA20" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="21" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A21" s="19" t="s">
         <v>824</v>
       </c>
       <c r="B21" s="19" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D21" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E21" s="19" t="s">
         <v>825</v>
       </c>
       <c r="F21" s="19" t="s">
         <v>826</v>
       </c>
       <c r="G21" s="19" t="s">
         <v>827</v>
       </c>
       <c r="H21" s="19" t="s">
         <v>67</v>
       </c>
       <c r="I21" s="19" t="s">
@@ -7723,75 +7815,78 @@
       <c r="K21" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="19" t="s">
         <v>70</v>
       </c>
       <c r="M21" s="19" t="s">
         <v>68</v>
       </c>
       <c r="N21" s="19" t="s">
         <v>69</v>
       </c>
       <c r="O21" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P21" s="19" t="s">
         <v>70</v>
       </c>
       <c r="Q21" s="19" t="s">
         <v>71</v>
       </c>
       <c r="R21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S21" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T21" s="19" t="s">
         <v>828</v>
       </c>
       <c r="U21" s="19" t="s">
         <v>72</v>
       </c>
       <c r="V21" s="19" t="s">
-        <v>1774</v>
+        <v>1773</v>
       </c>
       <c r="W21" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X21" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y21" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z21" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA21" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="22" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A22" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B22" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C22" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D22" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E22" s="19" t="s">
         <v>830</v>
       </c>
       <c r="F22" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G22" s="19" t="s">
         <v>832</v>
       </c>
       <c r="H22" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I22" s="19" t="s">
@@ -7803,75 +7898,78 @@
       <c r="K22" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="19" t="s">
         <v>833</v>
       </c>
       <c r="M22" s="19" t="s">
         <v>76</v>
       </c>
       <c r="N22" s="19" t="s">
         <v>75</v>
       </c>
       <c r="O22" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P22" s="19" t="s">
         <v>833</v>
       </c>
       <c r="Q22" s="19" t="s">
         <v>834</v>
       </c>
       <c r="R22" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S22" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T22" s="19" t="s">
         <v>835</v>
       </c>
       <c r="U22" s="19" t="s">
         <v>836</v>
       </c>
       <c r="V22" s="19" t="s">
-        <v>1775</v>
+        <v>1774</v>
       </c>
       <c r="W22" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X22" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y22" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z22" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA22" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="23" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A23" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B23" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D23" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E23" s="19" t="s">
         <v>830</v>
       </c>
       <c r="F23" s="19" t="s">
         <v>837</v>
       </c>
       <c r="G23" s="19" t="s">
         <v>838</v>
       </c>
       <c r="H23" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I23" s="19" t="s">
@@ -7883,75 +7981,78 @@
       <c r="K23" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="19" t="s">
         <v>833</v>
       </c>
       <c r="M23" s="19" t="s">
         <v>77</v>
       </c>
       <c r="N23" s="19" t="s">
         <v>75</v>
       </c>
       <c r="O23" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P23" s="19" t="s">
         <v>833</v>
       </c>
       <c r="Q23" s="19" t="s">
         <v>1531</v>
       </c>
       <c r="R23" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S23" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T23" s="19" t="s">
         <v>839</v>
       </c>
       <c r="U23" s="19" t="s">
         <v>1532</v>
       </c>
       <c r="V23" s="19" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="W23" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X23" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y23" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z23" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA23" s="20" t="s">
+        <v>1953</v>
+      </c>
     </row>
-    <row r="24" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A24" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B24" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C24" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D24" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E24" s="19" t="s">
         <v>830</v>
       </c>
       <c r="F24" s="19" t="s">
         <v>842</v>
       </c>
       <c r="G24" s="19" t="s">
         <v>843</v>
       </c>
       <c r="H24" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I24" s="19" t="s">
@@ -7963,75 +8064,78 @@
       <c r="K24" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L24" s="19" t="s">
         <v>844</v>
       </c>
       <c r="M24" s="19" t="s">
         <v>79</v>
       </c>
       <c r="N24" s="19" t="s">
         <v>80</v>
       </c>
       <c r="O24" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P24" s="19" t="s">
         <v>844</v>
       </c>
       <c r="Q24" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R24" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S24" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T24" s="19" t="s">
         <v>845</v>
       </c>
       <c r="U24" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V24" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W24" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X24" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y24" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z24" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA24" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="25" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A25" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B25" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D25" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E25" s="19" t="s">
         <v>830</v>
       </c>
       <c r="F25" s="19" t="s">
         <v>846</v>
       </c>
       <c r="G25" s="19" t="s">
         <v>847</v>
       </c>
       <c r="H25" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I25" s="19" t="s">
@@ -8043,75 +8147,78 @@
       <c r="K25" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L25" s="19" t="s">
         <v>833</v>
       </c>
       <c r="M25" s="19" t="s">
         <v>85</v>
       </c>
       <c r="N25" s="19" t="s">
         <v>75</v>
       </c>
       <c r="O25" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P25" s="19" t="s">
         <v>833</v>
       </c>
       <c r="Q25" s="19" t="s">
         <v>848</v>
       </c>
       <c r="R25" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S25" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T25" s="19" t="s">
         <v>849</v>
       </c>
       <c r="U25" s="19" t="s">
         <v>850</v>
       </c>
       <c r="V25" s="19" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="W25" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X25" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y25" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z25" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA25" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="26" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A26" s="19" t="s">
         <v>851</v>
       </c>
       <c r="B26" s="19" t="s">
         <v>86</v>
       </c>
       <c r="C26" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D26" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E26" s="19" t="s">
         <v>852</v>
       </c>
       <c r="F26" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G26" s="19" t="s">
         <v>854</v>
       </c>
       <c r="H26" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I26" s="19" t="s">
@@ -8123,75 +8230,78 @@
       <c r="K26" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="19" t="s">
         <v>855</v>
       </c>
       <c r="M26" s="19" t="s">
         <v>87</v>
       </c>
       <c r="N26" s="19" t="s">
         <v>86</v>
       </c>
       <c r="O26" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P26" s="19" t="s">
         <v>855</v>
       </c>
       <c r="Q26" s="19" t="s">
         <v>88</v>
       </c>
       <c r="R26" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S26" s="19" t="s">
-        <v>1778</v>
+        <v>1777</v>
       </c>
       <c r="T26" s="19" t="s">
         <v>856</v>
       </c>
       <c r="U26" s="19" t="s">
         <v>89</v>
       </c>
       <c r="V26" s="19" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
       <c r="W26" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X26" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y26" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z26" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA26" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="27" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A27" s="19" t="s">
         <v>851</v>
       </c>
       <c r="B27" s="19" t="s">
         <v>86</v>
       </c>
       <c r="C27" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D27" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E27" s="19" t="s">
         <v>852</v>
       </c>
       <c r="F27" s="19" t="s">
         <v>826</v>
       </c>
       <c r="G27" s="19" t="s">
         <v>857</v>
       </c>
       <c r="H27" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I27" s="19" t="s">
@@ -8203,75 +8313,78 @@
       <c r="K27" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="19" t="s">
         <v>91</v>
       </c>
       <c r="M27" s="19" t="s">
         <v>90</v>
       </c>
       <c r="N27" s="19" t="s">
         <v>86</v>
       </c>
       <c r="O27" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P27" s="19" t="s">
         <v>91</v>
       </c>
       <c r="Q27" s="19" t="s">
         <v>92</v>
       </c>
       <c r="R27" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S27" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T27" s="19" t="s">
         <v>858</v>
       </c>
       <c r="U27" s="19" t="s">
         <v>93</v>
       </c>
       <c r="V27" s="19" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
       <c r="W27" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X27" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y27" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z27" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA27" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="28" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A28" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B28" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C28" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D28" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E28" s="19" t="s">
         <v>862</v>
       </c>
       <c r="F28" s="19" t="s">
         <v>820</v>
       </c>
       <c r="G28" s="19" t="s">
         <v>863</v>
       </c>
       <c r="H28" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I28" s="19" t="s">
@@ -8283,75 +8396,78 @@
       <c r="K28" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="19" t="s">
         <v>864</v>
       </c>
       <c r="M28" s="19" t="s">
         <v>95</v>
       </c>
       <c r="N28" s="19" t="s">
         <v>96</v>
       </c>
       <c r="O28" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P28" s="19" t="s">
         <v>864</v>
       </c>
       <c r="Q28" s="19" t="s">
         <v>97</v>
       </c>
       <c r="R28" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S28" s="19" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="T28" s="19" t="s">
         <v>865</v>
       </c>
       <c r="U28" s="19" t="s">
         <v>98</v>
       </c>
       <c r="V28" s="19" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="W28" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X28" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y28" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z28" s="19" t="s">
         <v>807</v>
       </c>
+      <c r="AA28" s="20" t="s">
+        <v>807</v>
+      </c>
     </row>
-    <row r="29" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A29" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B29" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C29" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D29" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E29" s="19" t="s">
         <v>862</v>
       </c>
       <c r="F29" s="19" t="s">
         <v>866</v>
       </c>
       <c r="G29" s="19" t="s">
         <v>867</v>
       </c>
       <c r="H29" s="19" t="s">
         <v>99</v>
       </c>
       <c r="I29" s="19" t="s">
@@ -8363,75 +8479,78 @@
       <c r="K29" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="19" t="s">
         <v>864</v>
       </c>
       <c r="M29" s="19" t="s">
         <v>100</v>
       </c>
       <c r="N29" s="19" t="s">
         <v>96</v>
       </c>
       <c r="O29" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P29" s="19" t="s">
         <v>864</v>
       </c>
       <c r="Q29" s="19" t="s">
         <v>101</v>
       </c>
       <c r="R29" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S29" s="19" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="T29" s="19" t="s">
         <v>868</v>
       </c>
       <c r="U29" s="19" t="s">
         <v>102</v>
       </c>
       <c r="V29" s="19" t="s">
-        <v>1783</v>
+        <v>1782</v>
       </c>
       <c r="W29" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X29" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y29" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z29" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA29" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="30" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A30" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B30" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C30" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D30" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E30" s="19" t="s">
         <v>862</v>
       </c>
       <c r="F30" s="19" t="s">
         <v>869</v>
       </c>
       <c r="G30" s="19" t="s">
         <v>870</v>
       </c>
       <c r="H30" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I30" s="19" t="s">
@@ -8443,75 +8562,78 @@
       <c r="K30" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="19" t="s">
         <v>864</v>
       </c>
       <c r="M30" s="19" t="s">
         <v>103</v>
       </c>
       <c r="N30" s="19" t="s">
         <v>96</v>
       </c>
       <c r="O30" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P30" s="19" t="s">
         <v>864</v>
       </c>
       <c r="Q30" s="19" t="s">
         <v>104</v>
       </c>
       <c r="R30" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S30" s="19" t="s">
-        <v>1778</v>
+        <v>1777</v>
       </c>
       <c r="T30" s="19" t="s">
         <v>871</v>
       </c>
       <c r="U30" s="19" t="s">
         <v>105</v>
       </c>
       <c r="V30" s="19" t="s">
-        <v>1784</v>
+        <v>1783</v>
       </c>
       <c r="W30" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X30" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y30" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z30" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA30" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="31" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A31" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B31" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C31" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D31" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E31" s="19" t="s">
         <v>862</v>
       </c>
       <c r="F31" s="19" t="s">
         <v>872</v>
       </c>
       <c r="G31" s="19" t="s">
         <v>873</v>
       </c>
       <c r="H31" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I31" s="19" t="s">
@@ -8523,75 +8645,78 @@
       <c r="K31" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="19" t="s">
         <v>864</v>
       </c>
       <c r="M31" s="19" t="s">
         <v>107</v>
       </c>
       <c r="N31" s="19" t="s">
         <v>96</v>
       </c>
       <c r="O31" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P31" s="19" t="s">
         <v>864</v>
       </c>
       <c r="Q31" s="19" t="s">
         <v>108</v>
       </c>
       <c r="R31" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S31" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T31" s="19" t="s">
         <v>874</v>
       </c>
       <c r="U31" s="19" t="s">
         <v>110</v>
       </c>
       <c r="V31" s="19" t="s">
-        <v>1785</v>
+        <v>1784</v>
       </c>
       <c r="W31" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X31" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y31" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z31" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA31" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="32" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A32" s="19" t="s">
         <v>875</v>
       </c>
       <c r="B32" s="19" t="s">
         <v>111</v>
       </c>
       <c r="C32" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D32" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E32" s="19" t="s">
         <v>878</v>
       </c>
       <c r="F32" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G32" s="19" t="s">
         <v>879</v>
       </c>
       <c r="H32" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I32" s="19" t="s">
@@ -8603,75 +8728,78 @@
       <c r="K32" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="19" t="s">
         <v>880</v>
       </c>
       <c r="M32" s="19" t="s">
         <v>112</v>
       </c>
       <c r="N32" s="19" t="s">
         <v>113</v>
       </c>
       <c r="O32" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P32" s="19" t="s">
         <v>880</v>
       </c>
       <c r="Q32" s="19" t="s">
         <v>114</v>
       </c>
       <c r="R32" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S32" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T32" s="19" t="s">
         <v>881</v>
       </c>
       <c r="U32" s="19" t="s">
         <v>115</v>
       </c>
       <c r="V32" s="19" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
       <c r="W32" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X32" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y32" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z32" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA32" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="33" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A33" s="19" t="s">
         <v>875</v>
       </c>
       <c r="B33" s="19" t="s">
         <v>111</v>
       </c>
       <c r="C33" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D33" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E33" s="19" t="s">
         <v>878</v>
       </c>
       <c r="F33" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G33" s="19" t="s">
         <v>883</v>
       </c>
       <c r="H33" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I33" s="19" t="s">
@@ -8683,75 +8811,78 @@
       <c r="K33" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="19" t="s">
         <v>880</v>
       </c>
       <c r="M33" s="19" t="s">
         <v>116</v>
       </c>
       <c r="N33" s="19" t="s">
         <v>113</v>
       </c>
       <c r="O33" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P33" s="19" t="s">
         <v>880</v>
       </c>
       <c r="Q33" s="19" t="s">
         <v>114</v>
       </c>
       <c r="R33" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S33" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T33" s="19" t="s">
         <v>881</v>
       </c>
       <c r="U33" s="19" t="s">
         <v>115</v>
       </c>
       <c r="V33" s="19" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="W33" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X33" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y33" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z33" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA33" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="34" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A34" s="19" t="s">
         <v>875</v>
       </c>
       <c r="B34" s="19" t="s">
         <v>111</v>
       </c>
       <c r="C34" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D34" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E34" s="19" t="s">
         <v>878</v>
       </c>
       <c r="F34" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G34" s="19" t="s">
         <v>884</v>
       </c>
       <c r="H34" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I34" s="19" t="s">
@@ -8763,75 +8894,78 @@
       <c r="K34" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L34" s="19" t="s">
         <v>880</v>
       </c>
       <c r="M34" s="19" t="s">
         <v>117</v>
       </c>
       <c r="N34" s="19" t="s">
         <v>113</v>
       </c>
       <c r="O34" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P34" s="19" t="s">
         <v>880</v>
       </c>
       <c r="Q34" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R34" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S34" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T34" s="19" t="s">
         <v>885</v>
       </c>
       <c r="U34" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V34" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W34" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X34" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y34" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z34" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA34" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="35" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A35" s="19" t="s">
         <v>886</v>
       </c>
       <c r="B35" s="19" t="s">
         <v>118</v>
       </c>
       <c r="C35" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D35" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E35" s="19" t="s">
         <v>887</v>
       </c>
       <c r="F35" s="19" t="s">
         <v>888</v>
       </c>
       <c r="G35" s="19" t="s">
         <v>889</v>
       </c>
       <c r="H35" s="19" t="s">
         <v>119</v>
       </c>
       <c r="I35" s="19" t="s">
@@ -8843,75 +8977,78 @@
       <c r="K35" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="19" t="s">
         <v>890</v>
       </c>
       <c r="M35" s="19" t="s">
         <v>120</v>
       </c>
       <c r="N35" s="19" t="s">
         <v>121</v>
       </c>
       <c r="O35" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P35" s="19" t="s">
         <v>890</v>
       </c>
       <c r="Q35" s="19" t="s">
         <v>122</v>
       </c>
       <c r="R35" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S35" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T35" s="19" t="s">
         <v>891</v>
       </c>
       <c r="U35" s="19" t="s">
         <v>123</v>
       </c>
       <c r="V35" s="19" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="W35" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X35" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y35" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z35" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA35" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="36" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A36" s="19" t="s">
         <v>892</v>
       </c>
       <c r="B36" s="19" t="s">
         <v>124</v>
       </c>
       <c r="C36" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D36" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E36" s="19" t="s">
         <v>893</v>
       </c>
       <c r="F36" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G36" s="19" t="s">
         <v>894</v>
       </c>
       <c r="H36" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I36" s="19" t="s">
@@ -8923,75 +9060,78 @@
       <c r="K36" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="19" t="s">
         <v>895</v>
       </c>
       <c r="M36" s="19" t="s">
         <v>125</v>
       </c>
       <c r="N36" s="19" t="s">
         <v>124</v>
       </c>
       <c r="O36" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P36" s="19" t="s">
         <v>895</v>
       </c>
       <c r="Q36" s="19" t="s">
         <v>126</v>
       </c>
       <c r="R36" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S36" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T36" s="19" t="s">
         <v>896</v>
       </c>
       <c r="U36" s="19" t="s">
         <v>127</v>
       </c>
       <c r="V36" s="19" t="s">
-        <v>1789</v>
+        <v>1788</v>
       </c>
       <c r="W36" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X36" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y36" s="19" t="s">
         <v>806</v>
       </c>
       <c r="Z36" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA36" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="37" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A37" s="19" t="s">
         <v>892</v>
       </c>
       <c r="B37" s="19" t="s">
         <v>124</v>
       </c>
       <c r="C37" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D37" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E37" s="19" t="s">
         <v>893</v>
       </c>
       <c r="F37" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G37" s="19" t="s">
         <v>897</v>
       </c>
       <c r="H37" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I37" s="19" t="s">
@@ -9003,75 +9143,78 @@
       <c r="K37" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="19" t="s">
         <v>895</v>
       </c>
       <c r="M37" s="19" t="s">
         <v>129</v>
       </c>
       <c r="N37" s="19" t="s">
         <v>124</v>
       </c>
       <c r="O37" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P37" s="19" t="s">
         <v>895</v>
       </c>
       <c r="Q37" s="19" t="s">
         <v>130</v>
       </c>
       <c r="R37" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S37" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T37" s="19" t="s">
         <v>898</v>
       </c>
       <c r="U37" s="19" t="s">
         <v>131</v>
       </c>
       <c r="V37" s="19" t="s">
-        <v>1789</v>
+        <v>1788</v>
       </c>
       <c r="W37" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X37" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y37" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z37" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA37" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="38" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A38" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B38" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C38" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D38" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E38" s="19" t="s">
         <v>899</v>
       </c>
       <c r="F38" s="19" t="s">
         <v>900</v>
       </c>
       <c r="G38" s="19" t="s">
         <v>901</v>
       </c>
       <c r="H38" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I38" s="19" t="s">
@@ -9083,75 +9226,78 @@
       <c r="K38" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="19" t="s">
         <v>135</v>
       </c>
       <c r="M38" s="19" t="s">
         <v>133</v>
       </c>
       <c r="N38" s="19" t="s">
         <v>134</v>
       </c>
       <c r="O38" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P38" s="19" t="s">
         <v>135</v>
       </c>
       <c r="Q38" s="19" t="s">
         <v>136</v>
       </c>
       <c r="R38" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S38" s="19" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="T38" s="19" t="s">
         <v>902</v>
       </c>
       <c r="U38" s="19" t="s">
         <v>137</v>
       </c>
       <c r="V38" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W38" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X38" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y38" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z38" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA38" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="39" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A39" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B39" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C39" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D39" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E39" s="19" t="s">
         <v>899</v>
       </c>
       <c r="F39" s="19" t="s">
         <v>903</v>
       </c>
       <c r="G39" s="19" t="s">
         <v>778</v>
       </c>
       <c r="H39" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I39" s="19" t="s">
@@ -9163,75 +9309,78 @@
       <c r="K39" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="19" t="s">
         <v>904</v>
       </c>
       <c r="M39" s="19" t="s">
         <v>138</v>
       </c>
       <c r="N39" s="19" t="s">
         <v>134</v>
       </c>
       <c r="O39" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P39" s="19" t="s">
         <v>904</v>
       </c>
       <c r="Q39" s="19" t="s">
         <v>139</v>
       </c>
       <c r="R39" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S39" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T39" s="19" t="s">
         <v>905</v>
       </c>
       <c r="U39" s="19" t="s">
         <v>140</v>
       </c>
       <c r="V39" s="19" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="W39" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X39" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y39" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z39" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA39" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="40" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A40" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B40" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C40" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D40" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E40" s="19" t="s">
         <v>899</v>
       </c>
       <c r="F40" s="19" t="s">
         <v>846</v>
       </c>
       <c r="G40" s="19" t="s">
         <v>1533</v>
       </c>
       <c r="H40" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I40" s="19" t="s">
@@ -9243,75 +9392,78 @@
       <c r="K40" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="19" t="s">
         <v>904</v>
       </c>
       <c r="M40" s="19" t="s">
         <v>1534</v>
       </c>
       <c r="N40" s="19" t="s">
         <v>1535</v>
       </c>
       <c r="O40" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P40" s="19" t="s">
         <v>904</v>
       </c>
       <c r="Q40" s="19" t="s">
         <v>654</v>
       </c>
       <c r="R40" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S40" s="19" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="T40" s="19" t="s">
         <v>1460</v>
       </c>
       <c r="U40" s="19" t="s">
         <v>655</v>
       </c>
       <c r="V40" s="19" t="s">
-        <v>1792</v>
+        <v>1791</v>
       </c>
       <c r="W40" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X40" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y40" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z40" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA40" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="41" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A41" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B41" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C41" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D41" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E41" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F41" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G41" s="19" t="s">
         <v>908</v>
       </c>
       <c r="H41" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I41" s="19" t="s">
@@ -9323,75 +9475,78 @@
       <c r="K41" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="19" t="s">
         <v>909</v>
       </c>
       <c r="M41" s="19" t="s">
         <v>142</v>
       </c>
       <c r="N41" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O41" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P41" s="19" t="s">
         <v>909</v>
       </c>
       <c r="Q41" s="19" t="s">
         <v>144</v>
       </c>
       <c r="R41" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S41" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T41" s="19" t="s">
         <v>910</v>
       </c>
       <c r="U41" s="19" t="s">
         <v>145</v>
       </c>
       <c r="V41" s="19" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="W41" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X41" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y41" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z41" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA41" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="42" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A42" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B42" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C42" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D42" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E42" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F42" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G42" s="19" t="s">
         <v>911</v>
       </c>
       <c r="H42" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I42" s="19" t="s">
@@ -9403,75 +9558,78 @@
       <c r="K42" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="19" t="s">
         <v>909</v>
       </c>
       <c r="M42" s="19" t="s">
         <v>146</v>
       </c>
       <c r="N42" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O42" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P42" s="19" t="s">
         <v>909</v>
       </c>
       <c r="Q42" s="19" t="s">
         <v>147</v>
       </c>
       <c r="R42" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S42" s="19" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="T42" s="19" t="s">
         <v>912</v>
       </c>
       <c r="U42" s="19" t="s">
         <v>148</v>
       </c>
       <c r="V42" s="19" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="W42" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X42" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y42" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z42" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA42" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="43" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A43" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B43" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C43" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D43" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E43" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F43" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G43" s="19" t="s">
         <v>914</v>
       </c>
       <c r="H43" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I43" s="19" t="s">
@@ -9483,75 +9641,78 @@
       <c r="K43" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="19" t="s">
         <v>915</v>
       </c>
       <c r="M43" s="19" t="s">
         <v>150</v>
       </c>
       <c r="N43" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O43" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P43" s="19" t="s">
         <v>915</v>
       </c>
       <c r="Q43" s="19" t="s">
         <v>151</v>
       </c>
       <c r="R43" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S43" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T43" s="19" t="s">
         <v>916</v>
       </c>
       <c r="U43" s="19" t="s">
         <v>152</v>
       </c>
       <c r="V43" s="19" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="W43" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X43" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y43" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z43" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA43" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="44" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A44" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B44" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C44" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D44" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E44" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F44" s="19" t="s">
         <v>820</v>
       </c>
       <c r="G44" s="19" t="s">
         <v>917</v>
       </c>
       <c r="H44" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I44" s="19" t="s">
@@ -9563,75 +9724,78 @@
       <c r="K44" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="19" t="s">
         <v>918</v>
       </c>
       <c r="M44" s="19" t="s">
         <v>153</v>
       </c>
       <c r="N44" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O44" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P44" s="19" t="s">
         <v>918</v>
       </c>
       <c r="Q44" s="19" t="s">
         <v>154</v>
       </c>
       <c r="R44" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S44" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T44" s="19" t="s">
         <v>919</v>
       </c>
       <c r="U44" s="19" t="s">
         <v>155</v>
       </c>
       <c r="V44" s="19" t="s">
-        <v>1796</v>
+        <v>1795</v>
       </c>
       <c r="W44" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X44" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y44" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z44" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA44" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="45" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A45" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B45" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C45" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D45" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E45" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F45" s="19" t="s">
         <v>920</v>
       </c>
       <c r="G45" s="19" t="s">
         <v>921</v>
       </c>
       <c r="H45" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I45" s="19" t="s">
@@ -9643,75 +9807,78 @@
       <c r="K45" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="19" t="s">
         <v>157</v>
       </c>
       <c r="M45" s="19" t="s">
         <v>156</v>
       </c>
       <c r="N45" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O45" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P45" s="19" t="s">
         <v>157</v>
       </c>
       <c r="Q45" s="19" t="s">
         <v>158</v>
       </c>
       <c r="R45" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S45" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T45" s="19" t="s">
         <v>922</v>
       </c>
       <c r="U45" s="19" t="s">
         <v>159</v>
       </c>
       <c r="V45" s="19" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="W45" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X45" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y45" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z45" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA45" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="46" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A46" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B46" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C46" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D46" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E46" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F46" s="19" t="s">
         <v>923</v>
       </c>
       <c r="G46" s="19" t="s">
         <v>924</v>
       </c>
       <c r="H46" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I46" s="19" t="s">
@@ -9723,75 +9890,78 @@
       <c r="K46" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="19" t="s">
         <v>925</v>
       </c>
       <c r="M46" s="19" t="s">
         <v>160</v>
       </c>
       <c r="N46" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O46" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P46" s="19" t="s">
         <v>925</v>
       </c>
       <c r="Q46" s="19" t="s">
         <v>161</v>
       </c>
       <c r="R46" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S46" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T46" s="19" t="s">
         <v>926</v>
       </c>
       <c r="U46" s="19" t="s">
         <v>162</v>
       </c>
       <c r="V46" s="19" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
       <c r="W46" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X46" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y46" s="19" t="s">
         <v>927</v>
       </c>
       <c r="Z46" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA46" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="47" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A47" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B47" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C47" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D47" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E47" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F47" s="19" t="s">
         <v>928</v>
       </c>
       <c r="G47" s="19" t="s">
         <v>929</v>
       </c>
       <c r="H47" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I47" s="19" t="s">
@@ -9803,75 +9973,78 @@
       <c r="K47" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="19" t="s">
         <v>918</v>
       </c>
       <c r="M47" s="19" t="s">
         <v>163</v>
       </c>
       <c r="N47" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O47" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P47" s="19" t="s">
         <v>918</v>
       </c>
       <c r="Q47" s="19" t="s">
         <v>164</v>
       </c>
       <c r="R47" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S47" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T47" s="19" t="s">
         <v>930</v>
       </c>
       <c r="U47" s="19" t="s">
         <v>165</v>
       </c>
       <c r="V47" s="19" t="s">
-        <v>1800</v>
+        <v>1799</v>
       </c>
       <c r="W47" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X47" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y47" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z47" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA47" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="48" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A48" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B48" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C48" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D48" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E48" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F48" s="19" t="s">
         <v>1013</v>
       </c>
       <c r="G48" s="19" t="s">
         <v>1536</v>
       </c>
       <c r="H48" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I48" s="19" t="s">
@@ -9883,75 +10056,78 @@
       <c r="K48" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="19" t="s">
         <v>915</v>
       </c>
       <c r="M48" s="19" t="s">
         <v>1537</v>
       </c>
       <c r="N48" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O48" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P48" s="19" t="s">
         <v>915</v>
       </c>
       <c r="Q48" s="19" t="s">
         <v>1538</v>
       </c>
       <c r="R48" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S48" s="19" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="T48" s="19" t="s">
         <v>1539</v>
       </c>
       <c r="U48" s="19" t="s">
         <v>1540</v>
       </c>
       <c r="V48" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W48" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X48" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y48" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z48" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA48" s="20" t="s">
+        <v>1954</v>
+      </c>
     </row>
-    <row r="49" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A49" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B49" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C49" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D49" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E49" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F49" s="19" t="s">
         <v>1541</v>
       </c>
       <c r="G49" s="19" t="s">
         <v>1542</v>
       </c>
       <c r="H49" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I49" s="19" t="s">
@@ -9963,75 +10139,78 @@
       <c r="K49" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="19" t="s">
         <v>925</v>
       </c>
       <c r="M49" s="19" t="s">
         <v>1543</v>
       </c>
       <c r="N49" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O49" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P49" s="19" t="s">
         <v>925</v>
       </c>
       <c r="Q49" s="19" t="s">
         <v>1544</v>
       </c>
       <c r="R49" s="19" t="s">
         <v>1545</v>
       </c>
       <c r="S49" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T49" s="19" t="s">
         <v>1546</v>
       </c>
       <c r="U49" s="19" t="s">
         <v>1547</v>
       </c>
       <c r="V49" s="19" t="s">
-        <v>1801</v>
+        <v>1800</v>
       </c>
       <c r="W49" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X49" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y49" s="19" t="s">
         <v>1548</v>
       </c>
       <c r="Z49" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA49" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="50" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A50" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B50" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C50" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D50" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E50" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F50" s="19" t="s">
         <v>931</v>
       </c>
       <c r="G50" s="19" t="s">
         <v>857</v>
       </c>
       <c r="H50" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I50" s="19" t="s">
@@ -10043,75 +10222,78 @@
       <c r="K50" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="19" t="s">
         <v>168</v>
       </c>
       <c r="M50" s="19" t="s">
         <v>166</v>
       </c>
       <c r="N50" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O50" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P50" s="19" t="s">
         <v>168</v>
       </c>
       <c r="Q50" s="19" t="s">
         <v>1549</v>
       </c>
       <c r="R50" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S50" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T50" s="19" t="s">
         <v>932</v>
       </c>
       <c r="U50" s="19" t="s">
         <v>1550</v>
       </c>
       <c r="V50" s="19" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="W50" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X50" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y50" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z50" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA50" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="51" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A51" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B51" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C51" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D51" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E51" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F51" s="19" t="s">
         <v>933</v>
       </c>
       <c r="G51" s="19" t="s">
         <v>934</v>
       </c>
       <c r="H51" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I51" s="19" t="s">
@@ -10123,75 +10305,78 @@
       <c r="K51" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="19" t="s">
         <v>918</v>
       </c>
       <c r="M51" s="19" t="s">
         <v>169</v>
       </c>
       <c r="N51" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O51" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P51" s="19" t="s">
         <v>918</v>
       </c>
       <c r="Q51" s="19" t="s">
         <v>1551</v>
       </c>
       <c r="R51" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S51" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T51" s="19" t="s">
         <v>935</v>
       </c>
       <c r="U51" s="19" t="s">
         <v>1552</v>
       </c>
       <c r="V51" s="19" t="s">
-        <v>1803</v>
+        <v>1802</v>
       </c>
       <c r="W51" s="19" t="s">
         <v>737</v>
       </c>
       <c r="X51" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y51" s="19" t="s">
         <v>936</v>
       </c>
       <c r="Z51" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA51" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="52" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A52" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B52" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C52" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D52" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E52" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F52" s="19" t="s">
         <v>937</v>
       </c>
       <c r="G52" s="19" t="s">
         <v>938</v>
       </c>
       <c r="H52" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I52" s="19" t="s">
@@ -10203,75 +10388,78 @@
       <c r="K52" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="19" t="s">
         <v>925</v>
       </c>
       <c r="M52" s="19" t="s">
         <v>171</v>
       </c>
       <c r="N52" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O52" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P52" s="19" t="s">
         <v>925</v>
       </c>
       <c r="Q52" s="19" t="s">
         <v>172</v>
       </c>
       <c r="R52" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S52" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T52" s="19" t="s">
         <v>939</v>
       </c>
       <c r="U52" s="19" t="s">
         <v>170</v>
       </c>
       <c r="V52" s="19" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
       <c r="W52" s="19" t="s">
         <v>737</v>
       </c>
       <c r="X52" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y52" s="19" t="s">
         <v>940</v>
       </c>
       <c r="Z52" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA52" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="53" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A53" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B53" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C53" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D53" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E53" s="19" t="s">
         <v>907</v>
       </c>
       <c r="F53" s="19" t="s">
         <v>941</v>
       </c>
       <c r="G53" s="19" t="s">
         <v>942</v>
       </c>
       <c r="H53" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I53" s="19" t="s">
@@ -10283,75 +10471,78 @@
       <c r="K53" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="19" t="s">
         <v>918</v>
       </c>
       <c r="M53" s="19" t="s">
         <v>173</v>
       </c>
       <c r="N53" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O53" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P53" s="19" t="s">
         <v>918</v>
       </c>
       <c r="Q53" s="19" t="s">
         <v>174</v>
       </c>
       <c r="R53" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S53" s="19" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="T53" s="19" t="s">
         <v>943</v>
       </c>
       <c r="U53" s="19" t="s">
         <v>175</v>
       </c>
       <c r="V53" s="19" t="s">
-        <v>1805</v>
+        <v>1804</v>
       </c>
       <c r="W53" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X53" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y53" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z53" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA53" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="54" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A54" s="19" t="s">
         <v>944</v>
       </c>
       <c r="B54" s="19" t="s">
         <v>176</v>
       </c>
       <c r="C54" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D54" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E54" s="19" t="s">
         <v>945</v>
       </c>
       <c r="F54" s="19" t="s">
         <v>820</v>
       </c>
       <c r="G54" s="19" t="s">
         <v>946</v>
       </c>
       <c r="H54" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I54" s="19" t="s">
@@ -10363,75 +10554,78 @@
       <c r="K54" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="19" t="s">
         <v>947</v>
       </c>
       <c r="M54" s="19" t="s">
         <v>177</v>
       </c>
       <c r="N54" s="19" t="s">
         <v>178</v>
       </c>
       <c r="O54" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P54" s="19" t="s">
         <v>947</v>
       </c>
       <c r="Q54" s="19" t="s">
         <v>179</v>
       </c>
       <c r="R54" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S54" s="19" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="T54" s="19" t="s">
         <v>948</v>
       </c>
       <c r="U54" s="19" t="s">
         <v>180</v>
       </c>
       <c r="V54" s="19" t="s">
-        <v>1807</v>
+        <v>1806</v>
       </c>
       <c r="W54" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X54" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y54" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z54" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA54" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="55" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A55" s="19" t="s">
         <v>949</v>
       </c>
       <c r="B55" s="19" t="s">
         <v>181</v>
       </c>
       <c r="C55" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D55" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E55" s="19" t="s">
         <v>950</v>
       </c>
       <c r="F55" s="19" t="s">
         <v>951</v>
       </c>
       <c r="G55" s="19" t="s">
         <v>952</v>
       </c>
       <c r="H55" s="19" t="s">
         <v>182</v>
       </c>
       <c r="I55" s="19" t="s">
@@ -10443,75 +10637,78 @@
       <c r="K55" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="19" t="s">
         <v>953</v>
       </c>
       <c r="M55" s="19" t="s">
         <v>183</v>
       </c>
       <c r="N55" s="19" t="s">
         <v>184</v>
       </c>
       <c r="O55" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P55" s="19" t="s">
         <v>953</v>
       </c>
       <c r="Q55" s="19" t="s">
         <v>185</v>
       </c>
       <c r="R55" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S55" s="19" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="T55" s="19" t="s">
         <v>954</v>
       </c>
       <c r="U55" s="19" t="s">
         <v>186</v>
       </c>
       <c r="V55" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W55" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X55" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y55" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z55" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA55" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="56" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A56" s="19" t="s">
         <v>955</v>
       </c>
       <c r="B56" s="19" t="s">
         <v>187</v>
       </c>
       <c r="C56" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D56" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E56" s="19" t="s">
         <v>956</v>
       </c>
       <c r="F56" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G56" s="19" t="s">
         <v>957</v>
       </c>
       <c r="H56" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I56" s="19" t="s">
@@ -10523,75 +10720,78 @@
       <c r="K56" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="19" t="s">
         <v>958</v>
       </c>
       <c r="M56" s="19" t="s">
         <v>190</v>
       </c>
       <c r="N56" s="19" t="s">
         <v>189</v>
       </c>
       <c r="O56" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P56" s="19" t="s">
         <v>958</v>
       </c>
       <c r="Q56" s="19" t="s">
         <v>191</v>
       </c>
       <c r="R56" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S56" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T56" s="19" t="s">
         <v>959</v>
       </c>
       <c r="U56" s="19" t="s">
         <v>192</v>
       </c>
       <c r="V56" s="19" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
       <c r="W56" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X56" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y56" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z56" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA56" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="57" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A57" s="19" t="s">
         <v>955</v>
       </c>
       <c r="B57" s="19" t="s">
         <v>187</v>
       </c>
       <c r="C57" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D57" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E57" s="19" t="s">
         <v>956</v>
       </c>
       <c r="F57" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G57" s="19" t="s">
         <v>960</v>
       </c>
       <c r="H57" s="19" t="s">
         <v>193</v>
       </c>
       <c r="I57" s="19" t="s">
@@ -10603,75 +10803,78 @@
       <c r="K57" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L57" s="19" t="s">
         <v>961</v>
       </c>
       <c r="M57" s="19" t="s">
         <v>195</v>
       </c>
       <c r="N57" s="19" t="s">
         <v>187</v>
       </c>
       <c r="O57" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P57" s="19" t="s">
         <v>961</v>
       </c>
       <c r="Q57" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R57" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S57" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T57" s="19" t="s">
         <v>962</v>
       </c>
       <c r="U57" s="19" t="s">
         <v>1553</v>
       </c>
       <c r="V57" s="19" t="s">
-        <v>1810</v>
+        <v>1809</v>
       </c>
       <c r="W57" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X57" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y57" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z57" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA57" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="58" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A58" s="19" t="s">
         <v>963</v>
       </c>
       <c r="B58" s="19" t="s">
         <v>196</v>
       </c>
       <c r="C58" s="19" t="s">
         <v>964</v>
       </c>
       <c r="D58" s="19" t="s">
         <v>965</v>
       </c>
       <c r="E58" s="19" t="s">
         <v>966</v>
       </c>
       <c r="F58" s="19" t="s">
         <v>967</v>
       </c>
       <c r="G58" s="19" t="s">
         <v>968</v>
       </c>
       <c r="H58" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I58" s="19" t="s">
@@ -10683,75 +10886,78 @@
       <c r="K58" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="19" t="s">
         <v>969</v>
       </c>
       <c r="M58" s="19" t="s">
         <v>197</v>
       </c>
       <c r="N58" s="19" t="s">
         <v>198</v>
       </c>
       <c r="O58" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P58" s="19" t="s">
         <v>969</v>
       </c>
       <c r="Q58" s="19" t="s">
         <v>199</v>
       </c>
       <c r="R58" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S58" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T58" s="19" t="s">
         <v>970</v>
       </c>
       <c r="U58" s="19" t="s">
         <v>200</v>
       </c>
       <c r="V58" s="19" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
       <c r="W58" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X58" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y58" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z58" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA58" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="59" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A59" s="19" t="s">
         <v>1554</v>
       </c>
       <c r="B59" s="19" t="s">
         <v>1555</v>
       </c>
       <c r="C59" s="19" t="s">
         <v>964</v>
       </c>
       <c r="D59" s="19" t="s">
         <v>965</v>
       </c>
       <c r="E59" s="19" t="s">
         <v>1556</v>
       </c>
       <c r="F59" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G59" s="19" t="s">
         <v>1557</v>
       </c>
       <c r="H59" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I59" s="19" t="s">
@@ -10763,75 +10969,78 @@
       <c r="K59" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="19" t="s">
         <v>1560</v>
       </c>
       <c r="M59" s="19" t="s">
         <v>1558</v>
       </c>
       <c r="N59" s="19" t="s">
         <v>1559</v>
       </c>
       <c r="O59" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P59" s="19" t="s">
         <v>1560</v>
       </c>
       <c r="Q59" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R59" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S59" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T59" s="19" t="s">
         <v>1561</v>
       </c>
       <c r="U59" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V59" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W59" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X59" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y59" s="19" t="s">
         <v>731</v>
       </c>
       <c r="Z59" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA59" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="60" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A60" s="19" t="s">
         <v>971</v>
       </c>
       <c r="B60" s="19" t="s">
         <v>201</v>
       </c>
       <c r="C60" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D60" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E60" s="19" t="s">
         <v>972</v>
       </c>
       <c r="F60" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G60" s="19" t="s">
         <v>973</v>
       </c>
       <c r="H60" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I60" s="19" t="s">
@@ -10843,75 +11052,78 @@
       <c r="K60" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="19" t="s">
         <v>974</v>
       </c>
       <c r="M60" s="19" t="s">
         <v>202</v>
       </c>
       <c r="N60" s="19" t="s">
         <v>203</v>
       </c>
       <c r="O60" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P60" s="19" t="s">
         <v>974</v>
       </c>
       <c r="Q60" s="19" t="s">
         <v>204</v>
       </c>
       <c r="R60" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S60" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T60" s="19" t="s">
         <v>975</v>
       </c>
       <c r="U60" s="19" t="s">
         <v>205</v>
       </c>
       <c r="V60" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W60" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X60" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y60" s="19" t="s">
         <v>927</v>
       </c>
       <c r="Z60" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA60" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="61" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A61" s="19" t="s">
         <v>944</v>
       </c>
       <c r="B61" s="19" t="s">
         <v>176</v>
       </c>
       <c r="C61" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D61" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E61" s="19" t="s">
         <v>976</v>
       </c>
       <c r="F61" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G61" s="19" t="s">
         <v>977</v>
       </c>
       <c r="H61" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I61" s="19" t="s">
@@ -10923,75 +11135,78 @@
       <c r="K61" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="19" t="s">
         <v>978</v>
       </c>
       <c r="M61" s="19" t="s">
         <v>206</v>
       </c>
       <c r="N61" s="19" t="s">
         <v>176</v>
       </c>
       <c r="O61" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P61" s="19" t="s">
         <v>978</v>
       </c>
       <c r="Q61" s="19" t="s">
         <v>207</v>
       </c>
       <c r="R61" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S61" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T61" s="19" t="s">
         <v>979</v>
       </c>
       <c r="U61" s="19" t="s">
         <v>208</v>
       </c>
       <c r="V61" s="19" t="s">
-        <v>1813</v>
+        <v>1812</v>
       </c>
       <c r="W61" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X61" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y61" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z61" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA61" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="62" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A62" s="19" t="s">
         <v>944</v>
       </c>
       <c r="B62" s="19" t="s">
         <v>176</v>
       </c>
       <c r="C62" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D62" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E62" s="19" t="s">
         <v>976</v>
       </c>
       <c r="F62" s="19" t="s">
         <v>837</v>
       </c>
       <c r="G62" s="19" t="s">
         <v>980</v>
       </c>
       <c r="H62" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I62" s="19" t="s">
@@ -11003,75 +11218,78 @@
       <c r="K62" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="19" t="s">
         <v>978</v>
       </c>
       <c r="M62" s="19" t="s">
         <v>209</v>
       </c>
       <c r="N62" s="19" t="s">
         <v>176</v>
       </c>
       <c r="O62" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P62" s="19" t="s">
         <v>978</v>
       </c>
       <c r="Q62" s="19" t="s">
         <v>207</v>
       </c>
       <c r="R62" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S62" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T62" s="19" t="s">
         <v>979</v>
       </c>
       <c r="U62" s="19" t="s">
         <v>208</v>
       </c>
       <c r="V62" s="19" t="s">
-        <v>1813</v>
+        <v>1812</v>
       </c>
       <c r="W62" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X62" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y62" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z62" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA62" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="63" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A63" s="19" t="s">
         <v>944</v>
       </c>
       <c r="B63" s="19" t="s">
         <v>176</v>
       </c>
       <c r="C63" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D63" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E63" s="19" t="s">
         <v>976</v>
       </c>
       <c r="F63" s="19" t="s">
         <v>981</v>
       </c>
       <c r="G63" s="19" t="s">
         <v>982</v>
       </c>
       <c r="H63" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I63" s="19" t="s">
@@ -11083,75 +11301,78 @@
       <c r="K63" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L63" s="19" t="s">
         <v>978</v>
       </c>
       <c r="M63" s="19" t="s">
         <v>210</v>
       </c>
       <c r="N63" s="19" t="s">
         <v>176</v>
       </c>
       <c r="O63" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P63" s="19" t="s">
         <v>978</v>
       </c>
       <c r="Q63" s="19" t="s">
         <v>983</v>
       </c>
       <c r="R63" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S63" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T63" s="19" t="s">
         <v>984</v>
       </c>
       <c r="U63" s="19" t="s">
         <v>985</v>
       </c>
       <c r="V63" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W63" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X63" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y63" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z63" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA63" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="64" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A64" s="19" t="s">
         <v>986</v>
       </c>
       <c r="B64" s="19" t="s">
         <v>211</v>
       </c>
       <c r="C64" s="19" t="s">
         <v>964</v>
       </c>
       <c r="D64" s="19" t="s">
         <v>965</v>
       </c>
       <c r="E64" s="19" t="s">
         <v>987</v>
       </c>
       <c r="F64" s="19" t="s">
         <v>768</v>
       </c>
       <c r="G64" s="19" t="s">
         <v>988</v>
       </c>
       <c r="H64" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I64" s="19" t="s">
@@ -11163,75 +11384,78 @@
       <c r="K64" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="19" t="s">
         <v>989</v>
       </c>
       <c r="M64" s="19" t="s">
         <v>214</v>
       </c>
       <c r="N64" s="19" t="s">
         <v>213</v>
       </c>
       <c r="O64" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P64" s="19" t="s">
         <v>989</v>
       </c>
       <c r="Q64" s="19" t="s">
         <v>215</v>
       </c>
       <c r="R64" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S64" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T64" s="19" t="s">
         <v>990</v>
       </c>
       <c r="U64" s="19" t="s">
         <v>216</v>
       </c>
       <c r="V64" s="19" t="s">
-        <v>1814</v>
+        <v>1813</v>
       </c>
       <c r="W64" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X64" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y64" s="19" t="s">
         <v>724</v>
       </c>
       <c r="Z64" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA64" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="65" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A65" s="19" t="s">
         <v>986</v>
       </c>
       <c r="B65" s="19" t="s">
         <v>211</v>
       </c>
       <c r="C65" s="19" t="s">
         <v>964</v>
       </c>
       <c r="D65" s="19" t="s">
         <v>965</v>
       </c>
       <c r="E65" s="19" t="s">
         <v>987</v>
       </c>
       <c r="F65" s="19" t="s">
         <v>820</v>
       </c>
       <c r="G65" s="19" t="s">
         <v>991</v>
       </c>
       <c r="H65" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I65" s="19" t="s">
@@ -11243,75 +11467,78 @@
       <c r="K65" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="19" t="s">
         <v>989</v>
       </c>
       <c r="M65" s="19" t="s">
         <v>217</v>
       </c>
       <c r="N65" s="19" t="s">
         <v>213</v>
       </c>
       <c r="O65" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P65" s="19" t="s">
         <v>989</v>
       </c>
       <c r="Q65" s="19" t="s">
         <v>992</v>
       </c>
       <c r="R65" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S65" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T65" s="19" t="s">
         <v>993</v>
       </c>
       <c r="U65" s="19" t="s">
         <v>994</v>
       </c>
       <c r="V65" s="19" t="s">
-        <v>1815</v>
+        <v>1814</v>
       </c>
       <c r="W65" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X65" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y65" s="19" t="s">
         <v>772</v>
       </c>
       <c r="Z65" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA65" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="66" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A66" s="19" t="s">
         <v>995</v>
       </c>
       <c r="B66" s="19" t="s">
         <v>218</v>
       </c>
       <c r="C66" s="19" t="s">
         <v>964</v>
       </c>
       <c r="D66" s="19" t="s">
         <v>965</v>
       </c>
       <c r="E66" s="19" t="s">
         <v>996</v>
       </c>
       <c r="F66" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G66" s="19" t="s">
         <v>997</v>
       </c>
       <c r="H66" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I66" s="19" t="s">
@@ -11323,75 +11550,78 @@
       <c r="K66" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="19" t="s">
         <v>998</v>
       </c>
       <c r="M66" s="19" t="s">
         <v>219</v>
       </c>
       <c r="N66" s="19" t="s">
         <v>220</v>
       </c>
       <c r="O66" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P66" s="19" t="s">
         <v>998</v>
       </c>
       <c r="Q66" s="19" t="s">
         <v>221</v>
       </c>
       <c r="R66" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S66" s="19" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="T66" s="19" t="s">
         <v>999</v>
       </c>
       <c r="U66" s="19" t="s">
         <v>222</v>
       </c>
       <c r="V66" s="19" t="s">
-        <v>1816</v>
+        <v>1815</v>
       </c>
       <c r="W66" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X66" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y66" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z66" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA66" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="67" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A67" s="19" t="s">
         <v>995</v>
       </c>
       <c r="B67" s="19" t="s">
         <v>218</v>
       </c>
       <c r="C67" s="19" t="s">
         <v>964</v>
       </c>
       <c r="D67" s="19" t="s">
         <v>965</v>
       </c>
       <c r="E67" s="19" t="s">
         <v>996</v>
       </c>
       <c r="F67" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G67" s="19" t="s">
         <v>1562</v>
       </c>
       <c r="H67" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I67" s="19" t="s">
@@ -11403,75 +11633,78 @@
       <c r="K67" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="19" t="s">
         <v>998</v>
       </c>
       <c r="M67" s="19" t="s">
         <v>1563</v>
       </c>
       <c r="N67" s="19" t="s">
         <v>220</v>
       </c>
       <c r="O67" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P67" s="19" t="s">
         <v>998</v>
       </c>
       <c r="Q67" s="19" t="s">
         <v>1564</v>
       </c>
       <c r="R67" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S67" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T67" s="19" t="s">
         <v>1565</v>
       </c>
       <c r="U67" s="19" t="s">
         <v>1566</v>
       </c>
       <c r="V67" s="19" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
       <c r="W67" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X67" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y67" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z67" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA67" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="68" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A68" s="19" t="s">
         <v>1340</v>
       </c>
       <c r="B68" s="19" t="s">
         <v>530</v>
       </c>
       <c r="C68" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D68" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E68" s="19" t="s">
         <v>1567</v>
       </c>
       <c r="F68" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G68" s="19" t="s">
         <v>1568</v>
       </c>
       <c r="H68" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I68" s="19" t="s">
@@ -11483,75 +11716,78 @@
       <c r="K68" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="19" t="s">
         <v>1571</v>
       </c>
       <c r="M68" s="19" t="s">
         <v>1572</v>
       </c>
       <c r="N68" s="19" t="s">
         <v>1570</v>
       </c>
       <c r="O68" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P68" s="19" t="s">
         <v>1571</v>
       </c>
       <c r="Q68" s="19" t="s">
         <v>1573</v>
       </c>
       <c r="R68" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S68" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T68" s="19" t="s">
         <v>1574</v>
       </c>
       <c r="U68" s="19" t="s">
         <v>1575</v>
       </c>
       <c r="V68" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W68" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X68" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y68" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z68" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA68" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="69" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A69" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B69" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D69" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E69" s="19" t="s">
         <v>1000</v>
       </c>
       <c r="F69" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G69" s="19" t="s">
         <v>1001</v>
       </c>
       <c r="H69" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I69" s="19" t="s">
@@ -11563,75 +11799,78 @@
       <c r="K69" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="19" t="s">
         <v>1002</v>
       </c>
       <c r="M69" s="19" t="s">
         <v>223</v>
       </c>
       <c r="N69" s="19" t="s">
         <v>80</v>
       </c>
       <c r="O69" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P69" s="19" t="s">
         <v>1002</v>
       </c>
       <c r="Q69" s="19" t="s">
         <v>224</v>
       </c>
       <c r="R69" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S69" s="19" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="T69" s="19" t="s">
         <v>1003</v>
       </c>
       <c r="U69" s="19" t="s">
         <v>225</v>
       </c>
       <c r="V69" s="19" t="s">
-        <v>1818</v>
+        <v>1817</v>
       </c>
       <c r="W69" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X69" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y69" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z69" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA69" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="70" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A70" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B70" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C70" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D70" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E70" s="19" t="s">
         <v>1000</v>
       </c>
       <c r="F70" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G70" s="19" t="s">
         <v>1004</v>
       </c>
       <c r="H70" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I70" s="19" t="s">
@@ -11643,75 +11882,78 @@
       <c r="K70" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="19" t="s">
         <v>227</v>
       </c>
       <c r="M70" s="19" t="s">
         <v>226</v>
       </c>
       <c r="N70" s="19" t="s">
         <v>80</v>
       </c>
       <c r="O70" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P70" s="19" t="s">
         <v>227</v>
       </c>
       <c r="Q70" s="19" t="s">
         <v>228</v>
       </c>
       <c r="R70" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S70" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T70" s="19" t="s">
         <v>1005</v>
       </c>
       <c r="U70" s="19" t="s">
         <v>229</v>
       </c>
       <c r="V70" s="19" t="s">
-        <v>1819</v>
+        <v>1818</v>
       </c>
       <c r="W70" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X70" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y70" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z70" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA70" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="71" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A71" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B71" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C71" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D71" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E71" s="19" t="s">
         <v>1000</v>
       </c>
       <c r="F71" s="19" t="s">
         <v>820</v>
       </c>
       <c r="G71" s="19" t="s">
         <v>1006</v>
       </c>
       <c r="H71" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I71" s="19" t="s">
@@ -11723,75 +11965,78 @@
       <c r="K71" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="19" t="s">
         <v>1007</v>
       </c>
       <c r="M71" s="19" t="s">
         <v>230</v>
       </c>
       <c r="N71" s="19" t="s">
         <v>80</v>
       </c>
       <c r="O71" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P71" s="19" t="s">
         <v>1007</v>
       </c>
       <c r="Q71" s="19" t="s">
         <v>1576</v>
       </c>
       <c r="R71" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S71" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T71" s="19" t="s">
         <v>1008</v>
       </c>
       <c r="U71" s="19" t="s">
         <v>1577</v>
       </c>
       <c r="V71" s="19" t="s">
-        <v>1820</v>
+        <v>1819</v>
       </c>
       <c r="W71" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X71" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y71" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z71" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA71" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="72" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A72" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B72" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C72" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D72" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E72" s="19" t="s">
         <v>1000</v>
       </c>
       <c r="F72" s="19" t="s">
         <v>1009</v>
       </c>
       <c r="G72" s="19" t="s">
         <v>1010</v>
       </c>
       <c r="H72" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I72" s="19" t="s">
@@ -11803,75 +12048,78 @@
       <c r="K72" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="19" t="s">
         <v>1011</v>
       </c>
       <c r="M72" s="19" t="s">
         <v>231</v>
       </c>
       <c r="N72" s="19" t="s">
         <v>80</v>
       </c>
       <c r="O72" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P72" s="19" t="s">
         <v>1011</v>
       </c>
       <c r="Q72" s="19" t="s">
         <v>232</v>
       </c>
       <c r="R72" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S72" s="19" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
       <c r="T72" s="19" t="s">
         <v>1012</v>
       </c>
       <c r="U72" s="19" t="s">
         <v>233</v>
       </c>
       <c r="V72" s="19" t="s">
-        <v>1822</v>
+        <v>1821</v>
       </c>
       <c r="W72" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X72" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y72" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z72" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA72" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="73" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A73" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B73" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C73" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D73" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E73" s="19" t="s">
         <v>1000</v>
       </c>
       <c r="F73" s="19" t="s">
         <v>1013</v>
       </c>
       <c r="G73" s="19" t="s">
         <v>857</v>
       </c>
       <c r="H73" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I73" s="19" t="s">
@@ -11883,75 +12131,78 @@
       <c r="K73" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="19" t="s">
         <v>1002</v>
       </c>
       <c r="M73" s="19" t="s">
         <v>234</v>
       </c>
       <c r="N73" s="19" t="s">
         <v>80</v>
       </c>
       <c r="O73" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P73" s="19" t="s">
         <v>1002</v>
       </c>
       <c r="Q73" s="19" t="s">
         <v>1578</v>
       </c>
       <c r="R73" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S73" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T73" s="19" t="s">
         <v>1014</v>
       </c>
       <c r="U73" s="19" t="s">
         <v>1579</v>
       </c>
       <c r="V73" s="19" t="s">
-        <v>1823</v>
+        <v>1822</v>
       </c>
       <c r="W73" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X73" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y73" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z73" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA73" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="74" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A74" s="19" t="s">
         <v>1015</v>
       </c>
       <c r="B74" s="19" t="s">
         <v>235</v>
       </c>
       <c r="C74" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D74" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E74" s="19" t="s">
         <v>1016</v>
       </c>
       <c r="F74" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G74" s="19" t="s">
         <v>1017</v>
       </c>
       <c r="H74" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I74" s="19" t="s">
@@ -11963,75 +12214,78 @@
       <c r="K74" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="19" t="s">
         <v>238</v>
       </c>
       <c r="M74" s="19" t="s">
         <v>236</v>
       </c>
       <c r="N74" s="19" t="s">
         <v>237</v>
       </c>
       <c r="O74" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P74" s="19" t="s">
         <v>238</v>
       </c>
       <c r="Q74" s="19" t="s">
         <v>239</v>
       </c>
       <c r="R74" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S74" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T74" s="19" t="s">
         <v>1018</v>
       </c>
       <c r="U74" s="19" t="s">
         <v>240</v>
       </c>
       <c r="V74" s="19" t="s">
-        <v>1824</v>
+        <v>1823</v>
       </c>
       <c r="W74" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X74" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y74" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z74" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA74" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="75" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A75" s="19" t="s">
         <v>1015</v>
       </c>
       <c r="B75" s="19" t="s">
         <v>235</v>
       </c>
       <c r="C75" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D75" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E75" s="19" t="s">
         <v>1016</v>
       </c>
       <c r="F75" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G75" s="19" t="s">
         <v>1019</v>
       </c>
       <c r="H75" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I75" s="19" t="s">
@@ -12043,75 +12297,78 @@
       <c r="K75" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L75" s="19" t="s">
         <v>1020</v>
       </c>
       <c r="M75" s="19" t="s">
         <v>241</v>
       </c>
       <c r="N75" s="19" t="s">
         <v>237</v>
       </c>
       <c r="O75" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P75" s="19" t="s">
         <v>1020</v>
       </c>
       <c r="Q75" s="19" t="s">
         <v>242</v>
       </c>
       <c r="R75" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S75" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T75" s="19" t="s">
         <v>1021</v>
       </c>
       <c r="U75" s="19" t="s">
         <v>243</v>
       </c>
       <c r="V75" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W75" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X75" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y75" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z75" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA75" s="20" t="s">
+        <v>1956</v>
+      </c>
     </row>
-    <row r="76" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A76" s="19" t="s">
         <v>1022</v>
       </c>
       <c r="B76" s="19" t="s">
         <v>244</v>
       </c>
       <c r="C76" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D76" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E76" s="19" t="s">
         <v>1023</v>
       </c>
       <c r="F76" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G76" s="19" t="s">
         <v>1024</v>
       </c>
       <c r="H76" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I76" s="19" t="s">
@@ -12123,75 +12380,78 @@
       <c r="K76" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="19" t="s">
         <v>1025</v>
       </c>
       <c r="M76" s="19" t="s">
         <v>245</v>
       </c>
       <c r="N76" s="19" t="s">
         <v>246</v>
       </c>
       <c r="O76" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P76" s="19" t="s">
         <v>1025</v>
       </c>
       <c r="Q76" s="19" t="s">
         <v>247</v>
       </c>
       <c r="R76" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S76" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T76" s="19" t="s">
         <v>1026</v>
       </c>
       <c r="U76" s="19" t="s">
         <v>248</v>
       </c>
       <c r="V76" s="19" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="W76" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X76" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y76" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z76" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA76" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="77" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A77" s="19" t="s">
         <v>1022</v>
       </c>
       <c r="B77" s="19" t="s">
         <v>244</v>
       </c>
       <c r="C77" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D77" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E77" s="19" t="s">
         <v>1023</v>
       </c>
       <c r="F77" s="19" t="s">
         <v>888</v>
       </c>
       <c r="G77" s="19" t="s">
         <v>1027</v>
       </c>
       <c r="H77" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I77" s="19" t="s">
@@ -12203,75 +12463,78 @@
       <c r="K77" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="19" t="s">
         <v>1025</v>
       </c>
       <c r="M77" s="19" t="s">
         <v>250</v>
       </c>
       <c r="N77" s="19" t="s">
         <v>246</v>
       </c>
       <c r="O77" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P77" s="19" t="s">
         <v>1025</v>
       </c>
       <c r="Q77" s="19" t="s">
         <v>1028</v>
       </c>
       <c r="R77" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S77" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T77" s="19" t="s">
         <v>1029</v>
       </c>
       <c r="U77" s="19" t="s">
         <v>1030</v>
       </c>
       <c r="V77" s="19" t="s">
-        <v>1826</v>
+        <v>1825</v>
       </c>
       <c r="W77" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X77" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y77" s="19" t="s">
         <v>1580</v>
       </c>
       <c r="Z77" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA77" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="78" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A78" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B78" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C78" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D78" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E78" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F78" s="19" t="s">
         <v>1032</v>
       </c>
       <c r="G78" s="19" t="s">
         <v>1033</v>
       </c>
       <c r="H78" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I78" s="19" t="s">
@@ -12283,75 +12546,78 @@
       <c r="K78" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="19" t="s">
         <v>1034</v>
       </c>
       <c r="M78" s="19" t="s">
         <v>251</v>
       </c>
       <c r="N78" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O78" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P78" s="19" t="s">
         <v>1034</v>
       </c>
       <c r="Q78" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R78" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S78" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T78" s="19" t="s">
         <v>1035</v>
       </c>
       <c r="U78" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V78" s="19" t="s">
-        <v>1827</v>
+        <v>1826</v>
       </c>
       <c r="W78" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X78" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y78" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z78" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA78" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="79" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A79" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B79" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C79" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D79" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E79" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F79" s="19" t="s">
         <v>1036</v>
       </c>
       <c r="G79" s="19" t="s">
         <v>1037</v>
       </c>
       <c r="H79" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I79" s="19" t="s">
@@ -12363,75 +12629,78 @@
       <c r="K79" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L79" s="19" t="s">
         <v>1038</v>
       </c>
       <c r="M79" s="19" t="s">
         <v>252</v>
       </c>
       <c r="N79" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O79" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P79" s="19" t="s">
         <v>1038</v>
       </c>
       <c r="Q79" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R79" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S79" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T79" s="19" t="s">
         <v>1035</v>
       </c>
       <c r="U79" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V79" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W79" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X79" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y79" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z79" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA79" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="80" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A80" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B80" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C80" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D80" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E80" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F80" s="19" t="s">
         <v>1039</v>
       </c>
       <c r="G80" s="19" t="s">
         <v>1040</v>
       </c>
       <c r="H80" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I80" s="19" t="s">
@@ -12443,75 +12712,78 @@
       <c r="K80" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L80" s="19" t="s">
         <v>1041</v>
       </c>
       <c r="M80" s="19" t="s">
         <v>253</v>
       </c>
       <c r="N80" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O80" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P80" s="19" t="s">
         <v>1041</v>
       </c>
       <c r="Q80" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R80" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S80" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T80" s="19" t="s">
         <v>1042</v>
       </c>
       <c r="U80" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V80" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W80" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X80" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y80" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z80" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA80" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="81" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A81" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B81" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C81" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D81" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E81" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F81" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G81" s="19" t="s">
         <v>1043</v>
       </c>
       <c r="H81" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I81" s="19" t="s">
@@ -12523,75 +12795,78 @@
       <c r="K81" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="19" t="s">
         <v>1038</v>
       </c>
       <c r="M81" s="19" t="s">
         <v>254</v>
       </c>
       <c r="N81" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O81" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P81" s="19" t="s">
         <v>1038</v>
       </c>
       <c r="Q81" s="19" t="s">
         <v>255</v>
       </c>
       <c r="R81" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S81" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T81" s="19" t="s">
         <v>1044</v>
       </c>
       <c r="U81" s="19" t="s">
         <v>256</v>
       </c>
       <c r="V81" s="19" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="W81" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X81" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y81" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z81" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA81" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="82" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A82" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B82" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C82" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D82" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E82" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F82" s="19" t="s">
         <v>816</v>
       </c>
       <c r="G82" s="19" t="s">
         <v>1045</v>
       </c>
       <c r="H82" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I82" s="19" t="s">
@@ -12603,75 +12878,78 @@
       <c r="K82" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="19" t="s">
         <v>1046</v>
       </c>
       <c r="M82" s="19" t="s">
         <v>257</v>
       </c>
       <c r="N82" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O82" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P82" s="19" t="s">
         <v>1046</v>
       </c>
       <c r="Q82" s="19" t="s">
         <v>258</v>
       </c>
       <c r="R82" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S82" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T82" s="19" t="s">
         <v>1047</v>
       </c>
       <c r="U82" s="19" t="s">
         <v>259</v>
       </c>
       <c r="V82" s="19" t="s">
-        <v>1829</v>
+        <v>1828</v>
       </c>
       <c r="W82" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X82" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y82" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z82" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA82" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="83" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A83" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B83" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C83" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D83" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E83" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F83" s="19" t="s">
         <v>768</v>
       </c>
       <c r="G83" s="19" t="s">
         <v>1048</v>
       </c>
       <c r="H83" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I83" s="19" t="s">
@@ -12683,75 +12961,78 @@
       <c r="K83" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="19" t="s">
         <v>1034</v>
       </c>
       <c r="M83" s="19" t="s">
         <v>260</v>
       </c>
       <c r="N83" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O83" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P83" s="19" t="s">
         <v>1034</v>
       </c>
       <c r="Q83" s="19" t="s">
         <v>261</v>
       </c>
       <c r="R83" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S83" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T83" s="19" t="s">
         <v>1049</v>
       </c>
       <c r="U83" s="19" t="s">
         <v>262</v>
       </c>
       <c r="V83" s="19" t="s">
-        <v>1830</v>
+        <v>1829</v>
       </c>
       <c r="W83" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X83" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y83" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z83" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA83" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="84" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A84" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B84" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C84" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D84" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E84" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F84" s="19" t="s">
         <v>837</v>
       </c>
       <c r="G84" s="19" t="s">
         <v>1050</v>
       </c>
       <c r="H84" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I84" s="19" t="s">
@@ -12763,75 +13044,78 @@
       <c r="K84" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="19" t="s">
         <v>1051</v>
       </c>
       <c r="M84" s="19" t="s">
         <v>263</v>
       </c>
       <c r="N84" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O84" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P84" s="19" t="s">
         <v>1051</v>
       </c>
       <c r="Q84" s="19" t="s">
         <v>1581</v>
       </c>
       <c r="R84" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S84" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T84" s="19" t="s">
         <v>1052</v>
       </c>
       <c r="U84" s="19" t="s">
         <v>1582</v>
       </c>
       <c r="V84" s="19" t="s">
-        <v>1831</v>
+        <v>1830</v>
       </c>
       <c r="W84" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X84" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y84" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z84" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA84" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="85" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A85" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B85" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C85" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D85" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E85" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F85" s="19" t="s">
         <v>903</v>
       </c>
       <c r="G85" s="19" t="s">
         <v>1053</v>
       </c>
       <c r="H85" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I85" s="19" t="s">
@@ -12843,75 +13127,78 @@
       <c r="K85" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="19" t="s">
         <v>1041</v>
       </c>
       <c r="M85" s="19" t="s">
         <v>264</v>
       </c>
       <c r="N85" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O85" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P85" s="19" t="s">
         <v>1041</v>
       </c>
       <c r="Q85" s="19" t="s">
         <v>265</v>
       </c>
       <c r="R85" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S85" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T85" s="19" t="s">
         <v>1054</v>
       </c>
       <c r="U85" s="19" t="s">
         <v>266</v>
       </c>
       <c r="V85" s="19" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
       <c r="W85" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X85" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y85" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z85" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA85" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="86" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A86" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B86" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C86" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D86" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E86" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F86" s="19" t="s">
         <v>923</v>
       </c>
       <c r="G86" s="19" t="s">
         <v>1055</v>
       </c>
       <c r="H86" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I86" s="19" t="s">
@@ -12923,75 +13210,78 @@
       <c r="K86" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="19" t="s">
         <v>1038</v>
       </c>
       <c r="M86" s="19" t="s">
         <v>267</v>
       </c>
       <c r="N86" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O86" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P86" s="19" t="s">
         <v>1038</v>
       </c>
       <c r="Q86" s="19" t="s">
         <v>268</v>
       </c>
       <c r="R86" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S86" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T86" s="19" t="s">
         <v>1056</v>
       </c>
       <c r="U86" s="19" t="s">
         <v>269</v>
       </c>
       <c r="V86" s="19" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="W86" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X86" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y86" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z86" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA86" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="87" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A87" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B87" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C87" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D87" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E87" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F87" s="19" t="s">
         <v>1057</v>
       </c>
       <c r="G87" s="19" t="s">
         <v>1058</v>
       </c>
       <c r="H87" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I87" s="19" t="s">
@@ -13003,75 +13293,78 @@
       <c r="K87" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="19" t="s">
         <v>1059</v>
       </c>
       <c r="M87" s="19" t="s">
         <v>270</v>
       </c>
       <c r="N87" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O87" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P87" s="19" t="s">
         <v>1059</v>
       </c>
       <c r="Q87" s="19" t="s">
         <v>271</v>
       </c>
       <c r="R87" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S87" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T87" s="19" t="s">
         <v>1060</v>
       </c>
       <c r="U87" s="19" t="s">
         <v>272</v>
       </c>
       <c r="V87" s="19" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
       <c r="W87" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X87" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y87" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z87" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA87" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="88" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A88" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B88" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C88" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D88" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E88" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F88" s="19" t="s">
         <v>1061</v>
       </c>
       <c r="G88" s="19" t="s">
         <v>1062</v>
       </c>
       <c r="H88" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I88" s="19" t="s">
@@ -13083,75 +13376,78 @@
       <c r="K88" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="19" t="s">
         <v>274</v>
       </c>
       <c r="M88" s="19" t="s">
         <v>273</v>
       </c>
       <c r="N88" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O88" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P88" s="19" t="s">
         <v>274</v>
       </c>
       <c r="Q88" s="19" t="s">
         <v>275</v>
       </c>
       <c r="R88" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S88" s="19" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="T88" s="19" t="s">
         <v>1063</v>
       </c>
       <c r="U88" s="19" t="s">
         <v>276</v>
       </c>
       <c r="V88" s="19" t="s">
-        <v>1835</v>
+        <v>1834</v>
       </c>
       <c r="W88" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X88" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y88" s="19" t="s">
         <v>772</v>
       </c>
       <c r="Z88" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA88" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="89" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A89" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B89" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C89" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D89" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E89" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F89" s="19" t="s">
         <v>842</v>
       </c>
       <c r="G89" s="19" t="s">
         <v>1583</v>
       </c>
       <c r="H89" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I89" s="19" t="s">
@@ -13163,75 +13459,78 @@
       <c r="K89" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="19" t="s">
         <v>1585</v>
       </c>
       <c r="M89" s="19" t="s">
         <v>1584</v>
       </c>
       <c r="N89" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O89" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P89" s="19" t="s">
         <v>1585</v>
       </c>
       <c r="Q89" s="19" t="s">
         <v>1182</v>
       </c>
       <c r="R89" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S89" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T89" s="19" t="s">
         <v>1586</v>
       </c>
       <c r="U89" s="19" t="s">
         <v>1587</v>
       </c>
       <c r="V89" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W89" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X89" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y89" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z89" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA89" s="20" t="s">
+        <v>1954</v>
+      </c>
     </row>
-    <row r="90" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A90" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B90" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C90" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D90" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E90" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F90" s="19" t="s">
         <v>1082</v>
       </c>
       <c r="G90" s="19" t="s">
         <v>1217</v>
       </c>
       <c r="H90" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I90" s="19" t="s">
@@ -13243,75 +13542,78 @@
       <c r="K90" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="19" t="s">
         <v>1589</v>
       </c>
       <c r="M90" s="19" t="s">
         <v>1590</v>
       </c>
       <c r="N90" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O90" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P90" s="19" t="s">
         <v>1589</v>
       </c>
       <c r="Q90" s="19" t="s">
         <v>1591</v>
       </c>
       <c r="R90" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S90" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T90" s="19" t="s">
         <v>1218</v>
       </c>
       <c r="U90" s="19" t="s">
         <v>1219</v>
       </c>
       <c r="V90" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W90" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X90" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y90" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z90" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA90" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="91" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A91" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B91" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C91" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D91" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E91" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F91" s="19" t="s">
         <v>846</v>
       </c>
       <c r="G91" s="19" t="s">
         <v>1592</v>
       </c>
       <c r="H91" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I91" s="19" t="s">
@@ -13323,75 +13625,78 @@
       <c r="K91" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="19" t="s">
         <v>1589</v>
       </c>
       <c r="M91" s="19" t="s">
         <v>1593</v>
       </c>
       <c r="N91" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O91" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P91" s="19" t="s">
         <v>1589</v>
       </c>
       <c r="Q91" s="19" t="s">
         <v>1594</v>
       </c>
       <c r="R91" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S91" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T91" s="19" t="s">
         <v>1595</v>
       </c>
       <c r="U91" s="19" t="s">
         <v>1596</v>
       </c>
       <c r="V91" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W91" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X91" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y91" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z91" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA91" s="20" t="s">
+        <v>1957</v>
+      </c>
     </row>
-    <row r="92" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A92" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B92" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C92" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D92" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E92" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F92" s="19" t="s">
         <v>1064</v>
       </c>
       <c r="G92" s="19" t="s">
         <v>1065</v>
       </c>
       <c r="H92" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I92" s="19" t="s">
@@ -13403,75 +13708,78 @@
       <c r="K92" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L92" s="19" t="s">
         <v>1034</v>
       </c>
       <c r="M92" s="19" t="s">
         <v>277</v>
       </c>
       <c r="N92" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O92" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P92" s="19" t="s">
         <v>1034</v>
       </c>
       <c r="Q92" s="19" t="s">
         <v>278</v>
       </c>
       <c r="R92" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S92" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T92" s="19" t="s">
         <v>1066</v>
       </c>
       <c r="U92" s="19" t="s">
         <v>279</v>
       </c>
       <c r="V92" s="19" t="s">
-        <v>1836</v>
+        <v>1835</v>
       </c>
       <c r="W92" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X92" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y92" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z92" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA92" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="93" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A93" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B93" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C93" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D93" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E93" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F93" s="19" t="s">
         <v>1095</v>
       </c>
       <c r="G93" s="19" t="s">
         <v>1597</v>
       </c>
       <c r="H93" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I93" s="19" t="s">
@@ -13483,75 +13791,78 @@
       <c r="K93" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="19" t="s">
         <v>1589</v>
       </c>
       <c r="M93" s="19" t="s">
         <v>1598</v>
       </c>
       <c r="N93" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O93" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P93" s="19" t="s">
         <v>1589</v>
       </c>
       <c r="Q93" s="19" t="s">
         <v>1599</v>
       </c>
       <c r="R93" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S93" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T93" s="19" t="s">
         <v>1600</v>
       </c>
       <c r="U93" s="19" t="s">
         <v>1601</v>
       </c>
       <c r="V93" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W93" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X93" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y93" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z93" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA93" s="20" t="s">
+        <v>1954</v>
+      </c>
     </row>
-    <row r="94" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A94" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B94" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C94" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D94" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E94" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F94" s="19" t="s">
         <v>1067</v>
       </c>
       <c r="G94" s="19" t="s">
         <v>1068</v>
       </c>
       <c r="H94" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I94" s="19" t="s">
@@ -13563,75 +13874,78 @@
       <c r="K94" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="19" t="s">
         <v>281</v>
       </c>
       <c r="M94" s="19" t="s">
         <v>280</v>
       </c>
       <c r="N94" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O94" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P94" s="19" t="s">
         <v>281</v>
       </c>
       <c r="Q94" s="19" t="s">
         <v>282</v>
       </c>
       <c r="R94" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S94" s="19" t="s">
-        <v>1837</v>
+        <v>1836</v>
       </c>
       <c r="T94" s="19" t="s">
         <v>1069</v>
       </c>
       <c r="U94" s="19" t="s">
         <v>283</v>
       </c>
       <c r="V94" s="19" t="s">
-        <v>1838</v>
+        <v>1837</v>
       </c>
       <c r="W94" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X94" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y94" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z94" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA94" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="95" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A95" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B95" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C95" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D95" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E95" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F95" s="19" t="s">
         <v>808</v>
       </c>
       <c r="G95" s="19" t="s">
         <v>1070</v>
       </c>
       <c r="H95" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I95" s="19" t="s">
@@ -13643,75 +13957,78 @@
       <c r="K95" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="19" t="s">
         <v>1051</v>
       </c>
       <c r="M95" s="19" t="s">
         <v>284</v>
       </c>
       <c r="N95" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O95" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P95" s="19" t="s">
         <v>1051</v>
       </c>
       <c r="Q95" s="19" t="s">
         <v>285</v>
       </c>
       <c r="R95" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S95" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T95" s="19" t="s">
         <v>1071</v>
       </c>
       <c r="U95" s="19" t="s">
         <v>286</v>
       </c>
       <c r="V95" s="19" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="W95" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X95" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y95" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z95" s="19" t="s">
         <v>807</v>
       </c>
+      <c r="AA95" s="20" t="s">
+        <v>807</v>
+      </c>
     </row>
-    <row r="96" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A96" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B96" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C96" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D96" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E96" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F96" s="19" t="s">
         <v>951</v>
       </c>
       <c r="G96" s="19" t="s">
         <v>1072</v>
       </c>
       <c r="H96" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I96" s="19" t="s">
@@ -13723,75 +14040,78 @@
       <c r="K96" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="19" t="s">
         <v>1046</v>
       </c>
       <c r="M96" s="19" t="s">
         <v>287</v>
       </c>
       <c r="N96" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O96" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P96" s="19" t="s">
         <v>1046</v>
       </c>
       <c r="Q96" s="19" t="s">
         <v>288</v>
       </c>
       <c r="R96" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S96" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T96" s="19" t="s">
         <v>1073</v>
       </c>
       <c r="U96" s="19" t="s">
         <v>289</v>
       </c>
       <c r="V96" s="19" t="s">
-        <v>1840</v>
+        <v>1839</v>
       </c>
       <c r="W96" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X96" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y96" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z96" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA96" s="20" t="s">
+        <v>1958</v>
+      </c>
     </row>
-    <row r="97" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A97" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B97" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C97" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D97" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E97" s="19" t="s">
         <v>1031</v>
       </c>
       <c r="F97" s="19" t="s">
         <v>1074</v>
       </c>
       <c r="G97" s="19" t="s">
         <v>1075</v>
       </c>
       <c r="H97" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I97" s="19" t="s">
@@ -13803,75 +14123,78 @@
       <c r="K97" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="19" t="s">
         <v>1051</v>
       </c>
       <c r="M97" s="19" t="s">
         <v>284</v>
       </c>
       <c r="N97" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O97" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P97" s="19" t="s">
         <v>1051</v>
       </c>
       <c r="Q97" s="19" t="s">
         <v>290</v>
       </c>
       <c r="R97" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S97" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T97" s="19" t="s">
         <v>1071</v>
       </c>
       <c r="U97" s="19" t="s">
         <v>286</v>
       </c>
       <c r="V97" s="19" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="W97" s="19" t="s">
         <v>737</v>
       </c>
       <c r="X97" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y97" s="19" t="s">
         <v>936</v>
       </c>
       <c r="Z97" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA97" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="98" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A98" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B98" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C98" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D98" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E98" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F98" s="19" t="s">
         <v>903</v>
       </c>
       <c r="G98" s="19" t="s">
         <v>1078</v>
       </c>
       <c r="H98" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I98" s="19" t="s">
@@ -13883,75 +14206,78 @@
       <c r="K98" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="19" t="s">
         <v>1079</v>
       </c>
       <c r="M98" s="19" t="s">
         <v>292</v>
       </c>
       <c r="N98" s="19" t="s">
         <v>291</v>
       </c>
       <c r="O98" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P98" s="19" t="s">
         <v>1079</v>
       </c>
       <c r="Q98" s="19" t="s">
         <v>293</v>
       </c>
       <c r="R98" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S98" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T98" s="19" t="s">
         <v>1080</v>
       </c>
       <c r="U98" s="19" t="s">
         <v>294</v>
       </c>
       <c r="V98" s="19" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="W98" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X98" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y98" s="19" t="s">
         <v>1081</v>
       </c>
       <c r="Z98" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA98" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="99" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A99" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B99" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C99" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D99" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E99" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F99" s="19" t="s">
         <v>1082</v>
       </c>
       <c r="G99" s="19" t="s">
         <v>1083</v>
       </c>
       <c r="H99" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I99" s="19" t="s">
@@ -13963,75 +14289,78 @@
       <c r="K99" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="19" t="s">
         <v>1084</v>
       </c>
       <c r="M99" s="19" t="s">
         <v>295</v>
       </c>
       <c r="N99" s="19" t="s">
         <v>291</v>
       </c>
       <c r="O99" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P99" s="19" t="s">
         <v>1084</v>
       </c>
       <c r="Q99" s="19" t="s">
         <v>293</v>
       </c>
       <c r="R99" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S99" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T99" s="19" t="s">
         <v>1085</v>
       </c>
       <c r="U99" s="19" t="s">
         <v>296</v>
       </c>
       <c r="V99" s="19" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="W99" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X99" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y99" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z99" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA99" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="100" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A100" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B100" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C100" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D100" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E100" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F100" s="19" t="s">
         <v>1086</v>
       </c>
       <c r="G100" s="19" t="s">
         <v>1087</v>
       </c>
       <c r="H100" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I100" s="19" t="s">
@@ -14043,75 +14372,78 @@
       <c r="K100" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="19" t="s">
         <v>1079</v>
       </c>
       <c r="M100" s="19" t="s">
         <v>297</v>
       </c>
       <c r="N100" s="19" t="s">
         <v>291</v>
       </c>
       <c r="O100" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P100" s="19" t="s">
         <v>298</v>
       </c>
       <c r="Q100" s="19" t="s">
         <v>299</v>
       </c>
       <c r="R100" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S100" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T100" s="19" t="s">
         <v>1088</v>
       </c>
       <c r="U100" s="19" t="s">
         <v>300</v>
       </c>
       <c r="V100" s="19" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="W100" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X100" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y100" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z100" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA100" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="101" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A101" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B101" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C101" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D101" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E101" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F101" s="19" t="s">
         <v>1089</v>
       </c>
       <c r="G101" s="19" t="s">
         <v>1090</v>
       </c>
       <c r="H101" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I101" s="19" t="s">
@@ -14123,75 +14455,78 @@
       <c r="K101" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="19" t="s">
         <v>302</v>
       </c>
       <c r="M101" s="19" t="s">
         <v>301</v>
       </c>
       <c r="N101" s="19" t="s">
         <v>291</v>
       </c>
       <c r="O101" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P101" s="19" t="s">
         <v>302</v>
       </c>
       <c r="Q101" s="19" t="s">
         <v>303</v>
       </c>
       <c r="R101" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S101" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T101" s="19" t="s">
         <v>1091</v>
       </c>
       <c r="U101" s="19" t="s">
         <v>304</v>
       </c>
       <c r="V101" s="19" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="W101" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X101" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y101" s="19" t="s">
         <v>1081</v>
       </c>
       <c r="Z101" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA101" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="102" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A102" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B102" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C102" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D102" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E102" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F102" s="19" t="s">
         <v>1092</v>
       </c>
       <c r="G102" s="19" t="s">
         <v>1093</v>
       </c>
       <c r="H102" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I102" s="19" t="s">
@@ -14203,75 +14538,78 @@
       <c r="K102" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="19" t="s">
         <v>1079</v>
       </c>
       <c r="M102" s="19" t="s">
         <v>297</v>
       </c>
       <c r="N102" s="19" t="s">
         <v>291</v>
       </c>
       <c r="O102" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P102" s="19" t="s">
         <v>1079</v>
       </c>
       <c r="Q102" s="19" t="s">
         <v>305</v>
       </c>
       <c r="R102" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S102" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T102" s="19" t="s">
         <v>1094</v>
       </c>
       <c r="U102" s="19" t="s">
         <v>306</v>
       </c>
       <c r="V102" s="19" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="W102" s="19" t="s">
         <v>737</v>
       </c>
       <c r="X102" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y102" s="19" t="s">
         <v>936</v>
       </c>
       <c r="Z102" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA102" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="103" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A103" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B103" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C103" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D103" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E103" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F103" s="19" t="s">
         <v>1095</v>
       </c>
       <c r="G103" s="19" t="s">
         <v>1096</v>
       </c>
       <c r="H103" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I103" s="19" t="s">
@@ -14283,75 +14621,78 @@
       <c r="K103" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="19" t="s">
         <v>298</v>
       </c>
       <c r="M103" s="19" t="s">
         <v>307</v>
       </c>
       <c r="N103" s="19" t="s">
         <v>291</v>
       </c>
       <c r="O103" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P103" s="19" t="s">
         <v>298</v>
       </c>
       <c r="Q103" s="19" t="s">
         <v>305</v>
       </c>
       <c r="R103" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S103" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T103" s="19" t="s">
         <v>1097</v>
       </c>
       <c r="U103" s="19" t="s">
         <v>306</v>
       </c>
       <c r="V103" s="19" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="W103" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X103" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y103" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z103" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA103" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="104" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A104" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B104" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C104" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D104" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E104" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F104" s="19" t="s">
         <v>1098</v>
       </c>
       <c r="G104" s="19" t="s">
         <v>1099</v>
       </c>
       <c r="H104" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I104" s="19" t="s">
@@ -14363,75 +14704,78 @@
       <c r="K104" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="19" t="s">
         <v>1100</v>
       </c>
       <c r="M104" s="19" t="s">
         <v>308</v>
       </c>
       <c r="N104" s="19" t="s">
         <v>291</v>
       </c>
       <c r="O104" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P104" s="19" t="s">
         <v>1100</v>
       </c>
       <c r="Q104" s="19" t="s">
         <v>303</v>
       </c>
       <c r="R104" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S104" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T104" s="19" t="s">
         <v>1101</v>
       </c>
       <c r="U104" s="19" t="s">
         <v>304</v>
       </c>
       <c r="V104" s="19" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="W104" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X104" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y104" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z104" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA104" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="105" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A105" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B105" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C105" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D105" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E105" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F105" s="19" t="s">
         <v>1102</v>
       </c>
       <c r="G105" s="19" t="s">
         <v>1103</v>
       </c>
       <c r="H105" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I105" s="19" t="s">
@@ -14443,75 +14787,78 @@
       <c r="K105" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="19" t="s">
         <v>1100</v>
       </c>
       <c r="M105" s="19" t="s">
         <v>310</v>
       </c>
       <c r="N105" s="19" t="s">
         <v>291</v>
       </c>
       <c r="O105" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P105" s="19" t="s">
         <v>1100</v>
       </c>
       <c r="Q105" s="19" t="s">
         <v>311</v>
       </c>
       <c r="R105" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S105" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T105" s="19" t="s">
         <v>1104</v>
       </c>
       <c r="U105" s="19" t="s">
         <v>312</v>
       </c>
       <c r="V105" s="19" t="s">
-        <v>1842</v>
+        <v>1841</v>
       </c>
       <c r="W105" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X105" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y105" s="19" t="s">
         <v>806</v>
       </c>
       <c r="Z105" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA105" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="106" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A106" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B106" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C106" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D106" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E106" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F106" s="19" t="s">
         <v>1105</v>
       </c>
       <c r="G106" s="19" t="s">
         <v>1106</v>
       </c>
       <c r="H106" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I106" s="19" t="s">
@@ -14523,75 +14870,78 @@
       <c r="K106" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="19" t="s">
         <v>1100</v>
       </c>
       <c r="M106" s="19" t="s">
         <v>313</v>
       </c>
       <c r="N106" s="19" t="s">
         <v>314</v>
       </c>
       <c r="O106" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P106" s="19" t="s">
         <v>1100</v>
       </c>
       <c r="Q106" s="19" t="s">
         <v>311</v>
       </c>
       <c r="R106" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S106" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T106" s="19" t="s">
         <v>1104</v>
       </c>
       <c r="U106" s="19" t="s">
         <v>312</v>
       </c>
       <c r="V106" s="19" t="s">
-        <v>1842</v>
+        <v>1841</v>
       </c>
       <c r="W106" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X106" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y106" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z106" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA106" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="107" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A107" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B107" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C107" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D107" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E107" s="19" t="s">
         <v>1077</v>
       </c>
       <c r="F107" s="19" t="s">
         <v>1107</v>
       </c>
       <c r="G107" s="19" t="s">
         <v>1108</v>
       </c>
       <c r="H107" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I107" s="19" t="s">
@@ -14603,75 +14953,78 @@
       <c r="K107" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L107" s="19" t="s">
         <v>1079</v>
       </c>
       <c r="M107" s="19" t="s">
         <v>315</v>
       </c>
       <c r="N107" s="19" t="s">
         <v>291</v>
       </c>
       <c r="O107" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P107" s="19" t="s">
         <v>1079</v>
       </c>
       <c r="Q107" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R107" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S107" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T107" s="19" t="s">
         <v>1109</v>
       </c>
       <c r="U107" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V107" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W107" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X107" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y107" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z107" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA107" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="108" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A108" s="19" t="s">
         <v>1110</v>
       </c>
       <c r="B108" s="19" t="s">
         <v>316</v>
       </c>
       <c r="C108" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D108" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E108" s="19" t="s">
         <v>1111</v>
       </c>
       <c r="F108" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G108" s="19" t="s">
         <v>1112</v>
       </c>
       <c r="H108" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I108" s="19" t="s">
@@ -14683,155 +15036,161 @@
       <c r="K108" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="19" t="s">
         <v>1113</v>
       </c>
       <c r="M108" s="19" t="s">
         <v>317</v>
       </c>
       <c r="N108" s="19" t="s">
         <v>318</v>
       </c>
       <c r="O108" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P108" s="19" t="s">
         <v>1113</v>
       </c>
       <c r="Q108" s="19" t="s">
         <v>319</v>
       </c>
       <c r="R108" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S108" s="19" t="s">
-        <v>1843</v>
+        <v>1842</v>
       </c>
       <c r="T108" s="19" t="s">
         <v>1114</v>
       </c>
       <c r="U108" s="19" t="s">
         <v>320</v>
       </c>
       <c r="V108" s="19" t="s">
-        <v>1844</v>
+        <v>1843</v>
       </c>
       <c r="W108" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X108" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y108" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z108" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA108" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="109" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A109" s="19" t="s">
         <v>1115</v>
       </c>
       <c r="B109" s="19" t="s">
         <v>321</v>
       </c>
       <c r="C109" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D109" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E109" s="19" t="s">
         <v>1116</v>
       </c>
       <c r="F109" s="19" t="s">
         <v>1105</v>
       </c>
       <c r="G109" s="19" t="s">
-        <v>1845</v>
+        <v>1844</v>
       </c>
       <c r="H109" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I109" s="19" t="s">
-        <v>1846</v>
+        <v>1845</v>
       </c>
       <c r="J109" s="19" t="s">
         <v>322</v>
       </c>
       <c r="K109" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="19" t="s">
         <v>1117</v>
       </c>
       <c r="M109" s="19" t="s">
-        <v>1846</v>
+        <v>1845</v>
       </c>
       <c r="N109" s="19" t="s">
         <v>322</v>
       </c>
       <c r="O109" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P109" s="19" t="s">
         <v>1117</v>
       </c>
       <c r="Q109" s="19" t="s">
-        <v>1847</v>
+        <v>1846</v>
       </c>
       <c r="R109" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S109" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T109" s="19" t="s">
+        <v>1847</v>
+      </c>
+      <c r="U109" s="19" t="s">
         <v>1848</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="V109" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W109" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X109" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y109" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z109" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA109" s="20" t="s">
+        <v>1958</v>
+      </c>
     </row>
-    <row r="110" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A110" s="19" t="s">
         <v>1115</v>
       </c>
       <c r="B110" s="19" t="s">
         <v>321</v>
       </c>
       <c r="C110" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D110" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E110" s="19" t="s">
         <v>1116</v>
       </c>
       <c r="F110" s="19" t="s">
         <v>1118</v>
       </c>
       <c r="G110" s="19" t="s">
         <v>1119</v>
       </c>
       <c r="H110" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I110" s="19" t="s">
@@ -14843,75 +15202,78 @@
       <c r="K110" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L110" s="19" t="s">
         <v>1117</v>
       </c>
       <c r="M110" s="19" t="s">
         <v>323</v>
       </c>
       <c r="N110" s="19" t="s">
         <v>322</v>
       </c>
       <c r="O110" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P110" s="19" t="s">
         <v>1117</v>
       </c>
       <c r="Q110" s="19" t="s">
         <v>1603</v>
       </c>
       <c r="R110" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S110" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T110" s="19" t="s">
         <v>1120</v>
       </c>
       <c r="U110" s="19" t="s">
         <v>1604</v>
       </c>
       <c r="V110" s="19" t="s">
-        <v>1850</v>
+        <v>1849</v>
       </c>
       <c r="W110" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X110" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y110" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z110" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA110" s="20" t="s">
+        <v>1958</v>
+      </c>
     </row>
-    <row r="111" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A111" s="19" t="s">
         <v>1121</v>
       </c>
       <c r="B111" s="19" t="s">
         <v>324</v>
       </c>
       <c r="C111" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D111" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E111" s="19" t="s">
         <v>1122</v>
       </c>
       <c r="F111" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G111" s="19" t="s">
         <v>1123</v>
       </c>
       <c r="H111" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I111" s="19" t="s">
@@ -14923,75 +15285,78 @@
       <c r="K111" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="19" t="s">
         <v>1124</v>
       </c>
       <c r="M111" s="19" t="s">
         <v>325</v>
       </c>
       <c r="N111" s="19" t="s">
         <v>326</v>
       </c>
       <c r="O111" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P111" s="19" t="s">
         <v>1124</v>
       </c>
       <c r="Q111" s="19" t="s">
         <v>327</v>
       </c>
       <c r="R111" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S111" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T111" s="19" t="s">
         <v>1125</v>
       </c>
       <c r="U111" s="19" t="s">
         <v>328</v>
       </c>
       <c r="V111" s="19" t="s">
-        <v>1851</v>
+        <v>1850</v>
       </c>
       <c r="W111" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X111" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y111" s="19" t="s">
         <v>724</v>
       </c>
       <c r="Z111" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA111" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="112" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A112" s="19" t="s">
         <v>1121</v>
       </c>
       <c r="B112" s="19" t="s">
         <v>324</v>
       </c>
       <c r="C112" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D112" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E112" s="19" t="s">
         <v>1122</v>
       </c>
       <c r="F112" s="19" t="s">
         <v>1126</v>
       </c>
       <c r="G112" s="19" t="s">
         <v>1127</v>
       </c>
       <c r="H112" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I112" s="19" t="s">
@@ -15003,75 +15368,78 @@
       <c r="K112" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L112" s="19" t="s">
         <v>1124</v>
       </c>
       <c r="M112" s="19" t="s">
         <v>329</v>
       </c>
       <c r="N112" s="19" t="s">
         <v>326</v>
       </c>
       <c r="O112" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P112" s="19" t="s">
         <v>1124</v>
       </c>
       <c r="Q112" s="19" t="s">
         <v>330</v>
       </c>
       <c r="R112" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S112" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T112" s="19" t="s">
         <v>1128</v>
       </c>
       <c r="U112" s="19" t="s">
         <v>331</v>
       </c>
       <c r="V112" s="19" t="s">
-        <v>1852</v>
+        <v>1851</v>
       </c>
       <c r="W112" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X112" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y112" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z112" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA112" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="113" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A113" s="19" t="s">
         <v>1121</v>
       </c>
       <c r="B113" s="19" t="s">
         <v>324</v>
       </c>
       <c r="C113" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D113" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E113" s="19" t="s">
         <v>1122</v>
       </c>
       <c r="F113" s="19" t="s">
         <v>1129</v>
       </c>
       <c r="G113" s="19" t="s">
         <v>1130</v>
       </c>
       <c r="H113" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I113" s="19" t="s">
@@ -15083,75 +15451,78 @@
       <c r="K113" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="19" t="s">
         <v>1124</v>
       </c>
       <c r="M113" s="19" t="s">
         <v>332</v>
       </c>
       <c r="N113" s="19" t="s">
         <v>326</v>
       </c>
       <c r="O113" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P113" s="19" t="s">
         <v>1124</v>
       </c>
       <c r="Q113" s="19" t="s">
         <v>1131</v>
       </c>
       <c r="R113" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S113" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T113" s="19" t="s">
         <v>1132</v>
       </c>
       <c r="U113" s="19" t="s">
         <v>1133</v>
       </c>
       <c r="V113" s="19" t="s">
-        <v>1853</v>
+        <v>1852</v>
       </c>
       <c r="W113" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X113" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y113" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z113" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA113" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="114" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A114" s="19" t="s">
         <v>1134</v>
       </c>
       <c r="B114" s="19" t="s">
         <v>334</v>
       </c>
       <c r="C114" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D114" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E114" s="19" t="s">
         <v>1135</v>
       </c>
       <c r="F114" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G114" s="19" t="s">
         <v>1136</v>
       </c>
       <c r="H114" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I114" s="19" t="s">
@@ -15163,75 +15534,78 @@
       <c r="K114" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="19" t="s">
         <v>1137</v>
       </c>
       <c r="M114" s="19" t="s">
         <v>335</v>
       </c>
       <c r="N114" s="19" t="s">
         <v>336</v>
       </c>
       <c r="O114" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P114" s="19" t="s">
         <v>1137</v>
       </c>
       <c r="Q114" s="19" t="s">
         <v>337</v>
       </c>
       <c r="R114" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S114" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T114" s="19" t="s">
         <v>1138</v>
       </c>
       <c r="U114" s="19" t="s">
         <v>338</v>
       </c>
       <c r="V114" s="19" t="s">
-        <v>1854</v>
+        <v>1853</v>
       </c>
       <c r="W114" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X114" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y114" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z114" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA114" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="115" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A115" s="19" t="s">
         <v>1134</v>
       </c>
       <c r="B115" s="19" t="s">
         <v>334</v>
       </c>
       <c r="C115" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D115" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E115" s="19" t="s">
         <v>1135</v>
       </c>
       <c r="F115" s="19" t="s">
         <v>1139</v>
       </c>
       <c r="G115" s="19" t="s">
         <v>1140</v>
       </c>
       <c r="H115" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I115" s="19" t="s">
@@ -15243,75 +15617,78 @@
       <c r="K115" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="19" t="s">
         <v>341</v>
       </c>
       <c r="M115" s="19" t="s">
         <v>339</v>
       </c>
       <c r="N115" s="19" t="s">
         <v>340</v>
       </c>
       <c r="O115" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P115" s="19" t="s">
         <v>1605</v>
       </c>
       <c r="Q115" s="19" t="s">
         <v>1606</v>
       </c>
       <c r="R115" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S115" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T115" s="19" t="s">
         <v>1141</v>
       </c>
       <c r="U115" s="19" t="s">
         <v>1607</v>
       </c>
       <c r="V115" s="19" t="s">
-        <v>1854</v>
+        <v>1853</v>
       </c>
       <c r="W115" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X115" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y115" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z115" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA115" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="116" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A116" s="19" t="s">
         <v>971</v>
       </c>
       <c r="B116" s="19" t="s">
         <v>201</v>
       </c>
       <c r="C116" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D116" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E116" s="19" t="s">
         <v>1142</v>
       </c>
       <c r="F116" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G116" s="19" t="s">
         <v>1143</v>
       </c>
       <c r="H116" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I116" s="19" t="s">
@@ -15323,75 +15700,78 @@
       <c r="K116" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L116" s="19" t="s">
         <v>974</v>
       </c>
       <c r="M116" s="19" t="s">
         <v>342</v>
       </c>
       <c r="N116" s="19" t="s">
         <v>343</v>
       </c>
       <c r="O116" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P116" s="19" t="s">
         <v>1144</v>
       </c>
       <c r="Q116" s="19" t="s">
         <v>204</v>
       </c>
       <c r="R116" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S116" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T116" s="19" t="s">
         <v>975</v>
       </c>
       <c r="U116" s="19" t="s">
         <v>205</v>
       </c>
       <c r="V116" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W116" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X116" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y116" s="19" t="s">
         <v>1145</v>
       </c>
       <c r="Z116" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA116" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="117" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A117" s="19" t="s">
         <v>1146</v>
       </c>
       <c r="B117" s="19" t="s">
         <v>344</v>
       </c>
       <c r="C117" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D117" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E117" s="19" t="s">
         <v>1147</v>
       </c>
       <c r="F117" s="19" t="s">
         <v>1148</v>
       </c>
       <c r="G117" s="19" t="s">
         <v>1149</v>
       </c>
       <c r="H117" s="19" t="s">
         <v>345</v>
       </c>
       <c r="I117" s="19" t="s">
@@ -15403,75 +15783,78 @@
       <c r="K117" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="19" t="s">
         <v>1150</v>
       </c>
       <c r="M117" s="19" t="s">
         <v>346</v>
       </c>
       <c r="N117" s="19" t="s">
         <v>347</v>
       </c>
       <c r="O117" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P117" s="19" t="s">
         <v>1150</v>
       </c>
       <c r="Q117" s="19" t="s">
         <v>348</v>
       </c>
       <c r="R117" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S117" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T117" s="19" t="s">
         <v>1151</v>
       </c>
       <c r="U117" s="19" t="s">
         <v>349</v>
       </c>
       <c r="V117" s="19" t="s">
-        <v>1855</v>
+        <v>1854</v>
       </c>
       <c r="W117" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X117" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y117" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z117" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA117" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="118" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A118" s="19" t="s">
         <v>1152</v>
       </c>
       <c r="B118" s="19" t="s">
         <v>350</v>
       </c>
       <c r="C118" s="19" t="s">
         <v>964</v>
       </c>
       <c r="D118" s="19" t="s">
         <v>965</v>
       </c>
       <c r="E118" s="19" t="s">
         <v>1153</v>
       </c>
       <c r="F118" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G118" s="19" t="s">
         <v>1154</v>
       </c>
       <c r="H118" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I118" s="19" t="s">
@@ -15483,75 +15866,78 @@
       <c r="K118" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="19" t="s">
         <v>1155</v>
       </c>
       <c r="M118" s="19" t="s">
         <v>351</v>
       </c>
       <c r="N118" s="19" t="s">
         <v>352</v>
       </c>
       <c r="O118" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P118" s="19" t="s">
         <v>1155</v>
       </c>
       <c r="Q118" s="19" t="s">
         <v>353</v>
       </c>
       <c r="R118" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S118" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T118" s="19" t="s">
         <v>1156</v>
       </c>
       <c r="U118" s="19" t="s">
         <v>354</v>
       </c>
       <c r="V118" s="19" t="s">
-        <v>1856</v>
+        <v>1855</v>
       </c>
       <c r="W118" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X118" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y118" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z118" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA118" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="119" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A119" s="19" t="s">
         <v>1157</v>
       </c>
       <c r="B119" s="19" t="s">
         <v>355</v>
       </c>
       <c r="C119" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D119" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E119" s="19" t="s">
         <v>1158</v>
       </c>
       <c r="F119" s="19" t="s">
         <v>1159</v>
       </c>
       <c r="G119" s="19" t="s">
         <v>1160</v>
       </c>
       <c r="H119" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I119" s="19" t="s">
@@ -15563,75 +15949,78 @@
       <c r="K119" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="19" t="s">
         <v>1161</v>
       </c>
       <c r="M119" s="19" t="s">
         <v>356</v>
       </c>
       <c r="N119" s="19" t="s">
         <v>357</v>
       </c>
       <c r="O119" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P119" s="19" t="s">
         <v>1161</v>
       </c>
       <c r="Q119" s="19" t="s">
         <v>358</v>
       </c>
       <c r="R119" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S119" s="19" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="T119" s="19" t="s">
         <v>1162</v>
       </c>
       <c r="U119" s="19" t="s">
         <v>359</v>
       </c>
       <c r="V119" s="19" t="s">
-        <v>1858</v>
+        <v>1857</v>
       </c>
       <c r="W119" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X119" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y119" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z119" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA119" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="120" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A120" s="19" t="s">
         <v>1163</v>
       </c>
       <c r="B120" s="19" t="s">
         <v>360</v>
       </c>
       <c r="C120" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D120" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E120" s="19" t="s">
         <v>1164</v>
       </c>
       <c r="F120" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G120" s="19" t="s">
         <v>883</v>
       </c>
       <c r="H120" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I120" s="19" t="s">
@@ -15643,75 +16032,78 @@
       <c r="K120" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L120" s="19" t="s">
         <v>1165</v>
       </c>
       <c r="M120" s="19" t="s">
         <v>363</v>
       </c>
       <c r="N120" s="19" t="s">
         <v>362</v>
       </c>
       <c r="O120" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P120" s="19" t="s">
         <v>1165</v>
       </c>
       <c r="Q120" s="19" t="s">
         <v>364</v>
       </c>
       <c r="R120" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S120" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T120" s="19" t="s">
         <v>1166</v>
       </c>
       <c r="U120" s="19" t="s">
         <v>365</v>
       </c>
       <c r="V120" s="19" t="s">
-        <v>1859</v>
+        <v>1858</v>
       </c>
       <c r="W120" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X120" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y120" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z120" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA120" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="121" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A121" s="19" t="s">
         <v>1167</v>
       </c>
       <c r="B121" s="19" t="s">
         <v>366</v>
       </c>
       <c r="C121" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D121" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E121" s="19" t="s">
         <v>1168</v>
       </c>
       <c r="F121" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G121" s="19" t="s">
         <v>1169</v>
       </c>
       <c r="H121" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I121" s="19" t="s">
@@ -15723,75 +16115,78 @@
       <c r="K121" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L121" s="19" t="s">
         <v>1170</v>
       </c>
       <c r="M121" s="19" t="s">
         <v>367</v>
       </c>
       <c r="N121" s="19" t="s">
         <v>366</v>
       </c>
       <c r="O121" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P121" s="19" t="s">
         <v>1170</v>
       </c>
       <c r="Q121" s="19" t="s">
         <v>368</v>
       </c>
       <c r="R121" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S121" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T121" s="19" t="s">
         <v>1171</v>
       </c>
       <c r="U121" s="19" t="s">
         <v>369</v>
       </c>
       <c r="V121" s="19" t="s">
-        <v>1860</v>
+        <v>1859</v>
       </c>
       <c r="W121" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X121" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y121" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z121" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA121" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="122" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A122" s="19" t="s">
         <v>792</v>
       </c>
       <c r="B122" s="19" t="s">
         <v>370</v>
       </c>
       <c r="C122" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D122" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E122" s="19" t="s">
         <v>1172</v>
       </c>
       <c r="F122" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G122" s="19" t="s">
         <v>1173</v>
       </c>
       <c r="H122" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I122" s="19" t="s">
@@ -15803,75 +16198,78 @@
       <c r="K122" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="19" t="s">
         <v>1174</v>
       </c>
       <c r="M122" s="19" t="s">
         <v>371</v>
       </c>
       <c r="N122" s="19" t="s">
         <v>372</v>
       </c>
       <c r="O122" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P122" s="19" t="s">
         <v>1174</v>
       </c>
       <c r="Q122" s="19" t="s">
         <v>373</v>
       </c>
       <c r="R122" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S122" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T122" s="19" t="s">
         <v>1175</v>
       </c>
       <c r="U122" s="19" t="s">
         <v>374</v>
       </c>
       <c r="V122" s="19" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="W122" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X122" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y122" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z122" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA122" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="123" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A123" s="19" t="s">
         <v>792</v>
       </c>
       <c r="B123" s="19" t="s">
         <v>370</v>
       </c>
       <c r="C123" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D123" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E123" s="19" t="s">
         <v>1172</v>
       </c>
       <c r="F123" s="19" t="s">
         <v>842</v>
       </c>
       <c r="G123" s="19" t="s">
         <v>1176</v>
       </c>
       <c r="H123" s="19" t="s">
         <v>1608</v>
       </c>
       <c r="I123" s="19" t="s">
@@ -15883,75 +16281,78 @@
       <c r="K123" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L123" s="19" t="s">
         <v>1174</v>
       </c>
       <c r="M123" s="19" t="s">
         <v>1609</v>
       </c>
       <c r="N123" s="19" t="s">
         <v>372</v>
       </c>
       <c r="O123" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P123" s="19" t="s">
         <v>1174</v>
       </c>
       <c r="Q123" s="19" t="s">
         <v>375</v>
       </c>
       <c r="R123" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S123" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T123" s="19" t="s">
         <v>1177</v>
       </c>
       <c r="U123" s="19" t="s">
         <v>1610</v>
       </c>
       <c r="V123" s="19" t="s">
-        <v>1862</v>
+        <v>1861</v>
       </c>
       <c r="W123" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X123" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y123" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z123" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA123" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="124" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A124" s="19" t="s">
         <v>1178</v>
       </c>
       <c r="B124" s="19" t="s">
         <v>376</v>
       </c>
       <c r="C124" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D124" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E124" s="19" t="s">
         <v>1179</v>
       </c>
       <c r="F124" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G124" s="19" t="s">
         <v>1180</v>
       </c>
       <c r="H124" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I124" s="19" t="s">
@@ -15963,75 +16364,78 @@
       <c r="K124" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="19" t="s">
         <v>1181</v>
       </c>
       <c r="M124" s="19" t="s">
         <v>377</v>
       </c>
       <c r="N124" s="19" t="s">
         <v>378</v>
       </c>
       <c r="O124" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P124" s="19" t="s">
         <v>1181</v>
       </c>
       <c r="Q124" s="19" t="s">
         <v>1182</v>
       </c>
       <c r="R124" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S124" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T124" s="19" t="s">
         <v>1183</v>
       </c>
       <c r="U124" s="19" t="s">
         <v>1184</v>
       </c>
       <c r="V124" s="19" t="s">
-        <v>1863</v>
+        <v>1862</v>
       </c>
       <c r="W124" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X124" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y124" s="19" t="s">
         <v>1580</v>
       </c>
       <c r="Z124" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA124" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="125" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A125" s="19" t="s">
         <v>1178</v>
       </c>
       <c r="B125" s="19" t="s">
         <v>376</v>
       </c>
       <c r="C125" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D125" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E125" s="19" t="s">
         <v>1179</v>
       </c>
       <c r="F125" s="19" t="s">
         <v>1105</v>
       </c>
       <c r="G125" s="19" t="s">
         <v>1185</v>
       </c>
       <c r="H125" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I125" s="19" t="s">
@@ -16043,75 +16447,78 @@
       <c r="K125" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L125" s="19" t="s">
         <v>1181</v>
       </c>
       <c r="M125" s="19" t="s">
         <v>379</v>
       </c>
       <c r="N125" s="19" t="s">
         <v>378</v>
       </c>
       <c r="O125" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P125" s="19" t="s">
         <v>1181</v>
       </c>
       <c r="Q125" s="19" t="s">
         <v>380</v>
       </c>
       <c r="R125" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S125" s="19" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="T125" s="19" t="s">
         <v>1186</v>
       </c>
       <c r="U125" s="19" t="s">
         <v>381</v>
       </c>
       <c r="V125" s="19" t="s">
-        <v>1864</v>
+        <v>1863</v>
       </c>
       <c r="W125" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X125" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y125" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z125" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA125" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="126" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A126" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B126" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C126" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D126" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E126" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F126" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G126" s="19" t="s">
         <v>1189</v>
       </c>
       <c r="H126" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I126" s="19" t="s">
@@ -16123,75 +16530,78 @@
       <c r="K126" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L126" s="19" t="s">
         <v>1190</v>
       </c>
       <c r="M126" s="19" t="s">
         <v>383</v>
       </c>
       <c r="N126" s="19" t="s">
         <v>384</v>
       </c>
       <c r="O126" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P126" s="19" t="s">
         <v>1190</v>
       </c>
       <c r="Q126" s="19" t="s">
         <v>385</v>
       </c>
       <c r="R126" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S126" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T126" s="19" t="s">
         <v>1191</v>
       </c>
       <c r="U126" s="19" t="s">
         <v>386</v>
       </c>
       <c r="V126" s="19" t="s">
-        <v>1865</v>
+        <v>1864</v>
       </c>
       <c r="W126" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X126" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y126" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z126" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA126" s="20" t="s">
+        <v>1958</v>
+      </c>
     </row>
-    <row r="127" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A127" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B127" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C127" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D127" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E127" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F127" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G127" s="19" t="s">
         <v>1192</v>
       </c>
       <c r="H127" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I127" s="19" t="s">
@@ -16203,75 +16613,78 @@
       <c r="K127" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L127" s="19" t="s">
         <v>1193</v>
       </c>
       <c r="M127" s="19" t="s">
         <v>388</v>
       </c>
       <c r="N127" s="19" t="s">
         <v>384</v>
       </c>
       <c r="O127" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P127" s="19" t="s">
         <v>1193</v>
       </c>
       <c r="Q127" s="19" t="s">
         <v>389</v>
       </c>
       <c r="R127" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S127" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T127" s="19" t="s">
         <v>1194</v>
       </c>
       <c r="U127" s="19" t="s">
         <v>390</v>
       </c>
       <c r="V127" s="19" t="s">
-        <v>1866</v>
+        <v>1865</v>
       </c>
       <c r="W127" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X127" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y127" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z127" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA127" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="128" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A128" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B128" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C128" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D128" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E128" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F128" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G128" s="19" t="s">
         <v>1195</v>
       </c>
       <c r="H128" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I128" s="19" t="s">
@@ -16283,75 +16696,78 @@
       <c r="K128" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L128" s="19" t="s">
         <v>1190</v>
       </c>
       <c r="M128" s="19" t="s">
         <v>391</v>
       </c>
       <c r="N128" s="19" t="s">
         <v>384</v>
       </c>
       <c r="O128" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P128" s="19" t="s">
         <v>1190</v>
       </c>
       <c r="Q128" s="19" t="s">
         <v>392</v>
       </c>
       <c r="R128" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S128" s="19" t="s">
-        <v>1778</v>
+        <v>1777</v>
       </c>
       <c r="T128" s="19" t="s">
         <v>1196</v>
       </c>
       <c r="U128" s="19" t="s">
         <v>393</v>
       </c>
       <c r="V128" s="19" t="s">
-        <v>1867</v>
+        <v>1866</v>
       </c>
       <c r="W128" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X128" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y128" s="19" t="s">
         <v>806</v>
       </c>
       <c r="Z128" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA128" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="129" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A129" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B129" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C129" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D129" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E129" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F129" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G129" s="19" t="s">
         <v>1197</v>
       </c>
       <c r="H129" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I129" s="19" t="s">
@@ -16363,75 +16779,78 @@
       <c r="K129" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L129" s="19" t="s">
         <v>396</v>
       </c>
       <c r="M129" s="19" t="s">
         <v>394</v>
       </c>
       <c r="N129" s="19" t="s">
         <v>395</v>
       </c>
       <c r="O129" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P129" s="19" t="s">
         <v>396</v>
       </c>
       <c r="Q129" s="19" t="s">
         <v>397</v>
       </c>
       <c r="R129" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S129" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T129" s="19" t="s">
         <v>1198</v>
       </c>
       <c r="U129" s="19" t="s">
         <v>398</v>
       </c>
       <c r="V129" s="19" t="s">
-        <v>1868</v>
+        <v>1867</v>
       </c>
       <c r="W129" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X129" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y129" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z129" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA129" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="130" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A130" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B130" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C130" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D130" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E130" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F130" s="19" t="s">
         <v>768</v>
       </c>
       <c r="G130" s="19" t="s">
         <v>1199</v>
       </c>
       <c r="H130" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I130" s="19" t="s">
@@ -16443,75 +16862,78 @@
       <c r="K130" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L130" s="19" t="s">
         <v>1190</v>
       </c>
       <c r="M130" s="19" t="s">
         <v>399</v>
       </c>
       <c r="N130" s="19" t="s">
         <v>384</v>
       </c>
       <c r="O130" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P130" s="19" t="s">
         <v>1190</v>
       </c>
       <c r="Q130" s="19" t="s">
         <v>400</v>
       </c>
       <c r="R130" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S130" s="19" t="s">
-        <v>1843</v>
+        <v>1842</v>
       </c>
       <c r="T130" s="19" t="s">
         <v>1200</v>
       </c>
       <c r="U130" s="19" t="s">
         <v>401</v>
       </c>
       <c r="V130" s="19" t="s">
-        <v>1867</v>
+        <v>1866</v>
       </c>
       <c r="W130" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X130" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y130" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z130" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA130" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="131" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A131" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B131" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C131" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D131" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E131" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F131" s="19" t="s">
         <v>842</v>
       </c>
       <c r="G131" s="19" t="s">
         <v>1201</v>
       </c>
       <c r="H131" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I131" s="19" t="s">
@@ -16523,75 +16945,78 @@
       <c r="K131" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L131" s="19" t="s">
         <v>1203</v>
       </c>
       <c r="M131" s="19" t="s">
         <v>402</v>
       </c>
       <c r="N131" s="19" t="s">
         <v>1202</v>
       </c>
       <c r="O131" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P131" s="19" t="s">
         <v>1203</v>
       </c>
       <c r="Q131" s="19" t="s">
         <v>403</v>
       </c>
       <c r="R131" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S131" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T131" s="19" t="s">
         <v>1204</v>
       </c>
       <c r="U131" s="19" t="s">
         <v>404</v>
       </c>
       <c r="V131" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W131" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X131" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y131" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z131" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA131" s="20" t="s">
+        <v>1958</v>
+      </c>
     </row>
-    <row r="132" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A132" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B132" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C132" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D132" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E132" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F132" s="19" t="s">
         <v>1611</v>
       </c>
       <c r="G132" s="19" t="s">
         <v>1612</v>
       </c>
       <c r="H132" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I132" s="19" t="s">
@@ -16603,75 +17028,78 @@
       <c r="K132" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="19" t="s">
         <v>1190</v>
       </c>
       <c r="M132" s="19" t="s">
         <v>1613</v>
       </c>
       <c r="N132" s="19" t="s">
         <v>384</v>
       </c>
       <c r="O132" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P132" s="19" t="s">
         <v>1190</v>
       </c>
       <c r="Q132" s="19" t="s">
         <v>1614</v>
       </c>
       <c r="R132" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S132" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T132" s="19" t="s">
         <v>1615</v>
       </c>
       <c r="U132" s="19" t="s">
         <v>1616</v>
       </c>
       <c r="V132" s="19" t="s">
-        <v>1869</v>
+        <v>1868</v>
       </c>
       <c r="W132" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X132" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y132" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z132" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA132" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="133" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A133" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B133" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C133" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D133" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E133" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F133" s="19" t="s">
         <v>1617</v>
       </c>
       <c r="G133" s="19" t="s">
         <v>1618</v>
       </c>
       <c r="H133" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I133" s="19" t="s">
@@ -16683,75 +17111,78 @@
       <c r="K133" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="19" t="s">
         <v>1193</v>
       </c>
       <c r="M133" s="19" t="s">
         <v>1619</v>
       </c>
       <c r="N133" s="19" t="s">
         <v>384</v>
       </c>
       <c r="O133" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P133" s="19" t="s">
         <v>1193</v>
       </c>
       <c r="Q133" s="19" t="s">
         <v>1620</v>
       </c>
       <c r="R133" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S133" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T133" s="19" t="s">
         <v>1621</v>
       </c>
       <c r="U133" s="19" t="s">
         <v>1622</v>
       </c>
       <c r="V133" s="19" t="s">
-        <v>1870</v>
+        <v>1869</v>
       </c>
       <c r="W133" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X133" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y133" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z133" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA133" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="134" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A134" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B134" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C134" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D134" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E134" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F134" s="19" t="s">
         <v>1508</v>
       </c>
       <c r="G134" s="19" t="s">
         <v>1623</v>
       </c>
       <c r="H134" s="19" t="s">
         <v>1624</v>
       </c>
       <c r="I134" s="19" t="s">
@@ -16763,75 +17194,78 @@
       <c r="K134" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L134" s="19" t="s">
         <v>1625</v>
       </c>
       <c r="M134" s="19" t="s">
         <v>1626</v>
       </c>
       <c r="N134" s="19" t="s">
         <v>384</v>
       </c>
       <c r="O134" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P134" s="19" t="s">
         <v>1625</v>
       </c>
       <c r="Q134" s="19" t="s">
         <v>1627</v>
       </c>
       <c r="R134" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S134" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T134" s="19" t="s">
         <v>1628</v>
       </c>
       <c r="U134" s="19" t="s">
         <v>1629</v>
       </c>
       <c r="V134" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W134" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X134" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y134" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z134" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA134" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="135" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A135" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B135" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C135" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D135" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E135" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F135" s="19" t="s">
         <v>1105</v>
       </c>
       <c r="G135" s="19" t="s">
         <v>1205</v>
       </c>
       <c r="H135" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I135" s="19" t="s">
@@ -16843,75 +17277,78 @@
       <c r="K135" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="19" t="s">
         <v>1193</v>
       </c>
       <c r="M135" s="19" t="s">
         <v>405</v>
       </c>
       <c r="N135" s="19" t="s">
         <v>384</v>
       </c>
       <c r="O135" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P135" s="19" t="s">
         <v>1193</v>
       </c>
       <c r="Q135" s="19" t="s">
         <v>406</v>
       </c>
       <c r="R135" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S135" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T135" s="19" t="s">
         <v>1206</v>
       </c>
       <c r="U135" s="19" t="s">
         <v>407</v>
       </c>
       <c r="V135" s="19" t="s">
-        <v>1871</v>
+        <v>1870</v>
       </c>
       <c r="W135" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X135" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y135" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z135" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA135" s="20" t="s">
+        <v>1958</v>
+      </c>
     </row>
-    <row r="136" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A136" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B136" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C136" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D136" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E136" s="19" t="s">
         <v>1188</v>
       </c>
       <c r="F136" s="19" t="s">
         <v>1207</v>
       </c>
       <c r="G136" s="19" t="s">
         <v>1208</v>
       </c>
       <c r="H136" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I136" s="19" t="s">
@@ -16923,75 +17360,78 @@
       <c r="K136" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="19" t="s">
         <v>1203</v>
       </c>
       <c r="M136" s="19" t="s">
         <v>408</v>
       </c>
       <c r="N136" s="19" t="s">
         <v>409</v>
       </c>
       <c r="O136" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P136" s="19" t="s">
         <v>1203</v>
       </c>
       <c r="Q136" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R136" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S136" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T136" s="19" t="s">
         <v>1209</v>
       </c>
       <c r="U136" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V136" s="19" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="W136" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X136" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y136" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z136" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA136" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="137" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A137" s="19" t="s">
         <v>792</v>
       </c>
       <c r="B137" s="19" t="s">
         <v>370</v>
       </c>
       <c r="C137" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D137" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E137" s="19" t="s">
         <v>1210</v>
       </c>
       <c r="F137" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G137" s="19" t="s">
         <v>1211</v>
       </c>
       <c r="H137" s="19" t="s">
         <v>410</v>
       </c>
       <c r="I137" s="19" t="s">
@@ -17003,75 +17443,78 @@
       <c r="K137" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L137" s="19" t="s">
         <v>412</v>
       </c>
       <c r="M137" s="19" t="s">
         <v>413</v>
       </c>
       <c r="N137" s="19" t="s">
         <v>411</v>
       </c>
       <c r="O137" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P137" s="19" t="s">
         <v>412</v>
       </c>
       <c r="Q137" s="19" t="s">
         <v>414</v>
       </c>
       <c r="R137" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S137" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T137" s="19" t="s">
         <v>1212</v>
       </c>
       <c r="U137" s="19" t="s">
         <v>415</v>
       </c>
       <c r="V137" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W137" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X137" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y137" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z137" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA137" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="138" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A138" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B138" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C138" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D138" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E138" s="19" t="s">
         <v>1213</v>
       </c>
       <c r="F138" s="19" t="s">
         <v>842</v>
       </c>
       <c r="G138" s="19" t="s">
         <v>1214</v>
       </c>
       <c r="H138" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I138" s="19" t="s">
@@ -17083,75 +17526,78 @@
       <c r="K138" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L138" s="19" t="s">
         <v>1215</v>
       </c>
       <c r="M138" s="19" t="s">
         <v>418</v>
       </c>
       <c r="N138" s="19" t="s">
         <v>417</v>
       </c>
       <c r="O138" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P138" s="19" t="s">
         <v>1215</v>
       </c>
       <c r="Q138" s="19" t="s">
         <v>419</v>
       </c>
       <c r="R138" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S138" s="19" t="s">
-        <v>1873</v>
+        <v>1872</v>
       </c>
       <c r="T138" s="19" t="s">
         <v>1216</v>
       </c>
       <c r="U138" s="19" t="s">
         <v>420</v>
       </c>
       <c r="V138" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W138" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X138" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y138" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z138" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA138" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="139" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A139" s="19" t="s">
         <v>1134</v>
       </c>
       <c r="B139" s="19" t="s">
         <v>334</v>
       </c>
       <c r="C139" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D139" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E139" s="19" t="s">
         <v>1220</v>
       </c>
       <c r="F139" s="19" t="s">
         <v>1009</v>
       </c>
       <c r="G139" s="19" t="s">
         <v>1221</v>
       </c>
       <c r="H139" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I139" s="19" t="s">
@@ -17163,75 +17609,78 @@
       <c r="K139" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L139" s="19" t="s">
         <v>1222</v>
       </c>
       <c r="M139" s="19" t="s">
         <v>421</v>
       </c>
       <c r="N139" s="19" t="s">
         <v>422</v>
       </c>
       <c r="O139" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P139" s="19" t="s">
         <v>1222</v>
       </c>
       <c r="Q139" s="19" t="s">
         <v>423</v>
       </c>
       <c r="R139" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S139" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T139" s="19" t="s">
         <v>1223</v>
       </c>
       <c r="U139" s="19" t="s">
         <v>424</v>
       </c>
       <c r="V139" s="19" t="s">
-        <v>1874</v>
+        <v>1873</v>
       </c>
       <c r="W139" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X139" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y139" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z139" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA139" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="140" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A140" s="19" t="s">
         <v>1134</v>
       </c>
       <c r="B140" s="19" t="s">
         <v>334</v>
       </c>
       <c r="C140" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D140" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E140" s="19" t="s">
         <v>1220</v>
       </c>
       <c r="F140" s="19" t="s">
         <v>1105</v>
       </c>
       <c r="G140" s="19" t="s">
         <v>1224</v>
       </c>
       <c r="H140" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I140" s="19" t="s">
@@ -17243,75 +17692,78 @@
       <c r="K140" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L140" s="19" t="s">
         <v>1222</v>
       </c>
       <c r="M140" s="19" t="s">
         <v>425</v>
       </c>
       <c r="N140" s="19" t="s">
         <v>422</v>
       </c>
       <c r="O140" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P140" s="19" t="s">
         <v>1222</v>
       </c>
       <c r="Q140" s="19" t="s">
         <v>1630</v>
       </c>
       <c r="R140" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S140" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T140" s="19" t="s">
         <v>1225</v>
       </c>
       <c r="U140" s="19" t="s">
         <v>426</v>
       </c>
       <c r="V140" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W140" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X140" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y140" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z140" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA140" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="141" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A141" s="19" t="s">
         <v>1331</v>
       </c>
       <c r="B141" s="19" t="s">
         <v>167</v>
       </c>
       <c r="C141" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D141" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E141" s="19" t="s">
         <v>1631</v>
       </c>
       <c r="F141" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G141" s="19" t="s">
         <v>1632</v>
       </c>
       <c r="H141" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I141" s="19" t="s">
@@ -17323,75 +17775,78 @@
       <c r="K141" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L141" s="19" t="s">
         <v>1635</v>
       </c>
       <c r="M141" s="19" t="s">
         <v>1633</v>
       </c>
       <c r="N141" s="19" t="s">
         <v>1634</v>
       </c>
       <c r="O141" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P141" s="19" t="s">
         <v>1635</v>
       </c>
       <c r="Q141" s="19" t="s">
         <v>1636</v>
       </c>
       <c r="R141" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S141" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T141" s="19" t="s">
         <v>1637</v>
       </c>
       <c r="U141" s="19" t="s">
         <v>1638</v>
       </c>
       <c r="V141" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W141" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X141" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y141" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z141" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA141" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="142" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A142" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B142" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C142" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D142" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E142" s="19" t="s">
         <v>1639</v>
       </c>
       <c r="F142" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G142" s="19" t="s">
         <v>1640</v>
       </c>
       <c r="H142" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I142" s="19" t="s">
@@ -17403,75 +17858,78 @@
       <c r="K142" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L142" s="19" t="s">
         <v>1380</v>
       </c>
       <c r="M142" s="19" t="s">
         <v>1641</v>
       </c>
       <c r="N142" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O142" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P142" s="19" t="s">
         <v>1380</v>
       </c>
       <c r="Q142" s="19" t="s">
         <v>1642</v>
       </c>
       <c r="R142" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S142" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T142" s="19" t="s">
         <v>1381</v>
       </c>
       <c r="U142" s="19" t="s">
         <v>1643</v>
       </c>
       <c r="V142" s="19" t="s">
-        <v>1875</v>
+        <v>1874</v>
       </c>
       <c r="W142" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X142" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y142" s="19" t="s">
         <v>806</v>
       </c>
       <c r="Z142" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA142" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="143" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A143" s="19" t="s">
         <v>1226</v>
       </c>
       <c r="B143" s="19" t="s">
         <v>427</v>
       </c>
       <c r="C143" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D143" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E143" s="19" t="s">
         <v>1227</v>
       </c>
       <c r="F143" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G143" s="19" t="s">
         <v>1228</v>
       </c>
       <c r="H143" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I143" s="19" t="s">
@@ -17483,75 +17941,78 @@
       <c r="K143" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L143" s="19" t="s">
         <v>430</v>
       </c>
       <c r="M143" s="19" t="s">
         <v>428</v>
       </c>
       <c r="N143" s="19" t="s">
         <v>429</v>
       </c>
       <c r="O143" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P143" s="19" t="s">
         <v>430</v>
       </c>
       <c r="Q143" s="19" t="s">
         <v>431</v>
       </c>
       <c r="R143" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S143" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T143" s="19" t="s">
         <v>1229</v>
       </c>
       <c r="U143" s="19" t="s">
         <v>432</v>
       </c>
       <c r="V143" s="19" t="s">
-        <v>1876</v>
+        <v>1875</v>
       </c>
       <c r="W143" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X143" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y143" s="19" t="s">
         <v>806</v>
       </c>
       <c r="Z143" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA143" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="144" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A144" s="19" t="s">
         <v>1226</v>
       </c>
       <c r="B144" s="19" t="s">
         <v>427</v>
       </c>
       <c r="C144" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D144" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E144" s="19" t="s">
         <v>1227</v>
       </c>
       <c r="F144" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G144" s="19" t="s">
         <v>1230</v>
       </c>
       <c r="H144" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I144" s="19" t="s">
@@ -17563,75 +18024,78 @@
       <c r="K144" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L144" s="19" t="s">
         <v>430</v>
       </c>
       <c r="M144" s="19" t="s">
         <v>433</v>
       </c>
       <c r="N144" s="19" t="s">
         <v>429</v>
       </c>
       <c r="O144" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P144" s="19" t="s">
         <v>430</v>
       </c>
       <c r="Q144" s="19" t="s">
         <v>431</v>
       </c>
       <c r="R144" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S144" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T144" s="19" t="s">
         <v>1229</v>
       </c>
       <c r="U144" s="19" t="s">
         <v>432</v>
       </c>
       <c r="V144" s="19" t="s">
-        <v>1876</v>
+        <v>1875</v>
       </c>
       <c r="W144" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X144" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y144" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z144" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA144" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="145" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A145" s="19" t="s">
         <v>986</v>
       </c>
       <c r="B145" s="19" t="s">
         <v>211</v>
       </c>
       <c r="C145" s="19" t="s">
         <v>964</v>
       </c>
       <c r="D145" s="19" t="s">
         <v>965</v>
       </c>
       <c r="E145" s="19" t="s">
         <v>1231</v>
       </c>
       <c r="F145" s="19" t="s">
         <v>900</v>
       </c>
       <c r="G145" s="19" t="s">
         <v>1232</v>
       </c>
       <c r="H145" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I145" s="19" t="s">
@@ -17643,75 +18107,78 @@
       <c r="K145" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L145" s="19" t="s">
         <v>1233</v>
       </c>
       <c r="M145" s="19" t="s">
         <v>434</v>
       </c>
       <c r="N145" s="19" t="s">
         <v>213</v>
       </c>
       <c r="O145" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P145" s="19" t="s">
         <v>1233</v>
       </c>
       <c r="Q145" s="19" t="s">
         <v>435</v>
       </c>
       <c r="R145" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S145" s="19" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="T145" s="19" t="s">
         <v>1234</v>
       </c>
       <c r="U145" s="19" t="s">
         <v>436</v>
       </c>
       <c r="V145" s="19" t="s">
-        <v>1877</v>
+        <v>1876</v>
       </c>
       <c r="W145" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X145" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y145" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z145" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA145" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="146" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A146" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B146" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C146" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D146" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E146" s="19" t="s">
         <v>1235</v>
       </c>
       <c r="F146" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G146" s="19" t="s">
         <v>1236</v>
       </c>
       <c r="H146" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I146" s="19" t="s">
@@ -17723,75 +18190,78 @@
       <c r="K146" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="19" t="s">
         <v>1237</v>
       </c>
       <c r="M146" s="19" t="s">
         <v>438</v>
       </c>
       <c r="N146" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O146" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P146" s="19" t="s">
         <v>918</v>
       </c>
       <c r="Q146" s="19" t="s">
         <v>439</v>
       </c>
       <c r="R146" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S146" s="19" t="s">
-        <v>1768</v>
+        <v>1767</v>
       </c>
       <c r="T146" s="19" t="s">
         <v>1238</v>
       </c>
       <c r="U146" s="19" t="s">
         <v>440</v>
       </c>
       <c r="V146" s="19" t="s">
-        <v>1878</v>
+        <v>1877</v>
       </c>
       <c r="W146" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X146" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y146" s="19" t="s">
         <v>1644</v>
       </c>
       <c r="Z146" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA146" s="20" t="s">
+        <v>1956</v>
+      </c>
     </row>
-    <row r="147" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A147" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B147" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C147" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D147" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E147" s="19" t="s">
         <v>1235</v>
       </c>
       <c r="F147" s="19" t="s">
         <v>842</v>
       </c>
       <c r="G147" s="19" t="s">
         <v>1239</v>
       </c>
       <c r="H147" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I147" s="19" t="s">
@@ -17803,75 +18273,78 @@
       <c r="K147" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L147" s="19" t="s">
         <v>918</v>
       </c>
       <c r="M147" s="19" t="s">
         <v>441</v>
       </c>
       <c r="N147" s="19" t="s">
         <v>143</v>
       </c>
       <c r="O147" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P147" s="19" t="s">
         <v>918</v>
       </c>
       <c r="Q147" s="19" t="s">
         <v>442</v>
       </c>
       <c r="R147" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S147" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T147" s="19" t="s">
         <v>1240</v>
       </c>
       <c r="U147" s="19" t="s">
         <v>443</v>
       </c>
       <c r="V147" s="19" t="s">
-        <v>1879</v>
+        <v>1878</v>
       </c>
       <c r="W147" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X147" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y147" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z147" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA147" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="148" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A148" s="19" t="s">
         <v>1241</v>
       </c>
       <c r="B148" s="19" t="s">
         <v>444</v>
       </c>
       <c r="C148" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D148" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E148" s="19" t="s">
         <v>1242</v>
       </c>
       <c r="F148" s="19" t="s">
         <v>1243</v>
       </c>
       <c r="G148" s="19" t="s">
         <v>1244</v>
       </c>
       <c r="H148" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I148" s="19" t="s">
@@ -17883,75 +18356,78 @@
       <c r="K148" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L148" s="19" t="s">
         <v>1245</v>
       </c>
       <c r="M148" s="19" t="s">
         <v>445</v>
       </c>
       <c r="N148" s="19" t="s">
         <v>446</v>
       </c>
       <c r="O148" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P148" s="19" t="s">
         <v>1245</v>
       </c>
       <c r="Q148" s="19" t="s">
         <v>447</v>
       </c>
       <c r="R148" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S148" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T148" s="19" t="s">
         <v>1246</v>
       </c>
       <c r="U148" s="19" t="s">
         <v>448</v>
       </c>
       <c r="V148" s="19" t="s">
-        <v>1880</v>
+        <v>1879</v>
       </c>
       <c r="W148" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X148" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y148" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z148" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA148" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="149" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A149" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B149" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C149" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D149" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E149" s="19" t="s">
         <v>1248</v>
       </c>
       <c r="F149" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G149" s="19" t="s">
         <v>1249</v>
       </c>
       <c r="H149" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I149" s="19" t="s">
@@ -17963,75 +18439,78 @@
       <c r="K149" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L149" s="19" t="s">
         <v>1250</v>
       </c>
       <c r="M149" s="19" t="s">
         <v>450</v>
       </c>
       <c r="N149" s="19" t="s">
         <v>451</v>
       </c>
       <c r="O149" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P149" s="19" t="s">
         <v>1250</v>
       </c>
       <c r="Q149" s="19" t="s">
         <v>452</v>
       </c>
       <c r="R149" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S149" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T149" s="19" t="s">
         <v>1251</v>
       </c>
       <c r="U149" s="19" t="s">
         <v>453</v>
       </c>
       <c r="V149" s="19" t="s">
-        <v>1881</v>
+        <v>1880</v>
       </c>
       <c r="W149" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X149" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y149" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z149" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA149" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="150" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A150" s="19" t="s">
         <v>812</v>
       </c>
       <c r="B150" s="19" t="s">
         <v>57</v>
       </c>
       <c r="C150" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D150" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E150" s="19" t="s">
         <v>1252</v>
       </c>
       <c r="F150" s="19" t="s">
         <v>768</v>
       </c>
       <c r="G150" s="19" t="s">
         <v>854</v>
       </c>
       <c r="H150" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I150" s="19" t="s">
@@ -18043,75 +18522,78 @@
       <c r="K150" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="19" t="s">
         <v>1253</v>
       </c>
       <c r="M150" s="19" t="s">
         <v>454</v>
       </c>
       <c r="N150" s="19" t="s">
         <v>455</v>
       </c>
       <c r="O150" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P150" s="19" t="s">
         <v>1253</v>
       </c>
       <c r="Q150" s="19" t="s">
         <v>456</v>
       </c>
       <c r="R150" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S150" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T150" s="19" t="s">
         <v>1254</v>
       </c>
       <c r="U150" s="19" t="s">
         <v>457</v>
       </c>
       <c r="V150" s="19" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="W150" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X150" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y150" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z150" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA150" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="151" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A151" s="19" t="s">
         <v>906</v>
       </c>
       <c r="B151" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C151" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D151" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E151" s="19" t="s">
         <v>1255</v>
       </c>
       <c r="F151" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G151" s="19" t="s">
         <v>946</v>
       </c>
       <c r="H151" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I151" s="19" t="s">
@@ -18123,75 +18605,78 @@
       <c r="K151" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L151" s="19" t="s">
         <v>1237</v>
       </c>
       <c r="M151" s="19" t="s">
         <v>458</v>
       </c>
       <c r="N151" s="19" t="s">
         <v>167</v>
       </c>
       <c r="O151" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P151" s="19" t="s">
         <v>1237</v>
       </c>
       <c r="Q151" s="19" t="s">
         <v>459</v>
       </c>
       <c r="R151" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S151" s="19" t="s">
-        <v>1768</v>
+        <v>1767</v>
       </c>
       <c r="T151" s="19" t="s">
         <v>1256</v>
       </c>
       <c r="U151" s="19" t="s">
         <v>1645</v>
       </c>
       <c r="V151" s="19" t="s">
-        <v>1883</v>
+        <v>1882</v>
       </c>
       <c r="W151" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X151" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y151" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z151" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA151" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="152" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A152" s="19" t="s">
         <v>1257</v>
       </c>
       <c r="B152" s="19" t="s">
         <v>460</v>
       </c>
       <c r="C152" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D152" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E152" s="19" t="s">
         <v>1258</v>
       </c>
       <c r="F152" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G152" s="19" t="s">
         <v>1259</v>
       </c>
       <c r="H152" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I152" s="19" t="s">
@@ -18203,75 +18688,78 @@
       <c r="K152" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="19" t="s">
         <v>1260</v>
       </c>
       <c r="M152" s="19" t="s">
         <v>461</v>
       </c>
       <c r="N152" s="19" t="s">
         <v>462</v>
       </c>
       <c r="O152" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P152" s="19" t="s">
         <v>1260</v>
       </c>
       <c r="Q152" s="19" t="s">
         <v>463</v>
       </c>
       <c r="R152" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S152" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T152" s="19" t="s">
         <v>1261</v>
       </c>
       <c r="U152" s="19" t="s">
         <v>464</v>
       </c>
       <c r="V152" s="19" t="s">
-        <v>1884</v>
+        <v>1883</v>
       </c>
       <c r="W152" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X152" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y152" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z152" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA152" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="153" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A153" s="19" t="s">
         <v>1257</v>
       </c>
       <c r="B153" s="19" t="s">
         <v>460</v>
       </c>
       <c r="C153" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D153" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E153" s="19" t="s">
         <v>1258</v>
       </c>
       <c r="F153" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G153" s="19" t="s">
         <v>1262</v>
       </c>
       <c r="H153" s="19" t="s">
         <v>465</v>
       </c>
       <c r="I153" s="19" t="s">
@@ -18283,75 +18771,78 @@
       <c r="K153" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L153" s="19" t="s">
         <v>1260</v>
       </c>
       <c r="M153" s="19" t="s">
         <v>466</v>
       </c>
       <c r="N153" s="19" t="s">
         <v>462</v>
       </c>
       <c r="O153" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P153" s="19" t="s">
         <v>1260</v>
       </c>
       <c r="Q153" s="19" t="s">
         <v>467</v>
       </c>
       <c r="R153" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S153" s="19" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="T153" s="19" t="s">
         <v>1263</v>
       </c>
       <c r="U153" s="19" t="s">
         <v>468</v>
       </c>
       <c r="V153" s="19" t="s">
-        <v>1885</v>
+        <v>1884</v>
       </c>
       <c r="W153" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X153" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y153" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z153" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA153" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="154" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A154" s="19" t="s">
         <v>1178</v>
       </c>
       <c r="B154" s="19" t="s">
         <v>376</v>
       </c>
       <c r="C154" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D154" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E154" s="19" t="s">
         <v>1646</v>
       </c>
       <c r="F154" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G154" s="19" t="s">
         <v>1647</v>
       </c>
       <c r="H154" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I154" s="19" t="s">
@@ -18363,75 +18854,78 @@
       <c r="K154" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L154" s="19" t="s">
         <v>1571</v>
       </c>
       <c r="M154" s="19" t="s">
         <v>1648</v>
       </c>
       <c r="N154" s="19" t="s">
         <v>508</v>
       </c>
       <c r="O154" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P154" s="19" t="s">
         <v>1310</v>
       </c>
       <c r="Q154" s="19" t="s">
         <v>1649</v>
       </c>
       <c r="R154" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S154" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T154" s="19" t="s">
         <v>1650</v>
       </c>
       <c r="U154" s="19" t="s">
         <v>1575</v>
       </c>
       <c r="V154" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W154" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X154" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y154" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z154" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA154" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="155" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A155" s="19" t="s">
         <v>971</v>
       </c>
       <c r="B155" s="19" t="s">
         <v>201</v>
       </c>
       <c r="C155" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D155" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E155" s="19" t="s">
         <v>1264</v>
       </c>
       <c r="F155" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G155" s="19" t="s">
         <v>1265</v>
       </c>
       <c r="H155" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I155" s="19" t="s">
@@ -18443,75 +18937,78 @@
       <c r="K155" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L155" s="19" t="s">
         <v>1266</v>
       </c>
       <c r="M155" s="19" t="s">
         <v>469</v>
       </c>
       <c r="N155" s="19" t="s">
         <v>470</v>
       </c>
       <c r="O155" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P155" s="19" t="s">
         <v>1266</v>
       </c>
       <c r="Q155" s="19" t="s">
         <v>471</v>
       </c>
       <c r="R155" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S155" s="19" t="s">
-        <v>1837</v>
+        <v>1836</v>
       </c>
       <c r="T155" s="19" t="s">
         <v>1267</v>
       </c>
       <c r="U155" s="19" t="s">
         <v>472</v>
       </c>
       <c r="V155" s="19" t="s">
-        <v>1886</v>
+        <v>1885</v>
       </c>
       <c r="W155" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X155" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y155" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z155" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA155" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="156" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A156" s="19" t="s">
         <v>971</v>
       </c>
       <c r="B156" s="19" t="s">
         <v>201</v>
       </c>
       <c r="C156" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D156" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E156" s="19" t="s">
         <v>1264</v>
       </c>
       <c r="F156" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G156" s="19" t="s">
         <v>1268</v>
       </c>
       <c r="H156" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I156" s="19" t="s">
@@ -18523,155 +19020,161 @@
       <c r="K156" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L156" s="19" t="s">
         <v>1266</v>
       </c>
       <c r="M156" s="19" t="s">
         <v>473</v>
       </c>
       <c r="N156" s="19" t="s">
         <v>470</v>
       </c>
       <c r="O156" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P156" s="19" t="s">
         <v>1266</v>
       </c>
       <c r="Q156" s="19" t="s">
         <v>471</v>
       </c>
       <c r="R156" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S156" s="19" t="s">
-        <v>1837</v>
+        <v>1836</v>
       </c>
       <c r="T156" s="19" t="s">
         <v>1269</v>
       </c>
       <c r="U156" s="19" t="s">
         <v>472</v>
       </c>
       <c r="V156" s="19" t="s">
-        <v>1886</v>
+        <v>1885</v>
       </c>
       <c r="W156" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X156" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y156" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z156" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA156" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="157" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A157" s="19" t="s">
         <v>971</v>
       </c>
       <c r="B157" s="19" t="s">
         <v>201</v>
       </c>
       <c r="C157" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D157" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E157" s="19" t="s">
         <v>1264</v>
       </c>
       <c r="F157" s="19" t="s">
         <v>1270</v>
       </c>
       <c r="G157" s="19" t="s">
         <v>1271</v>
       </c>
       <c r="H157" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I157" s="19" t="s">
         <v>474</v>
       </c>
       <c r="J157" s="19" t="s">
         <v>470</v>
       </c>
       <c r="K157" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L157" s="19" t="s">
         <v>1266</v>
       </c>
       <c r="M157" s="19" t="s">
         <v>474</v>
       </c>
       <c r="N157" s="19" t="s">
         <v>470</v>
       </c>
       <c r="O157" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P157" s="19" t="s">
         <v>1266</v>
       </c>
       <c r="Q157" s="19" t="s">
-        <v>1887</v>
+        <v>1886</v>
       </c>
       <c r="R157" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S157" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T157" s="19" t="s">
         <v>1272</v>
       </c>
       <c r="U157" s="19" t="s">
+        <v>1887</v>
+      </c>
+      <c r="V157" s="19" t="s">
         <v>1888</v>
-      </c>
-[...1 lines deleted...]
-        <v>1889</v>
       </c>
       <c r="W157" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X157" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y157" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z157" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA157" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="158" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A158" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B158" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C158" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D158" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E158" s="19" t="s">
         <v>1273</v>
       </c>
       <c r="F158" s="19" t="s">
         <v>1274</v>
       </c>
       <c r="G158" s="19" t="s">
         <v>1275</v>
       </c>
       <c r="H158" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I158" s="19" t="s">
@@ -18683,155 +19186,161 @@
       <c r="K158" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L158" s="19" t="s">
         <v>1276</v>
       </c>
       <c r="M158" s="19" t="s">
         <v>475</v>
       </c>
       <c r="N158" s="19" t="s">
         <v>476</v>
       </c>
       <c r="O158" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P158" s="19" t="s">
         <v>1276</v>
       </c>
       <c r="Q158" s="19" t="s">
         <v>477</v>
       </c>
       <c r="R158" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S158" s="19" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="T158" s="19" t="s">
         <v>1277</v>
       </c>
       <c r="U158" s="19" t="s">
         <v>478</v>
       </c>
       <c r="V158" s="19" t="s">
-        <v>1890</v>
+        <v>1889</v>
       </c>
       <c r="W158" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X158" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y158" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z158" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA158" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="159" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A159" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B159" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C159" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D159" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E159" s="19" t="s">
         <v>1273</v>
       </c>
       <c r="F159" s="19" t="s">
         <v>1651</v>
       </c>
       <c r="G159" s="19" t="s">
         <v>1652</v>
       </c>
       <c r="H159" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I159" s="19" t="s">
         <v>1653</v>
       </c>
       <c r="J159" s="19" t="s">
         <v>557</v>
       </c>
       <c r="K159" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L159" s="19" t="s">
         <v>1374</v>
       </c>
       <c r="M159" s="19" t="s">
         <v>1654</v>
       </c>
       <c r="N159" s="19" t="s">
         <v>1655</v>
       </c>
       <c r="O159" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P159" s="19" t="s">
         <v>1656</v>
       </c>
       <c r="Q159" s="19" t="s">
-        <v>1891</v>
+        <v>1890</v>
       </c>
       <c r="R159" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S159" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T159" s="19" t="s">
         <v>1657</v>
       </c>
       <c r="U159" s="19" t="s">
+        <v>1891</v>
+      </c>
+      <c r="V159" s="19" t="s">
         <v>1892</v>
-      </c>
-[...1 lines deleted...]
-        <v>1893</v>
       </c>
       <c r="W159" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X159" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y159" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z159" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA159" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="160" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A160" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B160" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C160" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D160" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E160" s="19" t="s">
         <v>1273</v>
       </c>
       <c r="F160" s="19" t="s">
         <v>1278</v>
       </c>
       <c r="G160" s="19" t="s">
         <v>1279</v>
       </c>
       <c r="H160" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I160" s="19" t="s">
@@ -18843,75 +19352,78 @@
       <c r="K160" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L160" s="19" t="s">
         <v>1276</v>
       </c>
       <c r="M160" s="19" t="s">
         <v>479</v>
       </c>
       <c r="N160" s="19" t="s">
         <v>476</v>
       </c>
       <c r="O160" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P160" s="19" t="s">
         <v>1276</v>
       </c>
       <c r="Q160" s="19" t="s">
         <v>480</v>
       </c>
       <c r="R160" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S160" s="19" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="T160" s="19" t="s">
         <v>1280</v>
       </c>
       <c r="U160" s="19" t="s">
         <v>481</v>
       </c>
       <c r="V160" s="19" t="s">
-        <v>1894</v>
+        <v>1893</v>
       </c>
       <c r="W160" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X160" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y160" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z160" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA160" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="161" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A161" s="19" t="s">
         <v>1281</v>
       </c>
       <c r="B161" s="19" t="s">
         <v>482</v>
       </c>
       <c r="C161" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D161" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E161" s="19" t="s">
         <v>1282</v>
       </c>
       <c r="F161" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G161" s="19" t="s">
         <v>1283</v>
       </c>
       <c r="H161" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I161" s="19" t="s">
@@ -18923,75 +19435,78 @@
       <c r="K161" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L161" s="19" t="s">
         <v>1284</v>
       </c>
       <c r="M161" s="19" t="s">
         <v>483</v>
       </c>
       <c r="N161" s="19" t="s">
         <v>484</v>
       </c>
       <c r="O161" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P161" s="19" t="s">
         <v>1284</v>
       </c>
       <c r="Q161" s="19" t="s">
         <v>1285</v>
       </c>
       <c r="R161" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S161" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T161" s="19" t="s">
         <v>1286</v>
       </c>
       <c r="U161" s="19" t="s">
         <v>485</v>
       </c>
       <c r="V161" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W161" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X161" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y161" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z161" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA161" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="162" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A162" s="19" t="s">
         <v>1187</v>
       </c>
       <c r="B162" s="19" t="s">
         <v>382</v>
       </c>
       <c r="C162" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D162" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E162" s="19" t="s">
         <v>1282</v>
       </c>
       <c r="F162" s="19" t="s">
         <v>1287</v>
       </c>
       <c r="G162" s="19" t="s">
         <v>1288</v>
       </c>
       <c r="H162" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I162" s="19" t="s">
@@ -19003,75 +19518,78 @@
       <c r="K162" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L162" s="19" t="s">
         <v>487</v>
       </c>
       <c r="M162" s="19" t="s">
         <v>486</v>
       </c>
       <c r="N162" s="19" t="s">
         <v>484</v>
       </c>
       <c r="O162" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P162" s="19" t="s">
         <v>487</v>
       </c>
       <c r="Q162" s="19" t="s">
         <v>1658</v>
       </c>
       <c r="R162" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S162" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T162" s="19" t="s">
         <v>1289</v>
       </c>
       <c r="U162" s="19" t="s">
         <v>1659</v>
       </c>
       <c r="V162" s="19" t="s">
-        <v>1895</v>
+        <v>1894</v>
       </c>
       <c r="W162" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X162" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y162" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z162" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA162" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="163" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A163" s="19" t="s">
         <v>791</v>
       </c>
       <c r="B163" s="19" t="s">
         <v>41</v>
       </c>
       <c r="C163" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D163" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E163" s="19" t="s">
         <v>1290</v>
       </c>
       <c r="F163" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G163" s="19" t="s">
         <v>1291</v>
       </c>
       <c r="H163" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I163" s="19" t="s">
@@ -19083,75 +19601,78 @@
       <c r="K163" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L163" s="19" t="s">
         <v>1292</v>
       </c>
       <c r="M163" s="19" t="s">
         <v>488</v>
       </c>
       <c r="N163" s="19" t="s">
         <v>489</v>
       </c>
       <c r="O163" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P163" s="19" t="s">
         <v>1292</v>
       </c>
       <c r="Q163" s="19" t="s">
         <v>1660</v>
       </c>
       <c r="R163" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S163" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T163" s="19" t="s">
         <v>1293</v>
       </c>
       <c r="U163" s="19" t="s">
         <v>490</v>
       </c>
       <c r="V163" s="19" t="s">
-        <v>1896</v>
+        <v>1895</v>
       </c>
       <c r="W163" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X163" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y163" s="19" t="s">
         <v>728</v>
       </c>
       <c r="Z163" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA163" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="164" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A164" s="19" t="s">
         <v>1661</v>
       </c>
       <c r="B164" s="19" t="s">
         <v>1662</v>
       </c>
       <c r="C164" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D164" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E164" s="19" t="s">
         <v>1663</v>
       </c>
       <c r="F164" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G164" s="19" t="s">
         <v>1664</v>
       </c>
       <c r="H164" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I164" s="19" t="s">
@@ -19163,75 +19684,78 @@
       <c r="K164" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L164" s="19" t="s">
         <v>1667</v>
       </c>
       <c r="M164" s="19" t="s">
         <v>1665</v>
       </c>
       <c r="N164" s="19" t="s">
         <v>1666</v>
       </c>
       <c r="O164" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P164" s="19" t="s">
         <v>1667</v>
       </c>
       <c r="Q164" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R164" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S164" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T164" s="19" t="s">
         <v>1668</v>
       </c>
       <c r="U164" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V164" s="19" t="s">
-        <v>1897</v>
+        <v>1896</v>
       </c>
       <c r="W164" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X164" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y164" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z164" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA164" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="165" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A165" s="19" t="s">
         <v>1294</v>
       </c>
       <c r="B165" s="19" t="s">
         <v>491</v>
       </c>
       <c r="C165" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D165" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E165" s="19" t="s">
         <v>1295</v>
       </c>
       <c r="F165" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G165" s="19" t="s">
         <v>1296</v>
       </c>
       <c r="H165" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I165" s="19" t="s">
@@ -19243,75 +19767,78 @@
       <c r="K165" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L165" s="19" t="s">
         <v>1297</v>
       </c>
       <c r="M165" s="19" t="s">
         <v>492</v>
       </c>
       <c r="N165" s="19" t="s">
         <v>491</v>
       </c>
       <c r="O165" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P165" s="19" t="s">
         <v>1297</v>
       </c>
       <c r="Q165" s="19" t="s">
         <v>493</v>
       </c>
       <c r="R165" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S165" s="19" t="s">
-        <v>1778</v>
+        <v>1777</v>
       </c>
       <c r="T165" s="19" t="s">
         <v>1298</v>
       </c>
       <c r="U165" s="19" t="s">
         <v>494</v>
       </c>
       <c r="V165" s="19" t="s">
-        <v>1898</v>
+        <v>1897</v>
       </c>
       <c r="W165" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X165" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y165" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z165" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA165" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="166" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A166" s="19" t="s">
         <v>1294</v>
       </c>
       <c r="B166" s="19" t="s">
         <v>491</v>
       </c>
       <c r="C166" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D166" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E166" s="19" t="s">
         <v>1295</v>
       </c>
       <c r="F166" s="19" t="s">
         <v>842</v>
       </c>
       <c r="G166" s="19" t="s">
         <v>1669</v>
       </c>
       <c r="H166" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I166" s="19" t="s">
@@ -19323,75 +19850,78 @@
       <c r="K166" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L166" s="19" t="s">
         <v>1297</v>
       </c>
       <c r="M166" s="19" t="s">
         <v>1670</v>
       </c>
       <c r="N166" s="19" t="s">
         <v>491</v>
       </c>
       <c r="O166" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P166" s="19" t="s">
         <v>1297</v>
       </c>
       <c r="Q166" s="19" t="s">
         <v>1671</v>
       </c>
       <c r="R166" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S166" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T166" s="19" t="s">
         <v>1672</v>
       </c>
       <c r="U166" s="19" t="s">
         <v>1673</v>
       </c>
       <c r="V166" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W166" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X166" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y166" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z166" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA166" s="20" t="s">
+        <v>1954</v>
+      </c>
     </row>
-    <row r="167" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A167" s="19" t="s">
         <v>1294</v>
       </c>
       <c r="B167" s="19" t="s">
         <v>491</v>
       </c>
       <c r="C167" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D167" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E167" s="19" t="s">
         <v>1295</v>
       </c>
       <c r="F167" s="19" t="s">
         <v>1105</v>
       </c>
       <c r="G167" s="19" t="s">
         <v>1299</v>
       </c>
       <c r="H167" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I167" s="19" t="s">
@@ -19403,75 +19933,78 @@
       <c r="K167" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L167" s="19" t="s">
         <v>1297</v>
       </c>
       <c r="M167" s="19" t="s">
         <v>495</v>
       </c>
       <c r="N167" s="19" t="s">
         <v>491</v>
       </c>
       <c r="O167" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P167" s="19" t="s">
         <v>1297</v>
       </c>
       <c r="Q167" s="19" t="s">
         <v>496</v>
       </c>
       <c r="R167" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S167" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T167" s="19" t="s">
         <v>1300</v>
       </c>
       <c r="U167" s="19" t="s">
         <v>497</v>
       </c>
       <c r="V167" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W167" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X167" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y167" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z167" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA167" s="20" t="s">
+        <v>1950</v>
+      </c>
     </row>
-    <row r="168" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A168" s="19" t="s">
         <v>781</v>
       </c>
       <c r="B168" s="19" t="s">
         <v>33</v>
       </c>
       <c r="C168" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D168" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E168" s="19" t="s">
         <v>1674</v>
       </c>
       <c r="F168" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G168" s="19" t="s">
         <v>1675</v>
       </c>
       <c r="H168" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I168" s="19" t="s">
@@ -19483,75 +20016,78 @@
       <c r="K168" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L168" s="19" t="s">
         <v>1678</v>
       </c>
       <c r="M168" s="19" t="s">
         <v>1676</v>
       </c>
       <c r="N168" s="19" t="s">
         <v>1677</v>
       </c>
       <c r="O168" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P168" s="19" t="s">
         <v>1678</v>
       </c>
       <c r="Q168" s="19" t="s">
         <v>1679</v>
       </c>
       <c r="R168" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S168" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T168" s="19" t="s">
         <v>1680</v>
       </c>
       <c r="U168" s="19" t="s">
         <v>1681</v>
       </c>
       <c r="V168" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W168" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X168" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y168" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z168" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA168" s="20" t="s">
+        <v>1954</v>
+      </c>
     </row>
-    <row r="169" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A169" s="19" t="s">
         <v>1301</v>
       </c>
       <c r="B169" s="19" t="s">
         <v>498</v>
       </c>
       <c r="C169" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D169" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E169" s="19" t="s">
         <v>1302</v>
       </c>
       <c r="F169" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G169" s="19" t="s">
         <v>1303</v>
       </c>
       <c r="H169" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I169" s="19" t="s">
@@ -19563,75 +20099,78 @@
       <c r="K169" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L169" s="19" t="s">
         <v>501</v>
       </c>
       <c r="M169" s="19" t="s">
         <v>499</v>
       </c>
       <c r="N169" s="19" t="s">
         <v>500</v>
       </c>
       <c r="O169" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P169" s="19" t="s">
         <v>501</v>
       </c>
       <c r="Q169" s="19" t="s">
         <v>502</v>
       </c>
       <c r="R169" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S169" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T169" s="19" t="s">
         <v>1304</v>
       </c>
       <c r="U169" s="19" t="s">
         <v>503</v>
       </c>
       <c r="V169" s="19" t="s">
-        <v>1899</v>
+        <v>1898</v>
       </c>
       <c r="W169" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X169" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y169" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z169" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA169" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="170" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A170" s="19" t="s">
         <v>1241</v>
       </c>
       <c r="B170" s="19" t="s">
         <v>444</v>
       </c>
       <c r="C170" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D170" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E170" s="19" t="s">
         <v>1305</v>
       </c>
       <c r="F170" s="19" t="s">
         <v>1129</v>
       </c>
       <c r="G170" s="19" t="s">
         <v>1306</v>
       </c>
       <c r="H170" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I170" s="19" t="s">
@@ -19643,75 +20182,78 @@
       <c r="K170" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L170" s="19" t="s">
         <v>1307</v>
       </c>
       <c r="M170" s="19" t="s">
         <v>504</v>
       </c>
       <c r="N170" s="19" t="s">
         <v>505</v>
       </c>
       <c r="O170" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P170" s="19" t="s">
         <v>1307</v>
       </c>
       <c r="Q170" s="19" t="s">
         <v>506</v>
       </c>
       <c r="R170" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S170" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T170" s="19" t="s">
         <v>1308</v>
       </c>
       <c r="U170" s="19" t="s">
         <v>507</v>
       </c>
       <c r="V170" s="19" t="s">
-        <v>1900</v>
+        <v>1899</v>
       </c>
       <c r="W170" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X170" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y170" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z170" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA170" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="171" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A171" s="19" t="s">
         <v>1178</v>
       </c>
       <c r="B171" s="19" t="s">
         <v>376</v>
       </c>
       <c r="C171" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D171" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E171" s="19" t="s">
         <v>1309</v>
       </c>
       <c r="F171" s="19" t="s">
         <v>1009</v>
       </c>
       <c r="G171" s="19" t="s">
         <v>1682</v>
       </c>
       <c r="H171" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I171" s="19" t="s">
@@ -19723,75 +20265,78 @@
       <c r="K171" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L171" s="19" t="s">
         <v>1310</v>
       </c>
       <c r="M171" s="19" t="s">
         <v>1683</v>
       </c>
       <c r="N171" s="19" t="s">
         <v>508</v>
       </c>
       <c r="O171" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P171" s="19" t="s">
         <v>1310</v>
       </c>
       <c r="Q171" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R171" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S171" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T171" s="19" t="s">
         <v>1684</v>
       </c>
       <c r="U171" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V171" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W171" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X171" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y171" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z171" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA171" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="172" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A172" s="19" t="s">
         <v>1178</v>
       </c>
       <c r="B172" s="19" t="s">
         <v>376</v>
       </c>
       <c r="C172" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D172" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E172" s="19" t="s">
         <v>1309</v>
       </c>
       <c r="F172" s="19" t="s">
         <v>842</v>
       </c>
       <c r="G172" s="19" t="s">
         <v>1311</v>
       </c>
       <c r="H172" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I172" s="19" t="s">
@@ -19803,75 +20348,78 @@
       <c r="K172" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L172" s="19" t="s">
         <v>1310</v>
       </c>
       <c r="M172" s="19" t="s">
         <v>509</v>
       </c>
       <c r="N172" s="19" t="s">
         <v>508</v>
       </c>
       <c r="O172" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P172" s="19" t="s">
         <v>1310</v>
       </c>
       <c r="Q172" s="19" t="s">
         <v>510</v>
       </c>
       <c r="R172" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S172" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T172" s="19" t="s">
         <v>1312</v>
       </c>
       <c r="U172" s="19" t="s">
         <v>511</v>
       </c>
       <c r="V172" s="19" t="s">
-        <v>1901</v>
+        <v>1900</v>
       </c>
       <c r="W172" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X172" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y172" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z172" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA172" s="20" t="s">
+        <v>1958</v>
+      </c>
     </row>
-    <row r="173" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A173" s="19" t="s">
         <v>1313</v>
       </c>
       <c r="B173" s="19" t="s">
         <v>512</v>
       </c>
       <c r="C173" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D173" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E173" s="19" t="s">
         <v>1314</v>
       </c>
       <c r="F173" s="19" t="s">
         <v>1129</v>
       </c>
       <c r="G173" s="19" t="s">
         <v>1315</v>
       </c>
       <c r="H173" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I173" s="19" t="s">
@@ -19883,75 +20431,78 @@
       <c r="K173" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L173" s="19" t="s">
         <v>1316</v>
       </c>
       <c r="M173" s="19" t="s">
         <v>513</v>
       </c>
       <c r="N173" s="19" t="s">
         <v>514</v>
       </c>
       <c r="O173" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P173" s="19" t="s">
         <v>1316</v>
       </c>
       <c r="Q173" s="19" t="s">
         <v>1317</v>
       </c>
       <c r="R173" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S173" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T173" s="19" t="s">
         <v>1318</v>
       </c>
       <c r="U173" s="19" t="s">
         <v>1319</v>
       </c>
       <c r="V173" s="19" t="s">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="W173" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X173" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y173" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z173" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA173" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="174" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A174" s="19" t="s">
         <v>1320</v>
       </c>
       <c r="B174" s="19" t="s">
         <v>515</v>
       </c>
       <c r="C174" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D174" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E174" s="19" t="s">
         <v>1321</v>
       </c>
       <c r="F174" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G174" s="19" t="s">
         <v>1322</v>
       </c>
       <c r="H174" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I174" s="19" t="s">
@@ -19963,75 +20514,78 @@
       <c r="K174" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L174" s="19" t="s">
         <v>1323</v>
       </c>
       <c r="M174" s="19" t="s">
         <v>516</v>
       </c>
       <c r="N174" s="19" t="s">
         <v>517</v>
       </c>
       <c r="O174" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P174" s="19" t="s">
         <v>1323</v>
       </c>
       <c r="Q174" s="19" t="s">
         <v>518</v>
       </c>
       <c r="R174" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S174" s="19" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="T174" s="19" t="s">
         <v>1324</v>
       </c>
       <c r="U174" s="19" t="s">
         <v>519</v>
       </c>
       <c r="V174" s="19" t="s">
-        <v>1903</v>
+        <v>1902</v>
       </c>
       <c r="W174" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X174" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y174" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z174" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA174" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="175" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A175" s="19" t="s">
         <v>1320</v>
       </c>
       <c r="B175" s="19" t="s">
         <v>515</v>
       </c>
       <c r="C175" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D175" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E175" s="19" t="s">
         <v>1321</v>
       </c>
       <c r="F175" s="19" t="s">
         <v>1129</v>
       </c>
       <c r="G175" s="19" t="s">
         <v>1325</v>
       </c>
       <c r="H175" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I175" s="19" t="s">
@@ -20043,75 +20597,78 @@
       <c r="K175" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L175" s="19" t="s">
         <v>1323</v>
       </c>
       <c r="M175" s="19" t="s">
         <v>520</v>
       </c>
       <c r="N175" s="19" t="s">
         <v>517</v>
       </c>
       <c r="O175" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P175" s="19" t="s">
         <v>1323</v>
       </c>
       <c r="Q175" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R175" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S175" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T175" s="19" t="s">
         <v>1326</v>
       </c>
       <c r="U175" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V175" s="19" t="s">
-        <v>1904</v>
+        <v>1903</v>
       </c>
       <c r="W175" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X175" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y175" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z175" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA175" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="176" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A176" s="19" t="s">
         <v>1115</v>
       </c>
       <c r="B176" s="19" t="s">
         <v>321</v>
       </c>
       <c r="C176" s="19" t="s">
         <v>876</v>
       </c>
       <c r="D176" s="19" t="s">
         <v>877</v>
       </c>
       <c r="E176" s="19" t="s">
         <v>1327</v>
       </c>
       <c r="F176" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G176" s="19" t="s">
         <v>1328</v>
       </c>
       <c r="H176" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I176" s="19" t="s">
@@ -20123,75 +20680,78 @@
       <c r="K176" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L176" s="19" t="s">
         <v>1329</v>
       </c>
       <c r="M176" s="19" t="s">
         <v>521</v>
       </c>
       <c r="N176" s="19" t="s">
         <v>522</v>
       </c>
       <c r="O176" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P176" s="19" t="s">
         <v>1329</v>
       </c>
       <c r="Q176" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R176" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S176" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T176" s="19" t="s">
         <v>1330</v>
       </c>
       <c r="U176" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V176" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W176" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X176" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y176" s="19" t="s">
         <v>1685</v>
       </c>
       <c r="Z176" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA176" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="177" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A177" s="19" t="s">
         <v>1331</v>
       </c>
       <c r="B177" s="19" t="s">
         <v>167</v>
       </c>
       <c r="C177" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D177" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E177" s="19" t="s">
         <v>1332</v>
       </c>
       <c r="F177" s="19" t="s">
         <v>1129</v>
       </c>
       <c r="G177" s="19" t="s">
         <v>1333</v>
       </c>
       <c r="H177" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I177" s="19" t="s">
@@ -20203,75 +20763,78 @@
       <c r="K177" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L177" s="19" t="s">
         <v>1334</v>
       </c>
       <c r="M177" s="19" t="s">
         <v>523</v>
       </c>
       <c r="N177" s="19" t="s">
         <v>524</v>
       </c>
       <c r="O177" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P177" s="19" t="s">
         <v>1334</v>
       </c>
       <c r="Q177" s="19" t="s">
         <v>525</v>
       </c>
       <c r="R177" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S177" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T177" s="19" t="s">
         <v>1335</v>
       </c>
       <c r="U177" s="19" t="s">
         <v>526</v>
       </c>
       <c r="V177" s="19" t="s">
-        <v>1905</v>
+        <v>1904</v>
       </c>
       <c r="W177" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X177" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y177" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z177" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA177" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="178" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A178" s="19" t="s">
         <v>1331</v>
       </c>
       <c r="B178" s="19" t="s">
         <v>167</v>
       </c>
       <c r="C178" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D178" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E178" s="19" t="s">
         <v>1332</v>
       </c>
       <c r="F178" s="19" t="s">
         <v>753</v>
       </c>
       <c r="G178" s="19" t="s">
         <v>1336</v>
       </c>
       <c r="H178" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I178" s="19" t="s">
@@ -20283,75 +20846,78 @@
       <c r="K178" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L178" s="19" t="s">
         <v>528</v>
       </c>
       <c r="M178" s="19" t="s">
         <v>527</v>
       </c>
       <c r="N178" s="19" t="s">
         <v>524</v>
       </c>
       <c r="O178" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P178" s="19" t="s">
         <v>528</v>
       </c>
       <c r="Q178" s="19" t="s">
         <v>525</v>
       </c>
       <c r="R178" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S178" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T178" s="19" t="s">
         <v>1337</v>
       </c>
       <c r="U178" s="19" t="s">
         <v>526</v>
       </c>
       <c r="V178" s="19" t="s">
-        <v>1905</v>
+        <v>1904</v>
       </c>
       <c r="W178" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X178" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y178" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z178" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA178" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="179" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A179" s="19" t="s">
         <v>1331</v>
       </c>
       <c r="B179" s="19" t="s">
         <v>167</v>
       </c>
       <c r="C179" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D179" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E179" s="19" t="s">
         <v>1332</v>
       </c>
       <c r="F179" s="19" t="s">
         <v>866</v>
       </c>
       <c r="G179" s="19" t="s">
         <v>1338</v>
       </c>
       <c r="H179" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I179" s="19" t="s">
@@ -20363,75 +20929,78 @@
       <c r="K179" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L179" s="19" t="s">
         <v>1334</v>
       </c>
       <c r="M179" s="19" t="s">
         <v>529</v>
       </c>
       <c r="N179" s="19" t="s">
         <v>524</v>
       </c>
       <c r="O179" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P179" s="19" t="s">
         <v>1334</v>
       </c>
       <c r="Q179" s="19" t="s">
         <v>1686</v>
       </c>
       <c r="R179" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S179" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T179" s="19" t="s">
         <v>1339</v>
       </c>
       <c r="U179" s="19" t="s">
         <v>1687</v>
       </c>
       <c r="V179" s="19" t="s">
-        <v>1906</v>
+        <v>1905</v>
       </c>
       <c r="W179" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X179" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y179" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z179" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA179" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="180" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A180" s="19" t="s">
         <v>1340</v>
       </c>
       <c r="B180" s="19" t="s">
         <v>530</v>
       </c>
       <c r="C180" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D180" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E180" s="19" t="s">
         <v>1341</v>
       </c>
       <c r="F180" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G180" s="19" t="s">
         <v>778</v>
       </c>
       <c r="H180" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I180" s="19" t="s">
@@ -20443,75 +21012,78 @@
       <c r="K180" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L180" s="19" t="s">
         <v>1342</v>
       </c>
       <c r="M180" s="19" t="s">
         <v>531</v>
       </c>
       <c r="N180" s="19" t="s">
         <v>532</v>
       </c>
       <c r="O180" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P180" s="19" t="s">
         <v>1342</v>
       </c>
       <c r="Q180" s="19" t="s">
         <v>533</v>
       </c>
       <c r="R180" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S180" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T180" s="19" t="s">
         <v>1343</v>
       </c>
       <c r="U180" s="19" t="s">
         <v>534</v>
       </c>
       <c r="V180" s="19" t="s">
-        <v>1907</v>
+        <v>1906</v>
       </c>
       <c r="W180" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X180" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y180" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z180" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA180" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="181" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A181" s="19" t="s">
         <v>829</v>
       </c>
       <c r="B181" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C181" s="19" t="s">
         <v>813</v>
       </c>
       <c r="D181" s="19" t="s">
         <v>814</v>
       </c>
       <c r="E181" s="19" t="s">
         <v>1688</v>
       </c>
       <c r="F181" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G181" s="19" t="s">
         <v>1689</v>
       </c>
       <c r="H181" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I181" s="19" t="s">
@@ -20523,75 +21095,78 @@
       <c r="K181" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L181" s="19" t="s">
         <v>833</v>
       </c>
       <c r="M181" s="19" t="s">
         <v>1690</v>
       </c>
       <c r="N181" s="19" t="s">
         <v>1691</v>
       </c>
       <c r="O181" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P181" s="19" t="s">
         <v>833</v>
       </c>
       <c r="Q181" s="19" t="s">
         <v>1692</v>
       </c>
       <c r="R181" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S181" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T181" s="19" t="s">
         <v>841</v>
       </c>
       <c r="U181" s="19" t="s">
         <v>78</v>
       </c>
       <c r="V181" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W181" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X181" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y181" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z181" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA181" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="182" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A182" s="19" t="s">
         <v>1344</v>
       </c>
       <c r="B182" s="19" t="s">
         <v>535</v>
       </c>
       <c r="C182" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D182" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E182" s="19" t="s">
         <v>1345</v>
       </c>
       <c r="F182" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G182" s="19" t="s">
         <v>1346</v>
       </c>
       <c r="H182" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I182" s="19" t="s">
@@ -20603,75 +21178,78 @@
       <c r="K182" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L182" s="19" t="s">
         <v>1347</v>
       </c>
       <c r="M182" s="19" t="s">
         <v>536</v>
       </c>
       <c r="N182" s="19" t="s">
         <v>535</v>
       </c>
       <c r="O182" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P182" s="19" t="s">
         <v>1347</v>
       </c>
       <c r="Q182" s="19" t="s">
         <v>537</v>
       </c>
       <c r="R182" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S182" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T182" s="19" t="s">
         <v>1348</v>
       </c>
       <c r="U182" s="19" t="s">
         <v>538</v>
       </c>
       <c r="V182" s="19" t="s">
-        <v>1908</v>
+        <v>1907</v>
       </c>
       <c r="W182" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X182" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y182" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z182" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA182" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="183" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A183" s="19" t="s">
         <v>773</v>
       </c>
       <c r="B183" s="19" t="s">
         <v>30</v>
       </c>
       <c r="C183" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D183" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E183" s="19" t="s">
         <v>1693</v>
       </c>
       <c r="F183" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G183" s="19" t="s">
         <v>1694</v>
       </c>
       <c r="H183" s="19" t="s">
         <v>1695</v>
       </c>
       <c r="I183" s="19" t="s">
@@ -20683,75 +21261,78 @@
       <c r="K183" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L183" s="19" t="s">
         <v>1698</v>
       </c>
       <c r="M183" s="19" t="s">
         <v>1696</v>
       </c>
       <c r="N183" s="19" t="s">
         <v>1697</v>
       </c>
       <c r="O183" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P183" s="19" t="s">
         <v>1698</v>
       </c>
       <c r="Q183" s="19" t="s">
         <v>1699</v>
       </c>
       <c r="R183" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S183" s="19" t="s">
-        <v>1909</v>
+        <v>1908</v>
       </c>
       <c r="T183" s="19" t="s">
         <v>1700</v>
       </c>
       <c r="U183" s="19" t="s">
         <v>1701</v>
       </c>
       <c r="V183" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W183" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X183" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y183" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z183" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA183" s="20" t="s">
+        <v>1959</v>
+      </c>
     </row>
-    <row r="184" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A184" s="19" t="s">
         <v>1226</v>
       </c>
       <c r="B184" s="19" t="s">
         <v>427</v>
       </c>
       <c r="C184" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D184" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E184" s="19" t="s">
         <v>1349</v>
       </c>
       <c r="F184" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G184" s="19" t="s">
         <v>1350</v>
       </c>
       <c r="H184" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I184" s="19" t="s">
@@ -20763,75 +21344,78 @@
       <c r="K184" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L184" s="19" t="s">
         <v>1351</v>
       </c>
       <c r="M184" s="19" t="s">
         <v>539</v>
       </c>
       <c r="N184" s="19" t="s">
         <v>540</v>
       </c>
       <c r="O184" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P184" s="19" t="s">
         <v>1351</v>
       </c>
       <c r="Q184" s="19" t="s">
         <v>541</v>
       </c>
       <c r="R184" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S184" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T184" s="19" t="s">
         <v>1352</v>
       </c>
       <c r="U184" s="19" t="s">
         <v>542</v>
       </c>
       <c r="V184" s="19" t="s">
-        <v>1910</v>
+        <v>1909</v>
       </c>
       <c r="W184" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X184" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y184" s="19" t="s">
         <v>927</v>
       </c>
       <c r="Z184" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA184" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="185" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A185" s="19" t="s">
         <v>1226</v>
       </c>
       <c r="B185" s="19" t="s">
         <v>427</v>
       </c>
       <c r="C185" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D185" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E185" s="19" t="s">
         <v>1349</v>
       </c>
       <c r="F185" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G185" s="19" t="s">
         <v>1353</v>
       </c>
       <c r="H185" s="19" t="s">
         <v>543</v>
       </c>
       <c r="I185" s="19" t="s">
@@ -20843,75 +21427,78 @@
       <c r="K185" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L185" s="19" t="s">
         <v>1351</v>
       </c>
       <c r="M185" s="19" t="s">
         <v>544</v>
       </c>
       <c r="N185" s="19" t="s">
         <v>540</v>
       </c>
       <c r="O185" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P185" s="19" t="s">
         <v>1351</v>
       </c>
       <c r="Q185" s="19" t="s">
         <v>541</v>
       </c>
       <c r="R185" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S185" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T185" s="19" t="s">
         <v>1354</v>
       </c>
       <c r="U185" s="19" t="s">
         <v>542</v>
       </c>
       <c r="V185" s="19" t="s">
-        <v>1910</v>
+        <v>1909</v>
       </c>
       <c r="W185" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X185" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y185" s="19" t="s">
         <v>1145</v>
       </c>
       <c r="Z185" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA185" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="186" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A186" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B186" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C186" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D186" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E186" s="19" t="s">
         <v>1355</v>
       </c>
       <c r="F186" s="19" t="s">
         <v>1356</v>
       </c>
       <c r="G186" s="19" t="s">
         <v>1357</v>
       </c>
       <c r="H186" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I186" s="19" t="s">
@@ -20923,75 +21510,78 @@
       <c r="K186" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L186" s="19" t="s">
         <v>1358</v>
       </c>
       <c r="M186" s="19" t="s">
         <v>545</v>
       </c>
       <c r="N186" s="19" t="s">
         <v>546</v>
       </c>
       <c r="O186" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P186" s="19" t="s">
         <v>1358</v>
       </c>
       <c r="Q186" s="19" t="s">
         <v>1702</v>
       </c>
       <c r="R186" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S186" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T186" s="19" t="s">
         <v>1359</v>
       </c>
       <c r="U186" s="19" t="s">
         <v>1703</v>
       </c>
       <c r="V186" s="19" t="s">
-        <v>1911</v>
+        <v>1910</v>
       </c>
       <c r="W186" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X186" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y186" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z186" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA186" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="187" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A187" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B187" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C187" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D187" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E187" s="19" t="s">
         <v>1355</v>
       </c>
       <c r="F187" s="19" t="s">
         <v>1360</v>
       </c>
       <c r="G187" s="19" t="s">
         <v>1361</v>
       </c>
       <c r="H187" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I187" s="19" t="s">
@@ -21003,75 +21593,78 @@
       <c r="K187" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L187" s="19" t="s">
         <v>1358</v>
       </c>
       <c r="M187" s="19" t="s">
         <v>547</v>
       </c>
       <c r="N187" s="19" t="s">
         <v>546</v>
       </c>
       <c r="O187" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P187" s="19" t="s">
         <v>1358</v>
       </c>
       <c r="Q187" s="19" t="s">
         <v>548</v>
       </c>
       <c r="R187" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S187" s="19" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="T187" s="19" t="s">
         <v>1362</v>
       </c>
       <c r="U187" s="19" t="s">
         <v>549</v>
       </c>
       <c r="V187" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W187" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X187" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y187" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z187" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA187" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="188" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A188" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B188" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C188" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D188" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E188" s="19" t="s">
         <v>1363</v>
       </c>
       <c r="F188" s="19" t="s">
         <v>820</v>
       </c>
       <c r="G188" s="19" t="s">
         <v>1364</v>
       </c>
       <c r="H188" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I188" s="19" t="s">
@@ -21083,75 +21676,78 @@
       <c r="K188" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L188" s="19" t="s">
         <v>1051</v>
       </c>
       <c r="M188" s="19" t="s">
         <v>550</v>
       </c>
       <c r="N188" s="19" t="s">
         <v>111</v>
       </c>
       <c r="O188" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P188" s="19" t="s">
         <v>1051</v>
       </c>
       <c r="Q188" s="19" t="s">
         <v>290</v>
       </c>
       <c r="R188" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S188" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T188" s="19" t="s">
         <v>1071</v>
       </c>
       <c r="U188" s="19" t="s">
         <v>286</v>
       </c>
       <c r="V188" s="19" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="W188" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X188" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y188" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z188" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA188" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="189" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A189" s="19" t="s">
         <v>1157</v>
       </c>
       <c r="B189" s="19" t="s">
         <v>355</v>
       </c>
       <c r="C189" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D189" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E189" s="19" t="s">
         <v>1365</v>
       </c>
       <c r="F189" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G189" s="19" t="s">
         <v>1366</v>
       </c>
       <c r="H189" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I189" s="19" t="s">
@@ -21163,75 +21759,78 @@
       <c r="K189" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L189" s="19" t="s">
         <v>1367</v>
       </c>
       <c r="M189" s="19" t="s">
         <v>551</v>
       </c>
       <c r="N189" s="19" t="s">
         <v>552</v>
       </c>
       <c r="O189" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P189" s="19" t="s">
         <v>1367</v>
       </c>
       <c r="Q189" s="19" t="s">
         <v>553</v>
       </c>
       <c r="R189" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S189" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T189" s="19" t="s">
         <v>1368</v>
       </c>
       <c r="U189" s="19" t="s">
         <v>554</v>
       </c>
       <c r="V189" s="19" t="s">
-        <v>1912</v>
+        <v>1911</v>
       </c>
       <c r="W189" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X189" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y189" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z189" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA189" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="190" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A190" s="19" t="s">
         <v>1157</v>
       </c>
       <c r="B190" s="19" t="s">
         <v>355</v>
       </c>
       <c r="C190" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D190" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E190" s="19" t="s">
         <v>1365</v>
       </c>
       <c r="F190" s="19" t="s">
         <v>866</v>
       </c>
       <c r="G190" s="19" t="s">
         <v>1369</v>
       </c>
       <c r="H190" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I190" s="19" t="s">
@@ -21243,75 +21842,78 @@
       <c r="K190" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L190" s="19" t="s">
         <v>1367</v>
       </c>
       <c r="M190" s="19" t="s">
         <v>555</v>
       </c>
       <c r="N190" s="19" t="s">
         <v>552</v>
       </c>
       <c r="O190" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P190" s="19" t="s">
         <v>1367</v>
       </c>
       <c r="Q190" s="19" t="s">
         <v>1706</v>
       </c>
       <c r="R190" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S190" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T190" s="19" t="s">
         <v>1370</v>
       </c>
       <c r="U190" s="19" t="s">
         <v>1707</v>
       </c>
       <c r="V190" s="19" t="s">
-        <v>1913</v>
+        <v>1912</v>
       </c>
       <c r="W190" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X190" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y190" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z190" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA190" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="191" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A191" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B191" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C191" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D191" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E191" s="19" t="s">
         <v>1371</v>
       </c>
       <c r="F191" s="19" t="s">
         <v>1372</v>
       </c>
       <c r="G191" s="19" t="s">
         <v>1373</v>
       </c>
       <c r="H191" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I191" s="19" t="s">
@@ -21323,75 +21925,78 @@
       <c r="K191" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L191" s="19" t="s">
         <v>558</v>
       </c>
       <c r="M191" s="19" t="s">
         <v>559</v>
       </c>
       <c r="N191" s="19" t="s">
         <v>557</v>
       </c>
       <c r="O191" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P191" s="19" t="s">
         <v>1374</v>
       </c>
       <c r="Q191" s="19" t="s">
         <v>1375</v>
       </c>
       <c r="R191" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S191" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T191" s="19" t="s">
         <v>1376</v>
       </c>
       <c r="U191" s="19" t="s">
         <v>1377</v>
       </c>
       <c r="V191" s="19" t="s">
-        <v>1914</v>
+        <v>1913</v>
       </c>
       <c r="W191" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X191" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y191" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z191" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA191" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="192" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A192" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B192" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C192" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D192" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E192" s="19" t="s">
         <v>1378</v>
       </c>
       <c r="F192" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G192" s="19" t="s">
         <v>1379</v>
       </c>
       <c r="H192" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I192" s="19" t="s">
@@ -21403,75 +22008,78 @@
       <c r="K192" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L192" s="19" t="s">
         <v>1380</v>
       </c>
       <c r="M192" s="19" t="s">
         <v>560</v>
       </c>
       <c r="N192" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O192" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P192" s="19" t="s">
         <v>1380</v>
       </c>
       <c r="Q192" s="19" t="s">
         <v>1642</v>
       </c>
       <c r="R192" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S192" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T192" s="19" t="s">
         <v>1381</v>
       </c>
       <c r="U192" s="19" t="s">
         <v>1643</v>
       </c>
       <c r="V192" s="19" t="s">
-        <v>1875</v>
+        <v>1874</v>
       </c>
       <c r="W192" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X192" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y192" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z192" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA192" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="193" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A193" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B193" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C193" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D193" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E193" s="19" t="s">
         <v>1378</v>
       </c>
       <c r="F193" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G193" s="19" t="s">
         <v>1382</v>
       </c>
       <c r="H193" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I193" s="19" t="s">
@@ -21483,75 +22091,78 @@
       <c r="K193" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L193" s="19" t="s">
         <v>1383</v>
       </c>
       <c r="M193" s="19" t="s">
         <v>561</v>
       </c>
       <c r="N193" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O193" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P193" s="19" t="s">
         <v>1383</v>
       </c>
       <c r="Q193" s="19" t="s">
         <v>1708</v>
       </c>
       <c r="R193" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S193" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T193" s="19" t="s">
         <v>1384</v>
       </c>
       <c r="U193" s="19" t="s">
         <v>1709</v>
       </c>
       <c r="V193" s="19" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="W193" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X193" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y193" s="19" t="s">
         <v>1385</v>
       </c>
       <c r="Z193" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA193" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="194" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A194" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B194" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C194" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D194" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E194" s="19" t="s">
         <v>1378</v>
       </c>
       <c r="F194" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G194" s="19" t="s">
         <v>1386</v>
       </c>
       <c r="H194" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I194" s="19" t="s">
@@ -21563,75 +22174,78 @@
       <c r="K194" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L194" s="19" t="s">
         <v>1387</v>
       </c>
       <c r="M194" s="19" t="s">
         <v>563</v>
       </c>
       <c r="N194" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O194" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P194" s="19" t="s">
         <v>1387</v>
       </c>
       <c r="Q194" s="19" t="s">
         <v>564</v>
       </c>
       <c r="R194" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S194" s="19" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="T194" s="19" t="s">
         <v>1388</v>
       </c>
       <c r="U194" s="19" t="s">
         <v>565</v>
       </c>
       <c r="V194" s="19" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="W194" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X194" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y194" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z194" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA194" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="195" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A195" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B195" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C195" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D195" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E195" s="19" t="s">
         <v>1378</v>
       </c>
       <c r="F195" s="19" t="s">
         <v>816</v>
       </c>
       <c r="G195" s="19" t="s">
         <v>1389</v>
       </c>
       <c r="H195" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I195" s="19" t="s">
@@ -21643,75 +22257,78 @@
       <c r="K195" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L195" s="19" t="s">
         <v>1390</v>
       </c>
       <c r="M195" s="19" t="s">
         <v>566</v>
       </c>
       <c r="N195" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O195" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P195" s="19" t="s">
         <v>1390</v>
       </c>
       <c r="Q195" s="19" t="s">
         <v>567</v>
       </c>
       <c r="R195" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S195" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T195" s="19" t="s">
         <v>1710</v>
       </c>
       <c r="U195" s="19" t="s">
         <v>568</v>
       </c>
       <c r="V195" s="19" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="W195" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X195" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y195" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z195" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA195" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="196" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A196" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B196" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C196" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D196" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E196" s="19" t="s">
         <v>1378</v>
       </c>
       <c r="F196" s="19" t="s">
         <v>1392</v>
       </c>
       <c r="G196" s="19" t="s">
         <v>854</v>
       </c>
       <c r="H196" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I196" s="19" t="s">
@@ -21723,75 +22340,78 @@
       <c r="K196" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L196" s="19" t="s">
         <v>1387</v>
       </c>
       <c r="M196" s="19" t="s">
         <v>569</v>
       </c>
       <c r="N196" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O196" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P196" s="19" t="s">
         <v>1387</v>
       </c>
       <c r="Q196" s="19" t="s">
         <v>570</v>
       </c>
       <c r="R196" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S196" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T196" s="19" t="s">
         <v>1391</v>
       </c>
       <c r="U196" s="19" t="s">
         <v>571</v>
       </c>
       <c r="V196" s="19" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="W196" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X196" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y196" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z196" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA196" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="197" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A197" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B197" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C197" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D197" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E197" s="19" t="s">
         <v>1378</v>
       </c>
       <c r="F197" s="19" t="s">
         <v>840</v>
       </c>
       <c r="G197" s="19" t="s">
         <v>1393</v>
       </c>
       <c r="H197" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I197" s="19" t="s">
@@ -21803,75 +22423,78 @@
       <c r="K197" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L197" s="19" t="s">
         <v>1394</v>
       </c>
       <c r="M197" s="19" t="s">
         <v>572</v>
       </c>
       <c r="N197" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O197" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P197" s="19" t="s">
         <v>1394</v>
       </c>
       <c r="Q197" s="19" t="s">
         <v>1708</v>
       </c>
       <c r="R197" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S197" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T197" s="19" t="s">
         <v>1395</v>
       </c>
       <c r="U197" s="19" t="s">
         <v>1709</v>
       </c>
       <c r="V197" s="19" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="W197" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X197" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y197" s="19" t="s">
         <v>729</v>
       </c>
       <c r="Z197" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA197" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="198" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A198" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B198" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C198" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D198" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E198" s="19" t="s">
         <v>1378</v>
       </c>
       <c r="F198" s="19" t="s">
         <v>1009</v>
       </c>
       <c r="G198" s="19" t="s">
         <v>1396</v>
       </c>
       <c r="H198" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I198" s="19" t="s">
@@ -21883,75 +22506,78 @@
       <c r="K198" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L198" s="19" t="s">
         <v>1380</v>
       </c>
       <c r="M198" s="19" t="s">
         <v>573</v>
       </c>
       <c r="N198" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O198" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P198" s="19" t="s">
         <v>1380</v>
       </c>
       <c r="Q198" s="19" t="s">
         <v>574</v>
       </c>
       <c r="R198" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S198" s="19" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="T198" s="19" t="s">
         <v>1397</v>
       </c>
       <c r="U198" s="19" t="s">
         <v>575</v>
       </c>
       <c r="V198" s="19" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="W198" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X198" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y198" s="19" t="s">
         <v>728</v>
       </c>
       <c r="Z198" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA198" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="199" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A199" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B199" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C199" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D199" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E199" s="19" t="s">
         <v>1378</v>
       </c>
       <c r="F199" s="19" t="s">
         <v>920</v>
       </c>
       <c r="G199" s="19" t="s">
         <v>1398</v>
       </c>
       <c r="H199" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I199" s="19" t="s">
@@ -21963,75 +22589,78 @@
       <c r="K199" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L199" s="19" t="s">
         <v>1380</v>
       </c>
       <c r="M199" s="19" t="s">
         <v>576</v>
       </c>
       <c r="N199" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O199" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P199" s="19" t="s">
         <v>1380</v>
       </c>
       <c r="Q199" s="19" t="s">
         <v>574</v>
       </c>
       <c r="R199" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S199" s="19" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="T199" s="19" t="s">
         <v>1399</v>
       </c>
       <c r="U199" s="19" t="s">
         <v>575</v>
       </c>
       <c r="V199" s="19" t="s">
-        <v>1916</v>
+        <v>1915</v>
       </c>
       <c r="W199" s="19" t="s">
         <v>737</v>
       </c>
       <c r="X199" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y199" s="19" t="s">
         <v>940</v>
       </c>
       <c r="Z199" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA199" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="200" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A200" s="19" t="s">
         <v>1247</v>
       </c>
       <c r="B200" s="19" t="s">
         <v>449</v>
       </c>
       <c r="C200" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D200" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E200" s="19" t="s">
         <v>1378</v>
       </c>
       <c r="F200" s="19" t="s">
         <v>937</v>
       </c>
       <c r="G200" s="19" t="s">
         <v>889</v>
       </c>
       <c r="H200" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I200" s="19" t="s">
@@ -22043,75 +22672,78 @@
       <c r="K200" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L200" s="19" t="s">
         <v>578</v>
       </c>
       <c r="M200" s="19" t="s">
         <v>577</v>
       </c>
       <c r="N200" s="19" t="s">
         <v>562</v>
       </c>
       <c r="O200" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P200" s="19" t="s">
         <v>578</v>
       </c>
       <c r="Q200" s="19" t="s">
         <v>579</v>
       </c>
       <c r="R200" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S200" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T200" s="19" t="s">
         <v>1400</v>
       </c>
       <c r="U200" s="19" t="s">
         <v>580</v>
       </c>
       <c r="V200" s="19" t="s">
-        <v>1917</v>
+        <v>1916</v>
       </c>
       <c r="W200" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X200" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y200" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z200" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA200" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="201" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A201" s="19" t="s">
         <v>1711</v>
       </c>
       <c r="B201" s="19" t="s">
         <v>1712</v>
       </c>
       <c r="C201" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D201" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E201" s="19" t="s">
         <v>1713</v>
       </c>
       <c r="F201" s="19" t="s">
         <v>816</v>
       </c>
       <c r="G201" s="19" t="s">
         <v>1714</v>
       </c>
       <c r="H201" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I201" s="19" t="s">
@@ -22123,75 +22755,78 @@
       <c r="K201" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L201" s="19" t="s">
         <v>1716</v>
       </c>
       <c r="M201" s="19" t="s">
         <v>1715</v>
       </c>
       <c r="N201" s="19" t="s">
         <v>1712</v>
       </c>
       <c r="O201" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P201" s="19" t="s">
         <v>1716</v>
       </c>
       <c r="Q201" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R201" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S201" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T201" s="19" t="s">
         <v>1717</v>
       </c>
       <c r="U201" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V201" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W201" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X201" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y201" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z201" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA201" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="202" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A202" s="19" t="s">
         <v>1157</v>
       </c>
       <c r="B202" s="19" t="s">
         <v>355</v>
       </c>
       <c r="C202" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D202" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E202" s="19" t="s">
         <v>1401</v>
       </c>
       <c r="F202" s="19" t="s">
         <v>1402</v>
       </c>
       <c r="G202" s="19" t="s">
         <v>1403</v>
       </c>
       <c r="H202" s="19" t="s">
         <v>581</v>
       </c>
       <c r="I202" s="19" t="s">
@@ -22203,75 +22838,78 @@
       <c r="K202" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L202" s="19" t="s">
         <v>584</v>
       </c>
       <c r="M202" s="19" t="s">
         <v>585</v>
       </c>
       <c r="N202" s="19" t="s">
         <v>583</v>
       </c>
       <c r="O202" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P202" s="19" t="s">
         <v>584</v>
       </c>
       <c r="Q202" s="19" t="s">
         <v>586</v>
       </c>
       <c r="R202" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S202" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T202" s="19" t="s">
         <v>1404</v>
       </c>
       <c r="U202" s="19" t="s">
         <v>587</v>
       </c>
       <c r="V202" s="19" t="s">
-        <v>1918</v>
+        <v>1917</v>
       </c>
       <c r="W202" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X202" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y202" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z202" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA202" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="203" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A203" s="19" t="s">
         <v>1015</v>
       </c>
       <c r="B203" s="19" t="s">
         <v>235</v>
       </c>
       <c r="C203" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D203" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E203" s="19" t="s">
         <v>1405</v>
       </c>
       <c r="F203" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G203" s="19" t="s">
         <v>1406</v>
       </c>
       <c r="H203" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I203" s="19" t="s">
@@ -22283,75 +22921,78 @@
       <c r="K203" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L203" s="19" t="s">
         <v>1407</v>
       </c>
       <c r="M203" s="19" t="s">
         <v>590</v>
       </c>
       <c r="N203" s="19" t="s">
         <v>591</v>
       </c>
       <c r="O203" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P203" s="19" t="s">
         <v>1408</v>
       </c>
       <c r="Q203" s="19" t="s">
         <v>592</v>
       </c>
       <c r="R203" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S203" s="19" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="T203" s="19" t="s">
         <v>1409</v>
       </c>
       <c r="U203" s="19" t="s">
         <v>593</v>
       </c>
       <c r="V203" s="19" t="s">
-        <v>1919</v>
+        <v>1918</v>
       </c>
       <c r="W203" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X203" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y203" s="19" t="s">
         <v>1718</v>
       </c>
       <c r="Z203" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA203" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="204" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A204" s="19" t="s">
         <v>1015</v>
       </c>
       <c r="B204" s="19" t="s">
         <v>235</v>
       </c>
       <c r="C204" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D204" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E204" s="19" t="s">
         <v>1405</v>
       </c>
       <c r="F204" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G204" s="19" t="s">
         <v>1410</v>
       </c>
       <c r="H204" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I204" s="19" t="s">
@@ -22363,75 +23004,78 @@
       <c r="K204" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L204" s="19" t="s">
         <v>1407</v>
       </c>
       <c r="M204" s="19" t="s">
         <v>594</v>
       </c>
       <c r="N204" s="19" t="s">
         <v>589</v>
       </c>
       <c r="O204" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P204" s="19" t="s">
         <v>1407</v>
       </c>
       <c r="Q204" s="19" t="s">
         <v>592</v>
       </c>
       <c r="R204" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S204" s="19" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="T204" s="19" t="s">
         <v>1411</v>
       </c>
       <c r="U204" s="19" t="s">
         <v>593</v>
       </c>
       <c r="V204" s="19" t="s">
-        <v>1919</v>
+        <v>1918</v>
       </c>
       <c r="W204" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X204" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y204" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z204" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA204" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="205" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A205" s="19" t="s">
         <v>1015</v>
       </c>
       <c r="B205" s="19" t="s">
         <v>235</v>
       </c>
       <c r="C205" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D205" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E205" s="19" t="s">
         <v>1405</v>
       </c>
       <c r="F205" s="19" t="s">
         <v>816</v>
       </c>
       <c r="G205" s="19" t="s">
         <v>1750</v>
       </c>
       <c r="H205" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I205" s="19" t="s">
@@ -22443,75 +23087,78 @@
       <c r="K205" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L205" s="19" t="s">
         <v>1407</v>
       </c>
       <c r="M205" s="19" t="s">
         <v>588</v>
       </c>
       <c r="N205" s="19" t="s">
         <v>589</v>
       </c>
       <c r="O205" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P205" s="19" t="s">
         <v>1407</v>
       </c>
       <c r="Q205" s="19" t="s">
         <v>592</v>
       </c>
       <c r="R205" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S205" s="19" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="T205" s="19" t="s">
         <v>1411</v>
       </c>
       <c r="U205" s="19" t="s">
         <v>1751</v>
       </c>
       <c r="V205" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W205" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X205" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y205" s="19" t="s">
         <v>1081</v>
       </c>
       <c r="Z205" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA205" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="206" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A206" s="19" t="s">
         <v>1412</v>
       </c>
       <c r="B206" s="19" t="s">
         <v>595</v>
       </c>
       <c r="C206" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D206" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E206" s="19" t="s">
         <v>1413</v>
       </c>
       <c r="F206" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G206" s="19" t="s">
         <v>1719</v>
       </c>
       <c r="H206" s="19" t="s">
         <v>596</v>
       </c>
       <c r="I206" s="19" t="s">
@@ -22523,75 +23170,78 @@
       <c r="K206" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L206" s="19" t="s">
         <v>599</v>
       </c>
       <c r="M206" s="19" t="s">
         <v>597</v>
       </c>
       <c r="N206" s="19" t="s">
         <v>598</v>
       </c>
       <c r="O206" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P206" s="19" t="s">
         <v>599</v>
       </c>
       <c r="Q206" s="19" t="s">
         <v>600</v>
       </c>
       <c r="R206" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S206" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T206" s="19" t="s">
         <v>1414</v>
       </c>
       <c r="U206" s="19" t="s">
         <v>601</v>
       </c>
       <c r="V206" s="19" t="s">
-        <v>1920</v>
+        <v>1919</v>
       </c>
       <c r="W206" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X206" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y206" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z206" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA206" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="207" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A207" s="19" t="s">
         <v>1412</v>
       </c>
       <c r="B207" s="19" t="s">
         <v>595</v>
       </c>
       <c r="C207" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D207" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E207" s="19" t="s">
         <v>1413</v>
       </c>
       <c r="F207" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G207" s="19" t="s">
         <v>1415</v>
       </c>
       <c r="H207" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I207" s="19" t="s">
@@ -22603,75 +23253,78 @@
       <c r="K207" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L207" s="19" t="s">
         <v>1416</v>
       </c>
       <c r="M207" s="19" t="s">
         <v>602</v>
       </c>
       <c r="N207" s="19" t="s">
         <v>598</v>
       </c>
       <c r="O207" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P207" s="19" t="s">
         <v>1416</v>
       </c>
       <c r="Q207" s="19" t="s">
         <v>603</v>
       </c>
       <c r="R207" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S207" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T207" s="19" t="s">
         <v>1417</v>
       </c>
       <c r="U207" s="19" t="s">
         <v>604</v>
       </c>
       <c r="V207" s="19" t="s">
-        <v>1921</v>
+        <v>1920</v>
       </c>
       <c r="W207" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X207" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y207" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z207" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA207" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="208" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A208" s="19" t="s">
         <v>782</v>
       </c>
       <c r="B208" s="19" t="s">
         <v>605</v>
       </c>
       <c r="C208" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D208" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E208" s="19" t="s">
         <v>1418</v>
       </c>
       <c r="F208" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G208" s="19" t="s">
         <v>1419</v>
       </c>
       <c r="H208" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I208" s="19" t="s">
@@ -22683,75 +23336,78 @@
       <c r="K208" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L208" s="19" t="s">
         <v>1420</v>
       </c>
       <c r="M208" s="19" t="s">
         <v>606</v>
       </c>
       <c r="N208" s="19" t="s">
         <v>607</v>
       </c>
       <c r="O208" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P208" s="19" t="s">
         <v>1420</v>
       </c>
       <c r="Q208" s="19" t="s">
         <v>609</v>
       </c>
       <c r="R208" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S208" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T208" s="19" t="s">
         <v>1421</v>
       </c>
       <c r="U208" s="19" t="s">
         <v>1720</v>
       </c>
       <c r="V208" s="19" t="s">
-        <v>1922</v>
+        <v>1921</v>
       </c>
       <c r="W208" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X208" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y208" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z208" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA208" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="209" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A209" s="19" t="s">
         <v>782</v>
       </c>
       <c r="B209" s="19" t="s">
         <v>605</v>
       </c>
       <c r="C209" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D209" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E209" s="19" t="s">
         <v>1418</v>
       </c>
       <c r="F209" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G209" s="19" t="s">
         <v>1422</v>
       </c>
       <c r="H209" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I209" s="19" t="s">
@@ -22763,75 +23419,78 @@
       <c r="K209" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L209" s="19" t="s">
         <v>1420</v>
       </c>
       <c r="M209" s="19" t="s">
         <v>606</v>
       </c>
       <c r="N209" s="19" t="s">
         <v>607</v>
       </c>
       <c r="O209" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P209" s="19" t="s">
         <v>1420</v>
       </c>
       <c r="Q209" s="19" t="s">
         <v>609</v>
       </c>
       <c r="R209" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S209" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T209" s="19" t="s">
         <v>1421</v>
       </c>
       <c r="U209" s="19" t="s">
         <v>610</v>
       </c>
       <c r="V209" s="19" t="s">
-        <v>1922</v>
+        <v>1921</v>
       </c>
       <c r="W209" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X209" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y209" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z209" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA209" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="210" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A210" s="19" t="s">
         <v>1163</v>
       </c>
       <c r="B210" s="19" t="s">
         <v>360</v>
       </c>
       <c r="C210" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D210" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E210" s="19" t="s">
         <v>1423</v>
       </c>
       <c r="F210" s="19" t="s">
         <v>820</v>
       </c>
       <c r="G210" s="19" t="s">
         <v>1424</v>
       </c>
       <c r="H210" s="19" t="s">
         <v>611</v>
       </c>
       <c r="I210" s="19" t="s">
@@ -22843,75 +23502,78 @@
       <c r="K210" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L210" s="19" t="s">
         <v>614</v>
       </c>
       <c r="M210" s="19" t="s">
         <v>612</v>
       </c>
       <c r="N210" s="19" t="s">
         <v>613</v>
       </c>
       <c r="O210" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P210" s="19" t="s">
         <v>614</v>
       </c>
       <c r="Q210" s="19" t="s">
         <v>615</v>
       </c>
       <c r="R210" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S210" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T210" s="19" t="s">
         <v>1425</v>
       </c>
       <c r="U210" s="19" t="s">
         <v>1426</v>
       </c>
       <c r="V210" s="19" t="s">
-        <v>1923</v>
+        <v>1922</v>
       </c>
       <c r="W210" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X210" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y210" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z210" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA210" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="211" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A211" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B211" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C211" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D211" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E211" s="19" t="s">
         <v>1427</v>
       </c>
       <c r="F211" s="19" t="s">
         <v>1428</v>
       </c>
       <c r="G211" s="19" t="s">
         <v>1429</v>
       </c>
       <c r="H211" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I211" s="19" t="s">
@@ -22923,75 +23585,78 @@
       <c r="K211" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L211" s="19" t="s">
         <v>617</v>
       </c>
       <c r="M211" s="19" t="s">
         <v>616</v>
       </c>
       <c r="N211" s="19" t="s">
         <v>417</v>
       </c>
       <c r="O211" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P211" s="19" t="s">
         <v>617</v>
       </c>
       <c r="Q211" s="19" t="s">
         <v>618</v>
       </c>
       <c r="R211" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S211" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T211" s="19" t="s">
         <v>1430</v>
       </c>
       <c r="U211" s="19" t="s">
         <v>619</v>
       </c>
       <c r="V211" s="19" t="s">
-        <v>1924</v>
+        <v>1923</v>
       </c>
       <c r="W211" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X211" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y211" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z211" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA211" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="212" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A212" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B212" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C212" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D212" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E212" s="19" t="s">
         <v>1427</v>
       </c>
       <c r="F212" s="19" t="s">
         <v>1118</v>
       </c>
       <c r="G212" s="19" t="s">
         <v>1431</v>
       </c>
       <c r="H212" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I212" s="19" t="s">
@@ -23003,75 +23668,78 @@
       <c r="K212" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L212" s="19" t="s">
         <v>1432</v>
       </c>
       <c r="M212" s="19" t="s">
         <v>620</v>
       </c>
       <c r="N212" s="19" t="s">
         <v>417</v>
       </c>
       <c r="O212" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P212" s="19" t="s">
         <v>1432</v>
       </c>
       <c r="Q212" s="19" t="s">
         <v>621</v>
       </c>
       <c r="R212" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S212" s="19" t="s">
-        <v>1778</v>
+        <v>1777</v>
       </c>
       <c r="T212" s="19" t="s">
         <v>1433</v>
       </c>
       <c r="U212" s="19" t="s">
         <v>622</v>
       </c>
       <c r="V212" s="19" t="s">
-        <v>1925</v>
+        <v>1924</v>
       </c>
       <c r="W212" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X212" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y212" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z212" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA212" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="213" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A213" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B213" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C213" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D213" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E213" s="19" t="s">
         <v>1427</v>
       </c>
       <c r="F213" s="19" t="s">
         <v>803</v>
       </c>
       <c r="G213" s="19" t="s">
         <v>1434</v>
       </c>
       <c r="H213" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I213" s="19" t="s">
@@ -23083,75 +23751,78 @@
       <c r="K213" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L213" s="19" t="s">
         <v>1432</v>
       </c>
       <c r="M213" s="19" t="s">
         <v>620</v>
       </c>
       <c r="N213" s="19" t="s">
         <v>417</v>
       </c>
       <c r="O213" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P213" s="19" t="s">
         <v>1432</v>
       </c>
       <c r="Q213" s="19" t="s">
         <v>623</v>
       </c>
       <c r="R213" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S213" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T213" s="19" t="s">
         <v>1435</v>
       </c>
       <c r="U213" s="19" t="s">
         <v>624</v>
       </c>
       <c r="V213" s="19" t="s">
-        <v>1925</v>
+        <v>1924</v>
       </c>
       <c r="W213" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X213" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y213" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z213" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA213" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="214" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A214" s="19" t="s">
         <v>813</v>
       </c>
       <c r="B214" s="19" t="s">
         <v>625</v>
       </c>
       <c r="C214" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D214" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E214" s="19" t="s">
         <v>1436</v>
       </c>
       <c r="F214" s="19" t="s">
         <v>1402</v>
       </c>
       <c r="G214" s="19" t="s">
         <v>1437</v>
       </c>
       <c r="H214" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I214" s="19" t="s">
@@ -23163,75 +23834,78 @@
       <c r="K214" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L214" s="19" t="s">
         <v>1438</v>
       </c>
       <c r="M214" s="19" t="s">
         <v>626</v>
       </c>
       <c r="N214" s="19" t="s">
         <v>627</v>
       </c>
       <c r="O214" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P214" s="19" t="s">
         <v>1438</v>
       </c>
       <c r="Q214" s="19" t="s">
         <v>628</v>
       </c>
       <c r="R214" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S214" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T214" s="19" t="s">
         <v>1439</v>
       </c>
       <c r="U214" s="19" t="s">
         <v>629</v>
       </c>
       <c r="V214" s="19" t="s">
-        <v>1926</v>
+        <v>1925</v>
       </c>
       <c r="W214" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X214" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y214" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z214" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA214" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="215" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A215" s="19" t="s">
         <v>1281</v>
       </c>
       <c r="B215" s="19" t="s">
         <v>482</v>
       </c>
       <c r="C215" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D215" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E215" s="19" t="s">
         <v>1440</v>
       </c>
       <c r="F215" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G215" s="19" t="s">
         <v>1441</v>
       </c>
       <c r="H215" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I215" s="19" t="s">
@@ -23243,75 +23917,78 @@
       <c r="K215" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L215" s="19" t="s">
         <v>1442</v>
       </c>
       <c r="M215" s="19" t="s">
         <v>630</v>
       </c>
       <c r="N215" s="19" t="s">
         <v>482</v>
       </c>
       <c r="O215" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P215" s="19" t="s">
         <v>1442</v>
       </c>
       <c r="Q215" s="19" t="s">
         <v>1721</v>
       </c>
       <c r="R215" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S215" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T215" s="19" t="s">
         <v>1443</v>
       </c>
       <c r="U215" s="19" t="s">
         <v>1722</v>
       </c>
       <c r="V215" s="19" t="s">
-        <v>1927</v>
+        <v>1926</v>
       </c>
       <c r="W215" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X215" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y215" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z215" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA215" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="216" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A216" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B216" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C216" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D216" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E216" s="19" t="s">
         <v>1444</v>
       </c>
       <c r="F216" s="19" t="s">
         <v>913</v>
       </c>
       <c r="G216" s="19" t="s">
         <v>1445</v>
       </c>
       <c r="H216" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I216" s="19" t="s">
@@ -23323,75 +24000,78 @@
       <c r="K216" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L216" s="19" t="s">
         <v>1446</v>
       </c>
       <c r="M216" s="19" t="s">
         <v>631</v>
       </c>
       <c r="N216" s="19" t="s">
         <v>632</v>
       </c>
       <c r="O216" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P216" s="19" t="s">
         <v>1446</v>
       </c>
       <c r="Q216" s="19" t="s">
         <v>633</v>
       </c>
       <c r="R216" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S216" s="19" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="T216" s="19" t="s">
         <v>1447</v>
       </c>
       <c r="U216" s="19" t="s">
         <v>634</v>
       </c>
       <c r="V216" s="19" t="s">
-        <v>1928</v>
+        <v>1927</v>
       </c>
       <c r="W216" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X216" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y216" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z216" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA216" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="217" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A217" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B217" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C217" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D217" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E217" s="19" t="s">
         <v>1444</v>
       </c>
       <c r="F217" s="19" t="s">
         <v>837</v>
       </c>
       <c r="G217" s="19" t="s">
         <v>1448</v>
       </c>
       <c r="H217" s="19" t="s">
         <v>635</v>
       </c>
       <c r="I217" s="19" t="s">
@@ -23403,75 +24083,78 @@
       <c r="K217" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L217" s="19" t="s">
         <v>638</v>
       </c>
       <c r="M217" s="19" t="s">
         <v>636</v>
       </c>
       <c r="N217" s="19" t="s">
         <v>637</v>
       </c>
       <c r="O217" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P217" s="19" t="s">
         <v>638</v>
       </c>
       <c r="Q217" s="19" t="s">
         <v>639</v>
       </c>
       <c r="R217" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S217" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T217" s="19" t="s">
         <v>1449</v>
       </c>
       <c r="U217" s="19" t="s">
         <v>640</v>
       </c>
       <c r="V217" s="19" t="s">
-        <v>1929</v>
+        <v>1928</v>
       </c>
       <c r="W217" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X217" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y217" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z217" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA217" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="218" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A218" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B218" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C218" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D218" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E218" s="19" t="s">
         <v>1444</v>
       </c>
       <c r="F218" s="19" t="s">
         <v>1428</v>
       </c>
       <c r="G218" s="19" t="s">
         <v>1450</v>
       </c>
       <c r="H218" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I218" s="19" t="s">
@@ -23483,75 +24166,78 @@
       <c r="K218" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L218" s="19" t="s">
         <v>1446</v>
       </c>
       <c r="M218" s="19" t="s">
         <v>641</v>
       </c>
       <c r="N218" s="19" t="s">
         <v>632</v>
       </c>
       <c r="O218" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P218" s="19" t="s">
         <v>1446</v>
       </c>
       <c r="Q218" s="19" t="s">
         <v>642</v>
       </c>
       <c r="R218" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S218" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T218" s="19" t="s">
         <v>1451</v>
       </c>
       <c r="U218" s="19" t="s">
         <v>643</v>
       </c>
       <c r="V218" s="19" t="s">
-        <v>1930</v>
+        <v>1929</v>
       </c>
       <c r="W218" s="19" t="s">
         <v>737</v>
       </c>
       <c r="X218" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y218" s="19" t="s">
         <v>936</v>
       </c>
       <c r="Z218" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA218" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="219" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A219" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B219" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C219" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D219" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E219" s="19" t="s">
         <v>1444</v>
       </c>
       <c r="F219" s="19" t="s">
         <v>840</v>
       </c>
       <c r="G219" s="19" t="s">
         <v>1452</v>
       </c>
       <c r="H219" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I219" s="19" t="s">
@@ -23563,75 +24249,78 @@
       <c r="K219" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L219" s="19" t="s">
         <v>1446</v>
       </c>
       <c r="M219" s="19" t="s">
         <v>644</v>
       </c>
       <c r="N219" s="19" t="s">
         <v>632</v>
       </c>
       <c r="O219" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P219" s="19" t="s">
         <v>1446</v>
       </c>
       <c r="Q219" s="19" t="s">
         <v>645</v>
       </c>
       <c r="R219" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S219" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T219" s="19" t="s">
         <v>1453</v>
       </c>
       <c r="U219" s="19" t="s">
         <v>646</v>
       </c>
       <c r="V219" s="19" t="s">
-        <v>1931</v>
+        <v>1930</v>
       </c>
       <c r="W219" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X219" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y219" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z219" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA219" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="220" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A220" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B220" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C220" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D220" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E220" s="19" t="s">
         <v>1444</v>
       </c>
       <c r="F220" s="19" t="s">
         <v>1009</v>
       </c>
       <c r="G220" s="19" t="s">
         <v>1454</v>
       </c>
       <c r="H220" s="19" t="s">
         <v>647</v>
       </c>
       <c r="I220" s="19" t="s">
@@ -23643,75 +24332,78 @@
       <c r="K220" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L220" s="19" t="s">
         <v>1455</v>
       </c>
       <c r="M220" s="19" t="s">
         <v>648</v>
       </c>
       <c r="N220" s="19" t="s">
         <v>637</v>
       </c>
       <c r="O220" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P220" s="19" t="s">
         <v>1455</v>
       </c>
       <c r="Q220" s="19" t="s">
         <v>649</v>
       </c>
       <c r="R220" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S220" s="19" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="T220" s="19" t="s">
         <v>1456</v>
       </c>
       <c r="U220" s="19" t="s">
         <v>650</v>
       </c>
       <c r="V220" s="19" t="s">
-        <v>1929</v>
+        <v>1928</v>
       </c>
       <c r="W220" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X220" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y220" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z220" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA220" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="221" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A221" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B221" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C221" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D221" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E221" s="19" t="s">
         <v>1444</v>
       </c>
       <c r="F221" s="19" t="s">
         <v>1723</v>
       </c>
       <c r="G221" s="19" t="s">
         <v>1724</v>
       </c>
       <c r="H221" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I221" s="19" t="s">
@@ -23723,75 +24415,78 @@
       <c r="K221" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L221" s="19" t="s">
         <v>1459</v>
       </c>
       <c r="M221" s="19" t="s">
         <v>1725</v>
       </c>
       <c r="N221" s="19" t="s">
         <v>632</v>
       </c>
       <c r="O221" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P221" s="19" t="s">
         <v>1459</v>
       </c>
       <c r="Q221" s="19" t="s">
         <v>1726</v>
       </c>
       <c r="R221" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S221" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T221" s="19" t="s">
         <v>1727</v>
       </c>
       <c r="U221" s="19" t="s">
         <v>1728</v>
       </c>
       <c r="V221" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W221" s="19" t="s">
         <v>736</v>
       </c>
       <c r="X221" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y221" s="19" t="s">
         <v>723</v>
       </c>
       <c r="Z221" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA221" s="20" t="s">
+        <v>1955</v>
+      </c>
     </row>
-    <row r="222" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A222" s="19" t="s">
         <v>750</v>
       </c>
       <c r="B222" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C222" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D222" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E222" s="19" t="s">
         <v>1444</v>
       </c>
       <c r="F222" s="19" t="s">
         <v>1270</v>
       </c>
       <c r="G222" s="19" t="s">
         <v>1457</v>
       </c>
       <c r="H222" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I222" s="19" t="s">
@@ -23803,75 +24498,78 @@
       <c r="K222" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L222" s="19" t="s">
         <v>1446</v>
       </c>
       <c r="M222" s="19" t="s">
         <v>651</v>
       </c>
       <c r="N222" s="19" t="s">
         <v>632</v>
       </c>
       <c r="O222" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P222" s="19" t="s">
         <v>1446</v>
       </c>
       <c r="Q222" s="19" t="s">
         <v>652</v>
       </c>
       <c r="R222" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S222" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T222" s="19" t="s">
         <v>1458</v>
       </c>
       <c r="U222" s="19" t="s">
         <v>653</v>
       </c>
       <c r="V222" s="19" t="s">
-        <v>1932</v>
+        <v>1931</v>
       </c>
       <c r="W222" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X222" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y222" s="19" t="s">
         <v>732</v>
       </c>
       <c r="Z222" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA222" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="223" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A223" s="19" t="s">
         <v>1340</v>
       </c>
       <c r="B223" s="19" t="s">
         <v>530</v>
       </c>
       <c r="C223" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D223" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E223" s="19" t="s">
         <v>1461</v>
       </c>
       <c r="F223" s="19" t="s">
         <v>762</v>
       </c>
       <c r="G223" s="19" t="s">
         <v>1462</v>
       </c>
       <c r="H223" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I223" s="19" t="s">
@@ -23883,75 +24581,78 @@
       <c r="K223" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L223" s="19" t="s">
         <v>1463</v>
       </c>
       <c r="M223" s="19" t="s">
         <v>656</v>
       </c>
       <c r="N223" s="19" t="s">
         <v>657</v>
       </c>
       <c r="O223" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P223" s="19" t="s">
         <v>1463</v>
       </c>
       <c r="Q223" s="19" t="s">
         <v>658</v>
       </c>
       <c r="R223" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S223" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T223" s="19" t="s">
         <v>1464</v>
       </c>
       <c r="U223" s="19" t="s">
         <v>659</v>
       </c>
       <c r="V223" s="19" t="s">
-        <v>1933</v>
+        <v>1932</v>
       </c>
       <c r="W223" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X223" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y223" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z223" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA223" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="224" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A224" s="19" t="s">
         <v>813</v>
       </c>
       <c r="B224" s="19" t="s">
         <v>625</v>
       </c>
       <c r="C224" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D224" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E224" s="19" t="s">
         <v>1465</v>
       </c>
       <c r="F224" s="19" t="s">
         <v>1617</v>
       </c>
       <c r="G224" s="19" t="s">
         <v>1729</v>
       </c>
       <c r="H224" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I224" s="19" t="s">
@@ -23963,75 +24664,78 @@
       <c r="K224" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L224" s="19" t="s">
         <v>1467</v>
       </c>
       <c r="M224" s="19" t="s">
         <v>1730</v>
       </c>
       <c r="N224" s="19" t="s">
         <v>661</v>
       </c>
       <c r="O224" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P224" s="19" t="s">
         <v>1467</v>
       </c>
       <c r="Q224" s="19" t="s">
         <v>1731</v>
       </c>
       <c r="R224" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S224" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T224" s="19" t="s">
         <v>1732</v>
       </c>
       <c r="U224" s="19" t="s">
         <v>1733</v>
       </c>
       <c r="V224" s="19" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="W224" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X224" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y224" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z224" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA224" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="225" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A225" s="19" t="s">
         <v>813</v>
       </c>
       <c r="B225" s="19" t="s">
         <v>625</v>
       </c>
       <c r="C225" s="19" t="s">
         <v>750</v>
       </c>
       <c r="D225" s="19" t="s">
         <v>751</v>
       </c>
       <c r="E225" s="19" t="s">
         <v>1465</v>
       </c>
       <c r="F225" s="19" t="s">
         <v>1466</v>
       </c>
       <c r="G225" s="19" t="s">
         <v>889</v>
       </c>
       <c r="H225" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I225" s="19" t="s">
@@ -24043,75 +24747,78 @@
       <c r="K225" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L225" s="19" t="s">
         <v>1467</v>
       </c>
       <c r="M225" s="19" t="s">
         <v>662</v>
       </c>
       <c r="N225" s="19" t="s">
         <v>661</v>
       </c>
       <c r="O225" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P225" s="19" t="s">
         <v>1467</v>
       </c>
       <c r="Q225" s="19" t="s">
         <v>1734</v>
       </c>
       <c r="R225" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S225" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T225" s="19" t="s">
         <v>1468</v>
       </c>
       <c r="U225" s="19" t="s">
         <v>1735</v>
       </c>
       <c r="V225" s="19" t="s">
-        <v>1935</v>
+        <v>1934</v>
       </c>
       <c r="W225" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X225" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y225" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z225" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA225" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="226" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A226" s="19" t="s">
         <v>1469</v>
       </c>
       <c r="B226" s="19" t="s">
         <v>663</v>
       </c>
       <c r="C226" s="19" t="s">
         <v>759</v>
       </c>
       <c r="D226" s="19" t="s">
         <v>760</v>
       </c>
       <c r="E226" s="19" t="s">
         <v>1470</v>
       </c>
       <c r="F226" s="19" t="s">
         <v>777</v>
       </c>
       <c r="G226" s="19" t="s">
         <v>1471</v>
       </c>
       <c r="H226" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I226" s="19" t="s">
@@ -24123,75 +24830,78 @@
       <c r="K226" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L226" s="19" t="s">
         <v>666</v>
       </c>
       <c r="M226" s="19" t="s">
         <v>664</v>
       </c>
       <c r="N226" s="19" t="s">
         <v>665</v>
       </c>
       <c r="O226" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P226" s="19" t="s">
         <v>666</v>
       </c>
       <c r="Q226" s="19" t="s">
         <v>667</v>
       </c>
       <c r="R226" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S226" s="19" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="T226" s="19" t="s">
         <v>1472</v>
       </c>
       <c r="U226" s="19" t="s">
         <v>668</v>
       </c>
       <c r="V226" s="19" t="s">
-        <v>1936</v>
+        <v>1935</v>
       </c>
       <c r="W226" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X226" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y226" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z226" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA226" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="227" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A227" s="19" t="s">
         <v>1473</v>
       </c>
       <c r="B227" s="19" t="s">
         <v>669</v>
       </c>
       <c r="C227" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D227" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E227" s="19" t="s">
         <v>1474</v>
       </c>
       <c r="F227" s="19" t="s">
         <v>803</v>
       </c>
       <c r="G227" s="19" t="s">
         <v>1475</v>
       </c>
       <c r="H227" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I227" s="19" t="s">
@@ -24203,75 +24913,78 @@
       <c r="K227" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L227" s="19" t="s">
         <v>1476</v>
       </c>
       <c r="M227" s="19" t="s">
         <v>670</v>
       </c>
       <c r="N227" s="19" t="s">
         <v>671</v>
       </c>
       <c r="O227" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P227" s="19" t="s">
         <v>1476</v>
       </c>
       <c r="Q227" s="19" t="s">
         <v>672</v>
       </c>
       <c r="R227" s="19" t="s">
         <v>109</v>
       </c>
       <c r="S227" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T227" s="19" t="s">
         <v>1477</v>
       </c>
       <c r="U227" s="19" t="s">
         <v>673</v>
       </c>
       <c r="V227" s="19" t="s">
-        <v>1937</v>
+        <v>1936</v>
       </c>
       <c r="W227" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X227" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y227" s="19" t="s">
         <v>882</v>
       </c>
       <c r="Z227" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA227" s="20" t="s">
+        <v>1958</v>
+      </c>
     </row>
-    <row r="228" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A228" s="19" t="s">
         <v>1478</v>
       </c>
       <c r="B228" s="19" t="s">
         <v>674</v>
       </c>
       <c r="C228" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D228" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E228" s="19" t="s">
         <v>1479</v>
       </c>
       <c r="F228" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G228" s="19" t="s">
         <v>1480</v>
       </c>
       <c r="H228" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I228" s="19" t="s">
@@ -24283,75 +24996,78 @@
       <c r="K228" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L228" s="19" t="s">
         <v>676</v>
       </c>
       <c r="M228" s="19" t="s">
         <v>677</v>
       </c>
       <c r="N228" s="19" t="s">
         <v>675</v>
       </c>
       <c r="O228" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P228" s="19" t="s">
         <v>1481</v>
       </c>
       <c r="Q228" s="19" t="s">
         <v>678</v>
       </c>
       <c r="R228" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S228" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T228" s="19" t="s">
         <v>1482</v>
       </c>
       <c r="U228" s="19" t="s">
         <v>679</v>
       </c>
       <c r="V228" s="19" t="s">
-        <v>1938</v>
+        <v>1937</v>
       </c>
       <c r="W228" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X228" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y228" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z228" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA228" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="229" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A229" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B229" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C229" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D229" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E229" s="19" t="s">
         <v>1483</v>
       </c>
       <c r="F229" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G229" s="19" t="s">
         <v>1484</v>
       </c>
       <c r="H229" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I229" s="19" t="s">
@@ -24363,75 +25079,78 @@
       <c r="K229" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L229" s="19" t="s">
         <v>1485</v>
       </c>
       <c r="M229" s="19" t="s">
         <v>680</v>
       </c>
       <c r="N229" s="19" t="s">
         <v>657</v>
       </c>
       <c r="O229" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P229" s="19" t="s">
         <v>1485</v>
       </c>
       <c r="Q229" s="19" t="s">
         <v>681</v>
       </c>
       <c r="R229" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S229" s="19" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="T229" s="19" t="s">
         <v>1486</v>
       </c>
       <c r="U229" s="19" t="s">
         <v>682</v>
       </c>
       <c r="V229" s="19" t="s">
-        <v>1939</v>
+        <v>1938</v>
       </c>
       <c r="W229" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X229" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y229" s="19" t="s">
         <v>823</v>
       </c>
       <c r="Z229" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA229" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="230" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A230" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B230" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C230" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D230" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E230" s="19" t="s">
         <v>1483</v>
       </c>
       <c r="F230" s="19" t="s">
         <v>788</v>
       </c>
       <c r="G230" s="19" t="s">
         <v>854</v>
       </c>
       <c r="H230" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I230" s="19" t="s">
@@ -24443,75 +25162,78 @@
       <c r="K230" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L230" s="19" t="s">
         <v>1485</v>
       </c>
       <c r="M230" s="19" t="s">
         <v>683</v>
       </c>
       <c r="N230" s="19" t="s">
         <v>657</v>
       </c>
       <c r="O230" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P230" s="19" t="s">
         <v>1485</v>
       </c>
       <c r="Q230" s="19" t="s">
         <v>684</v>
       </c>
       <c r="R230" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S230" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T230" s="19" t="s">
         <v>1487</v>
       </c>
       <c r="U230" s="19" t="s">
         <v>685</v>
       </c>
       <c r="V230" s="19" t="s">
-        <v>1940</v>
+        <v>1939</v>
       </c>
       <c r="W230" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X230" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y230" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z230" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA230" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="231" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A231" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B231" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C231" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D231" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E231" s="19" t="s">
         <v>1483</v>
       </c>
       <c r="F231" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G231" s="19" t="s">
         <v>1488</v>
       </c>
       <c r="H231" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I231" s="19" t="s">
@@ -24523,75 +25245,78 @@
       <c r="K231" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L231" s="19" t="s">
         <v>1485</v>
       </c>
       <c r="M231" s="19" t="s">
         <v>686</v>
       </c>
       <c r="N231" s="19" t="s">
         <v>657</v>
       </c>
       <c r="O231" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P231" s="19" t="s">
         <v>1485</v>
       </c>
       <c r="Q231" s="19" t="s">
         <v>687</v>
       </c>
       <c r="R231" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S231" s="19" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="T231" s="19" t="s">
         <v>1489</v>
       </c>
       <c r="U231" s="19" t="s">
         <v>688</v>
       </c>
       <c r="V231" s="19" t="s">
-        <v>1941</v>
+        <v>1940</v>
       </c>
       <c r="W231" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X231" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y231" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z231" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA231" s="20" t="s">
+        <v>1958</v>
+      </c>
     </row>
-    <row r="232" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A232" s="19" t="s">
         <v>798</v>
       </c>
       <c r="B232" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C232" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D232" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E232" s="19" t="s">
         <v>1483</v>
       </c>
       <c r="F232" s="19" t="s">
         <v>837</v>
       </c>
       <c r="G232" s="19" t="s">
         <v>1736</v>
       </c>
       <c r="H232" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I232" s="19" t="s">
@@ -24603,75 +25328,78 @@
       <c r="K232" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L232" s="19" t="s">
         <v>1485</v>
       </c>
       <c r="M232" s="19" t="s">
         <v>1737</v>
       </c>
       <c r="N232" s="19" t="s">
         <v>657</v>
       </c>
       <c r="O232" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P232" s="19" t="s">
         <v>1485</v>
       </c>
       <c r="Q232" s="19" t="s">
         <v>1594</v>
       </c>
       <c r="R232" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S232" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T232" s="19" t="s">
         <v>1595</v>
       </c>
       <c r="U232" s="19" t="s">
         <v>1596</v>
       </c>
       <c r="V232" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W232" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X232" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y232" s="19" t="s">
         <v>733</v>
       </c>
       <c r="Z232" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA232" s="20" t="s">
+        <v>1957</v>
+      </c>
     </row>
-    <row r="233" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A233" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B233" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C233" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D233" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E233" s="19" t="s">
         <v>1490</v>
       </c>
       <c r="F233" s="19" t="s">
         <v>853</v>
       </c>
       <c r="G233" s="19" t="s">
         <v>1491</v>
       </c>
       <c r="H233" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I233" s="19" t="s">
@@ -24683,75 +25411,78 @@
       <c r="K233" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L233" s="19" t="s">
         <v>691</v>
       </c>
       <c r="M233" s="19" t="s">
         <v>689</v>
       </c>
       <c r="N233" s="19" t="s">
         <v>690</v>
       </c>
       <c r="O233" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P233" s="19" t="s">
         <v>691</v>
       </c>
       <c r="Q233" s="19" t="s">
         <v>692</v>
       </c>
       <c r="R233" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S233" s="19" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="T233" s="19" t="s">
         <v>1492</v>
       </c>
       <c r="U233" s="19" t="s">
         <v>693</v>
       </c>
       <c r="V233" s="19" t="s">
-        <v>1942</v>
+        <v>1941</v>
       </c>
       <c r="W233" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X233" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y233" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z233" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA233" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="234" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A234" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B234" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C234" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D234" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E234" s="19" t="s">
         <v>1490</v>
       </c>
       <c r="F234" s="19" t="s">
         <v>1493</v>
       </c>
       <c r="G234" s="19" t="s">
         <v>1494</v>
       </c>
       <c r="H234" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I234" s="19" t="s">
@@ -24763,75 +25494,78 @@
       <c r="K234" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L234" s="19" t="s">
         <v>1495</v>
       </c>
       <c r="M234" s="19" t="s">
         <v>694</v>
       </c>
       <c r="N234" s="19" t="s">
         <v>690</v>
       </c>
       <c r="O234" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P234" s="19" t="s">
         <v>1495</v>
       </c>
       <c r="Q234" s="19" t="s">
         <v>695</v>
       </c>
       <c r="R234" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S234" s="19" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="T234" s="19" t="s">
         <v>1496</v>
       </c>
       <c r="U234" s="19" t="s">
         <v>696</v>
       </c>
       <c r="V234" s="19" t="s">
-        <v>1943</v>
+        <v>1942</v>
       </c>
       <c r="W234" s="19" t="s">
         <v>734</v>
       </c>
       <c r="X234" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y234" s="19" t="s">
         <v>806</v>
       </c>
       <c r="Z234" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA234" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="235" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A235" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B235" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C235" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D235" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E235" s="19" t="s">
         <v>1490</v>
       </c>
       <c r="F235" s="19" t="s">
         <v>1497</v>
       </c>
       <c r="G235" s="19" t="s">
         <v>1498</v>
       </c>
       <c r="H235" s="19" t="s">
         <v>697</v>
       </c>
       <c r="I235" s="19" t="s">
@@ -24843,75 +25577,78 @@
       <c r="K235" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L235" s="19" t="s">
         <v>1499</v>
       </c>
       <c r="M235" s="19" t="s">
         <v>698</v>
       </c>
       <c r="N235" s="19" t="s">
         <v>699</v>
       </c>
       <c r="O235" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P235" s="19" t="s">
         <v>1499</v>
       </c>
       <c r="Q235" s="19" t="s">
         <v>1738</v>
       </c>
       <c r="R235" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S235" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T235" s="19" t="s">
         <v>1500</v>
       </c>
       <c r="U235" s="19" t="s">
         <v>700</v>
       </c>
       <c r="V235" s="19" t="s">
-        <v>1944</v>
+        <v>1943</v>
       </c>
       <c r="W235" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X235" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y235" s="19" t="s">
         <v>726</v>
       </c>
       <c r="Z235" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA235" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="236" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A236" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B236" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C236" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D236" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E236" s="19" t="s">
         <v>1490</v>
       </c>
       <c r="F236" s="19" t="s">
         <v>1501</v>
       </c>
       <c r="G236" s="19" t="s">
         <v>1502</v>
       </c>
       <c r="H236" s="19" t="s">
         <v>701</v>
       </c>
       <c r="I236" s="19" t="s">
@@ -24923,75 +25660,78 @@
       <c r="K236" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L236" s="19" t="s">
         <v>1503</v>
       </c>
       <c r="M236" s="19" t="s">
         <v>702</v>
       </c>
       <c r="N236" s="19" t="s">
         <v>703</v>
       </c>
       <c r="O236" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P236" s="19" t="s">
         <v>1503</v>
       </c>
       <c r="Q236" s="19" t="s">
         <v>704</v>
       </c>
       <c r="R236" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S236" s="19" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="T236" s="19" t="s">
         <v>1504</v>
       </c>
       <c r="U236" s="19" t="s">
         <v>705</v>
       </c>
       <c r="V236" s="19" t="s">
-        <v>1945</v>
+        <v>1944</v>
       </c>
       <c r="W236" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X236" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y236" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z236" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA236" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="237" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A237" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B237" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C237" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D237" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E237" s="19" t="s">
         <v>1490</v>
       </c>
       <c r="F237" s="19" t="s">
         <v>1505</v>
       </c>
       <c r="G237" s="19" t="s">
         <v>1506</v>
       </c>
       <c r="H237" s="19" t="s">
         <v>581</v>
       </c>
       <c r="I237" s="19" t="s">
@@ -25003,75 +25743,78 @@
       <c r="K237" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L237" s="19" t="s">
         <v>708</v>
       </c>
       <c r="M237" s="19" t="s">
         <v>706</v>
       </c>
       <c r="N237" s="19" t="s">
         <v>707</v>
       </c>
       <c r="O237" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P237" s="19" t="s">
         <v>708</v>
       </c>
       <c r="Q237" s="19" t="s">
         <v>709</v>
       </c>
       <c r="R237" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S237" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T237" s="19" t="s">
         <v>1507</v>
       </c>
       <c r="U237" s="19" t="s">
         <v>710</v>
       </c>
       <c r="V237" s="19" t="s">
-        <v>1946</v>
+        <v>1945</v>
       </c>
       <c r="W237" s="19" t="s">
         <v>737</v>
       </c>
       <c r="X237" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y237" s="19" t="s">
         <v>936</v>
       </c>
       <c r="Z237" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA237" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="238" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A238" s="19" t="s">
         <v>1076</v>
       </c>
       <c r="B238" s="19" t="s">
         <v>291</v>
       </c>
       <c r="C238" s="19" t="s">
         <v>774</v>
       </c>
       <c r="D238" s="19" t="s">
         <v>775</v>
       </c>
       <c r="E238" s="19" t="s">
         <v>1490</v>
       </c>
       <c r="F238" s="19" t="s">
         <v>1508</v>
       </c>
       <c r="G238" s="19" t="s">
         <v>1509</v>
       </c>
       <c r="H238" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I238" s="19" t="s">
@@ -25083,75 +25826,78 @@
       <c r="K238" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L238" s="19" t="s">
         <v>1510</v>
       </c>
       <c r="M238" s="19" t="s">
         <v>711</v>
       </c>
       <c r="N238" s="19" t="s">
         <v>712</v>
       </c>
       <c r="O238" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P238" s="19" t="s">
         <v>1510</v>
       </c>
       <c r="Q238" s="19" t="s">
         <v>709</v>
       </c>
       <c r="R238" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S238" s="19" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="T238" s="19" t="s">
         <v>1511</v>
       </c>
       <c r="U238" s="19" t="s">
         <v>710</v>
       </c>
       <c r="V238" s="19" t="s">
-        <v>1947</v>
+        <v>1946</v>
       </c>
       <c r="W238" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X238" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y238" s="19" t="s">
         <v>727</v>
       </c>
       <c r="Z238" s="19" t="s">
         <v>5</v>
       </c>
+      <c r="AA238" s="20" t="s">
+        <v>1960</v>
+      </c>
     </row>
-    <row r="239" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A239" s="19" t="s">
         <v>949</v>
       </c>
       <c r="B239" s="19" t="s">
         <v>181</v>
       </c>
       <c r="C239" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D239" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E239" s="19" t="s">
         <v>1512</v>
       </c>
       <c r="F239" s="19" t="s">
         <v>1243</v>
       </c>
       <c r="G239" s="19" t="s">
         <v>1513</v>
       </c>
       <c r="H239" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I239" s="19" t="s">
@@ -25163,75 +25909,78 @@
       <c r="K239" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L239" s="19" t="s">
         <v>1514</v>
       </c>
       <c r="M239" s="19" t="s">
         <v>713</v>
       </c>
       <c r="N239" s="19" t="s">
         <v>714</v>
       </c>
       <c r="O239" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P239" s="19" t="s">
         <v>1514</v>
       </c>
       <c r="Q239" s="19" t="s">
         <v>715</v>
       </c>
       <c r="R239" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S239" s="19" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="T239" s="19" t="s">
         <v>1515</v>
       </c>
       <c r="U239" s="19" t="s">
         <v>1739</v>
       </c>
       <c r="V239" s="19" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="W239" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X239" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y239" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z239" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA239" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="240" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A240" s="19" t="s">
         <v>859</v>
       </c>
       <c r="B240" s="19" t="s">
         <v>94</v>
       </c>
       <c r="C240" s="19" t="s">
         <v>860</v>
       </c>
       <c r="D240" s="19" t="s">
         <v>861</v>
       </c>
       <c r="E240" s="19" t="s">
         <v>1516</v>
       </c>
       <c r="F240" s="19" t="s">
         <v>1517</v>
       </c>
       <c r="G240" s="19" t="s">
         <v>1518</v>
       </c>
       <c r="H240" s="19" t="s">
         <v>770</v>
       </c>
       <c r="I240" s="19" t="s">
@@ -25243,75 +25992,78 @@
       <c r="K240" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L240" s="19" t="s">
         <v>1519</v>
       </c>
       <c r="M240" s="19" t="s">
         <v>716</v>
       </c>
       <c r="N240" s="19" t="s">
         <v>717</v>
       </c>
       <c r="O240" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P240" s="19" t="s">
         <v>1519</v>
       </c>
       <c r="Q240" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R240" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S240" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T240" s="19" t="s">
         <v>1520</v>
       </c>
       <c r="U240" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V240" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W240" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X240" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y240" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z240" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA240" s="20" t="s">
+        <v>1949</v>
+      </c>
     </row>
-    <row r="241" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A241" s="19" t="s">
         <v>1521</v>
       </c>
       <c r="B241" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C241" s="19" t="s">
         <v>792</v>
       </c>
       <c r="D241" s="19" t="s">
         <v>793</v>
       </c>
       <c r="E241" s="19" t="s">
         <v>1522</v>
       </c>
       <c r="F241" s="19" t="s">
         <v>826</v>
       </c>
       <c r="G241" s="19" t="s">
         <v>1523</v>
       </c>
       <c r="H241" s="19" t="s">
         <v>718</v>
       </c>
       <c r="I241" s="19" t="s">
@@ -25323,75 +26075,78 @@
       <c r="K241" s="19" t="s">
         <v>18</v>
       </c>
       <c r="L241" s="19" t="s">
         <v>1524</v>
       </c>
       <c r="M241" s="19" t="s">
         <v>720</v>
       </c>
       <c r="N241" s="19" t="s">
         <v>719</v>
       </c>
       <c r="O241" s="19" t="s">
         <v>18</v>
       </c>
       <c r="P241" s="19" t="s">
         <v>1524</v>
       </c>
       <c r="Q241" s="19" t="s">
         <v>721</v>
       </c>
       <c r="R241" s="19" t="s">
         <v>20</v>
       </c>
       <c r="S241" s="19" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="T241" s="19" t="s">
         <v>1525</v>
       </c>
       <c r="U241" s="19" t="s">
         <v>722</v>
       </c>
       <c r="V241" s="19" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="W241" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X241" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y241" s="19" t="s">
         <v>725</v>
       </c>
       <c r="Z241" s="19" t="s">
         <v>757</v>
       </c>
+      <c r="AA241" s="20" t="s">
+        <v>1952</v>
+      </c>
     </row>
-    <row r="242" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A242" s="19" t="s">
         <v>1740</v>
       </c>
       <c r="B242" s="19" t="s">
         <v>1741</v>
       </c>
       <c r="C242" s="19" t="s">
         <v>782</v>
       </c>
       <c r="D242" s="19" t="s">
         <v>783</v>
       </c>
       <c r="E242" s="19" t="s">
         <v>1742</v>
       </c>
       <c r="F242" s="19" t="s">
         <v>831</v>
       </c>
       <c r="G242" s="19" t="s">
         <v>1743</v>
       </c>
       <c r="H242" s="19" t="s">
         <v>1744</v>
       </c>
       <c r="I242" s="19" t="s">
@@ -25403,72 +26158,75 @@
       <c r="K242" s="19" t="s">
         <v>81</v>
       </c>
       <c r="L242" s="19" t="s">
         <v>1747</v>
       </c>
       <c r="M242" s="19" t="s">
         <v>1745</v>
       </c>
       <c r="N242" s="19" t="s">
         <v>1746</v>
       </c>
       <c r="O242" s="19" t="s">
         <v>81</v>
       </c>
       <c r="P242" s="19" t="s">
         <v>1747</v>
       </c>
       <c r="Q242" s="19" t="s">
         <v>82</v>
       </c>
       <c r="R242" s="19" t="s">
         <v>83</v>
       </c>
       <c r="S242" s="19" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="T242" s="19" t="s">
         <v>1748</v>
       </c>
       <c r="U242" s="19" t="s">
         <v>84</v>
       </c>
       <c r="V242" s="19" t="s">
         <v>770</v>
       </c>
       <c r="W242" s="19" t="s">
         <v>735</v>
       </c>
       <c r="X242" s="19" t="s">
         <v>1528</v>
       </c>
       <c r="Y242" s="19" t="s">
         <v>730</v>
       </c>
       <c r="Z242" s="19" t="s">
         <v>757</v>
+      </c>
+      <c r="AA242" s="20" t="s">
+        <v>1949</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>