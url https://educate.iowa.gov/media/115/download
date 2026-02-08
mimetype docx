--- v0 (2025-10-10)
+++ v1 (2026-02-08)
@@ -66,50 +66,55 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7772400" cy="667512"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00D63DEA">
+        <w:t xml:space="preserve">K-12 </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00B87F47" w:rsidRPr="007033D7">
         <w:t>English Language</w:t>
       </w:r>
       <w:r w:rsidR="0063679C">
         <w:t xml:space="preserve"> Learners</w:t>
       </w:r>
       <w:r w:rsidR="00B87F47" w:rsidRPr="007033D7">
         <w:t xml:space="preserve"> (E</w:t>
       </w:r>
       <w:r w:rsidR="0063679C">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00B87F47" w:rsidRPr="007033D7">
         <w:t>L)</w:t>
       </w:r>
       <w:r w:rsidR="00545132" w:rsidRPr="007033D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007033D7" w:rsidRPr="007033D7">
         <w:br/>
         <w:t xml:space="preserve">Endorsement </w:t>
       </w:r>
       <w:r w:rsidR="00A94E57" w:rsidRPr="007033D7">
         <w:t>Worksheet</w:t>
       </w:r>
@@ -1830,92 +1835,90 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00E9030C" w:rsidRPr="00C12CF2" w:rsidRDefault="00E9030C" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E9030C" w:rsidRDefault="00E9030C" w:rsidP="00E9030C"/>
     <w:p w:rsidR="00AB4A45" w:rsidRDefault="00896A2F" w:rsidP="00E9030C">
       <w:r w:rsidRPr="00896A2F">
         <w:t>21.3(1)</w:t>
       </w:r>
       <w:r w:rsidR="0063679C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00896A2F">
         <w:t xml:space="preserve">Adding an endorsement. To add an endorsement to an existing license, the applicant will follow one of these options: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AB4A45" w:rsidRDefault="00896A2F" w:rsidP="00E9030C">
       <w:r w:rsidRPr="00896A2F">
         <w:t xml:space="preserve">a. Option 1. Receive the Iowa education institution’s recommendation that the current approved program requirements or state minimum requirements for the endorsement have been met. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AB4A45" w:rsidRDefault="00896A2F" w:rsidP="00E9030C">
       <w:r w:rsidRPr="00896A2F">
         <w:t xml:space="preserve">b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been met. Applicants will have achieved a C- grade or higher in the courses that will be considered for an endorsement. The methods course can be waived if the practitioner holds an endorsement in the same content area at a different level and teaches in the new content area successfully while holding a Class B license. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00896A2F" w:rsidRPr="00896A2F" w:rsidRDefault="00896A2F" w:rsidP="00E9030C"/>
     <w:sectPr w:rsidR="00896A2F" w:rsidRPr="00896A2F" w:rsidSect="00B44439">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="187" w:footer="446" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0055466B" w:rsidRDefault="0055466B" w:rsidP="00491299">
+    <w:p w:rsidR="001B6D15" w:rsidRDefault="001B6D15" w:rsidP="00491299">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0055466B" w:rsidRDefault="0055466B" w:rsidP="00491299">
+    <w:p w:rsidR="001B6D15" w:rsidRDefault="001B6D15" w:rsidP="00491299">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -1972,61 +1975,61 @@
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0055466B" w:rsidRDefault="0055466B" w:rsidP="00491299">
+    <w:p w:rsidR="001B6D15" w:rsidRDefault="001B6D15" w:rsidP="00491299">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0055466B" w:rsidRDefault="0055466B" w:rsidP="00491299">
+    <w:p w:rsidR="001B6D15" w:rsidRDefault="001B6D15" w:rsidP="00491299">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="132644CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29E82AA0"/>
     <w:lvl w:ilvl="0" w:tplc="53ECFF4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="893" w:hanging="360"/>
       </w:pPr>
@@ -3224,50 +3227,51 @@
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C12CF2"/>
     <w:rsid w:val="00016498"/>
     <w:rsid w:val="00043FAF"/>
     <w:rsid w:val="00090F5E"/>
     <w:rsid w:val="001628AA"/>
+    <w:rsid w:val="001B6D15"/>
     <w:rsid w:val="00267E5A"/>
     <w:rsid w:val="002D38E7"/>
     <w:rsid w:val="003213C6"/>
     <w:rsid w:val="00332443"/>
     <w:rsid w:val="003876E8"/>
     <w:rsid w:val="003A7507"/>
     <w:rsid w:val="003F3A62"/>
     <w:rsid w:val="003F7F0C"/>
     <w:rsid w:val="004223D3"/>
     <w:rsid w:val="00426E12"/>
     <w:rsid w:val="00434015"/>
     <w:rsid w:val="0048639A"/>
     <w:rsid w:val="00491299"/>
     <w:rsid w:val="004B752C"/>
     <w:rsid w:val="004C153E"/>
     <w:rsid w:val="004D7B1B"/>
     <w:rsid w:val="00501077"/>
     <w:rsid w:val="00504B25"/>
     <w:rsid w:val="00543378"/>
     <w:rsid w:val="0054445F"/>
     <w:rsid w:val="00545132"/>
     <w:rsid w:val="0055466B"/>
     <w:rsid w:val="005756C6"/>
     <w:rsid w:val="00596873"/>
     <w:rsid w:val="005C7FFA"/>
@@ -3293,90 +3297,91 @@
     <w:rsid w:val="009B5CCA"/>
     <w:rsid w:val="00A04107"/>
     <w:rsid w:val="00A11046"/>
     <w:rsid w:val="00A46467"/>
     <w:rsid w:val="00A70D95"/>
     <w:rsid w:val="00A94E57"/>
     <w:rsid w:val="00AA5025"/>
     <w:rsid w:val="00AB4A45"/>
     <w:rsid w:val="00AE7BA3"/>
     <w:rsid w:val="00AF73D6"/>
     <w:rsid w:val="00B07D3D"/>
     <w:rsid w:val="00B44439"/>
     <w:rsid w:val="00B65C45"/>
     <w:rsid w:val="00B87F47"/>
     <w:rsid w:val="00BA2A0B"/>
     <w:rsid w:val="00BC5017"/>
     <w:rsid w:val="00BE1C04"/>
     <w:rsid w:val="00BF6281"/>
     <w:rsid w:val="00BF7315"/>
     <w:rsid w:val="00C12CF2"/>
     <w:rsid w:val="00CD0253"/>
     <w:rsid w:val="00CE4807"/>
     <w:rsid w:val="00CF35B8"/>
     <w:rsid w:val="00D1140C"/>
     <w:rsid w:val="00D15896"/>
+    <w:rsid w:val="00D63DEA"/>
     <w:rsid w:val="00D74381"/>
     <w:rsid w:val="00D85E79"/>
     <w:rsid w:val="00D87AFE"/>
     <w:rsid w:val="00E81060"/>
     <w:rsid w:val="00E9030C"/>
     <w:rsid w:val="00EA50D9"/>
     <w:rsid w:val="00EA638D"/>
     <w:rsid w:val="00EA67AA"/>
     <w:rsid w:val="00EB35A9"/>
     <w:rsid w:val="00ED5D86"/>
     <w:rsid w:val="00EF57B7"/>
     <w:rsid w:val="00F81770"/>
     <w:rsid w:val="00FB4B2C"/>
     <w:rsid w:val="00FE2CA7"/>
     <w:rsid w:val="00FF1058"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="11338A83"/>
+  <w14:docId w14:val="23F30537"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9A838EE1-4D89-445B-93C8-FB114728FE23}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4503,81 +4508,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E31B154-7F2A-44DC-9571-0EC96072A8E1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44B3FDB7-6CB2-4D08-86B5-9C1F6E167024}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>318</Words>
-  <Characters>1848</Characters>
+  <Words>324</Words>
+  <Characters>1847</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>115</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>English Language Learners (ELL) Endorsement Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Iowa Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2111</CharactersWithSpaces>
+  <CharactersWithSpaces>2167</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>K-12 English Language Learners (ELL) Endorsement Worksheet</dc:title>
   <dc:subject/>
   <dc:creator>Tubbs, Joanne [BOEE]</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>