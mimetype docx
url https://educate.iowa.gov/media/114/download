--- v0 (2025-10-19)
+++ v1 (2026-01-23)
@@ -9,50 +9,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00961095" w:rsidRPr="00A64B5E" w:rsidRDefault="00A64B5E" w:rsidP="00A64B5E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00A64B5E">
         <w:t>PK-K Teacher, PreKindergarten-Kindergarten Classroom</w:t>
       </w:r>
       <w:r w:rsidR="00B25FD2" w:rsidRPr="00A64B5E">
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7772400" cy="667512"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="image1.jpg" descr="Iowa Department of Education"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.jpg" descr="Iowa Department of Education"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
@@ -68,50 +69,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7772400" cy="667512"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00B25FD2" w:rsidRPr="00A64B5E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Endorsement</w:t>
       </w:r>
       <w:r w:rsidR="00B25FD2" w:rsidRPr="00A64B5E">
         <w:t xml:space="preserve"> Worksheet</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidR="00961095" w:rsidRPr="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64B5E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Endorsement 103: PK-K</w:t>
       </w:r>
       <w:r w:rsidRPr="00A64B5E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Teacher—prekindergarten-kindergarten.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00961095" w:rsidRPr="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -125,67 +127,56 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A64B5E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>subrule</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A64B5E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 14.1(1).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00961095" w:rsidRPr="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64B5E">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Content. A minimum of 18 semester hours to include th</w:t>
+        <w:t>Content. A minimum of 18 semester hours to include the following:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A64B5E">
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
-        <w:t xml:space="preserve">(1) Child development and learning to include young children’s characteristics and needs, with an emphasis on cognitive, language, physical, social, and emotional development, both typical and atypical; the multiple interacting influences on </w:t>
-[...2 lines deleted...]
-        <w:t>early development; and the creation of environments that are healthy, respectful, supportive, and challenging for each and every child.</w:t>
+        <w:t>(1) Child development and learning to include young children’s characteristics and needs, with an emphasis on cognitive, language, physical, social, and emotional development, both typical and atypical; the multiple interacting influences on early development; and the creation of environments that are healthy, respectful, supportive, and challenging for each and every child.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
         <w:gridCol w:w="1970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A64B5E" w:rsidTr="00C56101">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
@@ -512,54 +503,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00A64B5E" w:rsidRPr="00C12CF2" w:rsidRDefault="00A64B5E" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00A64B5E" w:rsidP="00A64B5E"/>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
-        <w:t>(2) Building family and community relationships to include understanding that successful early childhood education depends upon reciprocal and respectful partnerships with families, communities, and agencies; that these partnerships have complex and divers</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">e characteristics; and that all families should be involved in their children’s development and learning. </w:t>
+        <w:t xml:space="preserve">(2) Building family and community relationships to include understanding that successful early childhood education depends upon reciprocal and respectful partnerships with families, communities, and agencies; that these partnerships have complex and diverse characteristics; and that all families should be involved in their children’s development and learning. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
         <w:gridCol w:w="1970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A64B5E" w:rsidTr="00C56101">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
@@ -886,54 +874,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00A64B5E" w:rsidRPr="00C12CF2" w:rsidRDefault="00A64B5E" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00A64B5E" w:rsidP="00A64B5E"/>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
-        <w:t>(3) Assessment in early childhood to include child observation, documentation, and data collection; the development of appropriate goals; the benefits and uses of assessment for curriculum and instructional strategies; the use of technology when appropriat</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">e for assessment and adaptations; and building assessment partnerships with families to positively influence the development of each child. </w:t>
+        <w:t xml:space="preserve">(3) Assessment in early childhood to include child observation, documentation, and data collection; the development of appropriate goals; the benefits and uses of assessment for curriculum and instructional strategies; the use of technology when appropriate for assessment and adaptations; and building assessment partnerships with families to positively influence the development of each child. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
         <w:gridCol w:w="1970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A64B5E" w:rsidTr="00C56101">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
@@ -1260,54 +1245,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00A64B5E" w:rsidRPr="00C12CF2" w:rsidRDefault="00A64B5E" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00A64B5E" w:rsidP="00A64B5E"/>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
-        <w:t>(4) Developmentally effective approaches to include understanding how positive relationships and supportive interactions are the foundation of working with young children and families; knowing and understanding a wide array of developmentally appropriate a</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">pproaches, including play and creativity, instructional strategies, and tools to connect with children and families; and reflecting on the teacher’s own practice to promote positive outcomes for each child. </w:t>
+        <w:t xml:space="preserve">(4) Developmentally effective approaches to include understanding how positive relationships and supportive interactions are the foundation of working with young children and families; knowing and understanding a wide array of developmentally appropriate approaches, including play and creativity, instructional strategies, and tools to connect with children and families; and reflecting on the teacher’s own practice to promote positive outcomes for each child. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
         <w:gridCol w:w="1970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A64B5E" w:rsidTr="00C56101">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
@@ -1634,54 +1616,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00A64B5E" w:rsidRPr="00C12CF2" w:rsidRDefault="00A64B5E" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00A64B5E" w:rsidP="00A64B5E"/>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
-        <w:t>(5) Content knowledge to build a meaningful curriculum through the use of academic disciplines, including language and literacy, the arts (music, drama, dance, and visual arts), mathematics, science, social studies, physical activity, and health, for desig</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">ning, implementing, and evaluating inquiry-based experiences that promote positive development and learning for each child. </w:t>
+        <w:t xml:space="preserve">(5) Content knowledge to build a meaningful curriculum through the use of academic disciplines, including language and literacy, the arts (music, drama, dance, and visual arts), mathematics, science, social studies, physical activity, and health, for designing, implementing, and evaluating inquiry-based experiences that promote positive development and learning for each child. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
         <w:gridCol w:w="1970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A64B5E" w:rsidTr="00C56101">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
@@ -2008,54 +1987,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00A64B5E" w:rsidRPr="00C12CF2" w:rsidRDefault="00A64B5E" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00A64B5E" w:rsidP="00A64B5E"/>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
-        <w:t>(6) Collaboration and professionalism to include involvement in the early childhood field, knowledge about ethical and early childhood professional standards, engagement in continuous collaborative learning to inform practice, reflective and critical persp</w:t>
-[...2 lines deleted...]
-        <w:t>ectives on early childhood education, and informed advocacy for young children and the profession.</w:t>
+        <w:t>(6) Collaboration and professionalism to include involvement in the early childhood field, knowledge about ethical and early childhood professional standards, engagement in continuous collaborative learning to inform practice, reflective and critical perspectives on early childhood education, and informed advocacy for young children and the profession.</w:t>
       </w:r>
       <w:r w:rsidR="00A64B5E" w:rsidRPr="00A64B5E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
         <w:gridCol w:w="1970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A64B5E" w:rsidTr="00C56101">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
           <w:tblHeader/>
         </w:trPr>
@@ -2385,54 +2361,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00A64B5E" w:rsidRPr="00C12CF2" w:rsidRDefault="00A64B5E" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00A64B5E" w:rsidP="00A64B5E"/>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
-        <w:t>(7) Field experiences and opportunities to observe and practice in a variety of early childhood settings, which include, at a minimum, 40 hours of observation and practice in a variety of preschool settings such as urban, rural, socioeconomic status, cultu</w:t>
-[...2 lines deleted...]
-        <w:t>ral diversity, program types, and program sponsorship.</w:t>
+        <w:t>(7) Field experiences and opportunities to observe and practice in a variety of early childhood settings, which include, at a minimum, 40 hours of observation and practice in a variety of preschool settings such as urban, rural, socioeconomic status, cultural diversity, program types, and program sponsorship.</w:t>
       </w:r>
       <w:r w:rsidR="00A64B5E" w:rsidRPr="00A64B5E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
         <w:gridCol w:w="1970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A64B5E" w:rsidTr="00C56101">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
           <w:tblHeader/>
         </w:trPr>
@@ -3518,97 +3491,88 @@
           </w:tcPr>
           <w:p w:rsidR="00A64B5E" w:rsidRPr="00C12CF2" w:rsidRDefault="00A64B5E" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A64B5E" w:rsidRDefault="00A64B5E" w:rsidP="00A64B5E"/>
     <w:p w:rsidR="00961095" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
         <w:t>21.3(1)</w:t>
       </w:r>
       <w:r w:rsidR="00A64B5E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Adding an endorsement. To add an endorsement to an existing license, the applicant will follow one of these options: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00961095" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
-        <w:t>a. Option 1. Receive the Iowa education institution’s recommendation that the current approved program requirements or state minim</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">um requirements for the endorsement have been met. </w:t>
+        <w:t xml:space="preserve">a. Option 1. Receive the Iowa education institution’s recommendation that the current approved program requirements or state minimum requirements for the endorsement have been met. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00961095" w:rsidRDefault="00B25FD2" w:rsidP="00A64B5E">
       <w:r>
-        <w:t>b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been m</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">et. Applicants </w:t>
+        <w:t xml:space="preserve">b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been met. Applicants </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>will have achieved a C- grade or higher in the courses that will be considered for an endorsement. The methods course can be waived if the practitioner holds an endorsement in the same content area at a different level and teaches in the new</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> content area successfully while holding a Class B license. </w:t>
+        <w:t xml:space="preserve">will have achieved a C- grade or higher in the courses that will be considered for an endorsement. The methods course can be waived if the practitioner holds an endorsement in the same content area at a different level and teaches in the new content area successfully while holding a Class B license. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00961095" w:rsidRDefault="00961095" w:rsidP="00A64B5E"/>
     <w:sectPr w:rsidR="00961095">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="187" w:footer="446" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B25FD2" w:rsidRDefault="00B25FD2">
+    <w:p w:rsidR="00C34C1E" w:rsidRDefault="00C34C1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B25FD2" w:rsidRDefault="00B25FD2">
+    <w:p w:rsidR="00C34C1E" w:rsidRDefault="00C34C1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3649,150 +3613,151 @@
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r w:rsidR="00A64B5E">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A64B5E">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B25FD2" w:rsidRDefault="00B25FD2">
+    <w:p w:rsidR="00C34C1E" w:rsidRDefault="00C34C1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B25FD2" w:rsidRDefault="00B25FD2">
+    <w:p w:rsidR="00C34C1E" w:rsidRDefault="00C34C1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00961095"/>
+    <w:rsid w:val="008F7AE7"/>
     <w:rsid w:val="00961095"/>
     <w:rsid w:val="00A64B5E"/>
     <w:rsid w:val="00B25FD2"/>
+    <w:rsid w:val="00C34C1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7F9601A5"/>
   <w15:docId w15:val="{581F8E69-5543-40D8-9FA7-C71DB26F78A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="173"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5227,68 +5192,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgLDpiEO056xdXUP7i3KmvLpA7eJw==">CgMxLjAyCGguZ2pkZ3hzOAByITFxUFV3WTZjNVJPTlJMcVVhT0hlSU04aTFFaTBiaThzQw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>712</Words>
   <Characters>4065</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4768</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>PK-K Teacher, PreKindergarten-Kindergarten Classroom Endorsement Worksheet</dc:title>
   <dc:creator>Tubbs, Joanne [BOEE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>