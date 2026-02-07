--- v0 (2025-10-06)
+++ v1 (2026-02-07)
@@ -8,50 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="009F41BA" w:rsidRPr="00D33A59" w:rsidRDefault="00D33A59" w:rsidP="00D33A59">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="00D33A59">
         <w:t>K-6 Teacher Elementary Classroom</w:t>
       </w:r>
       <w:r w:rsidR="008D602D" w:rsidRPr="00D33A59">
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7772400" cy="667512"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="image1.jpg" descr="Iowa Department of Education"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.jpg" descr="Iowa Department of Education"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
@@ -67,66 +68,67 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="7772400" cy="667512"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00D33A59">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33A59">
         <w:br/>
         <w:t>Endorsement</w:t>
       </w:r>
       <w:r w:rsidR="008D602D" w:rsidRPr="00D33A59">
         <w:t xml:space="preserve"> Worksheet</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="009F41BA" w:rsidRPr="00D33A59" w:rsidRDefault="008D602D" w:rsidP="00D33A59">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33A59">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Endorsement 102: Teacher—kindergarten through grade six. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00D33A59">
-      <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>Growth and development. Child growth and development with emphasis on the emotional, physical and mental characteristics of elementary age children unless completed as part of the professional education core.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="3102"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2257"/>
         <w:gridCol w:w="1970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D33A59" w:rsidTr="00C56101">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -484,54 +486,51 @@
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008D602D">
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D602D">
         <w:t>Content:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00D33A59">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Oral and written communication development; and linguistics, including phonology and phonological awareness, sound-symbol association, syllable types, morphology, syntax and semantics, and the relationship of these components to typical and atypica</w:t>
-[...2 lines deleted...]
-        <w:t>l reading development and reading instruction;</w:t>
+        <w:t>Oral and written communication development; and linguistics, including phonology and phonological awareness, sound-symbol association, syllable types, morphology, syntax and semantics, and the relationship of these components to typical and atypical reading development and reading instruction;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00D33A59">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Phonemic awareness;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
@@ -662,105 +661,96 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Assessment, diagnosis and evaluation of student learning in literacy, including the knowledge of the signs and symptoms of dyslexia and other reading difficulties;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Inte</w:t>
-[...2 lines deleted...]
-        <w:t>gration of the language arts (to include reading, writing, speaking, viewing, and listening);</w:t>
+        <w:t>Integration of the language arts (to include reading, writing, speaking, viewing, and listening);</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Integration of technology in teaching and student learning in literacy;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Current best-practice, research-based strategies and instructional technol</w:t>
-[...2 lines deleted...]
-        <w:t>ogy for designing and delivering effective instruction, including appropriate interventions, groupings, remediation, assistive technology, and classroom accommodations for all students including students with dyslexia and other difficulties;</w:t>
+        <w:t>Current best-practice, research-based strategies and instructional technology for designing and delivering effective instruction, including appropriate interventions, groupings, remediation, assistive technology, and classroom accommodations for all students including students with dyslexia and other difficulties;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Classr</w:t>
-[...2 lines deleted...]
-        <w:t>oom management as it applies to literacy methods;</w:t>
+        <w:t>Classroom management as it applies to literacy methods;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Pre-student teaching clinical experience in teaching literacy.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00625DF3" w:rsidRDefault="00625DF3" w:rsidP="00625DF3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DefaultEducation"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
@@ -1193,114 +1183,102 @@
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Measurement;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Data analysis/probability.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:r>
-        <w:t>(</w:t>
-[...5 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Methods:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Assessment, diagnosis and evaluation of student learning in mathematics;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Current best-practice, research-based instructional methods in mathematical processes (to include problem-solving; reasoning; communication; the ability to recognize, </w:t>
-[...2 lines deleted...]
-        <w:t>make and apply connections; integration of manipulatives; the ability to construct and to apply multiple connected representations; and the application of content to real-world experiences);</w:t>
+        <w:t>Current best-practice, research-based instructional methods in mathematical processes (to include problem-solving; reasoning; communication; the ability to recognize, make and apply connections; integration of manipulatives; the ability to construct and to apply multiple connected representations; and the application of content to real-world experiences);</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Integration of technology in teaching and student learnin</w:t>
-[...2 lines deleted...]
-        <w:t>g in mathematics;</w:t>
+        <w:t>Integration of technology in teaching and student learning in mathematics;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Classroom management as it applies to mathematics methods;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00625DF3" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:r>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -1767,54 +1745,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:r>
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Methods:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Current best-practice, re</w:t>
-[...2 lines deleted...]
-        <w:t>search-based approaches to the teaching and learning of social sciences;</w:t>
+        <w:t>Current best-practice, research-based approaches to the teaching and learning of social sciences;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00625DF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Integration of technology in teaching and student learning in social sciences;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00625DF3">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
@@ -4268,98 +4243,87 @@
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00625DF3" w:rsidRPr="00C12CF2" w:rsidRDefault="00625DF3" w:rsidP="00C56101">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00625DF3" w:rsidRDefault="00625DF3" w:rsidP="00625DF3"/>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00462ACB">
       <w:r>
         <w:t xml:space="preserve">21.3(1) Adding an endorsement. To add an endorsement to an existing license, the applicant will follow one of these options: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00462ACB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...7 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t xml:space="preserve">a. Option 1. Receive the Iowa education institution’s recommendation that the current approved program requirements or state minimum requirements for the endorsement have been met. </w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="009F41BA" w:rsidRDefault="008D602D" w:rsidP="00462ACB">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
-        <w:t>b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been m</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> content area successfully while holding a Class B license. </w:t>
+        <w:t xml:space="preserve">b. Option 2. Apply for a review of transcripts, out-of-state licensure, or approved assessment score reports by the board of educational examiners’ staff to determine whether Iowa requirements have been met. Applicants will have achieved a C- grade or higher in the courses that will be considered for an endorsement. The methods course can be waived if the practitioner holds an endorsement in the same content area at a different level and teaches in the new content area successfully while holding a Class B license. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009F41BA">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="187" w:footer="446" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008D602D" w:rsidRDefault="008D602D">
+    <w:p w:rsidR="009C6BD4" w:rsidRDefault="009C6BD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008D602D" w:rsidRDefault="008D602D">
+    <w:p w:rsidR="009C6BD4" w:rsidRDefault="009C6BD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4400,152 +4364,155 @@
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r w:rsidR="00D33A59">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00D33A59">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008D602D" w:rsidRDefault="008D602D">
+    <w:p w:rsidR="009C6BD4" w:rsidRDefault="009C6BD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008D602D" w:rsidRDefault="008D602D">
+    <w:p w:rsidR="009C6BD4" w:rsidRDefault="009C6BD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F41BA"/>
+    <w:rsid w:val="00115667"/>
+    <w:rsid w:val="00117735"/>
     <w:rsid w:val="00462ACB"/>
     <w:rsid w:val="00625DF3"/>
+    <w:rsid w:val="0070671E"/>
     <w:rsid w:val="008D602D"/>
+    <w:rsid w:val="009C6BD4"/>
     <w:rsid w:val="009F41BA"/>
     <w:rsid w:val="00D33A59"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="69391FA1"/>
   <w15:docId w15:val="{581F8E69-5543-40D8-9FA7-C71DB26F78A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="173"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5991,68 +5958,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjv6ewWHG4z2poTgq0RY7/3xlI6lw==">CgMxLjAyCGguZ2pkZ3hzOAByITFUZUxQQ1VwNlczcE5sREp4N24zM0JLSGFYb182Uktpdg==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>833</Words>
   <Characters>4752</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>K-6 Teacher Elementary Classroom Endorsement Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5574</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>K-6 Teacher Elementary Classroom Endorsement Worksheet</dc:title>
   <dc:creator>Tubbs, Joanne [BOEE]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>