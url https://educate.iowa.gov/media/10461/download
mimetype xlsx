--- v0 (2025-10-18)
+++ v1 (2026-03-03)
@@ -1,110 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\IDOE School Business Operations\PAYMENTS and POs\LEAs-AEAs\FY2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\IDOE School Business Operations\CAR\FY 2026 CAR Files\CAR data for CAR webpage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0D5C970A-C31E-464E-8F15-DC9B0E1EE47F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FA74CA12-6833-494E-B94A-017DB0AB5178}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31410" yWindow="3600" windowWidth="21600" windowHeight="11295" xr2:uid="{BA267836-960B-4F94-B89A-7956B13E76B3}"/>
+    <workbookView xWindow="38205" yWindow="2235" windowWidth="12900" windowHeight="11655" xr2:uid="{178E1FC0-A813-4171-BBA3-2DC74F599BDB}"/>
   </bookViews>
   <sheets>
-    <sheet name="FY 2024 Actual Two-Tier Payment" sheetId="1" r:id="rId1"/>
+    <sheet name="FY 2026 Actual Two-Tier Payment" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="C_I_Prorate" localSheetId="0">#REF!</definedName>
     <definedName name="C_I_Prorate">#REF!</definedName>
     <definedName name="County" localSheetId="0">#REF!</definedName>
     <definedName name="County">[1]County!$B$2:$B$100</definedName>
     <definedName name="District">[2]Districts!$F$2:$F$335</definedName>
     <definedName name="DistrictName">[3]SNAME!$C$3:$C$335</definedName>
     <definedName name="Label" localSheetId="0">#REF!</definedName>
     <definedName name="Label">[1]!Data_AidAndLevy[Label]</definedName>
     <definedName name="_xlnm.Print_Titles">#N/A</definedName>
     <definedName name="TaxCertDistrictName" localSheetId="0">#REF!</definedName>
     <definedName name="TaxCertDistrictName">[1]!TaxCert[NAME]</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="P328" i="1" l="1"/>
+  <c r="H328" i="1"/>
+  <c r="L328" i="1" l="1"/>
+  <c r="N328" i="1"/>
+  <c r="O328" i="1"/>
+  <c r="J328" i="1"/>
+  <c r="K328" i="1"/>
+  <c r="I328" i="1"/>
+  <c r="Q328" i="1" s="1"/>
+  <c r="M328" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1642" uniqueCount="683">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1968" uniqueCount="690">
   <si>
     <t>FiscalYear</t>
   </si>
   <si>
     <t>AEA</t>
+  </si>
+  <si>
+    <t>Dist</t>
   </si>
   <si>
     <t>DistSub1</t>
   </si>
   <si>
     <t>DistSub2</t>
   </si>
   <si>
     <t>DistrictNumber</t>
   </si>
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>Total
 General</t>
   </si>
   <si>
     <t>Management</t>
   </si>
   <si>
     <t>Amana
 Library</t>
   </si>
   <si>
@@ -710,50 +728,53 @@
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>Durant</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>Eagle Grove</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>Earlham</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>East Buchanan</t>
   </si>
   <si>
+    <t>3582</t>
+  </si>
+  <si>
     <t>1968</t>
   </si>
   <si>
     <t>East Marshall</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
     <t>East Mills</t>
   </si>
   <si>
     <t>6741</t>
   </si>
   <si>
     <t>East Sac County</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>East Union</t>
   </si>
   <si>
     <t>1972</t>
@@ -1508,50 +1529,53 @@
   <si>
     <t>5013</t>
   </si>
   <si>
     <t>Oskaloosa</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
     <t>Ottumwa</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
     <t>Panorama</t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
     <t>Paton-Churdan</t>
   </si>
   <si>
+    <t>5319</t>
+  </si>
+  <si>
     <t>5160</t>
   </si>
   <si>
     <t>PCM</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>Pella</t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
     <t>Perry</t>
   </si>
   <si>
     <t>5250</t>
@@ -1580,50 +1604,53 @@
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>Red Oak</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
     <t>Remsen-Union</t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
     <t>Riceville</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>River Valley</t>
   </si>
   <si>
+    <t>4824</t>
+  </si>
+  <si>
     <t>5510</t>
   </si>
   <si>
     <t>Riverside</t>
   </si>
   <si>
     <t>5607</t>
   </si>
   <si>
     <t>Rock Valley</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>Roland-Story</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
     <t>Rudd-Rockford-Marble Rock</t>
   </si>
   <si>
     <t>5724</t>
@@ -1676,80 +1703,86 @@
   <si>
     <t>5994</t>
   </si>
   <si>
     <t>Sibley-Ocheyedan</t>
   </si>
   <si>
     <t>6003</t>
   </si>
   <si>
     <t>Sidney</t>
   </si>
   <si>
     <t>6012</t>
   </si>
   <si>
     <t>Sigourney</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
     <t>Sioux Center</t>
   </si>
   <si>
+    <t>6048</t>
+  </si>
+  <si>
     <t>6035</t>
   </si>
   <si>
     <t>Sioux Central</t>
   </si>
   <si>
     <t>6039</t>
   </si>
   <si>
     <t>Sioux City</t>
   </si>
   <si>
     <t>6093</t>
   </si>
   <si>
     <t>Solon</t>
   </si>
   <si>
     <t>6091</t>
   </si>
   <si>
     <t>South Central Calhoun</t>
   </si>
   <si>
     <t>6095</t>
   </si>
   <si>
     <t>South Hamilton</t>
   </si>
   <si>
+    <t>5157</t>
+  </si>
+  <si>
     <t>6099</t>
   </si>
   <si>
     <t>South O'Brien</t>
   </si>
   <si>
     <t>6097</t>
   </si>
   <si>
     <t>South Page</t>
   </si>
   <si>
     <t>6098</t>
   </si>
   <si>
     <t>South Tama</t>
   </si>
   <si>
     <t>6100</t>
   </si>
   <si>
     <t>South Winneshiek</t>
   </si>
   <si>
     <t>6101</t>
@@ -1859,50 +1892,53 @@
   <si>
     <t>6509</t>
   </si>
   <si>
     <t>Turkey Valley</t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
     <t>Twin Cedars</t>
   </si>
   <si>
     <t>6516</t>
   </si>
   <si>
     <t>Twin Rivers</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
     <t>Underwood</t>
   </si>
   <si>
+    <t>1935</t>
+  </si>
+  <si>
     <t>6536</t>
   </si>
   <si>
     <t>Union</t>
   </si>
   <si>
     <t>6561</t>
   </si>
   <si>
     <t>United</t>
   </si>
   <si>
     <t>6579</t>
   </si>
   <si>
     <t>Urbandale</t>
   </si>
   <si>
     <t>6592</t>
   </si>
   <si>
     <t>Van Buren County</t>
   </si>
   <si>
     <t>6615</t>
@@ -2106,50 +2142,53 @@
     <t>Winfield-Mt Union</t>
   </si>
   <si>
     <t>7056</t>
   </si>
   <si>
     <t>Winterset</t>
   </si>
   <si>
     <t>7092</t>
   </si>
   <si>
     <t>Woodbine</t>
   </si>
   <si>
     <t>7098</t>
   </si>
   <si>
     <t>Woodbury Central</t>
   </si>
   <si>
     <t>7110</t>
   </si>
   <si>
     <t>Woodward-Granger</t>
+  </si>
+  <si>
+    <t>FY 2026 - Actual Two-Tier Replacement Payment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
@@ -2173,94 +2212,92 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\My%20Drive\CERTIFIEDBUDGETS\FY2024\Aid&amp;Levy_TaxCert_ProgramSummary.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://iowamac-my.sharepoint.com/My%20Drive/CERTIFIEDBUDGETS/FY2024/Aid&amp;Levy_TaxCert_ProgramSummary.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\My%20Drive\REPORTS\FY2018\ProgramSummary.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://iowamac-my.sharepoint.com/My%20Drive/REPORTS/FY2018/ProgramSummary.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\BUDGETFORMS\CurrentYear\SchoolBudgetStartup_a.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Data_AidAndLevy"/>
       <sheetName val="Sheet1"/>
       <sheetName val="Aid&amp;Levy"/>
       <sheetName val="AidLevyScenarios"/>
       <sheetName val="CheckStatewideTotal"/>
       <sheetName val="AidLevyComparison"/>
       <sheetName val="CheckingOneLineA&amp;L"/>
       <sheetName val="A&amp;L_Submitted"/>
       <sheetName val="TaxCertData"/>
       <sheetName val="TaxCertification"/>
       <sheetName val="TaxCertificationByCounty"/>
       <sheetName val="PropertyTaxesSubmitted"/>
       <sheetName val="ProgramSummaryData"/>
       <sheetName val="ProgramSummary"/>
       <sheetName val="check"/>
       <sheetName val="ESRI_MAPINFO_SHEET"/>
       <sheetName val="PriorYearAidAndLevy"/>
       <sheetName val="CheckPYvCY"/>
       <sheetName val="OutstandingLeviesLimits"/>
       <sheetName val="Valuation-Combined"/>
       <sheetName val="Valuation-TaxRates"/>
       <sheetName val="PPEL"/>
       <sheetName val="ISL"/>
@@ -2797,51 +2834,51 @@
         </row>
         <row r="99">
           <cell r="B99" t="str">
             <v>Worth</v>
           </cell>
         </row>
         <row r="100">
           <cell r="B100" t="str">
             <v>Wright</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31"/>
       <sheetData sheetId="32"/>
       <sheetData sheetId="33"/>
       <sheetData sheetId="34"/>
       <sheetData sheetId="35"/>
       <sheetData sheetId="36" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Report"/>
       <sheetName val="ProgramSummary"/>
       <sheetName val="Districts"/>
       <sheetName val="Notes"/>
       <sheetName val="SAS_Authorizations"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="3">
           <cell r="B3" t="str">
             <v xml:space="preserve"> COMBINED DISTRICT COST                 </v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2">
         <row r="2">
           <cell r="F2" t="str">
             <v>Adair-Casey</v>
           </cell>
         </row>
         <row r="3">
           <cell r="F3" t="str">
@@ -4495,51 +4532,51 @@
         </row>
         <row r="333">
           <cell r="F333" t="str">
             <v>Woodbury Central</v>
           </cell>
         </row>
         <row r="334">
           <cell r="F334" t="str">
             <v>Woodward-Granger</v>
           </cell>
         </row>
         <row r="335">
           <cell r="F335" t="str">
             <v>Statewide</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink3.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="InputsResults"/>
       <sheetName val="AidLevy"/>
       <sheetName val="Proposed"/>
       <sheetName val="Adopted"/>
       <sheetName val="TaxCert"/>
       <sheetName val="FY18WK1"/>
       <sheetName val="FY18WK2"/>
       <sheetName val="FY17Wk1"/>
       <sheetName val="FY17Wk2"/>
       <sheetName val="Form703"/>
       <sheetName val="Publication"/>
       <sheetName val="C I Est"/>
       <sheetName val="UAB Wksht"/>
       <sheetName val="FY16Wk1"/>
       <sheetName val="FY16Wk2"/>
       <sheetName val="Form703A"/>
       <sheetName val="703A(2)"/>
       <sheetName val="703A(3)"/>
       <sheetName val="Amend Publ"/>
       <sheetName val="Amend Adopt"/>
       <sheetName val="Constants"/>
       <sheetName val="AidLevyInputs"/>
       <sheetName val="3.7"/>
@@ -6285,91 +6322,91 @@
         </row>
         <row r="334">
           <cell r="C334" t="str">
             <v>WOODBURY CENTRAL</v>
           </cell>
         </row>
         <row r="335">
           <cell r="C335" t="str">
             <v>WOODWARD-GRANGER</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="26"/>
       <sheetData sheetId="27"/>
       <sheetData sheetId="28"/>
       <sheetData sheetId="29"/>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31"/>
       <sheetData sheetId="32" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -6431,51 +6468,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -6573,16439 +6610,17428 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7543AB0D-A23C-4BF2-BEB2-0C06E16A8A39}">
-  <dimension ref="A1:P328"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6CBEF39D-3F23-4177-89EE-044009AB3F4F}">
+  <dimension ref="A1:Q328"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="6" ySplit="2" topLeftCell="G255" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="7" ySplit="2" topLeftCell="H299" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="H1" sqref="H1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="L263" sqref="L263"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="4.5703125" bestFit="1" customWidth="1"/>
-    <col min="3" max="4" width="9.140625" hidden="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="16" max="16" width="11.42578125" customWidth="1"/>
+    <col min="3" max="3" width="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="35.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.28515625" customWidth="1"/>
+    <col min="14" max="14" width="14.42578125" customWidth="1"/>
+    <col min="15" max="15" width="12.42578125" customWidth="1"/>
+    <col min="16" max="16" width="10.28515625" customWidth="1"/>
+    <col min="17" max="17" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:16" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="F2" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="G2" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="H2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="I2" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="2" t="s">
+      <c r="J2" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="2" t="s">
+      <c r="K2" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="2" t="s">
+      <c r="L2" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="2" t="s">
+      <c r="M2" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="3" t="s">
+      <c r="N2" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="2" t="s">
+      <c r="O2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="2" t="s">
+      <c r="P2" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="3" t="s">
+      <c r="Q2" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A3" s="4">
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" s="4">
+        <v>53360</v>
+      </c>
+      <c r="I3" s="4">
+        <v>7356</v>
+      </c>
+      <c r="J3" s="4">
+        <v>0</v>
+      </c>
+      <c r="K3" s="4">
+        <v>7897</v>
+      </c>
+      <c r="L3" s="4">
+        <v>2387</v>
+      </c>
+      <c r="M3" s="4">
+        <v>10284</v>
+      </c>
+      <c r="N3" s="4">
+        <v>0</v>
+      </c>
+      <c r="O3" s="4">
+        <v>0</v>
+      </c>
+      <c r="P3" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>71000</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" s="4">
+        <v>148387</v>
+      </c>
+      <c r="I4" s="4">
+        <v>5016</v>
+      </c>
+      <c r="J4" s="4">
+        <v>0</v>
+      </c>
+      <c r="K4" s="4">
+        <v>16914</v>
+      </c>
+      <c r="L4" s="4">
+        <v>4165</v>
+      </c>
+      <c r="M4" s="4">
+        <v>21079</v>
+      </c>
+      <c r="N4" s="4">
+        <v>0</v>
+      </c>
+      <c r="O4" s="4">
+        <v>0</v>
+      </c>
+      <c r="P4" s="4">
+        <v>51120</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>225602</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" s="4">
+        <v>68857</v>
+      </c>
+      <c r="I5" s="4">
+        <v>6626</v>
+      </c>
+      <c r="J5" s="4">
+        <v>0</v>
+      </c>
+      <c r="K5" s="4">
+        <v>12</v>
+      </c>
+      <c r="L5" s="4">
+        <v>2274</v>
+      </c>
+      <c r="M5" s="4">
+        <v>2286</v>
+      </c>
+      <c r="N5" s="4">
+        <v>0</v>
+      </c>
+      <c r="O5" s="4">
+        <v>0</v>
+      </c>
+      <c r="P5" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>77769</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="H6" s="4">
+        <v>76807</v>
+      </c>
+      <c r="I6" s="4">
+        <v>1560</v>
+      </c>
+      <c r="J6" s="4">
+        <v>0</v>
+      </c>
+      <c r="K6" s="4">
+        <v>9420</v>
+      </c>
+      <c r="L6" s="4">
+        <v>3109</v>
+      </c>
+      <c r="M6" s="4">
+        <v>12529</v>
+      </c>
+      <c r="N6" s="4">
+        <v>0</v>
+      </c>
+      <c r="O6" s="4">
+        <v>0</v>
+      </c>
+      <c r="P6" s="4">
+        <v>20848</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>111744</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" s="4">
+        <v>46905</v>
+      </c>
+      <c r="I7" s="4">
+        <v>7482</v>
+      </c>
+      <c r="J7" s="4">
+        <v>0</v>
+      </c>
+      <c r="K7" s="4">
+        <v>4116</v>
+      </c>
+      <c r="L7" s="4">
+        <v>1358</v>
+      </c>
+      <c r="M7" s="4">
+        <v>5474</v>
+      </c>
+      <c r="N7" s="4">
+        <v>0</v>
+      </c>
+      <c r="O7" s="4">
+        <v>0</v>
+      </c>
+      <c r="P7" s="4">
+        <v>9745</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>69606</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8" s="4">
+        <v>11044</v>
+      </c>
+      <c r="I8" s="4">
+        <v>2334</v>
+      </c>
+      <c r="J8" s="4">
+        <v>0</v>
+      </c>
+      <c r="K8" s="4">
+        <v>1942</v>
+      </c>
+      <c r="L8" s="4">
+        <v>478</v>
+      </c>
+      <c r="M8" s="4">
+        <v>2420</v>
+      </c>
+      <c r="N8" s="4">
+        <v>0</v>
+      </c>
+      <c r="O8" s="4">
+        <v>0</v>
+      </c>
+      <c r="P8" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>15798</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" s="4">
+        <v>89281</v>
+      </c>
+      <c r="I9" s="4">
+        <v>14353</v>
+      </c>
+      <c r="J9" s="4">
+        <v>0</v>
+      </c>
+      <c r="K9" s="4">
+        <v>11830</v>
+      </c>
+      <c r="L9" s="4">
+        <v>2913</v>
+      </c>
+      <c r="M9" s="4">
+        <v>14743</v>
+      </c>
+      <c r="N9" s="4">
+        <v>0</v>
+      </c>
+      <c r="O9" s="4">
+        <v>0</v>
+      </c>
+      <c r="P9" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>118377</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H10" s="4">
+        <v>25111</v>
+      </c>
+      <c r="I10" s="4">
+        <v>3504</v>
+      </c>
+      <c r="J10" s="4">
+        <v>0</v>
+      </c>
+      <c r="K10" s="4">
+        <v>1144</v>
+      </c>
+      <c r="L10" s="4">
+        <v>809</v>
+      </c>
+      <c r="M10" s="4">
+        <v>1953</v>
+      </c>
+      <c r="N10" s="4">
+        <v>0</v>
+      </c>
+      <c r="O10" s="4">
+        <v>0</v>
+      </c>
+      <c r="P10" s="4">
+        <v>7789</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>38357</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11" s="4">
+        <v>28508</v>
+      </c>
+      <c r="I11" s="4">
+        <v>2953</v>
+      </c>
+      <c r="J11" s="4">
+        <v>0</v>
+      </c>
+      <c r="K11" s="4">
+        <v>1865</v>
+      </c>
+      <c r="L11" s="4">
+        <v>426</v>
+      </c>
+      <c r="M11" s="4">
+        <v>2291</v>
+      </c>
+      <c r="N11" s="4">
+        <v>0</v>
+      </c>
+      <c r="O11" s="4">
+        <v>0</v>
+      </c>
+      <c r="P11" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>33752</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A12" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H12" s="4">
+        <v>205730</v>
+      </c>
+      <c r="I12" s="4">
+        <v>24395</v>
+      </c>
+      <c r="J12" s="4">
+        <v>0</v>
+      </c>
+      <c r="K12" s="4">
+        <v>17396</v>
+      </c>
+      <c r="L12" s="4">
+        <v>8568</v>
+      </c>
+      <c r="M12" s="4">
+        <v>25964</v>
+      </c>
+      <c r="N12" s="4">
+        <v>0</v>
+      </c>
+      <c r="O12" s="4">
+        <v>0</v>
+      </c>
+      <c r="P12" s="4">
+        <v>1272</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>257361</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A13" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H13" s="4">
+        <v>111443</v>
+      </c>
+      <c r="I13" s="4">
+        <v>17628</v>
+      </c>
+      <c r="J13" s="4">
+        <v>0</v>
+      </c>
+      <c r="K13" s="4">
+        <v>1126</v>
+      </c>
+      <c r="L13" s="4">
+        <v>4441</v>
+      </c>
+      <c r="M13" s="4">
+        <v>5567</v>
+      </c>
+      <c r="N13" s="4">
+        <v>0</v>
+      </c>
+      <c r="O13" s="4">
+        <v>0</v>
+      </c>
+      <c r="P13" s="4">
+        <v>10650</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>145288</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H14" s="4">
+        <v>65541</v>
+      </c>
+      <c r="I14" s="4">
+        <v>6818</v>
+      </c>
+      <c r="J14" s="4">
+        <v>0</v>
+      </c>
+      <c r="K14" s="4">
+        <v>4320</v>
+      </c>
+      <c r="L14" s="4">
+        <v>2402</v>
+      </c>
+      <c r="M14" s="4">
+        <v>6722</v>
+      </c>
+      <c r="N14" s="4">
+        <v>0</v>
+      </c>
+      <c r="O14" s="4">
+        <v>983</v>
+      </c>
+      <c r="P14" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>80064</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A15" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15" s="4">
+        <v>327339</v>
+      </c>
+      <c r="I15" s="4">
+        <v>23458</v>
+      </c>
+      <c r="J15" s="4">
+        <v>0</v>
+      </c>
+      <c r="K15" s="4">
+        <v>56365</v>
+      </c>
+      <c r="L15" s="4">
+        <v>13881</v>
+      </c>
+      <c r="M15" s="4">
+        <v>70246</v>
+      </c>
+      <c r="N15" s="4">
+        <v>0</v>
+      </c>
+      <c r="O15" s="4">
+        <v>0</v>
+      </c>
+      <c r="P15" s="4">
+        <v>170279</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>591322</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A16" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16" s="4">
+        <v>79379</v>
+      </c>
+      <c r="I16" s="4">
+        <v>10307</v>
+      </c>
+      <c r="J16" s="4">
+        <v>0</v>
+      </c>
+      <c r="K16" s="4">
+        <v>4320</v>
+      </c>
+      <c r="L16" s="4">
+        <v>2927</v>
+      </c>
+      <c r="M16" s="4">
+        <v>7247</v>
+      </c>
+      <c r="N16" s="4">
+        <v>0</v>
+      </c>
+      <c r="O16" s="4">
+        <v>0</v>
+      </c>
+      <c r="P16" s="4">
+        <v>35887</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>132820</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A17" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H17" s="4">
+        <v>10897</v>
+      </c>
+      <c r="I17" s="4">
+        <v>0</v>
+      </c>
+      <c r="J17" s="4">
+        <v>0</v>
+      </c>
+      <c r="K17" s="4">
+        <v>1492</v>
+      </c>
+      <c r="L17" s="4">
+        <v>367</v>
+      </c>
+      <c r="M17" s="4">
+        <v>1859</v>
+      </c>
+      <c r="N17" s="4">
+        <v>0</v>
+      </c>
+      <c r="O17" s="4">
+        <v>0</v>
+      </c>
+      <c r="P17" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>12756</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A18" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H18" s="4">
+        <v>382158</v>
+      </c>
+      <c r="I18" s="4">
+        <v>20399</v>
+      </c>
+      <c r="J18" s="4">
+        <v>0</v>
+      </c>
+      <c r="K18" s="4">
+        <v>45419</v>
+      </c>
+      <c r="L18" s="4">
+        <v>11185</v>
+      </c>
+      <c r="M18" s="4">
+        <v>56604</v>
+      </c>
+      <c r="N18" s="4">
+        <v>0</v>
+      </c>
+      <c r="O18" s="4">
+        <v>0</v>
+      </c>
+      <c r="P18" s="4">
+        <v>83174</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>542335</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A19" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H19" s="4">
+        <v>46746</v>
+      </c>
+      <c r="I19" s="4">
+        <v>11802</v>
+      </c>
+      <c r="J19" s="4">
+        <v>0</v>
+      </c>
+      <c r="K19" s="4">
+        <v>3066</v>
+      </c>
+      <c r="L19" s="4">
+        <v>1775</v>
+      </c>
+      <c r="M19" s="4">
+        <v>4841</v>
+      </c>
+      <c r="N19" s="4">
+        <v>0</v>
+      </c>
+      <c r="O19" s="4">
+        <v>0</v>
+      </c>
+      <c r="P19" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="4">
+        <v>63389</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A20" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>19</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="H20" s="4">
+        <v>22174</v>
+      </c>
+      <c r="I20" s="4">
+        <v>1489</v>
+      </c>
+      <c r="J20" s="4">
+        <v>0</v>
+      </c>
+      <c r="K20" s="4">
+        <v>4119</v>
+      </c>
+      <c r="L20" s="4">
+        <v>1014</v>
+      </c>
+      <c r="M20" s="4">
+        <v>5133</v>
+      </c>
+      <c r="N20" s="4">
+        <v>0</v>
+      </c>
+      <c r="O20" s="4">
+        <v>415</v>
+      </c>
+      <c r="P20" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="4">
+        <v>29211</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A21" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>19</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H21" s="4">
+        <v>143838</v>
+      </c>
+      <c r="I21" s="4">
+        <v>15506</v>
+      </c>
+      <c r="J21" s="4">
+        <v>0</v>
+      </c>
+      <c r="K21" s="4">
+        <v>5444</v>
+      </c>
+      <c r="L21" s="4">
+        <v>5038</v>
+      </c>
+      <c r="M21" s="4">
+        <v>10482</v>
+      </c>
+      <c r="N21" s="4">
+        <v>0</v>
+      </c>
+      <c r="O21" s="4">
+        <v>0</v>
+      </c>
+      <c r="P21" s="4">
+        <v>21374</v>
+      </c>
+      <c r="Q21" s="4">
+        <v>191200</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A22" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>19</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H22" s="4">
+        <v>75452</v>
+      </c>
+      <c r="I22" s="4">
+        <v>12808</v>
+      </c>
+      <c r="J22" s="4">
+        <v>0</v>
+      </c>
+      <c r="K22" s="4">
+        <v>6626</v>
+      </c>
+      <c r="L22" s="4">
+        <v>3264</v>
+      </c>
+      <c r="M22" s="4">
+        <v>9890</v>
+      </c>
+      <c r="N22" s="4">
+        <v>0</v>
+      </c>
+      <c r="O22" s="4">
+        <v>0</v>
+      </c>
+      <c r="P22" s="4">
+        <v>13525</v>
+      </c>
+      <c r="Q22" s="4">
+        <v>111675</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>19</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H23" s="4">
+        <v>114694</v>
+      </c>
+      <c r="I23" s="4">
+        <v>0</v>
+      </c>
+      <c r="J23" s="4">
+        <v>0</v>
+      </c>
+      <c r="K23" s="4">
+        <v>8091</v>
+      </c>
+      <c r="L23" s="4">
+        <v>2770</v>
+      </c>
+      <c r="M23" s="4">
+        <v>10861</v>
+      </c>
+      <c r="N23" s="4">
+        <v>0</v>
+      </c>
+      <c r="O23" s="4">
+        <v>0</v>
+      </c>
+      <c r="P23" s="4">
+        <v>33999</v>
+      </c>
+      <c r="Q23" s="4">
+        <v>159554</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A24" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>19</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H24" s="4">
+        <v>20144</v>
+      </c>
+      <c r="I24" s="4">
+        <v>7398</v>
+      </c>
+      <c r="J24" s="4">
+        <v>0</v>
+      </c>
+      <c r="K24" s="4">
+        <v>645</v>
+      </c>
+      <c r="L24" s="4">
+        <v>606</v>
+      </c>
+      <c r="M24" s="4">
+        <v>1251</v>
+      </c>
+      <c r="N24" s="4">
+        <v>0</v>
+      </c>
+      <c r="O24" s="4">
+        <v>0</v>
+      </c>
+      <c r="P24" s="4">
+        <v>5245</v>
+      </c>
+      <c r="Q24" s="4">
+        <v>34038</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A25" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="H25" s="4">
+        <v>42364</v>
+      </c>
+      <c r="I25" s="4">
+        <v>3372</v>
+      </c>
+      <c r="J25" s="4">
+        <v>0</v>
+      </c>
+      <c r="K25" s="4">
+        <v>6072</v>
+      </c>
+      <c r="L25" s="4">
+        <v>1495</v>
+      </c>
+      <c r="M25" s="4">
+        <v>7567</v>
+      </c>
+      <c r="N25" s="4">
+        <v>0</v>
+      </c>
+      <c r="O25" s="4">
+        <v>612</v>
+      </c>
+      <c r="P25" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="4">
+        <v>53915</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A26" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H26" s="4">
+        <v>25564</v>
+      </c>
+      <c r="I26" s="4">
+        <v>4129</v>
+      </c>
+      <c r="J26" s="4">
+        <v>0</v>
+      </c>
+      <c r="K26" s="4">
+        <v>2588</v>
+      </c>
+      <c r="L26" s="4">
+        <v>1005</v>
+      </c>
+      <c r="M26" s="4">
+        <v>3593</v>
+      </c>
+      <c r="N26" s="4">
+        <v>0</v>
+      </c>
+      <c r="O26" s="4">
+        <v>0</v>
+      </c>
+      <c r="P26" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="4">
+        <v>33286</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A27" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H27" s="4">
+        <v>53352</v>
+      </c>
+      <c r="I27" s="4">
+        <v>18622</v>
+      </c>
+      <c r="J27" s="4">
+        <v>0</v>
+      </c>
+      <c r="K27" s="4">
+        <v>6636</v>
+      </c>
+      <c r="L27" s="4">
+        <v>1833</v>
+      </c>
+      <c r="M27" s="4">
+        <v>8469</v>
+      </c>
+      <c r="N27" s="4">
+        <v>0</v>
+      </c>
+      <c r="O27" s="4">
+        <v>0</v>
+      </c>
+      <c r="P27" s="4">
+        <v>8045</v>
+      </c>
+      <c r="Q27" s="4">
+        <v>88488</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A28" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>19</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="H28" s="4">
+        <v>63651</v>
+      </c>
+      <c r="I28" s="4">
+        <v>7262</v>
+      </c>
+      <c r="J28" s="4">
+        <v>0</v>
+      </c>
+      <c r="K28" s="4">
+        <v>889</v>
+      </c>
+      <c r="L28" s="4">
+        <v>2325</v>
+      </c>
+      <c r="M28" s="4">
+        <v>3214</v>
+      </c>
+      <c r="N28" s="4">
+        <v>0</v>
+      </c>
+      <c r="O28" s="4">
+        <v>0</v>
+      </c>
+      <c r="P28" s="4">
+        <v>18987</v>
+      </c>
+      <c r="Q28" s="4">
+        <v>93114</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A29" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>19</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H29" s="4">
+        <v>63360</v>
+      </c>
+      <c r="I29" s="4">
+        <v>8333</v>
+      </c>
+      <c r="J29" s="4">
+        <v>0</v>
+      </c>
+      <c r="K29" s="4">
+        <v>6196</v>
+      </c>
+      <c r="L29" s="4">
+        <v>2045</v>
+      </c>
+      <c r="M29" s="4">
+        <v>8241</v>
+      </c>
+      <c r="N29" s="4">
+        <v>0</v>
+      </c>
+      <c r="O29" s="4">
+        <v>0</v>
+      </c>
+      <c r="P29" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="4">
+        <v>79934</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A30" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>19</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="H30" s="4">
+        <v>10222</v>
+      </c>
+      <c r="I30" s="4">
+        <v>2433</v>
+      </c>
+      <c r="J30" s="4">
+        <v>0</v>
+      </c>
+      <c r="K30" s="4">
+        <v>1741</v>
+      </c>
+      <c r="L30" s="4">
+        <v>429</v>
+      </c>
+      <c r="M30" s="4">
+        <v>2170</v>
+      </c>
+      <c r="N30" s="4">
+        <v>0</v>
+      </c>
+      <c r="O30" s="4">
+        <v>0</v>
+      </c>
+      <c r="P30" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="4">
+        <v>14825</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A31" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>19</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H31" s="4">
+        <v>77300</v>
+      </c>
+      <c r="I31" s="4">
+        <v>11293</v>
+      </c>
+      <c r="J31" s="4">
+        <v>0</v>
+      </c>
+      <c r="K31" s="4">
+        <v>7372</v>
+      </c>
+      <c r="L31" s="4">
+        <v>3187</v>
+      </c>
+      <c r="M31" s="4">
+        <v>10559</v>
+      </c>
+      <c r="N31" s="4">
+        <v>0</v>
+      </c>
+      <c r="O31" s="4">
+        <v>0</v>
+      </c>
+      <c r="P31" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="4">
+        <v>99152</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A32" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>19</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="H32" s="4">
+        <v>248181</v>
+      </c>
+      <c r="I32" s="4">
+        <v>20897</v>
+      </c>
+      <c r="J32" s="4">
+        <v>0</v>
+      </c>
+      <c r="K32" s="4">
+        <v>33785</v>
+      </c>
+      <c r="L32" s="4">
+        <v>8320</v>
+      </c>
+      <c r="M32" s="4">
+        <v>42105</v>
+      </c>
+      <c r="N32" s="4">
+        <v>0</v>
+      </c>
+      <c r="O32" s="4">
+        <v>0</v>
+      </c>
+      <c r="P32" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="4">
+        <v>311183</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A33" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>19</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H33" s="4">
+        <v>68544</v>
+      </c>
+      <c r="I33" s="4">
+        <v>4858</v>
+      </c>
+      <c r="J33" s="4">
+        <v>0</v>
+      </c>
+      <c r="K33" s="4">
+        <v>8713</v>
+      </c>
+      <c r="L33" s="4">
+        <v>2146</v>
+      </c>
+      <c r="M33" s="4">
+        <v>10859</v>
+      </c>
+      <c r="N33" s="4">
+        <v>0</v>
+      </c>
+      <c r="O33" s="4">
+        <v>0</v>
+      </c>
+      <c r="P33" s="4">
+        <v>26333</v>
+      </c>
+      <c r="Q33" s="4">
+        <v>110594</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A34" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>19</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H34" s="4">
+        <v>147825</v>
+      </c>
+      <c r="I34" s="4">
+        <v>14720</v>
+      </c>
+      <c r="J34" s="4">
+        <v>0</v>
+      </c>
+      <c r="K34" s="4">
+        <v>20040</v>
+      </c>
+      <c r="L34" s="4">
+        <v>4935</v>
+      </c>
+      <c r="M34" s="4">
+        <v>24975</v>
+      </c>
+      <c r="N34" s="4">
+        <v>0</v>
+      </c>
+      <c r="O34" s="4">
+        <v>2019</v>
+      </c>
+      <c r="P34" s="4">
+        <v>60557</v>
+      </c>
+      <c r="Q34" s="4">
+        <v>250096</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A35" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>19</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H35" s="4">
+        <v>66039</v>
+      </c>
+      <c r="I35" s="4">
+        <v>11809</v>
+      </c>
+      <c r="J35" s="4">
+        <v>0</v>
+      </c>
+      <c r="K35" s="4">
+        <v>10359</v>
+      </c>
+      <c r="L35" s="4">
+        <v>2551</v>
+      </c>
+      <c r="M35" s="4">
+        <v>12910</v>
+      </c>
+      <c r="N35" s="4">
+        <v>0</v>
+      </c>
+      <c r="O35" s="4">
+        <v>0</v>
+      </c>
+      <c r="P35" s="4">
+        <v>18211</v>
+      </c>
+      <c r="Q35" s="4">
+        <v>108969</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A36" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>19</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H36" s="4">
+        <v>30590</v>
+      </c>
+      <c r="I36" s="4">
+        <v>2977</v>
+      </c>
+      <c r="J36" s="4">
+        <v>0</v>
+      </c>
+      <c r="K36" s="4">
+        <v>4967</v>
+      </c>
+      <c r="L36" s="4">
+        <v>1299</v>
+      </c>
+      <c r="M36" s="4">
+        <v>6266</v>
+      </c>
+      <c r="N36" s="4">
+        <v>0</v>
+      </c>
+      <c r="O36" s="4">
+        <v>0</v>
+      </c>
+      <c r="P36" s="4">
+        <v>7889</v>
+      </c>
+      <c r="Q36" s="4">
+        <v>47722</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A37" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>19</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="H37" s="4">
+        <v>48289</v>
+      </c>
+      <c r="I37" s="4">
+        <v>12752</v>
+      </c>
+      <c r="J37" s="4">
+        <v>0</v>
+      </c>
+      <c r="K37" s="4">
+        <v>7215</v>
+      </c>
+      <c r="L37" s="4">
+        <v>1941</v>
+      </c>
+      <c r="M37" s="4">
+        <v>9156</v>
+      </c>
+      <c r="N37" s="4">
+        <v>0</v>
+      </c>
+      <c r="O37" s="4">
+        <v>0</v>
+      </c>
+      <c r="P37" s="4">
+        <v>18722</v>
+      </c>
+      <c r="Q37" s="4">
+        <v>88919</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A38" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>19</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H38" s="4">
+        <v>429701</v>
+      </c>
+      <c r="I38" s="4">
+        <v>27284</v>
+      </c>
+      <c r="J38" s="4">
+        <v>0</v>
+      </c>
+      <c r="K38" s="4">
+        <v>42822</v>
+      </c>
+      <c r="L38" s="4">
+        <v>10546</v>
+      </c>
+      <c r="M38" s="4">
+        <v>53368</v>
+      </c>
+      <c r="N38" s="4">
+        <v>0</v>
+      </c>
+      <c r="O38" s="4">
+        <v>0</v>
+      </c>
+      <c r="P38" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="4">
+        <v>510353</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A39" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>19</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H39" s="4">
+        <v>40148</v>
+      </c>
+      <c r="I39" s="4">
+        <v>0</v>
+      </c>
+      <c r="J39" s="4">
+        <v>0</v>
+      </c>
+      <c r="K39" s="4">
+        <v>4133</v>
+      </c>
+      <c r="L39" s="4">
+        <v>1550</v>
+      </c>
+      <c r="M39" s="4">
+        <v>5683</v>
+      </c>
+      <c r="N39" s="4">
+        <v>0</v>
+      </c>
+      <c r="O39" s="4">
+        <v>0</v>
+      </c>
+      <c r="P39" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="4">
+        <v>45831</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A40" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>19</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H40" s="4">
+        <v>16982</v>
+      </c>
+      <c r="I40" s="4">
+        <v>3651</v>
+      </c>
+      <c r="J40" s="4">
+        <v>0</v>
+      </c>
+      <c r="K40" s="4">
+        <v>2781</v>
+      </c>
+      <c r="L40" s="4">
+        <v>685</v>
+      </c>
+      <c r="M40" s="4">
+        <v>3466</v>
+      </c>
+      <c r="N40" s="4">
+        <v>0</v>
+      </c>
+      <c r="O40" s="4">
+        <v>0</v>
+      </c>
+      <c r="P40" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="4">
+        <v>24099</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A41" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>19</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="H41" s="4">
+        <v>60639</v>
+      </c>
+      <c r="I41" s="4">
+        <v>6810</v>
+      </c>
+      <c r="J41" s="4">
+        <v>0</v>
+      </c>
+      <c r="K41" s="4">
+        <v>11634</v>
+      </c>
+      <c r="L41" s="4">
+        <v>2865</v>
+      </c>
+      <c r="M41" s="4">
+        <v>14499</v>
+      </c>
+      <c r="N41" s="4">
+        <v>0</v>
+      </c>
+      <c r="O41" s="4">
+        <v>0</v>
+      </c>
+      <c r="P41" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="4">
+        <v>81948</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A42" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>19</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H42" s="4">
+        <v>86885</v>
+      </c>
+      <c r="I42" s="4">
+        <v>10674</v>
+      </c>
+      <c r="J42" s="4">
+        <v>0</v>
+      </c>
+      <c r="K42" s="4">
+        <v>1278</v>
+      </c>
+      <c r="L42" s="4">
+        <v>2108</v>
+      </c>
+      <c r="M42" s="4">
+        <v>3386</v>
+      </c>
+      <c r="N42" s="4">
+        <v>0</v>
+      </c>
+      <c r="O42" s="4">
+        <v>0</v>
+      </c>
+      <c r="P42" s="4">
+        <v>13637</v>
+      </c>
+      <c r="Q42" s="4">
+        <v>114582</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A43" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D43" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" t="s">
+        <v>19</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="H43" s="4">
+        <v>29734</v>
+      </c>
+      <c r="I43" s="4">
+        <v>2677</v>
+      </c>
+      <c r="J43" s="4">
+        <v>0</v>
+      </c>
+      <c r="K43" s="4">
+        <v>3628</v>
+      </c>
+      <c r="L43" s="4">
+        <v>894</v>
+      </c>
+      <c r="M43" s="4">
+        <v>4522</v>
+      </c>
+      <c r="N43" s="4">
+        <v>0</v>
+      </c>
+      <c r="O43" s="4">
+        <v>0</v>
+      </c>
+      <c r="P43" s="4">
+        <v>4541</v>
+      </c>
+      <c r="Q43" s="4">
+        <v>41474</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A44" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>19</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H44" s="4">
+        <v>69043</v>
+      </c>
+      <c r="I44" s="4">
+        <v>6324</v>
+      </c>
+      <c r="J44" s="4">
+        <v>0</v>
+      </c>
+      <c r="K44" s="4">
+        <v>8270</v>
+      </c>
+      <c r="L44" s="4">
+        <v>2037</v>
+      </c>
+      <c r="M44" s="4">
+        <v>10307</v>
+      </c>
+      <c r="N44" s="4">
+        <v>0</v>
+      </c>
+      <c r="O44" s="4">
+        <v>0</v>
+      </c>
+      <c r="P44" s="4">
+        <v>24982</v>
+      </c>
+      <c r="Q44" s="4">
+        <v>110656</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A45" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D45" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" t="s">
+        <v>19</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="H45" s="4">
+        <v>225050</v>
+      </c>
+      <c r="I45" s="4">
+        <v>29374</v>
+      </c>
+      <c r="J45" s="4">
+        <v>0</v>
+      </c>
+      <c r="K45" s="4">
+        <v>19067</v>
+      </c>
+      <c r="L45" s="4">
+        <v>9391</v>
+      </c>
+      <c r="M45" s="4">
+        <v>28458</v>
+      </c>
+      <c r="N45" s="4">
+        <v>0</v>
+      </c>
+      <c r="O45" s="4">
+        <v>0</v>
+      </c>
+      <c r="P45" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="4">
+        <v>282882</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A46" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>19</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="H46" s="4">
+        <v>334096</v>
+      </c>
+      <c r="I46" s="4">
+        <v>29948</v>
+      </c>
+      <c r="J46" s="4">
+        <v>0</v>
+      </c>
+      <c r="K46" s="4">
+        <v>48608</v>
+      </c>
+      <c r="L46" s="4">
+        <v>11971</v>
+      </c>
+      <c r="M46" s="4">
+        <v>60579</v>
+      </c>
+      <c r="N46" s="4">
+        <v>0</v>
+      </c>
+      <c r="O46" s="4">
+        <v>0</v>
+      </c>
+      <c r="P46" s="4">
+        <v>102355</v>
+      </c>
+      <c r="Q46" s="4">
+        <v>526978</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A47" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="D47" t="s">
+        <v>19</v>
+      </c>
+      <c r="E47" t="s">
+        <v>19</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H47" s="4">
+        <v>1021116</v>
+      </c>
+      <c r="I47" s="4">
+        <v>207544</v>
+      </c>
+      <c r="J47" s="4">
+        <v>0</v>
+      </c>
+      <c r="K47" s="4">
+        <v>137454</v>
+      </c>
+      <c r="L47" s="4">
+        <v>33851</v>
+      </c>
+      <c r="M47" s="4">
+        <v>171305</v>
+      </c>
+      <c r="N47" s="4">
+        <v>0</v>
+      </c>
+      <c r="O47" s="4">
+        <v>0</v>
+      </c>
+      <c r="P47" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="4">
+        <v>1399965</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A48" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>19</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="H48" s="4">
+        <v>67840</v>
+      </c>
+      <c r="I48" s="4">
+        <v>12563</v>
+      </c>
+      <c r="J48" s="4">
+        <v>0</v>
+      </c>
+      <c r="K48" s="4">
+        <v>8925</v>
+      </c>
+      <c r="L48" s="4">
+        <v>2198</v>
+      </c>
+      <c r="M48" s="4">
+        <v>11123</v>
+      </c>
+      <c r="N48" s="4">
+        <v>0</v>
+      </c>
+      <c r="O48" s="4">
+        <v>0</v>
+      </c>
+      <c r="P48" s="4">
+        <v>26974</v>
+      </c>
+      <c r="Q48" s="4">
+        <v>118500</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A49" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D49" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49" t="s">
+        <v>19</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="H49" s="4">
+        <v>144182</v>
+      </c>
+      <c r="I49" s="4">
+        <v>11629</v>
+      </c>
+      <c r="J49" s="4">
+        <v>0</v>
+      </c>
+      <c r="K49" s="4">
+        <v>12609</v>
+      </c>
+      <c r="L49" s="4">
+        <v>4066</v>
+      </c>
+      <c r="M49" s="4">
+        <v>16675</v>
+      </c>
+      <c r="N49" s="4">
+        <v>0</v>
+      </c>
+      <c r="O49" s="4">
+        <v>0</v>
+      </c>
+      <c r="P49" s="4">
+        <v>33203</v>
+      </c>
+      <c r="Q49" s="4">
+        <v>205689</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A50" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D50" t="s">
+        <v>19</v>
+      </c>
+      <c r="E50" t="s">
+        <v>19</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="H50" s="4">
+        <v>26133</v>
+      </c>
+      <c r="I50" s="4">
+        <v>5921</v>
+      </c>
+      <c r="J50" s="4">
+        <v>0</v>
+      </c>
+      <c r="K50" s="4">
+        <v>3200</v>
+      </c>
+      <c r="L50" s="4">
+        <v>893</v>
+      </c>
+      <c r="M50" s="4">
+        <v>4093</v>
+      </c>
+      <c r="N50" s="4">
+        <v>0</v>
+      </c>
+      <c r="O50" s="4">
+        <v>0</v>
+      </c>
+      <c r="P50" s="4">
+        <v>278</v>
+      </c>
+      <c r="Q50" s="4">
+        <v>36425</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A51" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D51" t="s">
+        <v>19</v>
+      </c>
+      <c r="E51" t="s">
+        <v>19</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="H51" s="4">
+        <v>61435</v>
+      </c>
+      <c r="I51" s="4">
+        <v>4358</v>
+      </c>
+      <c r="J51" s="4">
+        <v>0</v>
+      </c>
+      <c r="K51" s="4">
+        <v>4069</v>
+      </c>
+      <c r="L51" s="4">
+        <v>2004</v>
+      </c>
+      <c r="M51" s="4">
+        <v>6073</v>
+      </c>
+      <c r="N51" s="4">
+        <v>0</v>
+      </c>
+      <c r="O51" s="4">
+        <v>0</v>
+      </c>
+      <c r="P51" s="4">
+        <v>10618</v>
+      </c>
+      <c r="Q51" s="4">
+        <v>82484</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A52" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D52" t="s">
+        <v>19</v>
+      </c>
+      <c r="E52" t="s">
+        <v>19</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H52" s="4">
+        <v>151405</v>
+      </c>
+      <c r="I52" s="4">
+        <v>19484</v>
+      </c>
+      <c r="J52" s="4">
+        <v>0</v>
+      </c>
+      <c r="K52" s="4">
+        <v>17850</v>
+      </c>
+      <c r="L52" s="4">
+        <v>4396</v>
+      </c>
+      <c r="M52" s="4">
+        <v>22246</v>
+      </c>
+      <c r="N52" s="4">
+        <v>0</v>
+      </c>
+      <c r="O52" s="4">
+        <v>0</v>
+      </c>
+      <c r="P52" s="4">
+        <v>18962</v>
+      </c>
+      <c r="Q52" s="4">
+        <v>212097</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A53" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="D53" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" t="s">
+        <v>19</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="H53" s="4">
+        <v>36807</v>
+      </c>
+      <c r="I53" s="4">
+        <v>8596</v>
+      </c>
+      <c r="J53" s="4">
+        <v>0</v>
+      </c>
+      <c r="K53" s="4">
+        <v>0</v>
+      </c>
+      <c r="L53" s="4">
+        <v>1206</v>
+      </c>
+      <c r="M53" s="4">
+        <v>1206</v>
+      </c>
+      <c r="N53" s="4">
+        <v>0</v>
+      </c>
+      <c r="O53" s="4">
+        <v>0</v>
+      </c>
+      <c r="P53" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="4">
+        <v>46609</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A54" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>19</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="H54" s="4">
+        <v>30895</v>
+      </c>
+      <c r="I54" s="4">
+        <v>3191</v>
+      </c>
+      <c r="J54" s="4">
+        <v>0</v>
+      </c>
+      <c r="K54" s="4">
+        <v>0</v>
+      </c>
+      <c r="L54" s="4">
+        <v>0</v>
+      </c>
+      <c r="M54" s="4">
+        <v>0</v>
+      </c>
+      <c r="N54" s="4">
+        <v>0</v>
+      </c>
+      <c r="O54" s="4">
+        <v>0</v>
+      </c>
+      <c r="P54" s="4">
+        <v>7720</v>
+      </c>
+      <c r="Q54" s="4">
+        <v>41806</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A55" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D55" t="s">
+        <v>19</v>
+      </c>
+      <c r="E55" t="s">
+        <v>19</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="H55" s="4">
+        <v>72655</v>
+      </c>
+      <c r="I55" s="4">
+        <v>11367</v>
+      </c>
+      <c r="J55" s="4">
+        <v>0</v>
+      </c>
+      <c r="K55" s="4">
+        <v>5703</v>
+      </c>
+      <c r="L55" s="4">
+        <v>2809</v>
+      </c>
+      <c r="M55" s="4">
+        <v>8512</v>
+      </c>
+      <c r="N55" s="4">
+        <v>0</v>
+      </c>
+      <c r="O55" s="4">
+        <v>1149</v>
+      </c>
+      <c r="P55" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="4">
+        <v>93683</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A56" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D56" t="s">
+        <v>19</v>
+      </c>
+      <c r="E56" t="s">
+        <v>19</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="H56" s="4">
+        <v>47885</v>
+      </c>
+      <c r="I56" s="4">
+        <v>8279</v>
+      </c>
+      <c r="J56" s="4">
+        <v>0</v>
+      </c>
+      <c r="K56" s="4">
+        <v>3241</v>
+      </c>
+      <c r="L56" s="4">
+        <v>2039</v>
+      </c>
+      <c r="M56" s="4">
+        <v>5280</v>
+      </c>
+      <c r="N56" s="4">
+        <v>0</v>
+      </c>
+      <c r="O56" s="4">
+        <v>0</v>
+      </c>
+      <c r="P56" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="4">
+        <v>61444</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A57" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>19</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H57" s="4">
+        <v>89119</v>
+      </c>
+      <c r="I57" s="4">
+        <v>7618</v>
+      </c>
+      <c r="J57" s="4">
+        <v>0</v>
+      </c>
+      <c r="K57" s="4">
+        <v>7817</v>
+      </c>
+      <c r="L57" s="4">
+        <v>2495</v>
+      </c>
+      <c r="M57" s="4">
+        <v>10312</v>
+      </c>
+      <c r="N57" s="4">
+        <v>0</v>
+      </c>
+      <c r="O57" s="4">
+        <v>0</v>
+      </c>
+      <c r="P57" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="4">
+        <v>107049</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A58" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D58" t="s">
+        <v>19</v>
+      </c>
+      <c r="E58" t="s">
+        <v>19</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="H58" s="4">
+        <v>140021</v>
+      </c>
+      <c r="I58" s="4">
+        <v>27014</v>
+      </c>
+      <c r="J58" s="4">
+        <v>0</v>
+      </c>
+      <c r="K58" s="4">
+        <v>17847</v>
+      </c>
+      <c r="L58" s="4">
+        <v>4866</v>
+      </c>
+      <c r="M58" s="4">
+        <v>22713</v>
+      </c>
+      <c r="N58" s="4">
+        <v>0</v>
+      </c>
+      <c r="O58" s="4">
+        <v>0</v>
+      </c>
+      <c r="P58" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="4">
+        <v>189748</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A59" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D59" t="s">
+        <v>19</v>
+      </c>
+      <c r="E59" t="s">
+        <v>19</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="H59" s="4">
+        <v>16310</v>
+      </c>
+      <c r="I59" s="4">
+        <v>2302</v>
+      </c>
+      <c r="J59" s="4">
+        <v>0</v>
+      </c>
+      <c r="K59" s="4">
+        <v>1266</v>
+      </c>
+      <c r="L59" s="4">
+        <v>692</v>
+      </c>
+      <c r="M59" s="4">
+        <v>1958</v>
+      </c>
+      <c r="N59" s="4">
+        <v>0</v>
+      </c>
+      <c r="O59" s="4">
+        <v>0</v>
+      </c>
+      <c r="P59" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="4">
+        <v>20570</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A60" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="D60" t="s">
+        <v>19</v>
+      </c>
+      <c r="E60" t="s">
+        <v>19</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H60" s="4">
+        <v>103784</v>
+      </c>
+      <c r="I60" s="4">
+        <v>12253</v>
+      </c>
+      <c r="J60" s="4">
+        <v>0</v>
+      </c>
+      <c r="K60" s="4">
+        <v>9384</v>
+      </c>
+      <c r="L60" s="4">
+        <v>3643</v>
+      </c>
+      <c r="M60" s="4">
+        <v>13027</v>
+      </c>
+      <c r="N60" s="4">
+        <v>0</v>
+      </c>
+      <c r="O60" s="4">
+        <v>0</v>
+      </c>
+      <c r="P60" s="4">
+        <v>11026</v>
+      </c>
+      <c r="Q60" s="4">
+        <v>140090</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A61" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="D61" t="s">
+        <v>19</v>
+      </c>
+      <c r="E61" t="s">
+        <v>19</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="H61" s="4">
+        <v>87369</v>
+      </c>
+      <c r="I61" s="4">
+        <v>17044</v>
+      </c>
+      <c r="J61" s="4">
+        <v>0</v>
+      </c>
+      <c r="K61" s="4">
+        <v>0</v>
+      </c>
+      <c r="L61" s="4">
+        <v>2787</v>
+      </c>
+      <c r="M61" s="4">
+        <v>2787</v>
+      </c>
+      <c r="N61" s="4">
+        <v>0</v>
+      </c>
+      <c r="O61" s="4">
+        <v>0</v>
+      </c>
+      <c r="P61" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="4">
+        <v>107200</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A62" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D62" t="s">
+        <v>148</v>
+      </c>
+      <c r="E62" t="s">
+        <v>19</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="H62" s="4">
+        <v>101069</v>
+      </c>
+      <c r="I62" s="4">
+        <v>23227</v>
+      </c>
+      <c r="J62" s="4">
+        <v>0</v>
+      </c>
+      <c r="K62" s="4">
+        <v>15098</v>
+      </c>
+      <c r="L62" s="4">
+        <v>3719</v>
+      </c>
+      <c r="M62" s="4">
+        <v>18817</v>
+      </c>
+      <c r="N62" s="4">
+        <v>0</v>
+      </c>
+      <c r="O62" s="4">
+        <v>0</v>
+      </c>
+      <c r="P62" s="4">
+        <v>5243</v>
+      </c>
+      <c r="Q62" s="4">
+        <v>148356</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A63" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D63" t="s">
+        <v>19</v>
+      </c>
+      <c r="E63" t="s">
+        <v>19</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="H63" s="4">
+        <v>107564</v>
+      </c>
+      <c r="I63" s="4">
+        <v>18318</v>
+      </c>
+      <c r="J63" s="4">
+        <v>0</v>
+      </c>
+      <c r="K63" s="4">
+        <v>6286</v>
+      </c>
+      <c r="L63" s="4">
+        <v>3074</v>
+      </c>
+      <c r="M63" s="4">
+        <v>9360</v>
+      </c>
+      <c r="N63" s="4">
+        <v>0</v>
+      </c>
+      <c r="O63" s="4">
+        <v>0</v>
+      </c>
+      <c r="P63" s="4">
+        <v>19280</v>
+      </c>
+      <c r="Q63" s="4">
+        <v>154522</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A64" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="D64" t="s">
+        <v>19</v>
+      </c>
+      <c r="E64" t="s">
+        <v>19</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="H64" s="4">
+        <v>19059</v>
+      </c>
+      <c r="I64" s="4">
+        <v>2262</v>
+      </c>
+      <c r="J64" s="4">
+        <v>0</v>
+      </c>
+      <c r="K64" s="4">
+        <v>1814</v>
+      </c>
+      <c r="L64" s="4">
+        <v>559</v>
+      </c>
+      <c r="M64" s="4">
+        <v>2373</v>
+      </c>
+      <c r="N64" s="4">
+        <v>0</v>
+      </c>
+      <c r="O64" s="4">
+        <v>0</v>
+      </c>
+      <c r="P64" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="4">
+        <v>23694</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A65" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>19</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H65" s="4">
+        <v>39015</v>
+      </c>
+      <c r="I65" s="4">
+        <v>5069</v>
+      </c>
+      <c r="J65" s="4">
+        <v>0</v>
+      </c>
+      <c r="K65" s="4">
+        <v>0</v>
+      </c>
+      <c r="L65" s="4">
+        <v>1814</v>
+      </c>
+      <c r="M65" s="4">
+        <v>1814</v>
+      </c>
+      <c r="N65" s="4">
+        <v>0</v>
+      </c>
+      <c r="O65" s="4">
+        <v>0</v>
+      </c>
+      <c r="P65" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="4">
+        <v>45898</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A66" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="D66" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" t="s">
+        <v>19</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="H66" s="4">
+        <v>80966</v>
+      </c>
+      <c r="I66" s="4">
+        <v>7850</v>
+      </c>
+      <c r="J66" s="4">
+        <v>0</v>
+      </c>
+      <c r="K66" s="4">
+        <v>12131</v>
+      </c>
+      <c r="L66" s="4">
+        <v>2987</v>
+      </c>
+      <c r="M66" s="4">
+        <v>15118</v>
+      </c>
+      <c r="N66" s="4">
+        <v>0</v>
+      </c>
+      <c r="O66" s="4">
+        <v>0</v>
+      </c>
+      <c r="P66" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="4">
+        <v>103934</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A67" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="D67" t="s">
+        <v>159</v>
+      </c>
+      <c r="E67" t="s">
+        <v>19</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="H67" s="4">
+        <v>281651</v>
+      </c>
+      <c r="I67" s="4">
+        <v>50135</v>
+      </c>
+      <c r="J67" s="4">
+        <v>757</v>
+      </c>
+      <c r="K67" s="4">
+        <v>11070</v>
+      </c>
+      <c r="L67" s="4">
+        <v>8996</v>
+      </c>
+      <c r="M67" s="4">
+        <v>20066</v>
+      </c>
+      <c r="N67" s="4">
+        <v>0</v>
+      </c>
+      <c r="O67" s="4">
+        <v>0</v>
+      </c>
+      <c r="P67" s="4">
+        <v>110404</v>
+      </c>
+      <c r="Q67" s="4">
+        <v>463013</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A68" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="D68" t="s">
+        <v>19</v>
+      </c>
+      <c r="E68" t="s">
+        <v>19</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="H68" s="4">
+        <v>159351</v>
+      </c>
+      <c r="I68" s="4">
+        <v>24839</v>
+      </c>
+      <c r="J68" s="4">
+        <v>0</v>
+      </c>
+      <c r="K68" s="4">
+        <v>31340</v>
+      </c>
+      <c r="L68" s="4">
+        <v>7718</v>
+      </c>
+      <c r="M68" s="4">
+        <v>39058</v>
+      </c>
+      <c r="N68" s="4">
+        <v>0</v>
+      </c>
+      <c r="O68" s="4">
+        <v>0</v>
+      </c>
+      <c r="P68" s="4">
+        <v>19210</v>
+      </c>
+      <c r="Q68" s="4">
+        <v>242458</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A69" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="D69" t="s">
+        <v>19</v>
+      </c>
+      <c r="E69" t="s">
+        <v>19</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="H69" s="4">
+        <v>307199</v>
+      </c>
+      <c r="I69" s="4">
+        <v>17047</v>
+      </c>
+      <c r="J69" s="4">
+        <v>0</v>
+      </c>
+      <c r="K69" s="4">
+        <v>21351</v>
+      </c>
+      <c r="L69" s="4">
+        <v>9394</v>
+      </c>
+      <c r="M69" s="4">
+        <v>30745</v>
+      </c>
+      <c r="N69" s="4">
+        <v>0</v>
+      </c>
+      <c r="O69" s="4">
+        <v>0</v>
+      </c>
+      <c r="P69" s="4">
+        <v>76842</v>
+      </c>
+      <c r="Q69" s="4">
+        <v>431833</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A70" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="D70" t="s">
+        <v>19</v>
+      </c>
+      <c r="E70" t="s">
+        <v>19</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="H70" s="4">
+        <v>48461</v>
+      </c>
+      <c r="I70" s="4">
+        <v>7935</v>
+      </c>
+      <c r="J70" s="4">
+        <v>0</v>
+      </c>
+      <c r="K70" s="4">
+        <v>3730</v>
+      </c>
+      <c r="L70" s="4">
+        <v>1360</v>
+      </c>
+      <c r="M70" s="4">
+        <v>5090</v>
+      </c>
+      <c r="N70" s="4">
+        <v>0</v>
+      </c>
+      <c r="O70" s="4">
+        <v>0</v>
+      </c>
+      <c r="P70" s="4">
+        <v>10849</v>
+      </c>
+      <c r="Q70" s="4">
+        <v>72335</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A71" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="D71" t="s">
+        <v>19</v>
+      </c>
+      <c r="E71" t="s">
+        <v>19</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="H71" s="4">
+        <v>451745</v>
+      </c>
+      <c r="I71" s="4">
+        <v>15059</v>
+      </c>
+      <c r="J71" s="4">
+        <v>0</v>
+      </c>
+      <c r="K71" s="4">
+        <v>27149</v>
+      </c>
+      <c r="L71" s="4">
+        <v>13372</v>
+      </c>
+      <c r="M71" s="4">
+        <v>40521</v>
+      </c>
+      <c r="N71" s="4">
+        <v>0</v>
+      </c>
+      <c r="O71" s="4">
+        <v>0</v>
+      </c>
+      <c r="P71" s="4">
+        <v>164036</v>
+      </c>
+      <c r="Q71" s="4">
+        <v>671361</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A72" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D72" t="s">
+        <v>19</v>
+      </c>
+      <c r="E72" t="s">
+        <v>19</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="H72" s="4">
+        <v>17006</v>
+      </c>
+      <c r="I72" s="4">
+        <v>3037</v>
+      </c>
+      <c r="J72" s="4">
+        <v>0</v>
+      </c>
+      <c r="K72" s="4">
+        <v>2483</v>
+      </c>
+      <c r="L72" s="4">
+        <v>612</v>
+      </c>
+      <c r="M72" s="4">
+        <v>3095</v>
+      </c>
+      <c r="N72" s="4">
+        <v>0</v>
+      </c>
+      <c r="O72" s="4">
+        <v>0</v>
+      </c>
+      <c r="P72" s="4">
+        <v>7495</v>
+      </c>
+      <c r="Q72" s="4">
+        <v>30633</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A73" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="D73" t="s">
+        <v>19</v>
+      </c>
+      <c r="E73" t="s">
+        <v>19</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="H73" s="4">
+        <v>38438</v>
+      </c>
+      <c r="I73" s="4">
+        <v>5981</v>
+      </c>
+      <c r="J73" s="4">
+        <v>0</v>
+      </c>
+      <c r="K73" s="4">
+        <v>5715</v>
+      </c>
+      <c r="L73" s="4">
+        <v>1408</v>
+      </c>
+      <c r="M73" s="4">
+        <v>7123</v>
+      </c>
+      <c r="N73" s="4">
+        <v>0</v>
+      </c>
+      <c r="O73" s="4">
+        <v>0</v>
+      </c>
+      <c r="P73" s="4">
+        <v>9078</v>
+      </c>
+      <c r="Q73" s="4">
+        <v>60620</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A74" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="D74" t="s">
+        <v>19</v>
+      </c>
+      <c r="E74" t="s">
+        <v>19</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="H74" s="4">
+        <v>38217</v>
+      </c>
+      <c r="I74" s="4">
+        <v>3348</v>
+      </c>
+      <c r="J74" s="4">
+        <v>0</v>
+      </c>
+      <c r="K74" s="4">
+        <v>2951</v>
+      </c>
+      <c r="L74" s="4">
+        <v>1453</v>
+      </c>
+      <c r="M74" s="4">
+        <v>4404</v>
+      </c>
+      <c r="N74" s="4">
+        <v>0</v>
+      </c>
+      <c r="O74" s="4">
+        <v>595</v>
+      </c>
+      <c r="P74" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="4">
+        <v>46564</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A75" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D75" t="s">
+        <v>19</v>
+      </c>
+      <c r="E75" t="s">
+        <v>19</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="H75" s="4">
+        <v>36882</v>
+      </c>
+      <c r="I75" s="4">
+        <v>3952</v>
+      </c>
+      <c r="J75" s="4">
+        <v>0</v>
+      </c>
+      <c r="K75" s="4">
+        <v>5905</v>
+      </c>
+      <c r="L75" s="4">
+        <v>1454</v>
+      </c>
+      <c r="M75" s="4">
+        <v>7359</v>
+      </c>
+      <c r="N75" s="4">
+        <v>0</v>
+      </c>
+      <c r="O75" s="4">
+        <v>0</v>
+      </c>
+      <c r="P75" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q75" s="4">
+        <v>48193</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A76" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="D76" t="s">
+        <v>19</v>
+      </c>
+      <c r="E76" t="s">
+        <v>19</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="H76" s="4">
+        <v>42090</v>
+      </c>
+      <c r="I76" s="4">
+        <v>3023</v>
+      </c>
+      <c r="J76" s="4">
+        <v>0</v>
+      </c>
+      <c r="K76" s="4">
+        <v>3790</v>
+      </c>
+      <c r="L76" s="4">
+        <v>1867</v>
+      </c>
+      <c r="M76" s="4">
+        <v>5657</v>
+      </c>
+      <c r="N76" s="4">
+        <v>0</v>
+      </c>
+      <c r="O76" s="4">
+        <v>0</v>
+      </c>
+      <c r="P76" s="4">
+        <v>22910</v>
+      </c>
+      <c r="Q76" s="4">
+        <v>73680</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A77" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D77" t="s">
+        <v>19</v>
+      </c>
+      <c r="E77" t="s">
+        <v>19</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="H77" s="4">
+        <v>649860</v>
+      </c>
+      <c r="I77" s="4">
+        <v>55144</v>
+      </c>
+      <c r="J77" s="4">
+        <v>0</v>
+      </c>
+      <c r="K77" s="4">
+        <v>68025</v>
+      </c>
+      <c r="L77" s="4">
+        <v>16753</v>
+      </c>
+      <c r="M77" s="4">
+        <v>84778</v>
+      </c>
+      <c r="N77" s="4">
+        <v>0</v>
+      </c>
+      <c r="O77" s="4">
+        <v>0</v>
+      </c>
+      <c r="P77" s="4">
+        <v>24885</v>
+      </c>
+      <c r="Q77" s="4">
+        <v>814667</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A78" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="D78" t="s">
+        <v>19</v>
+      </c>
+      <c r="E78" t="s">
+        <v>19</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="H78" s="4">
+        <v>145529</v>
+      </c>
+      <c r="I78" s="4">
+        <v>25307</v>
+      </c>
+      <c r="J78" s="4">
+        <v>0</v>
+      </c>
+      <c r="K78" s="4">
+        <v>6336</v>
+      </c>
+      <c r="L78" s="4">
+        <v>5112</v>
+      </c>
+      <c r="M78" s="4">
+        <v>11448</v>
+      </c>
+      <c r="N78" s="4">
+        <v>0</v>
+      </c>
+      <c r="O78" s="4">
+        <v>0</v>
+      </c>
+      <c r="P78" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="4">
+        <v>182284</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A79" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E79" t="s">
+        <v>19</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="H79" s="4">
+        <v>149049</v>
+      </c>
+      <c r="I79" s="4">
+        <v>38990</v>
+      </c>
+      <c r="J79" s="4">
+        <v>0</v>
+      </c>
+      <c r="K79" s="4">
+        <v>20271</v>
+      </c>
+      <c r="L79" s="4">
+        <v>4992</v>
+      </c>
+      <c r="M79" s="4">
+        <v>25263</v>
+      </c>
+      <c r="N79" s="4">
+        <v>0</v>
+      </c>
+      <c r="O79" s="4">
+        <v>0</v>
+      </c>
+      <c r="P79" s="4">
+        <v>61267</v>
+      </c>
+      <c r="Q79" s="4">
+        <v>274569</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A80" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="D80" t="s">
+        <v>19</v>
+      </c>
+      <c r="E80" t="s">
+        <v>19</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="H80" s="4">
+        <v>24381</v>
+      </c>
+      <c r="I80" s="4">
+        <v>1378</v>
+      </c>
+      <c r="J80" s="4">
+        <v>0</v>
+      </c>
+      <c r="K80" s="4">
+        <v>0</v>
+      </c>
+      <c r="L80" s="4">
+        <v>703</v>
+      </c>
+      <c r="M80" s="4">
+        <v>703</v>
+      </c>
+      <c r="N80" s="4">
+        <v>0</v>
+      </c>
+      <c r="O80" s="4">
+        <v>0</v>
+      </c>
+      <c r="P80" s="4">
+        <v>7352</v>
+      </c>
+      <c r="Q80" s="4">
+        <v>33814</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A81" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="D81" t="s">
+        <v>19</v>
+      </c>
+      <c r="E81" t="s">
+        <v>19</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="H81" s="4">
+        <v>1011555</v>
+      </c>
+      <c r="I81" s="4">
+        <v>193281</v>
+      </c>
+      <c r="J81" s="4">
+        <v>0</v>
+      </c>
+      <c r="K81" s="4">
+        <v>132898</v>
+      </c>
+      <c r="L81" s="4">
+        <v>32729</v>
+      </c>
+      <c r="M81" s="4">
+        <v>165627</v>
+      </c>
+      <c r="N81" s="4">
+        <v>0</v>
+      </c>
+      <c r="O81" s="4">
+        <v>0</v>
+      </c>
+      <c r="P81" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q81" s="4">
+        <v>1370463</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A82" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="D82" t="s">
+        <v>19</v>
+      </c>
+      <c r="E82" t="s">
+        <v>19</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="H82" s="4">
+        <v>126980</v>
+      </c>
+      <c r="I82" s="4">
+        <v>11945</v>
+      </c>
+      <c r="J82" s="4">
+        <v>0</v>
+      </c>
+      <c r="K82" s="4">
+        <v>0</v>
+      </c>
+      <c r="L82" s="4">
+        <v>3416</v>
+      </c>
+      <c r="M82" s="4">
+        <v>3416</v>
+      </c>
+      <c r="N82" s="4">
+        <v>0</v>
+      </c>
+      <c r="O82" s="4">
+        <v>0</v>
+      </c>
+      <c r="P82" s="4">
+        <v>8592</v>
+      </c>
+      <c r="Q82" s="4">
+        <v>150933</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A83" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D83" t="s">
+        <v>19</v>
+      </c>
+      <c r="E83" t="s">
+        <v>19</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="H83" s="4">
+        <v>163533</v>
+      </c>
+      <c r="I83" s="4">
+        <v>12994</v>
+      </c>
+      <c r="J83" s="4">
+        <v>0</v>
+      </c>
+      <c r="K83" s="4">
+        <v>24755</v>
+      </c>
+      <c r="L83" s="4">
+        <v>6096</v>
+      </c>
+      <c r="M83" s="4">
+        <v>30851</v>
+      </c>
+      <c r="N83" s="4">
+        <v>0</v>
+      </c>
+      <c r="O83" s="4">
+        <v>0</v>
+      </c>
+      <c r="P83" s="4">
+        <v>35976</v>
+      </c>
+      <c r="Q83" s="4">
+        <v>243354</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A84" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="D84" t="s">
+        <v>19</v>
+      </c>
+      <c r="E84" t="s">
+        <v>19</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H84" s="4">
+        <v>9677</v>
+      </c>
+      <c r="I84" s="4">
+        <v>1623</v>
+      </c>
+      <c r="J84" s="4">
+        <v>0</v>
+      </c>
+      <c r="K84" s="4">
+        <v>585</v>
+      </c>
+      <c r="L84" s="4">
+        <v>288</v>
+      </c>
+      <c r="M84" s="4">
+        <v>873</v>
+      </c>
+      <c r="N84" s="4">
+        <v>0</v>
+      </c>
+      <c r="O84" s="4">
+        <v>0</v>
+      </c>
+      <c r="P84" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q84" s="4">
+        <v>12173</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A85" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D85" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" t="s">
+        <v>19</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="H85" s="4">
+        <v>140810</v>
+      </c>
+      <c r="I85" s="4">
+        <v>22448</v>
+      </c>
+      <c r="J85" s="4">
+        <v>0</v>
+      </c>
+      <c r="K85" s="4">
+        <v>0</v>
+      </c>
+      <c r="L85" s="4">
+        <v>4919</v>
+      </c>
+      <c r="M85" s="4">
+        <v>4919</v>
+      </c>
+      <c r="N85" s="4">
+        <v>0</v>
+      </c>
+      <c r="O85" s="4">
+        <v>0</v>
+      </c>
+      <c r="P85" s="4">
+        <v>9424</v>
+      </c>
+      <c r="Q85" s="4">
+        <v>177601</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A86" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="D86" t="s">
+        <v>19</v>
+      </c>
+      <c r="E86" t="s">
+        <v>19</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="H86" s="4">
+        <v>38748</v>
+      </c>
+      <c r="I86" s="4">
+        <v>6133</v>
+      </c>
+      <c r="J86" s="4">
+        <v>0</v>
+      </c>
+      <c r="K86" s="4">
+        <v>4975</v>
+      </c>
+      <c r="L86" s="4">
+        <v>1225</v>
+      </c>
+      <c r="M86" s="4">
+        <v>6200</v>
+      </c>
+      <c r="N86" s="4">
+        <v>0</v>
+      </c>
+      <c r="O86" s="4">
+        <v>0</v>
+      </c>
+      <c r="P86" s="4">
+        <v>9808</v>
+      </c>
+      <c r="Q86" s="4">
+        <v>60889</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A87" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="D87" t="s">
+        <v>19</v>
+      </c>
+      <c r="E87" t="s">
+        <v>19</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="H87" s="4">
+        <v>1585704</v>
+      </c>
+      <c r="I87" s="4">
+        <v>339042</v>
+      </c>
+      <c r="J87" s="4">
+        <v>0</v>
+      </c>
+      <c r="K87" s="4">
+        <v>201409</v>
+      </c>
+      <c r="L87" s="4">
+        <v>49601</v>
+      </c>
+      <c r="M87" s="4">
+        <v>251010</v>
+      </c>
+      <c r="N87" s="4">
+        <v>0</v>
+      </c>
+      <c r="O87" s="4">
+        <v>20291</v>
+      </c>
+      <c r="P87" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q87" s="4">
+        <v>2196047</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A88" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D88" t="s">
+        <v>19</v>
+      </c>
+      <c r="E88" t="s">
+        <v>19</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="H88" s="4">
+        <v>7131</v>
+      </c>
+      <c r="I88" s="4">
+        <v>3149</v>
+      </c>
+      <c r="J88" s="4">
+        <v>0</v>
+      </c>
+      <c r="K88" s="4">
+        <v>1127</v>
+      </c>
+      <c r="L88" s="4">
+        <v>278</v>
+      </c>
+      <c r="M88" s="4">
+        <v>1405</v>
+      </c>
+      <c r="N88" s="4">
+        <v>0</v>
+      </c>
+      <c r="O88" s="4">
+        <v>0</v>
+      </c>
+      <c r="P88" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q88" s="4">
+        <v>11685</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A89" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D89" t="s">
+        <v>19</v>
+      </c>
+      <c r="E89" t="s">
+        <v>19</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H89" s="4">
+        <v>32291</v>
+      </c>
+      <c r="I89" s="4">
+        <v>4175</v>
+      </c>
+      <c r="J89" s="4">
+        <v>0</v>
+      </c>
+      <c r="K89" s="4">
+        <v>1497</v>
+      </c>
+      <c r="L89" s="4">
+        <v>988</v>
+      </c>
+      <c r="M89" s="4">
+        <v>2485</v>
+      </c>
+      <c r="N89" s="4">
+        <v>0</v>
+      </c>
+      <c r="O89" s="4">
+        <v>0</v>
+      </c>
+      <c r="P89" s="4">
+        <v>5347</v>
+      </c>
+      <c r="Q89" s="4">
+        <v>44298</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A90" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="D90" t="s">
+        <v>19</v>
+      </c>
+      <c r="E90" t="s">
+        <v>19</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="H90" s="4">
+        <v>874279</v>
+      </c>
+      <c r="I90" s="4">
+        <v>56466</v>
+      </c>
+      <c r="J90" s="4">
+        <v>0</v>
+      </c>
+      <c r="K90" s="4">
+        <v>51818</v>
+      </c>
+      <c r="L90" s="4">
+        <v>25522</v>
+      </c>
+      <c r="M90" s="4">
+        <v>77340</v>
+      </c>
+      <c r="N90" s="4">
+        <v>0</v>
+      </c>
+      <c r="O90" s="4">
+        <v>0</v>
+      </c>
+      <c r="P90" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q90" s="4">
+        <v>1008085</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A91" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="D91" t="s">
+        <v>19</v>
+      </c>
+      <c r="E91" t="s">
+        <v>19</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="H91" s="4">
+        <v>11688</v>
+      </c>
+      <c r="I91" s="4">
+        <v>1824</v>
+      </c>
+      <c r="J91" s="4">
+        <v>0</v>
+      </c>
+      <c r="K91" s="4">
+        <v>1752</v>
+      </c>
+      <c r="L91" s="4">
+        <v>432</v>
+      </c>
+      <c r="M91" s="4">
+        <v>2184</v>
+      </c>
+      <c r="N91" s="4">
+        <v>0</v>
+      </c>
+      <c r="O91" s="4">
+        <v>0</v>
+      </c>
+      <c r="P91" s="4">
+        <v>3516</v>
+      </c>
+      <c r="Q91" s="4">
+        <v>19212</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A92" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="D92" t="s">
+        <v>19</v>
+      </c>
+      <c r="E92" t="s">
+        <v>19</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="H92" s="4">
+        <v>49110</v>
+      </c>
+      <c r="I92" s="4">
+        <v>3657</v>
+      </c>
+      <c r="J92" s="4">
+        <v>0</v>
+      </c>
+      <c r="K92" s="4">
+        <v>123</v>
+      </c>
+      <c r="L92" s="4">
+        <v>1734</v>
+      </c>
+      <c r="M92" s="4">
+        <v>1857</v>
+      </c>
+      <c r="N92" s="4">
+        <v>0</v>
+      </c>
+      <c r="O92" s="4">
+        <v>0</v>
+      </c>
+      <c r="P92" s="4">
+        <v>13372</v>
+      </c>
+      <c r="Q92" s="4">
+        <v>67996</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A93" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="D93" t="s">
+        <v>19</v>
+      </c>
+      <c r="E93" t="s">
+        <v>19</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H93" s="4">
+        <v>68333</v>
+      </c>
+      <c r="I93" s="4">
+        <v>11735</v>
+      </c>
+      <c r="J93" s="4">
+        <v>0</v>
+      </c>
+      <c r="K93" s="4">
+        <v>9665</v>
+      </c>
+      <c r="L93" s="4">
+        <v>2380</v>
+      </c>
+      <c r="M93" s="4">
+        <v>12045</v>
+      </c>
+      <c r="N93" s="4">
+        <v>0</v>
+      </c>
+      <c r="O93" s="4">
+        <v>0</v>
+      </c>
+      <c r="P93" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q93" s="4">
+        <v>92113</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A94" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="D94" t="s">
+        <v>19</v>
+      </c>
+      <c r="E94" t="s">
+        <v>19</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H94" s="4">
+        <v>26737</v>
+      </c>
+      <c r="I94" s="4">
+        <v>4980</v>
+      </c>
+      <c r="J94" s="4">
+        <v>0</v>
+      </c>
+      <c r="K94" s="4">
+        <v>3771</v>
+      </c>
+      <c r="L94" s="4">
+        <v>929</v>
+      </c>
+      <c r="M94" s="4">
+        <v>4700</v>
+      </c>
+      <c r="N94" s="4">
+        <v>0</v>
+      </c>
+      <c r="O94" s="4">
+        <v>0</v>
+      </c>
+      <c r="P94" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q94" s="4">
+        <v>36417</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A95" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="D95" t="s">
+        <v>19</v>
+      </c>
+      <c r="E95" t="s">
+        <v>19</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="H95" s="4">
+        <v>28850</v>
+      </c>
+      <c r="I95" s="4">
+        <v>4886</v>
+      </c>
+      <c r="J95" s="4">
+        <v>0</v>
+      </c>
+      <c r="K95" s="4">
+        <v>3925</v>
+      </c>
+      <c r="L95" s="4">
+        <v>967</v>
+      </c>
+      <c r="M95" s="4">
+        <v>4892</v>
+      </c>
+      <c r="N95" s="4">
+        <v>0</v>
+      </c>
+      <c r="O95" s="4">
+        <v>0</v>
+      </c>
+      <c r="P95" s="4">
+        <v>2180</v>
+      </c>
+      <c r="Q95" s="4">
+        <v>40808</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A96" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="D96" t="s">
+        <v>19</v>
+      </c>
+      <c r="E96" t="s">
+        <v>19</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="H96" s="4">
+        <v>27477</v>
+      </c>
+      <c r="I96" s="4">
+        <v>4220</v>
+      </c>
+      <c r="J96" s="4">
+        <v>0</v>
+      </c>
+      <c r="K96" s="4">
+        <v>2439</v>
+      </c>
+      <c r="L96" s="4">
+        <v>1201</v>
+      </c>
+      <c r="M96" s="4">
+        <v>3640</v>
+      </c>
+      <c r="N96" s="4">
+        <v>0</v>
+      </c>
+      <c r="O96" s="4">
+        <v>491</v>
+      </c>
+      <c r="P96" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q96" s="4">
+        <v>35828</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A97" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D97" t="s">
+        <v>19</v>
+      </c>
+      <c r="E97" t="s">
+        <v>19</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="H97" s="4">
+        <v>23943</v>
+      </c>
+      <c r="I97" s="4">
+        <v>2124</v>
+      </c>
+      <c r="J97" s="4">
+        <v>0</v>
+      </c>
+      <c r="K97" s="4">
+        <v>2329</v>
+      </c>
+      <c r="L97" s="4">
+        <v>1051</v>
+      </c>
+      <c r="M97" s="4">
+        <v>3380</v>
+      </c>
+      <c r="N97" s="4">
+        <v>0</v>
+      </c>
+      <c r="O97" s="4">
+        <v>0</v>
+      </c>
+      <c r="P97" s="4">
+        <v>11945</v>
+      </c>
+      <c r="Q97" s="4">
+        <v>41392</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A98" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="D98" t="s">
+        <v>19</v>
+      </c>
+      <c r="E98" t="s">
+        <v>19</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="H98" s="4">
+        <v>101884</v>
+      </c>
+      <c r="I98" s="4">
+        <v>18087</v>
+      </c>
+      <c r="J98" s="4">
+        <v>0</v>
+      </c>
+      <c r="K98" s="4">
+        <v>11681</v>
+      </c>
+      <c r="L98" s="4">
+        <v>3855</v>
+      </c>
+      <c r="M98" s="4">
+        <v>15536</v>
+      </c>
+      <c r="N98" s="4">
+        <v>0</v>
+      </c>
+      <c r="O98" s="4">
+        <v>0</v>
+      </c>
+      <c r="P98" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q98" s="4">
+        <v>135507</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A99" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="D99" t="s">
+        <v>19</v>
+      </c>
+      <c r="E99" t="s">
+        <v>19</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="H99" s="4">
+        <v>27268</v>
+      </c>
+      <c r="I99" s="4">
+        <v>10514</v>
+      </c>
+      <c r="J99" s="4">
+        <v>0</v>
+      </c>
+      <c r="K99" s="4">
+        <v>3891</v>
+      </c>
+      <c r="L99" s="4">
+        <v>958</v>
+      </c>
+      <c r="M99" s="4">
+        <v>4849</v>
+      </c>
+      <c r="N99" s="4">
+        <v>0</v>
+      </c>
+      <c r="O99" s="4">
+        <v>0</v>
+      </c>
+      <c r="P99" s="4">
+        <v>4707</v>
+      </c>
+      <c r="Q99" s="4">
+        <v>47338</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A100" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="D100" t="s">
+        <v>19</v>
+      </c>
+      <c r="E100" t="s">
+        <v>19</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="H100" s="4">
+        <v>55457</v>
+      </c>
+      <c r="I100" s="4">
+        <v>4637</v>
+      </c>
+      <c r="J100" s="4">
+        <v>0</v>
+      </c>
+      <c r="K100" s="4">
+        <v>0</v>
+      </c>
+      <c r="L100" s="4">
+        <v>1874</v>
+      </c>
+      <c r="M100" s="4">
+        <v>1874</v>
+      </c>
+      <c r="N100" s="4">
+        <v>0</v>
+      </c>
+      <c r="O100" s="4">
+        <v>0</v>
+      </c>
+      <c r="P100" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q100" s="4">
+        <v>61968</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A101" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="D101" t="s">
+        <v>19</v>
+      </c>
+      <c r="E101" t="s">
+        <v>19</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="H101" s="4">
+        <v>50654</v>
+      </c>
+      <c r="I101" s="4">
+        <v>1733</v>
+      </c>
+      <c r="J101" s="4">
+        <v>0</v>
+      </c>
+      <c r="K101" s="4">
+        <v>7500</v>
+      </c>
+      <c r="L101" s="4">
+        <v>1847</v>
+      </c>
+      <c r="M101" s="4">
+        <v>9347</v>
+      </c>
+      <c r="N101" s="4">
+        <v>0</v>
+      </c>
+      <c r="O101" s="4">
+        <v>0</v>
+      </c>
+      <c r="P101" s="4">
+        <v>15093</v>
+      </c>
+      <c r="Q101" s="4">
+        <v>76827</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A102" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="D102" t="s">
+        <v>19</v>
+      </c>
+      <c r="E102" t="s">
+        <v>19</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="H102" s="4">
+        <v>36617</v>
+      </c>
+      <c r="I102" s="4">
+        <v>5905</v>
+      </c>
+      <c r="J102" s="4">
+        <v>0</v>
+      </c>
+      <c r="K102" s="4">
+        <v>6652</v>
+      </c>
+      <c r="L102" s="4">
+        <v>1638</v>
+      </c>
+      <c r="M102" s="4">
+        <v>8290</v>
+      </c>
+      <c r="N102" s="4">
+        <v>0</v>
+      </c>
+      <c r="O102" s="4">
+        <v>0</v>
+      </c>
+      <c r="P102" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q102" s="4">
+        <v>50812</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A103" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="D103" t="s">
+        <v>19</v>
+      </c>
+      <c r="E103" t="s">
+        <v>19</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="H103" s="4">
+        <v>34779</v>
+      </c>
+      <c r="I103" s="4">
+        <v>2743</v>
+      </c>
+      <c r="J103" s="4">
+        <v>0</v>
+      </c>
+      <c r="K103" s="4">
+        <v>4846</v>
+      </c>
+      <c r="L103" s="4">
+        <v>1315</v>
+      </c>
+      <c r="M103" s="4">
+        <v>6161</v>
+      </c>
+      <c r="N103" s="4">
+        <v>0</v>
+      </c>
+      <c r="O103" s="4">
+        <v>0</v>
+      </c>
+      <c r="P103" s="4">
+        <v>15701</v>
+      </c>
+      <c r="Q103" s="4">
+        <v>59384</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A104" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="D104" t="s">
+        <v>19</v>
+      </c>
+      <c r="E104" t="s">
+        <v>19</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="H104" s="4">
+        <v>55134</v>
+      </c>
+      <c r="I104" s="4">
+        <v>14430</v>
+      </c>
+      <c r="J104" s="4">
+        <v>0</v>
+      </c>
+      <c r="K104" s="4">
+        <v>7793</v>
+      </c>
+      <c r="L104" s="4">
+        <v>1919</v>
+      </c>
+      <c r="M104" s="4">
+        <v>9712</v>
+      </c>
+      <c r="N104" s="4">
+        <v>0</v>
+      </c>
+      <c r="O104" s="4">
+        <v>0</v>
+      </c>
+      <c r="P104" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q104" s="4">
+        <v>79276</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A105" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D105" t="s">
+        <v>19</v>
+      </c>
+      <c r="E105" t="s">
+        <v>19</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H105" s="4">
+        <v>82055</v>
+      </c>
+      <c r="I105" s="4">
+        <v>11891</v>
+      </c>
+      <c r="J105" s="4">
+        <v>0</v>
+      </c>
+      <c r="K105" s="4">
+        <v>10156</v>
+      </c>
+      <c r="L105" s="4">
+        <v>3366</v>
+      </c>
+      <c r="M105" s="4">
+        <v>13522</v>
+      </c>
+      <c r="N105" s="4">
+        <v>0</v>
+      </c>
+      <c r="O105" s="4">
+        <v>0</v>
+      </c>
+      <c r="P105" s="4">
+        <v>17054</v>
+      </c>
+      <c r="Q105" s="4">
+        <v>124522</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A106" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="D106" t="s">
+        <v>19</v>
+      </c>
+      <c r="E106" t="s">
+        <v>19</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="H106" s="4">
+        <v>20742</v>
+      </c>
+      <c r="I106" s="4">
+        <v>4084</v>
+      </c>
+      <c r="J106" s="4">
+        <v>0</v>
+      </c>
+      <c r="K106" s="4">
+        <v>2371</v>
+      </c>
+      <c r="L106" s="4">
+        <v>783</v>
+      </c>
+      <c r="M106" s="4">
+        <v>3154</v>
+      </c>
+      <c r="N106" s="4">
+        <v>0</v>
+      </c>
+      <c r="O106" s="4">
+        <v>0</v>
+      </c>
+      <c r="P106" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q106" s="4">
+        <v>27980</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A107" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="D107" t="s">
+        <v>19</v>
+      </c>
+      <c r="E107" t="s">
+        <v>19</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="H107" s="4">
+        <v>12036</v>
+      </c>
+      <c r="I107" s="4">
+        <v>955</v>
+      </c>
+      <c r="J107" s="4">
+        <v>0</v>
+      </c>
+      <c r="K107" s="4">
+        <v>1542</v>
+      </c>
+      <c r="L107" s="4">
+        <v>380</v>
+      </c>
+      <c r="M107" s="4">
+        <v>1922</v>
+      </c>
+      <c r="N107" s="4">
+        <v>0</v>
+      </c>
+      <c r="O107" s="4">
+        <v>0</v>
+      </c>
+      <c r="P107" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q107" s="4">
+        <v>14913</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A108" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="D108" t="s">
+        <v>19</v>
+      </c>
+      <c r="E108" t="s">
+        <v>19</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="H108" s="4">
+        <v>129689</v>
+      </c>
+      <c r="I108" s="4">
+        <v>25275</v>
+      </c>
+      <c r="J108" s="4">
+        <v>0</v>
+      </c>
+      <c r="K108" s="4">
+        <v>16934</v>
+      </c>
+      <c r="L108" s="4">
+        <v>4170</v>
+      </c>
+      <c r="M108" s="4">
+        <v>21104</v>
+      </c>
+      <c r="N108" s="4">
+        <v>0</v>
+      </c>
+      <c r="O108" s="4">
+        <v>0</v>
+      </c>
+      <c r="P108" s="4">
+        <v>18777</v>
+      </c>
+      <c r="Q108" s="4">
+        <v>194845</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A109" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="D109" t="s">
+        <v>19</v>
+      </c>
+      <c r="E109" t="s">
+        <v>19</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="H109" s="4">
+        <v>31982</v>
+      </c>
+      <c r="I109" s="4">
+        <v>1454</v>
+      </c>
+      <c r="J109" s="4">
+        <v>0</v>
+      </c>
+      <c r="K109" s="4">
+        <v>4009</v>
+      </c>
+      <c r="L109" s="4">
+        <v>1323</v>
+      </c>
+      <c r="M109" s="4">
+        <v>5332</v>
+      </c>
+      <c r="N109" s="4">
+        <v>0</v>
+      </c>
+      <c r="O109" s="4">
+        <v>0</v>
+      </c>
+      <c r="P109" s="4">
+        <v>5884</v>
+      </c>
+      <c r="Q109" s="4">
+        <v>44652</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A110" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D110" t="s">
+        <v>19</v>
+      </c>
+      <c r="E110" t="s">
+        <v>19</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="H110" s="4">
+        <v>197769</v>
+      </c>
+      <c r="I110" s="4">
+        <v>14821</v>
+      </c>
+      <c r="J110" s="4">
+        <v>0</v>
+      </c>
+      <c r="K110" s="4">
+        <v>25747</v>
+      </c>
+      <c r="L110" s="4">
+        <v>6341</v>
+      </c>
+      <c r="M110" s="4">
+        <v>32088</v>
+      </c>
+      <c r="N110" s="4">
+        <v>0</v>
+      </c>
+      <c r="O110" s="4">
+        <v>0</v>
+      </c>
+      <c r="P110" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q110" s="4">
+        <v>244678</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A111" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D111" t="s">
+        <v>19</v>
+      </c>
+      <c r="E111" t="s">
+        <v>19</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="H111" s="4">
+        <v>90145</v>
+      </c>
+      <c r="I111" s="4">
+        <v>12293</v>
+      </c>
+      <c r="J111" s="4">
+        <v>0</v>
+      </c>
+      <c r="K111" s="4">
+        <v>10416</v>
+      </c>
+      <c r="L111" s="4">
+        <v>3465</v>
+      </c>
+      <c r="M111" s="4">
+        <v>13881</v>
+      </c>
+      <c r="N111" s="4">
+        <v>0</v>
+      </c>
+      <c r="O111" s="4">
+        <v>0</v>
+      </c>
+      <c r="P111" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q111" s="4">
+        <v>116319</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A112" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="D112" t="s">
+        <v>19</v>
+      </c>
+      <c r="E112" t="s">
+        <v>19</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="H112" s="4">
+        <v>408969</v>
+      </c>
+      <c r="I112" s="4">
+        <v>46507</v>
+      </c>
+      <c r="J112" s="4">
+        <v>0</v>
+      </c>
+      <c r="K112" s="4">
+        <v>45250</v>
+      </c>
+      <c r="L112" s="4">
+        <v>12884</v>
+      </c>
+      <c r="M112" s="4">
+        <v>58134</v>
+      </c>
+      <c r="N112" s="4">
+        <v>0</v>
+      </c>
+      <c r="O112" s="4">
+        <v>0</v>
+      </c>
+      <c r="P112" s="4">
+        <v>96883</v>
+      </c>
+      <c r="Q112" s="4">
+        <v>610493</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A113" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="D113" t="s">
+        <v>19</v>
+      </c>
+      <c r="E113" t="s">
+        <v>19</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="H113" s="4">
+        <v>198093</v>
+      </c>
+      <c r="I113" s="4">
+        <v>12856</v>
+      </c>
+      <c r="J113" s="4">
+        <v>0</v>
+      </c>
+      <c r="K113" s="4">
+        <v>27569</v>
+      </c>
+      <c r="L113" s="4">
+        <v>6789</v>
+      </c>
+      <c r="M113" s="4">
+        <v>34358</v>
+      </c>
+      <c r="N113" s="4">
+        <v>0</v>
+      </c>
+      <c r="O113" s="4">
+        <v>0</v>
+      </c>
+      <c r="P113" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q113" s="4">
+        <v>245307</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A114" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="D114" t="s">
+        <v>19</v>
+      </c>
+      <c r="E114" t="s">
+        <v>19</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="H114" s="4">
+        <v>23677</v>
+      </c>
+      <c r="I114" s="4">
+        <v>3630</v>
+      </c>
+      <c r="J114" s="4">
+        <v>0</v>
+      </c>
+      <c r="K114" s="4">
+        <v>1288</v>
+      </c>
+      <c r="L114" s="4">
+        <v>799</v>
+      </c>
+      <c r="M114" s="4">
+        <v>2087</v>
+      </c>
+      <c r="N114" s="4">
+        <v>0</v>
+      </c>
+      <c r="O114" s="4">
+        <v>0</v>
+      </c>
+      <c r="P114" s="4">
+        <v>3799</v>
+      </c>
+      <c r="Q114" s="4">
+        <v>33193</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A115" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="D115" t="s">
+        <v>19</v>
+      </c>
+      <c r="E115" t="s">
+        <v>19</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="H115" s="4">
+        <v>49763</v>
+      </c>
+      <c r="I115" s="4">
+        <v>5647</v>
+      </c>
+      <c r="J115" s="4">
+        <v>0</v>
+      </c>
+      <c r="K115" s="4">
+        <v>5881</v>
+      </c>
+      <c r="L115" s="4">
+        <v>2192</v>
+      </c>
+      <c r="M115" s="4">
+        <v>8073</v>
+      </c>
+      <c r="N115" s="4">
+        <v>0</v>
+      </c>
+      <c r="O115" s="4">
+        <v>0</v>
+      </c>
+      <c r="P115" s="4">
+        <v>17342</v>
+      </c>
+      <c r="Q115" s="4">
+        <v>80825</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A116" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D116" t="s">
+        <v>19</v>
+      </c>
+      <c r="E116" t="s">
+        <v>19</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="H116" s="4">
+        <v>70812</v>
+      </c>
+      <c r="I116" s="4">
+        <v>9834</v>
+      </c>
+      <c r="J116" s="4">
+        <v>0</v>
+      </c>
+      <c r="K116" s="4">
+        <v>1370</v>
+      </c>
+      <c r="L116" s="4">
+        <v>3240</v>
+      </c>
+      <c r="M116" s="4">
+        <v>4610</v>
+      </c>
+      <c r="N116" s="4">
+        <v>0</v>
+      </c>
+      <c r="O116" s="4">
+        <v>0</v>
+      </c>
+      <c r="P116" s="4">
+        <v>19759</v>
+      </c>
+      <c r="Q116" s="4">
+        <v>105015</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A117" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="D117" t="s">
+        <v>19</v>
+      </c>
+      <c r="E117" t="s">
+        <v>19</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="H117" s="4">
+        <v>25666</v>
+      </c>
+      <c r="I117" s="4">
+        <v>3930</v>
+      </c>
+      <c r="J117" s="4">
+        <v>0</v>
+      </c>
+      <c r="K117" s="4">
+        <v>2846</v>
+      </c>
+      <c r="L117" s="4">
+        <v>996</v>
+      </c>
+      <c r="M117" s="4">
+        <v>3842</v>
+      </c>
+      <c r="N117" s="4">
+        <v>0</v>
+      </c>
+      <c r="O117" s="4">
+        <v>407</v>
+      </c>
+      <c r="P117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q117" s="4">
+        <v>33845</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A118" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="D118" t="s">
+        <v>19</v>
+      </c>
+      <c r="E118" t="s">
+        <v>19</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="H118" s="4">
+        <v>45189</v>
+      </c>
+      <c r="I118" s="4">
+        <v>0</v>
+      </c>
+      <c r="J118" s="4">
+        <v>0</v>
+      </c>
+      <c r="K118" s="4">
+        <v>4933</v>
+      </c>
+      <c r="L118" s="4">
+        <v>1215</v>
+      </c>
+      <c r="M118" s="4">
+        <v>6148</v>
+      </c>
+      <c r="N118" s="4">
+        <v>0</v>
+      </c>
+      <c r="O118" s="4">
+        <v>0</v>
+      </c>
+      <c r="P118" s="4">
+        <v>14910</v>
+      </c>
+      <c r="Q118" s="4">
+        <v>66247</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A119" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="D119" t="s">
+        <v>19</v>
+      </c>
+      <c r="E119" t="s">
+        <v>19</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="H119" s="4">
+        <v>15791</v>
+      </c>
+      <c r="I119" s="4">
+        <v>5614</v>
+      </c>
+      <c r="J119" s="4">
+        <v>0</v>
+      </c>
+      <c r="K119" s="4">
+        <v>2143</v>
+      </c>
+      <c r="L119" s="4">
+        <v>729</v>
+      </c>
+      <c r="M119" s="4">
+        <v>2872</v>
+      </c>
+      <c r="N119" s="4">
+        <v>0</v>
+      </c>
+      <c r="O119" s="4">
+        <v>0</v>
+      </c>
+      <c r="P119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q119" s="4">
+        <v>24277</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A120" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="D120" t="s">
+        <v>19</v>
+      </c>
+      <c r="E120" t="s">
+        <v>19</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="H120" s="4">
+        <v>44671</v>
+      </c>
+      <c r="I120" s="4">
+        <v>6711</v>
+      </c>
+      <c r="J120" s="4">
+        <v>0</v>
+      </c>
+      <c r="K120" s="4">
+        <v>6538</v>
+      </c>
+      <c r="L120" s="4">
+        <v>1761</v>
+      </c>
+      <c r="M120" s="4">
+        <v>8299</v>
+      </c>
+      <c r="N120" s="4">
+        <v>0</v>
+      </c>
+      <c r="O120" s="4">
+        <v>0</v>
+      </c>
+      <c r="P120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q120" s="4">
+        <v>59681</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A121" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="D121" t="s">
+        <v>19</v>
+      </c>
+      <c r="E121" t="s">
+        <v>19</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="H121" s="4">
+        <v>105471</v>
+      </c>
+      <c r="I121" s="4">
+        <v>15258</v>
+      </c>
+      <c r="J121" s="4">
+        <v>0</v>
+      </c>
+      <c r="K121" s="4">
+        <v>8510</v>
+      </c>
+      <c r="L121" s="4">
+        <v>3304</v>
+      </c>
+      <c r="M121" s="4">
+        <v>11814</v>
+      </c>
+      <c r="N121" s="4">
+        <v>0</v>
+      </c>
+      <c r="O121" s="4">
+        <v>0</v>
+      </c>
+      <c r="P121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q121" s="4">
+        <v>132543</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A122" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="D122" t="s">
+        <v>19</v>
+      </c>
+      <c r="E122" t="s">
+        <v>19</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="H122" s="4">
+        <v>21513</v>
+      </c>
+      <c r="I122" s="4">
+        <v>1538</v>
+      </c>
+      <c r="J122" s="4">
+        <v>0</v>
+      </c>
+      <c r="K122" s="4">
+        <v>3316</v>
+      </c>
+      <c r="L122" s="4">
+        <v>817</v>
+      </c>
+      <c r="M122" s="4">
+        <v>4133</v>
+      </c>
+      <c r="N122" s="4">
+        <v>0</v>
+      </c>
+      <c r="O122" s="4">
+        <v>0</v>
+      </c>
+      <c r="P122" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q122" s="4">
+        <v>27184</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A123" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="D123" t="s">
+        <v>19</v>
+      </c>
+      <c r="E123" t="s">
+        <v>19</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="H123" s="4">
+        <v>9030</v>
+      </c>
+      <c r="I123" s="4">
+        <v>1461</v>
+      </c>
+      <c r="J123" s="4">
+        <v>0</v>
+      </c>
+      <c r="K123" s="4">
+        <v>1388</v>
+      </c>
+      <c r="L123" s="4">
+        <v>342</v>
+      </c>
+      <c r="M123" s="4">
+        <v>1730</v>
+      </c>
+      <c r="N123" s="4">
+        <v>0</v>
+      </c>
+      <c r="O123" s="4">
+        <v>0</v>
+      </c>
+      <c r="P123" s="4">
+        <v>4195</v>
+      </c>
+      <c r="Q123" s="4">
+        <v>16416</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A124" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="D124" t="s">
+        <v>19</v>
+      </c>
+      <c r="E124" t="s">
+        <v>19</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="H124" s="4">
+        <v>28734</v>
+      </c>
+      <c r="I124" s="4">
+        <v>2938</v>
+      </c>
+      <c r="J124" s="4">
+        <v>0</v>
+      </c>
+      <c r="K124" s="4">
+        <v>2763</v>
+      </c>
+      <c r="L124" s="4">
+        <v>981</v>
+      </c>
+      <c r="M124" s="4">
+        <v>3744</v>
+      </c>
+      <c r="N124" s="4">
+        <v>0</v>
+      </c>
+      <c r="O124" s="4">
+        <v>0</v>
+      </c>
+      <c r="P124" s="4">
+        <v>5685</v>
+      </c>
+      <c r="Q124" s="4">
+        <v>41101</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A125" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="D125" t="s">
+        <v>19</v>
+      </c>
+      <c r="E125" t="s">
+        <v>19</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H125" s="4">
+        <v>116563</v>
+      </c>
+      <c r="I125" s="4">
+        <v>22085</v>
+      </c>
+      <c r="J125" s="4">
+        <v>0</v>
+      </c>
+      <c r="K125" s="4">
+        <v>13728</v>
+      </c>
+      <c r="L125" s="4">
+        <v>4191</v>
+      </c>
+      <c r="M125" s="4">
+        <v>17919</v>
+      </c>
+      <c r="N125" s="4">
+        <v>0</v>
+      </c>
+      <c r="O125" s="4">
+        <v>0</v>
+      </c>
+      <c r="P125" s="4">
+        <v>23002</v>
+      </c>
+      <c r="Q125" s="4">
+        <v>179569</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A126" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="D126" t="s">
+        <v>19</v>
+      </c>
+      <c r="E126" t="s">
+        <v>19</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="H126" s="4">
+        <v>161158</v>
+      </c>
+      <c r="I126" s="4">
+        <v>35228</v>
+      </c>
+      <c r="J126" s="4">
+        <v>0</v>
+      </c>
+      <c r="K126" s="4">
+        <v>8213</v>
+      </c>
+      <c r="L126" s="4">
+        <v>5129</v>
+      </c>
+      <c r="M126" s="4">
+        <v>13342</v>
+      </c>
+      <c r="N126" s="4">
+        <v>0</v>
+      </c>
+      <c r="O126" s="4">
+        <v>0</v>
+      </c>
+      <c r="P126" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q126" s="4">
+        <v>209728</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A127" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="D127" t="s">
+        <v>19</v>
+      </c>
+      <c r="E127" t="s">
+        <v>19</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="H127" s="4">
+        <v>30790</v>
+      </c>
+      <c r="I127" s="4">
+        <v>2395</v>
+      </c>
+      <c r="J127" s="4">
+        <v>0</v>
+      </c>
+      <c r="K127" s="4">
+        <v>0</v>
+      </c>
+      <c r="L127" s="4">
+        <v>1133</v>
+      </c>
+      <c r="M127" s="4">
+        <v>1133</v>
+      </c>
+      <c r="N127" s="4">
+        <v>0</v>
+      </c>
+      <c r="O127" s="4">
+        <v>0</v>
+      </c>
+      <c r="P127" s="4">
+        <v>9271</v>
+      </c>
+      <c r="Q127" s="4">
+        <v>43589</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A128" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="D128" t="s">
+        <v>19</v>
+      </c>
+      <c r="E128" t="s">
+        <v>19</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="H128" s="4">
+        <v>55442</v>
+      </c>
+      <c r="I128" s="4">
+        <v>10445</v>
+      </c>
+      <c r="J128" s="4">
+        <v>0</v>
+      </c>
+      <c r="K128" s="4">
+        <v>8468</v>
+      </c>
+      <c r="L128" s="4">
+        <v>2085</v>
+      </c>
+      <c r="M128" s="4">
+        <v>10553</v>
+      </c>
+      <c r="N128" s="4">
+        <v>0</v>
+      </c>
+      <c r="O128" s="4">
+        <v>0</v>
+      </c>
+      <c r="P128" s="4">
+        <v>17052</v>
+      </c>
+      <c r="Q128" s="4">
+        <v>93492</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A129" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="D129" t="s">
+        <v>19</v>
+      </c>
+      <c r="E129" t="s">
+        <v>19</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="H129" s="4">
+        <v>39564</v>
+      </c>
+      <c r="I129" s="4">
+        <v>4509</v>
+      </c>
+      <c r="J129" s="4">
+        <v>0</v>
+      </c>
+      <c r="K129" s="4">
+        <v>5617</v>
+      </c>
+      <c r="L129" s="4">
+        <v>1383</v>
+      </c>
+      <c r="M129" s="4">
+        <v>7000</v>
+      </c>
+      <c r="N129" s="4">
+        <v>0</v>
+      </c>
+      <c r="O129" s="4">
+        <v>0</v>
+      </c>
+      <c r="P129" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q129" s="4">
+        <v>51073</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A130" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="D130" t="s">
+        <v>19</v>
+      </c>
+      <c r="E130" t="s">
+        <v>19</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="H130" s="4">
+        <v>31002</v>
+      </c>
+      <c r="I130" s="4">
+        <v>1953</v>
+      </c>
+      <c r="J130" s="4">
+        <v>0</v>
+      </c>
+      <c r="K130" s="4">
+        <v>4268</v>
+      </c>
+      <c r="L130" s="4">
+        <v>1111</v>
+      </c>
+      <c r="M130" s="4">
+        <v>5379</v>
+      </c>
+      <c r="N130" s="4">
+        <v>0</v>
+      </c>
+      <c r="O130" s="4">
+        <v>455</v>
+      </c>
+      <c r="P130" s="4">
+        <v>4865</v>
+      </c>
+      <c r="Q130" s="4">
+        <v>43654</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A131" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="D131" t="s">
+        <v>19</v>
+      </c>
+      <c r="E131" t="s">
+        <v>19</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="H131" s="4">
+        <v>95385</v>
+      </c>
+      <c r="I131" s="4">
+        <v>19880</v>
+      </c>
+      <c r="J131" s="4">
+        <v>0</v>
+      </c>
+      <c r="K131" s="4">
+        <v>7072</v>
+      </c>
+      <c r="L131" s="4">
+        <v>3458</v>
+      </c>
+      <c r="M131" s="4">
+        <v>10530</v>
+      </c>
+      <c r="N131" s="4">
+        <v>0</v>
+      </c>
+      <c r="O131" s="4">
+        <v>0</v>
+      </c>
+      <c r="P131" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q131" s="4">
+        <v>125795</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A132" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="D132" t="s">
+        <v>19</v>
+      </c>
+      <c r="E132" t="s">
+        <v>19</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="H132" s="4">
+        <v>139456</v>
+      </c>
+      <c r="I132" s="4">
+        <v>17047</v>
+      </c>
+      <c r="J132" s="4">
+        <v>0</v>
+      </c>
+      <c r="K132" s="4">
+        <v>9914</v>
+      </c>
+      <c r="L132" s="4">
+        <v>4883</v>
+      </c>
+      <c r="M132" s="4">
+        <v>14797</v>
+      </c>
+      <c r="N132" s="4">
+        <v>0</v>
+      </c>
+      <c r="O132" s="4">
+        <v>0</v>
+      </c>
+      <c r="P132" s="4">
+        <v>34593</v>
+      </c>
+      <c r="Q132" s="4">
+        <v>205893</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A133" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="D133" t="s">
+        <v>19</v>
+      </c>
+      <c r="E133" t="s">
+        <v>19</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="H133" s="4">
+        <v>39564</v>
+      </c>
+      <c r="I133" s="4">
+        <v>4227</v>
+      </c>
+      <c r="J133" s="4">
+        <v>0</v>
+      </c>
+      <c r="K133" s="4">
+        <v>0</v>
+      </c>
+      <c r="L133" s="4">
+        <v>1762</v>
+      </c>
+      <c r="M133" s="4">
+        <v>1762</v>
+      </c>
+      <c r="N133" s="4">
+        <v>0</v>
+      </c>
+      <c r="O133" s="4">
+        <v>0</v>
+      </c>
+      <c r="P133" s="4">
+        <v>21625</v>
+      </c>
+      <c r="Q133" s="4">
+        <v>67178</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A134" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="D134" t="s">
+        <v>19</v>
+      </c>
+      <c r="E134" t="s">
+        <v>19</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="H134" s="4">
+        <v>79280</v>
+      </c>
+      <c r="I134" s="4">
+        <v>9156</v>
+      </c>
+      <c r="J134" s="4">
+        <v>0</v>
+      </c>
+      <c r="K134" s="4">
+        <v>13541</v>
+      </c>
+      <c r="L134" s="4">
+        <v>3523</v>
+      </c>
+      <c r="M134" s="4">
+        <v>17064</v>
+      </c>
+      <c r="N134" s="4">
+        <v>0</v>
+      </c>
+      <c r="O134" s="4">
+        <v>0</v>
+      </c>
+      <c r="P134" s="4">
+        <v>23301</v>
+      </c>
+      <c r="Q134" s="4">
+        <v>128801</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A135" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="D135" t="s">
+        <v>19</v>
+      </c>
+      <c r="E135" t="s">
+        <v>19</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="H135" s="4">
+        <v>31229</v>
+      </c>
+      <c r="I135" s="4">
+        <v>2077</v>
+      </c>
+      <c r="J135" s="4">
+        <v>0</v>
+      </c>
+      <c r="K135" s="4">
+        <v>3757</v>
+      </c>
+      <c r="L135" s="4">
+        <v>1240</v>
+      </c>
+      <c r="M135" s="4">
+        <v>4997</v>
+      </c>
+      <c r="N135" s="4">
+        <v>0</v>
+      </c>
+      <c r="O135" s="4">
+        <v>0</v>
+      </c>
+      <c r="P135" s="4">
+        <v>10143</v>
+      </c>
+      <c r="Q135" s="4">
+        <v>48446</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A136" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="D136" t="s">
+        <v>19</v>
+      </c>
+      <c r="E136" t="s">
+        <v>19</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="H136" s="4">
+        <v>20551</v>
+      </c>
+      <c r="I136" s="4">
+        <v>4296</v>
+      </c>
+      <c r="J136" s="4">
+        <v>0</v>
+      </c>
+      <c r="K136" s="4">
+        <v>2665</v>
+      </c>
+      <c r="L136" s="4">
+        <v>733</v>
+      </c>
+      <c r="M136" s="4">
+        <v>3398</v>
+      </c>
+      <c r="N136" s="4">
+        <v>0</v>
+      </c>
+      <c r="O136" s="4">
+        <v>0</v>
+      </c>
+      <c r="P136" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q136" s="4">
+        <v>28245</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A137" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="D137" t="s">
+        <v>19</v>
+      </c>
+      <c r="E137" t="s">
+        <v>19</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="H137" s="4">
+        <v>34307</v>
+      </c>
+      <c r="I137" s="4">
+        <v>6743</v>
+      </c>
+      <c r="J137" s="4">
+        <v>0</v>
+      </c>
+      <c r="K137" s="4">
+        <v>2901</v>
+      </c>
+      <c r="L137" s="4">
+        <v>1064</v>
+      </c>
+      <c r="M137" s="4">
+        <v>3965</v>
+      </c>
+      <c r="N137" s="4">
+        <v>0</v>
+      </c>
+      <c r="O137" s="4">
+        <v>435</v>
+      </c>
+      <c r="P137" s="4">
+        <v>4695</v>
+      </c>
+      <c r="Q137" s="4">
+        <v>50145</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A138" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="D138" t="s">
+        <v>19</v>
+      </c>
+      <c r="E138" t="s">
+        <v>19</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="H138" s="4">
+        <v>122535</v>
+      </c>
+      <c r="I138" s="4">
+        <v>16033</v>
+      </c>
+      <c r="J138" s="4">
+        <v>0</v>
+      </c>
+      <c r="K138" s="4">
+        <v>12565</v>
+      </c>
+      <c r="L138" s="4">
+        <v>4203</v>
+      </c>
+      <c r="M138" s="4">
+        <v>16768</v>
+      </c>
+      <c r="N138" s="4">
+        <v>0</v>
+      </c>
+      <c r="O138" s="4">
+        <v>0</v>
+      </c>
+      <c r="P138" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q138" s="4">
+        <v>155336</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A139" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="D139" t="s">
+        <v>19</v>
+      </c>
+      <c r="E139" t="s">
+        <v>19</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="H139" s="4">
+        <v>35215</v>
+      </c>
+      <c r="I139" s="4">
+        <v>528</v>
+      </c>
+      <c r="J139" s="4">
+        <v>0</v>
+      </c>
+      <c r="K139" s="4">
+        <v>5377</v>
+      </c>
+      <c r="L139" s="4">
+        <v>1324</v>
+      </c>
+      <c r="M139" s="4">
+        <v>6701</v>
+      </c>
+      <c r="N139" s="4">
+        <v>0</v>
+      </c>
+      <c r="O139" s="4">
+        <v>0</v>
+      </c>
+      <c r="P139" s="4">
+        <v>10808</v>
+      </c>
+      <c r="Q139" s="4">
+        <v>53252</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A140" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="D140" t="s">
+        <v>19</v>
+      </c>
+      <c r="E140" t="s">
+        <v>19</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="H140" s="4">
+        <v>63425</v>
+      </c>
+      <c r="I140" s="4">
+        <v>8899</v>
+      </c>
+      <c r="J140" s="4">
+        <v>0</v>
+      </c>
+      <c r="K140" s="4">
+        <v>7865</v>
+      </c>
+      <c r="L140" s="4">
+        <v>1937</v>
+      </c>
+      <c r="M140" s="4">
+        <v>9802</v>
+      </c>
+      <c r="N140" s="4">
+        <v>0</v>
+      </c>
+      <c r="O140" s="4">
+        <v>0</v>
+      </c>
+      <c r="P140" s="4">
+        <v>15847</v>
+      </c>
+      <c r="Q140" s="4">
+        <v>97973</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A141" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C141" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="D141" t="s">
+        <v>19</v>
+      </c>
+      <c r="E141" t="s">
+        <v>19</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="H141" s="4">
+        <v>135188</v>
+      </c>
+      <c r="I141" s="4">
+        <v>32225</v>
+      </c>
+      <c r="J141" s="4">
+        <v>0</v>
+      </c>
+      <c r="K141" s="4">
+        <v>10102</v>
+      </c>
+      <c r="L141" s="4">
+        <v>4976</v>
+      </c>
+      <c r="M141" s="4">
+        <v>15078</v>
+      </c>
+      <c r="N141" s="4">
+        <v>0</v>
+      </c>
+      <c r="O141" s="4">
+        <v>0</v>
+      </c>
+      <c r="P141" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q141" s="4">
+        <v>182491</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A142" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="D142" t="s">
+        <v>19</v>
+      </c>
+      <c r="E142" t="s">
+        <v>19</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="H142" s="4">
+        <v>52651</v>
+      </c>
+      <c r="I142" s="4">
+        <v>2985</v>
+      </c>
+      <c r="J142" s="4">
+        <v>0</v>
+      </c>
+      <c r="K142" s="4">
+        <v>7673</v>
+      </c>
+      <c r="L142" s="4">
+        <v>2012</v>
+      </c>
+      <c r="M142" s="4">
+        <v>9685</v>
+      </c>
+      <c r="N142" s="4">
+        <v>0</v>
+      </c>
+      <c r="O142" s="4">
+        <v>0</v>
+      </c>
+      <c r="P142" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q142" s="4">
+        <v>65321</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A143" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="D143" t="s">
+        <v>19</v>
+      </c>
+      <c r="E143" t="s">
+        <v>19</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="H143" s="4">
+        <v>126778</v>
+      </c>
+      <c r="I143" s="4">
+        <v>22021</v>
+      </c>
+      <c r="J143" s="4">
+        <v>0</v>
+      </c>
+      <c r="K143" s="4">
+        <v>9372</v>
+      </c>
+      <c r="L143" s="4">
+        <v>4616</v>
+      </c>
+      <c r="M143" s="4">
+        <v>13988</v>
+      </c>
+      <c r="N143" s="4">
+        <v>0</v>
+      </c>
+      <c r="O143" s="4">
+        <v>0</v>
+      </c>
+      <c r="P143" s="4">
+        <v>23594</v>
+      </c>
+      <c r="Q143" s="4">
+        <v>186381</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A144" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="D144" t="s">
+        <v>19</v>
+      </c>
+      <c r="E144" t="s">
+        <v>19</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="H144" s="4">
+        <v>173663</v>
+      </c>
+      <c r="I144" s="4">
+        <v>49073</v>
+      </c>
+      <c r="J144" s="4">
+        <v>0</v>
+      </c>
+      <c r="K144" s="4">
+        <v>25218</v>
+      </c>
+      <c r="L144" s="4">
+        <v>6210</v>
+      </c>
+      <c r="M144" s="4">
+        <v>31428</v>
+      </c>
+      <c r="N144" s="4">
+        <v>0</v>
+      </c>
+      <c r="O144" s="4">
+        <v>2541</v>
+      </c>
+      <c r="P144" s="4">
+        <v>76219</v>
+      </c>
+      <c r="Q144" s="4">
+        <v>332924</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A145" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="D145" t="s">
+        <v>19</v>
+      </c>
+      <c r="E145" t="s">
+        <v>19</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="H145" s="4">
+        <v>29644</v>
+      </c>
+      <c r="I145" s="4">
+        <v>8718</v>
+      </c>
+      <c r="J145" s="4">
+        <v>0</v>
+      </c>
+      <c r="K145" s="4">
+        <v>3846</v>
+      </c>
+      <c r="L145" s="4">
+        <v>947</v>
+      </c>
+      <c r="M145" s="4">
+        <v>4793</v>
+      </c>
+      <c r="N145" s="4">
+        <v>0</v>
+      </c>
+      <c r="O145" s="4">
+        <v>0</v>
+      </c>
+      <c r="P145" s="4">
+        <v>7091</v>
+      </c>
+      <c r="Q145" s="4">
+        <v>50246</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A146" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="D146" t="s">
+        <v>19</v>
+      </c>
+      <c r="E146" t="s">
+        <v>19</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="H146" s="4">
+        <v>918978</v>
+      </c>
+      <c r="I146" s="4">
+        <v>88095</v>
+      </c>
+      <c r="J146" s="4">
+        <v>0</v>
+      </c>
+      <c r="K146" s="4">
+        <v>106058</v>
+      </c>
+      <c r="L146" s="4">
+        <v>26119</v>
+      </c>
+      <c r="M146" s="4">
+        <v>132177</v>
+      </c>
+      <c r="N146" s="4">
+        <v>0</v>
+      </c>
+      <c r="O146" s="4">
+        <v>0</v>
+      </c>
+      <c r="P146" s="4">
+        <v>131938</v>
+      </c>
+      <c r="Q146" s="4">
+        <v>1271188</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A147" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="D147" t="s">
+        <v>19</v>
+      </c>
+      <c r="E147" t="s">
+        <v>19</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="H147" s="4">
+        <v>125794</v>
+      </c>
+      <c r="I147" s="4">
+        <v>22692</v>
+      </c>
+      <c r="J147" s="4">
+        <v>0</v>
+      </c>
+      <c r="K147" s="4">
+        <v>8880</v>
+      </c>
+      <c r="L147" s="4">
+        <v>4374</v>
+      </c>
+      <c r="M147" s="4">
+        <v>13254</v>
+      </c>
+      <c r="N147" s="4">
+        <v>0</v>
+      </c>
+      <c r="O147" s="4">
+        <v>0</v>
+      </c>
+      <c r="P147" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q147" s="4">
+        <v>161740</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A148" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="D148" t="s">
+        <v>19</v>
+      </c>
+      <c r="E148" t="s">
+        <v>19</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="H148" s="4">
+        <v>38791</v>
+      </c>
+      <c r="I148" s="4">
+        <v>8268</v>
+      </c>
+      <c r="J148" s="4">
+        <v>0</v>
+      </c>
+      <c r="K148" s="4">
+        <v>1445</v>
+      </c>
+      <c r="L148" s="4">
+        <v>1389</v>
+      </c>
+      <c r="M148" s="4">
+        <v>2834</v>
+      </c>
+      <c r="N148" s="4">
+        <v>0</v>
+      </c>
+      <c r="O148" s="4">
+        <v>568</v>
+      </c>
+      <c r="P148" s="4">
+        <v>16117</v>
+      </c>
+      <c r="Q148" s="4">
+        <v>66578</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A149" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B149" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="D149" t="s">
+        <v>19</v>
+      </c>
+      <c r="E149" t="s">
+        <v>19</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="H149" s="4">
+        <v>17032</v>
+      </c>
+      <c r="I149" s="4">
+        <v>3509</v>
+      </c>
+      <c r="J149" s="4">
+        <v>0</v>
+      </c>
+      <c r="K149" s="4">
+        <v>0</v>
+      </c>
+      <c r="L149" s="4">
+        <v>682</v>
+      </c>
+      <c r="M149" s="4">
+        <v>682</v>
+      </c>
+      <c r="N149" s="4">
+        <v>0</v>
+      </c>
+      <c r="O149" s="4">
+        <v>0</v>
+      </c>
+      <c r="P149" s="4">
+        <v>6769</v>
+      </c>
+      <c r="Q149" s="4">
+        <v>27992</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A150" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="D150" t="s">
+        <v>19</v>
+      </c>
+      <c r="E150" t="s">
+        <v>19</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="H150" s="4">
+        <v>41726</v>
+      </c>
+      <c r="I150" s="4">
+        <v>10365</v>
+      </c>
+      <c r="J150" s="4">
+        <v>0</v>
+      </c>
+      <c r="K150" s="4">
+        <v>0</v>
+      </c>
+      <c r="L150" s="4">
+        <v>1443</v>
+      </c>
+      <c r="M150" s="4">
+        <v>1443</v>
+      </c>
+      <c r="N150" s="4">
+        <v>0</v>
+      </c>
+      <c r="O150" s="4">
+        <v>0</v>
+      </c>
+      <c r="P150" s="4">
+        <v>11495</v>
+      </c>
+      <c r="Q150" s="4">
+        <v>65029</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A151" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="D151" t="s">
+        <v>19</v>
+      </c>
+      <c r="E151" t="s">
+        <v>19</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="H151" s="4">
+        <v>300346</v>
+      </c>
+      <c r="I151" s="4">
+        <v>33770</v>
+      </c>
+      <c r="J151" s="4">
+        <v>0</v>
+      </c>
+      <c r="K151" s="4">
+        <v>33797</v>
+      </c>
+      <c r="L151" s="4">
+        <v>8323</v>
+      </c>
+      <c r="M151" s="4">
+        <v>42120</v>
+      </c>
+      <c r="N151" s="4">
+        <v>0</v>
+      </c>
+      <c r="O151" s="4">
+        <v>0</v>
+      </c>
+      <c r="P151" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q151" s="4">
+        <v>376236</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A152" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="D152" t="s">
+        <v>19</v>
+      </c>
+      <c r="E152" t="s">
+        <v>19</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="H152" s="4">
+        <v>202094</v>
+      </c>
+      <c r="I152" s="4">
+        <v>16632</v>
+      </c>
+      <c r="J152" s="4">
+        <v>0</v>
+      </c>
+      <c r="K152" s="4">
+        <v>20980</v>
+      </c>
+      <c r="L152" s="4">
+        <v>5167</v>
+      </c>
+      <c r="M152" s="4">
+        <v>26147</v>
+      </c>
+      <c r="N152" s="4">
+        <v>0</v>
+      </c>
+      <c r="O152" s="4">
+        <v>0</v>
+      </c>
+      <c r="P152" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q152" s="4">
+        <v>244873</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A153" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="D153" t="s">
+        <v>19</v>
+      </c>
+      <c r="E153" t="s">
+        <v>19</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="H153" s="4">
+        <v>25548</v>
+      </c>
+      <c r="I153" s="4">
+        <v>552</v>
+      </c>
+      <c r="J153" s="4">
+        <v>0</v>
+      </c>
+      <c r="K153" s="4">
+        <v>3416</v>
+      </c>
+      <c r="L153" s="4">
+        <v>841</v>
+      </c>
+      <c r="M153" s="4">
+        <v>4257</v>
+      </c>
+      <c r="N153" s="4">
+        <v>0</v>
+      </c>
+      <c r="O153" s="4">
+        <v>0</v>
+      </c>
+      <c r="P153" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q153" s="4">
+        <v>30357</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A154" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="D154" t="s">
+        <v>19</v>
+      </c>
+      <c r="E154" t="s">
+        <v>19</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="H154" s="4">
+        <v>36803</v>
+      </c>
+      <c r="I154" s="4">
+        <v>2762</v>
+      </c>
+      <c r="J154" s="4">
+        <v>0</v>
+      </c>
+      <c r="K154" s="4">
+        <v>4367</v>
+      </c>
+      <c r="L154" s="4">
+        <v>1169</v>
+      </c>
+      <c r="M154" s="4">
+        <v>5536</v>
+      </c>
+      <c r="N154" s="4">
+        <v>0</v>
+      </c>
+      <c r="O154" s="4">
+        <v>0</v>
+      </c>
+      <c r="P154" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q154" s="4">
+        <v>45101</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A155" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="D155" t="s">
+        <v>19</v>
+      </c>
+      <c r="E155" t="s">
+        <v>19</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="H155" s="4">
+        <v>124890</v>
+      </c>
+      <c r="I155" s="4">
+        <v>16979</v>
+      </c>
+      <c r="J155" s="4">
+        <v>0</v>
+      </c>
+      <c r="K155" s="4">
+        <v>15828</v>
+      </c>
+      <c r="L155" s="4">
+        <v>3898</v>
+      </c>
+      <c r="M155" s="4">
+        <v>19726</v>
+      </c>
+      <c r="N155" s="4">
+        <v>0</v>
+      </c>
+      <c r="O155" s="4">
+        <v>0</v>
+      </c>
+      <c r="P155" s="4">
+        <v>38092</v>
+      </c>
+      <c r="Q155" s="4">
+        <v>199687</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A156" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="D156" t="s">
+        <v>19</v>
+      </c>
+      <c r="E156" t="s">
+        <v>19</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="H156" s="4">
+        <v>43970</v>
+      </c>
+      <c r="I156" s="4">
+        <v>8662</v>
+      </c>
+      <c r="J156" s="4">
+        <v>0</v>
+      </c>
+      <c r="K156" s="4">
+        <v>7617</v>
+      </c>
+      <c r="L156" s="4">
+        <v>1876</v>
+      </c>
+      <c r="M156" s="4">
+        <v>9493</v>
+      </c>
+      <c r="N156" s="4">
+        <v>0</v>
+      </c>
+      <c r="O156" s="4">
+        <v>0</v>
+      </c>
+      <c r="P156" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q156" s="4">
+        <v>62125</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A157" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="D157" t="s">
+        <v>19</v>
+      </c>
+      <c r="E157" t="s">
+        <v>19</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="H157" s="4">
+        <v>36102</v>
+      </c>
+      <c r="I157" s="4">
+        <v>11989</v>
+      </c>
+      <c r="J157" s="4">
+        <v>0</v>
+      </c>
+      <c r="K157" s="4">
+        <v>4124</v>
+      </c>
+      <c r="L157" s="4">
+        <v>1106</v>
+      </c>
+      <c r="M157" s="4">
+        <v>5230</v>
+      </c>
+      <c r="N157" s="4">
+        <v>0</v>
+      </c>
+      <c r="O157" s="4">
+        <v>0</v>
+      </c>
+      <c r="P157" s="4">
+        <v>7794</v>
+      </c>
+      <c r="Q157" s="4">
+        <v>61115</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A158" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="D158" t="s">
+        <v>19</v>
+      </c>
+      <c r="E158" t="s">
+        <v>19</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="H158" s="4">
+        <v>26189</v>
+      </c>
+      <c r="I158" s="4">
+        <v>4299</v>
+      </c>
+      <c r="J158" s="4">
+        <v>0</v>
+      </c>
+      <c r="K158" s="4">
+        <v>3225</v>
+      </c>
+      <c r="L158" s="4">
+        <v>1056</v>
+      </c>
+      <c r="M158" s="4">
+        <v>4281</v>
+      </c>
+      <c r="N158" s="4">
+        <v>0</v>
+      </c>
+      <c r="O158" s="4">
+        <v>432</v>
+      </c>
+      <c r="P158" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q158" s="4">
+        <v>35201</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A159" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B159" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D159" t="s">
+        <v>19</v>
+      </c>
+      <c r="E159" t="s">
+        <v>19</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="H159" s="4">
+        <v>23779</v>
+      </c>
+      <c r="I159" s="4">
+        <v>3446</v>
+      </c>
+      <c r="J159" s="4">
+        <v>0</v>
+      </c>
+      <c r="K159" s="4">
+        <v>0</v>
+      </c>
+      <c r="L159" s="4">
+        <v>855</v>
+      </c>
+      <c r="M159" s="4">
+        <v>855</v>
+      </c>
+      <c r="N159" s="4">
+        <v>0</v>
+      </c>
+      <c r="O159" s="4">
+        <v>0</v>
+      </c>
+      <c r="P159" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q159" s="4">
+        <v>28080</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A160" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="D160" t="s">
+        <v>19</v>
+      </c>
+      <c r="E160" t="s">
+        <v>19</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="H160" s="4">
+        <v>210974</v>
+      </c>
+      <c r="I160" s="4">
+        <v>7509</v>
+      </c>
+      <c r="J160" s="4">
+        <v>0</v>
+      </c>
+      <c r="K160" s="4">
+        <v>0</v>
+      </c>
+      <c r="L160" s="4">
+        <v>7904</v>
+      </c>
+      <c r="M160" s="4">
+        <v>7904</v>
+      </c>
+      <c r="N160" s="4">
+        <v>0</v>
+      </c>
+      <c r="O160" s="4">
+        <v>0</v>
+      </c>
+      <c r="P160" s="4">
+        <v>57961</v>
+      </c>
+      <c r="Q160" s="4">
+        <v>284348</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A161" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="D161" t="s">
+        <v>19</v>
+      </c>
+      <c r="E161" t="s">
+        <v>19</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="H161" s="4">
+        <v>27848</v>
+      </c>
+      <c r="I161" s="4">
+        <v>4318</v>
+      </c>
+      <c r="J161" s="4">
+        <v>0</v>
+      </c>
+      <c r="K161" s="4">
+        <v>3685</v>
+      </c>
+      <c r="L161" s="4">
+        <v>982</v>
+      </c>
+      <c r="M161" s="4">
+        <v>4667</v>
+      </c>
+      <c r="N161" s="4">
+        <v>0</v>
+      </c>
+      <c r="O161" s="4">
+        <v>0</v>
+      </c>
+      <c r="P161" s="4">
+        <v>10335</v>
+      </c>
+      <c r="Q161" s="4">
+        <v>47168</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A162" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="D162" t="s">
+        <v>19</v>
+      </c>
+      <c r="E162" t="s">
+        <v>19</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="H162" s="4">
+        <v>110632</v>
+      </c>
+      <c r="I162" s="4">
+        <v>0</v>
+      </c>
+      <c r="J162" s="4">
+        <v>0</v>
+      </c>
+      <c r="K162" s="4">
+        <v>14403</v>
+      </c>
+      <c r="L162" s="4">
+        <v>4753</v>
+      </c>
+      <c r="M162" s="4">
+        <v>19156</v>
+      </c>
+      <c r="N162" s="4">
+        <v>0</v>
+      </c>
+      <c r="O162" s="4">
+        <v>0</v>
+      </c>
+      <c r="P162" s="4">
+        <v>32407</v>
+      </c>
+      <c r="Q162" s="4">
+        <v>162195</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A163" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="D163" t="s">
+        <v>19</v>
+      </c>
+      <c r="E163" t="s">
+        <v>19</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="H163" s="4">
+        <v>373597</v>
+      </c>
+      <c r="I163" s="4">
+        <v>27482</v>
+      </c>
+      <c r="J163" s="4">
+        <v>0</v>
+      </c>
+      <c r="K163" s="4">
+        <v>37167</v>
+      </c>
+      <c r="L163" s="4">
+        <v>9153</v>
+      </c>
+      <c r="M163" s="4">
+        <v>46320</v>
+      </c>
+      <c r="N163" s="4">
+        <v>0</v>
+      </c>
+      <c r="O163" s="4">
+        <v>3744</v>
+      </c>
+      <c r="P163" s="4">
+        <v>47972</v>
+      </c>
+      <c r="Q163" s="4">
+        <v>499115</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A164" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B164" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="D164" t="s">
+        <v>19</v>
+      </c>
+      <c r="E164" t="s">
+        <v>19</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="H164" s="4">
+        <v>37891</v>
+      </c>
+      <c r="I164" s="4">
+        <v>2908</v>
+      </c>
+      <c r="J164" s="4">
+        <v>0</v>
+      </c>
+      <c r="K164" s="4">
+        <v>2191</v>
+      </c>
+      <c r="L164" s="4">
+        <v>1079</v>
+      </c>
+      <c r="M164" s="4">
+        <v>3270</v>
+      </c>
+      <c r="N164" s="4">
+        <v>0</v>
+      </c>
+      <c r="O164" s="4">
+        <v>0</v>
+      </c>
+      <c r="P164" s="4">
+        <v>12053</v>
+      </c>
+      <c r="Q164" s="4">
+        <v>56122</v>
+      </c>
+    </row>
+    <row r="165" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A165" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B165" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="D165" t="s">
+        <v>19</v>
+      </c>
+      <c r="E165" t="s">
+        <v>19</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="H165" s="4">
+        <v>29016</v>
+      </c>
+      <c r="I165" s="4">
+        <v>4551</v>
+      </c>
+      <c r="J165" s="4">
+        <v>0</v>
+      </c>
+      <c r="K165" s="4">
+        <v>0</v>
+      </c>
+      <c r="L165" s="4">
+        <v>1095</v>
+      </c>
+      <c r="M165" s="4">
+        <v>1095</v>
+      </c>
+      <c r="N165" s="4">
+        <v>0</v>
+      </c>
+      <c r="O165" s="4">
+        <v>0</v>
+      </c>
+      <c r="P165" s="4">
+        <v>8280</v>
+      </c>
+      <c r="Q165" s="4">
+        <v>42942</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A166" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B166" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="D166" t="s">
+        <v>19</v>
+      </c>
+      <c r="E166" t="s">
+        <v>19</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="H166" s="4">
+        <v>13552</v>
+      </c>
+      <c r="I166" s="4">
+        <v>3699</v>
+      </c>
+      <c r="J166" s="4">
+        <v>0</v>
+      </c>
+      <c r="K166" s="4">
+        <v>940</v>
+      </c>
+      <c r="L166" s="4">
+        <v>563</v>
+      </c>
+      <c r="M166" s="4">
+        <v>1503</v>
+      </c>
+      <c r="N166" s="4">
+        <v>0</v>
+      </c>
+      <c r="O166" s="4">
+        <v>0</v>
+      </c>
+      <c r="P166" s="4">
+        <v>3016</v>
+      </c>
+      <c r="Q166" s="4">
+        <v>21770</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A167" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="D167" t="s">
+        <v>19</v>
+      </c>
+      <c r="E167" t="s">
+        <v>19</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="H167" s="4">
+        <v>25427</v>
+      </c>
+      <c r="I167" s="4">
+        <v>3211</v>
+      </c>
+      <c r="J167" s="4">
+        <v>0</v>
+      </c>
+      <c r="K167" s="4">
+        <v>2477</v>
+      </c>
+      <c r="L167" s="4">
+        <v>934</v>
+      </c>
+      <c r="M167" s="4">
+        <v>3411</v>
+      </c>
+      <c r="N167" s="4">
+        <v>0</v>
+      </c>
+      <c r="O167" s="4">
+        <v>0</v>
+      </c>
+      <c r="P167" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q167" s="4">
+        <v>32049</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A168" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B168" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="D168" t="s">
+        <v>19</v>
+      </c>
+      <c r="E168" t="s">
+        <v>19</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="H168" s="4">
+        <v>35596</v>
+      </c>
+      <c r="I168" s="4">
+        <v>4480</v>
+      </c>
+      <c r="J168" s="4">
+        <v>0</v>
+      </c>
+      <c r="K168" s="4">
+        <v>1614</v>
+      </c>
+      <c r="L168" s="4">
+        <v>1521</v>
+      </c>
+      <c r="M168" s="4">
+        <v>3135</v>
+      </c>
+      <c r="N168" s="4">
+        <v>0</v>
+      </c>
+      <c r="O168" s="4">
+        <v>0</v>
+      </c>
+      <c r="P168" s="4">
+        <v>12414</v>
+      </c>
+      <c r="Q168" s="4">
+        <v>55625</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A169" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="D169" t="s">
+        <v>19</v>
+      </c>
+      <c r="E169" t="s">
+        <v>19</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="H169" s="4">
+        <v>34175</v>
+      </c>
+      <c r="I169" s="4">
+        <v>4117</v>
+      </c>
+      <c r="J169" s="4">
+        <v>0</v>
+      </c>
+      <c r="K169" s="4">
+        <v>2817</v>
+      </c>
+      <c r="L169" s="4">
+        <v>930</v>
+      </c>
+      <c r="M169" s="4">
+        <v>3747</v>
+      </c>
+      <c r="N169" s="4">
+        <v>0</v>
+      </c>
+      <c r="O169" s="4">
+        <v>0</v>
+      </c>
+      <c r="P169" s="4">
+        <v>5713</v>
+      </c>
+      <c r="Q169" s="4">
+        <v>47752</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A170" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C170" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="D170" t="s">
+        <v>19</v>
+      </c>
+      <c r="E170" t="s">
+        <v>19</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="H170" s="4">
+        <v>30494</v>
+      </c>
+      <c r="I170" s="4">
+        <v>5734</v>
+      </c>
+      <c r="J170" s="4">
+        <v>0</v>
+      </c>
+      <c r="K170" s="4">
+        <v>5493</v>
+      </c>
+      <c r="L170" s="4">
+        <v>1353</v>
+      </c>
+      <c r="M170" s="4">
+        <v>6846</v>
+      </c>
+      <c r="N170" s="4">
+        <v>0</v>
+      </c>
+      <c r="O170" s="4">
+        <v>0</v>
+      </c>
+      <c r="P170" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q170" s="4">
+        <v>43074</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A171" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="D171" t="s">
+        <v>19</v>
+      </c>
+      <c r="E171" t="s">
+        <v>19</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="H171" s="4">
+        <v>53373</v>
+      </c>
+      <c r="I171" s="4">
+        <v>4043</v>
+      </c>
+      <c r="J171" s="4">
+        <v>0</v>
+      </c>
+      <c r="K171" s="4">
+        <v>0</v>
+      </c>
+      <c r="L171" s="4">
+        <v>1963</v>
+      </c>
+      <c r="M171" s="4">
+        <v>1963</v>
+      </c>
+      <c r="N171" s="4">
+        <v>0</v>
+      </c>
+      <c r="O171" s="4">
+        <v>0</v>
+      </c>
+      <c r="P171" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q171" s="4">
+        <v>59379</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A172" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C172" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="D172" t="s">
+        <v>19</v>
+      </c>
+      <c r="E172" t="s">
+        <v>19</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="H172" s="4">
+        <v>122263</v>
+      </c>
+      <c r="I172" s="4">
+        <v>37289</v>
+      </c>
+      <c r="J172" s="4">
+        <v>0</v>
+      </c>
+      <c r="K172" s="4">
+        <v>13856</v>
+      </c>
+      <c r="L172" s="4">
+        <v>4572</v>
+      </c>
+      <c r="M172" s="4">
+        <v>18428</v>
+      </c>
+      <c r="N172" s="4">
+        <v>0</v>
+      </c>
+      <c r="O172" s="4">
+        <v>0</v>
+      </c>
+      <c r="P172" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q172" s="4">
+        <v>177980</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A173" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="D173" t="s">
+        <v>19</v>
+      </c>
+      <c r="E173" t="s">
+        <v>19</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="H173" s="4">
+        <v>53674</v>
+      </c>
+      <c r="I173" s="4">
+        <v>4385</v>
+      </c>
+      <c r="J173" s="4">
+        <v>0</v>
+      </c>
+      <c r="K173" s="4">
+        <v>4472</v>
+      </c>
+      <c r="L173" s="4">
+        <v>2203</v>
+      </c>
+      <c r="M173" s="4">
+        <v>6675</v>
+      </c>
+      <c r="N173" s="4">
+        <v>0</v>
+      </c>
+      <c r="O173" s="4">
+        <v>0</v>
+      </c>
+      <c r="P173" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q173" s="4">
+        <v>64734</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A174" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="D174" t="s">
+        <v>19</v>
+      </c>
+      <c r="E174" t="s">
+        <v>19</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="H174" s="4">
+        <v>51053</v>
+      </c>
+      <c r="I174" s="4">
+        <v>6170</v>
+      </c>
+      <c r="J174" s="4">
+        <v>0</v>
+      </c>
+      <c r="K174" s="4">
+        <v>4495</v>
+      </c>
+      <c r="L174" s="4">
+        <v>2214</v>
+      </c>
+      <c r="M174" s="4">
+        <v>6709</v>
+      </c>
+      <c r="N174" s="4">
+        <v>0</v>
+      </c>
+      <c r="O174" s="4">
+        <v>0</v>
+      </c>
+      <c r="P174" s="4">
+        <v>22015</v>
+      </c>
+      <c r="Q174" s="4">
+        <v>85947</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A175" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="D175" t="s">
+        <v>19</v>
+      </c>
+      <c r="E175" t="s">
+        <v>19</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="H175" s="4">
+        <v>128972</v>
+      </c>
+      <c r="I175" s="4">
+        <v>33592</v>
+      </c>
+      <c r="J175" s="4">
+        <v>0</v>
+      </c>
+      <c r="K175" s="4">
+        <v>10823</v>
+      </c>
+      <c r="L175" s="4">
+        <v>4207</v>
+      </c>
+      <c r="M175" s="4">
+        <v>15030</v>
+      </c>
+      <c r="N175" s="4">
+        <v>0</v>
+      </c>
+      <c r="O175" s="4">
+        <v>0</v>
+      </c>
+      <c r="P175" s="4">
+        <v>51632</v>
+      </c>
+      <c r="Q175" s="4">
+        <v>229226</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A176" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C176" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="D176" t="s">
+        <v>19</v>
+      </c>
+      <c r="E176" t="s">
+        <v>19</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="H176" s="4">
+        <v>297937</v>
+      </c>
+      <c r="I176" s="4">
+        <v>34059</v>
+      </c>
+      <c r="J176" s="4">
+        <v>0</v>
+      </c>
+      <c r="K176" s="4">
+        <v>38840</v>
+      </c>
+      <c r="L176" s="4">
+        <v>9565</v>
+      </c>
+      <c r="M176" s="4">
+        <v>48405</v>
+      </c>
+      <c r="N176" s="4">
+        <v>0</v>
+      </c>
+      <c r="O176" s="4">
+        <v>3913</v>
+      </c>
+      <c r="P176" s="4">
+        <v>78259</v>
+      </c>
+      <c r="Q176" s="4">
+        <v>462573</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A177" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="D177" t="s">
+        <v>19</v>
+      </c>
+      <c r="E177" t="s">
+        <v>19</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="H177" s="4">
+        <v>17186</v>
+      </c>
+      <c r="I177" s="4">
+        <v>1279</v>
+      </c>
+      <c r="J177" s="4">
+        <v>0</v>
+      </c>
+      <c r="K177" s="4">
+        <v>2439</v>
+      </c>
+      <c r="L177" s="4">
+        <v>601</v>
+      </c>
+      <c r="M177" s="4">
+        <v>3040</v>
+      </c>
+      <c r="N177" s="4">
+        <v>0</v>
+      </c>
+      <c r="O177" s="4">
+        <v>0</v>
+      </c>
+      <c r="P177" s="4">
+        <v>7373</v>
+      </c>
+      <c r="Q177" s="4">
+        <v>28878</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A178" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="D178" t="s">
+        <v>19</v>
+      </c>
+      <c r="E178" t="s">
+        <v>19</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="H178" s="4">
+        <v>414181</v>
+      </c>
+      <c r="I178" s="4">
+        <v>71082</v>
+      </c>
+      <c r="J178" s="4">
+        <v>0</v>
+      </c>
+      <c r="K178" s="4">
+        <v>27823</v>
+      </c>
+      <c r="L178" s="4">
+        <v>13704</v>
+      </c>
+      <c r="M178" s="4">
+        <v>41527</v>
+      </c>
+      <c r="N178" s="4">
+        <v>0</v>
+      </c>
+      <c r="O178" s="4">
+        <v>0</v>
+      </c>
+      <c r="P178" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q178" s="4">
+        <v>526790</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A179" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B179" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="D179" t="s">
+        <v>19</v>
+      </c>
+      <c r="E179" t="s">
+        <v>19</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="H179" s="4">
+        <v>53616</v>
+      </c>
+      <c r="I179" s="4">
+        <v>6314</v>
+      </c>
+      <c r="J179" s="4">
+        <v>0</v>
+      </c>
+      <c r="K179" s="4">
+        <v>705</v>
+      </c>
+      <c r="L179" s="4">
+        <v>2063</v>
+      </c>
+      <c r="M179" s="4">
+        <v>2768</v>
+      </c>
+      <c r="N179" s="4">
+        <v>0</v>
+      </c>
+      <c r="O179" s="4">
+        <v>0</v>
+      </c>
+      <c r="P179" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q179" s="4">
+        <v>62698</v>
+      </c>
+    </row>
+    <row r="180" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A180" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="D180" t="s">
+        <v>19</v>
+      </c>
+      <c r="E180" t="s">
+        <v>19</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="H180" s="4">
+        <v>7478</v>
+      </c>
+      <c r="I180" s="4">
+        <v>2302</v>
+      </c>
+      <c r="J180" s="4">
+        <v>0</v>
+      </c>
+      <c r="K180" s="4">
+        <v>0</v>
+      </c>
+      <c r="L180" s="4">
+        <v>246</v>
+      </c>
+      <c r="M180" s="4">
+        <v>246</v>
+      </c>
+      <c r="N180" s="4">
+        <v>0</v>
+      </c>
+      <c r="O180" s="4">
+        <v>0</v>
+      </c>
+      <c r="P180" s="4">
+        <v>2802</v>
+      </c>
+      <c r="Q180" s="4">
+        <v>12828</v>
+      </c>
+    </row>
+    <row r="181" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A181" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="D181" t="s">
+        <v>19</v>
+      </c>
+      <c r="E181" t="s">
+        <v>19</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="H181" s="4">
+        <v>74422</v>
+      </c>
+      <c r="I181" s="4">
+        <v>16318</v>
+      </c>
+      <c r="J181" s="4">
+        <v>0</v>
+      </c>
+      <c r="K181" s="4">
+        <v>7042</v>
+      </c>
+      <c r="L181" s="4">
+        <v>2603</v>
+      </c>
+      <c r="M181" s="4">
+        <v>9645</v>
+      </c>
+      <c r="N181" s="4">
+        <v>0</v>
+      </c>
+      <c r="O181" s="4">
+        <v>0</v>
+      </c>
+      <c r="P181" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q181" s="4">
+        <v>100385</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A182" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B182" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="D182" t="s">
+        <v>19</v>
+      </c>
+      <c r="E182" t="s">
+        <v>19</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="H182" s="4">
+        <v>38683</v>
+      </c>
+      <c r="I182" s="4">
+        <v>2369</v>
+      </c>
+      <c r="J182" s="4">
+        <v>0</v>
+      </c>
+      <c r="K182" s="4">
+        <v>2110</v>
+      </c>
+      <c r="L182" s="4">
+        <v>1201</v>
+      </c>
+      <c r="M182" s="4">
+        <v>3311</v>
+      </c>
+      <c r="N182" s="4">
+        <v>0</v>
+      </c>
+      <c r="O182" s="4">
+        <v>0</v>
+      </c>
+      <c r="P182" s="4">
+        <v>14740</v>
+      </c>
+      <c r="Q182" s="4">
+        <v>59103</v>
+      </c>
+    </row>
+    <row r="183" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A183" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C183" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="D183" t="s">
+        <v>19</v>
+      </c>
+      <c r="E183" t="s">
+        <v>19</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="H183" s="4">
+        <v>105036</v>
+      </c>
+      <c r="I183" s="4">
+        <v>10603</v>
+      </c>
+      <c r="J183" s="4">
+        <v>0</v>
+      </c>
+      <c r="K183" s="4">
+        <v>7801</v>
+      </c>
+      <c r="L183" s="4">
+        <v>4070</v>
+      </c>
+      <c r="M183" s="4">
+        <v>11871</v>
+      </c>
+      <c r="N183" s="4">
+        <v>0</v>
+      </c>
+      <c r="O183" s="4">
+        <v>0</v>
+      </c>
+      <c r="P183" s="4">
+        <v>33299</v>
+      </c>
+      <c r="Q183" s="4">
+        <v>160809</v>
+      </c>
+    </row>
+    <row r="184" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A184" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="D184" t="s">
+        <v>19</v>
+      </c>
+      <c r="E184" t="s">
+        <v>19</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="H184" s="4">
+        <v>62078</v>
+      </c>
+      <c r="I184" s="4">
+        <v>5989</v>
+      </c>
+      <c r="J184" s="4">
+        <v>0</v>
+      </c>
+      <c r="K184" s="4">
+        <v>8656</v>
+      </c>
+      <c r="L184" s="4">
+        <v>2132</v>
+      </c>
+      <c r="M184" s="4">
+        <v>10788</v>
+      </c>
+      <c r="N184" s="4">
+        <v>0</v>
+      </c>
+      <c r="O184" s="4">
+        <v>872</v>
+      </c>
+      <c r="P184" s="4">
+        <v>5330</v>
+      </c>
+      <c r="Q184" s="4">
+        <v>85057</v>
+      </c>
+    </row>
+    <row r="185" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A185" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C185" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="D185" t="s">
+        <v>19</v>
+      </c>
+      <c r="E185" t="s">
+        <v>19</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="H185" s="4">
+        <v>157969</v>
+      </c>
+      <c r="I185" s="4">
+        <v>10005</v>
+      </c>
+      <c r="J185" s="4">
+        <v>0</v>
+      </c>
+      <c r="K185" s="4">
+        <v>0</v>
+      </c>
+      <c r="L185" s="4">
+        <v>5912</v>
+      </c>
+      <c r="M185" s="4">
+        <v>5912</v>
+      </c>
+      <c r="N185" s="4">
+        <v>0</v>
+      </c>
+      <c r="O185" s="4">
+        <v>0</v>
+      </c>
+      <c r="P185" s="4">
+        <v>48282</v>
+      </c>
+      <c r="Q185" s="4">
+        <v>222168</v>
+      </c>
+    </row>
+    <row r="186" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A186" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B186" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C186" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="D186" t="s">
+        <v>19</v>
+      </c>
+      <c r="E186" t="s">
+        <v>19</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="H186" s="4">
+        <v>35353</v>
+      </c>
+      <c r="I186" s="4">
+        <v>6896</v>
+      </c>
+      <c r="J186" s="4">
+        <v>0</v>
+      </c>
+      <c r="K186" s="4">
+        <v>6448</v>
+      </c>
+      <c r="L186" s="4">
+        <v>1588</v>
+      </c>
+      <c r="M186" s="4">
+        <v>8036</v>
+      </c>
+      <c r="N186" s="4">
+        <v>0</v>
+      </c>
+      <c r="O186" s="4">
+        <v>0</v>
+      </c>
+      <c r="P186" s="4">
+        <v>321</v>
+      </c>
+      <c r="Q186" s="4">
+        <v>50606</v>
+      </c>
+    </row>
+    <row r="187" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A187" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B187" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C187" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="D187" t="s">
+        <v>19</v>
+      </c>
+      <c r="E187" t="s">
+        <v>19</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="H187" s="4">
+        <v>115544</v>
+      </c>
+      <c r="I187" s="4">
+        <v>9995</v>
+      </c>
+      <c r="J187" s="4">
+        <v>0</v>
+      </c>
+      <c r="K187" s="4">
+        <v>5666</v>
+      </c>
+      <c r="L187" s="4">
+        <v>3614</v>
+      </c>
+      <c r="M187" s="4">
+        <v>9280</v>
+      </c>
+      <c r="N187" s="4">
+        <v>0</v>
+      </c>
+      <c r="O187" s="4">
+        <v>0</v>
+      </c>
+      <c r="P187" s="4">
+        <v>38949</v>
+      </c>
+      <c r="Q187" s="4">
+        <v>173768</v>
+      </c>
+    </row>
+    <row r="188" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A188" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B188" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C188" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="D188" t="s">
+        <v>19</v>
+      </c>
+      <c r="E188" t="s">
+        <v>19</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="H188" s="4">
+        <v>35018</v>
+      </c>
+      <c r="I188" s="4">
+        <v>4434</v>
+      </c>
+      <c r="J188" s="4">
+        <v>0</v>
+      </c>
+      <c r="K188" s="4">
+        <v>0</v>
+      </c>
+      <c r="L188" s="4">
+        <v>1246</v>
+      </c>
+      <c r="M188" s="4">
+        <v>1246</v>
+      </c>
+      <c r="N188" s="4">
+        <v>0</v>
+      </c>
+      <c r="O188" s="4">
+        <v>0</v>
+      </c>
+      <c r="P188" s="4">
+        <v>3479</v>
+      </c>
+      <c r="Q188" s="4">
+        <v>44177</v>
+      </c>
+    </row>
+    <row r="189" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A189" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B189" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C189" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="D189" t="s">
+        <v>19</v>
+      </c>
+      <c r="E189" t="s">
+        <v>19</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="H189" s="4">
+        <v>12900</v>
+      </c>
+      <c r="I189" s="4">
+        <v>1197</v>
+      </c>
+      <c r="J189" s="4">
+        <v>0</v>
+      </c>
+      <c r="K189" s="4">
+        <v>1975</v>
+      </c>
+      <c r="L189" s="4">
+        <v>486</v>
+      </c>
+      <c r="M189" s="4">
+        <v>2461</v>
+      </c>
+      <c r="N189" s="4">
+        <v>0</v>
+      </c>
+      <c r="O189" s="4">
+        <v>0</v>
+      </c>
+      <c r="P189" s="4">
+        <v>4058</v>
+      </c>
+      <c r="Q189" s="4">
+        <v>20616</v>
+      </c>
+    </row>
+    <row r="190" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A190" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C190" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="D190" t="s">
+        <v>19</v>
+      </c>
+      <c r="E190" t="s">
+        <v>19</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="H190" s="4">
+        <v>12785</v>
+      </c>
+      <c r="I190" s="4">
+        <v>1827</v>
+      </c>
+      <c r="J190" s="4">
+        <v>0</v>
+      </c>
+      <c r="K190" s="4">
+        <v>0</v>
+      </c>
+      <c r="L190" s="4">
+        <v>427</v>
+      </c>
+      <c r="M190" s="4">
+        <v>427</v>
+      </c>
+      <c r="N190" s="4">
+        <v>0</v>
+      </c>
+      <c r="O190" s="4">
+        <v>0</v>
+      </c>
+      <c r="P190" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q190" s="4">
+        <v>15039</v>
+      </c>
+    </row>
+    <row r="191" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A191" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C191" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="D191" t="s">
+        <v>19</v>
+      </c>
+      <c r="E191" t="s">
+        <v>19</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H191" s="4">
+        <v>7240</v>
+      </c>
+      <c r="I191" s="4">
+        <v>628</v>
+      </c>
+      <c r="J191" s="4">
+        <v>0</v>
+      </c>
+      <c r="K191" s="4">
+        <v>666</v>
+      </c>
+      <c r="L191" s="4">
+        <v>220</v>
+      </c>
+      <c r="M191" s="4">
+        <v>886</v>
+      </c>
+      <c r="N191" s="4">
+        <v>0</v>
+      </c>
+      <c r="O191" s="4">
+        <v>0</v>
+      </c>
+      <c r="P191" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q191" s="4">
+        <v>8754</v>
+      </c>
+    </row>
+    <row r="192" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A192" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C192" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="D192" t="s">
+        <v>19</v>
+      </c>
+      <c r="E192" t="s">
+        <v>19</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="H192" s="4">
+        <v>57564</v>
+      </c>
+      <c r="I192" s="4">
+        <v>8042</v>
+      </c>
+      <c r="J192" s="4">
+        <v>0</v>
+      </c>
+      <c r="K192" s="4">
+        <v>9181</v>
+      </c>
+      <c r="L192" s="4">
+        <v>2261</v>
+      </c>
+      <c r="M192" s="4">
+        <v>11442</v>
+      </c>
+      <c r="N192" s="4">
+        <v>0</v>
+      </c>
+      <c r="O192" s="4">
+        <v>0</v>
+      </c>
+      <c r="P192" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q192" s="4">
+        <v>77048</v>
+      </c>
+    </row>
+    <row r="193" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A193" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C193" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="D193" t="s">
+        <v>19</v>
+      </c>
+      <c r="E193" t="s">
+        <v>19</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="H193" s="4">
+        <v>141771</v>
+      </c>
+      <c r="I193" s="4">
+        <v>23992</v>
+      </c>
+      <c r="J193" s="4">
+        <v>0</v>
+      </c>
+      <c r="K193" s="4">
+        <v>21554</v>
+      </c>
+      <c r="L193" s="4">
+        <v>5308</v>
+      </c>
+      <c r="M193" s="4">
+        <v>26862</v>
+      </c>
+      <c r="N193" s="4">
+        <v>0</v>
+      </c>
+      <c r="O193" s="4">
+        <v>0</v>
+      </c>
+      <c r="P193" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q193" s="4">
+        <v>192625</v>
+      </c>
+    </row>
+    <row r="194" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A194" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C194" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="D194" t="s">
+        <v>19</v>
+      </c>
+      <c r="E194" t="s">
+        <v>19</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="H194" s="4">
+        <v>59517</v>
+      </c>
+      <c r="I194" s="4">
+        <v>8858</v>
+      </c>
+      <c r="J194" s="4">
+        <v>0</v>
+      </c>
+      <c r="K194" s="4">
+        <v>7271</v>
+      </c>
+      <c r="L194" s="4">
+        <v>1791</v>
+      </c>
+      <c r="M194" s="4">
+        <v>9062</v>
+      </c>
+      <c r="N194" s="4">
+        <v>0</v>
+      </c>
+      <c r="O194" s="4">
+        <v>733</v>
+      </c>
+      <c r="P194" s="4">
+        <v>15322</v>
+      </c>
+      <c r="Q194" s="4">
+        <v>93492</v>
+      </c>
+    </row>
+    <row r="195" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A195" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C195" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="D195" t="s">
+        <v>19</v>
+      </c>
+      <c r="E195" t="s">
+        <v>19</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="H195" s="4">
+        <v>5145</v>
+      </c>
+      <c r="I195" s="4">
+        <v>283</v>
+      </c>
+      <c r="J195" s="4">
+        <v>0</v>
+      </c>
+      <c r="K195" s="4">
+        <v>0</v>
+      </c>
+      <c r="L195" s="4">
+        <v>178</v>
+      </c>
+      <c r="M195" s="4">
+        <v>178</v>
+      </c>
+      <c r="N195" s="4">
+        <v>0</v>
+      </c>
+      <c r="O195" s="4">
+        <v>0</v>
+      </c>
+      <c r="P195" s="4">
+        <v>1382</v>
+      </c>
+      <c r="Q195" s="4">
+        <v>6988</v>
+      </c>
+    </row>
+    <row r="196" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A196" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C196" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="D196" t="s">
+        <v>19</v>
+      </c>
+      <c r="E196" t="s">
+        <v>19</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="H196" s="4">
+        <v>323182</v>
+      </c>
+      <c r="I196" s="4">
+        <v>47985</v>
+      </c>
+      <c r="J196" s="4">
+        <v>0</v>
+      </c>
+      <c r="K196" s="4">
+        <v>40639</v>
+      </c>
+      <c r="L196" s="4">
+        <v>10008</v>
+      </c>
+      <c r="M196" s="4">
+        <v>50647</v>
+      </c>
+      <c r="N196" s="4">
+        <v>0</v>
+      </c>
+      <c r="O196" s="4">
+        <v>0</v>
+      </c>
+      <c r="P196" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q196" s="4">
+        <v>421814</v>
+      </c>
+    </row>
+    <row r="197" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A197" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C197" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="D197" t="s">
+        <v>19</v>
+      </c>
+      <c r="E197" t="s">
+        <v>19</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="H197" s="4">
+        <v>33227</v>
+      </c>
+      <c r="I197" s="4">
+        <v>5926</v>
+      </c>
+      <c r="J197" s="4">
+        <v>0</v>
+      </c>
+      <c r="K197" s="4">
+        <v>2689</v>
+      </c>
+      <c r="L197" s="4">
+        <v>1306</v>
+      </c>
+      <c r="M197" s="4">
+        <v>3995</v>
+      </c>
+      <c r="N197" s="4">
+        <v>0</v>
+      </c>
+      <c r="O197" s="4">
+        <v>0</v>
+      </c>
+      <c r="P197" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q197" s="4">
+        <v>43148</v>
+      </c>
+    </row>
+    <row r="198" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A198" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="D198" t="s">
+        <v>19</v>
+      </c>
+      <c r="E198" t="s">
+        <v>19</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="H198" s="4">
+        <v>96453</v>
+      </c>
+      <c r="I198" s="4">
+        <v>10099</v>
+      </c>
+      <c r="J198" s="4">
+        <v>0</v>
+      </c>
+      <c r="K198" s="4">
+        <v>6400</v>
+      </c>
+      <c r="L198" s="4">
+        <v>3152</v>
+      </c>
+      <c r="M198" s="4">
+        <v>9552</v>
+      </c>
+      <c r="N198" s="4">
+        <v>0</v>
+      </c>
+      <c r="O198" s="4">
+        <v>0</v>
+      </c>
+      <c r="P198" s="4">
+        <v>17135</v>
+      </c>
+      <c r="Q198" s="4">
+        <v>133239</v>
+      </c>
+    </row>
+    <row r="199" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A199" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C199" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="D199" t="s">
+        <v>19</v>
+      </c>
+      <c r="E199" t="s">
+        <v>19</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="H199" s="4">
+        <v>97267</v>
+      </c>
+      <c r="I199" s="4">
+        <v>16429</v>
+      </c>
+      <c r="J199" s="4">
+        <v>0</v>
+      </c>
+      <c r="K199" s="4">
+        <v>0</v>
+      </c>
+      <c r="L199" s="4">
+        <v>3752</v>
+      </c>
+      <c r="M199" s="4">
+        <v>3752</v>
+      </c>
+      <c r="N199" s="4">
+        <v>0</v>
+      </c>
+      <c r="O199" s="4">
+        <v>0</v>
+      </c>
+      <c r="P199" s="4">
+        <v>18285</v>
+      </c>
+      <c r="Q199" s="4">
+        <v>135733</v>
+      </c>
+    </row>
+    <row r="200" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A200" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C200" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="D200" t="s">
+        <v>19</v>
+      </c>
+      <c r="E200" t="s">
+        <v>19</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="H200" s="4">
+        <v>22732</v>
+      </c>
+      <c r="I200" s="4">
+        <v>5715</v>
+      </c>
+      <c r="J200" s="4">
+        <v>0</v>
+      </c>
+      <c r="K200" s="4">
+        <v>229</v>
+      </c>
+      <c r="L200" s="4">
+        <v>741</v>
+      </c>
+      <c r="M200" s="4">
+        <v>970</v>
+      </c>
+      <c r="N200" s="4">
+        <v>0</v>
+      </c>
+      <c r="O200" s="4">
+        <v>303</v>
+      </c>
+      <c r="P200" s="4">
+        <v>5470</v>
+      </c>
+      <c r="Q200" s="4">
+        <v>35190</v>
+      </c>
+    </row>
+    <row r="201" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A201" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="D201" t="s">
+        <v>19</v>
+      </c>
+      <c r="E201" t="s">
+        <v>19</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="H201" s="4">
+        <v>22660</v>
+      </c>
+      <c r="I201" s="4">
+        <v>5329</v>
+      </c>
+      <c r="J201" s="4">
+        <v>0</v>
+      </c>
+      <c r="K201" s="4">
+        <v>4077</v>
+      </c>
+      <c r="L201" s="4">
+        <v>1004</v>
+      </c>
+      <c r="M201" s="4">
+        <v>5081</v>
+      </c>
+      <c r="N201" s="4">
+        <v>0</v>
+      </c>
+      <c r="O201" s="4">
+        <v>0</v>
+      </c>
+      <c r="P201" s="4">
+        <v>7569</v>
+      </c>
+      <c r="Q201" s="4">
+        <v>40639</v>
+      </c>
+    </row>
+    <row r="202" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A202" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C202" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="D202" t="s">
+        <v>19</v>
+      </c>
+      <c r="E202" t="s">
+        <v>19</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="H202" s="4">
+        <v>203111</v>
+      </c>
+      <c r="I202" s="4">
+        <v>42298</v>
+      </c>
+      <c r="J202" s="4">
+        <v>0</v>
+      </c>
+      <c r="K202" s="4">
+        <v>27868</v>
+      </c>
+      <c r="L202" s="4">
+        <v>6863</v>
+      </c>
+      <c r="M202" s="4">
+        <v>34731</v>
+      </c>
+      <c r="N202" s="4">
+        <v>0</v>
+      </c>
+      <c r="O202" s="4">
+        <v>0</v>
+      </c>
+      <c r="P202" s="4">
+        <v>50198</v>
+      </c>
+      <c r="Q202" s="4">
+        <v>330338</v>
+      </c>
+    </row>
+    <row r="203" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A203" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C203" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="D203" t="s">
+        <v>19</v>
+      </c>
+      <c r="E203" t="s">
+        <v>19</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="H203" s="4">
+        <v>70426</v>
+      </c>
+      <c r="I203" s="4">
+        <v>14241</v>
+      </c>
+      <c r="J203" s="4">
+        <v>0</v>
+      </c>
+      <c r="K203" s="4">
+        <v>10863</v>
+      </c>
+      <c r="L203" s="4">
+        <v>2675</v>
+      </c>
+      <c r="M203" s="4">
+        <v>13538</v>
+      </c>
+      <c r="N203" s="4">
+        <v>0</v>
+      </c>
+      <c r="O203" s="4">
+        <v>0</v>
+      </c>
+      <c r="P203" s="4">
+        <v>13698</v>
+      </c>
+      <c r="Q203" s="4">
+        <v>111903</v>
+      </c>
+    </row>
+    <row r="204" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A204" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C204" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="D204" t="s">
+        <v>19</v>
+      </c>
+      <c r="E204" t="s">
+        <v>19</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="H204" s="4">
+        <v>44605</v>
+      </c>
+      <c r="I204" s="4">
+        <v>4902</v>
+      </c>
+      <c r="J204" s="4">
+        <v>0</v>
+      </c>
+      <c r="K204" s="4">
+        <v>0</v>
+      </c>
+      <c r="L204" s="4">
+        <v>1731</v>
+      </c>
+      <c r="M204" s="4">
+        <v>1731</v>
+      </c>
+      <c r="N204" s="4">
+        <v>0</v>
+      </c>
+      <c r="O204" s="4">
+        <v>0</v>
+      </c>
+      <c r="P204" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q204" s="4">
+        <v>51238</v>
+      </c>
+    </row>
+    <row r="205" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A205" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="D205" t="s">
+        <v>19</v>
+      </c>
+      <c r="E205" t="s">
+        <v>19</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="H205" s="4">
+        <v>75083</v>
+      </c>
+      <c r="I205" s="4">
+        <v>11355</v>
+      </c>
+      <c r="J205" s="4">
+        <v>0</v>
+      </c>
+      <c r="K205" s="4">
+        <v>2275</v>
+      </c>
+      <c r="L205" s="4">
+        <v>2224</v>
+      </c>
+      <c r="M205" s="4">
+        <v>4499</v>
+      </c>
+      <c r="N205" s="4">
+        <v>0</v>
+      </c>
+      <c r="O205" s="4">
+        <v>0</v>
+      </c>
+      <c r="P205" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q205" s="4">
+        <v>90937</v>
+      </c>
+    </row>
+    <row r="206" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A206" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C206" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="D206" t="s">
+        <v>19</v>
+      </c>
+      <c r="E206" t="s">
+        <v>19</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="H206" s="4">
+        <v>116264</v>
+      </c>
+      <c r="I206" s="4">
+        <v>14976</v>
+      </c>
+      <c r="J206" s="4">
+        <v>0</v>
+      </c>
+      <c r="K206" s="4">
+        <v>11929</v>
+      </c>
+      <c r="L206" s="4">
+        <v>3937</v>
+      </c>
+      <c r="M206" s="4">
+        <v>15866</v>
+      </c>
+      <c r="N206" s="4">
+        <v>0</v>
+      </c>
+      <c r="O206" s="4">
+        <v>0</v>
+      </c>
+      <c r="P206" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q206" s="4">
+        <v>147106</v>
+      </c>
+    </row>
+    <row r="207" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A207" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C207" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="D207" t="s">
+        <v>19</v>
+      </c>
+      <c r="E207" t="s">
+        <v>19</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="H207" s="4">
+        <v>84064</v>
+      </c>
+      <c r="I207" s="4">
+        <v>5835</v>
+      </c>
+      <c r="J207" s="4">
+        <v>0</v>
+      </c>
+      <c r="K207" s="4">
+        <v>7774</v>
+      </c>
+      <c r="L207" s="4">
+        <v>3360</v>
+      </c>
+      <c r="M207" s="4">
+        <v>11134</v>
+      </c>
+      <c r="N207" s="4">
+        <v>0</v>
+      </c>
+      <c r="O207" s="4">
+        <v>1375</v>
+      </c>
+      <c r="P207" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q207" s="4">
+        <v>102408</v>
+      </c>
+    </row>
+    <row r="208" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A208" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C208" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="D208" t="s">
+        <v>19</v>
+      </c>
+      <c r="E208" t="s">
+        <v>19</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="H208" s="4">
+        <v>40076</v>
+      </c>
+      <c r="I208" s="4">
+        <v>5027</v>
+      </c>
+      <c r="J208" s="4">
+        <v>0</v>
+      </c>
+      <c r="K208" s="4">
+        <v>0</v>
+      </c>
+      <c r="L208" s="4">
+        <v>1864</v>
+      </c>
+      <c r="M208" s="4">
+        <v>1864</v>
+      </c>
+      <c r="N208" s="4">
+        <v>0</v>
+      </c>
+      <c r="O208" s="4">
+        <v>0</v>
+      </c>
+      <c r="P208" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q208" s="4">
+        <v>46967</v>
+      </c>
+    </row>
+    <row r="209" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A209" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C209" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="D209" t="s">
+        <v>19</v>
+      </c>
+      <c r="E209" t="s">
+        <v>19</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="H209" s="4">
+        <v>20498</v>
+      </c>
+      <c r="I209" s="4">
+        <v>2780</v>
+      </c>
+      <c r="J209" s="4">
+        <v>0</v>
+      </c>
+      <c r="K209" s="4">
+        <v>3176</v>
+      </c>
+      <c r="L209" s="4">
+        <v>782</v>
+      </c>
+      <c r="M209" s="4">
+        <v>3958</v>
+      </c>
+      <c r="N209" s="4">
+        <v>0</v>
+      </c>
+      <c r="O209" s="4">
+        <v>0</v>
+      </c>
+      <c r="P209" s="4">
+        <v>5938</v>
+      </c>
+      <c r="Q209" s="4">
+        <v>33174</v>
+      </c>
+    </row>
+    <row r="210" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A210" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="D210" t="s">
+        <v>19</v>
+      </c>
+      <c r="E210" t="s">
+        <v>19</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="H210" s="4">
+        <v>35492</v>
+      </c>
+      <c r="I210" s="4">
+        <v>5647</v>
+      </c>
+      <c r="J210" s="4">
+        <v>0</v>
+      </c>
+      <c r="K210" s="4">
+        <v>0</v>
+      </c>
+      <c r="L210" s="4">
+        <v>1451</v>
+      </c>
+      <c r="M210" s="4">
+        <v>1451</v>
+      </c>
+      <c r="N210" s="4">
+        <v>0</v>
+      </c>
+      <c r="O210" s="4">
+        <v>0</v>
+      </c>
+      <c r="P210" s="4">
+        <v>11863</v>
+      </c>
+      <c r="Q210" s="4">
+        <v>54453</v>
+      </c>
+    </row>
+    <row r="211" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A211" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C211" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="D211" t="s">
+        <v>19</v>
+      </c>
+      <c r="E211" t="s">
+        <v>19</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="H211" s="4">
+        <v>71863</v>
+      </c>
+      <c r="I211" s="4">
+        <v>5906</v>
+      </c>
+      <c r="J211" s="4">
+        <v>0</v>
+      </c>
+      <c r="K211" s="4">
+        <v>7838</v>
+      </c>
+      <c r="L211" s="4">
+        <v>1930</v>
+      </c>
+      <c r="M211" s="4">
+        <v>9768</v>
+      </c>
+      <c r="N211" s="4">
+        <v>0</v>
+      </c>
+      <c r="O211" s="4">
+        <v>0</v>
+      </c>
+      <c r="P211" s="4">
+        <v>22266</v>
+      </c>
+      <c r="Q211" s="4">
+        <v>109803</v>
+      </c>
+    </row>
+    <row r="212" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A212" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C212" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="D212" t="s">
+        <v>19</v>
+      </c>
+      <c r="E212" t="s">
+        <v>19</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="H212" s="4">
+        <v>198799</v>
+      </c>
+      <c r="I212" s="4">
+        <v>9452</v>
+      </c>
+      <c r="J212" s="4">
+        <v>0</v>
+      </c>
+      <c r="K212" s="4">
+        <v>22047</v>
+      </c>
+      <c r="L212" s="4">
+        <v>7500</v>
+      </c>
+      <c r="M212" s="4">
+        <v>29547</v>
+      </c>
+      <c r="N212" s="4">
+        <v>0</v>
+      </c>
+      <c r="O212" s="4">
+        <v>3068</v>
+      </c>
+      <c r="P212" s="4">
+        <v>26388</v>
+      </c>
+      <c r="Q212" s="4">
+        <v>267254</v>
+      </c>
+    </row>
+    <row r="213" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A213" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="D213" t="s">
+        <v>19</v>
+      </c>
+      <c r="E213" t="s">
+        <v>19</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="H213" s="4">
+        <v>29570</v>
+      </c>
+      <c r="I213" s="4">
+        <v>1155</v>
+      </c>
+      <c r="J213" s="4">
+        <v>0</v>
+      </c>
+      <c r="K213" s="4">
+        <v>0</v>
+      </c>
+      <c r="L213" s="4">
+        <v>1007</v>
+      </c>
+      <c r="M213" s="4">
+        <v>1007</v>
+      </c>
+      <c r="N213" s="4">
+        <v>0</v>
+      </c>
+      <c r="O213" s="4">
+        <v>0</v>
+      </c>
+      <c r="P213" s="4">
+        <v>12359</v>
+      </c>
+      <c r="Q213" s="4">
+        <v>44091</v>
+      </c>
+    </row>
+    <row r="214" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A214" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="D214" t="s">
+        <v>19</v>
+      </c>
+      <c r="E214" t="s">
+        <v>19</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="H214" s="4">
+        <v>39062</v>
+      </c>
+      <c r="I214" s="4">
+        <v>5134</v>
+      </c>
+      <c r="J214" s="4">
+        <v>0</v>
+      </c>
+      <c r="K214" s="4">
+        <v>6448</v>
+      </c>
+      <c r="L214" s="4">
+        <v>1778</v>
+      </c>
+      <c r="M214" s="4">
+        <v>8226</v>
+      </c>
+      <c r="N214" s="4">
+        <v>0</v>
+      </c>
+      <c r="O214" s="4">
+        <v>0</v>
+      </c>
+      <c r="P214" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q214" s="4">
+        <v>52422</v>
+      </c>
+    </row>
+    <row r="215" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A215" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C215" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="D215" t="s">
+        <v>19</v>
+      </c>
+      <c r="E215" t="s">
+        <v>19</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="H215" s="4">
+        <v>14011</v>
+      </c>
+      <c r="I215" s="4">
+        <v>2283</v>
+      </c>
+      <c r="J215" s="4">
+        <v>0</v>
+      </c>
+      <c r="K215" s="4">
+        <v>1090</v>
+      </c>
+      <c r="L215" s="4">
+        <v>537</v>
+      </c>
+      <c r="M215" s="4">
+        <v>1627</v>
+      </c>
+      <c r="N215" s="4">
+        <v>0</v>
+      </c>
+      <c r="O215" s="4">
+        <v>0</v>
+      </c>
+      <c r="P215" s="4">
+        <v>6178</v>
+      </c>
+      <c r="Q215" s="4">
+        <v>24099</v>
+      </c>
+    </row>
+    <row r="216" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A216" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="D216" t="s">
+        <v>19</v>
+      </c>
+      <c r="E216" t="s">
+        <v>19</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="H216" s="4">
+        <v>74943</v>
+      </c>
+      <c r="I216" s="4">
+        <v>10345</v>
+      </c>
+      <c r="J216" s="4">
+        <v>0</v>
+      </c>
+      <c r="K216" s="4">
+        <v>5703</v>
+      </c>
+      <c r="L216" s="4">
+        <v>2809</v>
+      </c>
+      <c r="M216" s="4">
+        <v>8512</v>
+      </c>
+      <c r="N216" s="4">
+        <v>0</v>
+      </c>
+      <c r="O216" s="4">
+        <v>0</v>
+      </c>
+      <c r="P216" s="4">
+        <v>8221</v>
+      </c>
+      <c r="Q216" s="4">
+        <v>102021</v>
+      </c>
+    </row>
+    <row r="217" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A217" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B217" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C217" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="D217" t="s">
+        <v>19</v>
+      </c>
+      <c r="E217" t="s">
+        <v>19</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="H217" s="4">
+        <v>72280</v>
+      </c>
+      <c r="I217" s="4">
+        <v>14936</v>
+      </c>
+      <c r="J217" s="4">
+        <v>0</v>
+      </c>
+      <c r="K217" s="4">
+        <v>9823</v>
+      </c>
+      <c r="L217" s="4">
+        <v>2419</v>
+      </c>
+      <c r="M217" s="4">
+        <v>12242</v>
+      </c>
+      <c r="N217" s="4">
+        <v>0</v>
+      </c>
+      <c r="O217" s="4">
+        <v>0</v>
+      </c>
+      <c r="P217" s="4">
+        <v>29687</v>
+      </c>
+      <c r="Q217" s="4">
+        <v>129145</v>
+      </c>
+    </row>
+    <row r="218" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A218" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C218" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="D218" t="s">
+        <v>19</v>
+      </c>
+      <c r="E218" t="s">
+        <v>19</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="H218" s="4">
+        <v>170904</v>
+      </c>
+      <c r="I218" s="4">
+        <v>24012</v>
+      </c>
+      <c r="J218" s="4">
+        <v>0</v>
+      </c>
+      <c r="K218" s="4">
+        <v>29206</v>
+      </c>
+      <c r="L218" s="4">
+        <v>7193</v>
+      </c>
+      <c r="M218" s="4">
+        <v>36399</v>
+      </c>
+      <c r="N218" s="4">
+        <v>0</v>
+      </c>
+      <c r="O218" s="4">
+        <v>0</v>
+      </c>
+      <c r="P218" s="4">
+        <v>58709</v>
+      </c>
+      <c r="Q218" s="4">
+        <v>290024</v>
+      </c>
+    </row>
+    <row r="219" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A219" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B219" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C219" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="D219" t="s">
+        <v>19</v>
+      </c>
+      <c r="E219" t="s">
+        <v>19</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="H219" s="4">
+        <v>112571</v>
+      </c>
+      <c r="I219" s="4">
+        <v>22583</v>
+      </c>
+      <c r="J219" s="4">
+        <v>0</v>
+      </c>
+      <c r="K219" s="4">
+        <v>6784</v>
+      </c>
+      <c r="L219" s="4">
+        <v>3663</v>
+      </c>
+      <c r="M219" s="4">
+        <v>10447</v>
+      </c>
+      <c r="N219" s="4">
+        <v>0</v>
+      </c>
+      <c r="O219" s="4">
+        <v>0</v>
+      </c>
+      <c r="P219" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q219" s="4">
+        <v>145601</v>
+      </c>
+    </row>
+    <row r="220" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A220" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B220" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C220" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="D220" t="s">
+        <v>19</v>
+      </c>
+      <c r="E220" t="s">
+        <v>19</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="H220" s="4">
+        <v>29479</v>
+      </c>
+      <c r="I220" s="4">
+        <v>1983</v>
+      </c>
+      <c r="J220" s="4">
+        <v>0</v>
+      </c>
+      <c r="K220" s="4">
+        <v>4730</v>
+      </c>
+      <c r="L220" s="4">
+        <v>1165</v>
+      </c>
+      <c r="M220" s="4">
+        <v>5895</v>
+      </c>
+      <c r="N220" s="4">
+        <v>0</v>
+      </c>
+      <c r="O220" s="4">
+        <v>477</v>
+      </c>
+      <c r="P220" s="4">
+        <v>9531</v>
+      </c>
+      <c r="Q220" s="4">
+        <v>47365</v>
+      </c>
+    </row>
+    <row r="221" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A221" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B221" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C221" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="D221" t="s">
+        <v>19</v>
+      </c>
+      <c r="E221" t="s">
+        <v>19</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="H221" s="4">
+        <v>235074</v>
+      </c>
+      <c r="I221" s="4">
+        <v>14372</v>
+      </c>
+      <c r="J221" s="4">
+        <v>0</v>
+      </c>
+      <c r="K221" s="4">
+        <v>0</v>
+      </c>
+      <c r="L221" s="4">
+        <v>13235</v>
+      </c>
+      <c r="M221" s="4">
+        <v>13235</v>
+      </c>
+      <c r="N221" s="4">
+        <v>0</v>
+      </c>
+      <c r="O221" s="4">
+        <v>0</v>
+      </c>
+      <c r="P221" s="4">
+        <v>108283</v>
+      </c>
+      <c r="Q221" s="4">
+        <v>370964</v>
+      </c>
+    </row>
+    <row r="222" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A222" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C222" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="D222" t="s">
+        <v>19</v>
+      </c>
+      <c r="E222" t="s">
+        <v>19</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="H222" s="4">
+        <v>6091</v>
+      </c>
+      <c r="I222" s="4">
+        <v>579</v>
+      </c>
+      <c r="J222" s="4">
+        <v>0</v>
+      </c>
+      <c r="K222" s="4">
+        <v>514</v>
+      </c>
+      <c r="L222" s="4">
+        <v>253</v>
+      </c>
+      <c r="M222" s="4">
+        <v>767</v>
+      </c>
+      <c r="N222" s="4">
+        <v>0</v>
+      </c>
+      <c r="O222" s="4">
+        <v>103</v>
+      </c>
+      <c r="P222" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q222" s="4">
+        <v>7540</v>
+      </c>
+    </row>
+    <row r="223" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A223" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C223" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="D223" t="s">
+        <v>19</v>
+      </c>
+      <c r="E223" t="s">
+        <v>19</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="H223" s="4">
+        <v>55460</v>
+      </c>
+      <c r="I223" s="4">
+        <v>7599</v>
+      </c>
+      <c r="J223" s="4">
+        <v>0</v>
+      </c>
+      <c r="K223" s="4">
+        <v>6721</v>
+      </c>
+      <c r="L223" s="4">
+        <v>0</v>
+      </c>
+      <c r="M223" s="4">
+        <v>6721</v>
+      </c>
+      <c r="N223" s="4">
+        <v>0</v>
+      </c>
+      <c r="O223" s="4">
+        <v>907</v>
+      </c>
+      <c r="P223" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q223" s="4">
+        <v>70687</v>
+      </c>
+    </row>
+    <row r="224" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A224" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C224" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="D224" t="s">
+        <v>19</v>
+      </c>
+      <c r="E224" t="s">
+        <v>19</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="H224" s="4">
+        <v>82148</v>
+      </c>
+      <c r="I224" s="4">
+        <v>5077</v>
+      </c>
+      <c r="J224" s="4">
+        <v>0</v>
+      </c>
+      <c r="K224" s="4">
+        <v>7669</v>
+      </c>
+      <c r="L224" s="4">
+        <v>2644</v>
+      </c>
+      <c r="M224" s="4">
+        <v>10313</v>
+      </c>
+      <c r="N224" s="4">
+        <v>0</v>
+      </c>
+      <c r="O224" s="4">
+        <v>0</v>
+      </c>
+      <c r="P224" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q224" s="4">
+        <v>97538</v>
+      </c>
+    </row>
+    <row r="225" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A225" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B225" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C225" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="D225" t="s">
+        <v>19</v>
+      </c>
+      <c r="E225" t="s">
+        <v>19</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="H225" s="4">
+        <v>219410</v>
+      </c>
+      <c r="I225" s="4">
+        <v>27383</v>
+      </c>
+      <c r="J225" s="4">
+        <v>0</v>
+      </c>
+      <c r="K225" s="4">
+        <v>12818</v>
+      </c>
+      <c r="L225" s="4">
+        <v>6313</v>
+      </c>
+      <c r="M225" s="4">
+        <v>19131</v>
+      </c>
+      <c r="N225" s="4">
+        <v>0</v>
+      </c>
+      <c r="O225" s="4">
+        <v>0</v>
+      </c>
+      <c r="P225" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q225" s="4">
+        <v>265924</v>
+      </c>
+    </row>
+    <row r="226" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A226" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C226" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="D226" t="s">
+        <v>19</v>
+      </c>
+      <c r="E226" t="s">
+        <v>19</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="H226" s="4">
+        <v>356022</v>
+      </c>
+      <c r="I226" s="4">
+        <v>37616</v>
+      </c>
+      <c r="J226" s="4">
+        <v>0</v>
+      </c>
+      <c r="K226" s="4">
+        <v>41033</v>
+      </c>
+      <c r="L226" s="4">
+        <v>10105</v>
+      </c>
+      <c r="M226" s="4">
+        <v>51138</v>
+      </c>
+      <c r="N226" s="4">
+        <v>0</v>
+      </c>
+      <c r="O226" s="4">
+        <v>4134</v>
+      </c>
+      <c r="P226" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q226" s="4">
+        <v>448910</v>
+      </c>
+    </row>
+    <row r="227" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A227" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C227" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="D227" t="s">
+        <v>19</v>
+      </c>
+      <c r="E227" t="s">
+        <v>19</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="H227" s="4">
+        <v>53880</v>
+      </c>
+      <c r="I227" s="4">
+        <v>9231</v>
+      </c>
+      <c r="J227" s="4">
+        <v>0</v>
+      </c>
+      <c r="K227" s="4">
+        <v>4449</v>
+      </c>
+      <c r="L227" s="4">
+        <v>2191</v>
+      </c>
+      <c r="M227" s="4">
+        <v>6640</v>
+      </c>
+      <c r="N227" s="4">
+        <v>0</v>
+      </c>
+      <c r="O227" s="4">
+        <v>0</v>
+      </c>
+      <c r="P227" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q227" s="4">
+        <v>69751</v>
+      </c>
+    </row>
+    <row r="228" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A228" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B228" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C228" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="D228" t="s">
+        <v>19</v>
+      </c>
+      <c r="E228" t="s">
+        <v>19</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="H228" s="4">
+        <v>16047</v>
+      </c>
+      <c r="I228" s="4">
+        <v>827</v>
+      </c>
+      <c r="J228" s="4">
+        <v>0</v>
+      </c>
+      <c r="K228" s="4">
+        <v>1350</v>
+      </c>
+      <c r="L228" s="4">
+        <v>518</v>
+      </c>
+      <c r="M228" s="4">
+        <v>1868</v>
+      </c>
+      <c r="N228" s="4">
+        <v>0</v>
+      </c>
+      <c r="O228" s="4">
+        <v>0</v>
+      </c>
+      <c r="P228" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q228" s="4">
+        <v>18742</v>
+      </c>
+    </row>
+    <row r="229" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A229" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B229" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C229" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="D229" t="s">
+        <v>19</v>
+      </c>
+      <c r="E229" t="s">
+        <v>19</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="H229" s="4">
+        <v>57138</v>
+      </c>
+      <c r="I229" s="4">
+        <v>14164</v>
+      </c>
+      <c r="J229" s="4">
+        <v>0</v>
+      </c>
+      <c r="K229" s="4">
+        <v>8316</v>
+      </c>
+      <c r="L229" s="4">
+        <v>2048</v>
+      </c>
+      <c r="M229" s="4">
+        <v>10364</v>
+      </c>
+      <c r="N229" s="4">
+        <v>0</v>
+      </c>
+      <c r="O229" s="4">
+        <v>0</v>
+      </c>
+      <c r="P229" s="4">
+        <v>8710</v>
+      </c>
+      <c r="Q229" s="4">
+        <v>90376</v>
+      </c>
+    </row>
+    <row r="230" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A230" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B230" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C230" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="D230" t="s">
+        <v>19</v>
+      </c>
+      <c r="E230" t="s">
+        <v>19</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="H230" s="4">
+        <v>33022</v>
+      </c>
+      <c r="I230" s="4">
+        <v>6072</v>
+      </c>
+      <c r="J230" s="4">
+        <v>0</v>
+      </c>
+      <c r="K230" s="4">
+        <v>544</v>
+      </c>
+      <c r="L230" s="4">
+        <v>1186</v>
+      </c>
+      <c r="M230" s="4">
+        <v>1730</v>
+      </c>
+      <c r="N230" s="4">
+        <v>0</v>
+      </c>
+      <c r="O230" s="4">
+        <v>0</v>
+      </c>
+      <c r="P230" s="4">
+        <v>5651</v>
+      </c>
+      <c r="Q230" s="4">
+        <v>46475</v>
+      </c>
+    </row>
+    <row r="231" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A231" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C231" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="D231" t="s">
+        <v>19</v>
+      </c>
+      <c r="E231" t="s">
+        <v>19</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="H231" s="4">
+        <v>174240</v>
+      </c>
+      <c r="I231" s="4">
+        <v>31875</v>
+      </c>
+      <c r="J231" s="4">
+        <v>0</v>
+      </c>
+      <c r="K231" s="4">
+        <v>13161</v>
+      </c>
+      <c r="L231" s="4">
+        <v>6482</v>
+      </c>
+      <c r="M231" s="4">
+        <v>19643</v>
+      </c>
+      <c r="N231" s="4">
+        <v>0</v>
+      </c>
+      <c r="O231" s="4">
+        <v>0</v>
+      </c>
+      <c r="P231" s="4">
+        <v>68181</v>
+      </c>
+      <c r="Q231" s="4">
+        <v>293939</v>
+      </c>
+    </row>
+    <row r="232" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A232" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B232" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C232" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="D232" t="s">
+        <v>19</v>
+      </c>
+      <c r="E232" t="s">
+        <v>19</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="H232" s="4">
+        <v>166420</v>
+      </c>
+      <c r="I232" s="4">
+        <v>11817</v>
+      </c>
+      <c r="J232" s="4">
+        <v>0</v>
+      </c>
+      <c r="K232" s="4">
+        <v>5477</v>
+      </c>
+      <c r="L232" s="4">
+        <v>3502</v>
+      </c>
+      <c r="M232" s="4">
+        <v>8979</v>
+      </c>
+      <c r="N232" s="4">
+        <v>0</v>
+      </c>
+      <c r="O232" s="4">
+        <v>0</v>
+      </c>
+      <c r="P232" s="4">
+        <v>10063</v>
+      </c>
+      <c r="Q232" s="4">
+        <v>197279</v>
+      </c>
+    </row>
+    <row r="233" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A233" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B233" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C233" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="D233" t="s">
+        <v>19</v>
+      </c>
+      <c r="E233" t="s">
+        <v>19</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="H233" s="4">
+        <v>179283</v>
+      </c>
+      <c r="I233" s="4">
+        <v>15961</v>
+      </c>
+      <c r="J233" s="4">
+        <v>0</v>
+      </c>
+      <c r="K233" s="4">
+        <v>24862</v>
+      </c>
+      <c r="L233" s="4">
+        <v>6123</v>
+      </c>
+      <c r="M233" s="4">
+        <v>30985</v>
+      </c>
+      <c r="N233" s="4">
+        <v>0</v>
+      </c>
+      <c r="O233" s="4">
+        <v>0</v>
+      </c>
+      <c r="P233" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q233" s="4">
+        <v>226229</v>
+      </c>
+    </row>
+    <row r="234" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A234" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B234" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C234" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="D234" t="s">
+        <v>19</v>
+      </c>
+      <c r="E234" t="s">
+        <v>19</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="H234" s="4">
+        <v>18203</v>
+      </c>
+      <c r="I234" s="4">
+        <v>4731</v>
+      </c>
+      <c r="J234" s="4">
+        <v>0</v>
+      </c>
+      <c r="K234" s="4">
+        <v>2791</v>
+      </c>
+      <c r="L234" s="4">
+        <v>687</v>
+      </c>
+      <c r="M234" s="4">
+        <v>3478</v>
+      </c>
+      <c r="N234" s="4">
+        <v>0</v>
+      </c>
+      <c r="O234" s="4">
+        <v>0</v>
+      </c>
+      <c r="P234" s="4">
+        <v>3791</v>
+      </c>
+      <c r="Q234" s="4">
+        <v>30203</v>
+      </c>
+    </row>
+    <row r="235" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A235" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C235" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="D235" t="s">
+        <v>19</v>
+      </c>
+      <c r="E235" t="s">
+        <v>19</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="H235" s="4">
+        <v>74030</v>
+      </c>
+      <c r="I235" s="4">
+        <v>13604</v>
+      </c>
+      <c r="J235" s="4">
+        <v>0</v>
+      </c>
+      <c r="K235" s="4">
+        <v>7395</v>
+      </c>
+      <c r="L235" s="4">
+        <v>3642</v>
+      </c>
+      <c r="M235" s="4">
+        <v>11037</v>
+      </c>
+      <c r="N235" s="4">
+        <v>0</v>
+      </c>
+      <c r="O235" s="4">
+        <v>0</v>
+      </c>
+      <c r="P235" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q235" s="4">
+        <v>98671</v>
+      </c>
+    </row>
+    <row r="236" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A236" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B236" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C236" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="D236" t="s">
+        <v>19</v>
+      </c>
+      <c r="E236" t="s">
+        <v>19</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="H236" s="4">
+        <v>44939</v>
+      </c>
+      <c r="I236" s="4">
+        <v>9686</v>
+      </c>
+      <c r="J236" s="4">
+        <v>0</v>
+      </c>
+      <c r="K236" s="4">
+        <v>4998</v>
+      </c>
+      <c r="L236" s="4">
+        <v>1526</v>
+      </c>
+      <c r="M236" s="4">
+        <v>6524</v>
+      </c>
+      <c r="N236" s="4">
+        <v>0</v>
+      </c>
+      <c r="O236" s="4">
+        <v>0</v>
+      </c>
+      <c r="P236" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q236" s="4">
+        <v>61149</v>
+      </c>
+    </row>
+    <row r="237" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A237" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B237" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C237" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="D237" t="s">
+        <v>19</v>
+      </c>
+      <c r="E237" t="s">
+        <v>19</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="H237" s="4">
+        <v>106653</v>
+      </c>
+      <c r="I237" s="4">
+        <v>9275</v>
+      </c>
+      <c r="J237" s="4">
+        <v>0</v>
+      </c>
+      <c r="K237" s="4">
+        <v>12957</v>
+      </c>
+      <c r="L237" s="4">
+        <v>3513</v>
+      </c>
+      <c r="M237" s="4">
+        <v>16470</v>
+      </c>
+      <c r="N237" s="4">
+        <v>0</v>
+      </c>
+      <c r="O237" s="4">
+        <v>0</v>
+      </c>
+      <c r="P237" s="4">
+        <v>31745</v>
+      </c>
+      <c r="Q237" s="4">
+        <v>164143</v>
+      </c>
+    </row>
+    <row r="238" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A238" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B238" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C238" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="D238" t="s">
+        <v>19</v>
+      </c>
+      <c r="E238" t="s">
+        <v>19</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="H238" s="4">
+        <v>50954</v>
+      </c>
+      <c r="I238" s="4">
+        <v>5811</v>
+      </c>
+      <c r="J238" s="4">
+        <v>0</v>
+      </c>
+      <c r="K238" s="4">
+        <v>0</v>
+      </c>
+      <c r="L238" s="4">
+        <v>2370</v>
+      </c>
+      <c r="M238" s="4">
+        <v>2370</v>
+      </c>
+      <c r="N238" s="4">
+        <v>0</v>
+      </c>
+      <c r="O238" s="4">
+        <v>0</v>
+      </c>
+      <c r="P238" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q238" s="4">
+        <v>59135</v>
+      </c>
+    </row>
+    <row r="239" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A239" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B239" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C239" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="D239" t="s">
+        <v>19</v>
+      </c>
+      <c r="E239" t="s">
+        <v>19</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="H239" s="4">
+        <v>35591</v>
+      </c>
+      <c r="I239" s="4">
+        <v>1441</v>
+      </c>
+      <c r="J239" s="4">
+        <v>0</v>
+      </c>
+      <c r="K239" s="4">
+        <v>4256</v>
+      </c>
+      <c r="L239" s="4">
+        <v>1561</v>
+      </c>
+      <c r="M239" s="4">
+        <v>5817</v>
+      </c>
+      <c r="N239" s="4">
+        <v>0</v>
+      </c>
+      <c r="O239" s="4">
+        <v>0</v>
+      </c>
+      <c r="P239" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q239" s="4">
+        <v>42849</v>
+      </c>
+    </row>
+    <row r="240" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A240" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B240" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C240" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="D240" t="s">
+        <v>19</v>
+      </c>
+      <c r="E240" t="s">
+        <v>19</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="H240" s="4">
+        <v>28827</v>
+      </c>
+      <c r="I240" s="4">
+        <v>4543</v>
+      </c>
+      <c r="J240" s="4">
+        <v>0</v>
+      </c>
+      <c r="K240" s="4">
+        <v>4024</v>
+      </c>
+      <c r="L240" s="4">
+        <v>1049</v>
+      </c>
+      <c r="M240" s="4">
+        <v>5073</v>
+      </c>
+      <c r="N240" s="4">
+        <v>0</v>
+      </c>
+      <c r="O240" s="4">
+        <v>0</v>
+      </c>
+      <c r="P240" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q240" s="4">
+        <v>38443</v>
+      </c>
+    </row>
+    <row r="241" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A241" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B241" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C241" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="D241" t="s">
+        <v>19</v>
+      </c>
+      <c r="E241" t="s">
+        <v>19</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H241" s="4">
+        <v>51351</v>
+      </c>
+      <c r="I241" s="4">
+        <v>5082</v>
+      </c>
+      <c r="J241" s="4">
+        <v>0</v>
+      </c>
+      <c r="K241" s="4">
+        <v>0</v>
+      </c>
+      <c r="L241" s="4">
+        <v>1625</v>
+      </c>
+      <c r="M241" s="4">
+        <v>1625</v>
+      </c>
+      <c r="N241" s="4">
+        <v>0</v>
+      </c>
+      <c r="O241" s="4">
+        <v>0</v>
+      </c>
+      <c r="P241" s="4">
+        <v>9819</v>
+      </c>
+      <c r="Q241" s="4">
+        <v>67877</v>
+      </c>
+    </row>
+    <row r="242" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A242" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B242" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C242" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="D242" t="s">
+        <v>19</v>
+      </c>
+      <c r="E242" t="s">
+        <v>19</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="H242" s="4">
+        <v>93841</v>
+      </c>
+      <c r="I242" s="4">
+        <v>8489</v>
+      </c>
+      <c r="J242" s="4">
+        <v>0</v>
+      </c>
+      <c r="K242" s="4">
+        <v>9771</v>
+      </c>
+      <c r="L242" s="4">
+        <v>3225</v>
+      </c>
+      <c r="M242" s="4">
+        <v>12996</v>
+      </c>
+      <c r="N242" s="4">
+        <v>0</v>
+      </c>
+      <c r="O242" s="4">
+        <v>0</v>
+      </c>
+      <c r="P242" s="4">
+        <v>39534</v>
+      </c>
+      <c r="Q242" s="4">
+        <v>154860</v>
+      </c>
+    </row>
+    <row r="243" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A243" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B243" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C243" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="D243" t="s">
+        <v>19</v>
+      </c>
+      <c r="E243" t="s">
+        <v>19</v>
+      </c>
+      <c r="F243" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="H243" s="4">
+        <v>68453</v>
+      </c>
+      <c r="I243" s="4">
+        <v>19697</v>
+      </c>
+      <c r="J243" s="4">
+        <v>0</v>
+      </c>
+      <c r="K243" s="4">
+        <v>6783</v>
+      </c>
+      <c r="L243" s="4">
+        <v>2687</v>
+      </c>
+      <c r="M243" s="4">
+        <v>9470</v>
+      </c>
+      <c r="N243" s="4">
+        <v>0</v>
+      </c>
+      <c r="O243" s="4">
+        <v>0</v>
+      </c>
+      <c r="P243" s="4">
+        <v>19506</v>
+      </c>
+      <c r="Q243" s="4">
+        <v>117126</v>
+      </c>
+    </row>
+    <row r="244" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A244" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B244" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C244" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="D244" t="s">
+        <v>19</v>
+      </c>
+      <c r="E244" t="s">
+        <v>19</v>
+      </c>
+      <c r="F244" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="H244" s="4">
+        <v>19013</v>
+      </c>
+      <c r="I244" s="4">
+        <v>3989</v>
+      </c>
+      <c r="J244" s="4">
+        <v>0</v>
+      </c>
+      <c r="K244" s="4">
+        <v>2715</v>
+      </c>
+      <c r="L244" s="4">
+        <v>815</v>
+      </c>
+      <c r="M244" s="4">
+        <v>3530</v>
+      </c>
+      <c r="N244" s="4">
+        <v>0</v>
+      </c>
+      <c r="O244" s="4">
+        <v>0</v>
+      </c>
+      <c r="P244" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q244" s="4">
+        <v>26532</v>
+      </c>
+    </row>
+    <row r="245" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A245" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B245" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C245" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="D245" t="s">
+        <v>19</v>
+      </c>
+      <c r="E245" t="s">
+        <v>19</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="H245" s="4">
+        <v>16785</v>
+      </c>
+      <c r="I245" s="4">
+        <v>5163</v>
+      </c>
+      <c r="J245" s="4">
+        <v>0</v>
+      </c>
+      <c r="K245" s="4">
+        <v>1522</v>
+      </c>
+      <c r="L245" s="4">
+        <v>750</v>
+      </c>
+      <c r="M245" s="4">
+        <v>2272</v>
+      </c>
+      <c r="N245" s="4">
+        <v>0</v>
+      </c>
+      <c r="O245" s="4">
+        <v>0</v>
+      </c>
+      <c r="P245" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q245" s="4">
+        <v>24220</v>
+      </c>
+    </row>
+    <row r="246" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A246" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B246" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C246" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="D246" t="s">
+        <v>19</v>
+      </c>
+      <c r="E246" t="s">
+        <v>19</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="H246" s="4">
+        <v>204824</v>
+      </c>
+      <c r="I246" s="4">
+        <v>49361</v>
+      </c>
+      <c r="J246" s="4">
+        <v>0</v>
+      </c>
+      <c r="K246" s="4">
+        <v>38924</v>
+      </c>
+      <c r="L246" s="4">
+        <v>9586</v>
+      </c>
+      <c r="M246" s="4">
+        <v>48510</v>
+      </c>
+      <c r="N246" s="4">
+        <v>0</v>
+      </c>
+      <c r="O246" s="4">
+        <v>3921</v>
+      </c>
+      <c r="P246" s="4">
+        <v>63276</v>
+      </c>
+      <c r="Q246" s="4">
+        <v>369892</v>
+      </c>
+    </row>
+    <row r="247" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A247" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B247" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C247" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="D247" t="s">
+        <v>19</v>
+      </c>
+      <c r="E247" t="s">
+        <v>19</v>
+      </c>
+      <c r="F247" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="H247" s="4">
+        <v>45798</v>
+      </c>
+      <c r="I247" s="4">
+        <v>5698</v>
+      </c>
+      <c r="J247" s="4">
+        <v>0</v>
+      </c>
+      <c r="K247" s="4">
+        <v>7070</v>
+      </c>
+      <c r="L247" s="4">
+        <v>1840</v>
+      </c>
+      <c r="M247" s="4">
+        <v>8910</v>
+      </c>
+      <c r="N247" s="4">
+        <v>0</v>
+      </c>
+      <c r="O247" s="4">
+        <v>0</v>
+      </c>
+      <c r="P247" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q247" s="4">
+        <v>60406</v>
+      </c>
+    </row>
+    <row r="248" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A248" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B248" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C248" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="D248" t="s">
+        <v>19</v>
+      </c>
+      <c r="E248" t="s">
+        <v>19</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="H248" s="4">
+        <v>23673</v>
+      </c>
+      <c r="I248" s="4">
+        <v>914</v>
+      </c>
+      <c r="J248" s="4">
+        <v>0</v>
+      </c>
+      <c r="K248" s="4">
+        <v>2173</v>
+      </c>
+      <c r="L248" s="4">
+        <v>1070</v>
+      </c>
+      <c r="M248" s="4">
+        <v>3243</v>
+      </c>
+      <c r="N248" s="4">
+        <v>0</v>
+      </c>
+      <c r="O248" s="4">
+        <v>0</v>
+      </c>
+      <c r="P248" s="4">
+        <v>5610</v>
+      </c>
+      <c r="Q248" s="4">
+        <v>33440</v>
+      </c>
+    </row>
+    <row r="249" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A249" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B249" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C249" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="D249" t="s">
+        <v>19</v>
+      </c>
+      <c r="E249" t="s">
+        <v>19</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="H249" s="4">
+        <v>119913</v>
+      </c>
+      <c r="I249" s="4">
+        <v>19637</v>
+      </c>
+      <c r="J249" s="4">
+        <v>0</v>
+      </c>
+      <c r="K249" s="4">
+        <v>0</v>
+      </c>
+      <c r="L249" s="4">
+        <v>4515</v>
+      </c>
+      <c r="M249" s="4">
+        <v>4515</v>
+      </c>
+      <c r="N249" s="4">
+        <v>0</v>
+      </c>
+      <c r="O249" s="4">
+        <v>0</v>
+      </c>
+      <c r="P249" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q249" s="4">
+        <v>144065</v>
+      </c>
+    </row>
+    <row r="250" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A250" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B250" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C250" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="D250" t="s">
+        <v>19</v>
+      </c>
+      <c r="E250" t="s">
+        <v>19</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="H250" s="4">
+        <v>9438</v>
+      </c>
+      <c r="I250" s="4">
+        <v>1673</v>
+      </c>
+      <c r="J250" s="4">
+        <v>0</v>
+      </c>
+      <c r="K250" s="4">
+        <v>0</v>
+      </c>
+      <c r="L250" s="4">
+        <v>408</v>
+      </c>
+      <c r="M250" s="4">
+        <v>408</v>
+      </c>
+      <c r="N250" s="4">
+        <v>0</v>
+      </c>
+      <c r="O250" s="4">
+        <v>0</v>
+      </c>
+      <c r="P250" s="4">
+        <v>1082</v>
+      </c>
+      <c r="Q250" s="4">
+        <v>12601</v>
+      </c>
+    </row>
+    <row r="251" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A251" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C251" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="D251" t="s">
+        <v>19</v>
+      </c>
+      <c r="E251" t="s">
+        <v>19</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="H251" s="4">
+        <v>126548</v>
+      </c>
+      <c r="I251" s="4">
+        <v>20036</v>
+      </c>
+      <c r="J251" s="4">
+        <v>0</v>
+      </c>
+      <c r="K251" s="4">
+        <v>19654</v>
+      </c>
+      <c r="L251" s="4">
+        <v>4840</v>
+      </c>
+      <c r="M251" s="4">
+        <v>24494</v>
+      </c>
+      <c r="N251" s="4">
+        <v>0</v>
+      </c>
+      <c r="O251" s="4">
+        <v>0</v>
+      </c>
+      <c r="P251" s="4">
+        <v>36440</v>
+      </c>
+      <c r="Q251" s="4">
+        <v>207518</v>
+      </c>
+    </row>
+    <row r="252" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A252" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B252" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C252" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="D252" t="s">
+        <v>19</v>
+      </c>
+      <c r="E252" t="s">
+        <v>19</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="H252" s="4">
+        <v>146006</v>
+      </c>
+      <c r="I252" s="4">
+        <v>9670</v>
+      </c>
+      <c r="J252" s="4">
+        <v>0</v>
+      </c>
+      <c r="K252" s="4">
+        <v>5500</v>
+      </c>
+      <c r="L252" s="4">
+        <v>3737</v>
+      </c>
+      <c r="M252" s="4">
+        <v>9237</v>
+      </c>
+      <c r="N252" s="4">
+        <v>0</v>
+      </c>
+      <c r="O252" s="4">
+        <v>0</v>
+      </c>
+      <c r="P252" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q252" s="4">
+        <v>164913</v>
+      </c>
+    </row>
+    <row r="253" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A253" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B253" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C253" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="D253" t="s">
+        <v>19</v>
+      </c>
+      <c r="E253" t="s">
+        <v>19</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="H253" s="4">
+        <v>62062</v>
+      </c>
+      <c r="I253" s="4">
+        <v>13747</v>
+      </c>
+      <c r="J253" s="4">
+        <v>0</v>
+      </c>
+      <c r="K253" s="4">
+        <v>2989</v>
+      </c>
+      <c r="L253" s="4">
+        <v>2496</v>
+      </c>
+      <c r="M253" s="4">
+        <v>5485</v>
+      </c>
+      <c r="N253" s="4">
+        <v>0</v>
+      </c>
+      <c r="O253" s="4">
+        <v>0</v>
+      </c>
+      <c r="P253" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q253" s="4">
+        <v>81294</v>
+      </c>
+    </row>
+    <row r="254" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A254" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B254" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C254" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="D254" t="s">
+        <v>19</v>
+      </c>
+      <c r="E254" t="s">
+        <v>19</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="H254" s="4">
+        <v>25985</v>
+      </c>
+      <c r="I254" s="4">
+        <v>3884</v>
+      </c>
+      <c r="J254" s="4">
+        <v>0</v>
+      </c>
+      <c r="K254" s="4">
+        <v>1735</v>
+      </c>
+      <c r="L254" s="4">
+        <v>961</v>
+      </c>
+      <c r="M254" s="4">
+        <v>2696</v>
+      </c>
+      <c r="N254" s="4">
+        <v>0</v>
+      </c>
+      <c r="O254" s="4">
+        <v>0</v>
+      </c>
+      <c r="P254" s="4">
+        <v>7812</v>
+      </c>
+      <c r="Q254" s="4">
+        <v>40377</v>
+      </c>
+    </row>
+    <row r="255" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A255" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B255" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C255" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="D255" t="s">
+        <v>19</v>
+      </c>
+      <c r="E255" t="s">
+        <v>19</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="H255" s="4">
+        <v>46569</v>
+      </c>
+      <c r="I255" s="4">
+        <v>2710</v>
+      </c>
+      <c r="J255" s="4">
+        <v>0</v>
+      </c>
+      <c r="K255" s="4">
+        <v>6808</v>
+      </c>
+      <c r="L255" s="4">
+        <v>1676</v>
+      </c>
+      <c r="M255" s="4">
+        <v>8484</v>
+      </c>
+      <c r="N255" s="4">
+        <v>0</v>
+      </c>
+      <c r="O255" s="4">
+        <v>0</v>
+      </c>
+      <c r="P255" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q255" s="4">
+        <v>57763</v>
+      </c>
+    </row>
+    <row r="256" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A256" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C256" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="D256" t="s">
+        <v>19</v>
+      </c>
+      <c r="E256" t="s">
+        <v>19</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="H256" s="4">
+        <v>139717</v>
+      </c>
+      <c r="I256" s="4">
+        <v>24442</v>
+      </c>
+      <c r="J256" s="4">
+        <v>0</v>
+      </c>
+      <c r="K256" s="4">
+        <v>14795</v>
+      </c>
+      <c r="L256" s="4">
+        <v>4740</v>
+      </c>
+      <c r="M256" s="4">
+        <v>19535</v>
+      </c>
+      <c r="N256" s="4">
+        <v>0</v>
+      </c>
+      <c r="O256" s="4">
+        <v>0</v>
+      </c>
+      <c r="P256" s="4">
+        <v>58126</v>
+      </c>
+      <c r="Q256" s="4">
+        <v>241820</v>
+      </c>
+    </row>
+    <row r="257" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A257" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C257" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="D257" t="s">
+        <v>19</v>
+      </c>
+      <c r="E257" t="s">
+        <v>19</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="H257" s="4">
+        <v>36529</v>
+      </c>
+      <c r="I257" s="4">
+        <v>3628</v>
+      </c>
+      <c r="J257" s="4">
+        <v>0</v>
+      </c>
+      <c r="K257" s="4">
+        <v>6208</v>
+      </c>
+      <c r="L257" s="4">
+        <v>1529</v>
+      </c>
+      <c r="M257" s="4">
+        <v>7737</v>
+      </c>
+      <c r="N257" s="4">
+        <v>0</v>
+      </c>
+      <c r="O257" s="4">
+        <v>0</v>
+      </c>
+      <c r="P257" s="4">
+        <v>7136</v>
+      </c>
+      <c r="Q257" s="4">
+        <v>55030</v>
+      </c>
+    </row>
+    <row r="258" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A258" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C258" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="D258" t="s">
+        <v>19</v>
+      </c>
+      <c r="E258" t="s">
+        <v>19</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="H258" s="4">
+        <v>745904</v>
+      </c>
+      <c r="I258" s="4">
+        <v>140570</v>
+      </c>
+      <c r="J258" s="4">
+        <v>0</v>
+      </c>
+      <c r="K258" s="4">
+        <v>0</v>
+      </c>
+      <c r="L258" s="4">
+        <v>24271</v>
+      </c>
+      <c r="M258" s="4">
+        <v>24271</v>
+      </c>
+      <c r="N258" s="4">
+        <v>0</v>
+      </c>
+      <c r="O258" s="4">
+        <v>0</v>
+      </c>
+      <c r="P258" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q258" s="4">
+        <v>910745</v>
+      </c>
+    </row>
+    <row r="259" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A259" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="D259" t="s">
+        <v>19</v>
+      </c>
+      <c r="E259" t="s">
+        <v>19</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="H259" s="4">
+        <v>41219</v>
+      </c>
+      <c r="I259" s="4">
+        <v>8671</v>
+      </c>
+      <c r="J259" s="4">
+        <v>0</v>
+      </c>
+      <c r="K259" s="4">
+        <v>6376</v>
+      </c>
+      <c r="L259" s="4">
+        <v>1570</v>
+      </c>
+      <c r="M259" s="4">
+        <v>7946</v>
+      </c>
+      <c r="N259" s="4">
+        <v>0</v>
+      </c>
+      <c r="O259" s="4">
+        <v>0</v>
+      </c>
+      <c r="P259" s="4">
+        <v>19259</v>
+      </c>
+      <c r="Q259" s="4">
+        <v>77095</v>
+      </c>
+    </row>
+    <row r="260" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A260" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C260" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="D260" t="s">
+        <v>19</v>
+      </c>
+      <c r="E260" t="s">
+        <v>19</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="H260" s="4">
+        <v>70441</v>
+      </c>
+      <c r="I260" s="4">
+        <v>10292</v>
+      </c>
+      <c r="J260" s="4">
+        <v>0</v>
+      </c>
+      <c r="K260" s="4">
+        <v>11243</v>
+      </c>
+      <c r="L260" s="4">
+        <v>2769</v>
+      </c>
+      <c r="M260" s="4">
+        <v>14012</v>
+      </c>
+      <c r="N260" s="4">
+        <v>0</v>
+      </c>
+      <c r="O260" s="4">
+        <v>0</v>
+      </c>
+      <c r="P260" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q260" s="4">
+        <v>94745</v>
+      </c>
+    </row>
+    <row r="261" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A261" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C261" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="D261" t="s">
+        <v>19</v>
+      </c>
+      <c r="E261" t="s">
+        <v>19</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="H261" s="4">
+        <v>36514</v>
+      </c>
+      <c r="I261" s="4">
+        <v>8124</v>
+      </c>
+      <c r="J261" s="4">
+        <v>0</v>
+      </c>
+      <c r="K261" s="4">
+        <v>4658</v>
+      </c>
+      <c r="L261" s="4">
+        <v>1537</v>
+      </c>
+      <c r="M261" s="4">
+        <v>6195</v>
+      </c>
+      <c r="N261" s="4">
+        <v>0</v>
+      </c>
+      <c r="O261" s="4">
+        <v>0</v>
+      </c>
+      <c r="P261" s="4">
+        <v>12577</v>
+      </c>
+      <c r="Q261" s="4">
+        <v>63410</v>
+      </c>
+    </row>
+    <row r="262" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A262" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B262" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C262" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="D262" t="s">
+        <v>19</v>
+      </c>
+      <c r="E262" t="s">
+        <v>19</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H262" s="4">
+        <v>84008</v>
+      </c>
+      <c r="I262" s="4">
+        <v>7457</v>
+      </c>
+      <c r="J262" s="4">
+        <v>0</v>
+      </c>
+      <c r="K262" s="4">
+        <v>14768</v>
+      </c>
+      <c r="L262" s="4">
+        <v>4143</v>
+      </c>
+      <c r="M262" s="4">
+        <v>18911</v>
+      </c>
+      <c r="N262" s="4">
+        <v>0</v>
+      </c>
+      <c r="O262" s="4">
+        <v>0</v>
+      </c>
+      <c r="P262" s="4">
+        <v>32886</v>
+      </c>
+      <c r="Q262" s="4">
+        <v>143262</v>
+      </c>
+    </row>
+    <row r="263" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A263" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B263" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C263" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="D263" t="s">
+        <v>19</v>
+      </c>
+      <c r="E263" t="s">
+        <v>19</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="H263" s="4">
+        <v>8973</v>
+      </c>
+      <c r="I263" s="4">
+        <v>3140</v>
+      </c>
+      <c r="J263" s="4">
+        <v>0</v>
+      </c>
+      <c r="K263" s="4">
+        <v>0</v>
+      </c>
+      <c r="L263" s="4">
+        <v>368</v>
+      </c>
+      <c r="M263" s="4">
+        <v>368</v>
+      </c>
+      <c r="N263" s="4">
+        <v>0</v>
+      </c>
+      <c r="O263" s="4">
+        <v>0</v>
+      </c>
+      <c r="P263" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q263" s="4">
+        <v>12481</v>
+      </c>
+    </row>
+    <row r="264" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A264" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C264" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="D264" t="s">
+        <v>19</v>
+      </c>
+      <c r="E264" t="s">
+        <v>19</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="H264" s="4">
+        <v>91180</v>
+      </c>
+      <c r="I264" s="4">
+        <v>20343</v>
+      </c>
+      <c r="J264" s="4">
+        <v>0</v>
+      </c>
+      <c r="K264" s="4">
+        <v>0</v>
+      </c>
+      <c r="L264" s="4">
+        <v>2949</v>
+      </c>
+      <c r="M264" s="4">
+        <v>2949</v>
+      </c>
+      <c r="N264" s="4">
+        <v>0</v>
+      </c>
+      <c r="O264" s="4">
+        <v>0</v>
+      </c>
+      <c r="P264" s="4">
+        <v>18188</v>
+      </c>
+      <c r="Q264" s="4">
+        <v>132660</v>
+      </c>
+    </row>
+    <row r="265" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A265" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B265" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C265" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="D265" t="s">
+        <v>19</v>
+      </c>
+      <c r="E265" t="s">
+        <v>19</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="H265" s="4">
+        <v>53544</v>
+      </c>
+      <c r="I265" s="4">
+        <v>6904</v>
+      </c>
+      <c r="J265" s="4">
+        <v>0</v>
+      </c>
+      <c r="K265" s="4">
+        <v>1406</v>
+      </c>
+      <c r="L265" s="4">
+        <v>1701</v>
+      </c>
+      <c r="M265" s="4">
+        <v>3107</v>
+      </c>
+      <c r="N265" s="4">
+        <v>0</v>
+      </c>
+      <c r="O265" s="4">
+        <v>0</v>
+      </c>
+      <c r="P265" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q265" s="4">
+        <v>63555</v>
+      </c>
+    </row>
+    <row r="266" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A266" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C266" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="D266" t="s">
+        <v>19</v>
+      </c>
+      <c r="E266" t="s">
+        <v>19</v>
+      </c>
+      <c r="F266" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="H266" s="4">
+        <v>221393</v>
+      </c>
+      <c r="I266" s="4">
+        <v>37474</v>
+      </c>
+      <c r="J266" s="4">
+        <v>0</v>
+      </c>
+      <c r="K266" s="4">
+        <v>29853</v>
+      </c>
+      <c r="L266" s="4">
+        <v>7352</v>
+      </c>
+      <c r="M266" s="4">
+        <v>37205</v>
+      </c>
+      <c r="N266" s="4">
+        <v>0</v>
+      </c>
+      <c r="O266" s="4">
+        <v>0</v>
+      </c>
+      <c r="P266" s="4">
+        <v>47539</v>
+      </c>
+      <c r="Q266" s="4">
+        <v>343611</v>
+      </c>
+    </row>
+    <row r="267" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A267" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B267" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C267" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="D267" t="s">
+        <v>19</v>
+      </c>
+      <c r="E267" t="s">
+        <v>19</v>
+      </c>
+      <c r="F267" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="H267" s="4">
+        <v>17729</v>
+      </c>
+      <c r="I267" s="4">
+        <v>2645</v>
+      </c>
+      <c r="J267" s="4">
+        <v>0</v>
+      </c>
+      <c r="K267" s="4">
+        <v>2008</v>
+      </c>
+      <c r="L267" s="4">
+        <v>495</v>
+      </c>
+      <c r="M267" s="4">
+        <v>2503</v>
+      </c>
+      <c r="N267" s="4">
+        <v>0</v>
+      </c>
+      <c r="O267" s="4">
+        <v>0</v>
+      </c>
+      <c r="P267" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q267" s="4">
+        <v>22877</v>
+      </c>
+    </row>
+    <row r="268" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A268" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C268" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="D268" t="s">
+        <v>567</v>
+      </c>
+      <c r="E268" t="s">
+        <v>19</v>
+      </c>
+      <c r="F268" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="H268" s="4">
+        <v>64648</v>
+      </c>
+      <c r="I268" s="4">
+        <v>10639</v>
+      </c>
+      <c r="J268" s="4">
+        <v>0</v>
+      </c>
+      <c r="K268" s="4">
+        <v>6526</v>
+      </c>
+      <c r="L268" s="4">
+        <v>2990</v>
+      </c>
+      <c r="M268" s="4">
+        <v>9516</v>
+      </c>
+      <c r="N268" s="4">
+        <v>0</v>
+      </c>
+      <c r="O268" s="4">
+        <v>0</v>
+      </c>
+      <c r="P268" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q268" s="4">
+        <v>84803</v>
+      </c>
+    </row>
+    <row r="269" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A269" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C269" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="D269" t="s">
+        <v>19</v>
+      </c>
+      <c r="E269" t="s">
+        <v>19</v>
+      </c>
+      <c r="F269" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="H269" s="4">
+        <v>302865</v>
+      </c>
+      <c r="I269" s="4">
+        <v>21902</v>
+      </c>
+      <c r="J269" s="4">
+        <v>0</v>
+      </c>
+      <c r="K269" s="4">
+        <v>18885</v>
+      </c>
+      <c r="L269" s="4">
+        <v>9302</v>
+      </c>
+      <c r="M269" s="4">
+        <v>28187</v>
+      </c>
+      <c r="N269" s="4">
+        <v>0</v>
+      </c>
+      <c r="O269" s="4">
+        <v>0</v>
+      </c>
+      <c r="P269" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q269" s="4">
+        <v>352954</v>
+      </c>
+    </row>
+    <row r="270" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A270" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C270" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="D270" t="s">
+        <v>19</v>
+      </c>
+      <c r="E270" t="s">
+        <v>19</v>
+      </c>
+      <c r="F270" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="H270" s="4">
+        <v>220654</v>
+      </c>
+      <c r="I270" s="4">
+        <v>30077</v>
+      </c>
+      <c r="J270" s="4">
+        <v>0</v>
+      </c>
+      <c r="K270" s="4">
+        <v>0</v>
+      </c>
+      <c r="L270" s="4">
+        <v>10810</v>
+      </c>
+      <c r="M270" s="4">
+        <v>10810</v>
+      </c>
+      <c r="N270" s="4">
+        <v>0</v>
+      </c>
+      <c r="O270" s="4">
+        <v>0</v>
+      </c>
+      <c r="P270" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q270" s="4">
+        <v>261541</v>
+      </c>
+    </row>
+    <row r="271" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A271" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C271" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="D271" t="s">
+        <v>19</v>
+      </c>
+      <c r="E271" t="s">
+        <v>19</v>
+      </c>
+      <c r="F271" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="H271" s="4">
+        <v>14015</v>
+      </c>
+      <c r="I271" s="4">
         <v>2024</v>
       </c>
-      <c r="B3" s="4" t="s">
+      <c r="J271" s="4">
+        <v>0</v>
+      </c>
+      <c r="K271" s="4">
+        <v>1980</v>
+      </c>
+      <c r="L271" s="4">
+        <v>488</v>
+      </c>
+      <c r="M271" s="4">
+        <v>2468</v>
+      </c>
+      <c r="N271" s="4">
+        <v>0</v>
+      </c>
+      <c r="O271" s="4">
+        <v>0</v>
+      </c>
+      <c r="P271" s="4">
+        <v>3486</v>
+      </c>
+      <c r="Q271" s="4">
+        <v>21993</v>
+      </c>
+    </row>
+    <row r="272" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A272" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B272" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C272" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="D272" t="s">
+        <v>19</v>
+      </c>
+      <c r="E272" t="s">
+        <v>19</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="H272" s="4">
+        <v>67051</v>
+      </c>
+      <c r="I272" s="4">
+        <v>6523</v>
+      </c>
+      <c r="J272" s="4">
+        <v>0</v>
+      </c>
+      <c r="K272" s="4">
+        <v>6081</v>
+      </c>
+      <c r="L272" s="4">
+        <v>2995</v>
+      </c>
+      <c r="M272" s="4">
+        <v>9076</v>
+      </c>
+      <c r="N272" s="4">
+        <v>0</v>
+      </c>
+      <c r="O272" s="4">
+        <v>0</v>
+      </c>
+      <c r="P272" s="4">
+        <v>24504</v>
+      </c>
+      <c r="Q272" s="4">
+        <v>107154</v>
+      </c>
+    </row>
+    <row r="273" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A273" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C273" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="D273" t="s">
+        <v>19</v>
+      </c>
+      <c r="E273" t="s">
+        <v>19</v>
+      </c>
+      <c r="F273" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="H273" s="4">
+        <v>10513</v>
+      </c>
+      <c r="I273" s="4">
+        <v>1991</v>
+      </c>
+      <c r="J273" s="4">
+        <v>0</v>
+      </c>
+      <c r="K273" s="4">
+        <v>1437</v>
+      </c>
+      <c r="L273" s="4">
+        <v>387</v>
+      </c>
+      <c r="M273" s="4">
+        <v>1824</v>
+      </c>
+      <c r="N273" s="4">
+        <v>0</v>
+      </c>
+      <c r="O273" s="4">
+        <v>0</v>
+      </c>
+      <c r="P273" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q273" s="4">
+        <v>14328</v>
+      </c>
+    </row>
+    <row r="274" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A274" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C274" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="D274" t="s">
+        <v>19</v>
+      </c>
+      <c r="E274" t="s">
+        <v>19</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="H274" s="4">
+        <v>48621</v>
+      </c>
+      <c r="I274" s="4">
+        <v>3206</v>
+      </c>
+      <c r="J274" s="4">
+        <v>0</v>
+      </c>
+      <c r="K274" s="4">
+        <v>1201</v>
+      </c>
+      <c r="L274" s="4">
+        <v>1679</v>
+      </c>
+      <c r="M274" s="4">
+        <v>2880</v>
+      </c>
+      <c r="N274" s="4">
+        <v>0</v>
+      </c>
+      <c r="O274" s="4">
+        <v>0</v>
+      </c>
+      <c r="P274" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q274" s="4">
+        <v>54707</v>
+      </c>
+    </row>
+    <row r="275" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A275" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B275" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C275" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="D275" t="s">
+        <v>19</v>
+      </c>
+      <c r="E275" t="s">
+        <v>19</v>
+      </c>
+      <c r="F275" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="H275" s="4">
+        <v>260239</v>
+      </c>
+      <c r="I275" s="4">
+        <v>37531</v>
+      </c>
+      <c r="J275" s="4">
+        <v>0</v>
+      </c>
+      <c r="K275" s="4">
+        <v>29235</v>
+      </c>
+      <c r="L275" s="4">
+        <v>7200</v>
+      </c>
+      <c r="M275" s="4">
+        <v>36435</v>
+      </c>
+      <c r="N275" s="4">
+        <v>0</v>
+      </c>
+      <c r="O275" s="4">
+        <v>0</v>
+      </c>
+      <c r="P275" s="4">
+        <v>57280</v>
+      </c>
+      <c r="Q275" s="4">
+        <v>391485</v>
+      </c>
+    </row>
+    <row r="276" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A276" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B276" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C276" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="D276" t="s">
+        <v>19</v>
+      </c>
+      <c r="E276" t="s">
+        <v>19</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="H276" s="4">
+        <v>10466</v>
+      </c>
+      <c r="I276" s="4">
+        <v>242</v>
+      </c>
+      <c r="J276" s="4">
+        <v>0</v>
+      </c>
+      <c r="K276" s="4">
+        <v>691</v>
+      </c>
+      <c r="L276" s="4">
+        <v>340</v>
+      </c>
+      <c r="M276" s="4">
+        <v>1031</v>
+      </c>
+      <c r="N276" s="4">
+        <v>0</v>
+      </c>
+      <c r="O276" s="4">
+        <v>0</v>
+      </c>
+      <c r="P276" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q276" s="4">
+        <v>11739</v>
+      </c>
+    </row>
+    <row r="277" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A277" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B277" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C277" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="D277" t="s">
+        <v>19</v>
+      </c>
+      <c r="E277" t="s">
+        <v>19</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="H277" s="4">
+        <v>55409</v>
+      </c>
+      <c r="I277" s="4">
+        <v>8089</v>
+      </c>
+      <c r="J277" s="4">
+        <v>0</v>
+      </c>
+      <c r="K277" s="4">
+        <v>6233</v>
+      </c>
+      <c r="L277" s="4">
+        <v>2053</v>
+      </c>
+      <c r="M277" s="4">
+        <v>8286</v>
+      </c>
+      <c r="N277" s="4">
+        <v>0</v>
+      </c>
+      <c r="O277" s="4">
+        <v>0</v>
+      </c>
+      <c r="P277" s="4">
+        <v>2480</v>
+      </c>
+      <c r="Q277" s="4">
+        <v>74264</v>
+      </c>
+    </row>
+    <row r="278" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A278" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B278" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C278" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="D278" t="s">
+        <v>19</v>
+      </c>
+      <c r="E278" t="s">
+        <v>19</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="H278" s="4">
+        <v>83203</v>
+      </c>
+      <c r="I278" s="4">
+        <v>12479</v>
+      </c>
+      <c r="J278" s="4">
+        <v>0</v>
+      </c>
+      <c r="K278" s="4">
+        <v>1454</v>
+      </c>
+      <c r="L278" s="4">
+        <v>2819</v>
+      </c>
+      <c r="M278" s="4">
+        <v>4273</v>
+      </c>
+      <c r="N278" s="4">
+        <v>0</v>
+      </c>
+      <c r="O278" s="4">
+        <v>0</v>
+      </c>
+      <c r="P278" s="4">
+        <v>23038</v>
+      </c>
+      <c r="Q278" s="4">
+        <v>122993</v>
+      </c>
+    </row>
+    <row r="279" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A279" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B279" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C279" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="D279" t="s">
+        <v>19</v>
+      </c>
+      <c r="E279" t="s">
+        <v>19</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="H279" s="4">
+        <v>12416</v>
+      </c>
+      <c r="I279" s="4">
+        <v>2289</v>
+      </c>
+      <c r="J279" s="4">
+        <v>0</v>
+      </c>
+      <c r="K279" s="4">
+        <v>0</v>
+      </c>
+      <c r="L279" s="4">
+        <v>499</v>
+      </c>
+      <c r="M279" s="4">
+        <v>499</v>
+      </c>
+      <c r="N279" s="4">
+        <v>0</v>
+      </c>
+      <c r="O279" s="4">
+        <v>0</v>
+      </c>
+      <c r="P279" s="4">
+        <v>6102</v>
+      </c>
+      <c r="Q279" s="4">
+        <v>21306</v>
+      </c>
+    </row>
+    <row r="280" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A280" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B280" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C280" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="D280" t="s">
+        <v>19</v>
+      </c>
+      <c r="E280" t="s">
+        <v>19</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="H280" s="4">
+        <v>29525</v>
+      </c>
+      <c r="I280" s="4">
+        <v>4900</v>
+      </c>
+      <c r="J280" s="4">
+        <v>0</v>
+      </c>
+      <c r="K280" s="4">
+        <v>4156</v>
+      </c>
+      <c r="L280" s="4">
+        <v>1023</v>
+      </c>
+      <c r="M280" s="4">
+        <v>5179</v>
+      </c>
+      <c r="N280" s="4">
+        <v>0</v>
+      </c>
+      <c r="O280" s="4">
+        <v>0</v>
+      </c>
+      <c r="P280" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q280" s="4">
+        <v>39604</v>
+      </c>
+    </row>
+    <row r="281" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A281" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B281" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C281" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="D281" t="s">
+        <v>19</v>
+      </c>
+      <c r="E281" t="s">
+        <v>19</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H281" s="4">
+        <v>14728</v>
+      </c>
+      <c r="I281" s="4">
+        <v>1885</v>
+      </c>
+      <c r="J281" s="4">
+        <v>0</v>
+      </c>
+      <c r="K281" s="4">
+        <v>2021</v>
+      </c>
+      <c r="L281" s="4">
+        <v>529</v>
+      </c>
+      <c r="M281" s="4">
+        <v>2550</v>
+      </c>
+      <c r="N281" s="4">
+        <v>0</v>
+      </c>
+      <c r="O281" s="4">
+        <v>0</v>
+      </c>
+      <c r="P281" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q281" s="4">
+        <v>19163</v>
+      </c>
+    </row>
+    <row r="282" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A282" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B282" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C282" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="D282" t="s">
+        <v>19</v>
+      </c>
+      <c r="E282" t="s">
+        <v>19</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="H282" s="4">
+        <v>25122</v>
+      </c>
+      <c r="I282" s="4">
+        <v>2742</v>
+      </c>
+      <c r="J282" s="4">
+        <v>0</v>
+      </c>
+      <c r="K282" s="4">
+        <v>3013</v>
+      </c>
+      <c r="L282" s="4">
+        <v>742</v>
+      </c>
+      <c r="M282" s="4">
+        <v>3755</v>
+      </c>
+      <c r="N282" s="4">
+        <v>0</v>
+      </c>
+      <c r="O282" s="4">
+        <v>0</v>
+      </c>
+      <c r="P282" s="4">
+        <v>3578</v>
+      </c>
+      <c r="Q282" s="4">
+        <v>35197</v>
+      </c>
+    </row>
+    <row r="283" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A283" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B283" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C283" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="D283" t="s">
+        <v>19</v>
+      </c>
+      <c r="E283" t="s">
+        <v>19</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="H283" s="4">
+        <v>34646</v>
+      </c>
+      <c r="I283" s="4">
+        <v>1765</v>
+      </c>
+      <c r="J283" s="4">
+        <v>0</v>
+      </c>
+      <c r="K283" s="4">
+        <v>2804</v>
+      </c>
+      <c r="L283" s="4">
+        <v>1381</v>
+      </c>
+      <c r="M283" s="4">
+        <v>4185</v>
+      </c>
+      <c r="N283" s="4">
+        <v>0</v>
+      </c>
+      <c r="O283" s="4">
+        <v>0</v>
+      </c>
+      <c r="P283" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q283" s="4">
+        <v>40596</v>
+      </c>
+    </row>
+    <row r="284" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A284" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B284" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
-[...46 lines deleted...]
-      <c r="B4" s="4" t="s">
+      <c r="C284" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="D284" t="s">
+        <v>19</v>
+      </c>
+      <c r="E284" t="s">
+        <v>19</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="H284" s="4">
+        <v>11089</v>
+      </c>
+      <c r="I284" s="4">
+        <v>1307</v>
+      </c>
+      <c r="J284" s="4">
+        <v>0</v>
+      </c>
+      <c r="K284" s="4">
+        <v>0</v>
+      </c>
+      <c r="L284" s="4">
+        <v>371</v>
+      </c>
+      <c r="M284" s="4">
+        <v>371</v>
+      </c>
+      <c r="N284" s="4">
+        <v>0</v>
+      </c>
+      <c r="O284" s="4">
+        <v>0</v>
+      </c>
+      <c r="P284" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q284" s="4">
+        <v>12767</v>
+      </c>
+    </row>
+    <row r="285" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A285" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B285" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C285" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="D285" t="s">
+        <v>19</v>
+      </c>
+      <c r="E285" t="s">
+        <v>19</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="H285" s="4">
+        <v>17116</v>
+      </c>
+      <c r="I285" s="4">
+        <v>0</v>
+      </c>
+      <c r="J285" s="4">
+        <v>0</v>
+      </c>
+      <c r="K285" s="4">
+        <v>0</v>
+      </c>
+      <c r="L285" s="4">
+        <v>654</v>
+      </c>
+      <c r="M285" s="4">
+        <v>654</v>
+      </c>
+      <c r="N285" s="4">
+        <v>0</v>
+      </c>
+      <c r="O285" s="4">
+        <v>0</v>
+      </c>
+      <c r="P285" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q285" s="4">
+        <v>17770</v>
+      </c>
+    </row>
+    <row r="286" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A286" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B286" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C286" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="D286" t="s">
+        <v>19</v>
+      </c>
+      <c r="E286" t="s">
+        <v>19</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="H286" s="4">
+        <v>23106</v>
+      </c>
+      <c r="I286" s="4">
+        <v>4380</v>
+      </c>
+      <c r="J286" s="4">
+        <v>0</v>
+      </c>
+      <c r="K286" s="4">
+        <v>0</v>
+      </c>
+      <c r="L286" s="4">
+        <v>719</v>
+      </c>
+      <c r="M286" s="4">
+        <v>719</v>
+      </c>
+      <c r="N286" s="4">
+        <v>0</v>
+      </c>
+      <c r="O286" s="4">
+        <v>0</v>
+      </c>
+      <c r="P286" s="4">
+        <v>5443</v>
+      </c>
+      <c r="Q286" s="4">
+        <v>33648</v>
+      </c>
+    </row>
+    <row r="287" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A287" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B287" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C287" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="D287" t="s">
+        <v>19</v>
+      </c>
+      <c r="E287" t="s">
+        <v>19</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="H287" s="4">
+        <v>52146</v>
+      </c>
+      <c r="I287" s="4">
+        <v>8389</v>
+      </c>
+      <c r="J287" s="4">
+        <v>0</v>
+      </c>
+      <c r="K287" s="4">
+        <v>7110</v>
+      </c>
+      <c r="L287" s="4">
+        <v>1952</v>
+      </c>
+      <c r="M287" s="4">
+        <v>9062</v>
+      </c>
+      <c r="N287" s="4">
+        <v>0</v>
+      </c>
+      <c r="O287" s="4">
+        <v>0</v>
+      </c>
+      <c r="P287" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q287" s="4">
+        <v>69597</v>
+      </c>
+    </row>
+    <row r="288" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A288" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B288" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C4" t="s">
-[...46 lines deleted...]
-      <c r="B5" s="4" t="s">
+      <c r="C288" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="D288" t="s">
+        <v>19</v>
+      </c>
+      <c r="E288" t="s">
+        <v>19</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="H288" s="4">
+        <v>37801</v>
+      </c>
+      <c r="I288" s="4">
+        <v>5441</v>
+      </c>
+      <c r="J288" s="4">
+        <v>0</v>
+      </c>
+      <c r="K288" s="4">
+        <v>7235</v>
+      </c>
+      <c r="L288" s="4">
+        <v>1782</v>
+      </c>
+      <c r="M288" s="4">
+        <v>9017</v>
+      </c>
+      <c r="N288" s="4">
+        <v>0</v>
+      </c>
+      <c r="O288" s="4">
+        <v>0</v>
+      </c>
+      <c r="P288" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q288" s="4">
+        <v>52259</v>
+      </c>
+    </row>
+    <row r="289" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A289" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B289" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C289" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="D289" t="s">
+        <v>19</v>
+      </c>
+      <c r="E289" t="s">
+        <v>19</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="H289" s="4">
+        <v>171399</v>
+      </c>
+      <c r="I289" s="4">
+        <v>7879</v>
+      </c>
+      <c r="J289" s="4">
+        <v>0</v>
+      </c>
+      <c r="K289" s="4">
+        <v>18583</v>
+      </c>
+      <c r="L289" s="4">
+        <v>4576</v>
+      </c>
+      <c r="M289" s="4">
+        <v>23159</v>
+      </c>
+      <c r="N289" s="4">
+        <v>0</v>
+      </c>
+      <c r="O289" s="4">
+        <v>1872</v>
+      </c>
+      <c r="P289" s="4">
+        <v>44434</v>
+      </c>
+      <c r="Q289" s="4">
+        <v>248743</v>
+      </c>
+    </row>
+    <row r="290" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A290" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B290" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C290" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="D290" t="s">
+        <v>19</v>
+      </c>
+      <c r="E290" t="s">
+        <v>19</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="H290" s="4">
+        <v>70510</v>
+      </c>
+      <c r="I290" s="4">
+        <v>6318</v>
+      </c>
+      <c r="J290" s="4">
+        <v>0</v>
+      </c>
+      <c r="K290" s="4">
+        <v>6073</v>
+      </c>
+      <c r="L290" s="4">
+        <v>2991</v>
+      </c>
+      <c r="M290" s="4">
+        <v>9064</v>
+      </c>
+      <c r="N290" s="4">
+        <v>0</v>
+      </c>
+      <c r="O290" s="4">
+        <v>0</v>
+      </c>
+      <c r="P290" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q290" s="4">
+        <v>85892</v>
+      </c>
+    </row>
+    <row r="291" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A291" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B291" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C291" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="D291" t="s">
+        <v>19</v>
+      </c>
+      <c r="E291" t="s">
+        <v>19</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="H291" s="4">
+        <v>27795</v>
+      </c>
+      <c r="I291" s="4">
+        <v>6453</v>
+      </c>
+      <c r="J291" s="4">
+        <v>0</v>
+      </c>
+      <c r="K291" s="4">
+        <v>4433</v>
+      </c>
+      <c r="L291" s="4">
+        <v>1092</v>
+      </c>
+      <c r="M291" s="4">
+        <v>5525</v>
+      </c>
+      <c r="N291" s="4">
+        <v>0</v>
+      </c>
+      <c r="O291" s="4">
+        <v>0</v>
+      </c>
+      <c r="P291" s="4">
+        <v>13400</v>
+      </c>
+      <c r="Q291" s="4">
+        <v>53173</v>
+      </c>
+    </row>
+    <row r="292" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A292" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B292" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C292" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="D292" t="s">
+        <v>19</v>
+      </c>
+      <c r="E292" t="s">
+        <v>19</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="H292" s="4">
+        <v>17906</v>
+      </c>
+      <c r="I292" s="4">
+        <v>3401</v>
+      </c>
+      <c r="J292" s="4">
+        <v>0</v>
+      </c>
+      <c r="K292" s="4">
+        <v>630</v>
+      </c>
+      <c r="L292" s="4">
+        <v>678</v>
+      </c>
+      <c r="M292" s="4">
+        <v>1308</v>
+      </c>
+      <c r="N292" s="4">
+        <v>0</v>
+      </c>
+      <c r="O292" s="4">
+        <v>0</v>
+      </c>
+      <c r="P292" s="4">
+        <v>6799</v>
+      </c>
+      <c r="Q292" s="4">
+        <v>29414</v>
+      </c>
+    </row>
+    <row r="293" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A293" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B293" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C293" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="D293" t="s">
+        <v>19</v>
+      </c>
+      <c r="E293" t="s">
+        <v>19</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="H293" s="4">
+        <v>152567</v>
+      </c>
+      <c r="I293" s="4">
+        <v>23629</v>
+      </c>
+      <c r="J293" s="4">
+        <v>0</v>
+      </c>
+      <c r="K293" s="4">
+        <v>13601</v>
+      </c>
+      <c r="L293" s="4">
+        <v>4239</v>
+      </c>
+      <c r="M293" s="4">
+        <v>17840</v>
+      </c>
+      <c r="N293" s="4">
+        <v>0</v>
+      </c>
+      <c r="O293" s="4">
+        <v>0</v>
+      </c>
+      <c r="P293" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q293" s="4">
+        <v>194036</v>
+      </c>
+    </row>
+    <row r="294" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A294" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B294" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C294" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="D294" t="s">
+        <v>19</v>
+      </c>
+      <c r="E294" t="s">
+        <v>19</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="H294" s="4">
+        <v>35681</v>
+      </c>
+      <c r="I294" s="4">
+        <v>5205</v>
+      </c>
+      <c r="J294" s="4">
+        <v>0</v>
+      </c>
+      <c r="K294" s="4">
+        <v>4635</v>
+      </c>
+      <c r="L294" s="4">
+        <v>1141</v>
+      </c>
+      <c r="M294" s="4">
+        <v>5776</v>
+      </c>
+      <c r="N294" s="4">
+        <v>0</v>
+      </c>
+      <c r="O294" s="4">
+        <v>0</v>
+      </c>
+      <c r="P294" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q294" s="4">
+        <v>46662</v>
+      </c>
+    </row>
+    <row r="295" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A295" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B295" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C295" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="D295" t="s">
+        <v>19</v>
+      </c>
+      <c r="E295" t="s">
+        <v>19</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="H295" s="4">
+        <v>44878</v>
+      </c>
+      <c r="I295" s="4">
+        <v>7377</v>
+      </c>
+      <c r="J295" s="4">
+        <v>0</v>
+      </c>
+      <c r="K295" s="4">
+        <v>275</v>
+      </c>
+      <c r="L295" s="4">
+        <v>1390</v>
+      </c>
+      <c r="M295" s="4">
+        <v>1665</v>
+      </c>
+      <c r="N295" s="4">
+        <v>0</v>
+      </c>
+      <c r="O295" s="4">
+        <v>0</v>
+      </c>
+      <c r="P295" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q295" s="4">
+        <v>53920</v>
+      </c>
+    </row>
+    <row r="296" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A296" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B296" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
-[...46 lines deleted...]
-      <c r="B6" s="4" t="s">
+      <c r="C296" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="D296" t="s">
+        <v>19</v>
+      </c>
+      <c r="E296" t="s">
+        <v>19</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="H296" s="4">
+        <v>43992</v>
+      </c>
+      <c r="I296" s="4">
+        <v>4366</v>
+      </c>
+      <c r="J296" s="4">
+        <v>0</v>
+      </c>
+      <c r="K296" s="4">
+        <v>256</v>
+      </c>
+      <c r="L296" s="4">
+        <v>1304</v>
+      </c>
+      <c r="M296" s="4">
+        <v>1560</v>
+      </c>
+      <c r="N296" s="4">
+        <v>0</v>
+      </c>
+      <c r="O296" s="4">
+        <v>0</v>
+      </c>
+      <c r="P296" s="4">
+        <v>5481</v>
+      </c>
+      <c r="Q296" s="4">
+        <v>55399</v>
+      </c>
+    </row>
+    <row r="297" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A297" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B297" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C297" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="D297" t="s">
+        <v>19</v>
+      </c>
+      <c r="E297" t="s">
+        <v>19</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="H297" s="4">
+        <v>151722</v>
+      </c>
+      <c r="I297" s="4">
+        <v>27142</v>
+      </c>
+      <c r="J297" s="4">
+        <v>0</v>
+      </c>
+      <c r="K297" s="4">
+        <v>14649</v>
+      </c>
+      <c r="L297" s="4">
+        <v>4834</v>
+      </c>
+      <c r="M297" s="4">
+        <v>19483</v>
+      </c>
+      <c r="N297" s="4">
+        <v>0</v>
+      </c>
+      <c r="O297" s="4">
+        <v>0</v>
+      </c>
+      <c r="P297" s="4">
+        <v>39546</v>
+      </c>
+      <c r="Q297" s="4">
+        <v>237893</v>
+      </c>
+    </row>
+    <row r="298" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A298" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B298" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C298" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="D298" t="s">
+        <v>19</v>
+      </c>
+      <c r="E298" t="s">
+        <v>19</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="H298" s="4">
+        <v>1203857</v>
+      </c>
+      <c r="I298" s="4">
+        <v>92672</v>
+      </c>
+      <c r="J298" s="4">
+        <v>0</v>
+      </c>
+      <c r="K298" s="4">
+        <v>55167</v>
+      </c>
+      <c r="L298" s="4">
+        <v>27172</v>
+      </c>
+      <c r="M298" s="4">
+        <v>82339</v>
+      </c>
+      <c r="N298" s="4">
+        <v>0</v>
+      </c>
+      <c r="O298" s="4">
+        <v>0</v>
+      </c>
+      <c r="P298" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q298" s="4">
+        <v>1378868</v>
+      </c>
+    </row>
+    <row r="299" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A299" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B299" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C299" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="D299" t="s">
+        <v>19</v>
+      </c>
+      <c r="E299" t="s">
+        <v>19</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="H299" s="4">
+        <v>317990</v>
+      </c>
+      <c r="I299" s="4">
+        <v>31060</v>
+      </c>
+      <c r="J299" s="4">
+        <v>0</v>
+      </c>
+      <c r="K299" s="4">
+        <v>38839</v>
+      </c>
+      <c r="L299" s="4">
+        <v>9565</v>
+      </c>
+      <c r="M299" s="4">
+        <v>48404</v>
+      </c>
+      <c r="N299" s="4">
+        <v>0</v>
+      </c>
+      <c r="O299" s="4">
+        <v>0</v>
+      </c>
+      <c r="P299" s="4">
+        <v>117276</v>
+      </c>
+      <c r="Q299" s="4">
+        <v>514730</v>
+      </c>
+    </row>
+    <row r="300" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A300" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B300" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C300" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="D300" t="s">
+        <v>19</v>
+      </c>
+      <c r="E300" t="s">
+        <v>19</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="H300" s="4">
+        <v>163909</v>
+      </c>
+      <c r="I300" s="4">
+        <v>12602</v>
+      </c>
+      <c r="J300" s="4">
+        <v>0</v>
+      </c>
+      <c r="K300" s="4">
+        <v>0</v>
+      </c>
+      <c r="L300" s="4">
+        <v>5650</v>
+      </c>
+      <c r="M300" s="4">
+        <v>5650</v>
+      </c>
+      <c r="N300" s="4">
+        <v>0</v>
+      </c>
+      <c r="O300" s="4">
+        <v>0</v>
+      </c>
+      <c r="P300" s="4">
+        <v>46226</v>
+      </c>
+      <c r="Q300" s="4">
+        <v>228387</v>
+      </c>
+    </row>
+    <row r="301" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A301" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B301" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C301" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="D301" t="s">
+        <v>19</v>
+      </c>
+      <c r="E301" t="s">
+        <v>19</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="H301" s="4">
+        <v>41356</v>
+      </c>
+      <c r="I301" s="4">
+        <v>7225</v>
+      </c>
+      <c r="J301" s="4">
+        <v>0</v>
+      </c>
+      <c r="K301" s="4">
+        <v>0</v>
+      </c>
+      <c r="L301" s="4">
+        <v>1552</v>
+      </c>
+      <c r="M301" s="4">
+        <v>1552</v>
+      </c>
+      <c r="N301" s="4">
+        <v>0</v>
+      </c>
+      <c r="O301" s="4">
+        <v>0</v>
+      </c>
+      <c r="P301" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q301" s="4">
+        <v>50133</v>
+      </c>
+    </row>
+    <row r="302" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A302" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B302" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C302" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="D302" t="s">
+        <v>637</v>
+      </c>
+      <c r="E302" t="s">
+        <v>19</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="H302" s="4">
+        <v>126122</v>
+      </c>
+      <c r="I302" s="4">
+        <v>17210</v>
+      </c>
+      <c r="J302" s="4">
+        <v>0</v>
+      </c>
+      <c r="K302" s="4">
+        <v>11088</v>
+      </c>
+      <c r="L302" s="4">
+        <v>4752</v>
+      </c>
+      <c r="M302" s="4">
+        <v>15840</v>
+      </c>
+      <c r="N302" s="4">
+        <v>0</v>
+      </c>
+      <c r="O302" s="4">
+        <v>0</v>
+      </c>
+      <c r="P302" s="4">
+        <v>20504</v>
+      </c>
+      <c r="Q302" s="4">
+        <v>179676</v>
+      </c>
+    </row>
+    <row r="303" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A303" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B303" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C303" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="D303" t="s">
+        <v>19</v>
+      </c>
+      <c r="E303" t="s">
+        <v>19</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="H303" s="4">
+        <v>26320</v>
+      </c>
+      <c r="I303" s="4">
+        <v>2542</v>
+      </c>
+      <c r="J303" s="4">
+        <v>0</v>
+      </c>
+      <c r="K303" s="4">
+        <v>4552</v>
+      </c>
+      <c r="L303" s="4">
+        <v>1121</v>
+      </c>
+      <c r="M303" s="4">
+        <v>5673</v>
+      </c>
+      <c r="N303" s="4">
+        <v>0</v>
+      </c>
+      <c r="O303" s="4">
+        <v>459</v>
+      </c>
+      <c r="P303" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q303" s="4">
+        <v>34994</v>
+      </c>
+    </row>
+    <row r="304" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A304" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B304" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C304" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="D304" t="s">
+        <v>19</v>
+      </c>
+      <c r="E304" t="s">
+        <v>19</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="H304" s="4">
+        <v>124783</v>
+      </c>
+      <c r="I304" s="4">
+        <v>14844</v>
+      </c>
+      <c r="J304" s="4">
+        <v>0</v>
+      </c>
+      <c r="K304" s="4">
+        <v>13713</v>
+      </c>
+      <c r="L304" s="4">
+        <v>4174</v>
+      </c>
+      <c r="M304" s="4">
+        <v>17887</v>
+      </c>
+      <c r="N304" s="4">
+        <v>0</v>
+      </c>
+      <c r="O304" s="4">
+        <v>0</v>
+      </c>
+      <c r="P304" s="4">
+        <v>32209</v>
+      </c>
+      <c r="Q304" s="4">
+        <v>189723</v>
+      </c>
+    </row>
+    <row r="305" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A305" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B305" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C305" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="D305" t="s">
+        <v>19</v>
+      </c>
+      <c r="E305" t="s">
+        <v>19</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="H305" s="4">
+        <v>70680</v>
+      </c>
+      <c r="I305" s="4">
+        <v>7252</v>
+      </c>
+      <c r="J305" s="4">
+        <v>0</v>
+      </c>
+      <c r="K305" s="4">
+        <v>9103</v>
+      </c>
+      <c r="L305" s="4">
+        <v>2242</v>
+      </c>
+      <c r="M305" s="4">
+        <v>11345</v>
+      </c>
+      <c r="N305" s="4">
+        <v>0</v>
+      </c>
+      <c r="O305" s="4">
+        <v>0</v>
+      </c>
+      <c r="P305" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q305" s="4">
+        <v>89277</v>
+      </c>
+    </row>
+    <row r="306" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A306" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C306" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="D306" t="s">
+        <v>19</v>
+      </c>
+      <c r="E306" t="s">
+        <v>19</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="H306" s="4">
+        <v>7285</v>
+      </c>
+      <c r="I306" s="4">
+        <v>725</v>
+      </c>
+      <c r="J306" s="4">
+        <v>0</v>
+      </c>
+      <c r="K306" s="4">
+        <v>1121</v>
+      </c>
+      <c r="L306" s="4">
+        <v>293</v>
+      </c>
+      <c r="M306" s="4">
+        <v>1414</v>
+      </c>
+      <c r="N306" s="4">
+        <v>0</v>
+      </c>
+      <c r="O306" s="4">
+        <v>0</v>
+      </c>
+      <c r="P306" s="4">
+        <v>3152</v>
+      </c>
+      <c r="Q306" s="4">
+        <v>12576</v>
+      </c>
+    </row>
+    <row r="307" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A307" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C307" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="D307" t="s">
+        <v>19</v>
+      </c>
+      <c r="E307" t="s">
+        <v>19</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="H307" s="4">
+        <v>102987</v>
+      </c>
+      <c r="I307" s="4">
+        <v>25625</v>
+      </c>
+      <c r="J307" s="4">
+        <v>0</v>
+      </c>
+      <c r="K307" s="4">
+        <v>0</v>
+      </c>
+      <c r="L307" s="4">
+        <v>4369</v>
+      </c>
+      <c r="M307" s="4">
+        <v>4369</v>
+      </c>
+      <c r="N307" s="4">
+        <v>0</v>
+      </c>
+      <c r="O307" s="4">
+        <v>0</v>
+      </c>
+      <c r="P307" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q307" s="4">
+        <v>132981</v>
+      </c>
+    </row>
+    <row r="308" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A308" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B308" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C308" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="D308" t="s">
+        <v>19</v>
+      </c>
+      <c r="E308" t="s">
+        <v>19</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="H308" s="4">
+        <v>153943</v>
+      </c>
+      <c r="I308" s="4">
+        <v>18282</v>
+      </c>
+      <c r="J308" s="4">
+        <v>0</v>
+      </c>
+      <c r="K308" s="4">
+        <v>10779</v>
+      </c>
+      <c r="L308" s="4">
+        <v>5309</v>
+      </c>
+      <c r="M308" s="4">
+        <v>16088</v>
+      </c>
+      <c r="N308" s="4">
+        <v>0</v>
+      </c>
+      <c r="O308" s="4">
+        <v>0</v>
+      </c>
+      <c r="P308" s="4">
+        <v>31712</v>
+      </c>
+      <c r="Q308" s="4">
+        <v>220025</v>
+      </c>
+    </row>
+    <row r="309" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A309" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B309" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C309" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="D309" t="s">
+        <v>19</v>
+      </c>
+      <c r="E309" t="s">
+        <v>19</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="H309" s="4">
+        <v>546603</v>
+      </c>
+      <c r="I309" s="4">
+        <v>50668</v>
+      </c>
+      <c r="J309" s="4">
+        <v>0</v>
+      </c>
+      <c r="K309" s="4">
+        <v>76862</v>
+      </c>
+      <c r="L309" s="4">
+        <v>18929</v>
+      </c>
+      <c r="M309" s="4">
+        <v>95791</v>
+      </c>
+      <c r="N309" s="4">
+        <v>0</v>
+      </c>
+      <c r="O309" s="4">
+        <v>7744</v>
+      </c>
+      <c r="P309" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q309" s="4">
+        <v>700806</v>
+      </c>
+    </row>
+    <row r="310" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A310" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B310" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C310" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="D310" t="s">
+        <v>19</v>
+      </c>
+      <c r="E310" t="s">
+        <v>19</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="H310" s="4">
+        <v>53075</v>
+      </c>
+      <c r="I310" s="4">
+        <v>4931</v>
+      </c>
+      <c r="J310" s="4">
+        <v>0</v>
+      </c>
+      <c r="K310" s="4">
+        <v>4094</v>
+      </c>
+      <c r="L310" s="4">
+        <v>2017</v>
+      </c>
+      <c r="M310" s="4">
+        <v>6111</v>
+      </c>
+      <c r="N310" s="4">
+        <v>0</v>
+      </c>
+      <c r="O310" s="4">
+        <v>0</v>
+      </c>
+      <c r="P310" s="4">
+        <v>14055</v>
+      </c>
+      <c r="Q310" s="4">
+        <v>78172</v>
+      </c>
+    </row>
+    <row r="311" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A311" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B311" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C311" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="D311" t="s">
+        <v>19</v>
+      </c>
+      <c r="E311" t="s">
+        <v>19</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="H311" s="4">
+        <v>48641</v>
+      </c>
+      <c r="I311" s="4">
+        <v>5711</v>
+      </c>
+      <c r="J311" s="4">
+        <v>0</v>
+      </c>
+      <c r="K311" s="4">
+        <v>1315</v>
+      </c>
+      <c r="L311" s="4">
+        <v>1984</v>
+      </c>
+      <c r="M311" s="4">
+        <v>3299</v>
+      </c>
+      <c r="N311" s="4">
+        <v>0</v>
+      </c>
+      <c r="O311" s="4">
+        <v>812</v>
+      </c>
+      <c r="P311" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q311" s="4">
+        <v>58463</v>
+      </c>
+    </row>
+    <row r="312" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A312" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B312" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C6" t="s">
-[...46 lines deleted...]
-      <c r="B7" s="4" t="s">
+      <c r="C312" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="D312" t="s">
+        <v>19</v>
+      </c>
+      <c r="E312" t="s">
+        <v>19</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="H312" s="4">
+        <v>20005</v>
+      </c>
+      <c r="I312" s="4">
+        <v>1474</v>
+      </c>
+      <c r="J312" s="4">
+        <v>0</v>
+      </c>
+      <c r="K312" s="4">
+        <v>1281</v>
+      </c>
+      <c r="L312" s="4">
+        <v>736</v>
+      </c>
+      <c r="M312" s="4">
+        <v>2017</v>
+      </c>
+      <c r="N312" s="4">
+        <v>0</v>
+      </c>
+      <c r="O312" s="4">
+        <v>0</v>
+      </c>
+      <c r="P312" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q312" s="4">
+        <v>23496</v>
+      </c>
+    </row>
+    <row r="313" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A313" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B313" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C313" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="D313" t="s">
+        <v>19</v>
+      </c>
+      <c r="E313" t="s">
+        <v>19</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="H313" s="4">
+        <v>70409</v>
+      </c>
+      <c r="I313" s="4">
+        <v>9838</v>
+      </c>
+      <c r="J313" s="4">
+        <v>0</v>
+      </c>
+      <c r="K313" s="4">
+        <v>8219</v>
+      </c>
+      <c r="L313" s="4">
+        <v>2288</v>
+      </c>
+      <c r="M313" s="4">
+        <v>10507</v>
+      </c>
+      <c r="N313" s="4">
+        <v>0</v>
+      </c>
+      <c r="O313" s="4">
+        <v>0</v>
+      </c>
+      <c r="P313" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q313" s="4">
+        <v>90754</v>
+      </c>
+    </row>
+    <row r="314" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A314" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B314" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="C7" t="s">
-[...96 lines deleted...]
-      <c r="B9" s="4" t="s">
+      <c r="C314" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="D314" t="s">
+        <v>19</v>
+      </c>
+      <c r="E314" t="s">
+        <v>19</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="H314" s="4">
+        <v>59362</v>
+      </c>
+      <c r="I314" s="4">
+        <v>6402</v>
+      </c>
+      <c r="J314" s="4">
+        <v>0</v>
+      </c>
+      <c r="K314" s="4">
+        <v>5091</v>
+      </c>
+      <c r="L314" s="4">
+        <v>2508</v>
+      </c>
+      <c r="M314" s="4">
+        <v>7599</v>
+      </c>
+      <c r="N314" s="4">
+        <v>0</v>
+      </c>
+      <c r="O314" s="4">
+        <v>0</v>
+      </c>
+      <c r="P314" s="4">
+        <v>20473</v>
+      </c>
+      <c r="Q314" s="4">
+        <v>93836</v>
+      </c>
+    </row>
+    <row r="315" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A315" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B315" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C315" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="D315" t="s">
+        <v>19</v>
+      </c>
+      <c r="E315" t="s">
+        <v>19</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="H315" s="4">
+        <v>28113</v>
+      </c>
+      <c r="I315" s="4">
+        <v>3470</v>
+      </c>
+      <c r="J315" s="4">
+        <v>0</v>
+      </c>
+      <c r="K315" s="4">
+        <v>3430</v>
+      </c>
+      <c r="L315" s="4">
+        <v>1132</v>
+      </c>
+      <c r="M315" s="4">
+        <v>4562</v>
+      </c>
+      <c r="N315" s="4">
+        <v>0</v>
+      </c>
+      <c r="O315" s="4">
+        <v>0</v>
+      </c>
+      <c r="P315" s="4">
+        <v>2452</v>
+      </c>
+      <c r="Q315" s="4">
+        <v>38597</v>
+      </c>
+    </row>
+    <row r="316" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A316" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B316" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C316" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="D316" t="s">
+        <v>19</v>
+      </c>
+      <c r="E316" t="s">
+        <v>19</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="H316" s="4">
+        <v>57792</v>
+      </c>
+      <c r="I316" s="4">
+        <v>8753</v>
+      </c>
+      <c r="J316" s="4">
+        <v>0</v>
+      </c>
+      <c r="K316" s="4">
+        <v>8293</v>
+      </c>
+      <c r="L316" s="4">
+        <v>2315</v>
+      </c>
+      <c r="M316" s="4">
+        <v>10608</v>
+      </c>
+      <c r="N316" s="4">
+        <v>0</v>
+      </c>
+      <c r="O316" s="4">
+        <v>0</v>
+      </c>
+      <c r="P316" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q316" s="4">
+        <v>77153</v>
+      </c>
+    </row>
+    <row r="317" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A317" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B317" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C317" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="D317" t="s">
+        <v>19</v>
+      </c>
+      <c r="E317" t="s">
+        <v>19</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="H317" s="4">
+        <v>65813</v>
+      </c>
+      <c r="I317" s="4">
+        <v>22855</v>
+      </c>
+      <c r="J317" s="4">
+        <v>0</v>
+      </c>
+      <c r="K317" s="4">
+        <v>8794</v>
+      </c>
+      <c r="L317" s="4">
+        <v>2166</v>
+      </c>
+      <c r="M317" s="4">
+        <v>10960</v>
+      </c>
+      <c r="N317" s="4">
+        <v>0</v>
+      </c>
+      <c r="O317" s="4">
+        <v>0</v>
+      </c>
+      <c r="P317" s="4">
+        <v>25594</v>
+      </c>
+      <c r="Q317" s="4">
+        <v>125222</v>
+      </c>
+    </row>
+    <row r="318" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A318" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B318" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C318" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="D318" t="s">
+        <v>19</v>
+      </c>
+      <c r="E318" t="s">
+        <v>19</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="H318" s="4">
+        <v>296118</v>
+      </c>
+      <c r="I318" s="4">
+        <v>14357</v>
+      </c>
+      <c r="J318" s="4">
+        <v>0</v>
+      </c>
+      <c r="K318" s="4">
+        <v>36810</v>
+      </c>
+      <c r="L318" s="4">
+        <v>12147</v>
+      </c>
+      <c r="M318" s="4">
+        <v>48957</v>
+      </c>
+      <c r="N318" s="4">
+        <v>0</v>
+      </c>
+      <c r="O318" s="4">
+        <v>0</v>
+      </c>
+      <c r="P318" s="4">
+        <v>42831</v>
+      </c>
+      <c r="Q318" s="4">
+        <v>402263</v>
+      </c>
+    </row>
+    <row r="319" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A319" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B319" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C319" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="D319" t="s">
+        <v>19</v>
+      </c>
+      <c r="E319" t="s">
+        <v>19</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="H319" s="4">
+        <v>30735</v>
+      </c>
+      <c r="I319" s="4">
+        <v>7097</v>
+      </c>
+      <c r="J319" s="4">
+        <v>0</v>
+      </c>
+      <c r="K319" s="4">
+        <v>4749</v>
+      </c>
+      <c r="L319" s="4">
+        <v>1307</v>
+      </c>
+      <c r="M319" s="4">
+        <v>6056</v>
+      </c>
+      <c r="N319" s="4">
+        <v>0</v>
+      </c>
+      <c r="O319" s="4">
+        <v>0</v>
+      </c>
+      <c r="P319" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q319" s="4">
+        <v>43888</v>
+      </c>
+    </row>
+    <row r="320" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A320" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C320" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="D320" t="s">
+        <v>19</v>
+      </c>
+      <c r="E320" t="s">
+        <v>19</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="H320" s="4">
+        <v>12684</v>
+      </c>
+      <c r="I320" s="4">
+        <v>0</v>
+      </c>
+      <c r="J320" s="4">
+        <v>0</v>
+      </c>
+      <c r="K320" s="4">
+        <v>0</v>
+      </c>
+      <c r="L320" s="4">
+        <v>353</v>
+      </c>
+      <c r="M320" s="4">
+        <v>353</v>
+      </c>
+      <c r="N320" s="4">
+        <v>0</v>
+      </c>
+      <c r="O320" s="4">
+        <v>0</v>
+      </c>
+      <c r="P320" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q320" s="4">
+        <v>13037</v>
+      </c>
+    </row>
+    <row r="321" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A321" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B321" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C321" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="D321" t="s">
+        <v>19</v>
+      </c>
+      <c r="E321" t="s">
+        <v>19</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="H321" s="4">
+        <v>96012</v>
+      </c>
+      <c r="I321" s="4">
+        <v>14658</v>
+      </c>
+      <c r="J321" s="4">
+        <v>0</v>
+      </c>
+      <c r="K321" s="4">
+        <v>11917</v>
+      </c>
+      <c r="L321" s="4">
+        <v>2935</v>
+      </c>
+      <c r="M321" s="4">
+        <v>14852</v>
+      </c>
+      <c r="N321" s="4">
+        <v>0</v>
+      </c>
+      <c r="O321" s="4">
+        <v>0</v>
+      </c>
+      <c r="P321" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q321" s="4">
+        <v>125522</v>
+      </c>
+    </row>
+    <row r="322" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A322" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B322" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C322" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="D322" t="s">
+        <v>19</v>
+      </c>
+      <c r="E322" t="s">
+        <v>19</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="H322" s="4">
+        <v>65774</v>
+      </c>
+      <c r="I322" s="4">
+        <v>8950</v>
+      </c>
+      <c r="J322" s="4">
+        <v>0</v>
+      </c>
+      <c r="K322" s="4">
+        <v>0</v>
+      </c>
+      <c r="L322" s="4">
+        <v>2178</v>
+      </c>
+      <c r="M322" s="4">
+        <v>2178</v>
+      </c>
+      <c r="N322" s="4">
+        <v>0</v>
+      </c>
+      <c r="O322" s="4">
+        <v>0</v>
+      </c>
+      <c r="P322" s="4">
+        <v>16306</v>
+      </c>
+      <c r="Q322" s="4">
+        <v>93208</v>
+      </c>
+    </row>
+    <row r="323" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A323" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B323" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C9" t="s">
-[...296 lines deleted...]
-      <c r="B15" s="4" t="s">
+      <c r="C323" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="D323" t="s">
+        <v>19</v>
+      </c>
+      <c r="E323" t="s">
+        <v>19</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="H323" s="4">
+        <v>21385</v>
+      </c>
+      <c r="I323" s="4">
+        <v>2376</v>
+      </c>
+      <c r="J323" s="4">
+        <v>0</v>
+      </c>
+      <c r="K323" s="4">
+        <v>2753</v>
+      </c>
+      <c r="L323" s="4">
+        <v>678</v>
+      </c>
+      <c r="M323" s="4">
+        <v>3431</v>
+      </c>
+      <c r="N323" s="4">
+        <v>0</v>
+      </c>
+      <c r="O323" s="4">
+        <v>0</v>
+      </c>
+      <c r="P323" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q323" s="4">
+        <v>27192</v>
+      </c>
+    </row>
+    <row r="324" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A324" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B324" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C15" t="s">
-[...146 lines deleted...]
-      <c r="B18" s="4" t="s">
+      <c r="C324" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="D324" t="s">
+        <v>19</v>
+      </c>
+      <c r="E324" t="s">
+        <v>19</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="H324" s="4">
+        <v>109228</v>
+      </c>
+      <c r="I324" s="4">
+        <v>21851</v>
+      </c>
+      <c r="J324" s="4">
+        <v>0</v>
+      </c>
+      <c r="K324" s="4">
+        <v>16440</v>
+      </c>
+      <c r="L324" s="4">
+        <v>4049</v>
+      </c>
+      <c r="M324" s="4">
+        <v>20489</v>
+      </c>
+      <c r="N324" s="4">
+        <v>0</v>
+      </c>
+      <c r="O324" s="4">
+        <v>0</v>
+      </c>
+      <c r="P324" s="4">
+        <v>40434</v>
+      </c>
+      <c r="Q324" s="4">
+        <v>192002</v>
+      </c>
+    </row>
+    <row r="325" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A325" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B325" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C325" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="D325" t="s">
+        <v>19</v>
+      </c>
+      <c r="E325" t="s">
+        <v>19</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="H325" s="4">
+        <v>28412</v>
+      </c>
+      <c r="I325" s="4">
+        <v>3549</v>
+      </c>
+      <c r="J325" s="4">
+        <v>0</v>
+      </c>
+      <c r="K325" s="4">
+        <v>4094</v>
+      </c>
+      <c r="L325" s="4">
+        <v>1134</v>
+      </c>
+      <c r="M325" s="4">
+        <v>5228</v>
+      </c>
+      <c r="N325" s="4">
+        <v>0</v>
+      </c>
+      <c r="O325" s="4">
+        <v>0</v>
+      </c>
+      <c r="P325" s="4">
+        <v>9277</v>
+      </c>
+      <c r="Q325" s="4">
+        <v>46466</v>
+      </c>
+    </row>
+    <row r="326" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A326" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B326" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C326" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="D326" t="s">
+        <v>19</v>
+      </c>
+      <c r="E326" t="s">
+        <v>19</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="H326" s="4">
+        <v>32446</v>
+      </c>
+      <c r="I326" s="4">
+        <v>4092</v>
+      </c>
+      <c r="J326" s="4">
+        <v>0</v>
+      </c>
+      <c r="K326" s="4">
+        <v>3304</v>
+      </c>
+      <c r="L326" s="4">
+        <v>1053</v>
+      </c>
+      <c r="M326" s="4">
+        <v>4357</v>
+      </c>
+      <c r="N326" s="4">
+        <v>0</v>
+      </c>
+      <c r="O326" s="4">
+        <v>0</v>
+      </c>
+      <c r="P326" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q326" s="4">
+        <v>40895</v>
+      </c>
+    </row>
+    <row r="327" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A327" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B327" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C18" t="s">
-[...15450 lines deleted...]
-        <v>19</v>
+      <c r="C327" s="3" t="s">
+        <v>687</v>
       </c>
       <c r="D327" t="s">
         <v>19</v>
       </c>
-      <c r="E327" s="4" t="s">
-[...65 lines deleted...]
-        <v>0</v>
+      <c r="E327" t="s">
+        <v>19</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="H327" s="4">
+        <v>44882</v>
+      </c>
+      <c r="I327" s="4">
+        <v>6468</v>
+      </c>
+      <c r="J327" s="4">
+        <v>0</v>
+      </c>
+      <c r="K327" s="4">
+        <v>5227</v>
+      </c>
+      <c r="L327" s="4">
+        <v>1287</v>
+      </c>
+      <c r="M327" s="4">
+        <v>6514</v>
+      </c>
+      <c r="N327" s="4">
+        <v>0</v>
+      </c>
+      <c r="O327" s="4">
+        <v>0</v>
+      </c>
+      <c r="P327" s="4">
+        <v>15712</v>
+      </c>
+      <c r="Q327" s="4">
+        <v>73576</v>
+      </c>
+    </row>
+    <row r="328" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="H328" s="6">
+        <f>SUM(H3:H327)</f>
+        <v>34889684</v>
+      </c>
+      <c r="I328" s="6">
+        <f t="shared" ref="I328:P328" si="0">SUM(I3:I327)</f>
+        <v>4594933</v>
+      </c>
+      <c r="J328" s="6">
+        <f t="shared" si="0"/>
+        <v>757</v>
+      </c>
+      <c r="K328" s="6">
+        <f t="shared" si="0"/>
+        <v>3324197</v>
+      </c>
+      <c r="L328" s="6">
+        <f t="shared" si="0"/>
+        <v>1168715</v>
+      </c>
+      <c r="M328" s="6">
+        <f t="shared" si="0"/>
+        <v>4492912</v>
+      </c>
+      <c r="N328" s="6">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="O328" s="6">
+        <f t="shared" si="0"/>
+        <v>65830</v>
+      </c>
+      <c r="P328" s="6">
+        <f t="shared" si="0"/>
+        <v>4360945</v>
+      </c>
+      <c r="Q328" s="6">
+        <f>SUM(H328:L328,N328:P328)</f>
+        <v>48405061</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>FY 2024 Actual Two-Tier Payment</vt:lpstr>
+      <vt:lpstr>FY 2026 Actual Two-Tier Payment</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>State of Iowa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Parker, John [IDOM]</dc:creator>
+  <dc:creator>Parker, John</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>